--- v0 (2026-01-23)
+++ v1 (2026-03-13)
@@ -410,94 +410,638 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H1"/>
+  <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>fuzzy</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>context</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>translator_comments</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>developer_comments</t>
         </is>
       </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="inlineStr"/>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>verification</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr"/>
+      <c r="D2" t="inlineStr"/>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr"/>
+      <c r="G2" t="inlineStr"/>
+      <c r="H2" t="inlineStr"/>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr"/>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>token</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr"/>
+      <c r="D3" t="inlineStr"/>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr"/>
+      <c r="G3" t="inlineStr"/>
+      <c r="H3" t="inlineStr"/>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr"/>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>status message</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr"/>
+      <c r="D4" t="inlineStr"/>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F4" t="inlineStr"/>
+      <c r="G4" t="inlineStr"/>
+      <c r="H4" t="inlineStr"/>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr"/>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>ignore</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr"/>
+      <c r="D5" t="inlineStr"/>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F5" t="inlineStr"/>
+      <c r="G5" t="inlineStr"/>
+      <c r="H5" t="inlineStr"/>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr"/>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>unignore</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr"/>
+      <c r="D6" t="inlineStr"/>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F6" t="inlineStr"/>
+      <c r="G6" t="inlineStr"/>
+      <c r="H6" t="inlineStr"/>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr"/>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>privacy screen</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr"/>
+      <c r="D7" t="inlineStr"/>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr"/>
+      <c r="G7" t="inlineStr"/>
+      <c r="H7" t="inlineStr"/>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr"/>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>emoji</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr"/>
+      <c r="D8" t="inlineStr"/>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F8" t="inlineStr"/>
+      <c r="G8" t="inlineStr"/>
+      <c r="H8" t="inlineStr"/>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr"/>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>verification code</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr"/>
+      <c r="D9" t="inlineStr"/>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F9" t="inlineStr"/>
+      <c r="G9" t="inlineStr"/>
+      <c r="H9" t="inlineStr"/>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr"/>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>event</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr"/>
+      <c r="D10" t="inlineStr"/>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F10" t="inlineStr"/>
+      <c r="G10" t="inlineStr"/>
+      <c r="H10" t="inlineStr"/>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr"/>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>redact</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr"/>
+      <c r="D11" t="inlineStr"/>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F11" t="inlineStr"/>
+      <c r="G11" t="inlineStr"/>
+      <c r="H11" t="inlineStr"/>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr"/>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Room</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr"/>
+      <c r="D12" t="inlineStr"/>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F12" t="inlineStr"/>
+      <c r="G12" t="inlineStr"/>
+      <c r="H12" t="inlineStr"/>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr"/>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>End-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr"/>
+      <c r="D13" t="inlineStr"/>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="G13" t="inlineStr"/>
+      <c r="H13" t="inlineStr"/>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr"/>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>direct chat</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr"/>
+      <c r="D14" t="inlineStr"/>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F14" t="inlineStr"/>
+      <c r="G14" t="inlineStr"/>
+      <c r="H14" t="inlineStr"/>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr"/>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>direct chats</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr"/>
+      <c r="D15" t="inlineStr"/>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F15" t="inlineStr"/>
+      <c r="G15" t="inlineStr"/>
+      <c r="H15" t="inlineStr"/>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr"/>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>widgets</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr"/>
+      <c r="D16" t="inlineStr"/>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F16" t="inlineStr"/>
+      <c r="G16" t="inlineStr"/>
+      <c r="H16" t="inlineStr"/>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr"/>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>history</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr"/>
+      <c r="D17" t="inlineStr"/>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F17" t="inlineStr"/>
+      <c r="G17" t="inlineStr"/>
+      <c r="H17" t="inlineStr"/>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr"/>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>member</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr"/>
+      <c r="D18" t="inlineStr"/>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F18" t="inlineStr"/>
+      <c r="G18" t="inlineStr"/>
+      <c r="H18" t="inlineStr"/>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr"/>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>avatar</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr"/>
+      <c r="D19" t="inlineStr"/>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F19" t="inlineStr"/>
+      <c r="G19" t="inlineStr"/>
+      <c r="H19" t="inlineStr"/>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr"/>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>widget</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr"/>
+      <c r="D20" t="inlineStr"/>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F20" t="inlineStr"/>
+      <c r="G20" t="inlineStr"/>
+      <c r="H20" t="inlineStr"/>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr"/>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>powerlevel</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr"/>
+      <c r="D21" t="inlineStr"/>
+      <c r="E21" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F21" t="inlineStr"/>
+      <c r="G21" t="inlineStr"/>
+      <c r="H21" t="inlineStr"/>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr"/>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>thread</t>
+        </is>
+      </c>
+      <c r="C22" t="inlineStr"/>
+      <c r="D22" t="inlineStr"/>
+      <c r="E22" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F22" t="inlineStr"/>
+      <c r="G22" t="inlineStr"/>
+      <c r="H22" t="inlineStr"/>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr"/>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>tag</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr"/>
+      <c r="D23" t="inlineStr"/>
+      <c r="E23" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F23" t="inlineStr"/>
+      <c r="G23" t="inlineStr"/>
+      <c r="H23" t="inlineStr"/>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr"/>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>pin</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr"/>
+      <c r="D24" t="inlineStr"/>
+      <c r="E24" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F24" t="inlineStr"/>
+      <c r="G24" t="inlineStr"/>
+      <c r="H24" t="inlineStr"/>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr"/>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>power level</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr"/>
+      <c r="D25" t="inlineStr"/>
+      <c r="E25" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F25" t="inlineStr"/>
+      <c r="G25" t="inlineStr"/>
+      <c r="H25" t="inlineStr"/>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr"/>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>alias</t>
+        </is>
+      </c>
+      <c r="C26" t="inlineStr"/>
+      <c r="D26" t="inlineStr"/>
+      <c r="E26" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F26" t="inlineStr"/>
+      <c r="G26" t="inlineStr"/>
+      <c r="H26" t="inlineStr"/>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr"/>
+      <c r="B27" t="inlineStr">
+        <is>
+          <t>pack</t>
+        </is>
+      </c>
+      <c r="C27" t="inlineStr"/>
+      <c r="D27" t="inlineStr"/>
+      <c r="E27" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F27" t="inlineStr"/>
+      <c r="G27" t="inlineStr"/>
+      <c r="H27" t="inlineStr"/>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr"/>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>timeline</t>
+        </is>
+      </c>
+      <c r="C28" t="inlineStr"/>
+      <c r="D28" t="inlineStr"/>
+      <c r="E28" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F28" t="inlineStr"/>
+      <c r="G28" t="inlineStr"/>
+      <c r="H28" t="inlineStr"/>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr"/>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>community</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr"/>
+      <c r="D29" t="inlineStr"/>
+      <c r="E29" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F29" t="inlineStr"/>
+      <c r="G29" t="inlineStr"/>
+      <c r="H29" t="inlineStr"/>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr"/>
+      <c r="B30" t="inlineStr">
+        <is>
+          <t>password</t>
+        </is>
+      </c>
+      <c r="C30" t="inlineStr"/>
+      <c r="D30" t="inlineStr"/>
+      <c r="E30" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F30" t="inlineStr"/>
+      <c r="G30" t="inlineStr"/>
+      <c r="H30" t="inlineStr"/>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr"/>
+      <c r="B31" t="inlineStr">
+        <is>
+          <t>sticker</t>
+        </is>
+      </c>
+      <c r="C31" t="inlineStr"/>
+      <c r="D31" t="inlineStr"/>
+      <c r="E31" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F31" t="inlineStr"/>
+      <c r="G31" t="inlineStr"/>
+      <c r="H31" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>