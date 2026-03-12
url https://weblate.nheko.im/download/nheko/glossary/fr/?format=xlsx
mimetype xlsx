--- v0 (2025-12-05)
+++ v1 (2026-03-12)
@@ -3035,103 +3035,103 @@
     <row r="116">
       <c r="A116" t="inlineStr"/>
       <c r="B116" t="inlineStr">
         <is>
           <t>status message</t>
         </is>
       </c>
       <c r="C116" t="inlineStr"/>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F116" t="inlineStr"/>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr"/>
       <c r="B117" t="inlineStr">
         <is>
           <t>ignore</t>
         </is>
       </c>
-      <c r="C117" t="inlineStr"/>
+      <c r="C117" t="inlineStr">
+        <is>
+          <t>ignorer</t>
+        </is>
+      </c>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F117" t="inlineStr"/>
-      <c r="G117" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr"/>
       <c r="B118" t="inlineStr">
         <is>
           <t>unignore</t>
         </is>
       </c>
       <c r="C118" t="inlineStr"/>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F118" t="inlineStr"/>
       <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr"/>
       <c r="B119" t="inlineStr">
         <is>
           <t>verification</t>
         </is>
       </c>
-      <c r="C119" t="inlineStr"/>
+      <c r="C119" t="inlineStr">
+        <is>
+          <t>vérification</t>
+        </is>
+      </c>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F119" t="inlineStr"/>
-      <c r="G119" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G119" t="inlineStr"/>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr"/>
       <c r="B120" t="inlineStr">
         <is>
           <t>state</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>état</t>
         </is>
       </c>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F120" t="inlineStr"/>
       <c r="G120" t="inlineStr"/>
       <c r="H120" t="inlineStr"/>
     </row>
   </sheetData>