--- v0 (2025-12-05)
+++ v1 (2026-03-12)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -482,102 +482,58 @@
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr"/>
       <c r="B2" t="inlineStr">
         <is>
           <t>status message</t>
         </is>
       </c>
       <c r="C2" t="inlineStr"/>
       <c r="D2" t="inlineStr"/>
       <c r="E2" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F2" t="inlineStr"/>
       <c r="G2" t="inlineStr"/>
       <c r="H2" t="inlineStr"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr"/>
       <c r="B3" t="inlineStr">
         <is>
-          <t>ignore</t>
+          <t>unignore</t>
         </is>
       </c>
       <c r="C3" t="inlineStr"/>
       <c r="D3" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F3" t="inlineStr"/>
-      <c r="G3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G3" t="inlineStr"/>
       <c r="H3" t="inlineStr"/>
-    </row>
-[...38 lines deleted...]
-      <c r="H5" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>