--- v0 (2025-12-05)
+++ v1 (2026-03-16)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H1075"/>
+  <dimension ref="A1:H1082"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -1123,31869 +1123,31999 @@
           <t>Enter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Weitere Räume eingeben, die noch nicht in der Liste sind…</t>
         </is>
       </c>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>AllowedRoomsSettingsDialogEnter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="G23" t="inlineStr"/>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4321</t>
+          <t>../../src/Cache.cpp:4322</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>%1 and %2</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>%1 und %2</t>
         </is>
       </c>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Cache
 RoomName%1 and %2</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4323</t>
+          <t>../../src/Cache.cpp:4324</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>%1 and %n other</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>%1 und %n anderer Teilnehmer</t>
         </is>
       </c>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>Cache%1 and %n other(s)</t>
         </is>
       </c>
       <c r="G25" t="inlineStr"/>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4500</t>
+          <t>../../src/Cache.cpp:4501</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Empty Room</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Leerer Raum</t>
         </is>
       </c>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>CacheEmpty Room</t>
         </is>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Videoanruf</t>
         </is>
       </c>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>CallInviteVideo Call</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Voice Call</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Sprachanruf</t>
         </is>
       </c>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>CallInviteVoice Call</t>
         </is>
       </c>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4637</t>
+          <t>../qml/voip/CallInvite.qml:4638</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Kein Mikrofon gefunden.</t>
         </is>
       </c>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>CallInviteNo microphone found.</t>
         </is>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Videoanruf</t>
         </is>
       </c>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>CallInviteBarVideo Call</t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Voice Call</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>Sprachanruf</t>
         </is>
       </c>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>CallInviteBarVoice Call</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4718</t>
+          <t>../qml/voip/CallInviteBar.qml:4719</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Devices</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>Geräte</t>
         </is>
       </c>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>CallInviteBarDevices</t>
         </is>
       </c>
       <c r="G32" t="inlineStr"/>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4729</t>
+          <t>../qml/voip/CallInviteBar.qml:4730</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Accept</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>Akzeptieren</t>
         </is>
       </c>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>CallInviteBarAccept</t>
         </is>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4733</t>
+          <t>../qml/voip/CallInviteBar.qml:4734</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Kein Mikrofon gefunden.</t>
         </is>
       </c>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>CallInviteBarNo microphone found.</t>
         </is>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4741</t>
+          <t>../qml/voip/CallInviteBar.qml:4742</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Unknown microphone: %1</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>Unbekanntes Mikrofon: %1</t>
         </is>
       </c>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>CallInviteBarUnknown microphone: %1</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4750</t>
+          <t>../qml/voip/CallInviteBar.qml:4751</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Unknown camera: %1</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>Unbekannte Kamera: %1</t>
         </is>
       </c>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>CallInviteBarUnknown camera: %1</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4764</t>
+          <t>../qml/voip/CallInviteBar.qml:4765</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Decline</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>Ablehnen</t>
         </is>
       </c>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>CallInviteBarDecline</t>
         </is>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5659</t>
+          <t>../../src/voip/CallManager.cpp:5660</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>CallManagerX11</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5665</t>
+          <t>../../src/voip/CallManager.cpp:5666</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>CallManagerPipeWire</t>
         </is>
       </c>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5684</t>
+          <t>../../src/voip/CallManager.cpp:5685</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Entire screen</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Ganzer Bildschirm</t>
         </is>
       </c>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>CallManagerEntire screen</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:5802</t>
+          <t>../../src/ChatPage.cpp:5803</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Failed to invite user: %1</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>Nutzer konnte nicht eingeladen werden: %1</t>
         </is>
       </c>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>ChatPageFailed to invite user: %1</t>
         </is>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6791</t>
+          <t>../../src/ChatPage.cpp:6792</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Invited user: %1</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>Eingeladener Benutzer: %1</t>
         </is>
       </c>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>ChatPageInvited user: %1</t>
         </is>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6054</t>
+          <t>../../src/ChatPage.cpp:6055</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t xml:space="preserve">%n unread message in room %1
 </t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>%n ungelesene Nachricht in Raum %1</t>
         </is>
       </c>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t xml:space="preserve">ChatPage%n unread message(s) in room %1
 </t>
         </is>
       </c>
       <c r="G43" t="inlineStr">
         <is>
           <t xml:space="preserve">Suggested in Weblate: %n ungelesene Nachricht in Raum %1
 , %n ungelesene Nachrichten in Raum %1
 </t>
         </is>
       </c>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6138</t>
+          <t>../../src/ChatPage.cpp:6139</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Confirm logout</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>Abmelden bestätigen</t>
         </is>
       </c>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>ChatPageConfirm logout</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6240</t>
+          <t>../../src/ChatPage.cpp:6241</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>The cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>Das Datenbankformat auf der Festplatte ist neuer als die von dieser Nhekoversion unterstützte Version. Bitte update Nheko oder lösche die Datenbank.</t>
         </is>
       </c>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>ChatPageThe cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6281</t>
+          <t>../../src/ChatPage.cpp:6282</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Failed to open database, logging out!</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>Öffnen der Datenbank fehlgeschlagen, du wirst ausgeloggt!</t>
         </is>
       </c>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>ChatPageFailed to open database, logging out!</t>
         </is>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6619</t>
+          <t>../../src/ChatPage.cpp:6620</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Knock on room</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>Raumbeitritt anfragen (anklopfen)</t>
         </is>
       </c>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>ChatPageKnock on room</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6623</t>
+          <t>../../src/ChatPage.cpp:6624</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Do you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>Möchtest du wirklich bei %1 anklopfen? Du kannst zusätzlich einen Grund angeben, warum die anderen dich reinlassen sollen:</t>
         </is>
       </c>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G48" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Wollen Sie wirklich an %1 klopfen? Sie können optional einen Grund angeben, damit andere Ihr Klopfen akzeptieren:</t>
         </is>
       </c>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6638</t>
+          <t>../../src/ChatPage.cpp:6639</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Failed to knock room: %1</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>Anklopfen fehlgeschlagen: %1</t>
         </is>
       </c>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>ChatPageFailed to knock room: %1</t>
         </is>
       </c>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6697</t>
+          <t>../../src/ChatPage.cpp:6698</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Room creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>Raumerstellung fehlgeschlagen: Ungültiger Alias</t>
         </is>
       </c>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6732</t>
+          <t>../../src/ChatPage.cpp:6733</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Room %1 created.</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>Raum %1 erstellt.</t>
         </is>
       </c>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>ChatPageRoom %1 created.</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7273</t>
+          <t>../../src/ChatPage.cpp:7274</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Confirm invite</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>Einladung bestätigen</t>
         </is>
       </c>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>ChatPageConfirm invite</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6776</t>
+          <t>../../src/ChatPage.cpp:6777</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Do you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>Nutzer %1 (%2) wirklich einladen?</t>
         </is>
       </c>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="G53" t="inlineStr"/>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6788</t>
+          <t>../../src/ChatPage.cpp:6789</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Failed to invite %1 to %2: %3</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>Einladung von %1 in Raum %2 fehlgeschlagen: %3</t>
         </is>
       </c>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>ChatPageFailed to invite %1 to %2: %3</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6820</t>
+          <t>../../src/ChatPage.cpp:6821</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Kicked user: %1</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>Entfernter Benutzer: %1</t>
         </is>
       </c>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>ChatPageKicked user: %1</t>
         </is>
       </c>
       <c r="G55" t="inlineStr"/>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6846</t>
+          <t>../../src/ChatPage.cpp:6847</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Failed to ban %1 in %2: %3</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>%1 konnte nicht aus %2 verbannt werden: %3</t>
         </is>
       </c>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>ChatPageFailed to ban %1 in %2: %3</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6849</t>
+          <t>../../src/ChatPage.cpp:6850</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Banned user: %1</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>Benutzer verbannt: %1</t>
         </is>
       </c>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>ChatPageBanned user: %1</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6857</t>
+          <t>../../src/ChatPage.cpp:6858</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Confirm unban</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>Aufhebung des Banns bestätigen</t>
         </is>
       </c>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>ChatPageConfirm unban</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6858</t>
+          <t>../../src/ChatPage.cpp:6859</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Do you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>Bann des Nutzers %1 (%2) wirklich aufheben?</t>
         </is>
       </c>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6869</t>
+          <t>../../src/ChatPage.cpp:6870</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Failed to unban %1 in %2: %3</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>Verbannung von %1 aus %2 konnte nicht aufgehoben werden: %3</t>
         </is>
       </c>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>ChatPageFailed to unban %1 in %2: %3</t>
         </is>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6872</t>
+          <t>../../src/ChatPage.cpp:6873</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Unbanned user: %1</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>Verbannung aufgehoben: %1</t>
         </is>
       </c>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>ChatPageUnbanned user: %1</t>
         </is>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7274</t>
+          <t>../../src/ChatPage.cpp:7275</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Do you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>Möchtest du wirklich eine private Konversation mit %1 beginnen?</t>
         </is>
       </c>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="G62" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Wirklich eine private Konversation mit %1 starten?
 Suggested in Weblate: Privat-Nachricht mit %1 öffnen?
 Suggested in Weblate: Wirklich einen privaten Chat mit %1 starten?</t>
         </is>
       </c>
       <c r="H62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6226</t>
+          <t>../../src/ChatPage.cpp:6227</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Cache migration failed!</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>Migration des Caches fehlgeschlagen!</t>
         </is>
       </c>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>ChatPageCache migration failed!</t>
         </is>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6139</t>
+          <t>../../src/ChatPage.cpp:6140</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Because of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>Aus folgendem Grund möchte dich Nheko zurück zur Anmeldeseite schicken:
 %1
 Wenn du glaubst, dass das ein Fehler ist, dann kannst du Nheko schließen und vielleicht deine Schlüssel sichern. Von der Anmeldeseite kannst du dich mit den normalen Methoden anmelden.</t>
         </is>
       </c>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>ChatPageBecause of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="G64" t="inlineStr"/>
       <c r="H64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6227</t>
+          <t>../../src/ChatPage.cpp:6228</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Migrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>Die Migration der Datenbank auf die aktuelle Version ist fehlgeschlagen. Dies kann verschiedene Gründe haben. Bitte erstelle einen Fehlereport auf https://github.com/Nheko-Reborn/nheko und versuche zwischenzeitlich, eine ältere Version zu verwenden. Alternativ kannst du die Datenbank manuell löschen.</t>
         </is>
       </c>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>ChatPageMigrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6239</t>
+          <t>../../src/ChatPage.cpp:6240</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Incompatible cache version</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>Inkompatible Version des Caches</t>
         </is>
       </c>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>ChatPageIncompatible cache version</t>
         </is>
       </c>
       <c r="G66" t="inlineStr"/>
       <c r="H66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6303</t>
+          <t>../../src/ChatPage.cpp:6304</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Failed to restore OLM account. Please login again.</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>Wiederherstellung des OLM-Accounts fehlgeschlagen. Bitte logge dich erneut ein.</t>
         </is>
       </c>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>ChatPageFailed to restore OLM account. Please login again.</t>
         </is>
       </c>
       <c r="G67" t="inlineStr"/>
       <c r="H67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6315</t>
+          <t>../../src/ChatPage.cpp:6316</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Failed to restore saved data. Please login again.</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>Gespeicherte Nachrichten konnten nicht wiederhergestellt werden. Bitte melde dich erneut an.</t>
         </is>
       </c>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>ChatPageFailed to restore save data. Please login again.</t>
         </is>
       </c>
       <c r="G68" t="inlineStr"/>
       <c r="H68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6369</t>
+          <t>../../src/ChatPage.cpp:6370</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Failed to setup encryption keys. Server response: %1 %2. Please try again later.</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>Fehler beim Setup der Verschlüsselungsschlüssel. Servermeldung: %1 %2. Bitte versuche es später erneut.</t>
         </is>
       </c>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>ChatPageFailed to setup encryption keys. Server response: %1 %2. Please try again later.</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6588</t>
+          <t>../../src/ChatPage.cpp:6589</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Please try to login again: %1</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>Bitte melde dich erneut an: %1</t>
         </is>
       </c>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>ChatPagePlease try to login again: %1</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6622</t>
+          <t>../../src/ChatPage.cpp:6623</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>You failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>Du konntest %1 nicht betreten. Du kannst versuchen anzuklopfen, so dass andere Leute dich einladen können. Möchtest du das tun?
 Du kannst zusätzlich einen Grund angeben, warum die anderen dein Anklopfen annehmen sollten:</t>
         </is>
       </c>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>ChatPageYou failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6674</t>
+          <t>../../src/ChatPage.cpp:6675</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Failed to join room: %1</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>Konnte Raum nicht betreten: %1</t>
         </is>
       </c>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>ChatPageFailed to join room: %1</t>
         </is>
       </c>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6683</t>
+          <t>../../src/ChatPage.cpp:6684</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Failed to remove invite: %1</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>Einladung konnte nicht zurückgezogen werden: %1</t>
         </is>
       </c>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>ChatPageFailed to remove invite: %1</t>
         </is>
       </c>
       <c r="G73" t="inlineStr"/>
       <c r="H73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6717</t>
+          <t>../../src/ChatPage.cpp:6718</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Room creation failed: %1</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>Raum konnte nicht erstellt werden: %1</t>
         </is>
       </c>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: %1</t>
         </is>
       </c>
       <c r="G74" t="inlineStr"/>
       <c r="H74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6745</t>
+          <t>../../src/ChatPage.cpp:6746</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Failed to leave room: %1</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>Konnte den Raum nicht verlassen: %1</t>
         </is>
       </c>
       <c r="D75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>ChatPageFailed to leave room: %1</t>
         </is>
       </c>
       <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6801</t>
+          <t>../../src/ChatPage.cpp:6802</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Reason for the kick</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>Grund für das Entfernen des Nutzers</t>
         </is>
       </c>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>ChatPageReason for the kick</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6802</t>
+          <t>../../src/ChatPage.cpp:6803</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Enter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>Grund warum %1 (%2) aus dem Raum geworfen wird oder die Entertaste drücken um keinen Grund anzugeben:</t>
         </is>
       </c>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6817</t>
+          <t>../../src/ChatPage.cpp:6818</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Failed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>Konnte %1 nicht aus %2 entfernen: %3</t>
         </is>
       </c>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>ChatPageFailed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6830</t>
+          <t>../../src/ChatPage.cpp:6831</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Reason for the ban</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>Grund für die Verbannung</t>
         </is>
       </c>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>ChatPageReason for the ban</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6831</t>
+          <t>../../src/ChatPage.cpp:6832</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Enter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>Gib den Grund ein, warum %1 (%2) verbannt wird oder drücke die Eingabetaste, um keinen Grund anzugeben:</t>
         </is>
       </c>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G80" t="inlineStr"/>
       <c r="H80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>../qml/ChatPage.qml:6867</t>
+          <t>../qml/ChatPage.qml:6868</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>No network connection</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>Keine Netzwerkverbindung</t>
         </is>
       </c>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>ChatPageNo network connection</t>
         </is>
       </c>
       <c r="G81" t="inlineStr"/>
       <c r="H81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6987</t>
+          <t>../../src/CommandCompleter.cpp:6988</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>/me &lt;Nachricht&gt;</t>
         </is>
       </c>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>CommandCompleter/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6989</t>
+          <t>../../src/CommandCompleter.cpp:6990</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>/react &lt;text&gt;</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>/react &lt;Text&gt;</t>
         </is>
       </c>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>CommandCompleter/react &lt;text&gt;</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6991</t>
+          <t>../../src/CommandCompleter.cpp:6992</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>/join &lt;!raumid|#alias&gt; [Grund]</t>
         </is>
       </c>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>CommandCompleter/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6993</t>
+          <t>../../src/CommandCompleter.cpp:6994</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>/knock &lt;!raumid|#alias&gt; [Grund]</t>
         </is>
       </c>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>CommandCompleter/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6995</t>
+          <t>../../src/CommandCompleter.cpp:6996</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>/part [reason]</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>/part [Grund]</t>
         </is>
       </c>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>CommandCompleter/part [reason]</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6997</t>
+          <t>../../src/CommandCompleter.cpp:6998</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>/leave [reason]</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>/leave [Grund]</t>
         </is>
       </c>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>CommandCompleter/leave [reason]</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7007</t>
+          <t>../../src/CommandCompleter.cpp:7008</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>/redact &lt;$eventid|@nutzerid&gt;</t>
         </is>
       </c>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>CommandCompleter/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7009</t>
+          <t>../../src/CommandCompleter.cpp:7010</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>/roomnick &lt;Anzeigename&gt;</t>
         </is>
       </c>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>CommandCompleter/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7011</t>
+          <t>../../src/CommandCompleter.cpp:7012</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>/shrug [message]</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>/shrug [Nachricht]</t>
         </is>
       </c>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>CommandCompleter/shrug [message]</t>
         </is>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7025</t>
+          <t>../../src/CommandCompleter.cpp:7026</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>/md &lt;Nachricht&gt;</t>
         </is>
       </c>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <t>CommandCompleter/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7027</t>
+          <t>../../src/CommandCompleter.cpp:7028</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>/cmark &lt;Nachricht&gt;</t>
         </is>
       </c>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>CommandCompleter/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7029</t>
+          <t>../../src/CommandCompleter.cpp:7030</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>/plain &lt;Nachricht&gt;</t>
         </is>
       </c>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <t>CommandCompleter/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7031</t>
+          <t>../../src/CommandCompleter.cpp:7032</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>/rainbow &lt;Nachricht&gt;</t>
         </is>
       </c>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7033</t>
+          <t>../../src/CommandCompleter.cpp:7034</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>/rainbowme &lt;Nachricht&gt;</t>
         </is>
       </c>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7035</t>
+          <t>../../src/CommandCompleter.cpp:7036</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>/notice &lt;Nachricht&gt;</t>
         </is>
       </c>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
           <t>CommandCompleter/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7037</t>
+          <t>../../src/CommandCompleter.cpp:7038</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>/rainbownotice &lt;Nachricht&gt;</t>
         </is>
       </c>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G97" t="inlineStr"/>
       <c r="H97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7039</t>
+          <t>../../src/CommandCompleter.cpp:7040</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>/confetti [message]</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>/confetti [Nachricht]</t>
         </is>
       </c>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>CommandCompleter/confetti [message]</t>
         </is>
       </c>
       <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7041</t>
+          <t>../../src/CommandCompleter.cpp:7042</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>/rainbowconfetti [Nachricht]</t>
         </is>
       </c>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6999</t>
+          <t>../../src/CommandCompleter.cpp:7000</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>/invite &lt;@nutzerid&gt; [Grund]</t>
         </is>
       </c>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
           <t>CommandCompleter/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7001</t>
+          <t>../../src/CommandCompleter.cpp:7002</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>/kick &lt;@nutzerid&gt; [Grund]</t>
         </is>
       </c>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
           <t>CommandCompleter/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7003</t>
+          <t>../../src/CommandCompleter.cpp:7004</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>/ban &lt;@nutzerid&gt; [Grund]</t>
         </is>
       </c>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
           <t>CommandCompleter/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7005</t>
+          <t>../../src/CommandCompleter.cpp:7006</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>/unban &lt;@nutzerid&gt; [Grund]</t>
         </is>
       </c>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
           <t>CommandCompleter/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7043</t>
+          <t>../../src/CommandCompleter.cpp:7044</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>/rainfall [message]</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>/rainfall [Nachricht]</t>
         </is>
       </c>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
           <t>CommandCompleter/rainfall [message]</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7045</t>
+          <t>../../src/CommandCompleter.cpp:7046</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>/msgtype &lt;Nachrichtentyp&gt; [Nachricht]</t>
         </is>
       </c>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
           <t>CommandCompleter/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7047</t>
+          <t>../../src/CommandCompleter.cpp:7048</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>/glitch &lt;Nachricht&gt;</t>
         </is>
       </c>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
           <t>CommandCompleter/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7049</t>
+          <t>../../src/CommandCompleter.cpp:7050</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <t>/gradualglitch &lt;Nachricht&gt;</t>
         </is>
       </c>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
           <t>CommandCompleter/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G107" t="inlineStr"/>
       <c r="H107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7051</t>
+          <t>../../src/CommandCompleter.cpp:7052</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>/goto &lt;Nachrichtenreferenz&gt;</t>
         </is>
       </c>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
           <t>CommandCompleter/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7071</t>
+          <t>../../src/CommandCompleter.cpp:7072</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>Send a message expressing an action.</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>Sende eine Nachricht, die eine Aktion ausdrückt.</t>
         </is>
       </c>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message expressing an action.</t>
         </is>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7073</t>
+          <t>../../src/CommandCompleter.cpp:7074</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>Send &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>Sende &lt;Text&gt; als Reaktion auf eine Nachricht anstatt als Antwort.</t>
         </is>
       </c>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
           <t>CommandCompleterSend &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7075</t>
+          <t>../../src/CommandCompleter.cpp:7076</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>Raum betreten. Ein Grund ist optional.</t>
         </is>
       </c>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
           <t>CommandCompleterJoin a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G111" t="inlineStr"/>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7077</t>
+          <t>../../src/CommandCompleter.cpp:7078</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Ask to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>Anfragen einen Raum zu betreten. Ein Grund ist optional.</t>
         </is>
       </c>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
           <t>CommandCompleterAsk to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7081</t>
+          <t>../../src/CommandCompleter.cpp:7082</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>Leave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>Raum verlassen. Ein Grund ist optional.</t>
         </is>
       </c>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
           <t>CommandCompleterLeave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G113" t="inlineStr"/>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7083</t>
+          <t>../../src/CommandCompleter.cpp:7084</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Invite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>Einen Nutzer in diesen Raum einladen. Ein Grund ist optional.</t>
         </is>
       </c>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
           <t>CommandCompleterInvite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="G114" t="inlineStr"/>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7085</t>
+          <t>../../src/CommandCompleter.cpp:7086</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>Kick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
           <t>Einen Nutzer aus diesem Raum werfen. Ein Grund ist optional. Wenn kein Nutzer spezifiziert wird, wird der Nutzer aus der aktuellen Antwort genommen.</t>
         </is>
       </c>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
           <t>CommandCompleterKick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7088</t>
+          <t>../../src/CommandCompleter.cpp:7089</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>Ban a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
           <t>Einen Nutzer von diesem Raum verbannen. Ein Grund ist optional. Wenn kein Nutzer spezifiziert wird, wird der Nutzer aus der aktuellen Antwort genommen.</t>
         </is>
       </c>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
           <t>CommandCompleterBan a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7091</t>
+          <t>../../src/CommandCompleter.cpp:7092</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>Unban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
           <t>Verbannung eines Nutzers aufheben. Ein Grund ist optional. Wenn kein Nutzer spezifiziert wird, wird der Nutzer aus der aktuellen Antwort genommen.</t>
         </is>
       </c>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
           <t>CommandCompleterUnban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7094</t>
+          <t>../../src/CommandCompleter.cpp:7095</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Redact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
           <t>Eine bestimmte Nachricht durch Angabe einer Event ID oder auf die gerade geantwortet wird löschen oder alle lokal geladenen Nachrichten eines Nutzers löschen.</t>
         </is>
       </c>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
           <t>CommandCompleterRedact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7097</t>
+          <t>../../src/CommandCompleter.cpp:7098</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Change your displayname in this room.</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
           <t>Ändere deinen Anzeigenamen in diesem Raum.</t>
         </is>
       </c>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
           <t>CommandCompleterChange your displayname in this room.</t>
         </is>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7099</t>
+          <t>../../src/CommandCompleter.cpp:7100</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>¯\_(ツ)_/¯ mit einer optionalen Nachricht.</t>
         </is>
       </c>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
           <t>CommandCompleter¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="G120" t="inlineStr"/>
       <c r="H120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7101</t>
+          <t>../../src/CommandCompleter.cpp:7102</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
           <t>CommandCompleter(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="G121" t="inlineStr"/>
       <c r="H121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7103</t>
+          <t>../../src/CommandCompleter.cpp:7104</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
           <t>┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
           <t>CommandCompleter┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="G122" t="inlineStr"/>
       <c r="H122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7105</t>
+          <t>../../src/CommandCompleter.cpp:7106</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
           <t>CommandCompleterノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="G123" t="inlineStr"/>
       <c r="H123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7107</t>
+          <t>../../src/CommandCompleter.cpp:7108</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>Clear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>Lokalen Nachrichtenspeicher für diesen Raum leeren.</t>
         </is>
       </c>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
           <t>CommandCompleterClear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="G124" t="inlineStr"/>
       <c r="H124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7109</t>
+          <t>../../src/CommandCompleter.cpp:7110</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>Refetch the state in this room.</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>Raumzustand für diesen Raum vom Server aktualisieren.</t>
         </is>
       </c>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
           <t>CommandCompleterRefetch the state in this room.</t>
         </is>
       </c>
       <c r="G125" t="inlineStr"/>
       <c r="H125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7111</t>
+          <t>../../src/CommandCompleter.cpp:7112</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>Rotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>Den symmetrischen Nachrichtenschlüssel wechseln.</t>
         </is>
       </c>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
           <t>CommandCompleterRotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="G126" t="inlineStr"/>
       <c r="H126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7113</t>
+          <t>../../src/CommandCompleter.cpp:7114</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>Send a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>Sende diese Nachricht als Markdown (wodurch die globale Einstellung ignoriert wird).</t>
         </is>
       </c>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
           <t>CommandCompleterSend a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G127" t="inlineStr"/>
       <c r="H127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7115</t>
+          <t>../../src/CommandCompleter.cpp:7116</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>Send a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>Sende eine Nachricht im Commonmarkformat ohne die Erweiterungen aus dem /md-Modus.</t>
         </is>
       </c>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
           <t>CommandCompleterSend a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="G128" t="inlineStr"/>
       <c r="H128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7118</t>
+          <t>../../src/CommandCompleter.cpp:7119</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Send an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>Sende diese Nachricht unformatiert (wodurch die globale Einstellung ignoriert wird).</t>
         </is>
       </c>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
           <t>CommandCompleterSend an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G129" t="inlineStr"/>
       <c r="H129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7120</t>
+          <t>../../src/CommandCompleter.cpp:7121</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors.</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>Sende eine Nachricht in Regenbogenfarben.</t>
         </is>
       </c>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors.</t>
         </is>
       </c>
       <c r="G130" t="inlineStr"/>
       <c r="H130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7122</t>
+          <t>../../src/CommandCompleter.cpp:7123</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>Send /me in rainbow colors.</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <t>Sende eine /me-Nachricht in Regenbogenfarben.</t>
         </is>
       </c>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
           <t>CommandCompleterSend /me in rainbow colors.</t>
         </is>
       </c>
       <c r="G131" t="inlineStr"/>
       <c r="H131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7124</t>
+          <t>../../src/CommandCompleter.cpp:7125</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>Send a bot message.</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
           <t>Sende eine Nachricht als wärst du ein Bot.</t>
         </is>
       </c>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message.</t>
         </is>
       </c>
       <c r="G132" t="inlineStr"/>
       <c r="H132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7126</t>
+          <t>../../src/CommandCompleter.cpp:7127</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Send a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
           <t>Sende eine Botnachricht, aber in Regenbogenfarben.</t>
         </is>
       </c>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7128</t>
+          <t>../../src/CommandCompleter.cpp:7129</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Send a message with confetti.</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
           <t>Sende eine Nachricht mit Konfetti.</t>
         </is>
       </c>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with confetti.</t>
         </is>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7130</t>
+          <t>../../src/CommandCompleter.cpp:7131</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
           <t>Sende eine Nachricht in Regenbogenfarben mit Konfetti.</t>
         </is>
       </c>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7132</t>
+          <t>../../src/CommandCompleter.cpp:7133</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>Send a message with rain.</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>Sendet einen Regeneffekt.</t>
         </is>
       </c>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with rain.</t>
         </is>
       </c>
       <c r="G136" t="inlineStr"/>
       <c r="H136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7134</t>
+          <t>../../src/CommandCompleter.cpp:7135</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>Send a message with a custom message type.</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <t>Sendet eine Nachricht mit benutzerdefinierten Nachrichtentyp.</t>
         </is>
       </c>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a custom message type.</t>
         </is>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7136</t>
+          <t>../../src/CommandCompleter.cpp:7137</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Send a message with a glitch effect.</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
           <t>Sende eine Nachricht, die den Text korrupt erscheinen lässt.</t>
         </is>
       </c>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a glitch effect.</t>
         </is>
       </c>
       <c r="G138" t="inlineStr"/>
       <c r="H138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7138</t>
+          <t>../../src/CommandCompleter.cpp:7139</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Send a message that gradually glitches.</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
           <t>Sende eine Nachricht, die den Text  Stück für Stück immer korrupter erscheinen lässt.</t>
         </is>
       </c>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message that gradually glitches.</t>
         </is>
       </c>
       <c r="G139" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Sende eine Nachricht, die den Text Stück für Stück immer korrupter erscheinen lässt.</t>
         </is>
       </c>
       <c r="H139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7140</t>
+          <t>../../src/CommandCompleter.cpp:7141</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>Go to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <t>Springe zu einer Nachricht mit spezifischer Event-ID, einem Index oder via einem „matrix:“-Link</t>
         </is>
       </c>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
           <t>CommandCompleterGo to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7142</t>
+          <t>../../src/CommandCompleter.cpp:7143</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Convert this room to a direct chat.</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>Verwandel diesen Raum in eine Direktnachricht.</t>
         </is>
       </c>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this room to a direct chat.</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7144</t>
+          <t>../../src/CommandCompleter.cpp:7145</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Convert this direct chat into a room.</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>Verwandle diese Direktnachricht in einen normalen Chatraum.</t>
         </is>
       </c>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this direct chat into a room.</t>
         </is>
       </c>
       <c r="G142" t="inlineStr"/>
       <c r="H142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7146</t>
+          <t>../../src/CommandCompleter.cpp:7147</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>Ignore a user.</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
           <t>Einen Nutzer ignorieren.</t>
         </is>
       </c>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
           <t>CommandCompleterIgnore a user.</t>
         </is>
       </c>
       <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7148</t>
+          <t>../../src/CommandCompleter.cpp:7149</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>Stop ignoring a user.</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
           <t>Einen Nutzer nicht mehr ignorieren.</t>
         </is>
       </c>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
           <t>CommandCompleterStop ignoring a user.</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7150</t>
+          <t>../../src/CommandCompleter.cpp:7151</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>Block all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
           <t>Alle Einladungen von einem bestimmten Nutzer, Server, zu einem bestimmten Raum oder bei default blockieren.</t>
         </is>
       </c>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>CommandCompleterBlock all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7153</t>
+          <t>../../src/CommandCompleter.cpp:7154</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>Allow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
           <t>Alle Einladungen von einem bestimmten Nutzer, Server, zu einem bestimmten Raum oder bei default akzeptieren.</t>
         </is>
       </c>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
           <t>CommandCompleterAllow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>Expand</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
           <t>Ausklappen</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
           <t>CommunitiesListExpand</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>Collapse</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <t>Einklappen</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
           <t>CommunitiesListCollapse</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7375</t>
+          <t>../qml/CommunitiesList.qml:7376</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>Do not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>Zeige keine Benachrichtigungen für diese Gruppe oder Tag an.</t>
         </is>
       </c>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
           <t>CommunitiesListDo not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7382</t>
+          <t>../qml/CommunitiesList.qml:7383</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>Hide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>Verstecke Räume dieser Gruppe oder dieses Tags standardmäßig.</t>
         </is>
       </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
           <t>CommunitiesListHide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7459</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7460</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>All rooms</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>Alle Räume</t>
         </is>
       </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
           <t>CommunitiesModelAll rooms</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7461</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7462</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>Shows all rooms without filtering.</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>Zeige alle Räume ohne Filter.</t>
         </is>
       </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
           <t>CommunitiesModelShows all rooms without filtering.</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7484</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7485</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Direct Chats</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>Direktnachrichten</t>
         </is>
       </c>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
           <t>CommunitiesModelDirect Chats</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7486</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7487</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Show direct chats.</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>Zeige 1:1 Konversationen an.</t>
         </is>
       </c>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
           <t>CommunitiesModelShow direct chats.</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7553</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7554</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Favourites</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>Favoriten</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
           <t>CommunitiesModelFavourites</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7555</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7556</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Rooms you have favourited.</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <t>Favorisierte Räume.</t>
         </is>
       </c>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms you have favourited.</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7562</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7563</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>Low Priority</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <t>Niedrige Priorität</t>
         </is>
       </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
           <t>CommunitiesModelLow Priority</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7564</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7565</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>Rooms with low priority.</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <t>Räume niediriger Priorität.</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms with low priority.</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7571</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7572</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>Server Notices</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
           <t>Serverbenachrichtigungen</t>
         </is>
       </c>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
           <t>CommunitiesModelServer Notices</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7573</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7574</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>Messages from your server or administrator.</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
           <t>Nachrichten von deinem Server oder Administrator.</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
           <t>CommunitiesModelMessages from your server or administrator.</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8251</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8252</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>Failed to update community: %1</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
           <t>Konnte diese Gruppe nicht aktualisieren: %1</t>
         </is>
       </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community: %1</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8269</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8270</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>Failed to delete room from community: %1</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>Entfernen des Raums von der Gruppe fehlgeschlagen: %1</t>
         </is>
       </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to delete room from community: %1</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8292</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8293</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>Failed to update community for room: %1</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>Konnte Gruppe für den Raum nicht aktualisieren: %1</t>
         </is>
       </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community for room: %1</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8310</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8311</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>Failed to remove community from room: %1</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>Konnte Gruppe für den Raum nicht entfernen: %1</t>
         </is>
       </c>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to remove community from room: %1</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>Confirm community join</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <t>Bestätige den Gruppenbeitritt</t>
         </is>
       </c>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm community join</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>Confirm room join</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
           <t>Bestätige den Raumbeitritt</t>
         </is>
       </c>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm room join</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8394</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8395</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>%n member</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>%n Mitglied</t>
         </is>
       </c>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialog%n member(s)</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>This room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <t>Dieser Raum kann nicht direkt betreten werden. Du kanns aber anklopfen und die Personen in dem Raum können dich dann reinlassen oder auch nicht. Optional kannst du auch einen Grund angeben, warum sie das tun sollten.</t>
         </is>
       </c>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogThis room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="G168" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Dieser Raum kann nicht direkt betreten werden. Du kannst aber anklopfen und die Personen in dem Raum können dich dann reinlassen oder auch nicht. Optional kannst du auch einen Grund angeben, warum sie das tun sollten.
 Suggested in Weblate: Dieser Raum kann nicht direkt betreten werden. Du kanns aber anklopfen und die Personen in dem Raum können dich dann reinlassen oder auch nicht. Optional kannst du auch einen Grund angeben, warum sie das tun sollten:</t>
         </is>
       </c>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>Do you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
           <t>Möchtest du den Raum betreten? Du kannst unten einen Grund angeben:</t>
         </is>
       </c>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogDo you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>Knock</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <t>Anklopfen</t>
         </is>
       </c>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogKnock</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>Join</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
           <t>Beitreten</t>
         </is>
       </c>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8465</t>
+          <t>../qml/dialogs/CreateDirect.qml:8466</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>Create Direct Chat</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
           <t>Direktchat erstellen</t>
         </is>
       </c>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
           <t>CreateDirectCreate Direct Chat</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8525</t>
+          <t>../qml/dialogs/CreateDirect.qml:8526</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>User to invite</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <t>Einzuladender Benutzer</t>
         </is>
       </c>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
           <t>CreateDirectUser to invite</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8526</t>
+          <t>../qml/dialogs/CreateDirect.qml:8527</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>@user:server.tld</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
           <t>@nutzer:server.tld</t>
         </is>
       </c>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
           <t>CreateDirect@user:server.tld</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8541</t>
+          <t>../qml/dialogs/CreateDirect.qml:8542</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>Verschlüsselung</t>
         </is>
       </c>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
           <t>CreateDirectEncryption</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>New community</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>Neue Gruppe</t>
         </is>
       </c>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
           <t>CreateRoomNew community</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>New Room</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>Neuer Chatraum</t>
         </is>
       </c>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
           <t>CreateRoomNew Room</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8585</t>
+          <t>../qml/dialogs/CreateRoom.qml:8586</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>Name</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>Name</t>
         </is>
       </c>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
           <t>CreateRoomName</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8586</t>
+          <t>../qml/dialogs/CreateRoom.qml:8587</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>No name</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>Kein Name</t>
         </is>
       </c>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
           <t>CreateRoomNo name</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8594</t>
+          <t>../qml/dialogs/CreateRoom.qml:8595</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>Topic</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>Thema</t>
         </is>
       </c>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
           <t>CreateRoomTopic</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8595</t>
+          <t>../qml/dialogs/CreateRoom.qml:8596</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>No topic</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>Kein Thema</t>
         </is>
       </c>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
           <t>CreateRoomNo topic</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8613</t>
+          <t>../qml/dialogs/CreateRoom.qml:8614</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>Alias</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>Alias</t>
         </is>
       </c>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
           <t>CreateRoomAlias</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8625</t>
+          <t>../qml/dialogs/CreateRoom.qml:8626</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>Public</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
           <t>Öffentlich</t>
         </is>
       </c>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
           <t>CreateRoomPublic</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8631</t>
+          <t>../qml/dialogs/CreateRoom.qml:8632</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>Public rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
           <t>Öffentliche Räume können von jedem betreten werden. Private Räume benötigen eine Einladung.</t>
         </is>
       </c>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
           <t>CreateRoomPublic rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8644</t>
+          <t>../qml/dialogs/CreateRoom.qml:8645</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>Trusted</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
           <t>Vertrauenswürdig</t>
         </is>
       </c>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
           <t>CreateRoomTrusted</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8650</t>
+          <t>../qml/dialogs/CreateRoom.qml:8651</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>All invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
           <t>Alle eingeladenen Personen erhalten die gleichen Berechtigungen wie der Ersteller</t>
         </is>
       </c>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
           <t>CreateRoomAll invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8665</t>
+          <t>../qml/dialogs/CreateRoom.qml:8666</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
           <t>Verschlüsselung</t>
         </is>
       </c>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
           <t>CreateRoomEncryption</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8671</t>
+          <t>../qml/dialogs/CreateRoom.qml:8672</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>Caution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>Vorsicht! Die Verschlüsselung kann nicht deaktiviert werden</t>
         </is>
       </c>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
           <t>CreateRoomCaution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8687</t>
+          <t>../qml/dialogs/CreateRoom.qml:8688</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>Create Room</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
           <t>Raum erstellen</t>
         </is>
       </c>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
           <t>CreateRoomCreate Room</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:8999</t>
+          <t>../../src/ChatPage.cpp:9000</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>Decrypt secrets</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
           <t>Geheimnisse entschlüsseln</t>
         </is>
       </c>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecrypt secrets</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9001</t>
+          <t>../../src/ChatPage.cpp:9002</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>Gib deinen Wiederherstellungsschlüssel oder dein Wiederherstellungspasswort ein, um deine Geheimnisse zu entschlüsseln:</t>
         </is>
       </c>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9003</t>
+          <t>../../src/ChatPage.cpp:9004</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>Gib deinen Wiederherstellungsschlüssel oder dein Wiederherstellungspasswort mit dem Namen %1 ein, um deine Geheimnisse zu entschlüsseln:</t>
         </is>
       </c>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9031</t>
+          <t>../../src/ChatPage.cpp:9032</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>Decryption failed</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>Entschlüsseln fehlgeschlagen</t>
         </is>
       </c>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecryption failed</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9032</t>
+          <t>../../src/ChatPage.cpp:9033</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>Failed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>Die Geheimnisse konnten mit dem Schlüssel bzw Passwort nicht entschlüsselt werden</t>
         </is>
       </c>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
           <t>CrossSigningSecretsFailed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9042</t>
+          <t>../qml/device-verification/DigitVerification.qml:9043</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
           <t>Verifizierungscode</t>
         </is>
       </c>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
           <t>DigitVerificationVerification Code</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9050</t>
+          <t>../qml/device-verification/DigitVerification.qml:9051</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>Please verify the following digits.  You should see the same numbers on both sides.  If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>Bitte verifiziere die folgenden Ziffern. Stelle sicher dass beide Seiten die gleichen Zahlen sehen. Wenn diese sich unterscheiden, bitte klicke auf 'Sie stimmen nicht überein!' um die Verifizierung abzubrechen!</t>
         </is>
       </c>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
           <t>DigitVerificationPlease verify the following digits. You should see the same numbers on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9083</t>
+          <t>../qml/device-verification/DigitVerification.qml:9084</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>Sie stimmen nicht überein!</t>
         </is>
       </c>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
           <t>DigitVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9096</t>
+          <t>../qml/device-verification/DigitVerification.qml:9097</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <t>Sie stimmen überein!</t>
         </is>
       </c>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
           <t>DigitVerificationThey match!</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9107</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9108</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
           <t>Verifizierungscode</t>
         </is>
       </c>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
           <t>EmojiVerificationVerification Code</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9115</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9116</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>Please verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
           <t>Bitte verifiziere die folgenden Emoji. Stelle sicher dass beide Seiten die gleichen Emoji sehen. Wenn diese sich unterscheiden, bitte klicke auf 'Sie stimmen nicht überein!' um die Verifizierung abzubrechen!</t>
         </is>
       </c>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
           <t>EmojiVerificationPlease verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9494</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9495</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>The displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
           <t>Je nach Schriftart können die angezeigten Emoji sich in unterschiedlichen Applikationen leicht unterscheiden. Auf die selbe Art kann sich die Übersetzung unter dem Emoji je nach Sprache unterscheiden. Trotzdem sollten die 64 möglichen Zeichen eindeutig genug sein. Z.B. sind eine Katze und ein Löwe unterschiedlich, aber in der einen Applikation ist die Katze eventuell nur als Gesicht dargestellt und nicht als ganze Katze.</t>
         </is>
       </c>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
           <t>EmojiVerificationThe displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9504</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9505</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <t>Sie stimmen nicht überein!</t>
         </is>
       </c>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
           <t>EmojiVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9517</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9518</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
           <t>Sie stimmen überein!</t>
         </is>
       </c>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
           <t>EmojiVerificationThey match!</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9559</t>
+          <t>../qml/delegates/Encrypted.qml:9560</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>There is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
           <t>Kein Schlüssel für diese Nachricht vorhanden. Wir haben den Schlüssel automatisch angefragt, aber wenn du ungeduldig bist, kannst du den Schlüssel nocheinmal anfragen.</t>
         </is>
       </c>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
           <t>EncryptedThere is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9561</t>
+          <t>../qml/delegates/Encrypted.qml:9562</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>This message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>Diese Nachricht konnte nicht entschlüsselt werden, weil unser Schlüssel nur für neuere Nachrichten gültig ist. Du kannst den Schlüssel für ältere Nachrichten anfragen.</t>
         </is>
       </c>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
           <t>EncryptedThis message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9563</t>
+          <t>../qml/delegates/Encrypted.qml:9564</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>There was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>Es ist ein interner Fehler beim Laden des Schlüssels aus der Datenbank aufgetreten.</t>
         </is>
       </c>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
           <t>EncryptedThere was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9565</t>
+          <t>../qml/delegates/Encrypted.qml:9566</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>There was an error decrypting this message.</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
           <t>Beim Entschlüsseln der Nachricht ist ein Fehler aufgetreten.</t>
         </is>
       </c>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
           <t>EncryptedThere was an error decrypting this message.</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9567</t>
+          <t>../qml/delegates/Encrypted.qml:9568</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>The message couldn't be parsed.</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
           <t>Nheko hat die Nachricht nach der Entschlüsselung nicht verstanden.</t>
         </is>
       </c>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
           <t>EncryptedThe message couldn't be parsed.</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9569</t>
+          <t>../qml/delegates/Encrypted.qml:9570</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>The encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
           <t>Der Schlüssel dieser Nachricht wurde schon einmal verwendet! Eventuell versucht jemand, falsche Nachrichten in diese Unterhaltung einzufügen!</t>
         </is>
       </c>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
           <t>EncryptedThe encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9571</t>
+          <t>../qml/delegates/Encrypted.qml:9572</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>Unknown decryption error</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
           <t>Unbekannter Entschlüsselungsfehler</t>
         </is>
       </c>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
           <t>EncryptedUnknown decryption error</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9583</t>
+          <t>../qml/delegates/Encrypted.qml:9584</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>Request key</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
           <t>Schlüssel anfragen</t>
         </is>
       </c>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
           <t>EncryptedRequest key</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9621</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9622</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
           <t>%1 hat die Ende-zu-Ende-Verschlüsselung aktiviert</t>
         </is>
       </c>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
           <t>EncryptionEnabled%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9630</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9631</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>Encryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
           <t>Durch die Verschlüsselung sind deine Nachrichten nur von den Personen lesbar, denen du sie auch senden wolltest. Um auf eine Nummer extra-sicher zu gehen, kannst du die Personen, mit denen du kommunizierst, in der echten Welt verifizieren.</t>
         </is>
       </c>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
           <t>EncryptionEnabledEncryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9667</t>
+          <t>../qml/EncryptionIndicator.qml:9668</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>This message is not encrypted!</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
           <t>Diese Nachricht ist unverschlüsselt!</t>
         </is>
       </c>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
           <t>EncryptionIndicatorThis message is not encrypted!</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9670</t>
+          <t>../qml/EncryptionIndicator.qml:9671</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>Encrypted by a verified device</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>Von einem verifizierten Gerät verschlüsselt</t>
         </is>
       </c>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by a verified device</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9672</t>
+          <t>../qml/EncryptionIndicator.qml:9673</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
           <t>Von einem unverifizierten Gerät verschlüsselt, du hast dem Nutzer jedoch früher schon vertraut.</t>
         </is>
       </c>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9674</t>
+          <t>../qml/EncryptionIndicator.qml:9675</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>Key is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
           <t>Der Schlüssel ist aus einer unverifizierten Quelle z.B. von einem anderen Nutzer geteilt oder aus dem Onlineschlüsselbackup. Aus diesem Grund kann nicht verifiziert werden, wer diese Nachricht geschickt hat.</t>
         </is>
       </c>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
           <t>EncryptionIndicatorKey is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9676</t>
+          <t>../qml/EncryptionIndicator.qml:9677</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device.</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
           <t>Verschlüsselt bei einem nicht verifiziertem Gerät.</t>
         </is>
       </c>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device.</t>
         </is>
       </c>
       <c r="G218" t="inlineStr"/>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9709</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9710</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>Event expiration for %1</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
           <t>Automatische Nachrichtenlöschung für %1</t>
         </is>
       </c>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration for %1</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9712</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9713</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>Event expiration</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
           <t>Automatische Nachrichtenlöschung</t>
         </is>
       </c>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9730</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9731</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
           <t>Du kannst einstellen, wann deine Nachrichten gelöscht werden in %1. Dies passiert nur, wenn Nheko offen ist und die nötigen Berechtigungen hat (zumindest solange Server dies nicht nativ unterstützen). 0 steht in der Regel für "aus".</t>
         </is>
       </c>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9733</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9734</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
           <t>Du kannst einstellen, wann deine Nachrichten gelöscht werden in allen Räumen. Dies passiert nur, wenn Nheko offen ist und die nötigen Berechtigungen hat (zumindest solange Server dies nicht nativ unterstützen). 0 steht in der Regel für "aus".</t>
         </is>
       </c>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9748</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>Expire events after X days</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
           <t>Lösche Nachrichten nach X Tagen</t>
         </is>
       </c>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
           <t>EventExpirationDialogExpire events after X days</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9750</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>Automatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
           <t>Löscht Nachrichten automatisch nach X Tagen, außer diese Nachrichten sind auf andere Weise geschützt. Auf 0 setzen zum deaktivieren.</t>
         </is>
       </c>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
           <t>EventExpirationDialogAutomatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9769</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>Only keep latest X events</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
           <t>Behalte nur die letzten X Nachrichten</t>
         </is>
       </c>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
           <t>EventExpirationDialogOnly keep latest X events</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9771</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>Deletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
           <t>Löscht deine Nachrichten in diesem Raum, wenn du mehr als X Nachrichten geschickt hast und diese nicht anders geschützt sind. Auf 0 setzen zum deaktivieren.</t>
         </is>
       </c>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
           <t>EventExpirationDialogDeletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9791</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>Always keep latest X events</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
           <t>Immer die letzten X Nachrichten behalten</t>
         </is>
       </c>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
           <t>EventExpirationDialogAlways keep latest X events</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9793</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>This prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
           <t>Diese Einstellung schützt Nachrichten, die durch die vorherigen 2 Einstellungen glöscht würden, wenn sie die letzten X Nachrichten im Raum wären.</t>
         </is>
       </c>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
           <t>EventExpirationDialogThis prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9813</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>Include state events</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
           <t>Raumzustand auch löschen</t>
         </is>
       </c>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
           <t>EventExpirationDialogInclude state events</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9815</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>If this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
           <t>Mit dieser Einstellung können auch Zustandsänderungen gelöscht werden. Für jeden Typ (+Zustandsschlüssel) wird das letzte Event immer behalten, damit Räume nicht ihre Namen und ähnliches verlieren.</t>
         </is>
       </c>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
           <t>EventExpirationDialogIf this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>../../src/ui/EventExpiry.cpp:9874</t>
+          <t>../../src/ui/EventExpiry.cpp:9875</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
           <t>Konnte die versteckten Events nicht ändern: %1</t>
         </is>
       </c>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
           <t>EventExpiryFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9885</t>
+          <t>../qml/device-verification/Failed.qml:9886</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>Verification failed</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
           <t>Verifizierung fehlgeschlagen</t>
         </is>
       </c>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
           <t>FailedVerification failed</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9897</t>
+          <t>../qml/device-verification/Failed.qml:9898</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>Other client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
           <t>Die andere Seite unterstützt keines unserer Verifizierungsprotokolle.</t>
         </is>
       </c>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
           <t>FailedOther client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9901</t>
+          <t>../qml/device-verification/Failed.qml:9902</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>Key mismatch detected!</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
           <t>Schlüssel unterscheiden sich!</t>
         </is>
       </c>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
           <t>FailedKey mismatch detected!</t>
         </is>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9903</t>
+          <t>../qml/device-verification/Failed.qml:9904</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>Device verification timed out.</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
           <t>Verifizierung abgelaufen, die andere Seite antwortet nicht.</t>
         </is>
       </c>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
           <t>FailedDevice verification timed out.</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9905</t>
+          <t>../qml/device-verification/Failed.qml:9906</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>Other party canceled the verification.</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
           <t>Die andere Seite hat die Verifizierung abgebrochen.</t>
         </is>
       </c>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
           <t>FailedOther party canceled the verification.</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9907</t>
+          <t>../qml/device-verification/Failed.qml:9908</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>The verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
           <t>The Verifizierungsanfrage wurde durch ein anderes Gerät angenommen.</t>
         </is>
       </c>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
           <t>FailedThe verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="G237" t="inlineStr"/>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9909</t>
+          <t>../qml/device-verification/Failed.qml:9910</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>Verification messages received out of order!</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
           <t>Verifizierungsnachrichten in falscher Reihnenfolge empfangen!</t>
         </is>
       </c>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
           <t>FailedVerification messages received out of order!</t>
         </is>
       </c>
       <c r="G238" t="inlineStr"/>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9911</t>
+          <t>../qml/device-verification/Failed.qml:9912</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>Unknown verification error.</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
           <t>Unbekannter Verifizierungsfehler.</t>
         </is>
       </c>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
           <t>FailedUnknown verification error.</t>
         </is>
       </c>
       <c r="G239" t="inlineStr"/>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9927</t>
+          <t>../qml/device-verification/Failed.qml:9928</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <t>Close</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>Schließen</t>
         </is>
       </c>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
           <t>FailedClose</t>
         </is>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9952</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9953</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>Fallback authentication</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
           <t>Authentifizierungsfallback</t>
         </is>
       </c>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
           <t>FallbackAuthDialogFallback authentication</t>
         </is>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9967</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9968</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>Open the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
           <t>Öffne die Webseite und folge den Schritten auf dieser. Klicke dann auf Bestätigen.</t>
         </is>
       </c>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9975</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9976</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>Open Fallback in Browser</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
           <t>Öffne Fallback im Browser</t>
         </is>
       </c>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen Fallback in Browser</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9980</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9981</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>Cancel</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
           <t>Abbrechen</t>
         </is>
       </c>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
           <t>FallbackAuthDialogCancel</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9985</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9986</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>Confirm</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
           <t>Bestätigen</t>
         </is>
       </c>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
           <t>FallbackAuthDialogConfirm</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>../qml/ForwardCompleter.qml:10037</t>
+          <t>../qml/ForwardCompleter.qml:10038</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>Forward Message</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
           <t>Nachricht weiterleiten</t>
         </is>
       </c>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
           <t>ForwardCompleterForward Message</t>
         </is>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>../../src/GridImagePackModel.cpp:10322</t>
+          <t>../../src/GridImagePackModel.cpp:10323</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>Account Pack</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
           <t>Account Packung</t>
         </is>
       </c>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
           <t>GridImagePackModelAccount Pack</t>
         </is>
       </c>
       <c r="G247" t="inlineStr"/>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>../../src/ui/HiddenEvents.cpp:10424</t>
+          <t>../../src/ui/HiddenEvents.cpp:10425</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
           <t>Konnte die versteckten Events nicht ändern: %1</t>
         </is>
       </c>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
           <t>HiddenEventsFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10457</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10458</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
           <t>Hidden events for %1</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
           <t>Versteckte Events für %1</t>
         </is>
       </c>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events for %1</t>
         </is>
       </c>
       <c r="G249" t="inlineStr"/>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10460</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10461</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>Hidden events</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
           <t>Versteckte Events</t>
         </is>
       </c>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events</t>
         </is>
       </c>
       <c r="G250" t="inlineStr"/>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10478</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10479</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
           <t>Diese Events werden in %1 &lt;b&gt;angezeigt&lt;/b&gt;:</t>
         </is>
       </c>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10481</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10482</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
           <t>Diese Events werden in allen Räumen &lt;b&gt;angezeigt&lt;/b&gt;:</t>
         </is>
       </c>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="G252" t="inlineStr"/>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10496</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>User events</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
           <t>Benutzeränderungen</t>
         </is>
       </c>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
           <t>HiddenEventsDialogUser events</t>
         </is>
       </c>
       <c r="G253" t="inlineStr"/>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10498</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
           <t>Joins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
           <t>Betreten und Verlassen, Bild- und Namensänderungen, Verbannungen, …</t>
         </is>
       </c>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
           <t>HiddenEventsDialogJoins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="G254" t="inlineStr"/>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10513</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
           <t>Power level changes</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
           <t>Berechtigungsveränderungen</t>
         </is>
       </c>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
           <t>HiddenEventsDialogPower level changes</t>
         </is>
       </c>
       <c r="G255" t="inlineStr"/>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10515</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <t>Sent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
           <t>Werden gesendet, wenn Leute zu Moderatoren ernannt werden, herabgestuft werden oder die erlaubten Nachrichtentypen geändert werden.</t>
         </is>
       </c>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
           <t>HiddenEventsDialogSent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="G256" t="inlineStr"/>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10530</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10531</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <t>Stickers</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
           <t>Sticker</t>
         </is>
       </c>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
           <t>HiddenEventsDialogStickers</t>
         </is>
       </c>
       <c r="G257" t="inlineStr"/>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10546</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10542</t>
+        </is>
+      </c>
+      <c r="B258" t="inlineStr"/>
+      <c r="C258" t="inlineStr"/>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnored users</t>
+          <t>HiddenEventsDialogAllowed server changes</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10566</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10558</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Ignoring a user hides their messages (they can still see yours!).</t>
+          <t>Ignored users</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>Die Nachrichten eines ignorierten Nutzers werden nicht dargestellt (aber der Nutzer kann immer noch deine Nachrichten sehen!).</t>
+          <t>Ignorierte Nutzer</t>
         </is>
       </c>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
+          <t>IgnoredUsersIgnored users</t>
         </is>
       </c>
       <c r="G259" t="inlineStr"/>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10597</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10578</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Stop Ignoring.</t>
+          <t>Ignoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>Nicht mehr ignorieren.</t>
+          <t>Die Nachrichten eines ignorierten Nutzers werden nicht dargestellt (aber der Nutzer kann immer noch deine Nachrichten sehen!).</t>
         </is>
       </c>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>IgnoredUsersStop Ignoring.</t>
+          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="G260" t="inlineStr"/>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>../qml/delegates/ImageMessage.qml:10788</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10609</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>Show</t>
+          <t>Stop Ignoring.</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>Zeigen</t>
+          <t>Nicht mehr ignorieren.</t>
         </is>
       </c>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>ImageMessageShow</t>
+          <t>IgnoredUsersStop Ignoring.</t>
         </is>
       </c>
       <c r="G261" t="inlineStr"/>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10802</t>
+          <t>../qml/delegates/ImageMessage.qml:10800</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
+          <t>Show</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>Bist du sicher, dass du die Packung %1 löschen willst?</t>
+          <t>Zeigen</t>
         </is>
       </c>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
+          <t>ImageMessageShow</t>
         </is>
       </c>
       <c r="G262" t="inlineStr"/>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10824</t>
+          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10814</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Editing image pack</t>
+          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>Bilderpackung bearbeiten</t>
+          <t>Bist du sicher, dass du die Packung %1 löschen willst?</t>
         </is>
       </c>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogEditing image pack</t>
+          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="G263" t="inlineStr"/>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10880</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10836</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>Add images</t>
+          <t>Editing image pack</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>Bilder hinzufügen</t>
+          <t>Bilderpackung bearbeiten</t>
         </is>
       </c>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAdd images</t>
+          <t>ImagePackEditorDialogEditing image pack</t>
         </is>
       </c>
       <c r="G264" t="inlineStr"/>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10887</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10892</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>Add images</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>Bilder (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>Bilder hinzufügen</t>
         </is>
       </c>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>ImagePackEditorDialogAdd images</t>
         </is>
       </c>
       <c r="G265" t="inlineStr"/>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10888</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10899</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>Select images for pack</t>
+          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>Wähle Bilder für diese Packung</t>
+          <t>Bilder (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogSelect images for pack</t>
+          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G266" t="inlineStr"/>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10889</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10900</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>Add to pack</t>
+          <t>Select images for pack</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>Zur Packung hinzufügen</t>
+          <t>Wähle Bilder für diese Packung</t>
         </is>
       </c>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAdd to pack</t>
+          <t>ImagePackEditorDialogSelect images for pack</t>
         </is>
       </c>
       <c r="G267" t="inlineStr"/>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10950</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10901</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Change the overview image for this pack</t>
+          <t>Add to pack</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>Ändere das Vorschaubild dieser Packung</t>
+          <t>Zur Packung hinzufügen</t>
         </is>
       </c>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogChange the overview image for this pack</t>
+          <t>ImagePackEditorDialogAdd to pack</t>
         </is>
       </c>
       <c r="G268" t="inlineStr"/>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10963</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10962</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
+          <t>Change the overview image for this pack</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>Vorschaubild (*.png *.webp *.jpg *.jpeg)</t>
+          <t>Ändere das Vorschaubild dieser Packung</t>
         </is>
       </c>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
+          <t>ImagePackEditorDialogChange the overview image for this pack</t>
         </is>
       </c>
       <c r="G269" t="inlineStr"/>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10964</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10975</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Select overview image for pack</t>
+          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>Wähle ein Vorschaubild für diese Packung aus</t>
+          <t>Vorschaubild (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogSelect overview image for pack</t>
+          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
           <t>../qml/dialogs/ImagePackEditorDialog.qml:10976</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t>State key</t>
+          <t>Select overview image for pack</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>Eindeutiger Name</t>
+          <t>Wähle ein Vorschaubild für diese Packung aus</t>
         </is>
       </c>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogState key</t>
+          <t>ImagePackEditorDialogSelect overview image for pack</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10984</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10988</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Packname</t>
+          <t>State key</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>Paketname</t>
+          <t>Eindeutiger Name</t>
         </is>
       </c>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogPackname</t>
+          <t>ImagePackEditorDialogState key</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10992</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10996</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Attribution</t>
+          <t>Packname</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>Attribution</t>
+          <t>Paketname</t>
         </is>
       </c>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAttribution</t>
+          <t>ImagePackEditorDialogPackname</t>
         </is>
       </c>
       <c r="G273" t="inlineStr"/>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11076</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11004</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Use as Emoji</t>
+          <t>Attribution</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>Als Emoji verwenden</t>
+          <t>Attribution</t>
         </is>
       </c>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogUse as Emoji</t>
+          <t>ImagePackEditorDialogAttribution</t>
         </is>
       </c>
       <c r="G274" t="inlineStr"/>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11089</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11088</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>Use as Sticker</t>
+          <t>Use as Emoji</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>Als Sticker verwenden</t>
+          <t>Als Emoji verwenden</t>
         </is>
       </c>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogUse as Sticker</t>
+          <t>ImagePackEditorDialogUse as Emoji</t>
         </is>
       </c>
       <c r="G275" t="inlineStr"/>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11052</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11101</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t>Shortcode</t>
+          <t>Use as Sticker</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>Abkürzung</t>
+          <t>Als Sticker verwenden</t>
         </is>
       </c>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogShortcode</t>
+          <t>ImagePackEditorDialogUse as Sticker</t>
         </is>
       </c>
       <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11067</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11064</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t>Body</t>
+          <t>Shortcode</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>Beschreibung</t>
+          <t>Abkürzung</t>
         </is>
       </c>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogBody</t>
+          <t>ImagePackEditorDialogShortcode</t>
         </is>
       </c>
       <c r="G277" t="inlineStr"/>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11102</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11079</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Remove from pack</t>
+          <t>Body</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>Vom Paket entfernen</t>
+          <t>Beschreibung</t>
         </is>
       </c>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogRemove from pack</t>
+          <t>ImagePackEditorDialogBody</t>
         </is>
       </c>
       <c r="G278" t="inlineStr"/>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11106</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11114</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Remove</t>
+          <t>Remove from pack</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>Entfernen</t>
+          <t>Vom Paket entfernen</t>
         </is>
       </c>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogRemove</t>
+          <t>ImagePackEditorDialogRemove from pack</t>
         </is>
       </c>
       <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11129</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11118</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Image pack settings</t>
+          <t>Remove</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>Bilderpackungseinstellungen</t>
+          <t>Entfernen</t>
         </is>
       </c>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogImage pack settings</t>
+          <t>ImagePackEditorDialogRemove</t>
         </is>
       </c>
       <c r="G280" t="inlineStr"/>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11181</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11141</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>Create account pack</t>
+          <t>Image pack settings</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>Neue private Packung</t>
+          <t>Bilderpackungseinstellungen</t>
         </is>
       </c>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogCreate account pack</t>
+          <t>ImagePackSettingsDialogImage pack settings</t>
         </is>
       </c>
       <c r="G281" t="inlineStr"/>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11194</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11193</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>New room pack</t>
+          <t>Create account pack</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>Neue raumspezifische Packung</t>
+          <t>Neue private Packung</t>
         </is>
       </c>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogNew room pack</t>
+          <t>ImagePackSettingsDialogCreate account pack</t>
         </is>
       </c>
       <c r="G282" t="inlineStr"/>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11216</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11206</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t>Private pack</t>
+          <t>New room pack</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>Private Packung</t>
+          <t>Neue raumspezifische Packung</t>
         </is>
       </c>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPrivate pack</t>
+          <t>ImagePackSettingsDialogNew room pack</t>
         </is>
       </c>
       <c r="G283" t="inlineStr"/>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11218</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11228</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Pack from this room</t>
+          <t>Private pack</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>Packung aus diesem Raum</t>
+          <t>Private Packung</t>
         </is>
       </c>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from this room</t>
+          <t>ImagePackSettingsDialogPrivate pack</t>
         </is>
       </c>
       <c r="G284" t="inlineStr"/>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11220</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11230</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>Pack from parent community</t>
+          <t>Pack from this room</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>Packung von übergeordneter Gruppe</t>
+          <t>Packung aus diesem Raum</t>
         </is>
       </c>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from parent community</t>
+          <t>ImagePackSettingsDialogPack from this room</t>
         </is>
       </c>
       <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11222</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11232</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Globally enabled pack</t>
+          <t>Pack from parent community</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>Global aktivierte Packung</t>
+          <t>Packung von übergeordneter Gruppe</t>
         </is>
       </c>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogGlobally enabled pack</t>
+          <t>ImagePackSettingsDialogPack from parent community</t>
         </is>
       </c>
       <c r="G286" t="inlineStr"/>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11290</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11234</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Enable globally</t>
+          <t>Globally enabled pack</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>Global aktivieren</t>
+          <t>Global aktivierte Packung</t>
         </is>
       </c>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEnable globally</t>
+          <t>ImagePackSettingsDialogGlobally enabled pack</t>
         </is>
       </c>
       <c r="G287" t="inlineStr"/>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11294</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11302</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t>Enables this pack to be used in all rooms</t>
+          <t>Enable globally</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>Macht diese Packung in allen Räumen verfügbar</t>
+          <t>Global aktivieren</t>
         </is>
       </c>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
+          <t>ImagePackSettingsDialogEnable globally</t>
         </is>
       </c>
       <c r="G288" t="inlineStr"/>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
           <t>../qml/dialogs/ImagePackSettingsDialog.qml:11306</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Edit</t>
+          <t>Enables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>Bearbeiten</t>
+          <t>Macht diese Packung in allen Räumen verfügbar</t>
         </is>
       </c>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEdit</t>
+          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="G289" t="inlineStr"/>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11317</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11318</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>Remove</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>Entfernen</t>
+          <t>Bearbeiten</t>
         </is>
       </c>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogRemove</t>
+          <t>ImagePackSettingsDialogEdit</t>
         </is>
       </c>
       <c r="G290" t="inlineStr"/>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11378</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11329</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Remove</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>Schließen</t>
+          <t>Entfernen</t>
         </is>
       </c>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogClose</t>
+          <t>ImagePackSettingsDialogRemove</t>
         </is>
       </c>
       <c r="G291" t="inlineStr"/>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11390</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Select file(s)</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>Datei(en) auswählen</t>
+          <t>Schließen</t>
         </is>
       </c>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>InputBarSelect file(s)</t>
+          <t>ImagePackSettingsDialogClose</t>
         </is>
       </c>
       <c r="G292" t="inlineStr"/>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Select file(s)</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>Alle Dateien (*)</t>
+          <t>Datei(en) auswählen</t>
         </is>
       </c>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>InputBarAll Files (*)</t>
+          <t>InputBarSelect file(s)</t>
         </is>
       </c>
       <c r="G293" t="inlineStr"/>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12424</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>Du musst eine korrekte mxid angeben, wenn du einen Nutzer ignorieren willst. '%1' ist keine valide Nutzer-ID.</t>
+          <t>Alle Dateien (*)</t>
         </is>
       </c>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
+          <t>InputBarAll Files (*)</t>
         </is>
       </c>
       <c r="G294" t="inlineStr"/>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12431</t>
+          <t>../../src/timeline/InputBar.cpp:12436</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>Failed to fetch user %1</t>
+          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>Konnte Nutzer %1 nicht abfragen</t>
+          <t>Du musst eine korrekte mxid angeben, wenn du einen Nutzer ignorieren willst. '%1' ist keine valide Nutzer-ID.</t>
         </is>
       </c>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>InputBarFailed to fetch user %1</t>
+          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="G295" t="inlineStr"/>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12843</t>
+          <t>../../src/timeline/InputBar.cpp:12443</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Upload of '%1' failed</t>
+          <t>Failed to fetch user %1</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>Das Hochladen von '%1' ist fehlgeschlagen</t>
+          <t>Konnte Nutzer %1 nicht abfragen</t>
         </is>
       </c>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>InputBarUpload of '%1' failed</t>
+          <t>InputBarFailed to fetch user %1</t>
         </is>
       </c>
       <c r="G296" t="inlineStr"/>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12883</t>
+          <t>../../src/timeline/InputBar.cpp:12855</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Invite users to %1</t>
+          <t>Upload of '%1' failed</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>Lade Benutzer in %1 ein</t>
+          <t>Das Hochladen von '%1' ist fehlgeschlagen</t>
         </is>
       </c>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>InviteDialogInvite users to %1</t>
+          <t>InputBarUpload of '%1' failed</t>
         </is>
       </c>
       <c r="G297" t="inlineStr"/>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12933</t>
+          <t>../qml/dialogs/InviteDialog.qml:12895</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Search user</t>
+          <t>Invite users to %1</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>Suche Benutzer</t>
+          <t>Lade Benutzer in %1 ein</t>
         </is>
       </c>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>InviteDialogSearch user</t>
+          <t>InviteDialogInvite users to %1</t>
         </is>
       </c>
       <c r="G298" t="inlineStr"/>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12946</t>
+          <t>../qml/dialogs/InviteDialog.qml:12945</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>@user:yourserver.example.com</t>
+          <t>Search user</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>@nutzer:deinserver.example.com</t>
+          <t>Suche Benutzer</t>
         </is>
       </c>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
+          <t>InviteDialogSearch user</t>
+        </is>
+      </c>
+      <c r="G299" t="inlineStr"/>
+      <c r="H299" t="inlineStr"/>
+    </row>
+    <row r="300">
+      <c r="A300" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/InviteDialog.qml:12958</t>
+        </is>
+      </c>
+      <c r="B300" t="inlineStr">
+        <is>
+          <t>@user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C300" t="inlineStr">
+        <is>
+          <t>@nutzer:deinserver.example.com</t>
+        </is>
+      </c>
+      <c r="D300" t="inlineStr"/>
+      <c r="E300" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F300" t="inlineStr">
+        <is>
           <t>InviteDialog
 Example user id. The name 'user' can be localized however you want.@user:yourserver.example.com</t>
         </is>
       </c>
-      <c r="G299" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G300" t="inlineStr"/>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13074</t>
+          <t>../qml/dialogs/InviteDialog.qml:13000</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Invite</t>
+          <t>Search on Server</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>Einladen</t>
+          <t>Serverseitige Suche</t>
         </is>
       </c>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>InviteDialogInvite</t>
-[...6 lines deleted...]
-      </c>
+          <t>InviteDialogSearch on Server</t>
+        </is>
+      </c>
+      <c r="G301" t="inlineStr"/>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13081</t>
+          <t>../qml/dialogs/InviteDialog.qml:13086</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Invite</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>Abbrechen</t>
+          <t>Einladen</t>
         </is>
       </c>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>InviteDialogCancel</t>
-[...2 lines deleted...]
-      <c r="G302" t="inlineStr"/>
+          <t>InviteDialogInvite</t>
+        </is>
+      </c>
+      <c r="G302" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Einladung</t>
+        </is>
+      </c>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13095</t>
+          <t>../qml/dialogs/InviteDialog.qml:13093</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Join room</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>Raum betreten</t>
+          <t>Abbrechen</t>
         </is>
       </c>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>JoinRoomDialogJoin room</t>
+          <t>InviteDialogCancel</t>
         </is>
       </c>
       <c r="G303" t="inlineStr"/>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13115</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13107</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Room ID or alias</t>
+          <t>Join room</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>Raum-ID oder -Alias</t>
+          <t>Raum betreten</t>
         </is>
       </c>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>JoinRoomDialogRoom ID or alias</t>
+          <t>JoinRoomDialogJoin room</t>
         </is>
       </c>
       <c r="G304" t="inlineStr"/>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13146</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13127</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Join</t>
+          <t>Room ID or alias</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>Beitreten</t>
+          <t>Raum-ID oder -Alias</t>
         </is>
       </c>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>JoinRoomDialogJoin</t>
+          <t>JoinRoomDialogRoom ID or alias</t>
         </is>
       </c>
       <c r="G305" t="inlineStr"/>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13161</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13158</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Join</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>Raum verlassen</t>
+          <t>Beitreten</t>
         </is>
       </c>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>LeaveRoomDialogLeave room</t>
+          <t>JoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G306" t="inlineStr"/>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13162</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13173</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Are you sure you want to leave?</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>Willst du wirklich den Raum verlassen?</t>
+          <t>Raum verlassen</t>
         </is>
       </c>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>LeaveRoomDialogAre you sure you want to leave?</t>
+          <t>LeaveRoomDialogLeave room</t>
         </is>
       </c>
       <c r="G307" t="inlineStr"/>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13443</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13174</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
-          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+          <t>Are you sure you want to leave?</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>Du hast eine inkorrekte Matrix ID eingegeben. Normalerweise sieht die so aus: @nutzer:deinserver.example.com</t>
+          <t>Willst du wirklich den Raum verlassen?</t>
         </is>
       </c>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+          <t>LeaveRoomDialogAre you sure you want to leave?</t>
         </is>
       </c>
       <c r="G308" t="inlineStr"/>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13280</t>
+          <t>../../src/LoginPage.cpp:13455</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
+          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>Automatische Erkennung fehlgeschlagen. Antwort war fehlerhaft.</t>
+          <t>Du hast eine inkorrekte Matrix ID eingegeben. Normalerweise sieht die so aus: @nutzer:deinserver.example.com</t>
         </is>
       </c>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>LoginPageAutodiscovery failed. Received malformed response.</t>
+          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G309" t="inlineStr"/>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13286</t>
+          <t>../../src/LoginPage.cpp:13292</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>Automatische Erkennung fehlgeschlagen. Unbekannter Fehler bei Anfrage .well-known.</t>
+          <t>Automatische Erkennung fehlgeschlagen. Antwort war fehlerhaft.</t>
         </is>
       </c>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>LoginPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G310" t="inlineStr"/>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13319</t>
+          <t>../../src/LoginPage.cpp:13298</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>Benötigte Ansprechpunkte nicht auffindbar. Möglicherweise kein Matrixserver.</t>
+          <t>Automatische Erkennung fehlgeschlagen. Unbekannter Fehler bei Anfrage .well-known.</t>
         </is>
       </c>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G311" t="inlineStr"/>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13325</t>
+          <t>../../src/LoginPage.cpp:13331</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
-          <t>Erhaltene Antwort war fehlerhaft. Bitte Homeserverdomain prüfen.</t>
+          <t>Benötigte Ansprechpunkte nicht auffindbar. Möglicherweise kein Matrixserver.</t>
         </is>
       </c>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G312" t="inlineStr"/>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13333</t>
+          <t>../../src/LoginPage.cpp:13337</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>Ein unbekannter Fehler ist aufgetreten. Bitte Homeserverdomain prüfen.</t>
+          <t>Erhaltene Antwort war fehlerhaft. Bitte Homeserverdomain prüfen.</t>
         </is>
       </c>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G313" t="inlineStr"/>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13354</t>
+          <t>../../src/LoginPage.cpp:13345</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>Der ausgewählte Server unterstützt keine Version der Matrixprotokolls, die dieser Client versteht (zwischen %1 und %2). Du kannst dich nicht anmelden.</t>
+          <t>Ein unbekannter Fehler ist aufgetreten. Bitte Homeserverdomain prüfen.</t>
         </is>
       </c>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+          <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G314" t="inlineStr"/>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13375</t>
+          <t>../../src/LoginPage.cpp:13366</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Sign in with Apple</t>
+          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
-          <t>Mit Apple anmelden</t>
+          <t>Der ausgewählte Server unterstützt keine Version der Matrixprotokolls, die dieser Client versteht (zwischen %1 und %2). Du kannst dich nicht anmelden.</t>
         </is>
       </c>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Apple</t>
+          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="G315" t="inlineStr"/>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13377</t>
+          <t>../../src/LoginPage.cpp:13387</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Continue with Facebook</t>
+          <t>Sign in with Apple</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>Mit Facebook fortfahren</t>
+          <t>Mit Apple anmelden</t>
         </is>
       </c>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>LoginPageContinue with Facebook</t>
+          <t>LoginPageSign in with Apple</t>
         </is>
       </c>
       <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13379</t>
+          <t>../../src/LoginPage.cpp:13389</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Sign in with Google</t>
+          <t>Continue with Facebook</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>Mit Google anmelden</t>
+          <t>Mit Facebook fortfahren</t>
         </is>
       </c>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Google</t>
+          <t>LoginPageContinue with Facebook</t>
         </is>
       </c>
       <c r="G317" t="inlineStr"/>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13381</t>
+          <t>../../src/LoginPage.cpp:13391</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Sign in with Twitter</t>
+          <t>Sign in with Google</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>Mit Twitter anmelden</t>
+          <t>Mit Google anmelden</t>
         </is>
       </c>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Twitter</t>
+          <t>LoginPageSign in with Google</t>
         </is>
       </c>
       <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13383</t>
+          <t>../../src/LoginPage.cpp:13393</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Login using %1</t>
+          <t>Sign in with Twitter</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>Anmelden mit %1</t>
+          <t>Mit Twitter anmelden</t>
         </is>
       </c>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>LoginPageLogin using %1</t>
+          <t>LoginPageSign in with Twitter</t>
         </is>
       </c>
       <c r="G319" t="inlineStr"/>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13392</t>
+          <t>../../src/LoginPage.cpp:13395</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
-          <t>SSO LOGIN</t>
+          <t>Login using %1</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>SSO ANMELDUNG</t>
+          <t>Anmelden mit %1</t>
         </is>
       </c>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>LoginPageSSO LOGIN</t>
+          <t>LoginPageLogin using %1</t>
         </is>
       </c>
       <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13450</t>
+          <t>../../src/LoginPage.cpp:13404</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Empty password</t>
+          <t>SSO LOGIN</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>Leeres Passwort</t>
+          <t>SSO ANMELDUNG</t>
         </is>
       </c>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>LoginPageEmpty password</t>
+          <t>LoginPageSSO LOGIN</t>
         </is>
       </c>
       <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13505</t>
+          <t>../../src/LoginPage.cpp:13462</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>SSO login failed</t>
+          <t>Empty password</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>SSO Anmeldung fehlgeschlagen</t>
+          <t>Leeres Passwort</t>
         </is>
       </c>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>LoginPageSSO login failed</t>
+          <t>LoginPageEmpty password</t>
         </is>
       </c>
       <c r="G322" t="inlineStr"/>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13563</t>
+          <t>../../src/LoginPage.cpp:13517</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Matrix ID</t>
+          <t>SSO login failed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>Matrix-ID</t>
+          <t>SSO Anmeldung fehlgeschlagen</t>
         </is>
       </c>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>LoginPageMatrix ID</t>
+          <t>LoginPageSSO login failed</t>
         </is>
       </c>
       <c r="G323" t="inlineStr"/>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13564</t>
+          <t>../qml/pages/LoginPage.qml:13575</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
-          <t>e.g @user:yourserver.example.com</t>
+          <t>Matrix ID</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>z.B. @nutzer:deinserver.example.com</t>
+          <t>Matrix-ID</t>
         </is>
       </c>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>LoginPagee.g @user:yourserver.example.com</t>
+          <t>LoginPageMatrix ID</t>
         </is>
       </c>
       <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13567</t>
+          <t>../qml/pages/LoginPage.qml:13576</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
+        <is>
+          <t>e.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C325" t="inlineStr">
+        <is>
+          <t>z.B. @nutzer:deinserver.example.com</t>
+        </is>
+      </c>
+      <c r="D325" t="inlineStr"/>
+      <c r="E325" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F325" t="inlineStr">
+        <is>
+          <t>LoginPagee.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="G325" t="inlineStr"/>
+      <c r="H325" t="inlineStr"/>
+    </row>
+    <row r="326">
+      <c r="A326" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13579</t>
+        </is>
+      </c>
+      <c r="B326" t="inlineStr">
         <is>
           <t>Your login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="C325" t="inlineStr">
+      <c r="C326" t="inlineStr">
         <is>
           <t>Dein Anmeldename. Die MXID fängt normalerweise mit einem @ an. Danach folgt der lokale Nutzername und dann ein : gefolgt von dem Servernamen.
 Du kannst auch deine serveradresse nach dem : angeben, wenn dein Server kein .well-known unterstützt.
 Beispiel: @nutzer:deinserver.example.com
 Wenn Nheko deinen Server nicht finden kann, wirst du danach gefragt.</t>
         </is>
       </c>
-      <c r="D325" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F325" t="inlineStr">
+      <c r="D326" t="inlineStr"/>
+      <c r="E326" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F326" t="inlineStr">
         <is>
           <t>LoginPageYour login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="G325" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G326" t="inlineStr"/>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13597</t>
+          <t>../qml/pages/LoginPage.qml:13607</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
-          <t>Your password.</t>
+          <t>Password</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>Dein Passwort.</t>
+          <t>Passwort</t>
         </is>
       </c>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>LoginPageYour password.</t>
+          <t>LoginPagePassword</t>
         </is>
       </c>
       <c r="G327" t="inlineStr"/>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13610</t>
+          <t>../qml/pages/LoginPage.qml:13609</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
-          <t>Show/Hide Password</t>
+          <t>Your password.</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>Passwort anzeigen oder verstecken</t>
+          <t>Dein Passwort.</t>
         </is>
       </c>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>LoginPageShow/Hide Password</t>
+          <t>LoginPageYour password.</t>
         </is>
       </c>
       <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13625</t>
+          <t>../qml/pages/LoginPage.qml:13622</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Device name</t>
+          <t>Show/Hide Password</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>Gerätename</t>
+          <t>Passwort anzeigen oder verstecken</t>
         </is>
       </c>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>LoginPageDevice name</t>
+          <t>LoginPageShow/Hide Password</t>
         </is>
       </c>
       <c r="G329" t="inlineStr"/>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13627</t>
+          <t>../qml/pages/LoginPage.qml:13637</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>Device name</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>Der Name für dieses Gerät, den andere sehen, wenn sie deine Geräte verifizieren. Wenn nichts angeben ist, wird ein Standardwert verwendet.</t>
+          <t>Gerätename</t>
         </is>
       </c>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>LoginPageDevice name</t>
         </is>
       </c>
       <c r="G330" t="inlineStr"/>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13637</t>
+          <t>../qml/pages/LoginPage.qml:13639</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Homeserver address</t>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>Heimserveradresse</t>
+          <t>Der Name für dieses Gerät, den andere sehen, wenn sie deine Geräte verifizieren. Wenn nichts angeben ist, wird ein Standardwert verwendet.</t>
         </is>
       </c>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>LoginPageHomeserver address</t>
+          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="G331" t="inlineStr"/>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13638</t>
+          <t>../qml/pages/LoginPage.qml:13649</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
-          <t>yourserver.example.com:8787</t>
+          <t>Homeserver address</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>deinserver.example.com:8787</t>
+          <t>Heimserveradresse</t>
         </is>
       </c>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>LoginPageyourserver.example.com:8787</t>
+          <t>LoginPageHomeserver address</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13641</t>
+          <t>../qml/pages/LoginPage.qml:13650</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
+        <is>
+          <t>yourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="C333" t="inlineStr">
+        <is>
+          <t>deinserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="D333" t="inlineStr"/>
+      <c r="E333" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F333" t="inlineStr">
+        <is>
+          <t>LoginPageyourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="G333" t="inlineStr"/>
+      <c r="H333" t="inlineStr"/>
+    </row>
+    <row r="334">
+      <c r="A334" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13653</t>
+        </is>
+      </c>
+      <c r="B334" t="inlineStr">
         <is>
           <t>The address that can be used to contact your homeserver's client API.
 Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
-      <c r="C333" t="inlineStr">
+      <c r="C334" t="inlineStr">
         <is>
           <t>Die Adresse unter die Client-API deines Servers erreichbar ist.
 Beispiel: https://deinserver.example.com:8787</t>
         </is>
       </c>
-      <c r="D333" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F333" t="inlineStr">
+      <c r="D334" t="inlineStr"/>
+      <c r="E334" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F334" t="inlineStr">
         <is>
           <t>LoginPageThe address that can be used to contact your homeserver's client API.
 Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
-      <c r="G333" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G334" t="inlineStr"/>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13715</t>
+          <t>../qml/pages/LoginPage.qml:13685</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>LOGIN</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>Zurück</t>
+          <t>ANMELDEN</t>
         </is>
       </c>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>LoginPageBack</t>
+          <t>LoginPageLOGIN</t>
         </is>
       </c>
       <c r="G335" t="inlineStr"/>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13727</t>
+          <t>../qml/pages/LoginPage.qml:13727</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>Abmelden</t>
+          <t>Zurück</t>
         </is>
       </c>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>LogoutDialogLog out</t>
+          <t>LoginPageBack</t>
         </is>
       </c>
       <c r="G336" t="inlineStr"/>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13739</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t>A call is in progress. Log out?</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>Du befindest dich in einem Telefonat. Wirklich abmelden?</t>
+          <t>Abmelden</t>
         </is>
       </c>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>LogoutDialogA call is in progress. Log out?</t>
+          <t>LogoutDialogLog out</t>
         </is>
       </c>
       <c r="G337" t="inlineStr"/>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Are you sure you want to log out?</t>
+          <t>A call is in progress. Log out?</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>Wirklich abmelden?</t>
+          <t>Du befindest dich in einem Telefonat. Wirklich abmelden?</t>
         </is>
       </c>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>LogoutDialogAre you sure you want to log out?</t>
+          <t>LogoutDialogA call is in progress. Log out?</t>
         </is>
       </c>
       <c r="G338" t="inlineStr"/>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:13609</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Failed to upload media. Please try again.</t>
+          <t>Are you sure you want to log out?</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>Medienupload fehlgeschlagen. Bitte versuche es erneut.</t>
+          <t>Wirklich abmelden?</t>
         </is>
       </c>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>MediaUploadFailed to upload media. Please try again.</t>
+          <t>LogoutDialogAre you sure you want to log out?</t>
         </is>
       </c>
       <c r="G339" t="inlineStr"/>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../../src/timeline/InputBar.cpp:13621</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
-          <t>Hang up</t>
+          <t>Failed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>Auflegen</t>
+          <t>Medienupload fehlgeschlagen. Bitte versuche es erneut.</t>
         </is>
       </c>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>MessageInputHang up</t>
+          <t>MediaUploadFailed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Already on a call</t>
+          <t>Hang up</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>Bereits in einem Telefonat</t>
+          <t>Auflegen</t>
         </is>
       </c>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>MessageInputAlready on a call</t>
+          <t>MessageInputHang up</t>
         </is>
       </c>
       <c r="G341" t="inlineStr"/>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Place a call</t>
+          <t>Already on a call</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>Anrufen</t>
+          <t>Bereits in einem Telefonat</t>
         </is>
       </c>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>MessageInputPlace a call</t>
+          <t>MessageInputAlready on a call</t>
         </is>
       </c>
       <c r="G342" t="inlineStr"/>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13684</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Send a file</t>
+          <t>Place a call</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>Versende Datei</t>
+          <t>Anrufen</t>
         </is>
       </c>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>MessageInputSend a file</t>
+          <t>MessageInputPlace a call</t>
         </is>
       </c>
       <c r="G343" t="inlineStr"/>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13752</t>
+          <t>../qml/MessageInput.qml:13696</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t>Write a message…</t>
+          <t>Send a file</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>Schreibe eine Nachricht…</t>
+          <t>Versende Datei</t>
         </is>
       </c>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>MessageInputWrite a message...</t>
+          <t>MessageInputSend a file</t>
         </is>
       </c>
       <c r="G344" t="inlineStr"/>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14015</t>
+          <t>../qml/MessageInput.qml:13764</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
-          <t>Stickers</t>
+          <t>Write a message…</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>Sticker</t>
+          <t>Schreibe eine Nachricht…</t>
         </is>
       </c>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>MessageInputStickers</t>
+          <t>MessageInputWrite a message...</t>
         </is>
       </c>
       <c r="G345" t="inlineStr"/>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14039</t>
+          <t>../qml/MessageInput.qml:14037</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
-          <t>Emoji</t>
+          <t>Stickers</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>Emoji</t>
+          <t>Sticker</t>
         </is>
       </c>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>MessageInputEmoji</t>
+          <t>MessageInputStickers</t>
         </is>
       </c>
       <c r="G346" t="inlineStr"/>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
           <t>../qml/MessageInput.qml:14061</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>Emoji</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>Senden</t>
+          <t>Emoji</t>
         </is>
       </c>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>MessageInputSend</t>
+          <t>MessageInputEmoji</t>
         </is>
       </c>
       <c r="G347" t="inlineStr"/>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14076</t>
+          <t>../qml/MessageInput.qml:14083</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>You don't have permission to send messages in this room</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>Du hast keine Berechtigung, Nachrichten in diesen Raum zu senden</t>
+          <t>Senden</t>
         </is>
       </c>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>MessageInputYou don't have permission to send messages in this room</t>
+          <t>MessageInputSend</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
-          <t>../qml/MessageInputWarning.qml:14137</t>
+          <t>../qml/MessageInput.qml:14098</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Don't mention them in this message</t>
+          <t>You don't have permission to send messages in this room</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>Nicht erwähnen</t>
+          <t>Du hast keine Berechtigung, Nachrichten in diesen Raum zu senden</t>
         </is>
       </c>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>MessageInputWarningDon't mention them in this message</t>
+          <t>MessageInputYou don't have permission to send messages in this room</t>
         </is>
       </c>
       <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14372</t>
+          <t>../qml/MessageInputWarning.qml:14159</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Edit</t>
+          <t>Don't mention them in this message</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>Bearbeiten</t>
+          <t>Nicht erwähnen</t>
         </is>
       </c>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>MessageViewEdit</t>
+          <t>MessageInputWarningDon't mention them in this message</t>
         </is>
       </c>
       <c r="G350" t="inlineStr"/>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14389</t>
+          <t>../qml/MessageView.qml:14396</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>React</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>Reaktion senden</t>
+          <t>Bearbeiten</t>
         </is>
       </c>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>MessageViewReact</t>
+          <t>MessageViewEdit</t>
         </is>
       </c>
       <c r="G351" t="inlineStr"/>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14413</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>Reply in thread</t>
+          <t>React</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>In Gesprächsfaden antworten</t>
+          <t>Reaktion senden</t>
         </is>
       </c>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>MessageViewReply in thread</t>
+          <t>MessageViewReact</t>
         </is>
       </c>
       <c r="G352" t="inlineStr"/>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>New thread</t>
+          <t>Reply in thread</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>Neuer Gesprächsfaden</t>
+          <t>In Gesprächsfaden antworten</t>
         </is>
       </c>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>MessageViewNew thread</t>
+          <t>MessageViewReply in thread</t>
         </is>
       </c>
       <c r="G353" t="inlineStr"/>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14415</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
-          <t>Reply</t>
+          <t>New thread</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>Antworten</t>
+          <t>Neuer Gesprächsfaden</t>
         </is>
       </c>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>MessageViewReply</t>
+          <t>MessageViewNew thread</t>
         </is>
       </c>
       <c r="G354" t="inlineStr"/>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14426</t>
+          <t>../qml/MessageView.qml:14439</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Go to message</t>
+          <t>Reply</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>Springe zu Nachricht</t>
+          <t>Antworten</t>
         </is>
       </c>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>MessageViewGo to message</t>
+          <t>MessageViewReply</t>
         </is>
       </c>
       <c r="G355" t="inlineStr"/>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14443</t>
+          <t>../qml/MessageView.qml:14450</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
-          <t>Options</t>
+          <t>Go to message</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>Optionen</t>
+          <t>Springe zu Nachricht</t>
         </is>
       </c>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>MessageViewOptions</t>
+          <t>MessageViewGo to message</t>
         </is>
       </c>
       <c r="G356" t="inlineStr"/>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14576</t>
+          <t>../qml/MessageView.qml:14467</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
-          <t>Enter reason for removal or hit enter for no reason:</t>
+          <t>Options</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>Grund für das Nachrichtenlöschen oder Entertaste drücken für keinen Grund:</t>
+          <t>Optionen</t>
         </is>
       </c>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
+          <t>MessageViewOptions</t>
         </is>
       </c>
       <c r="G357" t="inlineStr"/>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14577</t>
+          <t>../qml/MessageView.qml:14600</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
-          <t>Reason for removal</t>
+          <t>Enter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>Grund für die Löschung</t>
+          <t>Grund für das Nachrichtenlöschen oder Entertaste drücken für keinen Grund:</t>
         </is>
       </c>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>MessageViewReason for removal</t>
+          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G358" t="inlineStr"/>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
           <t>../qml/MessageView.qml:14601</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
-          <t>Go to &amp;message</t>
+          <t>Reason for removal</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>Gehe zu &amp;Nachricht</t>
+          <t>Grund für die Löschung</t>
         </is>
       </c>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>MessageViewGo to &amp;message</t>
+          <t>MessageViewReason for removal</t>
         </is>
       </c>
       <c r="G359" t="inlineStr"/>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14797</t>
+          <t>../qml/MessageView.qml:14625</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
-          <t>&amp;Copy</t>
+          <t>Go to &amp;message</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>&amp;Kopieren</t>
+          <t>Gehe zu &amp;Nachricht</t>
         </is>
       </c>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>MessageView&amp;Copy</t>
+          <t>MessageViewGo to &amp;message</t>
         </is>
       </c>
       <c r="G360" t="inlineStr"/>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14805</t>
+          <t>../qml/MessageView.qml:14823</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Copy &amp;link location</t>
+          <t>&amp;Copy</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>Kopiere &amp;Link-Ziel</t>
+          <t>&amp;Kopieren</t>
         </is>
       </c>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>MessageViewCopy &amp;link location</t>
+          <t>MessageView&amp;Copy</t>
         </is>
       </c>
       <c r="G361" t="inlineStr"/>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14630</t>
+          <t>../qml/MessageView.qml:14831</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
-          <t>Re&amp;act</t>
+          <t>Copy &amp;link location</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>Re&amp;agieren</t>
+          <t>Kopiere &amp;Link-Ziel</t>
         </is>
       </c>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>MessageViewRe&amp;act</t>
+          <t>MessageViewCopy &amp;link location</t>
         </is>
       </c>
       <c r="G362" t="inlineStr"/>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14641</t>
+          <t>../qml/MessageView.qml:14654</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
-          <t>Repl&amp;y</t>
+          <t>Re&amp;act</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>Antwo&amp;rten</t>
+          <t>Re&amp;agieren</t>
         </is>
       </c>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>MessageViewRepl&amp;y</t>
+          <t>MessageViewRe&amp;act</t>
         </is>
       </c>
       <c r="G363" t="inlineStr"/>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14649</t>
+          <t>../qml/MessageView.qml:14665</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
-          <t>&amp;Edit</t>
+          <t>Repl&amp;y</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>B&amp;earbeiten</t>
+          <t>Antwo&amp;rten</t>
         </is>
       </c>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>MessageView&amp;Edit</t>
+          <t>MessageViewRepl&amp;y</t>
         </is>
       </c>
       <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14657</t>
+          <t>../qml/MessageView.qml:14673</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
-          <t>&amp;Thread</t>
+          <t>&amp;Edit</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>&amp;Gesprächsfaden</t>
+          <t>B&amp;earbeiten</t>
         </is>
       </c>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>MessageView&amp;Thread</t>
+          <t>MessageView&amp;Edit</t>
         </is>
       </c>
       <c r="G365" t="inlineStr"/>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14681</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Un&amp;pin</t>
+          <t>&amp;Thread</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>An&amp;heften aufheben</t>
+          <t>&amp;Gesprächsfaden</t>
         </is>
       </c>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>MessageViewUn&amp;pin</t>
+          <t>MessageView&amp;Thread</t>
         </is>
       </c>
       <c r="G366" t="inlineStr"/>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
-          <t>&amp;Pin</t>
+          <t>Un&amp;pin</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>An&amp;heften</t>
+          <t>An&amp;heften aufheben</t>
         </is>
       </c>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>MessageView&amp;Pin</t>
+          <t>MessageViewUn&amp;pin</t>
         </is>
       </c>
       <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14673</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
-          <t>&amp;Read receipts</t>
+          <t>&amp;Pin</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>&amp;Lesebestätigungen</t>
+          <t>An&amp;heften</t>
         </is>
       </c>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>MessageView&amp;Read receipts</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageView&amp;Pin</t>
+        </is>
+      </c>
+      <c r="G368" t="inlineStr"/>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14680</t>
+          <t>../qml/MessageView.qml:14697</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
-          <t>&amp;Forward</t>
+          <t>&amp;Read receipts</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>&amp;Weiterleiten</t>
+          <t>&amp;Lesebestätigungen</t>
         </is>
       </c>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>MessageView&amp;Forward</t>
-[...2 lines deleted...]
-      <c r="G369" t="inlineStr"/>
+          <t>MessageView&amp;Read receipts</t>
+        </is>
+      </c>
+      <c r="G369" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Lesebestätigungen</t>
+        </is>
+      </c>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14693</t>
+          <t>../qml/MessageView.qml:14704</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
-          <t>&amp;Mark as read</t>
+          <t>&amp;Forward</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>Als gelesen &amp;markieren</t>
+          <t>&amp;Weiterleiten</t>
         </is>
       </c>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>MessageView&amp;Mark as read</t>
+          <t>MessageView&amp;Forward</t>
         </is>
       </c>
       <c r="G370" t="inlineStr"/>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14698</t>
+          <t>../qml/MessageView.qml:14717</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
-          <t>View raw message</t>
+          <t>&amp;Mark as read</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>Zeige rohen Nachrichteninhalt</t>
+          <t>Als gelesen &amp;markieren</t>
         </is>
       </c>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>MessageViewView raw message</t>
+          <t>MessageView&amp;Mark as read</t>
         </is>
       </c>
       <c r="G371" t="inlineStr"/>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14705</t>
+          <t>../qml/MessageView.qml:14724</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
-          <t>View decrypted raw message</t>
+          <t>View raw message</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>Zeige rohen, entschlüsselten Nachrichteninhalt</t>
+          <t>Zeige rohen Nachrichteninhalt</t>
         </is>
       </c>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>MessageViewView decrypted raw message</t>
+          <t>MessageViewView raw message</t>
         </is>
       </c>
       <c r="G372" t="inlineStr"/>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14714</t>
+          <t>../qml/MessageView.qml:14731</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Remo&amp;ve message</t>
+          <t>View decrypted raw message</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>Na&amp;chricht löschen</t>
+          <t>Zeige rohen, entschlüsselten Nachrichteninhalt</t>
         </is>
       </c>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>MessageViewRemo&amp;ve message</t>
+          <t>MessageViewView decrypted raw message</t>
         </is>
       </c>
       <c r="G373" t="inlineStr"/>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14728</t>
+          <t>../qml/MessageView.qml:14740</t>
         </is>
       </c>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Report message</t>
+          <t>Remo&amp;ve message</t>
         </is>
       </c>
       <c r="C374" t="inlineStr">
         <is>
-          <t>Nachricht melden</t>
+          <t>Na&amp;chricht löschen</t>
         </is>
       </c>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>MessageViewReport message</t>
+          <t>MessageViewRemo&amp;ve message</t>
         </is>
       </c>
       <c r="G374" t="inlineStr"/>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14739</t>
+          <t>../qml/MessageView.qml:14754</t>
         </is>
       </c>
       <c r="B375" t="inlineStr">
         <is>
-          <t>&amp;Save as</t>
+          <t>Report message</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>&amp;Speichern als</t>
+          <t>Nachricht melden</t>
         </is>
       </c>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>MessageView&amp;Save as</t>
+          <t>MessageViewReport message</t>
         </is>
       </c>
       <c r="G375" t="inlineStr"/>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14747</t>
+          <t>../qml/MessageView.qml:14765</t>
         </is>
       </c>
       <c r="B376" t="inlineStr">
         <is>
-          <t>&amp;Open in external program</t>
+          <t>&amp;Save as</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>In externem Pr&amp;ogramm öffnen</t>
+          <t>&amp;Speichern als</t>
         </is>
       </c>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>MessageView&amp;Open in external program</t>
+          <t>MessageView&amp;Save as</t>
         </is>
       </c>
       <c r="G376" t="inlineStr"/>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14755</t>
+          <t>../qml/MessageView.qml:14773</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Copy link to eve&amp;nt</t>
+          <t>&amp;Open in external program</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>Link &amp;zu diesem Event kopieren</t>
+          <t>In externem Pr&amp;ogramm öffnen</t>
         </is>
       </c>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>MessageViewCopy link to eve&amp;nt</t>
+          <t>MessageView&amp;Open in external program</t>
         </is>
       </c>
       <c r="G377" t="inlineStr"/>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14813</t>
+          <t>../qml/MessageView.qml:14781</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
-          <t>&amp;Go to quoted message</t>
+          <t>Copy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>&amp;Gehe zur zitierten Nachricht</t>
+          <t>Link &amp;zu diesem Event kopieren</t>
         </is>
       </c>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>MessageView&amp;Go to quoted message</t>
+          <t>MessageViewCopy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="G378" t="inlineStr"/>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/MessageView.qml:14839</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Send Verification Request</t>
+          <t>&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>Sende eine Verifizierungsanfrage</t>
+          <t>&amp;Gehe zur zitierten Nachricht</t>
         </is>
       </c>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>NewVerificationRequestSend Verification Request</t>
+          <t>MessageView&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
-          <t>Received Verification Request</t>
+          <t>Send Verification Request</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>Verifizierungsanfrage erhalten</t>
+          <t>Sende eine Verifizierungsanfrage</t>
         </is>
       </c>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>NewVerificationRequestReceived Verification Request</t>
+          <t>NewVerificationRequestSend Verification Request</t>
         </is>
       </c>
       <c r="G380" t="inlineStr"/>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14837</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B381" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>Received Verification Request</t>
         </is>
       </c>
       <c r="C381" t="inlineStr">
         <is>
-          <t>Damit andere Nutzer sehen können, welche Geräte wirklich dir gehören, kannst du sie verifizieren. Das aktiviert auch den Onlinespeicher für Nachrichtenschlüssel. Willst du ein unverifiziertes Gerät verifizieren? (Stelle sicher, dass du eines der Geräte in deiner Nähe hast.)</t>
+          <t>Verifizierungsanfrage erhalten</t>
         </is>
       </c>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>NewVerificationRequestReceived Verification Request</t>
         </is>
       </c>
       <c r="G381" t="inlineStr"/>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14839</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14863</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>Damit andere Nutzer sehen können, welche Geräte wirklich dir gehören, kannst du sie verifizieren. Das aktiviert auch den Onlinespeicher für Nachrichtenschlüssel. Willst du %1 verifizieren?</t>
+          <t>Damit andere Nutzer sehen können, welche Geräte wirklich dir gehören, kannst du sie verifizieren. Das aktiviert auch den Onlinespeicher für Nachrichtenschlüssel. Willst du ein unverifiziertes Gerät verifizieren? (Stelle sicher, dass du eines der Geräte in deiner Nähe hast.)</t>
         </is>
       </c>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="G382" t="inlineStr"/>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14841</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14865</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
-          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>Um sichere Kommunikation zu garantieren, kannst du den anderen Nutzer verifizieren.</t>
+          <t>Damit andere Nutzer sehen können, welche Geräte wirklich dir gehören, kannst du sie verifizieren. Das aktiviert auch den Onlinespeicher für Nachrichtenschlüssel. Willst du %1 verifizieren?</t>
         </is>
       </c>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="G383" t="inlineStr"/>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14844</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14867</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
-          <t>%1 has requested to verify their device %2.</t>
+          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>%1 hat angefragt, dass du deren Gerät %2 verifizierst.</t>
+          <t>Um sichere Kommunikation zu garantieren, kannst du den anderen Nutzer verifizieren.</t>
         </is>
       </c>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
+          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="G384" t="inlineStr"/>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14846</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14870</t>
         </is>
       </c>
       <c r="B385" t="inlineStr">
         <is>
-          <t>%1 using the device %2 has requested to be verified.</t>
+          <t>%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
-          <t>%1 mit dem Gerät %2 hat angefragt verifiziert zu werden.</t>
+          <t>%1 hat angefragt, dass du deren Gerät %2 verifizierst.</t>
         </is>
       </c>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
+          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="G385" t="inlineStr"/>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14848</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14872</t>
         </is>
       </c>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Your device (%1) has requested to be verified.</t>
+          <t>%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>Dein Gerät %1 hat angefragt verifiziert zu werden.</t>
+          <t>%1 mit dem Gerät %2 hat angefragt verifiziert zu werden.</t>
         </is>
       </c>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
+          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="G386" t="inlineStr"/>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14874</t>
         </is>
       </c>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Your device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>Abbrechen</t>
+          <t>Dein Gerät %1 hat angefragt verifiziert zu werden.</t>
         </is>
       </c>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>NewVerificationRequestCancel</t>
+          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="G387" t="inlineStr"/>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Deny</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>Ablehnen</t>
+          <t>Abbrechen</t>
         </is>
       </c>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>NewVerificationRequestDeny</t>
+          <t>NewVerificationRequestCancel</t>
         </is>
       </c>
       <c r="G388" t="inlineStr"/>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Start verification</t>
+          <t>Deny</t>
         </is>
       </c>
       <c r="C389" t="inlineStr">
         <is>
-          <t>Starte Verifizierung</t>
+          <t>Ablehnen</t>
         </is>
       </c>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>NewVerificationRequestStart verification</t>
+          <t>NewVerificationRequestDeny</t>
         </is>
       </c>
       <c r="G389" t="inlineStr"/>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Accept</t>
+          <t>Start verification</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
-          <t>Akzeptieren</t>
+          <t>Starte Verifizierung</t>
         </is>
       </c>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>NewVerificationRequestAccept</t>
+          <t>NewVerificationRequestStart verification</t>
         </is>
       </c>
       <c r="G390" t="inlineStr"/>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15009</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B391" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
+          <t>Accept</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>%1 hat eine verschlüsselte Nachricht gesendet</t>
+          <t>Akzeptieren</t>
         </is>
       </c>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 sent an encrypted message</t>
+          <t>NewVerificationRequestAccept</t>
         </is>
       </c>
       <c r="G391" t="inlineStr"/>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15021</t>
+          <t>../../src/notifications/ManagerMac.cpp:15035</t>
         </is>
       </c>
       <c r="B392" t="inlineStr">
         <is>
-          <t>%1 replied with a spoiler.</t>
+          <t>%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="C392" t="inlineStr">
         <is>
-          <t>%1 hat mit einem Spoiler geantwortet.</t>
+          <t>%1 hat eine verschlüsselte Nachricht gesendet</t>
         </is>
       </c>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
+          <t>NotificationsManager%1 sent an encrypted message</t>
+        </is>
+      </c>
+      <c r="G392" t="inlineStr"/>
+      <c r="H392" t="inlineStr"/>
+    </row>
+    <row r="393">
+      <c r="A393" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:15047</t>
+        </is>
+      </c>
+      <c r="B393" t="inlineStr">
+        <is>
+          <t>%1 replied with a spoiler.</t>
+        </is>
+      </c>
+      <c r="C393" t="inlineStr">
+        <is>
+          <t>%1 hat mit einem Spoiler geantwortet.</t>
+        </is>
+      </c>
+      <c r="D393" t="inlineStr"/>
+      <c r="E393" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F393" t="inlineStr">
+        <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender.%1 replied with a spoiler.</t>
         </is>
       </c>
-      <c r="G392" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B393" t="inlineStr">
+      <c r="G393" t="inlineStr"/>
+      <c r="H393" t="inlineStr"/>
+    </row>
+    <row r="394">
+      <c r="A394" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:15057</t>
+        </is>
+      </c>
+      <c r="B394" t="inlineStr">
         <is>
           <t>%1 replied: %2</t>
         </is>
       </c>
-      <c r="C393" t="inlineStr">
+      <c r="C394" t="inlineStr">
         <is>
           <t>%1 hat geantwortet: %2</t>
         </is>
       </c>
-      <c r="D393" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F393" t="inlineStr">
+      <c r="D394" t="inlineStr"/>
+      <c r="E394" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F394" t="inlineStr">
         <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender, %2 the message%1 replied: %2</t>
         </is>
       </c>
-      <c r="G393" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G394" t="inlineStr"/>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15056</t>
         </is>
       </c>
       <c r="B395" t="inlineStr">
         <is>
-          <t>%1 replied to a message</t>
+          <t>%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="C395" t="inlineStr">
         <is>
-          <t>%1 hat auf eine Nachricht geantwortet</t>
+          <t>%1 hat mit einer verschlüsselten Nachricht geantwortet</t>
         </is>
       </c>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 replied to a message</t>
+          <t>NotificationsManager%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="G395" t="inlineStr"/>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B396" t="inlineStr">
         <is>
-          <t>%1 sent a message</t>
+          <t>%1 replied to a message</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>%1 hat eine Nachricht gesendet</t>
+          <t>%1 hat auf eine Nachricht geantwortet</t>
         </is>
       </c>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 sent a message</t>
+          <t>NotificationsManager%1 replied to a message</t>
         </is>
       </c>
       <c r="G396" t="inlineStr"/>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15075</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Place a call to %1?</t>
+          <t>%1 sent a message</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>%1 anrufen?</t>
+          <t>%1 hat eine Nachricht gesendet</t>
         </is>
       </c>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>PlaceCallPlace a call to %1?</t>
+          <t>NotificationsManager%1 sent a message</t>
         </is>
       </c>
       <c r="G397" t="inlineStr"/>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15091</t>
+          <t>../qml/voip/PlaceCall.qml:15101</t>
         </is>
       </c>
       <c r="B398" t="inlineStr">
         <is>
-          <t>No microphone found.</t>
+          <t>Place a call to %1?</t>
         </is>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>Kein Mikrofon gefunden.</t>
+          <t>%1 anrufen?</t>
         </is>
       </c>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>PlaceCallNo microphone found.</t>
+          <t>PlaceCallPlace a call to %1?</t>
         </is>
       </c>
       <c r="G398" t="inlineStr"/>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15115</t>
+          <t>../qml/voip/PlaceCall.qml:15117</t>
         </is>
       </c>
       <c r="B399" t="inlineStr">
         <is>
-          <t>Voice</t>
+          <t>No microphone found.</t>
         </is>
       </c>
       <c r="C399" t="inlineStr">
         <is>
-          <t>Sprache</t>
+          <t>Kein Mikrofon gefunden.</t>
         </is>
       </c>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>PlaceCallVoice</t>
+          <t>PlaceCallNo microphone found.</t>
         </is>
       </c>
       <c r="G399" t="inlineStr"/>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15128</t>
+          <t>../qml/voip/PlaceCall.qml:15141</t>
         </is>
       </c>
       <c r="B400" t="inlineStr">
         <is>
-          <t>Video</t>
+          <t>Voice</t>
         </is>
       </c>
       <c r="C400" t="inlineStr">
         <is>
-          <t>Video</t>
+          <t>Sprache</t>
         </is>
       </c>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>PlaceCallVideo</t>
+          <t>PlaceCallVoice</t>
         </is>
       </c>
       <c r="G400" t="inlineStr"/>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15141</t>
+          <t>../qml/voip/PlaceCall.qml:15154</t>
         </is>
       </c>
       <c r="B401" t="inlineStr">
         <is>
-          <t>Screen</t>
+          <t>Video</t>
         </is>
       </c>
       <c r="C401" t="inlineStr">
         <is>
-          <t>Bildschirm</t>
+          <t>Video</t>
         </is>
       </c>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>PlaceCallScreen</t>
+          <t>PlaceCallVideo</t>
         </is>
       </c>
       <c r="G401" t="inlineStr"/>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15157</t>
+          <t>../qml/voip/PlaceCall.qml:15167</t>
         </is>
       </c>
       <c r="B402" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Screen</t>
         </is>
       </c>
       <c r="C402" t="inlineStr">
         <is>
-          <t>Abbrechen</t>
+          <t>Bildschirm</t>
         </is>
       </c>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>PlaceCallCancel</t>
+          <t>PlaceCallScreen</t>
         </is>
       </c>
       <c r="G402" t="inlineStr"/>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr">
         <is>
-          <t>../qml/delegates/Placeholder.qml:15168</t>
+          <t>../qml/voip/PlaceCall.qml:15183</t>
         </is>
       </c>
       <c r="B403" t="inlineStr">
         <is>
-          <t xml:space="preserve">unimplemented event: </t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C403" t="inlineStr">
         <is>
-          <t xml:space="preserve">Unimplementiertes Event: </t>
+          <t>Abbrechen</t>
         </is>
       </c>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t xml:space="preserve">Placeholderunimplemented event: </t>
+          <t>PlaceCallCancel</t>
         </is>
       </c>
       <c r="G403" t="inlineStr"/>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15194</t>
+          <t>../qml/delegates/Placeholder.qml:15194</t>
         </is>
       </c>
       <c r="B404" t="inlineStr">
         <is>
-          <t>Permissions in %1</t>
+          <t xml:space="preserve">unimplemented event: </t>
         </is>
       </c>
       <c r="C404" t="inlineStr">
         <is>
-          <t>Berechtigungen in %1</t>
+          <t xml:space="preserve">Unimplementiertes Event: </t>
         </is>
       </c>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>PowerLevelEditorPermissions in %1</t>
+          <t xml:space="preserve">Placeholderunimplemented event: </t>
         </is>
       </c>
       <c r="G404" t="inlineStr"/>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15208</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15220</t>
         </is>
       </c>
       <c r="B405" t="inlineStr">
         <is>
-          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>Permissions in %1</t>
         </is>
       </c>
       <c r="C405" t="inlineStr">
         <is>
-          <t>Sei vorsichtig beim Bearbeiten der Berechtigungen. Du kannst Personen, die einen gleichen oder höheren Level als du haben, nicht herunterstufen. Sei vorsichtig, wenn du andere Leute beförderst.</t>
+          <t>Berechtigungen in %1</t>
         </is>
       </c>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>PowerLevelEditorPermissions in %1</t>
         </is>
       </c>
       <c r="G405" t="inlineStr"/>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15221</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15234</t>
         </is>
       </c>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Roles</t>
+          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="C406" t="inlineStr">
         <is>
-          <t>Rollen</t>
+          <t>Sei vorsichtig beim Bearbeiten der Berechtigungen. Du kannst Personen, die einen gleichen oder höheren Level als du haben, nicht herunterstufen. Sei vorsichtig, wenn du andere Leute beförderst.</t>
         </is>
       </c>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRoles</t>
+          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="G406" t="inlineStr"/>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15224</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15247</t>
         </is>
       </c>
       <c r="B407" t="inlineStr">
         <is>
-          <t>Users</t>
+          <t>Roles</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>Benutzer</t>
+          <t>Rollen</t>
         </is>
       </c>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUsers</t>
+          <t>PowerLevelEditorRoles</t>
         </is>
       </c>
       <c r="G407" t="inlineStr"/>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15244</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15250</t>
         </is>
       </c>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Move permissions between roles to change them</t>
+          <t>Users</t>
         </is>
       </c>
       <c r="C408" t="inlineStr">
         <is>
-          <t>Verschiebe Berechtigungen zwischen Rollen, um diese zu modifizieren</t>
+          <t>Benutzer</t>
         </is>
       </c>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove permissions between roles to change them</t>
+          <t>PowerLevelEditorUsers</t>
         </is>
       </c>
       <c r="G408" t="inlineStr"/>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15506</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
         </is>
       </c>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Administrator (%1)</t>
+          <t>Move permissions between roles to change them</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
-          <t>Administrator (%1)</t>
+          <t>Verschiebe Berechtigungen zwischen Rollen, um diese zu modifizieren</t>
         </is>
       </c>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdministrator (%1)</t>
+          <t>PowerLevelEditorMove permissions between roles to change them</t>
         </is>
       </c>
       <c r="G409" t="inlineStr"/>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15508</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15536</t>
+        </is>
+      </c>
+      <c r="B410" t="inlineStr"/>
+      <c r="C410" t="inlineStr"/>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>PowerLevelEditorModerator (%1)</t>
+          <t>PowerLevelEditorCreator</t>
         </is>
       </c>
       <c r="G410" t="inlineStr"/>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15538</t>
         </is>
       </c>
       <c r="B411" t="inlineStr">
         <is>
-          <t>User (%1)</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>Benutzer (%1)</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUser (%1)</t>
+          <t>PowerLevelEditorAdministrator (%1)</t>
         </is>
       </c>
       <c r="G411" t="inlineStr"/>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15510</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15540</t>
         </is>
       </c>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Custom (%1)</t>
+          <t>Moderator (%1)</t>
         </is>
       </c>
       <c r="C412" t="inlineStr">
         <is>
-          <t>Benutzerdefiniert (%1)</t>
+          <t>Moderator (%1)</t>
         </is>
       </c>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>PowerLevelEditorCustom (%1)</t>
+          <t>PowerLevelEditorModerator (%1)</t>
         </is>
       </c>
       <c r="G412" t="inlineStr"/>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15542</t>
         </is>
       </c>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Remove event type</t>
+          <t>User (%1)</t>
         </is>
       </c>
       <c r="C413" t="inlineStr">
         <is>
-          <t>Eventtyp entfernen</t>
+          <t>Benutzer (%1)</t>
         </is>
       </c>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove event type</t>
+          <t>PowerLevelEditorUser (%1)</t>
         </is>
       </c>
       <c r="G413" t="inlineStr"/>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15544</t>
         </is>
       </c>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Add event type</t>
+          <t>Custom (%1)</t>
         </is>
       </c>
       <c r="C414" t="inlineStr">
         <is>
-          <t>Eventtyp hinzufügen</t>
+          <t>Benutzerdefiniert (%1)</t>
         </is>
       </c>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd event type</t>
+          <t>PowerLevelEditorCustom (%1)</t>
         </is>
       </c>
       <c r="G414" t="inlineStr"/>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15327</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B415" t="inlineStr">
         <is>
-          <t>Add new role</t>
+          <t>Remove event type</t>
         </is>
       </c>
       <c r="C415" t="inlineStr">
         <is>
-          <t>Neue Rolle definieren</t>
+          <t>Eventtyp entfernen</t>
         </is>
       </c>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd new role</t>
+          <t>PowerLevelEditorRemove event type</t>
         </is>
       </c>
       <c r="G415" t="inlineStr"/>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15365</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B416" t="inlineStr">
         <is>
-          <t>Add</t>
+          <t>Add event type</t>
         </is>
       </c>
       <c r="C416" t="inlineStr">
         <is>
-          <t>Hinzufügen</t>
+          <t>Eventtyp hinzufügen</t>
         </is>
       </c>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd</t>
+          <t>PowerLevelEditorAdd event type</t>
         </is>
       </c>
       <c r="G416" t="inlineStr"/>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15381</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15356</t>
         </is>
       </c>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Move users up or down to change their permissions</t>
+          <t>Add new role</t>
         </is>
       </c>
       <c r="C417" t="inlineStr">
         <is>
-          <t>Verschiebe Nutzer zwischen Rollen um deren Rolle zu ändern</t>
+          <t>Neue Rolle definieren</t>
         </is>
       </c>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove users up or down to change their permissions</t>
+          <t>PowerLevelEditorAdd new role</t>
         </is>
       </c>
       <c r="G417" t="inlineStr"/>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15394</t>
         </is>
       </c>
       <c r="B418" t="inlineStr">
         <is>
-          <t>Remove user</t>
+          <t>Add</t>
         </is>
       </c>
       <c r="C418" t="inlineStr">
         <is>
-          <t>Benutzer entfernen</t>
+          <t>Hinzufügen</t>
         </is>
       </c>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove user</t>
+          <t>PowerLevelEditorAdd</t>
         </is>
       </c>
       <c r="G418" t="inlineStr"/>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15410</t>
         </is>
       </c>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Add user</t>
+          <t>Move users up or down to change their permissions</t>
         </is>
       </c>
       <c r="C419" t="inlineStr">
         <is>
-          <t>Benutzer hinzufügen</t>
+          <t>Verschiebe Nutzer zwischen Rollen um deren Rolle zu ändern</t>
         </is>
       </c>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd user</t>
+          <t>PowerLevelEditorMove users up or down to change their permissions</t>
         </is>
       </c>
       <c r="G419" t="inlineStr"/>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15548</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Apply permission changes</t>
+          <t>Remove user</t>
         </is>
       </c>
       <c r="C420" t="inlineStr">
         <is>
-          <t>Berechtigungsänderungen anwenden</t>
+          <t>Benutzer entfernen</t>
         </is>
       </c>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
+          <t>PowerLevelEditorRemove user</t>
         </is>
       </c>
       <c r="G420" t="inlineStr"/>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15562</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>Add user</t>
         </is>
       </c>
       <c r="C421" t="inlineStr">
         <is>
-          <t>Auf welche Unterguppen und Räume sollen diese Berechtigungen angewandt werden?</t>
+          <t>Benutzer hinzufügen</t>
         </is>
       </c>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>PowerLevelEditorAdd user</t>
         </is>
       </c>
       <c r="G421" t="inlineStr"/>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15576</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15582</t>
         </is>
       </c>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Apply permissions recursively</t>
+          <t>Apply permission changes</t>
         </is>
       </c>
       <c r="C422" t="inlineStr">
         <is>
-          <t>Berechtigungen rekursiv anwenden</t>
+          <t>Berechtigungsänderungen anwenden</t>
         </is>
       </c>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
+          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
         </is>
       </c>
       <c r="G422" t="inlineStr"/>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15588</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15596</t>
         </is>
       </c>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Overwrite exisiting modifications in rooms</t>
+          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="C423" t="inlineStr">
         <is>
-          <t>Existierende Änderungen in den Räumen überschreiben</t>
+          <t>Auf welche Unterguppen und Räume sollen diese Berechtigungen angewandt werden?</t>
         </is>
       </c>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
+          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="G423" t="inlineStr"/>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15629</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15610</t>
         </is>
       </c>
       <c r="B424" t="inlineStr">
         <is>
-          <t>No permissions to apply the new permissions here</t>
+          <t>Apply permissions recursively</t>
         </is>
       </c>
       <c r="C424" t="inlineStr">
         <is>
-          <t>Keine Berechtigung die Berechtigungen hier zu verändern</t>
+          <t>Berechtigungen rekursiv anwenden</t>
         </is>
       </c>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
+          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
         </is>
       </c>
       <c r="G424" t="inlineStr"/>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15630</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15622</t>
         </is>
       </c>
       <c r="B425" t="inlineStr">
         <is>
-          <t>No changes needed</t>
+          <t>Overwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="C425" t="inlineStr">
         <is>
-          <t>Keine Änderungen notwendig</t>
+          <t>Existierende Änderungen in den Räumen überschreiben</t>
         </is>
       </c>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
+          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="G425" t="inlineStr"/>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15631</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15663</t>
         </is>
       </c>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Existing modifications to the permissions in this room will be overwritten</t>
+          <t>No permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="C426" t="inlineStr">
         <is>
-          <t>Existierende Änderungen in diesem Raum werden überschrieben</t>
+          <t>Keine Berechtigung die Berechtigungen hier zu verändern</t>
         </is>
       </c>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
+          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="G426" t="inlineStr"/>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15632</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15664</t>
         </is>
       </c>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Permissions synchronized with community</t>
+          <t>No changes needed</t>
         </is>
       </c>
       <c r="C427" t="inlineStr">
         <is>
-          <t>Berechtigungen mit der Gruppe synchronisiert</t>
+          <t>Keine Änderungen notwendig</t>
         </is>
       </c>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
+          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
         </is>
       </c>
       <c r="G427" t="inlineStr"/>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16382</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15665</t>
         </is>
       </c>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
+          <t>Existing modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="C428" t="inlineStr">
         <is>
-          <t>Konnte Berechtigungen nicht aktualisieren: %1</t>
+          <t>Existierende Änderungen in diesem Raum werden überschrieben</t>
         </is>
       </c>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>PowerLevelsFailed to update powerlevel: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
+        </is>
+      </c>
+      <c r="G428" t="inlineStr"/>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16263</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15666</t>
         </is>
       </c>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
+          <t>Permissions synchronized with community</t>
         </is>
       </c>
       <c r="C429" t="inlineStr">
         <is>
-          <t>Konnte Berechtigungen nicht aktualisieren: %1</t>
+          <t>Berechtigungen mit der Gruppe synchronisiert</t>
         </is>
       </c>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
+          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
         </is>
       </c>
       <c r="G429" t="inlineStr"/>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16293</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16454</t>
         </is>
       </c>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Administrator: %1</t>
+          <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C430" t="inlineStr">
         <is>
-          <t>Administrator: %1</t>
+          <t>Konnte Berechtigungen nicht aktualisieren: %1</t>
         </is>
       </c>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorAdministrator: %1</t>
+          <t>PowerLevelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G430" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Administrator (%1)</t>
+          <t>Suggested in Weblate: Aktualisierung von Berechtigungen fehlgeschlagen: %1</t>
         </is>
       </c>
       <c r="H430" t="inlineStr"/>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16295</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16327</t>
         </is>
       </c>
       <c r="B431" t="inlineStr">
         <is>
-          <t>Moderator: %1</t>
+          <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C431" t="inlineStr">
         <is>
-          <t>Moderator: %1</t>
+          <t>Konnte Berechtigungen nicht aktualisieren: %1</t>
         </is>
       </c>
       <c r="D431" t="inlineStr"/>
       <c r="E431" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F431" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorModerator: %1</t>
+          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G431" t="inlineStr"/>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16297</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/components/PowerlevelIndicator.qml:16359</t>
+        </is>
+      </c>
+      <c r="B432" t="inlineStr"/>
+      <c r="C432" t="inlineStr"/>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorUser: %1</t>
+          <t>PowerlevelIndicatorCreator</t>
         </is>
       </c>
       <c r="G432" t="inlineStr"/>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15829</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16361</t>
         </is>
       </c>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Other events</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C433" t="inlineStr">
         <is>
-          <t>Andere Events</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther events</t>
+          <t>PowerlevelIndicatorAdministrator (%1)</t>
         </is>
       </c>
       <c r="G433" t="inlineStr"/>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15831</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16363</t>
         </is>
       </c>
       <c r="B434" t="inlineStr">
         <is>
-          <t>Other state events</t>
+          <t>Moderator: %1</t>
         </is>
       </c>
       <c r="C434" t="inlineStr">
         <is>
-          <t>Andere Statusevents</t>
+          <t>Moderator: %1</t>
         </is>
       </c>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther state events</t>
+          <t>PowerlevelIndicatorModerator: %1</t>
         </is>
       </c>
       <c r="G434" t="inlineStr"/>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15833</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16365</t>
         </is>
       </c>
       <c r="B435" t="inlineStr">
         <is>
-          <t>Remove other users</t>
+          <t>User: %1</t>
         </is>
       </c>
       <c r="C435" t="inlineStr">
         <is>
-          <t>Andere Nutzer entfernen</t>
+          <t>Benutzer: %1</t>
         </is>
       </c>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRemove other users</t>
+          <t>PowerlevelIndicatorUser: %1</t>
         </is>
       </c>
       <c r="G435" t="inlineStr"/>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15835</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
         </is>
       </c>
       <c r="B436" t="inlineStr">
         <is>
-          <t>Ban other users</t>
+          <t>Other events</t>
         </is>
       </c>
       <c r="C436" t="inlineStr">
         <is>
-          <t>Andere Nutzer verbannen</t>
+          <t>Andere Events</t>
         </is>
       </c>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan other users</t>
+          <t>PowerlevelsTypeListModelOther events</t>
         </is>
       </c>
       <c r="G436" t="inlineStr"/>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15837</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
         </is>
       </c>
       <c r="B437" t="inlineStr">
         <is>
-          <t>Invite other users</t>
+          <t>Other state events</t>
         </is>
       </c>
       <c r="C437" t="inlineStr">
         <is>
-          <t>Andere Nutzer einladen</t>
+          <t>Andere Statusevents</t>
         </is>
       </c>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelInvite other users</t>
+          <t>PowerlevelsTypeListModelOther state events</t>
         </is>
       </c>
       <c r="G437" t="inlineStr"/>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15839</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
         </is>
       </c>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Redact events sent by others</t>
+          <t>Remove other users</t>
         </is>
       </c>
       <c r="C438" t="inlineStr">
         <is>
-          <t>Fremde Nachrichten löschen</t>
+          <t>Andere Nutzer entfernen</t>
         </is>
       </c>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact events sent by others</t>
+          <t>PowerlevelsTypeListModelRemove other users</t>
         </is>
       </c>
       <c r="G438" t="inlineStr"/>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15841</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15879</t>
         </is>
       </c>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Reactions</t>
+          <t>Ban other users</t>
         </is>
       </c>
       <c r="C439" t="inlineStr">
         <is>
-          <t>Reaktionen</t>
+          <t>Andere Nutzer verbannen</t>
         </is>
       </c>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReactions</t>
+          <t>PowerlevelsTypeListModelBan other users</t>
         </is>
       </c>
       <c r="G439" t="inlineStr"/>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15843</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15881</t>
         </is>
       </c>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Deprecated aliases events</t>
+          <t>Invite other users</t>
         </is>
       </c>
       <c r="C440" t="inlineStr">
         <is>
-          <t>Veraltetes Raumaddressenevent</t>
+          <t>Andere Nutzer einladen</t>
         </is>
       </c>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
+          <t>PowerlevelsTypeListModelInvite other users</t>
         </is>
       </c>
       <c r="G440" t="inlineStr"/>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15845</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15883</t>
         </is>
       </c>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Change the room avatar</t>
+          <t>Redact events sent by others</t>
         </is>
       </c>
       <c r="C441" t="inlineStr">
         <is>
-          <t>Raumbild ändern</t>
+          <t>Fremde Nachrichten löschen</t>
         </is>
       </c>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room avatar</t>
+          <t>PowerlevelsTypeListModelRedact events sent by others</t>
         </is>
       </c>
       <c r="G441" t="inlineStr"/>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15847</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15885</t>
         </is>
       </c>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Change the room addresses</t>
+          <t>Reactions</t>
         </is>
       </c>
       <c r="C442" t="inlineStr">
         <is>
-          <t>Raumaddressen bearbeiten</t>
+          <t>Reaktionen</t>
         </is>
       </c>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room addresses</t>
+          <t>PowerlevelsTypeListModelReactions</t>
         </is>
       </c>
       <c r="G442" t="inlineStr"/>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15849</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
         </is>
       </c>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Send encrypted messages</t>
+          <t>Deprecated aliases events</t>
         </is>
       </c>
       <c r="C443" t="inlineStr">
         <is>
-          <t>Verschlüsselte Nachrichten senden</t>
+          <t>Veraltetes Raumaddressenevent</t>
         </is>
       </c>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend encrypted messages</t>
+          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
         </is>
       </c>
       <c r="G443" t="inlineStr"/>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15851</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
         </is>
       </c>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Enable encryption</t>
+          <t>Change the room avatar</t>
         </is>
       </c>
       <c r="C444" t="inlineStr">
         <is>
-          <t>Verschlüsselung aktivieren</t>
+          <t>Raumbild ändern</t>
         </is>
       </c>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEnable encryption</t>
+          <t>PowerlevelsTypeListModelChange the room avatar</t>
         </is>
       </c>
       <c r="G444" t="inlineStr"/>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15853</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15891</t>
         </is>
       </c>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Change guest access</t>
+          <t>Change the room addresses</t>
         </is>
       </c>
       <c r="C445" t="inlineStr">
         <is>
-          <t>Gastzugang modifizieren</t>
+          <t>Raumaddressen bearbeiten</t>
         </is>
       </c>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange guest access</t>
+          <t>PowerlevelsTypeListModelChange the room addresses</t>
         </is>
       </c>
       <c r="G445" t="inlineStr"/>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15855</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15893</t>
         </is>
       </c>
       <c r="B446" t="inlineStr">
         <is>
-          <t>Change history visibility</t>
+          <t>Send encrypted messages</t>
         </is>
       </c>
       <c r="C446" t="inlineStr">
         <is>
-          <t>Verlaufssichtbarkeit verändern</t>
+          <t>Verschlüsselte Nachrichten senden</t>
         </is>
       </c>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange history visibility</t>
+          <t>PowerlevelsTypeListModelSend encrypted messages</t>
         </is>
       </c>
       <c r="G446" t="inlineStr"/>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15857</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15895</t>
         </is>
       </c>
       <c r="B447" t="inlineStr">
         <is>
-          <t>Change who can join</t>
+          <t>Enable encryption</t>
         </is>
       </c>
       <c r="C447" t="inlineStr">
         <is>
-          <t>Beitrittsregeln bearbeiten</t>
+          <t>Verschlüsselung aktivieren</t>
         </is>
       </c>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange who can join</t>
+          <t>PowerlevelsTypeListModelEnable encryption</t>
         </is>
       </c>
       <c r="G447" t="inlineStr"/>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15859</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15897</t>
         </is>
       </c>
       <c r="B448" t="inlineStr">
         <is>
-          <t>Send messages</t>
+          <t>Change guest access</t>
         </is>
       </c>
       <c r="C448" t="inlineStr">
         <is>
-          <t>Nachrichten senden</t>
+          <t>Gastzugang modifizieren</t>
         </is>
       </c>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend messages</t>
+          <t>PowerlevelsTypeListModelChange guest access</t>
         </is>
       </c>
       <c r="G448" t="inlineStr"/>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15861</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15899</t>
         </is>
       </c>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Change the room name</t>
+          <t>Change history visibility</t>
         </is>
       </c>
       <c r="C449" t="inlineStr">
         <is>
-          <t>Raumnamen ändern</t>
+          <t>Verlaufssichtbarkeit verändern</t>
         </is>
       </c>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room name</t>
+          <t>PowerlevelsTypeListModelChange history visibility</t>
         </is>
       </c>
       <c r="G449" t="inlineStr"/>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15863</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15901</t>
         </is>
       </c>
       <c r="B450" t="inlineStr">
         <is>
-          <t>Change the room permissions</t>
+          <t>Change who can join</t>
         </is>
       </c>
       <c r="C450" t="inlineStr">
         <is>
-          <t>Berechtigungen bearbeiten</t>
+          <t>Beitrittsregeln bearbeiten</t>
         </is>
       </c>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room permissions</t>
+          <t>PowerlevelsTypeListModelChange who can join</t>
         </is>
       </c>
       <c r="G450" t="inlineStr"/>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15865</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15903</t>
         </is>
       </c>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Change the rooms topic</t>
+          <t>Send messages</t>
         </is>
       </c>
       <c r="C451" t="inlineStr">
         <is>
-          <t>Thema ändern</t>
+          <t>Nachrichten senden</t>
         </is>
       </c>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the rooms topic</t>
+          <t>PowerlevelsTypeListModelSend messages</t>
         </is>
       </c>
       <c r="G451" t="inlineStr"/>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15867</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15905</t>
         </is>
       </c>
       <c r="B452" t="inlineStr">
         <is>
-          <t>Change the widgets</t>
+          <t>Change the room name</t>
         </is>
       </c>
       <c r="C452" t="inlineStr">
         <is>
-          <t>Widgets bearbeiten</t>
+          <t>Raumnamen ändern</t>
         </is>
       </c>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets</t>
+          <t>PowerlevelsTypeListModelChange the room name</t>
         </is>
       </c>
       <c r="G452" t="inlineStr"/>
       <c r="H452" t="inlineStr"/>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15869</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15907</t>
         </is>
       </c>
       <c r="B453" t="inlineStr">
         <is>
-          <t>Change the widgets (experimental)</t>
+          <t>Change the room permissions</t>
         </is>
       </c>
       <c r="C453" t="inlineStr">
         <is>
-          <t>Widgets bearbeiten (experimentell)</t>
+          <t>Berechtigungen bearbeiten</t>
         </is>
       </c>
       <c r="D453" t="inlineStr"/>
       <c r="E453" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
+          <t>PowerlevelsTypeListModelChange the room permissions</t>
         </is>
       </c>
       <c r="G453" t="inlineStr"/>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15871</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15909</t>
         </is>
       </c>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Redact own events</t>
+          <t>Change the rooms topic</t>
         </is>
       </c>
       <c r="C454" t="inlineStr">
         <is>
-          <t>Eigene Nachrichten löschen</t>
+          <t>Thema ändern</t>
         </is>
       </c>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact own events</t>
+          <t>PowerlevelsTypeListModelChange the rooms topic</t>
         </is>
       </c>
       <c r="G454" t="inlineStr"/>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15911</t>
         </is>
       </c>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Change the pinned events</t>
+          <t>Change the widgets</t>
         </is>
       </c>
       <c r="C455" t="inlineStr">
         <is>
-          <t>Angeheftete Nachrichten ändern</t>
+          <t>Widgets bearbeiten</t>
         </is>
       </c>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the pinned events</t>
+          <t>PowerlevelsTypeListModelChange the widgets</t>
         </is>
       </c>
       <c r="G455" t="inlineStr"/>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15913</t>
         </is>
       </c>
       <c r="B456" t="inlineStr">
         <is>
-          <t>Upgrade the room</t>
+          <t>Change the widgets (experimental)</t>
         </is>
       </c>
       <c r="C456" t="inlineStr">
         <is>
-          <t>Raum ersetzen</t>
+          <t>Widgets bearbeiten (experimentell)</t>
         </is>
       </c>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelUpgrade the room</t>
+          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
         </is>
       </c>
       <c r="G456" t="inlineStr"/>
-      <c r="H456" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H456" t="inlineStr"/>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15915</t>
         </is>
       </c>
       <c r="B457" t="inlineStr">
         <is>
-          <t>Send stickers</t>
+          <t>Redact own events</t>
         </is>
       </c>
       <c r="C457" t="inlineStr">
         <is>
-          <t>Sticker senden</t>
+          <t>Eigene Nachrichten löschen</t>
         </is>
       </c>
       <c r="D457" t="inlineStr"/>
       <c r="E457" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F457" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend stickers</t>
+          <t>PowerlevelsTypeListModelRedact own events</t>
         </is>
       </c>
       <c r="G457" t="inlineStr"/>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15880</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15917</t>
         </is>
       </c>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Ban users using policy rules</t>
+          <t>Change the pinned events</t>
         </is>
       </c>
       <c r="C458" t="inlineStr">
         <is>
-          <t>Nutzerrichtlinen senden (z.B. für globale Bans)</t>
+          <t>Angeheftete Nachrichten ändern</t>
         </is>
       </c>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan users using policy rules</t>
+          <t>PowerlevelsTypeListModelChange the pinned events</t>
         </is>
       </c>
       <c r="G458" t="inlineStr"/>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15882</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15919</t>
         </is>
       </c>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Ban rooms using policy rules</t>
+          <t>Upgrade the room</t>
         </is>
       </c>
       <c r="C459" t="inlineStr">
         <is>
-          <t>Raumrichtlinen senden (z.B. für globale Bans)</t>
+          <t>Raum ersetzen</t>
         </is>
       </c>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
+          <t>PowerlevelsTypeListModelUpgrade the room</t>
         </is>
       </c>
       <c r="G459" t="inlineStr"/>
-      <c r="H459" t="inlineStr"/>
+      <c r="H459" t="inlineStr">
+        <is>
+          <t>Means upgrading to a new room version</t>
+        </is>
+      </c>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15884</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15921</t>
         </is>
       </c>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Ban servers using policy rules</t>
+          <t>Send stickers</t>
         </is>
       </c>
       <c r="C460" t="inlineStr">
         <is>
-          <t>Serverrichtlinen senden (z.B. für globale Bans)</t>
+          <t>Sticker senden</t>
         </is>
       </c>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
+          <t>PowerlevelsTypeListModelSend stickers</t>
         </is>
       </c>
       <c r="G460" t="inlineStr"/>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15924</t>
         </is>
       </c>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Edit child communities and rooms</t>
+          <t>Ban users using policy rules</t>
         </is>
       </c>
       <c r="C461" t="inlineStr">
         <is>
-          <t>Untergeordnete Gruppen und Räume ändern</t>
+          <t>Nutzerrichtlinen senden (z.B. für globale Bans)</t>
         </is>
       </c>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
+          <t>PowerlevelsTypeListModelBan users using policy rules</t>
         </is>
       </c>
       <c r="G461" t="inlineStr"/>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15926</t>
         </is>
       </c>
       <c r="B462" t="inlineStr">
         <is>
-          <t>Change parent communities</t>
+          <t>Ban rooms using policy rules</t>
         </is>
       </c>
       <c r="C462" t="inlineStr">
         <is>
-          <t>Übergeordnete Gruppen ändern</t>
+          <t>Raumrichtlinen senden (z.B. für globale Bans)</t>
         </is>
       </c>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange parent communities</t>
+          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
         </is>
       </c>
       <c r="G462" t="inlineStr"/>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15892</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15928</t>
         </is>
       </c>
       <c r="B463" t="inlineStr">
         <is>
-          <t>Start a call</t>
+          <t>Ban servers using policy rules</t>
         </is>
       </c>
       <c r="C463" t="inlineStr">
         <is>
-          <t>Anruf starten</t>
+          <t>Serverrichtlinen senden (z.B. für globale Bans)</t>
         </is>
       </c>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelStart a call</t>
+          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
         </is>
       </c>
       <c r="G463" t="inlineStr"/>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15894</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15931</t>
         </is>
       </c>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Negotiate a call</t>
+          <t>Edit child communities and rooms</t>
         </is>
       </c>
       <c r="C464" t="inlineStr">
         <is>
-          <t>Anruf verbinden</t>
+          <t>Untergeordnete Gruppen und Räume ändern</t>
         </is>
       </c>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelNegotiate a call</t>
+          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
         </is>
       </c>
       <c r="G464" t="inlineStr"/>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15896</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15933</t>
         </is>
       </c>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Answer a call</t>
+          <t>Change parent communities</t>
         </is>
       </c>
       <c r="C465" t="inlineStr">
         <is>
-          <t>Anruf annehmen</t>
+          <t>Übergeordnete Gruppen ändern</t>
         </is>
       </c>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelAnswer a call</t>
+          <t>PowerlevelsTypeListModelChange parent communities</t>
         </is>
       </c>
       <c r="G465" t="inlineStr"/>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15898</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15936</t>
         </is>
       </c>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Hang up a call</t>
+          <t>Start a call</t>
         </is>
       </c>
       <c r="C466" t="inlineStr">
         <is>
-          <t>Anruf auflegen</t>
+          <t>Anruf starten</t>
         </is>
       </c>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelHang up a call</t>
+          <t>PowerlevelsTypeListModelStart a call</t>
         </is>
       </c>
       <c r="G466" t="inlineStr"/>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15900</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15938</t>
         </is>
       </c>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Reject a call</t>
+          <t>Negotiate a call</t>
         </is>
       </c>
       <c r="C467" t="inlineStr">
         <is>
-          <t>Anruf abweisen</t>
+          <t>Anruf verbinden</t>
         </is>
       </c>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReject a call</t>
+          <t>PowerlevelsTypeListModelNegotiate a call</t>
         </is>
       </c>
       <c r="G467" t="inlineStr"/>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15902</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15940</t>
         </is>
       </c>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Change the room emotes</t>
+          <t>Answer a call</t>
         </is>
       </c>
       <c r="C468" t="inlineStr">
         <is>
-          <t>Raumemotes bearbeiten</t>
+          <t>Anruf annehmen</t>
         </is>
       </c>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room emotes</t>
+          <t>PowerlevelsTypeListModelAnswer a call</t>
         </is>
       </c>
       <c r="G468" t="inlineStr"/>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16119</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15942</t>
         </is>
       </c>
       <c r="B469" t="inlineStr">
         <is>
-          <t>Other users</t>
+          <t>Hang up a call</t>
         </is>
       </c>
       <c r="C469" t="inlineStr">
         <is>
-          <t>Andere Nutzer</t>
+          <t>Anruf auflegen</t>
         </is>
       </c>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>PowerlevelsUserListModelOther users</t>
+          <t>PowerlevelsTypeListModelHang up a call</t>
         </is>
       </c>
       <c r="G469" t="inlineStr"/>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16340</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15944</t>
         </is>
       </c>
       <c r="B470" t="inlineStr">
         <is>
-          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>Reject a call</t>
         </is>
       </c>
       <c r="C470" t="inlineStr">
         <is>
-          <t>Erstelle ein separates Profil, was mehrere Instanzen von Nheko mit verschiedenen Accounts zur gleichen Zeit ermöglicht.</t>
+          <t>Anruf abweisen</t>
         </is>
       </c>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>PowerlevelsTypeListModelReject a call</t>
         </is>
       </c>
       <c r="G470" t="inlineStr"/>
       <c r="H470" t="inlineStr"/>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16342</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15946</t>
         </is>
       </c>
       <c r="B471" t="inlineStr">
         <is>
-          <t>profile</t>
+          <t>Change the room emotes</t>
         </is>
       </c>
       <c r="C471" t="inlineStr">
         <is>
-          <t>Profil</t>
+          <t>Raumemotes bearbeiten</t>
         </is>
       </c>
       <c r="D471" t="inlineStr"/>
       <c r="E471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F471" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile</t>
+          <t>PowerlevelsTypeListModelChange the room emotes</t>
         </is>
       </c>
       <c r="G471" t="inlineStr"/>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16343</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16176</t>
         </is>
       </c>
       <c r="B472" t="inlineStr">
         <is>
-          <t>profile name</t>
+          <t>Other users</t>
         </is>
       </c>
       <c r="C472" t="inlineStr">
         <is>
-          <t>Profilname</t>
+          <t>Andere Nutzer</t>
         </is>
       </c>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile name</t>
+          <t>PowerlevelsUserListModelOther users</t>
         </is>
       </c>
       <c r="G472" t="inlineStr"/>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16313</t>
+          <t>../../src/main.cpp:16396</t>
         </is>
       </c>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Alias for '--log-level trace'.</t>
+          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="C473" t="inlineStr">
         <is>
-          <t>Alias für „--log-level trace“.</t>
+          <t>Erstelle ein separates Profil, was mehrere Instanzen von Nheko mit verschiedenen Accounts zur gleichen Zeit ermöglicht.</t>
         </is>
       </c>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>QObjectAlias for '--log-level trace'.</t>
+          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="G473" t="inlineStr"/>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16317</t>
+          <t>../../src/main.cpp:16398</t>
         </is>
       </c>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>profile</t>
         </is>
       </c>
       <c r="C474" t="inlineStr">
         <is>
-          <t>Setze das globale Log-Level oder eine mit Kommas getrennte Liste mit „&lt;Komponente&gt;=&lt;Level&gt;“-Paaren oder beides. Zum Beispiel: Um das Loglevel auf „warn“ zu setzen, aber das Logging für die „ui“-Komponente zu deaktivieren, benutze „warn,ui=off“. Levels: {trace,debug,info,warning,error,critical,off}. Komponenten: {crypto,db,mtx,net,qml,ui}</t>
+          <t>Profil</t>
         </is>
       </c>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>QCoreApplicationprofile</t>
         </is>
       </c>
       <c r="G474" t="inlineStr"/>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16322</t>
+          <t>../../src/main.cpp:16399</t>
         </is>
       </c>
       <c r="B475" t="inlineStr">
         <is>
-          <t>level</t>
+          <t>profile name</t>
         </is>
       </c>
       <c r="C475" t="inlineStr">
         <is>
-          <t>Level</t>
+          <t>Profilname</t>
         </is>
       </c>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>QObjectlevel</t>
+          <t>QCoreApplicationprofile name</t>
         </is>
       </c>
       <c r="G475" t="inlineStr"/>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16326</t>
+          <t>../../src/main.cpp:16369</t>
         </is>
       </c>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>Alias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="C476" t="inlineStr">
         <is>
-          <t>Lege fest, wohin geloggt wird. Eine mit Kommas getrennte Liste kann angegeben werden. Standardwert ist „file,stderr“. Gültige Typen: {file,stderr,none}</t>
+          <t>Alias für „--log-level trace“.</t>
         </is>
       </c>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>QObjectAlias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="G476" t="inlineStr"/>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16328</t>
+          <t>../../src/main.cpp:16373</t>
         </is>
       </c>
       <c r="B477" t="inlineStr">
         <is>
-          <t>type</t>
+          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="C477" t="inlineStr">
         <is>
-          <t>Typ</t>
+          <t>Setze das globale Log-Level oder eine mit Kommas getrennte Liste mit „&lt;Komponente&gt;=&lt;Level&gt;“-Paaren oder beides. Zum Beispiel: Um das Loglevel auf „warn“ zu setzen, aber das Logging für die „ui“-Komponente zu deaktivieren, benutze „warn,ui=off“. Levels: {trace,debug,info,warning,error,critical,off}. Komponenten: {crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>QObjecttype</t>
+          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="G477" t="inlineStr"/>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16332</t>
+          <t>../../src/main.cpp:16378</t>
         </is>
       </c>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Recompacts the database which might improve performance.</t>
+          <t>level</t>
         </is>
       </c>
       <c r="C478" t="inlineStr">
         <is>
-          <t>Rekomprimiert die Datenbank, was eventuell die Performance verbessert.</t>
+          <t>Level</t>
         </is>
       </c>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>QObjectRecompacts the database which might improve performance.</t>
+          <t>QObjectlevel</t>
         </is>
       </c>
       <c r="G478" t="inlineStr"/>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16274</t>
+          <t>../../src/main.cpp:16382</t>
         </is>
       </c>
       <c r="B479" t="inlineStr">
         <is>
-          <t>Respond</t>
+          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="C479" t="inlineStr">
         <is>
-          <t>Antworten</t>
+          <t>Lege fest, wohin geloggt wird. Eine mit Kommas getrennte Liste kann angegeben werden. Standardwert ist „file,stderr“. Gültige Typen: {file,stderr,none}</t>
         </is>
       </c>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>QObjectRespond</t>
+          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="G479" t="inlineStr"/>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16275</t>
+          <t>../../src/main.cpp:16384</t>
         </is>
       </c>
       <c r="B480" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>type</t>
         </is>
       </c>
       <c r="C480" t="inlineStr">
         <is>
-          <t>Senden</t>
+          <t>Typ</t>
         </is>
       </c>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>QObjectSend</t>
+          <t>QObjecttype</t>
         </is>
       </c>
       <c r="G480" t="inlineStr"/>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16276</t>
+          <t>../../src/main.cpp:16388</t>
         </is>
       </c>
       <c r="B481" t="inlineStr">
         <is>
-          <t>Write a message…</t>
+          <t>Recompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="C481" t="inlineStr">
         <is>
-          <t>Schreibe eine Nachricht…</t>
+          <t>Rekomprimiert die Datenbank, was eventuell die Performance verbessert.</t>
         </is>
       </c>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>QObjectWrite a message...</t>
+          <t>QObjectRecompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="G481" t="inlineStr"/>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16316</t>
+          <t>../../src/notifications/ManagerMac.cpp:16330</t>
         </is>
       </c>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Solve the reCAPTCHA and press the confirm button</t>
+          <t>Respond</t>
         </is>
       </c>
       <c r="C482" t="inlineStr">
         <is>
-          <t>Löse das reCAPTCHA und drücke den "Bestätigen"-Knopf</t>
+          <t>Antworten</t>
         </is>
       </c>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
+          <t>QObjectRespond</t>
         </is>
       </c>
       <c r="G482" t="inlineStr"/>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16324</t>
+          <t>../../src/notifications/ManagerMac.cpp:16331</t>
         </is>
       </c>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Open reCAPTCHA</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="C483" t="inlineStr">
         <is>
-          <t>Öffne reCAPTCHA</t>
+          <t>Senden</t>
         </is>
       </c>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogOpen reCAPTCHA</t>
+          <t>QObjectSend</t>
         </is>
       </c>
       <c r="G483" t="inlineStr"/>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16329</t>
+          <t>../../src/notifications/ManagerMac.cpp:16332</t>
         </is>
       </c>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Write a message…</t>
         </is>
       </c>
       <c r="C484" t="inlineStr">
         <is>
-          <t>Abbrechen</t>
+          <t>Schreibe eine Nachricht…</t>
         </is>
       </c>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogCancel</t>
+          <t>QObjectWrite a message...</t>
         </is>
       </c>
       <c r="G484" t="inlineStr"/>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16334</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16372</t>
         </is>
       </c>
       <c r="B485" t="inlineStr">
         <is>
-          <t>Confirm</t>
+          <t>Solve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="C485" t="inlineStr">
         <is>
-          <t>Bestätigen</t>
+          <t>Löse das reCAPTCHA und drücke den "Bestätigen"-Knopf</t>
         </is>
       </c>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogConfirm</t>
+          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="G485" t="inlineStr"/>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReadReceipts.qml:16373</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16380</t>
         </is>
       </c>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Read receipts</t>
+          <t>Open reCAPTCHA</t>
         </is>
       </c>
       <c r="C486" t="inlineStr">
         <is>
-          <t>Lesebestätigungen</t>
+          <t>Öffne reCAPTCHA</t>
         </is>
       </c>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>ReadReceiptsRead receipts</t>
+          <t>ReCaptchaDialogOpen reCAPTCHA</t>
         </is>
       </c>
       <c r="G486" t="inlineStr"/>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr">
         <is>
-          <t>../../src/ReadReceiptsModel.cpp:16484</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16385</t>
         </is>
       </c>
       <c r="B487" t="inlineStr">
         <is>
-          <t>Yesterday, %1</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C487" t="inlineStr">
         <is>
-          <t>Gestern, %1</t>
+          <t>Abbrechen</t>
         </is>
       </c>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>ReadReceiptsModelYesterday, %1</t>
+          <t>ReCaptchaDialogCancel</t>
         </is>
       </c>
       <c r="G487" t="inlineStr"/>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16567</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16390</t>
         </is>
       </c>
       <c r="B488" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
+          <t>Confirm</t>
         </is>
       </c>
       <c r="C488" t="inlineStr">
         <is>
-          <t>Automatische Erkennung fehlgeschlagen. Antwort war fehlerhaft.</t>
+          <t>Bestätigen</t>
         </is>
       </c>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
+          <t>ReCaptchaDialogConfirm</t>
         </is>
       </c>
       <c r="G488" t="inlineStr"/>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16574</t>
+          <t>../qml/dialogs/ReadReceipts.qml:16429</t>
         </is>
       </c>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C489" t="inlineStr">
         <is>
-          <t>Automatische Erkennung fehlgeschlagen. Unbekannter Fehler bei Anfrage .well-known.</t>
+          <t>Lesebestätigungen</t>
         </is>
       </c>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>ReadReceiptsRead receipts</t>
         </is>
       </c>
       <c r="G489" t="inlineStr"/>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16599</t>
+          <t>../../src/ReadReceiptsModel.cpp:16540</t>
         </is>
       </c>
       <c r="B490" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Yesterday, %1</t>
         </is>
       </c>
       <c r="C490" t="inlineStr">
         <is>
-          <t>Benötigte Ansprechpunkte nicht auffindbar. Möglicherweise kein Matrixserver.</t>
+          <t>Gestern, %1</t>
         </is>
       </c>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>ReadReceiptsModelYesterday, %1</t>
         </is>
       </c>
       <c r="G490" t="inlineStr"/>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16606</t>
+          <t>../../src/RegisterPage.cpp:16623</t>
         </is>
       </c>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C491" t="inlineStr">
         <is>
-          <t>Erhaltene Antwort war fehlerhaft. Bitte Homeserverdomain prüfen.</t>
+          <t>Automatische Erkennung fehlgeschlagen. Antwort war fehlerhaft.</t>
         </is>
       </c>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G491" t="inlineStr"/>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16611</t>
+          <t>../../src/RegisterPage.cpp:16630</t>
         </is>
       </c>
       <c r="B492" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C492" t="inlineStr">
         <is>
-          <t>Ein unbekannter Fehler ist aufgetreten. Bitte Homeserverdomain prüfen.</t>
+          <t>Automatische Erkennung fehlgeschlagen. Unbekannter Fehler bei Anfrage .well-known.</t>
         </is>
       </c>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G492" t="inlineStr"/>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16633</t>
+          <t>../../src/RegisterPage.cpp:16655</t>
         </is>
       </c>
       <c r="B493" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="C493" t="inlineStr">
         <is>
-          <t>Der ausgewählte Server unterstützt keine Version der Matrixprotokolls, die dieser Client versteht (zwischen %1 und %2). Du kannst dich nicht registrieren.</t>
+          <t>Benötigte Ansprechpunkte nicht auffindbar. Möglicherweise kein Matrixserver.</t>
         </is>
       </c>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G493" t="inlineStr"/>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16645</t>
+          <t>../../src/RegisterPage.cpp:16662</t>
         </is>
       </c>
       <c r="B494" t="inlineStr">
         <is>
-          <t>Server does not support querying registration flows!</t>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C494" t="inlineStr">
         <is>
-          <t>Server unterstützt das Abfragen der Registrierungmöglichkeiten nicht!</t>
+          <t>Erhaltene Antwort war fehlerhaft. Bitte Homeserverdomain prüfen.</t>
         </is>
       </c>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support querying registration flows!</t>
+          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G494" t="inlineStr"/>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16650</t>
+          <t>../../src/RegisterPage.cpp:16667</t>
         </is>
       </c>
       <c r="B495" t="inlineStr">
         <is>
-          <t>Server does not support registration.</t>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C495" t="inlineStr">
         <is>
-          <t>Server unterstützt keine Registrierung.</t>
+          <t>Ein unbekannter Fehler ist aufgetreten. Bitte Homeserverdomain prüfen.</t>
         </is>
       </c>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support registration.</t>
+          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G495" t="inlineStr"/>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16678</t>
+          <t>../../src/RegisterPage.cpp:16689</t>
         </is>
       </c>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Invalid username.</t>
+          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="C496" t="inlineStr">
         <is>
-          <t>Ungültiger Benutzername.</t>
+          <t>Der ausgewählte Server unterstützt keine Version der Matrixprotokolls, die dieser Client versteht (zwischen %1 und %2). Du kannst dich nicht registrieren.</t>
         </is>
       </c>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>RegisterPageInvalid username.</t>
+          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="G496" t="inlineStr"/>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16680</t>
+          <t>../../src/RegisterPage.cpp:16701</t>
         </is>
       </c>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Name already in use.</t>
+          <t>Server does not support querying registration flows!</t>
         </is>
       </c>
       <c r="C497" t="inlineStr">
         <is>
-          <t>Benutzername ist bereits in Verwendung.</t>
+          <t>Server unterstützt das Abfragen der Registrierungmöglichkeiten nicht!</t>
         </is>
       </c>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>RegisterPageName already in use.</t>
+          <t>RegisterPageServer does not support querying registration flows!</t>
         </is>
       </c>
       <c r="G497" t="inlineStr"/>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16682</t>
+          <t>../../src/RegisterPage.cpp:16706</t>
         </is>
       </c>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Part of the reserved namespace.</t>
+          <t>Server does not support registration.</t>
         </is>
       </c>
       <c r="C498" t="inlineStr">
         <is>
-          <t>Teil des reservierten Namesraumes.</t>
+          <t>Server unterstützt keine Registrierung.</t>
         </is>
       </c>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>RegisterPagePart of the reserved namespace.</t>
+          <t>RegisterPageServer does not support registration.</t>
         </is>
       </c>
       <c r="G498" t="inlineStr"/>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16740</t>
+          <t>../../src/RegisterPage.cpp:16734</t>
         </is>
       </c>
       <c r="B499" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Invalid username.</t>
         </is>
       </c>
       <c r="C499" t="inlineStr">
         <is>
-          <t>Heimserver</t>
+          <t>Ungültiger Benutzername.</t>
         </is>
       </c>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>RegisterPageHomeserver</t>
+          <t>RegisterPageInvalid username.</t>
         </is>
       </c>
       <c r="G499" t="inlineStr"/>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16741</t>
+          <t>../../src/RegisterPage.cpp:16736</t>
         </is>
       </c>
       <c r="B500" t="inlineStr">
         <is>
-          <t>your.server</t>
+          <t>Name already in use.</t>
         </is>
       </c>
       <c r="C500" t="inlineStr">
         <is>
-          <t>dein.server</t>
+          <t>Benutzername ist bereits in Verwendung.</t>
         </is>
       </c>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>RegisterPageyour.server</t>
+          <t>RegisterPageName already in use.</t>
         </is>
       </c>
       <c r="G500" t="inlineStr"/>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16744</t>
+          <t>../../src/RegisterPage.cpp:16738</t>
         </is>
       </c>
       <c r="B501" t="inlineStr">
         <is>
-          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>Part of the reserved namespace.</t>
         </is>
       </c>
       <c r="C501" t="inlineStr">
         <is>
-          <t>Ein Server, der Registrierungen zulässt. Weil Matrix ein dezentralisiertes Protokoll ist, musst du erst einen Server ausfindig machen oder einen persönlichen Server aufsetzen.</t>
+          <t>Teil des reservierten Namesraumes.</t>
         </is>
       </c>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>RegisterPagePart of the reserved namespace.</t>
         </is>
       </c>
       <c r="G501" t="inlineStr"/>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16776</t>
+          <t>../qml/pages/RegisterPage.qml:16796</t>
         </is>
       </c>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Username</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C502" t="inlineStr">
         <is>
-          <t>Benutzername</t>
+          <t>Heimserver</t>
         </is>
       </c>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>RegisterPageUsername</t>
+          <t>RegisterPageHomeserver</t>
         </is>
       </c>
       <c r="G502" t="inlineStr"/>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16777</t>
+          <t>../qml/pages/RegisterPage.qml:16797</t>
         </is>
       </c>
       <c r="B503" t="inlineStr">
         <is>
-          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>your.server</t>
         </is>
       </c>
       <c r="C503" t="inlineStr">
         <is>
-          <t>Der Benutzername sollte nicht leer sein und nur aus a-z, 0-9, ., _, =, - und / bestehen.</t>
+          <t>dein.server</t>
         </is>
       </c>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>RegisterPageyour.server</t>
         </is>
       </c>
       <c r="G503" t="inlineStr"/>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16898</t>
+          <t>../qml/pages/RegisterPage.qml:16800</t>
         </is>
       </c>
       <c r="B504" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="C504" t="inlineStr">
         <is>
-          <t>Zurück</t>
+          <t>Ein Server, der Registrierungen zulässt. Weil Matrix ein dezentralisiertes Protokoll ist, musst du erst einen Server ausfindig machen oder einen persönlichen Server aufsetzen.</t>
         </is>
       </c>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>RegisterPageBack</t>
+          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="G504" t="inlineStr"/>
       <c r="H504" t="inlineStr"/>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16819</t>
+          <t>../qml/pages/RegisterPage.qml:16832</t>
         </is>
       </c>
       <c r="B505" t="inlineStr">
         <is>
-          <t>Password</t>
+          <t>Username</t>
         </is>
       </c>
       <c r="C505" t="inlineStr">
         <is>
-          <t>Passwort</t>
+          <t>Benutzername</t>
         </is>
       </c>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>RegisterPagePassword</t>
+          <t>RegisterPageUsername</t>
         </is>
       </c>
       <c r="G505" t="inlineStr"/>
       <c r="H505" t="inlineStr"/>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16821</t>
+          <t>../qml/pages/RegisterPage.qml:16833</t>
         </is>
       </c>
       <c r="B506" t="inlineStr">
         <is>
-          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="C506" t="inlineStr">
         <is>
-          <t>Bitte wähle ein sicheres Passwort. Die genauen Anforderungen bestimmt dein Server.</t>
+          <t>Der Benutzername sollte nicht leer sein und nur aus a-z, 0-9, ., _, =, - und / bestehen.</t>
         </is>
       </c>
       <c r="D506" t="inlineStr"/>
       <c r="E506" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F506" t="inlineStr">
         <is>
-          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="G506" t="inlineStr"/>
       <c r="H506" t="inlineStr"/>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16828</t>
+          <t>../qml/pages/RegisterPage.qml:16954</t>
         </is>
       </c>
       <c r="B507" t="inlineStr">
         <is>
-          <t>Password confirmation</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C507" t="inlineStr">
         <is>
-          <t>Passwortbestätigung</t>
+          <t>Zurück</t>
         </is>
       </c>
       <c r="D507" t="inlineStr"/>
       <c r="E507" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F507" t="inlineStr">
         <is>
-          <t>RegisterPagePassword confirmation</t>
+          <t>RegisterPageBack</t>
         </is>
       </c>
       <c r="G507" t="inlineStr"/>
       <c r="H507" t="inlineStr"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16837</t>
+          <t>../qml/pages/RegisterPage.qml:16875</t>
         </is>
       </c>
       <c r="B508" t="inlineStr">
         <is>
-          <t>Your passwords do not match!</t>
+          <t>Password</t>
         </is>
       </c>
       <c r="C508" t="inlineStr">
         <is>
-          <t>Deine Passwörter stimmen nicht überein!</t>
+          <t>Passwort</t>
         </is>
       </c>
       <c r="D508" t="inlineStr"/>
       <c r="E508" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F508" t="inlineStr">
         <is>
-          <t>RegisterPageYour passwords do not match!</t>
+          <t>RegisterPagePassword</t>
         </is>
       </c>
       <c r="G508" t="inlineStr"/>
       <c r="H508" t="inlineStr"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16845</t>
+          <t>../qml/pages/RegisterPage.qml:16877</t>
         </is>
       </c>
       <c r="B509" t="inlineStr">
         <is>
-          <t>Device name</t>
+          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="C509" t="inlineStr">
         <is>
-          <t>Gerätename</t>
+          <t>Bitte wähle ein sicheres Passwort. Die genauen Anforderungen bestimmt dein Server.</t>
         </is>
       </c>
       <c r="D509" t="inlineStr"/>
       <c r="E509" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F509" t="inlineStr">
         <is>
-          <t>RegisterPageDevice name</t>
+          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="G509" t="inlineStr"/>
       <c r="H509" t="inlineStr"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16847</t>
+          <t>../qml/pages/RegisterPage.qml:16884</t>
         </is>
       </c>
       <c r="B510" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>Password confirmation</t>
         </is>
       </c>
       <c r="C510" t="inlineStr">
         <is>
-          <t>Ein Name für dieses Gerät, der eventuell anderen Nutzern gezeigt wird, wenn du Geräte verifizierst. Ohne Angabe wird ein Standardwert verwendet.</t>
+          <t>Passwortbestätigung</t>
         </is>
       </c>
       <c r="D510" t="inlineStr"/>
       <c r="E510" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F510" t="inlineStr">
         <is>
-          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>RegisterPagePassword confirmation</t>
         </is>
       </c>
       <c r="G510" t="inlineStr"/>
       <c r="H510" t="inlineStr"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16878</t>
+          <t>../qml/pages/RegisterPage.qml:16893</t>
         </is>
       </c>
       <c r="B511" t="inlineStr">
         <is>
-          <t>REGISTER</t>
+          <t>Your passwords do not match!</t>
         </is>
       </c>
       <c r="C511" t="inlineStr">
         <is>
-          <t>REGISTRIEREN</t>
+          <t>Deine Passwörter stimmen nicht überein!</t>
         </is>
       </c>
       <c r="D511" t="inlineStr"/>
       <c r="E511" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F511" t="inlineStr">
         <is>
-          <t>RegisterPageREGISTER</t>
+          <t>RegisterPageYour passwords do not match!</t>
         </is>
       </c>
       <c r="G511" t="inlineStr"/>
       <c r="H511" t="inlineStr"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16919</t>
+          <t>../qml/pages/RegisterPage.qml:16901</t>
         </is>
       </c>
       <c r="B512" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Device name</t>
         </is>
       </c>
       <c r="C512" t="inlineStr">
         <is>
-          <t>Schließen</t>
+          <t>Gerätename</t>
         </is>
       </c>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>ReplyPopupClose</t>
+          <t>RegisterPageDevice name</t>
         </is>
       </c>
       <c r="G512" t="inlineStr"/>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16935</t>
+          <t>../qml/pages/RegisterPage.qml:16903</t>
         </is>
       </c>
       <c r="B513" t="inlineStr">
         <is>
-          <t>Cancel Edit</t>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="C513" t="inlineStr">
         <is>
-          <t>Editieren abbrechen</t>
+          <t>Ein Name für dieses Gerät, der eventuell anderen Nutzern gezeigt wird, wenn du Geräte verifizierst. Ohne Angabe wird ein Standardwert verwendet.</t>
         </is>
       </c>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Edit</t>
+          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="G513" t="inlineStr"/>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16951</t>
+          <t>../qml/pages/RegisterPage.qml:16934</t>
         </is>
       </c>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Cancel Thread</t>
+          <t>REGISTER</t>
         </is>
       </c>
       <c r="C514" t="inlineStr">
         <is>
-          <t>Gesprächsfaden abbrechen</t>
+          <t>REGISTRIEREN</t>
         </is>
       </c>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Thread</t>
+          <t>RegisterPageREGISTER</t>
         </is>
       </c>
       <c r="G514" t="inlineStr"/>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16966</t>
+          <t>../qml/ReplyPopup.qml:16975</t>
         </is>
       </c>
       <c r="B515" t="inlineStr">
         <is>
-          <t>Report message</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C515" t="inlineStr">
         <is>
-          <t>Nachricht melden</t>
+          <t>Schließen</t>
         </is>
       </c>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>ReportMessageReport message</t>
+          <t>ReplyPopupClose</t>
         </is>
       </c>
       <c r="G515" t="inlineStr"/>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16981</t>
+          <t>../qml/ReplyPopup.qml:16991</t>
         </is>
       </c>
       <c r="B516" t="inlineStr">
         <is>
-          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>Cancel Edit</t>
         </is>
       </c>
       <c r="C516" t="inlineStr">
         <is>
-          <t>Diese Nachricht wird an deine Serveradministratoren gemeldet. Bitte sei dir bewusst, dass nicht alle Serveradministratoren sich diese Meldungen anschauen. In der Regel solltest du den Moderator des Raumes bitten, die Nachricht zu entfernen.</t>
+          <t>Editieren abbrechen</t>
         </is>
       </c>
       <c r="D516" t="inlineStr"/>
       <c r="E516" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F516" t="inlineStr">
         <is>
-          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>ReplyPopupCancel Edit</t>
         </is>
       </c>
       <c r="G516" t="inlineStr"/>
       <c r="H516" t="inlineStr"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16985</t>
+          <t>../qml/ReplyPopup.qml:17007</t>
         </is>
       </c>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Enter your reason for reporting:</t>
+          <t>Cancel Thread</t>
         </is>
       </c>
       <c r="C517" t="inlineStr">
         <is>
-          <t>Warum ist die Nachricht diese Meldung wert:</t>
+          <t>Gesprächsfaden abbrechen</t>
         </is>
       </c>
       <c r="D517" t="inlineStr"/>
       <c r="E517" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F517" t="inlineStr">
         <is>
-          <t>ReportMessageEnter your reason for reporting:</t>
+          <t>ReplyPopupCancel Thread</t>
         </is>
       </c>
       <c r="G517" t="inlineStr"/>
       <c r="H517" t="inlineStr"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16995</t>
+          <t>../qml/dialogs/ReportMessage.qml:17022</t>
         </is>
       </c>
       <c r="B518" t="inlineStr">
         <is>
-          <t>How bad is the message?</t>
+          <t>Report message</t>
         </is>
       </c>
       <c r="C518" t="inlineStr">
         <is>
-          <t>Wie schlimm ist diese Nachricht?</t>
+          <t>Nachricht melden</t>
         </is>
       </c>
       <c r="D518" t="inlineStr"/>
       <c r="E518" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F518" t="inlineStr">
         <is>
-          <t>ReportMessageHow bad is the message?</t>
+          <t>ReportMessageReport message</t>
         </is>
       </c>
       <c r="G518" t="inlineStr"/>
       <c r="H518" t="inlineStr"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17013</t>
+          <t>../qml/dialogs/ReportMessage.qml:17037</t>
         </is>
       </c>
       <c r="B519" t="inlineStr">
         <is>
-          <t>Not bad</t>
+          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="C519" t="inlineStr">
         <is>
-          <t>Nicht so schlimm</t>
+          <t>Diese Nachricht wird an deine Serveradministratoren gemeldet. Bitte sei dir bewusst, dass nicht alle Serveradministratoren sich diese Meldungen anschauen. In der Regel solltest du den Moderator des Raumes bitten, die Nachricht zu entfernen.</t>
         </is>
       </c>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>ReportMessageNot bad</t>
+          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="G519" t="inlineStr"/>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17015</t>
+          <t>../qml/dialogs/ReportMessage.qml:17041</t>
         </is>
       </c>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Mild</t>
+          <t>Enter your reason for reporting:</t>
         </is>
       </c>
       <c r="C520" t="inlineStr">
         <is>
-          <t>Mittel</t>
+          <t>Warum ist die Nachricht diese Meldung wert:</t>
         </is>
       </c>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>ReportMessageMild</t>
+          <t>ReportMessageEnter your reason for reporting:</t>
         </is>
       </c>
       <c r="G520" t="inlineStr"/>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17017</t>
+          <t>../qml/dialogs/ReportMessage.qml:17051</t>
         </is>
       </c>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Bad</t>
+          <t>How bad is the message?</t>
         </is>
       </c>
       <c r="C521" t="inlineStr">
         <is>
-          <t>Schlimm</t>
+          <t>Wie schlimm ist diese Nachricht?</t>
         </is>
       </c>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>ReportMessageBad</t>
+          <t>ReportMessageHow bad is the message?</t>
         </is>
       </c>
       <c r="G521" t="inlineStr"/>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17019</t>
+          <t>../qml/dialogs/ReportMessage.qml:17069</t>
         </is>
       </c>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Serious</t>
+          <t>Not bad</t>
         </is>
       </c>
       <c r="C522" t="inlineStr">
         <is>
-          <t>Sehr schlimm</t>
+          <t>Nicht so schlimm</t>
         </is>
       </c>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>ReportMessageSerious</t>
+          <t>ReportMessageNot bad</t>
         </is>
       </c>
       <c r="G522" t="inlineStr"/>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17021</t>
+          <t>../qml/dialogs/ReportMessage.qml:17071</t>
         </is>
       </c>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Extremely serious</t>
+          <t>Mild</t>
         </is>
       </c>
       <c r="C523" t="inlineStr">
         <is>
-          <t>Extrem schlimm</t>
+          <t>Mittel</t>
         </is>
       </c>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>ReportMessageExtremely serious</t>
+          <t>ReportMessageMild</t>
         </is>
       </c>
       <c r="G523" t="inlineStr"/>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17045</t>
+          <t>../qml/dialogs/ReportMessage.qml:17073</t>
         </is>
       </c>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Explore Public Rooms</t>
+          <t>Bad</t>
         </is>
       </c>
       <c r="C524" t="inlineStr">
         <is>
-          <t>Öffentliche Räume erkunden</t>
+          <t>Schlimm</t>
         </is>
       </c>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>RoomDirectoryExplore Public Rooms</t>
+          <t>ReportMessageBad</t>
         </is>
       </c>
       <c r="G524" t="inlineStr"/>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/ReportMessage.qml:17075</t>
         </is>
       </c>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Join</t>
+          <t>Serious</t>
         </is>
       </c>
       <c r="C525" t="inlineStr">
         <is>
-          <t>Beitreten</t>
+          <t>Sehr schlimm</t>
         </is>
       </c>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t>RoomDirectoryJoin</t>
+          <t>ReportMessageSerious</t>
         </is>
       </c>
       <c r="G525" t="inlineStr"/>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/ReportMessage.qml:17077</t>
         </is>
       </c>
       <c r="B526" t="inlineStr">
         <is>
-          <t>Open</t>
+          <t>Extremely serious</t>
         </is>
       </c>
       <c r="C526" t="inlineStr">
         <is>
-          <t>Öffnen</t>
+          <t>Extrem schlimm</t>
         </is>
       </c>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>RoomDirectoryOpen</t>
+          <t>ReportMessageExtremely serious</t>
         </is>
       </c>
       <c r="G526" t="inlineStr"/>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17191</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17101</t>
         </is>
       </c>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Search for public rooms</t>
+          <t>Explore Public Rooms</t>
         </is>
       </c>
       <c r="C527" t="inlineStr">
         <is>
-          <t>Suche nach öffentlichen Räumen</t>
+          <t>Öffentliche Räume erkunden</t>
         </is>
       </c>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>RoomDirectorySearch for public rooms</t>
+          <t>RoomDirectoryExplore Public Rooms</t>
         </is>
       </c>
       <c r="G527" t="inlineStr"/>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17203</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B528" t="inlineStr">
         <is>
-          <t>Choose custom homeserver</t>
+          <t>Join</t>
         </is>
       </c>
       <c r="C528" t="inlineStr">
         <is>
-          <t>Wähle einen anderen Heimserver aus</t>
+          <t>Beitreten</t>
         </is>
       </c>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>RoomDirectoryChoose custom homeserver</t>
+          <t>RoomDirectoryJoin</t>
         </is>
       </c>
       <c r="G528" t="inlineStr"/>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17221</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Open</t>
         </is>
       </c>
       <c r="C529" t="inlineStr">
         <is>
-          <t>Schließen</t>
+          <t>Öffnen</t>
         </is>
       </c>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>RoomDirectoryClose</t>
+          <t>RoomDirectoryOpen</t>
         </is>
       </c>
       <c r="G529" t="inlineStr"/>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:19301</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17247</t>
         </is>
       </c>
       <c r="B530" t="inlineStr">
         <is>
-          <t>no version stored</t>
+          <t>Search for public rooms</t>
         </is>
       </c>
       <c r="C530" t="inlineStr">
         <is>
-          <t>keine Version gespeichert</t>
+          <t>Suche nach öffentlichen Räumen</t>
         </is>
       </c>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>RoomInfono version stored</t>
+          <t>RoomDirectorySearch for public rooms</t>
         </is>
       </c>
       <c r="G530" t="inlineStr"/>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19350</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17259</t>
         </is>
       </c>
       <c r="B531" t="inlineStr">
         <is>
-          <t>Start a new chat</t>
+          <t>Choose custom homeserver</t>
         </is>
       </c>
       <c r="C531" t="inlineStr">
         <is>
-          <t>Neues Gespräch beginnen</t>
+          <t>Wähle einen anderen Heimserver aus</t>
         </is>
       </c>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>RoomListStart a new chat</t>
+          <t>RoomDirectoryChoose custom homeserver</t>
         </is>
       </c>
       <c r="G531" t="inlineStr"/>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19363</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17277</t>
         </is>
       </c>
       <c r="B532" t="inlineStr">
         <is>
-          <t>Join a room</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C532" t="inlineStr">
         <is>
-          <t>Raum betreten</t>
+          <t>Schließen</t>
         </is>
       </c>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>RoomListJoin a room</t>
+          <t>RoomDirectoryClose</t>
         </is>
       </c>
       <c r="G532" t="inlineStr"/>
       <c r="H532" t="inlineStr"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19368</t>
+          <t>../../src/Cache.cpp:19355</t>
         </is>
       </c>
       <c r="B533" t="inlineStr">
         <is>
-          <t>Create a new room</t>
+          <t>no version stored</t>
         </is>
       </c>
       <c r="C533" t="inlineStr">
         <is>
-          <t>Erstelle einen neuen Raum</t>
+          <t>keine Version gespeichert</t>
         </is>
       </c>
       <c r="D533" t="inlineStr"/>
       <c r="E533" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F533" t="inlineStr">
         <is>
-          <t>RoomListCreate a new room</t>
+          <t>RoomInfono version stored</t>
         </is>
       </c>
       <c r="G533" t="inlineStr"/>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19377</t>
+          <t>../qml/RoomList.qml:19404</t>
         </is>
       </c>
       <c r="B534" t="inlineStr">
         <is>
-          <t>Start a direct chat</t>
+          <t>Start a new chat</t>
         </is>
       </c>
       <c r="C534" t="inlineStr">
         <is>
-          <t>Direktkonversation starten</t>
+          <t>Neues Gespräch beginnen</t>
         </is>
       </c>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>RoomListStart a direct chat</t>
+          <t>RoomListStart a new chat</t>
         </is>
       </c>
       <c r="G534" t="inlineStr"/>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19386</t>
+          <t>../qml/RoomList.qml:19417</t>
         </is>
       </c>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Create a new community</t>
+          <t>Join a room</t>
         </is>
       </c>
       <c r="C535" t="inlineStr">
         <is>
-          <t>Neue Gruppe erstellen</t>
+          <t>Raum betreten</t>
         </is>
       </c>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>RoomListCreate a new community</t>
+          <t>RoomListJoin a room</t>
         </is>
       </c>
       <c r="G535" t="inlineStr"/>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19402</t>
+          <t>../qml/RoomList.qml:19422</t>
         </is>
       </c>
       <c r="B536" t="inlineStr">
         <is>
-          <t>Room directory</t>
+          <t>Create a new room</t>
         </is>
       </c>
       <c r="C536" t="inlineStr">
         <is>
-          <t>Raumverzeichnis</t>
+          <t>Erstelle einen neuen Raum</t>
         </is>
       </c>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>RoomListRoom directory</t>
+          <t>RoomListCreate a new room</t>
         </is>
       </c>
       <c r="G536" t="inlineStr"/>
       <c r="H536" t="inlineStr"/>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19420</t>
+          <t>../qml/RoomList.qml:19431</t>
         </is>
       </c>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Search rooms (Ctrl+K)</t>
+          <t>Start a direct chat</t>
         </is>
       </c>
       <c r="C537" t="inlineStr">
         <is>
-          <t>Räume suchen (Strg+K)</t>
+          <t>Direktkonversation starten</t>
         </is>
       </c>
       <c r="D537" t="inlineStr"/>
       <c r="E537" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F537" t="inlineStr">
         <is>
-          <t>RoomListSearch rooms (Ctrl+K)</t>
+          <t>RoomListStart a direct chat</t>
         </is>
       </c>
       <c r="G537" t="inlineStr"/>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19444</t>
+          <t>../qml/RoomList.qml:19440</t>
         </is>
       </c>
       <c r="B538" t="inlineStr">
         <is>
-          <t>User settings</t>
+          <t>Create a new community</t>
         </is>
       </c>
       <c r="C538" t="inlineStr">
         <is>
-          <t>Benutzereinstellungen</t>
+          <t>Neue Gruppe erstellen</t>
         </is>
       </c>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>RoomListUser settings</t>
+          <t>RoomListCreate a new community</t>
         </is>
       </c>
       <c r="G538" t="inlineStr"/>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19538</t>
+          <t>../qml/RoomList.qml:19456</t>
         </is>
       </c>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Logout</t>
+          <t>Room directory</t>
         </is>
       </c>
       <c r="C539" t="inlineStr">
         <is>
-          <t>Abmelden</t>
+          <t>Raumverzeichnis</t>
         </is>
       </c>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>RoomListLogout</t>
+          <t>RoomListRoom directory</t>
         </is>
       </c>
       <c r="G539" t="inlineStr"/>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19550</t>
+          <t>../qml/RoomList.qml:19474</t>
         </is>
       </c>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Enter your status message:</t>
+          <t>Search rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="C540" t="inlineStr">
         <is>
-          <t>Gib deine Statusnachricht ein:</t>
+          <t>Räume suchen (Strg+K)</t>
         </is>
       </c>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>RoomListEnter your status message:</t>
+          <t>RoomListSearch rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="G540" t="inlineStr"/>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19551</t>
+          <t>../qml/RoomList.qml:19498</t>
         </is>
       </c>
       <c r="B541" t="inlineStr">
         <is>
-          <t>Status Message</t>
+          <t>User settings</t>
         </is>
       </c>
       <c r="C541" t="inlineStr">
         <is>
-          <t>Statusnachricht</t>
+          <t>Benutzereinstellungen</t>
         </is>
       </c>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>RoomListStatus Message</t>
+          <t>RoomListUser settings</t>
         </is>
       </c>
       <c r="G541" t="inlineStr"/>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19563</t>
+          <t>../qml/RoomList.qml:19592</t>
         </is>
       </c>
       <c r="B542" t="inlineStr">
         <is>
-          <t>Profile settings</t>
+          <t>Logout</t>
         </is>
       </c>
       <c r="C542" t="inlineStr">
         <is>
-          <t>Profileinstellungen</t>
+          <t>Abmelden</t>
         </is>
       </c>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>RoomListProfile settings</t>
+          <t>RoomListLogout</t>
         </is>
       </c>
       <c r="G542" t="inlineStr"/>
       <c r="H542" t="inlineStr"/>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19568</t>
+          <t>../qml/RoomList.qml:19604</t>
         </is>
       </c>
       <c r="B543" t="inlineStr">
         <is>
-          <t>Set status message</t>
+          <t>Enter your status message:</t>
         </is>
       </c>
       <c r="C543" t="inlineStr">
         <is>
-          <t>Setze eine Statusnachricht</t>
+          <t>Gib deine Statusnachricht ein:</t>
         </is>
       </c>
       <c r="D543" t="inlineStr"/>
       <c r="E543" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F543" t="inlineStr">
         <is>
-          <t>RoomListSet status message</t>
+          <t>RoomListEnter your status message:</t>
         </is>
       </c>
       <c r="G543" t="inlineStr"/>
       <c r="H543" t="inlineStr"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19579</t>
+          <t>../qml/RoomList.qml:19605</t>
         </is>
       </c>
       <c r="B544" t="inlineStr">
         <is>
-          <t>Automatic online status</t>
+          <t>Status Message</t>
         </is>
       </c>
       <c r="C544" t="inlineStr">
         <is>
-          <t>Automatischer Onlinestatus</t>
+          <t>Statusnachricht</t>
         </is>
       </c>
       <c r="D544" t="inlineStr"/>
       <c r="E544" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F544" t="inlineStr">
         <is>
-          <t>RoomListAutomatic online status</t>
+          <t>RoomListStatus Message</t>
         </is>
       </c>
       <c r="G544" t="inlineStr"/>
       <c r="H544" t="inlineStr"/>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19586</t>
+          <t>../qml/RoomList.qml:19617</t>
         </is>
       </c>
       <c r="B545" t="inlineStr">
         <is>
-          <t>Online</t>
+          <t>Profile settings</t>
         </is>
       </c>
       <c r="C545" t="inlineStr">
         <is>
-          <t>Online</t>
+          <t>Profileinstellungen</t>
         </is>
       </c>
       <c r="D545" t="inlineStr"/>
       <c r="E545" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F545" t="inlineStr">
         <is>
-          <t>RoomListOnline</t>
+          <t>RoomListProfile settings</t>
         </is>
       </c>
       <c r="G545" t="inlineStr"/>
       <c r="H545" t="inlineStr"/>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19593</t>
+          <t>../qml/RoomList.qml:19622</t>
         </is>
       </c>
       <c r="B546" t="inlineStr">
         <is>
-          <t>Unavailable</t>
+          <t>Set status message</t>
         </is>
       </c>
       <c r="C546" t="inlineStr">
         <is>
-          <t>Abwesend</t>
+          <t>Setze eine Statusnachricht</t>
         </is>
       </c>
       <c r="D546" t="inlineStr"/>
       <c r="E546" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F546" t="inlineStr">
         <is>
-          <t>RoomListUnavailable</t>
+          <t>RoomListSet status message</t>
         </is>
       </c>
       <c r="G546" t="inlineStr"/>
       <c r="H546" t="inlineStr"/>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19600</t>
+          <t>../qml/RoomList.qml:19633</t>
         </is>
       </c>
       <c r="B547" t="inlineStr">
         <is>
-          <t>Offline</t>
+          <t>Automatic online status</t>
         </is>
       </c>
       <c r="C547" t="inlineStr">
         <is>
-          <t>Offline</t>
+          <t>Automatischer Onlinestatus</t>
         </is>
       </c>
       <c r="D547" t="inlineStr"/>
       <c r="E547" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F547" t="inlineStr">
         <is>
-          <t>RoomListOffline</t>
+          <t>RoomListAutomatic online status</t>
         </is>
       </c>
       <c r="G547" t="inlineStr"/>
       <c r="H547" t="inlineStr"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19654</t>
+          <t>../qml/RoomList.qml:19640</t>
         </is>
       </c>
       <c r="B548" t="inlineStr">
         <is>
-          <t>Encryption not set up</t>
+          <t>Online</t>
         </is>
       </c>
       <c r="C548" t="inlineStr">
         <is>
-          <t>Verschlüsselung ist nicht konfiguriert</t>
+          <t>Online</t>
         </is>
       </c>
       <c r="D548" t="inlineStr"/>
       <c r="E548" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F548" t="inlineStr">
         <is>
-          <t>RoomListEncryption not set up</t>
+          <t>RoomListOnline</t>
         </is>
       </c>
       <c r="G548" t="inlineStr"/>
-      <c r="H548" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H548" t="inlineStr"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19657</t>
+          <t>../qml/RoomList.qml:19647</t>
         </is>
       </c>
       <c r="B549" t="inlineStr">
         <is>
-          <t>Unverified login</t>
+          <t>Unavailable</t>
         </is>
       </c>
       <c r="C549" t="inlineStr">
         <is>
-          <t>Login noch nicht verifiziert</t>
+          <t>Abwesend</t>
         </is>
       </c>
       <c r="D549" t="inlineStr"/>
       <c r="E549" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F549" t="inlineStr">
         <is>
-          <t>RoomListUnverified login</t>
+          <t>RoomListUnavailable</t>
         </is>
       </c>
       <c r="G549" t="inlineStr"/>
-      <c r="H549" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H549" t="inlineStr"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19660</t>
+          <t>../qml/RoomList.qml:19654</t>
         </is>
       </c>
       <c r="B550" t="inlineStr">
         <is>
-          <t>Please verify your other devices</t>
+          <t>Offline</t>
         </is>
       </c>
       <c r="C550" t="inlineStr">
         <is>
-          <t>Verifiziere deine anderen Geräte</t>
+          <t>Offline</t>
         </is>
       </c>
       <c r="D550" t="inlineStr"/>
       <c r="E550" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F550" t="inlineStr">
         <is>
-          <t>RoomListPlease verify your other devices</t>
+          <t>RoomListOffline</t>
         </is>
       </c>
       <c r="G550" t="inlineStr"/>
-      <c r="H550" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H550" t="inlineStr"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19674</t>
+          <t>../qml/RoomList.qml:19708</t>
         </is>
       </c>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Encryption not set up</t>
         </is>
       </c>
       <c r="C551" t="inlineStr">
         <is>
-          <t>Schließen</t>
+          <t>Verschlüsselung ist nicht konfiguriert</t>
         </is>
       </c>
       <c r="D551" t="inlineStr"/>
       <c r="E551" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F551" t="inlineStr">
         <is>
-          <t>RoomListClose</t>
+          <t>RoomListEncryption not set up</t>
         </is>
       </c>
       <c r="G551" t="inlineStr"/>
-      <c r="H551" t="inlineStr"/>
+      <c r="H551" t="inlineStr">
+        <is>
+          <t>Cross-signing setup has not run yet.</t>
+        </is>
+      </c>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20053</t>
+          <t>../qml/RoomList.qml:19711</t>
         </is>
       </c>
       <c r="B552" t="inlineStr">
         <is>
-          <t>Enter the tag you want to use:</t>
+          <t>Unverified login</t>
         </is>
       </c>
       <c r="C552" t="inlineStr">
         <is>
-          <t>Gib den Tag, den du verwenden willst, ein:</t>
+          <t>Login noch nicht verifiziert</t>
         </is>
       </c>
       <c r="D552" t="inlineStr"/>
       <c r="E552" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F552" t="inlineStr">
         <is>
-          <t>RoomListEnter the tag you want to use:</t>
+          <t>RoomListUnverified login</t>
         </is>
       </c>
       <c r="G552" t="inlineStr"/>
-      <c r="H552" t="inlineStr"/>
+      <c r="H552" t="inlineStr">
+        <is>
+          <t>The user just signed in with this device and hasn't verified their master key.</t>
+        </is>
+      </c>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20054</t>
+          <t>../qml/RoomList.qml:19714</t>
         </is>
       </c>
       <c r="B553" t="inlineStr">
         <is>
-          <t>New tag</t>
+          <t>Please verify your other devices</t>
         </is>
       </c>
       <c r="C553" t="inlineStr">
         <is>
-          <t>Neuer Tag</t>
+          <t>Verifiziere deine anderen Geräte</t>
         </is>
       </c>
       <c r="D553" t="inlineStr"/>
       <c r="E553" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F553" t="inlineStr">
         <is>
-          <t>RoomListNew tag</t>
+          <t>RoomListPlease verify your other devices</t>
         </is>
       </c>
       <c r="G553" t="inlineStr"/>
-      <c r="H553" t="inlineStr"/>
+      <c r="H553" t="inlineStr">
+        <is>
+          <t>There are unverified devices signed in to this account.</t>
+        </is>
+      </c>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20061</t>
+          <t>../qml/RoomList.qml:19728</t>
         </is>
       </c>
       <c r="B554" t="inlineStr">
         <is>
-          <t>Open separately</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C554" t="inlineStr">
         <is>
-          <t>In einem separaten Fenster öffnen</t>
+          <t>Schließen</t>
         </is>
       </c>
       <c r="D554" t="inlineStr"/>
       <c r="E554" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F554" t="inlineStr">
         <is>
-          <t>RoomListOpen separately</t>
+          <t>RoomListClose</t>
         </is>
       </c>
       <c r="G554" t="inlineStr"/>
       <c r="H554" t="inlineStr"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20073</t>
+          <t>../qml/RoomList.qml:20107</t>
         </is>
       </c>
       <c r="B555" t="inlineStr">
         <is>
-          <t>Mark as read</t>
+          <t>Enter the tag you want to use:</t>
         </is>
       </c>
       <c r="C555" t="inlineStr">
         <is>
-          <t>Als gelesen markieren</t>
+          <t>Gib den Tag, den du verwenden willst, ein:</t>
         </is>
       </c>
       <c r="D555" t="inlineStr"/>
       <c r="E555" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F555" t="inlineStr">
         <is>
-          <t>RoomListMark as read</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomListEnter the tag you want to use:</t>
+        </is>
+      </c>
+      <c r="G555" t="inlineStr"/>
       <c r="H555" t="inlineStr"/>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20078</t>
+          <t>../qml/RoomList.qml:20108</t>
         </is>
       </c>
       <c r="B556" t="inlineStr">
         <is>
-          <t>Room settings</t>
+          <t>New tag</t>
         </is>
       </c>
       <c r="C556" t="inlineStr">
         <is>
-          <t>Raumeinstellungen</t>
+          <t>Neuer Tag</t>
         </is>
       </c>
       <c r="D556" t="inlineStr"/>
       <c r="E556" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F556" t="inlineStr">
         <is>
-          <t>RoomListRoom settings</t>
+          <t>RoomListNew tag</t>
         </is>
       </c>
       <c r="G556" t="inlineStr"/>
       <c r="H556" t="inlineStr"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20083</t>
+          <t>../qml/RoomList.qml:20115</t>
         </is>
       </c>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Open separately</t>
         </is>
       </c>
       <c r="C557" t="inlineStr">
         <is>
-          <t>Raum verlassen</t>
+          <t>In einem separaten Fenster öffnen</t>
         </is>
       </c>
       <c r="D557" t="inlineStr"/>
       <c r="E557" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F557" t="inlineStr">
         <is>
-          <t>RoomListLeave room</t>
+          <t>RoomListOpen separately</t>
         </is>
       </c>
       <c r="G557" t="inlineStr"/>
       <c r="H557" t="inlineStr"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20088</t>
+          <t>../qml/RoomList.qml:20127</t>
         </is>
       </c>
       <c r="B558" t="inlineStr">
         <is>
-          <t>Copy room link</t>
+          <t>Mark as read</t>
         </is>
       </c>
       <c r="C558" t="inlineStr">
         <is>
-          <t>Raumlink kopieren</t>
+          <t>Als gelesen markieren</t>
         </is>
       </c>
       <c r="D558" t="inlineStr"/>
       <c r="E558" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F558" t="inlineStr">
         <is>
-          <t>RoomListCopy room link</t>
-[...2 lines deleted...]
-      <c r="G558" t="inlineStr"/>
+          <t>RoomListMark as read</t>
+        </is>
+      </c>
+      <c r="G558" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Als gelesen &amp;markieren</t>
+        </is>
+      </c>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20095</t>
+          <t>../qml/RoomList.qml:20132</t>
         </is>
       </c>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Tag room as:</t>
+          <t>Room settings</t>
         </is>
       </c>
       <c r="C559" t="inlineStr">
         <is>
-          <t>Tagge den Raum als:</t>
+          <t>Raumeinstellungen</t>
         </is>
       </c>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>RoomListTag room as:</t>
+          <t>RoomListRoom settings</t>
         </is>
       </c>
       <c r="G559" t="inlineStr"/>
       <c r="H559" t="inlineStr"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20108</t>
+          <t>../qml/RoomList.qml:20137</t>
         </is>
       </c>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Favourite</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C560" t="inlineStr">
         <is>
-          <t>Favorit</t>
+          <t>Raum verlassen</t>
         </is>
       </c>
       <c r="D560" t="inlineStr"/>
       <c r="E560" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F560" t="inlineStr">
         <is>
-          <t>RoomListFavourite</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomListLeave room</t>
+        </is>
+      </c>
+      <c r="G560" t="inlineStr"/>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20110</t>
+          <t>../qml/RoomList.qml:20142</t>
         </is>
       </c>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Low priority</t>
+          <t>Copy room link</t>
         </is>
       </c>
       <c r="C561" t="inlineStr">
         <is>
-          <t>Niedrige Priorität</t>
+          <t>Raumlink kopieren</t>
         </is>
       </c>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>RoomListLow priority</t>
+          <t>RoomListCopy room link</t>
         </is>
       </c>
       <c r="G561" t="inlineStr"/>
       <c r="H561" t="inlineStr"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20112</t>
+          <t>../qml/RoomList.qml:20149</t>
         </is>
       </c>
       <c r="B562" t="inlineStr">
         <is>
-          <t>Server notice</t>
+          <t>Tag room as:</t>
         </is>
       </c>
       <c r="C562" t="inlineStr">
         <is>
-          <t>Serverbenachrichtigung</t>
+          <t>Tagge den Raum als:</t>
         </is>
       </c>
       <c r="D562" t="inlineStr"/>
       <c r="E562" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F562" t="inlineStr">
         <is>
-          <t>RoomListServer notice</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomListTag room as:</t>
+        </is>
+      </c>
+      <c r="G562" t="inlineStr"/>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20125</t>
+          <t>../qml/RoomList.qml:20162</t>
         </is>
       </c>
       <c r="B563" t="inlineStr">
         <is>
-          <t>Create new tag…</t>
+          <t>Favourite</t>
         </is>
       </c>
       <c r="C563" t="inlineStr">
         <is>
-          <t>Neuen Tag erstellen…</t>
+          <t>Favorit</t>
         </is>
       </c>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>RoomListCreate new tag...</t>
-[...2 lines deleted...]
-      <c r="G563" t="inlineStr"/>
+          <t>RoomListFavourite</t>
+        </is>
+      </c>
+      <c r="G563" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Favoriten</t>
+        </is>
+      </c>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20145</t>
+          <t>../qml/RoomList.qml:20164</t>
         </is>
       </c>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Members of %1</t>
+          <t>Low priority</t>
         </is>
       </c>
       <c r="C564" t="inlineStr">
         <is>
-          <t>Teilnehmer in %1</t>
+          <t>Niedrige Priorität</t>
         </is>
       </c>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>RoomMembersMembers of %1</t>
+          <t>RoomListLow priority</t>
         </is>
       </c>
       <c r="G564" t="inlineStr"/>
       <c r="H564" t="inlineStr"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20177</t>
+          <t>../qml/RoomList.qml:20166</t>
         </is>
       </c>
       <c r="B565" t="inlineStr">
         <is>
-          <t>%n person in %1</t>
+          <t>Server notice</t>
         </is>
       </c>
       <c r="C565" t="inlineStr">
         <is>
-          <t>%n Person in %1</t>
+          <t>Serverbenachrichtigung</t>
         </is>
       </c>
       <c r="D565" t="inlineStr"/>
       <c r="E565" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F565" t="inlineStr">
         <is>
+          <t>RoomListServer notice</t>
+        </is>
+      </c>
+      <c r="G565" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Serverbenachrichtigungen</t>
+        </is>
+      </c>
+      <c r="H565" t="inlineStr"/>
+    </row>
+    <row r="566">
+      <c r="A566" t="inlineStr">
+        <is>
+          <t>../qml/RoomList.qml:20179</t>
+        </is>
+      </c>
+      <c r="B566" t="inlineStr">
+        <is>
+          <t>Create new tag…</t>
+        </is>
+      </c>
+      <c r="C566" t="inlineStr">
+        <is>
+          <t>Neuen Tag erstellen…</t>
+        </is>
+      </c>
+      <c r="D566" t="inlineStr"/>
+      <c r="E566" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F566" t="inlineStr">
+        <is>
+          <t>RoomListCreate new tag...</t>
+        </is>
+      </c>
+      <c r="G566" t="inlineStr"/>
+      <c r="H566" t="inlineStr"/>
+    </row>
+    <row r="567">
+      <c r="A567" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomMembers.qml:20199</t>
+        </is>
+      </c>
+      <c r="B567" t="inlineStr">
+        <is>
+          <t>Members of %1</t>
+        </is>
+      </c>
+      <c r="C567" t="inlineStr">
+        <is>
+          <t>Teilnehmer in %1</t>
+        </is>
+      </c>
+      <c r="D567" t="inlineStr"/>
+      <c r="E567" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F567" t="inlineStr">
+        <is>
+          <t>RoomMembersMembers of %1</t>
+        </is>
+      </c>
+      <c r="G567" t="inlineStr"/>
+      <c r="H567" t="inlineStr"/>
+    </row>
+    <row r="568">
+      <c r="A568" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomMembers.qml:20231</t>
+        </is>
+      </c>
+      <c r="B568" t="inlineStr">
+        <is>
+          <t>%n person in %1</t>
+        </is>
+      </c>
+      <c r="C568" t="inlineStr">
+        <is>
+          <t>%n Person in %1</t>
+        </is>
+      </c>
+      <c r="D568" t="inlineStr"/>
+      <c r="E568" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F568" t="inlineStr">
+        <is>
           <t>RoomMembers
 Summary above list of members%n people in %1</t>
         </is>
       </c>
-      <c r="G565" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G568" t="inlineStr"/>
       <c r="H568" t="inlineStr"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20211</t>
+          <t>../qml/dialogs/RoomMembers.qml:20241</t>
         </is>
       </c>
       <c r="B569" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Invite more people</t>
         </is>
       </c>
       <c r="C569" t="inlineStr">
         <is>
-          <t>Benutzerkennung</t>
+          <t>Lade mehr Leute ein</t>
         </is>
       </c>
       <c r="D569" t="inlineStr"/>
       <c r="E569" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F569" t="inlineStr">
         <is>
-          <t>RoomMembersUser ID</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomMembersInvite more people</t>
+        </is>
+      </c>
+      <c r="G569" t="inlineStr"/>
       <c r="H569" t="inlineStr"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20212</t>
+          <t>../qml/dialogs/RoomMembers.qml:20249</t>
         </is>
       </c>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Display name</t>
+          <t>Search...</t>
         </is>
       </c>
       <c r="C570" t="inlineStr">
         <is>
-          <t>Anzeigename</t>
+          <t>Suchen...</t>
         </is>
       </c>
       <c r="D570" t="inlineStr"/>
       <c r="E570" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F570" t="inlineStr">
         <is>
-          <t>RoomMembersDisplay name</t>
+          <t>RoomMembersSearch...</t>
         </is>
       </c>
       <c r="G570" t="inlineStr"/>
       <c r="H570" t="inlineStr"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20213</t>
+          <t>../qml/dialogs/RoomMembers.qml:20259</t>
         </is>
       </c>
       <c r="B571" t="inlineStr">
         <is>
-          <t>Power level</t>
+          <t xml:space="preserve">Sort by: </t>
         </is>
       </c>
       <c r="C571" t="inlineStr">
         <is>
-          <t>Berechtigung</t>
+          <t xml:space="preserve">Sortieren nach: </t>
         </is>
       </c>
       <c r="D571" t="inlineStr"/>
       <c r="E571" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F571" t="inlineStr">
         <is>
-          <t>RoomMembersPower level</t>
-[...6 lines deleted...]
-      </c>
+          <t xml:space="preserve">RoomMembersSort by: </t>
+        </is>
+      </c>
+      <c r="G571" t="inlineStr"/>
       <c r="H571" t="inlineStr"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20311</t>
+          <t>../qml/dialogs/RoomMembers.qml:20265</t>
         </is>
       </c>
       <c r="B572" t="inlineStr">
         <is>
-          <t>This room is not encrypted!</t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C572" t="inlineStr">
         <is>
-          <t>Dieser Raum ist nicht verschlüsselt!</t>
+          <t>Benutzerkennung</t>
         </is>
       </c>
       <c r="D572" t="inlineStr"/>
       <c r="E572" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F572" t="inlineStr">
         <is>
-          <t>RoomMembersThis room is not encrypted!</t>
-[...2 lines deleted...]
-      <c r="G572" t="inlineStr"/>
+          <t>RoomMembersUser ID</t>
+        </is>
+      </c>
+      <c r="G572" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Anmeldename</t>
+        </is>
+      </c>
       <c r="H572" t="inlineStr"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20315</t>
+          <t>../qml/dialogs/RoomMembers.qml:20266</t>
         </is>
       </c>
       <c r="B573" t="inlineStr">
         <is>
-          <t>This user is verified.</t>
+          <t>Display name</t>
         </is>
       </c>
       <c r="C573" t="inlineStr">
         <is>
-          <t>Der Nutzer ist verifiziert.</t>
+          <t>Anzeigename</t>
         </is>
       </c>
       <c r="D573" t="inlineStr"/>
       <c r="E573" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F573" t="inlineStr">
         <is>
-          <t>RoomMembersThis user is verified.</t>
+          <t>RoomMembersDisplay name</t>
         </is>
       </c>
       <c r="G573" t="inlineStr"/>
       <c r="H573" t="inlineStr"/>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20317</t>
+          <t>../qml/dialogs/RoomMembers.qml:20267</t>
         </is>
       </c>
       <c r="B574" t="inlineStr">
         <is>
-          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
+          <t>Power level</t>
         </is>
       </c>
       <c r="C574" t="inlineStr">
         <is>
-          <t>Der Nutzer ist nicht verifiziert, aber hat schon immer diese Identität verwendet.</t>
+          <t>Berechtigung</t>
         </is>
       </c>
       <c r="D574" t="inlineStr"/>
       <c r="E574" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F574" t="inlineStr">
         <is>
-          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
-[...2 lines deleted...]
-      <c r="G574" t="inlineStr"/>
+          <t>RoomMembersPower level</t>
+        </is>
+      </c>
+      <c r="G574" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Powerlevel</t>
+        </is>
+      </c>
       <c r="H574" t="inlineStr"/>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20319</t>
+          <t>../qml/dialogs/RoomMembers.qml:20365</t>
         </is>
       </c>
       <c r="B575" t="inlineStr">
         <is>
-          <t>This user has unverified devices!</t>
+          <t>This room is not encrypted!</t>
         </is>
       </c>
       <c r="C575" t="inlineStr">
         <is>
-          <t>Dieser Nutzer hat unverifizierte Geräte!</t>
+          <t>Dieser Raum ist nicht verschlüsselt!</t>
         </is>
       </c>
       <c r="D575" t="inlineStr"/>
       <c r="E575" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F575" t="inlineStr">
         <is>
-          <t>RoomMembersThis user has unverified devices!</t>
+          <t>RoomMembersThis room is not encrypted!</t>
         </is>
       </c>
       <c r="G575" t="inlineStr"/>
       <c r="H575" t="inlineStr"/>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20563</t>
+          <t>../qml/dialogs/RoomMembers.qml:20369</t>
         </is>
       </c>
       <c r="B576" t="inlineStr">
         <is>
-          <t>Failed to enable encryption: %1</t>
+          <t>This user is verified.</t>
         </is>
       </c>
       <c r="C576" t="inlineStr">
         <is>
-          <t>Aktivierung der Verschlüsselung fehlgeschlagen: %1</t>
+          <t>Der Nutzer ist verifiziert.</t>
         </is>
       </c>
       <c r="D576" t="inlineStr"/>
       <c r="E576" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F576" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to enable encryption: %1</t>
+          <t>RoomMembersThis user is verified.</t>
         </is>
       </c>
       <c r="G576" t="inlineStr"/>
       <c r="H576" t="inlineStr"/>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../qml/dialogs/RoomMembers.qml:20371</t>
         </is>
       </c>
       <c r="B577" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="C577" t="inlineStr">
         <is>
-          <t>Wähle einen Avatar</t>
+          <t>Der Nutzer ist nicht verifiziert, aber hat schon immer diese Identität verwendet.</t>
         </is>
       </c>
       <c r="D577" t="inlineStr"/>
       <c r="E577" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F577" t="inlineStr">
         <is>
-          <t>RoomSettingsSelect an avatar</t>
+          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="G577" t="inlineStr"/>
       <c r="H577" t="inlineStr"/>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../qml/dialogs/RoomMembers.qml:20373</t>
         </is>
       </c>
       <c r="B578" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>This user has unverified devices!</t>
         </is>
       </c>
       <c r="C578" t="inlineStr">
         <is>
-          <t>Alle Dateien (*)</t>
+          <t>Dieser Nutzer hat unverifizierte Geräte!</t>
         </is>
       </c>
       <c r="D578" t="inlineStr"/>
       <c r="E578" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F578" t="inlineStr">
         <is>
-          <t>RoomSettingsAll Files (*)</t>
+          <t>RoomMembersThis user has unverified devices!</t>
         </is>
       </c>
       <c r="G578" t="inlineStr"/>
       <c r="H578" t="inlineStr"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20979</t>
+          <t>../../src/ui/RoomSettings.cpp:20617</t>
         </is>
       </c>
       <c r="B579" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>Failed to enable encryption: %1</t>
         </is>
       </c>
       <c r="C579" t="inlineStr">
         <is>
-          <t>Die ausgewählte Datei ist kein Bild</t>
+          <t>Aktivierung der Verschlüsselung fehlgeschlagen: %1</t>
         </is>
       </c>
       <c r="D579" t="inlineStr"/>
       <c r="E579" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F579" t="inlineStr">
         <is>
-          <t>RoomSettingsThe selected file is not an image</t>
+          <t>RoomSettingsFailed to enable encryption: %1</t>
         </is>
       </c>
       <c r="G579" t="inlineStr"/>
       <c r="H579" t="inlineStr"/>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20984</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C580" t="inlineStr">
         <is>
-          <t>Fehler beim Lesen der Datei: %1</t>
+          <t>Wähle einen Avatar</t>
         </is>
       </c>
       <c r="D580" t="inlineStr"/>
       <c r="E580" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F580" t="inlineStr">
         <is>
-          <t>RoomSettingsError while reading file: %1</t>
+          <t>RoomSettingsSelect an avatar</t>
         </is>
       </c>
       <c r="G580" t="inlineStr"/>
       <c r="H580" t="inlineStr"/>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:21035</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B581" t="inlineStr">
         <is>
-          <t>Failed to upload image: %s</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C581" t="inlineStr">
         <is>
-          <t>Hochladen des Bildes fehlgeschlagen: %s</t>
+          <t>Alle Dateien (*)</t>
         </is>
       </c>
       <c r="D581" t="inlineStr"/>
       <c r="E581" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F581" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to upload image: %s</t>
+          <t>RoomSettingsAll Files (*)</t>
         </is>
       </c>
       <c r="G581" t="inlineStr"/>
       <c r="H581" t="inlineStr"/>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21062</t>
+          <t>../../src/ui/RoomSettings.cpp:21033</t>
         </is>
       </c>
       <c r="B582" t="inlineStr">
         <is>
-          <t>Room Settings</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C582" t="inlineStr">
         <is>
-          <t>Raumeinstellungen</t>
+          <t>Die ausgewählte Datei ist kein Bild</t>
         </is>
       </c>
       <c r="D582" t="inlineStr"/>
       <c r="E582" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F582" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Settings</t>
+          <t>RoomSettingsThe selected file is not an image</t>
         </is>
       </c>
       <c r="G582" t="inlineStr"/>
       <c r="H582" t="inlineStr"/>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21097</t>
+          <t>../../src/ui/RoomSettings.cpp:21038</t>
         </is>
       </c>
       <c r="B583" t="inlineStr">
         <is>
-          <t>Change room avatar.</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C583" t="inlineStr">
         <is>
-          <t>Raumavatar ändern.</t>
+          <t>Fehler beim Lesen der Datei: %1</t>
         </is>
       </c>
       <c r="D583" t="inlineStr"/>
       <c r="E583" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F583" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange room avatar.</t>
+          <t>RoomSettingsError while reading file: %1</t>
         </is>
       </c>
       <c r="G583" t="inlineStr"/>
       <c r="H583" t="inlineStr"/>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21194</t>
+          <t>../../src/ui/RoomSettings.cpp:21089</t>
         </is>
       </c>
       <c r="B584" t="inlineStr">
         <is>
-          <t>Change name of this room</t>
+          <t>Failed to upload image: %s</t>
         </is>
       </c>
       <c r="C584" t="inlineStr">
         <is>
-          <t>Name des Raumes ändern</t>
+          <t>Hochladen des Bildes fehlgeschlagen: %s</t>
         </is>
       </c>
       <c r="D584" t="inlineStr"/>
       <c r="E584" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F584" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange name of this room</t>
+          <t>RoomSettingsFailed to upload image: %s</t>
         </is>
       </c>
       <c r="G584" t="inlineStr"/>
       <c r="H584" t="inlineStr"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21217</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21116</t>
         </is>
       </c>
       <c r="B585" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+          <t>Room Settings</t>
         </is>
       </c>
       <c r="C585" t="inlineStr">
         <is>
-          <t>Raumzustand kann nicht verschlüsselt werden. Stelle sicher dass keine vertaulichen Informationen im Raumnamen enthalten sind!</t>
+          <t>Raumeinstellungen</t>
         </is>
       </c>
       <c r="D585" t="inlineStr"/>
       <c r="E585" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F585" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+          <t>RoomSettingsDialogRoom Settings</t>
         </is>
       </c>
       <c r="G585" t="inlineStr"/>
       <c r="H585" t="inlineStr"/>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21228</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21151</t>
         </is>
       </c>
       <c r="B586" t="inlineStr">
         <is>
-          <t>%n member</t>
+          <t>Change room avatar.</t>
         </is>
       </c>
       <c r="C586" t="inlineStr">
         <is>
-          <t>%n Mitglied</t>
+          <t>Raumavatar ändern.</t>
         </is>
       </c>
       <c r="D586" t="inlineStr"/>
       <c r="E586" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F586" t="inlineStr">
         <is>
-          <t>RoomSettingsDialog%n member(s)</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogChange room avatar.</t>
+        </is>
+      </c>
+      <c r="G586" t="inlineStr"/>
       <c r="H586" t="inlineStr"/>
     </row>
     <row r="587">
       <c r="A587" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21236</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21248</t>
         </is>
       </c>
       <c r="B587" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>Change name of this room</t>
         </is>
       </c>
       <c r="C587" t="inlineStr">
         <is>
-          <t>Zeige Mitglieder von %1 an</t>
+          <t>Name des Raumes ändern</t>
         </is>
       </c>
       <c r="D587" t="inlineStr"/>
       <c r="E587" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F587" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView members of %1</t>
+          <t>RoomSettingsDialogChange name of this room</t>
         </is>
       </c>
       <c r="G587" t="inlineStr"/>
       <c r="H587" t="inlineStr"/>
     </row>
     <row r="588">
       <c r="A588" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21260</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21271</t>
         </is>
       </c>
       <c r="B588" t="inlineStr">
         <is>
-          <t>No topic set</t>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="C588" t="inlineStr">
         <is>
-          <t>Kein Thema festgelegt</t>
+          <t>Raumzustand kann nicht verschlüsselt werden. Stelle sicher dass keine vertaulichen Informationen im Raumnamen enthalten sind!</t>
         </is>
       </c>
       <c r="D588" t="inlineStr"/>
       <c r="E588" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F588" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNo topic set</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="G588" t="inlineStr"/>
       <c r="H588" t="inlineStr"/>
     </row>
     <row r="589">
       <c r="A589" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21284</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21282</t>
         </is>
       </c>
       <c r="B589" t="inlineStr">
         <is>
-          <t>Change topic of this room</t>
+          <t>%n member</t>
         </is>
       </c>
       <c r="C589" t="inlineStr">
         <is>
-          <t>Thema des Raumes ändern</t>
+          <t>%n Mitglied</t>
         </is>
       </c>
       <c r="D589" t="inlineStr"/>
       <c r="E589" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F589" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange topic of this room</t>
-[...2 lines deleted...]
-      <c r="G589" t="inlineStr"/>
+          <t>RoomSettingsDialog%n member(s)</t>
+        </is>
+      </c>
+      <c r="G589" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %n Mitglied, %n Mitglied</t>
+        </is>
+      </c>
       <c r="H589" t="inlineStr"/>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21308</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21290</t>
         </is>
       </c>
       <c r="B590" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C590" t="inlineStr">
         <is>
-          <t>Raumzustand kann nicht verschlüsselt werden. Stelle sicher dass keine vertaulichen Informationen im Raumthema enthalten sind!</t>
+          <t>Zeige Mitglieder von %1 an</t>
         </is>
       </c>
       <c r="D590" t="inlineStr"/>
       <c r="E590" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F590" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+          <t>RoomSettingsDialogView members of %1</t>
         </is>
       </c>
       <c r="G590" t="inlineStr"/>
       <c r="H590" t="inlineStr"/>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21327</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21314</t>
         </is>
       </c>
       <c r="B591" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>No topic set</t>
         </is>
       </c>
       <c r="C591" t="inlineStr">
         <is>
-          <t>BENACHRICHTIGUNGEN</t>
+          <t>Kein Thema festgelegt</t>
         </is>
       </c>
       <c r="D591" t="inlineStr"/>
       <c r="E591" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F591" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNOTIFICATIONS</t>
+          <t>RoomSettingsDialogNo topic set</t>
         </is>
       </c>
       <c r="G591" t="inlineStr"/>
       <c r="H591" t="inlineStr"/>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21336</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21338</t>
         </is>
       </c>
       <c r="B592" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Change topic of this room</t>
         </is>
       </c>
       <c r="C592" t="inlineStr">
         <is>
-          <t>Benachrichtigungen</t>
+          <t>Thema des Raumes ändern</t>
         </is>
       </c>
       <c r="D592" t="inlineStr"/>
       <c r="E592" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F592" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNotifications</t>
+          <t>RoomSettingsDialogChange topic of this room</t>
         </is>
       </c>
       <c r="G592" t="inlineStr"/>
       <c r="H592" t="inlineStr"/>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21362</t>
         </is>
       </c>
       <c r="B593" t="inlineStr">
         <is>
-          <t>Muted</t>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="C593" t="inlineStr">
         <is>
-          <t>Stumm</t>
+          <t>Raumzustand kann nicht verschlüsselt werden. Stelle sicher dass keine vertaulichen Informationen im Raumthema enthalten sind!</t>
         </is>
       </c>
       <c r="D593" t="inlineStr"/>
       <c r="E593" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F593" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMuted</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="G593" t="inlineStr"/>
       <c r="H593" t="inlineStr"/>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21381</t>
         </is>
       </c>
       <c r="B594" t="inlineStr">
         <is>
-          <t>Mentions only</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C594" t="inlineStr">
         <is>
-          <t>Nur Erwähnungen</t>
+          <t>BENACHRICHTIGUNGEN</t>
         </is>
       </c>
       <c r="D594" t="inlineStr"/>
       <c r="E594" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F594" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMentions only</t>
+          <t>RoomSettingsDialogNOTIFICATIONS</t>
         </is>
       </c>
       <c r="G594" t="inlineStr"/>
       <c r="H594" t="inlineStr"/>
     </row>
     <row r="595">
       <c r="A595" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21390</t>
         </is>
       </c>
       <c r="B595" t="inlineStr">
         <is>
-          <t>All messages</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="C595" t="inlineStr">
         <is>
-          <t>Alle Nachrichten</t>
+          <t>Benachrichtigungen</t>
         </is>
       </c>
       <c r="D595" t="inlineStr"/>
       <c r="E595" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F595" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAll messages</t>
+          <t>RoomSettingsDialogNotifications</t>
         </is>
       </c>
       <c r="G595" t="inlineStr"/>
       <c r="H595" t="inlineStr"/>
     </row>
     <row r="596">
       <c r="A596" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21352</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B596" t="inlineStr">
         <is>
-          <t>ENTRY PERMISSIONS</t>
+          <t>Muted</t>
         </is>
       </c>
       <c r="C596" t="inlineStr">
         <is>
-          <t>ZUTRITTSBERECHTIGUNGEN</t>
+          <t>Stumm</t>
         </is>
       </c>
       <c r="D596" t="inlineStr"/>
       <c r="E596" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F596" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
+          <t>RoomSettingsDialogMuted</t>
         </is>
       </c>
       <c r="G596" t="inlineStr"/>
       <c r="H596" t="inlineStr"/>
     </row>
     <row r="597">
       <c r="A597" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21361</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B597" t="inlineStr">
         <is>
-          <t>Anyone can join</t>
+          <t>Mentions only</t>
         </is>
       </c>
       <c r="C597" t="inlineStr">
         <is>
-          <t>Jeder kann beitreten</t>
+          <t>Nur Erwähnungen</t>
         </is>
       </c>
       <c r="D597" t="inlineStr"/>
       <c r="E597" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F597" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAnyone can join</t>
+          <t>RoomSettingsDialogMentions only</t>
         </is>
       </c>
       <c r="G597" t="inlineStr"/>
       <c r="H597" t="inlineStr"/>
     </row>
     <row r="598">
       <c r="A598" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21375</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B598" t="inlineStr">
         <is>
-          <t>Allow knocking</t>
+          <t>All messages</t>
         </is>
       </c>
       <c r="C598" t="inlineStr">
         <is>
-          <t>Anklopfen erlauben</t>
+          <t>Alle Nachrichten</t>
         </is>
       </c>
       <c r="D598" t="inlineStr"/>
       <c r="E598" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F598" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow knocking</t>
+          <t>RoomSettingsDialogAll messages</t>
         </is>
       </c>
       <c r="G598" t="inlineStr"/>
       <c r="H598" t="inlineStr"/>
     </row>
     <row r="599">
       <c r="A599" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21394</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21409</t>
         </is>
       </c>
       <c r="B599" t="inlineStr">
         <is>
-          <t>Allow joining via other rooms</t>
+          <t>ENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="C599" t="inlineStr">
         <is>
-          <t>Durch andere Räume betreten</t>
+          <t>ZUTRITTSBERECHTIGUNGEN</t>
         </is>
       </c>
       <c r="D599" t="inlineStr"/>
       <c r="E599" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F599" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow joining via other rooms</t>
+          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="G599" t="inlineStr"/>
       <c r="H599" t="inlineStr"/>
     </row>
     <row r="600">
       <c r="A600" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21413</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21418</t>
         </is>
       </c>
       <c r="B600" t="inlineStr">
         <is>
-          <t>Rooms to join via</t>
+          <t>Anyone can join</t>
         </is>
       </c>
       <c r="C600" t="inlineStr">
         <is>
-          <t>Räume die Zutritt erlauben</t>
+          <t>Jeder kann beitreten</t>
         </is>
       </c>
       <c r="D600" t="inlineStr"/>
       <c r="E600" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F600" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRooms to join via</t>
+          <t>RoomSettingsDialogAnyone can join</t>
         </is>
       </c>
       <c r="G600" t="inlineStr"/>
       <c r="H600" t="inlineStr"/>
     </row>
     <row r="601">
       <c r="A601" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21667</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
         </is>
       </c>
       <c r="B601" t="inlineStr">
         <is>
-          <t>Change</t>
+          <t>Allow knocking</t>
         </is>
       </c>
       <c r="C601" t="inlineStr">
         <is>
-          <t>Ändern</t>
+          <t>Anklopfen erlauben</t>
         </is>
       </c>
       <c r="D601" t="inlineStr"/>
       <c r="E601" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F601" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange</t>
+          <t>RoomSettingsDialogAllow knocking</t>
         </is>
       </c>
       <c r="G601" t="inlineStr"/>
       <c r="H601" t="inlineStr"/>
     </row>
     <row r="602">
       <c r="A602" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21426</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21451</t>
         </is>
       </c>
       <c r="B602" t="inlineStr">
         <is>
-          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>Allow joining via other rooms</t>
         </is>
       </c>
       <c r="C602" t="inlineStr">
         <is>
-          <t>Ändere die Liste an Räumen, die den Zutritt erlauben. Normalerweise ist das die offizielle Gruppe dieses Raumes.</t>
+          <t>Durch andere Räume betreten</t>
         </is>
       </c>
       <c r="D602" t="inlineStr"/>
       <c r="E602" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F602" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>RoomSettingsDialogAllow joining via other rooms</t>
         </is>
       </c>
       <c r="G602" t="inlineStr"/>
       <c r="H602" t="inlineStr"/>
     </row>
     <row r="603">
       <c r="A603" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21470</t>
         </is>
       </c>
       <c r="B603" t="inlineStr">
         <is>
-          <t>Allow guests to join</t>
+          <t>Rooms to join via</t>
         </is>
       </c>
       <c r="C603" t="inlineStr">
         <is>
-          <t>Erlaube Gästen beizutreten</t>
+          <t>Räume die Zutritt erlauben</t>
         </is>
       </c>
       <c r="D603" t="inlineStr"/>
       <c r="E603" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F603" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow guests to join</t>
+          <t>RoomSettingsDialogRooms to join via</t>
         </is>
       </c>
       <c r="G603" t="inlineStr"/>
       <c r="H603" t="inlineStr"/>
     </row>
     <row r="604">
       <c r="A604" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21449</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21724</t>
         </is>
       </c>
       <c r="B604" t="inlineStr">
         <is>
-          <t>Apply access rules</t>
+          <t>Change</t>
         </is>
       </c>
       <c r="C604" t="inlineStr">
         <is>
-          <t>Zugriffsregeln anwenden</t>
+          <t>Ändern</t>
         </is>
       </c>
       <c r="D604" t="inlineStr"/>
       <c r="E604" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F604" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply access rules</t>
+          <t>RoomSettingsDialogChange</t>
         </is>
       </c>
       <c r="G604" t="inlineStr"/>
       <c r="H604" t="inlineStr"/>
     </row>
     <row r="605">
       <c r="A605" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21456</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21483</t>
         </is>
       </c>
       <c r="B605" t="inlineStr">
         <is>
-          <t>MESSAGE VISIBILITY</t>
+          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="C605" t="inlineStr">
         <is>
-          <t>NACHRICHTEN SICHTBARKEIT</t>
+          <t>Ändere die Liste an Räumen, die den Zutritt erlauben. Normalerweise ist das die offizielle Gruppe dieses Raumes.</t>
         </is>
       </c>
       <c r="D605" t="inlineStr"/>
       <c r="E605" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F605" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
+          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="G605" t="inlineStr"/>
       <c r="H605" t="inlineStr"/>
     </row>
     <row r="606">
       <c r="A606" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21465</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21489</t>
         </is>
       </c>
       <c r="B606" t="inlineStr">
         <is>
-          <t>Allow viewing history without joining</t>
+          <t>Allow guests to join</t>
         </is>
       </c>
       <c r="C606" t="inlineStr">
         <is>
-          <t>Erlaube Nachrichten ohne Beitritt zu lesen</t>
+          <t>Erlaube Gästen beizutreten</t>
         </is>
       </c>
       <c r="D606" t="inlineStr"/>
       <c r="E606" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F606" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow viewing history without joining</t>
+          <t>RoomSettingsDialogAllow guests to join</t>
         </is>
       </c>
       <c r="G606" t="inlineStr"/>
       <c r="H606" t="inlineStr"/>
     </row>
     <row r="607">
       <c r="A607" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21468</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21506</t>
         </is>
       </c>
       <c r="B607" t="inlineStr">
         <is>
-          <t>This is useful to see previews of the room or view it on public websites.</t>
+          <t>Apply access rules</t>
         </is>
       </c>
       <c r="C607" t="inlineStr">
         <is>
-          <t>Dies ist nützlich um eine Vorschau des Raums zu ermöglichen oder diesen auf öffentlichen Webseiten sehen zu können.</t>
+          <t>Zugriffsregeln anwenden</t>
         </is>
       </c>
       <c r="D607" t="inlineStr"/>
       <c r="E607" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F607" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
+          <t>RoomSettingsDialogApply access rules</t>
         </is>
       </c>
       <c r="G607" t="inlineStr"/>
       <c r="H607" t="inlineStr"/>
     </row>
     <row r="608">
       <c r="A608" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21488</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21513</t>
         </is>
       </c>
       <c r="B608" t="inlineStr">
         <is>
-          <t>Members can see messages since</t>
+          <t>MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C608" t="inlineStr">
         <is>
-          <t>Teilnehmer können Nachrichten sehen ab</t>
+          <t>NACHRICHTEN SICHTBARKEIT</t>
         </is>
       </c>
       <c r="D608" t="inlineStr"/>
       <c r="E608" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F608" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can see messages since</t>
+          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G608" t="inlineStr"/>
       <c r="H608" t="inlineStr"/>
     </row>
     <row r="609">
       <c r="A609" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21492</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21522</t>
         </is>
       </c>
       <c r="B609" t="inlineStr">
         <is>
-          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>Allow viewing history without joining</t>
         </is>
       </c>
       <c r="C609" t="inlineStr">
         <is>
-          <t>Wie viel der alten Nachrichten für beigetretene Teilnehmer sichtbar ist. Dies betrifft nicht bereits gesendete Nachrichten, sondern nur neue Nachrichten.</t>
+          <t>Erlaube Nachrichten ohne Beitritt zu lesen</t>
         </is>
       </c>
       <c r="D609" t="inlineStr"/>
       <c r="E609" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F609" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>RoomSettingsDialogAllow viewing history without joining</t>
         </is>
       </c>
       <c r="G609" t="inlineStr"/>
       <c r="H609" t="inlineStr"/>
     </row>
     <row r="610">
       <c r="A610" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21511</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21525</t>
         </is>
       </c>
       <c r="B610" t="inlineStr">
         <is>
-          <t>Everything</t>
+          <t>This is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="C610" t="inlineStr">
         <is>
-          <t>Alles</t>
+          <t>Dies ist nützlich um eine Vorschau des Raums zu ermöglichen oder diesen auf öffentlichen Webseiten sehen zu können.</t>
         </is>
       </c>
       <c r="D610" t="inlineStr"/>
       <c r="E610" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F610" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEverything</t>
+          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="G610" t="inlineStr"/>
       <c r="H610" t="inlineStr"/>
     </row>
     <row r="611">
       <c r="A611" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21512</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21545</t>
         </is>
       </c>
       <c r="B611" t="inlineStr">
         <is>
-          <t>As long as the user joined, they can see all previous messages.</t>
+          <t>Members can see messages since</t>
         </is>
       </c>
       <c r="C611" t="inlineStr">
         <is>
-          <t>Beigetretene Nutzer können alle vorherigen Nachrichten sehen.</t>
+          <t>Teilnehmer können Nachrichten sehen ab</t>
         </is>
       </c>
       <c r="D611" t="inlineStr"/>
       <c r="E611" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F611" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
+          <t>RoomSettingsDialogMembers can see messages since</t>
         </is>
       </c>
       <c r="G611" t="inlineStr"/>
       <c r="H611" t="inlineStr"/>
     </row>
     <row r="612">
       <c r="A612" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21519</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21549</t>
         </is>
       </c>
       <c r="B612" t="inlineStr">
         <is>
-          <t>They got invited</t>
+          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="C612" t="inlineStr">
         <is>
-          <t>ab Einladung</t>
+          <t>Wie viel der alten Nachrichten für beigetretene Teilnehmer sichtbar ist. Dies betrifft nicht bereits gesendete Nachrichten, sondern nur neue Nachrichten.</t>
         </is>
       </c>
       <c r="D612" t="inlineStr"/>
       <c r="E612" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F612" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey got invited</t>
+          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="G612" t="inlineStr"/>
       <c r="H612" t="inlineStr"/>
     </row>
     <row r="613">
       <c r="A613" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21520</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21568</t>
         </is>
       </c>
       <c r="B613" t="inlineStr">
         <is>
-          <t>Members can only see messages from when they got invited going forward.</t>
+          <t>Everything</t>
         </is>
       </c>
       <c r="C613" t="inlineStr">
         <is>
-          <t>Teilnehmer können nur Nachrichten sehen ab dem Zeitpunkt, zu dem sie ursprünglich eingeladen wurden.</t>
+          <t>Alles</t>
         </is>
       </c>
       <c r="D613" t="inlineStr"/>
       <c r="E613" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F613" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
+          <t>RoomSettingsDialogEverything</t>
         </is>
       </c>
       <c r="G613" t="inlineStr"/>
       <c r="H613" t="inlineStr"/>
     </row>
     <row r="614">
       <c r="A614" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21527</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21569</t>
         </is>
       </c>
       <c r="B614" t="inlineStr">
         <is>
-          <t>They joined</t>
+          <t>As long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="C614" t="inlineStr">
         <is>
-          <t>ab Beitritt</t>
+          <t>Beigetretene Nutzer können alle vorherigen Nachrichten sehen.</t>
         </is>
       </c>
       <c r="D614" t="inlineStr"/>
       <c r="E614" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F614" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey joined</t>
+          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="G614" t="inlineStr"/>
       <c r="H614" t="inlineStr"/>
     </row>
     <row r="615">
       <c r="A615" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21528</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21576</t>
         </is>
       </c>
       <c r="B615" t="inlineStr">
         <is>
-          <t>Members can only see messages since after they joined.</t>
+          <t>They got invited</t>
         </is>
       </c>
       <c r="C615" t="inlineStr">
         <is>
-          <t>Teilnehmer können nur ab dem Zeitpunkt, zu dem sie tatsächlich beigetreten sind, die Nachrichten lesen.</t>
+          <t>ab Einladung</t>
         </is>
       </c>
       <c r="D615" t="inlineStr"/>
       <c r="E615" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F615" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
+          <t>RoomSettingsDialogThey got invited</t>
         </is>
       </c>
       <c r="G615" t="inlineStr"/>
       <c r="H615" t="inlineStr"/>
     </row>
     <row r="616">
       <c r="A616" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21538</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21577</t>
         </is>
       </c>
       <c r="B616" t="inlineStr">
         <is>
-          <t>Apply visibility changes</t>
+          <t>Members can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="C616" t="inlineStr">
         <is>
-          <t>Sichtbarkeitsänderungen anwenden</t>
+          <t>Teilnehmer können nur Nachrichten sehen ab dem Zeitpunkt, zu dem sie ursprünglich eingeladen wurden.</t>
         </is>
       </c>
       <c r="D616" t="inlineStr"/>
       <c r="E616" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F616" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply visibility changes</t>
+          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="G616" t="inlineStr"/>
       <c r="H616" t="inlineStr"/>
     </row>
     <row r="617">
       <c r="A617" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21554</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
         </is>
       </c>
       <c r="B617" t="inlineStr">
         <is>
-          <t>Locally hidden events</t>
+          <t>They joined</t>
         </is>
       </c>
       <c r="C617" t="inlineStr">
         <is>
-          <t>Lokal versteckte Nachrichten</t>
+          <t>ab Beitritt</t>
         </is>
       </c>
       <c r="D617" t="inlineStr"/>
       <c r="E617" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F617" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogLocally hidden events</t>
+          <t>RoomSettingsDialogThey joined</t>
         </is>
       </c>
       <c r="G617" t="inlineStr"/>
       <c r="H617" t="inlineStr"/>
     </row>
     <row r="618">
       <c r="A618" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21655</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21585</t>
         </is>
       </c>
       <c r="B618" t="inlineStr">
         <is>
-          <t>Configure</t>
+          <t>Members can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="C618" t="inlineStr">
         <is>
-          <t>Konfigurieren</t>
+          <t>Teilnehmer können nur ab dem Zeitpunkt, zu dem sie tatsächlich beigetreten sind, die Nachrichten lesen.</t>
         </is>
       </c>
       <c r="D618" t="inlineStr"/>
       <c r="E618" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F618" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogConfigure</t>
+          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="G618" t="inlineStr"/>
       <c r="H618" t="inlineStr"/>
     </row>
     <row r="619">
       <c r="A619" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21566</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21595</t>
         </is>
       </c>
       <c r="B619" t="inlineStr">
         <is>
-          <t>Select events to hide in this room</t>
+          <t>Apply visibility changes</t>
         </is>
       </c>
       <c r="C619" t="inlineStr">
         <is>
-          <t>Wähle aus, weche Events in diesem Raum angezeigt werden</t>
+          <t>Sichtbarkeitsänderungen anwenden</t>
         </is>
       </c>
       <c r="D619" t="inlineStr"/>
       <c r="E619" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F619" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect events to hide in this room</t>
+          <t>RoomSettingsDialogApply visibility changes</t>
         </is>
       </c>
       <c r="G619" t="inlineStr"/>
       <c r="H619" t="inlineStr"/>
     </row>
     <row r="620">
       <c r="A620" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21572</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21611</t>
         </is>
       </c>
       <c r="B620" t="inlineStr">
         <is>
-          <t>Automatic event deletion</t>
+          <t>Locally hidden events</t>
         </is>
       </c>
       <c r="C620" t="inlineStr">
         <is>
-          <t>Automatische Nachrichtenlöschung</t>
+          <t>Lokal versteckte Nachrichten</t>
         </is>
       </c>
       <c r="D620" t="inlineStr"/>
       <c r="E620" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F620" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAutomatic event deletion</t>
+          <t>RoomSettingsDialogLocally hidden events</t>
         </is>
       </c>
       <c r="G620" t="inlineStr"/>
       <c r="H620" t="inlineStr"/>
     </row>
     <row r="621">
       <c r="A621" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21712</t>
         </is>
       </c>
       <c r="B621" t="inlineStr">
         <is>
-          <t>Select if your events get automatically deleted in this room.</t>
+          <t>Configure</t>
         </is>
       </c>
       <c r="C621" t="inlineStr">
         <is>
-          <t>Auswählen, ob deine Nachrichten automatisch gelöscht werden in diesem Raum.</t>
+          <t>Konfigurieren</t>
         </is>
       </c>
       <c r="D621" t="inlineStr"/>
       <c r="E621" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F621" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
+          <t>RoomSettingsDialogConfigure</t>
         </is>
       </c>
       <c r="G621" t="inlineStr"/>
       <c r="H621" t="inlineStr"/>
     </row>
     <row r="622">
       <c r="A622" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21590</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21623</t>
         </is>
       </c>
       <c r="B622" t="inlineStr">
         <is>
-          <t>GENERAL SETTINGS</t>
+          <t>Select events to hide in this room</t>
         </is>
       </c>
       <c r="C622" t="inlineStr">
         <is>
-          <t>ALLGEMEINE EINSTELLUNGEN</t>
+          <t>Wähle aus, weche Events in diesem Raum angezeigt werden</t>
         </is>
       </c>
       <c r="D622" t="inlineStr"/>
       <c r="E622" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F622" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogGENERAL SETTINGS</t>
+          <t>RoomSettingsDialogSelect events to hide in this room</t>
         </is>
       </c>
       <c r="G622" t="inlineStr"/>
       <c r="H622" t="inlineStr"/>
     </row>
     <row r="623">
       <c r="A623" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21599</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21629</t>
         </is>
       </c>
       <c r="B623" t="inlineStr">
         <is>
-          <t>Encryption</t>
+          <t>Automatic event deletion</t>
         </is>
       </c>
       <c r="C623" t="inlineStr">
         <is>
-          <t>Verschlüsselung</t>
+          <t>Automatische Nachrichtenlöschung</t>
         </is>
       </c>
       <c r="D623" t="inlineStr"/>
       <c r="E623" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F623" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption</t>
+          <t>RoomSettingsDialogAutomatic event deletion</t>
         </is>
       </c>
       <c r="G623" t="inlineStr"/>
       <c r="H623" t="inlineStr"/>
     </row>
     <row r="624">
       <c r="A624" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21621</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21641</t>
         </is>
       </c>
       <c r="B624" t="inlineStr">
         <is>
-          <t>End-to-End Encryption</t>
+          <t>Select if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="C624" t="inlineStr">
         <is>
-          <t>Ende-zu-Ende Verschlüsselung</t>
+          <t>Auswählen, ob deine Nachrichten automatisch gelöscht werden in diesem Raum.</t>
         </is>
       </c>
       <c r="D624" t="inlineStr"/>
       <c r="E624" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F624" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEnd-to-End Encryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
+        </is>
+      </c>
+      <c r="G624" t="inlineStr"/>
       <c r="H624" t="inlineStr"/>
     </row>
     <row r="625">
       <c r="A625" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21622</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21647</t>
         </is>
       </c>
       <c r="B625" t="inlineStr">
+        <is>
+          <t>GENERAL SETTINGS</t>
+        </is>
+      </c>
+      <c r="C625" t="inlineStr">
+        <is>
+          <t>ALLGEMEINE EINSTELLUNGEN</t>
+        </is>
+      </c>
+      <c r="D625" t="inlineStr"/>
+      <c r="E625" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F625" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogGENERAL SETTINGS</t>
+        </is>
+      </c>
+      <c r="G625" t="inlineStr"/>
+      <c r="H625" t="inlineStr"/>
+    </row>
+    <row r="626">
+      <c r="A626" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+        </is>
+      </c>
+      <c r="B626" t="inlineStr">
+        <is>
+          <t>Encryption</t>
+        </is>
+      </c>
+      <c r="C626" t="inlineStr">
+        <is>
+          <t>Verschlüsselung</t>
+        </is>
+      </c>
+      <c r="D626" t="inlineStr"/>
+      <c r="E626" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F626" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogEncryption</t>
+        </is>
+      </c>
+      <c r="G626" t="inlineStr"/>
+      <c r="H626" t="inlineStr"/>
+    </row>
+    <row r="627">
+      <c r="A627" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21678</t>
+        </is>
+      </c>
+      <c r="B627" t="inlineStr">
+        <is>
+          <t>End-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="C627" t="inlineStr">
+        <is>
+          <t>Ende-zu-Ende Verschlüsselung</t>
+        </is>
+      </c>
+      <c r="D627" t="inlineStr"/>
+      <c r="E627" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F627" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogEnd-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="G627" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ende-zu-Ende-Verschlüsselung</t>
+        </is>
+      </c>
+      <c r="H627" t="inlineStr"/>
+    </row>
+    <row r="628">
+      <c r="A628" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21679</t>
+        </is>
+      </c>
+      <c r="B628" t="inlineStr">
         <is>
           <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
                                 Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
-      <c r="C625" t="inlineStr">
+      <c r="C628" t="inlineStr">
         <is>
           <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
                                 Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
-      <c r="D625" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F625" t="inlineStr">
+      <c r="D628" t="inlineStr"/>
+      <c r="E628" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F628" t="inlineStr">
         <is>
           <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
                                 Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
-      <c r="G625" t="inlineStr">
+      <c r="G628" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Verschlüsselung ist zu Zeit experimentel und es kann zu unerwarteten Fehlern kommen. &lt;br&gt;
                                 Dies kann später nicht wieder deaktiviert werden.</t>
         </is>
       </c>
-      <c r="H625" t="inlineStr">
+      <c r="H628" t="inlineStr">
         <is>
           <t xml:space="preserve">
 Verschlüsselung ist aktuell noch experimentell und kann Fehler beinhalten. &lt;br&gt;
 Bitte sei dir bewusst, dass die Verschlüsselung nicht nachträglich deaktiviert werden kann.</t>
         </is>
       </c>
     </row>
-    <row r="626">
-[...88 lines deleted...]
-    </row>
     <row r="629">
       <c r="A629" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21695</t>
         </is>
       </c>
       <c r="B629" t="inlineStr">
         <is>
-          <t>View and change the addresses/aliases of this room</t>
+          <t>Permissions</t>
         </is>
       </c>
       <c r="C629" t="inlineStr">
         <is>
-          <t>Raumadressen anzeigen und ändern</t>
+          <t>Berechtigungen</t>
         </is>
       </c>
       <c r="D629" t="inlineStr"/>
       <c r="E629" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F629" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
+          <t>RoomSettingsDialogPermission</t>
         </is>
       </c>
       <c r="G629" t="inlineStr"/>
       <c r="H629" t="inlineStr"/>
     </row>
     <row r="630">
       <c r="A630" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21662</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21701</t>
         </is>
       </c>
       <c r="B630" t="inlineStr">
         <is>
-          <t>Sticker &amp; Emote Settings</t>
+          <t>View and change the permissions in this room</t>
         </is>
       </c>
       <c r="C630" t="inlineStr">
         <is>
-          <t>Sticker- &amp; Emoteeinstellungen</t>
+          <t>Berechtigungen anzeigen und ändern</t>
         </is>
       </c>
       <c r="D630" t="inlineStr"/>
       <c r="E630" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F630" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
+          <t>RoomSettingsDialogView and change the permissions in this room</t>
         </is>
       </c>
       <c r="G630" t="inlineStr"/>
       <c r="H630" t="inlineStr"/>
     </row>
     <row r="631">
       <c r="A631" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21668</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21707</t>
         </is>
       </c>
       <c r="B631" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>Aliases</t>
         </is>
       </c>
       <c r="C631" t="inlineStr">
         <is>
-          <t>Ändere welche Packungen aktiv sind, entferne oder erstelle neue Packungen.</t>
+          <t>Raumaddressen</t>
         </is>
       </c>
       <c r="D631" t="inlineStr"/>
       <c r="E631" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F631" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogAliases</t>
+        </is>
+      </c>
+      <c r="G631" t="inlineStr"/>
       <c r="H631" t="inlineStr"/>
     </row>
     <row r="632">
       <c r="A632" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21674</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21713</t>
         </is>
       </c>
       <c r="B632" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>View and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="C632" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>Raumadressen anzeigen und ändern</t>
         </is>
       </c>
       <c r="D632" t="inlineStr"/>
       <c r="E632" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F632" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogINFO</t>
+          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="G632" t="inlineStr"/>
       <c r="H632" t="inlineStr"/>
     </row>
     <row r="633">
       <c r="A633" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21683</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21719</t>
         </is>
       </c>
       <c r="B633" t="inlineStr">
         <is>
-          <t>Internal ID</t>
+          <t>Sticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="C633" t="inlineStr">
         <is>
-          <t>Interne ID</t>
+          <t>Sticker- &amp; Emoteeinstellungen</t>
         </is>
       </c>
       <c r="D633" t="inlineStr"/>
       <c r="E633" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F633" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogInternal ID</t>
+          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="G633" t="inlineStr"/>
       <c r="H633" t="inlineStr"/>
     </row>
     <row r="634">
       <c r="A634" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21699</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21725</t>
         </is>
       </c>
       <c r="B634" t="inlineStr">
         <is>
-          <t>Copied to clipboard</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C634" t="inlineStr">
         <is>
-          <t>In die Zwischenablage kopiert</t>
+          <t>Ändere welche Packungen aktiv sind, entferne oder erstelle neue Packungen.</t>
         </is>
       </c>
       <c r="D634" t="inlineStr"/>
       <c r="E634" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F634" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogCopied to clipboard</t>
-[...2 lines deleted...]
-      <c r="G634" t="inlineStr"/>
+          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
+        </is>
+      </c>
+      <c r="G634" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ändere welche Pakete aktiv sind, entferne oder erstelle neue Pakete.</t>
+        </is>
+      </c>
       <c r="H634" t="inlineStr"/>
     </row>
     <row r="635">
       <c r="A635" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21718</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21731</t>
         </is>
       </c>
       <c r="B635" t="inlineStr">
         <is>
-          <t>Room Version</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C635" t="inlineStr">
         <is>
-          <t>Raumversion</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="D635" t="inlineStr"/>
       <c r="E635" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F635" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Version</t>
+          <t>RoomSettingsDialogINFO</t>
         </is>
       </c>
       <c r="G635" t="inlineStr"/>
       <c r="H635" t="inlineStr"/>
     </row>
     <row r="636">
       <c r="A636" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21740</t>
         </is>
       </c>
       <c r="B636" t="inlineStr">
         <is>
-          <t>show less</t>
+          <t>Internal ID</t>
         </is>
       </c>
       <c r="C636" t="inlineStr">
         <is>
-          <t>weniger anzeigen</t>
+          <t>Interne ID</t>
         </is>
       </c>
       <c r="D636" t="inlineStr"/>
       <c r="E636" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F636" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow less</t>
+          <t>RoomSettingsDialogInternal ID</t>
         </is>
       </c>
       <c r="G636" t="inlineStr"/>
       <c r="H636" t="inlineStr"/>
     </row>
     <row r="637">
       <c r="A637" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21757</t>
         </is>
       </c>
       <c r="B637" t="inlineStr">
         <is>
-          <t>show more</t>
+          <t>Copied to clipboard</t>
         </is>
       </c>
       <c r="C637" t="inlineStr">
         <is>
-          <t>mehr anzeigen</t>
+          <t>In die Zwischenablage kopiert</t>
         </is>
       </c>
       <c r="D637" t="inlineStr"/>
       <c r="E637" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F637" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow more</t>
+          <t>RoomSettingsDialogCopied to clipboard</t>
         </is>
       </c>
       <c r="G637" t="inlineStr"/>
       <c r="H637" t="inlineStr"/>
     </row>
     <row r="638">
       <c r="A638" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21896</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21777</t>
         </is>
       </c>
       <c r="B638" t="inlineStr">
         <is>
-          <t>Pending invite.</t>
+          <t>Room Version</t>
         </is>
       </c>
       <c r="C638" t="inlineStr">
         <is>
-          <t>Offene Einladung.</t>
+          <t>Raumversion</t>
         </is>
       </c>
       <c r="D638" t="inlineStr"/>
       <c r="E638" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F638" t="inlineStr">
         <is>
-          <t>RoomlistModelPending invite.</t>
+          <t>RoomSettingsDialogRoom Version</t>
         </is>
       </c>
       <c r="G638" t="inlineStr"/>
       <c r="H638" t="inlineStr"/>
     </row>
     <row r="639">
       <c r="A639" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21925</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B639" t="inlineStr">
         <is>
-          <t>Previewing this room</t>
+          <t>show less</t>
         </is>
       </c>
       <c r="C639" t="inlineStr">
         <is>
-          <t>Vorschau dieses Raums</t>
+          <t>weniger anzeigen</t>
         </is>
       </c>
       <c r="D639" t="inlineStr"/>
       <c r="E639" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F639" t="inlineStr">
         <is>
-          <t>RoomlistModelPreviewing this room</t>
+          <t>RoomSettingsDialogshow less</t>
         </is>
       </c>
       <c r="G639" t="inlineStr"/>
       <c r="H639" t="inlineStr"/>
     </row>
     <row r="640">
       <c r="A640" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21958</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B640" t="inlineStr">
         <is>
-          <t>No preview available</t>
+          <t>show more</t>
         </is>
       </c>
       <c r="C640" t="inlineStr">
         <is>
-          <t>Keine Vorschau verfügbar</t>
+          <t>mehr anzeigen</t>
         </is>
       </c>
       <c r="D640" t="inlineStr"/>
       <c r="E640" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F640" t="inlineStr">
         <is>
-          <t>RoomlistModelNo preview available</t>
+          <t>RoomSettingsDialogshow more</t>
         </is>
       </c>
       <c r="G640" t="inlineStr"/>
       <c r="H640" t="inlineStr"/>
     </row>
     <row r="641">
       <c r="A641" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21960</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21955</t>
         </is>
       </c>
       <c r="B641" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible</t>
+          <t>Pending invite.</t>
         </is>
       </c>
       <c r="C641" t="inlineStr">
         <is>
-          <t>Dieser Raum kann nicht betreten werden</t>
+          <t>Offene Einladung.</t>
         </is>
       </c>
       <c r="D641" t="inlineStr"/>
       <c r="E641" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F641" t="inlineStr">
         <is>
-          <t>RoomlistModelThis room is possibly inaccessible</t>
+          <t>RoomlistModelPending invite.</t>
         </is>
       </c>
       <c r="G641" t="inlineStr"/>
       <c r="H641" t="inlineStr"/>
     </row>
     <row r="642">
       <c r="A642" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22268</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21984</t>
         </is>
       </c>
       <c r="B642" t="inlineStr">
         <is>
-          <t>Please enter your login password to continue:</t>
+          <t>Previewing this room</t>
         </is>
       </c>
       <c r="C642" t="inlineStr">
         <is>
-          <t>Bitte gib dein Anmeldepassword an um fortzufahren:</t>
+          <t>Vorschau dieses Raums</t>
         </is>
       </c>
       <c r="D642" t="inlineStr"/>
       <c r="E642" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F642" t="inlineStr">
         <is>
-          <t>RootPlease enter your login password to continue:</t>
+          <t>RoomlistModelPreviewing this room</t>
         </is>
       </c>
       <c r="G642" t="inlineStr"/>
       <c r="H642" t="inlineStr"/>
     </row>
     <row r="643">
       <c r="A643" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22278</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22017</t>
         </is>
       </c>
       <c r="B643" t="inlineStr">
         <is>
-          <t>Please enter a valid email address to continue:</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C643" t="inlineStr">
         <is>
-          <t>Bitte gib eine gültige Emailadresse an um fortzufahren:</t>
+          <t>Keine Vorschau verfügbar</t>
         </is>
       </c>
       <c r="D643" t="inlineStr"/>
       <c r="E643" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F643" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid email address to continue:</t>
+          <t>RoomlistModelNo preview available</t>
         </is>
       </c>
       <c r="G643" t="inlineStr"/>
       <c r="H643" t="inlineStr"/>
     </row>
     <row r="644">
       <c r="A644" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22288</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22019</t>
         </is>
       </c>
       <c r="B644" t="inlineStr">
         <is>
-          <t>Please enter a valid phone number to continue:</t>
+          <t>This room is possibly inaccessible</t>
         </is>
       </c>
       <c r="C644" t="inlineStr">
         <is>
-          <t>Bitte gib eine gültige Telefonnummer an um fortzufahren:</t>
+          <t>Dieser Raum kann nicht betreten werden</t>
         </is>
       </c>
       <c r="D644" t="inlineStr"/>
       <c r="E644" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F644" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid phone number to continue:</t>
+          <t>RoomlistModelThis room is possibly inaccessible</t>
         </is>
       </c>
       <c r="G644" t="inlineStr"/>
       <c r="H644" t="inlineStr"/>
     </row>
     <row r="645">
       <c r="A645" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22298</t>
+          <t>../qml/Root.qml:22327</t>
         </is>
       </c>
       <c r="B645" t="inlineStr">
         <is>
-          <t>Please enter the token which has been sent to you:</t>
+          <t>Please enter your login password to continue:</t>
         </is>
       </c>
       <c r="C645" t="inlineStr">
         <is>
-          <t>Bitte gib das Token ein, dass dir geschickt wurde:</t>
+          <t>Bitte gib dein Anmeldepassword an um fortzufahren:</t>
         </is>
       </c>
       <c r="D645" t="inlineStr"/>
       <c r="E645" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F645" t="inlineStr">
         <is>
-          <t>RootPlease enter the token which has been sent to you:</t>
+          <t>RootPlease enter your login password to continue:</t>
         </is>
       </c>
       <c r="G645" t="inlineStr"/>
       <c r="H645" t="inlineStr"/>
     </row>
     <row r="646">
       <c r="A646" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22309</t>
+          <t>../qml/Root.qml:22337</t>
         </is>
       </c>
       <c r="B646" t="inlineStr">
         <is>
-          <t>Wait for the confirmation link to arrive, then continue.</t>
+          <t>Please enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="C646" t="inlineStr">
         <is>
-          <t>Warte auf den Bestätigungslink und fahre fort, wenn du diesem gefolgt bist.</t>
+          <t>Bitte gib eine gültige Emailadresse an um fortzufahren:</t>
         </is>
       </c>
       <c r="D646" t="inlineStr"/>
       <c r="E646" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F646" t="inlineStr">
         <is>
-          <t>RootWait for the confirmation link to arrive, then continue.</t>
+          <t>RootPlease enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="G646" t="inlineStr"/>
       <c r="H646" t="inlineStr"/>
     </row>
     <row r="647">
       <c r="A647" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22339</t>
+          <t>../qml/Root.qml:22347</t>
         </is>
       </c>
       <c r="B647" t="inlineStr">
         <is>
-          <t>Share desktop with %1?</t>
+          <t>Please enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="C647" t="inlineStr">
         <is>
-          <t>Bildschirm mit %1 teilen?</t>
+          <t>Bitte gib eine gültige Telefonnummer an um fortzufahren:</t>
         </is>
       </c>
       <c r="D647" t="inlineStr"/>
       <c r="E647" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F647" t="inlineStr">
         <is>
-          <t>ScreenShareShare desktop with %1?</t>
+          <t>RootPlease enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="G647" t="inlineStr"/>
       <c r="H647" t="inlineStr"/>
     </row>
     <row r="648">
       <c r="A648" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22350</t>
+          <t>../qml/Root.qml:22357</t>
         </is>
       </c>
       <c r="B648" t="inlineStr">
         <is>
-          <t>Method:</t>
+          <t>Please enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="C648" t="inlineStr">
         <is>
-          <t>Methode:</t>
+          <t>Bitte gib das Token ein, dass dir geschickt wurde:</t>
         </is>
       </c>
       <c r="D648" t="inlineStr"/>
       <c r="E648" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F648" t="inlineStr">
         <is>
-          <t>ScreenShareMethod:</t>
+          <t>RootPlease enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="G648" t="inlineStr"/>
       <c r="H648" t="inlineStr"/>
     </row>
     <row r="649">
       <c r="A649" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22370</t>
+          <t>../qml/Root.qml:22368</t>
         </is>
       </c>
       <c r="B649" t="inlineStr">
         <is>
-          <t>Window:</t>
+          <t>Wait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="C649" t="inlineStr">
         <is>
-          <t>Fenster:</t>
+          <t>Warte auf den Bestätigungslink und fahre fort, wenn du diesem gefolgt bist.</t>
         </is>
       </c>
       <c r="D649" t="inlineStr"/>
       <c r="E649" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F649" t="inlineStr">
         <is>
-          <t>ScreenShareWindow:</t>
+          <t>RootWait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="G649" t="inlineStr"/>
       <c r="H649" t="inlineStr"/>
     </row>
     <row r="650">
       <c r="A650" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22385</t>
+          <t>../qml/voip/ScreenShare.qml:22398</t>
         </is>
       </c>
       <c r="B650" t="inlineStr">
         <is>
-          <t>Request screencast</t>
+          <t>Share desktop with %1?</t>
         </is>
       </c>
       <c r="C650" t="inlineStr">
         <is>
-          <t>Fenster auswählen</t>
+          <t>Bildschirm mit %1 teilen?</t>
         </is>
       </c>
       <c r="D650" t="inlineStr"/>
       <c r="E650" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F650" t="inlineStr">
         <is>
-          <t>ScreenShareRequest screencast</t>
+          <t>ScreenShareShare desktop with %1?</t>
         </is>
       </c>
       <c r="G650" t="inlineStr"/>
       <c r="H650" t="inlineStr"/>
     </row>
     <row r="651">
       <c r="A651" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22401</t>
+          <t>../qml/voip/ScreenShare.qml:22409</t>
         </is>
       </c>
       <c r="B651" t="inlineStr">
         <is>
-          <t>Frame rate:</t>
+          <t>Method:</t>
         </is>
       </c>
       <c r="C651" t="inlineStr">
         <is>
-          <t>Bildrate:</t>
+          <t>Methode:</t>
         </is>
       </c>
       <c r="D651" t="inlineStr"/>
       <c r="E651" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F651" t="inlineStr">
         <is>
-          <t>ScreenShareFrame rate:</t>
+          <t>ScreenShareMethod:</t>
         </is>
       </c>
       <c r="G651" t="inlineStr"/>
       <c r="H651" t="inlineStr"/>
     </row>
     <row r="652">
       <c r="A652" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22420</t>
+          <t>../qml/voip/ScreenShare.qml:22429</t>
         </is>
       </c>
       <c r="B652" t="inlineStr">
         <is>
-          <t>Include your camera picture-in-picture</t>
+          <t>Window:</t>
         </is>
       </c>
       <c r="C652" t="inlineStr">
         <is>
-          <t>Deine Kamera Bild-in-Bild anzeigen</t>
+          <t>Fenster:</t>
         </is>
       </c>
       <c r="D652" t="inlineStr"/>
       <c r="E652" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F652" t="inlineStr">
         <is>
-          <t>ScreenShareInclude your camera picture-in-picture</t>
+          <t>ScreenShareWindow:</t>
         </is>
       </c>
       <c r="G652" t="inlineStr"/>
       <c r="H652" t="inlineStr"/>
     </row>
     <row r="653">
       <c r="A653" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22432</t>
+          <t>../qml/voip/ScreenShare.qml:22444</t>
         </is>
       </c>
       <c r="B653" t="inlineStr">
         <is>
-          <t>Request remote camera</t>
+          <t>Request screencast</t>
         </is>
       </c>
       <c r="C653" t="inlineStr">
         <is>
-          <t>Entfernte Kamera anfragen</t>
+          <t>Fenster auswählen</t>
         </is>
       </c>
       <c r="D653" t="inlineStr"/>
       <c r="E653" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F653" t="inlineStr">
         <is>
-          <t>ScreenShareRequest remote camera</t>
+          <t>ScreenShareRequest screencast</t>
         </is>
       </c>
       <c r="G653" t="inlineStr"/>
       <c r="H653" t="inlineStr"/>
     </row>
     <row r="654">
       <c r="A654" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22442</t>
+          <t>../qml/voip/ScreenShare.qml:22460</t>
         </is>
       </c>
       <c r="B654" t="inlineStr">
         <is>
-          <t>View your callee's camera like a regular video call</t>
+          <t>Frame rate:</t>
         </is>
       </c>
       <c r="C654" t="inlineStr">
         <is>
-          <t>Die Kamera Ihres Gesprächspartners wie bei einem normalen Videoanruf betrachten</t>
+          <t>Bildrate:</t>
         </is>
       </c>
       <c r="D654" t="inlineStr"/>
       <c r="E654" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F654" t="inlineStr">
         <is>
-          <t>ScreenShareView your callee's camera like a regular video call</t>
+          <t>ScreenShareFrame rate:</t>
         </is>
       </c>
       <c r="G654" t="inlineStr"/>
       <c r="H654" t="inlineStr"/>
     </row>
     <row r="655">
       <c r="A655" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22447</t>
+          <t>../qml/voip/ScreenShare.qml:22479</t>
         </is>
       </c>
       <c r="B655" t="inlineStr">
         <is>
-          <t>Hide mouse cursor</t>
+          <t>Include your camera picture-in-picture</t>
         </is>
       </c>
       <c r="C655" t="inlineStr">
         <is>
-          <t>Mauszeiger verstecken</t>
+          <t>Deine Kamera Bild-in-Bild anzeigen</t>
         </is>
       </c>
       <c r="D655" t="inlineStr"/>
       <c r="E655" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F655" t="inlineStr">
         <is>
-          <t>ScreenShareHide mouse cursor</t>
+          <t>ScreenShareInclude your camera picture-in-picture</t>
         </is>
       </c>
       <c r="G655" t="inlineStr"/>
       <c r="H655" t="inlineStr"/>
     </row>
     <row r="656">
       <c r="A656" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22468</t>
+          <t>../qml/voip/ScreenShare.qml:22491</t>
         </is>
       </c>
       <c r="B656" t="inlineStr">
         <is>
-          <t>Share</t>
+          <t>Request remote camera</t>
         </is>
       </c>
       <c r="C656" t="inlineStr">
         <is>
-          <t>Teilen</t>
+          <t>Entfernte Kamera anfragen</t>
         </is>
       </c>
       <c r="D656" t="inlineStr"/>
       <c r="E656" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F656" t="inlineStr">
         <is>
-          <t>ScreenShareShare</t>
+          <t>ScreenShareRequest remote camera</t>
         </is>
       </c>
       <c r="G656" t="inlineStr"/>
       <c r="H656" t="inlineStr"/>
     </row>
     <row r="657">
       <c r="A657" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22484</t>
+          <t>../qml/voip/ScreenShare.qml:22501</t>
         </is>
       </c>
       <c r="B657" t="inlineStr">
         <is>
-          <t>Preview</t>
+          <t>View your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="C657" t="inlineStr">
         <is>
-          <t>Vorschau</t>
+          <t>Die Kamera Ihres Gesprächspartners wie bei einem normalen Videoanruf betrachten</t>
         </is>
       </c>
       <c r="D657" t="inlineStr"/>
       <c r="E657" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F657" t="inlineStr">
         <is>
-          <t>ScreenSharePreview</t>
+          <t>ScreenShareView your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="G657" t="inlineStr"/>
       <c r="H657" t="inlineStr"/>
     </row>
     <row r="658">
       <c r="A658" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22491</t>
+          <t>../qml/voip/ScreenShare.qml:22506</t>
         </is>
       </c>
       <c r="B658" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Hide mouse cursor</t>
         </is>
       </c>
       <c r="C658" t="inlineStr">
         <is>
-          <t>Abbrechen</t>
+          <t>Mauszeiger verstecken</t>
         </is>
       </c>
       <c r="D658" t="inlineStr"/>
       <c r="E658" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F658" t="inlineStr">
         <is>
-          <t>ScreenShareCancel</t>
+          <t>ScreenShareHide mouse cursor</t>
         </is>
       </c>
       <c r="G658" t="inlineStr"/>
       <c r="H658" t="inlineStr"/>
     </row>
     <row r="659">
       <c r="A659" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17370</t>
+          <t>../qml/voip/ScreenShare.qml:22527</t>
         </is>
       </c>
       <c r="B659" t="inlineStr">
         <is>
-          <t>Failed to connect to secret storage</t>
+          <t>Share</t>
         </is>
       </c>
       <c r="C659" t="inlineStr">
         <is>
-          <t>Verbindung zum kryptografischen Speicher fehlgeschlagen</t>
+          <t>Teilen</t>
         </is>
       </c>
       <c r="D659" t="inlineStr"/>
       <c r="E659" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F659" t="inlineStr">
         <is>
-          <t>SecretStorageFailed to connect to secret storage</t>
+          <t>ScreenShareShare</t>
         </is>
       </c>
       <c r="G659" t="inlineStr"/>
       <c r="H659" t="inlineStr"/>
     </row>
     <row r="660">
       <c r="A660" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17371</t>
+          <t>../qml/voip/ScreenShare.qml:22543</t>
         </is>
       </c>
       <c r="B660" t="inlineStr">
         <is>
-          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>Preview</t>
         </is>
       </c>
       <c r="C660" t="inlineStr">
         <is>
-          <t>Nheko konnte sich nicht mit dem Dienst zum sicheren speichern von Schlüsseln verbinden. Das kann verschiedene Gründe haben. Prüfe, ob der D-Bus-Dienst aktiv ist und du einen Dienst wie KWallet, Gnome Keyring, KeePassXC oder das Äquivalent für deine Platform. Wenn du Probleme hast, scheue dich nicht Hilfe hier zu suchen: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>Vorschau</t>
         </is>
       </c>
       <c r="D660" t="inlineStr"/>
       <c r="E660" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F660" t="inlineStr">
         <is>
-          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>ScreenSharePreview</t>
         </is>
       </c>
       <c r="G660" t="inlineStr"/>
       <c r="H660" t="inlineStr"/>
     </row>
     <row r="661">
       <c r="A661" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17421</t>
+          <t>../qml/voip/ScreenShare.qml:22550</t>
         </is>
       </c>
       <c r="B661" t="inlineStr">
         <is>
-          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C661" t="inlineStr">
         <is>
-          <t>Dies ist dein Wiederherstellungsschlüssel. Du brauchst diesen um auf deine verschüsselten Nachrichten und Verifizierungsschlüssel zugreifen zu können. Pass gut drauf auf. Teile den Schlüssel mit niemandem und verliere ihn nicht! Gehe nicht über Los! Ziehe nicht 2000€ ein!</t>
+          <t>Abbrechen</t>
         </is>
       </c>
       <c r="D661" t="inlineStr"/>
       <c r="E661" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F661" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>ScreenShareCancel</t>
         </is>
       </c>
       <c r="G661" t="inlineStr"/>
       <c r="H661" t="inlineStr"/>
     </row>
     <row r="662">
       <c r="A662" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17442</t>
+          <t>../../src/Cache.cpp:17430</t>
         </is>
       </c>
       <c r="B662" t="inlineStr">
         <is>
-          <t>Encryption setup successfully</t>
+          <t>Failed to connect to secret storage</t>
         </is>
       </c>
       <c r="C662" t="inlineStr">
         <is>
-          <t>Verschlüsselung erfolgreich konfiguriert</t>
+          <t>Verbindung zum kryptografischen Speicher fehlgeschlagen</t>
         </is>
       </c>
       <c r="D662" t="inlineStr"/>
       <c r="E662" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F662" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckEncryption setup successfully</t>
+          <t>SecretStorageFailed to connect to secret storage</t>
         </is>
       </c>
       <c r="G662" t="inlineStr"/>
       <c r="H662" t="inlineStr"/>
     </row>
     <row r="663">
       <c r="A663" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17450</t>
+          <t>../../src/Cache.cpp:17431</t>
         </is>
       </c>
       <c r="B663" t="inlineStr">
         <is>
-          <t>Failed to setup encryption: %1</t>
+          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="C663" t="inlineStr">
         <is>
-          <t>Verschlüsselung konnte nicht konfiguriert werden: %1</t>
+          <t>Nheko konnte sich nicht mit dem Dienst zum sicheren speichern von Schlüsseln verbinden. Das kann verschiedene Gründe haben. Prüfe, ob der D-Bus-Dienst aktiv ist und du einen Dienst wie KWallet, Gnome Keyring, KeePassXC oder das Äquivalent für deine Platform. Wenn du Probleme hast, scheue dich nicht Hilfe hier zu suchen: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="D663" t="inlineStr"/>
       <c r="E663" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F663" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+        </is>
+      </c>
+      <c r="G663" t="inlineStr"/>
       <c r="H663" t="inlineStr"/>
     </row>
     <row r="664">
       <c r="A664" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17482</t>
+          <t>../qml/SelfVerificationCheck.qml:17481</t>
         </is>
       </c>
       <c r="B664" t="inlineStr">
         <is>
-          <t>Setup Encryption</t>
+          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="C664" t="inlineStr">
         <is>
-          <t>Konfiguriere Verschlüsselung</t>
+          <t>Dies ist dein Wiederherstellungsschlüssel. Du brauchst diesen um auf deine verschüsselten Nachrichten und Verifizierungsschlüssel zugreifen zu können. Pass gut drauf auf. Teile den Schlüssel mit niemandem und verliere ihn nicht! Gehe nicht über Los! Ziehe nicht 2000€ ein!</t>
         </is>
       </c>
       <c r="D664" t="inlineStr"/>
       <c r="E664" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F664" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckSetup Encryption</t>
+          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="G664" t="inlineStr"/>
       <c r="H664" t="inlineStr"/>
     </row>
     <row r="665">
       <c r="A665" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17491</t>
+          <t>../qml/SelfVerificationCheck.qml:17502</t>
         </is>
       </c>
       <c r="B665" t="inlineStr">
+        <is>
+          <t>Encryption setup successfully</t>
+        </is>
+      </c>
+      <c r="C665" t="inlineStr">
+        <is>
+          <t>Verschlüsselung erfolgreich konfiguriert</t>
+        </is>
+      </c>
+      <c r="D665" t="inlineStr"/>
+      <c r="E665" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F665" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckEncryption setup successfully</t>
+        </is>
+      </c>
+      <c r="G665" t="inlineStr"/>
+      <c r="H665" t="inlineStr"/>
+    </row>
+    <row r="666">
+      <c r="A666" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17510</t>
+        </is>
+      </c>
+      <c r="B666" t="inlineStr">
+        <is>
+          <t>Failed to setup encryption: %1</t>
+        </is>
+      </c>
+      <c r="C666" t="inlineStr">
+        <is>
+          <t>Verschlüsselung konnte nicht konfiguriert werden: %1</t>
+        </is>
+      </c>
+      <c r="D666" t="inlineStr"/>
+      <c r="E666" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F666" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
+        </is>
+      </c>
+      <c r="G666" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Aktivierung der Verschlüsselung fehlgeschlagen: %1</t>
+        </is>
+      </c>
+      <c r="H666" t="inlineStr"/>
+    </row>
+    <row r="667">
+      <c r="A667" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17542</t>
+        </is>
+      </c>
+      <c r="B667" t="inlineStr">
+        <is>
+          <t>Setup Encryption</t>
+        </is>
+      </c>
+      <c r="C667" t="inlineStr">
+        <is>
+          <t>Konfiguriere Verschlüsselung</t>
+        </is>
+      </c>
+      <c r="D667" t="inlineStr"/>
+      <c r="E667" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F667" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckSetup Encryption</t>
+        </is>
+      </c>
+      <c r="G667" t="inlineStr"/>
+      <c r="H667" t="inlineStr"/>
+    </row>
+    <row r="668">
+      <c r="A668" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17551</t>
+        </is>
+      </c>
+      <c r="B668" t="inlineStr">
         <is>
           <t>Hello and welcome to Matrix!
 It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
-      <c r="C665" t="inlineStr">
+      <c r="C668" t="inlineStr">
         <is>
           <t>Hallo und willkommen zu Matrix!
 Sieht so aus als wärst du neu hier. Bevor wir deine Nachrichten verschlüsseln können, müssen wir ein paar Sachen konfigurieren. Keine Panik, du kannst auch einfach weiter klicken, ohne irgendentwas umzustellen, aber du kannst natürlich auch ein paar der Optionen ändern. Die Erklärungen sind etwas länger in der Hoffnung, dass sie weiterhelfen. Du kannst sie überspringen, aber einmal durchlesen ist vielleicht vorteilhaft!</t>
         </is>
       </c>
-      <c r="D665" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F665" t="inlineStr">
+      <c r="D668" t="inlineStr"/>
+      <c r="E668" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F668" t="inlineStr">
         <is>
           <t>SelfVerificationCheckHello and welcome to Matrix!
 It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
-      <c r="G665" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B666" t="inlineStr">
+      <c r="G668" t="inlineStr"/>
+      <c r="H668" t="inlineStr"/>
+    </row>
+    <row r="669">
+      <c r="A669" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17659</t>
+        </is>
+      </c>
+      <c r="B669" t="inlineStr">
         <is>
           <t>Activate Encryption</t>
         </is>
       </c>
-      <c r="C666" t="inlineStr">
+      <c r="C669" t="inlineStr">
         <is>
           <t>Verschlüsselung aktivieren</t>
         </is>
       </c>
-      <c r="D666" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F666" t="inlineStr">
+      <c r="D669" t="inlineStr"/>
+      <c r="E669" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F669" t="inlineStr">
         <is>
           <t>SelfVerificationCheckActivate Encryption</t>
         </is>
       </c>
-      <c r="G666" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B667" t="inlineStr">
+      <c r="G669" t="inlineStr"/>
+      <c r="H669" t="inlineStr"/>
+    </row>
+    <row r="670">
+      <c r="A670" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17668</t>
+        </is>
+      </c>
+      <c r="B670" t="inlineStr">
         <is>
           <t>It seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
 If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
-      <c r="C667" t="inlineStr">
+      <c r="C670" t="inlineStr">
         <is>
           <t>Es sieht so aus als hättest du die Verschlüsselung für dieses Konto schon aktiviert. Damit dieses Gerät auf verschlüsselte Nachrichten zugreifen kann und vertrauenswürdig erschein, kannst du es jetzt entweder mit einem anderen Gerät verifizieren oder (wenn du einen hast) mit deinem Wiederherstellungsschlüssel bestätigen. Bitte wähle eine der folgenden Optionen.
 Wenn du verifizieren wählst, musst du dein anderes Gerät zur Hand haben. Wenn du den Wiederherstellungsschlüssel wählst, brauchst du deine Wiederherstellungsphrase oder -passwort. Mit Abbrechen kannst du diesen Schritt auf später verschieben.</t>
         </is>
       </c>
-      <c r="D667" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F667" t="inlineStr">
+      <c r="D670" t="inlineStr"/>
+      <c r="E670" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F670" t="inlineStr">
         <is>
           <t>SelfVerificationCheckIt seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
 If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
-      <c r="G667" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G670" t="inlineStr"/>
       <c r="H670" t="inlineStr"/>
     </row>
     <row r="671">
       <c r="A671" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17691</t>
+          <t>../qml/SelfVerificationCheck.qml:17673</t>
         </is>
       </c>
       <c r="B671" t="inlineStr">
         <is>
-          <t>Failed to create keys for online key backup!</t>
+          <t>verify</t>
         </is>
       </c>
       <c r="C671" t="inlineStr">
         <is>
-          <t>Onlinebackupschlüssel konntent nicht erzeugt werden!</t>
+          <t>Verifizieren</t>
         </is>
       </c>
       <c r="D671" t="inlineStr"/>
       <c r="E671" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F671" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
+          <t>SelfVerificationCheckverify</t>
         </is>
       </c>
       <c r="G671" t="inlineStr"/>
       <c r="H671" t="inlineStr"/>
     </row>
     <row r="672">
       <c r="A672" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17720</t>
+          <t>../qml/SelfVerificationCheck.qml:17682</t>
         </is>
       </c>
       <c r="B672" t="inlineStr">
         <is>
-          <t>Failed to create keys for secure server side secret storage!</t>
+          <t>enter passphrase</t>
         </is>
       </c>
       <c r="C672" t="inlineStr">
         <is>
-          <t>Konnte Schlüssel für den sicheren, server-seitigen Speicher nicht erzeugen!</t>
+          <t>Passphrase eingeben</t>
         </is>
       </c>
       <c r="D672" t="inlineStr"/>
       <c r="E672" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F672" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
+          <t>SelfVerificationCheckenter passphrase</t>
         </is>
       </c>
       <c r="G672" t="inlineStr"/>
       <c r="H672" t="inlineStr"/>
     </row>
     <row r="673">
       <c r="A673" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17764</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17735</t>
         </is>
       </c>
       <c r="B673" t="inlineStr">
         <is>
-          <t>Encryption Setup</t>
+          <t>Failed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="C673" t="inlineStr">
         <is>
-          <t>Konfiguriere Verschlüsselung</t>
+          <t>Quersignaturschlüssel konnten nicht erzeugt werden!</t>
         </is>
       </c>
       <c r="D673" t="inlineStr"/>
       <c r="E673" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F673" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption Setup</t>
+          <t>SelfVerificationStatusFailed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="G673" t="inlineStr"/>
       <c r="H673" t="inlineStr"/>
     </row>
     <row r="674">
       <c r="A674" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17770</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17751</t>
         </is>
       </c>
       <c r="B674" t="inlineStr">
         <is>
-          <t>Encryption setup failed: %1</t>
+          <t>Failed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="C674" t="inlineStr">
         <is>
-          <t>Konfiguration der Verschlüsselung fehlgeschlagen: %1</t>
+          <t>Onlinebackupschlüssel konntent nicht erzeugt werden!</t>
         </is>
       </c>
       <c r="D674" t="inlineStr"/>
       <c r="E674" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F674" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption setup failed: %1</t>
+          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="G674" t="inlineStr"/>
       <c r="H674" t="inlineStr"/>
     </row>
     <row r="675">
       <c r="A675" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17928</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17780</t>
         </is>
       </c>
       <c r="B675" t="inlineStr">
         <is>
-          <t>Identity key changed. This breaks E2EE, so logging out.</t>
+          <t>Failed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="C675" t="inlineStr">
         <is>
-          <t>Die Identitätschlüssel haben sich geändert. Das stört die Verschlüsselung, deswegen wirst du abgemeldet.</t>
+          <t>Konnte Schlüssel für den sicheren, server-seitigen Speicher nicht erzeugen!</t>
         </is>
       </c>
       <c r="D675" t="inlineStr"/>
       <c r="E675" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F675" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
+          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="G675" t="inlineStr"/>
       <c r="H675" t="inlineStr"/>
     </row>
     <row r="676">
       <c r="A676" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18246</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17824</t>
         </is>
       </c>
       <c r="B676" t="inlineStr">
         <is>
-          <t>Failed to update image pack: %1</t>
+          <t>Encryption Setup</t>
         </is>
       </c>
       <c r="C676" t="inlineStr">
         <is>
-          <t>Konnte die Bilderpackung nicht aktualisieren: %1</t>
+          <t>Konfiguriere Verschlüsselung</t>
         </is>
       </c>
       <c r="D676" t="inlineStr"/>
       <c r="E676" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F676" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to update image pack: %1</t>
+          <t>SelfVerificationStatusEncryption Setup</t>
         </is>
       </c>
       <c r="G676" t="inlineStr"/>
       <c r="H676" t="inlineStr"/>
     </row>
     <row r="677">
       <c r="A677" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18260</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17830</t>
         </is>
       </c>
       <c r="B677" t="inlineStr">
         <is>
-          <t>Failed to delete old image pack: %1</t>
+          <t>Encryption setup failed: %1</t>
         </is>
       </c>
       <c r="C677" t="inlineStr">
         <is>
-          <t>Konnte die alte Bilderpackung nicht löschen: %1</t>
+          <t>Konfiguration der Verschlüsselung fehlgeschlagen: %1</t>
         </is>
       </c>
       <c r="D677" t="inlineStr"/>
       <c r="E677" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F677" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
+          <t>SelfVerificationStatusEncryption setup failed: %1</t>
         </is>
       </c>
       <c r="G677" t="inlineStr"/>
       <c r="H677" t="inlineStr"/>
     </row>
     <row r="678">
       <c r="A678" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18318</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17988</t>
         </is>
       </c>
       <c r="B678" t="inlineStr">
         <is>
-          <t>Failed to open image: %1</t>
+          <t>Identity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="C678" t="inlineStr">
         <is>
-          <t>Konnte Bild nicht öffnen: %1</t>
+          <t>Die Identitätschlüssel haben sich geändert. Das stört die Verschlüsselung, deswegen wirst du abgemeldet.</t>
         </is>
       </c>
       <c r="D678" t="inlineStr"/>
       <c r="E678" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F678" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to open image: %1</t>
+          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="G678" t="inlineStr"/>
       <c r="H678" t="inlineStr"/>
     </row>
     <row r="679">
       <c r="A679" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18332</t>
+          <t>../../src/SingleImagePackModel.cpp:18306</t>
         </is>
       </c>
       <c r="B679" t="inlineStr">
         <is>
-          <t>Failed to upload image: %1</t>
+          <t>Failed to update image pack: %1</t>
         </is>
       </c>
       <c r="C679" t="inlineStr">
         <is>
-          <t>Konnte Bild nicht hochladen: %1</t>
+          <t>Konnte die Bilderpackung nicht aktualisieren: %1</t>
         </is>
       </c>
       <c r="D679" t="inlineStr"/>
       <c r="E679" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F679" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to upload image: %1</t>
+          <t>SingleImagePackModelFailed to update image pack: %1</t>
         </is>
       </c>
       <c r="G679" t="inlineStr"/>
       <c r="H679" t="inlineStr"/>
     </row>
     <row r="680">
       <c r="A680" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenu.qml:18348</t>
+          <t>../../src/SingleImagePackModel.cpp:18320</t>
         </is>
       </c>
       <c r="B680" t="inlineStr">
         <is>
-          <t>Add or remove from community...</t>
+          <t>Failed to delete old image pack: %1</t>
         </is>
       </c>
       <c r="C680" t="inlineStr">
         <is>
-          <t>Zu Gruppe hinzufügen oder entfernen...</t>
+          <t>Konnte die alte Bilderpackung nicht löschen: %1</t>
         </is>
       </c>
       <c r="D680" t="inlineStr"/>
       <c r="E680" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F680" t="inlineStr">
         <is>
-          <t>SpaceMenuAdd or remove from community...</t>
+          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
         </is>
       </c>
       <c r="G680" t="inlineStr"/>
       <c r="H680" t="inlineStr"/>
     </row>
     <row r="681">
       <c r="A681" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18376</t>
+          <t>../../src/SingleImagePackModel.cpp:18378</t>
         </is>
       </c>
       <c r="B681" t="inlineStr">
         <is>
-          <t>Official community for this room</t>
+          <t>Failed to open image: %1</t>
         </is>
       </c>
       <c r="C681" t="inlineStr">
         <is>
-          <t>Offizielle Gruppe für diesen Raum</t>
+          <t>Konnte Bild nicht öffnen: %1</t>
         </is>
       </c>
       <c r="D681" t="inlineStr"/>
       <c r="E681" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F681" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelOfficial community for this room</t>
+          <t>SingleImagePackModelFailed to open image: %1</t>
         </is>
       </c>
       <c r="G681" t="inlineStr"/>
       <c r="H681" t="inlineStr"/>
     </row>
     <row r="682">
       <c r="A682" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18384</t>
+          <t>../../src/SingleImagePackModel.cpp:18392</t>
         </is>
       </c>
       <c r="B682" t="inlineStr">
         <is>
-          <t>Affiliated community for this room</t>
+          <t>Failed to upload image: %1</t>
         </is>
       </c>
       <c r="C682" t="inlineStr">
         <is>
-          <t>Assoziierte Gruppe für diesen Raum</t>
+          <t>Konnte Bild nicht hochladen: %1</t>
         </is>
       </c>
       <c r="D682" t="inlineStr"/>
       <c r="E682" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F682" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelAffiliated community for this room</t>
+          <t>SingleImagePackModelFailed to upload image: %1</t>
         </is>
       </c>
       <c r="G682" t="inlineStr"/>
       <c r="H682" t="inlineStr"/>
     </row>
     <row r="683">
       <c r="A683" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18392</t>
+          <t>../qml/components/SpaceMenu.qml:18408</t>
         </is>
       </c>
       <c r="B683" t="inlineStr">
         <is>
-          <t>Listed only for community members</t>
+          <t>Add or remove from community...</t>
         </is>
       </c>
       <c r="C683" t="inlineStr">
         <is>
-          <t>Nur für Gruppenmitglieder gelistet</t>
+          <t>Zu Gruppe hinzufügen oder entfernen...</t>
         </is>
       </c>
       <c r="D683" t="inlineStr"/>
       <c r="E683" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F683" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for community members</t>
+          <t>SpaceMenuAdd or remove from community...</t>
         </is>
       </c>
       <c r="G683" t="inlineStr"/>
       <c r="H683" t="inlineStr"/>
     </row>
     <row r="684">
       <c r="A684" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18400</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18436</t>
         </is>
       </c>
       <c r="B684" t="inlineStr">
         <is>
-          <t>Listed only for room members</t>
+          <t>Official community for this room</t>
         </is>
       </c>
       <c r="C684" t="inlineStr">
         <is>
-          <t>Nur für Raummitglieder gelistet</t>
+          <t>Offizielle Gruppe für diesen Raum</t>
         </is>
       </c>
       <c r="D684" t="inlineStr"/>
       <c r="E684" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F684" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for room members</t>
+          <t>SpaceMenuLevelOfficial community for this room</t>
         </is>
       </c>
       <c r="G684" t="inlineStr"/>
       <c r="H684" t="inlineStr"/>
     </row>
     <row r="685">
       <c r="A685" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18408</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18444</t>
         </is>
       </c>
       <c r="B685" t="inlineStr">
         <is>
-          <t>Not related</t>
+          <t>Affiliated community for this room</t>
         </is>
       </c>
       <c r="C685" t="inlineStr">
         <is>
-          <t>Nicht assoziiert</t>
+          <t>Assoziierte Gruppe für diesen Raum</t>
         </is>
       </c>
       <c r="D685" t="inlineStr"/>
       <c r="E685" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F685" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelNot related</t>
+          <t>SpaceMenuLevelAffiliated community for this room</t>
         </is>
       </c>
       <c r="G685" t="inlineStr"/>
       <c r="H685" t="inlineStr"/>
     </row>
     <row r="686">
       <c r="A686" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18426</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18452</t>
         </is>
       </c>
       <c r="B686" t="inlineStr">
         <is>
-          <t>Failed</t>
+          <t>Listed only for community members</t>
         </is>
       </c>
       <c r="C686" t="inlineStr">
         <is>
-          <t>Fehlgeschlagen</t>
+          <t>Nur für Gruppenmitglieder gelistet</t>
         </is>
       </c>
       <c r="D686" t="inlineStr"/>
       <c r="E686" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F686" t="inlineStr">
         <is>
-          <t>StatusIndicatorFailed</t>
+          <t>SpaceMenuLevelListed only for community members</t>
         </is>
       </c>
       <c r="G686" t="inlineStr"/>
       <c r="H686" t="inlineStr"/>
     </row>
     <row r="687">
       <c r="A687" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18428</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18460</t>
         </is>
       </c>
       <c r="B687" t="inlineStr">
         <is>
-          <t>Sent</t>
+          <t>Listed only for room members</t>
         </is>
       </c>
       <c r="C687" t="inlineStr">
         <is>
-          <t>Gesendet</t>
+          <t>Nur für Raummitglieder gelistet</t>
         </is>
       </c>
       <c r="D687" t="inlineStr"/>
       <c r="E687" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F687" t="inlineStr">
         <is>
-          <t>StatusIndicatorSent</t>
+          <t>SpaceMenuLevelListed only for room members</t>
         </is>
       </c>
       <c r="G687" t="inlineStr"/>
       <c r="H687" t="inlineStr"/>
     </row>
     <row r="688">
       <c r="A688" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18430</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18468</t>
         </is>
       </c>
       <c r="B688" t="inlineStr">
         <is>
-          <t>Received</t>
+          <t>Not related</t>
         </is>
       </c>
       <c r="C688" t="inlineStr">
         <is>
-          <t>Empfangen</t>
+          <t>Nicht assoziiert</t>
         </is>
       </c>
       <c r="D688" t="inlineStr"/>
       <c r="E688" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F688" t="inlineStr">
         <is>
-          <t>StatusIndicatorReceived</t>
+          <t>SpaceMenuLevelNot related</t>
         </is>
       </c>
       <c r="G688" t="inlineStr"/>
       <c r="H688" t="inlineStr"/>
     </row>
     <row r="689">
       <c r="A689" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18432</t>
+          <t>../qml/StatusIndicator.qml:18486</t>
         </is>
       </c>
       <c r="B689" t="inlineStr">
         <is>
-          <t>Read</t>
+          <t>Failed</t>
         </is>
       </c>
       <c r="C689" t="inlineStr">
         <is>
-          <t>Gelesen</t>
+          <t>Fehlgeschlagen</t>
         </is>
       </c>
       <c r="D689" t="inlineStr"/>
       <c r="E689" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F689" t="inlineStr">
         <is>
-          <t>StatusIndicatorRead</t>
+          <t>StatusIndicatorFailed</t>
         </is>
       </c>
       <c r="G689" t="inlineStr"/>
       <c r="H689" t="inlineStr"/>
     </row>
     <row r="690">
       <c r="A690" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18501</t>
+          <t>../qml/StatusIndicator.qml:18488</t>
         </is>
       </c>
       <c r="B690" t="inlineStr">
         <is>
-          <t>Search</t>
+          <t>Sent</t>
         </is>
       </c>
       <c r="C690" t="inlineStr">
         <is>
-          <t>Suche</t>
+          <t>Gesendet</t>
         </is>
       </c>
       <c r="D690" t="inlineStr"/>
       <c r="E690" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F690" t="inlineStr">
         <is>
-          <t>StickerPickerSearch</t>
+          <t>StatusIndicatorSent</t>
         </is>
       </c>
       <c r="G690" t="inlineStr"/>
       <c r="H690" t="inlineStr"/>
     </row>
     <row r="691">
       <c r="A691" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18690</t>
+          <t>../qml/StatusIndicator.qml:18490</t>
         </is>
       </c>
       <c r="B691" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>Received</t>
         </is>
       </c>
       <c r="C691" t="inlineStr">
         <is>
-          <t>Ändere welche Packungen aktiv sind, entferne oder erstelle neue Packungen.</t>
+          <t>Empfangen</t>
         </is>
       </c>
       <c r="D691" t="inlineStr"/>
       <c r="E691" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F691" t="inlineStr">
         <is>
-          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
-[...6 lines deleted...]
-      </c>
+          <t>StatusIndicatorReceived</t>
+        </is>
+      </c>
+      <c r="G691" t="inlineStr"/>
       <c r="H691" t="inlineStr"/>
     </row>
     <row r="692">
       <c r="A692" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18700</t>
+          <t>../qml/StatusIndicator.qml:18492</t>
         </is>
       </c>
       <c r="B692" t="inlineStr">
         <is>
-          <t>Successful Verification</t>
+          <t>Read</t>
         </is>
       </c>
       <c r="C692" t="inlineStr">
         <is>
-          <t>Erfolgreiche Verifizierung</t>
+          <t>Gelesen</t>
         </is>
       </c>
       <c r="D692" t="inlineStr"/>
       <c r="E692" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F692" t="inlineStr">
         <is>
-          <t>SuccessSuccessful Verification</t>
+          <t>StatusIndicatorRead</t>
         </is>
       </c>
       <c r="G692" t="inlineStr"/>
       <c r="H692" t="inlineStr"/>
     </row>
     <row r="693">
       <c r="A693" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18710</t>
+          <t>../qml/emoji/StickerPicker.qml:18561</t>
         </is>
       </c>
       <c r="B693" t="inlineStr">
         <is>
-          <t>Verification successful!  Both sides verified their devices!</t>
+          <t>Search</t>
         </is>
       </c>
       <c r="C693" t="inlineStr">
         <is>
-          <t>Verifizierung erfolgreich! Beide Seiten haben ihre Geräte verifiziert!</t>
+          <t>Suche</t>
         </is>
       </c>
       <c r="D693" t="inlineStr"/>
       <c r="E693" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F693" t="inlineStr">
         <is>
-          <t>SuccessVerification successful! Both sides verified their devices!</t>
+          <t>StickerPickerSearch</t>
         </is>
       </c>
       <c r="G693" t="inlineStr"/>
       <c r="H693" t="inlineStr"/>
     </row>
     <row r="694">
       <c r="A694" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18724</t>
+          <t>../qml/emoji/StickerPicker.qml:18750</t>
         </is>
       </c>
       <c r="B694" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C694" t="inlineStr">
         <is>
-          <t>Schließen</t>
+          <t>Ändere welche Packungen aktiv sind, entferne oder erstelle neue Packungen.</t>
         </is>
       </c>
       <c r="D694" t="inlineStr"/>
       <c r="E694" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F694" t="inlineStr">
         <is>
-          <t>SuccessClose</t>
-[...2 lines deleted...]
-      <c r="G694" t="inlineStr"/>
+          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
+        </is>
+      </c>
+      <c r="G694" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ändere welche Pakete aktiv sind, entferne oder erstelle neue Pakete.</t>
+        </is>
+      </c>
       <c r="H694" t="inlineStr"/>
     </row>
     <row r="695">
       <c r="A695" t="inlineStr">
         <is>
-          <t>../qml/TimelineDefaultMessageStyle.qml:18891</t>
+          <t>../qml/device-verification/Success.qml:18760</t>
         </is>
       </c>
       <c r="B695" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>Successful Verification</t>
         </is>
       </c>
       <c r="C695" t="inlineStr">
         <is>
-          <t>Teil eines Gesprächfadens</t>
+          <t>Erfolgreiche Verifizierung</t>
         </is>
       </c>
       <c r="D695" t="inlineStr"/>
       <c r="E695" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F695" t="inlineStr">
         <is>
-          <t>TimelineDefaultMessageStylePart of a thread</t>
+          <t>SuccessSuccessful Verification</t>
         </is>
       </c>
       <c r="G695" t="inlineStr"/>
       <c r="H695" t="inlineStr"/>
     </row>
     <row r="696">
       <c r="A696" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18979</t>
+          <t>../qml/device-verification/Success.qml:18770</t>
         </is>
       </c>
       <c r="B696" t="inlineStr">
         <is>
-          <t>%1 placed a voice call.</t>
+          <t>Verification successful!  Both sides verified their devices!</t>
         </is>
       </c>
       <c r="C696" t="inlineStr">
         <is>
-          <t>%1 hat einen Sprachanruf gestartet.</t>
+          <t>Verifizierung erfolgreich! Beide Seiten haben ihre Geräte verifiziert!</t>
         </is>
       </c>
       <c r="D696" t="inlineStr"/>
       <c r="E696" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F696" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a voice call.</t>
+          <t>SuccessVerification successful! Both sides verified their devices!</t>
         </is>
       </c>
       <c r="G696" t="inlineStr"/>
       <c r="H696" t="inlineStr"/>
     </row>
     <row r="697">
       <c r="A697" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18981</t>
+          <t>../qml/device-verification/Success.qml:18784</t>
         </is>
       </c>
       <c r="B697" t="inlineStr">
         <is>
-          <t>%1 placed a video call.</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C697" t="inlineStr">
         <is>
-          <t>%1 hat einen Videoanruf gestartet.</t>
+          <t>Schließen</t>
         </is>
       </c>
       <c r="D697" t="inlineStr"/>
       <c r="E697" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F697" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a video call.</t>
+          <t>SuccessClose</t>
         </is>
       </c>
       <c r="G697" t="inlineStr"/>
       <c r="H697" t="inlineStr"/>
     </row>
     <row r="698">
       <c r="A698" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18983</t>
+          <t>../qml/TimelineDefaultMessageStyle.qml:18951</t>
         </is>
       </c>
       <c r="B698" t="inlineStr">
         <is>
-          <t>%1 placed a call.</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C698" t="inlineStr">
         <is>
-          <t>%1 hat angerufen.</t>
+          <t>Teil eines Gesprächfadens</t>
         </is>
       </c>
       <c r="D698" t="inlineStr"/>
       <c r="E698" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F698" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineDefaultMessageStylePart of a thread</t>
+        </is>
+      </c>
+      <c r="G698" t="inlineStr"/>
       <c r="H698" t="inlineStr"/>
     </row>
     <row r="699">
       <c r="A699" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19005</t>
+          <t>../qml/TimelineEvent.qml:19039</t>
         </is>
       </c>
       <c r="B699" t="inlineStr">
         <is>
-          <t>%1 answered the call.</t>
+          <t>%1 placed a voice call.</t>
         </is>
       </c>
       <c r="C699" t="inlineStr">
         <is>
-          <t>%1 hat den Anruf angenommen.</t>
+          <t>%1 hat einen Sprachanruf gestartet.</t>
         </is>
       </c>
       <c r="D699" t="inlineStr"/>
       <c r="E699" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F699" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 answered the call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineEvent%1 placed a voice call.</t>
+        </is>
+      </c>
+      <c r="G699" t="inlineStr"/>
       <c r="H699" t="inlineStr"/>
     </row>
     <row r="700">
       <c r="A700" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19007</t>
+          <t>../qml/TimelineEvent.qml:19041</t>
         </is>
       </c>
       <c r="B700" t="inlineStr">
         <is>
-          <t>%1 rejected the call.</t>
+          <t>%1 placed a video call.</t>
         </is>
       </c>
       <c r="C700" t="inlineStr">
         <is>
-          <t>%1 hat den Anruf abgewiesen.</t>
+          <t>%1 hat einen Videoanruf gestartet.</t>
         </is>
       </c>
       <c r="D700" t="inlineStr"/>
       <c r="E700" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F700" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 rejected the call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineEvent%1 placed a video call.</t>
+        </is>
+      </c>
+      <c r="G700" t="inlineStr"/>
       <c r="H700" t="inlineStr"/>
     </row>
     <row r="701">
       <c r="A701" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19009</t>
+          <t>../qml/TimelineEvent.qml:19043</t>
         </is>
       </c>
       <c r="B701" t="inlineStr">
         <is>
-          <t>%1 selected answer.</t>
+          <t>%1 placed a call.</t>
         </is>
       </c>
       <c r="C701" t="inlineStr">
         <is>
-          <t>%1 hat eine Antwort ausgewählt.</t>
+          <t>%1 hat angerufen.</t>
         </is>
       </c>
       <c r="D701" t="inlineStr"/>
       <c r="E701" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F701" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 selected answer.</t>
-[...2 lines deleted...]
-      <c r="G701" t="inlineStr"/>
+          <t>TimelineEvent%1 placed a call.</t>
+        </is>
+      </c>
+      <c r="G701" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 hat angerufen</t>
+        </is>
+      </c>
       <c r="H701" t="inlineStr"/>
     </row>
     <row r="702">
       <c r="A702" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19011</t>
+          <t>../qml/TimelineEvent.qml:19065</t>
         </is>
       </c>
       <c r="B702" t="inlineStr">
         <is>
-          <t>%1 ended the call.</t>
+          <t>%1 answered the call.</t>
         </is>
       </c>
       <c r="C702" t="inlineStr">
         <is>
-          <t>%1 hat den Anruf beendet.</t>
+          <t>%1 hat den Anruf angenommen.</t>
         </is>
       </c>
       <c r="D702" t="inlineStr"/>
       <c r="E702" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F702" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 ended the call.</t>
-[...2 lines deleted...]
-      <c r="G702" t="inlineStr"/>
+          <t>TimelineEvent%1 answered the call.</t>
+        </is>
+      </c>
+      <c r="G702" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 hat einen Anruf angenommen</t>
+        </is>
+      </c>
       <c r="H702" t="inlineStr"/>
     </row>
     <row r="703">
       <c r="A703" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19015</t>
+          <t>../qml/TimelineEvent.qml:19067</t>
         </is>
       </c>
       <c r="B703" t="inlineStr">
         <is>
-          <t>%1 is negotiating the call...</t>
+          <t>%1 rejected the call.</t>
         </is>
       </c>
       <c r="C703" t="inlineStr">
         <is>
-          <t>%1 wartet auf Verbindung...</t>
+          <t>%1 hat den Anruf abgewiesen.</t>
         </is>
       </c>
       <c r="D703" t="inlineStr"/>
       <c r="E703" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F703" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 is negotiating the call...</t>
-[...2 lines deleted...]
-      <c r="G703" t="inlineStr"/>
+          <t>TimelineEvent%1 rejected the call.</t>
+        </is>
+      </c>
+      <c r="G703" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 hat einen Anruf abgewiesen</t>
+        </is>
+      </c>
       <c r="H703" t="inlineStr"/>
     </row>
     <row r="704">
       <c r="A704" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19106</t>
+          <t>../qml/TimelineEvent.qml:19069</t>
         </is>
       </c>
       <c r="B704" t="inlineStr">
         <is>
-          <t>Allow them in</t>
+          <t>%1 selected answer.</t>
         </is>
       </c>
       <c r="C704" t="inlineStr">
         <is>
-          <t>Reinlassen</t>
+          <t>%1 hat eine Antwort ausgewählt.</t>
         </is>
       </c>
       <c r="D704" t="inlineStr"/>
       <c r="E704" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F704" t="inlineStr">
         <is>
-          <t>TimelineEventAllow them in</t>
+          <t>TimelineEvent%1 selected answer.</t>
         </is>
       </c>
       <c r="G704" t="inlineStr"/>
       <c r="H704" t="inlineStr"/>
     </row>
     <row r="705">
       <c r="A705" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19128</t>
+          <t>../qml/TimelineEvent.qml:19071</t>
         </is>
       </c>
       <c r="B705" t="inlineStr">
         <is>
-          <t>This room was replaced for the following reason: %1</t>
+          <t>%1 ended the call.</t>
         </is>
       </c>
       <c r="C705" t="inlineStr">
         <is>
-          <t>Dieser Raum wurde aus folgendem Grund ersetzt: %1</t>
+          <t>%1 hat den Anruf beendet.</t>
         </is>
       </c>
       <c r="D705" t="inlineStr"/>
       <c r="E705" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F705" t="inlineStr">
         <is>
-          <t>TimelineEventThis room was replaced for the following reason: %1</t>
+          <t>TimelineEvent%1 ended the call.</t>
         </is>
       </c>
       <c r="G705" t="inlineStr"/>
       <c r="H705" t="inlineStr"/>
     </row>
     <row r="706">
       <c r="A706" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19136</t>
+          <t>../qml/TimelineEvent.qml:19075</t>
         </is>
       </c>
       <c r="B706" t="inlineStr">
         <is>
-          <t>Go to replacement room</t>
+          <t>%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="C706" t="inlineStr">
         <is>
-          <t>Gehe zum neuen Raum</t>
+          <t>%1 wartet auf Verbindung...</t>
         </is>
       </c>
       <c r="D706" t="inlineStr"/>
       <c r="E706" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F706" t="inlineStr">
         <is>
-          <t>TimelineEventGo to replacement room</t>
+          <t>TimelineEvent%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="G706" t="inlineStr"/>
       <c r="H706" t="inlineStr"/>
     </row>
     <row r="707">
       <c r="A707" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19176</t>
+          <t>../qml/TimelineEvent.qml:19166</t>
         </is>
       </c>
       <c r="B707" t="inlineStr">
         <is>
-          <t>Edited</t>
+          <t>Allow them in</t>
         </is>
       </c>
       <c r="C707" t="inlineStr">
         <is>
-          <t>Bearbeitet</t>
+          <t>Reinlassen</t>
         </is>
       </c>
       <c r="D707" t="inlineStr"/>
       <c r="E707" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F707" t="inlineStr">
         <is>
-          <t>TimelineMetadataEdited</t>
+          <t>TimelineEventAllow them in</t>
         </is>
       </c>
       <c r="G707" t="inlineStr"/>
       <c r="H707" t="inlineStr"/>
     </row>
     <row r="708">
       <c r="A708" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19192</t>
+          <t>../qml/TimelineEvent.qml:19188</t>
         </is>
       </c>
       <c r="B708" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>This room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="C708" t="inlineStr">
         <is>
-          <t>Teil eines Gesprächfadens</t>
+          <t>Dieser Raum wurde aus folgendem Grund ersetzt: %1</t>
         </is>
       </c>
       <c r="D708" t="inlineStr"/>
       <c r="E708" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F708" t="inlineStr">
         <is>
-          <t>TimelineMetadataPart of a thread</t>
+          <t>TimelineEventThis room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="G708" t="inlineStr"/>
       <c r="H708" t="inlineStr"/>
     </row>
     <row r="709">
       <c r="A709" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20814</t>
+          <t>../qml/TimelineEvent.qml:19196</t>
         </is>
       </c>
       <c r="B709" t="inlineStr">
         <is>
-          <t>Message redaction failed: %1</t>
+          <t>Go to replacement room</t>
         </is>
       </c>
       <c r="C709" t="inlineStr">
         <is>
-          <t>Nachricht zurückziehen fehlgeschlagen: %1</t>
+          <t>Gehe zum neuen Raum</t>
         </is>
       </c>
       <c r="D709" t="inlineStr"/>
       <c r="E709" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F709" t="inlineStr">
         <is>
-          <t>TimelineModelMessage redaction failed: %1</t>
+          <t>TimelineEventGo to replacement room</t>
         </is>
       </c>
       <c r="G709" t="inlineStr"/>
       <c r="H709" t="inlineStr"/>
     </row>
     <row r="710">
       <c r="A710" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20941</t>
+          <t>../qml/TimelineMetadata.qml:19236</t>
         </is>
       </c>
       <c r="B710" t="inlineStr">
         <is>
-          <t>Failed to encrypt event, sending aborted!</t>
+          <t>Edited</t>
         </is>
       </c>
       <c r="C710" t="inlineStr">
         <is>
-          <t>Event konnte nicht verschlüsselt werden, senden wurde abgebrochen!</t>
+          <t>Bearbeitet</t>
         </is>
       </c>
       <c r="D710" t="inlineStr"/>
       <c r="E710" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F710" t="inlineStr">
         <is>
-          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
+          <t>TimelineMetadataEdited</t>
         </is>
       </c>
       <c r="G710" t="inlineStr"/>
       <c r="H710" t="inlineStr"/>
     </row>
     <row r="711">
       <c r="A711" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21137</t>
+          <t>../qml/TimelineMetadata.qml:19252</t>
         </is>
       </c>
       <c r="B711" t="inlineStr">
         <is>
-          <t>Save image</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C711" t="inlineStr">
         <is>
-          <t>Bild speichern</t>
+          <t>Teil eines Gesprächfadens</t>
         </is>
       </c>
       <c r="D711" t="inlineStr"/>
       <c r="E711" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F711" t="inlineStr">
         <is>
-          <t>TimelineModelSave image</t>
+          <t>TimelineMetadataPart of a thread</t>
         </is>
       </c>
       <c r="G711" t="inlineStr"/>
       <c r="H711" t="inlineStr"/>
     </row>
     <row r="712">
       <c r="A712" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21139</t>
+          <t>../../src/timeline/TimelineModel.cpp:20873</t>
         </is>
       </c>
       <c r="B712" t="inlineStr">
         <is>
-          <t>Save video</t>
+          <t>Message redaction failed: %1</t>
         </is>
       </c>
       <c r="C712" t="inlineStr">
         <is>
-          <t>Video speichern</t>
+          <t>Nachricht zurückziehen fehlgeschlagen: %1</t>
         </is>
       </c>
       <c r="D712" t="inlineStr"/>
       <c r="E712" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F712" t="inlineStr">
         <is>
-          <t>TimelineModelSave video</t>
+          <t>TimelineModelMessage redaction failed: %1</t>
         </is>
       </c>
       <c r="G712" t="inlineStr"/>
       <c r="H712" t="inlineStr"/>
     </row>
     <row r="713">
       <c r="A713" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21141</t>
+          <t>../../src/timeline/TimelineModel.cpp:21000</t>
         </is>
       </c>
       <c r="B713" t="inlineStr">
         <is>
-          <t>Save audio</t>
+          <t>Failed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="C713" t="inlineStr">
         <is>
-          <t>Audiodatei speichern</t>
+          <t>Event konnte nicht verschlüsselt werden, senden wurde abgebrochen!</t>
         </is>
       </c>
       <c r="D713" t="inlineStr"/>
       <c r="E713" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F713" t="inlineStr">
         <is>
-          <t>TimelineModelSave audio</t>
+          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="G713" t="inlineStr"/>
       <c r="H713" t="inlineStr"/>
     </row>
     <row r="714">
       <c r="A714" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21143</t>
+          <t>../../src/timeline/TimelineModel.cpp:21196</t>
         </is>
       </c>
       <c r="B714" t="inlineStr">
         <is>
-          <t>Save file</t>
+          <t>Save image</t>
         </is>
       </c>
       <c r="C714" t="inlineStr">
         <is>
-          <t>Datei speichern</t>
+          <t>Bild speichern</t>
         </is>
       </c>
       <c r="D714" t="inlineStr"/>
       <c r="E714" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F714" t="inlineStr">
         <is>
-          <t>TimelineModelSave file</t>
+          <t>TimelineModelSave image</t>
         </is>
       </c>
       <c r="G714" t="inlineStr"/>
       <c r="H714" t="inlineStr"/>
     </row>
     <row r="715">
       <c r="A715" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21490</t>
+          <t>../../src/timeline/TimelineModel.cpp:21198</t>
         </is>
       </c>
       <c r="B715" t="inlineStr">
         <is>
-          <t>%1%2 is typing.</t>
+          <t>Save video</t>
         </is>
       </c>
       <c r="C715" t="inlineStr">
         <is>
-          <t>%1%2 tippt.</t>
+          <t>Video speichern</t>
         </is>
       </c>
       <c r="D715" t="inlineStr"/>
       <c r="E715" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F715" t="inlineStr">
         <is>
+          <t>TimelineModelSave video</t>
+        </is>
+      </c>
+      <c r="G715" t="inlineStr"/>
+      <c r="H715" t="inlineStr"/>
+    </row>
+    <row r="716">
+      <c r="A716" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21200</t>
+        </is>
+      </c>
+      <c r="B716" t="inlineStr">
+        <is>
+          <t>Save audio</t>
+        </is>
+      </c>
+      <c r="C716" t="inlineStr">
+        <is>
+          <t>Audiodatei speichern</t>
+        </is>
+      </c>
+      <c r="D716" t="inlineStr"/>
+      <c r="E716" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F716" t="inlineStr">
+        <is>
+          <t>TimelineModelSave audio</t>
+        </is>
+      </c>
+      <c r="G716" t="inlineStr"/>
+      <c r="H716" t="inlineStr"/>
+    </row>
+    <row r="717">
+      <c r="A717" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21202</t>
+        </is>
+      </c>
+      <c r="B717" t="inlineStr">
+        <is>
+          <t>Save file</t>
+        </is>
+      </c>
+      <c r="C717" t="inlineStr">
+        <is>
+          <t>Datei speichern</t>
+        </is>
+      </c>
+      <c r="D717" t="inlineStr"/>
+      <c r="E717" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F717" t="inlineStr">
+        <is>
+          <t>TimelineModelSave file</t>
+        </is>
+      </c>
+      <c r="G717" t="inlineStr"/>
+      <c r="H717" t="inlineStr"/>
+    </row>
+    <row r="718">
+      <c r="A718" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21550</t>
+        </is>
+      </c>
+      <c r="B718" t="inlineStr">
+        <is>
+          <t>%1%2 is typing.</t>
+        </is>
+      </c>
+      <c r="C718" t="inlineStr">
+        <is>
+          <t>%1%2 tippt.</t>
+        </is>
+      </c>
+      <c r="D718" t="inlineStr"/>
+      <c r="E718" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F718" t="inlineStr">
+        <is>
           <t>TimelineModel
 Multiple users are typing. First argument is a comma separated list of potentially multiple users. Second argument is the last user of that list. (If only one user is typing, %1 is empty. You should still use it in your string though to silence Qt warnings.)%1 and %2 are typing.</t>
         </is>
       </c>
-      <c r="G715" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G718" t="inlineStr"/>
       <c r="H718" t="inlineStr"/>
     </row>
     <row r="719">
       <c r="A719" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21580</t>
+          <t>../../src/timeline/TimelineModel.cpp:21610</t>
         </is>
       </c>
       <c r="B719" t="inlineStr">
         <is>
-          <t>%1 made the room open to guests.</t>
+          <t>%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="C719" t="inlineStr">
         <is>
-          <t>%1 hat Gästen erlaubt den Raum zu betreten.</t>
+          <t>%1 hat diesen Raum öffentlich gemacht.</t>
         </is>
       </c>
       <c r="D719" t="inlineStr"/>
       <c r="E719" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F719" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room open to guests.</t>
+          <t>TimelineModel%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="G719" t="inlineStr"/>
       <c r="H719" t="inlineStr"/>
     </row>
     <row r="720">
       <c r="A720" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21582</t>
+          <t>../../src/timeline/TimelineModel.cpp:21614</t>
         </is>
       </c>
       <c r="B720" t="inlineStr">
         <is>
-          <t>%1 has closed the room to guest access.</t>
+          <t>%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="C720" t="inlineStr">
         <is>
-          <t>%1 hat Gästen verboten den Raum zu betreten.</t>
+          <t>%1 hat erlaubt Leuten diesen Raum durch Anklopfen beizutreten.</t>
         </is>
       </c>
       <c r="D720" t="inlineStr"/>
       <c r="E720" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F720" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has closed the room to guest access.</t>
+          <t>TimelineModel%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="G720" t="inlineStr"/>
       <c r="H720" t="inlineStr"/>
     </row>
     <row r="721">
       <c r="A721" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21597</t>
+          <t>../../src/timeline/TimelineModel.cpp:21621</t>
         </is>
       </c>
       <c r="B721" t="inlineStr">
         <is>
-          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="C721" t="inlineStr">
         <is>
-          <t>%1 hat den Raum lesbar für alle gemacht. Nutzer, die nicht Teilnehmer dieses Raums sind, können nun Nachrichten in diesem Raum lesen.</t>
+          <t>%1 hat Mitgliedern aus folgenden Räumen erlaubt diesen Raum automatisch zu betreten: %2</t>
         </is>
       </c>
       <c r="D721" t="inlineStr"/>
       <c r="E721" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F721" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>TimelineModel%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="G721" t="inlineStr"/>
       <c r="H721" t="inlineStr"/>
     </row>
     <row r="722">
       <c r="A722" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21601</t>
+          <t>../../src/timeline/TimelineModel.cpp:21640</t>
         </is>
       </c>
       <c r="B722" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members from this point on.</t>
+          <t>%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="C722" t="inlineStr">
         <is>
-          <t>%1 hat eingestellt, dass nur Teilnehmer Nachrichten in diesem Raum lesen können (ab diesem Punkt).</t>
+          <t>%1 hat Gästen erlaubt den Raum zu betreten.</t>
         </is>
       </c>
       <c r="D722" t="inlineStr"/>
       <c r="E722" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F722" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
+          <t>TimelineModel%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="G722" t="inlineStr"/>
       <c r="H722" t="inlineStr"/>
     </row>
     <row r="723">
       <c r="A723" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21603</t>
+          <t>../../src/timeline/TimelineModel.cpp:21642</t>
         </is>
       </c>
       <c r="B723" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they were invited.</t>
+          <t>%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="C723" t="inlineStr">
         <is>
-          <t>%1 hat eingestellt, dass Teilnehmer die Historie dieses Raums lesen können ab dem Zeitpunkt, zu dem sie eingeladen wurden.</t>
+          <t>%1 hat Gästen verboten den Raum zu betreten.</t>
         </is>
       </c>
       <c r="D723" t="inlineStr"/>
       <c r="E723" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F723" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
+          <t>TimelineModel%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="G723" t="inlineStr"/>
       <c r="H723" t="inlineStr"/>
     </row>
     <row r="724">
       <c r="A724" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21605</t>
+          <t>../../src/timeline/TimelineModel.cpp:21657</t>
         </is>
       </c>
       <c r="B724" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they joined the room.</t>
+          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="C724" t="inlineStr">
         <is>
-          <t>%1 hat eingestellt, dass Teilnehmer die Historie dieses Raums lesen können ab dem Zeitpunkt, zu dem sie beigetreten sind.</t>
+          <t>%1 hat den Raum lesbar für alle gemacht. Nutzer, die nicht Teilnehmer dieses Raums sind, können nun Nachrichten in diesem Raum lesen.</t>
         </is>
       </c>
       <c r="D724" t="inlineStr"/>
       <c r="E724" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F724" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
+          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="G724" t="inlineStr"/>
       <c r="H724" t="inlineStr"/>
     </row>
     <row r="725">
       <c r="A725" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21877</t>
+          <t>../../src/timeline/TimelineModel.cpp:21661</t>
         </is>
       </c>
       <c r="B725" t="inlineStr">
         <is>
-          <t>%1 has changed the room's permissions.</t>
+          <t>%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="C725" t="inlineStr">
         <is>
-          <t>%1 hat die Berechtigungen dieses Raums bearbeitet.</t>
+          <t>%1 hat eingestellt, dass nur Teilnehmer Nachrichten in diesem Raum lesen können (ab diesem Punkt).</t>
         </is>
       </c>
       <c r="D725" t="inlineStr"/>
       <c r="E725" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F725" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's permissions.</t>
+          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="G725" t="inlineStr"/>
       <c r="H725" t="inlineStr"/>
     </row>
     <row r="726">
       <c r="A726" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21656</t>
+          <t>../../src/timeline/TimelineModel.cpp:21663</t>
         </is>
       </c>
       <c r="B726" t="inlineStr">
         <is>
-          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
       <c r="C726" t="inlineStr">
         <is>
-          <t>%1 hat die benötigte Berechtigungen um Leute aus dem Raum zu werfen von %2 auf %3 geändert.</t>
+          <t>%1 hat eingestellt, dass Teilnehmer die Historie dieses Raums lesen können ab dem Zeitpunkt, zu dem sie eingeladen wurden.</t>
         </is>
       </c>
       <c r="D726" t="inlineStr"/>
       <c r="E726" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F726" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
       <c r="G726" t="inlineStr"/>
       <c r="H726" t="inlineStr"/>
     </row>
     <row r="727">
       <c r="A727" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21671</t>
+          <t>../../src/timeline/TimelineModel.cpp:21665</t>
         </is>
       </c>
       <c r="B727" t="inlineStr">
         <is>
-          <t>%n member can now kick room members.</t>
+          <t>%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
       <c r="C727" t="inlineStr">
         <is>
-          <t>%n Teilnehmer kann nun Mitglieder aus dem Raum entfernen.</t>
+          <t>%1 hat eingestellt, dass Teilnehmer die Historie dieses Raums lesen können ab dem Zeitpunkt, zu dem sie beigetreten sind.</t>
         </is>
       </c>
       <c r="D727" t="inlineStr"/>
       <c r="E727" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F727" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now kick room members.</t>
+          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
       <c r="G727" t="inlineStr"/>
       <c r="H727" t="inlineStr"/>
     </row>
     <row r="728">
       <c r="A728" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21675</t>
+          <t>../../src/timeline/TimelineModel.cpp:21939</t>
         </is>
       </c>
       <c r="B728" t="inlineStr">
         <is>
-          <t>%1 can now kick room members.</t>
+          <t>%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="C728" t="inlineStr">
         <is>
-          <t>%1 kann nun andere Nutzer aus dem Raum werfen.</t>
+          <t>%1 hat die Berechtigungen dieses Raums bearbeitet.</t>
         </is>
       </c>
       <c r="D728" t="inlineStr"/>
       <c r="E728" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F728" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now kick room members.</t>
+          <t>TimelineModel%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="G728" t="inlineStr"/>
       <c r="H728" t="inlineStr"/>
     </row>
     <row r="729">
       <c r="A729" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21687</t>
+          <t>../../src/timeline/TimelineModel.cpp:21717</t>
         </is>
       </c>
       <c r="B729" t="inlineStr">
         <is>
-          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C729" t="inlineStr">
         <is>
-          <t>%1 hat die nötigen Berechtigungen um Nachrichten in diesem Raum zu löschen von %2 auf %3 geändert.</t>
+          <t>%1 hat die benötigte Berechtigungen um Leute aus dem Raum zu werfen von %2 auf %3 geändert.</t>
         </is>
       </c>
       <c r="D729" t="inlineStr"/>
       <c r="E729" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F729" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G729" t="inlineStr"/>
       <c r="H729" t="inlineStr"/>
     </row>
     <row r="730">
       <c r="A730" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21701</t>
+          <t>../../src/timeline/TimelineModel.cpp:21732</t>
         </is>
       </c>
       <c r="B730" t="inlineStr">
         <is>
-          <t>%n member can now redact room messages.</t>
+          <t>%n member can now kick room members.</t>
         </is>
       </c>
       <c r="C730" t="inlineStr">
         <is>
-          <t>%1 Teilnehmer kann nun Nachrichten löschen.</t>
+          <t>%n Teilnehmer kann nun Mitglieder aus dem Raum entfernen.</t>
         </is>
       </c>
       <c r="D730" t="inlineStr"/>
       <c r="E730" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F730" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now redact room messages.</t>
+          <t>TimelineModel%n member(s) can now kick room members.</t>
         </is>
       </c>
       <c r="G730" t="inlineStr"/>
       <c r="H730" t="inlineStr"/>
     </row>
     <row r="731">
       <c r="A731" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21707</t>
+          <t>../../src/timeline/TimelineModel.cpp:21736</t>
         </is>
       </c>
       <c r="B731" t="inlineStr">
         <is>
-          <t>%1 can now redact room messages.</t>
+          <t>%1 can now kick room members.</t>
         </is>
       </c>
       <c r="C731" t="inlineStr">
         <is>
-          <t>%1 kann nun Nachrichten löschen.</t>
+          <t>%1 kann nun andere Nutzer aus dem Raum werfen.</t>
         </is>
       </c>
       <c r="D731" t="inlineStr"/>
       <c r="E731" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F731" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now redact room messages.</t>
+          <t>TimelineModel%1 can now kick room members.</t>
         </is>
       </c>
       <c r="G731" t="inlineStr"/>
       <c r="H731" t="inlineStr"/>
     </row>
     <row r="732">
       <c r="A732" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21719</t>
+          <t>../../src/timeline/TimelineModel.cpp:21748</t>
         </is>
       </c>
       <c r="B732" t="inlineStr">
         <is>
-          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C732" t="inlineStr">
         <is>
-          <t>%1 hat die benötigten Berechtigungen um Leute aus dem Raum zu verbannen von %2 auf %3 geändert.</t>
+          <t>%1 hat die nötigen Berechtigungen um Nachrichten in diesem Raum zu löschen von %2 auf %3 geändert.</t>
         </is>
       </c>
       <c r="D732" t="inlineStr"/>
       <c r="E732" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F732" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G732" t="inlineStr"/>
       <c r="H732" t="inlineStr"/>
     </row>
     <row r="733">
       <c r="A733" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21734</t>
+          <t>../../src/timeline/TimelineModel.cpp:21762</t>
         </is>
       </c>
       <c r="B733" t="inlineStr">
         <is>
-          <t>%n member can now ban room members.</t>
+          <t>%n member can now redact room messages.</t>
         </is>
       </c>
       <c r="C733" t="inlineStr">
         <is>
-          <t>%n Teilnehmer kann nun Leute aus dem Rau verbannen.</t>
+          <t>%1 Teilnehmer kann nun Nachrichten löschen.</t>
         </is>
       </c>
       <c r="D733" t="inlineStr"/>
       <c r="E733" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F733" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now ban room members.</t>
+          <t>TimelineModel%n member(s) can now redact room messages.</t>
         </is>
       </c>
       <c r="G733" t="inlineStr"/>
       <c r="H733" t="inlineStr"/>
     </row>
     <row r="734">
       <c r="A734" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21738</t>
+          <t>../../src/timeline/TimelineModel.cpp:21768</t>
         </is>
       </c>
       <c r="B734" t="inlineStr">
         <is>
-          <t>%1 can now ban room members.</t>
+          <t>%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="C734" t="inlineStr">
         <is>
-          <t>%1 kann nun Leute aus dem Raum verbannen.</t>
+          <t>%1 kann nun Nachrichten löschen.</t>
         </is>
       </c>
       <c r="D734" t="inlineStr"/>
       <c r="E734" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F734" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now ban room members.</t>
+          <t>TimelineModel%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="G734" t="inlineStr"/>
       <c r="H734" t="inlineStr"/>
     </row>
     <row r="735">
       <c r="A735" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21751</t>
+          <t>../../src/timeline/TimelineModel.cpp:21780</t>
         </is>
       </c>
       <c r="B735" t="inlineStr">
         <is>
-          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C735" t="inlineStr">
         <is>
-          <t>%1 hat das Berechtigungslevel für die restlichen Zustandsevents von %2 auf %3 geändert.</t>
+          <t>%1 hat die benötigten Berechtigungen um Leute aus dem Raum zu verbannen von %2 auf %3 geändert.</t>
         </is>
       </c>
       <c r="D735" t="inlineStr"/>
       <c r="E735" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F735" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G735" t="inlineStr"/>
       <c r="H735" t="inlineStr"/>
     </row>
     <row r="736">
       <c r="A736" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21766</t>
+          <t>../../src/timeline/TimelineModel.cpp:21795</t>
         </is>
       </c>
       <c r="B736" t="inlineStr">
         <is>
-          <t>%n member can now send state events.</t>
+          <t>%n member can now ban room members.</t>
         </is>
       </c>
       <c r="C736" t="inlineStr">
         <is>
-          <t>%n Teilnehmer kann nun Zustandevents senden.</t>
+          <t>%n Teilnehmer kann nun Leute aus dem Rau verbannen.</t>
         </is>
       </c>
       <c r="D736" t="inlineStr"/>
       <c r="E736" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F736" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now send state events.</t>
+          <t>TimelineModel%n member(s) can now ban room members.</t>
         </is>
       </c>
       <c r="G736" t="inlineStr"/>
       <c r="H736" t="inlineStr"/>
     </row>
     <row r="737">
       <c r="A737" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21770</t>
+          <t>../../src/timeline/TimelineModel.cpp:21799</t>
         </is>
       </c>
       <c r="B737" t="inlineStr">
         <is>
-          <t>%1 can now send state events.</t>
+          <t>%1 can now ban room members.</t>
         </is>
       </c>
       <c r="C737" t="inlineStr">
         <is>
-          <t>%1 kann nun Zustandsevents senden.</t>
+          <t>%1 kann nun Leute aus dem Raum verbannen.</t>
         </is>
       </c>
       <c r="D737" t="inlineStr"/>
       <c r="E737" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F737" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now send state events.</t>
+          <t>TimelineModel%1 can now ban room members.</t>
         </is>
       </c>
       <c r="G737" t="inlineStr"/>
       <c r="H737" t="inlineStr"/>
     </row>
     <row r="738">
       <c r="A738" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21784</t>
+          <t>../../src/timeline/TimelineModel.cpp:21812</t>
         </is>
       </c>
       <c r="B738" t="inlineStr">
         <is>
-          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C738" t="inlineStr">
         <is>
-          <t>%1 hat die nötigen Berechtigungen um Nutzer einzuladen von %2 auf %3 geändert.</t>
+          <t>%1 hat das Berechtigungslevel für die restlichen Zustandsevents von %2 auf %3 geändert.</t>
         </is>
       </c>
       <c r="D738" t="inlineStr"/>
       <c r="E738" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F738" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G738" t="inlineStr"/>
       <c r="H738" t="inlineStr"/>
     </row>
     <row r="739">
       <c r="A739" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21794</t>
+          <t>../../src/timeline/TimelineModel.cpp:21827</t>
         </is>
       </c>
       <c r="B739" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>%n member can now send state events.</t>
         </is>
       </c>
       <c r="C739" t="inlineStr">
         <is>
-          <t>%1 hat die nötigen Berechtigungen für beliebige Events von %2 auf %3 geändert. Neue Nutzer können jetzt keine Events mehr senden.</t>
+          <t>%n Teilnehmer kann nun Zustandevents senden.</t>
         </is>
       </c>
       <c r="D739" t="inlineStr"/>
       <c r="E739" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F739" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>TimelineModel%n member(s) can now send state events.</t>
         </is>
       </c>
       <c r="G739" t="inlineStr"/>
       <c r="H739" t="inlineStr"/>
     </row>
     <row r="740">
       <c r="A740" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21803</t>
+          <t>../../src/timeline/TimelineModel.cpp:21831</t>
         </is>
       </c>
       <c r="B740" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>%1 can now send state events.</t>
         </is>
       </c>
       <c r="C740" t="inlineStr">
         <is>
-          <t>%1 hat die nötigen Berechtigungen für beliebige Events von %2 auf %3 geändert. Neue Nutzer können jetzt Events senden, solange keine anderen Einschränkungen vorliegen.</t>
+          <t>%1 kann nun Zustandsevents senden.</t>
         </is>
       </c>
       <c r="D740" t="inlineStr"/>
       <c r="E740" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F740" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>TimelineModel%1 can now send state events.</t>
         </is>
       </c>
       <c r="G740" t="inlineStr"/>
       <c r="H740" t="inlineStr"/>
     </row>
     <row r="741">
       <c r="A741" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21810</t>
+          <t>../../src/timeline/TimelineModel.cpp:21845</t>
         </is>
       </c>
       <c r="B741" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C741" t="inlineStr">
         <is>
-          <t>%1 hat die nötigen Berechtigungen für beliebige Events von %2 auf %3 geändert.</t>
+          <t>%1 hat die nötigen Berechtigungen um Nutzer einzuladen von %2 auf %3 geändert.</t>
         </is>
       </c>
       <c r="D741" t="inlineStr"/>
       <c r="E741" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F741" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G741" t="inlineStr"/>
       <c r="H741" t="inlineStr"/>
     </row>
     <row r="742">
       <c r="A742" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21822</t>
+          <t>../../src/timeline/TimelineModel.cpp:21855</t>
         </is>
       </c>
       <c r="B742" t="inlineStr">
         <is>
-          <t>%1 has made %2 an administrator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="C742" t="inlineStr">
         <is>
-          <t>%1 hat %2 zum Administrator befördert.</t>
+          <t>%1 hat die nötigen Berechtigungen für beliebige Events von %2 auf %3 geändert. Neue Nutzer können jetzt keine Events mehr senden.</t>
         </is>
       </c>
       <c r="D742" t="inlineStr"/>
       <c r="E742" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F742" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="G742" t="inlineStr"/>
       <c r="H742" t="inlineStr"/>
     </row>
     <row r="743">
       <c r="A743" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21826</t>
+          <t>../../src/timeline/TimelineModel.cpp:21864</t>
         </is>
       </c>
       <c r="B743" t="inlineStr">
         <is>
-          <t>%1 has made %2 a moderator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="C743" t="inlineStr">
         <is>
-          <t>%1 hat %2 zu einem Moderator gemacht.</t>
+          <t>%1 hat die nötigen Berechtigungen für beliebige Events von %2 auf %3 geändert. Neue Nutzer können jetzt Events senden, solange keine anderen Einschränkungen vorliegen.</t>
         </is>
       </c>
       <c r="D743" t="inlineStr"/>
       <c r="E743" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F743" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="G743" t="inlineStr"/>
       <c r="H743" t="inlineStr"/>
     </row>
     <row r="744">
       <c r="A744" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21830</t>
+          <t>../../src/timeline/TimelineModel.cpp:21871</t>
         </is>
       </c>
       <c r="B744" t="inlineStr">
         <is>
-          <t>%1 has downgraded %2 to moderator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C744" t="inlineStr">
         <is>
-          <t>%1 hat %2 zum Moderator degradiert.</t>
+          <t>%1 hat die nötigen Berechtigungen für beliebige Events von %2 auf %3 geändert.</t>
         </is>
       </c>
       <c r="D744" t="inlineStr"/>
       <c r="E744" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F744" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G744" t="inlineStr"/>
       <c r="H744" t="inlineStr"/>
     </row>
     <row r="745">
       <c r="A745" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21833</t>
+          <t>../../src/timeline/TimelineModel.cpp:21883</t>
         </is>
       </c>
       <c r="B745" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="C745" t="inlineStr">
         <is>
-          <t>%1 hat die Berechtigungen von %2 von %3 auf %4 geändert.</t>
+          <t>%1 hat %2 zum Administrator befördert.</t>
         </is>
       </c>
       <c r="D745" t="inlineStr"/>
       <c r="E745" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F745" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="G745" t="inlineStr"/>
       <c r="H745" t="inlineStr"/>
     </row>
     <row r="746">
       <c r="A746" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21849</t>
+          <t>../../src/timeline/TimelineModel.cpp:21887</t>
         </is>
       </c>
       <c r="B746" t="inlineStr">
         <is>
-          <t>%1 allowed only administrators to send "%2".</t>
+          <t>%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="C746" t="inlineStr">
         <is>
-          <t>%1 hat nur Administratoren erlaubt "%2" zu senden.</t>
+          <t>%1 hat %2 zu einem Moderator gemacht.</t>
         </is>
       </c>
       <c r="D746" t="inlineStr"/>
       <c r="E746" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F746" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
+          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="G746" t="inlineStr"/>
       <c r="H746" t="inlineStr"/>
     </row>
     <row r="747">
       <c r="A747" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21852</t>
+          <t>../../src/timeline/TimelineModel.cpp:21891</t>
         </is>
       </c>
       <c r="B747" t="inlineStr">
         <is>
-          <t>%1 allowed only moderators to send "%2".</t>
+          <t>%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="C747" t="inlineStr">
         <is>
-          <t>%1 hat nur Moderatoren erlaubt "%2" zu senden.</t>
+          <t>%1 hat %2 zum Moderator degradiert.</t>
         </is>
       </c>
       <c r="D747" t="inlineStr"/>
       <c r="E747" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F747" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
+          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="G747" t="inlineStr"/>
       <c r="H747" t="inlineStr"/>
     </row>
     <row r="748">
       <c r="A748" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21855</t>
+          <t>../../src/timeline/TimelineModel.cpp:21895</t>
         </is>
       </c>
       <c r="B748" t="inlineStr">
         <is>
-          <t>%1 allowed everyone to send "%2".</t>
+          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="C748" t="inlineStr">
         <is>
-          <t>%1 hat allen erlaubt "%2" zu senden.</t>
+          <t>%1 hat die Berechtigungen von %2 von %3 auf %4 geändert.</t>
         </is>
       </c>
       <c r="D748" t="inlineStr"/>
       <c r="E748" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F748" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed everyone to send "%2".</t>
+          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="G748" t="inlineStr"/>
       <c r="H748" t="inlineStr"/>
     </row>
     <row r="749">
       <c r="A749" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21859</t>
+          <t>../../src/timeline/TimelineModel.cpp:21911</t>
         </is>
       </c>
       <c r="B749" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="C749" t="inlineStr">
         <is>
-          <t>%1 hat die Berechtigungen für Events vom Typ "%2" vom Standard auf %3 geändert.</t>
+          <t>%1 hat nur Administratoren erlaubt "%2" zu senden.</t>
         </is>
       </c>
       <c r="D749" t="inlineStr"/>
       <c r="E749" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F749" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="G749" t="inlineStr"/>
       <c r="H749" t="inlineStr"/>
     </row>
     <row r="750">
       <c r="A750" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21865</t>
+          <t>../../src/timeline/TimelineModel.cpp:21914</t>
         </is>
       </c>
       <c r="B750" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="C750" t="inlineStr">
         <is>
-          <t>%1 hat die nötigen Berechtigungen für Events vom Typ "%2" von %3 auf %4 geändert.</t>
+          <t>%1 hat nur Moderatoren erlaubt "%2" zu senden.</t>
         </is>
       </c>
       <c r="D750" t="inlineStr"/>
       <c r="E750" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F750" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="G750" t="inlineStr"/>
       <c r="H750" t="inlineStr"/>
     </row>
     <row r="751">
       <c r="A751" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21924</t>
+          <t>../../src/timeline/TimelineModel.cpp:21917</t>
         </is>
       </c>
       <c r="B751" t="inlineStr">
         <is>
-          <t>(empty)</t>
+          <t>%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="C751" t="inlineStr">
         <is>
-          <t>(leer)</t>
+          <t>%1 hat allen erlaubt "%2" zu senden.</t>
         </is>
       </c>
       <c r="D751" t="inlineStr"/>
       <c r="E751" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F751" t="inlineStr">
         <is>
-          <t>TimelineModel(empty)</t>
+          <t>TimelineModel%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="G751" t="inlineStr"/>
       <c r="H751" t="inlineStr"/>
     </row>
     <row r="752">
       <c r="A752" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21930</t>
+          <t>../../src/timeline/TimelineModel.cpp:21921</t>
         </is>
       </c>
       <c r="B752" t="inlineStr">
         <is>
-          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="C752" t="inlineStr">
         <is>
-          <t>%1 hat die folgenden Bilder vom der Bilderpackung %2 entfernt:&lt;br&gt;%3</t>
+          <t>%1 hat die Berechtigungen für Events vom Typ "%2" vom Standard auf %3 geändert.</t>
         </is>
       </c>
       <c r="D752" t="inlineStr"/>
       <c r="E752" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F752" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="G752" t="inlineStr"/>
       <c r="H752" t="inlineStr"/>
     </row>
     <row r="753">
       <c r="A753" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21936</t>
+          <t>../../src/timeline/TimelineModel.cpp:21927</t>
         </is>
       </c>
       <c r="B753" t="inlineStr">
         <is>
-          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="C753" t="inlineStr">
         <is>
-          <t>%1 hat die folgenden Bilder zu der Bilderpackung %2 hinzugefügt:&lt;br&gt;%3</t>
+          <t>%1 hat die nötigen Berechtigungen für Events vom Typ "%2" von %3 auf %4 geändert.</t>
         </is>
       </c>
       <c r="D753" t="inlineStr"/>
       <c r="E753" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F753" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="G753" t="inlineStr"/>
       <c r="H753" t="inlineStr"/>
     </row>
     <row r="754">
       <c r="A754" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21941</t>
+          <t>../../src/timeline/TimelineModel.cpp:21986</t>
         </is>
       </c>
       <c r="B754" t="inlineStr">
         <is>
-          <t>%1 changed the sticker and emotes in this room.</t>
+          <t>(empty)</t>
         </is>
       </c>
       <c r="C754" t="inlineStr">
         <is>
-          <t>%1 hat die Sticker und Emotes in diesem Raum geändert.</t>
+          <t>(leer)</t>
         </is>
       </c>
       <c r="D754" t="inlineStr"/>
       <c r="E754" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F754" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
+          <t>TimelineModel(empty)</t>
         </is>
       </c>
       <c r="G754" t="inlineStr"/>
       <c r="H754" t="inlineStr"/>
     </row>
     <row r="755">
       <c r="A755" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21976</t>
+          <t>../../src/timeline/TimelineModel.cpp:21992</t>
         </is>
       </c>
       <c r="B755" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban users matching %2.</t>
+          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C755" t="inlineStr">
         <is>
-          <t>%1 hat die Regel zum bannen von Nutzern die %2 entsprechen deaktiviert.</t>
+          <t>%1 hat die folgenden Bilder vom der Bilderpackung %2 entfernt:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="D755" t="inlineStr"/>
       <c r="E755" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F755" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
+          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G755" t="inlineStr"/>
       <c r="H755" t="inlineStr"/>
     </row>
     <row r="756">
       <c r="A756" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21979</t>
+          <t>../../src/timeline/TimelineModel.cpp:21998</t>
         </is>
       </c>
       <c r="B756" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C756" t="inlineStr">
         <is>
-          <t>%1 hat eine Regel für das Verbannen von Nutzern wegen '%3', die %2 entsprechen, hinzugefügt.</t>
+          <t>%1 hat die folgenden Bilder zu der Bilderpackung %2 hinzugefügt:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="D756" t="inlineStr"/>
       <c r="E756" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F756" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G756" t="inlineStr"/>
       <c r="H756" t="inlineStr"/>
     </row>
     <row r="757">
       <c r="A757" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22001</t>
+          <t>../../src/timeline/TimelineModel.cpp:22003</t>
         </is>
       </c>
       <c r="B757" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban rooms matching %2.</t>
+          <t>%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="C757" t="inlineStr">
         <is>
-          <t>%1 hat die Regel zum bannen von Räumen, die %2 entsprechen deaktiviert.</t>
+          <t>%1 hat die Sticker und Emotes in diesem Raum geändert.</t>
         </is>
       </c>
       <c r="D757" t="inlineStr"/>
       <c r="E757" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F757" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
+          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="G757" t="inlineStr"/>
       <c r="H757" t="inlineStr"/>
     </row>
     <row r="758">
       <c r="A758" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22004</t>
+          <t>../../src/timeline/TimelineModel.cpp:22038</t>
         </is>
       </c>
       <c r="B758" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="C758" t="inlineStr">
         <is>
-          <t>%1 hat eine Regel für das Verbannen von Räumen wegen '%3', die %2 entsprechen, hinzugefügt.</t>
+          <t>%1 hat die Regel zum bannen von Nutzern die %2 entsprechen deaktiviert.</t>
         </is>
       </c>
       <c r="D758" t="inlineStr"/>
       <c r="E758" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F758" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="G758" t="inlineStr"/>
       <c r="H758" t="inlineStr"/>
     </row>
     <row r="759">
       <c r="A759" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22026</t>
+          <t>../../src/timeline/TimelineModel.cpp:22041</t>
         </is>
       </c>
       <c r="B759" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban servers matching %2.</t>
+          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C759" t="inlineStr">
         <is>
-          <t>%1 hat die Regel zum bannen von Servern, die %2 entsprechen deaktiviert.</t>
+          <t>%1 hat eine Regel für das Verbannen von Nutzern wegen '%3', die %2 entsprechen, hinzugefügt.</t>
         </is>
       </c>
       <c r="D759" t="inlineStr"/>
       <c r="E759" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F759" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
+          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G759" t="inlineStr"/>
       <c r="H759" t="inlineStr"/>
     </row>
     <row r="760">
       <c r="A760" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22029</t>
+          <t>../../src/timeline/TimelineModel.cpp:22063</t>
         </is>
       </c>
       <c r="B760" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="C760" t="inlineStr">
         <is>
-          <t>%1 hat eine Regel für das Verbannen von Servern wegen '%3', die %2 entsprechen, hinzugefügt.</t>
+          <t>%1 hat die Regel zum bannen von Räumen, die %2 entsprechen deaktiviert.</t>
         </is>
       </c>
       <c r="D760" t="inlineStr"/>
       <c r="E760" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F760" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="G760" t="inlineStr"/>
       <c r="H760" t="inlineStr"/>
     </row>
     <row r="761">
       <c r="A761" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22063</t>
+          <t>../../src/timeline/TimelineModel.cpp:22066</t>
         </is>
       </c>
       <c r="B761" t="inlineStr">
         <is>
-          <t>Removed by %1</t>
+          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C761" t="inlineStr">
         <is>
-          <t>Von %1 entfernt</t>
+          <t>%1 hat eine Regel für das Verbannen von Räumen wegen '%3', die %2 entsprechen, hinzugefügt.</t>
         </is>
       </c>
       <c r="D761" t="inlineStr"/>
       <c r="E761" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F761" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1</t>
+          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G761" t="inlineStr"/>
       <c r="H761" t="inlineStr"/>
     </row>
     <row r="762">
       <c r="A762" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22065</t>
+          <t>../../src/timeline/TimelineModel.cpp:22088</t>
         </is>
       </c>
       <c r="B762" t="inlineStr">
         <is>
-          <t>%1 (%2) removed this message at %3</t>
+          <t>%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="C762" t="inlineStr">
         <is>
-          <t>%1 (%2) hat diese Nachricht um %3 entfernt</t>
+          <t>%1 hat die Regel zum bannen von Servern, die %2 entsprechen deaktiviert.</t>
         </is>
       </c>
       <c r="D762" t="inlineStr"/>
       <c r="E762" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F762" t="inlineStr">
         <is>
-          <t>TimelineModel%1 (%2) removed this message at %3</t>
+          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="G762" t="inlineStr"/>
       <c r="H762" t="inlineStr"/>
     </row>
     <row r="763">
       <c r="A763" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22067</t>
+          <t>../../src/timeline/TimelineModel.cpp:22091</t>
         </is>
       </c>
       <c r="B763" t="inlineStr">
         <is>
-          <t>Removed by %1 because: %2</t>
+          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C763" t="inlineStr">
         <is>
-          <t>%1 hat dies aus folgendem Grund entfernt: %2</t>
+          <t>%1 hat eine Regel für das Verbannen von Servern wegen '%3', die %2 entsprechen, hinzugefügt.</t>
         </is>
       </c>
       <c r="D763" t="inlineStr"/>
       <c r="E763" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F763" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1 because: %2</t>
+          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G763" t="inlineStr"/>
       <c r="H763" t="inlineStr"/>
     </row>
     <row r="764">
       <c r="A764" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22068</t>
+          <t>../../src/timeline/TimelineModel.cpp:22125</t>
         </is>
       </c>
       <c r="B764" t="inlineStr">
+        <is>
+          <t>Removed by %1</t>
+        </is>
+      </c>
+      <c r="C764" t="inlineStr">
+        <is>
+          <t>Von %1 entfernt</t>
+        </is>
+      </c>
+      <c r="D764" t="inlineStr"/>
+      <c r="E764" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F764" t="inlineStr">
+        <is>
+          <t>TimelineModelRemoved by %1</t>
+        </is>
+      </c>
+      <c r="G764" t="inlineStr"/>
+      <c r="H764" t="inlineStr"/>
+    </row>
+    <row r="765">
+      <c r="A765" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22127</t>
+        </is>
+      </c>
+      <c r="B765" t="inlineStr">
+        <is>
+          <t>%1 (%2) removed this message at %3</t>
+        </is>
+      </c>
+      <c r="C765" t="inlineStr">
+        <is>
+          <t>%1 (%2) hat diese Nachricht um %3 entfernt</t>
+        </is>
+      </c>
+      <c r="D765" t="inlineStr"/>
+      <c r="E765" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F765" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 (%2) removed this message at %3</t>
+        </is>
+      </c>
+      <c r="G765" t="inlineStr"/>
+      <c r="H765" t="inlineStr"/>
+    </row>
+    <row r="766">
+      <c r="A766" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22129</t>
+        </is>
+      </c>
+      <c r="B766" t="inlineStr">
+        <is>
+          <t>Removed by %1 because: %2</t>
+        </is>
+      </c>
+      <c r="C766" t="inlineStr">
+        <is>
+          <t>%1 hat dies aus folgendem Grund entfernt: %2</t>
+        </is>
+      </c>
+      <c r="D766" t="inlineStr"/>
+      <c r="E766" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F766" t="inlineStr">
+        <is>
+          <t>TimelineModelRemoved by %1 because: %2</t>
+        </is>
+      </c>
+      <c r="G766" t="inlineStr"/>
+      <c r="H766" t="inlineStr"/>
+    </row>
+    <row r="767">
+      <c r="A767" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22130</t>
+        </is>
+      </c>
+      <c r="B767" t="inlineStr">
         <is>
           <t>%1 (%2) removed this message at %3
 Reason: %4</t>
         </is>
       </c>
-      <c r="C764" t="inlineStr">
+      <c r="C767" t="inlineStr">
         <is>
           <t>%1 (%2) hat diese Nachricht um %3 entfernt
 Grund: %4</t>
         </is>
       </c>
-      <c r="D764" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F764" t="inlineStr">
+      <c r="D767" t="inlineStr"/>
+      <c r="E767" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F767" t="inlineStr">
         <is>
           <t>TimelineModel%1 (%2) removed this message at %3
 Reason: %4</t>
         </is>
       </c>
-      <c r="G764" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G767" t="inlineStr"/>
       <c r="H767" t="inlineStr"/>
     </row>
     <row r="768">
       <c r="A768" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22219</t>
+          <t>../../src/timeline/TimelineModel.cpp:22274</t>
         </is>
       </c>
       <c r="B768" t="inlineStr">
         <is>
-          <t>%2 rejected the knock from %1.</t>
+          <t>%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="C768" t="inlineStr">
         <is>
-          <t>%2 hat das Anklopfen von %1 abgewiesen.</t>
+          <t>%2 hat die Einladung an %1 zurückgezogen.</t>
         </is>
       </c>
       <c r="D768" t="inlineStr"/>
       <c r="E768" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F768" t="inlineStr">
         <is>
-          <t>TimelineModel%2 rejected the knock from %1.</t>
+          <t>TimelineModel%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="G768" t="inlineStr"/>
       <c r="H768" t="inlineStr"/>
     </row>
     <row r="769">
       <c r="A769" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22187</t>
+          <t>../../src/timeline/TimelineModel.cpp:22269</t>
         </is>
       </c>
       <c r="B769" t="inlineStr">
         <is>
-          <t>%1 changed their avatar.</t>
+          <t>%2 kicked %1.</t>
         </is>
       </c>
       <c r="C769" t="inlineStr">
         <is>
-          <t>%1 hat den Avatar geändert.</t>
+          <t>%2 hat %1 aus dem Raum entfernt.</t>
         </is>
       </c>
       <c r="D769" t="inlineStr"/>
       <c r="E769" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F769" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed their avatar.</t>
+          <t>TimelineModel%2 kicked %1.</t>
         </is>
       </c>
       <c r="G769" t="inlineStr"/>
       <c r="H769" t="inlineStr"/>
     </row>
     <row r="770">
       <c r="A770" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22189</t>
+          <t>../../src/timeline/TimelineModel.cpp:22276</t>
         </is>
       </c>
       <c r="B770" t="inlineStr">
         <is>
-          <t>%1 changed some profile info.</t>
+          <t>%2 unbanned %1.</t>
         </is>
       </c>
       <c r="C770" t="inlineStr">
         <is>
-          <t>%1 hat etwas im Profil geändert.</t>
+          <t>%2 hat die Verbannung von %1 zurückgezogen.</t>
         </is>
       </c>
       <c r="D770" t="inlineStr"/>
       <c r="E770" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F770" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed some profile info.</t>
+          <t>TimelineModel%2 unbanned %1.</t>
         </is>
       </c>
       <c r="G770" t="inlineStr"/>
       <c r="H770" t="inlineStr"/>
     </row>
     <row r="771">
       <c r="A771" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22194</t>
+          <t>../../src/timeline/TimelineModel.cpp:22281</t>
         </is>
       </c>
       <c r="B771" t="inlineStr">
         <is>
-          <t>%1 joined.</t>
+          <t>%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="C771" t="inlineStr">
         <is>
-          <t>%1 hat den Raum betreten.</t>
+          <t>%2 hat das Anklopfen von %1 abgewiesen.</t>
         </is>
       </c>
       <c r="D771" t="inlineStr"/>
       <c r="E771" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F771" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined.</t>
+          <t>TimelineModel%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="G771" t="inlineStr"/>
       <c r="H771" t="inlineStr"/>
     </row>
     <row r="772">
       <c r="A772" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22197</t>
+          <t>../../src/timeline/TimelineModel.cpp:22249</t>
         </is>
       </c>
       <c r="B772" t="inlineStr">
         <is>
-          <t>%1 joined via authorisation from %2's server.</t>
+          <t>%1 changed their avatar.</t>
         </is>
       </c>
       <c r="C772" t="inlineStr">
         <is>
-          <t>%1 hat den Raum durch Authorisierung von %2s Server betreten.</t>
+          <t>%1 hat den Avatar geändert.</t>
         </is>
       </c>
       <c r="D772" t="inlineStr"/>
       <c r="E772" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F772" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
+          <t>TimelineModel%1 changed their avatar.</t>
         </is>
       </c>
       <c r="G772" t="inlineStr"/>
       <c r="H772" t="inlineStr"/>
     </row>
     <row r="773">
       <c r="A773" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22210</t>
+          <t>../../src/timeline/TimelineModel.cpp:22251</t>
         </is>
       </c>
       <c r="B773" t="inlineStr">
         <is>
-          <t>%1 rejected their invite.</t>
+          <t>%1 changed some profile info.</t>
         </is>
       </c>
       <c r="C773" t="inlineStr">
         <is>
-          <t>%1 hat die Einladung abgewiesen.</t>
+          <t>%1 hat etwas im Profil geändert.</t>
         </is>
       </c>
       <c r="D773" t="inlineStr"/>
       <c r="E773" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F773" t="inlineStr">
         <is>
-          <t>TimelineModel%1 rejected their invite.</t>
+          <t>TimelineModel%1 changed some profile info.</t>
         </is>
       </c>
       <c r="G773" t="inlineStr"/>
       <c r="H773" t="inlineStr"/>
     </row>
     <row r="774">
       <c r="A774" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22205</t>
+          <t>../../src/timeline/TimelineModel.cpp:22256</t>
         </is>
       </c>
       <c r="B774" t="inlineStr">
         <is>
-          <t>%1 left the room.</t>
+          <t>%1 joined.</t>
         </is>
       </c>
       <c r="C774" t="inlineStr">
         <is>
-          <t>%1 hat den Raum verlassen.</t>
+          <t>%1 hat den Raum betreten.</t>
         </is>
       </c>
       <c r="D774" t="inlineStr"/>
       <c r="E774" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F774" t="inlineStr">
         <is>
-          <t>TimelineModel%1 left the room.</t>
+          <t>TimelineModel%1 joined.</t>
         </is>
       </c>
       <c r="G774" t="inlineStr"/>
       <c r="H774" t="inlineStr"/>
     </row>
     <row r="775">
       <c r="A775" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22236</t>
+          <t>../../src/timeline/TimelineModel.cpp:22259</t>
         </is>
       </c>
       <c r="B775" t="inlineStr">
         <is>
-          <t>Reason: %1</t>
+          <t>%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="C775" t="inlineStr">
         <is>
-          <t>Grund: %1</t>
+          <t>%1 hat den Raum durch Authorisierung von %2s Server betreten.</t>
         </is>
       </c>
       <c r="D775" t="inlineStr"/>
       <c r="E775" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F775" t="inlineStr">
         <is>
-          <t>TimelineModelReason: %1</t>
+          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="G775" t="inlineStr"/>
       <c r="H775" t="inlineStr"/>
     </row>
     <row r="776">
       <c r="A776" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22217</t>
+          <t>../../src/timeline/TimelineModel.cpp:22272</t>
         </is>
       </c>
       <c r="B776" t="inlineStr">
         <is>
-          <t>%1 redacted their knock.</t>
+          <t>%1 rejected their invite.</t>
         </is>
       </c>
       <c r="C776" t="inlineStr">
         <is>
-          <t>%1 hat das Anklopfen zurückgezogen.</t>
+          <t>%1 hat die Einladung abgewiesen.</t>
         </is>
       </c>
       <c r="D776" t="inlineStr"/>
       <c r="E776" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F776" t="inlineStr">
         <is>
-          <t>TimelineModel%1 redacted their knock.</t>
+          <t>TimelineModel%1 rejected their invite.</t>
         </is>
       </c>
       <c r="G776" t="inlineStr"/>
       <c r="H776" t="inlineStr"/>
     </row>
     <row r="777">
       <c r="A777" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19907</t>
+          <t>../../src/timeline/TimelineModel.cpp:22267</t>
         </is>
       </c>
       <c r="B777" t="inlineStr">
         <is>
-          <t>%1 changed which servers are allowed in this room.</t>
+          <t>%1 left the room.</t>
         </is>
       </c>
       <c r="C777" t="inlineStr">
         <is>
-          <t>%1 hat die erlaubten Server in diesem Raum geändert.</t>
+          <t>%1 hat den Raum verlassen.</t>
         </is>
       </c>
       <c r="D777" t="inlineStr"/>
       <c r="E777" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F777" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
+          <t>TimelineModel%1 left the room.</t>
         </is>
       </c>
       <c r="G777" t="inlineStr"/>
       <c r="H777" t="inlineStr"/>
     </row>
     <row r="778">
       <c r="A778" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19911</t>
+          <t>../../src/timeline/TimelineModel.cpp:22298</t>
         </is>
       </c>
       <c r="B778" t="inlineStr">
         <is>
-          <t>%1 removed the room name.</t>
+          <t>Reason: %1</t>
         </is>
       </c>
       <c r="C778" t="inlineStr">
         <is>
-          <t>%1 hat den Raumnamen entfernt.</t>
+          <t>Grund: %1</t>
         </is>
       </c>
       <c r="D778" t="inlineStr"/>
       <c r="E778" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F778" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room name.</t>
+          <t>TimelineModelReason: %1</t>
         </is>
       </c>
       <c r="G778" t="inlineStr"/>
       <c r="H778" t="inlineStr"/>
     </row>
     <row r="779">
       <c r="A779" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19914</t>
+          <t>../../src/timeline/TimelineModel.cpp:22279</t>
         </is>
       </c>
       <c r="B779" t="inlineStr">
         <is>
-          <t>%1 changed the room name to: %2</t>
+          <t>%1 redacted their knock.</t>
         </is>
       </c>
       <c r="C779" t="inlineStr">
         <is>
-          <t>%1 hat den Raumnamen geändert auf: %2</t>
+          <t>%1 hat das Anklopfen zurückgezogen.</t>
         </is>
       </c>
       <c r="D779" t="inlineStr"/>
       <c r="E779" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F779" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room name to: %2</t>
+          <t>TimelineModel%1 redacted their knock.</t>
         </is>
       </c>
       <c r="G779" t="inlineStr"/>
       <c r="H779" t="inlineStr"/>
     </row>
     <row r="780">
       <c r="A780" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19919</t>
+          <t>../../src/timeline/TimelineModel.cpp:19967</t>
         </is>
       </c>
       <c r="B780" t="inlineStr">
         <is>
-          <t>%1 removed the topic.</t>
+          <t>%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="C780" t="inlineStr">
         <is>
-          <t>%1 hat das Raumthema entfernt.</t>
+          <t>%1 hat die erlaubten Server in diesem Raum geändert.</t>
         </is>
       </c>
       <c r="D780" t="inlineStr"/>
       <c r="E780" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F780" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the topic.</t>
+          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="G780" t="inlineStr"/>
       <c r="H780" t="inlineStr"/>
     </row>
     <row r="781">
       <c r="A781" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19922</t>
+          <t>../../src/timeline/TimelineModel.cpp:19971</t>
         </is>
       </c>
       <c r="B781" t="inlineStr">
         <is>
-          <t>%1 changed the topic to: %2</t>
+          <t>%1 removed the room name.</t>
         </is>
       </c>
       <c r="C781" t="inlineStr">
         <is>
-          <t>%1 hat das Thema geändert auf: %2</t>
+          <t>%1 hat den Raumnamen entfernt.</t>
         </is>
       </c>
       <c r="D781" t="inlineStr"/>
       <c r="E781" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F781" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the topic to: %2</t>
+          <t>TimelineModel%1 removed the room name.</t>
         </is>
       </c>
       <c r="G781" t="inlineStr"/>
       <c r="H781" t="inlineStr"/>
     </row>
     <row r="782">
       <c r="A782" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19927</t>
+          <t>../../src/timeline/TimelineModel.cpp:19974</t>
         </is>
       </c>
       <c r="B782" t="inlineStr">
         <is>
-          <t>%1 changed the room avatar to: %2</t>
+          <t>%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="C782" t="inlineStr">
         <is>
-          <t>%1 hat den Raumavatar geändert auf: %2</t>
+          <t>%1 hat den Raumnamen geändert auf: %2</t>
         </is>
       </c>
       <c r="D782" t="inlineStr"/>
       <c r="E782" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F782" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room avatar to: %2</t>
+          <t>TimelineModel%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="G782" t="inlineStr"/>
       <c r="H782" t="inlineStr"/>
     </row>
     <row r="783">
       <c r="A783" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19935</t>
+          <t>../../src/timeline/TimelineModel.cpp:19979</t>
         </is>
       </c>
       <c r="B783" t="inlineStr">
         <is>
-          <t>%1 removed the room avatar.</t>
+          <t>%1 removed the topic.</t>
         </is>
       </c>
       <c r="C783" t="inlineStr">
         <is>
-          <t>%1 hat den Raumavatar entfernt.</t>
+          <t>%1 hat das Raumthema entfernt.</t>
         </is>
       </c>
       <c r="D783" t="inlineStr"/>
       <c r="E783" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F783" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room avatar.</t>
+          <t>TimelineModel%1 removed the topic.</t>
         </is>
       </c>
       <c r="G783" t="inlineStr"/>
       <c r="H783" t="inlineStr"/>
     </row>
     <row r="784">
       <c r="A784" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19938</t>
+          <t>../../src/timeline/TimelineModel.cpp:19982</t>
         </is>
       </c>
       <c r="B784" t="inlineStr">
         <is>
-          <t>%1 changed the pinned messages.</t>
+          <t>%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="C784" t="inlineStr">
         <is>
-          <t>%1 hat die angehefteten Nachrichten geändert.</t>
+          <t>%1 hat das Thema geändert auf: %2</t>
         </is>
       </c>
       <c r="D784" t="inlineStr"/>
       <c r="E784" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F784" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the pinned messages.</t>
+          <t>TimelineModel%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="G784" t="inlineStr"/>
       <c r="H784" t="inlineStr"/>
     </row>
     <row r="785">
       <c r="A785" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19945</t>
+          <t>../../src/timeline/TimelineModel.cpp:19987</t>
         </is>
       </c>
       <c r="B785" t="inlineStr">
         <is>
-          <t>%1 changed the addresses for this room.</t>
+          <t>%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="C785" t="inlineStr">
         <is>
-          <t>%1 hat die Addressen dieses Raumes geändert.</t>
+          <t>%1 hat den Raumavatar geändert auf: %2</t>
         </is>
       </c>
       <c r="D785" t="inlineStr"/>
       <c r="E785" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F785" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the addresses for this room.</t>
+          <t>TimelineModel%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="G785" t="inlineStr"/>
       <c r="H785" t="inlineStr"/>
     </row>
     <row r="786">
       <c r="A786" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19948</t>
+          <t>../../src/timeline/TimelineModel.cpp:19995</t>
         </is>
       </c>
       <c r="B786" t="inlineStr">
         <is>
-          <t>%1 changed the parent communities for this room.</t>
+          <t>%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="C786" t="inlineStr">
         <is>
-          <t>%1 hat die übergeordneten Gruppen für diesen Raum bearbeitet.</t>
+          <t>%1 hat den Raumavatar entfernt.</t>
         </is>
       </c>
       <c r="D786" t="inlineStr"/>
       <c r="E786" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F786" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the parent communities for this room.</t>
+          <t>TimelineModel%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="G786" t="inlineStr"/>
       <c r="H786" t="inlineStr"/>
     </row>
     <row r="787">
       <c r="A787" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19951</t>
+          <t>../../src/timeline/TimelineModel.cpp:19998</t>
         </is>
       </c>
       <c r="B787" t="inlineStr">
         <is>
-          <t>%1 created and configured room: %2</t>
+          <t>%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="C787" t="inlineStr">
         <is>
-          <t>%1 hat den Raum %2 erstellt und konfiguriert</t>
+          <t>%1 hat die angehefteten Nachrichten geändert.</t>
         </is>
       </c>
       <c r="D787" t="inlineStr"/>
       <c r="E787" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F787" t="inlineStr">
         <is>
-          <t>TimelineModel%1 created and configured room: %2</t>
+          <t>TimelineModel%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="G787" t="inlineStr"/>
       <c r="H787" t="inlineStr"/>
     </row>
     <row r="788">
       <c r="A788" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19969</t>
+          <t>../../src/timeline/TimelineModel.cpp:20005</t>
         </is>
       </c>
       <c r="B788" t="inlineStr">
         <is>
-          <t>%1 changed unknown state event %2.</t>
+          <t>%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="C788" t="inlineStr">
         <is>
-          <t>%1 hat ein unbekanntes Zustandsevent bearbeitet: %2</t>
+          <t>%1 hat die Addressen dieses Raumes geändert.</t>
         </is>
       </c>
       <c r="D788" t="inlineStr"/>
       <c r="E788" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F788" t="inlineStr">
         <is>
+          <t>TimelineModel%1 changed the addresses for this room.</t>
+        </is>
+      </c>
+      <c r="G788" t="inlineStr"/>
+      <c r="H788" t="inlineStr"/>
+    </row>
+    <row r="789">
+      <c r="A789" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:20008</t>
+        </is>
+      </c>
+      <c r="B789" t="inlineStr">
+        <is>
+          <t>%1 changed the parent communities for this room.</t>
+        </is>
+      </c>
+      <c r="C789" t="inlineStr">
+        <is>
+          <t>%1 hat die übergeordneten Gruppen für diesen Raum bearbeitet.</t>
+        </is>
+      </c>
+      <c r="D789" t="inlineStr"/>
+      <c r="E789" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F789" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 changed the parent communities for this room.</t>
+        </is>
+      </c>
+      <c r="G789" t="inlineStr"/>
+      <c r="H789" t="inlineStr"/>
+    </row>
+    <row r="790">
+      <c r="A790" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:20011</t>
+        </is>
+      </c>
+      <c r="B790" t="inlineStr">
+        <is>
+          <t>%1 created and configured room: %2</t>
+        </is>
+      </c>
+      <c r="C790" t="inlineStr">
+        <is>
+          <t>%1 hat den Raum %2 erstellt und konfiguriert</t>
+        </is>
+      </c>
+      <c r="D790" t="inlineStr"/>
+      <c r="E790" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F790" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 created and configured room: %2</t>
+        </is>
+      </c>
+      <c r="G790" t="inlineStr"/>
+      <c r="H790" t="inlineStr"/>
+    </row>
+    <row r="791">
+      <c r="A791" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:20029</t>
+        </is>
+      </c>
+      <c r="B791" t="inlineStr">
+        <is>
+          <t>%1 changed unknown state event %2.</t>
+        </is>
+      </c>
+      <c r="C791" t="inlineStr">
+        <is>
+          <t>%1 hat ein unbekanntes Zustandsevent bearbeitet: %2</t>
+        </is>
+      </c>
+      <c r="D791" t="inlineStr"/>
+      <c r="E791" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F791" t="inlineStr">
+        <is>
           <t>TimelineModel%1 changed unknown state event %2.</t>
         </is>
       </c>
-      <c r="G788" t="inlineStr">
+      <c r="G791" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 hat das unbekannte Zustandsevent %2 bearbeitet.
 Suggested in Weblate: %1 hat ein unbekanntes Zustandsevent bearbeitet: %2.</t>
         </is>
       </c>
-      <c r="H788" t="inlineStr"/>
-[...7 lines deleted...]
-      <c r="B789" t="inlineStr">
+      <c r="H791" t="inlineStr"/>
+    </row>
+    <row r="792">
+      <c r="A792" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:20584</t>
+        </is>
+      </c>
+      <c r="B792" t="inlineStr">
         <is>
           <t>You joined this room.</t>
         </is>
       </c>
-      <c r="C789" t="inlineStr">
+      <c r="C792" t="inlineStr">
         <is>
           <t>Du bist dem Raum beigetreten.</t>
         </is>
       </c>
-      <c r="D789" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F789" t="inlineStr">
+      <c r="D792" t="inlineStr"/>
+      <c r="E792" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F792" t="inlineStr">
         <is>
           <t>TimelineModelYou joined this room.</t>
         </is>
       </c>
-      <c r="G789" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B790" t="inlineStr">
+      <c r="G792" t="inlineStr"/>
+      <c r="H792" t="inlineStr"/>
+    </row>
+    <row r="793">
+      <c r="A793" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:20699</t>
+        </is>
+      </c>
+      <c r="B793" t="inlineStr">
         <is>
           <t>%n hour later</t>
         </is>
       </c>
-      <c r="C790" t="inlineStr">
+      <c r="C793" t="inlineStr">
         <is>
           <t>%n Stunde später</t>
         </is>
       </c>
-      <c r="D790" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F790" t="inlineStr">
+      <c r="D793" t="inlineStr"/>
+      <c r="E793" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F793" t="inlineStr">
         <is>
           <t>TimelineModel%n hour(s) later</t>
         </is>
       </c>
-      <c r="G790" t="inlineStr"/>
-      <c r="H790" t="inlineStr">
+      <c r="G793" t="inlineStr"/>
+      <c r="H793" t="inlineStr">
         <is>
           <t xml:space="preserve">
 Nasale Stimme vorstellen!</t>
         </is>
       </c>
     </row>
-    <row r="791">
-[...88 lines deleted...]
-    </row>
     <row r="794">
       <c r="A794" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22185</t>
+          <t>../../src/timeline/TimelineModel.cpp:21612</t>
         </is>
       </c>
       <c r="B794" t="inlineStr">
         <is>
-          <t>%1 has changed their display name to %2.</t>
+          <t>%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="C794" t="inlineStr">
         <is>
-          <t>%1 hat den eigenen Anzeigenamen zu %2 geändert.</t>
+          <t>%1 hat diesen Raum nur eingeladenen Nutzern zugänglich gemacht.</t>
         </is>
       </c>
       <c r="D794" t="inlineStr"/>
       <c r="E794" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F794" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their display name to %2.</t>
+          <t>TimelineModel%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="G794" t="inlineStr"/>
       <c r="H794" t="inlineStr"/>
     </row>
     <row r="795">
       <c r="A795" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22221</t>
+          <t>../../src/timeline/TimelineModel.cpp:22232</t>
         </is>
       </c>
       <c r="B795" t="inlineStr">
         <is>
-          <t>%1 left after having already left!</t>
+          <t>%1 invited %2.</t>
         </is>
       </c>
       <c r="C795" t="inlineStr">
         <is>
-          <t>%1 hat den Raum verlassen, obwohl er gar nicht mehr am Raum teilnahm!</t>
+          <t>%1 hat %2 eingeladen.</t>
         </is>
       </c>
       <c r="D795" t="inlineStr"/>
       <c r="E795" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F795" t="inlineStr">
         <is>
+          <t>TimelineModel%1 invited %2.</t>
+        </is>
+      </c>
+      <c r="G795" t="inlineStr"/>
+      <c r="H795" t="inlineStr"/>
+    </row>
+    <row r="796">
+      <c r="A796" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22243</t>
+        </is>
+      </c>
+      <c r="B796" t="inlineStr">
+        <is>
+          <t>%1 has changed their avatar and changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="C796" t="inlineStr">
+        <is>
+          <t>%1 hat den eigenen Avatar und Namen zu %2 geändert.</t>
+        </is>
+      </c>
+      <c r="D796" t="inlineStr"/>
+      <c r="E796" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F796" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="G796" t="inlineStr"/>
+      <c r="H796" t="inlineStr"/>
+    </row>
+    <row r="797">
+      <c r="A797" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22247</t>
+        </is>
+      </c>
+      <c r="B797" t="inlineStr">
+        <is>
+          <t>%1 has changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="C797" t="inlineStr">
+        <is>
+          <t>%1 hat den eigenen Anzeigenamen zu %2 geändert.</t>
+        </is>
+      </c>
+      <c r="D797" t="inlineStr"/>
+      <c r="E797" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F797" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 has changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="G797" t="inlineStr"/>
+      <c r="H797" t="inlineStr"/>
+    </row>
+    <row r="798">
+      <c r="A798" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22283</t>
+        </is>
+      </c>
+      <c r="B798" t="inlineStr">
+        <is>
+          <t>%1 left after having already left!</t>
+        </is>
+      </c>
+      <c r="C798" t="inlineStr">
+        <is>
+          <t>%1 hat den Raum verlassen, obwohl er gar nicht mehr am Raum teilnahm!</t>
+        </is>
+      </c>
+      <c r="D798" t="inlineStr"/>
+      <c r="E798" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F798" t="inlineStr">
+        <is>
           <t>TimelineModel
 This is a leave event after the user already left and shouldn't happen apart from state resets%1 left after having already left!</t>
         </is>
       </c>
-      <c r="G795" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G798" t="inlineStr"/>
       <c r="H798" t="inlineStr"/>
     </row>
     <row r="799">
       <c r="A799" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22421</t>
+          <t>../../src/timeline/TimelineModel.cpp:22290</t>
         </is>
       </c>
       <c r="B799" t="inlineStr">
         <is>
-          <t>No room open</t>
+          <t>%1 banned %2</t>
         </is>
       </c>
       <c r="C799" t="inlineStr">
         <is>
-          <t>Kein Raum geöffnet</t>
+          <t>%1 hat %2 verbannt</t>
         </is>
       </c>
       <c r="D799" t="inlineStr"/>
       <c r="E799" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F799" t="inlineStr">
         <is>
-          <t>TimelineViewNo room open</t>
+          <t>TimelineModel%1 banned %2</t>
         </is>
       </c>
       <c r="G799" t="inlineStr"/>
       <c r="H799" t="inlineStr"/>
     </row>
     <row r="800">
       <c r="A800" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../../src/timeline/TimelineModel.cpp:22293</t>
         </is>
       </c>
       <c r="B800" t="inlineStr">
         <is>
-          <t>You are about to notify the whole room</t>
+          <t>%1 knocked.</t>
         </is>
       </c>
       <c r="C800" t="inlineStr">
         <is>
-          <t>Du wirst den ganzen Raum eine Benachrichtigung schicken</t>
+          <t>%1 hat angeklopft.</t>
         </is>
       </c>
       <c r="D800" t="inlineStr"/>
       <c r="E800" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F800" t="inlineStr">
         <is>
-          <t>TimelineViewYou are about to notify the whole room</t>
+          <t>TimelineModel%1 knocked.</t>
         </is>
       </c>
       <c r="G800" t="inlineStr"/>
       <c r="H800" t="inlineStr"/>
     </row>
     <row r="801">
       <c r="A801" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../qml/TimelineSectionHeader.qml:22432</t>
         </is>
       </c>
       <c r="B801" t="inlineStr">
         <is>
-          <t>You will be mentioning %1</t>
+          <t>%1's status message</t>
         </is>
       </c>
       <c r="C801" t="inlineStr">
         <is>
-          <t>Du wirst %1 erwähnen</t>
+          <t>%1s Statusnachricht</t>
         </is>
       </c>
       <c r="D801" t="inlineStr"/>
       <c r="E801" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F801" t="inlineStr">
         <is>
-          <t>TimelineViewYou will be mentioning %1</t>
+          <t>TimelineSectionHeader%1's status message</t>
         </is>
       </c>
       <c r="G801" t="inlineStr"/>
       <c r="H801" t="inlineStr"/>
     </row>
     <row r="802">
       <c r="A802" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22535</t>
+          <t>../qml/TimelineView.qml:22483</t>
         </is>
       </c>
       <c r="B802" t="inlineStr">
         <is>
-          <t>The command /%1 is not recognized and will be sent as part of your message</t>
+          <t>No room open</t>
         </is>
       </c>
       <c r="C802" t="inlineStr">
         <is>
-          <t>Der Befehl /%1 ist unbekannt und wird in der Nachricht gesendet</t>
+          <t>Kein Raum geöffnet</t>
         </is>
       </c>
       <c r="D802" t="inlineStr"/>
       <c r="E802" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F802" t="inlineStr">
         <is>
-          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
+          <t>TimelineViewNo room open</t>
         </is>
       </c>
       <c r="G802" t="inlineStr"/>
       <c r="H802" t="inlineStr"/>
     </row>
     <row r="803">
       <c r="A803" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22540</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B803" t="inlineStr">
         <is>
-          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>You are about to notify the whole room</t>
         </is>
       </c>
       <c r="C803" t="inlineStr">
         <is>
-          <t>/%1 schein ein unvollständiger Befehl zu sein. Zum trotzdem senden kannst du ein Leerzeichen danach einfügen.</t>
+          <t>Du wirst den ganzen Raum eine Benachrichtigung schicken</t>
         </is>
       </c>
       <c r="D803" t="inlineStr"/>
       <c r="E803" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F803" t="inlineStr">
         <is>
-          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>TimelineViewYou are about to notify the whole room</t>
         </is>
       </c>
       <c r="G803" t="inlineStr"/>
       <c r="H803" t="inlineStr"/>
     </row>
     <row r="804">
       <c r="A804" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22581</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B804" t="inlineStr">
         <is>
-          <t>No preview available</t>
+          <t>You will be mentioning %1</t>
         </is>
       </c>
       <c r="C804" t="inlineStr">
         <is>
-          <t>Keine Vorschau verfügbar</t>
+          <t>Du wirst %1 erwähnen</t>
         </is>
       </c>
       <c r="D804" t="inlineStr"/>
       <c r="E804" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F804" t="inlineStr">
         <is>
-          <t>TimelineViewNo preview available</t>
+          <t>TimelineViewYou will be mentioning %1</t>
         </is>
       </c>
       <c r="G804" t="inlineStr"/>
       <c r="H804" t="inlineStr"/>
     </row>
     <row r="805">
       <c r="A805" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22586</t>
+          <t>../qml/TimelineView.qml:22598</t>
         </is>
       </c>
       <c r="B805" t="inlineStr">
         <is>
-          <t>Settings</t>
+          <t>The command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="C805" t="inlineStr">
         <is>
-          <t>Einstellungen</t>
+          <t>Der Befehl /%1 ist unbekannt und wird in der Nachricht gesendet</t>
         </is>
       </c>
       <c r="D805" t="inlineStr"/>
       <c r="E805" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F805" t="inlineStr">
         <is>
-          <t>TimelineViewSettings</t>
+          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="G805" t="inlineStr"/>
       <c r="H805" t="inlineStr"/>
     </row>
     <row r="806">
       <c r="A806" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22605</t>
+          <t>../qml/TimelineView.qml:22603</t>
         </is>
       </c>
       <c r="B806" t="inlineStr">
         <is>
-          <t>%n member</t>
+          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="C806" t="inlineStr">
         <is>
-          <t>%n Mitglied</t>
+          <t>/%1 schein ein unvollständiger Befehl zu sein. Zum trotzdem senden kannst du ein Leerzeichen danach einfügen.</t>
         </is>
       </c>
       <c r="D806" t="inlineStr"/>
       <c r="E806" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F806" t="inlineStr">
         <is>
-          <t>TimelineView%n member(s)</t>
+          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="G806" t="inlineStr"/>
       <c r="H806" t="inlineStr"/>
     </row>
     <row r="807">
       <c r="A807" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22608</t>
+          <t>../qml/TimelineView.qml:22644</t>
         </is>
       </c>
       <c r="B807" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C807" t="inlineStr">
         <is>
-          <t>Zeige Mitglieder von %1 an</t>
+          <t>Keine Vorschau verfügbar</t>
         </is>
       </c>
       <c r="D807" t="inlineStr"/>
       <c r="E807" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F807" t="inlineStr">
         <is>
-          <t>TimelineViewView members of %1</t>
+          <t>TimelineViewNo preview available</t>
         </is>
       </c>
       <c r="G807" t="inlineStr"/>
       <c r="H807" t="inlineStr"/>
     </row>
     <row r="808">
       <c r="A808" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22626</t>
+          <t>../qml/TimelineView.qml:22649</t>
         </is>
       </c>
       <c r="B808" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>Settings</t>
         </is>
       </c>
       <c r="C808" t="inlineStr">
         <is>
-          <t>Dieser Raum kann nicht betreten werden. Wenn der Raum privat ist, solltest du ihn von der Gruppe entfernen.</t>
+          <t>Einstellungen</t>
         </is>
       </c>
       <c r="D808" t="inlineStr"/>
       <c r="E808" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F808" t="inlineStr">
         <is>
-          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>TimelineViewSettings</t>
         </is>
       </c>
       <c r="G808" t="inlineStr"/>
       <c r="H808" t="inlineStr"/>
     </row>
     <row r="809">
       <c r="A809" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22632</t>
+          <t>../qml/TimelineView.qml:22668</t>
         </is>
       </c>
       <c r="B809" t="inlineStr">
         <is>
-          <t>join the conversation</t>
+          <t>%n member</t>
         </is>
       </c>
       <c r="C809" t="inlineStr">
         <is>
-          <t>An der Unterhaltung teilnehmen</t>
+          <t>%n Mitglied</t>
         </is>
       </c>
       <c r="D809" t="inlineStr"/>
       <c r="E809" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F809" t="inlineStr">
         <is>
-          <t>TimelineViewjoin the conversation</t>
+          <t>TimelineView%n member(s)</t>
         </is>
       </c>
       <c r="G809" t="inlineStr"/>
       <c r="H809" t="inlineStr"/>
     </row>
     <row r="810">
       <c r="A810" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22639</t>
+          <t>../qml/TimelineView.qml:22671</t>
         </is>
       </c>
       <c r="B810" t="inlineStr">
         <is>
-          <t>accept invite</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C810" t="inlineStr">
         <is>
-          <t>Einladung annehmen</t>
+          <t>Zeige Mitglieder von %1 an</t>
         </is>
       </c>
       <c r="D810" t="inlineStr"/>
       <c r="E810" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F810" t="inlineStr">
         <is>
-          <t>TimelineViewaccept invite</t>
+          <t>TimelineViewView members of %1</t>
         </is>
       </c>
       <c r="G810" t="inlineStr"/>
       <c r="H810" t="inlineStr"/>
     </row>
     <row r="811">
       <c r="A811" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22646</t>
+          <t>../qml/TimelineView.qml:22689</t>
         </is>
       </c>
       <c r="B811" t="inlineStr">
         <is>
-          <t>decline invite</t>
+          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="C811" t="inlineStr">
         <is>
-          <t>Einladung ablehnen</t>
+          <t>Dieser Raum kann nicht betreten werden. Wenn der Raum privat ist, solltest du ihn von der Gruppe entfernen.</t>
         </is>
       </c>
       <c r="D811" t="inlineStr"/>
       <c r="E811" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F811" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite</t>
+          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="G811" t="inlineStr"/>
       <c r="H811" t="inlineStr"/>
     </row>
     <row r="812">
       <c r="A812" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22653</t>
+          <t>../qml/TimelineView.qml:22695</t>
         </is>
       </c>
       <c r="B812" t="inlineStr">
         <is>
-          <t>decline invite and ignore user</t>
+          <t>join the conversation</t>
         </is>
       </c>
       <c r="C812" t="inlineStr">
         <is>
-          <t>Einladung abweisen und Nutzer ignorieren</t>
+          <t>An der Unterhaltung teilnehmen</t>
         </is>
       </c>
       <c r="D812" t="inlineStr"/>
       <c r="E812" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F812" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite and ignore user</t>
+          <t>TimelineViewjoin the conversation</t>
         </is>
       </c>
       <c r="G812" t="inlineStr"/>
       <c r="H812" t="inlineStr"/>
     </row>
     <row r="813">
       <c r="A813" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22663</t>
+          <t>../qml/TimelineView.qml:22702</t>
         </is>
       </c>
       <c r="B813" t="inlineStr">
         <is>
-          <t>leave</t>
+          <t>accept invite</t>
         </is>
       </c>
       <c r="C813" t="inlineStr">
         <is>
-          <t>verlassen</t>
+          <t>Einladung annehmen</t>
         </is>
       </c>
       <c r="D813" t="inlineStr"/>
       <c r="E813" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F813" t="inlineStr">
         <is>
-          <t>TimelineViewleave</t>
+          <t>TimelineViewaccept invite</t>
         </is>
       </c>
       <c r="G813" t="inlineStr"/>
       <c r="H813" t="inlineStr"/>
     </row>
     <row r="814">
       <c r="A814" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22678</t>
+          <t>../qml/TimelineView.qml:22709</t>
         </is>
       </c>
       <c r="B814" t="inlineStr">
         <is>
-          <t>Invited by %1 (%2)</t>
+          <t>decline invite</t>
         </is>
       </c>
       <c r="C814" t="inlineStr">
         <is>
-          <t>Eingeladen durch %1 (%2)</t>
+          <t>Einladung ablehnen</t>
         </is>
       </c>
       <c r="D814" t="inlineStr"/>
       <c r="E814" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F814" t="inlineStr">
         <is>
-          <t>TimelineViewInvited by %1 (%2)</t>
+          <t>TimelineViewdecline invite</t>
         </is>
       </c>
       <c r="G814" t="inlineStr"/>
       <c r="H814" t="inlineStr"/>
     </row>
     <row r="815">
       <c r="A815" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22716</t>
         </is>
       </c>
       <c r="B815" t="inlineStr">
         <is>
-          <t>Hide invite reason</t>
+          <t>decline invite and ignore user</t>
         </is>
       </c>
       <c r="C815" t="inlineStr">
         <is>
-          <t>Einladungsgrund verstecken</t>
+          <t>Einladung abweisen und Nutzer ignorieren</t>
         </is>
       </c>
       <c r="D815" t="inlineStr"/>
       <c r="E815" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F815" t="inlineStr">
         <is>
-          <t>TimelineViewHide invite reason</t>
+          <t>TimelineViewdecline invite and ignore user</t>
         </is>
       </c>
       <c r="G815" t="inlineStr"/>
       <c r="H815" t="inlineStr"/>
     </row>
     <row r="816">
       <c r="A816" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22726</t>
         </is>
       </c>
       <c r="B816" t="inlineStr">
         <is>
-          <t>Show invite reason</t>
+          <t>leave</t>
         </is>
       </c>
       <c r="C816" t="inlineStr">
         <is>
-          <t>Einladungsgrund anzeigen</t>
+          <t>verlassen</t>
         </is>
       </c>
       <c r="D816" t="inlineStr"/>
       <c r="E816" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F816" t="inlineStr">
         <is>
-          <t>TimelineViewShow invite reason</t>
+          <t>TimelineViewleave</t>
         </is>
       </c>
       <c r="G816" t="inlineStr"/>
       <c r="H816" t="inlineStr"/>
     </row>
     <row r="817">
       <c r="A817" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22740</t>
+          <t>../qml/TimelineView.qml:22741</t>
         </is>
       </c>
       <c r="B817" t="inlineStr">
         <is>
-          <t>Back to room list</t>
+          <t>Invited by %1 (%2)</t>
         </is>
       </c>
       <c r="C817" t="inlineStr">
         <is>
-          <t>Zurück zur Raumliste</t>
+          <t>Eingeladen durch %1 (%2)</t>
         </is>
       </c>
       <c r="D817" t="inlineStr"/>
       <c r="E817" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F817" t="inlineStr">
         <is>
-          <t>TimelineViewBack to room list</t>
+          <t>TimelineViewInvited by %1 (%2)</t>
         </is>
       </c>
       <c r="G817" t="inlineStr"/>
       <c r="H817" t="inlineStr"/>
     </row>
     <row r="818">
       <c r="A818" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22760</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B818" t="inlineStr">
         <is>
-          <t>No room selected</t>
+          <t>Hide invite reason</t>
         </is>
       </c>
       <c r="C818" t="inlineStr">
         <is>
-          <t>Kein Raum ausgewählt</t>
+          <t>Einladungsgrund verstecken</t>
         </is>
       </c>
       <c r="D818" t="inlineStr"/>
       <c r="E818" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F818" t="inlineStr">
         <is>
-          <t>TopBarNo room selected</t>
+          <t>TimelineViewHide invite reason</t>
         </is>
       </c>
       <c r="G818" t="inlineStr"/>
       <c r="H818" t="inlineStr"/>
     </row>
     <row r="819">
       <c r="A819" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22813</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B819" t="inlineStr">
         <is>
-          <t>In %1</t>
+          <t>Show invite reason</t>
         </is>
       </c>
       <c r="C819" t="inlineStr">
         <is>
-          <t>In %1</t>
+          <t>Einladungsgrund anzeigen</t>
         </is>
       </c>
       <c r="D819" t="inlineStr"/>
       <c r="E819" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F819" t="inlineStr">
         <is>
-          <t>TopBarIn %1</t>
+          <t>TimelineViewShow invite reason</t>
         </is>
       </c>
       <c r="G819" t="inlineStr"/>
       <c r="H819" t="inlineStr"/>
     </row>
     <row r="820">
       <c r="A820" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22826</t>
+          <t>../qml/TimelineView.qml:22803</t>
         </is>
       </c>
       <c r="B820" t="inlineStr">
         <is>
           <t>Back to room list</t>
         </is>
       </c>
       <c r="C820" t="inlineStr">
         <is>
           <t>Zurück zur Raumliste</t>
         </is>
       </c>
       <c r="D820" t="inlineStr"/>
       <c r="E820" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F820" t="inlineStr">
         <is>
-          <t>TopBarBack to room list</t>
+          <t>TimelineViewBack to room list</t>
         </is>
       </c>
       <c r="G820" t="inlineStr"/>
       <c r="H820" t="inlineStr"/>
     </row>
     <row r="821">
       <c r="A821" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22883</t>
+          <t>../qml/TopBar.qml:22823</t>
         </is>
       </c>
       <c r="B821" t="inlineStr">
         <is>
-          <t>Show or hide pinned messages</t>
+          <t>No room selected</t>
         </is>
       </c>
       <c r="C821" t="inlineStr">
         <is>
-          <t>Angehefte Nachrichten anzeigen oder verstecken</t>
+          <t>Kein Raum ausgewählt</t>
         </is>
       </c>
       <c r="D821" t="inlineStr"/>
       <c r="E821" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F821" t="inlineStr">
         <is>
-          <t>TopBarShow or hide pinned messages</t>
+          <t>TopBarNo room selected</t>
         </is>
       </c>
       <c r="G821" t="inlineStr"/>
       <c r="H821" t="inlineStr"/>
     </row>
     <row r="822">
       <c r="A822" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22914</t>
+          <t>../qml/TopBar.qml:22877</t>
         </is>
       </c>
       <c r="B822" t="inlineStr">
         <is>
-          <t>Show room members.</t>
+          <t>In %1</t>
         </is>
       </c>
       <c r="C822" t="inlineStr">
         <is>
-          <t>Zeige Raummitglieder an.</t>
+          <t>In %1</t>
         </is>
       </c>
       <c r="D822" t="inlineStr"/>
       <c r="E822" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F822" t="inlineStr">
         <is>
-          <t>TopBarShow room members.</t>
+          <t>TopBarIn %1</t>
         </is>
       </c>
       <c r="G822" t="inlineStr"/>
       <c r="H822" t="inlineStr"/>
     </row>
     <row r="823">
       <c r="A823" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22917</t>
+          <t>../qml/TopBar.qml:22890</t>
         </is>
       </c>
       <c r="B823" t="inlineStr">
         <is>
-          <t>This room contains only verified devices.</t>
+          <t>Back to room list</t>
         </is>
       </c>
       <c r="C823" t="inlineStr">
         <is>
-          <t>Dieser Raum enthält nur verifizierte Geräte.</t>
+          <t>Zurück zur Raumliste</t>
         </is>
       </c>
       <c r="D823" t="inlineStr"/>
       <c r="E823" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F823" t="inlineStr">
         <is>
-          <t>TopBarThis room contains only verified devices.</t>
+          <t>TopBarBack to room list</t>
         </is>
       </c>
       <c r="G823" t="inlineStr"/>
       <c r="H823" t="inlineStr"/>
     </row>
     <row r="824">
       <c r="A824" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22919</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/TopBar.qml:22945</t>
+        </is>
+      </c>
+      <c r="B824" t="inlineStr"/>
+      <c r="C824" t="inlineStr"/>
       <c r="D824" t="inlineStr"/>
       <c r="E824" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F824" t="inlineStr">
         <is>
-          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
+          <t>TopBarShow only notifications</t>
         </is>
       </c>
       <c r="G824" t="inlineStr"/>
       <c r="H824" t="inlineStr"/>
     </row>
     <row r="825">
       <c r="A825" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22921</t>
+          <t>../qml/TopBar.qml:22964</t>
         </is>
       </c>
       <c r="B825" t="inlineStr">
         <is>
-          <t>This room contains unverified devices!</t>
+          <t>Show or hide pinned messages</t>
         </is>
       </c>
       <c r="C825" t="inlineStr">
         <is>
-          <t>Dieser Raum enthält unverifizierte Geräte!</t>
+          <t>Angehefte Nachrichten anzeigen oder verstecken</t>
         </is>
       </c>
       <c r="D825" t="inlineStr"/>
       <c r="E825" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F825" t="inlineStr">
         <is>
-          <t>TopBarThis room contains unverified devices!</t>
+          <t>TopBarShow or hide pinned messages</t>
         </is>
       </c>
       <c r="G825" t="inlineStr"/>
       <c r="H825" t="inlineStr"/>
     </row>
     <row r="826">
       <c r="A826" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22948</t>
+          <t>../qml/TopBar.qml:22995</t>
         </is>
       </c>
       <c r="B826" t="inlineStr">
         <is>
-          <t>Search this room</t>
+          <t>Show room members.</t>
         </is>
       </c>
       <c r="C826" t="inlineStr">
         <is>
-          <t>Diesen Raum durchsuchen</t>
+          <t>Zeige Raummitglieder an.</t>
         </is>
       </c>
       <c r="D826" t="inlineStr"/>
       <c r="E826" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F826" t="inlineStr">
         <is>
-          <t>TopBarSearch this room</t>
+          <t>TopBarShow room members.</t>
         </is>
       </c>
       <c r="G826" t="inlineStr"/>
       <c r="H826" t="inlineStr"/>
     </row>
     <row r="827">
       <c r="A827" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22972</t>
+          <t>../qml/TopBar.qml:22998</t>
         </is>
       </c>
       <c r="B827" t="inlineStr">
         <is>
-          <t>Room options</t>
+          <t>This room contains only verified devices.</t>
         </is>
       </c>
       <c r="C827" t="inlineStr">
         <is>
-          <t>Raumoptionen</t>
+          <t>Dieser Raum enthält nur verifizierte Geräte.</t>
         </is>
       </c>
       <c r="D827" t="inlineStr"/>
       <c r="E827" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F827" t="inlineStr">
         <is>
-          <t>TopBarRoom options</t>
+          <t>TopBarThis room contains only verified devices.</t>
         </is>
       </c>
       <c r="G827" t="inlineStr"/>
       <c r="H827" t="inlineStr"/>
     </row>
     <row r="828">
       <c r="A828" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22990</t>
+          <t>../qml/TopBar.qml:23000</t>
         </is>
       </c>
       <c r="B828" t="inlineStr">
         <is>
-          <t>Invite users</t>
+          <t>This room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="C828" t="inlineStr">
         <is>
-          <t>Benutzer einladen</t>
+          <t>Dieser Raum enthält nur Geräte, die entweder verifiziert wurden oder nie den Hauptschlüssel geändert haben.</t>
         </is>
       </c>
       <c r="D828" t="inlineStr"/>
       <c r="E828" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F828" t="inlineStr">
         <is>
-          <t>TopBarInvite users</t>
+          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="G828" t="inlineStr"/>
       <c r="H828" t="inlineStr"/>
     </row>
     <row r="829">
       <c r="A829" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22996</t>
+          <t>../qml/TopBar.qml:23002</t>
         </is>
       </c>
       <c r="B829" t="inlineStr">
         <is>
-          <t>Members</t>
+          <t>This room contains unverified devices!</t>
         </is>
       </c>
       <c r="C829" t="inlineStr">
         <is>
-          <t>Teilnehmer</t>
+          <t>Dieser Raum enthält unverifizierte Geräte!</t>
         </is>
       </c>
       <c r="D829" t="inlineStr"/>
       <c r="E829" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F829" t="inlineStr">
         <is>
-          <t>TopBarMembers</t>
+          <t>TopBarThis room contains unverified devices!</t>
         </is>
       </c>
       <c r="G829" t="inlineStr"/>
       <c r="H829" t="inlineStr"/>
     </row>
     <row r="830">
       <c r="A830" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23001</t>
+          <t>../qml/TopBar.qml:23029</t>
         </is>
       </c>
       <c r="B830" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Search this room</t>
         </is>
       </c>
       <c r="C830" t="inlineStr">
         <is>
-          <t>Raum verlassen</t>
+          <t>Diesen Raum durchsuchen</t>
         </is>
       </c>
       <c r="D830" t="inlineStr"/>
       <c r="E830" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F830" t="inlineStr">
         <is>
-          <t>TopBarLeave room</t>
+          <t>TopBarSearch this room</t>
         </is>
       </c>
       <c r="G830" t="inlineStr"/>
       <c r="H830" t="inlineStr"/>
     </row>
     <row r="831">
       <c r="A831" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23006</t>
+          <t>../qml/TopBar.qml:23053</t>
         </is>
       </c>
       <c r="B831" t="inlineStr">
         <is>
-          <t>Settings</t>
+          <t>Room options</t>
         </is>
       </c>
       <c r="C831" t="inlineStr">
         <is>
-          <t>Einstellungen</t>
+          <t>Raumoptionen</t>
         </is>
       </c>
       <c r="D831" t="inlineStr"/>
       <c r="E831" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F831" t="inlineStr">
         <is>
-          <t>TopBarSettings</t>
+          <t>TopBarRoom options</t>
         </is>
       </c>
       <c r="G831" t="inlineStr"/>
       <c r="H831" t="inlineStr"/>
     </row>
     <row r="832">
       <c r="A832" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23058</t>
+          <t>../qml/TopBar.qml:23071</t>
         </is>
       </c>
       <c r="B832" t="inlineStr">
         <is>
-          <t>Unpin</t>
+          <t>Invite users</t>
         </is>
       </c>
       <c r="C832" t="inlineStr">
         <is>
-          <t>Anheften aufheben</t>
+          <t>Benutzer einladen</t>
         </is>
       </c>
       <c r="D832" t="inlineStr"/>
       <c r="E832" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F832" t="inlineStr">
         <is>
-          <t>TopBarUnpin</t>
+          <t>TopBarInvite users</t>
         </is>
       </c>
       <c r="G832" t="inlineStr"/>
       <c r="H832" t="inlineStr"/>
     </row>
     <row r="833">
       <c r="A833" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23104</t>
+          <t>../qml/TopBar.qml:23077</t>
         </is>
       </c>
       <c r="B833" t="inlineStr">
         <is>
-          <t>Enter search query</t>
+          <t>Members</t>
         </is>
       </c>
       <c r="C833" t="inlineStr">
         <is>
-          <t>Suchanfrage eingeben</t>
+          <t>Teilnehmer</t>
         </is>
       </c>
       <c r="D833" t="inlineStr"/>
       <c r="E833" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F833" t="inlineStr">
         <is>
-          <t>TopBarEnter search query</t>
+          <t>TopBarMembers</t>
         </is>
       </c>
       <c r="G833" t="inlineStr"/>
       <c r="H833" t="inlineStr"/>
     </row>
     <row r="834">
       <c r="A834" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23214</t>
+          <t>../qml/TopBar.qml:23082</t>
         </is>
       </c>
       <c r="B834" t="inlineStr">
         <is>
-          <t>Show</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C834" t="inlineStr">
         <is>
-          <t>Zeigen</t>
+          <t>Raum verlassen</t>
         </is>
       </c>
       <c r="D834" t="inlineStr"/>
       <c r="E834" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F834" t="inlineStr">
         <is>
-          <t>TrayIconShow</t>
+          <t>TopBarLeave room</t>
         </is>
       </c>
       <c r="G834" t="inlineStr"/>
       <c r="H834" t="inlineStr"/>
     </row>
     <row r="835">
       <c r="A835" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23215</t>
+          <t>../qml/TopBar.qml:23087</t>
         </is>
       </c>
       <c r="B835" t="inlineStr">
         <is>
-          <t>Quit</t>
+          <t>Settings</t>
         </is>
       </c>
       <c r="C835" t="inlineStr">
         <is>
-          <t>Schließen</t>
+          <t>Einstellungen</t>
         </is>
       </c>
       <c r="D835" t="inlineStr"/>
       <c r="E835" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F835" t="inlineStr">
         <is>
-          <t>TrayIconQuit</t>
+          <t>TopBarSettings</t>
         </is>
       </c>
       <c r="G835" t="inlineStr"/>
       <c r="H835" t="inlineStr"/>
     </row>
     <row r="836">
       <c r="A836" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23242</t>
+          <t>../qml/TopBar.qml:23139</t>
         </is>
       </c>
       <c r="B836" t="inlineStr">
+        <is>
+          <t>Unpin</t>
+        </is>
+      </c>
+      <c r="C836" t="inlineStr">
+        <is>
+          <t>Anheften aufheben</t>
+        </is>
+      </c>
+      <c r="D836" t="inlineStr"/>
+      <c r="E836" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F836" t="inlineStr">
+        <is>
+          <t>TopBarUnpin</t>
+        </is>
+      </c>
+      <c r="G836" t="inlineStr"/>
+      <c r="H836" t="inlineStr"/>
+    </row>
+    <row r="837">
+      <c r="A837" t="inlineStr">
+        <is>
+          <t>../qml/TopBar.qml:23185</t>
+        </is>
+      </c>
+      <c r="B837" t="inlineStr">
+        <is>
+          <t>Enter search query</t>
+        </is>
+      </c>
+      <c r="C837" t="inlineStr">
+        <is>
+          <t>Suchanfrage eingeben</t>
+        </is>
+      </c>
+      <c r="D837" t="inlineStr"/>
+      <c r="E837" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F837" t="inlineStr">
+        <is>
+          <t>TopBarEnter search query</t>
+        </is>
+      </c>
+      <c r="G837" t="inlineStr"/>
+      <c r="H837" t="inlineStr"/>
+    </row>
+    <row r="838">
+      <c r="A838" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23295</t>
+        </is>
+      </c>
+      <c r="B838" t="inlineStr">
+        <is>
+          <t>Show</t>
+        </is>
+      </c>
+      <c r="C838" t="inlineStr">
+        <is>
+          <t>Zeigen</t>
+        </is>
+      </c>
+      <c r="D838" t="inlineStr"/>
+      <c r="E838" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F838" t="inlineStr">
+        <is>
+          <t>TrayIconShow</t>
+        </is>
+      </c>
+      <c r="G838" t="inlineStr"/>
+      <c r="H838" t="inlineStr"/>
+    </row>
+    <row r="839">
+      <c r="A839" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23296</t>
+        </is>
+      </c>
+      <c r="B839" t="inlineStr">
+        <is>
+          <t>Quit</t>
+        </is>
+      </c>
+      <c r="C839" t="inlineStr">
+        <is>
+          <t>Schließen</t>
+        </is>
+      </c>
+      <c r="D839" t="inlineStr"/>
+      <c r="E839" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F839" t="inlineStr">
+        <is>
+          <t>TrayIconQuit</t>
+        </is>
+      </c>
+      <c r="G839" t="inlineStr"/>
+      <c r="H839" t="inlineStr"/>
+    </row>
+    <row r="840">
+      <c r="A840" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23328</t>
+        </is>
+      </c>
+      <c r="B840" t="inlineStr">
         <is>
           <t xml:space="preserve">
 %n unread message</t>
         </is>
       </c>
-      <c r="C836" t="inlineStr">
+      <c r="C840" t="inlineStr">
         <is>
           <t xml:space="preserve">
 %n ungelesene Nachricht</t>
         </is>
       </c>
-      <c r="D836" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F836" t="inlineStr">
+      <c r="D840" t="inlineStr"/>
+      <c r="E840" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F840" t="inlineStr">
         <is>
           <t>TrayIcon
 %n unread message(s)</t>
         </is>
       </c>
-      <c r="G836" t="inlineStr"/>
-[...118 lines deleted...]
-      </c>
       <c r="G840" t="inlineStr"/>
       <c r="H840" t="inlineStr"/>
     </row>
     <row r="841">
       <c r="A841" t="inlineStr">
         <is>
-          <t>../qml/UploadBox.qml:23612</t>
+          <t>../../src/ui/UIA.cpp:23386</t>
         </is>
       </c>
       <c r="B841" t="inlineStr">
         <is>
-          <t>Upload file</t>
+          <t>No available registration flows!</t>
         </is>
       </c>
       <c r="C841" t="inlineStr">
         <is>
-          <t>Datei hochladen</t>
+          <t>Keine bekannten Wege zur Authentifizierung!</t>
         </is>
       </c>
       <c r="D841" t="inlineStr"/>
       <c r="E841" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F841" t="inlineStr">
         <is>
-          <t>UploadBoxUpload %n file(s)</t>
+          <t>UIANo available registration flows!</t>
         </is>
       </c>
       <c r="G841" t="inlineStr"/>
       <c r="H841" t="inlineStr"/>
     </row>
     <row r="842">
       <c r="A842" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23830</t>
+          <t>../../src/ui/UIA.cpp:23471</t>
         </is>
       </c>
       <c r="B842" t="inlineStr">
         <is>
-          <t>Sign out device %1</t>
+          <t>Registration aborted</t>
         </is>
       </c>
       <c r="C842" t="inlineStr">
         <is>
-          <t>Gerät %1 abmelden</t>
+          <t>Authentifizierung abgebrochen</t>
         </is>
       </c>
       <c r="D842" t="inlineStr"/>
       <c r="E842" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F842" t="inlineStr">
         <is>
-          <t>UserProfileSign out device %1</t>
+          <t>UIARegistration aborted</t>
         </is>
       </c>
       <c r="G842" t="inlineStr"/>
       <c r="H842" t="inlineStr"/>
     </row>
     <row r="843">
       <c r="A843" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23840</t>
+          <t>../../src/ui/UIA.cpp:23448</t>
         </is>
       </c>
       <c r="B843" t="inlineStr">
         <is>
-          <t>You signed out this device.</t>
+          <t>Please enter a valid registration token.</t>
         </is>
       </c>
       <c r="C843" t="inlineStr">
         <is>
-          <t>Du hast dieses Gerät abgemeldet.</t>
+          <t>Bitte gib ein gültiges Registrierungstoken ein.</t>
         </is>
       </c>
       <c r="D843" t="inlineStr"/>
       <c r="E843" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F843" t="inlineStr">
         <is>
-          <t>UserProfileYou signed out this device.</t>
+          <t>UIAPlease enter a valid registration token.</t>
         </is>
       </c>
       <c r="G843" t="inlineStr"/>
       <c r="H843" t="inlineStr"/>
     </row>
     <row r="844">
       <c r="A844" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23890</t>
+          <t>../../src/ui/UIA.cpp:23608</t>
         </is>
       </c>
       <c r="B844" t="inlineStr">
         <is>
-          <t>Failed to ignore "%1": %2</t>
+          <t>Invalid token</t>
         </is>
       </c>
       <c r="C844" t="inlineStr">
         <is>
-          <t>Konnte "%1" nicht ignorieren: %2</t>
+          <t>Ungültiges Token</t>
         </is>
       </c>
       <c r="D844" t="inlineStr"/>
       <c r="E844" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F844" t="inlineStr">
         <is>
-          <t>UserProfileFailed to ignore "%1": %2</t>
+          <t>UIAInvalid token</t>
         </is>
       </c>
       <c r="G844" t="inlineStr"/>
       <c r="H844" t="inlineStr"/>
     </row>
     <row r="845">
       <c r="A845" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../qml/UploadBox.qml:23698</t>
         </is>
       </c>
       <c r="B845" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>Upload file</t>
         </is>
       </c>
       <c r="C845" t="inlineStr">
         <is>
-          <t>Avatar wählen</t>
+          <t>Datei hochladen</t>
         </is>
       </c>
       <c r="D845" t="inlineStr"/>
       <c r="E845" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F845" t="inlineStr">
         <is>
-          <t>UserProfileSelect an avatar</t>
+          <t>UploadBoxUpload %n file(s)</t>
         </is>
       </c>
       <c r="G845" t="inlineStr"/>
       <c r="H845" t="inlineStr"/>
     </row>
     <row r="846">
       <c r="A846" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../../src/ui/UserProfile.cpp:23916</t>
         </is>
       </c>
       <c r="B846" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Sign out device %1</t>
         </is>
       </c>
       <c r="C846" t="inlineStr">
         <is>
-          <t>Alle Dateien (*)</t>
+          <t>Gerät %1 abmelden</t>
         </is>
       </c>
       <c r="D846" t="inlineStr"/>
       <c r="E846" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F846" t="inlineStr">
         <is>
-          <t>UserProfileAll Files (*)</t>
+          <t>UserProfileSign out device %1</t>
         </is>
       </c>
       <c r="G846" t="inlineStr"/>
       <c r="H846" t="inlineStr"/>
     </row>
     <row r="847">
       <c r="A847" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24124</t>
+          <t>../../src/ui/UserProfile.cpp:23926</t>
         </is>
       </c>
       <c r="B847" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>You signed out this device.</t>
         </is>
       </c>
       <c r="C847" t="inlineStr">
         <is>
-          <t>Die ausgewählte Datei ist kein Bild</t>
+          <t>Du hast dieses Gerät abgemeldet.</t>
         </is>
       </c>
       <c r="D847" t="inlineStr"/>
       <c r="E847" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F847" t="inlineStr">
         <is>
-          <t>UserProfileThe selected file is not an image</t>
+          <t>UserProfileYou signed out this device.</t>
         </is>
       </c>
       <c r="G847" t="inlineStr"/>
       <c r="H847" t="inlineStr"/>
     </row>
     <row r="848">
       <c r="A848" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24129</t>
+          <t>../../src/ui/UserProfile.cpp:23976</t>
         </is>
       </c>
       <c r="B848" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
+          <t>Failed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="C848" t="inlineStr">
         <is>
-          <t>Fehler beim Lesen der Datei: %1</t>
+          <t>Konnte "%1" nicht ignorieren: %2</t>
         </is>
       </c>
       <c r="D848" t="inlineStr"/>
       <c r="E848" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F848" t="inlineStr">
         <is>
-          <t>UserProfileError while reading file: %1</t>
+          <t>UserProfileFailed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="G848" t="inlineStr"/>
       <c r="H848" t="inlineStr"/>
     </row>
     <row r="849">
       <c r="A849" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B849" t="inlineStr">
         <is>
-          <t>Global User Profile</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C849" t="inlineStr">
         <is>
-          <t>Globales Nutzerprofil</t>
+          <t>Avatar wählen</t>
         </is>
       </c>
       <c r="D849" t="inlineStr"/>
       <c r="E849" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F849" t="inlineStr">
         <is>
-          <t>UserProfileGlobal User Profile</t>
+          <t>UserProfileSelect an avatar</t>
         </is>
       </c>
       <c r="G849" t="inlineStr"/>
       <c r="H849" t="inlineStr"/>
     </row>
     <row r="850">
       <c r="A850" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B850" t="inlineStr">
         <is>
-          <t>Room User Profile</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C850" t="inlineStr">
         <is>
-          <t>Raumspezifisches Nutzerprofil</t>
+          <t>Alle Dateien (*)</t>
         </is>
       </c>
       <c r="D850" t="inlineStr"/>
       <c r="E850" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F850" t="inlineStr">
         <is>
-          <t>UserProfileRoom User Profile</t>
+          <t>UserProfileAll Files (*)</t>
         </is>
       </c>
       <c r="G850" t="inlineStr"/>
       <c r="H850" t="inlineStr"/>
     </row>
     <row r="851">
       <c r="A851" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../../src/ui/UserProfile.cpp:24210</t>
         </is>
       </c>
       <c r="B851" t="inlineStr">
         <is>
-          <t>Change avatar globally.</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C851" t="inlineStr">
         <is>
-          <t>Ändere das Profilbild in allen Räumen.</t>
+          <t>Die ausgewählte Datei ist kein Bild</t>
         </is>
       </c>
       <c r="D851" t="inlineStr"/>
       <c r="E851" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F851" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar globally.</t>
+          <t>UserProfileThe selected file is not an image</t>
         </is>
       </c>
       <c r="G851" t="inlineStr"/>
       <c r="H851" t="inlineStr"/>
     </row>
     <row r="852">
       <c r="A852" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../../src/ui/UserProfile.cpp:24215</t>
         </is>
       </c>
       <c r="B852" t="inlineStr">
         <is>
-          <t>Change avatar. Will only apply to this room.</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C852" t="inlineStr">
         <is>
-          <t>Ändere das Profilbild nur in diesem Raum.</t>
+          <t>Fehler beim Lesen der Datei: %1</t>
         </is>
       </c>
       <c r="D852" t="inlineStr"/>
       <c r="E852" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F852" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar. Will only apply to this room.</t>
+          <t>UserProfileError while reading file: %1</t>
         </is>
       </c>
       <c r="G852" t="inlineStr"/>
       <c r="H852" t="inlineStr"/>
     </row>
     <row r="853">
       <c r="A853" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B853" t="inlineStr">
         <is>
-          <t>Change display name globally.</t>
+          <t>Global User Profile</t>
         </is>
       </c>
       <c r="C853" t="inlineStr">
         <is>
-          <t>Ändere den Anzeigenamen in allen Räumen.</t>
+          <t>Globales Nutzerprofil</t>
         </is>
       </c>
       <c r="D853" t="inlineStr"/>
       <c r="E853" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F853" t="inlineStr">
         <is>
-          <t>UserProfileChange display name globally.</t>
+          <t>UserProfileGlobal User Profile</t>
         </is>
       </c>
       <c r="G853" t="inlineStr"/>
       <c r="H853" t="inlineStr"/>
     </row>
     <row r="854">
       <c r="A854" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B854" t="inlineStr">
         <is>
-          <t>Change display name. Will only apply to this room.</t>
+          <t>Room User Profile</t>
         </is>
       </c>
       <c r="C854" t="inlineStr">
         <is>
-          <t>Ändere den Anzeigenamen nur in diesem Raum.</t>
+          <t>Raumspezifisches Nutzerprofil</t>
         </is>
       </c>
       <c r="D854" t="inlineStr"/>
       <c r="E854" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F854" t="inlineStr">
         <is>
-          <t>UserProfileChange display name. Will only apply to this room.</t>
+          <t>UserProfileRoom User Profile</t>
         </is>
       </c>
       <c r="G854" t="inlineStr"/>
       <c r="H854" t="inlineStr"/>
     </row>
     <row r="855">
       <c r="A855" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24304</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B855" t="inlineStr">
         <is>
-          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>Change avatar globally.</t>
         </is>
       </c>
       <c r="C855" t="inlineStr">
         <is>
-          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>Ändere das Profilbild in allen Räumen.</t>
         </is>
       </c>
       <c r="D855" t="inlineStr"/>
       <c r="E855" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F855" t="inlineStr">
         <is>
-          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>UserProfileChange avatar globally.</t>
         </is>
       </c>
       <c r="G855" t="inlineStr"/>
       <c r="H855" t="inlineStr"/>
     </row>
     <row r="856">
       <c r="A856" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24329</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B856" t="inlineStr">
         <is>
-          <t>Room: %1</t>
+          <t>Change avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C856" t="inlineStr">
         <is>
-          <t>Raum: %1</t>
+          <t>Ändere das Profilbild nur in diesem Raum.</t>
         </is>
       </c>
       <c r="D856" t="inlineStr"/>
       <c r="E856" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F856" t="inlineStr">
         <is>
-          <t>UserProfileRoom: %1</t>
+          <t>UserProfileChange avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G856" t="inlineStr"/>
       <c r="H856" t="inlineStr"/>
     </row>
     <row r="857">
       <c r="A857" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24330</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B857" t="inlineStr">
         <is>
-          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>Change display name globally.</t>
         </is>
       </c>
       <c r="C857" t="inlineStr">
         <is>
-          <t>Dies ist das raumspezifische Nutzerprofil. Der Anzeigename und das Profilbild kann sich von dem globalen Profil unterscheiden.</t>
+          <t>Ändere den Anzeigenamen in allen Räumen.</t>
         </is>
       </c>
       <c r="D857" t="inlineStr"/>
       <c r="E857" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F857" t="inlineStr">
         <is>
-          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>UserProfileChange display name globally.</t>
         </is>
       </c>
       <c r="G857" t="inlineStr"/>
       <c r="H857" t="inlineStr"/>
     </row>
     <row r="858">
       <c r="A858" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24345</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B858" t="inlineStr">
         <is>
-          <t>Open the global profile for this user.</t>
+          <t>Change display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C858" t="inlineStr">
         <is>
-          <t>Öffne das globale Profil des Nutzers.</t>
+          <t>Ändere den Anzeigenamen nur in diesem Raum.</t>
         </is>
       </c>
       <c r="D858" t="inlineStr"/>
       <c r="E858" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F858" t="inlineStr">
         <is>
-          <t>UserProfileOpen the global profile for this user.</t>
+          <t>UserProfileChange display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G858" t="inlineStr"/>
       <c r="H858" t="inlineStr"/>
     </row>
     <row r="859">
       <c r="A859" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24390</t>
         </is>
       </c>
       <c r="B859" t="inlineStr">
         <is>
-          <t>Verify</t>
+          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="C859" t="inlineStr">
         <is>
-          <t>Verifizieren</t>
+          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="D859" t="inlineStr"/>
       <c r="E859" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F859" t="inlineStr">
         <is>
-          <t>UserProfileVerify</t>
+          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="G859" t="inlineStr"/>
       <c r="H859" t="inlineStr"/>
     </row>
     <row r="860">
       <c r="A860" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24396</t>
+          <t>../qml/dialogs/UserProfile.qml:24415</t>
         </is>
       </c>
       <c r="B860" t="inlineStr">
         <is>
-          <t>Start a private chat.</t>
+          <t>Room: %1</t>
         </is>
       </c>
       <c r="C860" t="inlineStr">
         <is>
-          <t>Starte eine private Unterhaltung.</t>
+          <t>Raum: %1</t>
         </is>
       </c>
       <c r="D860" t="inlineStr"/>
       <c r="E860" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F860" t="inlineStr">
         <is>
-          <t>UserProfileStart a private chat.</t>
+          <t>UserProfileRoom: %1</t>
         </is>
       </c>
       <c r="G860" t="inlineStr"/>
       <c r="H860" t="inlineStr"/>
     </row>
     <row r="861">
       <c r="A861" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24406</t>
+          <t>../qml/dialogs/UserProfile.qml:24416</t>
         </is>
       </c>
       <c r="B861" t="inlineStr">
         <is>
-          <t>Kick the user.</t>
+          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="C861" t="inlineStr">
         <is>
-          <t>Benutzer aus dem Raum werfen.</t>
+          <t>Dies ist das raumspezifische Nutzerprofil. Der Anzeigename und das Profilbild kann sich von dem globalen Profil unterscheiden.</t>
         </is>
       </c>
       <c r="D861" t="inlineStr"/>
       <c r="E861" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F861" t="inlineStr">
         <is>
-          <t>UserProfileKick the user.</t>
+          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="G861" t="inlineStr"/>
       <c r="H861" t="inlineStr"/>
     </row>
     <row r="862">
       <c r="A862" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24417</t>
+          <t>../qml/dialogs/UserProfile.qml:24431</t>
         </is>
       </c>
       <c r="B862" t="inlineStr">
         <is>
-          <t>Ban the user.</t>
+          <t>Open the global profile for this user.</t>
         </is>
       </c>
       <c r="C862" t="inlineStr">
         <is>
-          <t>Benutzer verbannen.</t>
+          <t>Öffne das globale Profil des Nutzers.</t>
         </is>
       </c>
       <c r="D862" t="inlineStr"/>
       <c r="E862" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F862" t="inlineStr">
         <is>
-          <t>UserProfileBan the user.</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileOpen the global profile for this user.</t>
+        </is>
+      </c>
+      <c r="G862" t="inlineStr"/>
       <c r="H862" t="inlineStr"/>
     </row>
     <row r="863">
       <c r="A863" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B863" t="inlineStr">
         <is>
-          <t>Unignore the user.</t>
+          <t>Verify</t>
         </is>
       </c>
       <c r="C863" t="inlineStr">
         <is>
-          <t>Nutzer nicht mehr ignorieren.</t>
+          <t>Verifizieren</t>
         </is>
       </c>
       <c r="D863" t="inlineStr"/>
       <c r="E863" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F863" t="inlineStr">
         <is>
-          <t>UserProfileUnignore the user.</t>
+          <t>UserProfileVerify</t>
         </is>
       </c>
       <c r="G863" t="inlineStr"/>
       <c r="H863" t="inlineStr"/>
     </row>
     <row r="864">
       <c r="A864" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24482</t>
         </is>
       </c>
       <c r="B864" t="inlineStr">
         <is>
-          <t>Ignore the user.</t>
+          <t>Start a private chat.</t>
         </is>
       </c>
       <c r="C864" t="inlineStr">
         <is>
-          <t>Nutzer ignorieren.</t>
+          <t>Starte eine private Unterhaltung.</t>
         </is>
       </c>
       <c r="D864" t="inlineStr"/>
       <c r="E864" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F864" t="inlineStr">
         <is>
-          <t>UserProfileIgnore the user.</t>
+          <t>UserProfileStart a private chat.</t>
         </is>
       </c>
       <c r="G864" t="inlineStr"/>
       <c r="H864" t="inlineStr"/>
     </row>
     <row r="865">
       <c r="A865" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24440</t>
+          <t>../qml/dialogs/UserProfile.qml:24492</t>
         </is>
       </c>
       <c r="B865" t="inlineStr">
         <is>
-          <t>Refresh device list.</t>
+          <t>Kick the user.</t>
         </is>
       </c>
       <c r="C865" t="inlineStr">
         <is>
-          <t>Geräteliste aktualisieren.</t>
+          <t>Benutzer aus dem Raum werfen.</t>
         </is>
       </c>
       <c r="D865" t="inlineStr"/>
       <c r="E865" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F865" t="inlineStr">
         <is>
-          <t>UserProfileRefresh device list.</t>
+          <t>UserProfileKick the user.</t>
         </is>
       </c>
       <c r="G865" t="inlineStr"/>
       <c r="H865" t="inlineStr"/>
     </row>
     <row r="866">
       <c r="A866" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24454</t>
+          <t>../qml/dialogs/UserProfile.qml:24503</t>
         </is>
       </c>
       <c r="B866" t="inlineStr">
         <is>
-          <t>Devices</t>
+          <t>Ban the user.</t>
         </is>
       </c>
       <c r="C866" t="inlineStr">
         <is>
-          <t>Geräte</t>
+          <t>Benutzer verbannen.</t>
         </is>
       </c>
       <c r="D866" t="inlineStr"/>
       <c r="E866" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F866" t="inlineStr">
         <is>
-          <t>UserProfileDevices</t>
-[...2 lines deleted...]
-      <c r="G866" t="inlineStr"/>
+          <t>UserProfileBan the user.</t>
+        </is>
+      </c>
+      <c r="G866" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Andere Nutzer verbannen</t>
+        </is>
+      </c>
       <c r="H866" t="inlineStr"/>
     </row>
     <row r="867">
       <c r="A867" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24457</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B867" t="inlineStr">
         <is>
-          <t>Shared Rooms</t>
+          <t>Unignore the user.</t>
         </is>
       </c>
       <c r="C867" t="inlineStr">
         <is>
-          <t>Gemeinsame Räume</t>
+          <t>Nutzer nicht mehr ignorieren.</t>
         </is>
       </c>
       <c r="D867" t="inlineStr"/>
       <c r="E867" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F867" t="inlineStr">
         <is>
-          <t>UserProfileShared Rooms</t>
+          <t>UserProfileUnignore the user.</t>
         </is>
       </c>
       <c r="G867" t="inlineStr"/>
       <c r="H867" t="inlineStr"/>
     </row>
     <row r="868">
       <c r="A868" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24519</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B868" t="inlineStr">
         <is>
-          <t>Sign out this device.</t>
+          <t>Ignore the user.</t>
         </is>
       </c>
       <c r="C868" t="inlineStr">
         <is>
-          <t>Gerät abmelden.</t>
+          <t>Nutzer ignorieren.</t>
         </is>
       </c>
       <c r="D868" t="inlineStr"/>
       <c r="E868" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F868" t="inlineStr">
         <is>
-          <t>UserProfileSign out this device.</t>
+          <t>UserProfileIgnore the user.</t>
         </is>
       </c>
       <c r="G868" t="inlineStr"/>
       <c r="H868" t="inlineStr"/>
     </row>
     <row r="869">
       <c r="A869" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24550</t>
+          <t>../qml/dialogs/UserProfile.qml:24526</t>
         </is>
       </c>
       <c r="B869" t="inlineStr">
         <is>
-          <t>Change device name.</t>
+          <t>Refresh device list.</t>
         </is>
       </c>
       <c r="C869" t="inlineStr">
         <is>
-          <t>Gerät umbenennen.</t>
+          <t>Geräteliste aktualisieren.</t>
         </is>
       </c>
       <c r="D869" t="inlineStr"/>
       <c r="E869" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F869" t="inlineStr">
         <is>
-          <t>UserProfileChange device name.</t>
+          <t>UserProfileRefresh device list.</t>
         </is>
       </c>
       <c r="G869" t="inlineStr"/>
       <c r="H869" t="inlineStr"/>
     </row>
     <row r="870">
       <c r="A870" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24572</t>
+          <t>../qml/dialogs/UserProfile.qml:24540</t>
         </is>
       </c>
       <c r="B870" t="inlineStr">
         <is>
-          <t>Last seen %1 from %2</t>
+          <t>Devices</t>
         </is>
       </c>
       <c r="C870" t="inlineStr">
         <is>
-          <t>Zuletzt gesehen um %1 von %2</t>
+          <t>Geräte</t>
         </is>
       </c>
       <c r="D870" t="inlineStr"/>
       <c r="E870" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F870" t="inlineStr">
         <is>
-          <t>UserProfileLast seen %1 from %2</t>
+          <t>UserProfileDevices</t>
         </is>
       </c>
       <c r="G870" t="inlineStr"/>
       <c r="H870" t="inlineStr"/>
     </row>
     <row r="871">
       <c r="A871" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24543</t>
         </is>
       </c>
       <c r="B871" t="inlineStr">
         <is>
-          <t>Unverify</t>
+          <t>Shared Rooms</t>
         </is>
       </c>
       <c r="C871" t="inlineStr">
         <is>
-          <t>Verifizierung zurückziehen</t>
+          <t>Gemeinsame Räume</t>
         </is>
       </c>
       <c r="D871" t="inlineStr"/>
       <c r="E871" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F871" t="inlineStr">
         <is>
-          <t>UserProfileUnverify</t>
+          <t>UserProfileShared Rooms</t>
         </is>
       </c>
       <c r="G871" t="inlineStr"/>
       <c r="H871" t="inlineStr"/>
     </row>
     <row r="872">
       <c r="A872" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.h:24881</t>
+          <t>../qml/dialogs/UserProfile.qml:24605</t>
         </is>
       </c>
       <c r="B872" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Sign out this device.</t>
         </is>
       </c>
       <c r="C872" t="inlineStr">
         <is>
-          <t>Standard</t>
+          <t>Gerät abmelden.</t>
         </is>
       </c>
       <c r="D872" t="inlineStr"/>
       <c r="E872" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F872" t="inlineStr">
         <is>
-          <t>UserSettingsDefault</t>
+          <t>UserProfileSign out this device.</t>
         </is>
       </c>
       <c r="G872" t="inlineStr"/>
       <c r="H872" t="inlineStr"/>
     </row>
     <row r="873">
       <c r="A873" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25911</t>
+          <t>../qml/dialogs/UserProfile.qml:24636</t>
         </is>
       </c>
       <c r="B873" t="inlineStr">
         <is>
-          <t>Theme</t>
+          <t>Change device name.</t>
         </is>
       </c>
       <c r="C873" t="inlineStr">
         <is>
-          <t>Erscheinungsbild</t>
+          <t>Gerät umbenennen.</t>
         </is>
       </c>
       <c r="D873" t="inlineStr"/>
       <c r="E873" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F873" t="inlineStr">
         <is>
-          <t>UserSettingsModelTheme</t>
+          <t>UserProfileChange device name.</t>
         </is>
       </c>
       <c r="G873" t="inlineStr"/>
       <c r="H873" t="inlineStr"/>
     </row>
     <row r="874">
       <c r="A874" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25913</t>
+          <t>../qml/dialogs/UserProfile.qml:24658</t>
         </is>
       </c>
       <c r="B874" t="inlineStr">
         <is>
-          <t>Scale factor</t>
+          <t>Last seen %1 from %2</t>
         </is>
       </c>
       <c r="C874" t="inlineStr">
         <is>
-          <t>Skalierungsfaktor</t>
+          <t>Zuletzt gesehen um %1 von %2</t>
         </is>
       </c>
       <c r="D874" t="inlineStr"/>
       <c r="E874" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F874" t="inlineStr">
         <is>
-          <t>UserSettingsModelScale factor</t>
+          <t>UserProfileLast seen %1 from %2</t>
         </is>
       </c>
       <c r="G874" t="inlineStr"/>
       <c r="H874" t="inlineStr"/>
     </row>
     <row r="875">
       <c r="A875" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25915</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B875" t="inlineStr">
         <is>
-          <t>Highlight message on hover</t>
+          <t>Unverify</t>
         </is>
       </c>
       <c r="C875" t="inlineStr">
         <is>
-          <t>Hebe Nachrichten unter dem Mauszeiger hervor</t>
+          <t>Verifizierung zurückziehen</t>
         </is>
       </c>
       <c r="D875" t="inlineStr"/>
       <c r="E875" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F875" t="inlineStr">
         <is>
-          <t>UserSettingsModelHighlight message on hover</t>
+          <t>UserProfileUnverify</t>
         </is>
       </c>
       <c r="G875" t="inlineStr"/>
       <c r="H875" t="inlineStr"/>
     </row>
     <row r="876">
       <c r="A876" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25917</t>
+          <t>../../src/UserSettingsPage.h:24975</t>
         </is>
       </c>
       <c r="B876" t="inlineStr">
         <is>
-          <t>Large Emoji in timeline</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C876" t="inlineStr">
         <is>
-          <t>Große Emoji in der Nachrichtenliste</t>
+          <t>Standard</t>
         </is>
       </c>
       <c r="D876" t="inlineStr"/>
       <c r="E876" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F876" t="inlineStr">
         <is>
-          <t>UserSettingsModelLarge Emoji in timeline</t>
+          <t>UserSettingsDefault</t>
         </is>
       </c>
       <c r="G876" t="inlineStr"/>
       <c r="H876" t="inlineStr"/>
     </row>
     <row r="877">
       <c r="A877" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25919</t>
+          <t>../../src/UserSettingsPage.cpp:26023</t>
         </is>
       </c>
       <c r="B877" t="inlineStr">
         <is>
-          <t>Minimize to tray</t>
+          <t>Theme</t>
         </is>
       </c>
       <c r="C877" t="inlineStr">
         <is>
-          <t>Ins Benachrichtigungsfeld minimieren</t>
+          <t>Erscheinungsbild</t>
         </is>
       </c>
       <c r="D877" t="inlineStr"/>
       <c r="E877" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F877" t="inlineStr">
         <is>
-          <t>UserSettingsModelMinimize to tray</t>
+          <t>UserSettingsModelTheme</t>
         </is>
       </c>
       <c r="G877" t="inlineStr"/>
       <c r="H877" t="inlineStr"/>
     </row>
     <row r="878">
       <c r="A878" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25921</t>
+          <t>../../src/UserSettingsPage.cpp:26025</t>
         </is>
       </c>
       <c r="B878" t="inlineStr">
         <is>
-          <t>Start in tray</t>
+          <t>Scale factor</t>
         </is>
       </c>
       <c r="C878" t="inlineStr">
         <is>
-          <t>Im Benachrichtigungsfeld starten</t>
+          <t>Skalierungsfaktor</t>
         </is>
       </c>
       <c r="D878" t="inlineStr"/>
       <c r="E878" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F878" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart in tray</t>
+          <t>UserSettingsModelScale factor</t>
         </is>
       </c>
       <c r="G878" t="inlineStr"/>
       <c r="H878" t="inlineStr"/>
     </row>
     <row r="879">
       <c r="A879" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25925</t>
+          <t>../../src/UserSettingsPage.cpp:26027</t>
         </is>
       </c>
       <c r="B879" t="inlineStr">
         <is>
-          <t>Scrollbars in room list</t>
+          <t>Highlight message on hover</t>
         </is>
       </c>
       <c r="C879" t="inlineStr">
         <is>
-          <t>Scrollleisten in der Raumliste</t>
+          <t>Hebe Nachrichten unter dem Mauszeiger hervor</t>
         </is>
       </c>
       <c r="D879" t="inlineStr"/>
       <c r="E879" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F879" t="inlineStr">
         <is>
-          <t>UserSettingsModelScrollbars in room list</t>
+          <t>UserSettingsModelHighlight message on hover</t>
         </is>
       </c>
       <c r="G879" t="inlineStr"/>
       <c r="H879" t="inlineStr"/>
     </row>
     <row r="880">
       <c r="A880" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25927</t>
+          <t>../../src/UserSettingsPage.cpp:26029</t>
         </is>
       </c>
       <c r="B880" t="inlineStr">
         <is>
-          <t>Send messages as Markdown</t>
+          <t>Large Emoji in timeline</t>
         </is>
       </c>
       <c r="C880" t="inlineStr">
         <is>
-          <t>Sende Nachrichten als Markdown formatiert</t>
+          <t>Große Emoji in der Nachrichtenliste</t>
         </is>
       </c>
       <c r="D880" t="inlineStr"/>
       <c r="E880" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F880" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend messages as Markdown</t>
+          <t>UserSettingsModelLarge Emoji in timeline</t>
         </is>
       </c>
       <c r="G880" t="inlineStr"/>
       <c r="H880" t="inlineStr"/>
     </row>
     <row r="881">
       <c r="A881" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25929</t>
+          <t>../../src/UserSettingsPage.cpp:26031</t>
         </is>
       </c>
       <c r="B881" t="inlineStr">
         <is>
-          <t>Use shift+enter to send and enter to start a new line</t>
+          <t>Minimize to tray</t>
         </is>
       </c>
       <c r="C881" t="inlineStr">
         <is>
-          <t>Neuzeile mit Umschalt+Eingabe einfügen</t>
+          <t>Ins Benachrichtigungsfeld minimieren</t>
         </is>
       </c>
       <c r="D881" t="inlineStr"/>
       <c r="E881" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F881" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse shift+enter to send and enter to start a new line</t>
-[...7 lines deleted...]
-      </c>
+          <t>UserSettingsModelMinimize to tray</t>
+        </is>
+      </c>
+      <c r="G881" t="inlineStr"/>
       <c r="H881" t="inlineStr"/>
     </row>
     <row r="882">
       <c r="A882" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25931</t>
+          <t>../../src/UserSettingsPage.cpp:26033</t>
         </is>
       </c>
       <c r="B882" t="inlineStr">
         <is>
-          <t>Enable message bubbles</t>
+          <t>Start in tray</t>
         </is>
       </c>
       <c r="C882" t="inlineStr">
         <is>
-          <t>Nachrichtenblasen aktivieren</t>
+          <t>Im Benachrichtigungsfeld starten</t>
         </is>
       </c>
       <c r="D882" t="inlineStr"/>
       <c r="E882" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F882" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable message bubbles</t>
+          <t>UserSettingsModelStart in tray</t>
         </is>
       </c>
       <c r="G882" t="inlineStr"/>
       <c r="H882" t="inlineStr"/>
     </row>
     <row r="883">
       <c r="A883" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25933</t>
+          <t>../../src/UserSettingsPage.cpp:26037</t>
         </is>
       </c>
       <c r="B883" t="inlineStr">
         <is>
-          <t>Enable small Avatars</t>
+          <t>Scrollbars in room list</t>
         </is>
       </c>
       <c r="C883" t="inlineStr">
         <is>
-          <t>Kleine Avatare</t>
+          <t>Scrollleisten in der Raumliste</t>
         </is>
       </c>
       <c r="D883" t="inlineStr"/>
       <c r="E883" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F883" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable small Avatars</t>
+          <t>UserSettingsModelScrollbars in room list</t>
         </is>
       </c>
       <c r="G883" t="inlineStr"/>
       <c r="H883" t="inlineStr"/>
     </row>
     <row r="884">
       <c r="A884" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25935</t>
+          <t>../../src/UserSettingsPage.cpp:26039</t>
         </is>
       </c>
       <c r="B884" t="inlineStr">
         <is>
-          <t>Play animated images only on hover</t>
+          <t>Send messages as Markdown</t>
         </is>
       </c>
       <c r="C884" t="inlineStr">
         <is>
-          <t>Animierte Bilder nur abspielen, wenn die Maus darüber ist</t>
+          <t>Sende Nachrichten als Markdown formatiert</t>
         </is>
       </c>
       <c r="D884" t="inlineStr"/>
       <c r="E884" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F884" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlay animated images only on hover</t>
+          <t>UserSettingsModelSend messages as Markdown</t>
         </is>
       </c>
       <c r="G884" t="inlineStr"/>
       <c r="H884" t="inlineStr"/>
     </row>
     <row r="885">
       <c r="A885" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25937</t>
+          <t>../../src/UserSettingsPage.cpp:26043</t>
         </is>
       </c>
       <c r="B885" t="inlineStr">
         <is>
-          <t>Show images automatically</t>
+          <t>Enable message bubbles</t>
         </is>
       </c>
       <c r="C885" t="inlineStr">
         <is>
-          <t>Bilder automatisch anzeigen</t>
+          <t>Nachrichtenblasen aktivieren</t>
         </is>
       </c>
       <c r="D885" t="inlineStr"/>
       <c r="E885" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F885" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow images automatically</t>
+          <t>UserSettingsModelEnable message bubbles</t>
         </is>
       </c>
       <c r="G885" t="inlineStr"/>
       <c r="H885" t="inlineStr"/>
     </row>
     <row r="886">
       <c r="A886" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25939</t>
+          <t>../../src/UserSettingsPage.cpp:26045</t>
         </is>
       </c>
       <c r="B886" t="inlineStr">
         <is>
-          <t>Typing notifications</t>
+          <t>Enable small Avatars</t>
         </is>
       </c>
       <c r="C886" t="inlineStr">
         <is>
-          <t>Schreibbenachrichtigungen</t>
+          <t>Kleine Avatare</t>
         </is>
       </c>
       <c r="D886" t="inlineStr"/>
       <c r="E886" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F886" t="inlineStr">
         <is>
-          <t>UserSettingsModelTyping notifications</t>
+          <t>UserSettingsModelEnable small Avatars</t>
         </is>
       </c>
       <c r="G886" t="inlineStr"/>
       <c r="H886" t="inlineStr"/>
     </row>
     <row r="887">
       <c r="A887" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25941</t>
+          <t>../../src/UserSettingsPage.cpp:26047</t>
         </is>
       </c>
       <c r="B887" t="inlineStr">
         <is>
-          <t>Sort rooms by unreads</t>
+          <t>Play animated images only on hover</t>
         </is>
       </c>
       <c r="C887" t="inlineStr">
         <is>
-          <t>Sortiere ungelesene Räume zuerst</t>
+          <t>Animierte Bilder nur abspielen, wenn die Maus darüber ist</t>
         </is>
       </c>
       <c r="D887" t="inlineStr"/>
       <c r="E887" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F887" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms by unreads</t>
+          <t>UserSettingsModelPlay animated images only on hover</t>
         </is>
       </c>
       <c r="G887" t="inlineStr"/>
       <c r="H887" t="inlineStr"/>
     </row>
     <row r="888">
       <c r="A888" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25943</t>
+          <t>../../src/UserSettingsPage.cpp:26049</t>
         </is>
       </c>
       <c r="B888" t="inlineStr">
         <is>
-          <t>Sort rooms alphabetically</t>
+          <t>Show images automatically</t>
         </is>
       </c>
       <c r="C888" t="inlineStr">
         <is>
-          <t>Räume alphabetisch sortieren</t>
+          <t>Bilder automatisch anzeigen</t>
         </is>
       </c>
       <c r="D888" t="inlineStr"/>
       <c r="E888" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F888" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms alphabetically</t>
+          <t>UserSettingsModelShow images automatically</t>
         </is>
       </c>
       <c r="G888" t="inlineStr"/>
       <c r="H888" t="inlineStr"/>
     </row>
     <row r="889">
       <c r="A889" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25945</t>
+          <t>../../src/UserSettingsPage.cpp:26051</t>
         </is>
       </c>
       <c r="B889" t="inlineStr">
         <is>
-          <t>Show buttons in timeline</t>
+          <t>Typing notifications</t>
         </is>
       </c>
       <c r="C889" t="inlineStr">
         <is>
-          <t>Zeige Buttons in der Historie</t>
+          <t>Schreibbenachrichtigungen</t>
         </is>
       </c>
       <c r="D889" t="inlineStr"/>
       <c r="E889" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F889" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow buttons in timeline</t>
+          <t>UserSettingsModelTyping notifications</t>
         </is>
       </c>
       <c r="G889" t="inlineStr"/>
       <c r="H889" t="inlineStr"/>
     </row>
     <row r="890">
       <c r="A890" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25947</t>
+          <t>../../src/UserSettingsPage.cpp:26053</t>
         </is>
       </c>
       <c r="B890" t="inlineStr">
         <is>
-          <t>Limit width of timeline</t>
+          <t>Sort rooms by unreads</t>
         </is>
       </c>
       <c r="C890" t="inlineStr">
         <is>
-          <t>Mache die Nachrichtenliste schmaler</t>
+          <t>Sortiere ungelesene Räume zuerst</t>
         </is>
       </c>
       <c r="D890" t="inlineStr"/>
       <c r="E890" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F890" t="inlineStr">
         <is>
-          <t>UserSettingsModelLimit width of timeline</t>
+          <t>UserSettingsModelSort rooms by unreads</t>
         </is>
       </c>
       <c r="G890" t="inlineStr"/>
       <c r="H890" t="inlineStr"/>
     </row>
     <row r="891">
       <c r="A891" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25949</t>
+          <t>../../src/UserSettingsPage.cpp:26055</t>
         </is>
       </c>
       <c r="B891" t="inlineStr">
         <is>
-          <t>Read receipts</t>
+          <t>Sort rooms alphabetically</t>
         </is>
       </c>
       <c r="C891" t="inlineStr">
         <is>
-          <t>Lesebestätigungen</t>
+          <t>Räume alphabetisch sortieren</t>
         </is>
       </c>
       <c r="D891" t="inlineStr"/>
       <c r="E891" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F891" t="inlineStr">
         <is>
-          <t>UserSettingsModelRead receipts</t>
+          <t>UserSettingsModelSort rooms alphabetically</t>
         </is>
       </c>
       <c r="G891" t="inlineStr"/>
       <c r="H891" t="inlineStr"/>
     </row>
     <row r="892">
       <c r="A892" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25951</t>
+          <t>../../src/UserSettingsPage.cpp:26057</t>
         </is>
       </c>
       <c r="B892" t="inlineStr">
         <is>
-          <t>Hidden events</t>
+          <t>Show buttons in timeline</t>
         </is>
       </c>
       <c r="C892" t="inlineStr">
         <is>
-          <t>Versteckte Events</t>
+          <t>Zeige Buttons in der Historie</t>
         </is>
       </c>
       <c r="D892" t="inlineStr"/>
       <c r="E892" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F892" t="inlineStr">
         <is>
-          <t>UserSettingsModelHidden events</t>
+          <t>UserSettingsModelShow buttons in timeline</t>
         </is>
       </c>
       <c r="G892" t="inlineStr"/>
       <c r="H892" t="inlineStr"/>
     </row>
     <row r="893">
       <c r="A893" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25953</t>
+          <t>../../src/UserSettingsPage.cpp:26059</t>
         </is>
       </c>
       <c r="B893" t="inlineStr">
         <is>
-          <t>Ignored users</t>
+          <t>Limit width of timeline</t>
         </is>
       </c>
       <c r="C893" t="inlineStr">
         <is>
-          <t>Ignorierte Nutzer</t>
+          <t>Mache die Nachrichtenliste schmaler</t>
         </is>
       </c>
       <c r="D893" t="inlineStr"/>
       <c r="E893" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F893" t="inlineStr">
         <is>
-          <t>UserSettingsModelIgnored users</t>
+          <t>UserSettingsModelLimit width of timeline</t>
         </is>
       </c>
       <c r="G893" t="inlineStr"/>
       <c r="H893" t="inlineStr"/>
     </row>
     <row r="894">
       <c r="A894" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25955</t>
+          <t>../../src/UserSettingsPage.cpp:26061</t>
         </is>
       </c>
       <c r="B894" t="inlineStr">
         <is>
-          <t>Desktop notifications</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C894" t="inlineStr">
         <is>
-          <t>Desktopbenachrichtigungen</t>
+          <t>Lesebestätigungen</t>
         </is>
       </c>
       <c r="D894" t="inlineStr"/>
       <c r="E894" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F894" t="inlineStr">
         <is>
-          <t>UserSettingsModelDesktop notifications</t>
+          <t>UserSettingsModelRead receipts</t>
         </is>
       </c>
       <c r="G894" t="inlineStr"/>
       <c r="H894" t="inlineStr"/>
     </row>
     <row r="895">
       <c r="A895" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25957</t>
+          <t>../../src/UserSettingsPage.cpp:26063</t>
         </is>
       </c>
       <c r="B895" t="inlineStr">
         <is>
-          <t>Alert on notification</t>
+          <t>Hidden events</t>
         </is>
       </c>
       <c r="C895" t="inlineStr">
         <is>
-          <t>Bei Nachrichten Fenster hervorheben</t>
+          <t>Versteckte Events</t>
         </is>
       </c>
       <c r="D895" t="inlineStr"/>
       <c r="E895" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F895" t="inlineStr">
         <is>
-          <t>UserSettingsModelAlert on notification</t>
+          <t>UserSettingsModelHidden events</t>
         </is>
       </c>
       <c r="G895" t="inlineStr"/>
       <c r="H895" t="inlineStr"/>
     </row>
     <row r="896">
       <c r="A896" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25959</t>
+          <t>../../src/UserSettingsPage.cpp:26065</t>
         </is>
       </c>
       <c r="B896" t="inlineStr">
         <is>
-          <t>Circular Avatars</t>
+          <t>Ignored users</t>
         </is>
       </c>
       <c r="C896" t="inlineStr">
         <is>
-          <t>Runde Profilbilder</t>
+          <t>Ignorierte Nutzer</t>
         </is>
       </c>
       <c r="D896" t="inlineStr"/>
       <c r="E896" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F896" t="inlineStr">
         <is>
-          <t>UserSettingsModelCircular Avatars</t>
+          <t>UserSettingsModelIgnored users</t>
         </is>
       </c>
       <c r="G896" t="inlineStr"/>
       <c r="H896" t="inlineStr"/>
     </row>
     <row r="897">
       <c r="A897" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25961</t>
+          <t>../../src/UserSettingsPage.cpp:26067</t>
         </is>
       </c>
       <c r="B897" t="inlineStr">
         <is>
-          <t>Use identicons</t>
+          <t>Desktop notifications</t>
         </is>
       </c>
       <c r="C897" t="inlineStr">
         <is>
-          <t>Identicons benutzen</t>
+          <t>Desktopbenachrichtigungen</t>
         </is>
       </c>
       <c r="D897" t="inlineStr"/>
       <c r="E897" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F897" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse identicons</t>
+          <t>UserSettingsModelDesktop notifications</t>
         </is>
       </c>
       <c r="G897" t="inlineStr"/>
       <c r="H897" t="inlineStr"/>
     </row>
     <row r="898">
       <c r="A898" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25963</t>
+          <t>../../src/UserSettingsPage.cpp:26069</t>
         </is>
       </c>
       <c r="B898" t="inlineStr">
         <is>
-          <t>Open images with external program</t>
+          <t>Alert on notification</t>
         </is>
       </c>
       <c r="C898" t="inlineStr">
         <is>
-          <t>Bilder in externen Progamm öffnen</t>
+          <t>Bei Nachrichten Fenster hervorheben</t>
         </is>
       </c>
       <c r="D898" t="inlineStr"/>
       <c r="E898" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F898" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen images with external program</t>
+          <t>UserSettingsModelAlert on notification</t>
         </is>
       </c>
       <c r="G898" t="inlineStr"/>
       <c r="H898" t="inlineStr"/>
     </row>
     <row r="899">
       <c r="A899" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25965</t>
+          <t>../../src/UserSettingsPage.cpp:26071</t>
         </is>
       </c>
       <c r="B899" t="inlineStr">
         <is>
-          <t>Open videos with external program</t>
+          <t>Circular Avatars</t>
         </is>
       </c>
       <c r="C899" t="inlineStr">
         <is>
-          <t>Videos in externen Progamm öffnen</t>
+          <t>Runde Profilbilder</t>
         </is>
       </c>
       <c r="D899" t="inlineStr"/>
       <c r="E899" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F899" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen videos with external program</t>
+          <t>UserSettingsModelCircular Avatars</t>
         </is>
       </c>
       <c r="G899" t="inlineStr"/>
       <c r="H899" t="inlineStr"/>
     </row>
     <row r="900">
       <c r="A900" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25967</t>
+          <t>../../src/UserSettingsPage.cpp:26073</t>
         </is>
       </c>
       <c r="B900" t="inlineStr">
         <is>
-          <t>Decrypt messages in sidebar</t>
+          <t>Use identicons</t>
         </is>
       </c>
       <c r="C900" t="inlineStr">
         <is>
-          <t>Entschlüssele Nachrichten in der Raumliste</t>
+          <t>Identicons benutzen</t>
         </is>
       </c>
       <c r="D900" t="inlineStr"/>
       <c r="E900" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F900" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt messages in sidebar</t>
+          <t>UserSettingsModelUse identicons</t>
         </is>
       </c>
       <c r="G900" t="inlineStr"/>
       <c r="H900" t="inlineStr"/>
     </row>
     <row r="901">
       <c r="A901" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25969</t>
+          <t>../../src/UserSettingsPage.cpp:26075</t>
         </is>
       </c>
       <c r="B901" t="inlineStr">
         <is>
-          <t>Decrypt notifications</t>
+          <t>Open images with external program</t>
         </is>
       </c>
       <c r="C901" t="inlineStr">
         <is>
-          <t>Benachrichtigungen entschlüsseln</t>
+          <t>Bilder in externen Progamm öffnen</t>
         </is>
       </c>
       <c r="D901" t="inlineStr"/>
       <c r="E901" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F901" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt notifications</t>
+          <t>UserSettingsModelOpen images with external program</t>
         </is>
       </c>
       <c r="G901" t="inlineStr"/>
       <c r="H901" t="inlineStr"/>
     </row>
     <row r="902">
       <c r="A902" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25973</t>
+          <t>../../src/UserSettingsPage.cpp:26077</t>
         </is>
       </c>
       <c r="B902" t="inlineStr">
         <is>
-          <t>Display fancy effects such as confetti</t>
+          <t>Open videos with external program</t>
         </is>
       </c>
       <c r="C902" t="inlineStr">
         <is>
-          <t>Lustige Chateffekte wie Konfetti anzeigen</t>
+          <t>Videos in externen Progamm öffnen</t>
         </is>
       </c>
       <c r="D902" t="inlineStr"/>
       <c r="E902" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F902" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
+          <t>UserSettingsModelOpen videos with external program</t>
         </is>
       </c>
       <c r="G902" t="inlineStr"/>
       <c r="H902" t="inlineStr"/>
     </row>
     <row r="903">
       <c r="A903" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25975</t>
+          <t>../../src/UserSettingsPage.cpp:26079</t>
         </is>
       </c>
       <c r="B903" t="inlineStr">
         <is>
-          <t>Reduce or disable animations</t>
+          <t>Decrypt messages in sidebar</t>
         </is>
       </c>
       <c r="C903" t="inlineStr">
         <is>
-          <t>Reduziere oder deaktiviere Animationen</t>
+          <t>Entschlüssele Nachrichten in der Raumliste</t>
         </is>
       </c>
       <c r="D903" t="inlineStr"/>
       <c r="E903" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F903" t="inlineStr">
         <is>
-          <t>UserSettingsModelReduce or disable animations</t>
+          <t>UserSettingsModelDecrypt messages in sidebar</t>
         </is>
       </c>
       <c r="G903" t="inlineStr"/>
       <c r="H903" t="inlineStr"/>
     </row>
     <row r="904">
       <c r="A904" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25977</t>
+          <t>../../src/UserSettingsPage.cpp:26081</t>
         </is>
       </c>
       <c r="B904" t="inlineStr">
         <is>
-          <t>Privacy Screen</t>
+          <t>Decrypt notifications</t>
         </is>
       </c>
       <c r="C904" t="inlineStr">
         <is>
-          <t>Blickschutz</t>
+          <t>Benachrichtigungen entschlüsseln</t>
         </is>
       </c>
       <c r="D904" t="inlineStr"/>
       <c r="E904" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F904" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy Screen</t>
+          <t>UserSettingsModelDecrypt notifications</t>
         </is>
       </c>
       <c r="G904" t="inlineStr"/>
       <c r="H904" t="inlineStr"/>
     </row>
     <row r="905">
       <c r="A905" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25979</t>
+          <t>../../src/UserSettingsPage.cpp:26085</t>
         </is>
       </c>
       <c r="B905" t="inlineStr">
         <is>
-          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
+          <t>Display fancy effects such as confetti</t>
         </is>
       </c>
       <c r="C905" t="inlineStr">
         <is>
-          <t>Sichtschutz-Zeitbegrenzung (in Sekunden [0 - 3600])</t>
+          <t>Lustige Chateffekte wie Konfetti anzeigen</t>
         </is>
       </c>
       <c r="D905" t="inlineStr"/>
       <c r="E905" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F905" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
+          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
         </is>
       </c>
       <c r="G905" t="inlineStr"/>
       <c r="H905" t="inlineStr"/>
     </row>
     <row r="906">
       <c r="A906" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25981</t>
+          <t>../../src/UserSettingsPage.cpp:26087</t>
         </is>
       </c>
       <c r="B906" t="inlineStr">
         <is>
-          <t>Touchscreen mode</t>
+          <t>Reduce or disable animations</t>
         </is>
       </c>
       <c r="C906" t="inlineStr">
         <is>
-          <t>Touchscreenmodus</t>
+          <t>Reduziere oder deaktiviere Animationen</t>
         </is>
       </c>
       <c r="D906" t="inlineStr"/>
       <c r="E906" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F906" t="inlineStr">
         <is>
-          <t>UserSettingsModelTouchscreen mode</t>
+          <t>UserSettingsModelReduce or disable animations</t>
         </is>
       </c>
       <c r="G906" t="inlineStr"/>
       <c r="H906" t="inlineStr"/>
     </row>
     <row r="907">
       <c r="A907" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25983</t>
+          <t>../../src/UserSettingsPage.cpp:26089</t>
         </is>
       </c>
       <c r="B907" t="inlineStr">
         <is>
-          <t>Disable swipe motions</t>
+          <t>Privacy Screen</t>
         </is>
       </c>
       <c r="C907" t="inlineStr">
         <is>
-          <t>Wischgesten deaktivieren</t>
+          <t>Blickschutz</t>
         </is>
       </c>
       <c r="D907" t="inlineStr"/>
       <c r="E907" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F907" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisable swipe motions</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelPrivacy Screen</t>
+        </is>
+      </c>
+      <c r="G907" t="inlineStr"/>
       <c r="H907" t="inlineStr"/>
     </row>
     <row r="908">
       <c r="A908" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25985</t>
+          <t>../../src/UserSettingsPage.cpp:26091</t>
         </is>
       </c>
       <c r="B908" t="inlineStr">
         <is>
-          <t>Font size</t>
+          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="C908" t="inlineStr">
         <is>
-          <t>Schriftgröße</t>
+          <t>Sichtschutz-Zeitbegrenzung (in Sekunden [0 - 3600])</t>
         </is>
       </c>
       <c r="D908" t="inlineStr"/>
       <c r="E908" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F908" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont size</t>
+          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="G908" t="inlineStr"/>
       <c r="H908" t="inlineStr"/>
     </row>
     <row r="909">
       <c r="A909" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25987</t>
+          <t>../../src/UserSettingsPage.cpp:26093</t>
         </is>
       </c>
       <c r="B909" t="inlineStr">
         <is>
-          <t>Font Family</t>
+          <t>Touchscreen mode</t>
         </is>
       </c>
       <c r="C909" t="inlineStr">
         <is>
-          <t>Schriftart</t>
+          <t>Touchscreenmodus</t>
         </is>
       </c>
       <c r="D909" t="inlineStr"/>
       <c r="E909" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F909" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont Family</t>
+          <t>UserSettingsModelTouchscreen mode</t>
         </is>
       </c>
       <c r="G909" t="inlineStr"/>
       <c r="H909" t="inlineStr"/>
     </row>
     <row r="910">
       <c r="A910" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25989</t>
+          <t>../../src/UserSettingsPage.cpp:26095</t>
         </is>
       </c>
       <c r="B910" t="inlineStr">
         <is>
-          <t>Emoji Font Family</t>
+          <t>Disable swipe motions</t>
         </is>
       </c>
       <c r="C910" t="inlineStr">
         <is>
-          <t>Emojischriftart</t>
+          <t>Wischgesten deaktivieren</t>
         </is>
       </c>
       <c r="D910" t="inlineStr"/>
       <c r="E910" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F910" t="inlineStr">
         <is>
-          <t>UserSettingsModelEmoji Font Family</t>
-[...2 lines deleted...]
-      <c r="G910" t="inlineStr"/>
+          <t>UserSettingsModelDisable swipe motions</t>
+        </is>
+      </c>
+      <c r="G910" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Wischbewegungen deaktivieren</t>
+        </is>
+      </c>
       <c r="H910" t="inlineStr"/>
     </row>
     <row r="911">
       <c r="A911" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25991</t>
+          <t>../../src/UserSettingsPage.cpp:26097</t>
         </is>
       </c>
       <c r="B911" t="inlineStr">
         <is>
-          <t>Ringtone</t>
+          <t>Font size</t>
         </is>
       </c>
       <c r="C911" t="inlineStr">
         <is>
-          <t>Klingelton</t>
+          <t>Schriftgröße</t>
         </is>
       </c>
       <c r="D911" t="inlineStr"/>
       <c r="E911" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F911" t="inlineStr">
         <is>
-          <t>UserSettingsModelRingtone</t>
+          <t>UserSettingsModelFont size</t>
         </is>
       </c>
       <c r="G911" t="inlineStr"/>
       <c r="H911" t="inlineStr"/>
     </row>
     <row r="912">
       <c r="A912" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25993</t>
+          <t>../../src/UserSettingsPage.cpp:26099</t>
         </is>
       </c>
       <c r="B912" t="inlineStr">
         <is>
-          <t>Microphone</t>
+          <t>Font Family</t>
         </is>
       </c>
       <c r="C912" t="inlineStr">
         <is>
-          <t>Mikrofon</t>
+          <t>Schriftart</t>
         </is>
       </c>
       <c r="D912" t="inlineStr"/>
       <c r="E912" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F912" t="inlineStr">
         <is>
-          <t>UserSettingsModelMicrophone</t>
+          <t>UserSettingsModelFont Family</t>
         </is>
       </c>
       <c r="G912" t="inlineStr"/>
       <c r="H912" t="inlineStr"/>
     </row>
     <row r="913">
       <c r="A913" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25995</t>
+          <t>../../src/UserSettingsPage.cpp:26101</t>
         </is>
       </c>
       <c r="B913" t="inlineStr">
         <is>
-          <t>Camera</t>
+          <t>Emoji Font Family</t>
         </is>
       </c>
       <c r="C913" t="inlineStr">
         <is>
-          <t>Kamera</t>
+          <t>Emojischriftart</t>
         </is>
       </c>
       <c r="D913" t="inlineStr"/>
       <c r="E913" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F913" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera</t>
+          <t>UserSettingsModelEmoji Font Family</t>
         </is>
       </c>
       <c r="G913" t="inlineStr"/>
       <c r="H913" t="inlineStr"/>
     </row>
     <row r="914">
       <c r="A914" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25997</t>
+          <t>../../src/UserSettingsPage.cpp:26103</t>
         </is>
       </c>
       <c r="B914" t="inlineStr">
         <is>
-          <t>Camera resolution</t>
+          <t>Ringtone</t>
         </is>
       </c>
       <c r="C914" t="inlineStr">
         <is>
-          <t>Kameraauflösung</t>
+          <t>Klingelton</t>
         </is>
       </c>
       <c r="D914" t="inlineStr"/>
       <c r="E914" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F914" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera resolution</t>
+          <t>UserSettingsModelRingtone</t>
         </is>
       </c>
       <c r="G914" t="inlineStr"/>
       <c r="H914" t="inlineStr"/>
     </row>
     <row r="915">
       <c r="A915" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25999</t>
+          <t>../../src/UserSettingsPage.cpp:26105</t>
         </is>
       </c>
       <c r="B915" t="inlineStr">
         <is>
-          <t>Camera frame rate</t>
+          <t>Microphone</t>
         </is>
       </c>
       <c r="C915" t="inlineStr">
         <is>
-          <t>Bildwiederholungsrate der Kamera</t>
+          <t>Mikrofon</t>
         </is>
       </c>
       <c r="D915" t="inlineStr"/>
       <c r="E915" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F915" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera frame rate</t>
+          <t>UserSettingsModelMicrophone</t>
         </is>
       </c>
       <c r="G915" t="inlineStr"/>
       <c r="H915" t="inlineStr"/>
     </row>
     <row r="916">
       <c r="A916" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26001</t>
+          <t>../../src/UserSettingsPage.cpp:26107</t>
         </is>
       </c>
       <c r="B916" t="inlineStr">
         <is>
-          <t>Allow fallback call assist server</t>
+          <t>Camera</t>
         </is>
       </c>
       <c r="C916" t="inlineStr">
         <is>
-          <t>Erlaube den Fallbackassistenzserver zu verwenden</t>
+          <t>Kamera</t>
         </is>
       </c>
       <c r="D916" t="inlineStr"/>
       <c r="E916" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F916" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow fallback call assist server</t>
+          <t>UserSettingsModelCamera</t>
         </is>
       </c>
       <c r="G916" t="inlineStr"/>
       <c r="H916" t="inlineStr"/>
     </row>
     <row r="917">
       <c r="A917" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26003</t>
+          <t>../../src/UserSettingsPage.cpp:26109</t>
         </is>
       </c>
       <c r="B917" t="inlineStr">
         <is>
-          <t>Send encrypted messages to verified users only</t>
+          <t>Camera resolution</t>
         </is>
       </c>
       <c r="C917" t="inlineStr">
         <is>
-          <t>Sende verschlüsselte Nachrichten nur an verifizierte Nutzer</t>
+          <t>Kameraauflösung</t>
         </is>
       </c>
       <c r="D917" t="inlineStr"/>
       <c r="E917" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F917" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend encrypted messages to verified users only</t>
+          <t>UserSettingsModelCamera resolution</t>
         </is>
       </c>
       <c r="G917" t="inlineStr"/>
       <c r="H917" t="inlineStr"/>
     </row>
     <row r="918">
       <c r="A918" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26005</t>
+          <t>../../src/UserSettingsPage.cpp:26111</t>
         </is>
       </c>
       <c r="B918" t="inlineStr">
         <is>
-          <t>Share keys with verified users and devices</t>
+          <t>Camera frame rate</t>
         </is>
       </c>
       <c r="C918" t="inlineStr">
         <is>
-          <t>Teile Schlüssel mit verifizierten Nutzern und Geräten</t>
+          <t>Bildwiederholungsrate der Kamera</t>
         </is>
       </c>
       <c r="D918" t="inlineStr"/>
       <c r="E918" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F918" t="inlineStr">
         <is>
-          <t>UserSettingsModelShare keys with verified users and devices</t>
+          <t>UserSettingsModelCamera frame rate</t>
         </is>
       </c>
       <c r="G918" t="inlineStr"/>
       <c r="H918" t="inlineStr"/>
     </row>
     <row r="919">
       <c r="A919" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26007</t>
+          <t>../../src/UserSettingsPage.cpp:26113</t>
         </is>
       </c>
       <c r="B919" t="inlineStr">
         <is>
-          <t>Online Key Backup</t>
+          <t>Allow fallback call assist server</t>
         </is>
       </c>
       <c r="C919" t="inlineStr">
         <is>
-          <t>Onlinenachrichtenschlüsselspeicher</t>
+          <t>Erlaube den Fallbackassistenzserver zu verwenden</t>
         </is>
       </c>
       <c r="D919" t="inlineStr"/>
       <c r="E919" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F919" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline Key Backup</t>
+          <t>UserSettingsModelAllow fallback call assist server</t>
         </is>
       </c>
       <c r="G919" t="inlineStr"/>
       <c r="H919" t="inlineStr"/>
     </row>
     <row r="920">
       <c r="A920" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26009</t>
+          <t>../../src/UserSettingsPage.cpp:26115</t>
         </is>
       </c>
       <c r="B920" t="inlineStr">
         <is>
-          <t>Profile</t>
+          <t>Send encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="C920" t="inlineStr">
         <is>
-          <t>Profil</t>
+          <t>Sende verschlüsselte Nachrichten nur an verifizierte Nutzer</t>
         </is>
       </c>
       <c r="D920" t="inlineStr"/>
       <c r="E920" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F920" t="inlineStr">
         <is>
-          <t>UserSettingsModelProfile</t>
+          <t>UserSettingsModelSend encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="G920" t="inlineStr"/>
       <c r="H920" t="inlineStr"/>
     </row>
     <row r="921">
       <c r="A921" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26011</t>
+          <t>../../src/UserSettingsPage.cpp:26117</t>
         </is>
       </c>
       <c r="B921" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Share keys with verified users and devices</t>
         </is>
       </c>
       <c r="C921" t="inlineStr">
         <is>
-          <t>Anmeldename</t>
+          <t>Teile Schlüssel mit verifizierten Nutzern und Geräten</t>
         </is>
       </c>
       <c r="D921" t="inlineStr"/>
       <c r="E921" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F921" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser ID</t>
+          <t>UserSettingsModelShare keys with verified users and devices</t>
         </is>
       </c>
       <c r="G921" t="inlineStr"/>
       <c r="H921" t="inlineStr"/>
     </row>
     <row r="922">
       <c r="A922" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26013</t>
+          <t>../../src/UserSettingsPage.cpp:26119</t>
         </is>
       </c>
       <c r="B922" t="inlineStr">
         <is>
-          <t>Accesstoken</t>
+          <t>Online Key Backup</t>
         </is>
       </c>
       <c r="C922" t="inlineStr">
         <is>
-          <t>Zugriffstoken</t>
+          <t>Onlinenachrichtenschlüsselspeicher</t>
         </is>
       </c>
       <c r="D922" t="inlineStr"/>
       <c r="E922" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F922" t="inlineStr">
         <is>
-          <t>UserSettingsModelAccesstoken</t>
+          <t>UserSettingsModelOnline Key Backup</t>
         </is>
       </c>
       <c r="G922" t="inlineStr"/>
       <c r="H922" t="inlineStr"/>
     </row>
     <row r="923">
       <c r="A923" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26015</t>
+          <t>../../src/UserSettingsPage.cpp:26121</t>
         </is>
       </c>
       <c r="B923" t="inlineStr">
         <is>
-          <t>Device ID</t>
+          <t>Profile</t>
         </is>
       </c>
       <c r="C923" t="inlineStr">
         <is>
-          <t>Geräte-ID</t>
+          <t>Profil</t>
         </is>
       </c>
       <c r="D923" t="inlineStr"/>
       <c r="E923" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F923" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice ID</t>
+          <t>UserSettingsModelProfile</t>
         </is>
       </c>
       <c r="G923" t="inlineStr"/>
       <c r="H923" t="inlineStr"/>
     </row>
     <row r="924">
       <c r="A924" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26017</t>
+          <t>../../src/UserSettingsPage.cpp:26123</t>
         </is>
       </c>
       <c r="B924" t="inlineStr">
         <is>
-          <t>Device Fingerprint</t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C924" t="inlineStr">
         <is>
-          <t>Gerätefingerabdruck</t>
+          <t>Anmeldename</t>
         </is>
       </c>
       <c r="D924" t="inlineStr"/>
       <c r="E924" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F924" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice Fingerprint</t>
+          <t>UserSettingsModelUser ID</t>
         </is>
       </c>
       <c r="G924" t="inlineStr"/>
       <c r="H924" t="inlineStr"/>
     </row>
     <row r="925">
       <c r="A925" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26019</t>
+          <t>../../src/UserSettingsPage.cpp:26125</t>
         </is>
       </c>
       <c r="B925" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Accesstoken</t>
         </is>
       </c>
       <c r="C925" t="inlineStr">
         <is>
-          <t>Heimserver</t>
+          <t>Zugriffstoken</t>
         </is>
       </c>
       <c r="D925" t="inlineStr"/>
       <c r="E925" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F925" t="inlineStr">
         <is>
-          <t>UserSettingsModelHomeserver</t>
+          <t>UserSettingsModelAccesstoken</t>
         </is>
       </c>
       <c r="G925" t="inlineStr"/>
       <c r="H925" t="inlineStr"/>
     </row>
     <row r="926">
       <c r="A926" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26021</t>
+          <t>../../src/UserSettingsPage.cpp:26127</t>
         </is>
       </c>
       <c r="B926" t="inlineStr">
         <is>
-          <t>Version</t>
+          <t>Device ID</t>
         </is>
       </c>
       <c r="C926" t="inlineStr">
         <is>
-          <t>Version</t>
+          <t>Geräte-ID</t>
         </is>
       </c>
       <c r="D926" t="inlineStr"/>
       <c r="E926" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F926" t="inlineStr">
         <is>
-          <t>UserSettingsModelVersion</t>
+          <t>UserSettingsModelDevice ID</t>
         </is>
       </c>
       <c r="G926" t="inlineStr"/>
       <c r="H926" t="inlineStr"/>
     </row>
     <row r="927">
       <c r="A927" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26023</t>
+          <t>../../src/UserSettingsPage.cpp:26129</t>
         </is>
       </c>
       <c r="B927" t="inlineStr">
         <is>
-          <t>Platform</t>
+          <t>Device Fingerprint</t>
         </is>
       </c>
       <c r="C927" t="inlineStr">
         <is>
-          <t>Plattform</t>
+          <t>Gerätefingerabdruck</t>
         </is>
       </c>
       <c r="D927" t="inlineStr"/>
       <c r="E927" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F927" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlatform</t>
+          <t>UserSettingsModelDevice Fingerprint</t>
         </is>
       </c>
       <c r="G927" t="inlineStr"/>
       <c r="H927" t="inlineStr"/>
     </row>
     <row r="928">
       <c r="A928" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26025</t>
+          <t>../../src/UserSettingsPage.cpp:26131</t>
         </is>
       </c>
       <c r="B928" t="inlineStr">
         <is>
-          <t>GENERAL</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C928" t="inlineStr">
         <is>
-          <t>ALLGEMEINES</t>
+          <t>Heimserver</t>
         </is>
       </c>
       <c r="D928" t="inlineStr"/>
       <c r="E928" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F928" t="inlineStr">
         <is>
-          <t>UserSettingsModelGENERAL</t>
+          <t>UserSettingsModelHomeserver</t>
         </is>
       </c>
       <c r="G928" t="inlineStr"/>
       <c r="H928" t="inlineStr"/>
     </row>
     <row r="929">
       <c r="A929" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26027</t>
+          <t>../../src/UserSettingsPage.cpp:26133</t>
         </is>
       </c>
       <c r="B929" t="inlineStr">
         <is>
-          <t>ACCESSIBILITY</t>
+          <t>Version</t>
         </is>
       </c>
       <c r="C929" t="inlineStr">
         <is>
-          <t>BARRIEREFREIHEIT</t>
+          <t>Version</t>
         </is>
       </c>
       <c r="D929" t="inlineStr"/>
       <c r="E929" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F929" t="inlineStr">
         <is>
-          <t>UserSettingsModelACCESSIBILITY</t>
+          <t>UserSettingsModelVersion</t>
         </is>
       </c>
       <c r="G929" t="inlineStr"/>
       <c r="H929" t="inlineStr"/>
     </row>
     <row r="930">
       <c r="A930" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26029</t>
+          <t>../../src/UserSettingsPage.cpp:26135</t>
         </is>
       </c>
       <c r="B930" t="inlineStr">
         <is>
-          <t>TIMELINE</t>
+          <t>Platform</t>
         </is>
       </c>
       <c r="C930" t="inlineStr">
         <is>
-          <t>NACHRICHTENLISTE</t>
+          <t>Plattform</t>
         </is>
       </c>
       <c r="D930" t="inlineStr"/>
       <c r="E930" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F930" t="inlineStr">
         <is>
-          <t>UserSettingsModelTIMELINE</t>
+          <t>UserSettingsModelPlatform</t>
         </is>
       </c>
       <c r="G930" t="inlineStr"/>
       <c r="H930" t="inlineStr"/>
     </row>
     <row r="931">
       <c r="A931" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26031</t>
+          <t>../../src/UserSettingsPage.cpp:26137</t>
         </is>
       </c>
       <c r="B931" t="inlineStr">
         <is>
-          <t>SIDEBAR</t>
+          <t>GENERAL</t>
         </is>
       </c>
       <c r="C931" t="inlineStr">
         <is>
-          <t>SEITENLEISTE</t>
+          <t>ALLGEMEINES</t>
         </is>
       </c>
       <c r="D931" t="inlineStr"/>
       <c r="E931" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F931" t="inlineStr">
         <is>
-          <t>UserSettingsModelSIDEBAR</t>
+          <t>UserSettingsModelGENERAL</t>
         </is>
       </c>
       <c r="G931" t="inlineStr"/>
       <c r="H931" t="inlineStr"/>
     </row>
     <row r="932">
       <c r="A932" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26033</t>
+          <t>../../src/UserSettingsPage.cpp:26139</t>
         </is>
       </c>
       <c r="B932" t="inlineStr">
         <is>
-          <t>TRAY</t>
+          <t>ACCESSIBILITY</t>
         </is>
       </c>
       <c r="C932" t="inlineStr">
         <is>
-          <t>STATUSZEILE</t>
+          <t>BARRIEREFREIHEIT</t>
         </is>
       </c>
       <c r="D932" t="inlineStr"/>
       <c r="E932" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F932" t="inlineStr">
         <is>
-          <t>UserSettingsModelTRAY</t>
+          <t>UserSettingsModelACCESSIBILITY</t>
         </is>
       </c>
       <c r="G932" t="inlineStr"/>
       <c r="H932" t="inlineStr"/>
     </row>
     <row r="933">
       <c r="A933" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26035</t>
+          <t>../../src/UserSettingsPage.cpp:26141</t>
         </is>
       </c>
       <c r="B933" t="inlineStr">
         <is>
-          <t>GLOBAL MESSAGE VISIBILITY</t>
+          <t>TIMELINE</t>
         </is>
       </c>
       <c r="C933" t="inlineStr">
         <is>
-          <t>GLOBALE NACHRICHTEN SICHTBARKEIT</t>
+          <t>NACHRICHTENLISTE</t>
         </is>
       </c>
       <c r="D933" t="inlineStr"/>
       <c r="E933" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F933" t="inlineStr">
         <is>
-          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
+          <t>UserSettingsModelTIMELINE</t>
         </is>
       </c>
       <c r="G933" t="inlineStr"/>
       <c r="H933" t="inlineStr"/>
     </row>
     <row r="934">
       <c r="A934" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26037</t>
+          <t>../../src/UserSettingsPage.cpp:26143</t>
         </is>
       </c>
       <c r="B934" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>SIDEBAR</t>
         </is>
       </c>
       <c r="C934" t="inlineStr">
         <is>
-          <t>BENACHRICHTIGUNGEN</t>
+          <t>SEITENLEISTE</t>
         </is>
       </c>
       <c r="D934" t="inlineStr"/>
       <c r="E934" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F934" t="inlineStr">
         <is>
-          <t>UserSettingsModelNOTIFICATIONS</t>
+          <t>UserSettingsModelSIDEBAR</t>
         </is>
       </c>
       <c r="G934" t="inlineStr"/>
       <c r="H934" t="inlineStr"/>
     </row>
     <row r="935">
       <c r="A935" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26039</t>
+          <t>../../src/UserSettingsPage.cpp:26145</t>
         </is>
       </c>
       <c r="B935" t="inlineStr">
         <is>
-          <t>CALLS</t>
+          <t>TRAY</t>
         </is>
       </c>
       <c r="C935" t="inlineStr">
         <is>
-          <t>TELEFONATE</t>
+          <t>STATUSZEILE</t>
         </is>
       </c>
       <c r="D935" t="inlineStr"/>
       <c r="E935" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F935" t="inlineStr">
         <is>
-          <t>UserSettingsModelCALLS</t>
+          <t>UserSettingsModelTRAY</t>
         </is>
       </c>
       <c r="G935" t="inlineStr"/>
       <c r="H935" t="inlineStr"/>
     </row>
     <row r="936">
       <c r="A936" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26041</t>
+          <t>../../src/UserSettingsPage.cpp:26147</t>
         </is>
       </c>
       <c r="B936" t="inlineStr">
         <is>
-          <t>ENCRYPTION</t>
+          <t>GLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C936" t="inlineStr">
         <is>
-          <t>VERSCHLÜSSELUNG</t>
+          <t>GLOBALE NACHRICHTEN SICHTBARKEIT</t>
         </is>
       </c>
       <c r="D936" t="inlineStr"/>
       <c r="E936" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F936" t="inlineStr">
         <is>
-          <t>UserSettingsModelENCRYPTION</t>
+          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G936" t="inlineStr"/>
       <c r="H936" t="inlineStr"/>
     </row>
     <row r="937">
       <c r="A937" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26043</t>
+          <t>../../src/UserSettingsPage.cpp:26149</t>
         </is>
       </c>
       <c r="B937" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C937" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>BENACHRICHTIGUNGEN</t>
         </is>
       </c>
       <c r="D937" t="inlineStr"/>
       <c r="E937" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F937" t="inlineStr">
         <is>
-          <t>UserSettingsModelINFO</t>
+          <t>UserSettingsModelNOTIFICATIONS</t>
         </is>
       </c>
       <c r="G937" t="inlineStr"/>
       <c r="H937" t="inlineStr"/>
     </row>
     <row r="938">
       <c r="A938" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26045</t>
+          <t>../../src/UserSettingsPage.cpp:26151</t>
         </is>
       </c>
       <c r="B938" t="inlineStr">
         <is>
-          <t>Session Keys</t>
+          <t>CALLS</t>
         </is>
       </c>
       <c r="C938" t="inlineStr">
         <is>
-          <t>Sitzungsschlüssel</t>
+          <t>TELEFONATE</t>
         </is>
       </c>
       <c r="D938" t="inlineStr"/>
       <c r="E938" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F938" t="inlineStr">
         <is>
-          <t>UserSettingsModelSession Keys</t>
+          <t>UserSettingsModelCALLS</t>
         </is>
       </c>
       <c r="G938" t="inlineStr"/>
       <c r="H938" t="inlineStr"/>
     </row>
     <row r="939">
       <c r="A939" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26047</t>
+          <t>../../src/UserSettingsPage.cpp:26153</t>
         </is>
       </c>
       <c r="B939" t="inlineStr">
         <is>
-          <t>Cross Signing Secrets</t>
+          <t>ENCRYPTION</t>
         </is>
       </c>
       <c r="C939" t="inlineStr">
         <is>
-          <t>Kreuzverifizierungsschlüssel</t>
+          <t>VERSCHLÜSSELUNG</t>
         </is>
       </c>
       <c r="D939" t="inlineStr"/>
       <c r="E939" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F939" t="inlineStr">
         <is>
-          <t>UserSettingsModelCross Signing Secrets</t>
+          <t>UserSettingsModelENCRYPTION</t>
         </is>
       </c>
       <c r="G939" t="inlineStr"/>
       <c r="H939" t="inlineStr"/>
     </row>
     <row r="940">
       <c r="A940" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26049</t>
+          <t>../../src/UserSettingsPage.cpp:26155</t>
         </is>
       </c>
       <c r="B940" t="inlineStr">
         <is>
-          <t>Online backup key</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C940" t="inlineStr">
         <is>
-          <t>Online Backupschlüssel</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="D940" t="inlineStr"/>
       <c r="E940" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F940" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline backup key</t>
+          <t>UserSettingsModelINFO</t>
         </is>
       </c>
       <c r="G940" t="inlineStr"/>
       <c r="H940" t="inlineStr"/>
     </row>
     <row r="941">
       <c r="A941" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26051</t>
+          <t>../../src/UserSettingsPage.cpp:26157</t>
         </is>
       </c>
       <c r="B941" t="inlineStr">
         <is>
-          <t>Self signing key</t>
+          <t>Session Keys</t>
         </is>
       </c>
       <c r="C941" t="inlineStr">
         <is>
-          <t>Selbstverifizierungsschlüssel</t>
+          <t>Sitzungsschlüssel</t>
         </is>
       </c>
       <c r="D941" t="inlineStr"/>
       <c r="E941" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F941" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelf signing key</t>
+          <t>UserSettingsModelSession Keys</t>
         </is>
       </c>
       <c r="G941" t="inlineStr"/>
       <c r="H941" t="inlineStr"/>
     </row>
     <row r="942">
       <c r="A942" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26053</t>
+          <t>../../src/UserSettingsPage.cpp:26159</t>
         </is>
       </c>
       <c r="B942" t="inlineStr">
         <is>
-          <t>User signing key</t>
+          <t>Cross Signing Secrets</t>
         </is>
       </c>
       <c r="C942" t="inlineStr">
         <is>
-          <t>Benutzerverifizierungsschlüssel</t>
+          <t>Kreuzverifizierungsschlüssel</t>
         </is>
       </c>
       <c r="D942" t="inlineStr"/>
       <c r="E942" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F942" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser signing key</t>
+          <t>UserSettingsModelCross Signing Secrets</t>
         </is>
       </c>
       <c r="G942" t="inlineStr"/>
       <c r="H942" t="inlineStr"/>
     </row>
     <row r="943">
       <c r="A943" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26055</t>
+          <t>../../src/UserSettingsPage.cpp:26161</t>
         </is>
       </c>
       <c r="B943" t="inlineStr">
         <is>
-          <t>Master signing key</t>
+          <t>Online backup key</t>
         </is>
       </c>
       <c r="C943" t="inlineStr">
         <is>
-          <t>Masterverifizierungsschlüssel</t>
+          <t>Online Backupschlüssel</t>
         </is>
       </c>
       <c r="D943" t="inlineStr"/>
       <c r="E943" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F943" t="inlineStr">
         <is>
-          <t>UserSettingsModelMaster signing key</t>
+          <t>UserSettingsModelOnline backup key</t>
         </is>
       </c>
       <c r="G943" t="inlineStr"/>
       <c r="H943" t="inlineStr"/>
     </row>
     <row r="944">
       <c r="A944" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26057</t>
+          <t>../../src/UserSettingsPage.cpp:26163</t>
         </is>
       </c>
       <c r="B944" t="inlineStr">
         <is>
-          <t>Expose room information via D-Bus</t>
+          <t>Self signing key</t>
         </is>
       </c>
       <c r="C944" t="inlineStr">
         <is>
-          <t>Mache Rauminformationen über D-Bus verfügbar</t>
+          <t>Selbstverifizierungsschlüssel</t>
         </is>
       </c>
       <c r="D944" t="inlineStr"/>
       <c r="E944" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F944" t="inlineStr">
         <is>
-          <t>UserSettingsModelExpose room information via D-Bus</t>
+          <t>UserSettingsModelSelf signing key</t>
         </is>
       </c>
       <c r="G944" t="inlineStr"/>
       <c r="H944" t="inlineStr"/>
     </row>
     <row r="945">
       <c r="A945" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26059</t>
+          <t>../../src/UserSettingsPage.cpp:26165</t>
         </is>
       </c>
       <c r="B945" t="inlineStr">
         <is>
-          <t>Periodically update community routing information</t>
+          <t>User signing key</t>
         </is>
       </c>
       <c r="C945" t="inlineStr">
         <is>
-          <t>Regelmäßig Beitrittsinformationen für Gruppen aktualisieren</t>
+          <t>Benutzerverifizierungsschlüssel</t>
         </is>
       </c>
       <c r="D945" t="inlineStr"/>
       <c r="E945" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F945" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically update community routing information</t>
+          <t>UserSettingsModelUser signing key</t>
         </is>
       </c>
       <c r="G945" t="inlineStr"/>
       <c r="H945" t="inlineStr"/>
     </row>
     <row r="946">
       <c r="A946" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26061</t>
+          <t>../../src/UserSettingsPage.cpp:26167</t>
         </is>
       </c>
       <c r="B946" t="inlineStr">
         <is>
-          <t>Periodically delete expired events</t>
+          <t>Master signing key</t>
         </is>
       </c>
       <c r="C946" t="inlineStr">
         <is>
-          <t>Regelmäßig abgelaufene Nachrichten löschen</t>
+          <t>Masterverifizierungsschlüssel</t>
         </is>
       </c>
       <c r="D946" t="inlineStr"/>
       <c r="E946" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F946" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically delete expired events</t>
+          <t>UserSettingsModelMaster signing key</t>
         </is>
       </c>
       <c r="G946" t="inlineStr"/>
       <c r="H946" t="inlineStr"/>
     </row>
     <row r="947">
       <c r="A947" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26182</t>
+          <t>../../src/UserSettingsPage.cpp:26169</t>
         </is>
       </c>
       <c r="B947" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Expose room information via D-Bus</t>
         </is>
       </c>
       <c r="C947" t="inlineStr">
         <is>
-          <t>Standard</t>
+          <t>Mache Rauminformationen über D-Bus verfügbar</t>
         </is>
       </c>
       <c r="D947" t="inlineStr"/>
       <c r="E947" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F947" t="inlineStr">
         <is>
-          <t>UserSettingsModelDefault</t>
+          <t>UserSettingsModelExpose room information via D-Bus</t>
         </is>
       </c>
       <c r="G947" t="inlineStr"/>
       <c r="H947" t="inlineStr"/>
     </row>
     <row r="948">
       <c r="A948" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26221</t>
+          <t>../../src/UserSettingsPage.cpp:26171</t>
         </is>
       </c>
       <c r="B948" t="inlineStr">
         <is>
-          <t>Set the notification sound to play when a call invite arrives</t>
+          <t>Periodically update community routing information</t>
         </is>
       </c>
       <c r="C948" t="inlineStr">
         <is>
-          <t>Ändere den Klingelton für eingehende Anrufe</t>
+          <t>Regelmäßig Beitrittsinformationen für Gruppen aktualisieren</t>
         </is>
       </c>
       <c r="D948" t="inlineStr"/>
       <c r="E948" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F948" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
+          <t>UserSettingsModelPeriodically update community routing information</t>
         </is>
       </c>
       <c r="G948" t="inlineStr"/>
       <c r="H948" t="inlineStr"/>
     </row>
     <row r="949">
       <c r="A949" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26231</t>
+          <t>../../src/UserSettingsPage.cpp:26173</t>
         </is>
       </c>
       <c r="B949" t="inlineStr">
+        <is>
+          <t>Periodically delete expired events</t>
+        </is>
+      </c>
+      <c r="C949" t="inlineStr">
+        <is>
+          <t>Regelmäßig abgelaufene Nachrichten löschen</t>
+        </is>
+      </c>
+      <c r="D949" t="inlineStr"/>
+      <c r="E949" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F949" t="inlineStr">
+        <is>
+          <t>UserSettingsModelPeriodically delete expired events</t>
+        </is>
+      </c>
+      <c r="G949" t="inlineStr"/>
+      <c r="H949" t="inlineStr"/>
+    </row>
+    <row r="950">
+      <c r="A950" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26289</t>
+        </is>
+      </c>
+      <c r="B950" t="inlineStr">
+        <is>
+          <t>Default</t>
+        </is>
+      </c>
+      <c r="C950" t="inlineStr">
+        <is>
+          <t>Standard</t>
+        </is>
+      </c>
+      <c r="D950" t="inlineStr"/>
+      <c r="E950" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F950" t="inlineStr">
+        <is>
+          <t>UserSettingsModelDefault</t>
+        </is>
+      </c>
+      <c r="G950" t="inlineStr"/>
+      <c r="H950" t="inlineStr"/>
+    </row>
+    <row r="951">
+      <c r="A951" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26328</t>
+        </is>
+      </c>
+      <c r="B951" t="inlineStr">
+        <is>
+          <t>Set the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="C951" t="inlineStr">
+        <is>
+          <t>Ändere den Klingelton für eingehende Anrufe</t>
+        </is>
+      </c>
+      <c r="D951" t="inlineStr"/>
+      <c r="E951" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F951" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="G951" t="inlineStr"/>
+      <c r="H951" t="inlineStr"/>
+    </row>
+    <row r="952">
+      <c r="A952" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26338</t>
+        </is>
+      </c>
+      <c r="B952" t="inlineStr">
         <is>
           <t>Set timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="C949" t="inlineStr">
+      <c r="C952" t="inlineStr">
         <is>
           <t>Zeitbegrenzung (in Sekunden) bis der Bildschirm verschwommen angezeigt wird, nachdem das Fenster den Fokus verliert.
 Bei 0 wird der Blickschutz sofort aktiv.
 Maximaler Wert ist eine Stunde (3600 Sekunden).</t>
         </is>
       </c>
-      <c r="D949" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F949" t="inlineStr">
+      <c r="D952" t="inlineStr"/>
+      <c r="E952" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F952" t="inlineStr">
         <is>
           <t>UserSettingsModelSet timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="G949" t="inlineStr">
+      <c r="G952" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Zeitbegrenzung (in Sekunden) bis der Bildschirm verschwommen angezeigt wird, nachdem das Fenster den Fokus verliert.
 Bei 0 wird der Blickschutz sofort aktiv.
 Maximaler Wert ist eine Stunde (3600 Sekunden)</t>
         </is>
       </c>
-      <c r="H949" t="inlineStr"/>
-[...88 lines deleted...]
-      <c r="G952" t="inlineStr"/>
       <c r="H952" t="inlineStr"/>
     </row>
     <row r="953">
       <c r="A953" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26245</t>
+          <t>../../src/UserSettingsPage.cpp:26345</t>
         </is>
       </c>
       <c r="B953" t="inlineStr">
         <is>
-          <t>Start the application in the background without showing the client window.</t>
+          <t>Change the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="C953" t="inlineStr">
         <is>
-          <t>Starte die Applikation im Hintergrund ohne ein Fenster zu öffnen.</t>
+          <t>Ändert die Hintergrundfarbe von Nachrichten, wenn der Mauszeiger über ihnen ist.</t>
         </is>
       </c>
       <c r="D953" t="inlineStr"/>
       <c r="E953" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F953" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+          <t>UserSettingsModelChange the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="G953" t="inlineStr"/>
       <c r="H953" t="inlineStr"/>
     </row>
     <row r="954">
       <c r="A954" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26249</t>
+          <t>../../src/UserSettingsPage.cpp:26347</t>
         </is>
       </c>
       <c r="B954" t="inlineStr">
         <is>
-          <t>Shows scrollbars in the room list and communities list.</t>
+          <t>Make font size larger if messages with only a few emojis are displayed.</t>
         </is>
       </c>
       <c r="C954" t="inlineStr">
         <is>
-          <t>Zeigt Scrollleisten in der Raumliste und in der Gruppenliste an.</t>
+          <t>Erhöht die Schriftgröße, wenn die Nachricht nur aus ein paar Emoji besteht.</t>
         </is>
       </c>
       <c r="D954" t="inlineStr"/>
       <c r="E954" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F954" t="inlineStr">
         <is>
-          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
+          <t>UserSettingsModelMake font size larger if messages with only a few emojis are displayed.</t>
         </is>
       </c>
       <c r="G954" t="inlineStr"/>
       <c r="H954" t="inlineStr"/>
     </row>
     <row r="955">
       <c r="A955" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26251</t>
+          <t>../../src/UserSettingsPage.cpp:26349</t>
         </is>
       </c>
       <c r="B955" t="inlineStr">
+        <is>
+          <t>Keep the application running in the background after closing the client window.</t>
+        </is>
+      </c>
+      <c r="C955" t="inlineStr">
+        <is>
+          <t>Applikation im Hintergrund weiterlaufen lassen.</t>
+        </is>
+      </c>
+      <c r="D955" t="inlineStr"/>
+      <c r="E955" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F955" t="inlineStr">
+        <is>
+          <t>UserSettingsModelKeep the application running in the background after closing the client window.</t>
+        </is>
+      </c>
+      <c r="G955" t="inlineStr"/>
+      <c r="H955" t="inlineStr"/>
+    </row>
+    <row r="956">
+      <c r="A956" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26352</t>
+        </is>
+      </c>
+      <c r="B956" t="inlineStr">
+        <is>
+          <t>Start the application in the background without showing the client window.</t>
+        </is>
+      </c>
+      <c r="C956" t="inlineStr">
+        <is>
+          <t>Starte die Applikation im Hintergrund ohne ein Fenster zu öffnen.</t>
+        </is>
+      </c>
+      <c r="D956" t="inlineStr"/>
+      <c r="E956" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F956" t="inlineStr">
+        <is>
+          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+        </is>
+      </c>
+      <c r="G956" t="inlineStr"/>
+      <c r="H956" t="inlineStr"/>
+    </row>
+    <row r="957">
+      <c r="A957" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26356</t>
+        </is>
+      </c>
+      <c r="B957" t="inlineStr">
+        <is>
+          <t>Shows scrollbars in the room list and communities list.</t>
+        </is>
+      </c>
+      <c r="C957" t="inlineStr">
+        <is>
+          <t>Zeigt Scrollleisten in der Raumliste und in der Gruppenliste an.</t>
+        </is>
+      </c>
+      <c r="D957" t="inlineStr"/>
+      <c r="E957" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F957" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
+        </is>
+      </c>
+      <c r="G957" t="inlineStr"/>
+      <c r="H957" t="inlineStr"/>
+    </row>
+    <row r="958">
+      <c r="A958" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26358</t>
+        </is>
+      </c>
+      <c r="B958" t="inlineStr">
         <is>
           <t>Allow using markdown in messages.
 When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
-      <c r="C955" t="inlineStr">
+      <c r="C958" t="inlineStr">
         <is>
           <t>Nutze Markdown als Format für Nachrichten.
 Wenn deaktiviert werden alle Nachrichten als unformatierter Text gesendet.</t>
         </is>
       </c>
-      <c r="D955" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F955" t="inlineStr">
+      <c r="D958" t="inlineStr"/>
+      <c r="E958" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F958" t="inlineStr">
         <is>
           <t>UserSettingsModelAllow using markdown in messages.
 When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
-      <c r="G955" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G958" t="inlineStr"/>
       <c r="H958" t="inlineStr"/>
     </row>
     <row r="959">
       <c r="A959" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26264</t>
+          <t>../../src/UserSettingsPage.cpp:26367</t>
         </is>
       </c>
       <c r="B959" t="inlineStr">
         <is>
-          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>Messages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="C959" t="inlineStr">
         <is>
-          <t>Spiele Medien wie GIF oder WEBP nur ab, wenn du die Maus darüber bewegst.</t>
+          <t>Nachrichtenblasen als Layout der Nachrichtenliste.</t>
         </is>
       </c>
       <c r="D959" t="inlineStr"/>
       <c r="E959" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F959" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>UserSettingsModelMessages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="G959" t="inlineStr"/>
       <c r="H959" t="inlineStr"/>
     </row>
     <row r="960">
       <c r="A960" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26266</t>
+          <t>../../src/UserSettingsPage.cpp:26370</t>
         </is>
       </c>
       <c r="B960" t="inlineStr">
         <is>
-          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>Avatars are resized to fit above the message.</t>
         </is>
       </c>
       <c r="C960" t="inlineStr">
         <is>
-          <t>Ob Bilder automatisch angezeigt werden. Du kannst aussuchen zwischen immer automatisch anzeigen, nur in privaten Räumen automatisch anzeigen oder immer eine manuelle Interaktion zu benötigen vor dem Anzeigen.</t>
+          <t>Benutzerbilder werden verkleinert um über die Nachricht zu passen.</t>
         </is>
       </c>
       <c r="D960" t="inlineStr"/>
       <c r="E960" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F960" t="inlineStr">
         <is>
-          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>UserSettingsModelAvatars are resized to fit above the message.</t>
         </is>
       </c>
       <c r="G960" t="inlineStr"/>
       <c r="H960" t="inlineStr"/>
     </row>
     <row r="961">
       <c r="A961" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26270</t>
+          <t>../../src/UserSettingsPage.cpp:26372</t>
         </is>
       </c>
       <c r="B961" t="inlineStr">
+        <is>
+          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+        </is>
+      </c>
+      <c r="C961" t="inlineStr">
+        <is>
+          <t>Spiele Medien wie GIF oder WEBP nur ab, wenn du die Maus darüber bewegst.</t>
+        </is>
+      </c>
+      <c r="D961" t="inlineStr"/>
+      <c r="E961" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F961" t="inlineStr">
+        <is>
+          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+        </is>
+      </c>
+      <c r="G961" t="inlineStr"/>
+      <c r="H961" t="inlineStr"/>
+    </row>
+    <row r="962">
+      <c r="A962" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26374</t>
+        </is>
+      </c>
+      <c r="B962" t="inlineStr">
+        <is>
+          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="C962" t="inlineStr">
+        <is>
+          <t>Ob Bilder automatisch angezeigt werden. Du kannst aussuchen zwischen immer automatisch anzeigen, nur in privaten Räumen automatisch anzeigen oder immer eine manuelle Interaktion zu benötigen vor dem Anzeigen.</t>
+        </is>
+      </c>
+      <c r="D962" t="inlineStr"/>
+      <c r="E962" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F962" t="inlineStr">
+        <is>
+          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="G962" t="inlineStr"/>
+      <c r="H962" t="inlineStr"/>
+    </row>
+    <row r="963">
+      <c r="A963" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26378</t>
+        </is>
+      </c>
+      <c r="B963" t="inlineStr">
         <is>
           <t>Show who is typing in a room.
 This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
-      <c r="C961" t="inlineStr">
+      <c r="C963" t="inlineStr">
         <is>
           <t>Zeige wer gerade in einem Raum tippt.
 Diese Einstellung steuert auch, ob das eigene Tippen an andere gesendet wird.</t>
         </is>
       </c>
-      <c r="D961" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F961" t="inlineStr">
+      <c r="D963" t="inlineStr"/>
+      <c r="E963" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F963" t="inlineStr">
         <is>
           <t>UserSettingsModelShow who is typing in a room.
 This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
-      <c r="G961" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B962" t="inlineStr">
+      <c r="G963" t="inlineStr"/>
+      <c r="H963" t="inlineStr"/>
+    </row>
+    <row r="964">
+      <c r="A964" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26382</t>
+        </is>
+      </c>
+      <c r="B964" t="inlineStr">
         <is>
           <t>Display rooms with new messages first.
 If this is off, the list of rooms will only be sorted by the preferred sorting order.
 If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
-      <c r="C962" t="inlineStr">
+      <c r="C964" t="inlineStr">
         <is>
           <t>Zeigt Nachrichten mit neuen Nachrichten zuerst an.
 Wenn dies AUS ist, dann werden die Räume nur nach der preferierten Sortierreihenfolge sortiert.
 Wenn dies AN ist, dann erscheinen Nachrichten mit ungelesenen Benachrichtigungen (der kleine Kreis mit der Zahl) zuerst angezeigt. Stummgeschaltene Räume werden nach der preferrierten Sortierreihenfolge sortiert, weil diese weniger Priorität haben.</t>
         </is>
       </c>
-      <c r="D962" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F962" t="inlineStr">
+      <c r="D964" t="inlineStr"/>
+      <c r="E964" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F964" t="inlineStr">
         <is>
           <t>UserSettingsModelDisplay rooms with new messages first.
 If this is off, the list of rooms will only be sorted by the preferred sorting order.
 If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
-      <c r="G962" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B963" t="inlineStr">
+      <c r="G964" t="inlineStr"/>
+      <c r="H964" t="inlineStr"/>
+    </row>
+    <row r="965">
+      <c r="A965" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26391</t>
+        </is>
+      </c>
+      <c r="B965" t="inlineStr">
         <is>
           <t>Sort rooms alphabetically.
 If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
 If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
-      <c r="C963" t="inlineStr">
+      <c r="C965" t="inlineStr">
         <is>
           <t>Sortiert Räume alphabetisch
 Wenn dies AUS ist, dann werden Nachrichten nach dem Zeitpunkt der letzen Nachricht sortiert.
 Wenn dies AN ist, dann werden Räume, die früher im Alphabet kommen, zuerst angezeigt.</t>
         </is>
       </c>
-      <c r="D963" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F963" t="inlineStr">
+      <c r="D965" t="inlineStr"/>
+      <c r="E965" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F965" t="inlineStr">
         <is>
           <t>UserSettingsModelSort rooms alphabetically.
 If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
 If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
-      <c r="G963" t="inlineStr">
+      <c r="G965" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Sortiert Räume alphabetisch.
 Wenn dies AUS ist, dann werden Nachrichten nach dem Zeitpunkt der letzen Nachricht sortiert.
 Wenn dies AN ist, dann werden Räume, die früher im Alphabet kommen, zuerst angezeigt.</t>
         </is>
       </c>
-      <c r="H963" t="inlineStr"/>
-[...58 lines deleted...]
-      <c r="G965" t="inlineStr"/>
       <c r="H965" t="inlineStr"/>
     </row>
     <row r="966">
       <c r="A966" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26299</t>
+          <t>../../src/UserSettingsPage.cpp:26397</t>
         </is>
       </c>
       <c r="B966" t="inlineStr">
         <is>
-          <t>Notify about received messages when the client is not currently focused.</t>
+          <t>Show buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
       <c r="C966" t="inlineStr">
         <is>
-          <t>Benachrichtigungen pber neue Nachrichten, wenn der Client nicht im Vordergrund ist.</t>
+          <t>Zeige Knöpfe für das schnelle Antworten, Reagieren und zusätzliche Optionen neben jeder Nachricht.</t>
         </is>
       </c>
       <c r="D966" t="inlineStr"/>
       <c r="E966" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F966" t="inlineStr">
         <is>
-          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelShow buttons to quickly reply, react or access additional options next to each message.</t>
+        </is>
+      </c>
+      <c r="G966" t="inlineStr"/>
       <c r="H966" t="inlineStr"/>
     </row>
     <row r="967">
       <c r="A967" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26305</t>
+          <t>../../src/UserSettingsPage.cpp:26405</t>
         </is>
       </c>
       <c r="B967" t="inlineStr">
+        <is>
+          <t>Configure whether to show or hide certain events like room joins.</t>
+        </is>
+      </c>
+      <c r="C967" t="inlineStr">
+        <is>
+          <t>Bestimmte Nachrichten (wie Teilnehmeränderungen) verstecken oder anzeigen.</t>
+        </is>
+      </c>
+      <c r="D967" t="inlineStr"/>
+      <c r="E967" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F967" t="inlineStr">
+        <is>
+          <t>UserSettingsModelConfigure whether to show or hide certain events like room joins.</t>
+        </is>
+      </c>
+      <c r="G967" t="inlineStr"/>
+      <c r="H967" t="inlineStr"/>
+    </row>
+    <row r="968">
+      <c r="A968" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26407</t>
+        </is>
+      </c>
+      <c r="B968" t="inlineStr">
+        <is>
+          <t>Notify about received messages when the client is not currently focused.</t>
+        </is>
+      </c>
+      <c r="C968" t="inlineStr">
+        <is>
+          <t>Benachrichtigungen pber neue Nachrichten, wenn der Client nicht im Vordergrund ist.</t>
+        </is>
+      </c>
+      <c r="D968" t="inlineStr"/>
+      <c r="E968" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F968" t="inlineStr">
+        <is>
+          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
+        </is>
+      </c>
+      <c r="G968" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Benachrichtigungen über neue Nachrichten, wenn der Client nicht im Vordergrund ist.</t>
+        </is>
+      </c>
+      <c r="H968" t="inlineStr"/>
+    </row>
+    <row r="969">
+      <c r="A969" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26413</t>
+        </is>
+      </c>
+      <c r="B969" t="inlineStr">
         <is>
           <t>Change the appearance of user avatars in chats.
 OFF - square, ON - circle.</t>
         </is>
       </c>
-      <c r="C967" t="inlineStr">
+      <c r="C969" t="inlineStr">
         <is>
           <t>Ändere das aussehen der Chatavatare.
 AUS - Quadratisch, AN - Kreisförmig.</t>
         </is>
       </c>
-      <c r="D967" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F967" t="inlineStr">
+      <c r="D969" t="inlineStr"/>
+      <c r="E969" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F969" t="inlineStr">
         <is>
           <t>UserSettingsModelChange the appearance of user avatars in chats.
 OFF - square, ON - circle.</t>
         </is>
       </c>
-      <c r="G967" t="inlineStr"/>
-[...58 lines deleted...]
-      </c>
       <c r="G969" t="inlineStr"/>
       <c r="H969" t="inlineStr"/>
     </row>
     <row r="970">
       <c r="A970" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26326</t>
+          <t>../../src/UserSettingsPage.cpp:26429</t>
         </is>
       </c>
       <c r="B970" t="inlineStr">
         <is>
-          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>Decrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="C970" t="inlineStr">
         <is>
-          <t>Manche Nachrichten lösen extra Effekte aus. Z.B. erzeugen Nachrichten, die mit /confetti gesendet wurden, einen kleinen Konfettischauer.</t>
+          <t>Nachrichten in Benachrichtigungen entschlüsseln in verschlüsselten Räumen.</t>
         </is>
       </c>
       <c r="D970" t="inlineStr"/>
       <c r="E970" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F970" t="inlineStr">
         <is>
-          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>UserSettingsModelDecrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="G970" t="inlineStr"/>
       <c r="H970" t="inlineStr"/>
     </row>
     <row r="971">
       <c r="A971" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26329</t>
+          <t>../../src/UserSettingsPage.cpp:26431</t>
         </is>
       </c>
       <c r="B971" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Choose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="C971" t="inlineStr">
         <is>
-          <t>Für besseres Aussehen verwendet Nheko an verschiedenen Stellen Animationen. Diese Option erlaubt dir die Animationen zu deaktiveren, wenn diese bei dir Unwohlsein hervorrufen.</t>
+          <t>Wähle aus ob die Benachrichtigungsanzahl für Gruppen und Tags angezeigt werden oder nicht.</t>
         </is>
       </c>
       <c r="D971" t="inlineStr"/>
       <c r="E971" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F971" t="inlineStr">
         <is>
-          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>UserSettingsModelChoose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="G971" t="inlineStr"/>
       <c r="H971" t="inlineStr"/>
     </row>
     <row r="972">
       <c r="A972" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26337</t>
+          <t>../../src/UserSettingsPage.cpp:26434</t>
         </is>
       </c>
       <c r="B972" t="inlineStr">
         <is>
-          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="C972" t="inlineStr">
         <is>
-          <t>Verhindert bestimmte Gesten wie nach links oder rechts Wischen um zwischen Nachrichten- und Raumliste zu wechseln oder Ziehen um auf eine Nachricht zu antworten.</t>
+          <t>Manche Nachrichten lösen extra Effekte aus. Z.B. erzeugen Nachrichten, die mit /confetti gesendet wurden, einen kleinen Konfettischauer.</t>
         </is>
       </c>
       <c r="D972" t="inlineStr"/>
       <c r="E972" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F972" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="G972" t="inlineStr"/>
       <c r="H972" t="inlineStr"/>
     </row>
     <row r="973">
       <c r="A973" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26340</t>
+          <t>../../src/UserSettingsPage.cpp:26437</t>
         </is>
       </c>
       <c r="B973" t="inlineStr">
         <is>
-          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="C973" t="inlineStr">
         <is>
-          <t>Ändert den Skalierungsfaktor für das gesamte UI. Nheko muss neugestartet werden um die Änderung anzuwenden.</t>
+          <t>Für besseres Aussehen verwendet Nheko an verschiedenen Stellen Animationen. Diese Option erlaubt dir die Animationen zu deaktiveren, wenn diese bei dir Unwohlsein hervorrufen.</t>
         </is>
       </c>
       <c r="D973" t="inlineStr"/>
       <c r="E973" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F973" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="G973" t="inlineStr"/>
       <c r="H973" t="inlineStr"/>
     </row>
     <row r="974">
       <c r="A974" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26349</t>
+          <t>../../src/UserSettingsPage.cpp:26445</t>
         </is>
       </c>
       <c r="B974" t="inlineStr">
         <is>
-          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="C974" t="inlineStr">
         <is>
-          <t>Teilt automatisch Schlüssel für Nachrichten mit verifizierten Nutzern (auf Anfrage), selbst wenn diese sonst keinen Zugriff darauf hätten.</t>
+          <t>Verhindert bestimmte Gesten wie nach links oder rechts Wischen um zwischen Nachrichten- und Raumliste zu wechseln oder Ziehen um auf eine Nachricht zu antworten.</t>
         </is>
       </c>
       <c r="D974" t="inlineStr"/>
       <c r="E974" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F974" t="inlineStr">
         <is>
-          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="G974" t="inlineStr"/>
       <c r="H974" t="inlineStr"/>
     </row>
     <row r="975">
       <c r="A975" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26382</t>
+          <t>../../src/UserSettingsPage.cpp:26448</t>
         </is>
       </c>
       <c r="B975" t="inlineStr">
         <is>
-          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="C975" t="inlineStr">
         <is>
-          <t>Der Schlüssel um deine eigenen Geräte zu verifizieren. Wenn dieser im Cache ist, dann werden alle deine Geräte als verifiziert für andere Nutzer erscheinen, wenn du diese verifiziert hast.</t>
+          <t>Ändert den Skalierungsfaktor für das gesamte UI. Nheko muss neugestartet werden um die Änderung anzuwenden.</t>
         </is>
       </c>
       <c r="D975" t="inlineStr"/>
       <c r="E975" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F975" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="G975" t="inlineStr"/>
       <c r="H975" t="inlineStr"/>
     </row>
     <row r="976">
       <c r="A976" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26301</t>
+          <t>../../src/UserSettingsPage.cpp:26457</t>
         </is>
       </c>
       <c r="B976" t="inlineStr">
+        <is>
+          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+        </is>
+      </c>
+      <c r="C976" t="inlineStr">
+        <is>
+          <t>Teilt automatisch Schlüssel für Nachrichten mit verifizierten Nutzern (auf Anfrage), selbst wenn diese sonst keinen Zugriff darauf hätten.</t>
+        </is>
+      </c>
+      <c r="D976" t="inlineStr"/>
+      <c r="E976" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F976" t="inlineStr">
+        <is>
+          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+        </is>
+      </c>
+      <c r="G976" t="inlineStr"/>
+      <c r="H976" t="inlineStr"/>
+    </row>
+    <row r="977">
+      <c r="A977" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26490</t>
+        </is>
+      </c>
+      <c r="B977" t="inlineStr">
+        <is>
+          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+        </is>
+      </c>
+      <c r="C977" t="inlineStr">
+        <is>
+          <t>Der Schlüssel um deine eigenen Geräte zu verifizieren. Wenn dieser im Cache ist, dann werden alle deine Geräte als verifiziert für andere Nutzer erscheinen, wenn du diese verifiziert hast.</t>
+        </is>
+      </c>
+      <c r="D977" t="inlineStr"/>
+      <c r="E977" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F977" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+        </is>
+      </c>
+      <c r="G977" t="inlineStr"/>
+      <c r="H977" t="inlineStr"/>
+    </row>
+    <row r="978">
+      <c r="A978" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26409</t>
+        </is>
+      </c>
+      <c r="B978" t="inlineStr">
         <is>
           <t>Show an alert when a message is received.
 This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
-      <c r="C976" t="inlineStr">
+      <c r="C978" t="inlineStr">
         <is>
           <t>Hebe das Fenster hervor, wenn eine Nachricht empfangen wurde.
 Normalerweise animiert das den Taskbaricon oder färbt das Fenster orange ein.</t>
         </is>
       </c>
-      <c r="D976" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F976" t="inlineStr">
+      <c r="D978" t="inlineStr"/>
+      <c r="E978" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F978" t="inlineStr">
         <is>
           <t>UserSettingsModelShow an alert when a message is received.
 This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
-      <c r="G976" t="inlineStr"/>
-[...58 lines deleted...]
-      </c>
       <c r="G978" t="inlineStr"/>
       <c r="H978" t="inlineStr"/>
     </row>
     <row r="979">
       <c r="A979" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26228</t>
+          <t>../../src/UserSettingsPage.cpp:26035</t>
         </is>
       </c>
       <c r="B979" t="inlineStr">
         <is>
-          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>Communities sidebar</t>
         </is>
       </c>
       <c r="C979" t="inlineStr">
         <is>
-          <t>Setze eine maximale Breite für Nachrichten im Chat (in Pixeln). Das kann die Lesbarkeit auf breiten Bildschirmen erhöhen.</t>
+          <t>Gruppenseitenleiste</t>
         </is>
       </c>
       <c r="D979" t="inlineStr"/>
       <c r="E979" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F979" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelCommunities sidebar</t>
+        </is>
+      </c>
+      <c r="G979" t="inlineStr"/>
       <c r="H979" t="inlineStr"/>
     </row>
     <row r="980">
       <c r="A980" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26247</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26041</t>
+        </is>
+      </c>
+      <c r="B980" t="inlineStr"/>
+      <c r="C980" t="inlineStr"/>
       <c r="D980" t="inlineStr"/>
       <c r="E980" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F980" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+          <t>UserSettingsModelSend messages with a shortcut</t>
         </is>
       </c>
       <c r="G980" t="inlineStr"/>
       <c r="H980" t="inlineStr"/>
     </row>
     <row r="981">
       <c r="A981" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26293</t>
+          <t>../../src/UserSettingsPage.cpp:26083</t>
         </is>
       </c>
       <c r="B981" t="inlineStr">
+        <is>
+          <t>Show message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="C981" t="inlineStr">
+        <is>
+          <t>Zeige Nachrichtenzahl für Gruppen und Tags</t>
+        </is>
+      </c>
+      <c r="D981" t="inlineStr"/>
+      <c r="E981" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F981" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShow message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="G981" t="inlineStr"/>
+      <c r="H981" t="inlineStr"/>
+    </row>
+    <row r="982">
+      <c r="A982" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26335</t>
+        </is>
+      </c>
+      <c r="B982" t="inlineStr">
+        <is>
+          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="C982" t="inlineStr">
+        <is>
+          <t>Setze eine maximale Breite für Nachrichten im Chat (in Pixeln). Das kann die Lesbarkeit auf breiten Bildschirmen erhöhen.</t>
+        </is>
+      </c>
+      <c r="D982" t="inlineStr"/>
+      <c r="E982" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F982" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="G982" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Setze eine maximale Breite für Nachrichten im Chat (in Pixeln). Das kann die Lesbarkeit auf breiten Bildschirmen erhöhen</t>
+        </is>
+      </c>
+      <c r="H982" t="inlineStr"/>
+    </row>
+    <row r="983">
+      <c r="A983" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26354</t>
+        </is>
+      </c>
+      <c r="B983" t="inlineStr">
+        <is>
+          <t>Show a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="C983" t="inlineStr">
+        <is>
+          <t>Zeige eine Liste mit Gruppen und Tags neben der Raumliste.</t>
+        </is>
+      </c>
+      <c r="D983" t="inlineStr"/>
+      <c r="E983" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F983" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="G983" t="inlineStr"/>
+      <c r="H983" t="inlineStr"/>
+    </row>
+    <row r="984">
+      <c r="A984" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26362</t>
+        </is>
+      </c>
+      <c r="B984" t="inlineStr"/>
+      <c r="C984" t="inlineStr"/>
+      <c r="D984" t="inlineStr"/>
+      <c r="E984" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F984" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSelect what Enter key combination sends the message. Shift+Enter adds a new line, unless it has been selected, in which case Enter adds a new line instead.
+If an emoji picker or a mention picker is open, it is always handled first.</t>
+        </is>
+      </c>
+      <c r="G984" t="inlineStr"/>
+      <c r="H984" t="inlineStr"/>
+    </row>
+    <row r="985">
+      <c r="A985" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26401</t>
+        </is>
+      </c>
+      <c r="B985" t="inlineStr">
         <is>
           <t>Show if your message was read.
 Status is displayed next to timestamps.
 Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
-      <c r="C981" t="inlineStr">
+      <c r="C985" t="inlineStr">
         <is>
           <t>Anzeigen, ob eine Nachricht gelesen wurde.
 Der Lesesstatus ist neben dem Sendezeitpunkt zu finden.
 Achtung: Wenn dein Heimserver das Deaktivieren vom Verteilen des Sendestatus nicht unterstützt, werden deine Räume nie als gelesen markiert!</t>
         </is>
       </c>
-      <c r="D981" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F981" t="inlineStr">
+      <c r="D985" t="inlineStr"/>
+      <c r="E985" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F985" t="inlineStr">
         <is>
           <t>UserSettingsModelShow if your message was read.
 Status is displayed next to timestamps.
 Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
-      <c r="G981" t="inlineStr">
+      <c r="G985" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Anzeigen, ob eine Nachricht gelesen wurde.
 Der Lesestatus ist neben dem Sendezeitpunkt zu finden.
 Achtung: Wenn dein Heimserver das nicht unterstützt, werden deine Räume nie als gelesen markiert!
 Suggested in Weblate: Zeigt an, ob eine Nachricht gelesen wurde.
 Der Lesestatus ist neben dem Sendezeitpunkt zu finden.
 Achtung: Wenn Ihr Homeserver das nicht unterstützt, werden Ihre Räume nie als gelesen markiert!</t>
         </is>
       </c>
-      <c r="H981" t="inlineStr"/>
-[...7 lines deleted...]
-      <c r="B982" t="inlineStr">
+      <c r="H985" t="inlineStr"/>
+    </row>
+    <row r="986">
+      <c r="A986" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26416</t>
+        </is>
+      </c>
+      <c r="B986" t="inlineStr">
         <is>
           <t>Display an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
-      <c r="C982" t="inlineStr">
+      <c r="C986" t="inlineStr">
         <is>
           <t>Zeige einen Identicon anstelle eines Buchstabens, wenn kein Avatar gesetzt wurde.</t>
         </is>
       </c>
-      <c r="D982" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F982" t="inlineStr">
+      <c r="D986" t="inlineStr"/>
+      <c r="E986" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F986" t="inlineStr">
         <is>
           <t>UserSettingsModelDisplay an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
-      <c r="G982" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B983" t="inlineStr">
+      <c r="G986" t="inlineStr"/>
+      <c r="H986" t="inlineStr"/>
+    </row>
+    <row r="987">
+      <c r="A987" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26418</t>
+        </is>
+      </c>
+      <c r="B987" t="inlineStr">
         <is>
           <t>Opens images with an external program when tapping the image.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="C983" t="inlineStr">
+      <c r="C987" t="inlineStr">
         <is>
           <t>Öffnet Bilder in einem externen Programm, wenn diese angeklickt/angetippt werden.
 Beachte: Wenn diese Option AN ist, bleiben geöffnete Dateien auf der Festplatte unverschlüsselt zurück und müssen manuell gelöscht werden.</t>
         </is>
       </c>
-      <c r="D983" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F983" t="inlineStr">
+      <c r="D987" t="inlineStr"/>
+      <c r="E987" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F987" t="inlineStr">
         <is>
           <t>UserSettingsModelOpens images with an external program when tapping the image.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="G983" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B984" t="inlineStr">
+      <c r="G987" t="inlineStr"/>
+      <c r="H987" t="inlineStr"/>
+    </row>
+    <row r="988">
+      <c r="A988" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26422</t>
+        </is>
+      </c>
+      <c r="B988" t="inlineStr">
         <is>
           <t>Opens videos with an external program when tapping the video.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="C984" t="inlineStr">
+      <c r="C988" t="inlineStr">
         <is>
           <t>Öffnet Videos in einem externen Programm, wenn diese angeklickt/angetippt werden.
 Beachte: Wenn diese Option AN ist, bleiben geöffnete Dateien auf der Festplatte unverschlüsselt zurück und müssen manuell gelöscht werden.</t>
         </is>
       </c>
-      <c r="D984" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F984" t="inlineStr">
+      <c r="D988" t="inlineStr"/>
+      <c r="E988" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F988" t="inlineStr">
         <is>
           <t>UserSettingsModelOpens videos with an external program when tapping the video.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="G984" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B985" t="inlineStr">
+      <c r="G988" t="inlineStr"/>
+      <c r="H988" t="inlineStr"/>
+    </row>
+    <row r="989">
+      <c r="A989" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26426</t>
+        </is>
+      </c>
+      <c r="B989" t="inlineStr">
         <is>
           <t>Decrypt the messages shown in the sidebar.
 Only affects messages in encrypted chats.</t>
         </is>
       </c>
-      <c r="C985" t="inlineStr">
+      <c r="C989" t="inlineStr">
         <is>
           <t>Entschlüssle Nachrichten in der Seitenliste.
 Betrifft nur Nachrichten in verschlüsselten Chats.</t>
         </is>
       </c>
-      <c r="D985" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F985" t="inlineStr">
+      <c r="D989" t="inlineStr"/>
+      <c r="E989" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F989" t="inlineStr">
         <is>
           <t>UserSettingsModelDecrypt the messages shown in the sidebar.
 Only affects messages in encrypted chats.</t>
         </is>
       </c>
-      <c r="G985" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B986" t="inlineStr">
+      <c r="G989" t="inlineStr"/>
+      <c r="H989" t="inlineStr"/>
+    </row>
+    <row r="990">
+      <c r="A990" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26440</t>
+        </is>
+      </c>
+      <c r="B990" t="inlineStr">
         <is>
           <t>When the window loses focus, the timeline will
 be blurred.</t>
         </is>
       </c>
-      <c r="C986" t="inlineStr">
+      <c r="C990" t="inlineStr">
         <is>
           <t>Die Zeitliste wird unscharf, wenn das Fenster
 den Fokus verliert.</t>
         </is>
       </c>
-      <c r="D986" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F986" t="inlineStr">
+      <c r="D990" t="inlineStr"/>
+      <c r="E990" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F990" t="inlineStr">
         <is>
           <t>UserSettingsModelWhen the window loses focus, the timeline will
 be blurred.</t>
         </is>
       </c>
-      <c r="G986" t="inlineStr"/>
-[...118 lines deleted...]
-      </c>
       <c r="G990" t="inlineStr"/>
       <c r="H990" t="inlineStr"/>
     </row>
     <row r="991">
       <c r="A991" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26378</t>
+          <t>../../src/UserSettingsPage.cpp:26442</t>
         </is>
       </c>
       <c r="B991" t="inlineStr">
         <is>
-          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>Will prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="C991" t="inlineStr">
         <is>
-          <t>Der Schlüssel um Schlüssel aus der Onlinesicherung zu laden. Wenn dieser vorhanden ist, können die Schlüssel für verschlüsselte Nachrichten sicher online gespeichert und wieder runtergeladen werden.</t>
+          <t>Deaktiviert Textselektion in Nachrichten, damit das nicht beim Scrollen mit den Fingern stört.</t>
         </is>
       </c>
       <c r="D991" t="inlineStr"/>
       <c r="E991" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F991" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>UserSettingsModelWill prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="G991" t="inlineStr"/>
       <c r="H991" t="inlineStr"/>
     </row>
     <row r="992">
       <c r="A992" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26387</t>
+          <t>../../src/UserSettingsPage.cpp:26451</t>
         </is>
       </c>
       <c r="B992" t="inlineStr">
         <is>
-          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>Will use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="C992" t="inlineStr">
         <is>
-          <t>Der Schlüssel um andere Nutzer zu verifizieren. Wenn der lokal zwischengespeichert ist, dann werden durch eine Nutzerverifizierung alle Geräte verifiziert.</t>
+          <t>Hiermit wird turn.matrix.org als Assistent verwendet, falls dein Heimserver keinen anbietet.</t>
         </is>
       </c>
       <c r="D992" t="inlineStr"/>
       <c r="E992" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F992" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>UserSettingsModelWill use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="G992" t="inlineStr"/>
       <c r="H992" t="inlineStr"/>
     </row>
     <row r="993">
       <c r="A993" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26391</t>
+          <t>../../src/UserSettingsPage.cpp:26454</t>
         </is>
       </c>
       <c r="B993" t="inlineStr">
         <is>
-          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>Requires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="C993" t="inlineStr">
         <is>
-          <t>Der wichtigste Schlüssel. Muss nicht lokal gecachet werden, weil es das schwieriger macht ihn auszulesen und dadurch das Rotieren der anderen Schlüsel leichter ist.</t>
+          <t>Sendet Schlüssel für verschlüsselte Nachrichten nur an verifizierte Geräte. Das erhöht die Sicherheit, aber macht die Ende-zu-Ende Verschlüsselung komplizierter, weil jeder Nutzer verifiziert werden muss.</t>
         </is>
       </c>
       <c r="D993" t="inlineStr"/>
       <c r="E993" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F993" t="inlineStr">
         <is>
-          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>UserSettingsModelRequires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="G993" t="inlineStr"/>
       <c r="H993" t="inlineStr"/>
     </row>
     <row r="994">
       <c r="A994" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26396</t>
+          <t>../../src/UserSettingsPage.cpp:26461</t>
         </is>
       </c>
       <c r="B994" t="inlineStr">
+        <is>
+          <t>Download message encryption keys from and upload to the encrypted online key backup.</t>
+        </is>
+      </c>
+      <c r="C994" t="inlineStr">
+        <is>
+          <t>Speichere eine Kopie der Nachrichtenschlüssel verschlüsselt auf dem Server.</t>
+        </is>
+      </c>
+      <c r="D994" t="inlineStr"/>
+      <c r="E994" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F994" t="inlineStr">
+        <is>
+          <t>UserSettingsModelDownload message encryption keys from and upload to the encrypted online key backup.</t>
+        </is>
+      </c>
+      <c r="G994" t="inlineStr"/>
+      <c r="H994" t="inlineStr"/>
+    </row>
+    <row r="995">
+      <c r="A995" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26486</t>
+        </is>
+      </c>
+      <c r="B995" t="inlineStr">
+        <is>
+          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+        </is>
+      </c>
+      <c r="C995" t="inlineStr">
+        <is>
+          <t>Der Schlüssel um Schlüssel aus der Onlinesicherung zu laden. Wenn dieser vorhanden ist, können die Schlüssel für verschlüsselte Nachrichten sicher online gespeichert und wieder runtergeladen werden.</t>
+        </is>
+      </c>
+      <c r="D995" t="inlineStr"/>
+      <c r="E995" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F995" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+        </is>
+      </c>
+      <c r="G995" t="inlineStr"/>
+      <c r="H995" t="inlineStr"/>
+    </row>
+    <row r="996">
+      <c r="A996" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26495</t>
+        </is>
+      </c>
+      <c r="B996" t="inlineStr">
+        <is>
+          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+        </is>
+      </c>
+      <c r="C996" t="inlineStr">
+        <is>
+          <t>Der Schlüssel um andere Nutzer zu verifizieren. Wenn der lokal zwischengespeichert ist, dann werden durch eine Nutzerverifizierung alle Geräte verifiziert.</t>
+        </is>
+      </c>
+      <c r="D996" t="inlineStr"/>
+      <c r="E996" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F996" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+        </is>
+      </c>
+      <c r="G996" t="inlineStr"/>
+      <c r="H996" t="inlineStr"/>
+    </row>
+    <row r="997">
+      <c r="A997" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26499</t>
+        </is>
+      </c>
+      <c r="B997" t="inlineStr">
+        <is>
+          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+        </is>
+      </c>
+      <c r="C997" t="inlineStr">
+        <is>
+          <t>Der wichtigste Schlüssel. Muss nicht lokal gecachet werden, weil es das schwieriger macht ihn auszulesen und dadurch das Rotieren der anderen Schlüsel leichter ist.</t>
+        </is>
+      </c>
+      <c r="D997" t="inlineStr"/>
+      <c r="E997" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F997" t="inlineStr">
+        <is>
+          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+        </is>
+      </c>
+      <c r="G997" t="inlineStr"/>
+      <c r="H997" t="inlineStr"/>
+    </row>
+    <row r="998">
+      <c r="A998" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26504</t>
+        </is>
+      </c>
+      <c r="B998" t="inlineStr">
         <is>
           <t>Allow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
 This setting will take effect upon restart.</t>
         </is>
       </c>
-      <c r="C994" t="inlineStr">
+      <c r="C998" t="inlineStr">
         <is>
           <t>Erlaubt anderen Anwendungen informationen über deine Matrixräume durch die D-Bus Schnittstelle zu laden. Dies kann nützlich sein, aber auch missbraucht werden. Aktivieren auf eigene Gefahr.
 Diese Einstellung benötigt einen Neustart von Nheko.</t>
         </is>
       </c>
-      <c r="D994" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F994" t="inlineStr">
+      <c r="D998" t="inlineStr"/>
+      <c r="E998" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F998" t="inlineStr">
         <is>
           <t>UserSettingsModelAllow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
 This setting will take effect upon restart.</t>
         </is>
       </c>
-      <c r="G994" t="inlineStr"/>
-[...118 lines deleted...]
-      </c>
       <c r="G998" t="inlineStr"/>
       <c r="H998" t="inlineStr"/>
     </row>
     <row r="999">
       <c r="A999" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26555</t>
+          <t>../../src/UserSettingsPage.cpp:26510</t>
         </is>
       </c>
       <c r="B999" t="inlineStr">
         <is>
-          <t>Only in private rooms</t>
+          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="C999" t="inlineStr">
         <is>
-          <t>Nur in privaten Räumen</t>
+          <t>Damit neue Leute einer Gruppe oder den Räumen darin beitreten können, müssen diese wissen, welche Server aktuell an der Gruppe teilnehmen. Da sich dies mit der Zeit ändern kann, kann diese Einstellung das regelmäßig im Hintergrund aktualisieren.</t>
         </is>
       </c>
       <c r="D999" t="inlineStr"/>
       <c r="E999" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F999" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnly in private rooms</t>
+          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="G999" t="inlineStr"/>
       <c r="H999" t="inlineStr"/>
     </row>
     <row r="1000">
       <c r="A1000" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26556</t>
+          <t>../../src/UserSettingsPage.cpp:26516</t>
         </is>
       </c>
       <c r="B1000" t="inlineStr">
         <is>
-          <t>Never</t>
+          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="C1000" t="inlineStr">
         <is>
-          <t>Niemals</t>
+          <t>Entfernt regelmäßig eigene Nachrichten, die du als abgelaufen konfiguriert hast. Dies kann aktuell nicht automatisch von deinem Server erledigt werden, weswegen du immer einen Client (z.B. Nheko) offen haben musst, damit diese Nachrichten gelöscht werden.</t>
         </is>
       </c>
       <c r="D1000" t="inlineStr"/>
       <c r="E1000" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1000" t="inlineStr">
         <is>
-          <t>UserSettingsModelNever</t>
+          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="G1000" t="inlineStr"/>
       <c r="H1000" t="inlineStr"/>
     </row>
     <row r="1001">
       <c r="A1001" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26570</t>
+          <t>../../src/UserSettingsPage.cpp:26520</t>
         </is>
       </c>
       <c r="B1001" t="inlineStr">
         <is>
-          <t>System font</t>
+          <t>Manage your ignored users.</t>
         </is>
       </c>
       <c r="C1001" t="inlineStr">
         <is>
-          <t>Systemschriftart</t>
+          <t>Ignorierte Nutzer verwalten.</t>
         </is>
       </c>
       <c r="D1001" t="inlineStr"/>
       <c r="E1001" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1001" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem font</t>
+          <t>UserSettingsModelManage your ignored users.</t>
         </is>
       </c>
       <c r="G1001" t="inlineStr"/>
       <c r="H1001" t="inlineStr"/>
     </row>
     <row r="1002">
       <c r="A1002" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26575</t>
+          <t>../../src/UserSettingsPage.cpp:26662</t>
         </is>
       </c>
       <c r="B1002" t="inlineStr">
         <is>
-          <t>System emoji font</t>
+          <t>Always</t>
         </is>
       </c>
       <c r="C1002" t="inlineStr">
         <is>
-          <t>Systemschriftart für Emoji</t>
+          <t>Immer</t>
         </is>
       </c>
       <c r="D1002" t="inlineStr"/>
       <c r="E1002" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1002" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem emoji font</t>
+          <t>UserSettingsModelAlways</t>
         </is>
       </c>
       <c r="G1002" t="inlineStr"/>
       <c r="H1002" t="inlineStr"/>
     </row>
     <row r="1003">
       <c r="A1003" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:26663</t>
         </is>
       </c>
       <c r="B1003" t="inlineStr">
         <is>
-          <t>Select a file</t>
+          <t>Only in private rooms</t>
         </is>
       </c>
       <c r="C1003" t="inlineStr">
         <is>
-          <t>Datei auswählen</t>
+          <t>Nur in privaten Räumen</t>
         </is>
       </c>
       <c r="D1003" t="inlineStr"/>
       <c r="E1003" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1003" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelect a file</t>
+          <t>UserSettingsModelOnly in private rooms</t>
         </is>
       </c>
       <c r="G1003" t="inlineStr"/>
       <c r="H1003" t="inlineStr"/>
     </row>
     <row r="1004">
       <c r="A1004" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:26664</t>
         </is>
       </c>
       <c r="B1004" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Never</t>
         </is>
       </c>
       <c r="C1004" t="inlineStr">
         <is>
-          <t>Alle Dateien (*)</t>
+          <t>Niemals</t>
         </is>
       </c>
       <c r="D1004" t="inlineStr"/>
       <c r="E1004" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1004" t="inlineStr">
         <is>
-          <t>UserSettingsModelAll Files (*)</t>
+          <t>UserSettingsModelNever</t>
         </is>
       </c>
       <c r="G1004" t="inlineStr"/>
       <c r="H1004" t="inlineStr"/>
     </row>
     <row r="1005">
       <c r="A1005" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27018</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26668</t>
+        </is>
+      </c>
+      <c r="B1005" t="inlineStr"/>
+      <c r="C1005" t="inlineStr"/>
       <c r="D1005" t="inlineStr"/>
       <c r="E1005" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1005" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen Sessions File</t>
+          <t>UserSettingsModelEnter</t>
         </is>
       </c>
       <c r="G1005" t="inlineStr"/>
       <c r="H1005" t="inlineStr"/>
     </row>
     <row r="1006">
       <c r="A1006" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27109</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26669</t>
+        </is>
+      </c>
+      <c r="B1006" t="inlineStr"/>
+      <c r="C1006" t="inlineStr"/>
       <c r="D1006" t="inlineStr"/>
       <c r="E1006" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1006" t="inlineStr">
         <is>
-          <t>UserSettingsModelError</t>
+          <t>UserSettingsModelShift+Enter</t>
         </is>
       </c>
       <c r="G1006" t="inlineStr"/>
       <c r="H1006" t="inlineStr"/>
     </row>
     <row r="1007">
       <c r="A1007" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27057</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26670</t>
+        </is>
+      </c>
+      <c r="B1007" t="inlineStr"/>
+      <c r="C1007" t="inlineStr"/>
       <c r="D1007" t="inlineStr"/>
       <c r="E1007" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1007" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile Password</t>
+          <t>UserSettingsModelCtrl+Enter</t>
         </is>
       </c>
       <c r="G1007" t="inlineStr"/>
       <c r="H1007" t="inlineStr"/>
     </row>
     <row r="1008">
       <c r="A1008" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27032</t>
+          <t>../../src/UserSettingsPage.cpp:26684</t>
         </is>
       </c>
       <c r="B1008" t="inlineStr">
         <is>
-          <t>Enter the passphrase to decrypt the file:</t>
+          <t>System font</t>
         </is>
       </c>
       <c r="C1008" t="inlineStr">
         <is>
-          <t>Bitte gib das Passwort zum Enschlüsseln der Datei ein:</t>
+          <t>Systemschriftart</t>
         </is>
       </c>
       <c r="D1008" t="inlineStr"/>
       <c r="E1008" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1008" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
+          <t>UserSettingsModelSystem font</t>
         </is>
       </c>
       <c r="G1008" t="inlineStr"/>
       <c r="H1008" t="inlineStr"/>
     </row>
     <row r="1009">
       <c r="A1009" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27066</t>
+          <t>../../src/UserSettingsPage.cpp:26689</t>
         </is>
       </c>
       <c r="B1009" t="inlineStr">
         <is>
-          <t>The password cannot be empty</t>
+          <t>System emoji font</t>
         </is>
       </c>
       <c r="C1009" t="inlineStr">
         <is>
-          <t>Das Passwort darf nicht leer sein</t>
+          <t>Systemschriftart für Emoji</t>
         </is>
       </c>
       <c r="D1009" t="inlineStr"/>
       <c r="E1009" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1009" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe password cannot be empty</t>
+          <t>UserSettingsModelSystem emoji font</t>
         </is>
       </c>
       <c r="G1009" t="inlineStr"/>
       <c r="H1009" t="inlineStr"/>
     </row>
     <row r="1010">
       <c r="A1010" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27058</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B1010" t="inlineStr">
         <is>
-          <t>Enter passphrase to encrypt your session keys:</t>
+          <t>Select a file</t>
         </is>
       </c>
       <c r="C1010" t="inlineStr">
         <is>
-          <t>Bitte gib das Passwort zum Verschlüsseln der Sitzungsschlüssel ein:</t>
+          <t>Datei auswählen</t>
         </is>
       </c>
       <c r="D1010" t="inlineStr"/>
       <c r="E1010" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1010" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
+          <t>UserSettingsModelSelect a file</t>
         </is>
       </c>
       <c r="G1010" t="inlineStr"/>
       <c r="H1010" t="inlineStr"/>
     </row>
     <row r="1011">
       <c r="A1011" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27071</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B1011" t="inlineStr">
         <is>
-          <t>Repeat File Password</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C1011" t="inlineStr">
         <is>
-          <t>Passwort für Datei wiederholen</t>
+          <t>Alle Dateien (*)</t>
         </is>
       </c>
       <c r="D1011" t="inlineStr"/>
       <c r="E1011" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1011" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat File Password</t>
+          <t>UserSettingsModelAll Files (*)</t>
         </is>
       </c>
       <c r="G1011" t="inlineStr"/>
       <c r="H1011" t="inlineStr"/>
     </row>
     <row r="1012">
       <c r="A1012" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27072</t>
+          <t>../../src/UserSettingsPage.cpp:27130</t>
         </is>
       </c>
       <c r="B1012" t="inlineStr">
         <is>
-          <t>Repeat the passphrase:</t>
+          <t>Open Sessions File</t>
         </is>
       </c>
       <c r="C1012" t="inlineStr">
         <is>
-          <t>Passwort wiederholen:</t>
+          <t>Öffne Sitzungsdatei</t>
         </is>
       </c>
       <c r="D1012" t="inlineStr"/>
       <c r="E1012" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1012" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat the passphrase:</t>
+          <t>UserSettingsModelOpen Sessions File</t>
         </is>
       </c>
       <c r="G1012" t="inlineStr"/>
       <c r="H1012" t="inlineStr"/>
     </row>
     <row r="1013">
       <c r="A1013" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27080</t>
+          <t>../../src/UserSettingsPage.cpp:27221</t>
         </is>
       </c>
       <c r="B1013" t="inlineStr">
         <is>
-          <t>Passwords don't match</t>
+          <t>Error</t>
         </is>
       </c>
       <c r="C1013" t="inlineStr">
         <is>
-          <t>Passwörter stimmen nicht überein</t>
+          <t>Fehler</t>
         </is>
       </c>
       <c r="D1013" t="inlineStr"/>
       <c r="E1013" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1013" t="inlineStr">
         <is>
-          <t>UserSettingsModelPasswords don't match</t>
+          <t>UserSettingsModelError</t>
         </is>
       </c>
       <c r="G1013" t="inlineStr"/>
       <c r="H1013" t="inlineStr"/>
     </row>
     <row r="1014">
       <c r="A1014" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27087</t>
+          <t>../../src/UserSettingsPage.cpp:27169</t>
         </is>
       </c>
       <c r="B1014" t="inlineStr">
         <is>
-          <t>File to save the exported session keys</t>
+          <t>File Password</t>
         </is>
       </c>
       <c r="C1014" t="inlineStr">
         <is>
-          <t>Datei zum Speichern der zu exportierenden Sitzungsschlüssel</t>
+          <t>Password für Datei</t>
         </is>
       </c>
       <c r="D1014" t="inlineStr"/>
       <c r="E1014" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1014" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile to save the exported session keys</t>
+          <t>UserSettingsModelFile Password</t>
         </is>
       </c>
       <c r="G1014" t="inlineStr"/>
       <c r="H1014" t="inlineStr"/>
     </row>
     <row r="1015">
       <c r="A1015" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../../src/UserSettingsPage.cpp:27144</t>
         </is>
       </c>
       <c r="B1015" t="inlineStr">
         <is>
-          <t>CACHED</t>
+          <t>Enter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="C1015" t="inlineStr">
         <is>
-          <t>IM CACHE</t>
+          <t>Bitte gib das Passwort zum Enschlüsseln der Datei ein:</t>
         </is>
       </c>
       <c r="D1015" t="inlineStr"/>
       <c r="E1015" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1015" t="inlineStr">
         <is>
-          <t>UserSettingsPageCACHED</t>
+          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="G1015" t="inlineStr"/>
       <c r="H1015" t="inlineStr"/>
     </row>
     <row r="1016">
       <c r="A1016" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../../src/UserSettingsPage.cpp:27178</t>
         </is>
       </c>
       <c r="B1016" t="inlineStr">
         <is>
-          <t>NOT CACHED</t>
+          <t>The password cannot be empty</t>
         </is>
       </c>
       <c r="C1016" t="inlineStr">
         <is>
-          <t>NICHT IM CACHE</t>
+          <t>Das Passwort darf nicht leer sein</t>
         </is>
       </c>
       <c r="D1016" t="inlineStr"/>
       <c r="E1016" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1016" t="inlineStr">
         <is>
-          <t>UserSettingsPageNOT CACHED</t>
+          <t>UserSettingsModelThe password cannot be empty</t>
         </is>
       </c>
       <c r="G1016" t="inlineStr"/>
       <c r="H1016" t="inlineStr"/>
     </row>
     <row r="1017">
       <c r="A1017" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27281</t>
+          <t>../../src/UserSettingsPage.cpp:27170</t>
         </is>
       </c>
       <c r="B1017" t="inlineStr">
         <is>
-          <t>IMPORT</t>
+          <t>Enter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="C1017" t="inlineStr">
         <is>
-          <t>IMPORTIEREN</t>
+          <t>Bitte gib das Passwort zum Verschlüsseln der Sitzungsschlüssel ein:</t>
         </is>
       </c>
       <c r="D1017" t="inlineStr"/>
       <c r="E1017" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1017" t="inlineStr">
         <is>
-          <t>UserSettingsPageIMPORT</t>
+          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="G1017" t="inlineStr"/>
       <c r="H1017" t="inlineStr"/>
     </row>
     <row r="1018">
       <c r="A1018" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27285</t>
+          <t>../../src/UserSettingsPage.cpp:27183</t>
         </is>
       </c>
       <c r="B1018" t="inlineStr">
         <is>
-          <t>EXPORT</t>
+          <t>Repeat File Password</t>
         </is>
       </c>
       <c r="C1018" t="inlineStr">
         <is>
-          <t>EXPORTIEREN</t>
+          <t>Passwort für Datei wiederholen</t>
         </is>
       </c>
       <c r="D1018" t="inlineStr"/>
       <c r="E1018" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1018" t="inlineStr">
         <is>
-          <t>UserSettingsPageEXPORT</t>
+          <t>UserSettingsModelRepeat File Password</t>
         </is>
       </c>
       <c r="G1018" t="inlineStr"/>
       <c r="H1018" t="inlineStr"/>
     </row>
     <row r="1019">
       <c r="A1019" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27294</t>
+          <t>../../src/UserSettingsPage.cpp:27184</t>
         </is>
       </c>
       <c r="B1019" t="inlineStr">
         <is>
-          <t>DOWNLOAD</t>
+          <t>Repeat the passphrase:</t>
         </is>
       </c>
       <c r="C1019" t="inlineStr">
         <is>
-          <t>DOWNLOADEN</t>
+          <t>Passwort wiederholen:</t>
         </is>
       </c>
       <c r="D1019" t="inlineStr"/>
       <c r="E1019" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1019" t="inlineStr">
         <is>
-          <t>UserSettingsPageDOWNLOAD</t>
+          <t>UserSettingsModelRepeat the passphrase:</t>
         </is>
       </c>
       <c r="G1019" t="inlineStr"/>
       <c r="H1019" t="inlineStr"/>
     </row>
     <row r="1020">
       <c r="A1020" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27298</t>
+          <t>../../src/UserSettingsPage.cpp:27192</t>
         </is>
       </c>
       <c r="B1020" t="inlineStr">
         <is>
-          <t>REQUEST</t>
+          <t>Passwords don't match</t>
         </is>
       </c>
       <c r="C1020" t="inlineStr">
         <is>
-          <t>ANFRAGEN</t>
+          <t>Passwörter stimmen nicht überein</t>
         </is>
       </c>
       <c r="D1020" t="inlineStr"/>
       <c r="E1020" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1020" t="inlineStr">
         <is>
-          <t>UserSettingsPageREQUEST</t>
+          <t>UserSettingsModelPasswords don't match</t>
         </is>
       </c>
       <c r="G1020" t="inlineStr"/>
       <c r="H1020" t="inlineStr"/>
     </row>
     <row r="1021">
       <c r="A1021" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27306</t>
+          <t>../../src/UserSettingsPage.cpp:27199</t>
         </is>
       </c>
       <c r="B1021" t="inlineStr">
         <is>
-          <t>CONFIGURE</t>
+          <t>File to save the exported session keys</t>
         </is>
       </c>
       <c r="C1021" t="inlineStr">
         <is>
-          <t>KONFIGURIEREN</t>
+          <t>Datei zum Speichern der zu exportierenden Sitzungsschlüssel</t>
         </is>
       </c>
       <c r="D1021" t="inlineStr"/>
       <c r="E1021" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1021" t="inlineStr">
         <is>
-          <t>UserSettingsPageCONFIGURE</t>
+          <t>UserSettingsModelFile to save the exported session keys</t>
         </is>
       </c>
       <c r="G1021" t="inlineStr"/>
       <c r="H1021" t="inlineStr"/>
     </row>
     <row r="1022">
       <c r="A1022" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27324</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B1022" t="inlineStr">
         <is>
-          <t>MANAGE</t>
+          <t>CACHED</t>
         </is>
       </c>
       <c r="C1022" t="inlineStr">
         <is>
-          <t>KONFIGURIEREN</t>
+          <t>IM CACHE</t>
         </is>
       </c>
       <c r="D1022" t="inlineStr"/>
       <c r="E1022" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1022" t="inlineStr">
         <is>
-          <t>UserSettingsPageMANAGE</t>
+          <t>UserSettingsPageCACHED</t>
         </is>
       </c>
       <c r="G1022" t="inlineStr"/>
       <c r="H1022" t="inlineStr"/>
     </row>
     <row r="1023">
       <c r="A1023" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27359</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B1023" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>NOT CACHED</t>
         </is>
       </c>
       <c r="C1023" t="inlineStr">
         <is>
-          <t>Zurück</t>
+          <t>NICHT IM CACHE</t>
         </is>
       </c>
       <c r="D1023" t="inlineStr"/>
       <c r="E1023" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1023" t="inlineStr">
         <is>
-          <t>UserSettingsPageBack</t>
+          <t>UserSettingsPageNOT CACHED</t>
         </is>
       </c>
       <c r="G1023" t="inlineStr"/>
       <c r="H1023" t="inlineStr"/>
     </row>
     <row r="1024">
       <c r="A1024" t="inlineStr">
         <is>
-          <t>../../src/encryption/VerificationManager.cpp:27502</t>
+          <t>../qml/pages/UserSettingsPage.qml:27396</t>
         </is>
       </c>
       <c r="B1024" t="inlineStr">
         <is>
-          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>IMPORT</t>
         </is>
       </c>
       <c r="C1024" t="inlineStr">
         <is>
-          <t>Keinen verschlüsselten Chat mit diesem User gefunden. Erstelle einen verschlüsselten 1:1 Chat mit diesem Nutzer und versuche es erneut.</t>
+          <t>IMPORTIEREN</t>
         </is>
       </c>
       <c r="D1024" t="inlineStr"/>
       <c r="E1024" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1024" t="inlineStr">
         <is>
-          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>UserSettingsPageIMPORT</t>
         </is>
       </c>
       <c r="G1024" t="inlineStr"/>
       <c r="H1024" t="inlineStr"/>
     </row>
     <row r="1025">
       <c r="A1025" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27514</t>
+          <t>../qml/pages/UserSettingsPage.qml:27400</t>
         </is>
       </c>
       <c r="B1025" t="inlineStr">
         <is>
-          <t>Waiting for other party…</t>
+          <t>EXPORT</t>
         </is>
       </c>
       <c r="C1025" t="inlineStr">
         <is>
-          <t>Auf Gegenseite warten…</t>
+          <t>EXPORTIEREN</t>
         </is>
       </c>
       <c r="D1025" t="inlineStr"/>
       <c r="E1025" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1025" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other party…</t>
+          <t>UserSettingsPageEXPORT</t>
         </is>
       </c>
       <c r="G1025" t="inlineStr"/>
       <c r="H1025" t="inlineStr"/>
     </row>
     <row r="1026">
       <c r="A1026" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27526</t>
+          <t>../qml/pages/UserSettingsPage.qml:27409</t>
         </is>
       </c>
       <c r="B1026" t="inlineStr">
         <is>
-          <t>Waiting for other side to accept the verification request.</t>
+          <t>DOWNLOAD</t>
         </is>
       </c>
       <c r="C1026" t="inlineStr">
         <is>
-          <t>Es wird gewartet, dass die andere Seite die Verifizierungsanfrage akzeptiert.</t>
+          <t>DOWNLOADEN</t>
         </is>
       </c>
       <c r="D1026" t="inlineStr"/>
       <c r="E1026" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1026" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to accept the verification request.</t>
+          <t>UserSettingsPageDOWNLOAD</t>
         </is>
       </c>
       <c r="G1026" t="inlineStr"/>
       <c r="H1026" t="inlineStr"/>
     </row>
     <row r="1027">
       <c r="A1027" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27528</t>
+          <t>../qml/pages/UserSettingsPage.qml:27413</t>
         </is>
       </c>
       <c r="B1027" t="inlineStr">
         <is>
-          <t>Waiting for other side to continue the verification process.</t>
+          <t>REQUEST</t>
         </is>
       </c>
       <c r="C1027" t="inlineStr">
         <is>
-          <t>Es wird gewartet, dass die andere Seite den Verifizierungsprozess fortsetzt.</t>
+          <t>ANFRAGEN</t>
         </is>
       </c>
       <c r="D1027" t="inlineStr"/>
       <c r="E1027" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1027" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to continue the verification process.</t>
+          <t>UserSettingsPageREQUEST</t>
         </is>
       </c>
       <c r="G1027" t="inlineStr"/>
       <c r="H1027" t="inlineStr"/>
     </row>
     <row r="1028">
       <c r="A1028" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27530</t>
+          <t>../qml/pages/UserSettingsPage.qml:27421</t>
         </is>
       </c>
       <c r="B1028" t="inlineStr">
         <is>
-          <t>Waiting for other side to complete the verification process.</t>
+          <t>CONFIGURE</t>
         </is>
       </c>
       <c r="C1028" t="inlineStr">
         <is>
-          <t>Es wird gewartet, dass die andere Seite den Verifizierungsprozess abschließt.</t>
+          <t>KONFIGURIEREN</t>
         </is>
       </c>
       <c r="D1028" t="inlineStr"/>
       <c r="E1028" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1028" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to complete the verification process.</t>
+          <t>UserSettingsPageCONFIGURE</t>
         </is>
       </c>
       <c r="G1028" t="inlineStr"/>
       <c r="H1028" t="inlineStr"/>
     </row>
     <row r="1029">
       <c r="A1029" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27549</t>
+          <t>../qml/pages/UserSettingsPage.qml:27439</t>
         </is>
       </c>
       <c r="B1029" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>MANAGE</t>
         </is>
       </c>
       <c r="C1029" t="inlineStr">
         <is>
-          <t>Abbrechen</t>
+          <t>KONFIGURIEREN</t>
         </is>
       </c>
       <c r="D1029" t="inlineStr"/>
       <c r="E1029" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1029" t="inlineStr">
         <is>
-          <t>WaitingCancel</t>
+          <t>UserSettingsPageMANAGE</t>
         </is>
       </c>
       <c r="G1029" t="inlineStr"/>
       <c r="H1029" t="inlineStr"/>
     </row>
     <row r="1030">
       <c r="A1030" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27579</t>
+          <t>../qml/pages/UserSettingsPage.qml:27474</t>
         </is>
       </c>
       <c r="B1030" t="inlineStr">
         <is>
-          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C1030" t="inlineStr">
         <is>
-          <t>Willkommen bei Nheko! Ein Desktop-Client für das Matrix-Protokoll.</t>
+          <t>Zurück</t>
         </is>
       </c>
       <c r="D1030" t="inlineStr"/>
       <c r="E1030" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1030" t="inlineStr">
         <is>
-          <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
+          <t>UserSettingsPageBack</t>
         </is>
       </c>
       <c r="G1030" t="inlineStr"/>
       <c r="H1030" t="inlineStr"/>
     </row>
     <row r="1031">
       <c r="A1031" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27589</t>
+          <t>../../src/encryption/VerificationManager.cpp:27617</t>
         </is>
       </c>
       <c r="B1031" t="inlineStr">
         <is>
-          <t>Enjoy your stay!</t>
+          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="C1031" t="inlineStr">
         <is>
-          <t>Viel Vergnügen!</t>
+          <t>Keinen verschlüsselten Chat mit diesem User gefunden. Erstelle einen verschlüsselten 1:1 Chat mit diesem Nutzer und versuche es erneut.</t>
         </is>
       </c>
       <c r="D1031" t="inlineStr"/>
       <c r="E1031" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1031" t="inlineStr">
         <is>
-          <t>WelcomePageEnjoy your stay!</t>
+          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="G1031" t="inlineStr"/>
       <c r="H1031" t="inlineStr"/>
     </row>
     <row r="1032">
       <c r="A1032" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27603</t>
+          <t>../qml/device-verification/Waiting.qml:27629</t>
         </is>
       </c>
       <c r="B1032" t="inlineStr">
         <is>
-          <t>REGISTER</t>
+          <t>Waiting for other party…</t>
         </is>
       </c>
       <c r="C1032" t="inlineStr">
         <is>
-          <t>REGISTRIEREN</t>
+          <t>Auf Gegenseite warten…</t>
         </is>
       </c>
       <c r="D1032" t="inlineStr"/>
       <c r="E1032" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1032" t="inlineStr">
         <is>
-          <t>WelcomePageREGISTER</t>
+          <t>WaitingWaiting for other party…</t>
         </is>
       </c>
       <c r="G1032" t="inlineStr"/>
       <c r="H1032" t="inlineStr"/>
     </row>
     <row r="1033">
       <c r="A1033" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27611</t>
+          <t>../qml/device-verification/Waiting.qml:27641</t>
         </is>
       </c>
       <c r="B1033" t="inlineStr">
         <is>
-          <t>LOGIN</t>
+          <t>Waiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="C1033" t="inlineStr">
         <is>
-          <t>ANMELDEN</t>
+          <t>Es wird gewartet, dass die andere Seite die Verifizierungsanfrage akzeptiert.</t>
         </is>
       </c>
       <c r="D1033" t="inlineStr"/>
       <c r="E1033" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1033" t="inlineStr">
         <is>
-          <t>WelcomePageLOGIN</t>
+          <t>WaitingWaiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="G1033" t="inlineStr"/>
       <c r="H1033" t="inlineStr"/>
     </row>
     <row r="1034">
       <c r="A1034" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27637</t>
+          <t>../qml/device-verification/Waiting.qml:27643</t>
         </is>
       </c>
       <c r="B1034" t="inlineStr">
         <is>
-          <t>Reduce animations</t>
+          <t>Waiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="C1034" t="inlineStr">
         <is>
-          <t>Reduziere Animationen</t>
+          <t>Es wird gewartet, dass die andere Seite den Verifizierungsprozess fortsetzt.</t>
         </is>
       </c>
       <c r="D1034" t="inlineStr"/>
       <c r="E1034" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1034" t="inlineStr">
         <is>
-          <t>WelcomePageReduce animations</t>
+          <t>WaitingWaiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="G1034" t="inlineStr"/>
       <c r="H1034" t="inlineStr"/>
     </row>
     <row r="1035">
       <c r="A1035" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27644</t>
+          <t>../qml/device-verification/Waiting.qml:27645</t>
         </is>
       </c>
       <c r="B1035" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Waiting for other side to complete the verification process.</t>
         </is>
       </c>
       <c r="C1035" t="inlineStr">
         <is>
-          <t>Für besseres Aussehen verwendet Nheko an verschiedenen Stellen Animationen. Diese Option erlaubt dir die Animationen zu deaktiveren, wenn diese bei dir Unwohlsein hervorrufen.</t>
+          <t>Es wird gewartet, dass die andere Seite den Verifizierungsprozess abschließt.</t>
         </is>
       </c>
       <c r="D1035" t="inlineStr"/>
       <c r="E1035" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1035" t="inlineStr">
         <is>
-          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>WaitingWaiting for other side to complete the verification process.</t>
         </is>
       </c>
       <c r="G1035" t="inlineStr"/>
       <c r="H1035" t="inlineStr"/>
     </row>
     <row r="1036">
       <c r="A1036" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:28027</t>
+          <t>../qml/device-verification/Waiting.qml:27664</t>
         </is>
       </c>
       <c r="B1036" t="inlineStr">
         <is>
-          <t>Yesterday</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C1036" t="inlineStr">
         <is>
-          <t>Gestern</t>
+          <t>Abbrechen</t>
         </is>
       </c>
       <c r="D1036" t="inlineStr"/>
       <c r="E1036" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1036" t="inlineStr">
         <is>
-          <t>descriptiveTimeYesterday</t>
+          <t>WaitingCancel</t>
         </is>
       </c>
       <c r="G1036" t="inlineStr"/>
       <c r="H1036" t="inlineStr"/>
     </row>
     <row r="1037">
       <c r="A1037" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28040</t>
+          <t>../qml/pages/WelcomePage.qml:27694</t>
         </is>
       </c>
       <c r="B1037" t="inlineStr">
         <is>
-          <t>People</t>
+          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
         </is>
       </c>
       <c r="C1037" t="inlineStr">
         <is>
-          <t>Leute</t>
+          <t>Willkommen bei Nheko! Ein Desktop-Client für das Matrix-Protokoll.</t>
         </is>
       </c>
       <c r="D1037" t="inlineStr"/>
       <c r="E1037" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1037" t="inlineStr">
         <is>
-          <t>emoji-catagoryPeople</t>
+          <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
         </is>
       </c>
       <c r="G1037" t="inlineStr"/>
       <c r="H1037" t="inlineStr"/>
     </row>
     <row r="1038">
       <c r="A1038" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28042</t>
+          <t>../qml/pages/WelcomePage.qml:27704</t>
         </is>
       </c>
       <c r="B1038" t="inlineStr">
         <is>
-          <t>Nature</t>
+          <t>Enjoy your stay!</t>
         </is>
       </c>
       <c r="C1038" t="inlineStr">
         <is>
-          <t>Natur</t>
+          <t>Viel Vergnügen!</t>
         </is>
       </c>
       <c r="D1038" t="inlineStr"/>
       <c r="E1038" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1038" t="inlineStr">
         <is>
-          <t>emoji-catagoryNature</t>
+          <t>WelcomePageEnjoy your stay!</t>
         </is>
       </c>
       <c r="G1038" t="inlineStr"/>
       <c r="H1038" t="inlineStr"/>
     </row>
     <row r="1039">
       <c r="A1039" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28044</t>
+          <t>../qml/pages/WelcomePage.qml:27718</t>
         </is>
       </c>
       <c r="B1039" t="inlineStr">
         <is>
-          <t>Food</t>
+          <t>REGISTER</t>
         </is>
       </c>
       <c r="C1039" t="inlineStr">
         <is>
-          <t>Essen</t>
+          <t>REGISTRIEREN</t>
         </is>
       </c>
       <c r="D1039" t="inlineStr"/>
       <c r="E1039" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1039" t="inlineStr">
         <is>
-          <t>emoji-catagoryFood</t>
+          <t>WelcomePageREGISTER</t>
         </is>
       </c>
       <c r="G1039" t="inlineStr"/>
       <c r="H1039" t="inlineStr"/>
     </row>
     <row r="1040">
       <c r="A1040" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28046</t>
+          <t>../qml/pages/WelcomePage.qml:27726</t>
         </is>
       </c>
       <c r="B1040" t="inlineStr">
         <is>
-          <t>Activity</t>
+          <t>LOGIN</t>
         </is>
       </c>
       <c r="C1040" t="inlineStr">
         <is>
-          <t>Aktivitäten</t>
+          <t>ANMELDEN</t>
         </is>
       </c>
       <c r="D1040" t="inlineStr"/>
       <c r="E1040" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1040" t="inlineStr">
         <is>
-          <t>emoji-catagoryActivity</t>
+          <t>WelcomePageLOGIN</t>
         </is>
       </c>
       <c r="G1040" t="inlineStr"/>
       <c r="H1040" t="inlineStr"/>
     </row>
     <row r="1041">
       <c r="A1041" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28048</t>
+          <t>../qml/pages/WelcomePage.qml:27752</t>
         </is>
       </c>
       <c r="B1041" t="inlineStr">
         <is>
-          <t>Travel</t>
+          <t>Reduce animations</t>
         </is>
       </c>
       <c r="C1041" t="inlineStr">
         <is>
-          <t>Reisen</t>
+          <t>Reduziere Animationen</t>
         </is>
       </c>
       <c r="D1041" t="inlineStr"/>
       <c r="E1041" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1041" t="inlineStr">
         <is>
-          <t>emoji-catagoryTravel</t>
+          <t>WelcomePageReduce animations</t>
         </is>
       </c>
       <c r="G1041" t="inlineStr"/>
       <c r="H1041" t="inlineStr"/>
     </row>
     <row r="1042">
       <c r="A1042" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28050</t>
+          <t>../qml/pages/WelcomePage.qml:27759</t>
         </is>
       </c>
       <c r="B1042" t="inlineStr">
         <is>
-          <t>Objects</t>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="C1042" t="inlineStr">
         <is>
-          <t>Objekte</t>
+          <t>Für besseres Aussehen verwendet Nheko an verschiedenen Stellen Animationen. Diese Option erlaubt dir die Animationen zu deaktiveren, wenn diese bei dir Unwohlsein hervorrufen.</t>
         </is>
       </c>
       <c r="D1042" t="inlineStr"/>
       <c r="E1042" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1042" t="inlineStr">
         <is>
-          <t>emoji-catagoryObjects</t>
+          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="G1042" t="inlineStr"/>
       <c r="H1042" t="inlineStr"/>
     </row>
     <row r="1043">
       <c r="A1043" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28052</t>
+          <t>../../src/Utils.cpp:28143</t>
         </is>
       </c>
       <c r="B1043" t="inlineStr">
         <is>
-          <t>Symbols</t>
+          <t>Yesterday</t>
         </is>
       </c>
       <c r="C1043" t="inlineStr">
         <is>
-          <t>Symbole</t>
+          <t>Gestern</t>
         </is>
       </c>
       <c r="D1043" t="inlineStr"/>
       <c r="E1043" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1043" t="inlineStr">
         <is>
-          <t>emoji-catagorySymbols</t>
+          <t>descriptiveTimeYesterday</t>
         </is>
       </c>
       <c r="G1043" t="inlineStr"/>
       <c r="H1043" t="inlineStr"/>
     </row>
     <row r="1044">
       <c r="A1044" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28054</t>
+          <t>../../src/emoji/Emoji.cpp:28156</t>
         </is>
       </c>
       <c r="B1044" t="inlineStr">
         <is>
-          <t>Flags</t>
+          <t>People</t>
         </is>
       </c>
       <c r="C1044" t="inlineStr">
         <is>
-          <t>Flaggen</t>
+          <t>Leute</t>
         </is>
       </c>
       <c r="D1044" t="inlineStr"/>
       <c r="E1044" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1044" t="inlineStr">
         <is>
-          <t>emoji-catagoryFlags</t>
+          <t>emoji-catagoryPeople</t>
         </is>
       </c>
       <c r="G1044" t="inlineStr"/>
       <c r="H1044" t="inlineStr"/>
     </row>
     <row r="1045">
       <c r="A1045" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:28042</t>
+          <t>../../src/emoji/Emoji.cpp:28158</t>
         </is>
       </c>
       <c r="B1045" t="inlineStr">
         <is>
-          <t>Message contains spoiler.</t>
+          <t>Nature</t>
         </is>
       </c>
       <c r="C1045" t="inlineStr">
         <is>
-          <t>Nachricht beinhaltet Spoiler.</t>
+          <t>Natur</t>
         </is>
       </c>
       <c r="D1045" t="inlineStr"/>
       <c r="E1045" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1045" t="inlineStr">
         <is>
-          <t>macosNotificationMessage contains spoiler.</t>
+          <t>emoji-catagoryNature</t>
         </is>
       </c>
       <c r="G1045" t="inlineStr"/>
       <c r="H1045" t="inlineStr"/>
     </row>
     <row r="1046">
       <c r="A1046" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27734</t>
+          <t>../../src/emoji/Emoji.cpp:28160</t>
         </is>
       </c>
       <c r="B1046" t="inlineStr">
         <is>
-          <t>You sent an audio clip</t>
+          <t>Food</t>
         </is>
       </c>
       <c r="C1046" t="inlineStr">
         <is>
-          <t>Du hast eine Audiodatei gesendet</t>
+          <t>Essen</t>
         </is>
       </c>
       <c r="D1046" t="inlineStr"/>
       <c r="E1046" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1046" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an audio clip</t>
+          <t>emoji-catagoryFood</t>
         </is>
       </c>
       <c r="G1046" t="inlineStr"/>
       <c r="H1046" t="inlineStr"/>
     </row>
     <row r="1047">
       <c r="A1047" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27737</t>
+          <t>../../src/emoji/Emoji.cpp:28162</t>
         </is>
       </c>
       <c r="B1047" t="inlineStr">
         <is>
-          <t>%1 sent an audio clip</t>
+          <t>Activity</t>
         </is>
       </c>
       <c r="C1047" t="inlineStr">
         <is>
-          <t>%1 hat eine Audiodatei gesendet</t>
+          <t>Aktivitäten</t>
         </is>
       </c>
       <c r="D1047" t="inlineStr"/>
       <c r="E1047" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1047" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an audio clip</t>
+          <t>emoji-catagoryActivity</t>
         </is>
       </c>
       <c r="G1047" t="inlineStr"/>
       <c r="H1047" t="inlineStr"/>
     </row>
     <row r="1048">
       <c r="A1048" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27741</t>
+          <t>../../src/emoji/Emoji.cpp:28164</t>
         </is>
       </c>
       <c r="B1048" t="inlineStr">
         <is>
-          <t>You sent an image</t>
+          <t>Travel</t>
         </is>
       </c>
       <c r="C1048" t="inlineStr">
         <is>
-          <t>Du hast ein Bild gesendet</t>
+          <t>Reisen</t>
         </is>
       </c>
       <c r="D1048" t="inlineStr"/>
       <c r="E1048" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1048" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an image</t>
+          <t>emoji-catagoryTravel</t>
         </is>
       </c>
       <c r="G1048" t="inlineStr"/>
       <c r="H1048" t="inlineStr"/>
     </row>
     <row r="1049">
       <c r="A1049" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27743</t>
+          <t>../../src/emoji/Emoji.cpp:28166</t>
         </is>
       </c>
       <c r="B1049" t="inlineStr">
         <is>
-          <t>%1 sent an image</t>
+          <t>Objects</t>
         </is>
       </c>
       <c r="C1049" t="inlineStr">
         <is>
-          <t>%1 hat ein Bild gesendet</t>
+          <t>Objekte</t>
         </is>
       </c>
       <c r="D1049" t="inlineStr"/>
       <c r="E1049" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1049" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an image</t>
+          <t>emoji-catagoryObjects</t>
         </is>
       </c>
       <c r="G1049" t="inlineStr"/>
       <c r="H1049" t="inlineStr"/>
     </row>
     <row r="1050">
       <c r="A1050" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27747</t>
+          <t>../../src/emoji/Emoji.cpp:28168</t>
         </is>
       </c>
       <c r="B1050" t="inlineStr">
         <is>
-          <t>You sent a file</t>
+          <t>Symbols</t>
         </is>
       </c>
       <c r="C1050" t="inlineStr">
         <is>
-          <t>Du hast eine Datei gesendet</t>
+          <t>Symbole</t>
         </is>
       </c>
       <c r="D1050" t="inlineStr"/>
       <c r="E1050" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1050" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a file</t>
+          <t>emoji-catagorySymbols</t>
         </is>
       </c>
       <c r="G1050" t="inlineStr"/>
       <c r="H1050" t="inlineStr"/>
     </row>
     <row r="1051">
       <c r="A1051" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27749</t>
+          <t>../../src/emoji/Emoji.cpp:28170</t>
         </is>
       </c>
       <c r="B1051" t="inlineStr">
         <is>
-          <t>%1 sent a file</t>
+          <t>Flags</t>
         </is>
       </c>
       <c r="C1051" t="inlineStr">
         <is>
-          <t>%1 hat eine Datei gesendet</t>
+          <t>Flaggen</t>
         </is>
       </c>
       <c r="D1051" t="inlineStr"/>
       <c r="E1051" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1051" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a file</t>
+          <t>emoji-catagoryFlags</t>
         </is>
       </c>
       <c r="G1051" t="inlineStr"/>
       <c r="H1051" t="inlineStr"/>
     </row>
     <row r="1052">
       <c r="A1052" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27753</t>
+          <t>../../src/notifications/ManagerMac.cpp:28158</t>
         </is>
       </c>
       <c r="B1052" t="inlineStr">
         <is>
-          <t>You sent a video</t>
+          <t>Message contains spoiler.</t>
         </is>
       </c>
       <c r="C1052" t="inlineStr">
         <is>
-          <t>Du hast ein Video gesendet</t>
+          <t>Nachricht beinhaltet Spoiler.</t>
         </is>
       </c>
       <c r="D1052" t="inlineStr"/>
       <c r="E1052" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1052" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a video</t>
+          <t>macosNotificationMessage contains spoiler.</t>
         </is>
       </c>
       <c r="G1052" t="inlineStr"/>
       <c r="H1052" t="inlineStr"/>
     </row>
     <row r="1053">
       <c r="A1053" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27755</t>
+          <t>../../src/Utils.cpp:27850</t>
         </is>
       </c>
       <c r="B1053" t="inlineStr">
         <is>
-          <t>%1 sent a video</t>
+          <t>You sent an audio clip</t>
         </is>
       </c>
       <c r="C1053" t="inlineStr">
         <is>
-          <t>%1 hat ein Video gesendet</t>
+          <t>Du hast eine Audiodatei gesendet</t>
         </is>
       </c>
       <c r="D1053" t="inlineStr"/>
       <c r="E1053" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1053" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a video</t>
+          <t>message-description sent:You sent an audio clip</t>
         </is>
       </c>
       <c r="G1053" t="inlineStr"/>
       <c r="H1053" t="inlineStr"/>
     </row>
     <row r="1054">
       <c r="A1054" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27759</t>
+          <t>../../src/Utils.cpp:27853</t>
         </is>
       </c>
       <c r="B1054" t="inlineStr">
         <is>
-          <t>You sent a sticker</t>
+          <t>%1 sent an audio clip</t>
         </is>
       </c>
       <c r="C1054" t="inlineStr">
         <is>
-          <t>Du hast einen Sticker gesendet</t>
+          <t>%1 hat eine Audiodatei gesendet</t>
         </is>
       </c>
       <c r="D1054" t="inlineStr"/>
       <c r="E1054" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1054" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a sticker</t>
+          <t>message-description sent:%1 sent an audio clip</t>
         </is>
       </c>
       <c r="G1054" t="inlineStr"/>
       <c r="H1054" t="inlineStr"/>
     </row>
     <row r="1055">
       <c r="A1055" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27761</t>
+          <t>../../src/Utils.cpp:27857</t>
         </is>
       </c>
       <c r="B1055" t="inlineStr">
         <is>
-          <t>%1 sent a sticker</t>
+          <t>You sent an image</t>
         </is>
       </c>
       <c r="C1055" t="inlineStr">
         <is>
-          <t>%1 hat einen Sticker gesendet</t>
+          <t>Du hast ein Bild gesendet</t>
         </is>
       </c>
       <c r="D1055" t="inlineStr"/>
       <c r="E1055" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1055" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a sticker</t>
+          <t>message-description sent:You sent an image</t>
         </is>
       </c>
       <c r="G1055" t="inlineStr"/>
       <c r="H1055" t="inlineStr"/>
     </row>
     <row r="1056">
       <c r="A1056" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27765</t>
+          <t>../../src/Utils.cpp:27859</t>
         </is>
       </c>
       <c r="B1056" t="inlineStr">
         <is>
-          <t>You sent a notification</t>
+          <t>%1 sent an image</t>
         </is>
       </c>
       <c r="C1056" t="inlineStr">
         <is>
-          <t>Du hast eine Benachrichtigung gesendet</t>
+          <t>%1 hat ein Bild gesendet</t>
         </is>
       </c>
       <c r="D1056" t="inlineStr"/>
       <c r="E1056" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1056" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a notification</t>
+          <t>message-description sent:%1 sent an image</t>
         </is>
       </c>
       <c r="G1056" t="inlineStr"/>
       <c r="H1056" t="inlineStr"/>
     </row>
     <row r="1057">
       <c r="A1057" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27768</t>
+          <t>../../src/Utils.cpp:27863</t>
         </is>
       </c>
       <c r="B1057" t="inlineStr">
         <is>
-          <t>%1 sent a notification</t>
+          <t>You sent a file</t>
         </is>
       </c>
       <c r="C1057" t="inlineStr">
         <is>
-          <t>%1 hat eine Benachrichtigung gesendet</t>
+          <t>Du hast eine Datei gesendet</t>
         </is>
       </c>
       <c r="D1057" t="inlineStr"/>
       <c r="E1057" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1057" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a notification</t>
+          <t>message-description sent:You sent a file</t>
         </is>
       </c>
       <c r="G1057" t="inlineStr"/>
       <c r="H1057" t="inlineStr"/>
     </row>
     <row r="1058">
       <c r="A1058" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27800</t>
+          <t>../../src/Utils.cpp:27865</t>
         </is>
       </c>
       <c r="B1058" t="inlineStr">
         <is>
-          <t>You sent a spoiler.</t>
+          <t>%1 sent a file</t>
         </is>
       </c>
       <c r="C1058" t="inlineStr">
         <is>
-          <t>Du hast einen Spoiler gesendet.</t>
+          <t>%1 hat eine Datei gesendet</t>
         </is>
       </c>
       <c r="D1058" t="inlineStr"/>
       <c r="E1058" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1058" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a spoiler.</t>
+          <t>message-description sent:%1 sent a file</t>
         </is>
       </c>
       <c r="G1058" t="inlineStr"/>
       <c r="H1058" t="inlineStr"/>
     </row>
     <row r="1059">
       <c r="A1059" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27803</t>
+          <t>../../src/Utils.cpp:27869</t>
         </is>
       </c>
       <c r="B1059" t="inlineStr">
         <is>
-          <t>%1 sent a spoiler.</t>
+          <t>You sent a video</t>
         </is>
       </c>
       <c r="C1059" t="inlineStr">
         <is>
-          <t>%1 hat einen Spoiler gesendet.</t>
+          <t>Du hast ein Video gesendet</t>
         </is>
       </c>
       <c r="D1059" t="inlineStr"/>
       <c r="E1059" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1059" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a spoiler.</t>
+          <t>message-description sent:You sent a video</t>
         </is>
       </c>
       <c r="G1059" t="inlineStr"/>
       <c r="H1059" t="inlineStr"/>
     </row>
     <row r="1060">
       <c r="A1060" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27809</t>
+          <t>../../src/Utils.cpp:27871</t>
         </is>
       </c>
       <c r="B1060" t="inlineStr">
         <is>
-          <t>You: %1</t>
+          <t>%1 sent a video</t>
         </is>
       </c>
       <c r="C1060" t="inlineStr">
         <is>
-          <t>Du: %1</t>
+          <t>%1 hat ein Video gesendet</t>
         </is>
       </c>
       <c r="D1060" t="inlineStr"/>
       <c r="E1060" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1060" t="inlineStr">
         <is>
-          <t>message-description sent:You: %1</t>
+          <t>message-description sent:%1 sent a video</t>
         </is>
       </c>
       <c r="G1060" t="inlineStr"/>
       <c r="H1060" t="inlineStr"/>
     </row>
     <row r="1061">
       <c r="A1061" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27812</t>
+          <t>../../src/Utils.cpp:27875</t>
         </is>
       </c>
       <c r="B1061" t="inlineStr">
         <is>
-          <t>%1: %2</t>
+          <t>You sent a sticker</t>
         </is>
       </c>
       <c r="C1061" t="inlineStr">
         <is>
-          <t>%1: %2</t>
+          <t>Du hast einen Sticker gesendet</t>
         </is>
       </c>
       <c r="D1061" t="inlineStr"/>
       <c r="E1061" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1061" t="inlineStr">
         <is>
-          <t>message-description sent:%1: %2</t>
+          <t>message-description sent:You sent a sticker</t>
         </is>
       </c>
       <c r="G1061" t="inlineStr"/>
       <c r="H1061" t="inlineStr"/>
     </row>
     <row r="1062">
       <c r="A1062" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27791</t>
+          <t>../../src/Utils.cpp:27877</t>
         </is>
       </c>
       <c r="B1062" t="inlineStr">
         <is>
-          <t>You sent a chat effect</t>
+          <t>%1 sent a sticker</t>
         </is>
       </c>
       <c r="C1062" t="inlineStr">
         <is>
-          <t>Du hast einen Effekt gesendet</t>
+          <t>%1 hat einen Sticker gesendet</t>
         </is>
       </c>
       <c r="D1062" t="inlineStr"/>
       <c r="E1062" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1062" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a chat effect</t>
+          <t>message-description sent:%1 sent a sticker</t>
         </is>
       </c>
       <c r="G1062" t="inlineStr"/>
       <c r="H1062" t="inlineStr"/>
     </row>
     <row r="1063">
       <c r="A1063" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27794</t>
+          <t>../../src/Utils.cpp:27881</t>
         </is>
       </c>
       <c r="B1063" t="inlineStr">
         <is>
-          <t>%1 sent a chat effect</t>
+          <t>You sent a notification</t>
         </is>
       </c>
       <c r="C1063" t="inlineStr">
         <is>
-          <t>%1 hat einen Effekt gesendet</t>
+          <t>Du hast eine Benachrichtigung gesendet</t>
         </is>
       </c>
       <c r="D1063" t="inlineStr"/>
       <c r="E1063" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1063" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a chat effect</t>
+          <t>message-description sent:You sent a notification</t>
         </is>
       </c>
       <c r="G1063" t="inlineStr"/>
       <c r="H1063" t="inlineStr"/>
     </row>
     <row r="1064">
       <c r="A1064" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27817</t>
+          <t>../../src/Utils.cpp:27884</t>
         </is>
       </c>
       <c r="B1064" t="inlineStr">
         <is>
-          <t>* %1 spoils something.</t>
+          <t>%1 sent a notification</t>
         </is>
       </c>
       <c r="C1064" t="inlineStr">
         <is>
-          <t>* %1 spoilert etwas.</t>
+          <t>%1 hat eine Benachrichtigung gesendet</t>
         </is>
       </c>
       <c r="D1064" t="inlineStr"/>
       <c r="E1064" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1064" t="inlineStr">
         <is>
-          <t>message-description sent:* %1 spoils something.</t>
+          <t>message-description sent:%1 sent a notification</t>
         </is>
       </c>
       <c r="G1064" t="inlineStr"/>
       <c r="H1064" t="inlineStr"/>
     </row>
     <row r="1065">
       <c r="A1065" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27825</t>
+          <t>../../src/Utils.cpp:27916</t>
         </is>
       </c>
       <c r="B1065" t="inlineStr">
         <is>
-          <t>You sent an encrypted message</t>
+          <t>You sent a spoiler.</t>
         </is>
       </c>
       <c r="C1065" t="inlineStr">
         <is>
-          <t>Du hast eine verschlüsselte Nachricht gesendet</t>
+          <t>Du hast einen Spoiler gesendet.</t>
         </is>
       </c>
       <c r="D1065" t="inlineStr"/>
       <c r="E1065" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1065" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an encrypted message</t>
+          <t>message-description sent:You sent a spoiler.</t>
         </is>
       </c>
       <c r="G1065" t="inlineStr"/>
       <c r="H1065" t="inlineStr"/>
     </row>
     <row r="1066">
       <c r="A1066" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27828</t>
+          <t>../../src/Utils.cpp:27919</t>
         </is>
       </c>
       <c r="B1066" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
+          <t>%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="C1066" t="inlineStr">
         <is>
-          <t>%1 hat eine verschlüsselte Nachricht gesendet</t>
+          <t>%1 hat einen Spoiler gesendet.</t>
         </is>
       </c>
       <c r="D1066" t="inlineStr"/>
       <c r="E1066" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1066" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an encrypted message</t>
+          <t>message-description sent:%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="G1066" t="inlineStr"/>
       <c r="H1066" t="inlineStr"/>
     </row>
     <row r="1067">
       <c r="A1067" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27833</t>
+          <t>../../src/Utils.cpp:27925</t>
         </is>
       </c>
       <c r="B1067" t="inlineStr">
         <is>
-          <t>You placed a call</t>
+          <t>You: %1</t>
         </is>
       </c>
       <c r="C1067" t="inlineStr">
         <is>
-          <t>Du hast angerufen</t>
+          <t>Du: %1</t>
         </is>
       </c>
       <c r="D1067" t="inlineStr"/>
       <c r="E1067" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1067" t="inlineStr">
         <is>
-          <t>message-description sent:You placed a call</t>
+          <t>message-description sent:You: %1</t>
         </is>
       </c>
       <c r="G1067" t="inlineStr"/>
       <c r="H1067" t="inlineStr"/>
     </row>
     <row r="1068">
       <c r="A1068" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27835</t>
+          <t>../../src/Utils.cpp:27928</t>
         </is>
       </c>
       <c r="B1068" t="inlineStr">
         <is>
-          <t>%1 placed a call</t>
+          <t>%1: %2</t>
         </is>
       </c>
       <c r="C1068" t="inlineStr">
         <is>
-          <t>%1 hat angerufen</t>
+          <t>%1: %2</t>
         </is>
       </c>
       <c r="D1068" t="inlineStr"/>
       <c r="E1068" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1068" t="inlineStr">
         <is>
-          <t>message-description sent:%1 placed a call</t>
+          <t>message-description sent:%1: %2</t>
         </is>
       </c>
       <c r="G1068" t="inlineStr"/>
       <c r="H1068" t="inlineStr"/>
     </row>
     <row r="1069">
       <c r="A1069" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27839</t>
+          <t>../../src/Utils.cpp:27907</t>
         </is>
       </c>
       <c r="B1069" t="inlineStr">
         <is>
-          <t>You answered a call</t>
+          <t>You sent a chat effect</t>
         </is>
       </c>
       <c r="C1069" t="inlineStr">
         <is>
-          <t>Du hast einen Anruf angenommen</t>
+          <t>Du hast einen Effekt gesendet</t>
         </is>
       </c>
       <c r="D1069" t="inlineStr"/>
       <c r="E1069" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1069" t="inlineStr">
         <is>
-          <t>message-description sent:You answered a call</t>
+          <t>message-description sent:You sent a chat effect</t>
         </is>
       </c>
       <c r="G1069" t="inlineStr"/>
       <c r="H1069" t="inlineStr"/>
     </row>
     <row r="1070">
       <c r="A1070" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27841</t>
+          <t>../../src/Utils.cpp:27910</t>
         </is>
       </c>
       <c r="B1070" t="inlineStr">
         <is>
-          <t>%1 answered a call</t>
+          <t>%1 sent a chat effect</t>
         </is>
       </c>
       <c r="C1070" t="inlineStr">
         <is>
-          <t>%1 hat einen Anruf angenommen</t>
+          <t>%1 hat einen Effekt gesendet</t>
         </is>
       </c>
       <c r="D1070" t="inlineStr"/>
       <c r="E1070" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1070" t="inlineStr">
         <is>
-          <t>message-description sent:%1 answered a call</t>
+          <t>message-description sent:%1 sent a chat effect</t>
         </is>
       </c>
       <c r="G1070" t="inlineStr"/>
       <c r="H1070" t="inlineStr"/>
     </row>
     <row r="1071">
       <c r="A1071" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27845</t>
+          <t>../../src/Utils.cpp:27933</t>
         </is>
       </c>
       <c r="B1071" t="inlineStr">
         <is>
-          <t>You ended a call</t>
+          <t>* %1 spoils something.</t>
         </is>
       </c>
       <c r="C1071" t="inlineStr">
         <is>
-          <t>Du hast einen Anruf beendet</t>
+          <t>* %1 spoilert etwas.</t>
         </is>
       </c>
       <c r="D1071" t="inlineStr"/>
       <c r="E1071" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1071" t="inlineStr">
         <is>
-          <t>message-description sent:You ended a call</t>
+          <t>message-description sent:* %1 spoils something.</t>
         </is>
       </c>
       <c r="G1071" t="inlineStr"/>
       <c r="H1071" t="inlineStr"/>
     </row>
     <row r="1072">
       <c r="A1072" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27847</t>
+          <t>../../src/Utils.cpp:27941</t>
         </is>
       </c>
       <c r="B1072" t="inlineStr">
         <is>
-          <t>%1 ended a call</t>
+          <t>You sent an encrypted message</t>
         </is>
       </c>
       <c r="C1072" t="inlineStr">
         <is>
-          <t>%1 hat einen Anruf beendet</t>
+          <t>Du hast eine verschlüsselte Nachricht gesendet</t>
         </is>
       </c>
       <c r="D1072" t="inlineStr"/>
       <c r="E1072" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1072" t="inlineStr">
         <is>
-          <t>message-description sent:%1 ended a call</t>
+          <t>message-description sent:You sent an encrypted message</t>
         </is>
       </c>
       <c r="G1072" t="inlineStr"/>
       <c r="H1072" t="inlineStr"/>
     </row>
     <row r="1073">
       <c r="A1073" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27851</t>
+          <t>../../src/Utils.cpp:27944</t>
         </is>
       </c>
       <c r="B1073" t="inlineStr">
         <is>
-          <t>You rejected a call</t>
+          <t>%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="C1073" t="inlineStr">
         <is>
-          <t>Du hast einen Anruf abgewiesen</t>
+          <t>%1 hat eine verschlüsselte Nachricht gesendet</t>
         </is>
       </c>
       <c r="D1073" t="inlineStr"/>
       <c r="E1073" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1073" t="inlineStr">
         <is>
-          <t>message-description sent:You rejected a call</t>
+          <t>message-description sent:%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="G1073" t="inlineStr"/>
       <c r="H1073" t="inlineStr"/>
     </row>
     <row r="1074">
       <c r="A1074" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27853</t>
+          <t>../../src/Utils.cpp:27949</t>
         </is>
       </c>
       <c r="B1074" t="inlineStr">
         <is>
-          <t>%1 rejected a call</t>
+          <t>You placed a call</t>
         </is>
       </c>
       <c r="C1074" t="inlineStr">
         <is>
-          <t>%1 hat einen Anruf abgewiesen</t>
+          <t>Du hast angerufen</t>
         </is>
       </c>
       <c r="D1074" t="inlineStr"/>
       <c r="E1074" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1074" t="inlineStr">
         <is>
-          <t>message-description sent:%1 rejected a call</t>
+          <t>message-description sent:You placed a call</t>
         </is>
       </c>
       <c r="G1074" t="inlineStr"/>
       <c r="H1074" t="inlineStr"/>
     </row>
     <row r="1075">
       <c r="A1075" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27856</t>
+          <t>../../src/Utils.cpp:27951</t>
         </is>
       </c>
       <c r="B1075" t="inlineStr">
         <is>
-          <t>Unknown Message Type</t>
+          <t>%1 placed a call</t>
         </is>
       </c>
       <c r="C1075" t="inlineStr">
         <is>
-          <t>Unbekannter Nachrichtentyp</t>
+          <t>%1 hat angerufen</t>
         </is>
       </c>
       <c r="D1075" t="inlineStr"/>
       <c r="E1075" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1075" t="inlineStr">
         <is>
-          <t>utilsUnknown Message Type</t>
+          <t>message-description sent:%1 placed a call</t>
         </is>
       </c>
       <c r="G1075" t="inlineStr"/>
       <c r="H1075" t="inlineStr"/>
+    </row>
+    <row r="1076">
+      <c r="A1076" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27955</t>
+        </is>
+      </c>
+      <c r="B1076" t="inlineStr">
+        <is>
+          <t>You answered a call</t>
+        </is>
+      </c>
+      <c r="C1076" t="inlineStr">
+        <is>
+          <t>Du hast einen Anruf angenommen</t>
+        </is>
+      </c>
+      <c r="D1076" t="inlineStr"/>
+      <c r="E1076" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1076" t="inlineStr">
+        <is>
+          <t>message-description sent:You answered a call</t>
+        </is>
+      </c>
+      <c r="G1076" t="inlineStr"/>
+      <c r="H1076" t="inlineStr"/>
+    </row>
+    <row r="1077">
+      <c r="A1077" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27957</t>
+        </is>
+      </c>
+      <c r="B1077" t="inlineStr">
+        <is>
+          <t>%1 answered a call</t>
+        </is>
+      </c>
+      <c r="C1077" t="inlineStr">
+        <is>
+          <t>%1 hat einen Anruf angenommen</t>
+        </is>
+      </c>
+      <c r="D1077" t="inlineStr"/>
+      <c r="E1077" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1077" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 answered a call</t>
+        </is>
+      </c>
+      <c r="G1077" t="inlineStr"/>
+      <c r="H1077" t="inlineStr"/>
+    </row>
+    <row r="1078">
+      <c r="A1078" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27961</t>
+        </is>
+      </c>
+      <c r="B1078" t="inlineStr">
+        <is>
+          <t>You ended a call</t>
+        </is>
+      </c>
+      <c r="C1078" t="inlineStr">
+        <is>
+          <t>Du hast einen Anruf beendet</t>
+        </is>
+      </c>
+      <c r="D1078" t="inlineStr"/>
+      <c r="E1078" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1078" t="inlineStr">
+        <is>
+          <t>message-description sent:You ended a call</t>
+        </is>
+      </c>
+      <c r="G1078" t="inlineStr"/>
+      <c r="H1078" t="inlineStr"/>
+    </row>
+    <row r="1079">
+      <c r="A1079" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27963</t>
+        </is>
+      </c>
+      <c r="B1079" t="inlineStr">
+        <is>
+          <t>%1 ended a call</t>
+        </is>
+      </c>
+      <c r="C1079" t="inlineStr">
+        <is>
+          <t>%1 hat einen Anruf beendet</t>
+        </is>
+      </c>
+      <c r="D1079" t="inlineStr"/>
+      <c r="E1079" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1079" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 ended a call</t>
+        </is>
+      </c>
+      <c r="G1079" t="inlineStr"/>
+      <c r="H1079" t="inlineStr"/>
+    </row>
+    <row r="1080">
+      <c r="A1080" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27967</t>
+        </is>
+      </c>
+      <c r="B1080" t="inlineStr">
+        <is>
+          <t>You rejected a call</t>
+        </is>
+      </c>
+      <c r="C1080" t="inlineStr">
+        <is>
+          <t>Du hast einen Anruf abgewiesen</t>
+        </is>
+      </c>
+      <c r="D1080" t="inlineStr"/>
+      <c r="E1080" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1080" t="inlineStr">
+        <is>
+          <t>message-description sent:You rejected a call</t>
+        </is>
+      </c>
+      <c r="G1080" t="inlineStr"/>
+      <c r="H1080" t="inlineStr"/>
+    </row>
+    <row r="1081">
+      <c r="A1081" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27969</t>
+        </is>
+      </c>
+      <c r="B1081" t="inlineStr">
+        <is>
+          <t>%1 rejected a call</t>
+        </is>
+      </c>
+      <c r="C1081" t="inlineStr">
+        <is>
+          <t>%1 hat einen Anruf abgewiesen</t>
+        </is>
+      </c>
+      <c r="D1081" t="inlineStr"/>
+      <c r="E1081" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1081" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 rejected a call</t>
+        </is>
+      </c>
+      <c r="G1081" t="inlineStr"/>
+      <c r="H1081" t="inlineStr"/>
+    </row>
+    <row r="1082">
+      <c r="A1082" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27972</t>
+        </is>
+      </c>
+      <c r="B1082" t="inlineStr">
+        <is>
+          <t>Unknown Message Type</t>
+        </is>
+      </c>
+      <c r="C1082" t="inlineStr">
+        <is>
+          <t>Unbekannter Nachrichtentyp</t>
+        </is>
+      </c>
+      <c r="D1082" t="inlineStr"/>
+      <c r="E1082" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1082" t="inlineStr">
+        <is>
+          <t>utilsUnknown Message Type</t>
+        </is>
+      </c>
+      <c r="G1082" t="inlineStr"/>
+      <c r="H1082" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>