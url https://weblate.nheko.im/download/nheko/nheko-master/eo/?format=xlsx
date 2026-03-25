--- v0 (2025-12-05)
+++ v1 (2026-03-25)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H1075"/>
+  <dimension ref="A1:H1082"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -1123,31778 +1123,31917 @@
           <t>Enter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Enigi pliajn ĉambrojn, kiuj ne jam estas en la listo…</t>
         </is>
       </c>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>AllowedRoomsSettingsDialogEnter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="G23" t="inlineStr"/>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4321</t>
+          <t>../../src/Cache.cpp:4322</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>%1 and %2</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>%1 kaj %2</t>
         </is>
       </c>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Cache
 RoomName%1 and %2</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4323</t>
+          <t>../../src/Cache.cpp:4324</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>%1 and %n other</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>%1 kaj %n alia</t>
         </is>
       </c>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>Cache%1 and %n other(s)</t>
         </is>
       </c>
       <c r="G25" t="inlineStr"/>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4500</t>
+          <t>../../src/Cache.cpp:4501</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Empty Room</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Malplena ĉambro</t>
         </is>
       </c>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>CacheEmpty Room</t>
         </is>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Vidvoko</t>
         </is>
       </c>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>CallInviteVideo Call</t>
         </is>
       </c>
       <c r="G27" t="inlineStr">
         <is>
           <t>Suggested in Weblate: vidvoko</t>
         </is>
       </c>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Voice Call</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Voĉvoko</t>
         </is>
       </c>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>CallInviteVoice Call</t>
         </is>
       </c>
       <c r="G28" t="inlineStr">
         <is>
           <t>Suggested in Weblate: voĉvoko</t>
         </is>
       </c>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4637</t>
+          <t>../qml/voip/CallInvite.qml:4638</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Neniu mikrofono troviĝis.</t>
         </is>
       </c>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>CallInviteNo microphone found.</t>
         </is>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Vidvoko</t>
         </is>
       </c>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>CallInviteBarVideo Call</t>
         </is>
       </c>
       <c r="G30" t="inlineStr">
         <is>
           <t>Suggested in Weblate: vidvoko</t>
         </is>
       </c>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Voice Call</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>Voĉvoko</t>
         </is>
       </c>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>CallInviteBarVoice Call</t>
         </is>
       </c>
       <c r="G31" t="inlineStr">
         <is>
           <t>Suggested in Weblate: voĉvoko</t>
         </is>
       </c>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4718</t>
+          <t>../qml/voip/CallInviteBar.qml:4719</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Devices</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>Aparatoj</t>
         </is>
       </c>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>CallInviteBarDevices</t>
         </is>
       </c>
       <c r="G32" t="inlineStr"/>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4729</t>
+          <t>../qml/voip/CallInviteBar.qml:4730</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Accept</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>Akcepti</t>
         </is>
       </c>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>CallInviteBarAccept</t>
         </is>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4733</t>
+          <t>../qml/voip/CallInviteBar.qml:4734</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Neniu mikrofono troviĝis.</t>
         </is>
       </c>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>CallInviteBarNo microphone found.</t>
         </is>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4741</t>
+          <t>../qml/voip/CallInviteBar.qml:4742</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Unknown microphone: %1</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>Nekonata mikrofono: %1</t>
         </is>
       </c>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>CallInviteBarUnknown microphone: %1</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4750</t>
+          <t>../qml/voip/CallInviteBar.qml:4751</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Unknown camera: %1</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>Nekonata filmilo: %1</t>
         </is>
       </c>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>CallInviteBarUnknown camera: %1</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4764</t>
+          <t>../qml/voip/CallInviteBar.qml:4765</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Decline</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>Rifuzi</t>
         </is>
       </c>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>CallInviteBarDecline</t>
         </is>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5659</t>
+          <t>../../src/voip/CallManager.cpp:5660</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>CallManagerX11</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5665</t>
+          <t>../../src/voip/CallManager.cpp:5666</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>CallManagerPipeWire</t>
         </is>
       </c>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5684</t>
+          <t>../../src/voip/CallManager.cpp:5685</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Entire screen</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Tuta ekrano</t>
         </is>
       </c>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>CallManagerEntire screen</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:5802</t>
+          <t>../../src/ChatPage.cpp:5803</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Failed to invite user: %1</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>Malsukcesis inviti uzanton: %1</t>
         </is>
       </c>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>ChatPageFailed to invite user: %1</t>
         </is>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6791</t>
+          <t>../../src/ChatPage.cpp:6792</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Invited user: %1</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>Invitita uzanto: %1</t>
         </is>
       </c>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>ChatPageInvited user: %1</t>
         </is>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6054</t>
+          <t>../../src/ChatPage.cpp:6055</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t xml:space="preserve">%n unread message in room %1
 </t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t xml:space="preserve">%n nelegita mesaĝo en ĉambro %1
 </t>
         </is>
       </c>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t xml:space="preserve">ChatPage%n unread message(s) in room %1
 </t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6138</t>
+          <t>../../src/ChatPage.cpp:6139</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Confirm logout</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>Konfirmi adiaŭon</t>
         </is>
       </c>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>ChatPageConfirm logout</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6240</t>
+          <t>../../src/ChatPage.cpp:6241</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>The cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>La kaŝmemoro sur via disko pli novas, ol tio, kion povas subteni ĉi tiu versio de Nheko. Bonvolu ĝisdatigi Nhekon aŭ vakigi vian kaŝmemoron.</t>
         </is>
       </c>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>ChatPageThe cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6281</t>
+          <t>../../src/ChatPage.cpp:6282</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Failed to open database, logging out!</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>Malsukcesis malfermi datumbazon; adiaŭas!</t>
         </is>
       </c>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>ChatPageFailed to open database, logging out!</t>
         </is>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6619</t>
+          <t>../../src/ChatPage.cpp:6620</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Knock on room</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>Frapi al ĉambro</t>
         </is>
       </c>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>ChatPageKnock on room</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6623</t>
+          <t>../../src/ChatPage.cpp:6624</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Do you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>Ĉu vi certe volas frapi al %1? Vi povas aldoni noton pri kial oni devus akcepti vian frapadon:</t>
         </is>
       </c>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6638</t>
+          <t>../../src/ChatPage.cpp:6639</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Failed to knock room: %1</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>Malsukcesis frapi al ĉambro: %1</t>
         </is>
       </c>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>ChatPageFailed to knock room: %1</t>
         </is>
       </c>
       <c r="G49" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Malsukcesis aliĝi al ĉambro: %1</t>
         </is>
       </c>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6697</t>
+          <t>../../src/ChatPage.cpp:6698</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Room creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>Malsukcesis kreado de ĉambro: malbona kromnomo</t>
         </is>
       </c>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6732</t>
+          <t>../../src/ChatPage.cpp:6733</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Room %1 created.</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>Ĉambro %1 farit.</t>
         </is>
       </c>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>ChatPageRoom %1 created.</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr">
         <is>
           <t xml:space="preserve">
 I believe that the -at ending is correct here.</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7273</t>
+          <t>../../src/ChatPage.cpp:7274</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Confirm invite</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>Konfirmu inviton</t>
         </is>
       </c>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>ChatPageConfirm invite</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6776</t>
+          <t>../../src/ChatPage.cpp:6777</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Do you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>Ĉu vi certe volas inviti uzanton %1 (%2)?</t>
         </is>
       </c>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="G53" t="inlineStr"/>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6788</t>
+          <t>../../src/ChatPage.cpp:6789</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Failed to invite %1 to %2: %3</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>Malsukcesis inviti uzanton %1 al %2: %3</t>
         </is>
       </c>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>ChatPageFailed to invite %1 to %2: %3</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6820</t>
+          <t>../../src/ChatPage.cpp:6821</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Kicked user: %1</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>Forpelis uzanton: %1</t>
         </is>
       </c>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>ChatPageKicked user: %1</t>
         </is>
       </c>
       <c r="G55" t="inlineStr"/>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6846</t>
+          <t>../../src/ChatPage.cpp:6847</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Failed to ban %1 in %2: %3</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>Malsukcesis forbari uzanton %1 en %2: %3</t>
         </is>
       </c>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>ChatPageFailed to ban %1 in %2: %3</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6849</t>
+          <t>../../src/ChatPage.cpp:6850</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Banned user: %1</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>Forbaris uzanton: %1</t>
         </is>
       </c>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>ChatPageBanned user: %1</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6857</t>
+          <t>../../src/ChatPage.cpp:6858</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Confirm unban</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>Konfirmu malforbaron</t>
         </is>
       </c>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>ChatPageConfirm unban</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6858</t>
+          <t>../../src/ChatPage.cpp:6859</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Do you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>Ĉu vi certe volas malforbari uzanton %1 (%2)?</t>
         </is>
       </c>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6869</t>
+          <t>../../src/ChatPage.cpp:6870</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Failed to unban %1 in %2: %3</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>Malsukcesis malforbari uzanton %1 en %2: %3</t>
         </is>
       </c>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>ChatPageFailed to unban %1 in %2: %3</t>
         </is>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6872</t>
+          <t>../../src/ChatPage.cpp:6873</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Unbanned user: %1</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>Malforbaris uzanton: %1</t>
         </is>
       </c>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>ChatPageUnbanned user: %1</t>
         </is>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7274</t>
+          <t>../../src/ChatPage.cpp:7275</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Do you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>Ĉu vi certe volas komenci privatan babilon kun %1?</t>
         </is>
       </c>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6226</t>
+          <t>../../src/ChatPage.cpp:6227</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Cache migration failed!</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>Malsukcesis migrado de kaŝmemoro!</t>
         </is>
       </c>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>ChatPageCache migration failed!</t>
         </is>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6139</t>
+          <t>../../src/ChatPage.cpp:6140</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Because of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>Pro la jena kialo, Nheko volas forpeli vin al la saluta paĝo:
 %1
 Se vi opinias tion erara, vi povas anstataŭe fermi Nhekon, por eble reakiri viajn ĉifrajn ŝlosilojn. Forpelite al la saluta paĝo, vi povas resaluti per via kutima maniero.</t>
         </is>
       </c>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>ChatPageBecause of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="G64" t="inlineStr"/>
       <c r="H64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6227</t>
+          <t>../../src/ChatPage.cpp:6228</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Migrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>Malsukcesis migrado de kaŝmemoro al la nuna versio. Tio povas havi diversajn kialojn. Bonvolu raporti la problemon ĉe https://github.com/Nheko-Reborn/nheko kaj provu uzi pli malnovan version dume. Alternative, vi povas provi forigi la kaŝmemoron permane.</t>
         </is>
       </c>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>ChatPageMigrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6239</t>
+          <t>../../src/ChatPage.cpp:6240</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Incompatible cache version</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>Neakorda versio de kaŝmemoro</t>
         </is>
       </c>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>ChatPageIncompatible cache version</t>
         </is>
       </c>
       <c r="G66" t="inlineStr"/>
       <c r="H66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6303</t>
+          <t>../../src/ChatPage.cpp:6304</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Failed to restore OLM account. Please login again.</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>Malsukcesis rehavi konton je OLM. Bonvolu resaluti.</t>
         </is>
       </c>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>ChatPageFailed to restore OLM account. Please login again.</t>
         </is>
       </c>
       <c r="G67" t="inlineStr"/>
       <c r="H67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6315</t>
+          <t>../../src/ChatPage.cpp:6316</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Failed to restore saved data. Please login again.</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>Malsukcesis rehavi konservitajn datumojn. Bonvolu resaluti.</t>
         </is>
       </c>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>ChatPageFailed to restore save data. Please login again.</t>
         </is>
       </c>
       <c r="G68" t="inlineStr"/>
       <c r="H68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6369</t>
+          <t>../../src/ChatPage.cpp:6370</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Failed to setup encryption keys. Server response: %1 %2. Please try again later.</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>Malsukcesis agordi ĉifrajn ŝlosilojn. Respondo de servilo: %1 %2. Bonvolu reprovi poste.</t>
         </is>
       </c>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>ChatPageFailed to setup encryption keys. Server response: %1 %2. Please try again later.</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6588</t>
+          <t>../../src/ChatPage.cpp:6589</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Please try to login again: %1</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>Bonvolu provi resaluti: %1</t>
         </is>
       </c>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>ChatPagePlease try to login again: %1</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6622</t>
+          <t>../../src/ChatPage.cpp:6623</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>You failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>Vi malsukcesis aliĝi al %1. Vi povas provi frapi, por ke aliuloj vin invitu enen. Ĉu vi volas tion fari?
 Vi povas aldoni noton, pri kial oni akceptu vian frapadon:</t>
         </is>
       </c>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>ChatPageYou failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6674</t>
+          <t>../../src/ChatPage.cpp:6675</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Failed to join room: %1</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>Malsukcesis aliĝi al ĉambro: %1</t>
         </is>
       </c>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>ChatPageFailed to join room: %1</t>
         </is>
       </c>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6683</t>
+          <t>../../src/ChatPage.cpp:6684</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Failed to remove invite: %1</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>Malsukcesis forigi inviton: %1</t>
         </is>
       </c>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>ChatPageFailed to remove invite: %1</t>
         </is>
       </c>
       <c r="G73" t="inlineStr"/>
       <c r="H73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6717</t>
+          <t>../../src/ChatPage.cpp:6718</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Room creation failed: %1</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>Malsukcesis krei ĉambron: %1</t>
         </is>
       </c>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: %1</t>
         </is>
       </c>
       <c r="G74" t="inlineStr"/>
       <c r="H74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6745</t>
+          <t>../../src/ChatPage.cpp:6746</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Failed to leave room: %1</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>Malsukcesis eliri el ĉambro: %1</t>
         </is>
       </c>
       <c r="D75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>ChatPageFailed to leave room: %1</t>
         </is>
       </c>
       <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6801</t>
+          <t>../../src/ChatPage.cpp:6802</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Reason for the kick</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>Kialo de forpelo</t>
         </is>
       </c>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>ChatPageReason for the kick</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6802</t>
+          <t>../../src/ChatPage.cpp:6803</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Enter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>Enigu kialon de forpelo de %1 (%2) aŭ premu enigan klavon por vaka kialo:</t>
         </is>
       </c>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6817</t>
+          <t>../../src/ChatPage.cpp:6818</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Failed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>Malsukcesis forpeli uzanton %1 de %2: %3</t>
         </is>
       </c>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>ChatPageFailed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6830</t>
+          <t>../../src/ChatPage.cpp:6831</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Reason for the ban</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>Kialo de forpelo</t>
         </is>
       </c>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>ChatPageReason for the ban</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6831</t>
+          <t>../../src/ChatPage.cpp:6832</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Enter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>Enigu kialon de forbaro de %1 (%2) aŭ premu enigan klavon por vaka kialo:</t>
         </is>
       </c>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G80" t="inlineStr"/>
       <c r="H80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>../qml/ChatPage.qml:6867</t>
+          <t>../qml/ChatPage.qml:6868</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>No network connection</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>Neniu retkonekto</t>
         </is>
       </c>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>ChatPageNo network connection</t>
         </is>
       </c>
       <c r="G81" t="inlineStr"/>
       <c r="H81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6987</t>
+          <t>../../src/CommandCompleter.cpp:6988</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>/me &lt;mesaĝo&gt;</t>
         </is>
       </c>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>CommandCompleter/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6989</t>
+          <t>../../src/CommandCompleter.cpp:6990</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>/react &lt;text&gt;</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>/react &lt;teksto&gt;</t>
         </is>
       </c>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>CommandCompleter/react &lt;text&gt;</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6991</t>
+          <t>../../src/CommandCompleter.cpp:6992</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>/join &lt;!identigilo|#kromnomo&gt; [kialo]</t>
         </is>
       </c>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>CommandCompleter/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6993</t>
+          <t>../../src/CommandCompleter.cpp:6994</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>/knock &lt;!identigilo!#kromnomo&gt; [kialo]</t>
         </is>
       </c>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>CommandCompleter/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6995</t>
+          <t>../../src/CommandCompleter.cpp:6996</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>/part [reason]</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>/part [kialo]</t>
         </is>
       </c>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>CommandCompleter/part [reason]</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6997</t>
+          <t>../../src/CommandCompleter.cpp:6998</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>/leave [reason]</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>/leave [kialo]</t>
         </is>
       </c>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>CommandCompleter/leave [reason]</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7007</t>
+          <t>../../src/CommandCompleter.cpp:7008</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>/redact &lt;$identigilo-de-okazo|@identigilo-de-uzanto&gt;</t>
         </is>
       </c>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>CommandCompleter/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7009</t>
+          <t>../../src/CommandCompleter.cpp:7010</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>/roomnick &lt;prezenta-nomo&gt;</t>
         </is>
       </c>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>CommandCompleter/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7011</t>
+          <t>../../src/CommandCompleter.cpp:7012</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>/shrug [message]</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>/shrug [mesaĝo]</t>
         </is>
       </c>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>CommandCompleter/shrug [message]</t>
         </is>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7025</t>
+          <t>../../src/CommandCompleter.cpp:7026</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>/md &lt;mesaĝo&gt;</t>
         </is>
       </c>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <t>CommandCompleter/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7027</t>
+          <t>../../src/CommandCompleter.cpp:7028</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>/cmark &lt;mesaĝo&gt;</t>
         </is>
       </c>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>CommandCompleter/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7029</t>
+          <t>../../src/CommandCompleter.cpp:7030</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>/plain &lt;mesaĝo&gt;</t>
         </is>
       </c>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <t>CommandCompleter/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7031</t>
+          <t>../../src/CommandCompleter.cpp:7032</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>/rainbow &lt;mesaĝo&gt;</t>
         </is>
       </c>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7033</t>
+          <t>../../src/CommandCompleter.cpp:7034</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>/rainbowme &lt;mesaĝo&gt;</t>
         </is>
       </c>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7035</t>
+          <t>../../src/CommandCompleter.cpp:7036</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>/notice &lt;mesaĝo&gt;</t>
         </is>
       </c>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
           <t>CommandCompleter/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7037</t>
+          <t>../../src/CommandCompleter.cpp:7038</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>/rainbownotice &lt;mesaĝo&gt;</t>
         </is>
       </c>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G97" t="inlineStr"/>
       <c r="H97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7039</t>
+          <t>../../src/CommandCompleter.cpp:7040</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>/confetti [message]</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>/confetti [mesaĝo]</t>
         </is>
       </c>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>CommandCompleter/confetti [message]</t>
         </is>
       </c>
       <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7041</t>
+          <t>../../src/CommandCompleter.cpp:7042</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>/rainbowconfetti [mesaĝo]</t>
         </is>
       </c>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6999</t>
+          <t>../../src/CommandCompleter.cpp:7000</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>/invite &lt;@identigilo&gt; [kialo]</t>
         </is>
       </c>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
           <t>CommandCompleter/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7001</t>
+          <t>../../src/CommandCompleter.cpp:7002</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>/kick &lt;@identigilo&gt; [kialo]</t>
         </is>
       </c>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
           <t>CommandCompleter/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7003</t>
+          <t>../../src/CommandCompleter.cpp:7004</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>/ban &lt;@identigilo&gt; [kialo]</t>
         </is>
       </c>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
           <t>CommandCompleter/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7005</t>
+          <t>../../src/CommandCompleter.cpp:7006</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>/unban &lt;@identigilo&gt; [kialo]</t>
         </is>
       </c>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
           <t>CommandCompleter/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7043</t>
+          <t>../../src/CommandCompleter.cpp:7044</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>/rainfall [message]</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>/rainfall [mesaĝo]</t>
         </is>
       </c>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
           <t>CommandCompleter/rainfall [message]</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7045</t>
+          <t>../../src/CommandCompleter.cpp:7046</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>/msgtype &lt;msgtype&gt; [mesaĝo]</t>
         </is>
       </c>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
           <t>CommandCompleter/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7047</t>
+          <t>../../src/CommandCompleter.cpp:7048</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>/glitch &lt;mesaĝo&gt;</t>
         </is>
       </c>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
           <t>CommandCompleter/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7049</t>
+          <t>../../src/CommandCompleter.cpp:7050</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <t>/gradualglitch &lt;mesaĝo&gt;</t>
         </is>
       </c>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
           <t>CommandCompleter/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G107" t="inlineStr"/>
       <c r="H107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7051</t>
+          <t>../../src/CommandCompleter.cpp:7052</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>/goto &lt;indiko de mesaĝo&gt;</t>
         </is>
       </c>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
           <t>CommandCompleter/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7071</t>
+          <t>../../src/CommandCompleter.cpp:7072</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>Send a message expressing an action.</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>Sendi mesaĝon, kiu esprimas agon.</t>
         </is>
       </c>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message expressing an action.</t>
         </is>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7073</t>
+          <t>../../src/CommandCompleter.cpp:7074</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>Send &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>Sendi tekston kiel reagon, kiam oni respondas al mesaĝo.</t>
         </is>
       </c>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
           <t>CommandCompleterSend &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7075</t>
+          <t>../../src/CommandCompleter.cpp:7076</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>Aliĝi al ĉambro. Kialo estas malnepra.</t>
         </is>
       </c>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
           <t>CommandCompleterJoin a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G111" t="inlineStr"/>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7077</t>
+          <t>../../src/CommandCompleter.cpp:7078</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Ask to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>Peti aliĝon al ĉambro. Kialo estas malnepra.</t>
         </is>
       </c>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
           <t>CommandCompleterAsk to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7081</t>
+          <t>../../src/CommandCompleter.cpp:7082</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>Leave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>Eliri el ĉambro. Kialo estas malnepra.</t>
         </is>
       </c>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
           <t>CommandCompleterLeave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G113" t="inlineStr"/>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7083</t>
+          <t>../../src/CommandCompleter.cpp:7084</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Invite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>Inviti uzanton al nuna ĉambro. Kialo estas malnepra.</t>
         </is>
       </c>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
           <t>CommandCompleterInvite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="G114" t="inlineStr"/>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7085</t>
+          <t>../../src/CommandCompleter.cpp:7086</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>Kick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="C115" t="inlineStr"/>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
           <t>CommandCompleterKick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7088</t>
+          <t>../../src/CommandCompleter.cpp:7089</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>Ban a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C116" t="inlineStr"/>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
           <t>CommandCompleterBan a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7091</t>
+          <t>../../src/CommandCompleter.cpp:7092</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>Unban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C117" t="inlineStr"/>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
           <t>CommandCompleterUnban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7094</t>
+          <t>../../src/CommandCompleter.cpp:7095</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Redact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="C118" t="inlineStr"/>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
           <t>CommandCompleterRedact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7097</t>
+          <t>../../src/CommandCompleter.cpp:7098</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Change your displayname in this room.</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
           <t>Ŝanĝi vian prezentan nomon en ĉi tiu ĉambro.</t>
         </is>
       </c>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
           <t>CommandCompleterChange your displayname in this room.</t>
         </is>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7099</t>
+          <t>../../src/CommandCompleter.cpp:7100</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>¯\_(ツ)_/¯ kun malnepra mesaĝo.</t>
         </is>
       </c>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
           <t>CommandCompleter¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="G120" t="inlineStr"/>
       <c r="H120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7101</t>
+          <t>../../src/CommandCompleter.cpp:7102</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
           <t>CommandCompleter(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="G121" t="inlineStr"/>
       <c r="H121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7103</t>
+          <t>../../src/CommandCompleter.cpp:7104</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
           <t>┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
           <t>CommandCompleter┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="G122" t="inlineStr"/>
       <c r="H122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7105</t>
+          <t>../../src/CommandCompleter.cpp:7106</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
           <t>CommandCompleterノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="G123" t="inlineStr"/>
       <c r="H123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7107</t>
+          <t>../../src/CommandCompleter.cpp:7108</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>Clear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>Vakigi nune kaŝmemoratajn mesaĝojn en ĉi tiu ĉambro.</t>
         </is>
       </c>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
           <t>CommandCompleterClear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="G124" t="inlineStr"/>
       <c r="H124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7109</t>
+          <t>../../src/CommandCompleter.cpp:7110</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>Refetch the state in this room.</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>Reakiri la staton en ĉi tiu ĉambro.</t>
         </is>
       </c>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
           <t>CommandCompleterRefetch the state in this room.</t>
         </is>
       </c>
       <c r="G125" t="inlineStr"/>
       <c r="H125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7111</t>
+          <t>../../src/CommandCompleter.cpp:7112</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>Rotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>Rotacii la nunan simetrie ĉifran ŝlosilon.</t>
         </is>
       </c>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
           <t>CommandCompleterRotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="G126" t="inlineStr"/>
       <c r="H126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7113</t>
+          <t>../../src/CommandCompleter.cpp:7114</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>Send a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>Sendi mesaĝon en la markdaŭna formo (sendepende de la tutprograma agordo).</t>
         </is>
       </c>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
           <t>CommandCompleterSend a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G127" t="inlineStr"/>
       <c r="H127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7115</t>
+          <t>../../src/CommandCompleter.cpp:7116</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>Send a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>Sendi mesaĝon en la formo CommonMark, sen ekstraj kapabloj, kiujn havas la ordono /md.</t>
         </is>
       </c>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
           <t>CommandCompleterSend a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="G128" t="inlineStr"/>
       <c r="H128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7118</t>
+          <t>../../src/CommandCompleter.cpp:7119</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Send an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>Sendi senforman mesaĝon (sendepende de la tutprograma agordo).</t>
         </is>
       </c>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
           <t>CommandCompleterSend an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G129" t="inlineStr"/>
       <c r="H129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7120</t>
+          <t>../../src/CommandCompleter.cpp:7121</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors.</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>Sendi mesaĝon en koloroj de ĉielarko.</t>
         </is>
       </c>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors.</t>
         </is>
       </c>
       <c r="G130" t="inlineStr"/>
       <c r="H130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7122</t>
+          <t>../../src/CommandCompleter.cpp:7123</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>Send /me in rainbow colors.</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <t>Sendi esprimon de ago (/me) en koloroj de ĉielarko.</t>
         </is>
       </c>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
           <t>CommandCompleterSend /me in rainbow colors.</t>
         </is>
       </c>
       <c r="G131" t="inlineStr"/>
       <c r="H131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7124</t>
+          <t>../../src/CommandCompleter.cpp:7125</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>Send a bot message.</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
           <t>Sendi robotan mesaĝon.</t>
         </is>
       </c>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message.</t>
         </is>
       </c>
       <c r="G132" t="inlineStr"/>
       <c r="H132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7126</t>
+          <t>../../src/CommandCompleter.cpp:7127</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Send a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
           <t>Sendi robotan mesaĝon en koloroj de ĉielarko.</t>
         </is>
       </c>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7128</t>
+          <t>../../src/CommandCompleter.cpp:7129</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Send a message with confetti.</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
           <t>Sendi mesaĝon kun konfetoj.</t>
         </is>
       </c>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with confetti.</t>
         </is>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7130</t>
+          <t>../../src/CommandCompleter.cpp:7131</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
           <t>Sendi mesaĝon en koloroj de ĉielarko kun konfetoj.</t>
         </is>
       </c>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7132</t>
+          <t>../../src/CommandCompleter.cpp:7133</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>Send a message with rain.</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>Sendas mesaĝon kun pluvo.</t>
         </is>
       </c>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with rain.</t>
         </is>
       </c>
       <c r="G136" t="inlineStr"/>
       <c r="H136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7134</t>
+          <t>../../src/CommandCompleter.cpp:7135</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>Send a message with a custom message type.</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <t>Sendas mesaĝon kun propra speco de mesaĝo.</t>
         </is>
       </c>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a custom message type.</t>
         </is>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7136</t>
+          <t>../../src/CommandCompleter.cpp:7137</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Send a message with a glitch effect.</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
           <t>Sendas mesaĝon kun misigita teksto.</t>
         </is>
       </c>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a glitch effect.</t>
         </is>
       </c>
       <c r="G138" t="inlineStr"/>
       <c r="H138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7138</t>
+          <t>../../src/CommandCompleter.cpp:7139</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Send a message that gradually glitches.</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
           <t>Sendas mesaĝon, kies teksto pli kaj pli misiĝas.</t>
         </is>
       </c>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message that gradually glitches.</t>
         </is>
       </c>
       <c r="G139" t="inlineStr"/>
       <c r="H139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7140</t>
+          <t>../../src/CommandCompleter.cpp:7141</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>Go to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <t>Iri al specifa mesaĝo per identigilo de okazo, indico, aŭ ligilo de la speco «matrix:»</t>
         </is>
       </c>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
           <t>CommandCompleterGo to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7142</t>
+          <t>../../src/CommandCompleter.cpp:7143</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Convert this room to a direct chat.</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>Individuigi ĉi tiun ĉambron.</t>
         </is>
       </c>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this room to a direct chat.</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7144</t>
+          <t>../../src/CommandCompleter.cpp:7145</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Convert this direct chat into a room.</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>Malindividuigi ĉi tiun ĉambron.</t>
         </is>
       </c>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this direct chat into a room.</t>
         </is>
       </c>
       <c r="G142" t="inlineStr"/>
       <c r="H142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7146</t>
+          <t>../../src/CommandCompleter.cpp:7147</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>Ignore a user.</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
           <t>Malatenti uzanton.</t>
         </is>
       </c>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
           <t>CommandCompleterIgnore a user.</t>
         </is>
       </c>
       <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7148</t>
+          <t>../../src/CommandCompleter.cpp:7149</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>Stop ignoring a user.</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
           <t>Reatenti uzanton.</t>
         </is>
       </c>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
           <t>CommandCompleterStop ignoring a user.</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7150</t>
+          <t>../../src/CommandCompleter.cpp:7151</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>Block all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C145" t="inlineStr"/>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>CommandCompleterBlock all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7153</t>
+          <t>../../src/CommandCompleter.cpp:7154</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>Allow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C146" t="inlineStr"/>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
           <t>CommandCompleterAllow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>Expand</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
           <t>Etendi</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
           <t>CommunitiesListExpand</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>Collapse</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <t>Maletendi</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
           <t>CommunitiesListCollapse</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7375</t>
+          <t>../qml/CommunitiesList.qml:7376</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>Do not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>Ne montri nombron de sciigoj por ĉi tiu komunumo aŭ etikedo.</t>
         </is>
       </c>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
           <t>CommunitiesListDo not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7382</t>
+          <t>../qml/CommunitiesList.qml:7383</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>Hide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>Kaŝi ĉambrojn de ĉi tiu etikedo aŭ komunumo implicite.</t>
         </is>
       </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
           <t>CommunitiesListHide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7459</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7460</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>All rooms</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>Ĉiuj ĉambroj</t>
         </is>
       </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
           <t>CommunitiesModelAll rooms</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7461</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7462</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>Shows all rooms without filtering.</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>Montras ĉiujn ĉambrojn sen filtrado.</t>
         </is>
       </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
           <t>CommunitiesModelShows all rooms without filtering.</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7484</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7485</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Direct Chats</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>Individuaj ĉambroj</t>
         </is>
       </c>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
           <t>CommunitiesModelDirect Chats</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7486</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7487</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Show direct chats.</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>Montri individuajn ĉambrojn.</t>
         </is>
       </c>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
           <t>CommunitiesModelShow direct chats.</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7553</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7554</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Favourites</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>Elstaraj</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
           <t>CommunitiesModelFavourites</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7555</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7556</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Rooms you have favourited.</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <t>Ĉambroj, kiujn vi elstarigis.</t>
         </is>
       </c>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms you have favourited.</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7562</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7563</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>Low Priority</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <t>Malalta prioritato</t>
         </is>
       </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
           <t>CommunitiesModelLow Priority</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7564</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7565</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>Rooms with low priority.</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <t>Ĉambroj kun malalta prioritato.</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms with low priority.</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7571</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7572</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>Server Notices</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
           <t>Avizoj de servilo</t>
         </is>
       </c>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
           <t>CommunitiesModelServer Notices</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7573</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7574</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>Messages from your server or administrator.</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
           <t>Mesaĝoj de via servilo aŭ administranto.</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
           <t>CommunitiesModelMessages from your server or administrator.</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8251</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8252</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>Failed to update community: %1</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
           <t>Malsukcesis ĝisdatigi komunumon: %1</t>
         </is>
       </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community: %1</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8269</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8270</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>Failed to delete room from community: %1</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>Malsukcesis forigi ĉambron de komunumo: %1</t>
         </is>
       </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to delete room from community: %1</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8292</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8293</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>Failed to update community for room: %1</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>Malsukcesis ĝisdatigi komunumon por ĉambro: %1</t>
         </is>
       </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community for room: %1</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8310</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8311</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>Failed to remove community from room: %1</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>Malsukcesis forigi komunumon de ĉambro: %1</t>
         </is>
       </c>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to remove community from room: %1</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>Confirm community join</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <t>Konfirmi aliĝon al komunumo</t>
         </is>
       </c>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm community join</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>Confirm room join</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
           <t>Konfirmi aliĝon al ĉambro</t>
         </is>
       </c>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm room join</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8394</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8395</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>%n member</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>%n ano</t>
         </is>
       </c>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialog%n member(s)</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>This room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <t>Vi ne povas aliĝi al ĉi tiu ĉambro rekte. Vi tamen povas frapi al la ĉambro, kaj la ĉambranoj povas akcepti aŭ malakcepti tian peton pri aliĝo. Vi povas aldoni noton pri kial ili lasu vin eniri:</t>
         </is>
       </c>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogThis room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>Do you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
           <t>Ĉu vi volas aliĝi al ĉi tiu ĉambro? Vi povas aldoni malnepran mesaĝon sube:</t>
         </is>
       </c>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogDo you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>Knock</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <t>Frapi</t>
         </is>
       </c>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogKnock</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>Join</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
           <t>Aliĝi</t>
         </is>
       </c>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8465</t>
+          <t>../qml/dialogs/CreateDirect.qml:8466</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>Create Direct Chat</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
           <t>Krei individuan ĉambron</t>
         </is>
       </c>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
           <t>CreateDirectCreate Direct Chat</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8525</t>
+          <t>../qml/dialogs/CreateDirect.qml:8526</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>User to invite</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <t>Identigilo de invitota uzanto</t>
         </is>
       </c>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
           <t>CreateDirectUser to invite</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8526</t>
+          <t>../qml/dialogs/CreateDirect.qml:8527</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>@user:server.tld</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
           <t>@uzanto:servilo.retnomo</t>
         </is>
       </c>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
           <t>CreateDirect@user:server.tld</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8541</t>
+          <t>../qml/dialogs/CreateDirect.qml:8542</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>Ĉifrado</t>
         </is>
       </c>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
           <t>CreateDirectEncryption</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>New community</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>Nova komunumo</t>
         </is>
       </c>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
           <t>CreateRoomNew community</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>New Room</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>Nova ĉambro</t>
         </is>
       </c>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
           <t>CreateRoomNew Room</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8585</t>
+          <t>../qml/dialogs/CreateRoom.qml:8586</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>Name</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>Nomo</t>
         </is>
       </c>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
           <t>CreateRoomName</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8586</t>
+          <t>../qml/dialogs/CreateRoom.qml:8587</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>No name</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>Neniu nomo</t>
         </is>
       </c>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
           <t>CreateRoomNo name</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8594</t>
+          <t>../qml/dialogs/CreateRoom.qml:8595</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>Topic</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>Temo</t>
         </is>
       </c>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
           <t>CreateRoomTopic</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8595</t>
+          <t>../qml/dialogs/CreateRoom.qml:8596</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>No topic</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>Neniu temo</t>
         </is>
       </c>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
           <t>CreateRoomNo topic</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8613</t>
+          <t>../qml/dialogs/CreateRoom.qml:8614</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>Alias</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>Kromnomo</t>
         </is>
       </c>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
           <t>CreateRoomAlias</t>
         </is>
       </c>
       <c r="G182" t="inlineStr">
         <is>
           <t>Suggested in Weblate: kromnomo</t>
         </is>
       </c>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8625</t>
+          <t>../qml/dialogs/CreateRoom.qml:8626</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>Public</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
           <t>Publika</t>
         </is>
       </c>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
           <t>CreateRoomPublic</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8631</t>
+          <t>../qml/dialogs/CreateRoom.qml:8632</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>Public rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
           <t>Ĉiu povas aliĝi al ĉambroj publikaj; ĉambroj privataj postulas invitojn.</t>
         </is>
       </c>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
           <t>CreateRoomPublic rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8644</t>
+          <t>../qml/dialogs/CreateRoom.qml:8645</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>Trusted</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
           <t>Fidata</t>
         </is>
       </c>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
           <t>CreateRoomTrusted</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8650</t>
+          <t>../qml/dialogs/CreateRoom.qml:8651</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>All invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
           <t>Ĉiuj invitotoj ricevos la saman povnivelon, kiel la kreinto.</t>
         </is>
       </c>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
           <t>CreateRoomAll invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8665</t>
+          <t>../qml/dialogs/CreateRoom.qml:8666</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
           <t>Ĉifrado</t>
         </is>
       </c>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
           <t>CreateRoomEncryption</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8671</t>
+          <t>../qml/dialogs/CreateRoom.qml:8672</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>Caution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>Averto: Ne eblas malŝalti ĉifradon!</t>
         </is>
       </c>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
           <t>CreateRoomCaution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8687</t>
+          <t>../qml/dialogs/CreateRoom.qml:8688</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>Create Room</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
           <t>Krei ĉambron</t>
         </is>
       </c>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
           <t>CreateRoomCreate Room</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:8999</t>
+          <t>../../src/ChatPage.cpp:9000</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>Decrypt secrets</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
           <t>Malĉifri sekretojn</t>
         </is>
       </c>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecrypt secrets</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9001</t>
+          <t>../../src/ChatPage.cpp:9002</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>Enigu vian rehavan ŝlosilon aŭ pasfrazon por malĉifri viajn sekretojn:</t>
         </is>
       </c>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9003</t>
+          <t>../../src/ChatPage.cpp:9004</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>Enigu vian rehavan ŝlosilon aŭ pasfrazon kun nomo %1 por malĉifri viajn sekretojn:</t>
         </is>
       </c>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9031</t>
+          <t>../../src/ChatPage.cpp:9032</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>Decryption failed</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>Malsukcesis malĉifrado</t>
         </is>
       </c>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecryption failed</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9032</t>
+          <t>../../src/ChatPage.cpp:9033</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>Failed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>Malsukcesis malĉifri sekretojn per la donitaj rehava ŝlosilo aŭ pasfrazo</t>
         </is>
       </c>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
           <t>CrossSigningSecretsFailed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9042</t>
+          <t>../qml/device-verification/DigitVerification.qml:9043</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
           <t>Kontrolkodo</t>
         </is>
       </c>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
           <t>DigitVerificationVerification Code</t>
         </is>
       </c>
       <c r="G195" t="inlineStr">
         <is>
           <t>Suggested in Weblate: kontrolkodo</t>
         </is>
       </c>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9050</t>
+          <t>../qml/device-verification/DigitVerification.qml:9051</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>Please verify the following digits.  You should see the same numbers on both sides.  If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>Bonvolu kontroli la sekvantajn ciferojn.  Vi devus vidi la samajn numerojn ambaŭflanke.  Se ili malsamas, bonvolu premi «Ili ne akordas!» por nuligi la kontrolon!</t>
         </is>
       </c>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
           <t>DigitVerificationPlease verify the following digits. You should see the same numbers on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9083</t>
+          <t>../qml/device-verification/DigitVerification.qml:9084</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>Ili ne akordas!</t>
         </is>
       </c>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
           <t>DigitVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9096</t>
+          <t>../qml/device-verification/DigitVerification.qml:9097</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <t>Ili akordas!</t>
         </is>
       </c>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
           <t>DigitVerificationThey match!</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9107</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9108</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
           <t>Kontrolkodo</t>
         </is>
       </c>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
           <t>EmojiVerificationVerification Code</t>
         </is>
       </c>
       <c r="G199" t="inlineStr">
         <is>
           <t>Suggested in Weblate: kontrolkodo</t>
         </is>
       </c>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9115</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9116</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>Please verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
           <t>Bonvolu kontroli per la jenaj bildosignoj. Vi devus vidi la samajn bildosignojn ambaŭflanke. Se ili malsamas, bonvolu premi «Ili ne akordas!» por nuligi la kontrolon!</t>
         </is>
       </c>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
           <t>EmojiVerificationPlease verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9494</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9495</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>The displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
           <t>La montrotaj bildosignoj povas aspekti malsame en malsamaj klientoj, se malsama signoformaro estos uzata. Simile, ili povas malsame tradukiĝi al malsamaj lingvoj. Tamen ili devus montri po unu el 64 malsamaj objektoj aŭ bestoj. Ekzemple, leono kaj kato estas malsamaj, sed kato plu estas kato, eĉ se unu kliento montras nur la vizaĝon, kaj alia kliento montras la tutan korpon de la kato.</t>
         </is>
       </c>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
           <t>EmojiVerificationThe displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9504</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9505</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <t>Ili ne akordas!</t>
         </is>
       </c>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
           <t>EmojiVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9517</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9518</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
           <t>Ili akordas!</t>
         </is>
       </c>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
           <t>EmojiVerificationThey match!</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9559</t>
+          <t>../qml/delegates/Encrypted.qml:9560</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>There is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
           <t>Estas neniu ŝloslio por malŝlosi ĉi tiun mesaĝon. Ni petis ĝin memage, sed vi povas provi repeti ĝin, se vi rapidas.</t>
         </is>
       </c>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
           <t>EncryptedThere is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9561</t>
+          <t>../qml/delegates/Encrypted.qml:9562</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>This message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>Ne povis malĉifri ĉi tiun mesaĝon, ĉar ni havas nur ŝlosilon por pli novaj. Vi povas provi peti aliron al ĉi tiu mesaĝo.</t>
         </is>
       </c>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
           <t>EncryptedThis message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9563</t>
+          <t>../qml/delegates/Encrypted.qml:9564</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>There was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>Eraris interne legado de malĉifra ŝlosilo el la datumbazo.</t>
         </is>
       </c>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
           <t>EncryptedThere was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9565</t>
+          <t>../qml/delegates/Encrypted.qml:9566</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>There was an error decrypting this message.</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
           <t>Eraris malĉifrado de ĉi tiu mesaĝo.</t>
         </is>
       </c>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
           <t>EncryptedThere was an error decrypting this message.</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9567</t>
+          <t>../qml/delegates/Encrypted.qml:9568</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>The message couldn't be parsed.</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
           <t>Ne povis trakti la mesaĝon.</t>
         </is>
       </c>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
           <t>EncryptedThe message couldn't be parsed.</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9569</t>
+          <t>../qml/delegates/Encrypted.qml:9570</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>The encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
           <t>La ĉifra ŝlosilo estas reuzita! Eble iu provas enmeti falsitajn mesaĝojn en la babilon!</t>
         </is>
       </c>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
           <t>EncryptedThe encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9571</t>
+          <t>../qml/delegates/Encrypted.qml:9572</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>Unknown decryption error</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
           <t>Nekonata malĉifra eraro</t>
         </is>
       </c>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
           <t>EncryptedUnknown decryption error</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9583</t>
+          <t>../qml/delegates/Encrypted.qml:9584</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>Request key</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
           <t>Peti ŝlosilon</t>
         </is>
       </c>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
           <t>EncryptedRequest key</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9621</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9622</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
           <t>%1 ŝaltis tutvojan ĉifradon</t>
         </is>
       </c>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
           <t>EncryptionEnabled%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9630</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9631</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>Encryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
           <t>Ĉifrado sekurigas viajn mesaĝojn tiel, ke nur iliaj ricevantoj povas ilin legi. Por eĉ pli da sekureco, se vi volas certiĝi, ke vi parolas al la ĝustaj homoj, vi povas kontroli ilian identecon fizike.</t>
         </is>
       </c>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
           <t>EncryptionEnabledEncryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9667</t>
+          <t>../qml/EncryptionIndicator.qml:9668</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>This message is not encrypted!</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
           <t>Ĉi tiu mesaĝo ne estas ĉifrita!</t>
         </is>
       </c>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
           <t>EncryptionIndicatorThis message is not encrypted!</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9670</t>
+          <t>../qml/EncryptionIndicator.qml:9671</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>Encrypted by a verified device</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>Ĉifrita de kontrolita aparato</t>
         </is>
       </c>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by a verified device</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9672</t>
+          <t>../qml/EncryptionIndicator.qml:9673</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
           <t>Ĉifrita de nekontrolita aparato, sed vi fidis je tiu uzanto ĝis nun.</t>
         </is>
       </c>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9674</t>
+          <t>../qml/EncryptionIndicator.qml:9675</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>Key is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="C217" t="inlineStr"/>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
           <t>EncryptionIndicatorKey is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9676</t>
+          <t>../qml/EncryptionIndicator.qml:9677</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device.</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
           <t>Ĉifrita de nefidata aparato.</t>
         </is>
       </c>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device.</t>
         </is>
       </c>
       <c r="G218" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ĉifrita de kontrolita aparato</t>
         </is>
       </c>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9709</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9710</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>Event expiration for %1</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
           <t>Tempolimo de evento por %1</t>
         </is>
       </c>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration for %1</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9712</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9713</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>Event expiration</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
           <t>Tempolimo de evento</t>
         </is>
       </c>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9730</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9731</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
           <t>Vi povas agordi, kiam viaj mesaĝoj foriĝos en %1. Tio okazas sole kiam Nheko estas malfermita kaj havas permesojn forigi mesaĝojn ĝis Matriksaj serviloj subtenos ĉi tiun funkcion per si mem. Ĝenerale, 0 signifas malŝalton.</t>
         </is>
       </c>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9733</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9734</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
           <t>Vi povas agordi, kiam viaj mesaĝoj foriĝos en ĉiuj ĉambroj, krom se vi agordis alion por la ĉambro. Tio okazas sole kiam Nheko estas malfermita kaj havas permesojn forigi mesaĝojn ĝis Matriksaj serviloj subtenos ĉi tiun funkcion per si mem. Ĝenerale, 0 signifas malŝalton.</t>
         </is>
       </c>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9748</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>Expire events after X days</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
           <t>Eksdatigi okazojn post X tagoj</t>
         </is>
       </c>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
           <t>EventExpirationDialogExpire events after X days</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9750</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>Automatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
           <t>Memage forigas mesaĝojn post X tagoj, krom se ili estas alie protektitaj. Agordu al 0 por malŝalti.</t>
         </is>
       </c>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
           <t>EventExpirationDialogAutomatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9769</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>Only keep latest X events</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
           <t>Teni nur la X lastajn okazojn</t>
         </is>
       </c>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
           <t>EventExpirationDialogOnly keep latest X events</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9771</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>Deletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
           <t>Forigas ĉiujn viajn okazojn en ĉi tiu ĉambro, se estas pli ol X pli novaj mesaĝoj, krom se ili estas alie protektitaj. Agordu al 0 por malŝalti.</t>
         </is>
       </c>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
           <t>EventExpirationDialogDeletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9791</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>Always keep latest X events</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
           <t>Ĉiam konservi la X lastajn okazojn</t>
         </is>
       </c>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
           <t>EventExpirationDialogAlways keep latest X events</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9793</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>This prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
           <t>Ĉi tio malhelpas okazojn foriĝi de la 2 supraj agordoj, se ili estas inter la lastaj X mesaĝoj de vi en la ĉambro.</t>
         </is>
       </c>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
           <t>EventExpirationDialogThis prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9813</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>Include state events</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
           <t>Inkluzivi statokazojn</t>
         </is>
       </c>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
           <t>EventExpirationDialogInclude state events</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9815</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>If this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
           <t>Se ĉi tio estas ŝaltita, ankaŭ malnovaj statokazoj foriĝos. La lasta statokazo de iu kombino de tipo kaj ŝlosilo evitas foriĝon por ke ne foriĝu akcidente nomo de ĉambro kaj similaj statoj.</t>
         </is>
       </c>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
           <t>EventExpirationDialogIf this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>../../src/ui/EventExpiry.cpp:9874</t>
+          <t>../../src/ui/EventExpiry.cpp:9875</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
           <t>Malsukcesis agordi kaŝitajn okazojn: %1</t>
         </is>
       </c>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
           <t>EventExpiryFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9885</t>
+          <t>../qml/device-verification/Failed.qml:9886</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>Verification failed</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
           <t>Malsukcesis kontrolo</t>
         </is>
       </c>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
           <t>FailedVerification failed</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9897</t>
+          <t>../qml/device-verification/Failed.qml:9898</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>Other client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
           <t>Alia kliento ne subtenas nian kontrolan protokolon.</t>
         </is>
       </c>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
           <t>FailedOther client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9901</t>
+          <t>../qml/device-verification/Failed.qml:9902</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>Key mismatch detected!</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
           <t>Troviĝis malakordo de ŝlosiloj!</t>
         </is>
       </c>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
           <t>FailedKey mismatch detected!</t>
         </is>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9903</t>
+          <t>../qml/device-verification/Failed.qml:9904</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>Device verification timed out.</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
           <t>Trafiĝis tempolimo de aparata kontrolo.</t>
         </is>
       </c>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
           <t>FailedDevice verification timed out.</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9905</t>
+          <t>../qml/device-verification/Failed.qml:9906</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>Other party canceled the verification.</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
           <t>Aliulo nuligis la kontrolon.</t>
         </is>
       </c>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
           <t>FailedOther party canceled the verification.</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9907</t>
+          <t>../qml/device-verification/Failed.qml:9908</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>The verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
           <t>La kontrolo</t>
         </is>
       </c>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
           <t>FailedThe verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="G237" t="inlineStr"/>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9909</t>
+          <t>../qml/device-verification/Failed.qml:9910</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>Verification messages received out of order!</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
           <t>Kontrolaj mesaĝoj riceviĝis ekster ordo!</t>
         </is>
       </c>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
           <t>FailedVerification messages received out of order!</t>
         </is>
       </c>
       <c r="G238" t="inlineStr"/>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9911</t>
+          <t>../qml/device-verification/Failed.qml:9912</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>Unknown verification error.</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
           <t>Nekonata eraro de kontrolo.</t>
         </is>
       </c>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
           <t>FailedUnknown verification error.</t>
         </is>
       </c>
       <c r="G239" t="inlineStr"/>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9927</t>
+          <t>../qml/device-verification/Failed.qml:9928</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <t>Close</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>Fermi</t>
         </is>
       </c>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
           <t>FailedClose</t>
         </is>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9952</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9953</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>Fallback authentication</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
           <t>Vicuzebla aŭtentikiĝo</t>
         </is>
       </c>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
           <t>FallbackAuthDialogFallback authentication</t>
         </is>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9967</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9968</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>Open the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
           <t>Malfermu la vicuzeblan metodon, sekvu la paŝojn, kaj konfirmu ilin fininte.</t>
         </is>
       </c>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9975</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9976</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>Open Fallback in Browser</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
           <t>Iri al foliumilo por la vicuzebla metodo</t>
         </is>
       </c>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen Fallback in Browser</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9980</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9981</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>Cancel</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
           <t>Nuligi</t>
         </is>
       </c>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
           <t>FallbackAuthDialogCancel</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9985</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9986</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>Confirm</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
           <t>Konfirmi</t>
         </is>
       </c>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
           <t>FallbackAuthDialogConfirm</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>../qml/ForwardCompleter.qml:10037</t>
+          <t>../qml/ForwardCompleter.qml:10038</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>Forward Message</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
           <t>Plusendi mesaĝon</t>
         </is>
       </c>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
           <t>ForwardCompleterForward Message</t>
         </is>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>../../src/GridImagePackModel.cpp:10322</t>
+          <t>../../src/GridImagePackModel.cpp:10323</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>Account Pack</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
           <t>Pako de konto</t>
         </is>
       </c>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
           <t>GridImagePackModelAccount Pack</t>
         </is>
       </c>
       <c r="G247" t="inlineStr"/>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>../../src/ui/HiddenEvents.cpp:10424</t>
+          <t>../../src/ui/HiddenEvents.cpp:10425</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
           <t>Malsukcesis agordi kaŝitajn okazojn: %1</t>
         </is>
       </c>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
           <t>HiddenEventsFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10457</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10458</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
           <t>Hidden events for %1</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
           <t>Kaŝitaj okazoj por %1</t>
         </is>
       </c>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events for %1</t>
         </is>
       </c>
       <c r="G249" t="inlineStr"/>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10460</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10461</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>Hidden events</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
           <t>Kaŝitaj okazoj</t>
         </is>
       </c>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events</t>
         </is>
       </c>
       <c r="G250" t="inlineStr"/>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10478</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10479</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
           <t>Ĉi tiuj okazoj &lt;b&gt;montriĝos&lt;/b&gt; en %1:</t>
         </is>
       </c>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10481</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10482</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
           <t>Ĉi tiuj okazoj &lt;b&gt;montriĝos&lt;/b&gt; en ĉiuj ĉambroj:</t>
         </is>
       </c>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="G252" t="inlineStr"/>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10496</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>User events</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
           <t>Okazoj pri uzantoj</t>
         </is>
       </c>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
           <t>HiddenEventsDialogUser events</t>
         </is>
       </c>
       <c r="G253" t="inlineStr"/>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10498</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
           <t>Joins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
           <t>Aliĝoj, foriroj, ŝanĝoj de nomo aŭ profilbildo, forbaroj…</t>
         </is>
       </c>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
           <t>HiddenEventsDialogJoins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="G254" t="inlineStr"/>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10513</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
           <t>Power level changes</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
           <t>Ŝanĝoj de povniveloj</t>
         </is>
       </c>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
           <t>HiddenEventsDialogPower level changes</t>
         </is>
       </c>
       <c r="G255" t="inlineStr"/>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10515</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <t>Sent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
           <t>Sendiĝas kiam reguligisto aliĝas/foriĝas, aŭ kiam permesoj de ĉambro ŝanĝiĝas.</t>
         </is>
       </c>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
           <t>HiddenEventsDialogSent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="G256" t="inlineStr"/>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10530</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10531</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <t>Stickers</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
           <t>Glumarkoj</t>
         </is>
       </c>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
           <t>HiddenEventsDialogStickers</t>
         </is>
       </c>
       <c r="G257" t="inlineStr"/>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10546</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10542</t>
+        </is>
+      </c>
+      <c r="B258" t="inlineStr"/>
+      <c r="C258" t="inlineStr"/>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnored users</t>
+          <t>HiddenEventsDialogAllowed server changes</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10566</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10558</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Ignoring a user hides their messages (they can still see yours!).</t>
+          <t>Ignored users</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>Se vi malatentos uzanton, vi ne vidos ĝiajn mesaĝojn (sed ĝi ankoraŭ povos vidi viajn!).</t>
+          <t>Malatentitaj uzantoj</t>
         </is>
       </c>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
+          <t>IgnoredUsersIgnored users</t>
         </is>
       </c>
       <c r="G259" t="inlineStr"/>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10597</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10578</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Stop Ignoring.</t>
+          <t>Ignoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>Reatenti.</t>
+          <t>Se vi malatentos uzanton, vi ne vidos ĝiajn mesaĝojn (sed ĝi ankoraŭ povos vidi viajn!).</t>
         </is>
       </c>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>IgnoredUsersStop Ignoring.</t>
+          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="G260" t="inlineStr"/>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>../qml/delegates/ImageMessage.qml:10788</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10609</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>Show</t>
+          <t>Stop Ignoring.</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>Montri</t>
+          <t>Reatenti.</t>
         </is>
       </c>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>ImageMessageShow</t>
-[...6 lines deleted...]
-      </c>
+          <t>IgnoredUsersStop Ignoring.</t>
+        </is>
+      </c>
+      <c r="G261" t="inlineStr"/>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10802</t>
+          <t>../qml/delegates/ImageMessage.qml:10800</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
+          <t>Show</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>Ĉu vi certas, ke vi volas forigi la glumarkaron «%1»?</t>
+          <t>Montri</t>
         </is>
       </c>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
-[...2 lines deleted...]
-      <c r="G262" t="inlineStr"/>
+          <t>ImageMessageShow</t>
+        </is>
+      </c>
+      <c r="G262" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Montri</t>
+        </is>
+      </c>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10824</t>
+          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10814</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Editing image pack</t>
+          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>Redaktado de bildopako</t>
+          <t>Ĉu vi certas, ke vi volas forigi la glumarkaron «%1»?</t>
         </is>
       </c>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogEditing image pack</t>
+          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="G263" t="inlineStr"/>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10880</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10836</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>Add images</t>
+          <t>Editing image pack</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>Aldoni bildojn</t>
+          <t>Redaktado de bildopako</t>
         </is>
       </c>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAdd images</t>
+          <t>ImagePackEditorDialogEditing image pack</t>
         </is>
       </c>
       <c r="G264" t="inlineStr"/>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10887</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10892</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>Add images</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>Bildoj (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>Aldoni bildojn</t>
         </is>
       </c>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>ImagePackEditorDialogAdd images</t>
         </is>
       </c>
       <c r="G265" t="inlineStr"/>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10888</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10899</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>Select images for pack</t>
+          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>Elekti bildojn por pako</t>
+          <t>Bildoj (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogSelect images for pack</t>
+          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G266" t="inlineStr"/>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10889</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10900</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>Add to pack</t>
+          <t>Select images for pack</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>Aldoni al pako</t>
+          <t>Elekti bildojn por pako</t>
         </is>
       </c>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAdd to pack</t>
+          <t>ImagePackEditorDialogSelect images for pack</t>
         </is>
       </c>
       <c r="G267" t="inlineStr"/>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10950</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10901</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Change the overview image for this pack</t>
+          <t>Add to pack</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>Ŝanĝi reprezentan bildon de ĉi tiu pako</t>
+          <t>Aldoni al pako</t>
         </is>
       </c>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogChange the overview image for this pack</t>
+          <t>ImagePackEditorDialogAdd to pack</t>
         </is>
       </c>
       <c r="G268" t="inlineStr"/>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10963</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10962</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
+          <t>Change the overview image for this pack</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>Reprezenta bildo (*.png *.webp *.jpg *.jpeg)</t>
+          <t>Ŝanĝi reprezentan bildon de ĉi tiu pako</t>
         </is>
       </c>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
+          <t>ImagePackEditorDialogChange the overview image for this pack</t>
         </is>
       </c>
       <c r="G269" t="inlineStr"/>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10964</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10975</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Select overview image for pack</t>
+          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>Elekti reprezentan bildon de pako</t>
+          <t>Reprezenta bildo (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogSelect overview image for pack</t>
+          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
           <t>../qml/dialogs/ImagePackEditorDialog.qml:10976</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t>State key</t>
+          <t>Select overview image for pack</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>Identigilo (stata ŝlosilo)</t>
+          <t>Elekti reprezentan bildon de pako</t>
         </is>
       </c>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogState key</t>
+          <t>ImagePackEditorDialogSelect overview image for pack</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10984</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10988</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Packname</t>
+          <t>State key</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>Nomo de pako</t>
+          <t>Identigilo (stata ŝlosilo)</t>
         </is>
       </c>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogPackname</t>
+          <t>ImagePackEditorDialogState key</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10992</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10996</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Attribution</t>
+          <t>Packname</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>Atribuo</t>
+          <t>Nomo de pako</t>
         </is>
       </c>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAttribution</t>
+          <t>ImagePackEditorDialogPackname</t>
         </is>
       </c>
       <c r="G273" t="inlineStr"/>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11076</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11004</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Use as Emoji</t>
+          <t>Attribution</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>Uzi kiel bildosignon</t>
+          <t>Atribuo</t>
         </is>
       </c>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogUse as Emoji</t>
+          <t>ImagePackEditorDialogAttribution</t>
         </is>
       </c>
       <c r="G274" t="inlineStr"/>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11089</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11088</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>Use as Sticker</t>
+          <t>Use as Emoji</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>Uzi kiel glumarkon</t>
+          <t>Uzi kiel bildosignon</t>
         </is>
       </c>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogUse as Sticker</t>
+          <t>ImagePackEditorDialogUse as Emoji</t>
         </is>
       </c>
       <c r="G275" t="inlineStr"/>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11052</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11101</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t>Shortcode</t>
+          <t>Use as Sticker</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>Mallongigo</t>
+          <t>Uzi kiel glumarkon</t>
         </is>
       </c>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogShortcode</t>
+          <t>ImagePackEditorDialogUse as Sticker</t>
         </is>
       </c>
       <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11067</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11064</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t>Body</t>
+          <t>Shortcode</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>Korpo</t>
+          <t>Mallongigo</t>
         </is>
       </c>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogBody</t>
+          <t>ImagePackEditorDialogShortcode</t>
         </is>
       </c>
       <c r="G277" t="inlineStr"/>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11102</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11079</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Remove from pack</t>
+          <t>Body</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>Forigi de pako</t>
+          <t>Korpo</t>
         </is>
       </c>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogRemove from pack</t>
+          <t>ImagePackEditorDialogBody</t>
         </is>
       </c>
       <c r="G278" t="inlineStr"/>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11106</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11114</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Remove</t>
+          <t>Remove from pack</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>Forigi</t>
+          <t>Forigi de pako</t>
         </is>
       </c>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogRemove</t>
+          <t>ImagePackEditorDialogRemove from pack</t>
         </is>
       </c>
       <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11129</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11118</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Image pack settings</t>
+          <t>Remove</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>Agordoj de bildopako</t>
+          <t>Forigi</t>
         </is>
       </c>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogImage pack settings</t>
+          <t>ImagePackEditorDialogRemove</t>
         </is>
       </c>
       <c r="G280" t="inlineStr"/>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11181</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11141</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>Create account pack</t>
+          <t>Image pack settings</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>Krei kontan pakon</t>
+          <t>Agordoj de bildopako</t>
         </is>
       </c>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogCreate account pack</t>
+          <t>ImagePackSettingsDialogImage pack settings</t>
         </is>
       </c>
       <c r="G281" t="inlineStr"/>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11194</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11193</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>New room pack</t>
+          <t>Create account pack</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>Nova ĉambra pako</t>
+          <t>Krei kontan pakon</t>
         </is>
       </c>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogNew room pack</t>
+          <t>ImagePackSettingsDialogCreate account pack</t>
         </is>
       </c>
       <c r="G282" t="inlineStr"/>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11216</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11206</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t>Private pack</t>
+          <t>New room pack</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>Privata pako</t>
+          <t>Nova ĉambra pako</t>
         </is>
       </c>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPrivate pack</t>
+          <t>ImagePackSettingsDialogNew room pack</t>
         </is>
       </c>
       <c r="G283" t="inlineStr"/>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11218</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11228</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Pack from this room</t>
+          <t>Private pack</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>Pakoj el ĉi tiu ĉambro</t>
+          <t>Privata pako</t>
         </is>
       </c>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from this room</t>
+          <t>ImagePackSettingsDialogPrivate pack</t>
         </is>
       </c>
       <c r="G284" t="inlineStr"/>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11220</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11230</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>Pack from parent community</t>
+          <t>Pack from this room</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>Pako el patra komunumo</t>
+          <t>Pakoj el ĉi tiu ĉambro</t>
         </is>
       </c>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from parent community</t>
+          <t>ImagePackSettingsDialogPack from this room</t>
         </is>
       </c>
       <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11222</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11232</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Globally enabled pack</t>
+          <t>Pack from parent community</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>Ĉie ŝaltita pako</t>
+          <t>Pako el patra komunumo</t>
         </is>
       </c>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogGlobally enabled pack</t>
+          <t>ImagePackSettingsDialogPack from parent community</t>
         </is>
       </c>
       <c r="G286" t="inlineStr"/>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11290</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11234</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Enable globally</t>
+          <t>Globally enabled pack</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>Ŝalti ĉie</t>
+          <t>Ĉie ŝaltita pako</t>
         </is>
       </c>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEnable globally</t>
+          <t>ImagePackSettingsDialogGlobally enabled pack</t>
         </is>
       </c>
       <c r="G287" t="inlineStr"/>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11294</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11302</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t>Enables this pack to be used in all rooms</t>
+          <t>Enable globally</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>Ŝaltas ĉi tiun pakon por uzo en ĉiuj ĉambroj</t>
+          <t>Ŝalti ĉie</t>
         </is>
       </c>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
+          <t>ImagePackSettingsDialogEnable globally</t>
         </is>
       </c>
       <c r="G288" t="inlineStr"/>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
           <t>../qml/dialogs/ImagePackSettingsDialog.qml:11306</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Edit</t>
+          <t>Enables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>Redakti</t>
+          <t>Ŝaltas ĉi tiun pakon por uzo en ĉiuj ĉambroj</t>
         </is>
       </c>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEdit</t>
+          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="G289" t="inlineStr"/>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11317</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11318</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>Remove</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>Forigi</t>
+          <t>Redakti</t>
         </is>
       </c>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogRemove</t>
+          <t>ImagePackSettingsDialogEdit</t>
         </is>
       </c>
       <c r="G290" t="inlineStr"/>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11378</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11329</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Remove</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>Fermi</t>
+          <t>Forigi</t>
         </is>
       </c>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogClose</t>
+          <t>ImagePackSettingsDialogRemove</t>
         </is>
       </c>
       <c r="G291" t="inlineStr"/>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11390</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Select file(s)</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>Elekti dosiero(j)n</t>
+          <t>Fermi</t>
         </is>
       </c>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>InputBarSelect file(s)</t>
+          <t>ImagePackSettingsDialogClose</t>
         </is>
       </c>
       <c r="G292" t="inlineStr"/>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Select file(s)</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>Ĉiuj dosieroj (*)</t>
+          <t>Elekti dosiero(j)n</t>
         </is>
       </c>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>InputBarAll Files (*)</t>
+          <t>InputBarSelect file(s)</t>
         </is>
       </c>
       <c r="G293" t="inlineStr"/>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12424</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
-[...2 lines deleted...]
-      <c r="C294" t="inlineStr"/>
+          <t>All Files (*)</t>
+        </is>
+      </c>
+      <c r="C294" t="inlineStr">
+        <is>
+          <t>Ĉiuj dosieroj (*)</t>
+        </is>
+      </c>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
+          <t>InputBarAll Files (*)</t>
         </is>
       </c>
       <c r="G294" t="inlineStr"/>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12431</t>
+          <t>../../src/timeline/InputBar.cpp:12436</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>Failed to fetch user %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
+        </is>
+      </c>
+      <c r="C295" t="inlineStr"/>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>InputBarFailed to fetch user %1</t>
+          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="G295" t="inlineStr"/>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12843</t>
+          <t>../../src/timeline/InputBar.cpp:12443</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Upload of '%1' failed</t>
+          <t>Failed to fetch user %1</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>Alŝuto de «%1» malsukcesis</t>
+          <t>Malsukcesis preni uzanton %1</t>
         </is>
       </c>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>InputBarUpload of '%1' failed</t>
+          <t>InputBarFailed to fetch user %1</t>
         </is>
       </c>
       <c r="G296" t="inlineStr"/>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12883</t>
+          <t>../../src/timeline/InputBar.cpp:12855</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Invite users to %1</t>
+          <t>Upload of '%1' failed</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>Invitu uzantojn al %1</t>
+          <t>Alŝuto de «%1» malsukcesis</t>
         </is>
       </c>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>InviteDialogInvite users to %1</t>
+          <t>InputBarUpload of '%1' failed</t>
         </is>
       </c>
       <c r="G297" t="inlineStr"/>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12933</t>
+          <t>../qml/dialogs/InviteDialog.qml:12895</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Search user</t>
+          <t>Invite users to %1</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>Serĉi uzanton</t>
+          <t>Invitu uzantojn al %1</t>
         </is>
       </c>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>InviteDialogSearch user</t>
+          <t>InviteDialogInvite users to %1</t>
         </is>
       </c>
       <c r="G298" t="inlineStr"/>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12946</t>
+          <t>../qml/dialogs/InviteDialog.qml:12945</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>@user:yourserver.example.com</t>
+          <t>Search user</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>@uzanto:servilo.ekzemplo.org</t>
+          <t>Serĉi uzanton</t>
         </is>
       </c>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
+          <t>InviteDialogSearch user</t>
+        </is>
+      </c>
+      <c r="G299" t="inlineStr"/>
+      <c r="H299" t="inlineStr"/>
+    </row>
+    <row r="300">
+      <c r="A300" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/InviteDialog.qml:12958</t>
+        </is>
+      </c>
+      <c r="B300" t="inlineStr">
+        <is>
+          <t>@user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C300" t="inlineStr">
+        <is>
+          <t>@uzanto:servilo.ekzemplo.org</t>
+        </is>
+      </c>
+      <c r="D300" t="inlineStr"/>
+      <c r="E300" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F300" t="inlineStr">
+        <is>
           <t>InviteDialog
 Example user id. The name 'user' can be localized however you want.@user:yourserver.example.com</t>
         </is>
       </c>
-      <c r="G299" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G300" t="inlineStr"/>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13074</t>
+          <t>../qml/dialogs/InviteDialog.qml:13000</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Invite</t>
+          <t>Search on Server</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>Inviti</t>
+          <t>Serĉi en servilo</t>
         </is>
       </c>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>InviteDialogInvite</t>
+          <t>InviteDialogSearch on Server</t>
         </is>
       </c>
       <c r="G301" t="inlineStr"/>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13081</t>
+          <t>../qml/dialogs/InviteDialog.qml:13086</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Invite</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>Nuligi</t>
+          <t>Inviti</t>
         </is>
       </c>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>InviteDialogCancel</t>
+          <t>InviteDialogInvite</t>
         </is>
       </c>
       <c r="G302" t="inlineStr"/>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13095</t>
+          <t>../qml/dialogs/InviteDialog.qml:13093</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Join room</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>Aliĝi al ĉambro</t>
+          <t>Nuligi</t>
         </is>
       </c>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>JoinRoomDialogJoin room</t>
+          <t>InviteDialogCancel</t>
         </is>
       </c>
       <c r="G303" t="inlineStr"/>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13115</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13107</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Room ID or alias</t>
+          <t>Join room</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>Identigilo aŭ kromnomo de ĉambro</t>
+          <t>Aliĝi al ĉambro</t>
         </is>
       </c>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>JoinRoomDialogRoom ID or alias</t>
+          <t>JoinRoomDialogJoin room</t>
         </is>
       </c>
       <c r="G304" t="inlineStr"/>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13146</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13127</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Join</t>
+          <t>Room ID or alias</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>Aliĝi</t>
+          <t>Identigilo aŭ kromnomo de ĉambro</t>
         </is>
       </c>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>JoinRoomDialogJoin</t>
+          <t>JoinRoomDialogRoom ID or alias</t>
         </is>
       </c>
       <c r="G305" t="inlineStr"/>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13161</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13158</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Join</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>Eliri el ĉambro</t>
+          <t>Aliĝi</t>
         </is>
       </c>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>LeaveRoomDialogLeave room</t>
+          <t>JoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G306" t="inlineStr"/>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13162</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13173</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Are you sure you want to leave?</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>Ĉu vi certas, ke vi volas eliri?</t>
+          <t>Eliri el ĉambro</t>
         </is>
       </c>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>LeaveRoomDialogAre you sure you want to leave?</t>
+          <t>LeaveRoomDialogLeave room</t>
         </is>
       </c>
       <c r="G307" t="inlineStr"/>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13443</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13174</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
-          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+          <t>Are you sure you want to leave?</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>Vi enmetis nevalidan Matriksan identigilon (ekz. @uzanto:servilo.ekzemplo.org)</t>
+          <t>Ĉu vi certas, ke vi volas eliri?</t>
         </is>
       </c>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+          <t>LeaveRoomDialogAre you sure you want to leave?</t>
         </is>
       </c>
       <c r="G308" t="inlineStr"/>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13280</t>
+          <t>../../src/LoginPage.cpp:13455</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
+          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>Malsukcesis memaga trovado. Ricevis misformitan respondon.</t>
+          <t>Vi enmetis nevalidan Matriksan identigilon (ekz. @uzanto:servilo.ekzemplo.org)</t>
         </is>
       </c>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>LoginPageAutodiscovery failed. Received malformed response.</t>
+          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G309" t="inlineStr"/>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13286</t>
+          <t>../../src/LoginPage.cpp:13292</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>Malsukcesis memaga trovado. Okazis nekonata eraro dum petado. .well-known.</t>
+          <t>Malsukcesis memaga trovado. Ricevis misformitan respondon.</t>
         </is>
       </c>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>LoginPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G310" t="inlineStr"/>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13319</t>
+          <t>../../src/LoginPage.cpp:13298</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>La bezonataj konektaj lokoj ne troviĝis. Eble tio ne estas Matriksa servilo.</t>
+          <t>Malsukcesis memaga trovado. Okazis nekonata eraro dum petado. .well-known.</t>
         </is>
       </c>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G311" t="inlineStr"/>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13325</t>
+          <t>../../src/LoginPage.cpp:13331</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
-          <t>Ricevis misformitan respondon. Certiĝu, ke retnomo de la hejmservilo estas valida.</t>
+          <t>La bezonataj konektaj lokoj ne troviĝis. Eble tio ne estas Matriksa servilo.</t>
         </is>
       </c>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G312" t="inlineStr"/>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13333</t>
+          <t>../../src/LoginPage.cpp:13337</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>Okazis nekonata eraro. Certiĝu, ke retnomo de la hejmservilo estas valida.</t>
+          <t>Ricevis misformitan respondon. Certiĝu, ke retnomo de la hejmservilo estas valida.</t>
         </is>
       </c>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G313" t="inlineStr"/>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13354</t>
+          <t>../../src/LoginPage.cpp:13345</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>La elektita servilo ne subtenas version de Matrikso, kiun ĉi tiu kliento povus kompreni (%1 – %2). Vi ne povas saluti.</t>
+          <t>Okazis nekonata eraro. Certiĝu, ke retnomo de la hejmservilo estas valida.</t>
         </is>
       </c>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+          <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G314" t="inlineStr"/>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13375</t>
+          <t>../../src/LoginPage.cpp:13366</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Sign in with Apple</t>
+          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
-          <t>Saluti per Apple</t>
+          <t>La elektita servilo ne subtenas version de Matrikso, kiun ĉi tiu kliento povus kompreni (%1 – %2). Vi ne povas saluti.</t>
         </is>
       </c>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Apple</t>
+          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="G315" t="inlineStr"/>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13377</t>
+          <t>../../src/LoginPage.cpp:13387</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Continue with Facebook</t>
+          <t>Sign in with Apple</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>Pluiĝi per Facebook</t>
+          <t>Saluti per Apple</t>
         </is>
       </c>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>LoginPageContinue with Facebook</t>
+          <t>LoginPageSign in with Apple</t>
         </is>
       </c>
       <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13379</t>
+          <t>../../src/LoginPage.cpp:13389</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Sign in with Google</t>
+          <t>Continue with Facebook</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>Saluti per Google</t>
+          <t>Pluiĝi per Facebook</t>
         </is>
       </c>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Google</t>
+          <t>LoginPageContinue with Facebook</t>
         </is>
       </c>
       <c r="G317" t="inlineStr"/>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13381</t>
+          <t>../../src/LoginPage.cpp:13391</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Sign in with Twitter</t>
+          <t>Sign in with Google</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>Saluti per Twitter</t>
+          <t>Saluti per Google</t>
         </is>
       </c>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Twitter</t>
+          <t>LoginPageSign in with Google</t>
         </is>
       </c>
       <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13383</t>
+          <t>../../src/LoginPage.cpp:13393</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Login using %1</t>
+          <t>Sign in with Twitter</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>Saluti per %1</t>
+          <t>Saluti per Twitter</t>
         </is>
       </c>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>LoginPageLogin using %1</t>
+          <t>LoginPageSign in with Twitter</t>
         </is>
       </c>
       <c r="G319" t="inlineStr"/>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13392</t>
+          <t>../../src/LoginPage.cpp:13395</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
-          <t>SSO LOGIN</t>
+          <t>Login using %1</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>UNUNURA SALUTO</t>
+          <t>Saluti per %1</t>
         </is>
       </c>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>LoginPageSSO LOGIN</t>
+          <t>LoginPageLogin using %1</t>
         </is>
       </c>
       <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13450</t>
+          <t>../../src/LoginPage.cpp:13404</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Empty password</t>
+          <t>SSO LOGIN</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>Malplena pasvorto</t>
+          <t>UNUNURA SALUTO</t>
         </is>
       </c>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>LoginPageEmpty password</t>
+          <t>LoginPageSSO LOGIN</t>
         </is>
       </c>
       <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13505</t>
+          <t>../../src/LoginPage.cpp:13462</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>SSO login failed</t>
+          <t>Empty password</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>Malsukcesis ununura saluto</t>
+          <t>Malplena pasvorto</t>
         </is>
       </c>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>LoginPageSSO login failed</t>
+          <t>LoginPageEmpty password</t>
         </is>
       </c>
       <c r="G322" t="inlineStr"/>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13563</t>
+          <t>../../src/LoginPage.cpp:13517</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Matrix ID</t>
+          <t>SSO login failed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>Identigilo de Matrikso</t>
+          <t>Malsukcesis ununura saluto</t>
         </is>
       </c>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>LoginPageMatrix ID</t>
+          <t>LoginPageSSO login failed</t>
         </is>
       </c>
       <c r="G323" t="inlineStr"/>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13564</t>
+          <t>../qml/pages/LoginPage.qml:13575</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
-          <t>e.g @user:yourserver.example.com</t>
+          <t>Matrix ID</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>ekz. @uzanto:servilo.ekzemplo.org</t>
+          <t>Identigilo de Matrikso</t>
         </is>
       </c>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>LoginPagee.g @user:yourserver.example.com</t>
+          <t>LoginPageMatrix ID</t>
         </is>
       </c>
       <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13567</t>
+          <t>../qml/pages/LoginPage.qml:13576</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
+        <is>
+          <t>e.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C325" t="inlineStr">
+        <is>
+          <t>ekz. @uzanto:servilo.ekzemplo.org</t>
+        </is>
+      </c>
+      <c r="D325" t="inlineStr"/>
+      <c r="E325" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F325" t="inlineStr">
+        <is>
+          <t>LoginPagee.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="G325" t="inlineStr"/>
+      <c r="H325" t="inlineStr"/>
+    </row>
+    <row r="326">
+      <c r="A326" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13579</t>
+        </is>
+      </c>
+      <c r="B326" t="inlineStr">
         <is>
           <t>Your login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="C325" t="inlineStr">
+      <c r="C326" t="inlineStr">
         <is>
           <t>Via saluta nomo (matriksa identigilo) komenciĝu per la signo «@», sekvata de la uzantonomo. Post la uzantonomon vi skribu la signon «:» kaj la nomon de via servilo.
 Vi ankaŭ povas meti hejmservilan adreson, se via servilo ne subtenas la funkcion «.well-known».
 Ekzemple: @uzanto:servilo.ekzemplo.org
 Se Nheko malsukcesos trovi vian hejmservilon, ĝi montros kampon, kien vi metu la servilon permane.</t>
         </is>
       </c>
-      <c r="D325" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F325" t="inlineStr">
+      <c r="D326" t="inlineStr"/>
+      <c r="E326" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F326" t="inlineStr">
         <is>
           <t>LoginPageYour login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="G325" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G326" t="inlineStr"/>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13597</t>
+          <t>../qml/pages/LoginPage.qml:13607</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
-          <t>Your password.</t>
+          <t>Password</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>Via pasvorto.</t>
+          <t>Pasvorto</t>
         </is>
       </c>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>LoginPageYour password.</t>
+          <t>LoginPagePassword</t>
         </is>
       </c>
       <c r="G327" t="inlineStr"/>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13610</t>
+          <t>../qml/pages/LoginPage.qml:13609</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
-          <t>Show/Hide Password</t>
+          <t>Your password.</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>Montri/Kaŝi pasvorton</t>
+          <t>Via pasvorto.</t>
         </is>
       </c>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>LoginPageShow/Hide Password</t>
+          <t>LoginPageYour password.</t>
         </is>
       </c>
       <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13625</t>
+          <t>../qml/pages/LoginPage.qml:13622</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Device name</t>
+          <t>Show/Hide Password</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>Aparata nomo</t>
+          <t>Montri/Kaŝi pasvorton</t>
         </is>
       </c>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>LoginPageDevice name</t>
+          <t>LoginPageShow/Hide Password</t>
         </is>
       </c>
       <c r="G329" t="inlineStr"/>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13627</t>
+          <t>../qml/pages/LoginPage.qml:13637</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>Device name</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>Nomo por ĉi tiu aparato, kiu montriĝos al aliaj uzantoj, kiam ili kontrolos viajn aparatojn. Se nenio estos donita, uziĝos nomo implicita.</t>
+          <t>Aparata nomo</t>
         </is>
       </c>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>LoginPageDevice name</t>
         </is>
       </c>
       <c r="G330" t="inlineStr"/>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13637</t>
+          <t>../qml/pages/LoginPage.qml:13639</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Homeserver address</t>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>Adreso de hejmservilo</t>
+          <t>Nomo por ĉi tiu aparato, kiu montriĝos al aliaj uzantoj, kiam ili kontrolos viajn aparatojn. Se nenio estos donita, uziĝos nomo implicita.</t>
         </is>
       </c>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>LoginPageHomeserver address</t>
+          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="G331" t="inlineStr"/>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13638</t>
+          <t>../qml/pages/LoginPage.qml:13649</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
-          <t>yourserver.example.com:8787</t>
+          <t>Homeserver address</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>viaservilo.ekzemplo.com:8787</t>
+          <t>Adreso de hejmservilo</t>
         </is>
       </c>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>LoginPageyourserver.example.com:8787</t>
+          <t>LoginPageHomeserver address</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13641</t>
+          <t>../qml/pages/LoginPage.qml:13650</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
+        <is>
+          <t>yourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="C333" t="inlineStr">
+        <is>
+          <t>viaservilo.ekzemplo.com:8787</t>
+        </is>
+      </c>
+      <c r="D333" t="inlineStr"/>
+      <c r="E333" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F333" t="inlineStr">
+        <is>
+          <t>LoginPageyourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="G333" t="inlineStr"/>
+      <c r="H333" t="inlineStr"/>
+    </row>
+    <row r="334">
+      <c r="A334" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13653</t>
+        </is>
+      </c>
+      <c r="B334" t="inlineStr">
         <is>
           <t>The address that can be used to contact your homeserver's client API.
 Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
-      <c r="C333" t="inlineStr">
+      <c r="C334" t="inlineStr">
         <is>
           <t>La adreso, per kiu oni povas kontakti la klientan API de via hejmservilo.
 Ekzemplo: https://yourserver.example.com:8787</t>
         </is>
       </c>
-      <c r="D333" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F333" t="inlineStr">
+      <c r="D334" t="inlineStr"/>
+      <c r="E334" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F334" t="inlineStr">
         <is>
           <t>LoginPageThe address that can be used to contact your homeserver's client API.
 Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
-      <c r="G333" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B334" t="inlineStr">
+      <c r="G334" t="inlineStr"/>
+      <c r="H334" t="inlineStr"/>
+    </row>
+    <row r="335">
+      <c r="A335" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13685</t>
+        </is>
+      </c>
+      <c r="B335" t="inlineStr">
         <is>
           <t>LOGIN</t>
         </is>
       </c>
-      <c r="C334" t="inlineStr">
+      <c r="C335" t="inlineStr">
         <is>
           <t>SALUTI</t>
         </is>
       </c>
-      <c r="D334" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F334" t="inlineStr">
+      <c r="D335" t="inlineStr"/>
+      <c r="E335" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F335" t="inlineStr">
         <is>
           <t>LoginPageLOGIN</t>
         </is>
       </c>
-      <c r="G334" t="inlineStr"/>
-      <c r="H334" t="inlineStr">
+      <c r="G335" t="inlineStr"/>
+      <c r="H335" t="inlineStr">
         <is>
           <t xml:space="preserve">
 Maybe shouldn't be imperative?</t>
         </is>
       </c>
     </row>
-    <row r="335">
-[...28 lines deleted...]
-    </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13727</t>
+          <t>../qml/pages/LoginPage.qml:13727</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>Adiaŭi</t>
+          <t>Reen</t>
         </is>
       </c>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>LogoutDialogLog out</t>
+          <t>LoginPageBack</t>
         </is>
       </c>
       <c r="G336" t="inlineStr"/>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13739</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t>A call is in progress. Log out?</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>Okazas voko nun. Ĉu tamen adiaŭi?</t>
+          <t>Adiaŭi</t>
         </is>
       </c>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>LogoutDialogA call is in progress. Log out?</t>
+          <t>LogoutDialogLog out</t>
         </is>
       </c>
       <c r="G337" t="inlineStr"/>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Are you sure you want to log out?</t>
+          <t>A call is in progress. Log out?</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>Ĉu vi certas, ke vi volas adiaŭi?</t>
+          <t>Okazas voko nun. Ĉu tamen adiaŭi?</t>
         </is>
       </c>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>LogoutDialogAre you sure you want to log out?</t>
+          <t>LogoutDialogA call is in progress. Log out?</t>
         </is>
       </c>
       <c r="G338" t="inlineStr"/>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:13609</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Failed to upload media. Please try again.</t>
+          <t>Are you sure you want to log out?</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>Malsukcesis alŝuti vidaŭdaĵojn. Bonvolu reprovi.</t>
+          <t>Ĉu vi certas, ke vi volas adiaŭi?</t>
         </is>
       </c>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>MediaUploadFailed to upload media. Please try again.</t>
+          <t>LogoutDialogAre you sure you want to log out?</t>
         </is>
       </c>
       <c r="G339" t="inlineStr"/>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../../src/timeline/InputBar.cpp:13621</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
-          <t>Hang up</t>
+          <t>Failed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>Fini</t>
+          <t>Malsukcesis alŝuti vidaŭdaĵojn. Bonvolu reprovi.</t>
         </is>
       </c>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>MessageInputHang up</t>
+          <t>MediaUploadFailed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Already on a call</t>
+          <t>Hang up</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>Jam vokas</t>
+          <t>Fini</t>
         </is>
       </c>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>MessageInputAlready on a call</t>
+          <t>MessageInputHang up</t>
         </is>
       </c>
       <c r="G341" t="inlineStr"/>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Place a call</t>
+          <t>Already on a call</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>Voki</t>
+          <t>Jam vokas</t>
         </is>
       </c>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>MessageInputPlace a call</t>
+          <t>MessageInputAlready on a call</t>
         </is>
       </c>
       <c r="G342" t="inlineStr"/>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13684</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Send a file</t>
+          <t>Place a call</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>Sendi dosieron</t>
+          <t>Voki</t>
         </is>
       </c>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>MessageInputSend a file</t>
+          <t>MessageInputPlace a call</t>
         </is>
       </c>
       <c r="G343" t="inlineStr"/>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13752</t>
+          <t>../qml/MessageInput.qml:13696</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t>Write a message…</t>
+          <t>Send a file</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>Skribu mesaĝon…</t>
+          <t>Sendi dosieron</t>
         </is>
       </c>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>MessageInputWrite a message...</t>
+          <t>MessageInputSend a file</t>
         </is>
       </c>
       <c r="G344" t="inlineStr"/>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14015</t>
+          <t>../qml/MessageInput.qml:13764</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
-          <t>Stickers</t>
+          <t>Write a message…</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>Glumarkoj</t>
+          <t>Skribu mesaĝon…</t>
         </is>
       </c>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>MessageInputStickers</t>
+          <t>MessageInputWrite a message...</t>
         </is>
       </c>
       <c r="G345" t="inlineStr"/>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14039</t>
+          <t>../qml/MessageInput.qml:14037</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
-          <t>Emoji</t>
+          <t>Stickers</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>Bildosignoj</t>
+          <t>Glumarkoj</t>
         </is>
       </c>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>MessageInputEmoji</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageInputStickers</t>
+        </is>
+      </c>
+      <c r="G346" t="inlineStr"/>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
           <t>../qml/MessageInput.qml:14061</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>Emoji</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>Sendi</t>
+          <t>Bildosignoj</t>
         </is>
       </c>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>MessageInputSend</t>
-[...2 lines deleted...]
-      <c r="G347" t="inlineStr"/>
+          <t>MessageInputEmoji</t>
+        </is>
+      </c>
+      <c r="G347" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: bildosignoj</t>
+        </is>
+      </c>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14076</t>
+          <t>../qml/MessageInput.qml:14083</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>You don't have permission to send messages in this room</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>Vi ne rajtas sendi mesaĝojn en ĉi tiu ĉambro</t>
+          <t>Sendi</t>
         </is>
       </c>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>MessageInputYou don't have permission to send messages in this room</t>
+          <t>MessageInputSend</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
-          <t>../qml/MessageInputWarning.qml:14137</t>
+          <t>../qml/MessageInput.qml:14098</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Don't mention them in this message</t>
+          <t>You don't have permission to send messages in this room</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>Ne mencii ĝin en ĉi tiu mesaĝo</t>
+          <t>Vi ne rajtas sendi mesaĝojn en ĉi tiu ĉambro</t>
         </is>
       </c>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>MessageInputWarningDon't mention them in this message</t>
+          <t>MessageInputYou don't have permission to send messages in this room</t>
         </is>
       </c>
       <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14372</t>
+          <t>../qml/MessageInputWarning.qml:14159</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Edit</t>
+          <t>Don't mention them in this message</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>Redakti</t>
+          <t>Ne mencii ĝin en ĉi tiu mesaĝo</t>
         </is>
       </c>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>MessageViewEdit</t>
+          <t>MessageInputWarningDon't mention them in this message</t>
         </is>
       </c>
       <c r="G350" t="inlineStr"/>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14389</t>
+          <t>../qml/MessageView.qml:14396</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>React</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>Reagi</t>
+          <t>Redakti</t>
         </is>
       </c>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>MessageViewReact</t>
+          <t>MessageViewEdit</t>
         </is>
       </c>
       <c r="G351" t="inlineStr"/>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14413</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>Reply in thread</t>
+          <t>React</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>Respondi fadene</t>
+          <t>Reagi</t>
         </is>
       </c>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>MessageViewReply in thread</t>
+          <t>MessageViewReact</t>
         </is>
       </c>
       <c r="G352" t="inlineStr"/>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>New thread</t>
+          <t>Reply in thread</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>Nova fadeno</t>
+          <t>Respondi fadene</t>
         </is>
       </c>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>MessageViewNew thread</t>
+          <t>MessageViewReply in thread</t>
         </is>
       </c>
       <c r="G353" t="inlineStr"/>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14415</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
-          <t>Reply</t>
+          <t>New thread</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>Respondi</t>
+          <t>Nova fadeno</t>
         </is>
       </c>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>MessageViewReply</t>
+          <t>MessageViewNew thread</t>
         </is>
       </c>
       <c r="G354" t="inlineStr"/>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14426</t>
+          <t>../qml/MessageView.qml:14439</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Go to message</t>
+          <t>Reply</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>Iri al mesaĝo</t>
+          <t>Respondi</t>
         </is>
       </c>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>MessageViewGo to message</t>
+          <t>MessageViewReply</t>
         </is>
       </c>
       <c r="G355" t="inlineStr"/>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14443</t>
+          <t>../qml/MessageView.qml:14450</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
-          <t>Options</t>
+          <t>Go to message</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>Elektebloj</t>
+          <t>Iri al mesaĝo</t>
         </is>
       </c>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>MessageViewOptions</t>
+          <t>MessageViewGo to message</t>
         </is>
       </c>
       <c r="G356" t="inlineStr"/>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14576</t>
+          <t>../qml/MessageView.qml:14467</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
-          <t>Enter reason for removal or hit enter for no reason:</t>
+          <t>Options</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>Enigu kialon de forigo aŭ premu enigan klavon por vaka kialo:</t>
+          <t>Elektebloj</t>
         </is>
       </c>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
+          <t>MessageViewOptions</t>
         </is>
       </c>
       <c r="G357" t="inlineStr"/>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14577</t>
+          <t>../qml/MessageView.qml:14600</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
-          <t>Reason for removal</t>
+          <t>Enter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>Kialo de forigo</t>
+          <t>Enigu kialon de forigo aŭ premu enigan klavon por vaka kialo:</t>
         </is>
       </c>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>MessageViewReason for removal</t>
+          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G358" t="inlineStr"/>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
           <t>../qml/MessageView.qml:14601</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
-          <t>Go to &amp;message</t>
+          <t>Reason for removal</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>Iri al &amp;mesaĝo</t>
+          <t>Kialo de forigo</t>
         </is>
       </c>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>MessageViewGo to &amp;message</t>
+          <t>MessageViewReason for removal</t>
         </is>
       </c>
       <c r="G359" t="inlineStr"/>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14797</t>
+          <t>../qml/MessageView.qml:14625</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
-          <t>&amp;Copy</t>
+          <t>Go to &amp;message</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>&amp;Kopii</t>
+          <t>Iri al &amp;mesaĝo</t>
         </is>
       </c>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>MessageView&amp;Copy</t>
+          <t>MessageViewGo to &amp;message</t>
         </is>
       </c>
       <c r="G360" t="inlineStr"/>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14805</t>
+          <t>../qml/MessageView.qml:14823</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Copy &amp;link location</t>
+          <t>&amp;Copy</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>Kopii celon de &amp;ligilo</t>
+          <t>&amp;Kopii</t>
         </is>
       </c>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>MessageViewCopy &amp;link location</t>
+          <t>MessageView&amp;Copy</t>
         </is>
       </c>
       <c r="G361" t="inlineStr"/>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14630</t>
+          <t>../qml/MessageView.qml:14831</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
-          <t>Re&amp;act</t>
+          <t>Copy &amp;link location</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>Re&amp;agi</t>
+          <t>Kopii celon de &amp;ligilo</t>
         </is>
       </c>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>MessageViewRe&amp;act</t>
+          <t>MessageViewCopy &amp;link location</t>
         </is>
       </c>
       <c r="G362" t="inlineStr"/>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14641</t>
+          <t>../qml/MessageView.qml:14654</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
-          <t>Repl&amp;y</t>
+          <t>Re&amp;act</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>Re&amp;spondi</t>
+          <t>Re&amp;agi</t>
         </is>
       </c>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>MessageViewRepl&amp;y</t>
+          <t>MessageViewRe&amp;act</t>
         </is>
       </c>
       <c r="G363" t="inlineStr"/>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14649</t>
+          <t>../qml/MessageView.qml:14665</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
-          <t>&amp;Edit</t>
+          <t>Repl&amp;y</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>R&amp;edakti</t>
+          <t>Re&amp;spondi</t>
         </is>
       </c>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>MessageView&amp;Edit</t>
+          <t>MessageViewRepl&amp;y</t>
         </is>
       </c>
       <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14657</t>
+          <t>../qml/MessageView.qml:14673</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
-          <t>&amp;Thread</t>
+          <t>&amp;Edit</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>&amp;Fadeno</t>
+          <t>R&amp;edakti</t>
         </is>
       </c>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>MessageView&amp;Thread</t>
+          <t>MessageView&amp;Edit</t>
         </is>
       </c>
       <c r="G365" t="inlineStr"/>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14681</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Un&amp;pin</t>
+          <t>&amp;Thread</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>Mal&amp;fiksi</t>
+          <t>&amp;Fadeno</t>
         </is>
       </c>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>MessageViewUn&amp;pin</t>
+          <t>MessageView&amp;Thread</t>
         </is>
       </c>
       <c r="G366" t="inlineStr"/>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
-          <t>&amp;Pin</t>
+          <t>Un&amp;pin</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>&amp;Fiksi</t>
+          <t>Mal&amp;fiksi</t>
         </is>
       </c>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>MessageView&amp;Pin</t>
+          <t>MessageViewUn&amp;pin</t>
         </is>
       </c>
       <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14673</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
-          <t>&amp;Read receipts</t>
+          <t>&amp;Pin</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>K&amp;vitancoj</t>
+          <t>&amp;Fiksi</t>
         </is>
       </c>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>MessageView&amp;Read receipts</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageView&amp;Pin</t>
+        </is>
+      </c>
+      <c r="G368" t="inlineStr"/>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14680</t>
+          <t>../qml/MessageView.qml:14697</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
-          <t>&amp;Forward</t>
+          <t>&amp;Read receipts</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>&amp;Plusendi</t>
+          <t>K&amp;vitancoj</t>
         </is>
       </c>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>MessageView&amp;Forward</t>
-[...2 lines deleted...]
-      <c r="G369" t="inlineStr"/>
+          <t>MessageView&amp;Read receipts</t>
+        </is>
+      </c>
+      <c r="G369" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Kvitancoj</t>
+        </is>
+      </c>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14693</t>
+          <t>../qml/MessageView.qml:14704</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
-          <t>&amp;Mark as read</t>
+          <t>&amp;Forward</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>&amp;Marki legita</t>
+          <t>&amp;Plusendi</t>
         </is>
       </c>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>MessageView&amp;Mark as read</t>
+          <t>MessageView&amp;Forward</t>
         </is>
       </c>
       <c r="G370" t="inlineStr"/>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14698</t>
+          <t>../qml/MessageView.qml:14717</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
-          <t>View raw message</t>
+          <t>&amp;Mark as read</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>Vidi krudan mesaĝon</t>
+          <t>&amp;Marki legita</t>
         </is>
       </c>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>MessageViewView raw message</t>
+          <t>MessageView&amp;Mark as read</t>
         </is>
       </c>
       <c r="G371" t="inlineStr"/>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14705</t>
+          <t>../qml/MessageView.qml:14724</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
-          <t>View decrypted raw message</t>
+          <t>View raw message</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>Vidi malĉifritan krudan mesaĝon</t>
+          <t>Vidi krudan mesaĝon</t>
         </is>
       </c>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>MessageViewView decrypted raw message</t>
+          <t>MessageViewView raw message</t>
         </is>
       </c>
       <c r="G372" t="inlineStr"/>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14714</t>
+          <t>../qml/MessageView.qml:14731</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Remo&amp;ve message</t>
+          <t>View decrypted raw message</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>&amp;Forigi mesaĝon</t>
+          <t>Vidi malĉifritan krudan mesaĝon</t>
         </is>
       </c>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>MessageViewRemo&amp;ve message</t>
+          <t>MessageViewView decrypted raw message</t>
         </is>
       </c>
       <c r="G373" t="inlineStr"/>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14728</t>
+          <t>../qml/MessageView.qml:14740</t>
         </is>
       </c>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Report message</t>
+          <t>Remo&amp;ve message</t>
         </is>
       </c>
       <c r="C374" t="inlineStr">
         <is>
-          <t>Raporti mesaĝon</t>
+          <t>&amp;Forigi mesaĝon</t>
         </is>
       </c>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>MessageViewReport message</t>
+          <t>MessageViewRemo&amp;ve message</t>
         </is>
       </c>
       <c r="G374" t="inlineStr"/>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14739</t>
+          <t>../qml/MessageView.qml:14754</t>
         </is>
       </c>
       <c r="B375" t="inlineStr">
         <is>
-          <t>&amp;Save as</t>
+          <t>Report message</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>Kon&amp;servi kiel</t>
+          <t>Raporti mesaĝon</t>
         </is>
       </c>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>MessageView&amp;Save as</t>
+          <t>MessageViewReport message</t>
         </is>
       </c>
       <c r="G375" t="inlineStr"/>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14747</t>
+          <t>../qml/MessageView.qml:14765</t>
         </is>
       </c>
       <c r="B376" t="inlineStr">
         <is>
-          <t>&amp;Open in external program</t>
+          <t>&amp;Save as</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>&amp;Malfermi per aparta programo</t>
+          <t>Kon&amp;servi kiel</t>
         </is>
       </c>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>MessageView&amp;Open in external program</t>
+          <t>MessageView&amp;Save as</t>
         </is>
       </c>
       <c r="G376" t="inlineStr"/>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14755</t>
+          <t>../qml/MessageView.qml:14773</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Copy link to eve&amp;nt</t>
+          <t>&amp;Open in external program</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>Kopii ligilon al oka&amp;zo</t>
+          <t>&amp;Malfermi per aparta programo</t>
         </is>
       </c>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>MessageViewCopy link to eve&amp;nt</t>
+          <t>MessageView&amp;Open in external program</t>
         </is>
       </c>
       <c r="G377" t="inlineStr"/>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14813</t>
+          <t>../qml/MessageView.qml:14781</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
-          <t>&amp;Go to quoted message</t>
+          <t>Copy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>&amp;Iri al citita mesaĝo</t>
+          <t>Kopii ligilon al oka&amp;zo</t>
         </is>
       </c>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>MessageView&amp;Go to quoted message</t>
+          <t>MessageViewCopy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="G378" t="inlineStr"/>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/MessageView.qml:14839</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Send Verification Request</t>
+          <t>&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>Sendi kontrolpeton</t>
+          <t>&amp;Iri al citita mesaĝo</t>
         </is>
       </c>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>NewVerificationRequestSend Verification Request</t>
+          <t>MessageView&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
-          <t>Received Verification Request</t>
+          <t>Send Verification Request</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>Ricevita kontrolpeto</t>
+          <t>Sendi kontrolpeton</t>
         </is>
       </c>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>NewVerificationRequestReceived Verification Request</t>
+          <t>NewVerificationRequestSend Verification Request</t>
         </is>
       </c>
       <c r="G380" t="inlineStr"/>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14837</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B381" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>Received Verification Request</t>
         </is>
       </c>
       <c r="C381" t="inlineStr">
         <is>
-          <t>Por lasi aliajn uzantojn vidi, kiuj el viaj aparatoj fakte apartenas al vi, vi povas tiujn kontroli. Tio ankaŭ ebligas memagan savkopiadon de ŝlosiloj. Ĉu vi volus kontroli nekontrolitan aparaton nun? (Bonvolu certiĝi, ke almenaŭ unu el tiuj aparatoj estas disponebla.)</t>
+          <t>Ricevita kontrolpeto</t>
         </is>
       </c>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>NewVerificationRequestReceived Verification Request</t>
         </is>
       </c>
       <c r="G381" t="inlineStr"/>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14839</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14863</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>Por povigi aliajn uzantojn vidi, kiuj el viaj aparatoj fakte apartenas al vi, vi povas tiujn kontroli. Tio ankaŭ ebligas memagan savkopiadon de ŝlosiloj. Ĉu vi nun volus kontroli la aparaton %1?</t>
+          <t>Por lasi aliajn uzantojn vidi, kiuj el viaj aparatoj fakte apartenas al vi, vi povas tiujn kontroli. Tio ankaŭ ebligas memagan savkopiadon de ŝlosiloj. Ĉu vi volus kontroli nekontrolitan aparaton nun? (Bonvolu certiĝi, ke almenaŭ unu el tiuj aparatoj estas disponebla.)</t>
         </is>
       </c>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="G382" t="inlineStr"/>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14841</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14865</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
-          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>Por certigi, ke neniu malica uzanto subaŭskultas vian ĉifritan komunikadon, vi povas kontroli la kunparolanton.</t>
+          <t>Por povigi aliajn uzantojn vidi, kiuj el viaj aparatoj fakte apartenas al vi, vi povas tiujn kontroli. Tio ankaŭ ebligas memagan savkopiadon de ŝlosiloj. Ĉu vi nun volus kontroli la aparaton %1?</t>
         </is>
       </c>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="G383" t="inlineStr"/>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14844</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14867</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
-          <t>%1 has requested to verify their device %2.</t>
+          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>%1 petis kontrolon de sia aparato %2.</t>
+          <t>Por certigi, ke neniu malica uzanto subaŭskultas vian ĉifritan komunikadon, vi povas kontroli la kunparolanton.</t>
         </is>
       </c>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
+          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="G384" t="inlineStr"/>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14846</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14870</t>
         </is>
       </c>
       <c r="B385" t="inlineStr">
         <is>
-          <t>%1 using the device %2 has requested to be verified.</t>
+          <t>%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
-          <t>%1 petis kontrolon per la aparato %2.</t>
+          <t>%1 petis kontrolon de sia aparato %2.</t>
         </is>
       </c>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
+          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="G385" t="inlineStr"/>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14848</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14872</t>
         </is>
       </c>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Your device (%1) has requested to be verified.</t>
+          <t>%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>Via aparato (%1) petis kontrolon.</t>
+          <t>%1 petis kontrolon per la aparato %2.</t>
         </is>
       </c>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
+          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="G386" t="inlineStr"/>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14874</t>
         </is>
       </c>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Your device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>Nuligi</t>
+          <t>Via aparato (%1) petis kontrolon.</t>
         </is>
       </c>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>NewVerificationRequestCancel</t>
+          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="G387" t="inlineStr"/>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Deny</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>Rifuzi</t>
+          <t>Nuligi</t>
         </is>
       </c>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>NewVerificationRequestDeny</t>
+          <t>NewVerificationRequestCancel</t>
         </is>
       </c>
       <c r="G388" t="inlineStr"/>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Start verification</t>
+          <t>Deny</t>
         </is>
       </c>
       <c r="C389" t="inlineStr">
         <is>
-          <t>Komenci kontrolon</t>
+          <t>Rifuzi</t>
         </is>
       </c>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>NewVerificationRequestStart verification</t>
+          <t>NewVerificationRequestDeny</t>
         </is>
       </c>
       <c r="G389" t="inlineStr"/>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Accept</t>
+          <t>Start verification</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
-          <t>Akcepti</t>
+          <t>Komenci kontrolon</t>
         </is>
       </c>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>NewVerificationRequestAccept</t>
+          <t>NewVerificationRequestStart verification</t>
         </is>
       </c>
       <c r="G390" t="inlineStr"/>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15009</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B391" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
+          <t>Accept</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>%1 sendis ĉifritan mesaĝon</t>
+          <t>Akcepti</t>
         </is>
       </c>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 sent an encrypted message</t>
+          <t>NewVerificationRequestAccept</t>
         </is>
       </c>
       <c r="G391" t="inlineStr"/>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15021</t>
+          <t>../../src/notifications/ManagerMac.cpp:15035</t>
         </is>
       </c>
       <c r="B392" t="inlineStr">
         <is>
-          <t>%1 replied with a spoiler.</t>
+          <t>%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="C392" t="inlineStr">
         <is>
-          <t>%1 respondis per malkaŝo de intrigo.</t>
+          <t>%1 sendis ĉifritan mesaĝon</t>
         </is>
       </c>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
+          <t>NotificationsManager%1 sent an encrypted message</t>
+        </is>
+      </c>
+      <c r="G392" t="inlineStr"/>
+      <c r="H392" t="inlineStr"/>
+    </row>
+    <row r="393">
+      <c r="A393" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:15047</t>
+        </is>
+      </c>
+      <c r="B393" t="inlineStr">
+        <is>
+          <t>%1 replied with a spoiler.</t>
+        </is>
+      </c>
+      <c r="C393" t="inlineStr">
+        <is>
+          <t>%1 respondis per malkaŝo de intrigo.</t>
+        </is>
+      </c>
+      <c r="D393" t="inlineStr"/>
+      <c r="E393" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F393" t="inlineStr">
+        <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender.%1 replied with a spoiler.</t>
         </is>
       </c>
-      <c r="G392" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B393" t="inlineStr">
+      <c r="G393" t="inlineStr"/>
+      <c r="H393" t="inlineStr"/>
+    </row>
+    <row r="394">
+      <c r="A394" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:15057</t>
+        </is>
+      </c>
+      <c r="B394" t="inlineStr">
         <is>
           <t>%1 replied: %2</t>
         </is>
       </c>
-      <c r="C393" t="inlineStr">
+      <c r="C394" t="inlineStr">
         <is>
           <t>%1 respondis: %2</t>
         </is>
       </c>
-      <c r="D393" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F393" t="inlineStr">
+      <c r="D394" t="inlineStr"/>
+      <c r="E394" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F394" t="inlineStr">
         <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender, %2 the message%1 replied: %2</t>
         </is>
       </c>
-      <c r="G393" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G394" t="inlineStr"/>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15056</t>
         </is>
       </c>
       <c r="B395" t="inlineStr">
         <is>
-          <t>%1 replied to a message</t>
+          <t>%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="C395" t="inlineStr">
         <is>
-          <t>%1 respondis al mesaĝo</t>
+          <t>%1 respondis per ĉifrita mesaĝo</t>
         </is>
       </c>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 replied to a message</t>
+          <t>NotificationsManager%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="G395" t="inlineStr"/>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B396" t="inlineStr">
         <is>
-          <t>%1 sent a message</t>
+          <t>%1 replied to a message</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>%1 sendis mesaĝon</t>
+          <t>%1 respondis al mesaĝo</t>
         </is>
       </c>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 sent a message</t>
+          <t>NotificationsManager%1 replied to a message</t>
         </is>
       </c>
       <c r="G396" t="inlineStr"/>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15075</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Place a call to %1?</t>
+          <t>%1 sent a message</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>Ĉu voki al %1?</t>
+          <t>%1 sendis mesaĝon</t>
         </is>
       </c>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>PlaceCallPlace a call to %1?</t>
+          <t>NotificationsManager%1 sent a message</t>
         </is>
       </c>
       <c r="G397" t="inlineStr"/>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15091</t>
+          <t>../qml/voip/PlaceCall.qml:15101</t>
         </is>
       </c>
       <c r="B398" t="inlineStr">
         <is>
-          <t>No microphone found.</t>
+          <t>Place a call to %1?</t>
         </is>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>Neniu mikrofono troviĝis.</t>
+          <t>Ĉu voki al %1?</t>
         </is>
       </c>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>PlaceCallNo microphone found.</t>
+          <t>PlaceCallPlace a call to %1?</t>
         </is>
       </c>
       <c r="G398" t="inlineStr"/>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15115</t>
+          <t>../qml/voip/PlaceCall.qml:15117</t>
         </is>
       </c>
       <c r="B399" t="inlineStr">
         <is>
-          <t>Voice</t>
+          <t>No microphone found.</t>
         </is>
       </c>
       <c r="C399" t="inlineStr">
         <is>
-          <t>Voĉe</t>
+          <t>Neniu mikrofono troviĝis.</t>
         </is>
       </c>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>PlaceCallVoice</t>
+          <t>PlaceCallNo microphone found.</t>
         </is>
       </c>
       <c r="G399" t="inlineStr"/>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15128</t>
+          <t>../qml/voip/PlaceCall.qml:15141</t>
         </is>
       </c>
       <c r="B400" t="inlineStr">
         <is>
-          <t>Video</t>
+          <t>Voice</t>
         </is>
       </c>
       <c r="C400" t="inlineStr">
         <is>
-          <t>Vide</t>
+          <t>Voĉe</t>
         </is>
       </c>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>PlaceCallVideo</t>
+          <t>PlaceCallVoice</t>
         </is>
       </c>
       <c r="G400" t="inlineStr"/>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15141</t>
+          <t>../qml/voip/PlaceCall.qml:15154</t>
         </is>
       </c>
       <c r="B401" t="inlineStr">
         <is>
-          <t>Screen</t>
+          <t>Video</t>
         </is>
       </c>
       <c r="C401" t="inlineStr">
         <is>
-          <t>Ekrane</t>
+          <t>Vide</t>
         </is>
       </c>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>PlaceCallScreen</t>
+          <t>PlaceCallVideo</t>
         </is>
       </c>
       <c r="G401" t="inlineStr"/>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15157</t>
+          <t>../qml/voip/PlaceCall.qml:15167</t>
         </is>
       </c>
       <c r="B402" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Screen</t>
         </is>
       </c>
       <c r="C402" t="inlineStr">
         <is>
-          <t>Nuligi</t>
+          <t>Ekrane</t>
         </is>
       </c>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>PlaceCallCancel</t>
+          <t>PlaceCallScreen</t>
         </is>
       </c>
       <c r="G402" t="inlineStr"/>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr">
         <is>
-          <t>../qml/delegates/Placeholder.qml:15168</t>
+          <t>../qml/voip/PlaceCall.qml:15183</t>
         </is>
       </c>
       <c r="B403" t="inlineStr">
         <is>
-          <t xml:space="preserve">unimplemented event: </t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C403" t="inlineStr">
         <is>
-          <t xml:space="preserve">neprogramita okazo: </t>
+          <t>Nuligi</t>
         </is>
       </c>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t xml:space="preserve">Placeholderunimplemented event: </t>
+          <t>PlaceCallCancel</t>
         </is>
       </c>
       <c r="G403" t="inlineStr"/>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15194</t>
+          <t>../qml/delegates/Placeholder.qml:15194</t>
         </is>
       </c>
       <c r="B404" t="inlineStr">
         <is>
-          <t>Permissions in %1</t>
+          <t xml:space="preserve">unimplemented event: </t>
         </is>
       </c>
       <c r="C404" t="inlineStr">
         <is>
-          <t>Permesoj en %1</t>
+          <t xml:space="preserve">neprogramita okazo: </t>
         </is>
       </c>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>PowerLevelEditorPermissions in %1</t>
+          <t xml:space="preserve">Placeholderunimplemented event: </t>
         </is>
       </c>
       <c r="G404" t="inlineStr"/>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15208</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15220</t>
         </is>
       </c>
       <c r="B405" t="inlineStr">
         <is>
-          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>Permissions in %1</t>
         </is>
       </c>
       <c r="C405" t="inlineStr">
         <is>
-          <t>Redaktu permesojn nur tre atente. Vi ne povas malaltigi permesojn de personoj, kies nivelo superas aŭ egalas la vian. Altigu nivelon de aliuloj nur tre atente.</t>
+          <t>Permesoj en %1</t>
         </is>
       </c>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>PowerLevelEditorPermissions in %1</t>
         </is>
       </c>
       <c r="G405" t="inlineStr"/>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15221</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15234</t>
         </is>
       </c>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Roles</t>
+          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="C406" t="inlineStr">
         <is>
-          <t>Roloj</t>
+          <t>Redaktu permesojn nur tre atente. Vi ne povas malaltigi permesojn de personoj, kies nivelo superas aŭ egalas la vian. Altigu nivelon de aliuloj nur tre atente.</t>
         </is>
       </c>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRoles</t>
+          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="G406" t="inlineStr"/>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15224</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15247</t>
         </is>
       </c>
       <c r="B407" t="inlineStr">
         <is>
-          <t>Users</t>
+          <t>Roles</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>Uzantoj</t>
+          <t>Roloj</t>
         </is>
       </c>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUsers</t>
+          <t>PowerLevelEditorRoles</t>
         </is>
       </c>
       <c r="G407" t="inlineStr"/>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15244</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15250</t>
         </is>
       </c>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Move permissions between roles to change them</t>
+          <t>Users</t>
         </is>
       </c>
       <c r="C408" t="inlineStr">
         <is>
-          <t>Movu permesojn inter roloj por ilin ŝanĝi</t>
+          <t>Uzantoj</t>
         </is>
       </c>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove permissions between roles to change them</t>
+          <t>PowerLevelEditorUsers</t>
         </is>
       </c>
       <c r="G408" t="inlineStr"/>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15506</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
         </is>
       </c>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Administrator (%1)</t>
+          <t>Move permissions between roles to change them</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
-          <t>Administranto (%1)</t>
+          <t>Movu permesojn inter roloj por ilin ŝanĝi</t>
         </is>
       </c>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdministrator (%1)</t>
+          <t>PowerLevelEditorMove permissions between roles to change them</t>
         </is>
       </c>
       <c r="G409" t="inlineStr"/>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15508</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15536</t>
+        </is>
+      </c>
+      <c r="B410" t="inlineStr"/>
+      <c r="C410" t="inlineStr"/>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>PowerLevelEditorModerator (%1)</t>
+          <t>PowerLevelEditorCreator</t>
         </is>
       </c>
       <c r="G410" t="inlineStr"/>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15538</t>
         </is>
       </c>
       <c r="B411" t="inlineStr">
         <is>
-          <t>User (%1)</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>Uzanto (%1)</t>
+          <t>Administranto (%1)</t>
         </is>
       </c>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUser (%1)</t>
+          <t>PowerLevelEditorAdministrator (%1)</t>
         </is>
       </c>
       <c r="G411" t="inlineStr"/>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15510</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15540</t>
         </is>
       </c>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Custom (%1)</t>
+          <t>Moderator (%1)</t>
         </is>
       </c>
       <c r="C412" t="inlineStr">
         <is>
-          <t>Propra (%1)</t>
+          <t>Reguligisto (%1)</t>
         </is>
       </c>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>PowerLevelEditorCustom (%1)</t>
+          <t>PowerLevelEditorModerator (%1)</t>
         </is>
       </c>
       <c r="G412" t="inlineStr"/>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15542</t>
         </is>
       </c>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Remove event type</t>
+          <t>User (%1)</t>
         </is>
       </c>
       <c r="C413" t="inlineStr">
         <is>
-          <t>Forigi specon de okazo</t>
+          <t>Uzanto (%1)</t>
         </is>
       </c>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove event type</t>
+          <t>PowerLevelEditorUser (%1)</t>
         </is>
       </c>
       <c r="G413" t="inlineStr"/>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15544</t>
         </is>
       </c>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Add event type</t>
+          <t>Custom (%1)</t>
         </is>
       </c>
       <c r="C414" t="inlineStr">
         <is>
-          <t>Aldoni specon de okazo</t>
+          <t>Propra (%1)</t>
         </is>
       </c>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd event type</t>
+          <t>PowerLevelEditorCustom (%1)</t>
         </is>
       </c>
       <c r="G414" t="inlineStr"/>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15327</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B415" t="inlineStr">
         <is>
-          <t>Add new role</t>
+          <t>Remove event type</t>
         </is>
       </c>
       <c r="C415" t="inlineStr">
         <is>
-          <t>Aldoni novan rolon</t>
+          <t>Forigi specon de okazo</t>
         </is>
       </c>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd new role</t>
+          <t>PowerLevelEditorRemove event type</t>
         </is>
       </c>
       <c r="G415" t="inlineStr"/>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15365</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B416" t="inlineStr">
         <is>
-          <t>Add</t>
+          <t>Add event type</t>
         </is>
       </c>
       <c r="C416" t="inlineStr">
         <is>
-          <t>Aldoni</t>
+          <t>Aldoni specon de okazo</t>
         </is>
       </c>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd</t>
+          <t>PowerLevelEditorAdd event type</t>
         </is>
       </c>
       <c r="G416" t="inlineStr"/>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15381</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15356</t>
         </is>
       </c>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Move users up or down to change their permissions</t>
+          <t>Add new role</t>
         </is>
       </c>
       <c r="C417" t="inlineStr">
         <is>
-          <t>Movu uzantojn supren aŭ malsupren por ŝanĝi iliajn permesojn</t>
+          <t>Aldoni novan rolon</t>
         </is>
       </c>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove users up or down to change their permissions</t>
+          <t>PowerLevelEditorAdd new role</t>
         </is>
       </c>
       <c r="G417" t="inlineStr"/>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15394</t>
         </is>
       </c>
       <c r="B418" t="inlineStr">
         <is>
-          <t>Remove user</t>
+          <t>Add</t>
         </is>
       </c>
       <c r="C418" t="inlineStr">
         <is>
-          <t>Forigi uzanton</t>
+          <t>Aldoni</t>
         </is>
       </c>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove user</t>
+          <t>PowerLevelEditorAdd</t>
         </is>
       </c>
       <c r="G418" t="inlineStr"/>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15410</t>
         </is>
       </c>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Add user</t>
+          <t>Move users up or down to change their permissions</t>
         </is>
       </c>
       <c r="C419" t="inlineStr">
         <is>
-          <t>Aldoni uzanton</t>
+          <t>Movu uzantojn supren aŭ malsupren por ŝanĝi iliajn permesojn</t>
         </is>
       </c>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd user</t>
+          <t>PowerLevelEditorMove users up or down to change their permissions</t>
         </is>
       </c>
       <c r="G419" t="inlineStr"/>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15548</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Apply permission changes</t>
+          <t>Remove user</t>
         </is>
       </c>
       <c r="C420" t="inlineStr">
         <is>
-          <t>Efektivigi ŝanĝojn de permesoj</t>
+          <t>Forigi uzanton</t>
         </is>
       </c>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
+          <t>PowerLevelEditorRemove user</t>
         </is>
       </c>
       <c r="G420" t="inlineStr"/>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15562</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>Add user</t>
         </is>
       </c>
       <c r="C421" t="inlineStr">
         <is>
-          <t>Por kiuj subkomunumoj kaj ĉambroj efektiviĝu ĉi tiuj permesoj?</t>
+          <t>Aldoni uzanton</t>
         </is>
       </c>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>PowerLevelEditorAdd user</t>
         </is>
       </c>
       <c r="G421" t="inlineStr"/>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15576</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15582</t>
         </is>
       </c>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Apply permissions recursively</t>
+          <t>Apply permission changes</t>
         </is>
       </c>
       <c r="C422" t="inlineStr">
         <is>
-          <t>Efektivigi permesojn profunde</t>
+          <t>Efektivigi ŝanĝojn de permesoj</t>
         </is>
       </c>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
+          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
         </is>
       </c>
       <c r="G422" t="inlineStr"/>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15588</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15596</t>
         </is>
       </c>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Overwrite exisiting modifications in rooms</t>
+          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="C423" t="inlineStr">
         <is>
-          <t>Ŝanĝi eĉ jamajn ŝanĝojn en ĉambroj</t>
+          <t>Por kiuj subkomunumoj kaj ĉambroj efektiviĝu ĉi tiuj permesoj?</t>
         </is>
       </c>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
+          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="G423" t="inlineStr"/>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15629</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15610</t>
         </is>
       </c>
       <c r="B424" t="inlineStr">
         <is>
-          <t>No permissions to apply the new permissions here</t>
+          <t>Apply permissions recursively</t>
         </is>
       </c>
       <c r="C424" t="inlineStr">
         <is>
-          <t>Mankas permesoj efektivigi la novajn permesojn tie ĉi</t>
+          <t>Efektivigi permesojn profunde</t>
         </is>
       </c>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
+          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
         </is>
       </c>
       <c r="G424" t="inlineStr"/>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15630</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15622</t>
         </is>
       </c>
       <c r="B425" t="inlineStr">
         <is>
-          <t>No changes needed</t>
+          <t>Overwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="C425" t="inlineStr">
         <is>
-          <t>Neniuj ŝanĝoj necesas</t>
+          <t>Ŝanĝi eĉ jamajn ŝanĝojn en ĉambroj</t>
         </is>
       </c>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
+          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="G425" t="inlineStr"/>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15631</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15663</t>
         </is>
       </c>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Existing modifications to the permissions in this room will be overwritten</t>
+          <t>No permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="C426" t="inlineStr">
         <is>
-          <t>Jamaj ŝanĝoj al la permesoj en ĉi tiu ĉambro ankaŭ estos ŝanĝitaj</t>
+          <t>Mankas permesoj efektivigi la novajn permesojn tie ĉi</t>
         </is>
       </c>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
+          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="G426" t="inlineStr"/>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15632</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15664</t>
         </is>
       </c>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Permissions synchronized with community</t>
+          <t>No changes needed</t>
         </is>
       </c>
       <c r="C427" t="inlineStr">
         <is>
-          <t>Permesoj speguliĝis en la komunumo</t>
+          <t>Neniuj ŝanĝoj necesas</t>
         </is>
       </c>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
+          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
         </is>
       </c>
       <c r="G427" t="inlineStr"/>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16382</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15665</t>
         </is>
       </c>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
+          <t>Existing modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="C428" t="inlineStr">
         <is>
-          <t>Malsukcesis ŝanĝi povnivelon: %1</t>
+          <t>Jamaj ŝanĝoj al la permesoj en ĉi tiu ĉambro ankaŭ estos ŝanĝitaj</t>
         </is>
       </c>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>PowerLevelsFailed to update powerlevel: %1</t>
+          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="G428" t="inlineStr"/>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16263</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15666</t>
         </is>
       </c>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
+          <t>Permissions synchronized with community</t>
         </is>
       </c>
       <c r="C429" t="inlineStr">
         <is>
-          <t>Malsukcesis ŝanĝi povnivelon: %1</t>
+          <t>Permesoj speguliĝis en la komunumo</t>
         </is>
       </c>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
+          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
         </is>
       </c>
       <c r="G429" t="inlineStr"/>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16293</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16454</t>
         </is>
       </c>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Administrator: %1</t>
+          <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C430" t="inlineStr">
         <is>
-          <t>Administranto: %1</t>
+          <t>Malsukcesis ŝanĝi povnivelon: %1</t>
         </is>
       </c>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorAdministrator: %1</t>
+          <t>PowerLevelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G430" t="inlineStr"/>
       <c r="H430" t="inlineStr"/>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16295</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16327</t>
         </is>
       </c>
       <c r="B431" t="inlineStr">
         <is>
-          <t>Moderator: %1</t>
+          <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C431" t="inlineStr">
         <is>
-          <t>Reguligisto: %1</t>
+          <t>Malsukcesis ŝanĝi povnivelon: %1</t>
         </is>
       </c>
       <c r="D431" t="inlineStr"/>
       <c r="E431" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F431" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorModerator: %1</t>
+          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G431" t="inlineStr"/>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16297</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/components/PowerlevelIndicator.qml:16359</t>
+        </is>
+      </c>
+      <c r="B432" t="inlineStr"/>
+      <c r="C432" t="inlineStr"/>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorUser: %1</t>
+          <t>PowerlevelIndicatorCreator</t>
         </is>
       </c>
       <c r="G432" t="inlineStr"/>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15829</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16361</t>
         </is>
       </c>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Other events</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C433" t="inlineStr">
         <is>
-          <t>Aliaj okazoj</t>
+          <t>Administranto (%1)</t>
         </is>
       </c>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther events</t>
+          <t>PowerlevelIndicatorAdministrator (%1)</t>
         </is>
       </c>
       <c r="G433" t="inlineStr"/>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15831</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16363</t>
         </is>
       </c>
       <c r="B434" t="inlineStr">
         <is>
-          <t>Other state events</t>
+          <t>Moderator: %1</t>
         </is>
       </c>
       <c r="C434" t="inlineStr">
         <is>
-          <t>Aliaj statokazoj</t>
+          <t>Reguligisto: %1</t>
         </is>
       </c>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther state events</t>
+          <t>PowerlevelIndicatorModerator: %1</t>
         </is>
       </c>
       <c r="G434" t="inlineStr"/>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15833</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16365</t>
         </is>
       </c>
       <c r="B435" t="inlineStr">
         <is>
-          <t>Remove other users</t>
+          <t>User: %1</t>
         </is>
       </c>
       <c r="C435" t="inlineStr">
         <is>
-          <t>Forigi aliajn uzantojn</t>
+          <t>Uzanto: %1</t>
         </is>
       </c>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRemove other users</t>
+          <t>PowerlevelIndicatorUser: %1</t>
         </is>
       </c>
       <c r="G435" t="inlineStr"/>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15835</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
         </is>
       </c>
       <c r="B436" t="inlineStr">
         <is>
-          <t>Ban other users</t>
+          <t>Other events</t>
         </is>
       </c>
       <c r="C436" t="inlineStr">
         <is>
-          <t>Forbari aliajn uzantojn</t>
+          <t>Aliaj okazoj</t>
         </is>
       </c>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan other users</t>
+          <t>PowerlevelsTypeListModelOther events</t>
         </is>
       </c>
       <c r="G436" t="inlineStr"/>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15837</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
         </is>
       </c>
       <c r="B437" t="inlineStr">
         <is>
-          <t>Invite other users</t>
+          <t>Other state events</t>
         </is>
       </c>
       <c r="C437" t="inlineStr">
         <is>
-          <t>Inviti aliajn uzantojn</t>
+          <t>Aliaj statokazoj</t>
         </is>
       </c>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelInvite other users</t>
+          <t>PowerlevelsTypeListModelOther state events</t>
         </is>
       </c>
       <c r="G437" t="inlineStr"/>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15839</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
         </is>
       </c>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Redact events sent by others</t>
+          <t>Remove other users</t>
         </is>
       </c>
       <c r="C438" t="inlineStr">
         <is>
-          <t>Forigi okazojn senditajn de aliuloj</t>
+          <t>Forigi aliajn uzantojn</t>
         </is>
       </c>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact events sent by others</t>
+          <t>PowerlevelsTypeListModelRemove other users</t>
         </is>
       </c>
       <c r="G438" t="inlineStr"/>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15841</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15879</t>
         </is>
       </c>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Reactions</t>
+          <t>Ban other users</t>
         </is>
       </c>
       <c r="C439" t="inlineStr">
         <is>
-          <t>Reagoj</t>
+          <t>Forbari aliajn uzantojn</t>
         </is>
       </c>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReactions</t>
+          <t>PowerlevelsTypeListModelBan other users</t>
         </is>
       </c>
       <c r="G439" t="inlineStr"/>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15843</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15881</t>
         </is>
       </c>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Deprecated aliases events</t>
+          <t>Invite other users</t>
         </is>
       </c>
       <c r="C440" t="inlineStr">
         <is>
-          <t>Okazoj pri forlasitaj kromnomoj</t>
+          <t>Inviti aliajn uzantojn</t>
         </is>
       </c>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
+          <t>PowerlevelsTypeListModelInvite other users</t>
         </is>
       </c>
       <c r="G440" t="inlineStr"/>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15845</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15883</t>
         </is>
       </c>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Change the room avatar</t>
+          <t>Redact events sent by others</t>
         </is>
       </c>
       <c r="C441" t="inlineStr">
         <is>
-          <t>Ŝanĝi bildon de la ĉambro</t>
+          <t>Forigi okazojn senditajn de aliuloj</t>
         </is>
       </c>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room avatar</t>
+          <t>PowerlevelsTypeListModelRedact events sent by others</t>
         </is>
       </c>
       <c r="G441" t="inlineStr"/>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15847</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15885</t>
         </is>
       </c>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Change the room addresses</t>
+          <t>Reactions</t>
         </is>
       </c>
       <c r="C442" t="inlineStr">
         <is>
-          <t>Ŝanĝi adresojn de la ĉambro</t>
+          <t>Reagoj</t>
         </is>
       </c>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room addresses</t>
+          <t>PowerlevelsTypeListModelReactions</t>
         </is>
       </c>
       <c r="G442" t="inlineStr"/>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15849</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
         </is>
       </c>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Send encrypted messages</t>
+          <t>Deprecated aliases events</t>
         </is>
       </c>
       <c r="C443" t="inlineStr">
         <is>
-          <t>Sendi ĉifritajn mesaĝojn</t>
+          <t>Okazoj pri forlasitaj kromnomoj</t>
         </is>
       </c>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend encrypted messages</t>
+          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
         </is>
       </c>
       <c r="G443" t="inlineStr"/>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15851</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
         </is>
       </c>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Enable encryption</t>
+          <t>Change the room avatar</t>
         </is>
       </c>
       <c r="C444" t="inlineStr">
         <is>
-          <t>Ŝalti ĉifradon</t>
+          <t>Ŝanĝi bildon de la ĉambro</t>
         </is>
       </c>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEnable encryption</t>
+          <t>PowerlevelsTypeListModelChange the room avatar</t>
         </is>
       </c>
       <c r="G444" t="inlineStr"/>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15853</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15891</t>
         </is>
       </c>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Change guest access</t>
+          <t>Change the room addresses</t>
         </is>
       </c>
       <c r="C445" t="inlineStr">
         <is>
-          <t>Ŝanĝi aliron de gastoj</t>
+          <t>Ŝanĝi adresojn de la ĉambro</t>
         </is>
       </c>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange guest access</t>
+          <t>PowerlevelsTypeListModelChange the room addresses</t>
         </is>
       </c>
       <c r="G445" t="inlineStr"/>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15855</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15893</t>
         </is>
       </c>
       <c r="B446" t="inlineStr">
         <is>
-          <t>Change history visibility</t>
+          <t>Send encrypted messages</t>
         </is>
       </c>
       <c r="C446" t="inlineStr">
         <is>
-          <t>Ŝanĝi videblecon de historio</t>
+          <t>Sendi ĉifritajn mesaĝojn</t>
         </is>
       </c>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange history visibility</t>
+          <t>PowerlevelsTypeListModelSend encrypted messages</t>
         </is>
       </c>
       <c r="G446" t="inlineStr"/>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15857</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15895</t>
         </is>
       </c>
       <c r="B447" t="inlineStr">
         <is>
-          <t>Change who can join</t>
+          <t>Enable encryption</t>
         </is>
       </c>
       <c r="C447" t="inlineStr">
         <is>
-          <t>Ŝanĝi enireblecon</t>
+          <t>Ŝalti ĉifradon</t>
         </is>
       </c>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange who can join</t>
+          <t>PowerlevelsTypeListModelEnable encryption</t>
         </is>
       </c>
       <c r="G447" t="inlineStr"/>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15859</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15897</t>
         </is>
       </c>
       <c r="B448" t="inlineStr">
         <is>
-          <t>Send messages</t>
+          <t>Change guest access</t>
         </is>
       </c>
       <c r="C448" t="inlineStr">
         <is>
-          <t>Sendi mesaĝojn</t>
+          <t>Ŝanĝi aliron de gastoj</t>
         </is>
       </c>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend messages</t>
+          <t>PowerlevelsTypeListModelChange guest access</t>
         </is>
       </c>
       <c r="G448" t="inlineStr"/>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15861</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15899</t>
         </is>
       </c>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Change the room name</t>
+          <t>Change history visibility</t>
         </is>
       </c>
       <c r="C449" t="inlineStr">
         <is>
-          <t>Ŝanĝi nomon de ĉambro</t>
+          <t>Ŝanĝi videblecon de historio</t>
         </is>
       </c>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room name</t>
+          <t>PowerlevelsTypeListModelChange history visibility</t>
         </is>
       </c>
       <c r="G449" t="inlineStr"/>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15863</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15901</t>
         </is>
       </c>
       <c r="B450" t="inlineStr">
         <is>
-          <t>Change the room permissions</t>
+          <t>Change who can join</t>
         </is>
       </c>
       <c r="C450" t="inlineStr">
         <is>
-          <t>Ŝanĝi permesojn de ĉambro</t>
+          <t>Ŝanĝi enireblecon</t>
         </is>
       </c>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room permissions</t>
+          <t>PowerlevelsTypeListModelChange who can join</t>
         </is>
       </c>
       <c r="G450" t="inlineStr"/>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15865</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15903</t>
         </is>
       </c>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Change the rooms topic</t>
+          <t>Send messages</t>
         </is>
       </c>
       <c r="C451" t="inlineStr">
         <is>
-          <t>Ŝanĝi temon de ĉambro</t>
+          <t>Sendi mesaĝojn</t>
         </is>
       </c>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the rooms topic</t>
+          <t>PowerlevelsTypeListModelSend messages</t>
         </is>
       </c>
       <c r="G451" t="inlineStr"/>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15867</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15905</t>
         </is>
       </c>
       <c r="B452" t="inlineStr">
         <is>
-          <t>Change the widgets</t>
+          <t>Change the room name</t>
         </is>
       </c>
       <c r="C452" t="inlineStr">
         <is>
-          <t>Ŝanĝi la fenestraĵojn</t>
+          <t>Ŝanĝi nomon de ĉambro</t>
         </is>
       </c>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets</t>
+          <t>PowerlevelsTypeListModelChange the room name</t>
         </is>
       </c>
       <c r="G452" t="inlineStr"/>
       <c r="H452" t="inlineStr"/>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15869</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15907</t>
         </is>
       </c>
       <c r="B453" t="inlineStr">
         <is>
-          <t>Change the widgets (experimental)</t>
+          <t>Change the room permissions</t>
         </is>
       </c>
       <c r="C453" t="inlineStr">
         <is>
-          <t>Ŝanĝi la fenestraĵojn (eksperimenta)</t>
+          <t>Ŝanĝi permesojn de ĉambro</t>
         </is>
       </c>
       <c r="D453" t="inlineStr"/>
       <c r="E453" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
+          <t>PowerlevelsTypeListModelChange the room permissions</t>
         </is>
       </c>
       <c r="G453" t="inlineStr"/>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15871</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15909</t>
         </is>
       </c>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Redact own events</t>
+          <t>Change the rooms topic</t>
         </is>
       </c>
       <c r="C454" t="inlineStr">
         <is>
-          <t>Forigi proprajn okazojn</t>
+          <t>Ŝanĝi temon de ĉambro</t>
         </is>
       </c>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact own events</t>
+          <t>PowerlevelsTypeListModelChange the rooms topic</t>
         </is>
       </c>
       <c r="G454" t="inlineStr"/>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15911</t>
         </is>
       </c>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Change the pinned events</t>
+          <t>Change the widgets</t>
         </is>
       </c>
       <c r="C455" t="inlineStr">
         <is>
-          <t>Ŝanĝi la fiksitajn okazojn</t>
+          <t>Ŝanĝi la fenestraĵojn</t>
         </is>
       </c>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the pinned events</t>
+          <t>PowerlevelsTypeListModelChange the widgets</t>
         </is>
       </c>
       <c r="G455" t="inlineStr"/>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15913</t>
         </is>
       </c>
       <c r="B456" t="inlineStr">
         <is>
-          <t>Upgrade the room</t>
+          <t>Change the widgets (experimental)</t>
         </is>
       </c>
       <c r="C456" t="inlineStr">
         <is>
-          <t>Gradaltigi la ĉambron</t>
+          <t>Ŝanĝi la fenestraĵojn (eksperimenta)</t>
         </is>
       </c>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelUpgrade the room</t>
+          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
         </is>
       </c>
       <c r="G456" t="inlineStr"/>
-      <c r="H456" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H456" t="inlineStr"/>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15915</t>
         </is>
       </c>
       <c r="B457" t="inlineStr">
         <is>
-          <t>Send stickers</t>
+          <t>Redact own events</t>
         </is>
       </c>
       <c r="C457" t="inlineStr">
         <is>
-          <t>Sendi glumarkojn</t>
+          <t>Forigi proprajn okazojn</t>
         </is>
       </c>
       <c r="D457" t="inlineStr"/>
       <c r="E457" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F457" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend stickers</t>
+          <t>PowerlevelsTypeListModelRedact own events</t>
         </is>
       </c>
       <c r="G457" t="inlineStr"/>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15880</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15917</t>
         </is>
       </c>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Ban users using policy rules</t>
+          <t>Change the pinned events</t>
         </is>
       </c>
       <c r="C458" t="inlineStr">
         <is>
-          <t>Forbari uzantojn per politikaj reguloj</t>
+          <t>Ŝanĝi la fiksitajn okazojn</t>
         </is>
       </c>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan users using policy rules</t>
+          <t>PowerlevelsTypeListModelChange the pinned events</t>
         </is>
       </c>
       <c r="G458" t="inlineStr"/>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15882</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15919</t>
         </is>
       </c>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Ban rooms using policy rules</t>
+          <t>Upgrade the room</t>
         </is>
       </c>
       <c r="C459" t="inlineStr">
         <is>
-          <t>Forbari ĉambrojn per politikaj reguloj</t>
+          <t>Gradaltigi la ĉambron</t>
         </is>
       </c>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
+          <t>PowerlevelsTypeListModelUpgrade the room</t>
         </is>
       </c>
       <c r="G459" t="inlineStr"/>
-      <c r="H459" t="inlineStr"/>
+      <c r="H459" t="inlineStr">
+        <is>
+          <t>Means upgrading to a new room version</t>
+        </is>
+      </c>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15884</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15921</t>
         </is>
       </c>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Ban servers using policy rules</t>
+          <t>Send stickers</t>
         </is>
       </c>
       <c r="C460" t="inlineStr">
         <is>
-          <t>Forbari servilojn per politikaj reguloj</t>
+          <t>Sendi glumarkojn</t>
         </is>
       </c>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
+          <t>PowerlevelsTypeListModelSend stickers</t>
         </is>
       </c>
       <c r="G460" t="inlineStr"/>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15924</t>
         </is>
       </c>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Edit child communities and rooms</t>
+          <t>Ban users using policy rules</t>
         </is>
       </c>
       <c r="C461" t="inlineStr">
         <is>
-          <t>Redakti idajn komunumojn kaj ĉambrojn</t>
+          <t>Forbari uzantojn per politikaj reguloj</t>
         </is>
       </c>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
+          <t>PowerlevelsTypeListModelBan users using policy rules</t>
         </is>
       </c>
       <c r="G461" t="inlineStr"/>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15926</t>
         </is>
       </c>
       <c r="B462" t="inlineStr">
         <is>
-          <t>Change parent communities</t>
+          <t>Ban rooms using policy rules</t>
         </is>
       </c>
       <c r="C462" t="inlineStr">
         <is>
-          <t>Ŝanĝi patrajn komunumojn</t>
+          <t>Forbari ĉambrojn per politikaj reguloj</t>
         </is>
       </c>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange parent communities</t>
+          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
         </is>
       </c>
       <c r="G462" t="inlineStr"/>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15892</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15928</t>
         </is>
       </c>
       <c r="B463" t="inlineStr">
         <is>
-          <t>Start a call</t>
+          <t>Ban servers using policy rules</t>
         </is>
       </c>
       <c r="C463" t="inlineStr">
         <is>
-          <t>Komenci vokon</t>
+          <t>Forbari servilojn per politikaj reguloj</t>
         </is>
       </c>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelStart a call</t>
+          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
         </is>
       </c>
       <c r="G463" t="inlineStr"/>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15894</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15931</t>
         </is>
       </c>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Negotiate a call</t>
+          <t>Edit child communities and rooms</t>
         </is>
       </c>
       <c r="C464" t="inlineStr">
         <is>
-          <t>Trakti vokon</t>
+          <t>Redakti idajn komunumojn kaj ĉambrojn</t>
         </is>
       </c>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelNegotiate a call</t>
+          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
         </is>
       </c>
       <c r="G464" t="inlineStr"/>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15896</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15933</t>
         </is>
       </c>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Answer a call</t>
+          <t>Change parent communities</t>
         </is>
       </c>
       <c r="C465" t="inlineStr">
         <is>
-          <t>Respondi vokon</t>
+          <t>Ŝanĝi patrajn komunumojn</t>
         </is>
       </c>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelAnswer a call</t>
+          <t>PowerlevelsTypeListModelChange parent communities</t>
         </is>
       </c>
       <c r="G465" t="inlineStr"/>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15898</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15936</t>
         </is>
       </c>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Hang up a call</t>
+          <t>Start a call</t>
         </is>
       </c>
       <c r="C466" t="inlineStr">
         <is>
-          <t>Fini vokon</t>
+          <t>Komenci vokon</t>
         </is>
       </c>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelHang up a call</t>
+          <t>PowerlevelsTypeListModelStart a call</t>
         </is>
       </c>
       <c r="G466" t="inlineStr"/>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15900</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15938</t>
         </is>
       </c>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Reject a call</t>
+          <t>Negotiate a call</t>
         </is>
       </c>
       <c r="C467" t="inlineStr">
         <is>
-          <t>Malakcepti vokon</t>
+          <t>Trakti vokon</t>
         </is>
       </c>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReject a call</t>
+          <t>PowerlevelsTypeListModelNegotiate a call</t>
         </is>
       </c>
       <c r="G467" t="inlineStr"/>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15902</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15940</t>
         </is>
       </c>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Change the room emotes</t>
+          <t>Answer a call</t>
         </is>
       </c>
       <c r="C468" t="inlineStr">
         <is>
-          <t>Ŝanĝi mienetojn de la ĉambro</t>
+          <t>Respondi vokon</t>
         </is>
       </c>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room emotes</t>
+          <t>PowerlevelsTypeListModelAnswer a call</t>
         </is>
       </c>
       <c r="G468" t="inlineStr"/>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16119</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15942</t>
         </is>
       </c>
       <c r="B469" t="inlineStr">
         <is>
-          <t>Other users</t>
+          <t>Hang up a call</t>
         </is>
       </c>
       <c r="C469" t="inlineStr">
         <is>
-          <t>Aliaj uzantoj</t>
+          <t>Fini vokon</t>
         </is>
       </c>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>PowerlevelsUserListModelOther users</t>
+          <t>PowerlevelsTypeListModelHang up a call</t>
         </is>
       </c>
       <c r="G469" t="inlineStr"/>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16340</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15944</t>
         </is>
       </c>
       <c r="B470" t="inlineStr">
         <is>
-          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>Reject a call</t>
         </is>
       </c>
       <c r="C470" t="inlineStr">
         <is>
-          <t>Krei unikan profilon, kiu ebligos saluton al pluraj kontoj samtempe, kaj starton de pluraj nhekoj.</t>
+          <t>Malakcepti vokon</t>
         </is>
       </c>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>PowerlevelsTypeListModelReject a call</t>
         </is>
       </c>
       <c r="G470" t="inlineStr"/>
       <c r="H470" t="inlineStr"/>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16342</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15946</t>
         </is>
       </c>
       <c r="B471" t="inlineStr">
         <is>
-          <t>profile</t>
+          <t>Change the room emotes</t>
         </is>
       </c>
       <c r="C471" t="inlineStr">
         <is>
-          <t>profilo</t>
+          <t>Ŝanĝi mienetojn de la ĉambro</t>
         </is>
       </c>
       <c r="D471" t="inlineStr"/>
       <c r="E471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F471" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile</t>
+          <t>PowerlevelsTypeListModelChange the room emotes</t>
         </is>
       </c>
       <c r="G471" t="inlineStr"/>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16343</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16176</t>
         </is>
       </c>
       <c r="B472" t="inlineStr">
         <is>
-          <t>profile name</t>
+          <t>Other users</t>
         </is>
       </c>
       <c r="C472" t="inlineStr">
         <is>
-          <t>nomo de profilo</t>
+          <t>Aliaj uzantoj</t>
         </is>
       </c>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile name</t>
+          <t>PowerlevelsUserListModelOther users</t>
         </is>
       </c>
       <c r="G472" t="inlineStr"/>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16313</t>
+          <t>../../src/main.cpp:16396</t>
         </is>
       </c>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Alias for '--log-level trace'.</t>
+          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="C473" t="inlineStr">
         <is>
-          <t>Kromnomo de «--log-level trace».</t>
+          <t>Krei unikan profilon, kiu ebligos saluton al pluraj kontoj samtempe, kaj starton de pluraj nhekoj.</t>
         </is>
       </c>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>QObjectAlias for '--log-level trace'.</t>
+          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="G473" t="inlineStr"/>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16317</t>
+          <t>../../src/main.cpp:16398</t>
         </is>
       </c>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>profile</t>
         </is>
       </c>
       <c r="C474" t="inlineStr">
         <is>
-          <t>Agordi la tutprograman nivelon de protokolado, aŭ diskomitan liston de paroj &lt;parto&gt;=&lt;nivelo&gt;, aŭ ambaŭ. Ekzemple, por implici la protokolan nivelon »warn«, sed malŝalti protokoladon por la parto »ui«, metu »warn,ui=off«. Disponeblaj niveloj: {trace,debug,info,warning,error,critical,off}, partoj: {crypto,db,mtx,net,qml,ui}.</t>
+          <t>profilo</t>
         </is>
       </c>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>QCoreApplicationprofile</t>
         </is>
       </c>
       <c r="G474" t="inlineStr"/>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16322</t>
+          <t>../../src/main.cpp:16399</t>
         </is>
       </c>
       <c r="B475" t="inlineStr">
         <is>
-          <t>level</t>
+          <t>profile name</t>
         </is>
       </c>
       <c r="C475" t="inlineStr">
         <is>
-          <t>nivelo</t>
+          <t>nomo de profilo</t>
         </is>
       </c>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>QObjectlevel</t>
+          <t>QCoreApplicationprofile name</t>
         </is>
       </c>
       <c r="G475" t="inlineStr"/>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16326</t>
+          <t>../../src/main.cpp:16369</t>
         </is>
       </c>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>Alias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="C476" t="inlineStr">
         <is>
-          <t>Agordi la specon de protokola eligo. Diskomita listo estas permesita. La implicita estas »file,stderr«. Specoj: {file,stderr,none}.</t>
+          <t>Kromnomo de «--log-level trace».</t>
         </is>
       </c>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>QObjectAlias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="G476" t="inlineStr"/>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16328</t>
+          <t>../../src/main.cpp:16373</t>
         </is>
       </c>
       <c r="B477" t="inlineStr">
         <is>
-          <t>type</t>
+          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="C477" t="inlineStr">
         <is>
-          <t>speco</t>
+          <t>Agordi la tutprograman nivelon de protokolado, aŭ diskomitan liston de paroj &lt;parto&gt;=&lt;nivelo&gt;, aŭ ambaŭ. Ekzemple, por implici la protokolan nivelon »warn«, sed malŝalti protokoladon por la parto »ui«, metu »warn,ui=off«. Disponeblaj niveloj: {trace,debug,info,warning,error,critical,off}, partoj: {crypto,db,mtx,net,qml,ui}.</t>
         </is>
       </c>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>QObjecttype</t>
+          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="G477" t="inlineStr"/>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16332</t>
+          <t>../../src/main.cpp:16378</t>
         </is>
       </c>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Recompacts the database which might improve performance.</t>
+          <t>level</t>
         </is>
       </c>
       <c r="C478" t="inlineStr">
         <is>
-          <t>Densigas la datumbazon, kio povus plibonigi la efikecon.</t>
+          <t>nivelo</t>
         </is>
       </c>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>QObjectRecompacts the database which might improve performance.</t>
+          <t>QObjectlevel</t>
         </is>
       </c>
       <c r="G478" t="inlineStr"/>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16274</t>
+          <t>../../src/main.cpp:16382</t>
         </is>
       </c>
       <c r="B479" t="inlineStr">
         <is>
-          <t>Respond</t>
+          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="C479" t="inlineStr">
         <is>
-          <t>Respondi</t>
+          <t>Agordi la specon de protokola eligo. Diskomita listo estas permesita. La implicita estas »file,stderr«. Specoj: {file,stderr,none}.</t>
         </is>
       </c>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>QObjectRespond</t>
+          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="G479" t="inlineStr"/>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16275</t>
+          <t>../../src/main.cpp:16384</t>
         </is>
       </c>
       <c r="B480" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>type</t>
         </is>
       </c>
       <c r="C480" t="inlineStr">
         <is>
-          <t>Sendi</t>
+          <t>speco</t>
         </is>
       </c>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>QObjectSend</t>
+          <t>QObjecttype</t>
         </is>
       </c>
       <c r="G480" t="inlineStr"/>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16276</t>
+          <t>../../src/main.cpp:16388</t>
         </is>
       </c>
       <c r="B481" t="inlineStr">
         <is>
-          <t>Write a message…</t>
+          <t>Recompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="C481" t="inlineStr">
         <is>
-          <t>Skribu mesaĝon…</t>
+          <t>Densigas la datumbazon, kio povus plibonigi la efikecon.</t>
         </is>
       </c>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>QObjectWrite a message...</t>
+          <t>QObjectRecompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="G481" t="inlineStr"/>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16316</t>
+          <t>../../src/notifications/ManagerMac.cpp:16330</t>
         </is>
       </c>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Solve the reCAPTCHA and press the confirm button</t>
+          <t>Respond</t>
         </is>
       </c>
       <c r="C482" t="inlineStr">
         <is>
-          <t>Solvu la kontrolon de homeco de «reCAPTCHA» kaj premu la konfirman butonon</t>
+          <t>Respondi</t>
         </is>
       </c>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
+          <t>QObjectRespond</t>
         </is>
       </c>
       <c r="G482" t="inlineStr"/>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16324</t>
+          <t>../../src/notifications/ManagerMac.cpp:16331</t>
         </is>
       </c>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Open reCAPTCHA</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="C483" t="inlineStr">
         <is>
-          <t>Malfermi disrobotilon reCAPTCHA</t>
+          <t>Sendi</t>
         </is>
       </c>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogOpen reCAPTCHA</t>
+          <t>QObjectSend</t>
         </is>
       </c>
       <c r="G483" t="inlineStr"/>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16329</t>
+          <t>../../src/notifications/ManagerMac.cpp:16332</t>
         </is>
       </c>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Write a message…</t>
         </is>
       </c>
       <c r="C484" t="inlineStr">
         <is>
-          <t>Nuligi</t>
+          <t>Skribu mesaĝon…</t>
         </is>
       </c>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogCancel</t>
+          <t>QObjectWrite a message...</t>
         </is>
       </c>
       <c r="G484" t="inlineStr"/>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16334</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16372</t>
         </is>
       </c>
       <c r="B485" t="inlineStr">
         <is>
-          <t>Confirm</t>
+          <t>Solve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="C485" t="inlineStr">
         <is>
-          <t>Konfirmi</t>
+          <t>Solvu la kontrolon de homeco de «reCAPTCHA» kaj premu la konfirman butonon</t>
         </is>
       </c>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogConfirm</t>
+          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="G485" t="inlineStr"/>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReadReceipts.qml:16373</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16380</t>
         </is>
       </c>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Read receipts</t>
+          <t>Open reCAPTCHA</t>
         </is>
       </c>
       <c r="C486" t="inlineStr">
         <is>
-          <t>Kvitancoj</t>
+          <t>Malfermi disrobotilon reCAPTCHA</t>
         </is>
       </c>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>ReadReceiptsRead receipts</t>
+          <t>ReCaptchaDialogOpen reCAPTCHA</t>
         </is>
       </c>
       <c r="G486" t="inlineStr"/>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr">
         <is>
-          <t>../../src/ReadReceiptsModel.cpp:16484</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16385</t>
         </is>
       </c>
       <c r="B487" t="inlineStr">
         <is>
-          <t>Yesterday, %1</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C487" t="inlineStr">
         <is>
-          <t>Hieraŭ, %1</t>
+          <t>Nuligi</t>
         </is>
       </c>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>ReadReceiptsModelYesterday, %1</t>
+          <t>ReCaptchaDialogCancel</t>
         </is>
       </c>
       <c r="G487" t="inlineStr"/>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16567</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16390</t>
         </is>
       </c>
       <c r="B488" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
+          <t>Confirm</t>
         </is>
       </c>
       <c r="C488" t="inlineStr">
         <is>
-          <t>Malsukcesis memaga trovado. Ricevis misformitan respondon.</t>
+          <t>Konfirmi</t>
         </is>
       </c>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
+          <t>ReCaptchaDialogConfirm</t>
         </is>
       </c>
       <c r="G488" t="inlineStr"/>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16574</t>
+          <t>../qml/dialogs/ReadReceipts.qml:16429</t>
         </is>
       </c>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C489" t="inlineStr">
         <is>
-          <t>Malsukcesis memaga trovado. Okazis nekonata eraro dum petado. .well-known.</t>
+          <t>Kvitancoj</t>
         </is>
       </c>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>ReadReceiptsRead receipts</t>
         </is>
       </c>
       <c r="G489" t="inlineStr"/>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16599</t>
+          <t>../../src/ReadReceiptsModel.cpp:16540</t>
         </is>
       </c>
       <c r="B490" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Yesterday, %1</t>
         </is>
       </c>
       <c r="C490" t="inlineStr">
         <is>
-          <t>La bezonataj konektaj lokoj ne troviĝis. Eble tio ne estas Matriksa servilo.</t>
+          <t>Hieraŭ, %1</t>
         </is>
       </c>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>ReadReceiptsModelYesterday, %1</t>
         </is>
       </c>
       <c r="G490" t="inlineStr"/>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16606</t>
+          <t>../../src/RegisterPage.cpp:16623</t>
         </is>
       </c>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C491" t="inlineStr">
         <is>
-          <t>Ricevis misformitan respondon. Certiĝu, ke retnomo de la hejmservilo estas valida.</t>
+          <t>Malsukcesis memaga trovado. Ricevis misformitan respondon.</t>
         </is>
       </c>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G491" t="inlineStr"/>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16611</t>
+          <t>../../src/RegisterPage.cpp:16630</t>
         </is>
       </c>
       <c r="B492" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C492" t="inlineStr">
         <is>
-          <t>Okazis nekonata eraro. Certiĝu, ke retnomo de la hejmservilo estas valida.</t>
+          <t>Malsukcesis memaga trovado. Okazis nekonata eraro dum petado. .well-known.</t>
         </is>
       </c>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G492" t="inlineStr"/>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16633</t>
+          <t>../../src/RegisterPage.cpp:16655</t>
         </is>
       </c>
       <c r="B493" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="C493" t="inlineStr">
         <is>
-          <t>La elektita servilo ne subtenas version de Matrikso, kiun ĉi tiu kliento povus kompreni (%1 – %2). Vi ne povas registriĝi.</t>
+          <t>La bezonataj konektaj lokoj ne troviĝis. Eble tio ne estas Matriksa servilo.</t>
         </is>
       </c>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G493" t="inlineStr"/>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16645</t>
+          <t>../../src/RegisterPage.cpp:16662</t>
         </is>
       </c>
       <c r="B494" t="inlineStr">
         <is>
-          <t>Server does not support querying registration flows!</t>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C494" t="inlineStr">
         <is>
-          <t>Servilo ne subtenas esploradon de registriĝaj metodoj!</t>
+          <t>Ricevis misformitan respondon. Certiĝu, ke retnomo de la hejmservilo estas valida.</t>
         </is>
       </c>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support querying registration flows!</t>
+          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G494" t="inlineStr"/>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16650</t>
+          <t>../../src/RegisterPage.cpp:16667</t>
         </is>
       </c>
       <c r="B495" t="inlineStr">
         <is>
-          <t>Server does not support registration.</t>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C495" t="inlineStr">
         <is>
-          <t>Servilo ne subtenas registriĝon.</t>
+          <t>Okazis nekonata eraro. Certiĝu, ke retnomo de la hejmservilo estas valida.</t>
         </is>
       </c>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support registration.</t>
+          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G495" t="inlineStr"/>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16678</t>
+          <t>../../src/RegisterPage.cpp:16689</t>
         </is>
       </c>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Invalid username.</t>
+          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="C496" t="inlineStr">
         <is>
-          <t>Nevalida uzantonomo.</t>
+          <t>La elektita servilo ne subtenas version de Matrikso, kiun ĉi tiu kliento povus kompreni (%1 – %2). Vi ne povas registriĝi.</t>
         </is>
       </c>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>RegisterPageInvalid username.</t>
+          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="G496" t="inlineStr"/>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16680</t>
+          <t>../../src/RegisterPage.cpp:16701</t>
         </is>
       </c>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Name already in use.</t>
+          <t>Server does not support querying registration flows!</t>
         </is>
       </c>
       <c r="C497" t="inlineStr">
         <is>
-          <t>La nomo jam estas uzata.</t>
+          <t>Servilo ne subtenas esploradon de registriĝaj metodoj!</t>
         </is>
       </c>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>RegisterPageName already in use.</t>
+          <t>RegisterPageServer does not support querying registration flows!</t>
         </is>
       </c>
       <c r="G497" t="inlineStr"/>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16682</t>
+          <t>../../src/RegisterPage.cpp:16706</t>
         </is>
       </c>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Part of the reserved namespace.</t>
+          <t>Server does not support registration.</t>
         </is>
       </c>
       <c r="C498" t="inlineStr">
         <is>
-          <t>Parto de la rezervita nomspaco.</t>
+          <t>Servilo ne subtenas registriĝon.</t>
         </is>
       </c>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>RegisterPagePart of the reserved namespace.</t>
+          <t>RegisterPageServer does not support registration.</t>
         </is>
       </c>
       <c r="G498" t="inlineStr"/>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16740</t>
+          <t>../../src/RegisterPage.cpp:16734</t>
         </is>
       </c>
       <c r="B499" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Invalid username.</t>
         </is>
       </c>
       <c r="C499" t="inlineStr">
         <is>
-          <t>Hejmservilo</t>
+          <t>Nevalida uzantonomo.</t>
         </is>
       </c>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>RegisterPageHomeserver</t>
+          <t>RegisterPageInvalid username.</t>
         </is>
       </c>
       <c r="G499" t="inlineStr"/>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16741</t>
+          <t>../../src/RegisterPage.cpp:16736</t>
         </is>
       </c>
       <c r="B500" t="inlineStr">
         <is>
-          <t>your.server</t>
+          <t>Name already in use.</t>
         </is>
       </c>
       <c r="C500" t="inlineStr">
         <is>
-          <t>via.servilo</t>
+          <t>La nomo jam estas uzata.</t>
         </is>
       </c>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>RegisterPageyour.server</t>
+          <t>RegisterPageName already in use.</t>
         </is>
       </c>
       <c r="G500" t="inlineStr"/>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16744</t>
+          <t>../../src/RegisterPage.cpp:16738</t>
         </is>
       </c>
       <c r="B501" t="inlineStr">
         <is>
-          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>Part of the reserved namespace.</t>
         </is>
       </c>
       <c r="C501" t="inlineStr">
         <is>
-          <t>Servilo, kiu permesas registriĝon. Ĉar Matrikso estas federa, vi bezonas unue trovi servilon, kie vi povus registriĝi, aŭ gastigi vian propran.</t>
+          <t>Parto de la rezervita nomspaco.</t>
         </is>
       </c>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>RegisterPagePart of the reserved namespace.</t>
         </is>
       </c>
       <c r="G501" t="inlineStr"/>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16776</t>
+          <t>../qml/pages/RegisterPage.qml:16796</t>
         </is>
       </c>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Username</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C502" t="inlineStr">
         <is>
-          <t>Uzantonomo</t>
+          <t>Hejmservilo</t>
         </is>
       </c>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>RegisterPageUsername</t>
+          <t>RegisterPageHomeserver</t>
         </is>
       </c>
       <c r="G502" t="inlineStr"/>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16777</t>
+          <t>../qml/pages/RegisterPage.qml:16797</t>
         </is>
       </c>
       <c r="B503" t="inlineStr">
         <is>
-          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>your.server</t>
         </is>
       </c>
       <c r="C503" t="inlineStr">
         <is>
-          <t>La uzantonomo devas ne esti malplena, kaj devas enhavi nur la signojn a–z, 0–9, ., _, =, -, kaj /.</t>
+          <t>via.servilo</t>
         </is>
       </c>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>RegisterPageyour.server</t>
         </is>
       </c>
       <c r="G503" t="inlineStr"/>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16898</t>
+          <t>../qml/pages/RegisterPage.qml:16800</t>
         </is>
       </c>
       <c r="B504" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="C504" t="inlineStr">
         <is>
-          <t>Reen</t>
+          <t>Servilo, kiu permesas registriĝon. Ĉar Matrikso estas federa, vi bezonas unue trovi servilon, kie vi povus registriĝi, aŭ gastigi vian propran.</t>
         </is>
       </c>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>RegisterPageBack</t>
+          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="G504" t="inlineStr"/>
       <c r="H504" t="inlineStr"/>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16819</t>
+          <t>../qml/pages/RegisterPage.qml:16832</t>
         </is>
       </c>
       <c r="B505" t="inlineStr">
         <is>
-          <t>Password</t>
+          <t>Username</t>
         </is>
       </c>
       <c r="C505" t="inlineStr">
         <is>
-          <t>Pasvorto</t>
+          <t>Uzantonomo</t>
         </is>
       </c>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>RegisterPagePassword</t>
+          <t>RegisterPageUsername</t>
         </is>
       </c>
       <c r="G505" t="inlineStr"/>
       <c r="H505" t="inlineStr"/>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16821</t>
+          <t>../qml/pages/RegisterPage.qml:16833</t>
         </is>
       </c>
       <c r="B506" t="inlineStr">
         <is>
-          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="C506" t="inlineStr">
         <is>
-          <t>Bonvolu elekti sekuran pasvorton. Precizaj postuloj por ĝia fortikeco povus dependi de via servilo.</t>
+          <t>La uzantonomo devas ne esti malplena, kaj devas enhavi nur la signojn a–z, 0–9, ., _, =, -, kaj /.</t>
         </is>
       </c>
       <c r="D506" t="inlineStr"/>
       <c r="E506" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F506" t="inlineStr">
         <is>
-          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="G506" t="inlineStr"/>
       <c r="H506" t="inlineStr"/>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16828</t>
+          <t>../qml/pages/RegisterPage.qml:16954</t>
         </is>
       </c>
       <c r="B507" t="inlineStr">
         <is>
-          <t>Password confirmation</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C507" t="inlineStr">
         <is>
-          <t>Pasvorta konfirmo</t>
+          <t>Reen</t>
         </is>
       </c>
       <c r="D507" t="inlineStr"/>
       <c r="E507" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F507" t="inlineStr">
         <is>
-          <t>RegisterPagePassword confirmation</t>
+          <t>RegisterPageBack</t>
         </is>
       </c>
       <c r="G507" t="inlineStr"/>
       <c r="H507" t="inlineStr"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16837</t>
+          <t>../qml/pages/RegisterPage.qml:16875</t>
         </is>
       </c>
       <c r="B508" t="inlineStr">
         <is>
-          <t>Your passwords do not match!</t>
+          <t>Password</t>
         </is>
       </c>
       <c r="C508" t="inlineStr">
         <is>
-          <t>Viaj pasvortoj ne akordas!</t>
+          <t>Pasvorto</t>
         </is>
       </c>
       <c r="D508" t="inlineStr"/>
       <c r="E508" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F508" t="inlineStr">
         <is>
-          <t>RegisterPageYour passwords do not match!</t>
+          <t>RegisterPagePassword</t>
         </is>
       </c>
       <c r="G508" t="inlineStr"/>
       <c r="H508" t="inlineStr"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16845</t>
+          <t>../qml/pages/RegisterPage.qml:16877</t>
         </is>
       </c>
       <c r="B509" t="inlineStr">
         <is>
-          <t>Device name</t>
+          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="C509" t="inlineStr">
         <is>
-          <t>Nomo de aparato</t>
+          <t>Bonvolu elekti sekuran pasvorton. Precizaj postuloj por ĝia fortikeco povus dependi de via servilo.</t>
         </is>
       </c>
       <c r="D509" t="inlineStr"/>
       <c r="E509" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F509" t="inlineStr">
         <is>
-          <t>RegisterPageDevice name</t>
+          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="G509" t="inlineStr"/>
       <c r="H509" t="inlineStr"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16847</t>
+          <t>../qml/pages/RegisterPage.qml:16884</t>
         </is>
       </c>
       <c r="B510" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>Password confirmation</t>
         </is>
       </c>
       <c r="C510" t="inlineStr">
         <is>
-          <t>Nomo por ĉi tiu aparato, kiu montriĝos al aliuloj kontrolantaj viajn aparatojn. Se nenio estos donita, implicita nomo estos uzata.</t>
+          <t>Pasvorta konfirmo</t>
         </is>
       </c>
       <c r="D510" t="inlineStr"/>
       <c r="E510" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F510" t="inlineStr">
         <is>
-          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>RegisterPagePassword confirmation</t>
         </is>
       </c>
       <c r="G510" t="inlineStr"/>
       <c r="H510" t="inlineStr"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16878</t>
+          <t>../qml/pages/RegisterPage.qml:16893</t>
         </is>
       </c>
       <c r="B511" t="inlineStr">
         <is>
-          <t>REGISTER</t>
+          <t>Your passwords do not match!</t>
         </is>
       </c>
       <c r="C511" t="inlineStr">
         <is>
-          <t>REGISTRIĜI</t>
+          <t>Viaj pasvortoj ne akordas!</t>
         </is>
       </c>
       <c r="D511" t="inlineStr"/>
       <c r="E511" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F511" t="inlineStr">
         <is>
-          <t>RegisterPageREGISTER</t>
+          <t>RegisterPageYour passwords do not match!</t>
         </is>
       </c>
       <c r="G511" t="inlineStr"/>
       <c r="H511" t="inlineStr"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16919</t>
+          <t>../qml/pages/RegisterPage.qml:16901</t>
         </is>
       </c>
       <c r="B512" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Device name</t>
         </is>
       </c>
       <c r="C512" t="inlineStr">
         <is>
-          <t>Fermi</t>
+          <t>Nomo de aparato</t>
         </is>
       </c>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>ReplyPopupClose</t>
+          <t>RegisterPageDevice name</t>
         </is>
       </c>
       <c r="G512" t="inlineStr"/>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16935</t>
+          <t>../qml/pages/RegisterPage.qml:16903</t>
         </is>
       </c>
       <c r="B513" t="inlineStr">
         <is>
-          <t>Cancel Edit</t>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="C513" t="inlineStr">
         <is>
-          <t>Nuligi redakton</t>
+          <t>Nomo por ĉi tiu aparato, kiu montriĝos al aliuloj kontrolantaj viajn aparatojn. Se nenio estos donita, implicita nomo estos uzata.</t>
         </is>
       </c>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Edit</t>
+          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="G513" t="inlineStr"/>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16951</t>
+          <t>../qml/pages/RegisterPage.qml:16934</t>
         </is>
       </c>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Cancel Thread</t>
+          <t>REGISTER</t>
         </is>
       </c>
       <c r="C514" t="inlineStr">
         <is>
-          <t>Nuligi fadenon</t>
+          <t>REGISTRIĜI</t>
         </is>
       </c>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Thread</t>
+          <t>RegisterPageREGISTER</t>
         </is>
       </c>
       <c r="G514" t="inlineStr"/>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16966</t>
+          <t>../qml/ReplyPopup.qml:16975</t>
         </is>
       </c>
       <c r="B515" t="inlineStr">
         <is>
-          <t>Report message</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C515" t="inlineStr">
         <is>
-          <t>Raporti mesaĝon</t>
+          <t>Fermi</t>
         </is>
       </c>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>ReportMessageReport message</t>
+          <t>ReplyPopupClose</t>
         </is>
       </c>
       <c r="G515" t="inlineStr"/>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16981</t>
+          <t>../qml/ReplyPopup.qml:16991</t>
         </is>
       </c>
       <c r="B516" t="inlineStr">
         <is>
+          <t>Cancel Edit</t>
+        </is>
+      </c>
+      <c r="C516" t="inlineStr">
+        <is>
+          <t>Nuligi redakton</t>
+        </is>
+      </c>
+      <c r="D516" t="inlineStr"/>
+      <c r="E516" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F516" t="inlineStr">
+        <is>
+          <t>ReplyPopupCancel Edit</t>
+        </is>
+      </c>
+      <c r="G516" t="inlineStr"/>
+      <c r="H516" t="inlineStr"/>
+    </row>
+    <row r="517">
+      <c r="A517" t="inlineStr">
+        <is>
+          <t>../qml/ReplyPopup.qml:17007</t>
+        </is>
+      </c>
+      <c r="B517" t="inlineStr">
+        <is>
+          <t>Cancel Thread</t>
+        </is>
+      </c>
+      <c r="C517" t="inlineStr">
+        <is>
+          <t>Nuligi fadenon</t>
+        </is>
+      </c>
+      <c r="D517" t="inlineStr"/>
+      <c r="E517" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F517" t="inlineStr">
+        <is>
+          <t>ReplyPopupCancel Thread</t>
+        </is>
+      </c>
+      <c r="G517" t="inlineStr"/>
+      <c r="H517" t="inlineStr"/>
+    </row>
+    <row r="518">
+      <c r="A518" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/ReportMessage.qml:17022</t>
+        </is>
+      </c>
+      <c r="B518" t="inlineStr">
+        <is>
+          <t>Report message</t>
+        </is>
+      </c>
+      <c r="C518" t="inlineStr">
+        <is>
+          <t>Raporti mesaĝon</t>
+        </is>
+      </c>
+      <c r="D518" t="inlineStr"/>
+      <c r="E518" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F518" t="inlineStr">
+        <is>
+          <t>ReportMessageReport message</t>
+        </is>
+      </c>
+      <c r="G518" t="inlineStr"/>
+      <c r="H518" t="inlineStr"/>
+    </row>
+    <row r="519">
+      <c r="A519" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/ReportMessage.qml:17037</t>
+        </is>
+      </c>
+      <c r="B519" t="inlineStr">
+        <is>
           <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
-      <c r="C516" t="inlineStr">
+      <c r="C519" t="inlineStr">
         <is>
           <t>La mesaĝo, kiun vi raportas, sendiĝos al administranto de via servilo por kontrolo. Bonvolu scii,
 ke ne ĉiuj administrantoj kontrolas raportitan enhavon. Vi ankaŭ petu al reguligisto de la ĉambro
 forigi la enhavon, se necese.</t>
         </is>
       </c>
-      <c r="D516" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>ReportMessageNot bad</t>
+          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="G519" t="inlineStr"/>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17015</t>
+          <t>../qml/dialogs/ReportMessage.qml:17041</t>
         </is>
       </c>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Mild</t>
+          <t>Enter your reason for reporting:</t>
         </is>
       </c>
       <c r="C520" t="inlineStr">
         <is>
-          <t>Iom malbona</t>
+          <t>Entajpu vian kialon por la raporto:</t>
         </is>
       </c>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>ReportMessageMild</t>
+          <t>ReportMessageEnter your reason for reporting:</t>
         </is>
       </c>
       <c r="G520" t="inlineStr"/>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17017</t>
+          <t>../qml/dialogs/ReportMessage.qml:17051</t>
         </is>
       </c>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Bad</t>
+          <t>How bad is the message?</t>
         </is>
       </c>
       <c r="C521" t="inlineStr">
         <is>
-          <t>Malbona</t>
+          <t>Kiom malbonas la mesaĝo?</t>
         </is>
       </c>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>ReportMessageBad</t>
+          <t>ReportMessageHow bad is the message?</t>
         </is>
       </c>
       <c r="G521" t="inlineStr"/>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17019</t>
+          <t>../qml/dialogs/ReportMessage.qml:17069</t>
         </is>
       </c>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Serious</t>
+          <t>Not bad</t>
         </is>
       </c>
       <c r="C522" t="inlineStr">
         <is>
-          <t>Grave malbona</t>
+          <t>Ne malbona</t>
         </is>
       </c>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>ReportMessageSerious</t>
+          <t>ReportMessageNot bad</t>
         </is>
       </c>
       <c r="G522" t="inlineStr"/>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17021</t>
+          <t>../qml/dialogs/ReportMessage.qml:17071</t>
         </is>
       </c>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Extremely serious</t>
+          <t>Mild</t>
         </is>
       </c>
       <c r="C523" t="inlineStr">
         <is>
-          <t>Ekstreme malbona</t>
+          <t>Iom malbona</t>
         </is>
       </c>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>ReportMessageExtremely serious</t>
+          <t>ReportMessageMild</t>
         </is>
       </c>
       <c r="G523" t="inlineStr"/>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17045</t>
+          <t>../qml/dialogs/ReportMessage.qml:17073</t>
         </is>
       </c>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Explore Public Rooms</t>
+          <t>Bad</t>
         </is>
       </c>
       <c r="C524" t="inlineStr">
         <is>
-          <t>Esplori publikajn ĉambrojn</t>
+          <t>Malbona</t>
         </is>
       </c>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>RoomDirectoryExplore Public Rooms</t>
+          <t>ReportMessageBad</t>
         </is>
       </c>
       <c r="G524" t="inlineStr"/>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/ReportMessage.qml:17075</t>
         </is>
       </c>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Join</t>
+          <t>Serious</t>
         </is>
       </c>
       <c r="C525" t="inlineStr">
         <is>
-          <t>Aliĝi</t>
+          <t>Grave malbona</t>
         </is>
       </c>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t>RoomDirectoryJoin</t>
+          <t>ReportMessageSerious</t>
         </is>
       </c>
       <c r="G525" t="inlineStr"/>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/ReportMessage.qml:17077</t>
         </is>
       </c>
       <c r="B526" t="inlineStr">
         <is>
-          <t>Open</t>
+          <t>Extremely serious</t>
         </is>
       </c>
       <c r="C526" t="inlineStr">
         <is>
-          <t>Malfermi</t>
+          <t>Ekstreme malbona</t>
         </is>
       </c>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>RoomDirectoryOpen</t>
+          <t>ReportMessageExtremely serious</t>
         </is>
       </c>
       <c r="G526" t="inlineStr"/>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17191</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17101</t>
         </is>
       </c>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Search for public rooms</t>
+          <t>Explore Public Rooms</t>
         </is>
       </c>
       <c r="C527" t="inlineStr">
         <is>
-          <t>Serĉi publikajn ĉambrojn</t>
+          <t>Esplori publikajn ĉambrojn</t>
         </is>
       </c>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>RoomDirectorySearch for public rooms</t>
+          <t>RoomDirectoryExplore Public Rooms</t>
         </is>
       </c>
       <c r="G527" t="inlineStr"/>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17203</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B528" t="inlineStr">
         <is>
-          <t>Choose custom homeserver</t>
+          <t>Join</t>
         </is>
       </c>
       <c r="C528" t="inlineStr">
         <is>
-          <t>Elekti propran hejmservilon</t>
+          <t>Aliĝi</t>
         </is>
       </c>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>RoomDirectoryChoose custom homeserver</t>
+          <t>RoomDirectoryJoin</t>
         </is>
       </c>
       <c r="G528" t="inlineStr"/>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17221</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Open</t>
         </is>
       </c>
       <c r="C529" t="inlineStr">
         <is>
-          <t>Fermi</t>
+          <t>Malfermi</t>
         </is>
       </c>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>RoomDirectoryClose</t>
+          <t>RoomDirectoryOpen</t>
         </is>
       </c>
       <c r="G529" t="inlineStr"/>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:19301</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17247</t>
         </is>
       </c>
       <c r="B530" t="inlineStr">
         <is>
-          <t>no version stored</t>
+          <t>Search for public rooms</t>
         </is>
       </c>
       <c r="C530" t="inlineStr">
         <is>
-          <t>neniu versio konservita</t>
+          <t>Serĉi publikajn ĉambrojn</t>
         </is>
       </c>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>RoomInfono version stored</t>
+          <t>RoomDirectorySearch for public rooms</t>
         </is>
       </c>
       <c r="G530" t="inlineStr"/>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19350</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17259</t>
         </is>
       </c>
       <c r="B531" t="inlineStr">
         <is>
-          <t>Start a new chat</t>
+          <t>Choose custom homeserver</t>
         </is>
       </c>
       <c r="C531" t="inlineStr">
         <is>
-          <t>Komenci novan babilon</t>
+          <t>Elekti propran hejmservilon</t>
         </is>
       </c>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>RoomListStart a new chat</t>
+          <t>RoomDirectoryChoose custom homeserver</t>
         </is>
       </c>
       <c r="G531" t="inlineStr"/>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19363</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17277</t>
         </is>
       </c>
       <c r="B532" t="inlineStr">
         <is>
-          <t>Join a room</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C532" t="inlineStr">
         <is>
-          <t>Aliĝi al ĉambro</t>
+          <t>Fermi</t>
         </is>
       </c>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>RoomListJoin a room</t>
+          <t>RoomDirectoryClose</t>
         </is>
       </c>
       <c r="G532" t="inlineStr"/>
       <c r="H532" t="inlineStr"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19368</t>
+          <t>../../src/Cache.cpp:19355</t>
         </is>
       </c>
       <c r="B533" t="inlineStr">
         <is>
-          <t>Create a new room</t>
+          <t>no version stored</t>
         </is>
       </c>
       <c r="C533" t="inlineStr">
         <is>
-          <t>Krei novan ĉambron</t>
+          <t>neniu versio konservita</t>
         </is>
       </c>
       <c r="D533" t="inlineStr"/>
       <c r="E533" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F533" t="inlineStr">
         <is>
-          <t>RoomListCreate a new room</t>
+          <t>RoomInfono version stored</t>
         </is>
       </c>
       <c r="G533" t="inlineStr"/>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19377</t>
+          <t>../qml/RoomList.qml:19404</t>
         </is>
       </c>
       <c r="B534" t="inlineStr">
         <is>
-          <t>Start a direct chat</t>
+          <t>Start a new chat</t>
         </is>
       </c>
       <c r="C534" t="inlineStr">
         <is>
-          <t>Krei individuan ĉambron</t>
+          <t>Komenci novan babilon</t>
         </is>
       </c>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>RoomListStart a direct chat</t>
+          <t>RoomListStart a new chat</t>
         </is>
       </c>
       <c r="G534" t="inlineStr"/>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19386</t>
+          <t>../qml/RoomList.qml:19417</t>
         </is>
       </c>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Create a new community</t>
+          <t>Join a room</t>
         </is>
       </c>
       <c r="C535" t="inlineStr">
         <is>
-          <t>Krei novan komunumon</t>
+          <t>Aliĝi al ĉambro</t>
         </is>
       </c>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>RoomListCreate a new community</t>
+          <t>RoomListJoin a room</t>
         </is>
       </c>
       <c r="G535" t="inlineStr"/>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19402</t>
+          <t>../qml/RoomList.qml:19422</t>
         </is>
       </c>
       <c r="B536" t="inlineStr">
         <is>
-          <t>Room directory</t>
+          <t>Create a new room</t>
         </is>
       </c>
       <c r="C536" t="inlineStr">
         <is>
-          <t>Katalogo de ĉambroj</t>
+          <t>Krei novan ĉambron</t>
         </is>
       </c>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>RoomListRoom directory</t>
+          <t>RoomListCreate a new room</t>
         </is>
       </c>
       <c r="G536" t="inlineStr"/>
       <c r="H536" t="inlineStr"/>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19420</t>
+          <t>../qml/RoomList.qml:19431</t>
         </is>
       </c>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Search rooms (Ctrl+K)</t>
+          <t>Start a direct chat</t>
         </is>
       </c>
       <c r="C537" t="inlineStr">
         <is>
-          <t>Serĉi ĉambrojn (Stir+K)</t>
+          <t>Krei individuan ĉambron</t>
         </is>
       </c>
       <c r="D537" t="inlineStr"/>
       <c r="E537" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F537" t="inlineStr">
         <is>
-          <t>RoomListSearch rooms (Ctrl+K)</t>
+          <t>RoomListStart a direct chat</t>
         </is>
       </c>
       <c r="G537" t="inlineStr"/>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19444</t>
+          <t>../qml/RoomList.qml:19440</t>
         </is>
       </c>
       <c r="B538" t="inlineStr">
         <is>
-          <t>User settings</t>
+          <t>Create a new community</t>
         </is>
       </c>
       <c r="C538" t="inlineStr">
         <is>
-          <t>Agordoj de uzanto</t>
+          <t>Krei novan komunumon</t>
         </is>
       </c>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>RoomListUser settings</t>
+          <t>RoomListCreate a new community</t>
         </is>
       </c>
       <c r="G538" t="inlineStr"/>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19538</t>
+          <t>../qml/RoomList.qml:19456</t>
         </is>
       </c>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Logout</t>
+          <t>Room directory</t>
         </is>
       </c>
       <c r="C539" t="inlineStr">
         <is>
-          <t>Adiaŭi</t>
+          <t>Katalogo de ĉambroj</t>
         </is>
       </c>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>RoomListLogout</t>
+          <t>RoomListRoom directory</t>
         </is>
       </c>
       <c r="G539" t="inlineStr"/>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19550</t>
+          <t>../qml/RoomList.qml:19474</t>
         </is>
       </c>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Enter your status message:</t>
+          <t>Search rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="C540" t="inlineStr">
         <is>
-          <t>Enigu vian statmesaĝon:</t>
+          <t>Serĉi ĉambrojn (Stir+K)</t>
         </is>
       </c>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>RoomListEnter your status message:</t>
+          <t>RoomListSearch rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="G540" t="inlineStr"/>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19551</t>
+          <t>../qml/RoomList.qml:19498</t>
         </is>
       </c>
       <c r="B541" t="inlineStr">
         <is>
-          <t>Status Message</t>
+          <t>User settings</t>
         </is>
       </c>
       <c r="C541" t="inlineStr">
         <is>
-          <t>Statmesaĝo</t>
+          <t>Agordoj de uzanto</t>
         </is>
       </c>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>RoomListStatus Message</t>
+          <t>RoomListUser settings</t>
         </is>
       </c>
       <c r="G541" t="inlineStr"/>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19563</t>
+          <t>../qml/RoomList.qml:19592</t>
         </is>
       </c>
       <c r="B542" t="inlineStr">
         <is>
-          <t>Profile settings</t>
+          <t>Logout</t>
         </is>
       </c>
       <c r="C542" t="inlineStr">
         <is>
-          <t>Agordoj de profilo</t>
+          <t>Adiaŭi</t>
         </is>
       </c>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>RoomListProfile settings</t>
+          <t>RoomListLogout</t>
         </is>
       </c>
       <c r="G542" t="inlineStr"/>
       <c r="H542" t="inlineStr"/>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19568</t>
+          <t>../qml/RoomList.qml:19604</t>
         </is>
       </c>
       <c r="B543" t="inlineStr">
         <is>
-          <t>Set status message</t>
+          <t>Enter your status message:</t>
         </is>
       </c>
       <c r="C543" t="inlineStr">
         <is>
-          <t>Meti statmesaĝon</t>
+          <t>Enigu vian statmesaĝon:</t>
         </is>
       </c>
       <c r="D543" t="inlineStr"/>
       <c r="E543" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F543" t="inlineStr">
         <is>
-          <t>RoomListSet status message</t>
+          <t>RoomListEnter your status message:</t>
         </is>
       </c>
       <c r="G543" t="inlineStr"/>
       <c r="H543" t="inlineStr"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19579</t>
+          <t>../qml/RoomList.qml:19605</t>
         </is>
       </c>
       <c r="B544" t="inlineStr">
         <is>
-          <t>Automatic online status</t>
+          <t>Status Message</t>
         </is>
       </c>
       <c r="C544" t="inlineStr">
         <is>
-          <t>Memaga stato de enreteco</t>
+          <t>Statmesaĝo</t>
         </is>
       </c>
       <c r="D544" t="inlineStr"/>
       <c r="E544" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F544" t="inlineStr">
         <is>
-          <t>RoomListAutomatic online status</t>
+          <t>RoomListStatus Message</t>
         </is>
       </c>
       <c r="G544" t="inlineStr"/>
       <c r="H544" t="inlineStr"/>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19586</t>
+          <t>../qml/RoomList.qml:19617</t>
         </is>
       </c>
       <c r="B545" t="inlineStr">
         <is>
-          <t>Online</t>
+          <t>Profile settings</t>
         </is>
       </c>
       <c r="C545" t="inlineStr">
         <is>
-          <t>Enreta</t>
+          <t>Agordoj de profilo</t>
         </is>
       </c>
       <c r="D545" t="inlineStr"/>
       <c r="E545" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F545" t="inlineStr">
         <is>
-          <t>RoomListOnline</t>
+          <t>RoomListProfile settings</t>
         </is>
       </c>
       <c r="G545" t="inlineStr"/>
       <c r="H545" t="inlineStr"/>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19593</t>
+          <t>../qml/RoomList.qml:19622</t>
         </is>
       </c>
       <c r="B546" t="inlineStr">
         <is>
-          <t>Unavailable</t>
+          <t>Set status message</t>
         </is>
       </c>
       <c r="C546" t="inlineStr">
         <is>
-          <t>Nedisponebla</t>
+          <t>Meti statmesaĝon</t>
         </is>
       </c>
       <c r="D546" t="inlineStr"/>
       <c r="E546" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F546" t="inlineStr">
         <is>
-          <t>RoomListUnavailable</t>
+          <t>RoomListSet status message</t>
         </is>
       </c>
       <c r="G546" t="inlineStr"/>
       <c r="H546" t="inlineStr"/>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19600</t>
+          <t>../qml/RoomList.qml:19633</t>
         </is>
       </c>
       <c r="B547" t="inlineStr">
         <is>
-          <t>Offline</t>
+          <t>Automatic online status</t>
         </is>
       </c>
       <c r="C547" t="inlineStr">
         <is>
-          <t>Eksterreta</t>
+          <t>Memaga stato de enreteco</t>
         </is>
       </c>
       <c r="D547" t="inlineStr"/>
       <c r="E547" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F547" t="inlineStr">
         <is>
-          <t>RoomListOffline</t>
+          <t>RoomListAutomatic online status</t>
         </is>
       </c>
       <c r="G547" t="inlineStr"/>
       <c r="H547" t="inlineStr"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19654</t>
+          <t>../qml/RoomList.qml:19640</t>
         </is>
       </c>
       <c r="B548" t="inlineStr">
         <is>
-          <t>Encryption not set up</t>
+          <t>Online</t>
         </is>
       </c>
       <c r="C548" t="inlineStr">
         <is>
-          <t>Ĉifrado ne jam agordiĝis</t>
+          <t>Enreta</t>
         </is>
       </c>
       <c r="D548" t="inlineStr"/>
       <c r="E548" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F548" t="inlineStr">
         <is>
-          <t>RoomListEncryption not set up</t>
+          <t>RoomListOnline</t>
         </is>
       </c>
       <c r="G548" t="inlineStr"/>
-      <c r="H548" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H548" t="inlineStr"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19657</t>
+          <t>../qml/RoomList.qml:19647</t>
         </is>
       </c>
       <c r="B549" t="inlineStr">
         <is>
-          <t>Unverified login</t>
+          <t>Unavailable</t>
         </is>
       </c>
       <c r="C549" t="inlineStr">
         <is>
-          <t>Nekontrolita saluto</t>
+          <t>Nedisponebla</t>
         </is>
       </c>
       <c r="D549" t="inlineStr"/>
       <c r="E549" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F549" t="inlineStr">
         <is>
-          <t>RoomListUnverified login</t>
+          <t>RoomListUnavailable</t>
         </is>
       </c>
       <c r="G549" t="inlineStr"/>
-      <c r="H549" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H549" t="inlineStr"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19660</t>
+          <t>../qml/RoomList.qml:19654</t>
         </is>
       </c>
       <c r="B550" t="inlineStr">
         <is>
-          <t>Please verify your other devices</t>
+          <t>Offline</t>
         </is>
       </c>
       <c r="C550" t="inlineStr">
         <is>
-          <t>Bonvolu kontroli aliajn viajn aparatojn</t>
+          <t>Eksterreta</t>
         </is>
       </c>
       <c r="D550" t="inlineStr"/>
       <c r="E550" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F550" t="inlineStr">
         <is>
-          <t>RoomListPlease verify your other devices</t>
+          <t>RoomListOffline</t>
         </is>
       </c>
       <c r="G550" t="inlineStr"/>
-      <c r="H550" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H550" t="inlineStr"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19674</t>
+          <t>../qml/RoomList.qml:19708</t>
         </is>
       </c>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Encryption not set up</t>
         </is>
       </c>
       <c r="C551" t="inlineStr">
         <is>
-          <t>Fermi</t>
+          <t>Ĉifrado ne jam agordiĝis</t>
         </is>
       </c>
       <c r="D551" t="inlineStr"/>
       <c r="E551" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F551" t="inlineStr">
         <is>
-          <t>RoomListClose</t>
+          <t>RoomListEncryption not set up</t>
         </is>
       </c>
       <c r="G551" t="inlineStr"/>
-      <c r="H551" t="inlineStr"/>
+      <c r="H551" t="inlineStr">
+        <is>
+          <t>Cross-signing setup has not run yet.</t>
+        </is>
+      </c>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20053</t>
+          <t>../qml/RoomList.qml:19711</t>
         </is>
       </c>
       <c r="B552" t="inlineStr">
         <is>
-          <t>Enter the tag you want to use:</t>
+          <t>Unverified login</t>
         </is>
       </c>
       <c r="C552" t="inlineStr">
         <is>
-          <t>Enigu la etikedon, kiun vi volas uzi:</t>
+          <t>Nekontrolita saluto</t>
         </is>
       </c>
       <c r="D552" t="inlineStr"/>
       <c r="E552" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F552" t="inlineStr">
         <is>
-          <t>RoomListEnter the tag you want to use:</t>
+          <t>RoomListUnverified login</t>
         </is>
       </c>
       <c r="G552" t="inlineStr"/>
-      <c r="H552" t="inlineStr"/>
+      <c r="H552" t="inlineStr">
+        <is>
+          <t>The user just signed in with this device and hasn't verified their master key.</t>
+        </is>
+      </c>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20054</t>
+          <t>../qml/RoomList.qml:19714</t>
         </is>
       </c>
       <c r="B553" t="inlineStr">
         <is>
-          <t>New tag</t>
+          <t>Please verify your other devices</t>
         </is>
       </c>
       <c r="C553" t="inlineStr">
         <is>
-          <t>Nova etikedo</t>
+          <t>Bonvolu kontroli aliajn viajn aparatojn</t>
         </is>
       </c>
       <c r="D553" t="inlineStr"/>
       <c r="E553" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F553" t="inlineStr">
         <is>
-          <t>RoomListNew tag</t>
+          <t>RoomListPlease verify your other devices</t>
         </is>
       </c>
       <c r="G553" t="inlineStr"/>
-      <c r="H553" t="inlineStr"/>
+      <c r="H553" t="inlineStr">
+        <is>
+          <t>There are unverified devices signed in to this account.</t>
+        </is>
+      </c>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20061</t>
+          <t>../qml/RoomList.qml:19728</t>
         </is>
       </c>
       <c r="B554" t="inlineStr">
         <is>
-          <t>Open separately</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C554" t="inlineStr">
         <is>
-          <t>Malfermi aparte</t>
+          <t>Fermi</t>
         </is>
       </c>
       <c r="D554" t="inlineStr"/>
       <c r="E554" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F554" t="inlineStr">
         <is>
-          <t>RoomListOpen separately</t>
+          <t>RoomListClose</t>
         </is>
       </c>
       <c r="G554" t="inlineStr"/>
       <c r="H554" t="inlineStr"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20073</t>
+          <t>../qml/RoomList.qml:20107</t>
         </is>
       </c>
       <c r="B555" t="inlineStr">
         <is>
-          <t>Mark as read</t>
+          <t>Enter the tag you want to use:</t>
         </is>
       </c>
       <c r="C555" t="inlineStr">
         <is>
-          <t>Marki legita</t>
+          <t>Enigu la etikedon, kiun vi volas uzi:</t>
         </is>
       </c>
       <c r="D555" t="inlineStr"/>
       <c r="E555" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F555" t="inlineStr">
         <is>
-          <t>RoomListMark as read</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomListEnter the tag you want to use:</t>
+        </is>
+      </c>
+      <c r="G555" t="inlineStr"/>
       <c r="H555" t="inlineStr"/>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20078</t>
+          <t>../qml/RoomList.qml:20108</t>
         </is>
       </c>
       <c r="B556" t="inlineStr">
         <is>
-          <t>Room settings</t>
+          <t>New tag</t>
         </is>
       </c>
       <c r="C556" t="inlineStr">
         <is>
-          <t>Agordoj de ĉambro</t>
+          <t>Nova etikedo</t>
         </is>
       </c>
       <c r="D556" t="inlineStr"/>
       <c r="E556" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F556" t="inlineStr">
         <is>
-          <t>RoomListRoom settings</t>
+          <t>RoomListNew tag</t>
         </is>
       </c>
       <c r="G556" t="inlineStr"/>
       <c r="H556" t="inlineStr"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20083</t>
+          <t>../qml/RoomList.qml:20115</t>
         </is>
       </c>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Open separately</t>
         </is>
       </c>
       <c r="C557" t="inlineStr">
         <is>
-          <t>Eliri el ĉambro</t>
+          <t>Malfermi aparte</t>
         </is>
       </c>
       <c r="D557" t="inlineStr"/>
       <c r="E557" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F557" t="inlineStr">
         <is>
-          <t>RoomListLeave room</t>
+          <t>RoomListOpen separately</t>
         </is>
       </c>
       <c r="G557" t="inlineStr"/>
       <c r="H557" t="inlineStr"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20088</t>
+          <t>../qml/RoomList.qml:20127</t>
         </is>
       </c>
       <c r="B558" t="inlineStr">
         <is>
-          <t>Copy room link</t>
+          <t>Mark as read</t>
         </is>
       </c>
       <c r="C558" t="inlineStr">
         <is>
-          <t>Kopii ligilon al ĉambro</t>
+          <t>Marki legita</t>
         </is>
       </c>
       <c r="D558" t="inlineStr"/>
       <c r="E558" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F558" t="inlineStr">
         <is>
-          <t>RoomListCopy room link</t>
-[...2 lines deleted...]
-      <c r="G558" t="inlineStr"/>
+          <t>RoomListMark as read</t>
+        </is>
+      </c>
+      <c r="G558" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: &amp;Marki legita</t>
+        </is>
+      </c>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20095</t>
+          <t>../qml/RoomList.qml:20132</t>
         </is>
       </c>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Tag room as:</t>
+          <t>Room settings</t>
         </is>
       </c>
       <c r="C559" t="inlineStr">
         <is>
-          <t>Etikedi ĉambron:</t>
+          <t>Agordoj de ĉambro</t>
         </is>
       </c>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>RoomListTag room as:</t>
+          <t>RoomListRoom settings</t>
         </is>
       </c>
       <c r="G559" t="inlineStr"/>
       <c r="H559" t="inlineStr"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20108</t>
+          <t>../qml/RoomList.qml:20137</t>
         </is>
       </c>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Favourite</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C560" t="inlineStr">
         <is>
-          <t>Elstara</t>
+          <t>Eliri el ĉambro</t>
         </is>
       </c>
       <c r="D560" t="inlineStr"/>
       <c r="E560" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F560" t="inlineStr">
         <is>
-          <t>RoomListFavourite</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomListLeave room</t>
+        </is>
+      </c>
+      <c r="G560" t="inlineStr"/>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20110</t>
+          <t>../qml/RoomList.qml:20142</t>
         </is>
       </c>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Low priority</t>
+          <t>Copy room link</t>
         </is>
       </c>
       <c r="C561" t="inlineStr">
         <is>
-          <t>Malalta prioritato</t>
+          <t>Kopii ligilon al ĉambro</t>
         </is>
       </c>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>RoomListLow priority</t>
+          <t>RoomListCopy room link</t>
         </is>
       </c>
       <c r="G561" t="inlineStr"/>
       <c r="H561" t="inlineStr"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20112</t>
+          <t>../qml/RoomList.qml:20149</t>
         </is>
       </c>
       <c r="B562" t="inlineStr">
         <is>
-          <t>Server notice</t>
+          <t>Tag room as:</t>
         </is>
       </c>
       <c r="C562" t="inlineStr">
         <is>
-          <t>Avizo de servilo</t>
+          <t>Etikedi ĉambron:</t>
         </is>
       </c>
       <c r="D562" t="inlineStr"/>
       <c r="E562" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F562" t="inlineStr">
         <is>
-          <t>RoomListServer notice</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomListTag room as:</t>
+        </is>
+      </c>
+      <c r="G562" t="inlineStr"/>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20125</t>
+          <t>../qml/RoomList.qml:20162</t>
         </is>
       </c>
       <c r="B563" t="inlineStr">
         <is>
-          <t>Create new tag…</t>
+          <t>Favourite</t>
         </is>
       </c>
       <c r="C563" t="inlineStr">
         <is>
-          <t>Krei novan etikedon…</t>
+          <t>Elstara</t>
         </is>
       </c>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>RoomListCreate new tag...</t>
-[...2 lines deleted...]
-      <c r="G563" t="inlineStr"/>
+          <t>RoomListFavourite</t>
+        </is>
+      </c>
+      <c r="G563" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Elstaraj</t>
+        </is>
+      </c>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20145</t>
+          <t>../qml/RoomList.qml:20164</t>
         </is>
       </c>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Members of %1</t>
+          <t>Low priority</t>
         </is>
       </c>
       <c r="C564" t="inlineStr">
         <is>
-          <t>Anoj de %1</t>
+          <t>Malalta prioritato</t>
         </is>
       </c>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>RoomMembersMembers of %1</t>
+          <t>RoomListLow priority</t>
         </is>
       </c>
       <c r="G564" t="inlineStr"/>
       <c r="H564" t="inlineStr"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20177</t>
+          <t>../qml/RoomList.qml:20166</t>
         </is>
       </c>
       <c r="B565" t="inlineStr">
         <is>
-          <t>%n person in %1</t>
+          <t>Server notice</t>
         </is>
       </c>
       <c r="C565" t="inlineStr">
         <is>
-          <t>%n persono en %1</t>
+          <t>Avizo de servilo</t>
         </is>
       </c>
       <c r="D565" t="inlineStr"/>
       <c r="E565" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F565" t="inlineStr">
         <is>
+          <t>RoomListServer notice</t>
+        </is>
+      </c>
+      <c r="G565" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Avizoj de servilo</t>
+        </is>
+      </c>
+      <c r="H565" t="inlineStr"/>
+    </row>
+    <row r="566">
+      <c r="A566" t="inlineStr">
+        <is>
+          <t>../qml/RoomList.qml:20179</t>
+        </is>
+      </c>
+      <c r="B566" t="inlineStr">
+        <is>
+          <t>Create new tag…</t>
+        </is>
+      </c>
+      <c r="C566" t="inlineStr">
+        <is>
+          <t>Krei novan etikedon…</t>
+        </is>
+      </c>
+      <c r="D566" t="inlineStr"/>
+      <c r="E566" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F566" t="inlineStr">
+        <is>
+          <t>RoomListCreate new tag...</t>
+        </is>
+      </c>
+      <c r="G566" t="inlineStr"/>
+      <c r="H566" t="inlineStr"/>
+    </row>
+    <row r="567">
+      <c r="A567" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomMembers.qml:20199</t>
+        </is>
+      </c>
+      <c r="B567" t="inlineStr">
+        <is>
+          <t>Members of %1</t>
+        </is>
+      </c>
+      <c r="C567" t="inlineStr">
+        <is>
+          <t>Anoj de %1</t>
+        </is>
+      </c>
+      <c r="D567" t="inlineStr"/>
+      <c r="E567" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F567" t="inlineStr">
+        <is>
+          <t>RoomMembersMembers of %1</t>
+        </is>
+      </c>
+      <c r="G567" t="inlineStr"/>
+      <c r="H567" t="inlineStr"/>
+    </row>
+    <row r="568">
+      <c r="A568" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomMembers.qml:20231</t>
+        </is>
+      </c>
+      <c r="B568" t="inlineStr">
+        <is>
+          <t>%n person in %1</t>
+        </is>
+      </c>
+      <c r="C568" t="inlineStr">
+        <is>
+          <t>%n persono en %1</t>
+        </is>
+      </c>
+      <c r="D568" t="inlineStr"/>
+      <c r="E568" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F568" t="inlineStr">
+        <is>
           <t>RoomMembers
 Summary above list of members%n people in %1</t>
         </is>
       </c>
-      <c r="G565" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G568" t="inlineStr"/>
       <c r="H568" t="inlineStr"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20211</t>
+          <t>../qml/dialogs/RoomMembers.qml:20241</t>
         </is>
       </c>
       <c r="B569" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Invite more people</t>
         </is>
       </c>
       <c r="C569" t="inlineStr">
         <is>
-          <t>Identigilo de uzanto</t>
+          <t>Inviti pliajn personojn</t>
         </is>
       </c>
       <c r="D569" t="inlineStr"/>
       <c r="E569" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F569" t="inlineStr">
         <is>
-          <t>RoomMembersUser ID</t>
+          <t>RoomMembersInvite more people</t>
         </is>
       </c>
       <c r="G569" t="inlineStr"/>
       <c r="H569" t="inlineStr"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20212</t>
+          <t>../qml/dialogs/RoomMembers.qml:20249</t>
         </is>
       </c>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Display name</t>
+          <t>Search...</t>
         </is>
       </c>
       <c r="C570" t="inlineStr">
         <is>
-          <t>Prezenta nomo</t>
+          <t>Serĉi…</t>
         </is>
       </c>
       <c r="D570" t="inlineStr"/>
       <c r="E570" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F570" t="inlineStr">
         <is>
-          <t>RoomMembersDisplay name</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomMembersSearch...</t>
+        </is>
+      </c>
+      <c r="G570" t="inlineStr"/>
       <c r="H570" t="inlineStr"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20213</t>
+          <t>../qml/dialogs/RoomMembers.qml:20259</t>
         </is>
       </c>
       <c r="B571" t="inlineStr">
         <is>
-          <t>Power level</t>
+          <t xml:space="preserve">Sort by: </t>
         </is>
       </c>
       <c r="C571" t="inlineStr">
         <is>
-          <t>Povnivelo</t>
+          <t xml:space="preserve">Ordigi laŭ: </t>
         </is>
       </c>
       <c r="D571" t="inlineStr"/>
       <c r="E571" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F571" t="inlineStr">
         <is>
-          <t>RoomMembersPower level</t>
+          <t xml:space="preserve">RoomMembersSort by: </t>
         </is>
       </c>
       <c r="G571" t="inlineStr"/>
       <c r="H571" t="inlineStr"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20311</t>
+          <t>../qml/dialogs/RoomMembers.qml:20265</t>
         </is>
       </c>
       <c r="B572" t="inlineStr">
         <is>
-          <t>This room is not encrypted!</t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C572" t="inlineStr">
         <is>
-          <t>Ĉi tiu ĉambro ne estas ĉifrata!</t>
+          <t>Identigilo de uzanto</t>
         </is>
       </c>
       <c r="D572" t="inlineStr"/>
       <c r="E572" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F572" t="inlineStr">
         <is>
-          <t>RoomMembersThis room is not encrypted!</t>
+          <t>RoomMembersUser ID</t>
         </is>
       </c>
       <c r="G572" t="inlineStr"/>
       <c r="H572" t="inlineStr"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20315</t>
+          <t>../qml/dialogs/RoomMembers.qml:20266</t>
         </is>
       </c>
       <c r="B573" t="inlineStr">
         <is>
-          <t>This user is verified.</t>
+          <t>Display name</t>
         </is>
       </c>
       <c r="C573" t="inlineStr">
         <is>
-          <t>Ĉi tiu uzanto estas kontrolita.</t>
+          <t>Prezenta nomo</t>
         </is>
       </c>
       <c r="D573" t="inlineStr"/>
       <c r="E573" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F573" t="inlineStr">
         <is>
-          <t>RoomMembersThis user is verified.</t>
-[...2 lines deleted...]
-      <c r="G573" t="inlineStr"/>
+          <t>RoomMembersDisplay name</t>
+        </is>
+      </c>
+      <c r="G573" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: prezenta nomo</t>
+        </is>
+      </c>
       <c r="H573" t="inlineStr"/>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20317</t>
+          <t>../qml/dialogs/RoomMembers.qml:20267</t>
         </is>
       </c>
       <c r="B574" t="inlineStr">
         <is>
-          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
+          <t>Power level</t>
         </is>
       </c>
       <c r="C574" t="inlineStr">
         <is>
-          <t>Ĉi tiu uzanto ne estas kontrolita, sed ankoraŭ uzas la saman ĉefan ŝlosilon ekde kiam vi renkontiĝis.</t>
+          <t>Povnivelo</t>
         </is>
       </c>
       <c r="D574" t="inlineStr"/>
       <c r="E574" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F574" t="inlineStr">
         <is>
-          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
+          <t>RoomMembersPower level</t>
         </is>
       </c>
       <c r="G574" t="inlineStr"/>
       <c r="H574" t="inlineStr"/>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20319</t>
+          <t>../qml/dialogs/RoomMembers.qml:20365</t>
         </is>
       </c>
       <c r="B575" t="inlineStr">
         <is>
-          <t>This user has unverified devices!</t>
+          <t>This room is not encrypted!</t>
         </is>
       </c>
       <c r="C575" t="inlineStr">
         <is>
-          <t>Ĉi tiu uzanto havas nekontrolitajn aparatojn!</t>
+          <t>Ĉi tiu ĉambro ne estas ĉifrata!</t>
         </is>
       </c>
       <c r="D575" t="inlineStr"/>
       <c r="E575" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F575" t="inlineStr">
         <is>
-          <t>RoomMembersThis user has unverified devices!</t>
+          <t>RoomMembersThis room is not encrypted!</t>
         </is>
       </c>
       <c r="G575" t="inlineStr"/>
       <c r="H575" t="inlineStr"/>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20563</t>
+          <t>../qml/dialogs/RoomMembers.qml:20369</t>
         </is>
       </c>
       <c r="B576" t="inlineStr">
         <is>
-          <t>Failed to enable encryption: %1</t>
+          <t>This user is verified.</t>
         </is>
       </c>
       <c r="C576" t="inlineStr">
         <is>
-          <t>Malsukcesis ŝalti ĉifradon: %1</t>
+          <t>Ĉi tiu uzanto estas kontrolita.</t>
         </is>
       </c>
       <c r="D576" t="inlineStr"/>
       <c r="E576" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F576" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to enable encryption: %1</t>
+          <t>RoomMembersThis user is verified.</t>
         </is>
       </c>
       <c r="G576" t="inlineStr"/>
       <c r="H576" t="inlineStr"/>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../qml/dialogs/RoomMembers.qml:20371</t>
         </is>
       </c>
       <c r="B577" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="C577" t="inlineStr">
         <is>
-          <t>Elektu bildon de ĉambro</t>
+          <t>Ĉi tiu uzanto ne estas kontrolita, sed ankoraŭ uzas la saman ĉefan ŝlosilon ekde kiam vi renkontiĝis.</t>
         </is>
       </c>
       <c r="D577" t="inlineStr"/>
       <c r="E577" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F577" t="inlineStr">
         <is>
-          <t>RoomSettingsSelect an avatar</t>
+          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="G577" t="inlineStr"/>
       <c r="H577" t="inlineStr"/>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../qml/dialogs/RoomMembers.qml:20373</t>
         </is>
       </c>
       <c r="B578" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>This user has unverified devices!</t>
         </is>
       </c>
       <c r="C578" t="inlineStr">
         <is>
-          <t>Ĉiuj dosieroj (*)</t>
+          <t>Ĉi tiu uzanto havas nekontrolitajn aparatojn!</t>
         </is>
       </c>
       <c r="D578" t="inlineStr"/>
       <c r="E578" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F578" t="inlineStr">
         <is>
-          <t>RoomSettingsAll Files (*)</t>
+          <t>RoomMembersThis user has unverified devices!</t>
         </is>
       </c>
       <c r="G578" t="inlineStr"/>
       <c r="H578" t="inlineStr"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20979</t>
+          <t>../../src/ui/RoomSettings.cpp:20617</t>
         </is>
       </c>
       <c r="B579" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>Failed to enable encryption: %1</t>
         </is>
       </c>
       <c r="C579" t="inlineStr">
         <is>
-          <t>La elektita dosiero ne estas bildo</t>
+          <t>Malsukcesis ŝalti ĉifradon: %1</t>
         </is>
       </c>
       <c r="D579" t="inlineStr"/>
       <c r="E579" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F579" t="inlineStr">
         <is>
-          <t>RoomSettingsThe selected file is not an image</t>
+          <t>RoomSettingsFailed to enable encryption: %1</t>
         </is>
       </c>
       <c r="G579" t="inlineStr"/>
       <c r="H579" t="inlineStr"/>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20984</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C580" t="inlineStr">
         <is>
-          <t>Eraris legado de dosiero: %1</t>
+          <t>Elektu bildon de ĉambro</t>
         </is>
       </c>
       <c r="D580" t="inlineStr"/>
       <c r="E580" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F580" t="inlineStr">
         <is>
-          <t>RoomSettingsError while reading file: %1</t>
+          <t>RoomSettingsSelect an avatar</t>
         </is>
       </c>
       <c r="G580" t="inlineStr"/>
       <c r="H580" t="inlineStr"/>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:21035</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B581" t="inlineStr">
         <is>
-          <t>Failed to upload image: %s</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C581" t="inlineStr">
         <is>
-          <t>Malsukcesis alŝuti bildon: %s</t>
+          <t>Ĉiuj dosieroj (*)</t>
         </is>
       </c>
       <c r="D581" t="inlineStr"/>
       <c r="E581" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F581" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to upload image: %s</t>
+          <t>RoomSettingsAll Files (*)</t>
         </is>
       </c>
       <c r="G581" t="inlineStr"/>
       <c r="H581" t="inlineStr"/>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21062</t>
+          <t>../../src/ui/RoomSettings.cpp:21033</t>
         </is>
       </c>
       <c r="B582" t="inlineStr">
         <is>
-          <t>Room Settings</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C582" t="inlineStr">
         <is>
-          <t>Agordoj de ĉambro</t>
+          <t>La elektita dosiero ne estas bildo</t>
         </is>
       </c>
       <c r="D582" t="inlineStr"/>
       <c r="E582" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F582" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Settings</t>
+          <t>RoomSettingsThe selected file is not an image</t>
         </is>
       </c>
       <c r="G582" t="inlineStr"/>
       <c r="H582" t="inlineStr"/>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21097</t>
+          <t>../../src/ui/RoomSettings.cpp:21038</t>
         </is>
       </c>
       <c r="B583" t="inlineStr">
         <is>
-          <t>Change room avatar.</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C583" t="inlineStr">
         <is>
-          <t>Ŝanĝi bildon de ĉambro.</t>
+          <t>Eraris legado de dosiero: %1</t>
         </is>
       </c>
       <c r="D583" t="inlineStr"/>
       <c r="E583" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F583" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange room avatar.</t>
+          <t>RoomSettingsError while reading file: %1</t>
         </is>
       </c>
       <c r="G583" t="inlineStr"/>
       <c r="H583" t="inlineStr"/>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21194</t>
+          <t>../../src/ui/RoomSettings.cpp:21089</t>
         </is>
       </c>
       <c r="B584" t="inlineStr">
         <is>
-          <t>Change name of this room</t>
+          <t>Failed to upload image: %s</t>
         </is>
       </c>
       <c r="C584" t="inlineStr">
         <is>
-          <t>Ŝanĝi nomon de ĉi tiu ĉambro</t>
+          <t>Malsukcesis alŝuti bildon: %s</t>
         </is>
       </c>
       <c r="D584" t="inlineStr"/>
       <c r="E584" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F584" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange name of this room</t>
+          <t>RoomSettingsFailed to upload image: %s</t>
         </is>
       </c>
       <c r="G584" t="inlineStr"/>
       <c r="H584" t="inlineStr"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21217</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21116</t>
         </is>
       </c>
       <c r="B585" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
-[...2 lines deleted...]
-      <c r="C585" t="inlineStr"/>
+          <t>Room Settings</t>
+        </is>
+      </c>
+      <c r="C585" t="inlineStr">
+        <is>
+          <t>Agordoj de ĉambro</t>
+        </is>
+      </c>
       <c r="D585" t="inlineStr"/>
       <c r="E585" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F585" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+          <t>RoomSettingsDialogRoom Settings</t>
         </is>
       </c>
       <c r="G585" t="inlineStr"/>
       <c r="H585" t="inlineStr"/>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21228</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21151</t>
         </is>
       </c>
       <c r="B586" t="inlineStr">
         <is>
-          <t>%n member</t>
+          <t>Change room avatar.</t>
         </is>
       </c>
       <c r="C586" t="inlineStr">
         <is>
-          <t>%n ĉambrano</t>
+          <t>Ŝanĝi bildon de ĉambro.</t>
         </is>
       </c>
       <c r="D586" t="inlineStr"/>
       <c r="E586" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F586" t="inlineStr">
         <is>
-          <t>RoomSettingsDialog%n member(s)</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogChange room avatar.</t>
+        </is>
+      </c>
+      <c r="G586" t="inlineStr"/>
       <c r="H586" t="inlineStr"/>
     </row>
     <row r="587">
       <c r="A587" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21236</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21248</t>
         </is>
       </c>
       <c r="B587" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>Change name of this room</t>
         </is>
       </c>
       <c r="C587" t="inlineStr">
         <is>
-          <t>Montri ĉambranojn de %1</t>
+          <t>Ŝanĝi nomon de ĉi tiu ĉambro</t>
         </is>
       </c>
       <c r="D587" t="inlineStr"/>
       <c r="E587" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F587" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView members of %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogChange name of this room</t>
+        </is>
+      </c>
+      <c r="G587" t="inlineStr"/>
       <c r="H587" t="inlineStr"/>
     </row>
     <row r="588">
       <c r="A588" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21260</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21271</t>
         </is>
       </c>
       <c r="B588" t="inlineStr">
         <is>
-          <t>No topic set</t>
-[...6 lines deleted...]
-      </c>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+        </is>
+      </c>
+      <c r="C588" t="inlineStr"/>
       <c r="D588" t="inlineStr"/>
       <c r="E588" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F588" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNo topic set</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="G588" t="inlineStr"/>
       <c r="H588" t="inlineStr"/>
     </row>
     <row r="589">
       <c r="A589" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21284</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21282</t>
         </is>
       </c>
       <c r="B589" t="inlineStr">
         <is>
-          <t>Change topic of this room</t>
+          <t>%n member</t>
         </is>
       </c>
       <c r="C589" t="inlineStr">
         <is>
-          <t>Ŝanĝi temon de ĉi tiu ĉambro</t>
+          <t>%n ĉambrano</t>
         </is>
       </c>
       <c r="D589" t="inlineStr"/>
       <c r="E589" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F589" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange topic of this room</t>
-[...2 lines deleted...]
-      <c r="G589" t="inlineStr"/>
+          <t>RoomSettingsDialog%n member(s)</t>
+        </is>
+      </c>
+      <c r="G589" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %n ano, %n ano</t>
+        </is>
+      </c>
       <c r="H589" t="inlineStr"/>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21308</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21290</t>
         </is>
       </c>
       <c r="B590" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
-[...2 lines deleted...]
-      <c r="C590" t="inlineStr"/>
+          <t>View members of %1</t>
+        </is>
+      </c>
+      <c r="C590" t="inlineStr">
+        <is>
+          <t>Montri ĉambranojn de %1</t>
+        </is>
+      </c>
       <c r="D590" t="inlineStr"/>
       <c r="E590" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F590" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
-[...2 lines deleted...]
-      <c r="G590" t="inlineStr"/>
+          <t>RoomSettingsDialogView members of %1</t>
+        </is>
+      </c>
+      <c r="G590" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Montri anojn de %1</t>
+        </is>
+      </c>
       <c r="H590" t="inlineStr"/>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21327</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21314</t>
         </is>
       </c>
       <c r="B591" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>No topic set</t>
         </is>
       </c>
       <c r="C591" t="inlineStr">
         <is>
-          <t>SCIIGOJ</t>
+          <t>Neniu metita temo</t>
         </is>
       </c>
       <c r="D591" t="inlineStr"/>
       <c r="E591" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F591" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNOTIFICATIONS</t>
+          <t>RoomSettingsDialogNo topic set</t>
         </is>
       </c>
       <c r="G591" t="inlineStr"/>
       <c r="H591" t="inlineStr"/>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21336</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21338</t>
         </is>
       </c>
       <c r="B592" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Change topic of this room</t>
         </is>
       </c>
       <c r="C592" t="inlineStr">
         <is>
-          <t>Sciigoj</t>
+          <t>Ŝanĝi temon de ĉi tiu ĉambro</t>
         </is>
       </c>
       <c r="D592" t="inlineStr"/>
       <c r="E592" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F592" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNotifications</t>
+          <t>RoomSettingsDialogChange topic of this room</t>
         </is>
       </c>
       <c r="G592" t="inlineStr"/>
       <c r="H592" t="inlineStr"/>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21362</t>
         </is>
       </c>
       <c r="B593" t="inlineStr">
         <is>
-          <t>Muted</t>
-[...6 lines deleted...]
-      </c>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+        </is>
+      </c>
+      <c r="C593" t="inlineStr"/>
       <c r="D593" t="inlineStr"/>
       <c r="E593" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F593" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMuted</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="G593" t="inlineStr"/>
       <c r="H593" t="inlineStr"/>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21381</t>
         </is>
       </c>
       <c r="B594" t="inlineStr">
         <is>
-          <t>Mentions only</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C594" t="inlineStr">
         <is>
-          <t>Sole mencioj</t>
+          <t>SCIIGOJ</t>
         </is>
       </c>
       <c r="D594" t="inlineStr"/>
       <c r="E594" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F594" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMentions only</t>
+          <t>RoomSettingsDialogNOTIFICATIONS</t>
         </is>
       </c>
       <c r="G594" t="inlineStr"/>
       <c r="H594" t="inlineStr"/>
     </row>
     <row r="595">
       <c r="A595" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21390</t>
         </is>
       </c>
       <c r="B595" t="inlineStr">
         <is>
-          <t>All messages</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="C595" t="inlineStr">
         <is>
-          <t>Ĉiuj mesaĝoj</t>
+          <t>Sciigoj</t>
         </is>
       </c>
       <c r="D595" t="inlineStr"/>
       <c r="E595" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F595" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAll messages</t>
+          <t>RoomSettingsDialogNotifications</t>
         </is>
       </c>
       <c r="G595" t="inlineStr"/>
       <c r="H595" t="inlineStr"/>
     </row>
     <row r="596">
       <c r="A596" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21352</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B596" t="inlineStr">
         <is>
-          <t>ENTRY PERMISSIONS</t>
+          <t>Muted</t>
         </is>
       </c>
       <c r="C596" t="inlineStr">
         <is>
-          <t>PERMESOJ PRI ENIGO</t>
+          <t>Silentigita</t>
         </is>
       </c>
       <c r="D596" t="inlineStr"/>
       <c r="E596" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F596" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
+          <t>RoomSettingsDialogMuted</t>
         </is>
       </c>
       <c r="G596" t="inlineStr"/>
       <c r="H596" t="inlineStr"/>
     </row>
     <row r="597">
       <c r="A597" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21361</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B597" t="inlineStr">
         <is>
-          <t>Anyone can join</t>
+          <t>Mentions only</t>
         </is>
       </c>
       <c r="C597" t="inlineStr">
         <is>
-          <t>Ĉiu povas aliĝi</t>
+          <t>Sole mencioj</t>
         </is>
       </c>
       <c r="D597" t="inlineStr"/>
       <c r="E597" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F597" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAnyone can join</t>
+          <t>RoomSettingsDialogMentions only</t>
         </is>
       </c>
       <c r="G597" t="inlineStr"/>
       <c r="H597" t="inlineStr"/>
     </row>
     <row r="598">
       <c r="A598" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21375</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B598" t="inlineStr">
         <is>
-          <t>Allow knocking</t>
+          <t>All messages</t>
         </is>
       </c>
       <c r="C598" t="inlineStr">
         <is>
-          <t>Permesi frapadon</t>
+          <t>Ĉiuj mesaĝoj</t>
         </is>
       </c>
       <c r="D598" t="inlineStr"/>
       <c r="E598" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F598" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow knocking</t>
+          <t>RoomSettingsDialogAll messages</t>
         </is>
       </c>
       <c r="G598" t="inlineStr"/>
       <c r="H598" t="inlineStr"/>
     </row>
     <row r="599">
       <c r="A599" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21394</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21409</t>
         </is>
       </c>
       <c r="B599" t="inlineStr">
         <is>
-          <t>Allow joining via other rooms</t>
+          <t>ENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="C599" t="inlineStr">
         <is>
-          <t>Permesi aliĝon tra aliaj ĉambroj</t>
+          <t>PERMESOJ PRI ENIGO</t>
         </is>
       </c>
       <c r="D599" t="inlineStr"/>
       <c r="E599" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F599" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow joining via other rooms</t>
+          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="G599" t="inlineStr"/>
       <c r="H599" t="inlineStr"/>
     </row>
     <row r="600">
       <c r="A600" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21413</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21418</t>
         </is>
       </c>
       <c r="B600" t="inlineStr">
         <is>
-          <t>Rooms to join via</t>
+          <t>Anyone can join</t>
         </is>
       </c>
       <c r="C600" t="inlineStr">
         <is>
-          <t>Traaliĝotaj ĉambroj</t>
+          <t>Ĉiu povas aliĝi</t>
         </is>
       </c>
       <c r="D600" t="inlineStr"/>
       <c r="E600" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F600" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRooms to join via</t>
+          <t>RoomSettingsDialogAnyone can join</t>
         </is>
       </c>
       <c r="G600" t="inlineStr"/>
       <c r="H600" t="inlineStr"/>
     </row>
     <row r="601">
       <c r="A601" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21667</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
         </is>
       </c>
       <c r="B601" t="inlineStr">
         <is>
-          <t>Change</t>
+          <t>Allow knocking</t>
         </is>
       </c>
       <c r="C601" t="inlineStr">
         <is>
-          <t>Ŝanĝi</t>
+          <t>Permesi frapadon</t>
         </is>
       </c>
       <c r="D601" t="inlineStr"/>
       <c r="E601" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F601" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange</t>
+          <t>RoomSettingsDialogAllow knocking</t>
         </is>
       </c>
       <c r="G601" t="inlineStr"/>
       <c r="H601" t="inlineStr"/>
     </row>
     <row r="602">
       <c r="A602" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21426</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21451</t>
         </is>
       </c>
       <c r="B602" t="inlineStr">
         <is>
-          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>Allow joining via other rooms</t>
         </is>
       </c>
       <c r="C602" t="inlineStr">
         <is>
-          <t>Ŝanĝi liston de ĉambroj, tra kiuj oni povos aliĝi al ĉi tiu. Ordinare tio estas la oficiala aro de ĉi tiu ĉambro.</t>
+          <t>Permesi aliĝon tra aliaj ĉambroj</t>
         </is>
       </c>
       <c r="D602" t="inlineStr"/>
       <c r="E602" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F602" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>RoomSettingsDialogAllow joining via other rooms</t>
         </is>
       </c>
       <c r="G602" t="inlineStr"/>
       <c r="H602" t="inlineStr"/>
     </row>
     <row r="603">
       <c r="A603" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21470</t>
         </is>
       </c>
       <c r="B603" t="inlineStr">
         <is>
-          <t>Allow guests to join</t>
+          <t>Rooms to join via</t>
         </is>
       </c>
       <c r="C603" t="inlineStr">
         <is>
-          <t>Permesi al gastoj aliĝi</t>
+          <t>Traaliĝotaj ĉambroj</t>
         </is>
       </c>
       <c r="D603" t="inlineStr"/>
       <c r="E603" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F603" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow guests to join</t>
+          <t>RoomSettingsDialogRooms to join via</t>
         </is>
       </c>
       <c r="G603" t="inlineStr"/>
       <c r="H603" t="inlineStr"/>
     </row>
     <row r="604">
       <c r="A604" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21449</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21724</t>
         </is>
       </c>
       <c r="B604" t="inlineStr">
         <is>
-          <t>Apply access rules</t>
+          <t>Change</t>
         </is>
       </c>
       <c r="C604" t="inlineStr">
         <is>
-          <t>Efektivigi regulojn pri aliro</t>
+          <t>Ŝanĝi</t>
         </is>
       </c>
       <c r="D604" t="inlineStr"/>
       <c r="E604" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F604" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply access rules</t>
+          <t>RoomSettingsDialogChange</t>
         </is>
       </c>
       <c r="G604" t="inlineStr"/>
       <c r="H604" t="inlineStr"/>
     </row>
     <row r="605">
       <c r="A605" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21456</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21483</t>
         </is>
       </c>
       <c r="B605" t="inlineStr">
         <is>
-          <t>MESSAGE VISIBILITY</t>
+          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="C605" t="inlineStr">
         <is>
-          <t>VIDEBLECO DE MESAĜOJ</t>
+          <t>Ŝanĝi liston de ĉambroj, tra kiuj oni povos aliĝi al ĉi tiu. Ordinare tio estas la oficiala aro de ĉi tiu ĉambro.</t>
         </is>
       </c>
       <c r="D605" t="inlineStr"/>
       <c r="E605" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F605" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
+          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="G605" t="inlineStr"/>
       <c r="H605" t="inlineStr"/>
     </row>
     <row r="606">
       <c r="A606" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21465</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21489</t>
         </is>
       </c>
       <c r="B606" t="inlineStr">
         <is>
-          <t>Allow viewing history without joining</t>
+          <t>Allow guests to join</t>
         </is>
       </c>
       <c r="C606" t="inlineStr">
         <is>
-          <t>Permesi vidi historion antaŭ aliĝo</t>
+          <t>Permesi al gastoj aliĝi</t>
         </is>
       </c>
       <c r="D606" t="inlineStr"/>
       <c r="E606" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F606" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow viewing history without joining</t>
+          <t>RoomSettingsDialogAllow guests to join</t>
         </is>
       </c>
       <c r="G606" t="inlineStr"/>
       <c r="H606" t="inlineStr"/>
     </row>
     <row r="607">
       <c r="A607" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21468</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21506</t>
         </is>
       </c>
       <c r="B607" t="inlineStr">
         <is>
-          <t>This is useful to see previews of the room or view it on public websites.</t>
+          <t>Apply access rules</t>
         </is>
       </c>
       <c r="C607" t="inlineStr">
         <is>
-          <t>Ĉi tio utilas por antaŭrigardi ĉambron aŭ rigardi ĝin per publika retejo.</t>
+          <t>Efektivigi regulojn pri aliro</t>
         </is>
       </c>
       <c r="D607" t="inlineStr"/>
       <c r="E607" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F607" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
+          <t>RoomSettingsDialogApply access rules</t>
         </is>
       </c>
       <c r="G607" t="inlineStr"/>
       <c r="H607" t="inlineStr"/>
     </row>
     <row r="608">
       <c r="A608" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21488</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21513</t>
         </is>
       </c>
       <c r="B608" t="inlineStr">
         <is>
-          <t>Members can see messages since</t>
+          <t>MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C608" t="inlineStr">
         <is>
-          <t>Ĉambranoj povas vidi mesaĝojn ekde</t>
+          <t>VIDEBLECO DE MESAĜOJ</t>
         </is>
       </c>
       <c r="D608" t="inlineStr"/>
       <c r="E608" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F608" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can see messages since</t>
+          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G608" t="inlineStr"/>
       <c r="H608" t="inlineStr"/>
     </row>
     <row r="609">
       <c r="A609" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21492</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21522</t>
         </is>
       </c>
       <c r="B609" t="inlineStr">
         <is>
-          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>Allow viewing history without joining</t>
         </is>
       </c>
       <c r="C609" t="inlineStr">
         <is>
-          <t>Kiom de la historio videblas al aliĝintaj ĉambranoj. Ŝanĝo de ĉi tiu agordo ne tuŝos videblecon de jam senditaj mesaĝoj; ĝi validas nur por novaj mesaĝoj.</t>
+          <t>Permesi vidi historion antaŭ aliĝo</t>
         </is>
       </c>
       <c r="D609" t="inlineStr"/>
       <c r="E609" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F609" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>RoomSettingsDialogAllow viewing history without joining</t>
         </is>
       </c>
       <c r="G609" t="inlineStr"/>
       <c r="H609" t="inlineStr"/>
     </row>
     <row r="610">
       <c r="A610" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21511</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21525</t>
         </is>
       </c>
       <c r="B610" t="inlineStr">
         <is>
-          <t>Everything</t>
+          <t>This is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="C610" t="inlineStr">
         <is>
-          <t>Ĉiom</t>
+          <t>Ĉi tio utilas por antaŭrigardi ĉambron aŭ rigardi ĝin per publika retejo.</t>
         </is>
       </c>
       <c r="D610" t="inlineStr"/>
       <c r="E610" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F610" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEverything</t>
+          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="G610" t="inlineStr"/>
       <c r="H610" t="inlineStr"/>
     </row>
     <row r="611">
       <c r="A611" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21512</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21545</t>
         </is>
       </c>
       <c r="B611" t="inlineStr">
         <is>
-          <t>As long as the user joined, they can see all previous messages.</t>
+          <t>Members can see messages since</t>
         </is>
       </c>
       <c r="C611" t="inlineStr">
         <is>
-          <t>Post sia aliĝo, la uzanto povas vidi ĉiujn antaŭajn mesaĝojn.</t>
+          <t>Ĉambranoj povas vidi mesaĝojn ekde</t>
         </is>
       </c>
       <c r="D611" t="inlineStr"/>
       <c r="E611" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F611" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
+          <t>RoomSettingsDialogMembers can see messages since</t>
         </is>
       </c>
       <c r="G611" t="inlineStr"/>
       <c r="H611" t="inlineStr"/>
     </row>
     <row r="612">
       <c r="A612" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21519</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21549</t>
         </is>
       </c>
       <c r="B612" t="inlineStr">
         <is>
-          <t>They got invited</t>
+          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="C612" t="inlineStr">
         <is>
-          <t>Ĝi invitiĝis</t>
+          <t>Kiom de la historio videblas al aliĝintaj ĉambranoj. Ŝanĝo de ĉi tiu agordo ne tuŝos videblecon de jam senditaj mesaĝoj; ĝi validas nur por novaj mesaĝoj.</t>
         </is>
       </c>
       <c r="D612" t="inlineStr"/>
       <c r="E612" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F612" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey got invited</t>
+          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="G612" t="inlineStr"/>
       <c r="H612" t="inlineStr"/>
     </row>
     <row r="613">
       <c r="A613" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21520</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21568</t>
         </is>
       </c>
       <c r="B613" t="inlineStr">
         <is>
-          <t>Members can only see messages from when they got invited going forward.</t>
+          <t>Everything</t>
         </is>
       </c>
       <c r="C613" t="inlineStr">
         <is>
-          <t>Ĉambranoj povas vidi nur mesaĝojn senditajn post kiam ili invitiĝis.</t>
+          <t>Ĉiom</t>
         </is>
       </c>
       <c r="D613" t="inlineStr"/>
       <c r="E613" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F613" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
+          <t>RoomSettingsDialogEverything</t>
         </is>
       </c>
       <c r="G613" t="inlineStr"/>
       <c r="H613" t="inlineStr"/>
     </row>
     <row r="614">
       <c r="A614" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21527</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21569</t>
         </is>
       </c>
       <c r="B614" t="inlineStr">
         <is>
-          <t>They joined</t>
+          <t>As long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="C614" t="inlineStr">
         <is>
-          <t>Ili aliĝis</t>
+          <t>Post sia aliĝo, la uzanto povas vidi ĉiujn antaŭajn mesaĝojn.</t>
         </is>
       </c>
       <c r="D614" t="inlineStr"/>
       <c r="E614" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F614" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey joined</t>
+          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="G614" t="inlineStr"/>
       <c r="H614" t="inlineStr"/>
     </row>
     <row r="615">
       <c r="A615" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21528</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21576</t>
         </is>
       </c>
       <c r="B615" t="inlineStr">
         <is>
-          <t>Members can only see messages since after they joined.</t>
+          <t>They got invited</t>
         </is>
       </c>
       <c r="C615" t="inlineStr">
         <is>
-          <t>Ĉambranoj povas vidi nur mesaĝojn senditajn post kiam ili aliĝis.</t>
+          <t>Ĝi invitiĝis</t>
         </is>
       </c>
       <c r="D615" t="inlineStr"/>
       <c r="E615" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F615" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
+          <t>RoomSettingsDialogThey got invited</t>
         </is>
       </c>
       <c r="G615" t="inlineStr"/>
       <c r="H615" t="inlineStr"/>
     </row>
     <row r="616">
       <c r="A616" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21538</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21577</t>
         </is>
       </c>
       <c r="B616" t="inlineStr">
         <is>
-          <t>Apply visibility changes</t>
+          <t>Members can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="C616" t="inlineStr">
         <is>
-          <t>Apliki ŝanĝojn pri videbleco</t>
+          <t>Ĉambranoj povas vidi nur mesaĝojn senditajn post kiam ili invitiĝis.</t>
         </is>
       </c>
       <c r="D616" t="inlineStr"/>
       <c r="E616" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F616" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply visibility changes</t>
+          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="G616" t="inlineStr"/>
       <c r="H616" t="inlineStr"/>
     </row>
     <row r="617">
       <c r="A617" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21554</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
         </is>
       </c>
       <c r="B617" t="inlineStr">
         <is>
-          <t>Locally hidden events</t>
+          <t>They joined</t>
         </is>
       </c>
       <c r="C617" t="inlineStr">
         <is>
-          <t>Kaŝi lokajn okazojn</t>
+          <t>Ili aliĝis</t>
         </is>
       </c>
       <c r="D617" t="inlineStr"/>
       <c r="E617" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F617" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogLocally hidden events</t>
+          <t>RoomSettingsDialogThey joined</t>
         </is>
       </c>
       <c r="G617" t="inlineStr"/>
       <c r="H617" t="inlineStr"/>
     </row>
     <row r="618">
       <c r="A618" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21655</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21585</t>
         </is>
       </c>
       <c r="B618" t="inlineStr">
         <is>
-          <t>Configure</t>
+          <t>Members can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="C618" t="inlineStr">
         <is>
-          <t>Agordi</t>
+          <t>Ĉambranoj povas vidi nur mesaĝojn senditajn post kiam ili aliĝis.</t>
         </is>
       </c>
       <c r="D618" t="inlineStr"/>
       <c r="E618" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F618" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogConfigure</t>
+          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="G618" t="inlineStr"/>
       <c r="H618" t="inlineStr"/>
     </row>
     <row r="619">
       <c r="A619" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21566</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21595</t>
         </is>
       </c>
       <c r="B619" t="inlineStr">
         <is>
-          <t>Select events to hide in this room</t>
+          <t>Apply visibility changes</t>
         </is>
       </c>
       <c r="C619" t="inlineStr">
         <is>
-          <t>Elekti kaŝotajn okazojn en ĉi tiu ĉambro</t>
+          <t>Apliki ŝanĝojn pri videbleco</t>
         </is>
       </c>
       <c r="D619" t="inlineStr"/>
       <c r="E619" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F619" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect events to hide in this room</t>
+          <t>RoomSettingsDialogApply visibility changes</t>
         </is>
       </c>
       <c r="G619" t="inlineStr"/>
       <c r="H619" t="inlineStr"/>
     </row>
     <row r="620">
       <c r="A620" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21572</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21611</t>
         </is>
       </c>
       <c r="B620" t="inlineStr">
         <is>
-          <t>Automatic event deletion</t>
+          <t>Locally hidden events</t>
         </is>
       </c>
       <c r="C620" t="inlineStr">
         <is>
-          <t>Memaga forigado de okazoj</t>
+          <t>Kaŝi lokajn okazojn</t>
         </is>
       </c>
       <c r="D620" t="inlineStr"/>
       <c r="E620" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F620" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAutomatic event deletion</t>
+          <t>RoomSettingsDialogLocally hidden events</t>
         </is>
       </c>
       <c r="G620" t="inlineStr"/>
       <c r="H620" t="inlineStr"/>
     </row>
     <row r="621">
       <c r="A621" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21712</t>
         </is>
       </c>
       <c r="B621" t="inlineStr">
         <is>
-          <t>Select if your events get automatically deleted in this room.</t>
+          <t>Configure</t>
         </is>
       </c>
       <c r="C621" t="inlineStr">
         <is>
-          <t>Elektu ĉu viaj okazoj memage foriĝos en ĉi tiu ĉambro.</t>
+          <t>Agordi</t>
         </is>
       </c>
       <c r="D621" t="inlineStr"/>
       <c r="E621" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F621" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
+          <t>RoomSettingsDialogConfigure</t>
         </is>
       </c>
       <c r="G621" t="inlineStr"/>
       <c r="H621" t="inlineStr"/>
     </row>
     <row r="622">
       <c r="A622" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21590</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21623</t>
         </is>
       </c>
       <c r="B622" t="inlineStr">
         <is>
-          <t>GENERAL SETTINGS</t>
+          <t>Select events to hide in this room</t>
         </is>
       </c>
       <c r="C622" t="inlineStr">
         <is>
-          <t>ĜENERALAJ AGORDOJ</t>
+          <t>Elekti kaŝotajn okazojn en ĉi tiu ĉambro</t>
         </is>
       </c>
       <c r="D622" t="inlineStr"/>
       <c r="E622" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F622" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogGENERAL SETTINGS</t>
+          <t>RoomSettingsDialogSelect events to hide in this room</t>
         </is>
       </c>
       <c r="G622" t="inlineStr"/>
       <c r="H622" t="inlineStr"/>
     </row>
     <row r="623">
       <c r="A623" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21599</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21629</t>
         </is>
       </c>
       <c r="B623" t="inlineStr">
         <is>
-          <t>Encryption</t>
+          <t>Automatic event deletion</t>
         </is>
       </c>
       <c r="C623" t="inlineStr">
         <is>
-          <t>Ĉifrado</t>
+          <t>Memaga forigado de okazoj</t>
         </is>
       </c>
       <c r="D623" t="inlineStr"/>
       <c r="E623" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F623" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption</t>
+          <t>RoomSettingsDialogAutomatic event deletion</t>
         </is>
       </c>
       <c r="G623" t="inlineStr"/>
       <c r="H623" t="inlineStr"/>
     </row>
     <row r="624">
       <c r="A624" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21621</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21641</t>
         </is>
       </c>
       <c r="B624" t="inlineStr">
         <is>
-          <t>End-to-End Encryption</t>
+          <t>Select if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="C624" t="inlineStr">
         <is>
-          <t>Tutvoja ĉifrado</t>
+          <t>Elektu ĉu viaj okazoj memage foriĝos en ĉi tiu ĉambro.</t>
         </is>
       </c>
       <c r="D624" t="inlineStr"/>
       <c r="E624" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F624" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEnd-to-End Encryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
+        </is>
+      </c>
+      <c r="G624" t="inlineStr"/>
       <c r="H624" t="inlineStr"/>
     </row>
     <row r="625">
       <c r="A625" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21622</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21647</t>
         </is>
       </c>
       <c r="B625" t="inlineStr">
+        <is>
+          <t>GENERAL SETTINGS</t>
+        </is>
+      </c>
+      <c r="C625" t="inlineStr">
+        <is>
+          <t>ĜENERALAJ AGORDOJ</t>
+        </is>
+      </c>
+      <c r="D625" t="inlineStr"/>
+      <c r="E625" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F625" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogGENERAL SETTINGS</t>
+        </is>
+      </c>
+      <c r="G625" t="inlineStr"/>
+      <c r="H625" t="inlineStr"/>
+    </row>
+    <row r="626">
+      <c r="A626" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+        </is>
+      </c>
+      <c r="B626" t="inlineStr">
+        <is>
+          <t>Encryption</t>
+        </is>
+      </c>
+      <c r="C626" t="inlineStr">
+        <is>
+          <t>Ĉifrado</t>
+        </is>
+      </c>
+      <c r="D626" t="inlineStr"/>
+      <c r="E626" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F626" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogEncryption</t>
+        </is>
+      </c>
+      <c r="G626" t="inlineStr"/>
+      <c r="H626" t="inlineStr"/>
+    </row>
+    <row r="627">
+      <c r="A627" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21678</t>
+        </is>
+      </c>
+      <c r="B627" t="inlineStr">
+        <is>
+          <t>End-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="C627" t="inlineStr">
+        <is>
+          <t>Tutvoja ĉifrado</t>
+        </is>
+      </c>
+      <c r="D627" t="inlineStr"/>
+      <c r="E627" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F627" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogEnd-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="G627" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: tutvoja ĉifrado</t>
+        </is>
+      </c>
+      <c r="H627" t="inlineStr"/>
+    </row>
+    <row r="628">
+      <c r="A628" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21679</t>
+        </is>
+      </c>
+      <c r="B628" t="inlineStr">
         <is>
           <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
                                 Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
-      <c r="C625" t="inlineStr">
+      <c r="C628" t="inlineStr">
         <is>
           <t>Ĉifrado estas eksperimenta, kaj aferoj povus subite rompiĝi.&lt;br&gt;
                                 Bonvolu scii, ke ne eblas malŝalti ĝin poste!</t>
         </is>
       </c>
-      <c r="D625" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F625" t="inlineStr">
+      <c r="D628" t="inlineStr"/>
+      <c r="E628" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F628" t="inlineStr">
         <is>
           <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
                                 Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
-      <c r="G625" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G628" t="inlineStr"/>
       <c r="H628" t="inlineStr"/>
     </row>
     <row r="629">
       <c r="A629" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21695</t>
         </is>
       </c>
       <c r="B629" t="inlineStr">
         <is>
-          <t>View and change the addresses/aliases of this room</t>
+          <t>Permissions</t>
         </is>
       </c>
       <c r="C629" t="inlineStr">
         <is>
-          <t>Vidi kaj ŝanĝi la adresojn/kromnomojn de ĉi tiu ĉambro</t>
+          <t>Permesoj</t>
         </is>
       </c>
       <c r="D629" t="inlineStr"/>
       <c r="E629" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F629" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
+          <t>RoomSettingsDialogPermission</t>
         </is>
       </c>
       <c r="G629" t="inlineStr"/>
       <c r="H629" t="inlineStr"/>
     </row>
     <row r="630">
       <c r="A630" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21662</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21701</t>
         </is>
       </c>
       <c r="B630" t="inlineStr">
         <is>
-          <t>Sticker &amp; Emote Settings</t>
+          <t>View and change the permissions in this room</t>
         </is>
       </c>
       <c r="C630" t="inlineStr">
         <is>
-          <t>Agordoj de glumarkoj kaj mienetoj</t>
+          <t>Vidi kaj redakti permesojn en ĉi tiu ĉambro</t>
         </is>
       </c>
       <c r="D630" t="inlineStr"/>
       <c r="E630" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F630" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
+          <t>RoomSettingsDialogView and change the permissions in this room</t>
         </is>
       </c>
       <c r="G630" t="inlineStr"/>
       <c r="H630" t="inlineStr"/>
     </row>
     <row r="631">
       <c r="A631" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21668</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21707</t>
         </is>
       </c>
       <c r="B631" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>Aliases</t>
         </is>
       </c>
       <c r="C631" t="inlineStr">
         <is>
-          <t>Ŝalti pakojn, forigi ilin, aŭ krei novajn</t>
+          <t>Kromnomoj</t>
         </is>
       </c>
       <c r="D631" t="inlineStr"/>
       <c r="E631" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F631" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
+          <t>RoomSettingsDialogAliases</t>
         </is>
       </c>
       <c r="G631" t="inlineStr"/>
       <c r="H631" t="inlineStr"/>
     </row>
     <row r="632">
       <c r="A632" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21674</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21713</t>
         </is>
       </c>
       <c r="B632" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>View and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="C632" t="inlineStr">
         <is>
-          <t>INFORMOJ</t>
+          <t>Vidi kaj ŝanĝi la adresojn/kromnomojn de ĉi tiu ĉambro</t>
         </is>
       </c>
       <c r="D632" t="inlineStr"/>
       <c r="E632" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F632" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogINFO</t>
+          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="G632" t="inlineStr"/>
       <c r="H632" t="inlineStr"/>
     </row>
     <row r="633">
       <c r="A633" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21683</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21719</t>
         </is>
       </c>
       <c r="B633" t="inlineStr">
         <is>
-          <t>Internal ID</t>
+          <t>Sticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="C633" t="inlineStr">
         <is>
-          <t>Interna identigilo</t>
+          <t>Agordoj de glumarkoj kaj mienetoj</t>
         </is>
       </c>
       <c r="D633" t="inlineStr"/>
       <c r="E633" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F633" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogInternal ID</t>
+          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="G633" t="inlineStr"/>
       <c r="H633" t="inlineStr"/>
     </row>
     <row r="634">
       <c r="A634" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21699</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21725</t>
         </is>
       </c>
       <c r="B634" t="inlineStr">
         <is>
-          <t>Copied to clipboard</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C634" t="inlineStr">
         <is>
-          <t>Kopiiĝis al tondujo</t>
+          <t>Ŝalti pakojn, forigi ilin, aŭ krei novajn</t>
         </is>
       </c>
       <c r="D634" t="inlineStr"/>
       <c r="E634" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F634" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogCopied to clipboard</t>
+          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="G634" t="inlineStr"/>
       <c r="H634" t="inlineStr"/>
     </row>
     <row r="635">
       <c r="A635" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21718</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21731</t>
         </is>
       </c>
       <c r="B635" t="inlineStr">
         <is>
-          <t>Room Version</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C635" t="inlineStr">
         <is>
-          <t>Versio de ĉambro</t>
+          <t>INFORMOJ</t>
         </is>
       </c>
       <c r="D635" t="inlineStr"/>
       <c r="E635" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F635" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Version</t>
+          <t>RoomSettingsDialogINFO</t>
         </is>
       </c>
       <c r="G635" t="inlineStr"/>
       <c r="H635" t="inlineStr"/>
     </row>
     <row r="636">
       <c r="A636" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21740</t>
         </is>
       </c>
       <c r="B636" t="inlineStr">
         <is>
-          <t>show less</t>
+          <t>Internal ID</t>
         </is>
       </c>
       <c r="C636" t="inlineStr">
         <is>
-          <t>montri malpli</t>
+          <t>Interna identigilo</t>
         </is>
       </c>
       <c r="D636" t="inlineStr"/>
       <c r="E636" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F636" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow less</t>
+          <t>RoomSettingsDialogInternal ID</t>
         </is>
       </c>
       <c r="G636" t="inlineStr"/>
       <c r="H636" t="inlineStr"/>
     </row>
     <row r="637">
       <c r="A637" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21757</t>
         </is>
       </c>
       <c r="B637" t="inlineStr">
         <is>
-          <t>show more</t>
+          <t>Copied to clipboard</t>
         </is>
       </c>
       <c r="C637" t="inlineStr">
         <is>
-          <t>montri pli</t>
+          <t>Kopiiĝis al tondujo</t>
         </is>
       </c>
       <c r="D637" t="inlineStr"/>
       <c r="E637" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F637" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow more</t>
+          <t>RoomSettingsDialogCopied to clipboard</t>
         </is>
       </c>
       <c r="G637" t="inlineStr"/>
       <c r="H637" t="inlineStr"/>
     </row>
     <row r="638">
       <c r="A638" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21896</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21777</t>
         </is>
       </c>
       <c r="B638" t="inlineStr">
         <is>
-          <t>Pending invite.</t>
+          <t>Room Version</t>
         </is>
       </c>
       <c r="C638" t="inlineStr">
         <is>
-          <t>Atendanta invito.</t>
+          <t>Versio de ĉambro</t>
         </is>
       </c>
       <c r="D638" t="inlineStr"/>
       <c r="E638" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F638" t="inlineStr">
         <is>
-          <t>RoomlistModelPending invite.</t>
+          <t>RoomSettingsDialogRoom Version</t>
         </is>
       </c>
       <c r="G638" t="inlineStr"/>
       <c r="H638" t="inlineStr"/>
     </row>
     <row r="639">
       <c r="A639" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21925</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B639" t="inlineStr">
         <is>
-          <t>Previewing this room</t>
+          <t>show less</t>
         </is>
       </c>
       <c r="C639" t="inlineStr">
         <is>
-          <t>Antaŭrigardante ĉi tiun ĉambron</t>
+          <t>montri malpli</t>
         </is>
       </c>
       <c r="D639" t="inlineStr"/>
       <c r="E639" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F639" t="inlineStr">
         <is>
-          <t>RoomlistModelPreviewing this room</t>
+          <t>RoomSettingsDialogshow less</t>
         </is>
       </c>
       <c r="G639" t="inlineStr"/>
       <c r="H639" t="inlineStr"/>
     </row>
     <row r="640">
       <c r="A640" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21958</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B640" t="inlineStr">
         <is>
-          <t>No preview available</t>
+          <t>show more</t>
         </is>
       </c>
       <c r="C640" t="inlineStr">
         <is>
-          <t>Neniu antaŭrigardo disponeblas</t>
+          <t>montri pli</t>
         </is>
       </c>
       <c r="D640" t="inlineStr"/>
       <c r="E640" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F640" t="inlineStr">
         <is>
-          <t>RoomlistModelNo preview available</t>
+          <t>RoomSettingsDialogshow more</t>
         </is>
       </c>
       <c r="G640" t="inlineStr"/>
       <c r="H640" t="inlineStr"/>
     </row>
     <row r="641">
       <c r="A641" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21960</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21955</t>
         </is>
       </c>
       <c r="B641" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible</t>
+          <t>Pending invite.</t>
         </is>
       </c>
       <c r="C641" t="inlineStr">
         <is>
-          <t>Ĉi tiu ĉambro eble ne estas alirebla</t>
+          <t>Atendanta invito.</t>
         </is>
       </c>
       <c r="D641" t="inlineStr"/>
       <c r="E641" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F641" t="inlineStr">
         <is>
-          <t>RoomlistModelThis room is possibly inaccessible</t>
+          <t>RoomlistModelPending invite.</t>
         </is>
       </c>
       <c r="G641" t="inlineStr"/>
       <c r="H641" t="inlineStr"/>
     </row>
     <row r="642">
       <c r="A642" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22268</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21984</t>
         </is>
       </c>
       <c r="B642" t="inlineStr">
         <is>
-          <t>Please enter your login password to continue:</t>
+          <t>Previewing this room</t>
         </is>
       </c>
       <c r="C642" t="inlineStr">
         <is>
-          <t>Bonvolu enigi vian pasvorton por daŭrigi:</t>
+          <t>Antaŭrigardante ĉi tiun ĉambron</t>
         </is>
       </c>
       <c r="D642" t="inlineStr"/>
       <c r="E642" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F642" t="inlineStr">
         <is>
-          <t>RootPlease enter your login password to continue:</t>
+          <t>RoomlistModelPreviewing this room</t>
         </is>
       </c>
       <c r="G642" t="inlineStr"/>
       <c r="H642" t="inlineStr"/>
     </row>
     <row r="643">
       <c r="A643" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22278</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22017</t>
         </is>
       </c>
       <c r="B643" t="inlineStr">
         <is>
-          <t>Please enter a valid email address to continue:</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C643" t="inlineStr">
         <is>
-          <t>Bonvolu enigi validan retpoŝtadreson por daŭrigi:</t>
+          <t>Neniu antaŭrigardo disponeblas</t>
         </is>
       </c>
       <c r="D643" t="inlineStr"/>
       <c r="E643" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F643" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid email address to continue:</t>
+          <t>RoomlistModelNo preview available</t>
         </is>
       </c>
       <c r="G643" t="inlineStr"/>
       <c r="H643" t="inlineStr"/>
     </row>
     <row r="644">
       <c r="A644" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22288</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22019</t>
         </is>
       </c>
       <c r="B644" t="inlineStr">
         <is>
-          <t>Please enter a valid phone number to continue:</t>
+          <t>This room is possibly inaccessible</t>
         </is>
       </c>
       <c r="C644" t="inlineStr">
         <is>
-          <t>Bonvolu enigi validan telefonnumeron por daŭrigi:</t>
+          <t>Ĉi tiu ĉambro eble ne estas alirebla</t>
         </is>
       </c>
       <c r="D644" t="inlineStr"/>
       <c r="E644" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F644" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid phone number to continue:</t>
+          <t>RoomlistModelThis room is possibly inaccessible</t>
         </is>
       </c>
       <c r="G644" t="inlineStr"/>
       <c r="H644" t="inlineStr"/>
     </row>
     <row r="645">
       <c r="A645" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22298</t>
+          <t>../qml/Root.qml:22327</t>
         </is>
       </c>
       <c r="B645" t="inlineStr">
         <is>
-          <t>Please enter the token which has been sent to you:</t>
+          <t>Please enter your login password to continue:</t>
         </is>
       </c>
       <c r="C645" t="inlineStr">
         <is>
-          <t>Bonvolu enigi la datumon, kiu sendiĝis al vi:</t>
+          <t>Bonvolu enigi vian pasvorton por daŭrigi:</t>
         </is>
       </c>
       <c r="D645" t="inlineStr"/>
       <c r="E645" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F645" t="inlineStr">
         <is>
-          <t>RootPlease enter the token which has been sent to you:</t>
+          <t>RootPlease enter your login password to continue:</t>
         </is>
       </c>
       <c r="G645" t="inlineStr"/>
       <c r="H645" t="inlineStr"/>
     </row>
     <row r="646">
       <c r="A646" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22309</t>
+          <t>../qml/Root.qml:22337</t>
         </is>
       </c>
       <c r="B646" t="inlineStr">
         <is>
-          <t>Wait for the confirmation link to arrive, then continue.</t>
+          <t>Please enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="C646" t="inlineStr">
         <is>
-          <t>Atendu venon de la konfirma ligilo, kaj poste daŭrigu.</t>
+          <t>Bonvolu enigi validan retpoŝtadreson por daŭrigi:</t>
         </is>
       </c>
       <c r="D646" t="inlineStr"/>
       <c r="E646" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F646" t="inlineStr">
         <is>
-          <t>RootWait for the confirmation link to arrive, then continue.</t>
+          <t>RootPlease enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="G646" t="inlineStr"/>
       <c r="H646" t="inlineStr"/>
     </row>
     <row r="647">
       <c r="A647" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22339</t>
+          <t>../qml/Root.qml:22347</t>
         </is>
       </c>
       <c r="B647" t="inlineStr">
         <is>
-          <t>Share desktop with %1?</t>
+          <t>Please enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="C647" t="inlineStr">
         <is>
-          <t>Ĉu montri la labortablon al %1?</t>
+          <t>Bonvolu enigi validan telefonnumeron por daŭrigi:</t>
         </is>
       </c>
       <c r="D647" t="inlineStr"/>
       <c r="E647" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F647" t="inlineStr">
         <is>
-          <t>ScreenShareShare desktop with %1?</t>
+          <t>RootPlease enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="G647" t="inlineStr"/>
       <c r="H647" t="inlineStr"/>
     </row>
     <row r="648">
       <c r="A648" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22350</t>
+          <t>../qml/Root.qml:22357</t>
         </is>
       </c>
       <c r="B648" t="inlineStr">
         <is>
-          <t>Method:</t>
+          <t>Please enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="C648" t="inlineStr">
         <is>
-          <t>Metodo:</t>
+          <t>Bonvolu enigi la datumon, kiu sendiĝis al vi:</t>
         </is>
       </c>
       <c r="D648" t="inlineStr"/>
       <c r="E648" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F648" t="inlineStr">
         <is>
-          <t>ScreenShareMethod:</t>
+          <t>RootPlease enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="G648" t="inlineStr"/>
       <c r="H648" t="inlineStr"/>
     </row>
     <row r="649">
       <c r="A649" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22370</t>
+          <t>../qml/Root.qml:22368</t>
         </is>
       </c>
       <c r="B649" t="inlineStr">
         <is>
-          <t>Window:</t>
+          <t>Wait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="C649" t="inlineStr">
         <is>
-          <t>Fenestro:</t>
+          <t>Atendu venon de la konfirma ligilo, kaj poste daŭrigu.</t>
         </is>
       </c>
       <c r="D649" t="inlineStr"/>
       <c r="E649" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F649" t="inlineStr">
         <is>
-          <t>ScreenShareWindow:</t>
+          <t>RootWait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="G649" t="inlineStr"/>
       <c r="H649" t="inlineStr"/>
     </row>
     <row r="650">
       <c r="A650" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22385</t>
+          <t>../qml/voip/ScreenShare.qml:22398</t>
         </is>
       </c>
       <c r="B650" t="inlineStr">
         <is>
-          <t>Request screencast</t>
+          <t>Share desktop with %1?</t>
         </is>
       </c>
       <c r="C650" t="inlineStr">
         <is>
-          <t>Peti ekranvidon</t>
+          <t>Ĉu montri la labortablon al %1?</t>
         </is>
       </c>
       <c r="D650" t="inlineStr"/>
       <c r="E650" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F650" t="inlineStr">
         <is>
-          <t>ScreenShareRequest screencast</t>
+          <t>ScreenShareShare desktop with %1?</t>
         </is>
       </c>
       <c r="G650" t="inlineStr"/>
       <c r="H650" t="inlineStr"/>
     </row>
     <row r="651">
       <c r="A651" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22401</t>
+          <t>../qml/voip/ScreenShare.qml:22409</t>
         </is>
       </c>
       <c r="B651" t="inlineStr">
         <is>
-          <t>Frame rate:</t>
+          <t>Method:</t>
         </is>
       </c>
       <c r="C651" t="inlineStr">
         <is>
-          <t>Filmerrapido:</t>
+          <t>Metodo:</t>
         </is>
       </c>
       <c r="D651" t="inlineStr"/>
       <c r="E651" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F651" t="inlineStr">
         <is>
-          <t>ScreenShareFrame rate:</t>
+          <t>ScreenShareMethod:</t>
         </is>
       </c>
       <c r="G651" t="inlineStr"/>
       <c r="H651" t="inlineStr"/>
     </row>
     <row r="652">
       <c r="A652" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22420</t>
+          <t>../qml/voip/ScreenShare.qml:22429</t>
         </is>
       </c>
       <c r="B652" t="inlineStr">
         <is>
-          <t>Include your camera picture-in-picture</t>
+          <t>Window:</t>
         </is>
       </c>
       <c r="C652" t="inlineStr">
         <is>
-          <t>Enigi vian filmilon en la filmon</t>
+          <t>Fenestro:</t>
         </is>
       </c>
       <c r="D652" t="inlineStr"/>
       <c r="E652" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F652" t="inlineStr">
         <is>
-          <t>ScreenShareInclude your camera picture-in-picture</t>
+          <t>ScreenShareWindow:</t>
         </is>
       </c>
       <c r="G652" t="inlineStr"/>
       <c r="H652" t="inlineStr"/>
     </row>
     <row r="653">
       <c r="A653" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22432</t>
+          <t>../qml/voip/ScreenShare.qml:22444</t>
         </is>
       </c>
       <c r="B653" t="inlineStr">
         <is>
-          <t>Request remote camera</t>
+          <t>Request screencast</t>
         </is>
       </c>
       <c r="C653" t="inlineStr">
         <is>
-          <t>Peti foran filmilon</t>
+          <t>Peti ekranvidon</t>
         </is>
       </c>
       <c r="D653" t="inlineStr"/>
       <c r="E653" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F653" t="inlineStr">
         <is>
-          <t>ScreenShareRequest remote camera</t>
+          <t>ScreenShareRequest screencast</t>
         </is>
       </c>
       <c r="G653" t="inlineStr"/>
       <c r="H653" t="inlineStr"/>
     </row>
     <row r="654">
       <c r="A654" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22442</t>
+          <t>../qml/voip/ScreenShare.qml:22460</t>
         </is>
       </c>
       <c r="B654" t="inlineStr">
         <is>
-          <t>View your callee's camera like a regular video call</t>
+          <t>Frame rate:</t>
         </is>
       </c>
       <c r="C654" t="inlineStr">
         <is>
-          <t>Vidi la filmilon de via vokato kiel en ordinara vidvoko</t>
+          <t>Filmerrapido:</t>
         </is>
       </c>
       <c r="D654" t="inlineStr"/>
       <c r="E654" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F654" t="inlineStr">
         <is>
-          <t>ScreenShareView your callee's camera like a regular video call</t>
+          <t>ScreenShareFrame rate:</t>
         </is>
       </c>
       <c r="G654" t="inlineStr"/>
       <c r="H654" t="inlineStr"/>
     </row>
     <row r="655">
       <c r="A655" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22447</t>
+          <t>../qml/voip/ScreenShare.qml:22479</t>
         </is>
       </c>
       <c r="B655" t="inlineStr">
         <is>
-          <t>Hide mouse cursor</t>
+          <t>Include your camera picture-in-picture</t>
         </is>
       </c>
       <c r="C655" t="inlineStr">
         <is>
-          <t>Kaŝi musmontrilon</t>
+          <t>Enigi vian filmilon en la filmon</t>
         </is>
       </c>
       <c r="D655" t="inlineStr"/>
       <c r="E655" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F655" t="inlineStr">
         <is>
-          <t>ScreenShareHide mouse cursor</t>
+          <t>ScreenShareInclude your camera picture-in-picture</t>
         </is>
       </c>
       <c r="G655" t="inlineStr"/>
       <c r="H655" t="inlineStr"/>
     </row>
     <row r="656">
       <c r="A656" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22468</t>
+          <t>../qml/voip/ScreenShare.qml:22491</t>
         </is>
       </c>
       <c r="B656" t="inlineStr">
         <is>
-          <t>Share</t>
+          <t>Request remote camera</t>
         </is>
       </c>
       <c r="C656" t="inlineStr">
         <is>
-          <t>Vidigi</t>
+          <t>Peti foran filmilon</t>
         </is>
       </c>
       <c r="D656" t="inlineStr"/>
       <c r="E656" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F656" t="inlineStr">
         <is>
-          <t>ScreenShareShare</t>
+          <t>ScreenShareRequest remote camera</t>
         </is>
       </c>
       <c r="G656" t="inlineStr"/>
       <c r="H656" t="inlineStr"/>
     </row>
     <row r="657">
       <c r="A657" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22484</t>
+          <t>../qml/voip/ScreenShare.qml:22501</t>
         </is>
       </c>
       <c r="B657" t="inlineStr">
         <is>
-          <t>Preview</t>
+          <t>View your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="C657" t="inlineStr">
         <is>
-          <t>Antaŭrigardi</t>
+          <t>Vidi la filmilon de via vokato kiel en ordinara vidvoko</t>
         </is>
       </c>
       <c r="D657" t="inlineStr"/>
       <c r="E657" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F657" t="inlineStr">
         <is>
-          <t>ScreenSharePreview</t>
+          <t>ScreenShareView your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="G657" t="inlineStr"/>
       <c r="H657" t="inlineStr"/>
     </row>
     <row r="658">
       <c r="A658" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22491</t>
+          <t>../qml/voip/ScreenShare.qml:22506</t>
         </is>
       </c>
       <c r="B658" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Hide mouse cursor</t>
         </is>
       </c>
       <c r="C658" t="inlineStr">
         <is>
-          <t>Nuligi</t>
+          <t>Kaŝi musmontrilon</t>
         </is>
       </c>
       <c r="D658" t="inlineStr"/>
       <c r="E658" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F658" t="inlineStr">
         <is>
-          <t>ScreenShareCancel</t>
+          <t>ScreenShareHide mouse cursor</t>
         </is>
       </c>
       <c r="G658" t="inlineStr"/>
       <c r="H658" t="inlineStr"/>
     </row>
     <row r="659">
       <c r="A659" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17370</t>
+          <t>../qml/voip/ScreenShare.qml:22527</t>
         </is>
       </c>
       <c r="B659" t="inlineStr">
         <is>
-          <t>Failed to connect to secret storage</t>
+          <t>Share</t>
         </is>
       </c>
       <c r="C659" t="inlineStr">
         <is>
-          <t>Malsukcesis konektiĝi al sekreta deponejo</t>
+          <t>Vidigi</t>
         </is>
       </c>
       <c r="D659" t="inlineStr"/>
       <c r="E659" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F659" t="inlineStr">
         <is>
-          <t>SecretStorageFailed to connect to secret storage</t>
+          <t>ScreenShareShare</t>
         </is>
       </c>
       <c r="G659" t="inlineStr"/>
       <c r="H659" t="inlineStr"/>
     </row>
     <row r="660">
       <c r="A660" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17371</t>
+          <t>../qml/voip/ScreenShare.qml:22543</t>
         </is>
       </c>
       <c r="B660" t="inlineStr">
         <is>
-          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>Preview</t>
         </is>
       </c>
       <c r="C660" t="inlineStr">
         <is>
-          <t>Nheko ne povis konektiĝi al la sekura deponejo por deponi sekretojn. Tio povas okazi diverskiale. Kontrolu, ke via servo D-Bus funkcias, kaj ke vi havas agorditan servon kiel KWallet, GNOME Keyring, KeePassXC, aŭ similan por via platformo. Se vi tamen havas problemojn, vi povas raporti ilin tie ĉi: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>Antaŭrigardi</t>
         </is>
       </c>
       <c r="D660" t="inlineStr"/>
       <c r="E660" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F660" t="inlineStr">
         <is>
-          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>ScreenSharePreview</t>
         </is>
       </c>
       <c r="G660" t="inlineStr"/>
       <c r="H660" t="inlineStr"/>
     </row>
     <row r="661">
       <c r="A661" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17421</t>
+          <t>../qml/voip/ScreenShare.qml:22550</t>
         </is>
       </c>
       <c r="B661" t="inlineStr">
         <is>
-          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C661" t="inlineStr">
         <is>
-          <t>Jen via rehava ŝlosilo. Vi bezonos ĝin por rehavi aliron al viaj ĉifritaj mesaĝoj kaj kontrolaj ŝlosiloj. Tenu ĝin sekura. Ne havigu ĝin al iu ajn, kaj ne perdu ĝin! Ne paŝu sur la herbotapiŝon!</t>
+          <t>Nuligi</t>
         </is>
       </c>
       <c r="D661" t="inlineStr"/>
       <c r="E661" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F661" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>ScreenShareCancel</t>
         </is>
       </c>
       <c r="G661" t="inlineStr"/>
       <c r="H661" t="inlineStr"/>
     </row>
     <row r="662">
       <c r="A662" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17442</t>
+          <t>../../src/Cache.cpp:17430</t>
         </is>
       </c>
       <c r="B662" t="inlineStr">
         <is>
-          <t>Encryption setup successfully</t>
+          <t>Failed to connect to secret storage</t>
         </is>
       </c>
       <c r="C662" t="inlineStr">
         <is>
-          <t>Ĉifrado agordiĝis sukcese</t>
+          <t>Malsukcesis konektiĝi al sekreta deponejo</t>
         </is>
       </c>
       <c r="D662" t="inlineStr"/>
       <c r="E662" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F662" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckEncryption setup successfully</t>
+          <t>SecretStorageFailed to connect to secret storage</t>
         </is>
       </c>
       <c r="G662" t="inlineStr"/>
       <c r="H662" t="inlineStr"/>
     </row>
     <row r="663">
       <c r="A663" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17450</t>
+          <t>../../src/Cache.cpp:17431</t>
         </is>
       </c>
       <c r="B663" t="inlineStr">
         <is>
-          <t>Failed to setup encryption: %1</t>
+          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="C663" t="inlineStr">
         <is>
-          <t>Malsukcesis agordi ĉifradon: %1</t>
+          <t>Nheko ne povis konektiĝi al la sekura deponejo por deponi sekretojn. Tio povas okazi diverskiale. Kontrolu, ke via servo D-Bus funkcias, kaj ke vi havas agorditan servon kiel KWallet, GNOME Keyring, KeePassXC, aŭ similan por via platformo. Se vi tamen havas problemojn, vi povas raporti ilin tie ĉi: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="D663" t="inlineStr"/>
       <c r="E663" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F663" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+        </is>
+      </c>
+      <c r="G663" t="inlineStr"/>
       <c r="H663" t="inlineStr"/>
     </row>
     <row r="664">
       <c r="A664" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17482</t>
+          <t>../qml/SelfVerificationCheck.qml:17481</t>
         </is>
       </c>
       <c r="B664" t="inlineStr">
         <is>
-          <t>Setup Encryption</t>
+          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="C664" t="inlineStr">
         <is>
-          <t>Agordi ĉifradon</t>
+          <t>Jen via rehava ŝlosilo. Vi bezonos ĝin por rehavi aliron al viaj ĉifritaj mesaĝoj kaj kontrolaj ŝlosiloj. Tenu ĝin sekura. Ne havigu ĝin al iu ajn, kaj ne perdu ĝin! Ne paŝu sur la herbotapiŝon!</t>
         </is>
       </c>
       <c r="D664" t="inlineStr"/>
       <c r="E664" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F664" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckSetup Encryption</t>
+          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="G664" t="inlineStr"/>
       <c r="H664" t="inlineStr"/>
     </row>
     <row r="665">
       <c r="A665" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17491</t>
+          <t>../qml/SelfVerificationCheck.qml:17502</t>
         </is>
       </c>
       <c r="B665" t="inlineStr">
+        <is>
+          <t>Encryption setup successfully</t>
+        </is>
+      </c>
+      <c r="C665" t="inlineStr">
+        <is>
+          <t>Ĉifrado agordiĝis sukcese</t>
+        </is>
+      </c>
+      <c r="D665" t="inlineStr"/>
+      <c r="E665" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F665" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckEncryption setup successfully</t>
+        </is>
+      </c>
+      <c r="G665" t="inlineStr"/>
+      <c r="H665" t="inlineStr"/>
+    </row>
+    <row r="666">
+      <c r="A666" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17510</t>
+        </is>
+      </c>
+      <c r="B666" t="inlineStr">
+        <is>
+          <t>Failed to setup encryption: %1</t>
+        </is>
+      </c>
+      <c r="C666" t="inlineStr">
+        <is>
+          <t>Malsukcesis agordi ĉifradon: %1</t>
+        </is>
+      </c>
+      <c r="D666" t="inlineStr"/>
+      <c r="E666" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F666" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
+        </is>
+      </c>
+      <c r="G666" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Malsukcesis ŝalti ĉifradon: %1</t>
+        </is>
+      </c>
+      <c r="H666" t="inlineStr"/>
+    </row>
+    <row r="667">
+      <c r="A667" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17542</t>
+        </is>
+      </c>
+      <c r="B667" t="inlineStr">
+        <is>
+          <t>Setup Encryption</t>
+        </is>
+      </c>
+      <c r="C667" t="inlineStr">
+        <is>
+          <t>Agordi ĉifradon</t>
+        </is>
+      </c>
+      <c r="D667" t="inlineStr"/>
+      <c r="E667" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F667" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckSetup Encryption</t>
+        </is>
+      </c>
+      <c r="G667" t="inlineStr"/>
+      <c r="H667" t="inlineStr"/>
+    </row>
+    <row r="668">
+      <c r="A668" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17551</t>
+        </is>
+      </c>
+      <c r="B668" t="inlineStr">
         <is>
           <t>Hello and welcome to Matrix!
 It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
-      <c r="C665" t="inlineStr">
+      <c r="C668" t="inlineStr">
         <is>
           <t>Saluton kaj bonvelu al Matrikso!
 Ŝajnas, ke vi novas. Antaŭ ol vi povos sekure ĉifri viajn mesaĝojn, ni bezonas agordi kelkajn aferojn. Vi povas tuj premi la butonon akcepti, aŭ unue agordi kelkajn elektojn. Ni ankaŭ provas komprenigi al vi kelkajn bazajn principojn. Vi povas preterpasi la komprenigon, sed ĝi povus esti utila!</t>
         </is>
       </c>
-      <c r="D665" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F665" t="inlineStr">
+      <c r="D668" t="inlineStr"/>
+      <c r="E668" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F668" t="inlineStr">
         <is>
           <t>SelfVerificationCheckHello and welcome to Matrix!
 It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
-      <c r="G665" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B666" t="inlineStr">
+      <c r="G668" t="inlineStr"/>
+      <c r="H668" t="inlineStr"/>
+    </row>
+    <row r="669">
+      <c r="A669" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17659</t>
+        </is>
+      </c>
+      <c r="B669" t="inlineStr">
         <is>
           <t>Activate Encryption</t>
         </is>
       </c>
-      <c r="C666" t="inlineStr">
+      <c r="C669" t="inlineStr">
         <is>
           <t>Ŝalti ĉifradon</t>
         </is>
       </c>
-      <c r="D666" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F666" t="inlineStr">
+      <c r="D669" t="inlineStr"/>
+      <c r="E669" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F669" t="inlineStr">
         <is>
           <t>SelfVerificationCheckActivate Encryption</t>
         </is>
       </c>
-      <c r="G666" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B667" t="inlineStr">
+      <c r="G669" t="inlineStr"/>
+      <c r="H669" t="inlineStr"/>
+    </row>
+    <row r="670">
+      <c r="A670" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17668</t>
+        </is>
+      </c>
+      <c r="B670" t="inlineStr">
         <is>
           <t>It seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
 If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
-      <c r="C667" t="inlineStr">
+      <c r="C670" t="inlineStr">
         <is>
           <t>Ŝajnas, ke ĉifrado ne jam estas ŝaltita por ĉi tiu konto. Por ke vi povu aliri viajn ĉifritajn mesaĝojn kaj aperigi la aparaton fidata, vi povas aŭ kontroli per jama aparato (se vi havas tian), aŭ enigi vian rehavan pasfrazon. Bonvolu elekti unu elekteblon sube.
 Se vi elektos kontrolon, vi devos havi alian aparaton disponeblan. Se vi elektos enigon de pasfrazo, vi bezonos viajn rehavajn ŝlosilon aŭ pasfrazon. Se vi nuligos, vi ankoraŭ povos komenci la kontrolon pli poste.</t>
         </is>
       </c>
-      <c r="D667" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F667" t="inlineStr">
+      <c r="D670" t="inlineStr"/>
+      <c r="E670" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F670" t="inlineStr">
         <is>
           <t>SelfVerificationCheckIt seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
 If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
-      <c r="G667" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G670" t="inlineStr"/>
       <c r="H670" t="inlineStr"/>
     </row>
     <row r="671">
       <c r="A671" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17691</t>
+          <t>../qml/SelfVerificationCheck.qml:17673</t>
         </is>
       </c>
       <c r="B671" t="inlineStr">
         <is>
-          <t>Failed to create keys for online key backup!</t>
+          <t>verify</t>
         </is>
       </c>
       <c r="C671" t="inlineStr">
         <is>
-          <t>Malsukcesis krei ŝlosilojn por enreta savkopiado de ŝlosiloj!</t>
+          <t>kontroli</t>
         </is>
       </c>
       <c r="D671" t="inlineStr"/>
       <c r="E671" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F671" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
+          <t>SelfVerificationCheckverify</t>
         </is>
       </c>
       <c r="G671" t="inlineStr"/>
       <c r="H671" t="inlineStr"/>
     </row>
     <row r="672">
       <c r="A672" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17720</t>
+          <t>../qml/SelfVerificationCheck.qml:17682</t>
         </is>
       </c>
       <c r="B672" t="inlineStr">
         <is>
-          <t>Failed to create keys for secure server side secret storage!</t>
+          <t>enter passphrase</t>
         </is>
       </c>
       <c r="C672" t="inlineStr">
         <is>
-          <t>Malsukcesis krei ŝlosilojn por sekura servilflanka sekreta deponejo!</t>
+          <t>enigi pasfrazon</t>
         </is>
       </c>
       <c r="D672" t="inlineStr"/>
       <c r="E672" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F672" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
+          <t>SelfVerificationCheckenter passphrase</t>
         </is>
       </c>
       <c r="G672" t="inlineStr"/>
       <c r="H672" t="inlineStr"/>
     </row>
     <row r="673">
       <c r="A673" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17764</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17735</t>
         </is>
       </c>
       <c r="B673" t="inlineStr">
         <is>
-          <t>Encryption Setup</t>
+          <t>Failed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="C673" t="inlineStr">
         <is>
-          <t>Starigo de ĉifrado</t>
+          <t>Malsukcesis krei delege subskribajn ŝlosilojn!</t>
         </is>
       </c>
       <c r="D673" t="inlineStr"/>
       <c r="E673" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F673" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption Setup</t>
+          <t>SelfVerificationStatusFailed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="G673" t="inlineStr"/>
       <c r="H673" t="inlineStr"/>
     </row>
     <row r="674">
       <c r="A674" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17770</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17751</t>
         </is>
       </c>
       <c r="B674" t="inlineStr">
         <is>
-          <t>Encryption setup failed: %1</t>
+          <t>Failed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="C674" t="inlineStr">
         <is>
-          <t>Starigo de ĉifrado malsukcesis: %1</t>
+          <t>Malsukcesis krei ŝlosilojn por enreta savkopiado de ŝlosiloj!</t>
         </is>
       </c>
       <c r="D674" t="inlineStr"/>
       <c r="E674" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F674" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption setup failed: %1</t>
+          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="G674" t="inlineStr"/>
       <c r="H674" t="inlineStr"/>
     </row>
     <row r="675">
       <c r="A675" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17928</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17780</t>
         </is>
       </c>
       <c r="B675" t="inlineStr">
         <is>
-          <t>Identity key changed. This breaks E2EE, so logging out.</t>
+          <t>Failed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="C675" t="inlineStr">
         <is>
-          <t>Identiga ŝlosilo ŝanĝiĝis. Tio rompas tutvojan ĉifradon, kaj tial la programo nun adiaŭas.</t>
+          <t>Malsukcesis krei ŝlosilojn por sekura servilflanka sekreta deponejo!</t>
         </is>
       </c>
       <c r="D675" t="inlineStr"/>
       <c r="E675" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F675" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
+          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="G675" t="inlineStr"/>
       <c r="H675" t="inlineStr"/>
     </row>
     <row r="676">
       <c r="A676" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18246</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17824</t>
         </is>
       </c>
       <c r="B676" t="inlineStr">
         <is>
-          <t>Failed to update image pack: %1</t>
+          <t>Encryption Setup</t>
         </is>
       </c>
       <c r="C676" t="inlineStr">
         <is>
-          <t>Malsukcesis ĝisdatigi bildopakon: %1</t>
+          <t>Starigo de ĉifrado</t>
         </is>
       </c>
       <c r="D676" t="inlineStr"/>
       <c r="E676" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F676" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to update image pack: %1</t>
+          <t>SelfVerificationStatusEncryption Setup</t>
         </is>
       </c>
       <c r="G676" t="inlineStr"/>
       <c r="H676" t="inlineStr"/>
     </row>
     <row r="677">
       <c r="A677" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18260</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17830</t>
         </is>
       </c>
       <c r="B677" t="inlineStr">
         <is>
-          <t>Failed to delete old image pack: %1</t>
+          <t>Encryption setup failed: %1</t>
         </is>
       </c>
       <c r="C677" t="inlineStr">
         <is>
-          <t>Malsukcesis forigi malnovan bildopakon: %1</t>
+          <t>Starigo de ĉifrado malsukcesis: %1</t>
         </is>
       </c>
       <c r="D677" t="inlineStr"/>
       <c r="E677" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F677" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
+          <t>SelfVerificationStatusEncryption setup failed: %1</t>
         </is>
       </c>
       <c r="G677" t="inlineStr"/>
       <c r="H677" t="inlineStr"/>
     </row>
     <row r="678">
       <c r="A678" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18318</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17988</t>
         </is>
       </c>
       <c r="B678" t="inlineStr">
         <is>
-          <t>Failed to open image: %1</t>
+          <t>Identity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="C678" t="inlineStr">
         <is>
-          <t>Malsukcesis malfermi bildon: %1</t>
+          <t>Identiga ŝlosilo ŝanĝiĝis. Tio rompas tutvojan ĉifradon, kaj tial la programo nun adiaŭas.</t>
         </is>
       </c>
       <c r="D678" t="inlineStr"/>
       <c r="E678" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F678" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to open image: %1</t>
+          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="G678" t="inlineStr"/>
       <c r="H678" t="inlineStr"/>
     </row>
     <row r="679">
       <c r="A679" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18332</t>
+          <t>../../src/SingleImagePackModel.cpp:18306</t>
         </is>
       </c>
       <c r="B679" t="inlineStr">
         <is>
-          <t>Failed to upload image: %1</t>
+          <t>Failed to update image pack: %1</t>
         </is>
       </c>
       <c r="C679" t="inlineStr">
         <is>
-          <t>Malsukcesis alŝuti bildon: %1</t>
+          <t>Malsukcesis ĝisdatigi bildopakon: %1</t>
         </is>
       </c>
       <c r="D679" t="inlineStr"/>
       <c r="E679" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F679" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to upload image: %1</t>
+          <t>SingleImagePackModelFailed to update image pack: %1</t>
         </is>
       </c>
       <c r="G679" t="inlineStr"/>
       <c r="H679" t="inlineStr"/>
     </row>
     <row r="680">
       <c r="A680" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenu.qml:18348</t>
+          <t>../../src/SingleImagePackModel.cpp:18320</t>
         </is>
       </c>
       <c r="B680" t="inlineStr">
         <is>
-          <t>Add or remove from community...</t>
+          <t>Failed to delete old image pack: %1</t>
         </is>
       </c>
       <c r="C680" t="inlineStr">
         <is>
-          <t>Aldoni al aŭ forigi de komunumo…</t>
+          <t>Malsukcesis forigi malnovan bildopakon: %1</t>
         </is>
       </c>
       <c r="D680" t="inlineStr"/>
       <c r="E680" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F680" t="inlineStr">
         <is>
-          <t>SpaceMenuAdd or remove from community...</t>
+          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
         </is>
       </c>
       <c r="G680" t="inlineStr"/>
       <c r="H680" t="inlineStr"/>
     </row>
     <row r="681">
       <c r="A681" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18376</t>
+          <t>../../src/SingleImagePackModel.cpp:18378</t>
         </is>
       </c>
       <c r="B681" t="inlineStr">
         <is>
-          <t>Official community for this room</t>
+          <t>Failed to open image: %1</t>
         </is>
       </c>
       <c r="C681" t="inlineStr">
         <is>
-          <t>Oficiala komunumo por ĉi tiu ĉambro</t>
+          <t>Malsukcesis malfermi bildon: %1</t>
         </is>
       </c>
       <c r="D681" t="inlineStr"/>
       <c r="E681" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F681" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelOfficial community for this room</t>
+          <t>SingleImagePackModelFailed to open image: %1</t>
         </is>
       </c>
       <c r="G681" t="inlineStr"/>
       <c r="H681" t="inlineStr"/>
     </row>
     <row r="682">
       <c r="A682" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18384</t>
+          <t>../../src/SingleImagePackModel.cpp:18392</t>
         </is>
       </c>
       <c r="B682" t="inlineStr">
         <is>
-          <t>Affiliated community for this room</t>
+          <t>Failed to upload image: %1</t>
         </is>
       </c>
       <c r="C682" t="inlineStr">
         <is>
-          <t>Parenca komunumo por ĉi tiu ĉambro</t>
+          <t>Malsukcesis alŝuti bildon: %1</t>
         </is>
       </c>
       <c r="D682" t="inlineStr"/>
       <c r="E682" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F682" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelAffiliated community for this room</t>
+          <t>SingleImagePackModelFailed to upload image: %1</t>
         </is>
       </c>
       <c r="G682" t="inlineStr"/>
       <c r="H682" t="inlineStr"/>
     </row>
     <row r="683">
       <c r="A683" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18392</t>
+          <t>../qml/components/SpaceMenu.qml:18408</t>
         </is>
       </c>
       <c r="B683" t="inlineStr">
         <is>
-          <t>Listed only for community members</t>
+          <t>Add or remove from community...</t>
         </is>
       </c>
       <c r="C683" t="inlineStr">
         <is>
-          <t>Listigita nur por komunumanoj</t>
+          <t>Aldoni al aŭ forigi de komunumo…</t>
         </is>
       </c>
       <c r="D683" t="inlineStr"/>
       <c r="E683" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F683" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for community members</t>
+          <t>SpaceMenuAdd or remove from community...</t>
         </is>
       </c>
       <c r="G683" t="inlineStr"/>
       <c r="H683" t="inlineStr"/>
     </row>
     <row r="684">
       <c r="A684" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18400</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18436</t>
         </is>
       </c>
       <c r="B684" t="inlineStr">
         <is>
-          <t>Listed only for room members</t>
+          <t>Official community for this room</t>
         </is>
       </c>
       <c r="C684" t="inlineStr">
         <is>
-          <t>Listigita nur por ĉambranoj</t>
+          <t>Oficiala komunumo por ĉi tiu ĉambro</t>
         </is>
       </c>
       <c r="D684" t="inlineStr"/>
       <c r="E684" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F684" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for room members</t>
+          <t>SpaceMenuLevelOfficial community for this room</t>
         </is>
       </c>
       <c r="G684" t="inlineStr"/>
       <c r="H684" t="inlineStr"/>
     </row>
     <row r="685">
       <c r="A685" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18408</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18444</t>
         </is>
       </c>
       <c r="B685" t="inlineStr">
         <is>
-          <t>Not related</t>
+          <t>Affiliated community for this room</t>
         </is>
       </c>
       <c r="C685" t="inlineStr">
         <is>
-          <t>Nerilata</t>
+          <t>Parenca komunumo por ĉi tiu ĉambro</t>
         </is>
       </c>
       <c r="D685" t="inlineStr"/>
       <c r="E685" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F685" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelNot related</t>
+          <t>SpaceMenuLevelAffiliated community for this room</t>
         </is>
       </c>
       <c r="G685" t="inlineStr"/>
       <c r="H685" t="inlineStr"/>
     </row>
     <row r="686">
       <c r="A686" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18426</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18452</t>
         </is>
       </c>
       <c r="B686" t="inlineStr">
         <is>
-          <t>Failed</t>
+          <t>Listed only for community members</t>
         </is>
       </c>
       <c r="C686" t="inlineStr">
         <is>
-          <t>Estas malsukcesa</t>
+          <t>Listigita nur por komunumanoj</t>
         </is>
       </c>
       <c r="D686" t="inlineStr"/>
       <c r="E686" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F686" t="inlineStr">
         <is>
-          <t>StatusIndicatorFailed</t>
+          <t>SpaceMenuLevelListed only for community members</t>
         </is>
       </c>
       <c r="G686" t="inlineStr"/>
       <c r="H686" t="inlineStr"/>
     </row>
     <row r="687">
       <c r="A687" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18428</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18460</t>
         </is>
       </c>
       <c r="B687" t="inlineStr">
         <is>
-          <t>Sent</t>
+          <t>Listed only for room members</t>
         </is>
       </c>
       <c r="C687" t="inlineStr">
         <is>
-          <t>Estas sendita</t>
+          <t>Listigita nur por ĉambranoj</t>
         </is>
       </c>
       <c r="D687" t="inlineStr"/>
       <c r="E687" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F687" t="inlineStr">
         <is>
-          <t>StatusIndicatorSent</t>
+          <t>SpaceMenuLevelListed only for room members</t>
         </is>
       </c>
       <c r="G687" t="inlineStr"/>
       <c r="H687" t="inlineStr"/>
     </row>
     <row r="688">
       <c r="A688" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18430</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18468</t>
         </is>
       </c>
       <c r="B688" t="inlineStr">
         <is>
-          <t>Received</t>
+          <t>Not related</t>
         </is>
       </c>
       <c r="C688" t="inlineStr">
         <is>
-          <t>Estas ricevita</t>
+          <t>Nerilata</t>
         </is>
       </c>
       <c r="D688" t="inlineStr"/>
       <c r="E688" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F688" t="inlineStr">
         <is>
-          <t>StatusIndicatorReceived</t>
+          <t>SpaceMenuLevelNot related</t>
         </is>
       </c>
       <c r="G688" t="inlineStr"/>
       <c r="H688" t="inlineStr"/>
     </row>
     <row r="689">
       <c r="A689" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18432</t>
+          <t>../qml/StatusIndicator.qml:18486</t>
         </is>
       </c>
       <c r="B689" t="inlineStr">
         <is>
-          <t>Read</t>
+          <t>Failed</t>
         </is>
       </c>
       <c r="C689" t="inlineStr">
         <is>
-          <t>Estas legita</t>
+          <t>Estas malsukcesa</t>
         </is>
       </c>
       <c r="D689" t="inlineStr"/>
       <c r="E689" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F689" t="inlineStr">
         <is>
+          <t>StatusIndicatorFailed</t>
+        </is>
+      </c>
+      <c r="G689" t="inlineStr"/>
+      <c r="H689" t="inlineStr"/>
+    </row>
+    <row r="690">
+      <c r="A690" t="inlineStr">
+        <is>
+          <t>../qml/StatusIndicator.qml:18488</t>
+        </is>
+      </c>
+      <c r="B690" t="inlineStr">
+        <is>
+          <t>Sent</t>
+        </is>
+      </c>
+      <c r="C690" t="inlineStr">
+        <is>
+          <t>Estas sendita</t>
+        </is>
+      </c>
+      <c r="D690" t="inlineStr"/>
+      <c r="E690" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F690" t="inlineStr">
+        <is>
+          <t>StatusIndicatorSent</t>
+        </is>
+      </c>
+      <c r="G690" t="inlineStr"/>
+      <c r="H690" t="inlineStr"/>
+    </row>
+    <row r="691">
+      <c r="A691" t="inlineStr">
+        <is>
+          <t>../qml/StatusIndicator.qml:18490</t>
+        </is>
+      </c>
+      <c r="B691" t="inlineStr">
+        <is>
+          <t>Received</t>
+        </is>
+      </c>
+      <c r="C691" t="inlineStr">
+        <is>
+          <t>Estas ricevita</t>
+        </is>
+      </c>
+      <c r="D691" t="inlineStr"/>
+      <c r="E691" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F691" t="inlineStr">
+        <is>
+          <t>StatusIndicatorReceived</t>
+        </is>
+      </c>
+      <c r="G691" t="inlineStr"/>
+      <c r="H691" t="inlineStr"/>
+    </row>
+    <row r="692">
+      <c r="A692" t="inlineStr">
+        <is>
+          <t>../qml/StatusIndicator.qml:18492</t>
+        </is>
+      </c>
+      <c r="B692" t="inlineStr">
+        <is>
+          <t>Read</t>
+        </is>
+      </c>
+      <c r="C692" t="inlineStr">
+        <is>
+          <t>Estas legita</t>
+        </is>
+      </c>
+      <c r="D692" t="inlineStr"/>
+      <c r="E692" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F692" t="inlineStr">
+        <is>
           <t>StatusIndicatorRead</t>
         </is>
       </c>
-      <c r="G689" t="inlineStr"/>
-      <c r="H689" t="inlineStr">
+      <c r="G692" t="inlineStr"/>
+      <c r="H692" t="inlineStr">
         <is>
           <t xml:space="preserve">
 Could this simply be "lega"?</t>
         </is>
       </c>
     </row>
-    <row r="690">
-[...92 lines deleted...]
-    </row>
     <row r="693">
       <c r="A693" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18710</t>
+          <t>../qml/emoji/StickerPicker.qml:18561</t>
         </is>
       </c>
       <c r="B693" t="inlineStr">
         <is>
-          <t>Verification successful!  Both sides verified their devices!</t>
+          <t>Search</t>
         </is>
       </c>
       <c r="C693" t="inlineStr">
         <is>
-          <t>Sukcesis kontrolo! Ambaŭ flankoj kontrolis siajn aparatojn!</t>
+          <t>Serĉu</t>
         </is>
       </c>
       <c r="D693" t="inlineStr"/>
       <c r="E693" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F693" t="inlineStr">
         <is>
-          <t>SuccessVerification successful! Both sides verified their devices!</t>
+          <t>StickerPickerSearch</t>
         </is>
       </c>
       <c r="G693" t="inlineStr"/>
       <c r="H693" t="inlineStr"/>
     </row>
     <row r="694">
       <c r="A694" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18724</t>
+          <t>../qml/emoji/StickerPicker.qml:18750</t>
         </is>
       </c>
       <c r="B694" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C694" t="inlineStr">
         <is>
-          <t>Fermi</t>
+          <t>Ŝalti pakojn, forigi ilin, aŭ krei novajn</t>
         </is>
       </c>
       <c r="D694" t="inlineStr"/>
       <c r="E694" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F694" t="inlineStr">
         <is>
-          <t>SuccessClose</t>
-[...2 lines deleted...]
-      <c r="G694" t="inlineStr"/>
+          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
+        </is>
+      </c>
+      <c r="G694" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ŝalti, forigi, aŭ krei novajn pakojn</t>
+        </is>
+      </c>
       <c r="H694" t="inlineStr"/>
     </row>
     <row r="695">
       <c r="A695" t="inlineStr">
         <is>
-          <t>../qml/TimelineDefaultMessageStyle.qml:18891</t>
+          <t>../qml/device-verification/Success.qml:18760</t>
         </is>
       </c>
       <c r="B695" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>Successful Verification</t>
         </is>
       </c>
       <c r="C695" t="inlineStr">
         <is>
-          <t>Parto de fadeno</t>
+          <t>Sukcesis kontrolo</t>
         </is>
       </c>
       <c r="D695" t="inlineStr"/>
       <c r="E695" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F695" t="inlineStr">
         <is>
-          <t>TimelineDefaultMessageStylePart of a thread</t>
+          <t>SuccessSuccessful Verification</t>
         </is>
       </c>
       <c r="G695" t="inlineStr"/>
       <c r="H695" t="inlineStr"/>
     </row>
     <row r="696">
       <c r="A696" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18979</t>
+          <t>../qml/device-verification/Success.qml:18770</t>
         </is>
       </c>
       <c r="B696" t="inlineStr">
         <is>
-          <t>%1 placed a voice call.</t>
+          <t>Verification successful!  Both sides verified their devices!</t>
         </is>
       </c>
       <c r="C696" t="inlineStr">
         <is>
-          <t>%1 voĉvokis.</t>
+          <t>Sukcesis kontrolo! Ambaŭ flankoj kontrolis siajn aparatojn!</t>
         </is>
       </c>
       <c r="D696" t="inlineStr"/>
       <c r="E696" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F696" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a voice call.</t>
+          <t>SuccessVerification successful! Both sides verified their devices!</t>
         </is>
       </c>
       <c r="G696" t="inlineStr"/>
       <c r="H696" t="inlineStr"/>
     </row>
     <row r="697">
       <c r="A697" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18981</t>
+          <t>../qml/device-verification/Success.qml:18784</t>
         </is>
       </c>
       <c r="B697" t="inlineStr">
         <is>
-          <t>%1 placed a video call.</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C697" t="inlineStr">
         <is>
-          <t>%1 vidvokis.</t>
+          <t>Fermi</t>
         </is>
       </c>
       <c r="D697" t="inlineStr"/>
       <c r="E697" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F697" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a video call.</t>
+          <t>SuccessClose</t>
         </is>
       </c>
       <c r="G697" t="inlineStr"/>
       <c r="H697" t="inlineStr"/>
     </row>
     <row r="698">
       <c r="A698" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18983</t>
+          <t>../qml/TimelineDefaultMessageStyle.qml:18951</t>
         </is>
       </c>
       <c r="B698" t="inlineStr">
         <is>
-          <t>%1 placed a call.</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C698" t="inlineStr">
         <is>
-          <t>%1 vokis.</t>
+          <t>Parto de fadeno</t>
         </is>
       </c>
       <c r="D698" t="inlineStr"/>
       <c r="E698" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F698" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineDefaultMessageStylePart of a thread</t>
+        </is>
+      </c>
+      <c r="G698" t="inlineStr"/>
       <c r="H698" t="inlineStr"/>
     </row>
     <row r="699">
       <c r="A699" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19005</t>
+          <t>../qml/TimelineEvent.qml:19039</t>
         </is>
       </c>
       <c r="B699" t="inlineStr">
         <is>
-          <t>%1 answered the call.</t>
+          <t>%1 placed a voice call.</t>
         </is>
       </c>
       <c r="C699" t="inlineStr">
         <is>
-          <t>%1 respondis la vokon.</t>
+          <t>%1 voĉvokis.</t>
         </is>
       </c>
       <c r="D699" t="inlineStr"/>
       <c r="E699" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F699" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 answered the call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineEvent%1 placed a voice call.</t>
+        </is>
+      </c>
+      <c r="G699" t="inlineStr"/>
       <c r="H699" t="inlineStr"/>
     </row>
     <row r="700">
       <c r="A700" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19007</t>
+          <t>../qml/TimelineEvent.qml:19041</t>
         </is>
       </c>
       <c r="B700" t="inlineStr">
         <is>
-          <t>%1 rejected the call.</t>
+          <t>%1 placed a video call.</t>
         </is>
       </c>
       <c r="C700" t="inlineStr">
         <is>
-          <t>%1 malakceptis la vokon.</t>
+          <t>%1 vidvokis.</t>
         </is>
       </c>
       <c r="D700" t="inlineStr"/>
       <c r="E700" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F700" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 rejected the call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineEvent%1 placed a video call.</t>
+        </is>
+      </c>
+      <c r="G700" t="inlineStr"/>
       <c r="H700" t="inlineStr"/>
     </row>
     <row r="701">
       <c r="A701" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19009</t>
+          <t>../qml/TimelineEvent.qml:19043</t>
         </is>
       </c>
       <c r="B701" t="inlineStr">
         <is>
-          <t>%1 selected answer.</t>
+          <t>%1 placed a call.</t>
         </is>
       </c>
       <c r="C701" t="inlineStr">
         <is>
-          <t>%1 elektita respndo.</t>
+          <t>%1 vokis.</t>
         </is>
       </c>
       <c r="D701" t="inlineStr"/>
       <c r="E701" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F701" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 selected answer.</t>
-[...2 lines deleted...]
-      <c r="G701" t="inlineStr"/>
+          <t>TimelineEvent%1 placed a call.</t>
+        </is>
+      </c>
+      <c r="G701" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 vokis</t>
+        </is>
+      </c>
       <c r="H701" t="inlineStr"/>
     </row>
     <row r="702">
       <c r="A702" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19011</t>
+          <t>../qml/TimelineEvent.qml:19065</t>
         </is>
       </c>
       <c r="B702" t="inlineStr">
         <is>
-          <t>%1 ended the call.</t>
+          <t>%1 answered the call.</t>
         </is>
       </c>
       <c r="C702" t="inlineStr">
         <is>
-          <t>%1 finis la vokon.</t>
+          <t>%1 respondis la vokon.</t>
         </is>
       </c>
       <c r="D702" t="inlineStr"/>
       <c r="E702" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F702" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 ended the call.</t>
-[...2 lines deleted...]
-      <c r="G702" t="inlineStr"/>
+          <t>TimelineEvent%1 answered the call.</t>
+        </is>
+      </c>
+      <c r="G702" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 respondis vokon</t>
+        </is>
+      </c>
       <c r="H702" t="inlineStr"/>
     </row>
     <row r="703">
       <c r="A703" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19015</t>
+          <t>../qml/TimelineEvent.qml:19067</t>
         </is>
       </c>
       <c r="B703" t="inlineStr">
         <is>
-          <t>%1 is negotiating the call...</t>
+          <t>%1 rejected the call.</t>
         </is>
       </c>
       <c r="C703" t="inlineStr">
         <is>
-          <t>%1 traktas la vokon…</t>
+          <t>%1 malakceptis la vokon.</t>
         </is>
       </c>
       <c r="D703" t="inlineStr"/>
       <c r="E703" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F703" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 is negotiating the call...</t>
-[...2 lines deleted...]
-      <c r="G703" t="inlineStr"/>
+          <t>TimelineEvent%1 rejected the call.</t>
+        </is>
+      </c>
+      <c r="G703" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 malakceptis vokon</t>
+        </is>
+      </c>
       <c r="H703" t="inlineStr"/>
     </row>
     <row r="704">
       <c r="A704" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19106</t>
+          <t>../qml/TimelineEvent.qml:19069</t>
         </is>
       </c>
       <c r="B704" t="inlineStr">
         <is>
-          <t>Allow them in</t>
+          <t>%1 selected answer.</t>
         </is>
       </c>
       <c r="C704" t="inlineStr">
         <is>
-          <t>Enlasi ĝin</t>
+          <t>%1 elektita respndo.</t>
         </is>
       </c>
       <c r="D704" t="inlineStr"/>
       <c r="E704" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F704" t="inlineStr">
         <is>
-          <t>TimelineEventAllow them in</t>
+          <t>TimelineEvent%1 selected answer.</t>
         </is>
       </c>
       <c r="G704" t="inlineStr"/>
       <c r="H704" t="inlineStr"/>
     </row>
     <row r="705">
       <c r="A705" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19128</t>
+          <t>../qml/TimelineEvent.qml:19071</t>
         </is>
       </c>
       <c r="B705" t="inlineStr">
         <is>
-          <t>This room was replaced for the following reason: %1</t>
+          <t>%1 ended the call.</t>
         </is>
       </c>
       <c r="C705" t="inlineStr">
         <is>
-          <t>Ĉi tiu ĉambro anstataŭiĝis pro la jena kialo: %1</t>
+          <t>%1 finis la vokon.</t>
         </is>
       </c>
       <c r="D705" t="inlineStr"/>
       <c r="E705" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F705" t="inlineStr">
         <is>
-          <t>TimelineEventThis room was replaced for the following reason: %1</t>
+          <t>TimelineEvent%1 ended the call.</t>
         </is>
       </c>
       <c r="G705" t="inlineStr"/>
       <c r="H705" t="inlineStr"/>
     </row>
     <row r="706">
       <c r="A706" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19136</t>
+          <t>../qml/TimelineEvent.qml:19075</t>
         </is>
       </c>
       <c r="B706" t="inlineStr">
         <is>
-          <t>Go to replacement room</t>
+          <t>%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="C706" t="inlineStr">
         <is>
-          <t>Iri al la anstataŭa ĉambro</t>
+          <t>%1 traktas la vokon…</t>
         </is>
       </c>
       <c r="D706" t="inlineStr"/>
       <c r="E706" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F706" t="inlineStr">
         <is>
-          <t>TimelineEventGo to replacement room</t>
+          <t>TimelineEvent%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="G706" t="inlineStr"/>
       <c r="H706" t="inlineStr"/>
     </row>
     <row r="707">
       <c r="A707" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19176</t>
+          <t>../qml/TimelineEvent.qml:19166</t>
         </is>
       </c>
       <c r="B707" t="inlineStr">
         <is>
-          <t>Edited</t>
+          <t>Allow them in</t>
         </is>
       </c>
       <c r="C707" t="inlineStr">
         <is>
-          <t>Redaktita</t>
+          <t>Enlasi ĝin</t>
         </is>
       </c>
       <c r="D707" t="inlineStr"/>
       <c r="E707" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F707" t="inlineStr">
         <is>
-          <t>TimelineMetadataEdited</t>
+          <t>TimelineEventAllow them in</t>
         </is>
       </c>
       <c r="G707" t="inlineStr"/>
       <c r="H707" t="inlineStr"/>
     </row>
     <row r="708">
       <c r="A708" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19192</t>
+          <t>../qml/TimelineEvent.qml:19188</t>
         </is>
       </c>
       <c r="B708" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>This room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="C708" t="inlineStr">
         <is>
-          <t>Parto de fadeno</t>
+          <t>Ĉi tiu ĉambro anstataŭiĝis pro la jena kialo: %1</t>
         </is>
       </c>
       <c r="D708" t="inlineStr"/>
       <c r="E708" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F708" t="inlineStr">
         <is>
-          <t>TimelineMetadataPart of a thread</t>
+          <t>TimelineEventThis room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="G708" t="inlineStr"/>
       <c r="H708" t="inlineStr"/>
     </row>
     <row r="709">
       <c r="A709" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20814</t>
+          <t>../qml/TimelineEvent.qml:19196</t>
         </is>
       </c>
       <c r="B709" t="inlineStr">
         <is>
-          <t>Message redaction failed: %1</t>
+          <t>Go to replacement room</t>
         </is>
       </c>
       <c r="C709" t="inlineStr">
         <is>
-          <t>Malsukcesis redaktado de mesaĝo: %1</t>
+          <t>Iri al la anstataŭa ĉambro</t>
         </is>
       </c>
       <c r="D709" t="inlineStr"/>
       <c r="E709" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F709" t="inlineStr">
         <is>
-          <t>TimelineModelMessage redaction failed: %1</t>
+          <t>TimelineEventGo to replacement room</t>
         </is>
       </c>
       <c r="G709" t="inlineStr"/>
       <c r="H709" t="inlineStr"/>
     </row>
     <row r="710">
       <c r="A710" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20941</t>
+          <t>../qml/TimelineMetadata.qml:19236</t>
         </is>
       </c>
       <c r="B710" t="inlineStr">
         <is>
-          <t>Failed to encrypt event, sending aborted!</t>
+          <t>Edited</t>
         </is>
       </c>
       <c r="C710" t="inlineStr">
         <is>
-          <t>Malsukcesis ĉifri okazon; sendado nuliĝis!</t>
+          <t>Redaktita</t>
         </is>
       </c>
       <c r="D710" t="inlineStr"/>
       <c r="E710" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F710" t="inlineStr">
         <is>
-          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
+          <t>TimelineMetadataEdited</t>
         </is>
       </c>
       <c r="G710" t="inlineStr"/>
       <c r="H710" t="inlineStr"/>
     </row>
     <row r="711">
       <c r="A711" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21137</t>
+          <t>../qml/TimelineMetadata.qml:19252</t>
         </is>
       </c>
       <c r="B711" t="inlineStr">
         <is>
-          <t>Save image</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C711" t="inlineStr">
         <is>
-          <t>Konservi bildon</t>
+          <t>Parto de fadeno</t>
         </is>
       </c>
       <c r="D711" t="inlineStr"/>
       <c r="E711" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F711" t="inlineStr">
         <is>
-          <t>TimelineModelSave image</t>
+          <t>TimelineMetadataPart of a thread</t>
         </is>
       </c>
       <c r="G711" t="inlineStr"/>
       <c r="H711" t="inlineStr"/>
     </row>
     <row r="712">
       <c r="A712" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21139</t>
+          <t>../../src/timeline/TimelineModel.cpp:20873</t>
         </is>
       </c>
       <c r="B712" t="inlineStr">
         <is>
-          <t>Save video</t>
+          <t>Message redaction failed: %1</t>
         </is>
       </c>
       <c r="C712" t="inlineStr">
         <is>
-          <t>Konservi filmon</t>
+          <t>Malsukcesis redaktado de mesaĝo: %1</t>
         </is>
       </c>
       <c r="D712" t="inlineStr"/>
       <c r="E712" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F712" t="inlineStr">
         <is>
-          <t>TimelineModelSave video</t>
+          <t>TimelineModelMessage redaction failed: %1</t>
         </is>
       </c>
       <c r="G712" t="inlineStr"/>
       <c r="H712" t="inlineStr"/>
     </row>
     <row r="713">
       <c r="A713" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21141</t>
+          <t>../../src/timeline/TimelineModel.cpp:21000</t>
         </is>
       </c>
       <c r="B713" t="inlineStr">
         <is>
-          <t>Save audio</t>
+          <t>Failed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="C713" t="inlineStr">
         <is>
-          <t>Konservi sonon</t>
+          <t>Malsukcesis ĉifri okazon; sendado nuliĝis!</t>
         </is>
       </c>
       <c r="D713" t="inlineStr"/>
       <c r="E713" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F713" t="inlineStr">
         <is>
-          <t>TimelineModelSave audio</t>
+          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="G713" t="inlineStr"/>
       <c r="H713" t="inlineStr"/>
     </row>
     <row r="714">
       <c r="A714" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21143</t>
+          <t>../../src/timeline/TimelineModel.cpp:21196</t>
         </is>
       </c>
       <c r="B714" t="inlineStr">
         <is>
-          <t>Save file</t>
+          <t>Save image</t>
         </is>
       </c>
       <c r="C714" t="inlineStr">
         <is>
-          <t>Konservi dosieron</t>
+          <t>Konservi bildon</t>
         </is>
       </c>
       <c r="D714" t="inlineStr"/>
       <c r="E714" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F714" t="inlineStr">
         <is>
-          <t>TimelineModelSave file</t>
+          <t>TimelineModelSave image</t>
         </is>
       </c>
       <c r="G714" t="inlineStr"/>
       <c r="H714" t="inlineStr"/>
     </row>
     <row r="715">
       <c r="A715" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21490</t>
+          <t>../../src/timeline/TimelineModel.cpp:21198</t>
         </is>
       </c>
       <c r="B715" t="inlineStr">
         <is>
-          <t>%1%2 is typing.</t>
+          <t>Save video</t>
         </is>
       </c>
       <c r="C715" t="inlineStr">
         <is>
-          <t>%1%2 tajpas.</t>
+          <t>Konservi filmon</t>
         </is>
       </c>
       <c r="D715" t="inlineStr"/>
       <c r="E715" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F715" t="inlineStr">
         <is>
+          <t>TimelineModelSave video</t>
+        </is>
+      </c>
+      <c r="G715" t="inlineStr"/>
+      <c r="H715" t="inlineStr"/>
+    </row>
+    <row r="716">
+      <c r="A716" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21200</t>
+        </is>
+      </c>
+      <c r="B716" t="inlineStr">
+        <is>
+          <t>Save audio</t>
+        </is>
+      </c>
+      <c r="C716" t="inlineStr">
+        <is>
+          <t>Konservi sonon</t>
+        </is>
+      </c>
+      <c r="D716" t="inlineStr"/>
+      <c r="E716" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F716" t="inlineStr">
+        <is>
+          <t>TimelineModelSave audio</t>
+        </is>
+      </c>
+      <c r="G716" t="inlineStr"/>
+      <c r="H716" t="inlineStr"/>
+    </row>
+    <row r="717">
+      <c r="A717" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21202</t>
+        </is>
+      </c>
+      <c r="B717" t="inlineStr">
+        <is>
+          <t>Save file</t>
+        </is>
+      </c>
+      <c r="C717" t="inlineStr">
+        <is>
+          <t>Konservi dosieron</t>
+        </is>
+      </c>
+      <c r="D717" t="inlineStr"/>
+      <c r="E717" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F717" t="inlineStr">
+        <is>
+          <t>TimelineModelSave file</t>
+        </is>
+      </c>
+      <c r="G717" t="inlineStr"/>
+      <c r="H717" t="inlineStr"/>
+    </row>
+    <row r="718">
+      <c r="A718" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21550</t>
+        </is>
+      </c>
+      <c r="B718" t="inlineStr">
+        <is>
+          <t>%1%2 is typing.</t>
+        </is>
+      </c>
+      <c r="C718" t="inlineStr">
+        <is>
+          <t>%1%2 tajpas.</t>
+        </is>
+      </c>
+      <c r="D718" t="inlineStr"/>
+      <c r="E718" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F718" t="inlineStr">
+        <is>
           <t>TimelineModel
 Multiple users are typing. First argument is a comma separated list of potentially multiple users. Second argument is the last user of that list. (If only one user is typing, %1 is empty. You should still use it in your string though to silence Qt warnings.)%1 and %2 are typing.</t>
         </is>
       </c>
-      <c r="G715" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G718" t="inlineStr"/>
       <c r="H718" t="inlineStr"/>
     </row>
     <row r="719">
       <c r="A719" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21580</t>
+          <t>../../src/timeline/TimelineModel.cpp:21610</t>
         </is>
       </c>
       <c r="B719" t="inlineStr">
         <is>
-          <t>%1 made the room open to guests.</t>
+          <t>%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="C719" t="inlineStr">
         <is>
-          <t>%1 malfermis la ĉambron al gastoj.</t>
+          <t>%1 malfermis la ĉambron al publiko.</t>
         </is>
       </c>
       <c r="D719" t="inlineStr"/>
       <c r="E719" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F719" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room open to guests.</t>
+          <t>TimelineModel%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="G719" t="inlineStr"/>
       <c r="H719" t="inlineStr"/>
     </row>
     <row r="720">
       <c r="A720" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21582</t>
+          <t>../../src/timeline/TimelineModel.cpp:21614</t>
         </is>
       </c>
       <c r="B720" t="inlineStr">
         <is>
-          <t>%1 has closed the room to guest access.</t>
+          <t>%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="C720" t="inlineStr">
         <is>
-          <t>%1 fermis la ĉambron al gastoj.</t>
+          <t>%1 permesis aliĝi al ĉi tiu ĉambro per frapado.</t>
         </is>
       </c>
       <c r="D720" t="inlineStr"/>
       <c r="E720" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F720" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has closed the room to guest access.</t>
+          <t>TimelineModel%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="G720" t="inlineStr"/>
       <c r="H720" t="inlineStr"/>
     </row>
     <row r="721">
       <c r="A721" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21597</t>
+          <t>../../src/timeline/TimelineModel.cpp:21621</t>
         </is>
       </c>
       <c r="B721" t="inlineStr">
         <is>
-          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="C721" t="inlineStr">
         <is>
-          <t>%1 legebligis historion de la ĉambro al ĉiu ajn. Okazoj nun legeblos al nealiĝintoj.</t>
+          <t>%1 permesis al anoj de la jenaj ĉambroj memage aliĝi al ĉi tiu ĉambro: %2</t>
         </is>
       </c>
       <c r="D721" t="inlineStr"/>
       <c r="E721" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F721" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>TimelineModel%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="G721" t="inlineStr"/>
       <c r="H721" t="inlineStr"/>
     </row>
     <row r="722">
       <c r="A722" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21601</t>
+          <t>../../src/timeline/TimelineModel.cpp:21640</t>
         </is>
       </c>
       <c r="B722" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members from this point on.</t>
+          <t>%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="C722" t="inlineStr">
         <is>
-          <t>%1 videbligis historion de la ĉambro al ĉiuj ĉambranoj ekde nun.</t>
+          <t>%1 malfermis la ĉambron al gastoj.</t>
         </is>
       </c>
       <c r="D722" t="inlineStr"/>
       <c r="E722" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F722" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
+          <t>TimelineModel%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="G722" t="inlineStr"/>
       <c r="H722" t="inlineStr"/>
     </row>
     <row r="723">
       <c r="A723" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21603</t>
+          <t>../../src/timeline/TimelineModel.cpp:21642</t>
         </is>
       </c>
       <c r="B723" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they were invited.</t>
+          <t>%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="C723" t="inlineStr">
         <is>
-          <t>%1 videbligis historion de la ĉambro al ĉambranoj ekde ties invito.</t>
+          <t>%1 fermis la ĉambron al gastoj.</t>
         </is>
       </c>
       <c r="D723" t="inlineStr"/>
       <c r="E723" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F723" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
+          <t>TimelineModel%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="G723" t="inlineStr"/>
       <c r="H723" t="inlineStr"/>
     </row>
     <row r="724">
       <c r="A724" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21605</t>
+          <t>../../src/timeline/TimelineModel.cpp:21657</t>
         </is>
       </c>
       <c r="B724" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they joined the room.</t>
+          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="C724" t="inlineStr">
         <is>
-          <t>%1 videbligis historion de la ĉambro al ĉambranoj ekde ties aliĝo.</t>
+          <t>%1 legebligis historion de la ĉambro al ĉiu ajn. Okazoj nun legeblos al nealiĝintoj.</t>
         </is>
       </c>
       <c r="D724" t="inlineStr"/>
       <c r="E724" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F724" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
+          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="G724" t="inlineStr"/>
       <c r="H724" t="inlineStr"/>
     </row>
     <row r="725">
       <c r="A725" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21877</t>
+          <t>../../src/timeline/TimelineModel.cpp:21661</t>
         </is>
       </c>
       <c r="B725" t="inlineStr">
         <is>
-          <t>%1 has changed the room's permissions.</t>
+          <t>%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="C725" t="inlineStr">
         <is>
-          <t>%1 ŝanĝis permesojn de la ĉambro.</t>
+          <t>%1 videbligis historion de la ĉambro al ĉiuj ĉambranoj ekde nun.</t>
         </is>
       </c>
       <c r="D725" t="inlineStr"/>
       <c r="E725" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F725" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's permissions.</t>
+          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="G725" t="inlineStr"/>
       <c r="H725" t="inlineStr"/>
     </row>
     <row r="726">
       <c r="A726" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21656</t>
+          <t>../../src/timeline/TimelineModel.cpp:21663</t>
         </is>
       </c>
       <c r="B726" t="inlineStr">
         <is>
-          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
       <c r="C726" t="inlineStr">
         <is>
-          <t>%1 ŝanĝis la povnivelon por forpelado en la ĉambro de %2 al %3.</t>
+          <t>%1 videbligis historion de la ĉambro al ĉambranoj ekde ties invito.</t>
         </is>
       </c>
       <c r="D726" t="inlineStr"/>
       <c r="E726" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F726" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
       <c r="G726" t="inlineStr"/>
       <c r="H726" t="inlineStr"/>
     </row>
     <row r="727">
       <c r="A727" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21671</t>
+          <t>../../src/timeline/TimelineModel.cpp:21665</t>
         </is>
       </c>
       <c r="B727" t="inlineStr">
         <is>
-          <t>%n member can now kick room members.</t>
+          <t>%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
       <c r="C727" t="inlineStr">
         <is>
-          <t>%n ĉambrano nun povas forpeli ĉambranojn.</t>
+          <t>%1 videbligis historion de la ĉambro al ĉambranoj ekde ties aliĝo.</t>
         </is>
       </c>
       <c r="D727" t="inlineStr"/>
       <c r="E727" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F727" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now kick room members.</t>
+          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
       <c r="G727" t="inlineStr"/>
       <c r="H727" t="inlineStr"/>
     </row>
     <row r="728">
       <c r="A728" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21675</t>
+          <t>../../src/timeline/TimelineModel.cpp:21939</t>
         </is>
       </c>
       <c r="B728" t="inlineStr">
         <is>
-          <t>%1 can now kick room members.</t>
+          <t>%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="C728" t="inlineStr">
         <is>
-          <t>%1 nun povas forpeli ĉambranojn.</t>
+          <t>%1 ŝanĝis permesojn de la ĉambro.</t>
         </is>
       </c>
       <c r="D728" t="inlineStr"/>
       <c r="E728" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F728" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now kick room members.</t>
+          <t>TimelineModel%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="G728" t="inlineStr"/>
       <c r="H728" t="inlineStr"/>
     </row>
     <row r="729">
       <c r="A729" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21687</t>
+          <t>../../src/timeline/TimelineModel.cpp:21717</t>
         </is>
       </c>
       <c r="B729" t="inlineStr">
         <is>
-          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C729" t="inlineStr">
         <is>
-          <t>%1 ŝanĝis la povnivelon por forigado en la ĉambro de %2 al %3.</t>
+          <t>%1 ŝanĝis la povnivelon por forpelado en la ĉambro de %2 al %3.</t>
         </is>
       </c>
       <c r="D729" t="inlineStr"/>
       <c r="E729" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F729" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G729" t="inlineStr"/>
       <c r="H729" t="inlineStr"/>
     </row>
     <row r="730">
       <c r="A730" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21701</t>
+          <t>../../src/timeline/TimelineModel.cpp:21732</t>
         </is>
       </c>
       <c r="B730" t="inlineStr">
         <is>
-          <t>%n member can now redact room messages.</t>
+          <t>%n member can now kick room members.</t>
         </is>
       </c>
       <c r="C730" t="inlineStr">
         <is>
-          <t>%n ĉambrano nun povas forigi mesaĝojn en la ĉambro.</t>
+          <t>%n ĉambrano nun povas forpeli ĉambranojn.</t>
         </is>
       </c>
       <c r="D730" t="inlineStr"/>
       <c r="E730" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F730" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now redact room messages.</t>
+          <t>TimelineModel%n member(s) can now kick room members.</t>
         </is>
       </c>
       <c r="G730" t="inlineStr"/>
       <c r="H730" t="inlineStr"/>
     </row>
     <row r="731">
       <c r="A731" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21707</t>
+          <t>../../src/timeline/TimelineModel.cpp:21736</t>
         </is>
       </c>
       <c r="B731" t="inlineStr">
         <is>
-          <t>%1 can now redact room messages.</t>
+          <t>%1 can now kick room members.</t>
         </is>
       </c>
       <c r="C731" t="inlineStr">
         <is>
-          <t>%1 nun povas forigi mesaĝojn en la ĉambro.</t>
+          <t>%1 nun povas forpeli ĉambranojn.</t>
         </is>
       </c>
       <c r="D731" t="inlineStr"/>
       <c r="E731" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F731" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now redact room messages.</t>
+          <t>TimelineModel%1 can now kick room members.</t>
         </is>
       </c>
       <c r="G731" t="inlineStr"/>
       <c r="H731" t="inlineStr"/>
     </row>
     <row r="732">
       <c r="A732" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21719</t>
+          <t>../../src/timeline/TimelineModel.cpp:21748</t>
         </is>
       </c>
       <c r="B732" t="inlineStr">
         <is>
-          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C732" t="inlineStr">
         <is>
-          <t>%1 ŝanĝis la povnivelon por forbarado en la ĉambro de %2 al %3.</t>
+          <t>%1 ŝanĝis la povnivelon por forigado en la ĉambro de %2 al %3.</t>
         </is>
       </c>
       <c r="D732" t="inlineStr"/>
       <c r="E732" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F732" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G732" t="inlineStr"/>
       <c r="H732" t="inlineStr"/>
     </row>
     <row r="733">
       <c r="A733" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21734</t>
+          <t>../../src/timeline/TimelineModel.cpp:21762</t>
         </is>
       </c>
       <c r="B733" t="inlineStr">
         <is>
-          <t>%n member can now ban room members.</t>
+          <t>%n member can now redact room messages.</t>
         </is>
       </c>
       <c r="C733" t="inlineStr">
         <is>
-          <t>%n ĉambrano nun povas forbari ĉambranojn.</t>
+          <t>%n ĉambrano nun povas forigi mesaĝojn en la ĉambro.</t>
         </is>
       </c>
       <c r="D733" t="inlineStr"/>
       <c r="E733" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F733" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now ban room members.</t>
+          <t>TimelineModel%n member(s) can now redact room messages.</t>
         </is>
       </c>
       <c r="G733" t="inlineStr"/>
       <c r="H733" t="inlineStr"/>
     </row>
     <row r="734">
       <c r="A734" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21738</t>
+          <t>../../src/timeline/TimelineModel.cpp:21768</t>
         </is>
       </c>
       <c r="B734" t="inlineStr">
         <is>
-          <t>%1 can now ban room members.</t>
+          <t>%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="C734" t="inlineStr">
         <is>
-          <t>%1 nun povas forbari ĉambranojn.</t>
+          <t>%1 nun povas forigi mesaĝojn en la ĉambro.</t>
         </is>
       </c>
       <c r="D734" t="inlineStr"/>
       <c r="E734" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F734" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now ban room members.</t>
+          <t>TimelineModel%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="G734" t="inlineStr"/>
       <c r="H734" t="inlineStr"/>
     </row>
     <row r="735">
       <c r="A735" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21751</t>
+          <t>../../src/timeline/TimelineModel.cpp:21780</t>
         </is>
       </c>
       <c r="B735" t="inlineStr">
         <is>
-          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C735" t="inlineStr">
         <is>
-          <t>%1 ŝanĝis la povnivelon de «state_default» en la ĉambro de %2 al %3.</t>
+          <t>%1 ŝanĝis la povnivelon por forbarado en la ĉambro de %2 al %3.</t>
         </is>
       </c>
       <c r="D735" t="inlineStr"/>
       <c r="E735" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F735" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G735" t="inlineStr"/>
       <c r="H735" t="inlineStr"/>
     </row>
     <row r="736">
       <c r="A736" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21766</t>
+          <t>../../src/timeline/TimelineModel.cpp:21795</t>
         </is>
       </c>
       <c r="B736" t="inlineStr">
         <is>
-          <t>%n member can now send state events.</t>
+          <t>%n member can now ban room members.</t>
         </is>
       </c>
       <c r="C736" t="inlineStr">
         <is>
-          <t>%n ĉambrano nun povas sendi statokazojn.</t>
+          <t>%n ĉambrano nun povas forbari ĉambranojn.</t>
         </is>
       </c>
       <c r="D736" t="inlineStr"/>
       <c r="E736" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F736" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now send state events.</t>
+          <t>TimelineModel%n member(s) can now ban room members.</t>
         </is>
       </c>
       <c r="G736" t="inlineStr"/>
       <c r="H736" t="inlineStr"/>
     </row>
     <row r="737">
       <c r="A737" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21770</t>
+          <t>../../src/timeline/TimelineModel.cpp:21799</t>
         </is>
       </c>
       <c r="B737" t="inlineStr">
         <is>
-          <t>%1 can now send state events.</t>
+          <t>%1 can now ban room members.</t>
         </is>
       </c>
       <c r="C737" t="inlineStr">
         <is>
-          <t>%1 nun povas sendi statokazojn.</t>
+          <t>%1 nun povas forbari ĉambranojn.</t>
         </is>
       </c>
       <c r="D737" t="inlineStr"/>
       <c r="E737" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F737" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now send state events.</t>
+          <t>TimelineModel%1 can now ban room members.</t>
         </is>
       </c>
       <c r="G737" t="inlineStr"/>
       <c r="H737" t="inlineStr"/>
     </row>
     <row r="738">
       <c r="A738" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21784</t>
+          <t>../../src/timeline/TimelineModel.cpp:21812</t>
         </is>
       </c>
       <c r="B738" t="inlineStr">
         <is>
-          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C738" t="inlineStr">
         <is>
-          <t>%1 ŝanĝis la povnivelon por invitado en la ĉambro de %2 al %3.</t>
+          <t>%1 ŝanĝis la povnivelon de «state_default» en la ĉambro de %2 al %3.</t>
         </is>
       </c>
       <c r="D738" t="inlineStr"/>
       <c r="E738" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F738" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G738" t="inlineStr"/>
       <c r="H738" t="inlineStr"/>
     </row>
     <row r="739">
       <c r="A739" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21794</t>
+          <t>../../src/timeline/TimelineModel.cpp:21827</t>
         </is>
       </c>
       <c r="B739" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>%n member can now send state events.</t>
         </is>
       </c>
       <c r="C739" t="inlineStr">
         <is>
-          <t>%1 ŝanĝis la povnivelon de «events_default» en la ĉambro de %2 al %3. Ordinaraj uzantoj nun ne povas sendi okazojn.</t>
+          <t>%n ĉambrano nun povas sendi statokazojn.</t>
         </is>
       </c>
       <c r="D739" t="inlineStr"/>
       <c r="E739" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F739" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>TimelineModel%n member(s) can now send state events.</t>
         </is>
       </c>
       <c r="G739" t="inlineStr"/>
       <c r="H739" t="inlineStr"/>
     </row>
     <row r="740">
       <c r="A740" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21803</t>
+          <t>../../src/timeline/TimelineModel.cpp:21831</t>
         </is>
       </c>
       <c r="B740" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>%1 can now send state events.</t>
         </is>
       </c>
       <c r="C740" t="inlineStr">
         <is>
-          <t>%1 ŝanĝis la povnivelon de «events_default» en la ĉambro de %2 al %3. Ordinaraj uzantoj nun povas sendi okazojn, kiuj ne estas alimaniere limigitaj.</t>
+          <t>%1 nun povas sendi statokazojn.</t>
         </is>
       </c>
       <c r="D740" t="inlineStr"/>
       <c r="E740" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F740" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>TimelineModel%1 can now send state events.</t>
         </is>
       </c>
       <c r="G740" t="inlineStr"/>
       <c r="H740" t="inlineStr"/>
     </row>
     <row r="741">
       <c r="A741" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21810</t>
+          <t>../../src/timeline/TimelineModel.cpp:21845</t>
         </is>
       </c>
       <c r="B741" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C741" t="inlineStr">
         <is>
-          <t>%1 ŝanĝis la povnivelon de «events_default» en la ĉambro de %2 al %3.</t>
+          <t>%1 ŝanĝis la povnivelon por invitado en la ĉambro de %2 al %3.</t>
         </is>
       </c>
       <c r="D741" t="inlineStr"/>
       <c r="E741" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F741" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G741" t="inlineStr"/>
       <c r="H741" t="inlineStr"/>
     </row>
     <row r="742">
       <c r="A742" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21822</t>
+          <t>../../src/timeline/TimelineModel.cpp:21855</t>
         </is>
       </c>
       <c r="B742" t="inlineStr">
         <is>
-          <t>%1 has made %2 an administrator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="C742" t="inlineStr">
         <is>
-          <t>%1 igis uzanton %2 administranto de ĉi tiu ĉambro.</t>
+          <t>%1 ŝanĝis la povnivelon de «events_default» en la ĉambro de %2 al %3. Ordinaraj uzantoj nun ne povas sendi okazojn.</t>
         </is>
       </c>
       <c r="D742" t="inlineStr"/>
       <c r="E742" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F742" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="G742" t="inlineStr"/>
       <c r="H742" t="inlineStr"/>
     </row>
     <row r="743">
       <c r="A743" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21826</t>
+          <t>../../src/timeline/TimelineModel.cpp:21864</t>
         </is>
       </c>
       <c r="B743" t="inlineStr">
         <is>
-          <t>%1 has made %2 a moderator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="C743" t="inlineStr">
         <is>
-          <t>%1 igis uzanton %2 reguligisto de ĉi tiu ĉambro.</t>
+          <t>%1 ŝanĝis la povnivelon de «events_default» en la ĉambro de %2 al %3. Ordinaraj uzantoj nun povas sendi okazojn, kiuj ne estas alimaniere limigitaj.</t>
         </is>
       </c>
       <c r="D743" t="inlineStr"/>
       <c r="E743" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F743" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="G743" t="inlineStr"/>
       <c r="H743" t="inlineStr"/>
     </row>
     <row r="744">
       <c r="A744" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21830</t>
+          <t>../../src/timeline/TimelineModel.cpp:21871</t>
         </is>
       </c>
       <c r="B744" t="inlineStr">
         <is>
-          <t>%1 has downgraded %2 to moderator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C744" t="inlineStr">
         <is>
-          <t>%1 malaltigis uzanton %2 al reguligisto de ĉi tiu ĉambro.</t>
+          <t>%1 ŝanĝis la povnivelon de «events_default» en la ĉambro de %2 al %3.</t>
         </is>
       </c>
       <c r="D744" t="inlineStr"/>
       <c r="E744" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F744" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G744" t="inlineStr"/>
       <c r="H744" t="inlineStr"/>
     </row>
     <row r="745">
       <c r="A745" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21833</t>
+          <t>../../src/timeline/TimelineModel.cpp:21883</t>
         </is>
       </c>
       <c r="B745" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="C745" t="inlineStr">
         <is>
-          <t>%1 ŝanĝis la povnivelon de %2 de %3 al %4.</t>
+          <t>%1 igis uzanton %2 administranto de ĉi tiu ĉambro.</t>
         </is>
       </c>
       <c r="D745" t="inlineStr"/>
       <c r="E745" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F745" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="G745" t="inlineStr"/>
       <c r="H745" t="inlineStr"/>
     </row>
     <row r="746">
       <c r="A746" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21849</t>
+          <t>../../src/timeline/TimelineModel.cpp:21887</t>
         </is>
       </c>
       <c r="B746" t="inlineStr">
         <is>
-          <t>%1 allowed only administrators to send "%2".</t>
+          <t>%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="C746" t="inlineStr">
         <is>
-          <t>%1 permesis nur al administrantoj sendi okazojn de speco «%2».</t>
+          <t>%1 igis uzanton %2 reguligisto de ĉi tiu ĉambro.</t>
         </is>
       </c>
       <c r="D746" t="inlineStr"/>
       <c r="E746" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F746" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
+          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="G746" t="inlineStr"/>
       <c r="H746" t="inlineStr"/>
     </row>
     <row r="747">
       <c r="A747" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21852</t>
+          <t>../../src/timeline/TimelineModel.cpp:21891</t>
         </is>
       </c>
       <c r="B747" t="inlineStr">
         <is>
-          <t>%1 allowed only moderators to send "%2".</t>
+          <t>%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="C747" t="inlineStr">
         <is>
-          <t>%1 permesis nur al reguligistoj sendi okazojn de speco «%2».</t>
+          <t>%1 malaltigis uzanton %2 al reguligisto de ĉi tiu ĉambro.</t>
         </is>
       </c>
       <c r="D747" t="inlineStr"/>
       <c r="E747" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F747" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
+          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="G747" t="inlineStr"/>
       <c r="H747" t="inlineStr"/>
     </row>
     <row r="748">
       <c r="A748" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21855</t>
+          <t>../../src/timeline/TimelineModel.cpp:21895</t>
         </is>
       </c>
       <c r="B748" t="inlineStr">
         <is>
-          <t>%1 allowed everyone to send "%2".</t>
+          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="C748" t="inlineStr">
         <is>
-          <t>%1 permesis al ĉiu sendi okazojn de speco «%2».</t>
+          <t>%1 ŝanĝis la povnivelon de %2 de %3 al %4.</t>
         </is>
       </c>
       <c r="D748" t="inlineStr"/>
       <c r="E748" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F748" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed everyone to send "%2".</t>
+          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="G748" t="inlineStr"/>
       <c r="H748" t="inlineStr"/>
     </row>
     <row r="749">
       <c r="A749" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21859</t>
+          <t>../../src/timeline/TimelineModel.cpp:21911</t>
         </is>
       </c>
       <c r="B749" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="C749" t="inlineStr">
         <is>
-          <t>%1 ŝanĝis la povnivelon de la speco de okazo «%2» de la implicita nivelo al %3.</t>
+          <t>%1 permesis nur al administrantoj sendi okazojn de speco «%2».</t>
         </is>
       </c>
       <c r="D749" t="inlineStr"/>
       <c r="E749" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F749" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="G749" t="inlineStr"/>
       <c r="H749" t="inlineStr"/>
     </row>
     <row r="750">
       <c r="A750" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21865</t>
+          <t>../../src/timeline/TimelineModel.cpp:21914</t>
         </is>
       </c>
       <c r="B750" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="C750" t="inlineStr">
         <is>
-          <t>%1 ŝanĝis la povnivelon de okazo de speco «%2» de %3 al %4.</t>
+          <t>%1 permesis nur al reguligistoj sendi okazojn de speco «%2».</t>
         </is>
       </c>
       <c r="D750" t="inlineStr"/>
       <c r="E750" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F750" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="G750" t="inlineStr"/>
       <c r="H750" t="inlineStr"/>
     </row>
     <row r="751">
       <c r="A751" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21924</t>
+          <t>../../src/timeline/TimelineModel.cpp:21917</t>
         </is>
       </c>
       <c r="B751" t="inlineStr">
         <is>
-          <t>(empty)</t>
+          <t>%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="C751" t="inlineStr">
         <is>
-          <t>(malplena)</t>
+          <t>%1 permesis al ĉiu sendi okazojn de speco «%2».</t>
         </is>
       </c>
       <c r="D751" t="inlineStr"/>
       <c r="E751" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F751" t="inlineStr">
         <is>
-          <t>TimelineModel(empty)</t>
+          <t>TimelineModel%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="G751" t="inlineStr"/>
       <c r="H751" t="inlineStr"/>
     </row>
     <row r="752">
       <c r="A752" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21930</t>
+          <t>../../src/timeline/TimelineModel.cpp:21921</t>
         </is>
       </c>
       <c r="B752" t="inlineStr">
         <is>
-          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="C752" t="inlineStr">
         <is>
-          <t>%1 forigis la jenajn bildojn de la pako %2:&lt;br&gt;%3</t>
+          <t>%1 ŝanĝis la povnivelon de la speco de okazo «%2» de la implicita nivelo al %3.</t>
         </is>
       </c>
       <c r="D752" t="inlineStr"/>
       <c r="E752" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F752" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="G752" t="inlineStr"/>
       <c r="H752" t="inlineStr"/>
     </row>
     <row r="753">
       <c r="A753" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21936</t>
+          <t>../../src/timeline/TimelineModel.cpp:21927</t>
         </is>
       </c>
       <c r="B753" t="inlineStr">
         <is>
-          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="C753" t="inlineStr">
         <is>
-          <t>%1 aldonis la jenajn bildojn al la pako %2:&lt;br&gt;%3</t>
+          <t>%1 ŝanĝis la povnivelon de okazo de speco «%2» de %3 al %4.</t>
         </is>
       </c>
       <c r="D753" t="inlineStr"/>
       <c r="E753" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F753" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="G753" t="inlineStr"/>
       <c r="H753" t="inlineStr"/>
     </row>
     <row r="754">
       <c r="A754" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21941</t>
+          <t>../../src/timeline/TimelineModel.cpp:21986</t>
         </is>
       </c>
       <c r="B754" t="inlineStr">
         <is>
-          <t>%1 changed the sticker and emotes in this room.</t>
+          <t>(empty)</t>
         </is>
       </c>
       <c r="C754" t="inlineStr">
         <is>
-          <t>%1 ŝanĝis la glumarkojn kaj mienetojn en ĉi tiu ĉambro.</t>
+          <t>(malplena)</t>
         </is>
       </c>
       <c r="D754" t="inlineStr"/>
       <c r="E754" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F754" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
+          <t>TimelineModel(empty)</t>
         </is>
       </c>
       <c r="G754" t="inlineStr"/>
       <c r="H754" t="inlineStr"/>
     </row>
     <row r="755">
       <c r="A755" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21976</t>
+          <t>../../src/timeline/TimelineModel.cpp:21992</t>
         </is>
       </c>
       <c r="B755" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban users matching %2.</t>
+          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C755" t="inlineStr">
         <is>
-          <t>%1 malŝaltis la regulon forbari uzantojn akordajn kun %2.</t>
+          <t>%1 forigis la jenajn bildojn de la pako %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="D755" t="inlineStr"/>
       <c r="E755" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F755" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
+          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G755" t="inlineStr"/>
       <c r="H755" t="inlineStr"/>
     </row>
     <row r="756">
       <c r="A756" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21979</t>
+          <t>../../src/timeline/TimelineModel.cpp:21998</t>
         </is>
       </c>
       <c r="B756" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C756" t="inlineStr">
         <is>
-          <t>%1 aldonis regulon forbari uzantojn akordajn kun %2 por «%3».</t>
+          <t>%1 aldonis la jenajn bildojn al la pako %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="D756" t="inlineStr"/>
       <c r="E756" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F756" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G756" t="inlineStr"/>
       <c r="H756" t="inlineStr"/>
     </row>
     <row r="757">
       <c r="A757" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22001</t>
+          <t>../../src/timeline/TimelineModel.cpp:22003</t>
         </is>
       </c>
       <c r="B757" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban rooms matching %2.</t>
+          <t>%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="C757" t="inlineStr">
         <is>
-          <t>%1 malŝaltis la regulon forbari ĉambrojn akordajn kun %2.</t>
+          <t>%1 ŝanĝis la glumarkojn kaj mienetojn en ĉi tiu ĉambro.</t>
         </is>
       </c>
       <c r="D757" t="inlineStr"/>
       <c r="E757" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F757" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
+          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="G757" t="inlineStr"/>
       <c r="H757" t="inlineStr"/>
     </row>
     <row r="758">
       <c r="A758" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22004</t>
+          <t>../../src/timeline/TimelineModel.cpp:22038</t>
         </is>
       </c>
       <c r="B758" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="C758" t="inlineStr">
         <is>
-          <t>%1 aldonis regulon forbari ĉambrojn akordajn kun %2 por «%3».</t>
+          <t>%1 malŝaltis la regulon forbari uzantojn akordajn kun %2.</t>
         </is>
       </c>
       <c r="D758" t="inlineStr"/>
       <c r="E758" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F758" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="G758" t="inlineStr"/>
       <c r="H758" t="inlineStr"/>
     </row>
     <row r="759">
       <c r="A759" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22026</t>
+          <t>../../src/timeline/TimelineModel.cpp:22041</t>
         </is>
       </c>
       <c r="B759" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban servers matching %2.</t>
+          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C759" t="inlineStr">
         <is>
-          <t>%1 malŝaltis regulon forbari servilojn akordajn kun %2.</t>
+          <t>%1 aldonis regulon forbari uzantojn akordajn kun %2 por «%3».</t>
         </is>
       </c>
       <c r="D759" t="inlineStr"/>
       <c r="E759" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F759" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
+          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G759" t="inlineStr"/>
       <c r="H759" t="inlineStr"/>
     </row>
     <row r="760">
       <c r="A760" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22029</t>
+          <t>../../src/timeline/TimelineModel.cpp:22063</t>
         </is>
       </c>
       <c r="B760" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="C760" t="inlineStr">
         <is>
-          <t>%1 aldonis regulon forbari servilojn akordajn kun %2 por «%3».</t>
+          <t>%1 malŝaltis la regulon forbari ĉambrojn akordajn kun %2.</t>
         </is>
       </c>
       <c r="D760" t="inlineStr"/>
       <c r="E760" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F760" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="G760" t="inlineStr"/>
       <c r="H760" t="inlineStr"/>
     </row>
     <row r="761">
       <c r="A761" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22063</t>
+          <t>../../src/timeline/TimelineModel.cpp:22066</t>
         </is>
       </c>
       <c r="B761" t="inlineStr">
         <is>
-          <t>Removed by %1</t>
+          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C761" t="inlineStr">
         <is>
-          <t>Forigita de %1</t>
+          <t>%1 aldonis regulon forbari ĉambrojn akordajn kun %2 por «%3».</t>
         </is>
       </c>
       <c r="D761" t="inlineStr"/>
       <c r="E761" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F761" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1</t>
+          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G761" t="inlineStr"/>
       <c r="H761" t="inlineStr"/>
     </row>
     <row r="762">
       <c r="A762" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22065</t>
+          <t>../../src/timeline/TimelineModel.cpp:22088</t>
         </is>
       </c>
       <c r="B762" t="inlineStr">
         <is>
-          <t>%1 (%2) removed this message at %3</t>
+          <t>%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="C762" t="inlineStr">
         <is>
-          <t>%1 (%2) forigis ĉi tiun mesaĝon je %3</t>
+          <t>%1 malŝaltis regulon forbari servilojn akordajn kun %2.</t>
         </is>
       </c>
       <c r="D762" t="inlineStr"/>
       <c r="E762" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F762" t="inlineStr">
         <is>
-          <t>TimelineModel%1 (%2) removed this message at %3</t>
+          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="G762" t="inlineStr"/>
       <c r="H762" t="inlineStr"/>
     </row>
     <row r="763">
       <c r="A763" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22067</t>
+          <t>../../src/timeline/TimelineModel.cpp:22091</t>
         </is>
       </c>
       <c r="B763" t="inlineStr">
         <is>
-          <t>Removed by %1 because: %2</t>
+          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C763" t="inlineStr">
         <is>
-          <t>Forigita de %1 ĉar: %2</t>
+          <t>%1 aldonis regulon forbari servilojn akordajn kun %2 por «%3».</t>
         </is>
       </c>
       <c r="D763" t="inlineStr"/>
       <c r="E763" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F763" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1 because: %2</t>
+          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G763" t="inlineStr"/>
       <c r="H763" t="inlineStr"/>
     </row>
     <row r="764">
       <c r="A764" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22068</t>
+          <t>../../src/timeline/TimelineModel.cpp:22125</t>
         </is>
       </c>
       <c r="B764" t="inlineStr">
+        <is>
+          <t>Removed by %1</t>
+        </is>
+      </c>
+      <c r="C764" t="inlineStr">
+        <is>
+          <t>Forigita de %1</t>
+        </is>
+      </c>
+      <c r="D764" t="inlineStr"/>
+      <c r="E764" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F764" t="inlineStr">
+        <is>
+          <t>TimelineModelRemoved by %1</t>
+        </is>
+      </c>
+      <c r="G764" t="inlineStr"/>
+      <c r="H764" t="inlineStr"/>
+    </row>
+    <row r="765">
+      <c r="A765" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22127</t>
+        </is>
+      </c>
+      <c r="B765" t="inlineStr">
+        <is>
+          <t>%1 (%2) removed this message at %3</t>
+        </is>
+      </c>
+      <c r="C765" t="inlineStr">
+        <is>
+          <t>%1 (%2) forigis ĉi tiun mesaĝon je %3</t>
+        </is>
+      </c>
+      <c r="D765" t="inlineStr"/>
+      <c r="E765" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F765" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 (%2) removed this message at %3</t>
+        </is>
+      </c>
+      <c r="G765" t="inlineStr"/>
+      <c r="H765" t="inlineStr"/>
+    </row>
+    <row r="766">
+      <c r="A766" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22129</t>
+        </is>
+      </c>
+      <c r="B766" t="inlineStr">
+        <is>
+          <t>Removed by %1 because: %2</t>
+        </is>
+      </c>
+      <c r="C766" t="inlineStr">
+        <is>
+          <t>Forigita de %1 ĉar: %2</t>
+        </is>
+      </c>
+      <c r="D766" t="inlineStr"/>
+      <c r="E766" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F766" t="inlineStr">
+        <is>
+          <t>TimelineModelRemoved by %1 because: %2</t>
+        </is>
+      </c>
+      <c r="G766" t="inlineStr"/>
+      <c r="H766" t="inlineStr"/>
+    </row>
+    <row r="767">
+      <c r="A767" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22130</t>
+        </is>
+      </c>
+      <c r="B767" t="inlineStr">
         <is>
           <t>%1 (%2) removed this message at %3
 Reason: %4</t>
         </is>
       </c>
-      <c r="C764" t="inlineStr">
+      <c r="C767" t="inlineStr">
         <is>
           <t>%1 (%2) forigis ĉi tiun mesaĝon je %3
 Kialo: %4</t>
         </is>
       </c>
-      <c r="D764" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F764" t="inlineStr">
+      <c r="D767" t="inlineStr"/>
+      <c r="E767" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F767" t="inlineStr">
         <is>
           <t>TimelineModel%1 (%2) removed this message at %3
 Reason: %4</t>
         </is>
       </c>
-      <c r="G764" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G767" t="inlineStr"/>
       <c r="H767" t="inlineStr"/>
     </row>
     <row r="768">
       <c r="A768" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22219</t>
+          <t>../../src/timeline/TimelineModel.cpp:22274</t>
         </is>
       </c>
       <c r="B768" t="inlineStr">
         <is>
-          <t>%2 rejected the knock from %1.</t>
+          <t>%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="C768" t="inlineStr">
         <is>
-          <t>%2 malakceptis la frapadon de %1.</t>
+          <t>%2 nuligis la inviton por %1.</t>
         </is>
       </c>
       <c r="D768" t="inlineStr"/>
       <c r="E768" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F768" t="inlineStr">
         <is>
-          <t>TimelineModel%2 rejected the knock from %1.</t>
+          <t>TimelineModel%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="G768" t="inlineStr"/>
       <c r="H768" t="inlineStr"/>
     </row>
     <row r="769">
       <c r="A769" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22187</t>
+          <t>../../src/timeline/TimelineModel.cpp:22269</t>
         </is>
       </c>
       <c r="B769" t="inlineStr">
         <is>
-          <t>%1 changed their avatar.</t>
+          <t>%2 kicked %1.</t>
         </is>
       </c>
       <c r="C769" t="inlineStr">
         <is>
-          <t>%1 ŝanĝis sian profilbildon.</t>
+          <t>%2 forpelis uzanton %1.</t>
         </is>
       </c>
       <c r="D769" t="inlineStr"/>
       <c r="E769" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F769" t="inlineStr">
         <is>
+          <t>TimelineModel%2 kicked %1.</t>
+        </is>
+      </c>
+      <c r="G769" t="inlineStr"/>
+      <c r="H769" t="inlineStr"/>
+    </row>
+    <row r="770">
+      <c r="A770" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22276</t>
+        </is>
+      </c>
+      <c r="B770" t="inlineStr">
+        <is>
+          <t>%2 unbanned %1.</t>
+        </is>
+      </c>
+      <c r="C770" t="inlineStr">
+        <is>
+          <t>%2 malforbaris uzanton %1.</t>
+        </is>
+      </c>
+      <c r="D770" t="inlineStr"/>
+      <c r="E770" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F770" t="inlineStr">
+        <is>
+          <t>TimelineModel%2 unbanned %1.</t>
+        </is>
+      </c>
+      <c r="G770" t="inlineStr"/>
+      <c r="H770" t="inlineStr"/>
+    </row>
+    <row r="771">
+      <c r="A771" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22281</t>
+        </is>
+      </c>
+      <c r="B771" t="inlineStr">
+        <is>
+          <t>%2 rejected the knock from %1.</t>
+        </is>
+      </c>
+      <c r="C771" t="inlineStr">
+        <is>
+          <t>%2 malakceptis la frapadon de %1.</t>
+        </is>
+      </c>
+      <c r="D771" t="inlineStr"/>
+      <c r="E771" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F771" t="inlineStr">
+        <is>
+          <t>TimelineModel%2 rejected the knock from %1.</t>
+        </is>
+      </c>
+      <c r="G771" t="inlineStr"/>
+      <c r="H771" t="inlineStr"/>
+    </row>
+    <row r="772">
+      <c r="A772" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22249</t>
+        </is>
+      </c>
+      <c r="B772" t="inlineStr">
+        <is>
+          <t>%1 changed their avatar.</t>
+        </is>
+      </c>
+      <c r="C772" t="inlineStr">
+        <is>
+          <t>%1 ŝanĝis sian profilbildon.</t>
+        </is>
+      </c>
+      <c r="D772" t="inlineStr"/>
+      <c r="E772" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F772" t="inlineStr">
+        <is>
           <t>TimelineModel%1 changed their avatar.</t>
         </is>
       </c>
-      <c r="G769" t="inlineStr"/>
-      <c r="H769" t="inlineStr">
+      <c r="G772" t="inlineStr"/>
+      <c r="H772" t="inlineStr">
         <is>
           <t xml:space="preserve">
 %1 ŝanĝis sian avataron.</t>
         </is>
       </c>
     </row>
-    <row r="770">
-[...88 lines deleted...]
-    </row>
     <row r="773">
       <c r="A773" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22210</t>
+          <t>../../src/timeline/TimelineModel.cpp:22251</t>
         </is>
       </c>
       <c r="B773" t="inlineStr">
         <is>
-          <t>%1 rejected their invite.</t>
+          <t>%1 changed some profile info.</t>
         </is>
       </c>
       <c r="C773" t="inlineStr">
         <is>
-          <t>%1 rifuzis sian inviton.</t>
+          <t>%1 ŝanĝis iujn informojn en profilo.</t>
         </is>
       </c>
       <c r="D773" t="inlineStr"/>
       <c r="E773" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F773" t="inlineStr">
         <is>
-          <t>TimelineModel%1 rejected their invite.</t>
+          <t>TimelineModel%1 changed some profile info.</t>
         </is>
       </c>
       <c r="G773" t="inlineStr"/>
       <c r="H773" t="inlineStr"/>
     </row>
     <row r="774">
       <c r="A774" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22205</t>
+          <t>../../src/timeline/TimelineModel.cpp:22256</t>
         </is>
       </c>
       <c r="B774" t="inlineStr">
         <is>
-          <t>%1 left the room.</t>
+          <t>%1 joined.</t>
         </is>
       </c>
       <c r="C774" t="inlineStr">
         <is>
-          <t>%1 eliris el la ĉambro.</t>
+          <t>%1 aliĝis.</t>
         </is>
       </c>
       <c r="D774" t="inlineStr"/>
       <c r="E774" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F774" t="inlineStr">
         <is>
-          <t>TimelineModel%1 left the room.</t>
+          <t>TimelineModel%1 joined.</t>
         </is>
       </c>
       <c r="G774" t="inlineStr"/>
       <c r="H774" t="inlineStr"/>
     </row>
     <row r="775">
       <c r="A775" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22236</t>
+          <t>../../src/timeline/TimelineModel.cpp:22259</t>
         </is>
       </c>
       <c r="B775" t="inlineStr">
         <is>
-          <t>Reason: %1</t>
+          <t>%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="C775" t="inlineStr">
         <is>
-          <t>Kialo: %1</t>
+          <t>%1 aliĝis per rajtigo de servilo de %2.</t>
         </is>
       </c>
       <c r="D775" t="inlineStr"/>
       <c r="E775" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F775" t="inlineStr">
         <is>
-          <t>TimelineModelReason: %1</t>
+          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="G775" t="inlineStr"/>
       <c r="H775" t="inlineStr"/>
     </row>
     <row r="776">
       <c r="A776" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22217</t>
+          <t>../../src/timeline/TimelineModel.cpp:22272</t>
         </is>
       </c>
       <c r="B776" t="inlineStr">
         <is>
-          <t>%1 redacted their knock.</t>
+          <t>%1 rejected their invite.</t>
         </is>
       </c>
       <c r="C776" t="inlineStr">
         <is>
-          <t>%1 forigis sian frapon.</t>
+          <t>%1 rifuzis sian inviton.</t>
         </is>
       </c>
       <c r="D776" t="inlineStr"/>
       <c r="E776" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F776" t="inlineStr">
         <is>
-          <t>TimelineModel%1 redacted their knock.</t>
+          <t>TimelineModel%1 rejected their invite.</t>
         </is>
       </c>
       <c r="G776" t="inlineStr"/>
       <c r="H776" t="inlineStr"/>
     </row>
     <row r="777">
       <c r="A777" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19907</t>
+          <t>../../src/timeline/TimelineModel.cpp:22267</t>
         </is>
       </c>
       <c r="B777" t="inlineStr">
         <is>
-          <t>%1 changed which servers are allowed in this room.</t>
+          <t>%1 left the room.</t>
         </is>
       </c>
       <c r="C777" t="inlineStr">
         <is>
-          <t>%1 ŝanĝis, kiuj serviloj estas permesitaj en la ĉambro.</t>
+          <t>%1 eliris el la ĉambro.</t>
         </is>
       </c>
       <c r="D777" t="inlineStr"/>
       <c r="E777" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F777" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
+          <t>TimelineModel%1 left the room.</t>
         </is>
       </c>
       <c r="G777" t="inlineStr"/>
       <c r="H777" t="inlineStr"/>
     </row>
     <row r="778">
       <c r="A778" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19911</t>
+          <t>../../src/timeline/TimelineModel.cpp:22298</t>
         </is>
       </c>
       <c r="B778" t="inlineStr">
         <is>
-          <t>%1 removed the room name.</t>
+          <t>Reason: %1</t>
         </is>
       </c>
       <c r="C778" t="inlineStr">
         <is>
-          <t>%1 forigis nomon de la ĉambro.</t>
+          <t>Kialo: %1</t>
         </is>
       </c>
       <c r="D778" t="inlineStr"/>
       <c r="E778" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F778" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room name.</t>
+          <t>TimelineModelReason: %1</t>
         </is>
       </c>
       <c r="G778" t="inlineStr"/>
       <c r="H778" t="inlineStr"/>
     </row>
     <row r="779">
       <c r="A779" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19914</t>
+          <t>../../src/timeline/TimelineModel.cpp:22279</t>
         </is>
       </c>
       <c r="B779" t="inlineStr">
         <is>
-          <t>%1 changed the room name to: %2</t>
+          <t>%1 redacted their knock.</t>
         </is>
       </c>
       <c r="C779" t="inlineStr">
         <is>
-          <t>%1 ŝanĝis nomon de la ĉambro al: %2</t>
+          <t>%1 forigis sian frapon.</t>
         </is>
       </c>
       <c r="D779" t="inlineStr"/>
       <c r="E779" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F779" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room name to: %2</t>
+          <t>TimelineModel%1 redacted their knock.</t>
         </is>
       </c>
       <c r="G779" t="inlineStr"/>
       <c r="H779" t="inlineStr"/>
     </row>
     <row r="780">
       <c r="A780" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19919</t>
+          <t>../../src/timeline/TimelineModel.cpp:19967</t>
         </is>
       </c>
       <c r="B780" t="inlineStr">
         <is>
-          <t>%1 removed the topic.</t>
+          <t>%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="C780" t="inlineStr">
         <is>
-          <t>%1 forigis la temon.</t>
+          <t>%1 ŝanĝis, kiuj serviloj estas permesitaj en la ĉambro.</t>
         </is>
       </c>
       <c r="D780" t="inlineStr"/>
       <c r="E780" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F780" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the topic.</t>
+          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="G780" t="inlineStr"/>
       <c r="H780" t="inlineStr"/>
     </row>
     <row r="781">
       <c r="A781" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19922</t>
+          <t>../../src/timeline/TimelineModel.cpp:19971</t>
         </is>
       </c>
       <c r="B781" t="inlineStr">
         <is>
-          <t>%1 changed the topic to: %2</t>
+          <t>%1 removed the room name.</t>
         </is>
       </c>
       <c r="C781" t="inlineStr">
         <is>
-          <t>%1 ŝanĝis la temon al: %2</t>
+          <t>%1 forigis nomon de la ĉambro.</t>
         </is>
       </c>
       <c r="D781" t="inlineStr"/>
       <c r="E781" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F781" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the topic to: %2</t>
+          <t>TimelineModel%1 removed the room name.</t>
         </is>
       </c>
       <c r="G781" t="inlineStr"/>
       <c r="H781" t="inlineStr"/>
     </row>
     <row r="782">
       <c r="A782" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19927</t>
+          <t>../../src/timeline/TimelineModel.cpp:19974</t>
         </is>
       </c>
       <c r="B782" t="inlineStr">
         <is>
-          <t>%1 changed the room avatar to: %2</t>
+          <t>%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="C782" t="inlineStr">
         <is>
-          <t>%1 ŝanĝis bildon de la ĉambro al: %2</t>
+          <t>%1 ŝanĝis nomon de la ĉambro al: %2</t>
         </is>
       </c>
       <c r="D782" t="inlineStr"/>
       <c r="E782" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F782" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room avatar to: %2</t>
+          <t>TimelineModel%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="G782" t="inlineStr"/>
       <c r="H782" t="inlineStr"/>
     </row>
     <row r="783">
       <c r="A783" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19935</t>
+          <t>../../src/timeline/TimelineModel.cpp:19979</t>
         </is>
       </c>
       <c r="B783" t="inlineStr">
         <is>
-          <t>%1 removed the room avatar.</t>
+          <t>%1 removed the topic.</t>
         </is>
       </c>
       <c r="C783" t="inlineStr">
         <is>
-          <t>%1 forigis bildon de la ĉambro.</t>
+          <t>%1 forigis la temon.</t>
         </is>
       </c>
       <c r="D783" t="inlineStr"/>
       <c r="E783" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F783" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room avatar.</t>
+          <t>TimelineModel%1 removed the topic.</t>
         </is>
       </c>
       <c r="G783" t="inlineStr"/>
       <c r="H783" t="inlineStr"/>
     </row>
     <row r="784">
       <c r="A784" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19938</t>
+          <t>../../src/timeline/TimelineModel.cpp:19982</t>
         </is>
       </c>
       <c r="B784" t="inlineStr">
         <is>
-          <t>%1 changed the pinned messages.</t>
+          <t>%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="C784" t="inlineStr">
         <is>
-          <t>%1 ŝanĝis la fiksitajn mesaĝojn.</t>
+          <t>%1 ŝanĝis la temon al: %2</t>
         </is>
       </c>
       <c r="D784" t="inlineStr"/>
       <c r="E784" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F784" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the pinned messages.</t>
+          <t>TimelineModel%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="G784" t="inlineStr"/>
       <c r="H784" t="inlineStr"/>
     </row>
     <row r="785">
       <c r="A785" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19945</t>
+          <t>../../src/timeline/TimelineModel.cpp:19987</t>
         </is>
       </c>
       <c r="B785" t="inlineStr">
         <is>
-          <t>%1 changed the addresses for this room.</t>
+          <t>%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="C785" t="inlineStr">
         <is>
-          <t>%1 ŝanĝis la adresojn de ĉi tiu ĉambro.</t>
+          <t>%1 ŝanĝis bildon de la ĉambro al: %2</t>
         </is>
       </c>
       <c r="D785" t="inlineStr"/>
       <c r="E785" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F785" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the addresses for this room.</t>
+          <t>TimelineModel%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="G785" t="inlineStr"/>
       <c r="H785" t="inlineStr"/>
     </row>
     <row r="786">
       <c r="A786" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19948</t>
+          <t>../../src/timeline/TimelineModel.cpp:19995</t>
         </is>
       </c>
       <c r="B786" t="inlineStr">
         <is>
-          <t>%1 changed the parent communities for this room.</t>
+          <t>%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="C786" t="inlineStr">
         <is>
-          <t>%1 ŝanĝis la arojn por ĉi tiu ĉambro.</t>
+          <t>%1 forigis bildon de la ĉambro.</t>
         </is>
       </c>
       <c r="D786" t="inlineStr"/>
       <c r="E786" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F786" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the parent communities for this room.</t>
+          <t>TimelineModel%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="G786" t="inlineStr"/>
       <c r="H786" t="inlineStr"/>
     </row>
     <row r="787">
       <c r="A787" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19951</t>
+          <t>../../src/timeline/TimelineModel.cpp:19998</t>
         </is>
       </c>
       <c r="B787" t="inlineStr">
         <is>
-          <t>%1 created and configured room: %2</t>
+          <t>%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="C787" t="inlineStr">
         <is>
-          <t>%1 kreis kaj agordis ĉambron: %2</t>
+          <t>%1 ŝanĝis la fiksitajn mesaĝojn.</t>
         </is>
       </c>
       <c r="D787" t="inlineStr"/>
       <c r="E787" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F787" t="inlineStr">
         <is>
-          <t>TimelineModel%1 created and configured room: %2</t>
+          <t>TimelineModel%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="G787" t="inlineStr"/>
       <c r="H787" t="inlineStr"/>
     </row>
     <row r="788">
       <c r="A788" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19969</t>
+          <t>../../src/timeline/TimelineModel.cpp:20005</t>
         </is>
       </c>
       <c r="B788" t="inlineStr">
         <is>
-          <t>%1 changed unknown state event %2.</t>
+          <t>%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="C788" t="inlineStr">
         <is>
-          <t>%1 ŝanĝis nekonatan statokazon %2.</t>
+          <t>%1 ŝanĝis la adresojn de ĉi tiu ĉambro.</t>
         </is>
       </c>
       <c r="D788" t="inlineStr"/>
       <c r="E788" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F788" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed unknown state event %2.</t>
+          <t>TimelineModel%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="G788" t="inlineStr"/>
       <c r="H788" t="inlineStr"/>
     </row>
     <row r="789">
       <c r="A789" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20525</t>
+          <t>../../src/timeline/TimelineModel.cpp:20008</t>
         </is>
       </c>
       <c r="B789" t="inlineStr">
         <is>
-          <t>You joined this room.</t>
+          <t>%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="C789" t="inlineStr">
         <is>
-          <t>Vi aliĝis ĉi tiun ĉambron.</t>
+          <t>%1 ŝanĝis la arojn por ĉi tiu ĉambro.</t>
         </is>
       </c>
       <c r="D789" t="inlineStr"/>
       <c r="E789" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F789" t="inlineStr">
         <is>
-          <t>TimelineModelYou joined this room.</t>
+          <t>TimelineModel%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="G789" t="inlineStr"/>
       <c r="H789" t="inlineStr"/>
     </row>
     <row r="790">
       <c r="A790" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20640</t>
+          <t>../../src/timeline/TimelineModel.cpp:20011</t>
         </is>
       </c>
       <c r="B790" t="inlineStr">
         <is>
-          <t>%n hour later</t>
-[...2 lines deleted...]
-      <c r="C790" t="inlineStr"/>
+          <t>%1 created and configured room: %2</t>
+        </is>
+      </c>
+      <c r="C790" t="inlineStr">
+        <is>
+          <t>%1 kreis kaj agordis ĉambron: %2</t>
+        </is>
+      </c>
       <c r="D790" t="inlineStr"/>
       <c r="E790" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F790" t="inlineStr">
         <is>
-          <t>TimelineModel%n hour(s) later</t>
+          <t>TimelineModel%1 created and configured room: %2</t>
         </is>
       </c>
       <c r="G790" t="inlineStr"/>
       <c r="H790" t="inlineStr"/>
     </row>
     <row r="791">
       <c r="A791" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21552</t>
+          <t>../../src/timeline/TimelineModel.cpp:20029</t>
         </is>
       </c>
       <c r="B791" t="inlineStr">
         <is>
-          <t>%1 made this room require an invitation to join.</t>
+          <t>%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="C791" t="inlineStr">
         <is>
-          <t>%1 necesigis inviton por aliĝo al ĉi tiu ĉambro.</t>
+          <t>%1 ŝanĝis nekonatan statokazon %2.</t>
         </is>
       </c>
       <c r="D791" t="inlineStr"/>
       <c r="E791" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F791" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made this room require an invitation to join.</t>
+          <t>TimelineModel%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="G791" t="inlineStr"/>
       <c r="H791" t="inlineStr"/>
     </row>
     <row r="792">
       <c r="A792" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22170</t>
+          <t>../../src/timeline/TimelineModel.cpp:20584</t>
         </is>
       </c>
       <c r="B792" t="inlineStr">
         <is>
-          <t>%1 invited %2.</t>
+          <t>You joined this room.</t>
         </is>
       </c>
       <c r="C792" t="inlineStr">
         <is>
-          <t>%1 invitis uzanton %2.</t>
+          <t>Vi aliĝis ĉi tiun ĉambron.</t>
         </is>
       </c>
       <c r="D792" t="inlineStr"/>
       <c r="E792" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F792" t="inlineStr">
         <is>
-          <t>TimelineModel%1 invited %2.</t>
+          <t>TimelineModelYou joined this room.</t>
         </is>
       </c>
       <c r="G792" t="inlineStr"/>
       <c r="H792" t="inlineStr"/>
     </row>
     <row r="793">
       <c r="A793" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22181</t>
+          <t>../../src/timeline/TimelineModel.cpp:20699</t>
         </is>
       </c>
       <c r="B793" t="inlineStr">
         <is>
-          <t>%1 has changed their avatar and changed their display name to %2.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%n hour later</t>
+        </is>
+      </c>
+      <c r="C793" t="inlineStr"/>
       <c r="D793" t="inlineStr"/>
       <c r="E793" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F793" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
+          <t>TimelineModel%n hour(s) later</t>
         </is>
       </c>
       <c r="G793" t="inlineStr"/>
       <c r="H793" t="inlineStr"/>
     </row>
     <row r="794">
       <c r="A794" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22185</t>
+          <t>../../src/timeline/TimelineModel.cpp:21612</t>
         </is>
       </c>
       <c r="B794" t="inlineStr">
         <is>
-          <t>%1 has changed their display name to %2.</t>
+          <t>%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="C794" t="inlineStr">
         <is>
-          <t>%1 ŝanĝis sian prezentan nomon al %2.</t>
+          <t>%1 necesigis inviton por aliĝo al ĉi tiu ĉambro.</t>
         </is>
       </c>
       <c r="D794" t="inlineStr"/>
       <c r="E794" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F794" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their display name to %2.</t>
+          <t>TimelineModel%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="G794" t="inlineStr"/>
       <c r="H794" t="inlineStr"/>
     </row>
     <row r="795">
       <c r="A795" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22221</t>
+          <t>../../src/timeline/TimelineModel.cpp:22232</t>
         </is>
       </c>
       <c r="B795" t="inlineStr">
         <is>
-          <t>%1 left after having already left!</t>
+          <t>%1 invited %2.</t>
         </is>
       </c>
       <c r="C795" t="inlineStr">
         <is>
-          <t>%1 eliris jam elirinte!</t>
+          <t>%1 invitis uzanton %2.</t>
         </is>
       </c>
       <c r="D795" t="inlineStr"/>
       <c r="E795" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F795" t="inlineStr">
         <is>
+          <t>TimelineModel%1 invited %2.</t>
+        </is>
+      </c>
+      <c r="G795" t="inlineStr"/>
+      <c r="H795" t="inlineStr"/>
+    </row>
+    <row r="796">
+      <c r="A796" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22243</t>
+        </is>
+      </c>
+      <c r="B796" t="inlineStr">
+        <is>
+          <t>%1 has changed their avatar and changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="C796" t="inlineStr">
+        <is>
+          <t>%1 ŝanĝis sian profilbildon kaj sian prezentan nomon al %2.</t>
+        </is>
+      </c>
+      <c r="D796" t="inlineStr"/>
+      <c r="E796" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F796" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="G796" t="inlineStr"/>
+      <c r="H796" t="inlineStr"/>
+    </row>
+    <row r="797">
+      <c r="A797" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22247</t>
+        </is>
+      </c>
+      <c r="B797" t="inlineStr">
+        <is>
+          <t>%1 has changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="C797" t="inlineStr">
+        <is>
+          <t>%1 ŝanĝis sian prezentan nomon al %2.</t>
+        </is>
+      </c>
+      <c r="D797" t="inlineStr"/>
+      <c r="E797" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F797" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 has changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="G797" t="inlineStr"/>
+      <c r="H797" t="inlineStr"/>
+    </row>
+    <row r="798">
+      <c r="A798" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22283</t>
+        </is>
+      </c>
+      <c r="B798" t="inlineStr">
+        <is>
+          <t>%1 left after having already left!</t>
+        </is>
+      </c>
+      <c r="C798" t="inlineStr">
+        <is>
+          <t>%1 eliris jam elirinte!</t>
+        </is>
+      </c>
+      <c r="D798" t="inlineStr"/>
+      <c r="E798" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F798" t="inlineStr">
+        <is>
           <t>TimelineModel
 This is a leave event after the user already left and shouldn't happen apart from state resets%1 left after having already left!</t>
         </is>
       </c>
-      <c r="G795" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G798" t="inlineStr"/>
       <c r="H798" t="inlineStr"/>
     </row>
     <row r="799">
       <c r="A799" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22421</t>
+          <t>../../src/timeline/TimelineModel.cpp:22290</t>
         </is>
       </c>
       <c r="B799" t="inlineStr">
         <is>
-          <t>No room open</t>
+          <t>%1 banned %2</t>
         </is>
       </c>
       <c r="C799" t="inlineStr">
         <is>
-          <t>Neniu ĉambro estas malfermita</t>
+          <t>%1 forbaris uzanton %2</t>
         </is>
       </c>
       <c r="D799" t="inlineStr"/>
       <c r="E799" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F799" t="inlineStr">
         <is>
-          <t>TimelineViewNo room open</t>
+          <t>TimelineModel%1 banned %2</t>
         </is>
       </c>
       <c r="G799" t="inlineStr"/>
       <c r="H799" t="inlineStr"/>
     </row>
     <row r="800">
       <c r="A800" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../../src/timeline/TimelineModel.cpp:22293</t>
         </is>
       </c>
       <c r="B800" t="inlineStr">
         <is>
-          <t>You are about to notify the whole room</t>
+          <t>%1 knocked.</t>
         </is>
       </c>
       <c r="C800" t="inlineStr">
         <is>
-          <t>Vi atentigos la tutan ĉambron</t>
+          <t>%1 frapis.</t>
         </is>
       </c>
       <c r="D800" t="inlineStr"/>
       <c r="E800" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F800" t="inlineStr">
         <is>
-          <t>TimelineViewYou are about to notify the whole room</t>
+          <t>TimelineModel%1 knocked.</t>
         </is>
       </c>
       <c r="G800" t="inlineStr"/>
       <c r="H800" t="inlineStr"/>
     </row>
     <row r="801">
       <c r="A801" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../qml/TimelineSectionHeader.qml:22432</t>
         </is>
       </c>
       <c r="B801" t="inlineStr">
         <is>
-          <t>You will be mentioning %1</t>
+          <t>%1's status message</t>
         </is>
       </c>
       <c r="C801" t="inlineStr">
         <is>
-          <t>Vi mencios uzanton %1</t>
+          <t>Statmesaĝo de %1</t>
         </is>
       </c>
       <c r="D801" t="inlineStr"/>
       <c r="E801" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F801" t="inlineStr">
         <is>
-          <t>TimelineViewYou will be mentioning %1</t>
+          <t>TimelineSectionHeader%1's status message</t>
         </is>
       </c>
       <c r="G801" t="inlineStr"/>
       <c r="H801" t="inlineStr"/>
     </row>
     <row r="802">
       <c r="A802" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22535</t>
+          <t>../qml/TimelineView.qml:22483</t>
         </is>
       </c>
       <c r="B802" t="inlineStr">
         <is>
-          <t>The command /%1 is not recognized and will be sent as part of your message</t>
+          <t>No room open</t>
         </is>
       </c>
       <c r="C802" t="inlineStr">
         <is>
-          <t>La ordono /%1 ne estas rekonata, kaj iĝos ordinara parto de via mesaĝo</t>
+          <t>Neniu ĉambro estas malfermita</t>
         </is>
       </c>
       <c r="D802" t="inlineStr"/>
       <c r="E802" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F802" t="inlineStr">
         <is>
-          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
+          <t>TimelineViewNo room open</t>
         </is>
       </c>
       <c r="G802" t="inlineStr"/>
       <c r="H802" t="inlineStr"/>
     </row>
     <row r="803">
       <c r="A803" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22540</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B803" t="inlineStr">
         <is>
-          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>You are about to notify the whole room</t>
         </is>
       </c>
       <c r="C803" t="inlineStr">
         <is>
-          <t>/%1 aspektas kiel nefinita ordono. Por tamen sendi ĝin, aldonu spacon al la fino de via mesaĝo.</t>
+          <t>Vi atentigos la tutan ĉambron</t>
         </is>
       </c>
       <c r="D803" t="inlineStr"/>
       <c r="E803" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F803" t="inlineStr">
         <is>
-          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>TimelineViewYou are about to notify the whole room</t>
         </is>
       </c>
       <c r="G803" t="inlineStr"/>
       <c r="H803" t="inlineStr"/>
     </row>
     <row r="804">
       <c r="A804" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22581</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B804" t="inlineStr">
         <is>
-          <t>No preview available</t>
+          <t>You will be mentioning %1</t>
         </is>
       </c>
       <c r="C804" t="inlineStr">
         <is>
-          <t>Neniu antaŭrigardo disponeblas</t>
+          <t>Vi mencios uzanton %1</t>
         </is>
       </c>
       <c r="D804" t="inlineStr"/>
       <c r="E804" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F804" t="inlineStr">
         <is>
-          <t>TimelineViewNo preview available</t>
+          <t>TimelineViewYou will be mentioning %1</t>
         </is>
       </c>
       <c r="G804" t="inlineStr"/>
       <c r="H804" t="inlineStr"/>
     </row>
     <row r="805">
       <c r="A805" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22586</t>
+          <t>../qml/TimelineView.qml:22598</t>
         </is>
       </c>
       <c r="B805" t="inlineStr">
         <is>
-          <t>Settings</t>
+          <t>The command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="C805" t="inlineStr">
         <is>
-          <t>Agordoj</t>
+          <t>La ordono /%1 ne estas rekonata, kaj iĝos ordinara parto de via mesaĝo</t>
         </is>
       </c>
       <c r="D805" t="inlineStr"/>
       <c r="E805" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F805" t="inlineStr">
         <is>
-          <t>TimelineViewSettings</t>
+          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="G805" t="inlineStr"/>
       <c r="H805" t="inlineStr"/>
     </row>
     <row r="806">
       <c r="A806" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22605</t>
+          <t>../qml/TimelineView.qml:22603</t>
         </is>
       </c>
       <c r="B806" t="inlineStr">
         <is>
-          <t>%n member</t>
+          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="C806" t="inlineStr">
         <is>
-          <t>%n ano</t>
+          <t>/%1 aspektas kiel nefinita ordono. Por tamen sendi ĝin, aldonu spacon al la fino de via mesaĝo.</t>
         </is>
       </c>
       <c r="D806" t="inlineStr"/>
       <c r="E806" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F806" t="inlineStr">
         <is>
-          <t>TimelineView%n member(s)</t>
+          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="G806" t="inlineStr"/>
       <c r="H806" t="inlineStr"/>
     </row>
     <row r="807">
       <c r="A807" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22608</t>
+          <t>../qml/TimelineView.qml:22644</t>
         </is>
       </c>
       <c r="B807" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C807" t="inlineStr">
         <is>
-          <t>Montri anojn de %1</t>
+          <t>Neniu antaŭrigardo disponeblas</t>
         </is>
       </c>
       <c r="D807" t="inlineStr"/>
       <c r="E807" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F807" t="inlineStr">
         <is>
-          <t>TimelineViewView members of %1</t>
+          <t>TimelineViewNo preview available</t>
         </is>
       </c>
       <c r="G807" t="inlineStr"/>
       <c r="H807" t="inlineStr"/>
     </row>
     <row r="808">
       <c r="A808" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22626</t>
+          <t>../qml/TimelineView.qml:22649</t>
         </is>
       </c>
       <c r="B808" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>Settings</t>
         </is>
       </c>
       <c r="C808" t="inlineStr">
         <is>
-          <t>Ĉi tiu ĉambro eble estas nealirebla. Se la ĉambro estas privata, vi devus forigi ĝin de ĉi tiu komunumo.</t>
+          <t>Agordoj</t>
         </is>
       </c>
       <c r="D808" t="inlineStr"/>
       <c r="E808" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F808" t="inlineStr">
         <is>
-          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>TimelineViewSettings</t>
         </is>
       </c>
       <c r="G808" t="inlineStr"/>
       <c r="H808" t="inlineStr"/>
     </row>
     <row r="809">
       <c r="A809" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22632</t>
+          <t>../qml/TimelineView.qml:22668</t>
         </is>
       </c>
       <c r="B809" t="inlineStr">
         <is>
-          <t>join the conversation</t>
+          <t>%n member</t>
         </is>
       </c>
       <c r="C809" t="inlineStr">
         <is>
-          <t>aliĝi al interparolo</t>
+          <t>%n ano</t>
         </is>
       </c>
       <c r="D809" t="inlineStr"/>
       <c r="E809" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F809" t="inlineStr">
         <is>
-          <t>TimelineViewjoin the conversation</t>
+          <t>TimelineView%n member(s)</t>
         </is>
       </c>
       <c r="G809" t="inlineStr"/>
       <c r="H809" t="inlineStr"/>
     </row>
     <row r="810">
       <c r="A810" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22639</t>
+          <t>../qml/TimelineView.qml:22671</t>
         </is>
       </c>
       <c r="B810" t="inlineStr">
         <is>
-          <t>accept invite</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C810" t="inlineStr">
         <is>
-          <t>akcepti inviton</t>
+          <t>Montri anojn de %1</t>
         </is>
       </c>
       <c r="D810" t="inlineStr"/>
       <c r="E810" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F810" t="inlineStr">
         <is>
-          <t>TimelineViewaccept invite</t>
+          <t>TimelineViewView members of %1</t>
         </is>
       </c>
       <c r="G810" t="inlineStr"/>
       <c r="H810" t="inlineStr"/>
     </row>
     <row r="811">
       <c r="A811" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22646</t>
+          <t>../qml/TimelineView.qml:22689</t>
         </is>
       </c>
       <c r="B811" t="inlineStr">
         <is>
-          <t>decline invite</t>
+          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="C811" t="inlineStr">
         <is>
-          <t>rifuzi inviton</t>
+          <t>Ĉi tiu ĉambro eble estas nealirebla. Se la ĉambro estas privata, vi devus forigi ĝin de ĉi tiu komunumo.</t>
         </is>
       </c>
       <c r="D811" t="inlineStr"/>
       <c r="E811" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F811" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite</t>
+          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="G811" t="inlineStr"/>
       <c r="H811" t="inlineStr"/>
     </row>
     <row r="812">
       <c r="A812" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22653</t>
+          <t>../qml/TimelineView.qml:22695</t>
         </is>
       </c>
       <c r="B812" t="inlineStr">
         <is>
-          <t>decline invite and ignore user</t>
+          <t>join the conversation</t>
         </is>
       </c>
       <c r="C812" t="inlineStr">
         <is>
-          <t>malakcepti inviton kaj malatenti uzanton</t>
+          <t>aliĝi al interparolo</t>
         </is>
       </c>
       <c r="D812" t="inlineStr"/>
       <c r="E812" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F812" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite and ignore user</t>
+          <t>TimelineViewjoin the conversation</t>
         </is>
       </c>
       <c r="G812" t="inlineStr"/>
       <c r="H812" t="inlineStr"/>
     </row>
     <row r="813">
       <c r="A813" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22663</t>
+          <t>../qml/TimelineView.qml:22702</t>
         </is>
       </c>
       <c r="B813" t="inlineStr">
         <is>
-          <t>leave</t>
+          <t>accept invite</t>
         </is>
       </c>
       <c r="C813" t="inlineStr">
         <is>
-          <t>foriri</t>
+          <t>akcepti inviton</t>
         </is>
       </c>
       <c r="D813" t="inlineStr"/>
       <c r="E813" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F813" t="inlineStr">
         <is>
-          <t>TimelineViewleave</t>
+          <t>TimelineViewaccept invite</t>
         </is>
       </c>
       <c r="G813" t="inlineStr"/>
       <c r="H813" t="inlineStr"/>
     </row>
     <row r="814">
       <c r="A814" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22678</t>
+          <t>../qml/TimelineView.qml:22709</t>
         </is>
       </c>
       <c r="B814" t="inlineStr">
         <is>
-          <t>Invited by %1 (%2)</t>
+          <t>decline invite</t>
         </is>
       </c>
       <c r="C814" t="inlineStr">
         <is>
-          <t>Invitita de %1 (%2)</t>
+          <t>rifuzi inviton</t>
         </is>
       </c>
       <c r="D814" t="inlineStr"/>
       <c r="E814" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F814" t="inlineStr">
         <is>
-          <t>TimelineViewInvited by %1 (%2)</t>
+          <t>TimelineViewdecline invite</t>
         </is>
       </c>
       <c r="G814" t="inlineStr"/>
       <c r="H814" t="inlineStr"/>
     </row>
     <row r="815">
       <c r="A815" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22716</t>
         </is>
       </c>
       <c r="B815" t="inlineStr">
         <is>
-          <t>Hide invite reason</t>
+          <t>decline invite and ignore user</t>
         </is>
       </c>
       <c r="C815" t="inlineStr">
         <is>
-          <t>Kaŝi kialon de invito</t>
+          <t>malakcepti inviton kaj malatenti uzanton</t>
         </is>
       </c>
       <c r="D815" t="inlineStr"/>
       <c r="E815" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F815" t="inlineStr">
         <is>
-          <t>TimelineViewHide invite reason</t>
+          <t>TimelineViewdecline invite and ignore user</t>
         </is>
       </c>
       <c r="G815" t="inlineStr"/>
       <c r="H815" t="inlineStr"/>
     </row>
     <row r="816">
       <c r="A816" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22726</t>
         </is>
       </c>
       <c r="B816" t="inlineStr">
         <is>
-          <t>Show invite reason</t>
+          <t>leave</t>
         </is>
       </c>
       <c r="C816" t="inlineStr">
         <is>
-          <t>Montri kialon de invito</t>
+          <t>foriri</t>
         </is>
       </c>
       <c r="D816" t="inlineStr"/>
       <c r="E816" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F816" t="inlineStr">
         <is>
-          <t>TimelineViewShow invite reason</t>
+          <t>TimelineViewleave</t>
         </is>
       </c>
       <c r="G816" t="inlineStr"/>
       <c r="H816" t="inlineStr"/>
     </row>
     <row r="817">
       <c r="A817" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22740</t>
+          <t>../qml/TimelineView.qml:22741</t>
         </is>
       </c>
       <c r="B817" t="inlineStr">
         <is>
-          <t>Back to room list</t>
+          <t>Invited by %1 (%2)</t>
         </is>
       </c>
       <c r="C817" t="inlineStr">
         <is>
-          <t>Reen al listo de ĉambroj</t>
+          <t>Invitita de %1 (%2)</t>
         </is>
       </c>
       <c r="D817" t="inlineStr"/>
       <c r="E817" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F817" t="inlineStr">
         <is>
-          <t>TimelineViewBack to room list</t>
+          <t>TimelineViewInvited by %1 (%2)</t>
         </is>
       </c>
       <c r="G817" t="inlineStr"/>
       <c r="H817" t="inlineStr"/>
     </row>
     <row r="818">
       <c r="A818" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22760</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B818" t="inlineStr">
         <is>
-          <t>No room selected</t>
+          <t>Hide invite reason</t>
         </is>
       </c>
       <c r="C818" t="inlineStr">
         <is>
-          <t>Neniu ĉambro estas elektita</t>
+          <t>Kaŝi kialon de invito</t>
         </is>
       </c>
       <c r="D818" t="inlineStr"/>
       <c r="E818" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F818" t="inlineStr">
         <is>
-          <t>TopBarNo room selected</t>
+          <t>TimelineViewHide invite reason</t>
         </is>
       </c>
       <c r="G818" t="inlineStr"/>
       <c r="H818" t="inlineStr"/>
     </row>
     <row r="819">
       <c r="A819" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22813</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B819" t="inlineStr">
         <is>
-          <t>In %1</t>
+          <t>Show invite reason</t>
         </is>
       </c>
       <c r="C819" t="inlineStr">
         <is>
-          <t>En %1</t>
+          <t>Montri kialon de invito</t>
         </is>
       </c>
       <c r="D819" t="inlineStr"/>
       <c r="E819" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F819" t="inlineStr">
         <is>
-          <t>TopBarIn %1</t>
+          <t>TimelineViewShow invite reason</t>
         </is>
       </c>
       <c r="G819" t="inlineStr"/>
       <c r="H819" t="inlineStr"/>
     </row>
     <row r="820">
       <c r="A820" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22826</t>
+          <t>../qml/TimelineView.qml:22803</t>
         </is>
       </c>
       <c r="B820" t="inlineStr">
         <is>
           <t>Back to room list</t>
         </is>
       </c>
       <c r="C820" t="inlineStr">
         <is>
           <t>Reen al listo de ĉambroj</t>
         </is>
       </c>
       <c r="D820" t="inlineStr"/>
       <c r="E820" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F820" t="inlineStr">
         <is>
-          <t>TopBarBack to room list</t>
+          <t>TimelineViewBack to room list</t>
         </is>
       </c>
       <c r="G820" t="inlineStr"/>
       <c r="H820" t="inlineStr"/>
     </row>
     <row r="821">
       <c r="A821" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22883</t>
+          <t>../qml/TopBar.qml:22823</t>
         </is>
       </c>
       <c r="B821" t="inlineStr">
         <is>
-          <t>Show or hide pinned messages</t>
+          <t>No room selected</t>
         </is>
       </c>
       <c r="C821" t="inlineStr">
         <is>
-          <t>Montri aŭ kaŝi fiksitajn mesaĝojn</t>
+          <t>Neniu ĉambro estas elektita</t>
         </is>
       </c>
       <c r="D821" t="inlineStr"/>
       <c r="E821" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F821" t="inlineStr">
         <is>
-          <t>TopBarShow or hide pinned messages</t>
+          <t>TopBarNo room selected</t>
         </is>
       </c>
       <c r="G821" t="inlineStr"/>
       <c r="H821" t="inlineStr"/>
     </row>
     <row r="822">
       <c r="A822" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22914</t>
+          <t>../qml/TopBar.qml:22877</t>
         </is>
       </c>
       <c r="B822" t="inlineStr">
         <is>
-          <t>Show room members.</t>
+          <t>In %1</t>
         </is>
       </c>
       <c r="C822" t="inlineStr">
         <is>
-          <t>Montri ĉambranojn.</t>
+          <t>En %1</t>
         </is>
       </c>
       <c r="D822" t="inlineStr"/>
       <c r="E822" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F822" t="inlineStr">
         <is>
-          <t>TopBarShow room members.</t>
+          <t>TopBarIn %1</t>
         </is>
       </c>
       <c r="G822" t="inlineStr"/>
       <c r="H822" t="inlineStr"/>
     </row>
     <row r="823">
       <c r="A823" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22917</t>
+          <t>../qml/TopBar.qml:22890</t>
         </is>
       </c>
       <c r="B823" t="inlineStr">
         <is>
-          <t>This room contains only verified devices.</t>
+          <t>Back to room list</t>
         </is>
       </c>
       <c r="C823" t="inlineStr">
         <is>
-          <t>Ĉi tiu ĉambro enhavas nur kontrolitajn aparatojn.</t>
+          <t>Reen al listo de ĉambroj</t>
         </is>
       </c>
       <c r="D823" t="inlineStr"/>
       <c r="E823" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F823" t="inlineStr">
         <is>
-          <t>TopBarThis room contains only verified devices.</t>
+          <t>TopBarBack to room list</t>
         </is>
       </c>
       <c r="G823" t="inlineStr"/>
       <c r="H823" t="inlineStr"/>
     </row>
     <row r="824">
       <c r="A824" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22919</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/TopBar.qml:22945</t>
+        </is>
+      </c>
+      <c r="B824" t="inlineStr"/>
+      <c r="C824" t="inlineStr"/>
       <c r="D824" t="inlineStr"/>
       <c r="E824" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F824" t="inlineStr">
         <is>
-          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
+          <t>TopBarShow only notifications</t>
         </is>
       </c>
       <c r="G824" t="inlineStr"/>
       <c r="H824" t="inlineStr"/>
     </row>
     <row r="825">
       <c r="A825" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22921</t>
+          <t>../qml/TopBar.qml:22964</t>
         </is>
       </c>
       <c r="B825" t="inlineStr">
         <is>
-          <t>This room contains unverified devices!</t>
+          <t>Show or hide pinned messages</t>
         </is>
       </c>
       <c r="C825" t="inlineStr">
         <is>
-          <t>Ĉi tiu ĉambro enhavas nekontrolitajn aparatojn!</t>
+          <t>Montri aŭ kaŝi fiksitajn mesaĝojn</t>
         </is>
       </c>
       <c r="D825" t="inlineStr"/>
       <c r="E825" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F825" t="inlineStr">
         <is>
-          <t>TopBarThis room contains unverified devices!</t>
+          <t>TopBarShow or hide pinned messages</t>
         </is>
       </c>
       <c r="G825" t="inlineStr"/>
       <c r="H825" t="inlineStr"/>
     </row>
     <row r="826">
       <c r="A826" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22948</t>
+          <t>../qml/TopBar.qml:22995</t>
         </is>
       </c>
       <c r="B826" t="inlineStr">
         <is>
-          <t>Search this room</t>
+          <t>Show room members.</t>
         </is>
       </c>
       <c r="C826" t="inlineStr">
         <is>
-          <t>Serĉi en la ĉambro</t>
+          <t>Montri ĉambranojn.</t>
         </is>
       </c>
       <c r="D826" t="inlineStr"/>
       <c r="E826" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F826" t="inlineStr">
         <is>
-          <t>TopBarSearch this room</t>
+          <t>TopBarShow room members.</t>
         </is>
       </c>
       <c r="G826" t="inlineStr"/>
       <c r="H826" t="inlineStr"/>
     </row>
     <row r="827">
       <c r="A827" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22972</t>
+          <t>../qml/TopBar.qml:22998</t>
         </is>
       </c>
       <c r="B827" t="inlineStr">
         <is>
-          <t>Room options</t>
+          <t>This room contains only verified devices.</t>
         </is>
       </c>
       <c r="C827" t="inlineStr">
         <is>
-          <t>Elektebloj de ĉambro</t>
+          <t>Ĉi tiu ĉambro enhavas nur kontrolitajn aparatojn.</t>
         </is>
       </c>
       <c r="D827" t="inlineStr"/>
       <c r="E827" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F827" t="inlineStr">
         <is>
-          <t>TopBarRoom options</t>
+          <t>TopBarThis room contains only verified devices.</t>
         </is>
       </c>
       <c r="G827" t="inlineStr"/>
       <c r="H827" t="inlineStr"/>
     </row>
     <row r="828">
       <c r="A828" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22990</t>
+          <t>../qml/TopBar.qml:23000</t>
         </is>
       </c>
       <c r="B828" t="inlineStr">
         <is>
-          <t>Invite users</t>
+          <t>This room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="C828" t="inlineStr">
         <is>
-          <t>Inviti uzantojn</t>
+          <t>Ĉi tiu ĉambro enhavas kontrolitajn aparatojn kaj aparatojn, kiuj neniam ŝanĝis sian ĉefan ŝlosilon.</t>
         </is>
       </c>
       <c r="D828" t="inlineStr"/>
       <c r="E828" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F828" t="inlineStr">
         <is>
-          <t>TopBarInvite users</t>
+          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="G828" t="inlineStr"/>
       <c r="H828" t="inlineStr"/>
     </row>
     <row r="829">
       <c r="A829" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22996</t>
+          <t>../qml/TopBar.qml:23002</t>
         </is>
       </c>
       <c r="B829" t="inlineStr">
         <is>
-          <t>Members</t>
+          <t>This room contains unverified devices!</t>
         </is>
       </c>
       <c r="C829" t="inlineStr">
         <is>
-          <t>Anoj</t>
+          <t>Ĉi tiu ĉambro enhavas nekontrolitajn aparatojn!</t>
         </is>
       </c>
       <c r="D829" t="inlineStr"/>
       <c r="E829" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F829" t="inlineStr">
         <is>
-          <t>TopBarMembers</t>
+          <t>TopBarThis room contains unverified devices!</t>
         </is>
       </c>
       <c r="G829" t="inlineStr"/>
       <c r="H829" t="inlineStr"/>
     </row>
     <row r="830">
       <c r="A830" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23001</t>
+          <t>../qml/TopBar.qml:23029</t>
         </is>
       </c>
       <c r="B830" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Search this room</t>
         </is>
       </c>
       <c r="C830" t="inlineStr">
         <is>
-          <t>Eliri el ĉambro</t>
+          <t>Serĉi en la ĉambro</t>
         </is>
       </c>
       <c r="D830" t="inlineStr"/>
       <c r="E830" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F830" t="inlineStr">
         <is>
-          <t>TopBarLeave room</t>
+          <t>TopBarSearch this room</t>
         </is>
       </c>
       <c r="G830" t="inlineStr"/>
       <c r="H830" t="inlineStr"/>
     </row>
     <row r="831">
       <c r="A831" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23006</t>
+          <t>../qml/TopBar.qml:23053</t>
         </is>
       </c>
       <c r="B831" t="inlineStr">
         <is>
-          <t>Settings</t>
+          <t>Room options</t>
         </is>
       </c>
       <c r="C831" t="inlineStr">
         <is>
-          <t>Agordoj</t>
+          <t>Elektebloj de ĉambro</t>
         </is>
       </c>
       <c r="D831" t="inlineStr"/>
       <c r="E831" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F831" t="inlineStr">
         <is>
-          <t>TopBarSettings</t>
+          <t>TopBarRoom options</t>
         </is>
       </c>
       <c r="G831" t="inlineStr"/>
       <c r="H831" t="inlineStr"/>
     </row>
     <row r="832">
       <c r="A832" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23058</t>
+          <t>../qml/TopBar.qml:23071</t>
         </is>
       </c>
       <c r="B832" t="inlineStr">
         <is>
-          <t>Unpin</t>
+          <t>Invite users</t>
         </is>
       </c>
       <c r="C832" t="inlineStr">
         <is>
-          <t>Malfiksi</t>
+          <t>Inviti uzantojn</t>
         </is>
       </c>
       <c r="D832" t="inlineStr"/>
       <c r="E832" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F832" t="inlineStr">
         <is>
-          <t>TopBarUnpin</t>
+          <t>TopBarInvite users</t>
         </is>
       </c>
       <c r="G832" t="inlineStr"/>
       <c r="H832" t="inlineStr"/>
     </row>
     <row r="833">
       <c r="A833" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23104</t>
+          <t>../qml/TopBar.qml:23077</t>
         </is>
       </c>
       <c r="B833" t="inlineStr">
         <is>
-          <t>Enter search query</t>
+          <t>Members</t>
         </is>
       </c>
       <c r="C833" t="inlineStr">
         <is>
-          <t>Enigu serĉaton</t>
+          <t>Anoj</t>
         </is>
       </c>
       <c r="D833" t="inlineStr"/>
       <c r="E833" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F833" t="inlineStr">
         <is>
-          <t>TopBarEnter search query</t>
+          <t>TopBarMembers</t>
         </is>
       </c>
       <c r="G833" t="inlineStr"/>
       <c r="H833" t="inlineStr"/>
     </row>
     <row r="834">
       <c r="A834" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23214</t>
+          <t>../qml/TopBar.qml:23082</t>
         </is>
       </c>
       <c r="B834" t="inlineStr">
         <is>
-          <t>Show</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C834" t="inlineStr">
         <is>
-          <t>Montri</t>
+          <t>Eliri el ĉambro</t>
         </is>
       </c>
       <c r="D834" t="inlineStr"/>
       <c r="E834" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F834" t="inlineStr">
         <is>
-          <t>TrayIconShow</t>
+          <t>TopBarLeave room</t>
         </is>
       </c>
       <c r="G834" t="inlineStr"/>
       <c r="H834" t="inlineStr"/>
     </row>
     <row r="835">
       <c r="A835" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23215</t>
+          <t>../qml/TopBar.qml:23087</t>
         </is>
       </c>
       <c r="B835" t="inlineStr">
         <is>
-          <t>Quit</t>
+          <t>Settings</t>
         </is>
       </c>
       <c r="C835" t="inlineStr">
         <is>
-          <t>Ĉesigi</t>
+          <t>Agordoj</t>
         </is>
       </c>
       <c r="D835" t="inlineStr"/>
       <c r="E835" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F835" t="inlineStr">
         <is>
-          <t>TrayIconQuit</t>
+          <t>TopBarSettings</t>
         </is>
       </c>
       <c r="G835" t="inlineStr"/>
       <c r="H835" t="inlineStr"/>
     </row>
     <row r="836">
       <c r="A836" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23242</t>
+          <t>../qml/TopBar.qml:23139</t>
         </is>
       </c>
       <c r="B836" t="inlineStr">
+        <is>
+          <t>Unpin</t>
+        </is>
+      </c>
+      <c r="C836" t="inlineStr">
+        <is>
+          <t>Malfiksi</t>
+        </is>
+      </c>
+      <c r="D836" t="inlineStr"/>
+      <c r="E836" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F836" t="inlineStr">
+        <is>
+          <t>TopBarUnpin</t>
+        </is>
+      </c>
+      <c r="G836" t="inlineStr"/>
+      <c r="H836" t="inlineStr"/>
+    </row>
+    <row r="837">
+      <c r="A837" t="inlineStr">
+        <is>
+          <t>../qml/TopBar.qml:23185</t>
+        </is>
+      </c>
+      <c r="B837" t="inlineStr">
+        <is>
+          <t>Enter search query</t>
+        </is>
+      </c>
+      <c r="C837" t="inlineStr">
+        <is>
+          <t>Enigu serĉaton</t>
+        </is>
+      </c>
+      <c r="D837" t="inlineStr"/>
+      <c r="E837" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F837" t="inlineStr">
+        <is>
+          <t>TopBarEnter search query</t>
+        </is>
+      </c>
+      <c r="G837" t="inlineStr"/>
+      <c r="H837" t="inlineStr"/>
+    </row>
+    <row r="838">
+      <c r="A838" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23295</t>
+        </is>
+      </c>
+      <c r="B838" t="inlineStr">
+        <is>
+          <t>Show</t>
+        </is>
+      </c>
+      <c r="C838" t="inlineStr">
+        <is>
+          <t>Montri</t>
+        </is>
+      </c>
+      <c r="D838" t="inlineStr"/>
+      <c r="E838" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F838" t="inlineStr">
+        <is>
+          <t>TrayIconShow</t>
+        </is>
+      </c>
+      <c r="G838" t="inlineStr"/>
+      <c r="H838" t="inlineStr"/>
+    </row>
+    <row r="839">
+      <c r="A839" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23296</t>
+        </is>
+      </c>
+      <c r="B839" t="inlineStr">
+        <is>
+          <t>Quit</t>
+        </is>
+      </c>
+      <c r="C839" t="inlineStr">
+        <is>
+          <t>Ĉesigi</t>
+        </is>
+      </c>
+      <c r="D839" t="inlineStr"/>
+      <c r="E839" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F839" t="inlineStr">
+        <is>
+          <t>TrayIconQuit</t>
+        </is>
+      </c>
+      <c r="G839" t="inlineStr"/>
+      <c r="H839" t="inlineStr"/>
+    </row>
+    <row r="840">
+      <c r="A840" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23328</t>
+        </is>
+      </c>
+      <c r="B840" t="inlineStr">
         <is>
           <t xml:space="preserve">
 %n unread message</t>
         </is>
       </c>
-      <c r="C836" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F836" t="inlineStr">
+      <c r="C840" t="inlineStr"/>
+      <c r="D840" t="inlineStr"/>
+      <c r="E840" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F840" t="inlineStr">
         <is>
           <t>TrayIcon
 %n unread message(s)</t>
         </is>
       </c>
-      <c r="G836" t="inlineStr"/>
-[...118 lines deleted...]
-      </c>
       <c r="G840" t="inlineStr"/>
       <c r="H840" t="inlineStr"/>
     </row>
     <row r="841">
       <c r="A841" t="inlineStr">
         <is>
-          <t>../qml/UploadBox.qml:23612</t>
+          <t>../../src/ui/UIA.cpp:23386</t>
         </is>
       </c>
       <c r="B841" t="inlineStr">
         <is>
-          <t>Upload file</t>
+          <t>No available registration flows!</t>
         </is>
       </c>
       <c r="C841" t="inlineStr">
         <is>
-          <t>Alŝuti dosieron</t>
+          <t>Neniuj disponeblaj manieroj de registriĝo!</t>
         </is>
       </c>
       <c r="D841" t="inlineStr"/>
       <c r="E841" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F841" t="inlineStr">
         <is>
-          <t>UploadBoxUpload %n file(s)</t>
+          <t>UIANo available registration flows!</t>
         </is>
       </c>
       <c r="G841" t="inlineStr"/>
       <c r="H841" t="inlineStr"/>
     </row>
     <row r="842">
       <c r="A842" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23830</t>
+          <t>../../src/ui/UIA.cpp:23471</t>
         </is>
       </c>
       <c r="B842" t="inlineStr">
         <is>
-          <t>Sign out device %1</t>
+          <t>Registration aborted</t>
         </is>
       </c>
       <c r="C842" t="inlineStr">
         <is>
-          <t>Adiaŭigi aparaton %1</t>
+          <t>Registriĝo nuliĝis</t>
         </is>
       </c>
       <c r="D842" t="inlineStr"/>
       <c r="E842" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F842" t="inlineStr">
         <is>
-          <t>UserProfileSign out device %1</t>
+          <t>UIARegistration aborted</t>
         </is>
       </c>
       <c r="G842" t="inlineStr"/>
       <c r="H842" t="inlineStr"/>
     </row>
     <row r="843">
       <c r="A843" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23840</t>
+          <t>../../src/ui/UIA.cpp:23448</t>
         </is>
       </c>
       <c r="B843" t="inlineStr">
         <is>
-          <t>You signed out this device.</t>
+          <t>Please enter a valid registration token.</t>
         </is>
       </c>
       <c r="C843" t="inlineStr">
         <is>
-          <t>Vi adiaŭigis ĉi tiun aparaton.</t>
+          <t>Bonvolu enigi validan registran pecon.</t>
         </is>
       </c>
       <c r="D843" t="inlineStr"/>
       <c r="E843" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F843" t="inlineStr">
         <is>
-          <t>UserProfileYou signed out this device.</t>
+          <t>UIAPlease enter a valid registration token.</t>
         </is>
       </c>
       <c r="G843" t="inlineStr"/>
       <c r="H843" t="inlineStr"/>
     </row>
     <row r="844">
       <c r="A844" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23890</t>
+          <t>../../src/ui/UIA.cpp:23608</t>
         </is>
       </c>
       <c r="B844" t="inlineStr">
         <is>
-          <t>Failed to ignore "%1": %2</t>
+          <t>Invalid token</t>
         </is>
       </c>
       <c r="C844" t="inlineStr">
         <is>
-          <t>Malsukcesis malatenti on «%1»: %2</t>
+          <t>Nevalida peco</t>
         </is>
       </c>
       <c r="D844" t="inlineStr"/>
       <c r="E844" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F844" t="inlineStr">
         <is>
-          <t>UserProfileFailed to ignore "%1": %2</t>
+          <t>UIAInvalid token</t>
         </is>
       </c>
       <c r="G844" t="inlineStr"/>
       <c r="H844" t="inlineStr"/>
     </row>
     <row r="845">
       <c r="A845" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../qml/UploadBox.qml:23698</t>
         </is>
       </c>
       <c r="B845" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>Upload file</t>
         </is>
       </c>
       <c r="C845" t="inlineStr">
         <is>
-          <t>Elektu profilbildon</t>
+          <t>Alŝuti dosieron</t>
         </is>
       </c>
       <c r="D845" t="inlineStr"/>
       <c r="E845" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F845" t="inlineStr">
         <is>
-          <t>UserProfileSelect an avatar</t>
+          <t>UploadBoxUpload %n file(s)</t>
         </is>
       </c>
       <c r="G845" t="inlineStr"/>
       <c r="H845" t="inlineStr"/>
     </row>
     <row r="846">
       <c r="A846" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../../src/ui/UserProfile.cpp:23916</t>
         </is>
       </c>
       <c r="B846" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Sign out device %1</t>
         </is>
       </c>
       <c r="C846" t="inlineStr">
         <is>
-          <t>Ĉiuj dosieroj (*)</t>
+          <t>Adiaŭigi aparaton %1</t>
         </is>
       </c>
       <c r="D846" t="inlineStr"/>
       <c r="E846" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F846" t="inlineStr">
         <is>
-          <t>UserProfileAll Files (*)</t>
+          <t>UserProfileSign out device %1</t>
         </is>
       </c>
       <c r="G846" t="inlineStr"/>
       <c r="H846" t="inlineStr"/>
     </row>
     <row r="847">
       <c r="A847" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24124</t>
+          <t>../../src/ui/UserProfile.cpp:23926</t>
         </is>
       </c>
       <c r="B847" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>You signed out this device.</t>
         </is>
       </c>
       <c r="C847" t="inlineStr">
         <is>
-          <t>La elektita dosiero ne estas bildo</t>
+          <t>Vi adiaŭigis ĉi tiun aparaton.</t>
         </is>
       </c>
       <c r="D847" t="inlineStr"/>
       <c r="E847" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F847" t="inlineStr">
         <is>
-          <t>UserProfileThe selected file is not an image</t>
+          <t>UserProfileYou signed out this device.</t>
         </is>
       </c>
       <c r="G847" t="inlineStr"/>
       <c r="H847" t="inlineStr"/>
     </row>
     <row r="848">
       <c r="A848" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24129</t>
+          <t>../../src/ui/UserProfile.cpp:23976</t>
         </is>
       </c>
       <c r="B848" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
+          <t>Failed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="C848" t="inlineStr">
         <is>
-          <t>Eraris legado de dosiero: %1</t>
+          <t>Malsukcesis malatenti on «%1»: %2</t>
         </is>
       </c>
       <c r="D848" t="inlineStr"/>
       <c r="E848" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F848" t="inlineStr">
         <is>
-          <t>UserProfileError while reading file: %1</t>
+          <t>UserProfileFailed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="G848" t="inlineStr"/>
       <c r="H848" t="inlineStr"/>
     </row>
     <row r="849">
       <c r="A849" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B849" t="inlineStr">
         <is>
-          <t>Global User Profile</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C849" t="inlineStr">
         <is>
-          <t>Ĉiea profilo de uzanto</t>
+          <t>Elektu profilbildon</t>
         </is>
       </c>
       <c r="D849" t="inlineStr"/>
       <c r="E849" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F849" t="inlineStr">
         <is>
-          <t>UserProfileGlobal User Profile</t>
+          <t>UserProfileSelect an avatar</t>
         </is>
       </c>
       <c r="G849" t="inlineStr"/>
       <c r="H849" t="inlineStr"/>
     </row>
     <row r="850">
       <c r="A850" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B850" t="inlineStr">
         <is>
-          <t>Room User Profile</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C850" t="inlineStr">
         <is>
-          <t>Ĉambra profilo de uzanto</t>
+          <t>Ĉiuj dosieroj (*)</t>
         </is>
       </c>
       <c r="D850" t="inlineStr"/>
       <c r="E850" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F850" t="inlineStr">
         <is>
-          <t>UserProfileRoom User Profile</t>
+          <t>UserProfileAll Files (*)</t>
         </is>
       </c>
       <c r="G850" t="inlineStr"/>
       <c r="H850" t="inlineStr"/>
     </row>
     <row r="851">
       <c r="A851" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../../src/ui/UserProfile.cpp:24210</t>
         </is>
       </c>
       <c r="B851" t="inlineStr">
         <is>
-          <t>Change avatar globally.</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C851" t="inlineStr">
         <is>
-          <t>Ŝanĝi bildon ĉie.</t>
+          <t>La elektita dosiero ne estas bildo</t>
         </is>
       </c>
       <c r="D851" t="inlineStr"/>
       <c r="E851" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F851" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar globally.</t>
+          <t>UserProfileThe selected file is not an image</t>
         </is>
       </c>
       <c r="G851" t="inlineStr"/>
       <c r="H851" t="inlineStr"/>
     </row>
     <row r="852">
       <c r="A852" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../../src/ui/UserProfile.cpp:24215</t>
         </is>
       </c>
       <c r="B852" t="inlineStr">
         <is>
-          <t>Change avatar. Will only apply to this room.</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C852" t="inlineStr">
         <is>
-          <t>Ŝanĝi bildon. Efektiviĝos nur en ĉi tiu ĉambro.</t>
+          <t>Eraris legado de dosiero: %1</t>
         </is>
       </c>
       <c r="D852" t="inlineStr"/>
       <c r="E852" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F852" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar. Will only apply to this room.</t>
+          <t>UserProfileError while reading file: %1</t>
         </is>
       </c>
       <c r="G852" t="inlineStr"/>
       <c r="H852" t="inlineStr"/>
     </row>
     <row r="853">
       <c r="A853" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B853" t="inlineStr">
         <is>
-          <t>Change display name globally.</t>
+          <t>Global User Profile</t>
         </is>
       </c>
       <c r="C853" t="inlineStr">
         <is>
-          <t>Ŝanĝi prezentan nomon ĉie.</t>
+          <t>Ĉiea profilo de uzanto</t>
         </is>
       </c>
       <c r="D853" t="inlineStr"/>
       <c r="E853" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F853" t="inlineStr">
         <is>
-          <t>UserProfileChange display name globally.</t>
+          <t>UserProfileGlobal User Profile</t>
         </is>
       </c>
       <c r="G853" t="inlineStr"/>
       <c r="H853" t="inlineStr"/>
     </row>
     <row r="854">
       <c r="A854" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B854" t="inlineStr">
         <is>
-          <t>Change display name. Will only apply to this room.</t>
+          <t>Room User Profile</t>
         </is>
       </c>
       <c r="C854" t="inlineStr">
         <is>
-          <t>Ŝanĝi prezentan nomon. Efektiviĝos nur en ĉi tiu ĉambro.</t>
+          <t>Ĉambra profilo de uzanto</t>
         </is>
       </c>
       <c r="D854" t="inlineStr"/>
       <c r="E854" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F854" t="inlineStr">
         <is>
-          <t>UserProfileChange display name. Will only apply to this room.</t>
+          <t>UserProfileRoom User Profile</t>
         </is>
       </c>
       <c r="G854" t="inlineStr"/>
       <c r="H854" t="inlineStr"/>
     </row>
     <row r="855">
       <c r="A855" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24304</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B855" t="inlineStr">
         <is>
-          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>Change avatar globally.</t>
         </is>
       </c>
       <c r="C855" t="inlineStr">
         <is>
-          <t>&lt;i&gt;&lt;b&gt;Stato:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>Ŝanĝi bildon ĉie.</t>
         </is>
       </c>
       <c r="D855" t="inlineStr"/>
       <c r="E855" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F855" t="inlineStr">
         <is>
-          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>UserProfileChange avatar globally.</t>
         </is>
       </c>
       <c r="G855" t="inlineStr"/>
       <c r="H855" t="inlineStr"/>
     </row>
     <row r="856">
       <c r="A856" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24329</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B856" t="inlineStr">
         <is>
-          <t>Room: %1</t>
+          <t>Change avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C856" t="inlineStr">
         <is>
-          <t>Ĉambro: %1</t>
+          <t>Ŝanĝi bildon. Efektiviĝos nur en ĉi tiu ĉambro.</t>
         </is>
       </c>
       <c r="D856" t="inlineStr"/>
       <c r="E856" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F856" t="inlineStr">
         <is>
-          <t>UserProfileRoom: %1</t>
+          <t>UserProfileChange avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G856" t="inlineStr"/>
       <c r="H856" t="inlineStr"/>
     </row>
     <row r="857">
       <c r="A857" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24330</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B857" t="inlineStr">
         <is>
-          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>Change display name globally.</t>
         </is>
       </c>
       <c r="C857" t="inlineStr">
         <is>
-          <t>Ĉi tio estas profilo speciala por ĉambro. La nomo kaj profilbildo de la uzanto povas esti malsamaj de siaj ĉieaj versioj.</t>
+          <t>Ŝanĝi prezentan nomon ĉie.</t>
         </is>
       </c>
       <c r="D857" t="inlineStr"/>
       <c r="E857" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F857" t="inlineStr">
         <is>
-          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>UserProfileChange display name globally.</t>
         </is>
       </c>
       <c r="G857" t="inlineStr"/>
       <c r="H857" t="inlineStr"/>
     </row>
     <row r="858">
       <c r="A858" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24345</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B858" t="inlineStr">
         <is>
-          <t>Open the global profile for this user.</t>
+          <t>Change display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C858" t="inlineStr">
         <is>
-          <t>Malfermi la ĉiean profilon de ĉi tiu uzanto.</t>
+          <t>Ŝanĝi prezentan nomon. Efektiviĝos nur en ĉi tiu ĉambro.</t>
         </is>
       </c>
       <c r="D858" t="inlineStr"/>
       <c r="E858" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F858" t="inlineStr">
         <is>
-          <t>UserProfileOpen the global profile for this user.</t>
+          <t>UserProfileChange display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G858" t="inlineStr"/>
       <c r="H858" t="inlineStr"/>
     </row>
     <row r="859">
       <c r="A859" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24390</t>
         </is>
       </c>
       <c r="B859" t="inlineStr">
         <is>
-          <t>Verify</t>
+          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="C859" t="inlineStr">
         <is>
-          <t>Kontroli</t>
+          <t>&lt;i&gt;&lt;b&gt;Stato:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="D859" t="inlineStr"/>
       <c r="E859" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F859" t="inlineStr">
         <is>
-          <t>UserProfileVerify</t>
+          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="G859" t="inlineStr"/>
       <c r="H859" t="inlineStr"/>
     </row>
     <row r="860">
       <c r="A860" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24396</t>
+          <t>../qml/dialogs/UserProfile.qml:24415</t>
         </is>
       </c>
       <c r="B860" t="inlineStr">
         <is>
-          <t>Start a private chat.</t>
+          <t>Room: %1</t>
         </is>
       </c>
       <c r="C860" t="inlineStr">
         <is>
-          <t>Komenci privatan babilon.</t>
+          <t>Ĉambro: %1</t>
         </is>
       </c>
       <c r="D860" t="inlineStr"/>
       <c r="E860" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F860" t="inlineStr">
         <is>
-          <t>UserProfileStart a private chat.</t>
+          <t>UserProfileRoom: %1</t>
         </is>
       </c>
       <c r="G860" t="inlineStr"/>
       <c r="H860" t="inlineStr"/>
     </row>
     <row r="861">
       <c r="A861" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24406</t>
+          <t>../qml/dialogs/UserProfile.qml:24416</t>
         </is>
       </c>
       <c r="B861" t="inlineStr">
         <is>
-          <t>Kick the user.</t>
+          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="C861" t="inlineStr">
         <is>
-          <t>Forpeli la uzanton.</t>
+          <t>Ĉi tio estas profilo speciala por ĉambro. La nomo kaj profilbildo de la uzanto povas esti malsamaj de siaj ĉieaj versioj.</t>
         </is>
       </c>
       <c r="D861" t="inlineStr"/>
       <c r="E861" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F861" t="inlineStr">
         <is>
-          <t>UserProfileKick the user.</t>
+          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="G861" t="inlineStr"/>
       <c r="H861" t="inlineStr"/>
     </row>
     <row r="862">
       <c r="A862" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24417</t>
+          <t>../qml/dialogs/UserProfile.qml:24431</t>
         </is>
       </c>
       <c r="B862" t="inlineStr">
         <is>
-          <t>Ban the user.</t>
+          <t>Open the global profile for this user.</t>
         </is>
       </c>
       <c r="C862" t="inlineStr">
         <is>
-          <t>Forbari la uzanton.</t>
+          <t>Malfermi la ĉiean profilon de ĉi tiu uzanto.</t>
         </is>
       </c>
       <c r="D862" t="inlineStr"/>
       <c r="E862" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F862" t="inlineStr">
         <is>
-          <t>UserProfileBan the user.</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileOpen the global profile for this user.</t>
+        </is>
+      </c>
+      <c r="G862" t="inlineStr"/>
       <c r="H862" t="inlineStr"/>
     </row>
     <row r="863">
       <c r="A863" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B863" t="inlineStr">
         <is>
-          <t>Unignore the user.</t>
+          <t>Verify</t>
         </is>
       </c>
       <c r="C863" t="inlineStr">
         <is>
-          <t>Reatenti la uzanton.</t>
+          <t>Kontroli</t>
         </is>
       </c>
       <c r="D863" t="inlineStr"/>
       <c r="E863" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F863" t="inlineStr">
         <is>
-          <t>UserProfileUnignore the user.</t>
+          <t>UserProfileVerify</t>
         </is>
       </c>
       <c r="G863" t="inlineStr"/>
       <c r="H863" t="inlineStr"/>
     </row>
     <row r="864">
       <c r="A864" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24482</t>
         </is>
       </c>
       <c r="B864" t="inlineStr">
         <is>
-          <t>Ignore the user.</t>
+          <t>Start a private chat.</t>
         </is>
       </c>
       <c r="C864" t="inlineStr">
         <is>
-          <t>Malatenti la uzanton.</t>
+          <t>Komenci privatan babilon.</t>
         </is>
       </c>
       <c r="D864" t="inlineStr"/>
       <c r="E864" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F864" t="inlineStr">
         <is>
-          <t>UserProfileIgnore the user.</t>
+          <t>UserProfileStart a private chat.</t>
         </is>
       </c>
       <c r="G864" t="inlineStr"/>
       <c r="H864" t="inlineStr"/>
     </row>
     <row r="865">
       <c r="A865" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24440</t>
+          <t>../qml/dialogs/UserProfile.qml:24492</t>
         </is>
       </c>
       <c r="B865" t="inlineStr">
         <is>
-          <t>Refresh device list.</t>
+          <t>Kick the user.</t>
         </is>
       </c>
       <c r="C865" t="inlineStr">
         <is>
-          <t>Aktualigi liston de aparatoj.</t>
+          <t>Forpeli la uzanton.</t>
         </is>
       </c>
       <c r="D865" t="inlineStr"/>
       <c r="E865" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F865" t="inlineStr">
         <is>
-          <t>UserProfileRefresh device list.</t>
+          <t>UserProfileKick the user.</t>
         </is>
       </c>
       <c r="G865" t="inlineStr"/>
       <c r="H865" t="inlineStr"/>
     </row>
     <row r="866">
       <c r="A866" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24454</t>
+          <t>../qml/dialogs/UserProfile.qml:24503</t>
         </is>
       </c>
       <c r="B866" t="inlineStr">
         <is>
-          <t>Devices</t>
+          <t>Ban the user.</t>
         </is>
       </c>
       <c r="C866" t="inlineStr">
         <is>
-          <t>Aparatoj</t>
+          <t>Forbari la uzanton.</t>
         </is>
       </c>
       <c r="D866" t="inlineStr"/>
       <c r="E866" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F866" t="inlineStr">
         <is>
-          <t>UserProfileDevices</t>
-[...2 lines deleted...]
-      <c r="G866" t="inlineStr"/>
+          <t>UserProfileBan the user.</t>
+        </is>
+      </c>
+      <c r="G866" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Forbari aliajn uzantojn</t>
+        </is>
+      </c>
       <c r="H866" t="inlineStr"/>
     </row>
     <row r="867">
       <c r="A867" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24457</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B867" t="inlineStr">
         <is>
-          <t>Shared Rooms</t>
+          <t>Unignore the user.</t>
         </is>
       </c>
       <c r="C867" t="inlineStr">
         <is>
-          <t>Komunaj ĉambroj</t>
+          <t>Reatenti la uzanton.</t>
         </is>
       </c>
       <c r="D867" t="inlineStr"/>
       <c r="E867" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F867" t="inlineStr">
         <is>
-          <t>UserProfileShared Rooms</t>
+          <t>UserProfileUnignore the user.</t>
         </is>
       </c>
       <c r="G867" t="inlineStr"/>
       <c r="H867" t="inlineStr"/>
     </row>
     <row r="868">
       <c r="A868" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24519</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B868" t="inlineStr">
         <is>
-          <t>Sign out this device.</t>
+          <t>Ignore the user.</t>
         </is>
       </c>
       <c r="C868" t="inlineStr">
         <is>
-          <t>Adiaŭigi ĉi tiun aparaton.</t>
+          <t>Malatenti la uzanton.</t>
         </is>
       </c>
       <c r="D868" t="inlineStr"/>
       <c r="E868" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F868" t="inlineStr">
         <is>
-          <t>UserProfileSign out this device.</t>
+          <t>UserProfileIgnore the user.</t>
         </is>
       </c>
       <c r="G868" t="inlineStr"/>
       <c r="H868" t="inlineStr"/>
     </row>
     <row r="869">
       <c r="A869" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24550</t>
+          <t>../qml/dialogs/UserProfile.qml:24526</t>
         </is>
       </c>
       <c r="B869" t="inlineStr">
         <is>
-          <t>Change device name.</t>
+          <t>Refresh device list.</t>
         </is>
       </c>
       <c r="C869" t="inlineStr">
         <is>
-          <t>Ŝanĝi nomon de aparato.</t>
+          <t>Aktualigi liston de aparatoj.</t>
         </is>
       </c>
       <c r="D869" t="inlineStr"/>
       <c r="E869" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F869" t="inlineStr">
         <is>
-          <t>UserProfileChange device name.</t>
+          <t>UserProfileRefresh device list.</t>
         </is>
       </c>
       <c r="G869" t="inlineStr"/>
       <c r="H869" t="inlineStr"/>
     </row>
     <row r="870">
       <c r="A870" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24572</t>
+          <t>../qml/dialogs/UserProfile.qml:24540</t>
         </is>
       </c>
       <c r="B870" t="inlineStr">
         <is>
-          <t>Last seen %1 from %2</t>
+          <t>Devices</t>
         </is>
       </c>
       <c r="C870" t="inlineStr">
         <is>
-          <t>Lastafoje vidis uzanton %1 je %2</t>
+          <t>Aparatoj</t>
         </is>
       </c>
       <c r="D870" t="inlineStr"/>
       <c r="E870" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F870" t="inlineStr">
         <is>
-          <t>UserProfileLast seen %1 from %2</t>
+          <t>UserProfileDevices</t>
         </is>
       </c>
       <c r="G870" t="inlineStr"/>
       <c r="H870" t="inlineStr"/>
     </row>
     <row r="871">
       <c r="A871" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24543</t>
         </is>
       </c>
       <c r="B871" t="inlineStr">
         <is>
-          <t>Unverify</t>
+          <t>Shared Rooms</t>
         </is>
       </c>
       <c r="C871" t="inlineStr">
         <is>
-          <t>Malkontroli</t>
+          <t>Komunaj ĉambroj</t>
         </is>
       </c>
       <c r="D871" t="inlineStr"/>
       <c r="E871" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F871" t="inlineStr">
         <is>
-          <t>UserProfileUnverify</t>
+          <t>UserProfileShared Rooms</t>
         </is>
       </c>
       <c r="G871" t="inlineStr"/>
       <c r="H871" t="inlineStr"/>
     </row>
     <row r="872">
       <c r="A872" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.h:24881</t>
+          <t>../qml/dialogs/UserProfile.qml:24605</t>
         </is>
       </c>
       <c r="B872" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Sign out this device.</t>
         </is>
       </c>
       <c r="C872" t="inlineStr">
         <is>
-          <t>Implicita</t>
+          <t>Adiaŭigi ĉi tiun aparaton.</t>
         </is>
       </c>
       <c r="D872" t="inlineStr"/>
       <c r="E872" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F872" t="inlineStr">
         <is>
-          <t>UserSettingsDefault</t>
+          <t>UserProfileSign out this device.</t>
         </is>
       </c>
       <c r="G872" t="inlineStr"/>
       <c r="H872" t="inlineStr"/>
     </row>
     <row r="873">
       <c r="A873" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25911</t>
+          <t>../qml/dialogs/UserProfile.qml:24636</t>
         </is>
       </c>
       <c r="B873" t="inlineStr">
         <is>
-          <t>Theme</t>
+          <t>Change device name.</t>
         </is>
       </c>
       <c r="C873" t="inlineStr">
         <is>
-          <t>Haŭto</t>
+          <t>Ŝanĝi nomon de aparato.</t>
         </is>
       </c>
       <c r="D873" t="inlineStr"/>
       <c r="E873" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F873" t="inlineStr">
         <is>
-          <t>UserSettingsModelTheme</t>
+          <t>UserProfileChange device name.</t>
         </is>
       </c>
       <c r="G873" t="inlineStr"/>
       <c r="H873" t="inlineStr"/>
     </row>
     <row r="874">
       <c r="A874" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25913</t>
+          <t>../qml/dialogs/UserProfile.qml:24658</t>
         </is>
       </c>
       <c r="B874" t="inlineStr">
         <is>
-          <t>Scale factor</t>
+          <t>Last seen %1 from %2</t>
         </is>
       </c>
       <c r="C874" t="inlineStr">
         <is>
-          <t>Skala obligo</t>
+          <t>Lastafoje vidis uzanton %1 je %2</t>
         </is>
       </c>
       <c r="D874" t="inlineStr"/>
       <c r="E874" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F874" t="inlineStr">
         <is>
-          <t>UserSettingsModelScale factor</t>
+          <t>UserProfileLast seen %1 from %2</t>
         </is>
       </c>
       <c r="G874" t="inlineStr"/>
       <c r="H874" t="inlineStr"/>
     </row>
     <row r="875">
       <c r="A875" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25915</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B875" t="inlineStr">
         <is>
-          <t>Highlight message on hover</t>
+          <t>Unverify</t>
         </is>
       </c>
       <c r="C875" t="inlineStr">
         <is>
-          <t>Emfazi mesaĝojn sub musmontrilo</t>
+          <t>Malkontroli</t>
         </is>
       </c>
       <c r="D875" t="inlineStr"/>
       <c r="E875" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F875" t="inlineStr">
         <is>
-          <t>UserSettingsModelHighlight message on hover</t>
+          <t>UserProfileUnverify</t>
         </is>
       </c>
       <c r="G875" t="inlineStr"/>
       <c r="H875" t="inlineStr"/>
     </row>
     <row r="876">
       <c r="A876" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25917</t>
+          <t>../../src/UserSettingsPage.h:24975</t>
         </is>
       </c>
       <c r="B876" t="inlineStr">
         <is>
-          <t>Large Emoji in timeline</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C876" t="inlineStr">
         <is>
-          <t>Grandaj bildosignoj en historio</t>
+          <t>Implicita</t>
         </is>
       </c>
       <c r="D876" t="inlineStr"/>
       <c r="E876" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F876" t="inlineStr">
         <is>
-          <t>UserSettingsModelLarge Emoji in timeline</t>
+          <t>UserSettingsDefault</t>
         </is>
       </c>
       <c r="G876" t="inlineStr"/>
       <c r="H876" t="inlineStr"/>
     </row>
     <row r="877">
       <c r="A877" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25919</t>
+          <t>../../src/UserSettingsPage.cpp:26023</t>
         </is>
       </c>
       <c r="B877" t="inlineStr">
         <is>
-          <t>Minimize to tray</t>
+          <t>Theme</t>
         </is>
       </c>
       <c r="C877" t="inlineStr">
         <is>
-          <t>Etigi al plato</t>
+          <t>Haŭto</t>
         </is>
       </c>
       <c r="D877" t="inlineStr"/>
       <c r="E877" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F877" t="inlineStr">
         <is>
-          <t>UserSettingsModelMinimize to tray</t>
+          <t>UserSettingsModelTheme</t>
         </is>
       </c>
       <c r="G877" t="inlineStr"/>
       <c r="H877" t="inlineStr"/>
     </row>
     <row r="878">
       <c r="A878" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25921</t>
+          <t>../../src/UserSettingsPage.cpp:26025</t>
         </is>
       </c>
       <c r="B878" t="inlineStr">
         <is>
-          <t>Start in tray</t>
+          <t>Scale factor</t>
         </is>
       </c>
       <c r="C878" t="inlineStr">
         <is>
-          <t>Komenci ete sur pleto</t>
+          <t>Skala obligo</t>
         </is>
       </c>
       <c r="D878" t="inlineStr"/>
       <c r="E878" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F878" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart in tray</t>
+          <t>UserSettingsModelScale factor</t>
         </is>
       </c>
       <c r="G878" t="inlineStr"/>
       <c r="H878" t="inlineStr"/>
     </row>
     <row r="879">
       <c r="A879" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25925</t>
+          <t>../../src/UserSettingsPage.cpp:26027</t>
         </is>
       </c>
       <c r="B879" t="inlineStr">
         <is>
-          <t>Scrollbars in room list</t>
+          <t>Highlight message on hover</t>
         </is>
       </c>
       <c r="C879" t="inlineStr">
         <is>
-          <t>Rulumbretoj en listo de ĉambroj</t>
+          <t>Emfazi mesaĝojn sub musmontrilo</t>
         </is>
       </c>
       <c r="D879" t="inlineStr"/>
       <c r="E879" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F879" t="inlineStr">
         <is>
-          <t>UserSettingsModelScrollbars in room list</t>
+          <t>UserSettingsModelHighlight message on hover</t>
         </is>
       </c>
       <c r="G879" t="inlineStr"/>
       <c r="H879" t="inlineStr"/>
     </row>
     <row r="880">
       <c r="A880" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25927</t>
+          <t>../../src/UserSettingsPage.cpp:26029</t>
         </is>
       </c>
       <c r="B880" t="inlineStr">
         <is>
-          <t>Send messages as Markdown</t>
+          <t>Large Emoji in timeline</t>
         </is>
       </c>
       <c r="C880" t="inlineStr">
         <is>
-          <t>Sendi mesaĝojn Markdaŭne</t>
+          <t>Grandaj bildosignoj en historio</t>
         </is>
       </c>
       <c r="D880" t="inlineStr"/>
       <c r="E880" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F880" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend messages as Markdown</t>
+          <t>UserSettingsModelLarge Emoji in timeline</t>
         </is>
       </c>
       <c r="G880" t="inlineStr"/>
       <c r="H880" t="inlineStr"/>
     </row>
     <row r="881">
       <c r="A881" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25929</t>
+          <t>../../src/UserSettingsPage.cpp:26031</t>
         </is>
       </c>
       <c r="B881" t="inlineStr">
         <is>
-          <t>Use shift+enter to send and enter to start a new line</t>
+          <t>Minimize to tray</t>
         </is>
       </c>
       <c r="C881" t="inlineStr">
         <is>
-          <t>Premu enigan kaj majuskligan klavon samtempe por sendi la mesaĝon, kaj enigan klavon solan por komenci novan linion</t>
+          <t>Etigi al plato</t>
         </is>
       </c>
       <c r="D881" t="inlineStr"/>
       <c r="E881" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F881" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse shift+enter to send and enter to start a new line</t>
+          <t>UserSettingsModelMinimize to tray</t>
         </is>
       </c>
       <c r="G881" t="inlineStr"/>
       <c r="H881" t="inlineStr"/>
     </row>
     <row r="882">
       <c r="A882" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25931</t>
+          <t>../../src/UserSettingsPage.cpp:26033</t>
         </is>
       </c>
       <c r="B882" t="inlineStr">
         <is>
-          <t>Enable message bubbles</t>
+          <t>Start in tray</t>
         </is>
       </c>
       <c r="C882" t="inlineStr">
         <is>
-          <t>Ŝalti vezikojn ĉirkaŭ mesaĝoj</t>
+          <t>Komenci ete sur pleto</t>
         </is>
       </c>
       <c r="D882" t="inlineStr"/>
       <c r="E882" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F882" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable message bubbles</t>
+          <t>UserSettingsModelStart in tray</t>
         </is>
       </c>
       <c r="G882" t="inlineStr"/>
       <c r="H882" t="inlineStr"/>
     </row>
     <row r="883">
       <c r="A883" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25933</t>
+          <t>../../src/UserSettingsPage.cpp:26037</t>
         </is>
       </c>
       <c r="B883" t="inlineStr">
         <is>
-          <t>Enable small Avatars</t>
+          <t>Scrollbars in room list</t>
         </is>
       </c>
       <c r="C883" t="inlineStr">
         <is>
-          <t>Ŝalti malgrandajn profilbildojn</t>
+          <t>Rulumbretoj en listo de ĉambroj</t>
         </is>
       </c>
       <c r="D883" t="inlineStr"/>
       <c r="E883" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F883" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable small Avatars</t>
+          <t>UserSettingsModelScrollbars in room list</t>
         </is>
       </c>
       <c r="G883" t="inlineStr"/>
       <c r="H883" t="inlineStr"/>
     </row>
     <row r="884">
       <c r="A884" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25935</t>
+          <t>../../src/UserSettingsPage.cpp:26039</t>
         </is>
       </c>
       <c r="B884" t="inlineStr">
         <is>
-          <t>Play animated images only on hover</t>
+          <t>Send messages as Markdown</t>
         </is>
       </c>
       <c r="C884" t="inlineStr">
         <is>
-          <t>Ludi movbildojn nur sub musmontrilo</t>
+          <t>Sendi mesaĝojn Markdaŭne</t>
         </is>
       </c>
       <c r="D884" t="inlineStr"/>
       <c r="E884" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F884" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlay animated images only on hover</t>
+          <t>UserSettingsModelSend messages as Markdown</t>
         </is>
       </c>
       <c r="G884" t="inlineStr"/>
       <c r="H884" t="inlineStr"/>
     </row>
     <row r="885">
       <c r="A885" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25937</t>
+          <t>../../src/UserSettingsPage.cpp:26043</t>
         </is>
       </c>
       <c r="B885" t="inlineStr">
         <is>
-          <t>Show images automatically</t>
-[...2 lines deleted...]
-      <c r="C885" t="inlineStr"/>
+          <t>Enable message bubbles</t>
+        </is>
+      </c>
+      <c r="C885" t="inlineStr">
+        <is>
+          <t>Ŝalti vezikojn ĉirkaŭ mesaĝoj</t>
+        </is>
+      </c>
       <c r="D885" t="inlineStr"/>
       <c r="E885" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F885" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow images automatically</t>
+          <t>UserSettingsModelEnable message bubbles</t>
         </is>
       </c>
       <c r="G885" t="inlineStr"/>
       <c r="H885" t="inlineStr"/>
     </row>
     <row r="886">
       <c r="A886" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25939</t>
+          <t>../../src/UserSettingsPage.cpp:26045</t>
         </is>
       </c>
       <c r="B886" t="inlineStr">
         <is>
-          <t>Typing notifications</t>
+          <t>Enable small Avatars</t>
         </is>
       </c>
       <c r="C886" t="inlineStr">
         <is>
-          <t>Sciigoj pri tajpado</t>
+          <t>Ŝalti malgrandajn profilbildojn</t>
         </is>
       </c>
       <c r="D886" t="inlineStr"/>
       <c r="E886" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F886" t="inlineStr">
         <is>
-          <t>UserSettingsModelTyping notifications</t>
+          <t>UserSettingsModelEnable small Avatars</t>
         </is>
       </c>
       <c r="G886" t="inlineStr"/>
       <c r="H886" t="inlineStr"/>
     </row>
     <row r="887">
       <c r="A887" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25941</t>
+          <t>../../src/UserSettingsPage.cpp:26047</t>
         </is>
       </c>
       <c r="B887" t="inlineStr">
         <is>
-          <t>Sort rooms by unreads</t>
+          <t>Play animated images only on hover</t>
         </is>
       </c>
       <c r="C887" t="inlineStr">
         <is>
-          <t>Ordigi ĉambrojn laŭ nelegiteco</t>
+          <t>Ludi movbildojn nur sub musmontrilo</t>
         </is>
       </c>
       <c r="D887" t="inlineStr"/>
       <c r="E887" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F887" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms by unreads</t>
+          <t>UserSettingsModelPlay animated images only on hover</t>
         </is>
       </c>
       <c r="G887" t="inlineStr"/>
       <c r="H887" t="inlineStr"/>
     </row>
     <row r="888">
       <c r="A888" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25943</t>
+          <t>../../src/UserSettingsPage.cpp:26049</t>
         </is>
       </c>
       <c r="B888" t="inlineStr">
         <is>
-          <t>Sort rooms alphabetically</t>
-[...6 lines deleted...]
-      </c>
+          <t>Show images automatically</t>
+        </is>
+      </c>
+      <c r="C888" t="inlineStr"/>
       <c r="D888" t="inlineStr"/>
       <c r="E888" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F888" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms alphabetically</t>
+          <t>UserSettingsModelShow images automatically</t>
         </is>
       </c>
       <c r="G888" t="inlineStr"/>
       <c r="H888" t="inlineStr"/>
     </row>
     <row r="889">
       <c r="A889" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25945</t>
+          <t>../../src/UserSettingsPage.cpp:26051</t>
         </is>
       </c>
       <c r="B889" t="inlineStr">
         <is>
-          <t>Show buttons in timeline</t>
+          <t>Typing notifications</t>
         </is>
       </c>
       <c r="C889" t="inlineStr">
         <is>
-          <t>Montri butonojn en historio</t>
+          <t>Sciigoj pri tajpado</t>
         </is>
       </c>
       <c r="D889" t="inlineStr"/>
       <c r="E889" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F889" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow buttons in timeline</t>
+          <t>UserSettingsModelTyping notifications</t>
         </is>
       </c>
       <c r="G889" t="inlineStr"/>
       <c r="H889" t="inlineStr"/>
     </row>
     <row r="890">
       <c r="A890" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25947</t>
+          <t>../../src/UserSettingsPage.cpp:26053</t>
         </is>
       </c>
       <c r="B890" t="inlineStr">
         <is>
-          <t>Limit width of timeline</t>
+          <t>Sort rooms by unreads</t>
         </is>
       </c>
       <c r="C890" t="inlineStr">
         <is>
-          <t>Limigi larĝecon de historio</t>
+          <t>Ordigi ĉambrojn laŭ nelegiteco</t>
         </is>
       </c>
       <c r="D890" t="inlineStr"/>
       <c r="E890" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F890" t="inlineStr">
         <is>
-          <t>UserSettingsModelLimit width of timeline</t>
+          <t>UserSettingsModelSort rooms by unreads</t>
         </is>
       </c>
       <c r="G890" t="inlineStr"/>
       <c r="H890" t="inlineStr"/>
     </row>
     <row r="891">
       <c r="A891" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25949</t>
+          <t>../../src/UserSettingsPage.cpp:26055</t>
         </is>
       </c>
       <c r="B891" t="inlineStr">
         <is>
-          <t>Read receipts</t>
+          <t>Sort rooms alphabetically</t>
         </is>
       </c>
       <c r="C891" t="inlineStr">
         <is>
-          <t>Kvitancoj</t>
+          <t>Ordigi ĉambrojn alfabete</t>
         </is>
       </c>
       <c r="D891" t="inlineStr"/>
       <c r="E891" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F891" t="inlineStr">
         <is>
-          <t>UserSettingsModelRead receipts</t>
+          <t>UserSettingsModelSort rooms alphabetically</t>
         </is>
       </c>
       <c r="G891" t="inlineStr"/>
       <c r="H891" t="inlineStr"/>
     </row>
     <row r="892">
       <c r="A892" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25951</t>
+          <t>../../src/UserSettingsPage.cpp:26057</t>
         </is>
       </c>
       <c r="B892" t="inlineStr">
         <is>
-          <t>Hidden events</t>
+          <t>Show buttons in timeline</t>
         </is>
       </c>
       <c r="C892" t="inlineStr">
         <is>
-          <t>Kaŝitaj okazoj</t>
+          <t>Montri butonojn en historio</t>
         </is>
       </c>
       <c r="D892" t="inlineStr"/>
       <c r="E892" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F892" t="inlineStr">
         <is>
-          <t>UserSettingsModelHidden events</t>
+          <t>UserSettingsModelShow buttons in timeline</t>
         </is>
       </c>
       <c r="G892" t="inlineStr"/>
       <c r="H892" t="inlineStr"/>
     </row>
     <row r="893">
       <c r="A893" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25953</t>
+          <t>../../src/UserSettingsPage.cpp:26059</t>
         </is>
       </c>
       <c r="B893" t="inlineStr">
         <is>
-          <t>Ignored users</t>
+          <t>Limit width of timeline</t>
         </is>
       </c>
       <c r="C893" t="inlineStr">
         <is>
-          <t>Malatentataj uzantoj</t>
+          <t>Limigi larĝecon de historio</t>
         </is>
       </c>
       <c r="D893" t="inlineStr"/>
       <c r="E893" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F893" t="inlineStr">
         <is>
-          <t>UserSettingsModelIgnored users</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelLimit width of timeline</t>
+        </is>
+      </c>
+      <c r="G893" t="inlineStr"/>
       <c r="H893" t="inlineStr"/>
     </row>
     <row r="894">
       <c r="A894" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25955</t>
+          <t>../../src/UserSettingsPage.cpp:26061</t>
         </is>
       </c>
       <c r="B894" t="inlineStr">
         <is>
-          <t>Desktop notifications</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C894" t="inlineStr">
         <is>
-          <t>Labortablaj sciigoj</t>
+          <t>Kvitancoj</t>
         </is>
       </c>
       <c r="D894" t="inlineStr"/>
       <c r="E894" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F894" t="inlineStr">
         <is>
-          <t>UserSettingsModelDesktop notifications</t>
+          <t>UserSettingsModelRead receipts</t>
         </is>
       </c>
       <c r="G894" t="inlineStr"/>
       <c r="H894" t="inlineStr"/>
     </row>
     <row r="895">
       <c r="A895" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25957</t>
+          <t>../../src/UserSettingsPage.cpp:26063</t>
         </is>
       </c>
       <c r="B895" t="inlineStr">
         <is>
-          <t>Alert on notification</t>
+          <t>Hidden events</t>
         </is>
       </c>
       <c r="C895" t="inlineStr">
         <is>
-          <t>Atentigi pri sciigoj</t>
+          <t>Kaŝitaj okazoj</t>
         </is>
       </c>
       <c r="D895" t="inlineStr"/>
       <c r="E895" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F895" t="inlineStr">
         <is>
-          <t>UserSettingsModelAlert on notification</t>
+          <t>UserSettingsModelHidden events</t>
         </is>
       </c>
       <c r="G895" t="inlineStr"/>
       <c r="H895" t="inlineStr"/>
     </row>
     <row r="896">
       <c r="A896" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25959</t>
+          <t>../../src/UserSettingsPage.cpp:26065</t>
         </is>
       </c>
       <c r="B896" t="inlineStr">
         <is>
-          <t>Circular Avatars</t>
+          <t>Ignored users</t>
         </is>
       </c>
       <c r="C896" t="inlineStr">
         <is>
-          <t>Rondaj profilbildoj</t>
+          <t>Malatentataj uzantoj</t>
         </is>
       </c>
       <c r="D896" t="inlineStr"/>
       <c r="E896" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F896" t="inlineStr">
         <is>
-          <t>UserSettingsModelCircular Avatars</t>
-[...2 lines deleted...]
-      <c r="G896" t="inlineStr"/>
+          <t>UserSettingsModelIgnored users</t>
+        </is>
+      </c>
+      <c r="G896" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Malatentitaj uzantoj</t>
+        </is>
+      </c>
       <c r="H896" t="inlineStr"/>
     </row>
     <row r="897">
       <c r="A897" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25961</t>
+          <t>../../src/UserSettingsPage.cpp:26067</t>
         </is>
       </c>
       <c r="B897" t="inlineStr">
         <is>
-          <t>Use identicons</t>
+          <t>Desktop notifications</t>
         </is>
       </c>
       <c r="C897" t="inlineStr">
         <is>
-          <t>Uzi identigajn bildojn</t>
+          <t>Labortablaj sciigoj</t>
         </is>
       </c>
       <c r="D897" t="inlineStr"/>
       <c r="E897" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F897" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse identicons</t>
+          <t>UserSettingsModelDesktop notifications</t>
         </is>
       </c>
       <c r="G897" t="inlineStr"/>
       <c r="H897" t="inlineStr"/>
     </row>
     <row r="898">
       <c r="A898" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25963</t>
+          <t>../../src/UserSettingsPage.cpp:26069</t>
         </is>
       </c>
       <c r="B898" t="inlineStr">
         <is>
-          <t>Open images with external program</t>
+          <t>Alert on notification</t>
         </is>
       </c>
       <c r="C898" t="inlineStr">
         <is>
-          <t>Malfermi bildojn per alia programo</t>
+          <t>Atentigi pri sciigoj</t>
         </is>
       </c>
       <c r="D898" t="inlineStr"/>
       <c r="E898" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F898" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen images with external program</t>
+          <t>UserSettingsModelAlert on notification</t>
         </is>
       </c>
       <c r="G898" t="inlineStr"/>
       <c r="H898" t="inlineStr"/>
     </row>
     <row r="899">
       <c r="A899" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25965</t>
+          <t>../../src/UserSettingsPage.cpp:26071</t>
         </is>
       </c>
       <c r="B899" t="inlineStr">
         <is>
-          <t>Open videos with external program</t>
+          <t>Circular Avatars</t>
         </is>
       </c>
       <c r="C899" t="inlineStr">
         <is>
-          <t>Malfermi filmojn per alia programo</t>
+          <t>Rondaj profilbildoj</t>
         </is>
       </c>
       <c r="D899" t="inlineStr"/>
       <c r="E899" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F899" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen videos with external program</t>
+          <t>UserSettingsModelCircular Avatars</t>
         </is>
       </c>
       <c r="G899" t="inlineStr"/>
       <c r="H899" t="inlineStr"/>
     </row>
     <row r="900">
       <c r="A900" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25967</t>
+          <t>../../src/UserSettingsPage.cpp:26073</t>
         </is>
       </c>
       <c r="B900" t="inlineStr">
         <is>
-          <t>Decrypt messages in sidebar</t>
+          <t>Use identicons</t>
         </is>
       </c>
       <c r="C900" t="inlineStr">
         <is>
-          <t>Malĉifri mesaĝojn en flanka breto</t>
+          <t>Uzi identigajn bildojn</t>
         </is>
       </c>
       <c r="D900" t="inlineStr"/>
       <c r="E900" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F900" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt messages in sidebar</t>
+          <t>UserSettingsModelUse identicons</t>
         </is>
       </c>
       <c r="G900" t="inlineStr"/>
       <c r="H900" t="inlineStr"/>
     </row>
     <row r="901">
       <c r="A901" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25969</t>
+          <t>../../src/UserSettingsPage.cpp:26075</t>
         </is>
       </c>
       <c r="B901" t="inlineStr">
         <is>
-          <t>Decrypt notifications</t>
+          <t>Open images with external program</t>
         </is>
       </c>
       <c r="C901" t="inlineStr">
         <is>
-          <t>Malĉifri sciigojn</t>
+          <t>Malfermi bildojn per alia programo</t>
         </is>
       </c>
       <c r="D901" t="inlineStr"/>
       <c r="E901" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F901" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt notifications</t>
+          <t>UserSettingsModelOpen images with external program</t>
         </is>
       </c>
       <c r="G901" t="inlineStr"/>
       <c r="H901" t="inlineStr"/>
     </row>
     <row r="902">
       <c r="A902" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25973</t>
+          <t>../../src/UserSettingsPage.cpp:26077</t>
         </is>
       </c>
       <c r="B902" t="inlineStr">
         <is>
-          <t>Display fancy effects such as confetti</t>
+          <t>Open videos with external program</t>
         </is>
       </c>
       <c r="C902" t="inlineStr">
         <is>
-          <t>Montri pavilojn (ekzemple konfetojn)</t>
+          <t>Malfermi filmojn per alia programo</t>
         </is>
       </c>
       <c r="D902" t="inlineStr"/>
       <c r="E902" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F902" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
+          <t>UserSettingsModelOpen videos with external program</t>
         </is>
       </c>
       <c r="G902" t="inlineStr"/>
       <c r="H902" t="inlineStr"/>
     </row>
     <row r="903">
       <c r="A903" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25975</t>
+          <t>../../src/UserSettingsPage.cpp:26079</t>
         </is>
       </c>
       <c r="B903" t="inlineStr">
         <is>
-          <t>Reduce or disable animations</t>
+          <t>Decrypt messages in sidebar</t>
         </is>
       </c>
       <c r="C903" t="inlineStr">
         <is>
-          <t>Malpliigi aŭ malŝalti movbildojn</t>
+          <t>Malĉifri mesaĝojn en flanka breto</t>
         </is>
       </c>
       <c r="D903" t="inlineStr"/>
       <c r="E903" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F903" t="inlineStr">
         <is>
-          <t>UserSettingsModelReduce or disable animations</t>
+          <t>UserSettingsModelDecrypt messages in sidebar</t>
         </is>
       </c>
       <c r="G903" t="inlineStr"/>
       <c r="H903" t="inlineStr"/>
     </row>
     <row r="904">
       <c r="A904" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25977</t>
+          <t>../../src/UserSettingsPage.cpp:26081</t>
         </is>
       </c>
       <c r="B904" t="inlineStr">
         <is>
-          <t>Privacy Screen</t>
+          <t>Decrypt notifications</t>
         </is>
       </c>
       <c r="C904" t="inlineStr">
         <is>
-          <t>Privateca ŝirmilo</t>
+          <t>Malĉifri sciigojn</t>
         </is>
       </c>
       <c r="D904" t="inlineStr"/>
       <c r="E904" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F904" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy Screen</t>
+          <t>UserSettingsModelDecrypt notifications</t>
         </is>
       </c>
       <c r="G904" t="inlineStr"/>
       <c r="H904" t="inlineStr"/>
     </row>
     <row r="905">
       <c r="A905" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25979</t>
+          <t>../../src/UserSettingsPage.cpp:26085</t>
         </is>
       </c>
       <c r="B905" t="inlineStr">
         <is>
-          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
+          <t>Display fancy effects such as confetti</t>
         </is>
       </c>
       <c r="C905" t="inlineStr">
         <is>
-          <t>Atendo ĝis privateca ŝirmilo (0–3600 sekundoj)</t>
+          <t>Montri pavilojn (ekzemple konfetojn)</t>
         </is>
       </c>
       <c r="D905" t="inlineStr"/>
       <c r="E905" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F905" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
+          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
         </is>
       </c>
       <c r="G905" t="inlineStr"/>
       <c r="H905" t="inlineStr"/>
     </row>
     <row r="906">
       <c r="A906" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25981</t>
+          <t>../../src/UserSettingsPage.cpp:26087</t>
         </is>
       </c>
       <c r="B906" t="inlineStr">
         <is>
-          <t>Touchscreen mode</t>
+          <t>Reduce or disable animations</t>
         </is>
       </c>
       <c r="C906" t="inlineStr">
         <is>
-          <t>Tuŝekrana reĝimo</t>
+          <t>Malpliigi aŭ malŝalti movbildojn</t>
         </is>
       </c>
       <c r="D906" t="inlineStr"/>
       <c r="E906" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F906" t="inlineStr">
         <is>
-          <t>UserSettingsModelTouchscreen mode</t>
+          <t>UserSettingsModelReduce or disable animations</t>
         </is>
       </c>
       <c r="G906" t="inlineStr"/>
       <c r="H906" t="inlineStr"/>
     </row>
     <row r="907">
       <c r="A907" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25983</t>
+          <t>../../src/UserSettingsPage.cpp:26089</t>
         </is>
       </c>
       <c r="B907" t="inlineStr">
         <is>
-          <t>Disable swipe motions</t>
+          <t>Privacy Screen</t>
         </is>
       </c>
       <c r="C907" t="inlineStr">
         <is>
-          <t>Malŝalti tiradon per fingroj</t>
+          <t>Privateca ŝirmilo</t>
         </is>
       </c>
       <c r="D907" t="inlineStr"/>
       <c r="E907" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F907" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisable swipe motions</t>
+          <t>UserSettingsModelPrivacy Screen</t>
         </is>
       </c>
       <c r="G907" t="inlineStr"/>
       <c r="H907" t="inlineStr"/>
     </row>
     <row r="908">
       <c r="A908" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25985</t>
+          <t>../../src/UserSettingsPage.cpp:26091</t>
         </is>
       </c>
       <c r="B908" t="inlineStr">
         <is>
-          <t>Font size</t>
+          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="C908" t="inlineStr">
         <is>
-          <t>Signoforma grando</t>
+          <t>Atendo ĝis privateca ŝirmilo (0–3600 sekundoj)</t>
         </is>
       </c>
       <c r="D908" t="inlineStr"/>
       <c r="E908" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F908" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont size</t>
+          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="G908" t="inlineStr"/>
       <c r="H908" t="inlineStr"/>
     </row>
     <row r="909">
       <c r="A909" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25987</t>
+          <t>../../src/UserSettingsPage.cpp:26093</t>
         </is>
       </c>
       <c r="B909" t="inlineStr">
         <is>
-          <t>Font Family</t>
+          <t>Touchscreen mode</t>
         </is>
       </c>
       <c r="C909" t="inlineStr">
         <is>
-          <t>Signoforma familio</t>
+          <t>Tuŝekrana reĝimo</t>
         </is>
       </c>
       <c r="D909" t="inlineStr"/>
       <c r="E909" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F909" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont Family</t>
+          <t>UserSettingsModelTouchscreen mode</t>
         </is>
       </c>
       <c r="G909" t="inlineStr"/>
       <c r="H909" t="inlineStr"/>
     </row>
     <row r="910">
       <c r="A910" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25989</t>
+          <t>../../src/UserSettingsPage.cpp:26095</t>
         </is>
       </c>
       <c r="B910" t="inlineStr">
         <is>
-          <t>Emoji Font Family</t>
+          <t>Disable swipe motions</t>
         </is>
       </c>
       <c r="C910" t="inlineStr">
         <is>
-          <t>Bildosignoformaro</t>
+          <t>Malŝalti tiradon per fingroj</t>
         </is>
       </c>
       <c r="D910" t="inlineStr"/>
       <c r="E910" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F910" t="inlineStr">
         <is>
-          <t>UserSettingsModelEmoji Font Family</t>
+          <t>UserSettingsModelDisable swipe motions</t>
         </is>
       </c>
       <c r="G910" t="inlineStr"/>
       <c r="H910" t="inlineStr"/>
     </row>
     <row r="911">
       <c r="A911" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25991</t>
+          <t>../../src/UserSettingsPage.cpp:26097</t>
         </is>
       </c>
       <c r="B911" t="inlineStr">
         <is>
-          <t>Ringtone</t>
+          <t>Font size</t>
         </is>
       </c>
       <c r="C911" t="inlineStr">
         <is>
-          <t>Sonoro</t>
+          <t>Signoforma grando</t>
         </is>
       </c>
       <c r="D911" t="inlineStr"/>
       <c r="E911" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F911" t="inlineStr">
         <is>
-          <t>UserSettingsModelRingtone</t>
+          <t>UserSettingsModelFont size</t>
         </is>
       </c>
       <c r="G911" t="inlineStr"/>
       <c r="H911" t="inlineStr"/>
     </row>
     <row r="912">
       <c r="A912" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25993</t>
+          <t>../../src/UserSettingsPage.cpp:26099</t>
         </is>
       </c>
       <c r="B912" t="inlineStr">
         <is>
-          <t>Microphone</t>
+          <t>Font Family</t>
         </is>
       </c>
       <c r="C912" t="inlineStr">
         <is>
-          <t>Mikrofono</t>
+          <t>Signoforma familio</t>
         </is>
       </c>
       <c r="D912" t="inlineStr"/>
       <c r="E912" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F912" t="inlineStr">
         <is>
-          <t>UserSettingsModelMicrophone</t>
+          <t>UserSettingsModelFont Family</t>
         </is>
       </c>
       <c r="G912" t="inlineStr"/>
       <c r="H912" t="inlineStr"/>
     </row>
     <row r="913">
       <c r="A913" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25995</t>
+          <t>../../src/UserSettingsPage.cpp:26101</t>
         </is>
       </c>
       <c r="B913" t="inlineStr">
         <is>
-          <t>Camera</t>
+          <t>Emoji Font Family</t>
         </is>
       </c>
       <c r="C913" t="inlineStr">
         <is>
-          <t>Filmilo</t>
+          <t>Bildosignoformaro</t>
         </is>
       </c>
       <c r="D913" t="inlineStr"/>
       <c r="E913" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F913" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera</t>
+          <t>UserSettingsModelEmoji Font Family</t>
         </is>
       </c>
       <c r="G913" t="inlineStr"/>
       <c r="H913" t="inlineStr"/>
     </row>
     <row r="914">
       <c r="A914" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25997</t>
+          <t>../../src/UserSettingsPage.cpp:26103</t>
         </is>
       </c>
       <c r="B914" t="inlineStr">
         <is>
-          <t>Camera resolution</t>
+          <t>Ringtone</t>
         </is>
       </c>
       <c r="C914" t="inlineStr">
         <is>
-          <t>Distingumo de filmilo</t>
+          <t>Sonoro</t>
         </is>
       </c>
       <c r="D914" t="inlineStr"/>
       <c r="E914" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F914" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera resolution</t>
+          <t>UserSettingsModelRingtone</t>
         </is>
       </c>
       <c r="G914" t="inlineStr"/>
       <c r="H914" t="inlineStr"/>
     </row>
     <row r="915">
       <c r="A915" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25999</t>
+          <t>../../src/UserSettingsPage.cpp:26105</t>
         </is>
       </c>
       <c r="B915" t="inlineStr">
         <is>
-          <t>Camera frame rate</t>
+          <t>Microphone</t>
         </is>
       </c>
       <c r="C915" t="inlineStr">
         <is>
-          <t>Filmerrapido de filmilo</t>
+          <t>Mikrofono</t>
         </is>
       </c>
       <c r="D915" t="inlineStr"/>
       <c r="E915" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F915" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera frame rate</t>
+          <t>UserSettingsModelMicrophone</t>
         </is>
       </c>
       <c r="G915" t="inlineStr"/>
       <c r="H915" t="inlineStr"/>
     </row>
     <row r="916">
       <c r="A916" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26001</t>
+          <t>../../src/UserSettingsPage.cpp:26107</t>
         </is>
       </c>
       <c r="B916" t="inlineStr">
         <is>
-          <t>Allow fallback call assist server</t>
+          <t>Camera</t>
         </is>
       </c>
       <c r="C916" t="inlineStr">
         <is>
-          <t>Permesi repaŝan asistan servilon por vokoj</t>
+          <t>Filmilo</t>
         </is>
       </c>
       <c r="D916" t="inlineStr"/>
       <c r="E916" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F916" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow fallback call assist server</t>
+          <t>UserSettingsModelCamera</t>
         </is>
       </c>
       <c r="G916" t="inlineStr"/>
       <c r="H916" t="inlineStr"/>
     </row>
     <row r="917">
       <c r="A917" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26003</t>
+          <t>../../src/UserSettingsPage.cpp:26109</t>
         </is>
       </c>
       <c r="B917" t="inlineStr">
         <is>
-          <t>Send encrypted messages to verified users only</t>
+          <t>Camera resolution</t>
         </is>
       </c>
       <c r="C917" t="inlineStr">
         <is>
-          <t>Sendi ĉifritajn mesaĝojn nur al kontrolitaj uzantoj</t>
+          <t>Distingumo de filmilo</t>
         </is>
       </c>
       <c r="D917" t="inlineStr"/>
       <c r="E917" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F917" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend encrypted messages to verified users only</t>
+          <t>UserSettingsModelCamera resolution</t>
         </is>
       </c>
       <c r="G917" t="inlineStr"/>
       <c r="H917" t="inlineStr"/>
     </row>
     <row r="918">
       <c r="A918" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26005</t>
+          <t>../../src/UserSettingsPage.cpp:26111</t>
         </is>
       </c>
       <c r="B918" t="inlineStr">
         <is>
-          <t>Share keys with verified users and devices</t>
+          <t>Camera frame rate</t>
         </is>
       </c>
       <c r="C918" t="inlineStr">
         <is>
-          <t>Havigi ŝlosilojn al kontrolitaj uzantoj kaj aparatoj</t>
+          <t>Filmerrapido de filmilo</t>
         </is>
       </c>
       <c r="D918" t="inlineStr"/>
       <c r="E918" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F918" t="inlineStr">
         <is>
-          <t>UserSettingsModelShare keys with verified users and devices</t>
+          <t>UserSettingsModelCamera frame rate</t>
         </is>
       </c>
       <c r="G918" t="inlineStr"/>
       <c r="H918" t="inlineStr"/>
     </row>
     <row r="919">
       <c r="A919" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26007</t>
+          <t>../../src/UserSettingsPage.cpp:26113</t>
         </is>
       </c>
       <c r="B919" t="inlineStr">
         <is>
-          <t>Online Key Backup</t>
+          <t>Allow fallback call assist server</t>
         </is>
       </c>
       <c r="C919" t="inlineStr">
         <is>
-          <t>Enreta savkopiado de ŝlosiloj</t>
+          <t>Permesi repaŝan asistan servilon por vokoj</t>
         </is>
       </c>
       <c r="D919" t="inlineStr"/>
       <c r="E919" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F919" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline Key Backup</t>
+          <t>UserSettingsModelAllow fallback call assist server</t>
         </is>
       </c>
       <c r="G919" t="inlineStr"/>
       <c r="H919" t="inlineStr"/>
     </row>
     <row r="920">
       <c r="A920" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26009</t>
+          <t>../../src/UserSettingsPage.cpp:26115</t>
         </is>
       </c>
       <c r="B920" t="inlineStr">
         <is>
-          <t>Profile</t>
+          <t>Send encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="C920" t="inlineStr">
         <is>
-          <t>Profilo</t>
+          <t>Sendi ĉifritajn mesaĝojn nur al kontrolitaj uzantoj</t>
         </is>
       </c>
       <c r="D920" t="inlineStr"/>
       <c r="E920" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F920" t="inlineStr">
         <is>
-          <t>UserSettingsModelProfile</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelSend encrypted messages to verified users only</t>
+        </is>
+      </c>
+      <c r="G920" t="inlineStr"/>
       <c r="H920" t="inlineStr"/>
     </row>
     <row r="921">
       <c r="A921" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26011</t>
+          <t>../../src/UserSettingsPage.cpp:26117</t>
         </is>
       </c>
       <c r="B921" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Share keys with verified users and devices</t>
         </is>
       </c>
       <c r="C921" t="inlineStr">
         <is>
-          <t>Identigilo de uzanto</t>
+          <t>Havigi ŝlosilojn al kontrolitaj uzantoj kaj aparatoj</t>
         </is>
       </c>
       <c r="D921" t="inlineStr"/>
       <c r="E921" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F921" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser ID</t>
+          <t>UserSettingsModelShare keys with verified users and devices</t>
         </is>
       </c>
       <c r="G921" t="inlineStr"/>
       <c r="H921" t="inlineStr"/>
     </row>
     <row r="922">
       <c r="A922" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26013</t>
+          <t>../../src/UserSettingsPage.cpp:26119</t>
         </is>
       </c>
       <c r="B922" t="inlineStr">
         <is>
-          <t>Accesstoken</t>
+          <t>Online Key Backup</t>
         </is>
       </c>
       <c r="C922" t="inlineStr">
         <is>
-          <t>Alira datumo</t>
+          <t>Enreta savkopiado de ŝlosiloj</t>
         </is>
       </c>
       <c r="D922" t="inlineStr"/>
       <c r="E922" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F922" t="inlineStr">
         <is>
-          <t>UserSettingsModelAccesstoken</t>
+          <t>UserSettingsModelOnline Key Backup</t>
         </is>
       </c>
       <c r="G922" t="inlineStr"/>
       <c r="H922" t="inlineStr"/>
     </row>
     <row r="923">
       <c r="A923" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26015</t>
+          <t>../../src/UserSettingsPage.cpp:26121</t>
         </is>
       </c>
       <c r="B923" t="inlineStr">
         <is>
-          <t>Device ID</t>
+          <t>Profile</t>
         </is>
       </c>
       <c r="C923" t="inlineStr">
         <is>
-          <t>Identigilo de aparato</t>
+          <t>Profilo</t>
         </is>
       </c>
       <c r="D923" t="inlineStr"/>
       <c r="E923" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F923" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice ID</t>
-[...2 lines deleted...]
-      <c r="G923" t="inlineStr"/>
+          <t>UserSettingsModelProfile</t>
+        </is>
+      </c>
+      <c r="G923" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: profilo</t>
+        </is>
+      </c>
       <c r="H923" t="inlineStr"/>
     </row>
     <row r="924">
       <c r="A924" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26017</t>
+          <t>../../src/UserSettingsPage.cpp:26123</t>
         </is>
       </c>
       <c r="B924" t="inlineStr">
         <is>
-          <t>Device Fingerprint</t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C924" t="inlineStr">
         <is>
-          <t>Fingrospuro de aparato</t>
+          <t>Identigilo de uzanto</t>
         </is>
       </c>
       <c r="D924" t="inlineStr"/>
       <c r="E924" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F924" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice Fingerprint</t>
+          <t>UserSettingsModelUser ID</t>
         </is>
       </c>
       <c r="G924" t="inlineStr"/>
       <c r="H924" t="inlineStr"/>
     </row>
     <row r="925">
       <c r="A925" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26019</t>
+          <t>../../src/UserSettingsPage.cpp:26125</t>
         </is>
       </c>
       <c r="B925" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Accesstoken</t>
         </is>
       </c>
       <c r="C925" t="inlineStr">
         <is>
-          <t>Hejmservilo</t>
+          <t>Alira datumo</t>
         </is>
       </c>
       <c r="D925" t="inlineStr"/>
       <c r="E925" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F925" t="inlineStr">
         <is>
-          <t>UserSettingsModelHomeserver</t>
+          <t>UserSettingsModelAccesstoken</t>
         </is>
       </c>
       <c r="G925" t="inlineStr"/>
       <c r="H925" t="inlineStr"/>
     </row>
     <row r="926">
       <c r="A926" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26021</t>
+          <t>../../src/UserSettingsPage.cpp:26127</t>
         </is>
       </c>
       <c r="B926" t="inlineStr">
         <is>
-          <t>Version</t>
+          <t>Device ID</t>
         </is>
       </c>
       <c r="C926" t="inlineStr">
         <is>
-          <t>Versio</t>
+          <t>Identigilo de aparato</t>
         </is>
       </c>
       <c r="D926" t="inlineStr"/>
       <c r="E926" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F926" t="inlineStr">
         <is>
-          <t>UserSettingsModelVersion</t>
+          <t>UserSettingsModelDevice ID</t>
         </is>
       </c>
       <c r="G926" t="inlineStr"/>
       <c r="H926" t="inlineStr"/>
     </row>
     <row r="927">
       <c r="A927" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26023</t>
+          <t>../../src/UserSettingsPage.cpp:26129</t>
         </is>
       </c>
       <c r="B927" t="inlineStr">
         <is>
-          <t>Platform</t>
+          <t>Device Fingerprint</t>
         </is>
       </c>
       <c r="C927" t="inlineStr">
         <is>
-          <t>Platformo</t>
+          <t>Fingrospuro de aparato</t>
         </is>
       </c>
       <c r="D927" t="inlineStr"/>
       <c r="E927" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F927" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlatform</t>
+          <t>UserSettingsModelDevice Fingerprint</t>
         </is>
       </c>
       <c r="G927" t="inlineStr"/>
       <c r="H927" t="inlineStr"/>
     </row>
     <row r="928">
       <c r="A928" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26025</t>
+          <t>../../src/UserSettingsPage.cpp:26131</t>
         </is>
       </c>
       <c r="B928" t="inlineStr">
         <is>
-          <t>GENERAL</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C928" t="inlineStr">
         <is>
-          <t>ĜENERALAJ</t>
+          <t>Hejmservilo</t>
         </is>
       </c>
       <c r="D928" t="inlineStr"/>
       <c r="E928" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F928" t="inlineStr">
         <is>
-          <t>UserSettingsModelGENERAL</t>
+          <t>UserSettingsModelHomeserver</t>
         </is>
       </c>
       <c r="G928" t="inlineStr"/>
       <c r="H928" t="inlineStr"/>
     </row>
     <row r="929">
       <c r="A929" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26027</t>
+          <t>../../src/UserSettingsPage.cpp:26133</t>
         </is>
       </c>
       <c r="B929" t="inlineStr">
         <is>
-          <t>ACCESSIBILITY</t>
+          <t>Version</t>
         </is>
       </c>
       <c r="C929" t="inlineStr">
         <is>
-          <t>FACILUZEBLECO</t>
+          <t>Versio</t>
         </is>
       </c>
       <c r="D929" t="inlineStr"/>
       <c r="E929" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F929" t="inlineStr">
         <is>
-          <t>UserSettingsModelACCESSIBILITY</t>
+          <t>UserSettingsModelVersion</t>
         </is>
       </c>
       <c r="G929" t="inlineStr"/>
       <c r="H929" t="inlineStr"/>
     </row>
     <row r="930">
       <c r="A930" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26029</t>
+          <t>../../src/UserSettingsPage.cpp:26135</t>
         </is>
       </c>
       <c r="B930" t="inlineStr">
         <is>
-          <t>TIMELINE</t>
+          <t>Platform</t>
         </is>
       </c>
       <c r="C930" t="inlineStr">
         <is>
-          <t>HISTORIO</t>
+          <t>Platformo</t>
         </is>
       </c>
       <c r="D930" t="inlineStr"/>
       <c r="E930" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F930" t="inlineStr">
         <is>
-          <t>UserSettingsModelTIMELINE</t>
+          <t>UserSettingsModelPlatform</t>
         </is>
       </c>
       <c r="G930" t="inlineStr"/>
       <c r="H930" t="inlineStr"/>
     </row>
     <row r="931">
       <c r="A931" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26031</t>
+          <t>../../src/UserSettingsPage.cpp:26137</t>
         </is>
       </c>
       <c r="B931" t="inlineStr">
         <is>
-          <t>SIDEBAR</t>
+          <t>GENERAL</t>
         </is>
       </c>
       <c r="C931" t="inlineStr">
         <is>
-          <t>FLANKA BRETO</t>
+          <t>ĜENERALAJ</t>
         </is>
       </c>
       <c r="D931" t="inlineStr"/>
       <c r="E931" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F931" t="inlineStr">
         <is>
-          <t>UserSettingsModelSIDEBAR</t>
+          <t>UserSettingsModelGENERAL</t>
         </is>
       </c>
       <c r="G931" t="inlineStr"/>
       <c r="H931" t="inlineStr"/>
     </row>
     <row r="932">
       <c r="A932" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26033</t>
+          <t>../../src/UserSettingsPage.cpp:26139</t>
         </is>
       </c>
       <c r="B932" t="inlineStr">
         <is>
-          <t>TRAY</t>
+          <t>ACCESSIBILITY</t>
         </is>
       </c>
       <c r="C932" t="inlineStr">
         <is>
-          <t>PLETO</t>
+          <t>FACILUZEBLECO</t>
         </is>
       </c>
       <c r="D932" t="inlineStr"/>
       <c r="E932" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F932" t="inlineStr">
         <is>
-          <t>UserSettingsModelTRAY</t>
+          <t>UserSettingsModelACCESSIBILITY</t>
         </is>
       </c>
       <c r="G932" t="inlineStr"/>
       <c r="H932" t="inlineStr"/>
     </row>
     <row r="933">
       <c r="A933" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26035</t>
+          <t>../../src/UserSettingsPage.cpp:26141</t>
         </is>
       </c>
       <c r="B933" t="inlineStr">
         <is>
-          <t>GLOBAL MESSAGE VISIBILITY</t>
+          <t>TIMELINE</t>
         </is>
       </c>
       <c r="C933" t="inlineStr">
         <is>
-          <t>ĈIEA VIDEBLECO DE MESAĜOJ</t>
+          <t>HISTORIO</t>
         </is>
       </c>
       <c r="D933" t="inlineStr"/>
       <c r="E933" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F933" t="inlineStr">
         <is>
-          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
+          <t>UserSettingsModelTIMELINE</t>
         </is>
       </c>
       <c r="G933" t="inlineStr"/>
       <c r="H933" t="inlineStr"/>
     </row>
     <row r="934">
       <c r="A934" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26037</t>
+          <t>../../src/UserSettingsPage.cpp:26143</t>
         </is>
       </c>
       <c r="B934" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>SIDEBAR</t>
         </is>
       </c>
       <c r="C934" t="inlineStr">
         <is>
-          <t>SCIIGOJ</t>
+          <t>FLANKA BRETO</t>
         </is>
       </c>
       <c r="D934" t="inlineStr"/>
       <c r="E934" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F934" t="inlineStr">
         <is>
-          <t>UserSettingsModelNOTIFICATIONS</t>
+          <t>UserSettingsModelSIDEBAR</t>
         </is>
       </c>
       <c r="G934" t="inlineStr"/>
       <c r="H934" t="inlineStr"/>
     </row>
     <row r="935">
       <c r="A935" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26039</t>
+          <t>../../src/UserSettingsPage.cpp:26145</t>
         </is>
       </c>
       <c r="B935" t="inlineStr">
         <is>
-          <t>CALLS</t>
+          <t>TRAY</t>
         </is>
       </c>
       <c r="C935" t="inlineStr">
         <is>
-          <t>VOKOJ</t>
+          <t>PLETO</t>
         </is>
       </c>
       <c r="D935" t="inlineStr"/>
       <c r="E935" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F935" t="inlineStr">
         <is>
-          <t>UserSettingsModelCALLS</t>
+          <t>UserSettingsModelTRAY</t>
         </is>
       </c>
       <c r="G935" t="inlineStr"/>
       <c r="H935" t="inlineStr"/>
     </row>
     <row r="936">
       <c r="A936" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26041</t>
+          <t>../../src/UserSettingsPage.cpp:26147</t>
         </is>
       </c>
       <c r="B936" t="inlineStr">
         <is>
-          <t>ENCRYPTION</t>
+          <t>GLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C936" t="inlineStr">
         <is>
-          <t>ĈIFRADO</t>
+          <t>ĈIEA VIDEBLECO DE MESAĜOJ</t>
         </is>
       </c>
       <c r="D936" t="inlineStr"/>
       <c r="E936" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F936" t="inlineStr">
         <is>
-          <t>UserSettingsModelENCRYPTION</t>
+          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G936" t="inlineStr"/>
       <c r="H936" t="inlineStr"/>
     </row>
     <row r="937">
       <c r="A937" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26043</t>
+          <t>../../src/UserSettingsPage.cpp:26149</t>
         </is>
       </c>
       <c r="B937" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C937" t="inlineStr">
         <is>
-          <t>INFORMOJ</t>
+          <t>SCIIGOJ</t>
         </is>
       </c>
       <c r="D937" t="inlineStr"/>
       <c r="E937" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F937" t="inlineStr">
         <is>
-          <t>UserSettingsModelINFO</t>
+          <t>UserSettingsModelNOTIFICATIONS</t>
         </is>
       </c>
       <c r="G937" t="inlineStr"/>
       <c r="H937" t="inlineStr"/>
     </row>
     <row r="938">
       <c r="A938" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26045</t>
+          <t>../../src/UserSettingsPage.cpp:26151</t>
         </is>
       </c>
       <c r="B938" t="inlineStr">
         <is>
-          <t>Session Keys</t>
+          <t>CALLS</t>
         </is>
       </c>
       <c r="C938" t="inlineStr">
         <is>
-          <t>Ŝlosiloj de salutaĵo</t>
+          <t>VOKOJ</t>
         </is>
       </c>
       <c r="D938" t="inlineStr"/>
       <c r="E938" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F938" t="inlineStr">
         <is>
-          <t>UserSettingsModelSession Keys</t>
+          <t>UserSettingsModelCALLS</t>
         </is>
       </c>
       <c r="G938" t="inlineStr"/>
       <c r="H938" t="inlineStr"/>
     </row>
     <row r="939">
       <c r="A939" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26047</t>
+          <t>../../src/UserSettingsPage.cpp:26153</t>
         </is>
       </c>
       <c r="B939" t="inlineStr">
         <is>
-          <t>Cross Signing Secrets</t>
+          <t>ENCRYPTION</t>
         </is>
       </c>
       <c r="C939" t="inlineStr">
         <is>
-          <t>Sekretoj por delegaj subskriboj</t>
+          <t>ĈIFRADO</t>
         </is>
       </c>
       <c r="D939" t="inlineStr"/>
       <c r="E939" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F939" t="inlineStr">
         <is>
-          <t>UserSettingsModelCross Signing Secrets</t>
+          <t>UserSettingsModelENCRYPTION</t>
         </is>
       </c>
       <c r="G939" t="inlineStr"/>
       <c r="H939" t="inlineStr"/>
     </row>
     <row r="940">
       <c r="A940" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26049</t>
+          <t>../../src/UserSettingsPage.cpp:26155</t>
         </is>
       </c>
       <c r="B940" t="inlineStr">
         <is>
-          <t>Online backup key</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C940" t="inlineStr">
         <is>
-          <t>Ŝlosilo por reta savkopiado</t>
+          <t>INFORMOJ</t>
         </is>
       </c>
       <c r="D940" t="inlineStr"/>
       <c r="E940" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F940" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline backup key</t>
+          <t>UserSettingsModelINFO</t>
         </is>
       </c>
       <c r="G940" t="inlineStr"/>
       <c r="H940" t="inlineStr"/>
     </row>
     <row r="941">
       <c r="A941" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26051</t>
+          <t>../../src/UserSettingsPage.cpp:26157</t>
         </is>
       </c>
       <c r="B941" t="inlineStr">
         <is>
-          <t>Self signing key</t>
+          <t>Session Keys</t>
         </is>
       </c>
       <c r="C941" t="inlineStr">
         <is>
-          <t>Mem-subskriba ŝlosilo</t>
+          <t>Ŝlosiloj de salutaĵo</t>
         </is>
       </c>
       <c r="D941" t="inlineStr"/>
       <c r="E941" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F941" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelf signing key</t>
+          <t>UserSettingsModelSession Keys</t>
         </is>
       </c>
       <c r="G941" t="inlineStr"/>
       <c r="H941" t="inlineStr"/>
     </row>
     <row r="942">
       <c r="A942" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26053</t>
+          <t>../../src/UserSettingsPage.cpp:26159</t>
         </is>
       </c>
       <c r="B942" t="inlineStr">
         <is>
-          <t>User signing key</t>
+          <t>Cross Signing Secrets</t>
         </is>
       </c>
       <c r="C942" t="inlineStr">
         <is>
-          <t>Uzanto-subskriba ŝlosilo</t>
+          <t>Sekretoj por delegaj subskriboj</t>
         </is>
       </c>
       <c r="D942" t="inlineStr"/>
       <c r="E942" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F942" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser signing key</t>
+          <t>UserSettingsModelCross Signing Secrets</t>
         </is>
       </c>
       <c r="G942" t="inlineStr"/>
       <c r="H942" t="inlineStr"/>
     </row>
     <row r="943">
       <c r="A943" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26055</t>
+          <t>../../src/UserSettingsPage.cpp:26161</t>
         </is>
       </c>
       <c r="B943" t="inlineStr">
         <is>
-          <t>Master signing key</t>
+          <t>Online backup key</t>
         </is>
       </c>
       <c r="C943" t="inlineStr">
         <is>
-          <t>Ĉefa subskriba ŝlosilo</t>
+          <t>Ŝlosilo por reta savkopiado</t>
         </is>
       </c>
       <c r="D943" t="inlineStr"/>
       <c r="E943" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F943" t="inlineStr">
         <is>
-          <t>UserSettingsModelMaster signing key</t>
+          <t>UserSettingsModelOnline backup key</t>
         </is>
       </c>
       <c r="G943" t="inlineStr"/>
       <c r="H943" t="inlineStr"/>
     </row>
     <row r="944">
       <c r="A944" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26057</t>
+          <t>../../src/UserSettingsPage.cpp:26163</t>
         </is>
       </c>
       <c r="B944" t="inlineStr">
         <is>
-          <t>Expose room information via D-Bus</t>
+          <t>Self signing key</t>
         </is>
       </c>
       <c r="C944" t="inlineStr">
         <is>
-          <t>Malkaŝi informojn pri ĉambro per D-Bus</t>
+          <t>Mem-subskriba ŝlosilo</t>
         </is>
       </c>
       <c r="D944" t="inlineStr"/>
       <c r="E944" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F944" t="inlineStr">
         <is>
-          <t>UserSettingsModelExpose room information via D-Bus</t>
+          <t>UserSettingsModelSelf signing key</t>
         </is>
       </c>
       <c r="G944" t="inlineStr"/>
       <c r="H944" t="inlineStr"/>
     </row>
     <row r="945">
       <c r="A945" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26059</t>
+          <t>../../src/UserSettingsPage.cpp:26165</t>
         </is>
       </c>
       <c r="B945" t="inlineStr">
         <is>
-          <t>Periodically update community routing information</t>
+          <t>User signing key</t>
         </is>
       </c>
       <c r="C945" t="inlineStr">
         <is>
-          <t>Regule ĝisdatigadi enkursigajn informojn de aro</t>
+          <t>Uzanto-subskriba ŝlosilo</t>
         </is>
       </c>
       <c r="D945" t="inlineStr"/>
       <c r="E945" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F945" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically update community routing information</t>
+          <t>UserSettingsModelUser signing key</t>
         </is>
       </c>
       <c r="G945" t="inlineStr"/>
       <c r="H945" t="inlineStr"/>
     </row>
     <row r="946">
       <c r="A946" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26061</t>
+          <t>../../src/UserSettingsPage.cpp:26167</t>
         </is>
       </c>
       <c r="B946" t="inlineStr">
         <is>
-          <t>Periodically delete expired events</t>
+          <t>Master signing key</t>
         </is>
       </c>
       <c r="C946" t="inlineStr">
         <is>
-          <t>Regule forigadu eksdatajn okazojn</t>
+          <t>Ĉefa subskriba ŝlosilo</t>
         </is>
       </c>
       <c r="D946" t="inlineStr"/>
       <c r="E946" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F946" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically delete expired events</t>
+          <t>UserSettingsModelMaster signing key</t>
         </is>
       </c>
       <c r="G946" t="inlineStr"/>
       <c r="H946" t="inlineStr"/>
     </row>
     <row r="947">
       <c r="A947" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26182</t>
+          <t>../../src/UserSettingsPage.cpp:26169</t>
         </is>
       </c>
       <c r="B947" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Expose room information via D-Bus</t>
         </is>
       </c>
       <c r="C947" t="inlineStr">
         <is>
-          <t>Implicita</t>
+          <t>Malkaŝi informojn pri ĉambro per D-Bus</t>
         </is>
       </c>
       <c r="D947" t="inlineStr"/>
       <c r="E947" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F947" t="inlineStr">
         <is>
-          <t>UserSettingsModelDefault</t>
+          <t>UserSettingsModelExpose room information via D-Bus</t>
         </is>
       </c>
       <c r="G947" t="inlineStr"/>
       <c r="H947" t="inlineStr"/>
     </row>
     <row r="948">
       <c r="A948" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26221</t>
+          <t>../../src/UserSettingsPage.cpp:26171</t>
         </is>
       </c>
       <c r="B948" t="inlineStr">
         <is>
-          <t>Set the notification sound to play when a call invite arrives</t>
+          <t>Periodically update community routing information</t>
         </is>
       </c>
       <c r="C948" t="inlineStr">
         <is>
-          <t>Agordi sciigan sonon, kiu aŭdiĝos je invito al voko</t>
+          <t>Regule ĝisdatigadi enkursigajn informojn de aro</t>
         </is>
       </c>
       <c r="D948" t="inlineStr"/>
       <c r="E948" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F948" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
+          <t>UserSettingsModelPeriodically update community routing information</t>
         </is>
       </c>
       <c r="G948" t="inlineStr"/>
       <c r="H948" t="inlineStr"/>
     </row>
     <row r="949">
       <c r="A949" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26231</t>
+          <t>../../src/UserSettingsPage.cpp:26173</t>
         </is>
       </c>
       <c r="B949" t="inlineStr">
+        <is>
+          <t>Periodically delete expired events</t>
+        </is>
+      </c>
+      <c r="C949" t="inlineStr">
+        <is>
+          <t>Regule forigadu eksdatajn okazojn</t>
+        </is>
+      </c>
+      <c r="D949" t="inlineStr"/>
+      <c r="E949" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F949" t="inlineStr">
+        <is>
+          <t>UserSettingsModelPeriodically delete expired events</t>
+        </is>
+      </c>
+      <c r="G949" t="inlineStr"/>
+      <c r="H949" t="inlineStr"/>
+    </row>
+    <row r="950">
+      <c r="A950" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26289</t>
+        </is>
+      </c>
+      <c r="B950" t="inlineStr">
+        <is>
+          <t>Default</t>
+        </is>
+      </c>
+      <c r="C950" t="inlineStr">
+        <is>
+          <t>Implicita</t>
+        </is>
+      </c>
+      <c r="D950" t="inlineStr"/>
+      <c r="E950" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F950" t="inlineStr">
+        <is>
+          <t>UserSettingsModelDefault</t>
+        </is>
+      </c>
+      <c r="G950" t="inlineStr"/>
+      <c r="H950" t="inlineStr"/>
+    </row>
+    <row r="951">
+      <c r="A951" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26328</t>
+        </is>
+      </c>
+      <c r="B951" t="inlineStr">
+        <is>
+          <t>Set the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="C951" t="inlineStr">
+        <is>
+          <t>Agordi sciigan sonon, kiu aŭdiĝos je invito al voko</t>
+        </is>
+      </c>
+      <c r="D951" t="inlineStr"/>
+      <c r="E951" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F951" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="G951" t="inlineStr"/>
+      <c r="H951" t="inlineStr"/>
+    </row>
+    <row r="952">
+      <c r="A952" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26338</t>
+        </is>
+      </c>
+      <c r="B952" t="inlineStr">
         <is>
           <t>Set timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="C949" t="inlineStr">
+      <c r="C952" t="inlineStr">
         <is>
           <t>Tempo de atendo (en sekundoj) ekde senfokusiĝo
 de la fenestro, post kiu la enhavo malklariĝos.
 Agordu al 0 por malklarigi enhavon tuj post senfokusiĝo.
 Maksimuma valoro estas 1 horo (3600 sekundoj)</t>
         </is>
       </c>
-      <c r="D949" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F949" t="inlineStr">
+      <c r="D952" t="inlineStr"/>
+      <c r="E952" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F952" t="inlineStr">
         <is>
           <t>UserSettingsModelSet timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="G949" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G952" t="inlineStr"/>
       <c r="H952" t="inlineStr"/>
     </row>
     <row r="953">
       <c r="A953" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26245</t>
+          <t>../../src/UserSettingsPage.cpp:26345</t>
         </is>
       </c>
       <c r="B953" t="inlineStr">
         <is>
-          <t>Start the application in the background without showing the client window.</t>
+          <t>Change the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="C953" t="inlineStr">
         <is>
-          <t>Ekigi la aplikaĵon fone sen montro de la klienta fenestro.</t>
+          <t>Ŝanĝi fonkoloron de mesaĝoj sub musmontrilo.</t>
         </is>
       </c>
       <c r="D953" t="inlineStr"/>
       <c r="E953" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F953" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+          <t>UserSettingsModelChange the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="G953" t="inlineStr"/>
       <c r="H953" t="inlineStr"/>
     </row>
     <row r="954">
       <c r="A954" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26249</t>
+          <t>../../src/UserSettingsPage.cpp:26347</t>
         </is>
       </c>
       <c r="B954" t="inlineStr">
         <is>
-          <t>Shows scrollbars in the room list and communities list.</t>
+          <t>Make font size larger if messages with only a few emojis are displayed.</t>
         </is>
       </c>
       <c r="C954" t="inlineStr">
         <is>
-          <t>Montri rulumbretojn en listoj de ĉambroj kaj komunumoj.</t>
+          <t>Grandigi tiparon se montriĝas mesaĝoj kun nur kelkaj bildosignoj.</t>
         </is>
       </c>
       <c r="D954" t="inlineStr"/>
       <c r="E954" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F954" t="inlineStr">
         <is>
-          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
+          <t>UserSettingsModelMake font size larger if messages with only a few emojis are displayed.</t>
         </is>
       </c>
       <c r="G954" t="inlineStr"/>
       <c r="H954" t="inlineStr"/>
     </row>
     <row r="955">
       <c r="A955" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26251</t>
+          <t>../../src/UserSettingsPage.cpp:26349</t>
         </is>
       </c>
       <c r="B955" t="inlineStr">
+        <is>
+          <t>Keep the application running in the background after closing the client window.</t>
+        </is>
+      </c>
+      <c r="C955" t="inlineStr">
+        <is>
+          <t>Daŭrigi la aplikaĵon fone post fermo de la klienta fenestro.</t>
+        </is>
+      </c>
+      <c r="D955" t="inlineStr"/>
+      <c r="E955" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F955" t="inlineStr">
+        <is>
+          <t>UserSettingsModelKeep the application running in the background after closing the client window.</t>
+        </is>
+      </c>
+      <c r="G955" t="inlineStr"/>
+      <c r="H955" t="inlineStr"/>
+    </row>
+    <row r="956">
+      <c r="A956" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26352</t>
+        </is>
+      </c>
+      <c r="B956" t="inlineStr">
+        <is>
+          <t>Start the application in the background without showing the client window.</t>
+        </is>
+      </c>
+      <c r="C956" t="inlineStr">
+        <is>
+          <t>Ekigi la aplikaĵon fone sen montro de la klienta fenestro.</t>
+        </is>
+      </c>
+      <c r="D956" t="inlineStr"/>
+      <c r="E956" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F956" t="inlineStr">
+        <is>
+          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+        </is>
+      </c>
+      <c r="G956" t="inlineStr"/>
+      <c r="H956" t="inlineStr"/>
+    </row>
+    <row r="957">
+      <c r="A957" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26356</t>
+        </is>
+      </c>
+      <c r="B957" t="inlineStr">
+        <is>
+          <t>Shows scrollbars in the room list and communities list.</t>
+        </is>
+      </c>
+      <c r="C957" t="inlineStr">
+        <is>
+          <t>Montri rulumbretojn en listoj de ĉambroj kaj komunumoj.</t>
+        </is>
+      </c>
+      <c r="D957" t="inlineStr"/>
+      <c r="E957" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F957" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
+        </is>
+      </c>
+      <c r="G957" t="inlineStr"/>
+      <c r="H957" t="inlineStr"/>
+    </row>
+    <row r="958">
+      <c r="A958" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26358</t>
+        </is>
+      </c>
+      <c r="B958" t="inlineStr">
         <is>
           <t>Allow using markdown in messages.
 When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
-      <c r="C955" t="inlineStr">
+      <c r="C958" t="inlineStr">
         <is>
           <t>Permesas uzon de Markdaŭno en mesaĝoj.
 Kun ĉi tio malŝaltita, ĉiuj mesaĝoj sendiĝas en plata teksto.</t>
         </is>
       </c>
-      <c r="D955" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F955" t="inlineStr">
+      <c r="D958" t="inlineStr"/>
+      <c r="E958" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F958" t="inlineStr">
         <is>
           <t>UserSettingsModelAllow using markdown in messages.
 When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
-      <c r="G955" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G958" t="inlineStr"/>
       <c r="H958" t="inlineStr"/>
     </row>
     <row r="959">
       <c r="A959" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26264</t>
+          <t>../../src/UserSettingsPage.cpp:26367</t>
         </is>
       </c>
       <c r="B959" t="inlineStr">
         <is>
-          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>Messages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="C959" t="inlineStr">
         <is>
-          <t>Ludas vidaŭdaĵojn kiel GIF-ojn aŭ WEBP-ojn nur sub musmontrilo.</t>
+          <t>Mesaĝoj aperas sur fona veziko. Tio ankaŭ iomete ŝanĝas ilian aranĝon (kiu ankoraŭ estas prilaborata).</t>
         </is>
       </c>
       <c r="D959" t="inlineStr"/>
       <c r="E959" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F959" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>UserSettingsModelMessages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="G959" t="inlineStr"/>
       <c r="H959" t="inlineStr"/>
     </row>
     <row r="960">
       <c r="A960" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26266</t>
+          <t>../../src/UserSettingsPage.cpp:26370</t>
         </is>
       </c>
       <c r="B960" t="inlineStr">
         <is>
-          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
-[...2 lines deleted...]
-      <c r="C960" t="inlineStr"/>
+          <t>Avatars are resized to fit above the message.</t>
+        </is>
+      </c>
+      <c r="C960" t="inlineStr">
+        <is>
+          <t>Profilbildoj malgrandiĝas por esti super la mesaĝo.</t>
+        </is>
+      </c>
       <c r="D960" t="inlineStr"/>
       <c r="E960" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F960" t="inlineStr">
         <is>
-          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>UserSettingsModelAvatars are resized to fit above the message.</t>
         </is>
       </c>
       <c r="G960" t="inlineStr"/>
       <c r="H960" t="inlineStr"/>
     </row>
     <row r="961">
       <c r="A961" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26270</t>
+          <t>../../src/UserSettingsPage.cpp:26372</t>
         </is>
       </c>
       <c r="B961" t="inlineStr">
+        <is>
+          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+        </is>
+      </c>
+      <c r="C961" t="inlineStr">
+        <is>
+          <t>Ludas vidaŭdaĵojn kiel GIF-ojn aŭ WEBP-ojn nur sub musmontrilo.</t>
+        </is>
+      </c>
+      <c r="D961" t="inlineStr"/>
+      <c r="E961" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F961" t="inlineStr">
+        <is>
+          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+        </is>
+      </c>
+      <c r="G961" t="inlineStr"/>
+      <c r="H961" t="inlineStr"/>
+    </row>
+    <row r="962">
+      <c r="A962" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26374</t>
+        </is>
+      </c>
+      <c r="B962" t="inlineStr">
+        <is>
+          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="C962" t="inlineStr"/>
+      <c r="D962" t="inlineStr"/>
+      <c r="E962" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F962" t="inlineStr">
+        <is>
+          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="G962" t="inlineStr"/>
+      <c r="H962" t="inlineStr"/>
+    </row>
+    <row r="963">
+      <c r="A963" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26378</t>
+        </is>
+      </c>
+      <c r="B963" t="inlineStr">
         <is>
           <t>Show who is typing in a room.
 This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
-      <c r="C961" t="inlineStr">
+      <c r="C963" t="inlineStr">
         <is>
           <t>Montri, kiu tajpas en ĉambro.
 Ĉi tio ankaŭ ŝaltos sciigadon pri via tajpado al aliaj.</t>
         </is>
       </c>
-      <c r="D961" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F961" t="inlineStr">
+      <c r="D963" t="inlineStr"/>
+      <c r="E963" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F963" t="inlineStr">
         <is>
           <t>UserSettingsModelShow who is typing in a room.
 This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
-      <c r="G961" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B962" t="inlineStr">
+      <c r="G963" t="inlineStr"/>
+      <c r="H963" t="inlineStr"/>
+    </row>
+    <row r="964">
+      <c r="A964" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26382</t>
+        </is>
+      </c>
+      <c r="B964" t="inlineStr">
         <is>
           <t>Display rooms with new messages first.
 If this is off, the list of rooms will only be sorted by the preferred sorting order.
 If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
-      <c r="C962" t="inlineStr">
+      <c r="C964" t="inlineStr">
         <is>
           <t>Montri ĉambrojn kun novaj mesaĝoj unue.
 Malŝaltite, ordigas liston de ĉambroj nur laŭ la preferata ordo.
 Ŝaltite, ordigas ĉambrojn tiel, ke ĉambroj kun aktivaj sciigoj (la eta cirklo kun nombro ene) aperos ĉe la supro. Ĉambroj, kiujn vi silentigis, ankoraŭ ordiĝos laŭ la preferata ordo, ĉar vi verŝajne ne opinias ĝin same gravaj kiel la aliaj ĉambroj.</t>
         </is>
       </c>
-      <c r="D962" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F962" t="inlineStr">
+      <c r="D964" t="inlineStr"/>
+      <c r="E964" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F964" t="inlineStr">
         <is>
           <t>UserSettingsModelDisplay rooms with new messages first.
 If this is off, the list of rooms will only be sorted by the preferred sorting order.
 If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
-      <c r="G962" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B963" t="inlineStr">
+      <c r="G964" t="inlineStr"/>
+      <c r="H964" t="inlineStr"/>
+    </row>
+    <row r="965">
+      <c r="A965" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26391</t>
+        </is>
+      </c>
+      <c r="B965" t="inlineStr">
         <is>
           <t>Sort rooms alphabetically.
 If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
 If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
-      <c r="C963" t="inlineStr">
+      <c r="C965" t="inlineStr">
         <is>
           <t>Ordigi ĉambrojn alfabete.
 Malŝaltite, ordigos liston de ĉambroj laŭ tempo de la lasta mesaĝo en la ĉambroj.
 Ŝaltite, ordigos liston de ĉambroj laŭ alfabeta ordo.</t>
         </is>
       </c>
-      <c r="D963" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F963" t="inlineStr">
+      <c r="D965" t="inlineStr"/>
+      <c r="E965" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F965" t="inlineStr">
         <is>
           <t>UserSettingsModelSort rooms alphabetically.
 If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
 If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
-      <c r="G963" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B964" t="inlineStr">
+      <c r="G965" t="inlineStr"/>
+      <c r="H965" t="inlineStr"/>
+    </row>
+    <row r="966">
+      <c r="A966" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26397</t>
+        </is>
+      </c>
+      <c r="B966" t="inlineStr">
         <is>
           <t>Show buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
-      <c r="C964" t="inlineStr">
+      <c r="C966" t="inlineStr">
         <is>
           <t>Montras butonojn apud ĉiu mesaĝo, por rapide respondi, reagi,
 aŭ meti aliajn elekteblojn.</t>
         </is>
       </c>
-      <c r="D964" t="inlineStr"/>
-[...58 lines deleted...]
-      </c>
       <c r="D966" t="inlineStr"/>
       <c r="E966" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F966" t="inlineStr">
         <is>
-          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
+          <t>UserSettingsModelShow buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
       <c r="G966" t="inlineStr"/>
       <c r="H966" t="inlineStr"/>
     </row>
     <row r="967">
       <c r="A967" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26305</t>
+          <t>../../src/UserSettingsPage.cpp:26405</t>
         </is>
       </c>
       <c r="B967" t="inlineStr">
+        <is>
+          <t>Configure whether to show or hide certain events like room joins.</t>
+        </is>
+      </c>
+      <c r="C967" t="inlineStr">
+        <is>
+          <t>Agordi, ĉu montri aŭ kaŝi iajn okazojn, ekzemple enirojn.</t>
+        </is>
+      </c>
+      <c r="D967" t="inlineStr"/>
+      <c r="E967" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F967" t="inlineStr">
+        <is>
+          <t>UserSettingsModelConfigure whether to show or hide certain events like room joins.</t>
+        </is>
+      </c>
+      <c r="G967" t="inlineStr"/>
+      <c r="H967" t="inlineStr"/>
+    </row>
+    <row r="968">
+      <c r="A968" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26407</t>
+        </is>
+      </c>
+      <c r="B968" t="inlineStr">
+        <is>
+          <t>Notify about received messages when the client is not currently focused.</t>
+        </is>
+      </c>
+      <c r="C968" t="inlineStr">
+        <is>
+          <t>Sciigi pri ricevitaj mesaĝoj kiam la kliento ne estas en fokuso.</t>
+        </is>
+      </c>
+      <c r="D968" t="inlineStr"/>
+      <c r="E968" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F968" t="inlineStr">
+        <is>
+          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
+        </is>
+      </c>
+      <c r="G968" t="inlineStr"/>
+      <c r="H968" t="inlineStr"/>
+    </row>
+    <row r="969">
+      <c r="A969" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26413</t>
+        </is>
+      </c>
+      <c r="B969" t="inlineStr">
         <is>
           <t>Change the appearance of user avatars in chats.
 OFF - square, ON - circle.</t>
         </is>
       </c>
-      <c r="C967" t="inlineStr">
+      <c r="C969" t="inlineStr">
         <is>
           <t>Ŝanĝi la aspekton de profilbildoj en babiloj.
 NE – kvadrato, JES – cirklo.</t>
         </is>
       </c>
-      <c r="D967" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F967" t="inlineStr">
+      <c r="D969" t="inlineStr"/>
+      <c r="E969" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F969" t="inlineStr">
         <is>
           <t>UserSettingsModelChange the appearance of user avatars in chats.
 OFF - square, ON - circle.</t>
         </is>
       </c>
-      <c r="G967" t="inlineStr"/>
-[...58 lines deleted...]
-      </c>
       <c r="G969" t="inlineStr"/>
       <c r="H969" t="inlineStr"/>
     </row>
     <row r="970">
       <c r="A970" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26326</t>
+          <t>../../src/UserSettingsPage.cpp:26429</t>
         </is>
       </c>
       <c r="B970" t="inlineStr">
         <is>
-          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>Decrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="C970" t="inlineStr">
         <is>
-          <t>Iuj mesaĝoj povas sendiĝi kun vantaj vidaj efektoj. Ekzemple, mesaĝoj senditaj per la ordono «/confetti» montros konfetojn sur la ekrano.</t>
+          <t>Malĉifri mesaĝojn montrotajn en sciigoj pri ĉifritaj babiloj.</t>
         </is>
       </c>
       <c r="D970" t="inlineStr"/>
       <c r="E970" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F970" t="inlineStr">
         <is>
-          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>UserSettingsModelDecrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="G970" t="inlineStr"/>
       <c r="H970" t="inlineStr"/>
     </row>
     <row r="971">
       <c r="A971" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26329</t>
+          <t>../../src/UserSettingsPage.cpp:26431</t>
         </is>
       </c>
       <c r="B971" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Choose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="C971" t="inlineStr">
         <is>
-          <t>Nheko uzas movbildojn kelkloke por plibeligi sin. Per ĉi tio vi povas ilin malŝalti, se ili malplaĉas al vi.</t>
+          <t>Elekti kie montriĝos plena nombro de sciigoj en komunumo aŭ etikedo.</t>
         </is>
       </c>
       <c r="D971" t="inlineStr"/>
       <c r="E971" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F971" t="inlineStr">
         <is>
-          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>UserSettingsModelChoose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="G971" t="inlineStr"/>
       <c r="H971" t="inlineStr"/>
     </row>
     <row r="972">
       <c r="A972" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26337</t>
+          <t>../../src/UserSettingsPage.cpp:26434</t>
         </is>
       </c>
       <c r="B972" t="inlineStr">
         <is>
-          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="C972" t="inlineStr">
         <is>
-          <t>Malebligos fingrajn gestojn, ekzemple por transiri inter ĉambroj kaj historio, aŭ por respondi al mesaĝo tirinte ĝin.</t>
+          <t>Iuj mesaĝoj povas sendiĝi kun vantaj vidaj efektoj. Ekzemple, mesaĝoj senditaj per la ordono «/confetti» montros konfetojn sur la ekrano.</t>
         </is>
       </c>
       <c r="D972" t="inlineStr"/>
       <c r="E972" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F972" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="G972" t="inlineStr"/>
       <c r="H972" t="inlineStr"/>
     </row>
     <row r="973">
       <c r="A973" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26340</t>
+          <t>../../src/UserSettingsPage.cpp:26437</t>
         </is>
       </c>
       <c r="B973" t="inlineStr">
         <is>
-          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
-[...2 lines deleted...]
-      <c r="C973" t="inlineStr"/>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+        </is>
+      </c>
+      <c r="C973" t="inlineStr">
+        <is>
+          <t>Nheko uzas movbildojn kelkloke por plibeligi sin. Per ĉi tio vi povas ilin malŝalti, se ili malplaĉas al vi.</t>
+        </is>
+      </c>
       <c r="D973" t="inlineStr"/>
       <c r="E973" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F973" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="G973" t="inlineStr"/>
       <c r="H973" t="inlineStr"/>
     </row>
     <row r="974">
       <c r="A974" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26349</t>
+          <t>../../src/UserSettingsPage.cpp:26445</t>
         </is>
       </c>
       <c r="B974" t="inlineStr">
         <is>
-          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="C974" t="inlineStr">
         <is>
-          <t>Memage respondas al petoj pri ŝlosiloj de aliaj uzantoj, se ili estas kontrolitaj, eĉ se alie tiu aparato maldevus aliri tiujn ŝlosilojn.</t>
+          <t>Malebligos fingrajn gestojn, ekzemple por transiri inter ĉambroj kaj historio, aŭ por respondi al mesaĝo tirinte ĝin.</t>
         </is>
       </c>
       <c r="D974" t="inlineStr"/>
       <c r="E974" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F974" t="inlineStr">
         <is>
-          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="G974" t="inlineStr"/>
       <c r="H974" t="inlineStr"/>
     </row>
     <row r="975">
       <c r="A975" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26382</t>
+          <t>../../src/UserSettingsPage.cpp:26448</t>
         </is>
       </c>
       <c r="B975" t="inlineStr">
         <is>
-          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
+        </is>
+      </c>
+      <c r="C975" t="inlineStr"/>
       <c r="D975" t="inlineStr"/>
       <c r="E975" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F975" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="G975" t="inlineStr"/>
       <c r="H975" t="inlineStr"/>
     </row>
     <row r="976">
       <c r="A976" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26301</t>
+          <t>../../src/UserSettingsPage.cpp:26457</t>
         </is>
       </c>
       <c r="B976" t="inlineStr">
+        <is>
+          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+        </is>
+      </c>
+      <c r="C976" t="inlineStr">
+        <is>
+          <t>Memage respondas al petoj pri ŝlosiloj de aliaj uzantoj, se ili estas kontrolitaj, eĉ se alie tiu aparato maldevus aliri tiujn ŝlosilojn.</t>
+        </is>
+      </c>
+      <c r="D976" t="inlineStr"/>
+      <c r="E976" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F976" t="inlineStr">
+        <is>
+          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+        </is>
+      </c>
+      <c r="G976" t="inlineStr"/>
+      <c r="H976" t="inlineStr"/>
+    </row>
+    <row r="977">
+      <c r="A977" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26490</t>
+        </is>
+      </c>
+      <c r="B977" t="inlineStr">
+        <is>
+          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+        </is>
+      </c>
+      <c r="C977" t="inlineStr">
+        <is>
+          <t>La ŝlosilo, per kiu vi kontrolos viajn proprajn aparatojn. Se ĝi estas kaŝmemorata, kontrolo de unu el viaj aparatoj devus marki ĝin kontrolita por ĉiuj aliaj viaj aparatoj, kaj ankaŭ por uzantoj, kiuj kontrolis vin.</t>
+        </is>
+      </c>
+      <c r="D977" t="inlineStr"/>
+      <c r="E977" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F977" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+        </is>
+      </c>
+      <c r="G977" t="inlineStr"/>
+      <c r="H977" t="inlineStr"/>
+    </row>
+    <row r="978">
+      <c r="A978" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26409</t>
+        </is>
+      </c>
+      <c r="B978" t="inlineStr">
         <is>
           <t>Show an alert when a message is received.
 This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
-      <c r="C976" t="inlineStr">
+      <c r="C978" t="inlineStr">
         <is>
           <t>Atentigas je ricevo de mesaĝo.
 Ĉi tio kutime movbildigas la simbolbildon sur la pleto iumaniere.</t>
         </is>
       </c>
-      <c r="D976" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F976" t="inlineStr">
+      <c r="D978" t="inlineStr"/>
+      <c r="E978" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F978" t="inlineStr">
         <is>
           <t>UserSettingsModelShow an alert when a message is received.
 This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
-      <c r="G976" t="inlineStr"/>
-[...58 lines deleted...]
-      </c>
       <c r="G978" t="inlineStr"/>
       <c r="H978" t="inlineStr"/>
     </row>
     <row r="979">
       <c r="A979" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26228</t>
+          <t>../../src/UserSettingsPage.cpp:26035</t>
         </is>
       </c>
       <c r="B979" t="inlineStr">
         <is>
-          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>Communities sidebar</t>
         </is>
       </c>
       <c r="C979" t="inlineStr">
         <is>
-          <t>Agordi la maksimuman larĝecon de mesaĝoj en la historio (en bilderoj). Tio povas plibonigi legeblecon sur larĝa ekrano, kiam la fenestro de Nheko grandas.</t>
+          <t>Komunuma breto</t>
         </is>
       </c>
       <c r="D979" t="inlineStr"/>
       <c r="E979" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F979" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>UserSettingsModelCommunities sidebar</t>
         </is>
       </c>
       <c r="G979" t="inlineStr"/>
       <c r="H979" t="inlineStr"/>
     </row>
     <row r="980">
       <c r="A980" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26247</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26041</t>
+        </is>
+      </c>
+      <c r="B980" t="inlineStr"/>
+      <c r="C980" t="inlineStr"/>
       <c r="D980" t="inlineStr"/>
       <c r="E980" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F980" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+          <t>UserSettingsModelSend messages with a shortcut</t>
         </is>
       </c>
       <c r="G980" t="inlineStr"/>
       <c r="H980" t="inlineStr"/>
     </row>
     <row r="981">
       <c r="A981" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26293</t>
+          <t>../../src/UserSettingsPage.cpp:26083</t>
         </is>
       </c>
       <c r="B981" t="inlineStr">
+        <is>
+          <t>Show message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="C981" t="inlineStr">
+        <is>
+          <t>Montri nombron de mesaĝoj por komunumoj kaj etikedoj</t>
+        </is>
+      </c>
+      <c r="D981" t="inlineStr"/>
+      <c r="E981" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F981" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShow message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="G981" t="inlineStr"/>
+      <c r="H981" t="inlineStr"/>
+    </row>
+    <row r="982">
+      <c r="A982" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26335</t>
+        </is>
+      </c>
+      <c r="B982" t="inlineStr">
+        <is>
+          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="C982" t="inlineStr">
+        <is>
+          <t>Agordi la maksimuman larĝecon de mesaĝoj en la historio (en bilderoj). Tio povas plibonigi legeblecon sur larĝa ekrano, kiam la fenestro de Nheko grandas.</t>
+        </is>
+      </c>
+      <c r="D982" t="inlineStr"/>
+      <c r="E982" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F982" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="G982" t="inlineStr"/>
+      <c r="H982" t="inlineStr"/>
+    </row>
+    <row r="983">
+      <c r="A983" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26354</t>
+        </is>
+      </c>
+      <c r="B983" t="inlineStr">
+        <is>
+          <t>Show a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="C983" t="inlineStr">
+        <is>
+          <t>Montri kolonon kun komunumoj kaj etikedoj, flanke de la listo de ĉambroj.</t>
+        </is>
+      </c>
+      <c r="D983" t="inlineStr"/>
+      <c r="E983" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F983" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="G983" t="inlineStr"/>
+      <c r="H983" t="inlineStr"/>
+    </row>
+    <row r="984">
+      <c r="A984" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26362</t>
+        </is>
+      </c>
+      <c r="B984" t="inlineStr"/>
+      <c r="C984" t="inlineStr"/>
+      <c r="D984" t="inlineStr"/>
+      <c r="E984" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F984" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSelect what Enter key combination sends the message. Shift+Enter adds a new line, unless it has been selected, in which case Enter adds a new line instead.
+If an emoji picker or a mention picker is open, it is always handled first.</t>
+        </is>
+      </c>
+      <c r="G984" t="inlineStr"/>
+      <c r="H984" t="inlineStr"/>
+    </row>
+    <row r="985">
+      <c r="A985" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26401</t>
+        </is>
+      </c>
+      <c r="B985" t="inlineStr">
         <is>
           <t>Show if your message was read.
 Status is displayed next to timestamps.
 Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
-      <c r="C981" t="inlineStr">
+      <c r="C985" t="inlineStr">
         <is>
           <t>Montri, ĉu via mesaĝo estas legita.
 Stato aperas flanke de tempomarkoj.
 Averto: Se via hejmservilo ne subtenas tion ĉi, viaj ĉambroj neniam markiĝos legitaj!</t>
         </is>
       </c>
-      <c r="D981" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F981" t="inlineStr">
+      <c r="D985" t="inlineStr"/>
+      <c r="E985" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F985" t="inlineStr">
         <is>
           <t>UserSettingsModelShow if your message was read.
 Status is displayed next to timestamps.
 Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
-      <c r="G981" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B982" t="inlineStr">
+      <c r="G985" t="inlineStr"/>
+      <c r="H985" t="inlineStr"/>
+    </row>
+    <row r="986">
+      <c r="A986" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26416</t>
+        </is>
+      </c>
+      <c r="B986" t="inlineStr">
         <is>
           <t>Display an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
-      <c r="C982" t="inlineStr">
+      <c r="C986" t="inlineStr">
         <is>
           <t>Montras identigan bildon anstataŭ litero, kiam ne disponeblas profilbildo.</t>
         </is>
       </c>
-      <c r="D982" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F982" t="inlineStr">
+      <c r="D986" t="inlineStr"/>
+      <c r="E986" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F986" t="inlineStr">
         <is>
           <t>UserSettingsModelDisplay an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
-      <c r="G982" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B983" t="inlineStr">
+      <c r="G986" t="inlineStr"/>
+      <c r="H986" t="inlineStr"/>
+    </row>
+    <row r="987">
+      <c r="A987" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26418</t>
+        </is>
+      </c>
+      <c r="B987" t="inlineStr">
         <is>
           <t>Opens images with an external program when tapping the image.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="C983" t="inlineStr">
+      <c r="C987" t="inlineStr">
         <is>
           <t>Malfermas bildojn per aparta programo, kiam oni klakas aŭ tuŝetas la bildon.
 Sciu, ke se ĉi tio estas ŝaltita, malfermitaj dosieroj restas sur disko malĉifritaj, kaj oni devas permane ilin forigi.</t>
         </is>
       </c>
-      <c r="D983" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F983" t="inlineStr">
+      <c r="D987" t="inlineStr"/>
+      <c r="E987" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F987" t="inlineStr">
         <is>
           <t>UserSettingsModelOpens images with an external program when tapping the image.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="G983" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B984" t="inlineStr">
+      <c r="G987" t="inlineStr"/>
+      <c r="H987" t="inlineStr"/>
+    </row>
+    <row r="988">
+      <c r="A988" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26422</t>
+        </is>
+      </c>
+      <c r="B988" t="inlineStr">
         <is>
           <t>Opens videos with an external program when tapping the video.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="C984" t="inlineStr">
+      <c r="C988" t="inlineStr">
         <is>
           <t>Malfermas filmojn per aparta programo, kiam oni klakas aŭ tuŝetas la filmon.
 Sciu, ke se ĉi tio estas ŝaltita, malfermitaj dosieroj restas sur disko malĉifritaj, kaj oni devas permane ilin forigi.</t>
         </is>
       </c>
-      <c r="D984" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F984" t="inlineStr">
+      <c r="D988" t="inlineStr"/>
+      <c r="E988" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F988" t="inlineStr">
         <is>
           <t>UserSettingsModelOpens videos with an external program when tapping the video.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="G984" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B985" t="inlineStr">
+      <c r="G988" t="inlineStr"/>
+      <c r="H988" t="inlineStr"/>
+    </row>
+    <row r="989">
+      <c r="A989" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26426</t>
+        </is>
+      </c>
+      <c r="B989" t="inlineStr">
         <is>
           <t>Decrypt the messages shown in the sidebar.
 Only affects messages in encrypted chats.</t>
         </is>
       </c>
-      <c r="C985" t="inlineStr">
+      <c r="C989" t="inlineStr">
         <is>
           <t>Malĉifras mesaĝojn montratajn en la flanka breto.
 Influas nur sur mesaĝoj en ĉifritaj babiloj.</t>
         </is>
       </c>
-      <c r="D985" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F985" t="inlineStr">
+      <c r="D989" t="inlineStr"/>
+      <c r="E989" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F989" t="inlineStr">
         <is>
           <t>UserSettingsModelDecrypt the messages shown in the sidebar.
 Only affects messages in encrypted chats.</t>
         </is>
       </c>
-      <c r="G985" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B986" t="inlineStr">
+      <c r="G989" t="inlineStr"/>
+      <c r="H989" t="inlineStr"/>
+    </row>
+    <row r="990">
+      <c r="A990" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26440</t>
+        </is>
+      </c>
+      <c r="B990" t="inlineStr">
         <is>
           <t>When the window loses focus, the timeline will
 be blurred.</t>
         </is>
       </c>
-      <c r="C986" t="inlineStr">
+      <c r="C990" t="inlineStr">
         <is>
           <t>Kiam la fenestro ne estos fokusata, la historio
 malklariĝos.</t>
         </is>
       </c>
-      <c r="D986" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F986" t="inlineStr">
+      <c r="D990" t="inlineStr"/>
+      <c r="E990" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F990" t="inlineStr">
         <is>
           <t>UserSettingsModelWhen the window loses focus, the timeline will
 be blurred.</t>
         </is>
       </c>
-      <c r="G986" t="inlineStr"/>
-[...118 lines deleted...]
-      </c>
       <c r="G990" t="inlineStr"/>
       <c r="H990" t="inlineStr"/>
     </row>
     <row r="991">
       <c r="A991" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26378</t>
+          <t>../../src/UserSettingsPage.cpp:26442</t>
         </is>
       </c>
       <c r="B991" t="inlineStr">
         <is>
-          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>Will prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="C991" t="inlineStr">
         <is>
-          <t>La ŝlosilo por malĉifrado de enretaj savkopioj de ŝlosiloj. Se ĝi estas kaŝmemorata, vi povas ŝalti enretan savkopiadon de ŝlosiloj por deponi ŝlosilojn sekure ĉifritajn al la servilo.</t>
+          <t>Malhelpos elkton de teksto en historio por faciligi rulumadon per tuŝoj.</t>
         </is>
       </c>
       <c r="D991" t="inlineStr"/>
       <c r="E991" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F991" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>UserSettingsModelWill prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="G991" t="inlineStr"/>
       <c r="H991" t="inlineStr"/>
     </row>
     <row r="992">
       <c r="A992" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26387</t>
+          <t>../../src/UserSettingsPage.cpp:26451</t>
         </is>
       </c>
       <c r="B992" t="inlineStr">
         <is>
-          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>Will use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="C992" t="inlineStr">
         <is>
-          <t>Ŝlosilo por kontrolado de aliaj uzantoj. Se ĝi estas kaŝmemorata, kontrolo de uzanto kontrolos ankaŭ ĉiujn ĝiajn aparatojn.</t>
+          <t>Uzos la servilon turn.matrix.org kiel asistanton, kiam via hejma servilo ne disponigos propran.</t>
         </is>
       </c>
       <c r="D992" t="inlineStr"/>
       <c r="E992" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F992" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>UserSettingsModelWill use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="G992" t="inlineStr"/>
       <c r="H992" t="inlineStr"/>
     </row>
     <row r="993">
       <c r="A993" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26391</t>
+          <t>../../src/UserSettingsPage.cpp:26454</t>
         </is>
       </c>
       <c r="B993" t="inlineStr">
         <is>
-          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>Requires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="C993" t="inlineStr">
         <is>
-          <t>Via plej grava ŝlosilo. Vi ne bezonas kaŝmemori ĝin, ĉar de kaŝmemoro ĝi povus esti pli facile ŝtelebla, kaj vi bezonas ĝin nur por ŝanĝado de aliaj viaj subskribaj ŝlosiloj.</t>
+          <t>Postulas, ke uzanto estu kontrolita, por ke ĝi povu ricevi mesaĝojn. Ĉi tio plibonigas sekurecon, sed iom maloportunigas tutvojan ĉifradon.</t>
         </is>
       </c>
       <c r="D993" t="inlineStr"/>
       <c r="E993" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F993" t="inlineStr">
         <is>
-          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>UserSettingsModelRequires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="G993" t="inlineStr"/>
       <c r="H993" t="inlineStr"/>
     </row>
     <row r="994">
       <c r="A994" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26396</t>
+          <t>../../src/UserSettingsPage.cpp:26461</t>
         </is>
       </c>
       <c r="B994" t="inlineStr">
+        <is>
+          <t>Download message encryption keys from and upload to the encrypted online key backup.</t>
+        </is>
+      </c>
+      <c r="C994" t="inlineStr">
+        <is>
+          <t>Elŝutu ĉifrajn ŝlosilojn por mesaĝoj de la ĉifrita enreta deponejo de ŝlosiloj, aŭ alŝutu ilin tien.</t>
+        </is>
+      </c>
+      <c r="D994" t="inlineStr"/>
+      <c r="E994" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F994" t="inlineStr">
+        <is>
+          <t>UserSettingsModelDownload message encryption keys from and upload to the encrypted online key backup.</t>
+        </is>
+      </c>
+      <c r="G994" t="inlineStr"/>
+      <c r="H994" t="inlineStr"/>
+    </row>
+    <row r="995">
+      <c r="A995" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26486</t>
+        </is>
+      </c>
+      <c r="B995" t="inlineStr">
+        <is>
+          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+        </is>
+      </c>
+      <c r="C995" t="inlineStr">
+        <is>
+          <t>La ŝlosilo por malĉifrado de enretaj savkopioj de ŝlosiloj. Se ĝi estas kaŝmemorata, vi povas ŝalti enretan savkopiadon de ŝlosiloj por deponi ŝlosilojn sekure ĉifritajn al la servilo.</t>
+        </is>
+      </c>
+      <c r="D995" t="inlineStr"/>
+      <c r="E995" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F995" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+        </is>
+      </c>
+      <c r="G995" t="inlineStr"/>
+      <c r="H995" t="inlineStr"/>
+    </row>
+    <row r="996">
+      <c r="A996" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26495</t>
+        </is>
+      </c>
+      <c r="B996" t="inlineStr">
+        <is>
+          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+        </is>
+      </c>
+      <c r="C996" t="inlineStr">
+        <is>
+          <t>Ŝlosilo por kontrolado de aliaj uzantoj. Se ĝi estas kaŝmemorata, kontrolo de uzanto kontrolos ankaŭ ĉiujn ĝiajn aparatojn.</t>
+        </is>
+      </c>
+      <c r="D996" t="inlineStr"/>
+      <c r="E996" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F996" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+        </is>
+      </c>
+      <c r="G996" t="inlineStr"/>
+      <c r="H996" t="inlineStr"/>
+    </row>
+    <row r="997">
+      <c r="A997" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26499</t>
+        </is>
+      </c>
+      <c r="B997" t="inlineStr">
+        <is>
+          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+        </is>
+      </c>
+      <c r="C997" t="inlineStr">
+        <is>
+          <t>Via plej grava ŝlosilo. Vi ne bezonas kaŝmemori ĝin, ĉar de kaŝmemoro ĝi povus esti pli facile ŝtelebla, kaj vi bezonas ĝin nur por ŝanĝado de aliaj viaj subskribaj ŝlosiloj.</t>
+        </is>
+      </c>
+      <c r="D997" t="inlineStr"/>
+      <c r="E997" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F997" t="inlineStr">
+        <is>
+          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+        </is>
+      </c>
+      <c r="G997" t="inlineStr"/>
+      <c r="H997" t="inlineStr"/>
+    </row>
+    <row r="998">
+      <c r="A998" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26504</t>
+        </is>
+      </c>
+      <c r="B998" t="inlineStr">
         <is>
           <t>Allow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
 This setting will take effect upon restart.</t>
         </is>
       </c>
-      <c r="C994" t="inlineStr">
+      <c r="C998" t="inlineStr">
         <is>
           <t>Permesi al apartaj kromprogramoj kaj programoj enlegi informojn pri viaj ĉambroj per D-Bus. Tio povas esti utila, sed ĝi ankaŭ povus esti misuzita per programoj malicaj. Ŝaltu ĝin je via propra danĝero.
 Ĉi tiu agordo efektiviĝos post restarto.</t>
         </is>
       </c>
-      <c r="D994" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F994" t="inlineStr">
+      <c r="D998" t="inlineStr"/>
+      <c r="E998" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F998" t="inlineStr">
         <is>
           <t>UserSettingsModelAllow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
 This setting will take effect upon restart.</t>
         </is>
       </c>
-      <c r="G994" t="inlineStr"/>
-[...114 lines deleted...]
-      </c>
       <c r="G998" t="inlineStr"/>
       <c r="H998" t="inlineStr"/>
     </row>
     <row r="999">
       <c r="A999" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26555</t>
+          <t>../../src/UserSettingsPage.cpp:26510</t>
         </is>
       </c>
       <c r="B999" t="inlineStr">
         <is>
-          <t>Only in private rooms</t>
-[...2 lines deleted...]
-      <c r="C999" t="inlineStr"/>
+          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
+        </is>
+      </c>
+      <c r="C999" t="inlineStr">
+        <is>
+          <t>Por lasi novajn uzantojn aliĝi al aro, la aro devas disdoni kelkajn informojn pri serviloj, kiuj partoprenas en ĉambro, al la aranoj. Ĉar la serviloj partoprenantaj en ĉambro povas ŝanĝiĝi, ĉi tiuj informoj devas fojfoje ĝisdatiĝi. Ĉi tiu agordo ŝaltas fonan taskon, kiu memage plenumos la devon.</t>
+        </is>
+      </c>
       <c r="D999" t="inlineStr"/>
       <c r="E999" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F999" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnly in private rooms</t>
+          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="G999" t="inlineStr"/>
       <c r="H999" t="inlineStr"/>
     </row>
     <row r="1000">
       <c r="A1000" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26556</t>
+          <t>../../src/UserSettingsPage.cpp:26516</t>
         </is>
       </c>
       <c r="B1000" t="inlineStr">
         <is>
-          <t>Never</t>
-[...2 lines deleted...]
-      <c r="C1000" t="inlineStr"/>
+          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
+        </is>
+      </c>
+      <c r="C1000" t="inlineStr">
+        <is>
+          <t>Regule forigadi eksdatajn okazojn, laŭ agordo de eksdatiĝo de okazoj. Ĉar tiun ĉi taskon nuntempe ne plenumas la servilo, via kliento devos ĉiufoje regule ruliĝi por efektivigi ĝin.</t>
+        </is>
+      </c>
       <c r="D1000" t="inlineStr"/>
       <c r="E1000" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1000" t="inlineStr">
         <is>
-          <t>UserSettingsModelNever</t>
+          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="G1000" t="inlineStr"/>
       <c r="H1000" t="inlineStr"/>
     </row>
     <row r="1001">
       <c r="A1001" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26570</t>
+          <t>../../src/UserSettingsPage.cpp:26520</t>
         </is>
       </c>
       <c r="B1001" t="inlineStr">
         <is>
-          <t>System font</t>
+          <t>Manage your ignored users.</t>
         </is>
       </c>
       <c r="C1001" t="inlineStr">
         <is>
-          <t>Sistema signoformaro</t>
+          <t>Administri viajn malatentatajn uzantojn.</t>
         </is>
       </c>
       <c r="D1001" t="inlineStr"/>
       <c r="E1001" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1001" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem font</t>
+          <t>UserSettingsModelManage your ignored users.</t>
         </is>
       </c>
       <c r="G1001" t="inlineStr"/>
       <c r="H1001" t="inlineStr"/>
     </row>
     <row r="1002">
       <c r="A1002" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26575</t>
+          <t>../../src/UserSettingsPage.cpp:26662</t>
         </is>
       </c>
       <c r="B1002" t="inlineStr">
         <is>
-          <t>System emoji font</t>
-[...6 lines deleted...]
-      </c>
+          <t>Always</t>
+        </is>
+      </c>
+      <c r="C1002" t="inlineStr"/>
       <c r="D1002" t="inlineStr"/>
       <c r="E1002" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1002" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem emoji font</t>
+          <t>UserSettingsModelAlways</t>
         </is>
       </c>
       <c r="G1002" t="inlineStr"/>
       <c r="H1002" t="inlineStr"/>
     </row>
     <row r="1003">
       <c r="A1003" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:26663</t>
         </is>
       </c>
       <c r="B1003" t="inlineStr">
         <is>
-          <t>Select a file</t>
-[...6 lines deleted...]
-      </c>
+          <t>Only in private rooms</t>
+        </is>
+      </c>
+      <c r="C1003" t="inlineStr"/>
       <c r="D1003" t="inlineStr"/>
       <c r="E1003" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1003" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelect a file</t>
+          <t>UserSettingsModelOnly in private rooms</t>
         </is>
       </c>
       <c r="G1003" t="inlineStr"/>
       <c r="H1003" t="inlineStr"/>
     </row>
     <row r="1004">
       <c r="A1004" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:26664</t>
         </is>
       </c>
       <c r="B1004" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
-[...6 lines deleted...]
-      </c>
+          <t>Never</t>
+        </is>
+      </c>
+      <c r="C1004" t="inlineStr"/>
       <c r="D1004" t="inlineStr"/>
       <c r="E1004" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1004" t="inlineStr">
         <is>
-          <t>UserSettingsModelAll Files (*)</t>
+          <t>UserSettingsModelNever</t>
         </is>
       </c>
       <c r="G1004" t="inlineStr"/>
       <c r="H1004" t="inlineStr"/>
     </row>
     <row r="1005">
       <c r="A1005" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27018</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26668</t>
+        </is>
+      </c>
+      <c r="B1005" t="inlineStr"/>
+      <c r="C1005" t="inlineStr"/>
       <c r="D1005" t="inlineStr"/>
       <c r="E1005" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1005" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen Sessions File</t>
+          <t>UserSettingsModelEnter</t>
         </is>
       </c>
       <c r="G1005" t="inlineStr"/>
       <c r="H1005" t="inlineStr"/>
     </row>
     <row r="1006">
       <c r="A1006" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27109</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26669</t>
+        </is>
+      </c>
+      <c r="B1006" t="inlineStr"/>
+      <c r="C1006" t="inlineStr"/>
       <c r="D1006" t="inlineStr"/>
       <c r="E1006" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1006" t="inlineStr">
         <is>
-          <t>UserSettingsModelError</t>
+          <t>UserSettingsModelShift+Enter</t>
         </is>
       </c>
       <c r="G1006" t="inlineStr"/>
       <c r="H1006" t="inlineStr"/>
     </row>
     <row r="1007">
       <c r="A1007" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27057</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26670</t>
+        </is>
+      </c>
+      <c r="B1007" t="inlineStr"/>
+      <c r="C1007" t="inlineStr"/>
       <c r="D1007" t="inlineStr"/>
       <c r="E1007" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1007" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile Password</t>
+          <t>UserSettingsModelCtrl+Enter</t>
         </is>
       </c>
       <c r="G1007" t="inlineStr"/>
       <c r="H1007" t="inlineStr"/>
     </row>
     <row r="1008">
       <c r="A1008" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27032</t>
+          <t>../../src/UserSettingsPage.cpp:26684</t>
         </is>
       </c>
       <c r="B1008" t="inlineStr">
         <is>
-          <t>Enter the passphrase to decrypt the file:</t>
+          <t>System font</t>
         </is>
       </c>
       <c r="C1008" t="inlineStr">
         <is>
-          <t>Enigu pasfrazon por malĉifri la dosieron:</t>
+          <t>Sistema signoformaro</t>
         </is>
       </c>
       <c r="D1008" t="inlineStr"/>
       <c r="E1008" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1008" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
+          <t>UserSettingsModelSystem font</t>
         </is>
       </c>
       <c r="G1008" t="inlineStr"/>
       <c r="H1008" t="inlineStr"/>
     </row>
     <row r="1009">
       <c r="A1009" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27066</t>
+          <t>../../src/UserSettingsPage.cpp:26689</t>
         </is>
       </c>
       <c r="B1009" t="inlineStr">
         <is>
-          <t>The password cannot be empty</t>
+          <t>System emoji font</t>
         </is>
       </c>
       <c r="C1009" t="inlineStr">
         <is>
-          <t>La pasvorto ne povas esti malplena</t>
+          <t>Sistema bildosignoformaro</t>
         </is>
       </c>
       <c r="D1009" t="inlineStr"/>
       <c r="E1009" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1009" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe password cannot be empty</t>
+          <t>UserSettingsModelSystem emoji font</t>
         </is>
       </c>
       <c r="G1009" t="inlineStr"/>
       <c r="H1009" t="inlineStr"/>
     </row>
     <row r="1010">
       <c r="A1010" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27058</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B1010" t="inlineStr">
         <is>
-          <t>Enter passphrase to encrypt your session keys:</t>
+          <t>Select a file</t>
         </is>
       </c>
       <c r="C1010" t="inlineStr">
         <is>
-          <t>Enigu pasfrazon por ĉifri ŝlosilojn de via salutaĵo:</t>
+          <t>Elektu dosieron</t>
         </is>
       </c>
       <c r="D1010" t="inlineStr"/>
       <c r="E1010" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1010" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
+          <t>UserSettingsModelSelect a file</t>
         </is>
       </c>
       <c r="G1010" t="inlineStr"/>
       <c r="H1010" t="inlineStr"/>
     </row>
     <row r="1011">
       <c r="A1011" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27071</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B1011" t="inlineStr">
         <is>
-          <t>Repeat File Password</t>
-[...2 lines deleted...]
-      <c r="C1011" t="inlineStr"/>
+          <t>All Files (*)</t>
+        </is>
+      </c>
+      <c r="C1011" t="inlineStr">
+        <is>
+          <t>Ĉiuj dosieroj (*)</t>
+        </is>
+      </c>
       <c r="D1011" t="inlineStr"/>
       <c r="E1011" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1011" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat File Password</t>
+          <t>UserSettingsModelAll Files (*)</t>
         </is>
       </c>
       <c r="G1011" t="inlineStr"/>
       <c r="H1011" t="inlineStr"/>
     </row>
     <row r="1012">
       <c r="A1012" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27072</t>
+          <t>../../src/UserSettingsPage.cpp:27130</t>
         </is>
       </c>
       <c r="B1012" t="inlineStr">
         <is>
-          <t>Repeat the passphrase:</t>
-[...2 lines deleted...]
-      <c r="C1012" t="inlineStr"/>
+          <t>Open Sessions File</t>
+        </is>
+      </c>
+      <c r="C1012" t="inlineStr">
+        <is>
+          <t>Malfermi dosieron kun salutaĵoj</t>
+        </is>
+      </c>
       <c r="D1012" t="inlineStr"/>
       <c r="E1012" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1012" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat the passphrase:</t>
+          <t>UserSettingsModelOpen Sessions File</t>
         </is>
       </c>
       <c r="G1012" t="inlineStr"/>
       <c r="H1012" t="inlineStr"/>
     </row>
     <row r="1013">
       <c r="A1013" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27080</t>
+          <t>../../src/UserSettingsPage.cpp:27221</t>
         </is>
       </c>
       <c r="B1013" t="inlineStr">
         <is>
-          <t>Passwords don't match</t>
-[...2 lines deleted...]
-      <c r="C1013" t="inlineStr"/>
+          <t>Error</t>
+        </is>
+      </c>
+      <c r="C1013" t="inlineStr">
+        <is>
+          <t>Eraro</t>
+        </is>
+      </c>
       <c r="D1013" t="inlineStr"/>
       <c r="E1013" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1013" t="inlineStr">
         <is>
-          <t>UserSettingsModelPasswords don't match</t>
+          <t>UserSettingsModelError</t>
         </is>
       </c>
       <c r="G1013" t="inlineStr"/>
       <c r="H1013" t="inlineStr"/>
     </row>
     <row r="1014">
       <c r="A1014" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27087</t>
+          <t>../../src/UserSettingsPage.cpp:27169</t>
         </is>
       </c>
       <c r="B1014" t="inlineStr">
         <is>
-          <t>File to save the exported session keys</t>
+          <t>File Password</t>
         </is>
       </c>
       <c r="C1014" t="inlineStr">
         <is>
-          <t>Dosiero, kien konserviĝos la elportitaj ŝloslioj de salutaĵo</t>
+          <t>Pasvorto de dosiero</t>
         </is>
       </c>
       <c r="D1014" t="inlineStr"/>
       <c r="E1014" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1014" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile to save the exported session keys</t>
+          <t>UserSettingsModelFile Password</t>
         </is>
       </c>
       <c r="G1014" t="inlineStr"/>
       <c r="H1014" t="inlineStr"/>
     </row>
     <row r="1015">
       <c r="A1015" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../../src/UserSettingsPage.cpp:27144</t>
         </is>
       </c>
       <c r="B1015" t="inlineStr">
         <is>
-          <t>CACHED</t>
+          <t>Enter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="C1015" t="inlineStr">
         <is>
-          <t>KAŜMEMORITA</t>
+          <t>Enigu pasfrazon por malĉifri la dosieron:</t>
         </is>
       </c>
       <c r="D1015" t="inlineStr"/>
       <c r="E1015" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1015" t="inlineStr">
         <is>
-          <t>UserSettingsPageCACHED</t>
+          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="G1015" t="inlineStr"/>
       <c r="H1015" t="inlineStr"/>
     </row>
     <row r="1016">
       <c r="A1016" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../../src/UserSettingsPage.cpp:27178</t>
         </is>
       </c>
       <c r="B1016" t="inlineStr">
         <is>
-          <t>NOT CACHED</t>
+          <t>The password cannot be empty</t>
         </is>
       </c>
       <c r="C1016" t="inlineStr">
         <is>
-          <t>NE KAŜMEMORITA</t>
+          <t>La pasvorto ne povas esti malplena</t>
         </is>
       </c>
       <c r="D1016" t="inlineStr"/>
       <c r="E1016" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1016" t="inlineStr">
         <is>
-          <t>UserSettingsPageNOT CACHED</t>
+          <t>UserSettingsModelThe password cannot be empty</t>
         </is>
       </c>
       <c r="G1016" t="inlineStr"/>
       <c r="H1016" t="inlineStr"/>
     </row>
     <row r="1017">
       <c r="A1017" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27281</t>
+          <t>../../src/UserSettingsPage.cpp:27170</t>
         </is>
       </c>
       <c r="B1017" t="inlineStr">
         <is>
-          <t>IMPORT</t>
+          <t>Enter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="C1017" t="inlineStr">
         <is>
-          <t>ENPORTI</t>
+          <t>Enigu pasfrazon por ĉifri ŝlosilojn de via salutaĵo:</t>
         </is>
       </c>
       <c r="D1017" t="inlineStr"/>
       <c r="E1017" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1017" t="inlineStr">
         <is>
-          <t>UserSettingsPageIMPORT</t>
+          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="G1017" t="inlineStr"/>
       <c r="H1017" t="inlineStr"/>
     </row>
     <row r="1018">
       <c r="A1018" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27285</t>
+          <t>../../src/UserSettingsPage.cpp:27183</t>
         </is>
       </c>
       <c r="B1018" t="inlineStr">
         <is>
-          <t>EXPORT</t>
-[...6 lines deleted...]
-      </c>
+          <t>Repeat File Password</t>
+        </is>
+      </c>
+      <c r="C1018" t="inlineStr"/>
       <c r="D1018" t="inlineStr"/>
       <c r="E1018" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1018" t="inlineStr">
         <is>
-          <t>UserSettingsPageEXPORT</t>
+          <t>UserSettingsModelRepeat File Password</t>
         </is>
       </c>
       <c r="G1018" t="inlineStr"/>
       <c r="H1018" t="inlineStr"/>
     </row>
     <row r="1019">
       <c r="A1019" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27294</t>
+          <t>../../src/UserSettingsPage.cpp:27184</t>
         </is>
       </c>
       <c r="B1019" t="inlineStr">
         <is>
-          <t>DOWNLOAD</t>
-[...6 lines deleted...]
-      </c>
+          <t>Repeat the passphrase:</t>
+        </is>
+      </c>
+      <c r="C1019" t="inlineStr"/>
       <c r="D1019" t="inlineStr"/>
       <c r="E1019" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1019" t="inlineStr">
         <is>
-          <t>UserSettingsPageDOWNLOAD</t>
+          <t>UserSettingsModelRepeat the passphrase:</t>
         </is>
       </c>
       <c r="G1019" t="inlineStr"/>
       <c r="H1019" t="inlineStr"/>
     </row>
     <row r="1020">
       <c r="A1020" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27298</t>
+          <t>../../src/UserSettingsPage.cpp:27192</t>
         </is>
       </c>
       <c r="B1020" t="inlineStr">
         <is>
-          <t>REQUEST</t>
-[...6 lines deleted...]
-      </c>
+          <t>Passwords don't match</t>
+        </is>
+      </c>
+      <c r="C1020" t="inlineStr"/>
       <c r="D1020" t="inlineStr"/>
       <c r="E1020" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1020" t="inlineStr">
         <is>
-          <t>UserSettingsPageREQUEST</t>
+          <t>UserSettingsModelPasswords don't match</t>
         </is>
       </c>
       <c r="G1020" t="inlineStr"/>
       <c r="H1020" t="inlineStr"/>
     </row>
     <row r="1021">
       <c r="A1021" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27306</t>
+          <t>../../src/UserSettingsPage.cpp:27199</t>
         </is>
       </c>
       <c r="B1021" t="inlineStr">
         <is>
-          <t>CONFIGURE</t>
+          <t>File to save the exported session keys</t>
         </is>
       </c>
       <c r="C1021" t="inlineStr">
         <is>
-          <t>AGORDI</t>
+          <t>Dosiero, kien konserviĝos la elportitaj ŝloslioj de salutaĵo</t>
         </is>
       </c>
       <c r="D1021" t="inlineStr"/>
       <c r="E1021" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1021" t="inlineStr">
         <is>
-          <t>UserSettingsPageCONFIGURE</t>
+          <t>UserSettingsModelFile to save the exported session keys</t>
         </is>
       </c>
       <c r="G1021" t="inlineStr"/>
       <c r="H1021" t="inlineStr"/>
     </row>
     <row r="1022">
       <c r="A1022" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27324</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B1022" t="inlineStr">
         <is>
-          <t>MANAGE</t>
+          <t>CACHED</t>
         </is>
       </c>
       <c r="C1022" t="inlineStr">
         <is>
-          <t>ADMINISTRI</t>
+          <t>KAŜMEMORITA</t>
         </is>
       </c>
       <c r="D1022" t="inlineStr"/>
       <c r="E1022" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1022" t="inlineStr">
         <is>
-          <t>UserSettingsPageMANAGE</t>
+          <t>UserSettingsPageCACHED</t>
         </is>
       </c>
       <c r="G1022" t="inlineStr"/>
       <c r="H1022" t="inlineStr"/>
     </row>
     <row r="1023">
       <c r="A1023" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27359</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B1023" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>NOT CACHED</t>
         </is>
       </c>
       <c r="C1023" t="inlineStr">
         <is>
-          <t>Reen</t>
+          <t>NE KAŜMEMORITA</t>
         </is>
       </c>
       <c r="D1023" t="inlineStr"/>
       <c r="E1023" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1023" t="inlineStr">
         <is>
-          <t>UserSettingsPageBack</t>
+          <t>UserSettingsPageNOT CACHED</t>
         </is>
       </c>
       <c r="G1023" t="inlineStr"/>
       <c r="H1023" t="inlineStr"/>
     </row>
     <row r="1024">
       <c r="A1024" t="inlineStr">
         <is>
-          <t>../../src/encryption/VerificationManager.cpp:27502</t>
+          <t>../qml/pages/UserSettingsPage.qml:27396</t>
         </is>
       </c>
       <c r="B1024" t="inlineStr">
         <is>
-          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>IMPORT</t>
         </is>
       </c>
       <c r="C1024" t="inlineStr">
         <is>
-          <t>Neniu ĉifrita privata babilo kun ĉi tiu uzanto troviĝis. Kreu ĉifritan privatan babilon kun ĉi tiu uzanto kaj reprovu.</t>
+          <t>ENPORTI</t>
         </is>
       </c>
       <c r="D1024" t="inlineStr"/>
       <c r="E1024" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1024" t="inlineStr">
         <is>
-          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>UserSettingsPageIMPORT</t>
         </is>
       </c>
       <c r="G1024" t="inlineStr"/>
       <c r="H1024" t="inlineStr"/>
     </row>
     <row r="1025">
       <c r="A1025" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27514</t>
+          <t>../qml/pages/UserSettingsPage.qml:27400</t>
         </is>
       </c>
       <c r="B1025" t="inlineStr">
         <is>
-          <t>Waiting for other party…</t>
+          <t>EXPORT</t>
         </is>
       </c>
       <c r="C1025" t="inlineStr">
         <is>
-          <t>Atendante la aliulon…</t>
+          <t>ELPORTI</t>
         </is>
       </c>
       <c r="D1025" t="inlineStr"/>
       <c r="E1025" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1025" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other party…</t>
+          <t>UserSettingsPageEXPORT</t>
         </is>
       </c>
       <c r="G1025" t="inlineStr"/>
       <c r="H1025" t="inlineStr"/>
     </row>
     <row r="1026">
       <c r="A1026" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27526</t>
+          <t>../qml/pages/UserSettingsPage.qml:27409</t>
         </is>
       </c>
       <c r="B1026" t="inlineStr">
         <is>
-          <t>Waiting for other side to accept the verification request.</t>
+          <t>DOWNLOAD</t>
         </is>
       </c>
       <c r="C1026" t="inlineStr">
         <is>
-          <t>Atendante, ĝis la aliulo akceptos la kontrolpeton.</t>
+          <t>ELŜUTI</t>
         </is>
       </c>
       <c r="D1026" t="inlineStr"/>
       <c r="E1026" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1026" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to accept the verification request.</t>
+          <t>UserSettingsPageDOWNLOAD</t>
         </is>
       </c>
       <c r="G1026" t="inlineStr"/>
       <c r="H1026" t="inlineStr"/>
     </row>
     <row r="1027">
       <c r="A1027" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27528</t>
+          <t>../qml/pages/UserSettingsPage.qml:27413</t>
         </is>
       </c>
       <c r="B1027" t="inlineStr">
         <is>
-          <t>Waiting for other side to continue the verification process.</t>
+          <t>REQUEST</t>
         </is>
       </c>
       <c r="C1027" t="inlineStr">
         <is>
-          <t>Atendante, ĝis la aliulo finos la kontrolon.</t>
+          <t>PETI</t>
         </is>
       </c>
       <c r="D1027" t="inlineStr"/>
       <c r="E1027" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1027" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to continue the verification process.</t>
+          <t>UserSettingsPageREQUEST</t>
         </is>
       </c>
       <c r="G1027" t="inlineStr"/>
       <c r="H1027" t="inlineStr"/>
     </row>
     <row r="1028">
       <c r="A1028" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27530</t>
+          <t>../qml/pages/UserSettingsPage.qml:27421</t>
         </is>
       </c>
       <c r="B1028" t="inlineStr">
         <is>
-          <t>Waiting for other side to complete the verification process.</t>
+          <t>CONFIGURE</t>
         </is>
       </c>
       <c r="C1028" t="inlineStr">
         <is>
-          <t>Atendante, ĝis la aliulo finos la kontrolon.</t>
+          <t>AGORDI</t>
         </is>
       </c>
       <c r="D1028" t="inlineStr"/>
       <c r="E1028" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1028" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to complete the verification process.</t>
+          <t>UserSettingsPageCONFIGURE</t>
         </is>
       </c>
       <c r="G1028" t="inlineStr"/>
       <c r="H1028" t="inlineStr"/>
     </row>
     <row r="1029">
       <c r="A1029" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27549</t>
+          <t>../qml/pages/UserSettingsPage.qml:27439</t>
         </is>
       </c>
       <c r="B1029" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>MANAGE</t>
         </is>
       </c>
       <c r="C1029" t="inlineStr">
         <is>
-          <t>Nuligi</t>
+          <t>ADMINISTRI</t>
         </is>
       </c>
       <c r="D1029" t="inlineStr"/>
       <c r="E1029" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1029" t="inlineStr">
         <is>
-          <t>WaitingCancel</t>
+          <t>UserSettingsPageMANAGE</t>
         </is>
       </c>
       <c r="G1029" t="inlineStr"/>
       <c r="H1029" t="inlineStr"/>
     </row>
     <row r="1030">
       <c r="A1030" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27579</t>
+          <t>../qml/pages/UserSettingsPage.qml:27474</t>
         </is>
       </c>
       <c r="B1030" t="inlineStr">
         <is>
-          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C1030" t="inlineStr">
         <is>
-          <t>Bonvenu al Nheko! La labortabla kliento por la protokolo Matrikso.</t>
+          <t>Reen</t>
         </is>
       </c>
       <c r="D1030" t="inlineStr"/>
       <c r="E1030" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1030" t="inlineStr">
         <is>
+          <t>UserSettingsPageBack</t>
+        </is>
+      </c>
+      <c r="G1030" t="inlineStr"/>
+      <c r="H1030" t="inlineStr"/>
+    </row>
+    <row r="1031">
+      <c r="A1031" t="inlineStr">
+        <is>
+          <t>../../src/encryption/VerificationManager.cpp:27617</t>
+        </is>
+      </c>
+      <c r="B1031" t="inlineStr">
+        <is>
+          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+        </is>
+      </c>
+      <c r="C1031" t="inlineStr">
+        <is>
+          <t>Neniu ĉifrita privata babilo kun ĉi tiu uzanto troviĝis. Kreu ĉifritan privatan babilon kun ĉi tiu uzanto kaj reprovu.</t>
+        </is>
+      </c>
+      <c r="D1031" t="inlineStr"/>
+      <c r="E1031" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1031" t="inlineStr">
+        <is>
+          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+        </is>
+      </c>
+      <c r="G1031" t="inlineStr"/>
+      <c r="H1031" t="inlineStr"/>
+    </row>
+    <row r="1032">
+      <c r="A1032" t="inlineStr">
+        <is>
+          <t>../qml/device-verification/Waiting.qml:27629</t>
+        </is>
+      </c>
+      <c r="B1032" t="inlineStr">
+        <is>
+          <t>Waiting for other party…</t>
+        </is>
+      </c>
+      <c r="C1032" t="inlineStr">
+        <is>
+          <t>Atendante la aliulon…</t>
+        </is>
+      </c>
+      <c r="D1032" t="inlineStr"/>
+      <c r="E1032" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1032" t="inlineStr">
+        <is>
+          <t>WaitingWaiting for other party…</t>
+        </is>
+      </c>
+      <c r="G1032" t="inlineStr"/>
+      <c r="H1032" t="inlineStr"/>
+    </row>
+    <row r="1033">
+      <c r="A1033" t="inlineStr">
+        <is>
+          <t>../qml/device-verification/Waiting.qml:27641</t>
+        </is>
+      </c>
+      <c r="B1033" t="inlineStr">
+        <is>
+          <t>Waiting for other side to accept the verification request.</t>
+        </is>
+      </c>
+      <c r="C1033" t="inlineStr">
+        <is>
+          <t>Atendante, ĝis la aliulo akceptos la kontrolpeton.</t>
+        </is>
+      </c>
+      <c r="D1033" t="inlineStr"/>
+      <c r="E1033" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1033" t="inlineStr">
+        <is>
+          <t>WaitingWaiting for other side to accept the verification request.</t>
+        </is>
+      </c>
+      <c r="G1033" t="inlineStr"/>
+      <c r="H1033" t="inlineStr"/>
+    </row>
+    <row r="1034">
+      <c r="A1034" t="inlineStr">
+        <is>
+          <t>../qml/device-verification/Waiting.qml:27643</t>
+        </is>
+      </c>
+      <c r="B1034" t="inlineStr">
+        <is>
+          <t>Waiting for other side to continue the verification process.</t>
+        </is>
+      </c>
+      <c r="C1034" t="inlineStr">
+        <is>
+          <t>Atendante, ĝis la aliulo finos la kontrolon.</t>
+        </is>
+      </c>
+      <c r="D1034" t="inlineStr"/>
+      <c r="E1034" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1034" t="inlineStr">
+        <is>
+          <t>WaitingWaiting for other side to continue the verification process.</t>
+        </is>
+      </c>
+      <c r="G1034" t="inlineStr"/>
+      <c r="H1034" t="inlineStr"/>
+    </row>
+    <row r="1035">
+      <c r="A1035" t="inlineStr">
+        <is>
+          <t>../qml/device-verification/Waiting.qml:27645</t>
+        </is>
+      </c>
+      <c r="B1035" t="inlineStr">
+        <is>
+          <t>Waiting for other side to complete the verification process.</t>
+        </is>
+      </c>
+      <c r="C1035" t="inlineStr">
+        <is>
+          <t>Atendante, ĝis la aliulo finos la kontrolon.</t>
+        </is>
+      </c>
+      <c r="D1035" t="inlineStr"/>
+      <c r="E1035" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1035" t="inlineStr">
+        <is>
+          <t>WaitingWaiting for other side to complete the verification process.</t>
+        </is>
+      </c>
+      <c r="G1035" t="inlineStr"/>
+      <c r="H1035" t="inlineStr"/>
+    </row>
+    <row r="1036">
+      <c r="A1036" t="inlineStr">
+        <is>
+          <t>../qml/device-verification/Waiting.qml:27664</t>
+        </is>
+      </c>
+      <c r="B1036" t="inlineStr">
+        <is>
+          <t>Cancel</t>
+        </is>
+      </c>
+      <c r="C1036" t="inlineStr">
+        <is>
+          <t>Nuligi</t>
+        </is>
+      </c>
+      <c r="D1036" t="inlineStr"/>
+      <c r="E1036" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1036" t="inlineStr">
+        <is>
+          <t>WaitingCancel</t>
+        </is>
+      </c>
+      <c r="G1036" t="inlineStr"/>
+      <c r="H1036" t="inlineStr"/>
+    </row>
+    <row r="1037">
+      <c r="A1037" t="inlineStr">
+        <is>
+          <t>../qml/pages/WelcomePage.qml:27694</t>
+        </is>
+      </c>
+      <c r="B1037" t="inlineStr">
+        <is>
+          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
+        </is>
+      </c>
+      <c r="C1037" t="inlineStr">
+        <is>
+          <t>Bonvenu al Nheko! La labortabla kliento por la protokolo Matrikso.</t>
+        </is>
+      </c>
+      <c r="D1037" t="inlineStr"/>
+      <c r="E1037" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1037" t="inlineStr">
+        <is>
           <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
         </is>
       </c>
-      <c r="G1030" t="inlineStr"/>
-      <c r="H1030" t="inlineStr">
+      <c r="G1037" t="inlineStr"/>
+      <c r="H1037" t="inlineStr">
         <is>
           <t xml:space="preserve">
 Should "Matrico" be "Matrica"? (I don't think so)</t>
         </is>
       </c>
     </row>
-    <row r="1031">
-[...208 lines deleted...]
-    </row>
     <row r="1038">
       <c r="A1038" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28042</t>
+          <t>../qml/pages/WelcomePage.qml:27704</t>
         </is>
       </c>
       <c r="B1038" t="inlineStr">
         <is>
-          <t>Nature</t>
+          <t>Enjoy your stay!</t>
         </is>
       </c>
       <c r="C1038" t="inlineStr">
         <is>
-          <t>Naturo</t>
+          <t>Ĝuu vian ĉeeston!</t>
         </is>
       </c>
       <c r="D1038" t="inlineStr"/>
       <c r="E1038" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1038" t="inlineStr">
         <is>
-          <t>emoji-catagoryNature</t>
+          <t>WelcomePageEnjoy your stay!</t>
         </is>
       </c>
       <c r="G1038" t="inlineStr"/>
       <c r="H1038" t="inlineStr"/>
     </row>
     <row r="1039">
       <c r="A1039" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28044</t>
+          <t>../qml/pages/WelcomePage.qml:27718</t>
         </is>
       </c>
       <c r="B1039" t="inlineStr">
         <is>
-          <t>Food</t>
+          <t>REGISTER</t>
         </is>
       </c>
       <c r="C1039" t="inlineStr">
         <is>
-          <t>Manĝaĵoj</t>
+          <t>REGISTRIĜI</t>
         </is>
       </c>
       <c r="D1039" t="inlineStr"/>
       <c r="E1039" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1039" t="inlineStr">
         <is>
-          <t>emoji-catagoryFood</t>
+          <t>WelcomePageREGISTER</t>
         </is>
       </c>
       <c r="G1039" t="inlineStr"/>
       <c r="H1039" t="inlineStr"/>
     </row>
     <row r="1040">
       <c r="A1040" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28046</t>
+          <t>../qml/pages/WelcomePage.qml:27726</t>
         </is>
       </c>
       <c r="B1040" t="inlineStr">
         <is>
-          <t>Activity</t>
+          <t>LOGIN</t>
         </is>
       </c>
       <c r="C1040" t="inlineStr">
         <is>
-          <t>Aktiveco</t>
+          <t>SALUTI</t>
         </is>
       </c>
       <c r="D1040" t="inlineStr"/>
       <c r="E1040" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1040" t="inlineStr">
         <is>
-          <t>emoji-catagoryActivity</t>
+          <t>WelcomePageLOGIN</t>
         </is>
       </c>
       <c r="G1040" t="inlineStr"/>
       <c r="H1040" t="inlineStr"/>
     </row>
     <row r="1041">
       <c r="A1041" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28048</t>
+          <t>../qml/pages/WelcomePage.qml:27752</t>
         </is>
       </c>
       <c r="B1041" t="inlineStr">
         <is>
-          <t>Travel</t>
+          <t>Reduce animations</t>
         </is>
       </c>
       <c r="C1041" t="inlineStr">
         <is>
-          <t>Vojaĝoj</t>
+          <t>Malpliigi movbildojn</t>
         </is>
       </c>
       <c r="D1041" t="inlineStr"/>
       <c r="E1041" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1041" t="inlineStr">
         <is>
-          <t>emoji-catagoryTravel</t>
+          <t>WelcomePageReduce animations</t>
         </is>
       </c>
       <c r="G1041" t="inlineStr"/>
       <c r="H1041" t="inlineStr"/>
     </row>
     <row r="1042">
       <c r="A1042" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28050</t>
+          <t>../qml/pages/WelcomePage.qml:27759</t>
         </is>
       </c>
       <c r="B1042" t="inlineStr">
         <is>
-          <t>Objects</t>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="C1042" t="inlineStr">
         <is>
-          <t>Objektoj</t>
+          <t>Nheko uzas movbildojn kelkloke por plibeligi sin. Per ĉi tio vi povas ilin malŝalti, se ili malplaĉas al vi.</t>
         </is>
       </c>
       <c r="D1042" t="inlineStr"/>
       <c r="E1042" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1042" t="inlineStr">
         <is>
-          <t>emoji-catagoryObjects</t>
+          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="G1042" t="inlineStr"/>
       <c r="H1042" t="inlineStr"/>
     </row>
     <row r="1043">
       <c r="A1043" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28052</t>
+          <t>../../src/Utils.cpp:28143</t>
         </is>
       </c>
       <c r="B1043" t="inlineStr">
         <is>
-          <t>Symbols</t>
+          <t>Yesterday</t>
         </is>
       </c>
       <c r="C1043" t="inlineStr">
         <is>
-          <t>Simboloj</t>
+          <t>Hieraŭ</t>
         </is>
       </c>
       <c r="D1043" t="inlineStr"/>
       <c r="E1043" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1043" t="inlineStr">
         <is>
-          <t>emoji-catagorySymbols</t>
+          <t>descriptiveTimeYesterday</t>
         </is>
       </c>
       <c r="G1043" t="inlineStr"/>
       <c r="H1043" t="inlineStr"/>
     </row>
     <row r="1044">
       <c r="A1044" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28054</t>
+          <t>../../src/emoji/Emoji.cpp:28156</t>
         </is>
       </c>
       <c r="B1044" t="inlineStr">
         <is>
-          <t>Flags</t>
+          <t>People</t>
         </is>
       </c>
       <c r="C1044" t="inlineStr">
         <is>
-          <t>Flagoj</t>
+          <t>Homoj</t>
         </is>
       </c>
       <c r="D1044" t="inlineStr"/>
       <c r="E1044" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1044" t="inlineStr">
         <is>
-          <t>emoji-catagoryFlags</t>
+          <t>emoji-catagoryPeople</t>
         </is>
       </c>
       <c r="G1044" t="inlineStr"/>
       <c r="H1044" t="inlineStr"/>
     </row>
     <row r="1045">
       <c r="A1045" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:28042</t>
+          <t>../../src/emoji/Emoji.cpp:28158</t>
         </is>
       </c>
       <c r="B1045" t="inlineStr">
         <is>
-          <t>Message contains spoiler.</t>
+          <t>Nature</t>
         </is>
       </c>
       <c r="C1045" t="inlineStr">
         <is>
-          <t>Mesaĝo enhavas malkaŝon de intrigo.</t>
+          <t>Naturo</t>
         </is>
       </c>
       <c r="D1045" t="inlineStr"/>
       <c r="E1045" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1045" t="inlineStr">
         <is>
-          <t>macosNotificationMessage contains spoiler.</t>
+          <t>emoji-catagoryNature</t>
         </is>
       </c>
       <c r="G1045" t="inlineStr"/>
       <c r="H1045" t="inlineStr"/>
     </row>
     <row r="1046">
       <c r="A1046" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27734</t>
+          <t>../../src/emoji/Emoji.cpp:28160</t>
         </is>
       </c>
       <c r="B1046" t="inlineStr">
         <is>
-          <t>You sent an audio clip</t>
+          <t>Food</t>
         </is>
       </c>
       <c r="C1046" t="inlineStr">
         <is>
-          <t>Vi sendis sonmesaĝon</t>
+          <t>Manĝaĵoj</t>
         </is>
       </c>
       <c r="D1046" t="inlineStr"/>
       <c r="E1046" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1046" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an audio clip</t>
+          <t>emoji-catagoryFood</t>
         </is>
       </c>
       <c r="G1046" t="inlineStr"/>
       <c r="H1046" t="inlineStr"/>
     </row>
     <row r="1047">
       <c r="A1047" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27737</t>
+          <t>../../src/emoji/Emoji.cpp:28162</t>
         </is>
       </c>
       <c r="B1047" t="inlineStr">
         <is>
-          <t>%1 sent an audio clip</t>
+          <t>Activity</t>
         </is>
       </c>
       <c r="C1047" t="inlineStr">
         <is>
-          <t>%1 sendis sonmesaĝon</t>
+          <t>Aktiveco</t>
         </is>
       </c>
       <c r="D1047" t="inlineStr"/>
       <c r="E1047" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1047" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an audio clip</t>
+          <t>emoji-catagoryActivity</t>
         </is>
       </c>
       <c r="G1047" t="inlineStr"/>
       <c r="H1047" t="inlineStr"/>
     </row>
     <row r="1048">
       <c r="A1048" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27741</t>
+          <t>../../src/emoji/Emoji.cpp:28164</t>
         </is>
       </c>
       <c r="B1048" t="inlineStr">
         <is>
-          <t>You sent an image</t>
+          <t>Travel</t>
         </is>
       </c>
       <c r="C1048" t="inlineStr">
         <is>
-          <t>Vi sendis bildon</t>
+          <t>Vojaĝoj</t>
         </is>
       </c>
       <c r="D1048" t="inlineStr"/>
       <c r="E1048" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1048" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an image</t>
+          <t>emoji-catagoryTravel</t>
         </is>
       </c>
       <c r="G1048" t="inlineStr"/>
       <c r="H1048" t="inlineStr"/>
     </row>
     <row r="1049">
       <c r="A1049" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27743</t>
+          <t>../../src/emoji/Emoji.cpp:28166</t>
         </is>
       </c>
       <c r="B1049" t="inlineStr">
         <is>
-          <t>%1 sent an image</t>
+          <t>Objects</t>
         </is>
       </c>
       <c r="C1049" t="inlineStr">
         <is>
-          <t>%1 sendis bildon</t>
+          <t>Objektoj</t>
         </is>
       </c>
       <c r="D1049" t="inlineStr"/>
       <c r="E1049" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1049" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an image</t>
+          <t>emoji-catagoryObjects</t>
         </is>
       </c>
       <c r="G1049" t="inlineStr"/>
       <c r="H1049" t="inlineStr"/>
     </row>
     <row r="1050">
       <c r="A1050" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27747</t>
+          <t>../../src/emoji/Emoji.cpp:28168</t>
         </is>
       </c>
       <c r="B1050" t="inlineStr">
         <is>
-          <t>You sent a file</t>
+          <t>Symbols</t>
         </is>
       </c>
       <c r="C1050" t="inlineStr">
         <is>
-          <t>Vi sendis dosieron</t>
+          <t>Simboloj</t>
         </is>
       </c>
       <c r="D1050" t="inlineStr"/>
       <c r="E1050" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1050" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a file</t>
+          <t>emoji-catagorySymbols</t>
         </is>
       </c>
       <c r="G1050" t="inlineStr"/>
       <c r="H1050" t="inlineStr"/>
     </row>
     <row r="1051">
       <c r="A1051" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27749</t>
+          <t>../../src/emoji/Emoji.cpp:28170</t>
         </is>
       </c>
       <c r="B1051" t="inlineStr">
         <is>
-          <t>%1 sent a file</t>
+          <t>Flags</t>
         </is>
       </c>
       <c r="C1051" t="inlineStr">
         <is>
-          <t>%1 sendis dosieron</t>
+          <t>Flagoj</t>
         </is>
       </c>
       <c r="D1051" t="inlineStr"/>
       <c r="E1051" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1051" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a file</t>
+          <t>emoji-catagoryFlags</t>
         </is>
       </c>
       <c r="G1051" t="inlineStr"/>
       <c r="H1051" t="inlineStr"/>
     </row>
     <row r="1052">
       <c r="A1052" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27753</t>
+          <t>../../src/notifications/ManagerMac.cpp:28158</t>
         </is>
       </c>
       <c r="B1052" t="inlineStr">
         <is>
-          <t>You sent a video</t>
+          <t>Message contains spoiler.</t>
         </is>
       </c>
       <c r="C1052" t="inlineStr">
         <is>
-          <t>Vi sendis filmon</t>
+          <t>Mesaĝo enhavas malkaŝon de intrigo.</t>
         </is>
       </c>
       <c r="D1052" t="inlineStr"/>
       <c r="E1052" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1052" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a video</t>
+          <t>macosNotificationMessage contains spoiler.</t>
         </is>
       </c>
       <c r="G1052" t="inlineStr"/>
       <c r="H1052" t="inlineStr"/>
     </row>
     <row r="1053">
       <c r="A1053" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27755</t>
+          <t>../../src/Utils.cpp:27850</t>
         </is>
       </c>
       <c r="B1053" t="inlineStr">
         <is>
-          <t>%1 sent a video</t>
+          <t>You sent an audio clip</t>
         </is>
       </c>
       <c r="C1053" t="inlineStr">
         <is>
-          <t>%1 sendis filmon</t>
+          <t>Vi sendis sonmesaĝon</t>
         </is>
       </c>
       <c r="D1053" t="inlineStr"/>
       <c r="E1053" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1053" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a video</t>
+          <t>message-description sent:You sent an audio clip</t>
         </is>
       </c>
       <c r="G1053" t="inlineStr"/>
       <c r="H1053" t="inlineStr"/>
     </row>
     <row r="1054">
       <c r="A1054" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27759</t>
+          <t>../../src/Utils.cpp:27853</t>
         </is>
       </c>
       <c r="B1054" t="inlineStr">
         <is>
-          <t>You sent a sticker</t>
+          <t>%1 sent an audio clip</t>
         </is>
       </c>
       <c r="C1054" t="inlineStr">
         <is>
-          <t>Vi sendis glumarkon</t>
+          <t>%1 sendis sonmesaĝon</t>
         </is>
       </c>
       <c r="D1054" t="inlineStr"/>
       <c r="E1054" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1054" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a sticker</t>
+          <t>message-description sent:%1 sent an audio clip</t>
         </is>
       </c>
       <c r="G1054" t="inlineStr"/>
       <c r="H1054" t="inlineStr"/>
     </row>
     <row r="1055">
       <c r="A1055" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27761</t>
+          <t>../../src/Utils.cpp:27857</t>
         </is>
       </c>
       <c r="B1055" t="inlineStr">
         <is>
-          <t>%1 sent a sticker</t>
+          <t>You sent an image</t>
         </is>
       </c>
       <c r="C1055" t="inlineStr">
         <is>
-          <t>%1 sendis glumarkon</t>
+          <t>Vi sendis bildon</t>
         </is>
       </c>
       <c r="D1055" t="inlineStr"/>
       <c r="E1055" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1055" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a sticker</t>
+          <t>message-description sent:You sent an image</t>
         </is>
       </c>
       <c r="G1055" t="inlineStr"/>
       <c r="H1055" t="inlineStr"/>
     </row>
     <row r="1056">
       <c r="A1056" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27765</t>
+          <t>../../src/Utils.cpp:27859</t>
         </is>
       </c>
       <c r="B1056" t="inlineStr">
         <is>
-          <t>You sent a notification</t>
+          <t>%1 sent an image</t>
         </is>
       </c>
       <c r="C1056" t="inlineStr">
         <is>
-          <t>Vi sendis sciigon</t>
+          <t>%1 sendis bildon</t>
         </is>
       </c>
       <c r="D1056" t="inlineStr"/>
       <c r="E1056" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1056" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a notification</t>
+          <t>message-description sent:%1 sent an image</t>
         </is>
       </c>
       <c r="G1056" t="inlineStr"/>
       <c r="H1056" t="inlineStr"/>
     </row>
     <row r="1057">
       <c r="A1057" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27768</t>
+          <t>../../src/Utils.cpp:27863</t>
         </is>
       </c>
       <c r="B1057" t="inlineStr">
         <is>
-          <t>%1 sent a notification</t>
+          <t>You sent a file</t>
         </is>
       </c>
       <c r="C1057" t="inlineStr">
         <is>
-          <t>%1 sendis sciigon</t>
+          <t>Vi sendis dosieron</t>
         </is>
       </c>
       <c r="D1057" t="inlineStr"/>
       <c r="E1057" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1057" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a notification</t>
+          <t>message-description sent:You sent a file</t>
         </is>
       </c>
       <c r="G1057" t="inlineStr"/>
       <c r="H1057" t="inlineStr"/>
     </row>
     <row r="1058">
       <c r="A1058" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27800</t>
+          <t>../../src/Utils.cpp:27865</t>
         </is>
       </c>
       <c r="B1058" t="inlineStr">
         <is>
-          <t>You sent a spoiler.</t>
+          <t>%1 sent a file</t>
         </is>
       </c>
       <c r="C1058" t="inlineStr">
         <is>
-          <t>Vi sendis malkaŝon de intrigo.</t>
+          <t>%1 sendis dosieron</t>
         </is>
       </c>
       <c r="D1058" t="inlineStr"/>
       <c r="E1058" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1058" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a spoiler.</t>
+          <t>message-description sent:%1 sent a file</t>
         </is>
       </c>
       <c r="G1058" t="inlineStr"/>
       <c r="H1058" t="inlineStr"/>
     </row>
     <row r="1059">
       <c r="A1059" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27803</t>
+          <t>../../src/Utils.cpp:27869</t>
         </is>
       </c>
       <c r="B1059" t="inlineStr">
         <is>
-          <t>%1 sent a spoiler.</t>
+          <t>You sent a video</t>
         </is>
       </c>
       <c r="C1059" t="inlineStr">
         <is>
-          <t>%1 sendis malkaŝon de intrigo.</t>
+          <t>Vi sendis filmon</t>
         </is>
       </c>
       <c r="D1059" t="inlineStr"/>
       <c r="E1059" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1059" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a spoiler.</t>
+          <t>message-description sent:You sent a video</t>
         </is>
       </c>
       <c r="G1059" t="inlineStr"/>
       <c r="H1059" t="inlineStr"/>
     </row>
     <row r="1060">
       <c r="A1060" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27809</t>
+          <t>../../src/Utils.cpp:27871</t>
         </is>
       </c>
       <c r="B1060" t="inlineStr">
         <is>
-          <t>You: %1</t>
+          <t>%1 sent a video</t>
         </is>
       </c>
       <c r="C1060" t="inlineStr">
         <is>
-          <t>Vi: %1</t>
+          <t>%1 sendis filmon</t>
         </is>
       </c>
       <c r="D1060" t="inlineStr"/>
       <c r="E1060" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1060" t="inlineStr">
         <is>
-          <t>message-description sent:You: %1</t>
+          <t>message-description sent:%1 sent a video</t>
         </is>
       </c>
       <c r="G1060" t="inlineStr"/>
       <c r="H1060" t="inlineStr"/>
     </row>
     <row r="1061">
       <c r="A1061" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27812</t>
+          <t>../../src/Utils.cpp:27875</t>
         </is>
       </c>
       <c r="B1061" t="inlineStr">
         <is>
-          <t>%1: %2</t>
+          <t>You sent a sticker</t>
         </is>
       </c>
       <c r="C1061" t="inlineStr">
         <is>
-          <t>%1: %2</t>
+          <t>Vi sendis glumarkon</t>
         </is>
       </c>
       <c r="D1061" t="inlineStr"/>
       <c r="E1061" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1061" t="inlineStr">
         <is>
-          <t>message-description sent:%1: %2</t>
+          <t>message-description sent:You sent a sticker</t>
         </is>
       </c>
       <c r="G1061" t="inlineStr"/>
       <c r="H1061" t="inlineStr"/>
     </row>
     <row r="1062">
       <c r="A1062" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27791</t>
+          <t>../../src/Utils.cpp:27877</t>
         </is>
       </c>
       <c r="B1062" t="inlineStr">
         <is>
-          <t>You sent a chat effect</t>
+          <t>%1 sent a sticker</t>
         </is>
       </c>
       <c r="C1062" t="inlineStr">
         <is>
-          <t>Vi sendis babilejan efekton</t>
+          <t>%1 sendis glumarkon</t>
         </is>
       </c>
       <c r="D1062" t="inlineStr"/>
       <c r="E1062" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1062" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a chat effect</t>
+          <t>message-description sent:%1 sent a sticker</t>
         </is>
       </c>
       <c r="G1062" t="inlineStr"/>
       <c r="H1062" t="inlineStr"/>
     </row>
     <row r="1063">
       <c r="A1063" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27794</t>
+          <t>../../src/Utils.cpp:27881</t>
         </is>
       </c>
       <c r="B1063" t="inlineStr">
         <is>
-          <t>%1 sent a chat effect</t>
+          <t>You sent a notification</t>
         </is>
       </c>
       <c r="C1063" t="inlineStr">
         <is>
-          <t>%1 sendis babilejan efekton</t>
+          <t>Vi sendis sciigon</t>
         </is>
       </c>
       <c r="D1063" t="inlineStr"/>
       <c r="E1063" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1063" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a chat effect</t>
+          <t>message-description sent:You sent a notification</t>
         </is>
       </c>
       <c r="G1063" t="inlineStr"/>
       <c r="H1063" t="inlineStr"/>
     </row>
     <row r="1064">
       <c r="A1064" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27817</t>
+          <t>../../src/Utils.cpp:27884</t>
         </is>
       </c>
       <c r="B1064" t="inlineStr">
         <is>
-          <t>* %1 spoils something.</t>
+          <t>%1 sent a notification</t>
         </is>
       </c>
       <c r="C1064" t="inlineStr">
         <is>
-          <t>* %1 malkaŝas la intrigon.</t>
+          <t>%1 sendis sciigon</t>
         </is>
       </c>
       <c r="D1064" t="inlineStr"/>
       <c r="E1064" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1064" t="inlineStr">
         <is>
-          <t>message-description sent:* %1 spoils something.</t>
+          <t>message-description sent:%1 sent a notification</t>
         </is>
       </c>
       <c r="G1064" t="inlineStr"/>
       <c r="H1064" t="inlineStr"/>
     </row>
     <row r="1065">
       <c r="A1065" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27825</t>
+          <t>../../src/Utils.cpp:27916</t>
         </is>
       </c>
       <c r="B1065" t="inlineStr">
         <is>
-          <t>You sent an encrypted message</t>
+          <t>You sent a spoiler.</t>
         </is>
       </c>
       <c r="C1065" t="inlineStr">
         <is>
-          <t>Vi sendis ĉifritan mesaĝon</t>
+          <t>Vi sendis malkaŝon de intrigo.</t>
         </is>
       </c>
       <c r="D1065" t="inlineStr"/>
       <c r="E1065" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1065" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an encrypted message</t>
-[...6 lines deleted...]
-      </c>
+          <t>message-description sent:You sent a spoiler.</t>
+        </is>
+      </c>
+      <c r="G1065" t="inlineStr"/>
       <c r="H1065" t="inlineStr"/>
     </row>
     <row r="1066">
       <c r="A1066" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27828</t>
+          <t>../../src/Utils.cpp:27919</t>
         </is>
       </c>
       <c r="B1066" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
+          <t>%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="C1066" t="inlineStr">
         <is>
-          <t>%1 sendis ĉifritan mesaĝon</t>
+          <t>%1 sendis malkaŝon de intrigo.</t>
         </is>
       </c>
       <c r="D1066" t="inlineStr"/>
       <c r="E1066" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1066" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an encrypted message</t>
+          <t>message-description sent:%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="G1066" t="inlineStr"/>
       <c r="H1066" t="inlineStr"/>
     </row>
     <row r="1067">
       <c r="A1067" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27833</t>
+          <t>../../src/Utils.cpp:27925</t>
         </is>
       </c>
       <c r="B1067" t="inlineStr">
         <is>
-          <t>You placed a call</t>
+          <t>You: %1</t>
         </is>
       </c>
       <c r="C1067" t="inlineStr">
         <is>
-          <t>Vi vokis</t>
+          <t>Vi: %1</t>
         </is>
       </c>
       <c r="D1067" t="inlineStr"/>
       <c r="E1067" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1067" t="inlineStr">
         <is>
-          <t>message-description sent:You placed a call</t>
+          <t>message-description sent:You: %1</t>
         </is>
       </c>
       <c r="G1067" t="inlineStr"/>
       <c r="H1067" t="inlineStr"/>
     </row>
     <row r="1068">
       <c r="A1068" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27835</t>
+          <t>../../src/Utils.cpp:27928</t>
         </is>
       </c>
       <c r="B1068" t="inlineStr">
         <is>
-          <t>%1 placed a call</t>
+          <t>%1: %2</t>
         </is>
       </c>
       <c r="C1068" t="inlineStr">
         <is>
-          <t>%1 vokis</t>
+          <t>%1: %2</t>
         </is>
       </c>
       <c r="D1068" t="inlineStr"/>
       <c r="E1068" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1068" t="inlineStr">
         <is>
-          <t>message-description sent:%1 placed a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>message-description sent:%1: %2</t>
+        </is>
+      </c>
+      <c r="G1068" t="inlineStr"/>
       <c r="H1068" t="inlineStr"/>
     </row>
     <row r="1069">
       <c r="A1069" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27839</t>
+          <t>../../src/Utils.cpp:27907</t>
         </is>
       </c>
       <c r="B1069" t="inlineStr">
         <is>
-          <t>You answered a call</t>
+          <t>You sent a chat effect</t>
         </is>
       </c>
       <c r="C1069" t="inlineStr">
         <is>
-          <t>Vi respondis vokon</t>
+          <t>Vi sendis babilejan efekton</t>
         </is>
       </c>
       <c r="D1069" t="inlineStr"/>
       <c r="E1069" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1069" t="inlineStr">
         <is>
-          <t>message-description sent:You answered a call</t>
+          <t>message-description sent:You sent a chat effect</t>
         </is>
       </c>
       <c r="G1069" t="inlineStr"/>
       <c r="H1069" t="inlineStr"/>
     </row>
     <row r="1070">
       <c r="A1070" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27841</t>
+          <t>../../src/Utils.cpp:27910</t>
         </is>
       </c>
       <c r="B1070" t="inlineStr">
         <is>
-          <t>%1 answered a call</t>
+          <t>%1 sent a chat effect</t>
         </is>
       </c>
       <c r="C1070" t="inlineStr">
         <is>
-          <t>%1 respondis vokon</t>
+          <t>%1 sendis babilejan efekton</t>
         </is>
       </c>
       <c r="D1070" t="inlineStr"/>
       <c r="E1070" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1070" t="inlineStr">
         <is>
-          <t>message-description sent:%1 answered a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>message-description sent:%1 sent a chat effect</t>
+        </is>
+      </c>
+      <c r="G1070" t="inlineStr"/>
       <c r="H1070" t="inlineStr"/>
     </row>
     <row r="1071">
       <c r="A1071" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27845</t>
+          <t>../../src/Utils.cpp:27933</t>
         </is>
       </c>
       <c r="B1071" t="inlineStr">
         <is>
-          <t>You ended a call</t>
+          <t>* %1 spoils something.</t>
         </is>
       </c>
       <c r="C1071" t="inlineStr">
         <is>
-          <t>Vi finis vokon</t>
+          <t>* %1 malkaŝas la intrigon.</t>
         </is>
       </c>
       <c r="D1071" t="inlineStr"/>
       <c r="E1071" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1071" t="inlineStr">
         <is>
-          <t>message-description sent:You ended a call</t>
+          <t>message-description sent:* %1 spoils something.</t>
         </is>
       </c>
       <c r="G1071" t="inlineStr"/>
       <c r="H1071" t="inlineStr"/>
     </row>
     <row r="1072">
       <c r="A1072" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27847</t>
+          <t>../../src/Utils.cpp:27941</t>
         </is>
       </c>
       <c r="B1072" t="inlineStr">
         <is>
-          <t>%1 ended a call</t>
+          <t>You sent an encrypted message</t>
         </is>
       </c>
       <c r="C1072" t="inlineStr">
         <is>
-          <t>%1 finis vokon</t>
+          <t>Vi sendis ĉifritan mesaĝon</t>
         </is>
       </c>
       <c r="D1072" t="inlineStr"/>
       <c r="E1072" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1072" t="inlineStr">
         <is>
-          <t>message-description sent:%1 ended a call</t>
-[...2 lines deleted...]
-      <c r="G1072" t="inlineStr"/>
+          <t>message-description sent:You sent an encrypted message</t>
+        </is>
+      </c>
+      <c r="G1072" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 sendis ĉifritan mesaĝon</t>
+        </is>
+      </c>
       <c r="H1072" t="inlineStr"/>
     </row>
     <row r="1073">
       <c r="A1073" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27851</t>
+          <t>../../src/Utils.cpp:27944</t>
         </is>
       </c>
       <c r="B1073" t="inlineStr">
         <is>
-          <t>You rejected a call</t>
+          <t>%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="C1073" t="inlineStr">
         <is>
-          <t>Vi malakceptis vokon</t>
+          <t>%1 sendis ĉifritan mesaĝon</t>
         </is>
       </c>
       <c r="D1073" t="inlineStr"/>
       <c r="E1073" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1073" t="inlineStr">
         <is>
-          <t>message-description sent:You rejected a call</t>
+          <t>message-description sent:%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="G1073" t="inlineStr"/>
       <c r="H1073" t="inlineStr"/>
     </row>
     <row r="1074">
       <c r="A1074" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27853</t>
+          <t>../../src/Utils.cpp:27949</t>
         </is>
       </c>
       <c r="B1074" t="inlineStr">
         <is>
-          <t>%1 rejected a call</t>
+          <t>You placed a call</t>
         </is>
       </c>
       <c r="C1074" t="inlineStr">
         <is>
-          <t>%1 malakceptis vokon</t>
+          <t>Vi vokis</t>
         </is>
       </c>
       <c r="D1074" t="inlineStr"/>
       <c r="E1074" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1074" t="inlineStr">
         <is>
-          <t>message-description sent:%1 rejected a call</t>
+          <t>message-description sent:You placed a call</t>
         </is>
       </c>
       <c r="G1074" t="inlineStr"/>
       <c r="H1074" t="inlineStr"/>
     </row>
     <row r="1075">
       <c r="A1075" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27856</t>
+          <t>../../src/Utils.cpp:27951</t>
         </is>
       </c>
       <c r="B1075" t="inlineStr">
         <is>
-          <t>Unknown Message Type</t>
+          <t>%1 placed a call</t>
         </is>
       </c>
       <c r="C1075" t="inlineStr">
         <is>
-          <t>Nekonata tipo de mesaĝo</t>
+          <t>%1 vokis</t>
         </is>
       </c>
       <c r="D1075" t="inlineStr"/>
       <c r="E1075" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1075" t="inlineStr">
         <is>
+          <t>message-description sent:%1 placed a call</t>
+        </is>
+      </c>
+      <c r="G1075" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 metis vokon.</t>
+        </is>
+      </c>
+      <c r="H1075" t="inlineStr"/>
+    </row>
+    <row r="1076">
+      <c r="A1076" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27955</t>
+        </is>
+      </c>
+      <c r="B1076" t="inlineStr">
+        <is>
+          <t>You answered a call</t>
+        </is>
+      </c>
+      <c r="C1076" t="inlineStr">
+        <is>
+          <t>Vi respondis vokon</t>
+        </is>
+      </c>
+      <c r="D1076" t="inlineStr"/>
+      <c r="E1076" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1076" t="inlineStr">
+        <is>
+          <t>message-description sent:You answered a call</t>
+        </is>
+      </c>
+      <c r="G1076" t="inlineStr"/>
+      <c r="H1076" t="inlineStr"/>
+    </row>
+    <row r="1077">
+      <c r="A1077" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27957</t>
+        </is>
+      </c>
+      <c r="B1077" t="inlineStr">
+        <is>
+          <t>%1 answered a call</t>
+        </is>
+      </c>
+      <c r="C1077" t="inlineStr">
+        <is>
+          <t>%1 respondis vokon</t>
+        </is>
+      </c>
+      <c r="D1077" t="inlineStr"/>
+      <c r="E1077" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1077" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 answered a call</t>
+        </is>
+      </c>
+      <c r="G1077" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 respondis la vokon.</t>
+        </is>
+      </c>
+      <c r="H1077" t="inlineStr"/>
+    </row>
+    <row r="1078">
+      <c r="A1078" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27961</t>
+        </is>
+      </c>
+      <c r="B1078" t="inlineStr">
+        <is>
+          <t>You ended a call</t>
+        </is>
+      </c>
+      <c r="C1078" t="inlineStr">
+        <is>
+          <t>Vi finis vokon</t>
+        </is>
+      </c>
+      <c r="D1078" t="inlineStr"/>
+      <c r="E1078" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1078" t="inlineStr">
+        <is>
+          <t>message-description sent:You ended a call</t>
+        </is>
+      </c>
+      <c r="G1078" t="inlineStr"/>
+      <c r="H1078" t="inlineStr"/>
+    </row>
+    <row r="1079">
+      <c r="A1079" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27963</t>
+        </is>
+      </c>
+      <c r="B1079" t="inlineStr">
+        <is>
+          <t>%1 ended a call</t>
+        </is>
+      </c>
+      <c r="C1079" t="inlineStr">
+        <is>
+          <t>%1 finis vokon</t>
+        </is>
+      </c>
+      <c r="D1079" t="inlineStr"/>
+      <c r="E1079" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1079" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 ended a call</t>
+        </is>
+      </c>
+      <c r="G1079" t="inlineStr"/>
+      <c r="H1079" t="inlineStr"/>
+    </row>
+    <row r="1080">
+      <c r="A1080" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27967</t>
+        </is>
+      </c>
+      <c r="B1080" t="inlineStr">
+        <is>
+          <t>You rejected a call</t>
+        </is>
+      </c>
+      <c r="C1080" t="inlineStr">
+        <is>
+          <t>Vi malakceptis vokon</t>
+        </is>
+      </c>
+      <c r="D1080" t="inlineStr"/>
+      <c r="E1080" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1080" t="inlineStr">
+        <is>
+          <t>message-description sent:You rejected a call</t>
+        </is>
+      </c>
+      <c r="G1080" t="inlineStr"/>
+      <c r="H1080" t="inlineStr"/>
+    </row>
+    <row r="1081">
+      <c r="A1081" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27969</t>
+        </is>
+      </c>
+      <c r="B1081" t="inlineStr">
+        <is>
+          <t>%1 rejected a call</t>
+        </is>
+      </c>
+      <c r="C1081" t="inlineStr">
+        <is>
+          <t>%1 malakceptis vokon</t>
+        </is>
+      </c>
+      <c r="D1081" t="inlineStr"/>
+      <c r="E1081" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1081" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 rejected a call</t>
+        </is>
+      </c>
+      <c r="G1081" t="inlineStr"/>
+      <c r="H1081" t="inlineStr"/>
+    </row>
+    <row r="1082">
+      <c r="A1082" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27972</t>
+        </is>
+      </c>
+      <c r="B1082" t="inlineStr">
+        <is>
+          <t>Unknown Message Type</t>
+        </is>
+      </c>
+      <c r="C1082" t="inlineStr">
+        <is>
+          <t>Nekonata tipo de mesaĝo</t>
+        </is>
+      </c>
+      <c r="D1082" t="inlineStr"/>
+      <c r="E1082" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1082" t="inlineStr">
+        <is>
           <t>utilsUnknown Message Type</t>
         </is>
       </c>
-      <c r="G1075" t="inlineStr"/>
-      <c r="H1075" t="inlineStr"/>
+      <c r="G1082" t="inlineStr"/>
+      <c r="H1082" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>