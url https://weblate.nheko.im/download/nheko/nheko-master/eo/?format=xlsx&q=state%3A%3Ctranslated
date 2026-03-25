--- v0 (2025-12-05)
+++ v1 (2026-03-25)
@@ -463,637 +463,637 @@
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>fuzzy</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>context</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>translator_comments</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>developer_comments</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7085</t>
+          <t>../../src/CommandCompleter.cpp:7086</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Kick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="C2" t="inlineStr"/>
       <c r="D2" t="inlineStr"/>
       <c r="E2" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>CommandCompleterKick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="G2" t="inlineStr"/>
       <c r="H2" t="inlineStr"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7088</t>
+          <t>../../src/CommandCompleter.cpp:7089</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Ban a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C3" t="inlineStr"/>
       <c r="D3" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>CommandCompleterBan a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G3" t="inlineStr"/>
       <c r="H3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7091</t>
+          <t>../../src/CommandCompleter.cpp:7092</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Unban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C4" t="inlineStr"/>
       <c r="D4" t="inlineStr"/>
       <c r="E4" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>CommandCompleterUnban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G4" t="inlineStr"/>
       <c r="H4" t="inlineStr"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7094</t>
+          <t>../../src/CommandCompleter.cpp:7095</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Redact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="C5" t="inlineStr"/>
       <c r="D5" t="inlineStr"/>
       <c r="E5" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>CommandCompleterRedact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="G5" t="inlineStr"/>
       <c r="H5" t="inlineStr"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7150</t>
+          <t>../../src/CommandCompleter.cpp:7151</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Block all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C6" t="inlineStr"/>
       <c r="D6" t="inlineStr"/>
       <c r="E6" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>CommandCompleterBlock all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G6" t="inlineStr"/>
       <c r="H6" t="inlineStr"/>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7153</t>
+          <t>../../src/CommandCompleter.cpp:7154</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Allow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C7" t="inlineStr"/>
       <c r="D7" t="inlineStr"/>
       <c r="E7" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>CommandCompleterAllow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G7" t="inlineStr"/>
       <c r="H7" t="inlineStr"/>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9674</t>
+          <t>../qml/EncryptionIndicator.qml:9675</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Key is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="C8" t="inlineStr"/>
       <c r="D8" t="inlineStr"/>
       <c r="E8" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>EncryptionIndicatorKey is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="G8" t="inlineStr"/>
       <c r="H8" t="inlineStr"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>../qml/delegates/ImageMessage.qml:10788</t>
+          <t>../qml/delegates/ImageMessage.qml:10800</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Show</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>Montri</t>
         </is>
       </c>
       <c r="D9" t="inlineStr"/>
       <c r="E9" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>ImageMessageShow</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Montri</t>
         </is>
       </c>
       <c r="H9" t="inlineStr"/>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12424</t>
+          <t>../../src/timeline/InputBar.cpp:12436</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="C10" t="inlineStr"/>
       <c r="D10" t="inlineStr"/>
       <c r="E10" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="G10" t="inlineStr"/>
       <c r="H10" t="inlineStr"/>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21217</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21271</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="C11" t="inlineStr"/>
       <c r="D11" t="inlineStr"/>
       <c r="E11" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="G11" t="inlineStr"/>
       <c r="H11" t="inlineStr"/>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21308</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21362</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="C12" t="inlineStr"/>
       <c r="D12" t="inlineStr"/>
       <c r="E12" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="G12" t="inlineStr"/>
       <c r="H12" t="inlineStr"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenu.qml:18348</t>
+          <t>../qml/components/SpaceMenu.qml:18408</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Add or remove from community...</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>Aldoni al aŭ forigi de komunumo…</t>
         </is>
       </c>
       <c r="D13" t="inlineStr"/>
       <c r="E13" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>SpaceMenuAdd or remove from community...</t>
         </is>
       </c>
       <c r="G13" t="inlineStr"/>
       <c r="H13" t="inlineStr"/>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20640</t>
+          <t>../../src/timeline/TimelineModel.cpp:20699</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>%n hour later</t>
         </is>
       </c>
       <c r="C14" t="inlineStr"/>
       <c r="D14" t="inlineStr"/>
       <c r="E14" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>TimelineModel%n hour(s) later</t>
         </is>
       </c>
       <c r="G14" t="inlineStr"/>
       <c r="H14" t="inlineStr"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23242</t>
+          <t>../../src/TrayIcon.cpp:23328</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t xml:space="preserve">
 %n unread message</t>
         </is>
       </c>
       <c r="C15" t="inlineStr"/>
       <c r="D15" t="inlineStr"/>
       <c r="E15" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
           <t>TrayIcon
 %n unread message(s)</t>
         </is>
       </c>
       <c r="G15" t="inlineStr"/>
       <c r="H15" t="inlineStr"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25937</t>
+          <t>../../src/UserSettingsPage.cpp:26049</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Show images automatically</t>
         </is>
       </c>
       <c r="C16" t="inlineStr"/>
       <c r="D16" t="inlineStr"/>
       <c r="E16" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
           <t>UserSettingsModelShow images automatically</t>
         </is>
       </c>
       <c r="G16" t="inlineStr"/>
       <c r="H16" t="inlineStr"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26266</t>
+          <t>../../src/UserSettingsPage.cpp:26374</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
         </is>
       </c>
       <c r="C17" t="inlineStr"/>
       <c r="D17" t="inlineStr"/>
       <c r="E17" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
           <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
         </is>
       </c>
       <c r="G17" t="inlineStr"/>
       <c r="H17" t="inlineStr"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26340</t>
+          <t>../../src/UserSettingsPage.cpp:26448</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="C18" t="inlineStr"/>
       <c r="D18" t="inlineStr"/>
       <c r="E18" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
           <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="G18" t="inlineStr"/>
       <c r="H18" t="inlineStr"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26554</t>
+          <t>../../src/UserSettingsPage.cpp:26662</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Always</t>
         </is>
       </c>
       <c r="C19" t="inlineStr"/>
       <c r="D19" t="inlineStr"/>
       <c r="E19" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>UserSettingsModelAlways</t>
         </is>
       </c>
       <c r="G19" t="inlineStr"/>
       <c r="H19" t="inlineStr"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26555</t>
+          <t>../../src/UserSettingsPage.cpp:26663</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Only in private rooms</t>
         </is>
       </c>
       <c r="C20" t="inlineStr"/>
       <c r="D20" t="inlineStr"/>
       <c r="E20" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>UserSettingsModelOnly in private rooms</t>
         </is>
       </c>
       <c r="G20" t="inlineStr"/>
       <c r="H20" t="inlineStr"/>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26556</t>
+          <t>../../src/UserSettingsPage.cpp:26664</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Never</t>
         </is>
       </c>
       <c r="C21" t="inlineStr"/>
       <c r="D21" t="inlineStr"/>
       <c r="E21" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>UserSettingsModelNever</t>
         </is>
       </c>
       <c r="G21" t="inlineStr"/>
       <c r="H21" t="inlineStr"/>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27071</t>
+          <t>../../src/UserSettingsPage.cpp:27183</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Repeat File Password</t>
         </is>
       </c>
       <c r="C22" t="inlineStr"/>
       <c r="D22" t="inlineStr"/>
       <c r="E22" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>UserSettingsModelRepeat File Password</t>
         </is>
       </c>
       <c r="G22" t="inlineStr"/>
       <c r="H22" t="inlineStr"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27072</t>
+          <t>../../src/UserSettingsPage.cpp:27184</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Repeat the passphrase:</t>
         </is>
       </c>
       <c r="C23" t="inlineStr"/>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>UserSettingsModelRepeat the passphrase:</t>
         </is>
       </c>
       <c r="G23" t="inlineStr"/>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27080</t>
+          <t>../../src/UserSettingsPage.cpp:27192</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Passwords don't match</t>
         </is>
       </c>
       <c r="C24" t="inlineStr"/>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>UserSettingsModelPasswords don't match</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>