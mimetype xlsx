--- v0 (2025-12-06)
+++ v1 (2026-03-19)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H1075"/>
+  <dimension ref="A1:H1082"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -1136,32591 +1136,32722 @@
           <t>Enter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Introduzca salas adicionales que aún no estén en la lista...</t>
         </is>
       </c>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>AllowedRoomsSettingsDialogEnter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="G23" t="inlineStr"/>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4321</t>
+          <t>../../src/Cache.cpp:4322</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>%1 and %2</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>%1 y %2</t>
         </is>
       </c>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Cache
 RoomName%1 and %2</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4323</t>
+          <t>../../src/Cache.cpp:4324</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>%1 and %n other</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>%1 y %n otro</t>
         </is>
       </c>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>Cache%1 and %n other(s)</t>
         </is>
       </c>
       <c r="G25" t="inlineStr"/>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4500</t>
+          <t>../../src/Cache.cpp:4501</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Empty Room</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Sala vacía</t>
         </is>
       </c>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>CacheEmpty Room</t>
         </is>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Vídeo llamada</t>
         </is>
       </c>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>CallInviteVideo Call</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Voice Call</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Llamada de voz</t>
         </is>
       </c>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>CallInviteVoice Call</t>
         </is>
       </c>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4637</t>
+          <t>../qml/voip/CallInvite.qml:4638</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>No se encontró ningún micrófono.</t>
         </is>
       </c>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>CallInviteNo microphone found.</t>
         </is>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Vídeo llamada</t>
         </is>
       </c>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>CallInviteBarVideo Call</t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Voice Call</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>Llamada de voz</t>
         </is>
       </c>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>CallInviteBarVoice Call</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4718</t>
+          <t>../qml/voip/CallInviteBar.qml:4719</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Devices</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>Dispositivos</t>
         </is>
       </c>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>CallInviteBarDevices</t>
         </is>
       </c>
       <c r="G32" t="inlineStr"/>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4729</t>
+          <t>../qml/voip/CallInviteBar.qml:4730</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Accept</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>Aceptar</t>
         </is>
       </c>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>CallInviteBarAccept</t>
         </is>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4733</t>
+          <t>../qml/voip/CallInviteBar.qml:4734</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>No se encontró ningún micrófono.</t>
         </is>
       </c>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>CallInviteBarNo microphone found.</t>
         </is>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4741</t>
+          <t>../qml/voip/CallInviteBar.qml:4742</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Unknown microphone: %1</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>Micrófono desconocido: %1</t>
         </is>
       </c>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>CallInviteBarUnknown microphone: %1</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4750</t>
+          <t>../qml/voip/CallInviteBar.qml:4751</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Unknown camera: %1</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>Cámara desconocida: %1</t>
         </is>
       </c>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>CallInviteBarUnknown camera: %1</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4764</t>
+          <t>../qml/voip/CallInviteBar.qml:4765</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Decline</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>Rechazar</t>
         </is>
       </c>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>CallInviteBarDecline</t>
         </is>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5659</t>
+          <t>../../src/voip/CallManager.cpp:5660</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>CallManagerX11</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5665</t>
+          <t>../../src/voip/CallManager.cpp:5666</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>CallManagerPipeWire</t>
         </is>
       </c>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5684</t>
+          <t>../../src/voip/CallManager.cpp:5685</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Entire screen</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Pantalla completa</t>
         </is>
       </c>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>CallManagerEntire screen</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:5802</t>
+          <t>../../src/ChatPage.cpp:5803</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Failed to invite user: %1</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>No se pudo invitar al usuario: %1</t>
         </is>
       </c>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>ChatPageFailed to invite user: %1</t>
         </is>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6791</t>
+          <t>../../src/ChatPage.cpp:6792</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Invited user: %1</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>Se invitó al usuario: %1</t>
         </is>
       </c>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>ChatPageInvited user: %1</t>
         </is>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6054</t>
+          <t>../../src/ChatPage.cpp:6055</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t xml:space="preserve">%n unread message in room %1
 </t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t xml:space="preserve">%n mensaje no leído en la sala %1
 </t>
         </is>
       </c>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t xml:space="preserve">ChatPage%n unread message(s) in room %1
 </t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6138</t>
+          <t>../../src/ChatPage.cpp:6139</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Confirm logout</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>Confirmar cierre de sesión</t>
         </is>
       </c>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>ChatPageConfirm logout</t>
         </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Confirmar salida</t>
         </is>
       </c>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6240</t>
+          <t>../../src/ChatPage.cpp:6241</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>The cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>La cache en su disco es más reciente de lo que esta versión de Nheko soporta. Por favor actualiza Nheko o limpia la cache.</t>
         </is>
       </c>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>ChatPageThe cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="G45" t="inlineStr">
         <is>
           <t>Suggested in Weblate: El cache en tu disco es más reciente que el soportado por esta versión de Nheko. Por favor actualice Nheko o limpie su cache.
 Suggested in Weblate: La caché en tu disco es más reciente de lo que ésta version de Nheko soporta. Por favor actualiza Nheko o limpia la caché.
 Suggested in Weblate: La caché en tu disco es más reciente de lo que ésta version de Nheko soporta. Por favor actualiza Nheko o limpia la caché</t>
         </is>
       </c>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6281</t>
+          <t>../../src/ChatPage.cpp:6282</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Failed to open database, logging out!</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>Error al abrir la base de datos, ¡cerrando sesión!</t>
         </is>
       </c>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>ChatPageFailed to open database, logging out!</t>
         </is>
       </c>
       <c r="G46" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Error al abrir la base de datos, ¡Cerrando sesión!</t>
         </is>
       </c>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6619</t>
+          <t>../../src/ChatPage.cpp:6620</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Knock on room</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>Toc en la habitación</t>
         </is>
       </c>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>ChatPageKnock on room</t>
         </is>
       </c>
       <c r="G47" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Tocar la puerta</t>
         </is>
       </c>
       <c r="H47" t="inlineStr">
         <is>
           <t xml:space="preserve">
 @CM0use: Empezare a usar "Toc" y no "Llamar" para no confundir ambos terminos</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6623</t>
+          <t>../../src/ChatPage.cpp:6624</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Do you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>¿De verdad quieres hacer toc a %1? Opcionalmente puedes dar una razón para que otros acepten tu toc:</t>
         </is>
       </c>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G48" t="inlineStr">
         <is>
           <t>Suggested in Weblate: ¿De verdad quieres tocar la puerta de %1? Opcionalmente, puedes proporcionar una razón para que los miembros te acepten:</t>
         </is>
       </c>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6638</t>
+          <t>../../src/ChatPage.cpp:6639</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Failed to knock room: %1</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>Fallo al hacer toc a la sala: %1</t>
         </is>
       </c>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>ChatPageFailed to knock room: %1</t>
         </is>
       </c>
       <c r="G49" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Fallo al tocar la puerta: %1
 Suggested in Weblate: Falló tocar la puerta: %1
 Suggested in Weblate: No se pudo unir a la sala %1</t>
         </is>
       </c>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6697</t>
+          <t>../../src/ChatPage.cpp:6698</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Room creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>Falló la creación de la sala: Alias incorrecto</t>
         </is>
       </c>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="G50" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Creación de cuarto fallida: Alias inválido
 Suggested in Weblate: Creacion de cuarto fallida: Alias Invalido</t>
         </is>
       </c>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6732</t>
+          <t>../../src/ChatPage.cpp:6733</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Room %1 created.</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>Sala %1 creada.</t>
         </is>
       </c>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>ChatPageRoom %1 created.</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7273</t>
+          <t>../../src/ChatPage.cpp:7274</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Confirm invite</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>Confirmar invitación</t>
         </is>
       </c>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>ChatPageConfirm invite</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6776</t>
+          <t>../../src/ChatPage.cpp:6777</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Do you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>¿Seguro que quieres invitar a %1 (%2)?</t>
         </is>
       </c>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
           <t>Suggested in Weblate: ¿Está seguro de que desea invitar a 1%(2%)?
 Suggested in Weblate: Realmente desea invitar a %1 (%2)?
 Suggested in Weblate: ¿Realmente desea invitar a %1 (%2)?
 Suggested in Weblate: ¿Realmente deseas invitar a %1 (%2)?</t>
         </is>
       </c>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6788</t>
+          <t>../../src/ChatPage.cpp:6789</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Failed to invite %1 to %2: %3</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>No se ha podido invitar a %1 a %2: %3</t>
         </is>
       </c>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>ChatPageFailed to invite %1 to %2: %3</t>
         </is>
       </c>
       <c r="G54" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Error al invitar %1 a %2:%3</t>
         </is>
       </c>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6820</t>
+          <t>../../src/ChatPage.cpp:6821</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Kicked user: %1</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>Se ha expulsado a %1</t>
         </is>
       </c>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>ChatPageKicked user: %1</t>
         </is>
       </c>
       <c r="G55" t="inlineStr"/>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6846</t>
+          <t>../../src/ChatPage.cpp:6847</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Failed to ban %1 in %2: %3</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>Error al banear a %1 en %2: %3</t>
         </is>
       </c>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>ChatPageFailed to ban %1 in %2: %3</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6849</t>
+          <t>../../src/ChatPage.cpp:6850</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Banned user: %1</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>Usuario baneado: %1</t>
         </is>
       </c>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>ChatPageBanned user: %1</t>
         </is>
       </c>
       <c r="G57" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1 ha sido baneado</t>
         </is>
       </c>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6857</t>
+          <t>../../src/ChatPage.cpp:6858</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Confirm unban</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>Confirmar desbaneo</t>
         </is>
       </c>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>ChatPageConfirm unban</t>
         </is>
       </c>
       <c r="G58" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Confirmar la revocación del baneo</t>
         </is>
       </c>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6858</t>
+          <t>../../src/ChatPage.cpp:6859</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Do you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>¿Seguro que quieres desbanear a %1 (%2)?</t>
         </is>
       </c>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="G59" t="inlineStr">
         <is>
           <t>Suggested in Weblate: ¿Está verdaderamente seguro de querer revocar el baneo sobre %1 (%2)?</t>
         </is>
       </c>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6869</t>
+          <t>../../src/ChatPage.cpp:6870</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Failed to unban %1 in %2: %3</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>Error al desbanear a %1 en %2: %3</t>
         </is>
       </c>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>ChatPageFailed to unban %1 in %2: %3</t>
         </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Error al revocar el baneo sobre %1 en %2: %3
 Suggested in Weblate: Error quitando el ban a %! en %2: %3</t>
         </is>
       </c>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6872</t>
+          <t>../../src/ChatPage.cpp:6873</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Unbanned user: %1</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>Usuario desbaneado: %1</t>
         </is>
       </c>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>ChatPageUnbanned user: %1</t>
         </is>
       </c>
       <c r="G61" t="inlineStr">
         <is>
           <t>Suggested in Weblate: El baneo ha sido revocado sobre %1
 Suggested in Weblate: Usuario %1 ha sido desbaneado</t>
         </is>
       </c>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7274</t>
+          <t>../../src/ChatPage.cpp:7275</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Do you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>¿Seguro que quieres comenzar un chat privado con %1?</t>
         </is>
       </c>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="G62" t="inlineStr">
         <is>
           <t>Suggested in Weblate: ¿Está seguro de querer iniciar un chat privado con %1?
 Suggested in Weblate: Realmente desea comenzar un chat privado con %1?
 Suggested in Weblate: ¿Realmente desea empezar un chat privado con %1?</t>
         </is>
       </c>
       <c r="H62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6226</t>
+          <t>../../src/ChatPage.cpp:6227</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Cache migration failed!</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>¡Migración de cache fallida!</t>
         </is>
       </c>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>ChatPageCache migration failed!</t>
         </is>
       </c>
       <c r="G63" t="inlineStr">
         <is>
           <t>Suggested in Weblate: ¡Error en la migración del caché!
 Suggested in Weblate: Migración de caché fallida
 Suggested in Weblate: Migración de cache ha fallado!
 Suggested in Weblate: ¡Ha fallado la migración de la caché!</t>
         </is>
       </c>
       <c r="H63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6139</t>
+          <t>../../src/ChatPage.cpp:6140</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Because of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>Debido a la siguiente razón Nheko quiere dejarte en la página de inicio de sesión:
 %1
 Si crees que se trata de un error, puedes cerrar Nheko para recuperar tus claves de cifrado. Después de haber sido dejado en la página de inicio de sesión, puede iniciar sesión de nuevo utilizando sus métodos habituales.</t>
         </is>
       </c>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>ChatPageBecause of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="G64" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Debido a la siguiente razón Nheko quiere devolverlo a la página de inicio de sesión:
 %1
 Si cree que esto fue un error, puede cerrar Nheko y posiblemente recuperar tus llaves de cifrado. Despues de que halla retornado a la página de inicio de sesión.</t>
         </is>
       </c>
       <c r="H64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6227</t>
+          <t>../../src/ChatPage.cpp:6228</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Migrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>La migración de la caché a la versión actual ha fallado. Esto puede tener diferentes razones. Por favor, abre una incidencia en https://github.com/Nheko-Reborn/nheko e intenta utilizar una versión anterior mientras tanto. También puedes intentar borrar la caché manualmente.</t>
         </is>
       </c>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>ChatPageMigrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="G65" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Migrar el cache a la version actual falló. Esto puede occurrir por multiples razones. Por favor reporta el problema en https://github.com/Nheko-Reborn/nheko y trate de usar una versión más antigua por el momento. Tambien puede intentar eliminar el cache manualmente.</t>
         </is>
       </c>
       <c r="H65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6239</t>
+          <t>../../src/ChatPage.cpp:6240</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Incompatible cache version</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>Versión de cache incompatible</t>
         </is>
       </c>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>ChatPageIncompatible cache version</t>
         </is>
       </c>
       <c r="G66" t="inlineStr"/>
       <c r="H66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6303</t>
+          <t>../../src/ChatPage.cpp:6304</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Failed to restore OLM account. Please login again.</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>No se ha podido restaurar la cuenta OLM. Por favor inicia sesión de nuevo.</t>
         </is>
       </c>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>ChatPageFailed to restore OLM account. Please login again.</t>
         </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Error al restaurar cuenta de OLM. Por favor inicie sesión de nuevo.</t>
         </is>
       </c>
       <c r="H67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6315</t>
+          <t>../../src/ChatPage.cpp:6316</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Failed to restore saved data. Please login again.</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>No se ha podido restaurar los datos guardados. Por favor inicia sesión de nuevo.</t>
         </is>
       </c>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>ChatPageFailed to restore save data. Please login again.</t>
         </is>
       </c>
       <c r="G68" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Error al restaurar datos de guardado. Por favor inicie sesión nuevamente.</t>
         </is>
       </c>
       <c r="H68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6369</t>
+          <t>../../src/ChatPage.cpp:6370</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Failed to setup encryption keys. Server response: %1 %2. Please try again later.</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>No se han podido configurar las claves de cifrado. Respuesta del servidor: %1 %2. Por favor intentalo de nuevo más tarde.</t>
         </is>
       </c>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>ChatPageFailed to setup encryption keys. Server response: %1 %2. Please try again later.</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6588</t>
+          <t>../../src/ChatPage.cpp:6589</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Please try to login again: %1</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>Por favor intenta iniciar sesión de nuevo: %1</t>
         </is>
       </c>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>ChatPagePlease try to login again: %1</t>
         </is>
       </c>
       <c r="G70" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Por favor intente iniciar sesión de nuevo: %1</t>
         </is>
       </c>
       <c r="H70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6622</t>
+          <t>../../src/ChatPage.cpp:6623</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>You failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>No has podido entrar en %1. Puedes intentar hacer toc para que otros te inviten a entrar. ¿Quieres hacerlo?
 Opcionalmente puedes dar una razón para que otros acepten tu toc:</t>
         </is>
       </c>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>ChatPageYou failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6674</t>
+          <t>../../src/ChatPage.cpp:6675</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Failed to join room: %1</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>No se pudo unir a la sala %1</t>
         </is>
       </c>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>ChatPageFailed to join room: %1</t>
         </is>
       </c>
       <c r="G72" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Error al unirse a la sala: %1
 Suggested in Weblate: Falló unirse a la sala: %1</t>
         </is>
       </c>
       <c r="H72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6683</t>
+          <t>../../src/ChatPage.cpp:6684</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Failed to remove invite: %1</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>Falló al remover la invitación: %1</t>
         </is>
       </c>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>ChatPageFailed to remove invite: %1</t>
         </is>
       </c>
       <c r="G73" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Error al revocar invitación: %1
 Suggested in Weblate: No se ha podido borrar la invitación: %1</t>
         </is>
       </c>
       <c r="H73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6717</t>
+          <t>../../src/ChatPage.cpp:6718</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Room creation failed: %1</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>No se pudo crear la sala: %1</t>
         </is>
       </c>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: %1</t>
         </is>
       </c>
       <c r="G74" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Error en la creación de la sala: %1
 Suggested in Weblate: Falló al crear la sala: %1
 Suggested in Weblate: La creación de la sala ha fallado: %1</t>
         </is>
       </c>
       <c r="H74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6745</t>
+          <t>../../src/ChatPage.cpp:6746</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Failed to leave room: %1</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>Error al salir de la sala: %1</t>
         </is>
       </c>
       <c r="D75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>ChatPageFailed to leave room: %1</t>
         </is>
       </c>
       <c r="G75" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Falló al salir de la sala: %1
 Suggested in Weblate: No se pudo dejar la sala: %1</t>
         </is>
       </c>
       <c r="H75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6801</t>
+          <t>../../src/ChatPage.cpp:6802</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Reason for the kick</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>Motivo de la expulsión</t>
         </is>
       </c>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>ChatPageReason for the kick</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6802</t>
+          <t>../../src/ChatPage.cpp:6803</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Enter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>Introduzca el motivo de la expulsión %1 (%2) o pulse enter si no hay motivo:</t>
         </is>
       </c>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6817</t>
+          <t>../../src/ChatPage.cpp:6818</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Failed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>Falló al expulsar a %1 de %2: %3</t>
         </is>
       </c>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>ChatPageFailed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Error al echar %1 de %2: %3
 Suggested in Weblate: Falló al expulsar %1 de %2: %3</t>
         </is>
       </c>
       <c r="H78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6830</t>
+          <t>../../src/ChatPage.cpp:6831</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Reason for the ban</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>Motivo del baneo</t>
         </is>
       </c>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>ChatPageReason for the ban</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6831</t>
+          <t>../../src/ChatPage.cpp:6832</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Enter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>Introduzca la razón del baneo %1 (%2)o pulse enter si no hay motivo:</t>
         </is>
       </c>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G80" t="inlineStr"/>
       <c r="H80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>../qml/ChatPage.qml:6867</t>
+          <t>../qml/ChatPage.qml:6868</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>No network connection</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>Sin conexión de red</t>
         </is>
       </c>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>ChatPageNo network connection</t>
         </is>
       </c>
       <c r="G81" t="inlineStr"/>
       <c r="H81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6987</t>
+          <t>../../src/CommandCompleter.cpp:6988</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>/me &lt;mensaje&gt;</t>
         </is>
       </c>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>CommandCompleter/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6989</t>
+          <t>../../src/CommandCompleter.cpp:6990</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>/react &lt;text&gt;</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>/react &lt;texto&gt;</t>
         </is>
       </c>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>CommandCompleter/react &lt;text&gt;</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6991</t>
+          <t>../../src/CommandCompleter.cpp:6992</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>/join &lt;!idsala|#alias&gt; [motivo]</t>
         </is>
       </c>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>CommandCompleter/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6993</t>
+          <t>../../src/CommandCompleter.cpp:6994</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>/knock &lt;!idsala|#alias&gt; [motivo]</t>
         </is>
       </c>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>CommandCompleter/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6995</t>
+          <t>../../src/CommandCompleter.cpp:6996</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>/part [reason]</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>/part [motivo]</t>
         </is>
       </c>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>CommandCompleter/part [reason]</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6997</t>
+          <t>../../src/CommandCompleter.cpp:6998</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>/leave [reason]</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>/leave [motivo]</t>
         </is>
       </c>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>CommandCompleter/leave [reason]</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7007</t>
+          <t>../../src/CommandCompleter.cpp:7008</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>/redact &lt;$eventoid|@idusuario&gt;</t>
         </is>
       </c>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>CommandCompleter/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7009</t>
+          <t>../../src/CommandCompleter.cpp:7010</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>/roomnick &lt;nombre visual&gt;</t>
         </is>
       </c>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>CommandCompleter/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="G89" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /roomnick &lt;sobrenombre&gt;</t>
         </is>
       </c>
       <c r="H89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7011</t>
+          <t>../../src/CommandCompleter.cpp:7012</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>/shrug [message]</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>/shrug [mensaje]</t>
         </is>
       </c>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>CommandCompleter/shrug [message]</t>
         </is>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7025</t>
+          <t>../../src/CommandCompleter.cpp:7026</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>/md &lt;mensaje&gt;</t>
         </is>
       </c>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <t>CommandCompleter/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7027</t>
+          <t>../../src/CommandCompleter.cpp:7028</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>/cmark &lt;mensaje&gt;</t>
         </is>
       </c>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>CommandCompleter/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7029</t>
+          <t>../../src/CommandCompleter.cpp:7030</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>/plain &lt;mensaje&gt;</t>
         </is>
       </c>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <t>CommandCompleter/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7031</t>
+          <t>../../src/CommandCompleter.cpp:7032</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>/rainbow &lt;mensaje&gt;</t>
         </is>
       </c>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7033</t>
+          <t>../../src/CommandCompleter.cpp:7034</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>/rainbowme &lt;mensaje&gt;</t>
         </is>
       </c>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7035</t>
+          <t>../../src/CommandCompleter.cpp:7036</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>/notice &lt;mensaje&gt;</t>
         </is>
       </c>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
           <t>CommandCompleter/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7037</t>
+          <t>../../src/CommandCompleter.cpp:7038</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>/rainbownotice &lt;mensaje&gt;</t>
         </is>
       </c>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G97" t="inlineStr"/>
       <c r="H97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7039</t>
+          <t>../../src/CommandCompleter.cpp:7040</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>/confetti [message]</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>/confetti [mensaje]</t>
         </is>
       </c>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>CommandCompleter/confetti [message]</t>
         </is>
       </c>
       <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7041</t>
+          <t>../../src/CommandCompleter.cpp:7042</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>/rainbowconfetti [mensaje]</t>
         </is>
       </c>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6999</t>
+          <t>../../src/CommandCompleter.cpp:7000</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>/invite &lt;@idusuario&gt; [motivo]</t>
         </is>
       </c>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
           <t>CommandCompleter/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7001</t>
+          <t>../../src/CommandCompleter.cpp:7002</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>/kick &lt;@idusuario&gt; [motivo]</t>
         </is>
       </c>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
           <t>CommandCompleter/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7003</t>
+          <t>../../src/CommandCompleter.cpp:7004</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>/ban &lt;@idusuario&gt; [motivo]</t>
         </is>
       </c>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
           <t>CommandCompleter/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7005</t>
+          <t>../../src/CommandCompleter.cpp:7006</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>/unban &lt;@idusuario&gt; [motivo]</t>
         </is>
       </c>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
           <t>CommandCompleter/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7043</t>
+          <t>../../src/CommandCompleter.cpp:7044</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>/rainfall [message]</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>/rainfall [mensaje]</t>
         </is>
       </c>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
           <t>CommandCompleter/rainfall [message]</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7045</t>
+          <t>../../src/CommandCompleter.cpp:7046</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>/msgtype &lt;tipomensaje&gt; [mensaje]</t>
         </is>
       </c>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
           <t>CommandCompleter/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7047</t>
+          <t>../../src/CommandCompleter.cpp:7048</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C106" t="inlineStr"/>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
           <t>CommandCompleter/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G106" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /glitch &lt;mensaje&gt;</t>
         </is>
       </c>
       <c r="H106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7049</t>
+          <t>../../src/CommandCompleter.cpp:7050</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C107" t="inlineStr"/>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
           <t>CommandCompleter/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G107" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /gradualglitch &lt;mensaje&gt;</t>
         </is>
       </c>
       <c r="H107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7051</t>
+          <t>../../src/CommandCompleter.cpp:7052</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>/goto &lt;mensaje de referencia&gt;</t>
         </is>
       </c>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
           <t>CommandCompleter/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7071</t>
+          <t>../../src/CommandCompleter.cpp:7072</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>Send a message expressing an action.</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>Enviar un mensaje expresando una acción.</t>
         </is>
       </c>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message expressing an action.</t>
         </is>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7073</t>
+          <t>../../src/CommandCompleter.cpp:7074</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>Send &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>Enviar &lt;texto&gt; como reacción cuando respondas a un mensaje.</t>
         </is>
       </c>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
           <t>CommandCompleterSend &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7075</t>
+          <t>../../src/CommandCompleter.cpp:7076</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>Unirse a una sala. El motivo es opcional.</t>
         </is>
       </c>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
           <t>CommandCompleterJoin a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G111" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Unirse a una sala. La razón es opcional.</t>
         </is>
       </c>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7077</t>
+          <t>../../src/CommandCompleter.cpp:7078</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Ask to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>Pide entrar en una sala. El motivo es opcional.</t>
         </is>
       </c>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
           <t>CommandCompleterAsk to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G112" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Pedir unirse a una sala. La razón es opcional.</t>
         </is>
       </c>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7081</t>
+          <t>../../src/CommandCompleter.cpp:7082</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>Leave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>Abandona una habitación. El motivo es opcional.</t>
         </is>
       </c>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
           <t>CommandCompleterLeave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G113" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Salir de una sala. La razón es opcional.</t>
         </is>
       </c>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7083</t>
+          <t>../../src/CommandCompleter.cpp:7084</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Invite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>Invita a un usuario a la sala actual. El motivo es opcional.</t>
         </is>
       </c>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
           <t>CommandCompleterInvite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="G114" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Invitar a un usuario a la sala actual. La razón es opcional.</t>
         </is>
       </c>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7085</t>
+          <t>../../src/CommandCompleter.cpp:7086</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>Kick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="C115" t="inlineStr"/>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
           <t>CommandCompleterKick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="G115" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Expulsa a un usuario de la sala actual; la razón es opcional. Si se omite el usuario, se intentará expulsar al remitente al que estés respondiendo.</t>
         </is>
       </c>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7088</t>
+          <t>../../src/CommandCompleter.cpp:7089</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>Ban a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C116" t="inlineStr"/>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
           <t>CommandCompleterBan a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7091</t>
+          <t>../../src/CommandCompleter.cpp:7092</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>Unban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C117" t="inlineStr"/>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
           <t>CommandCompleterUnban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7094</t>
+          <t>../../src/CommandCompleter.cpp:7095</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Redact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="C118" t="inlineStr"/>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
           <t>CommandCompleterRedact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7097</t>
+          <t>../../src/CommandCompleter.cpp:7098</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Change your displayname in this room.</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
           <t>Cambia tu nombre visual en esta sala.</t>
         </is>
       </c>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
           <t>CommandCompleterChange your displayname in this room.</t>
         </is>
       </c>
       <c r="G119" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Cambiar su sobrenombre en esta sala.</t>
         </is>
       </c>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7099</t>
+          <t>../../src/CommandCompleter.cpp:7100</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>¯\_(ツ)_/¯ con un mensaje opcional.</t>
         </is>
       </c>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
           <t>CommandCompleter¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="G120" t="inlineStr"/>
       <c r="H120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7101</t>
+          <t>../../src/CommandCompleter.cpp:7102</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
           <t>CommandCompleter(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="G121" t="inlineStr"/>
       <c r="H121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7103</t>
+          <t>../../src/CommandCompleter.cpp:7104</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
           <t>┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
           <t>CommandCompleter┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="G122" t="inlineStr"/>
       <c r="H122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7105</t>
+          <t>../../src/CommandCompleter.cpp:7106</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
           <t>CommandCompleterノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="G123" t="inlineStr"/>
       <c r="H123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7107</t>
+          <t>../../src/CommandCompleter.cpp:7108</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>Clear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>Borra los mensajes actualmente almacenados en caché en esta sala.</t>
         </is>
       </c>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
           <t>CommandCompleterClear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="G124" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Limpiar los mensajes en caché de esta sala.</t>
         </is>
       </c>
       <c r="H124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7109</t>
+          <t>../../src/CommandCompleter.cpp:7110</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>Refetch the state in this room.</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>Vuelva a buscar el estado en esta sala.</t>
         </is>
       </c>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
           <t>CommandCompleterRefetch the state in this room.</t>
         </is>
       </c>
       <c r="G125" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Recargar el estado de esta sala.</t>
         </is>
       </c>
       <c r="H125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7111</t>
+          <t>../../src/CommandCompleter.cpp:7112</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>Rotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>Gira la clave de cifrado simétrica actual.</t>
         </is>
       </c>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
           <t>CommandCompleterRotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="G126" t="inlineStr"/>
       <c r="H126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7113</t>
+          <t>../../src/CommandCompleter.cpp:7114</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>Send a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>Enviar un mensaje con formato markdown (ignorando la configuración global).</t>
         </is>
       </c>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
           <t>CommandCompleterSend a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G127" t="inlineStr"/>
       <c r="H127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7115</t>
+          <t>../../src/CommandCompleter.cpp:7116</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>Send a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>Envía un mensaje con formato commonmark deshabilitando la mayoría de las extensiones en comparación con /md.</t>
         </is>
       </c>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
           <t>CommandCompleterSend a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="G128" t="inlineStr"/>
       <c r="H128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7118</t>
+          <t>../../src/CommandCompleter.cpp:7119</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Send an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>Enviar un mensaje sin formato (ignorando la configuración global).</t>
         </is>
       </c>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
           <t>CommandCompleterSend an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G129" t="inlineStr"/>
       <c r="H129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7120</t>
+          <t>../../src/CommandCompleter.cpp:7121</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors.</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>Envía un mensaje con los colores del arcoiris.</t>
         </is>
       </c>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors.</t>
         </is>
       </c>
       <c r="G130" t="inlineStr"/>
       <c r="H130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7122</t>
+          <t>../../src/CommandCompleter.cpp:7123</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>Send /me in rainbow colors.</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <t>Envíame a /me en los colores del arcoiris.</t>
         </is>
       </c>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
           <t>CommandCompleterSend /me in rainbow colors.</t>
         </is>
       </c>
       <c r="G131" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar /me en los colores del arcoíris.</t>
         </is>
       </c>
       <c r="H131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7124</t>
+          <t>../../src/CommandCompleter.cpp:7125</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>Send a bot message.</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
           <t>Enviar un mensaje bot.</t>
         </is>
       </c>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message.</t>
         </is>
       </c>
       <c r="G132" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviar un mensaje de bot.</t>
         </is>
       </c>
       <c r="H132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7126</t>
+          <t>../../src/CommandCompleter.cpp:7127</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Send a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
           <t>Envía un mensaje bot con los colores del arcoiris.</t>
         </is>
       </c>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7128</t>
+          <t>../../src/CommandCompleter.cpp:7129</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Send a message with confetti.</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
           <t>Envía un mensaje con confeti.</t>
         </is>
       </c>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with confetti.</t>
         </is>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7130</t>
+          <t>../../src/CommandCompleter.cpp:7131</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
           <t>Envía un mensaje con los colores del arcoiris con confeti.</t>
         </is>
       </c>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7132</t>
+          <t>../../src/CommandCompleter.cpp:7133</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>Send a message with rain.</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>Envía un mensaje con lluvia.</t>
         </is>
       </c>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with rain.</t>
         </is>
       </c>
       <c r="G136" t="inlineStr"/>
       <c r="H136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7134</t>
+          <t>../../src/CommandCompleter.cpp:7135</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>Send a message with a custom message type.</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <t>Enviar un mensaje con un tipo de mensaje personalizado.</t>
         </is>
       </c>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a custom message type.</t>
         </is>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7136</t>
+          <t>../../src/CommandCompleter.cpp:7137</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Send a message with a glitch effect.</t>
         </is>
       </c>
       <c r="C138" t="inlineStr"/>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a glitch effect.</t>
         </is>
       </c>
       <c r="G138" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Envía un mensaje con un efecto glitch</t>
         </is>
       </c>
       <c r="H138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7138</t>
+          <t>../../src/CommandCompleter.cpp:7139</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Send a message that gradually glitches.</t>
         </is>
       </c>
       <c r="C139" t="inlineStr"/>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message that gradually glitches.</t>
         </is>
       </c>
       <c r="G139" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Envía un mensaje que se glitchea gradualmente</t>
         </is>
       </c>
       <c r="H139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7140</t>
+          <t>../../src/CommandCompleter.cpp:7141</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>Go to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <t>Ir a un mensaje específico utilizando un id de evento, índice o matrix: enlace</t>
         </is>
       </c>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
           <t>CommandCompleterGo to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7142</t>
+          <t>../../src/CommandCompleter.cpp:7143</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Convert this room to a direct chat.</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>Convierte esta sala en un chat directo.</t>
         </is>
       </c>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this room to a direct chat.</t>
         </is>
       </c>
       <c r="G141" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Convertir a esta sala en un chat privado.</t>
         </is>
       </c>
       <c r="H141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7144</t>
+          <t>../../src/CommandCompleter.cpp:7145</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Convert this direct chat into a room.</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>Convierte este chat directo en una sala.</t>
         </is>
       </c>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this direct chat into a room.</t>
         </is>
       </c>
       <c r="G142" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Convertir este chat privado en una sala.</t>
         </is>
       </c>
       <c r="H142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7146</t>
+          <t>../../src/CommandCompleter.cpp:7147</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>Ignore a user.</t>
         </is>
       </c>
       <c r="C143" t="inlineStr"/>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
           <t>CommandCompleterIgnore a user.</t>
         </is>
       </c>
       <c r="G143" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ignorar un usuario.
 Suggested in Weblate: Ignorar usuario
 Suggested in Weblate: Ignora al usuario.</t>
         </is>
       </c>
       <c r="H143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7148</t>
+          <t>../../src/CommandCompleter.cpp:7149</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>Stop ignoring a user.</t>
         </is>
       </c>
       <c r="C144" t="inlineStr"/>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
           <t>CommandCompleterStop ignoring a user.</t>
         </is>
       </c>
       <c r="G144" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Dejar de ignorar a un usuario.
 Suggested in Weblate: Dejar de ignorar usuario</t>
         </is>
       </c>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7150</t>
+          <t>../../src/CommandCompleter.cpp:7151</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>Block all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C145" t="inlineStr"/>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>CommandCompleterBlock all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G145" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Bloquear todas las invitaciones de un usuario, de un servidor o a una sala en específico o establecer el comportamiento por defecto.</t>
         </is>
       </c>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7153</t>
+          <t>../../src/CommandCompleter.cpp:7154</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>Allow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C146" t="inlineStr"/>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
           <t>CommandCompleterAllow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G146" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Permitir todas las invitaciones de un usuario, de un servidor o a una sala en específico o establecer el comportamiento por defecto.</t>
         </is>
       </c>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>Expand</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
           <t>Expandir</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
           <t>CommunitiesListExpand</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>Collapse</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <t>Contraer</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
           <t>CommunitiesListCollapse</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7375</t>
+          <t>../qml/CommunitiesList.qml:7376</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>Do not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>No mostrar recuentos de notificaciones para esta comunidad o etiqueta.</t>
         </is>
       </c>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
           <t>CommunitiesListDo not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7382</t>
+          <t>../qml/CommunitiesList.qml:7383</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>Hide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>Ocultar por defecto las salas con esta etiqueta o de esta comunidad.</t>
         </is>
       </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
           <t>CommunitiesListHide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="G150" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Esconder salas con esta etiqueta o de esta comunidad por omisión.</t>
         </is>
       </c>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7459</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7460</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>All rooms</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>Todas las salas</t>
         </is>
       </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
           <t>CommunitiesModelAll rooms</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7461</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7462</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>Shows all rooms without filtering.</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>Mostrar todas las salas sin filtros.</t>
         </is>
       </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
           <t>CommunitiesModelShows all rooms without filtering.</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7484</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7485</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Direct Chats</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>Chats Directos</t>
         </is>
       </c>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
           <t>CommunitiesModelDirect Chats</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7486</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7487</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Show direct chats.</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>Mostrar chats directos.</t>
         </is>
       </c>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
           <t>CommunitiesModelShow direct chats.</t>
         </is>
       </c>
       <c r="G154" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Mostrar chats privados</t>
         </is>
       </c>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7553</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7554</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Favourites</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>Favoritos</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
           <t>CommunitiesModelFavourites</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7555</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7556</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Rooms you have favourited.</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <t>Salas que has marcado como favoritas.</t>
         </is>
       </c>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms you have favourited.</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7562</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7563</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>Low Priority</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <t>Prioridad baja</t>
         </is>
       </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
           <t>CommunitiesModelLow Priority</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7564</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7565</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>Rooms with low priority.</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <t>Salas con prioridad baja.</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms with low priority.</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7571</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7572</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>Server Notices</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
           <t>Avisos del servidor</t>
         </is>
       </c>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
           <t>CommunitiesModelServer Notices</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7573</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7574</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>Messages from your server or administrator.</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
           <t>Mensajes de su servidor o administrador.</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
           <t>CommunitiesModelMessages from your server or administrator.</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8251</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8252</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>Failed to update community: %1</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
           <t>Error al actualizar la comunidad: %1</t>
         </is>
       </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community: %1</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8269</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8270</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>Failed to delete room from community: %1</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>Error al eliminar la sala de la comunidad: %1</t>
         </is>
       </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to delete room from community: %1</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8292</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8293</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>Failed to update community for room: %1</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>Error al actualizar la comunidad de la sala: %1</t>
         </is>
       </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community for room: %1</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8310</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8311</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>Failed to remove community from room: %1</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>Error al eliminar la comunidad de la sala: %1</t>
         </is>
       </c>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to remove community from room: %1</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>Confirm community join</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <t>Confirmar el ingreso a la comunidad</t>
         </is>
       </c>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm community join</t>
         </is>
       </c>
       <c r="G165" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Confirmar unirse a la comunidad</t>
         </is>
       </c>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>Confirm room join</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
           <t>Confirmar unirse a la sala</t>
         </is>
       </c>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm room join</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8394</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8395</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>%n member</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>%n miembro</t>
         </is>
       </c>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialog%n member(s)</t>
         </is>
       </c>
       <c r="G167" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %n miembro</t>
         </is>
       </c>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>This room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <t>A esta sala no se puede entrar directamente. Sin embargo, puede hacer toc a la sala y los miembros de la sala pueden aceptar o rechazar esta solicitud de ingreso. Además, a continuación puedes darles una razón para que te dejen entrar:</t>
         </is>
       </c>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogThis room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>Do you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
           <t>¿Quieres unirte a esta sala? Si lo desea, puede añadir un motivo a continuación:</t>
         </is>
       </c>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogDo you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="G169" t="inlineStr">
         <is>
           <t>Suggested in Weblate: ¿Quiere unirse a esta sala? Puede opcionalmente añadir una razón abajo:</t>
         </is>
       </c>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>Knock</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <t>Toc</t>
         </is>
       </c>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogKnock</t>
         </is>
       </c>
       <c r="G170" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Tocar</t>
         </is>
       </c>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>Join</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
           <t>Unirse</t>
         </is>
       </c>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8465</t>
+          <t>../qml/dialogs/CreateDirect.qml:8466</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>Create Direct Chat</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
           <t>Crear chat directo</t>
         </is>
       </c>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
           <t>CreateDirectCreate Direct Chat</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8525</t>
+          <t>../qml/dialogs/CreateDirect.qml:8526</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>User to invite</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <t>Usuario a invitar</t>
         </is>
       </c>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
           <t>CreateDirectUser to invite</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8526</t>
+          <t>../qml/dialogs/CreateDirect.qml:8527</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>@user:server.tld</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
           <t>@usuario:servidor.tld</t>
         </is>
       </c>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
           <t>CreateDirect@user:server.tld</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8541</t>
+          <t>../qml/dialogs/CreateDirect.qml:8542</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>Cifrado</t>
         </is>
       </c>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
           <t>CreateDirectEncryption</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>New community</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>Nueva comunidad</t>
         </is>
       </c>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
           <t>CreateRoomNew community</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>New Room</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>Nueva sala</t>
         </is>
       </c>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
           <t>CreateRoomNew Room</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8585</t>
+          <t>../qml/dialogs/CreateRoom.qml:8586</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>Name</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>Nombre</t>
         </is>
       </c>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
           <t>CreateRoomName</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8586</t>
+          <t>../qml/dialogs/CreateRoom.qml:8587</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>No name</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>Sin nombre</t>
         </is>
       </c>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
           <t>CreateRoomNo name</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8594</t>
+          <t>../qml/dialogs/CreateRoom.qml:8595</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>Topic</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>Tema</t>
         </is>
       </c>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
           <t>CreateRoomTopic</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8595</t>
+          <t>../qml/dialogs/CreateRoom.qml:8596</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>No topic</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>Ningún tema</t>
         </is>
       </c>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
           <t>CreateRoomNo topic</t>
         </is>
       </c>
       <c r="G181" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Sin tema</t>
         </is>
       </c>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8613</t>
+          <t>../qml/dialogs/CreateRoom.qml:8614</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>Alias</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>Alias</t>
         </is>
       </c>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
           <t>CreateRoomAlias</t>
         </is>
       </c>
       <c r="G182" t="inlineStr">
         <is>
           <t>Suggested in Weblate: alias</t>
         </is>
       </c>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8625</t>
+          <t>../qml/dialogs/CreateRoom.qml:8626</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>Public</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
           <t>Público</t>
         </is>
       </c>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
           <t>CreateRoomPublic</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8631</t>
+          <t>../qml/dialogs/CreateRoom.qml:8632</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>Public rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
           <t>Cualquiera puede unirse a las salas públicas; las privadas necesitan invitaciones explícitas.</t>
         </is>
       </c>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
           <t>CreateRoomPublic rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="G184" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Cualquiera puede unirse a salas públicas; salas privadas necesitan invitaciones explícitas</t>
         </is>
       </c>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8644</t>
+          <t>../qml/dialogs/CreateRoom.qml:8645</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>Trusted</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
           <t>De confianza</t>
         </is>
       </c>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
           <t>CreateRoomTrusted</t>
         </is>
       </c>
       <c r="G185" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Verificado</t>
         </is>
       </c>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8650</t>
+          <t>../qml/dialogs/CreateRoom.qml:8651</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>All invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
           <t>Todos los invitados tienen el mismo powerlevel que el creador</t>
         </is>
       </c>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
           <t>CreateRoomAll invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="G186" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Los invitados poseen el mismo nivel de poder que el creador</t>
         </is>
       </c>
       <c r="H186" t="inlineStr">
         <is>
           <t xml:space="preserve">
 @CM0use: Considero que es mejor usar "powerlevel" que "nivel de poder"</t>
         </is>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8665</t>
+          <t>../qml/dialogs/CreateRoom.qml:8666</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
           <t>Cifrado</t>
         </is>
       </c>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
           <t>CreateRoomEncryption</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8671</t>
+          <t>../qml/dialogs/CreateRoom.qml:8672</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>Caution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>Atención: No se puede desactivar el cifrado</t>
         </is>
       </c>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
           <t>CreateRoomCaution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="G188" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Atención, el cifrado no puede ser deshabilitado</t>
         </is>
       </c>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8687</t>
+          <t>../qml/dialogs/CreateRoom.qml:8688</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>Create Room</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
           <t>Crear sala</t>
         </is>
       </c>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
           <t>CreateRoomCreate Room</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:8999</t>
+          <t>../../src/ChatPage.cpp:9000</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>Decrypt secrets</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
           <t>Descifrar secretos</t>
         </is>
       </c>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecrypt secrets</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9001</t>
+          <t>../../src/ChatPage.cpp:9002</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>Utiliza tu clave de recuperación o contraseña para descifrar tus secretos:</t>
         </is>
       </c>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G191" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Introduce tu clave de recuperación o contraseña para decriptar tus secretos:
 Suggested in Weblate: Entra tu clave de respaldo o contraseña para desencriptar los secretos:</t>
         </is>
       </c>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9003</t>
+          <t>../../src/ChatPage.cpp:9004</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>Utiliza tu clave de recuperación o contraseña llamada %1 para descifrar tus secretos:</t>
         </is>
       </c>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G192" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Introduce tu clave de recuperación o contraseña con nombre %1 para desencriptar tus secretos:</t>
         </is>
       </c>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9031</t>
+          <t>../../src/ChatPage.cpp:9032</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>Decryption failed</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>Descifrado fallido</t>
         </is>
       </c>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecryption failed</t>
         </is>
       </c>
       <c r="G193" t="inlineStr">
         <is>
           <t xml:space="preserve">Suggested in Weblate: Error al desencriptar
 Suggested in Weblate: No se pudo desencriptar </t>
         </is>
       </c>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9032</t>
+          <t>../../src/ChatPage.cpp:9033</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>Failed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>Error al descifrar los secretos con la clave de recuperación o contraseña utilizadas</t>
         </is>
       </c>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
           <t>CrossSigningSecretsFailed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="G194" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Error al desencriptar secretos con la contraseña o clave de recuperación provista
 Suggested in Weblate: No se pudo desencriptar los secretos con la clave de respaldo o contraseña ingresada</t>
         </is>
       </c>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9042</t>
+          <t>../qml/device-verification/DigitVerification.qml:9043</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
           <t>Código de verificación</t>
         </is>
       </c>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
           <t>DigitVerificationVerification Code</t>
         </is>
       </c>
       <c r="G195" t="inlineStr">
         <is>
           <t>Suggested in Weblate: código de verificación</t>
         </is>
       </c>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9050</t>
+          <t>../qml/device-verification/DigitVerification.qml:9051</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>Please verify the following digits.  You should see the same numbers on both sides.  If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>Por favor verifica los siguientes digitos. Deberías ver los mismos números en ambos lados. Si son diferentes,por favor presiona '¡No son iguales!' ¡para abortar la verificación!</t>
         </is>
       </c>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
           <t>DigitVerificationPlease verify the following digits. You should see the same numbers on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9083</t>
+          <t>../qml/device-verification/DigitVerification.qml:9084</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>¡No son iguales!</t>
         </is>
       </c>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
           <t>DigitVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9096</t>
+          <t>../qml/device-verification/DigitVerification.qml:9097</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <t>¡Son iguales!</t>
         </is>
       </c>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
           <t>DigitVerificationThey match!</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9107</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9108</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
           <t>Código de verificación</t>
         </is>
       </c>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
           <t>EmojiVerificationVerification Code</t>
         </is>
       </c>
       <c r="G199" t="inlineStr">
         <is>
           <t>Suggested in Weblate: código de verificación</t>
         </is>
       </c>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9115</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9116</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>Please verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
           <t>Por favor verifica el siguiente emoji. Deberías ver el mismo emoji en ambos lados. Si son diferentes, por favor presiona '¡No son iguales!' ¡para abortar la verificación!</t>
         </is>
       </c>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
           <t>EmojiVerificationPlease verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9494</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9495</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>The displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
           <t>Los emoji mostrados pueden tener un aspecto diferente en distintos clientes si se utiliza un tipo de letra distinto. También pueden traducirse a distintos idiomas. No obstante, deben representar uno de 64 objetos o animales diferentes. Por ejemplo, un león y un gato son diferentes, pero un gato es lo mismo incluso si un cliente sólo muestra la cara de un gato, mientras que otro cliente muestra el cuerpo completo de un gato.</t>
         </is>
       </c>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
           <t>EmojiVerificationThe displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9504</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9505</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <t>¡No son iguales!</t>
         </is>
       </c>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
           <t>EmojiVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9517</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9518</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
           <t>¡Son iguales!</t>
         </is>
       </c>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
           <t>EmojiVerificationThey match!</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9559</t>
+          <t>../qml/delegates/Encrypted.qml:9560</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>There is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
           <t>No hay clave para desbloquear este mensaje. Solicitamos la clave automáticamente, pero puedes intentar solicitandola de nuevo si eres impaciente.</t>
         </is>
       </c>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
           <t>EncryptedThere is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9561</t>
+          <t>../qml/delegates/Encrypted.qml:9562</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>This message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>Este mensaje no pudo ser descifrado, porque sólo tenemos la clave para los mensajes más recientes. Puedes intentar solicitando acceso a este mensaje.</t>
         </is>
       </c>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
           <t>EncryptedThis message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9563</t>
+          <t>../qml/delegates/Encrypted.qml:9564</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>There was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>Hubo un error interno leyendo la clave de descifrado de la base de datos.</t>
         </is>
       </c>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
           <t>EncryptedThere was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9565</t>
+          <t>../qml/delegates/Encrypted.qml:9566</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>There was an error decrypting this message.</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
           <t>Hubo un error descifrando este mensaje.</t>
         </is>
       </c>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
           <t>EncryptedThere was an error decrypting this message.</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9567</t>
+          <t>../qml/delegates/Encrypted.qml:9568</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>The message couldn't be parsed.</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
           <t>El mensaje no pudo ser procesado.</t>
         </is>
       </c>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
           <t>EncryptedThe message couldn't be parsed.</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9569</t>
+          <t>../qml/delegates/Encrypted.qml:9570</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>The encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
           <t>¡La clave de cifrado fue reusada! Es posible que alguien este ¡intentando insertar mensajes falsos en enste chat!</t>
         </is>
       </c>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
           <t>EncryptedThe encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9571</t>
+          <t>../qml/delegates/Encrypted.qml:9572</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>Unknown decryption error</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
           <t>Error de descifrado desconocido</t>
         </is>
       </c>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
           <t>EncryptedUnknown decryption error</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9583</t>
+          <t>../qml/delegates/Encrypted.qml:9584</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>Request key</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
           <t>Solicitar clave</t>
         </is>
       </c>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
           <t>EncryptedRequest key</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9621</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9622</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
           <t>%1 cifrado de extremo a extremo activado</t>
         </is>
       </c>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
           <t>EncryptionEnabled%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9630</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9631</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>Encryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
           <t>El cifrado mantiene a salvo tus mensajes, ya que sólo pueden leerlos las personas a las que se los has enviado. Para mayor seguridad, si quieres asegurarte de que estás hablando con las personas adecuadas, puedes verificarlas en la vida real.</t>
         </is>
       </c>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
           <t>EncryptionEnabledEncryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9667</t>
+          <t>../qml/EncryptionIndicator.qml:9668</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>This message is not encrypted!</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
           <t>¡Este mensaje no está cifrado!</t>
         </is>
       </c>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
           <t>EncryptionIndicatorThis message is not encrypted!</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9670</t>
+          <t>../qml/EncryptionIndicator.qml:9671</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>Encrypted by a verified device</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>Cifrado por un dispositivo verificado</t>
         </is>
       </c>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by a verified device</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9672</t>
+          <t>../qml/EncryptionIndicator.qml:9673</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
           <t>Cifrado por un dispositivo sin verificar, pero hasta ahora has confiado en este usuario.</t>
         </is>
       </c>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9674</t>
+          <t>../qml/EncryptionIndicator.qml:9675</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>Key is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="C217" t="inlineStr"/>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
           <t>EncryptionIndicatorKey is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="G217" t="inlineStr">
         <is>
           <t>Suggested in Weblate: La clave proviene de una fuente no fiable, posiblemente transferida por otro usuario o desde la copia de seguridad virtual de la clave. Por este motivo, no podemos verificar quién envió el mensaje.</t>
         </is>
       </c>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9676</t>
+          <t>../qml/EncryptionIndicator.qml:9677</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device.</t>
         </is>
       </c>
       <c r="C218" t="inlineStr"/>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device.</t>
         </is>
       </c>
       <c r="G218" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Cifrado por un dispositivo no verificado.
 Suggested in Weblate: Encriptado por un dispositivo no verificado.
 Suggested in Weblate: Cifrado por un dispositivo verificado</t>
         </is>
       </c>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9709</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9710</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>Event expiration for %1</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
           <t>Expiración de evento para %1</t>
         </is>
       </c>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration for %1</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9712</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9713</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>Event expiration</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
           <t>Expiración del evento</t>
         </is>
       </c>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9730</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9731</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
           <t>Puede configurar cuándo se borrarán sus mensajes en %1. Esto sólo ocurre cuando Nheko está abierto y tiene permisos para borrar mensajes hasta que los servidores Matrix soporten esta característica de forma nativa. En general 0 significa desactivar.</t>
         </is>
       </c>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9733</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9734</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
           <t>Puede configurar cuándo se borrarán sus mensajes en todas las salas a menos que se configure lo contrario. Esto sólo ocurre cuando Nheko está abierto y tiene permisos para borrar mensajes hasta que los servidores Matrix soporten esta función de forma nativa. En general 0 significa desactivar.</t>
         </is>
       </c>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9748</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>Expire events after X days</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
           <t>Expirar eventos después de X días</t>
         </is>
       </c>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
           <t>EventExpirationDialogExpire events after X days</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9750</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>Automatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
           <t>Redacta automáticamente los mensajes después de X días, a menos que estén protegidos de otro modo. Establezca 0 para desactivar.</t>
         </is>
       </c>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
           <t>EventExpirationDialogAutomatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9769</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>Only keep latest X events</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
           <t>Conservar sólo los últimos X eventos</t>
         </is>
       </c>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
           <t>EventExpirationDialogOnly keep latest X events</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9771</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>Deletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
           <t>Borra los eventos en esta sala si hay más de X mensajes nuevos a menos que esté protegido de otra manera. Establecer en 0 para desactivar.</t>
         </is>
       </c>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
           <t>EventExpirationDialogDeletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G226" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Elimina sus eventos en esta sala si hay más de X nuevos mensajes, a menos que esté protegida. Establezca en 0 para deshabilitar.</t>
         </is>
       </c>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9791</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>Always keep latest X events</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
           <t>Mantén siempre los últimos X eventos</t>
         </is>
       </c>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
           <t>EventExpirationDialogAlways keep latest X events</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9793</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>This prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
           <t>Esto evita que los eventos sean borrados por los 2 ajustes anteriores si son los últimos X mensajes tuyos en la sala.</t>
         </is>
       </c>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
           <t>EventExpirationDialogThis prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="G228" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Esto previene que eventos sean eliminados por las 2 opciones de arriba si son sus últimos X mensajes en esta sala.</t>
         </is>
       </c>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9813</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>Include state events</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
           <t>Incluir eventos de estado</t>
         </is>
       </c>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
           <t>EventExpirationDialogInclude state events</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9815</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>If this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
           <t>Si esta opción está activada, los eventos de estado antiguos también se eliminan. El último evento de estado de cualquier combinación de tipo+clave se excluye de la redacción para no eliminar el nombre de la sala y el estado similar por accidente.</t>
         </is>
       </c>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
           <t>EventExpirationDialogIf this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>../../src/ui/EventExpiry.cpp:9874</t>
+          <t>../../src/ui/EventExpiry.cpp:9875</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
           <t>Error al establecer eventos ocultos: %1</t>
         </is>
       </c>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
           <t>EventExpiryFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9885</t>
+          <t>../qml/device-verification/Failed.qml:9886</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>Verification failed</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
           <t>Verificación fallida</t>
         </is>
       </c>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
           <t>FailedVerification failed</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9897</t>
+          <t>../qml/device-verification/Failed.qml:9898</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>Other client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
           <t>El otro cliente no soporta nuestro protocolo de verificación.</t>
         </is>
       </c>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
           <t>FailedOther client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9901</t>
+          <t>../qml/device-verification/Failed.qml:9902</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>Key mismatch detected!</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
           <t>¡Las claves no son iguales!</t>
         </is>
       </c>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
           <t>FailedKey mismatch detected!</t>
         </is>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9903</t>
+          <t>../qml/device-verification/Failed.qml:9904</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>Device verification timed out.</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
           <t>Se agotó el tiempo para verificar el dispositivo.</t>
         </is>
       </c>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
           <t>FailedDevice verification timed out.</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9905</t>
+          <t>../qml/device-verification/Failed.qml:9906</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>Other party canceled the verification.</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
           <t>El otro grupo canceló la verificación.</t>
         </is>
       </c>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
           <t>FailedOther party canceled the verification.</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9907</t>
+          <t>../qml/device-verification/Failed.qml:9908</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>The verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="C237" t="inlineStr"/>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
           <t>FailedThe verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="G237" t="inlineStr">
         <is>
           <t>Suggested in Weblate: La verificación ha sido aceptada por un dispositivo diferente.</t>
         </is>
       </c>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9909</t>
+          <t>../qml/device-verification/Failed.qml:9910</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>Verification messages received out of order!</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
           <t>¡Los mensajes de verificación fueron recibidos en desorden!</t>
         </is>
       </c>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
           <t>FailedVerification messages received out of order!</t>
         </is>
       </c>
       <c r="G238" t="inlineStr"/>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9911</t>
+          <t>../qml/device-verification/Failed.qml:9912</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>Unknown verification error.</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
           <t>Error de verificación desconocido.</t>
         </is>
       </c>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
           <t>FailedUnknown verification error.</t>
         </is>
       </c>
       <c r="G239" t="inlineStr"/>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9927</t>
+          <t>../qml/device-verification/Failed.qml:9928</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <t>Close</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>Cerrar</t>
         </is>
       </c>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
           <t>FailedClose</t>
         </is>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9952</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9953</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>Fallback authentication</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
           <t>Autenticación fallback</t>
         </is>
       </c>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
           <t>FallbackAuthDialogFallback authentication</t>
         </is>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9967</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9968</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>Open the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
           <t>Abra el fallback, siga los pasos y confirme después de completarlos.</t>
         </is>
       </c>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9975</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9976</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>Open Fallback in Browser</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
           <t>Abrir fallback en el navegador</t>
         </is>
       </c>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen Fallback in Browser</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9980</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9981</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>Cancel</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
           <t>Cancelar</t>
         </is>
       </c>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
           <t>FallbackAuthDialogCancel</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9985</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9986</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>Confirm</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
           <t>Confirmar</t>
         </is>
       </c>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
           <t>FallbackAuthDialogConfirm</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>../qml/ForwardCompleter.qml:10037</t>
+          <t>../qml/ForwardCompleter.qml:10038</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>Forward Message</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
           <t>Reenviar Mensaje</t>
         </is>
       </c>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
           <t>ForwardCompleterForward Message</t>
         </is>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>../../src/GridImagePackModel.cpp:10322</t>
+          <t>../../src/GridImagePackModel.cpp:10323</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>Account Pack</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
           <t>Pack de cuenta</t>
         </is>
       </c>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
           <t>GridImagePackModelAccount Pack</t>
         </is>
       </c>
       <c r="G247" t="inlineStr"/>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>../../src/ui/HiddenEvents.cpp:10424</t>
+          <t>../../src/ui/HiddenEvents.cpp:10425</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
           <t>Error al establecer eventos ocultos: %1</t>
         </is>
       </c>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
           <t>HiddenEventsFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10457</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10458</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
           <t>Hidden events for %1</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
           <t>Eventos ocultos para %1</t>
         </is>
       </c>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events for %1</t>
         </is>
       </c>
       <c r="G249" t="inlineStr"/>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10460</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10461</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>Hidden events</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
           <t>Eventos ocultos</t>
         </is>
       </c>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events</t>
         </is>
       </c>
       <c r="G250" t="inlineStr"/>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10478</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10479</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
           <t>Estos eventos se &lt;b&gt;mostrarán&lt;/b&gt; en %1:</t>
         </is>
       </c>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10481</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10482</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
           <t>Estos eventos se &lt;b&gt;mostrarán&lt;/b&gt; en todas las salas:</t>
         </is>
       </c>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="G252" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Estos eventos serán &lt;b&gt;mostrados&lt;/b&gt; en todas las salas:</t>
         </is>
       </c>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10496</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>User events</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
           <t>Eventos de usuario</t>
         </is>
       </c>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
           <t>HiddenEventsDialogUser events</t>
         </is>
       </c>
       <c r="G253" t="inlineStr"/>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10498</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
           <t>Joins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
           <t>Unirse, abandonar, cambios de avatar y de nombre, baneos,…</t>
         </is>
       </c>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
           <t>HiddenEventsDialogJoins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="G254" t="inlineStr"/>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10513</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
           <t>Power level changes</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
           <t>Cambios en el powerlevel</t>
         </is>
       </c>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
           <t>HiddenEventsDialogPower level changes</t>
         </is>
       </c>
       <c r="G255" t="inlineStr"/>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10515</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <t>Sent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
           <t>Se envía cuando se añade/elimina un moderador o se cambian los permisos de una sala.</t>
         </is>
       </c>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
           <t>HiddenEventsDialogSent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="G256" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Enviados cuando un moderador es agregado/removido o los permisos de la sala cambiaron.</t>
         </is>
       </c>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10530</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10531</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <t>Stickers</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
           <t>Pegatinas</t>
         </is>
       </c>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
           <t>HiddenEventsDialogStickers</t>
         </is>
       </c>
       <c r="G257" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Stickers</t>
         </is>
       </c>
       <c r="H257" t="inlineStr">
         <is>
           <t xml:space="preserve">
 @CM0use: Es valido colocarlo como "Pegatinas" o como "Stickers", preferi escoger "Pegatinas".</t>
         </is>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10546</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10542</t>
+        </is>
+      </c>
+      <c r="B258" t="inlineStr"/>
+      <c r="C258" t="inlineStr"/>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnored users</t>
+          <t>HiddenEventsDialogAllowed server changes</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10566</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10558</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Ignoring a user hides their messages (they can still see yours!).</t>
+          <t>Ignored users</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>Al ignorar a un usuario se ocultan sus mensajes (¡todavía pueden ver los tuyos!).</t>
+          <t>Usuarios ignorados</t>
         </is>
       </c>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
+          <t>IgnoredUsersIgnored users</t>
         </is>
       </c>
       <c r="G259" t="inlineStr"/>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10597</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10578</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Stop Ignoring.</t>
+          <t>Ignoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>Dejar de ignorar.</t>
+          <t>Al ignorar a un usuario se ocultan sus mensajes (¡todavía pueden ver los tuyos!).</t>
         </is>
       </c>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>IgnoredUsersStop Ignoring.</t>
+          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="G260" t="inlineStr"/>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>../qml/delegates/ImageMessage.qml:10788</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10609</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>Show</t>
+          <t>Stop Ignoring.</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>Mostrar</t>
+          <t>Dejar de ignorar.</t>
         </is>
       </c>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>ImageMessageShow</t>
-[...6 lines deleted...]
-      </c>
+          <t>IgnoredUsersStop Ignoring.</t>
+        </is>
+      </c>
+      <c r="G261" t="inlineStr"/>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10802</t>
+          <t>../qml/delegates/ImageMessage.qml:10800</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
-[...2 lines deleted...]
-      <c r="C262" t="inlineStr"/>
+          <t>Show</t>
+        </is>
+      </c>
+      <c r="C262" t="inlineStr">
+        <is>
+          <t>Mostrar</t>
+        </is>
+      </c>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
+          <t>ImageMessageShow</t>
+        </is>
+      </c>
+      <c r="G262" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Mostrar</t>
+        </is>
+      </c>
+      <c r="H262" t="inlineStr"/>
+    </row>
+    <row r="263">
+      <c r="A263" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10814</t>
+        </is>
+      </c>
+      <c r="B263" t="inlineStr">
+        <is>
+          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
+        </is>
+      </c>
+      <c r="C263" t="inlineStr"/>
+      <c r="D263" t="inlineStr"/>
+      <c r="E263" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F263" t="inlineStr">
+        <is>
           <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
-      <c r="G262" t="inlineStr">
+      <c r="G263" t="inlineStr">
         <is>
           <t>Suggested in Weblate: ¿Estás seguro de que quieres eliminar el paquete de pegatinas '%1'?
 Suggested in Weblate: ¿Está seguro de que desea eliminar el paquete de pegatinas '%1'?</t>
         </is>
       </c>
-      <c r="H262" t="inlineStr"/>
-[...7 lines deleted...]
-      <c r="B263" t="inlineStr">
+      <c r="H263" t="inlineStr"/>
+    </row>
+    <row r="264">
+      <c r="A264" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10836</t>
+        </is>
+      </c>
+      <c r="B264" t="inlineStr">
         <is>
           <t>Editing image pack</t>
         </is>
       </c>
-      <c r="C263" t="inlineStr">
+      <c r="C264" t="inlineStr">
         <is>
           <t>Editando pack de imágenes</t>
         </is>
       </c>
-      <c r="D263" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F263" t="inlineStr">
+      <c r="D264" t="inlineStr"/>
+      <c r="E264" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F264" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogEditing image pack</t>
         </is>
       </c>
-      <c r="G263" t="inlineStr">
+      <c r="G264" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Editando paquete de imágenes</t>
         </is>
       </c>
-      <c r="H263" t="inlineStr">
+      <c r="H264" t="inlineStr">
         <is>
           <t xml:space="preserve">
 @hllwk0333: Just in case, I'll be leaving pack as pack instead of using paquete (which is the valid translation) but since a lot of spanish speaking people just say pack, I think it's fine</t>
         </is>
       </c>
     </row>
-    <row r="264">
-[...28 lines deleted...]
-    </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10887</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10892</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>Add images</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>Imágenes (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>Añadir imágenes</t>
         </is>
       </c>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>ImagePackEditorDialogAdd images</t>
         </is>
       </c>
       <c r="G265" t="inlineStr"/>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10888</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10899</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>Select images for pack</t>
+          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>Seleccionar imágenes para el pack</t>
+          <t>Imágenes (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogSelect images for pack</t>
-[...6 lines deleted...]
-      </c>
+          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
+        </is>
+      </c>
+      <c r="G266" t="inlineStr"/>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10889</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10900</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>Add to pack</t>
+          <t>Select images for pack</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>Añadir al pack</t>
+          <t>Seleccionar imágenes para el pack</t>
         </is>
       </c>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAdd to pack</t>
+          <t>ImagePackEditorDialogSelect images for pack</t>
         </is>
       </c>
       <c r="G267" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Añadir al paquete</t>
+          <t>Suggested in Weblate: Seleccionar imágenes para el paquete</t>
         </is>
       </c>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10950</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10901</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Change the overview image for this pack</t>
+          <t>Add to pack</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>Cambiar la imagen previa para este pack</t>
+          <t>Añadir al pack</t>
         </is>
       </c>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogChange the overview image for this pack</t>
+          <t>ImagePackEditorDialogAdd to pack</t>
         </is>
       </c>
       <c r="G268" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Cambiar la imagen previa para este paquete</t>
+          <t>Suggested in Weblate: Añadir al paquete</t>
         </is>
       </c>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10963</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10962</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
+          <t>Change the overview image for this pack</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>Imagen previa (*.png *.webp *.jpg *.jpeg)</t>
+          <t>Cambiar la imagen previa para este pack</t>
         </is>
       </c>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
-[...2 lines deleted...]
-      <c r="G269" t="inlineStr"/>
+          <t>ImagePackEditorDialogChange the overview image for this pack</t>
+        </is>
+      </c>
+      <c r="G269" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Cambiar la imagen previa para este paquete</t>
+        </is>
+      </c>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10964</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10975</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Select overview image for pack</t>
+          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>Seleccionar imagen previa para el pack</t>
+          <t>Imagen previa (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogSelect overview image for pack</t>
+          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
           <t>../qml/dialogs/ImagePackEditorDialog.qml:10976</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t>State key</t>
+          <t>Select overview image for pack</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>State key</t>
+          <t>Seleccionar imagen previa para el pack</t>
         </is>
       </c>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
+          <t>ImagePackEditorDialogSelect overview image for pack</t>
+        </is>
+      </c>
+      <c r="G271" t="inlineStr"/>
+      <c r="H271" t="inlineStr"/>
+    </row>
+    <row r="272">
+      <c r="A272" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10988</t>
+        </is>
+      </c>
+      <c r="B272" t="inlineStr">
+        <is>
+          <t>State key</t>
+        </is>
+      </c>
+      <c r="C272" t="inlineStr">
+        <is>
+          <t>State key</t>
+        </is>
+      </c>
+      <c r="D272" t="inlineStr"/>
+      <c r="E272" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F272" t="inlineStr">
+        <is>
           <t>ImagePackEditorDialogState key</t>
         </is>
       </c>
-      <c r="G271" t="inlineStr"/>
-      <c r="H271" t="inlineStr">
+      <c r="G272" t="inlineStr"/>
+      <c r="H272" t="inlineStr">
         <is>
           <t xml:space="preserve">
 @hllwk0333: There isn't a reasonable translation for this and it will sound ridiculous if I translate it, so I'll just leave it as is</t>
         </is>
       </c>
     </row>
-    <row r="272">
-[...28 lines deleted...]
-    </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10992</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10996</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Attribution</t>
+          <t>Packname</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>Atribución</t>
+          <t>Nombre del pack</t>
         </is>
       </c>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAttribution</t>
+          <t>ImagePackEditorDialogPackname</t>
         </is>
       </c>
       <c r="G273" t="inlineStr"/>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11076</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11004</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Use as Emoji</t>
+          <t>Attribution</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>Usar como Emoji</t>
+          <t>Atribución</t>
         </is>
       </c>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogUse as Emoji</t>
+          <t>ImagePackEditorDialogAttribution</t>
         </is>
       </c>
       <c r="G274" t="inlineStr"/>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11089</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11088</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>Use as Sticker</t>
+          <t>Use as Emoji</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>Usar como Pegatina</t>
+          <t>Usar como Emoji</t>
         </is>
       </c>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogUse as Sticker</t>
+          <t>ImagePackEditorDialogUse as Emoji</t>
         </is>
       </c>
       <c r="G275" t="inlineStr"/>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11052</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11101</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t>Shortcode</t>
+          <t>Use as Sticker</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>Alias</t>
+          <t>Usar como Pegatina</t>
         </is>
       </c>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogShortcode</t>
+          <t>ImagePackEditorDialogUse as Sticker</t>
         </is>
       </c>
       <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11067</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11064</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t>Body</t>
+          <t>Shortcode</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>Cuerpo</t>
+          <t>Alias</t>
         </is>
       </c>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogBody</t>
+          <t>ImagePackEditorDialogShortcode</t>
         </is>
       </c>
       <c r="G277" t="inlineStr"/>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11102</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11079</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Remove from pack</t>
+          <t>Body</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>Eliminar del pack</t>
+          <t>Cuerpo</t>
         </is>
       </c>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogRemove from pack</t>
+          <t>ImagePackEditorDialogBody</t>
         </is>
       </c>
       <c r="G278" t="inlineStr"/>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11106</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11114</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Remove</t>
+          <t>Remove from pack</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>Eliminar</t>
+          <t>Eliminar del pack</t>
         </is>
       </c>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogRemove</t>
+          <t>ImagePackEditorDialogRemove from pack</t>
         </is>
       </c>
       <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11129</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11118</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Image pack settings</t>
+          <t>Remove</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>Ajustes del pack de imágenes</t>
+          <t>Eliminar</t>
         </is>
       </c>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogImage pack settings</t>
+          <t>ImagePackEditorDialogRemove</t>
         </is>
       </c>
       <c r="G280" t="inlineStr"/>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11181</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11141</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>Create account pack</t>
+          <t>Image pack settings</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>Crear pack de cuenta</t>
+          <t>Ajustes del pack de imágenes</t>
         </is>
       </c>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogCreate account pack</t>
+          <t>ImagePackSettingsDialogImage pack settings</t>
         </is>
       </c>
       <c r="G281" t="inlineStr"/>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11194</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11193</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>New room pack</t>
+          <t>Create account pack</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>Nuevo pack para la sala</t>
+          <t>Crear pack de cuenta</t>
         </is>
       </c>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogNew room pack</t>
-[...6 lines deleted...]
-      </c>
+          <t>ImagePackSettingsDialogCreate account pack</t>
+        </is>
+      </c>
+      <c r="G282" t="inlineStr"/>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11216</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11206</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t>Private pack</t>
+          <t>New room pack</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>Pack privado</t>
+          <t>Nuevo pack para la sala</t>
         </is>
       </c>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPrivate pack</t>
-[...2 lines deleted...]
-      <c r="G283" t="inlineStr"/>
+          <t>ImagePackSettingsDialogNew room pack</t>
+        </is>
+      </c>
+      <c r="G283" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Nuevo paquete de la sala</t>
+        </is>
+      </c>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11218</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11228</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Pack from this room</t>
+          <t>Private pack</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>Pack de esta sala</t>
+          <t>Pack privado</t>
         </is>
       </c>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from this room</t>
+          <t>ImagePackSettingsDialogPrivate pack</t>
         </is>
       </c>
       <c r="G284" t="inlineStr"/>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11220</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11230</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>Pack from parent community</t>
+          <t>Pack from this room</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>Pack de la comunidad parental</t>
+          <t>Pack de esta sala</t>
         </is>
       </c>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from parent community</t>
+          <t>ImagePackSettingsDialogPack from this room</t>
         </is>
       </c>
       <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11222</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11232</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Globally enabled pack</t>
+          <t>Pack from parent community</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>Pack habilitado globalmente</t>
+          <t>Pack de la comunidad parental</t>
         </is>
       </c>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogGlobally enabled pack</t>
+          <t>ImagePackSettingsDialogPack from parent community</t>
         </is>
       </c>
       <c r="G286" t="inlineStr"/>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11290</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11234</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Enable globally</t>
+          <t>Globally enabled pack</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>Habilitar pack globalmente</t>
+          <t>Pack habilitado globalmente</t>
         </is>
       </c>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEnable globally</t>
+          <t>ImagePackSettingsDialogGlobally enabled pack</t>
         </is>
       </c>
       <c r="G287" t="inlineStr"/>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11294</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11302</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t>Enables this pack to be used in all rooms</t>
+          <t>Enable globally</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>Permite que este pack sea usado en todas las salas</t>
+          <t>Habilitar pack globalmente</t>
         </is>
       </c>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
+          <t>ImagePackSettingsDialogEnable globally</t>
         </is>
       </c>
       <c r="G288" t="inlineStr"/>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
           <t>../qml/dialogs/ImagePackSettingsDialog.qml:11306</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Edit</t>
+          <t>Enables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>Editar</t>
+          <t>Permite que este pack sea usado en todas las salas</t>
         </is>
       </c>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEdit</t>
+          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="G289" t="inlineStr"/>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11317</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11318</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>Remove</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>Eliminar</t>
+          <t>Editar</t>
         </is>
       </c>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogRemove</t>
-[...6 lines deleted...]
-      </c>
+          <t>ImagePackSettingsDialogEdit</t>
+        </is>
+      </c>
+      <c r="G290" t="inlineStr"/>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11378</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11329</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Remove</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>Cerrar</t>
+          <t>Eliminar</t>
         </is>
       </c>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogClose</t>
-[...2 lines deleted...]
-      <c r="G291" t="inlineStr"/>
+          <t>ImagePackSettingsDialogRemove</t>
+        </is>
+      </c>
+      <c r="G291" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Eliminar</t>
+        </is>
+      </c>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11390</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Select file(s)</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>Seleccionar archivo(s)</t>
+          <t>Cerrar</t>
         </is>
       </c>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>InputBarSelect file(s)</t>
+          <t>ImagePackSettingsDialogClose</t>
         </is>
       </c>
       <c r="G292" t="inlineStr"/>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Select file(s)</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>Todos los archivos (*)</t>
+          <t>Seleccionar archivo(s)</t>
         </is>
       </c>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>InputBarAll Files (*)</t>
+          <t>InputBarSelect file(s)</t>
         </is>
       </c>
       <c r="G293" t="inlineStr"/>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12424</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
-[...2 lines deleted...]
-      <c r="C294" t="inlineStr"/>
+          <t>All Files (*)</t>
+        </is>
+      </c>
+      <c r="C294" t="inlineStr">
+        <is>
+          <t>Todos los archivos (*)</t>
+        </is>
+      </c>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
+          <t>InputBarAll Files (*)</t>
         </is>
       </c>
       <c r="G294" t="inlineStr"/>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12431</t>
+          <t>../../src/timeline/InputBar.cpp:12436</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>Failed to fetch user %1</t>
+          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="C295" t="inlineStr"/>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>InputBarFailed to fetch user %1</t>
+          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="G295" t="inlineStr"/>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12843</t>
+          <t>../../src/timeline/InputBar.cpp:12443</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Upload of '%1' failed</t>
-[...6 lines deleted...]
-      </c>
+          <t>Failed to fetch user %1</t>
+        </is>
+      </c>
+      <c r="C296" t="inlineStr"/>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>InputBarUpload of '%1' failed</t>
+          <t>InputBarFailed to fetch user %1</t>
         </is>
       </c>
       <c r="G296" t="inlineStr"/>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12883</t>
+          <t>../../src/timeline/InputBar.cpp:12855</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Invite users to %1</t>
+          <t>Upload of '%1' failed</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>Invitar a los usuarios a %1</t>
+          <t>Error en la subida de '%1</t>
         </is>
       </c>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>InviteDialogInvite users to %1</t>
+          <t>InputBarUpload of '%1' failed</t>
         </is>
       </c>
       <c r="G297" t="inlineStr"/>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12933</t>
+          <t>../qml/dialogs/InviteDialog.qml:12895</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Search user</t>
+          <t>Invite users to %1</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>Buscar usuario</t>
+          <t>Invitar a los usuarios a %1</t>
         </is>
       </c>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>InviteDialogSearch user</t>
+          <t>InviteDialogInvite users to %1</t>
         </is>
       </c>
       <c r="G298" t="inlineStr"/>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12946</t>
+          <t>../qml/dialogs/InviteDialog.qml:12945</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>@user:yourserver.example.com</t>
+          <t>Search user</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>@usuario:tuservidor.ejemplo.com</t>
+          <t>Buscar usuario</t>
         </is>
       </c>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
+          <t>InviteDialogSearch user</t>
+        </is>
+      </c>
+      <c r="G299" t="inlineStr"/>
+      <c r="H299" t="inlineStr"/>
+    </row>
+    <row r="300">
+      <c r="A300" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/InviteDialog.qml:12958</t>
+        </is>
+      </c>
+      <c r="B300" t="inlineStr">
+        <is>
+          <t>@user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C300" t="inlineStr">
+        <is>
+          <t>@usuario:tuservidor.ejemplo.com</t>
+        </is>
+      </c>
+      <c r="D300" t="inlineStr"/>
+      <c r="E300" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F300" t="inlineStr">
+        <is>
           <t>InviteDialog
 Example user id. The name 'user' can be localized however you want.@user:yourserver.example.com</t>
         </is>
       </c>
-      <c r="G299" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G300" t="inlineStr"/>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13074</t>
+          <t>../qml/dialogs/InviteDialog.qml:13000</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Invite</t>
+          <t>Search on Server</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>Invitar</t>
+          <t>Buscar en el servidor</t>
         </is>
       </c>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>InviteDialogInvite</t>
+          <t>InviteDialogSearch on Server</t>
         </is>
       </c>
       <c r="G301" t="inlineStr"/>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13081</t>
+          <t>../qml/dialogs/InviteDialog.qml:13086</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Invite</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>Cancelar</t>
+          <t>Invitar</t>
         </is>
       </c>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>InviteDialogCancel</t>
+          <t>InviteDialogInvite</t>
         </is>
       </c>
       <c r="G302" t="inlineStr"/>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13095</t>
+          <t>../qml/dialogs/InviteDialog.qml:13093</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Join room</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>Unirse a la sala</t>
+          <t>Cancelar</t>
         </is>
       </c>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>JoinRoomDialogJoin room</t>
+          <t>InviteDialogCancel</t>
         </is>
       </c>
       <c r="G303" t="inlineStr"/>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13115</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13107</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Room ID or alias</t>
+          <t>Join room</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>ID de la sala o alias</t>
+          <t>Unirse a la sala</t>
         </is>
       </c>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>JoinRoomDialogRoom ID or alias</t>
+          <t>JoinRoomDialogJoin room</t>
         </is>
       </c>
       <c r="G304" t="inlineStr"/>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13146</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13127</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Join</t>
+          <t>Room ID or alias</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>Unirse</t>
+          <t>ID de la sala o alias</t>
         </is>
       </c>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>JoinRoomDialogJoin</t>
+          <t>JoinRoomDialogRoom ID or alias</t>
         </is>
       </c>
       <c r="G305" t="inlineStr"/>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13161</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13158</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Join</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>Salir de la sala</t>
+          <t>Unirse</t>
         </is>
       </c>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>LeaveRoomDialogLeave room</t>
+          <t>JoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G306" t="inlineStr"/>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13162</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13173</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Are you sure you want to leave?</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>¿Seguro que deseas salir?</t>
+          <t>Salir de la sala</t>
         </is>
       </c>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>LeaveRoomDialogAre you sure you want to leave?</t>
-[...6 lines deleted...]
-      </c>
+          <t>LeaveRoomDialogLeave room</t>
+        </is>
+      </c>
+      <c r="G307" t="inlineStr"/>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13443</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13174</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
-          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+          <t>Are you sure you want to leave?</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>Ha introducido un ID de matrix no válido, por ejemplo @usuario:suservidor.ejemplo.com</t>
+          <t>¿Seguro que deseas salir?</t>
         </is>
       </c>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
-[...2 lines deleted...]
-      <c r="G308" t="inlineStr"/>
+          <t>LeaveRoomDialogAre you sure you want to leave?</t>
+        </is>
+      </c>
+      <c r="G308" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: ¿Seguro que desea salir?</t>
+        </is>
+      </c>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13280</t>
+          <t>../../src/LoginPage.cpp:13455</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
+          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>Error en la detección automática. Se ha recibido una respuesta malformada.</t>
+          <t>Ha introducido un ID de matrix no válido, por ejemplo @usuario:suservidor.ejemplo.com</t>
         </is>
       </c>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>LoginPageAutodiscovery failed. Received malformed response.</t>
-[...6 lines deleted...]
-      </c>
+          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="G309" t="inlineStr"/>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13286</t>
+          <t>../../src/LoginPage.cpp:13292</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>Error en la detección automática. Error desconocido al solicitar .well-known.</t>
+          <t>Error en la detección automática. Se ha recibido una respuesta malformada.</t>
         </is>
       </c>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>LoginPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G310" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Auto descubrir falló. Error desconocido al pedir .well-known</t>
+          <t>Suggested in Weblate: Auto descubrir falló. Respuesta malformada</t>
         </is>
       </c>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13319</t>
+          <t>../../src/LoginPage.cpp:13298</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>No se han encontrado los puntos finales requeridos. Posiblemente no sea un servidor Matrix.</t>
+          <t>Error en la detección automática. Error desconocido al solicitar .well-known.</t>
         </is>
       </c>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G311" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Los puntos de encuentro no fueron encontrados. Probablemente no es un servidor de Matrix.</t>
+          <t>Suggested in Weblate: Auto descubrir falló. Error desconocido al pedir .well-known</t>
         </is>
       </c>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13325</t>
+          <t>../../src/LoginPage.cpp:13331</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
-          <t>Se ha recibido una respuesta malformada. Asegúrese de que el dominio del homeserver es válido.</t>
+          <t>No se han encontrado los puntos finales requeridos. Posiblemente no sea un servidor Matrix.</t>
         </is>
       </c>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
-[...2 lines deleted...]
-      <c r="G312" t="inlineStr"/>
+          <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+        </is>
+      </c>
+      <c r="G312" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Los puntos de encuentro no fueron encontrados. Probablemente no es un servidor de Matrix.</t>
+        </is>
+      </c>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13333</t>
+          <t>../../src/LoginPage.cpp:13337</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>Se ha producido un error desconocido. Asegúrese de que el dominio del homeserver es válido.</t>
+          <t>Se ha recibido una respuesta malformada. Asegúrese de que el dominio del homeserver es válido.</t>
         </is>
       </c>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
-[...6 lines deleted...]
-      </c>
+          <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+        </is>
+      </c>
+      <c r="G313" t="inlineStr"/>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13354</t>
+          <t>../../src/LoginPage.cpp:13345</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
-[...2 lines deleted...]
-      <c r="C314" t="inlineStr"/>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+        </is>
+      </c>
+      <c r="C314" t="inlineStr">
+        <is>
+          <t>Se ha producido un error desconocido. Asegúrese de que el dominio del homeserver es válido.</t>
+        </is>
+      </c>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
-[...2 lines deleted...]
-      <c r="G314" t="inlineStr"/>
+          <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+        </is>
+      </c>
+      <c r="G314" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ha ocurrido un error desconocido. Confirme que el dominio del servidor es correcto.</t>
+        </is>
+      </c>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13375</t>
+          <t>../../src/LoginPage.cpp:13366</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Sign in with Apple</t>
-[...6 lines deleted...]
-      </c>
+          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+        </is>
+      </c>
+      <c r="C315" t="inlineStr"/>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Apple</t>
+          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="G315" t="inlineStr"/>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13377</t>
+          <t>../../src/LoginPage.cpp:13387</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Continue with Facebook</t>
+          <t>Sign in with Apple</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>Continuar con Facebook</t>
+          <t>Inicia sesión con Apple</t>
         </is>
       </c>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>LoginPageContinue with Facebook</t>
+          <t>LoginPageSign in with Apple</t>
         </is>
       </c>
       <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13379</t>
+          <t>../../src/LoginPage.cpp:13389</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Sign in with Google</t>
+          <t>Continue with Facebook</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>Inicia sesión con Google</t>
+          <t>Continuar con Facebook</t>
         </is>
       </c>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Google</t>
+          <t>LoginPageContinue with Facebook</t>
         </is>
       </c>
       <c r="G317" t="inlineStr"/>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13381</t>
+          <t>../../src/LoginPage.cpp:13391</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Sign in with Twitter</t>
+          <t>Sign in with Google</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>Inicia sesión con Twitter</t>
+          <t>Inicia sesión con Google</t>
         </is>
       </c>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Twitter</t>
+          <t>LoginPageSign in with Google</t>
         </is>
       </c>
       <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13383</t>
+          <t>../../src/LoginPage.cpp:13393</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Login using %1</t>
+          <t>Sign in with Twitter</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>Inicia sesión con %1</t>
+          <t>Inicia sesión con Twitter</t>
         </is>
       </c>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>LoginPageLogin using %1</t>
+          <t>LoginPageSign in with Twitter</t>
         </is>
       </c>
       <c r="G319" t="inlineStr"/>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13392</t>
+          <t>../../src/LoginPage.cpp:13395</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
-          <t>SSO LOGIN</t>
+          <t>Login using %1</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>INICIO DE SESION SSO</t>
+          <t>Inicia sesión con %1</t>
         </is>
       </c>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>LoginPageSSO LOGIN</t>
-[...6 lines deleted...]
-      </c>
+          <t>LoginPageLogin using %1</t>
+        </is>
+      </c>
+      <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13450</t>
+          <t>../../src/LoginPage.cpp:13404</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Empty password</t>
+          <t>SSO LOGIN</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>Contraseña vacía</t>
+          <t>INICIO DE SESION SSO</t>
         </is>
       </c>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>LoginPageEmpty password</t>
-[...2 lines deleted...]
-      <c r="G321" t="inlineStr"/>
+          <t>LoginPageSSO LOGIN</t>
+        </is>
+      </c>
+      <c r="G321" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Inicio de sesión SSO</t>
+        </is>
+      </c>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13505</t>
+          <t>../../src/LoginPage.cpp:13462</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>SSO login failed</t>
+          <t>Empty password</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>El inicio de sesión SSO falló</t>
+          <t>Contraseña vacía</t>
         </is>
       </c>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>LoginPageSSO login failed</t>
-[...6 lines deleted...]
-      </c>
+          <t>LoginPageEmpty password</t>
+        </is>
+      </c>
+      <c r="G322" t="inlineStr"/>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13563</t>
+          <t>../../src/LoginPage.cpp:13517</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Matrix ID</t>
+          <t>SSO login failed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>ID de Matrix</t>
+          <t>El inicio de sesión SSO falló</t>
         </is>
       </c>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>LoginPageMatrix ID</t>
-[...2 lines deleted...]
-      <c r="G323" t="inlineStr"/>
+          <t>LoginPageSSO login failed</t>
+        </is>
+      </c>
+      <c r="G323" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Error al iniciar sesión con SSO</t>
+        </is>
+      </c>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13564</t>
+          <t>../qml/pages/LoginPage.qml:13575</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
-          <t>e.g @user:yourserver.example.com</t>
+          <t>Matrix ID</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>p.ej. @usuario:suservidor.ejemplo.com</t>
+          <t>ID de Matrix</t>
         </is>
       </c>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>LoginPagee.g @user:yourserver.example.com</t>
+          <t>LoginPageMatrix ID</t>
         </is>
       </c>
       <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13567</t>
+          <t>../qml/pages/LoginPage.qml:13576</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
+        <is>
+          <t>e.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C325" t="inlineStr">
+        <is>
+          <t>p.ej. @usuario:suservidor.ejemplo.com</t>
+        </is>
+      </c>
+      <c r="D325" t="inlineStr"/>
+      <c r="E325" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F325" t="inlineStr">
+        <is>
+          <t>LoginPagee.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="G325" t="inlineStr"/>
+      <c r="H325" t="inlineStr"/>
+    </row>
+    <row r="326">
+      <c r="A326" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13579</t>
+        </is>
+      </c>
+      <c r="B326" t="inlineStr">
         <is>
           <t>Your login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="C325" t="inlineStr">
+      <c r="C326" t="inlineStr">
         <is>
           <t>Su nombre de usuario. Un mxid debe empezar por @ seguido del ID de usuario. Después del ID de usuario debes incluir el nombre de tu servidor después de un :.
 También puedes poner ahí la dirección de tu homeserver si tu servidor no soporta la búsqueda .well-known.
 Ejemplo: @usuario:suservidor.ejemplo.com
 Si Nheko no consigue descubrir tu homeserver, te mostrará un campo para que introduzcas el servidor manualmente.</t>
         </is>
       </c>
-      <c r="D325" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F325" t="inlineStr">
+      <c r="D326" t="inlineStr"/>
+      <c r="E326" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F326" t="inlineStr">
         <is>
           <t>LoginPageYour login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="G325" t="inlineStr"/>
-[...33 lines deleted...]
-      </c>
+      <c r="G326" t="inlineStr"/>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13597</t>
+          <t>../qml/pages/LoginPage.qml:13607</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
-          <t>Your password.</t>
+          <t>Password</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>Tu contraseña.</t>
+          <t>Contraseña</t>
         </is>
       </c>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>LoginPageYour password.</t>
-[...2 lines deleted...]
-      <c r="G327" t="inlineStr"/>
+          <t>LoginPagePassword</t>
+        </is>
+      </c>
+      <c r="G327" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: contraseña</t>
+        </is>
+      </c>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13610</t>
+          <t>../qml/pages/LoginPage.qml:13609</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
-          <t>Show/Hide Password</t>
-[...2 lines deleted...]
-      <c r="C328" t="inlineStr"/>
+          <t>Your password.</t>
+        </is>
+      </c>
+      <c r="C328" t="inlineStr">
+        <is>
+          <t>Tu contraseña.</t>
+        </is>
+      </c>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>LoginPageShow/Hide Password</t>
-[...6 lines deleted...]
-      </c>
+          <t>LoginPageYour password.</t>
+        </is>
+      </c>
+      <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13625</t>
+          <t>../qml/pages/LoginPage.qml:13622</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Device name</t>
-[...6 lines deleted...]
-      </c>
+          <t>Show/Hide Password</t>
+        </is>
+      </c>
+      <c r="C329" t="inlineStr"/>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>LoginPageDevice name</t>
-[...2 lines deleted...]
-      <c r="G329" t="inlineStr"/>
+          <t>LoginPageShow/Hide Password</t>
+        </is>
+      </c>
+      <c r="G329" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Mostrar/Ocultar contraseña</t>
+        </is>
+      </c>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13627</t>
+          <t>../qml/pages/LoginPage.qml:13637</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>Device name</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>Un nombre para este dispositivo que se mostrará a los demás cuando verifiquen sus dispositivos. Si no se proporciona nada, se utiliza un valor predeterminado.</t>
+          <t>Nombre de dispositivo</t>
         </is>
       </c>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>LoginPageDevice name</t>
         </is>
       </c>
       <c r="G330" t="inlineStr"/>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13637</t>
+          <t>../qml/pages/LoginPage.qml:13639</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Homeserver address</t>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>Dirección del homeserver</t>
+          <t>Un nombre para este dispositivo que se mostrará a los demás cuando verifiquen sus dispositivos. Si no se proporciona nada, se utiliza un valor predeterminado.</t>
         </is>
       </c>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>LoginPageHomeserver address</t>
+          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="G331" t="inlineStr"/>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13638</t>
+          <t>../qml/pages/LoginPage.qml:13649</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
-          <t>yourserver.example.com:8787</t>
+          <t>Homeserver address</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>suservidor.ejemplo.com:8787</t>
+          <t>Dirección del homeserver</t>
         </is>
       </c>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>LoginPageyourserver.example.com:8787</t>
+          <t>LoginPageHomeserver address</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13641</t>
+          <t>../qml/pages/LoginPage.qml:13650</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
+        <is>
+          <t>yourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="C333" t="inlineStr">
+        <is>
+          <t>suservidor.ejemplo.com:8787</t>
+        </is>
+      </c>
+      <c r="D333" t="inlineStr"/>
+      <c r="E333" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F333" t="inlineStr">
+        <is>
+          <t>LoginPageyourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="G333" t="inlineStr"/>
+      <c r="H333" t="inlineStr"/>
+    </row>
+    <row r="334">
+      <c r="A334" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13653</t>
+        </is>
+      </c>
+      <c r="B334" t="inlineStr">
         <is>
           <t>The address that can be used to contact your homeserver's client API.
 Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
-      <c r="C333" t="inlineStr">
+      <c r="C334" t="inlineStr">
         <is>
           <t>La dirección que se puede utilizar para ponerse en contacto con la API del cliente de su homeserver.
 Ejemplo: https://suservidor.ejemplo.com:8787</t>
         </is>
       </c>
-      <c r="D333" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F333" t="inlineStr">
+      <c r="D334" t="inlineStr"/>
+      <c r="E334" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F334" t="inlineStr">
         <is>
           <t>LoginPageThe address that can be used to contact your homeserver's client API.
 Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
-      <c r="G333" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G334" t="inlineStr"/>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13715</t>
+          <t>../qml/pages/LoginPage.qml:13685</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>LOGIN</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>Atrás</t>
+          <t>INICIAR SESION</t>
         </is>
       </c>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>LoginPageBack</t>
+          <t>LoginPageLOGIN</t>
         </is>
       </c>
       <c r="G335" t="inlineStr"/>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13727</t>
+          <t>../qml/pages/LoginPage.qml:13727</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>Cerrar sesión</t>
+          <t>Atrás</t>
         </is>
       </c>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>LogoutDialogLog out</t>
+          <t>LoginPageBack</t>
         </is>
       </c>
       <c r="G336" t="inlineStr"/>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13739</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t>A call is in progress. Log out?</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>Hay una llamada en curso. ¿Cerrar sesión?</t>
+          <t>Cerrar sesión</t>
         </is>
       </c>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>LogoutDialogA call is in progress. Log out?</t>
+          <t>LogoutDialogLog out</t>
         </is>
       </c>
       <c r="G337" t="inlineStr"/>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Are you sure you want to log out?</t>
+          <t>A call is in progress. Log out?</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>¿Seguro que quieres cerrar sesión?</t>
+          <t>Hay una llamada en curso. ¿Cerrar sesión?</t>
         </is>
       </c>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>LogoutDialogAre you sure you want to log out?</t>
+          <t>LogoutDialogA call is in progress. Log out?</t>
         </is>
       </c>
       <c r="G338" t="inlineStr"/>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:13609</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Failed to upload media. Please try again.</t>
+          <t>Are you sure you want to log out?</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>No se ha podido subir el contenido. Por favor, inténtelo de nuevo.</t>
+          <t>¿Seguro que quieres cerrar sesión?</t>
         </is>
       </c>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>MediaUploadFailed to upload media. Please try again.</t>
+          <t>LogoutDialogAre you sure you want to log out?</t>
         </is>
       </c>
       <c r="G339" t="inlineStr"/>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../../src/timeline/InputBar.cpp:13621</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
-          <t>Hang up</t>
+          <t>Failed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>Colgar</t>
+          <t>No se ha podido subir el contenido. Por favor, inténtelo de nuevo.</t>
         </is>
       </c>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>MessageInputHang up</t>
+          <t>MediaUploadFailed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Already on a call</t>
+          <t>Hang up</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>Ya está en una llamada</t>
+          <t>Colgar</t>
         </is>
       </c>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>MessageInputAlready on a call</t>
+          <t>MessageInputHang up</t>
         </is>
       </c>
       <c r="G341" t="inlineStr"/>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Place a call</t>
+          <t>Already on a call</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>Hacer una llamada</t>
+          <t>Ya está en una llamada</t>
         </is>
       </c>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>MessageInputPlace a call</t>
+          <t>MessageInputAlready on a call</t>
         </is>
       </c>
       <c r="G342" t="inlineStr"/>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13684</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Send a file</t>
+          <t>Place a call</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>Enviar un archivo</t>
+          <t>Hacer una llamada</t>
         </is>
       </c>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>MessageInputSend a file</t>
+          <t>MessageInputPlace a call</t>
         </is>
       </c>
       <c r="G343" t="inlineStr"/>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13752</t>
+          <t>../qml/MessageInput.qml:13696</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t>Write a message…</t>
+          <t>Send a file</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>Escribe un mensaje...</t>
+          <t>Enviar un archivo</t>
         </is>
       </c>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>MessageInputWrite a message...</t>
+          <t>MessageInputSend a file</t>
         </is>
       </c>
       <c r="G344" t="inlineStr"/>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14015</t>
+          <t>../qml/MessageInput.qml:13764</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
-          <t>Stickers</t>
+          <t>Write a message…</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>Pegatinas</t>
+          <t>Escribe un mensaje...</t>
         </is>
       </c>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>MessageInputStickers</t>
+          <t>MessageInputWrite a message...</t>
         </is>
       </c>
       <c r="G345" t="inlineStr"/>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14039</t>
+          <t>../qml/MessageInput.qml:14037</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
-          <t>Emoji</t>
+          <t>Stickers</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>Emoji</t>
+          <t>Pegatinas</t>
         </is>
       </c>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>MessageInputEmoji</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageInputStickers</t>
+        </is>
+      </c>
+      <c r="G346" t="inlineStr"/>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
           <t>../qml/MessageInput.qml:14061</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>Emoji</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>Enviar</t>
+          <t>Emoji</t>
         </is>
       </c>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>MessageInputSend</t>
-[...2 lines deleted...]
-      <c r="G347" t="inlineStr"/>
+          <t>MessageInputEmoji</t>
+        </is>
+      </c>
+      <c r="G347" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: emoji</t>
+        </is>
+      </c>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14076</t>
+          <t>../qml/MessageInput.qml:14083</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>You don't have permission to send messages in this room</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>No tienes permisos para enviar mensajes en esta sala</t>
+          <t>Enviar</t>
         </is>
       </c>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>MessageInputYou don't have permission to send messages in this room</t>
+          <t>MessageInputSend</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
-          <t>../qml/MessageInputWarning.qml:14137</t>
+          <t>../qml/MessageInput.qml:14098</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Don't mention them in this message</t>
-[...2 lines deleted...]
-      <c r="C349" t="inlineStr"/>
+          <t>You don't have permission to send messages in this room</t>
+        </is>
+      </c>
+      <c r="C349" t="inlineStr">
+        <is>
+          <t>No tienes permisos para enviar mensajes en esta sala</t>
+        </is>
+      </c>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>MessageInputWarningDon't mention them in this message</t>
+          <t>MessageInputYou don't have permission to send messages in this room</t>
         </is>
       </c>
       <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14372</t>
+          <t>../qml/MessageInputWarning.qml:14159</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Edit</t>
-[...6 lines deleted...]
-      </c>
+          <t>Don't mention them in this message</t>
+        </is>
+      </c>
+      <c r="C350" t="inlineStr"/>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>MessageViewEdit</t>
+          <t>MessageInputWarningDon't mention them in this message</t>
         </is>
       </c>
       <c r="G350" t="inlineStr"/>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14389</t>
+          <t>../qml/MessageView.qml:14396</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>React</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>Reaccionar</t>
+          <t>Editar</t>
         </is>
       </c>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>MessageViewReact</t>
+          <t>MessageViewEdit</t>
         </is>
       </c>
       <c r="G351" t="inlineStr"/>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14413</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>Reply in thread</t>
+          <t>React</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>Responder en el hilo</t>
+          <t>Reaccionar</t>
         </is>
       </c>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>MessageViewReply in thread</t>
+          <t>MessageViewReact</t>
         </is>
       </c>
       <c r="G352" t="inlineStr"/>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>New thread</t>
+          <t>Reply in thread</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>Nuevo hilo</t>
+          <t>Responder en el hilo</t>
         </is>
       </c>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>MessageViewNew thread</t>
+          <t>MessageViewReply in thread</t>
         </is>
       </c>
       <c r="G353" t="inlineStr"/>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14415</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
-          <t>Reply</t>
+          <t>New thread</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>Responder</t>
+          <t>Nuevo hilo</t>
         </is>
       </c>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>MessageViewReply</t>
+          <t>MessageViewNew thread</t>
         </is>
       </c>
       <c r="G354" t="inlineStr"/>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14426</t>
+          <t>../qml/MessageView.qml:14439</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Go to message</t>
+          <t>Reply</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>Ir al mensaje</t>
+          <t>Responder</t>
         </is>
       </c>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>MessageViewGo to message</t>
+          <t>MessageViewReply</t>
         </is>
       </c>
       <c r="G355" t="inlineStr"/>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14443</t>
+          <t>../qml/MessageView.qml:14450</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
-          <t>Options</t>
+          <t>Go to message</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>Opciones</t>
+          <t>Ir al mensaje</t>
         </is>
       </c>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>MessageViewOptions</t>
+          <t>MessageViewGo to message</t>
         </is>
       </c>
       <c r="G356" t="inlineStr"/>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14576</t>
+          <t>../qml/MessageView.qml:14467</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
-          <t>Enter reason for removal or hit enter for no reason:</t>
+          <t>Options</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>Introduzca el motivo de la eliminación o pulse Intro si no hay motivo:</t>
+          <t>Opciones</t>
         </is>
       </c>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
+          <t>MessageViewOptions</t>
         </is>
       </c>
       <c r="G357" t="inlineStr"/>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14577</t>
+          <t>../qml/MessageView.qml:14600</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
-          <t>Reason for removal</t>
+          <t>Enter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>Motivo de la eliminación</t>
+          <t>Introduzca el motivo de la eliminación o pulse Intro si no hay motivo:</t>
         </is>
       </c>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>MessageViewReason for removal</t>
+          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G358" t="inlineStr"/>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
           <t>../qml/MessageView.qml:14601</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
-          <t>Go to &amp;message</t>
+          <t>Reason for removal</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>Ir al &amp;mensaje</t>
+          <t>Motivo de la eliminación</t>
         </is>
       </c>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>MessageViewGo to &amp;message</t>
+          <t>MessageViewReason for removal</t>
         </is>
       </c>
       <c r="G359" t="inlineStr"/>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14797</t>
+          <t>../qml/MessageView.qml:14625</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
-          <t>&amp;Copy</t>
+          <t>Go to &amp;message</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>&amp;Copiar</t>
+          <t>Ir al &amp;mensaje</t>
         </is>
       </c>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>MessageView&amp;Copy</t>
+          <t>MessageViewGo to &amp;message</t>
         </is>
       </c>
       <c r="G360" t="inlineStr"/>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14805</t>
+          <t>../qml/MessageView.qml:14823</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Copy &amp;link location</t>
+          <t>&amp;Copy</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>Copiar dirección de &amp;enlace</t>
+          <t>&amp;Copiar</t>
         </is>
       </c>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
+          <t>MessageView&amp;Copy</t>
+        </is>
+      </c>
+      <c r="G361" t="inlineStr"/>
+      <c r="H361" t="inlineStr"/>
+    </row>
+    <row r="362">
+      <c r="A362" t="inlineStr">
+        <is>
+          <t>../qml/MessageView.qml:14831</t>
+        </is>
+      </c>
+      <c r="B362" t="inlineStr">
+        <is>
+          <t>Copy &amp;link location</t>
+        </is>
+      </c>
+      <c r="C362" t="inlineStr">
+        <is>
+          <t>Copiar dirección de &amp;enlace</t>
+        </is>
+      </c>
+      <c r="D362" t="inlineStr"/>
+      <c r="E362" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F362" t="inlineStr">
+        <is>
           <t>MessageViewCopy &amp;link location</t>
         </is>
       </c>
-      <c r="G361" t="inlineStr"/>
-      <c r="H361" t="inlineStr">
+      <c r="G362" t="inlineStr"/>
+      <c r="H362" t="inlineStr">
         <is>
           <t xml:space="preserve">
 @CM0use: I don't know if it is correct to place the &amp; in different letters from the original text. I'll leave it as @hllwk0333 did.</t>
         </is>
       </c>
     </row>
-    <row r="362">
-[...28 lines deleted...]
-    </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14641</t>
+          <t>../qml/MessageView.qml:14654</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
-          <t>Repl&amp;y</t>
+          <t>Re&amp;act</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>Respo&amp;nder</t>
+          <t>Re&amp;accionar</t>
         </is>
       </c>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>MessageViewRepl&amp;y</t>
+          <t>MessageViewRe&amp;act</t>
         </is>
       </c>
       <c r="G363" t="inlineStr"/>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14649</t>
+          <t>../qml/MessageView.qml:14665</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
-          <t>&amp;Edit</t>
+          <t>Repl&amp;y</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>&amp;Editar</t>
+          <t>Respo&amp;nder</t>
         </is>
       </c>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>MessageView&amp;Edit</t>
+          <t>MessageViewRepl&amp;y</t>
         </is>
       </c>
       <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14657</t>
+          <t>../qml/MessageView.qml:14673</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
-          <t>&amp;Thread</t>
+          <t>&amp;Edit</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>&amp;Hilo</t>
+          <t>&amp;Editar</t>
         </is>
       </c>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>MessageView&amp;Thread</t>
+          <t>MessageView&amp;Edit</t>
         </is>
       </c>
       <c r="G365" t="inlineStr"/>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14681</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Un&amp;pin</t>
+          <t>&amp;Thread</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>Des&amp;fijar</t>
+          <t>&amp;Hilo</t>
         </is>
       </c>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>MessageViewUn&amp;pin</t>
+          <t>MessageView&amp;Thread</t>
         </is>
       </c>
       <c r="G366" t="inlineStr"/>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
-          <t>&amp;Pin</t>
+          <t>Un&amp;pin</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>&amp;Fijar</t>
+          <t>Des&amp;fijar</t>
         </is>
       </c>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>MessageView&amp;Pin</t>
+          <t>MessageViewUn&amp;pin</t>
         </is>
       </c>
       <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14673</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
-          <t>&amp;Read receipts</t>
+          <t>&amp;Pin</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>&amp;Leer recibos</t>
+          <t>&amp;Fijar</t>
         </is>
       </c>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>MessageView&amp;Read receipts</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageView&amp;Pin</t>
+        </is>
+      </c>
+      <c r="G368" t="inlineStr"/>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14680</t>
+          <t>../qml/MessageView.qml:14697</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
-          <t>&amp;Forward</t>
+          <t>&amp;Read receipts</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>&amp;Reenviar</t>
+          <t>&amp;Leer recibos</t>
         </is>
       </c>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>MessageView&amp;Forward</t>
-[...2 lines deleted...]
-      <c r="G369" t="inlineStr"/>
+          <t>MessageView&amp;Read receipts</t>
+        </is>
+      </c>
+      <c r="G369" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Vistos</t>
+        </is>
+      </c>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14693</t>
+          <t>../qml/MessageView.qml:14704</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
-          <t>&amp;Mark as read</t>
+          <t>&amp;Forward</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>&amp;Marcar como leido</t>
+          <t>&amp;Reenviar</t>
         </is>
       </c>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>MessageView&amp;Mark as read</t>
+          <t>MessageView&amp;Forward</t>
         </is>
       </c>
       <c r="G370" t="inlineStr"/>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14698</t>
+          <t>../qml/MessageView.qml:14717</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
-          <t>View raw message</t>
+          <t>&amp;Mark as read</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>Ver código fuente</t>
+          <t>&amp;Marcar como leido</t>
         </is>
       </c>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>MessageViewView raw message</t>
+          <t>MessageView&amp;Mark as read</t>
         </is>
       </c>
       <c r="G371" t="inlineStr"/>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14705</t>
+          <t>../qml/MessageView.qml:14724</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
-          <t>View decrypted raw message</t>
+          <t>View raw message</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>Ver código fuente sin cifrar</t>
+          <t>Ver código fuente</t>
         </is>
       </c>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>MessageViewView decrypted raw message</t>
+          <t>MessageViewView raw message</t>
         </is>
       </c>
       <c r="G372" t="inlineStr"/>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14714</t>
+          <t>../qml/MessageView.qml:14731</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Remo&amp;ve message</t>
+          <t>View decrypted raw message</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>Elimin&amp;ar mensaje</t>
+          <t>Ver código fuente sin cifrar</t>
         </is>
       </c>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>MessageViewRemo&amp;ve message</t>
+          <t>MessageViewView decrypted raw message</t>
         </is>
       </c>
       <c r="G373" t="inlineStr"/>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14728</t>
+          <t>../qml/MessageView.qml:14740</t>
         </is>
       </c>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Report message</t>
+          <t>Remo&amp;ve message</t>
         </is>
       </c>
       <c r="C374" t="inlineStr">
         <is>
-          <t>Reportar mensaje</t>
+          <t>Elimin&amp;ar mensaje</t>
         </is>
       </c>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>MessageViewReport message</t>
+          <t>MessageViewRemo&amp;ve message</t>
         </is>
       </c>
       <c r="G374" t="inlineStr"/>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14739</t>
+          <t>../qml/MessageView.qml:14754</t>
         </is>
       </c>
       <c r="B375" t="inlineStr">
         <is>
-          <t>&amp;Save as</t>
+          <t>Report message</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>&amp;Guardar como</t>
+          <t>Reportar mensaje</t>
         </is>
       </c>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>MessageView&amp;Save as</t>
+          <t>MessageViewReport message</t>
         </is>
       </c>
       <c r="G375" t="inlineStr"/>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14747</t>
+          <t>../qml/MessageView.qml:14765</t>
         </is>
       </c>
       <c r="B376" t="inlineStr">
         <is>
-          <t>&amp;Open in external program</t>
+          <t>&amp;Save as</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>&amp;Abrir en un programa externo</t>
+          <t>&amp;Guardar como</t>
         </is>
       </c>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>MessageView&amp;Open in external program</t>
+          <t>MessageView&amp;Save as</t>
         </is>
       </c>
       <c r="G376" t="inlineStr"/>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14755</t>
+          <t>../qml/MessageView.qml:14773</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Copy link to eve&amp;nt</t>
+          <t>&amp;Open in external program</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>Copiar enlace a even&amp;to</t>
+          <t>&amp;Abrir en un programa externo</t>
         </is>
       </c>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>MessageViewCopy link to eve&amp;nt</t>
+          <t>MessageView&amp;Open in external program</t>
         </is>
       </c>
       <c r="G377" t="inlineStr"/>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14813</t>
+          <t>../qml/MessageView.qml:14781</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
-          <t>&amp;Go to quoted message</t>
+          <t>Copy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>&amp;Ir a mensaje citado</t>
+          <t>Copiar enlace a even&amp;to</t>
         </is>
       </c>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>MessageView&amp;Go to quoted message</t>
+          <t>MessageViewCopy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="G378" t="inlineStr"/>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/MessageView.qml:14839</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Send Verification Request</t>
+          <t>&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>Enviar solicitud de verificación</t>
+          <t>&amp;Ir a mensaje citado</t>
         </is>
       </c>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>NewVerificationRequestSend Verification Request</t>
+          <t>MessageView&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
-          <t>Received Verification Request</t>
+          <t>Send Verification Request</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>Solicitud de verificación recibida</t>
+          <t>Enviar solicitud de verificación</t>
         </is>
       </c>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>NewVerificationRequestReceived Verification Request</t>
+          <t>NewVerificationRequestSend Verification Request</t>
         </is>
       </c>
       <c r="G380" t="inlineStr"/>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14837</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B381" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>Received Verification Request</t>
         </is>
       </c>
       <c r="C381" t="inlineStr">
         <is>
-          <t>Para que otros usuarios puedan ver cuáles de tus dispositivos te pertenecen realmente, puedes verificarlos. Esto también permite que la copia de seguridad de las claves funcione automáticamente. ¿Verificar ahora un dispositivo no verificado? (Asegúrate de que tienes uno de esos dispositivos disponible.)</t>
+          <t>Solicitud de verificación recibida</t>
         </is>
       </c>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>NewVerificationRequestReceived Verification Request</t>
         </is>
       </c>
       <c r="G381" t="inlineStr"/>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14839</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14863</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>Para que otros usuarios puedan ver cuáles de tus dispositivos te pertenecen realmente, puedes verificarlos. Esto también permite que la copia de seguridad de las claves funcione automáticamente. ¿Verificar %1 ahora?</t>
+          <t>Para que otros usuarios puedan ver cuáles de tus dispositivos te pertenecen realmente, puedes verificarlos. Esto también permite que la copia de seguridad de las claves funcione automáticamente. ¿Verificar ahora un dispositivo no verificado? (Asegúrate de que tienes uno de esos dispositivos disponible.)</t>
         </is>
       </c>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="G382" t="inlineStr"/>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14841</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14865</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
-          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>Para garantizar que ningún usuario malintencionado pueda espiar tus comunicaciones cifradas puedes verificar con el otro grupo.</t>
+          <t>Para que otros usuarios puedan ver cuáles de tus dispositivos te pertenecen realmente, puedes verificarlos. Esto también permite que la copia de seguridad de las claves funcione automáticamente. ¿Verificar %1 ahora?</t>
         </is>
       </c>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="G383" t="inlineStr"/>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14844</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14867</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
-          <t>%1 has requested to verify their device %2.</t>
+          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>%1 ha solicitado verificar su dispositivo %2.</t>
+          <t>Para garantizar que ningún usuario malintencionado pueda espiar tus comunicaciones cifradas puedes verificar con el otro grupo.</t>
         </is>
       </c>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
+          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="G384" t="inlineStr"/>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14846</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14870</t>
         </is>
       </c>
       <c r="B385" t="inlineStr">
         <is>
-          <t>%1 using the device %2 has requested to be verified.</t>
+          <t>%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
-          <t>%1 utilizando el dispositivo %2 ha solicitado ser verificado.</t>
+          <t>%1 ha solicitado verificar su dispositivo %2.</t>
         </is>
       </c>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
+          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="G385" t="inlineStr"/>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14848</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14872</t>
         </is>
       </c>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Your device (%1) has requested to be verified.</t>
+          <t>%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>Tu dispositivo (%1) ha solicitado ser verificado.</t>
+          <t>%1 utilizando el dispositivo %2 ha solicitado ser verificado.</t>
         </is>
       </c>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
+          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="G386" t="inlineStr"/>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14874</t>
         </is>
       </c>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Your device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>Cancelar</t>
+          <t>Tu dispositivo (%1) ha solicitado ser verificado.</t>
         </is>
       </c>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>NewVerificationRequestCancel</t>
+          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="G387" t="inlineStr"/>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Deny</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>Rechazar</t>
+          <t>Cancelar</t>
         </is>
       </c>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>NewVerificationRequestDeny</t>
+          <t>NewVerificationRequestCancel</t>
         </is>
       </c>
       <c r="G388" t="inlineStr"/>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Start verification</t>
+          <t>Deny</t>
         </is>
       </c>
       <c r="C389" t="inlineStr">
         <is>
-          <t>Comenzar verificación</t>
+          <t>Rechazar</t>
         </is>
       </c>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>NewVerificationRequestStart verification</t>
+          <t>NewVerificationRequestDeny</t>
         </is>
       </c>
       <c r="G389" t="inlineStr"/>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Accept</t>
+          <t>Start verification</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
-          <t>Aceptar</t>
+          <t>Comenzar verificación</t>
         </is>
       </c>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>NewVerificationRequestAccept</t>
+          <t>NewVerificationRequestStart verification</t>
         </is>
       </c>
       <c r="G390" t="inlineStr"/>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15009</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B391" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
+          <t>Accept</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>%1 envió un mensaje cifrado</t>
+          <t>Aceptar</t>
         </is>
       </c>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 sent an encrypted message</t>
+          <t>NewVerificationRequestAccept</t>
         </is>
       </c>
       <c r="G391" t="inlineStr"/>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15021</t>
+          <t>../../src/notifications/ManagerMac.cpp:15035</t>
         </is>
       </c>
       <c r="B392" t="inlineStr">
         <is>
-          <t>%1 replied with a spoiler.</t>
-[...2 lines deleted...]
-      <c r="C392" t="inlineStr"/>
+          <t>%1 sent an encrypted message</t>
+        </is>
+      </c>
+      <c r="C392" t="inlineStr">
+        <is>
+          <t>%1 envió un mensaje cifrado</t>
+        </is>
+      </c>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
+          <t>NotificationsManager%1 sent an encrypted message</t>
+        </is>
+      </c>
+      <c r="G392" t="inlineStr"/>
+      <c r="H392" t="inlineStr"/>
+    </row>
+    <row r="393">
+      <c r="A393" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:15047</t>
+        </is>
+      </c>
+      <c r="B393" t="inlineStr">
+        <is>
+          <t>%1 replied with a spoiler.</t>
+        </is>
+      </c>
+      <c r="C393" t="inlineStr"/>
+      <c r="D393" t="inlineStr"/>
+      <c r="E393" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F393" t="inlineStr">
+        <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender.%1 replied with a spoiler.</t>
         </is>
       </c>
-      <c r="G392" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B393" t="inlineStr">
+      <c r="G393" t="inlineStr"/>
+      <c r="H393" t="inlineStr"/>
+    </row>
+    <row r="394">
+      <c r="A394" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:15057</t>
+        </is>
+      </c>
+      <c r="B394" t="inlineStr">
         <is>
           <t>%1 replied: %2</t>
         </is>
       </c>
-      <c r="C393" t="inlineStr">
+      <c r="C394" t="inlineStr">
         <is>
           <t>%1 respondió %2</t>
         </is>
       </c>
-      <c r="D393" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F393" t="inlineStr">
+      <c r="D394" t="inlineStr"/>
+      <c r="E394" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F394" t="inlineStr">
         <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender, %2 the message%1 replied: %2</t>
         </is>
       </c>
-      <c r="G393" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G394" t="inlineStr"/>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15056</t>
         </is>
       </c>
       <c r="B395" t="inlineStr">
         <is>
-          <t>%1 replied to a message</t>
+          <t>%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="C395" t="inlineStr">
         <is>
-          <t>%1 respondió a un mensaje</t>
+          <t>%1 respondió con un mensaje cifrado</t>
         </is>
       </c>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 replied to a message</t>
+          <t>NotificationsManager%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="G395" t="inlineStr"/>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B396" t="inlineStr">
         <is>
-          <t>%1 sent a message</t>
+          <t>%1 replied to a message</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>%1 envió un mensaje</t>
+          <t>%1 respondió a un mensaje</t>
         </is>
       </c>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 sent a message</t>
+          <t>NotificationsManager%1 replied to a message</t>
         </is>
       </c>
       <c r="G396" t="inlineStr"/>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15075</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Place a call to %1?</t>
+          <t>%1 sent a message</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>¿Llamar a %1?</t>
+          <t>%1 envió un mensaje</t>
         </is>
       </c>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>PlaceCallPlace a call to %1?</t>
+          <t>NotificationsManager%1 sent a message</t>
         </is>
       </c>
       <c r="G397" t="inlineStr"/>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15091</t>
+          <t>../qml/voip/PlaceCall.qml:15101</t>
         </is>
       </c>
       <c r="B398" t="inlineStr">
         <is>
-          <t>No microphone found.</t>
+          <t>Place a call to %1?</t>
         </is>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>No se encontró ningún micrófono.</t>
+          <t>¿Llamar a %1?</t>
         </is>
       </c>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>PlaceCallNo microphone found.</t>
+          <t>PlaceCallPlace a call to %1?</t>
         </is>
       </c>
       <c r="G398" t="inlineStr"/>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15115</t>
+          <t>../qml/voip/PlaceCall.qml:15117</t>
         </is>
       </c>
       <c r="B399" t="inlineStr">
         <is>
-          <t>Voice</t>
+          <t>No microphone found.</t>
         </is>
       </c>
       <c r="C399" t="inlineStr">
         <is>
-          <t>Voz</t>
+          <t>No se encontró ningún micrófono.</t>
         </is>
       </c>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>PlaceCallVoice</t>
+          <t>PlaceCallNo microphone found.</t>
         </is>
       </c>
       <c r="G399" t="inlineStr"/>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15128</t>
+          <t>../qml/voip/PlaceCall.qml:15141</t>
         </is>
       </c>
       <c r="B400" t="inlineStr">
         <is>
-          <t>Video</t>
+          <t>Voice</t>
         </is>
       </c>
       <c r="C400" t="inlineStr">
         <is>
-          <t>Vídeo</t>
+          <t>Voz</t>
         </is>
       </c>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>PlaceCallVideo</t>
+          <t>PlaceCallVoice</t>
         </is>
       </c>
       <c r="G400" t="inlineStr"/>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15141</t>
+          <t>../qml/voip/PlaceCall.qml:15154</t>
         </is>
       </c>
       <c r="B401" t="inlineStr">
         <is>
-          <t>Screen</t>
+          <t>Video</t>
         </is>
       </c>
       <c r="C401" t="inlineStr">
         <is>
-          <t>Pantalla</t>
+          <t>Vídeo</t>
         </is>
       </c>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>PlaceCallScreen</t>
+          <t>PlaceCallVideo</t>
         </is>
       </c>
       <c r="G401" t="inlineStr"/>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15157</t>
+          <t>../qml/voip/PlaceCall.qml:15167</t>
         </is>
       </c>
       <c r="B402" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Screen</t>
         </is>
       </c>
       <c r="C402" t="inlineStr">
         <is>
-          <t>Cancelar</t>
+          <t>Pantalla</t>
         </is>
       </c>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>PlaceCallCancel</t>
+          <t>PlaceCallScreen</t>
         </is>
       </c>
       <c r="G402" t="inlineStr"/>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr">
         <is>
-          <t>../qml/delegates/Placeholder.qml:15168</t>
+          <t>../qml/voip/PlaceCall.qml:15183</t>
         </is>
       </c>
       <c r="B403" t="inlineStr">
         <is>
-          <t xml:space="preserve">unimplemented event: </t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C403" t="inlineStr">
         <is>
-          <t xml:space="preserve">evento-sin-implementar: </t>
+          <t>Cancelar</t>
         </is>
       </c>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t xml:space="preserve">Placeholderunimplemented event: </t>
+          <t>PlaceCallCancel</t>
         </is>
       </c>
       <c r="G403" t="inlineStr"/>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15194</t>
+          <t>../qml/delegates/Placeholder.qml:15194</t>
         </is>
       </c>
       <c r="B404" t="inlineStr">
         <is>
-          <t>Permissions in %1</t>
+          <t xml:space="preserve">unimplemented event: </t>
         </is>
       </c>
       <c r="C404" t="inlineStr">
         <is>
-          <t>Permisos en %1</t>
+          <t xml:space="preserve">evento-sin-implementar: </t>
         </is>
       </c>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>PowerLevelEditorPermissions in %1</t>
+          <t xml:space="preserve">Placeholderunimplemented event: </t>
         </is>
       </c>
       <c r="G404" t="inlineStr"/>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15208</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15220</t>
         </is>
       </c>
       <c r="B405" t="inlineStr">
         <is>
-          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>Permissions in %1</t>
         </is>
       </c>
       <c r="C405" t="inlineStr">
         <is>
-          <t>Ten cuidado al editar los permisos. No puedes reducir los permisos de personas con un nivel igual o superior al tuyo. Ten cuidado al promocionar a otros.</t>
+          <t>Permisos en %1</t>
         </is>
       </c>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>PowerLevelEditorPermissions in %1</t>
         </is>
       </c>
       <c r="G405" t="inlineStr"/>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15221</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15234</t>
         </is>
       </c>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Roles</t>
+          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="C406" t="inlineStr">
         <is>
-          <t>Roles</t>
+          <t>Ten cuidado al editar los permisos. No puedes reducir los permisos de personas con un nivel igual o superior al tuyo. Ten cuidado al promocionar a otros.</t>
         </is>
       </c>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRoles</t>
+          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="G406" t="inlineStr"/>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15224</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15247</t>
         </is>
       </c>
       <c r="B407" t="inlineStr">
         <is>
-          <t>Users</t>
+          <t>Roles</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>Usuarios</t>
+          <t>Roles</t>
         </is>
       </c>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUsers</t>
+          <t>PowerLevelEditorRoles</t>
         </is>
       </c>
       <c r="G407" t="inlineStr"/>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15244</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15250</t>
         </is>
       </c>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Move permissions between roles to change them</t>
+          <t>Users</t>
         </is>
       </c>
       <c r="C408" t="inlineStr">
         <is>
-          <t>Mover permisos entre roles para cambiarlos</t>
+          <t>Usuarios</t>
         </is>
       </c>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove permissions between roles to change them</t>
+          <t>PowerLevelEditorUsers</t>
         </is>
       </c>
       <c r="G408" t="inlineStr"/>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15506</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
         </is>
       </c>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Administrator (%1)</t>
+          <t>Move permissions between roles to change them</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
-          <t>Administrador (%1)</t>
+          <t>Mover permisos entre roles para cambiarlos</t>
         </is>
       </c>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdministrator (%1)</t>
+          <t>PowerLevelEditorMove permissions between roles to change them</t>
         </is>
       </c>
       <c r="G409" t="inlineStr"/>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15508</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15536</t>
+        </is>
+      </c>
+      <c r="B410" t="inlineStr"/>
+      <c r="C410" t="inlineStr"/>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>PowerLevelEditorModerator (%1)</t>
+          <t>PowerLevelEditorCreator</t>
         </is>
       </c>
       <c r="G410" t="inlineStr"/>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15538</t>
         </is>
       </c>
       <c r="B411" t="inlineStr">
         <is>
-          <t>User (%1)</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>Usuario (%1)</t>
+          <t>Administrador (%1)</t>
         </is>
       </c>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUser (%1)</t>
+          <t>PowerLevelEditorAdministrator (%1)</t>
         </is>
       </c>
       <c r="G411" t="inlineStr"/>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15510</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15540</t>
         </is>
       </c>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Custom (%1)</t>
+          <t>Moderator (%1)</t>
         </is>
       </c>
       <c r="C412" t="inlineStr">
         <is>
-          <t>Personalizado (%1)</t>
+          <t>Moderador (%1)</t>
         </is>
       </c>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>PowerLevelEditorCustom (%1)</t>
+          <t>PowerLevelEditorModerator (%1)</t>
         </is>
       </c>
       <c r="G412" t="inlineStr"/>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15542</t>
         </is>
       </c>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Remove event type</t>
+          <t>User (%1)</t>
         </is>
       </c>
       <c r="C413" t="inlineStr">
         <is>
-          <t>Eliminar tipo de evento</t>
+          <t>Usuario (%1)</t>
         </is>
       </c>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove event type</t>
+          <t>PowerLevelEditorUser (%1)</t>
         </is>
       </c>
       <c r="G413" t="inlineStr"/>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15544</t>
         </is>
       </c>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Add event type</t>
+          <t>Custom (%1)</t>
         </is>
       </c>
       <c r="C414" t="inlineStr">
         <is>
-          <t>Añadir tipo de evento</t>
+          <t>Personalizado (%1)</t>
         </is>
       </c>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd event type</t>
+          <t>PowerLevelEditorCustom (%1)</t>
         </is>
       </c>
       <c r="G414" t="inlineStr"/>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15327</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B415" t="inlineStr">
         <is>
-          <t>Add new role</t>
+          <t>Remove event type</t>
         </is>
       </c>
       <c r="C415" t="inlineStr">
         <is>
-          <t>Añadir nuevo rol</t>
+          <t>Eliminar tipo de evento</t>
         </is>
       </c>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd new role</t>
+          <t>PowerLevelEditorRemove event type</t>
         </is>
       </c>
       <c r="G415" t="inlineStr"/>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15365</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B416" t="inlineStr">
         <is>
-          <t>Add</t>
+          <t>Add event type</t>
         </is>
       </c>
       <c r="C416" t="inlineStr">
         <is>
-          <t>Añadir</t>
+          <t>Añadir tipo de evento</t>
         </is>
       </c>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd</t>
+          <t>PowerLevelEditorAdd event type</t>
         </is>
       </c>
       <c r="G416" t="inlineStr"/>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15381</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15356</t>
         </is>
       </c>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Move users up or down to change their permissions</t>
+          <t>Add new role</t>
         </is>
       </c>
       <c r="C417" t="inlineStr">
         <is>
-          <t>Subir o bajar usuarios para cambiar sus permisos</t>
+          <t>Añadir nuevo rol</t>
         </is>
       </c>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove users up or down to change their permissions</t>
+          <t>PowerLevelEditorAdd new role</t>
         </is>
       </c>
       <c r="G417" t="inlineStr"/>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15394</t>
         </is>
       </c>
       <c r="B418" t="inlineStr">
         <is>
-          <t>Remove user</t>
+          <t>Add</t>
         </is>
       </c>
       <c r="C418" t="inlineStr">
         <is>
-          <t>Eliminar usuario</t>
+          <t>Añadir</t>
         </is>
       </c>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove user</t>
+          <t>PowerLevelEditorAdd</t>
         </is>
       </c>
       <c r="G418" t="inlineStr"/>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15410</t>
         </is>
       </c>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Add user</t>
+          <t>Move users up or down to change their permissions</t>
         </is>
       </c>
       <c r="C419" t="inlineStr">
         <is>
-          <t>Añadir usuario</t>
+          <t>Subir o bajar usuarios para cambiar sus permisos</t>
         </is>
       </c>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd user</t>
+          <t>PowerLevelEditorMove users up or down to change their permissions</t>
         </is>
       </c>
       <c r="G419" t="inlineStr"/>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15548</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Apply permission changes</t>
+          <t>Remove user</t>
         </is>
       </c>
       <c r="C420" t="inlineStr">
         <is>
-          <t>Aplicar los cambios de permisos</t>
+          <t>Eliminar usuario</t>
         </is>
       </c>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
+          <t>PowerLevelEditorRemove user</t>
         </is>
       </c>
       <c r="G420" t="inlineStr"/>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15562</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>Add user</t>
         </is>
       </c>
       <c r="C421" t="inlineStr">
         <is>
-          <t>¿A cuál de las subcomunidades y salas deben aplicarse estos permisos?</t>
+          <t>Añadir usuario</t>
         </is>
       </c>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerLevelEditorAdd user</t>
+        </is>
+      </c>
+      <c r="G421" t="inlineStr"/>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15576</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15582</t>
         </is>
       </c>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Apply permissions recursively</t>
+          <t>Apply permission changes</t>
         </is>
       </c>
       <c r="C422" t="inlineStr">
         <is>
-          <t>Aplicar permisos de forma recursiva</t>
+          <t>Aplicar los cambios de permisos</t>
         </is>
       </c>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
+          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
         </is>
       </c>
       <c r="G422" t="inlineStr"/>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15588</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15596</t>
         </is>
       </c>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Overwrite exisiting modifications in rooms</t>
+          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="C423" t="inlineStr">
         <is>
-          <t>Sobrescribir las modificaciones existentes en las salas</t>
+          <t>¿A cuál de las subcomunidades y salas deben aplicarse estos permisos?</t>
         </is>
       </c>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
+          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="G423" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Sobreescribir modificaciones existentes en salas</t>
+          <t>Suggested in Weblate: ¿A cuáles subcomunidades y salas se les debería aplicar estos permisos?</t>
         </is>
       </c>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15629</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15610</t>
         </is>
       </c>
       <c r="B424" t="inlineStr">
         <is>
-          <t>No permissions to apply the new permissions here</t>
+          <t>Apply permissions recursively</t>
         </is>
       </c>
       <c r="C424" t="inlineStr">
         <is>
-          <t>No hay permisos para aplicar los nuevos permisos aquí</t>
+          <t>Aplicar permisos de forma recursiva</t>
         </is>
       </c>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
+          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
         </is>
       </c>
       <c r="G424" t="inlineStr"/>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15630</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15622</t>
         </is>
       </c>
       <c r="B425" t="inlineStr">
         <is>
-          <t>No changes needed</t>
+          <t>Overwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="C425" t="inlineStr">
         <is>
-          <t>No es necesario hacer cambios</t>
+          <t>Sobrescribir las modificaciones existentes en las salas</t>
         </is>
       </c>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
-[...2 lines deleted...]
-      <c r="G425" t="inlineStr"/>
+          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
+        </is>
+      </c>
+      <c r="G425" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Sobreescribir modificaciones existentes en salas</t>
+        </is>
+      </c>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15631</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15663</t>
         </is>
       </c>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Existing modifications to the permissions in this room will be overwritten</t>
+          <t>No permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="C426" t="inlineStr">
         <is>
-          <t>Las modificaciones existentes en los permisos de esta sala se sobrescribirán</t>
+          <t>No hay permisos para aplicar los nuevos permisos aquí</t>
         </is>
       </c>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
+        </is>
+      </c>
+      <c r="G426" t="inlineStr"/>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15632</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15664</t>
         </is>
       </c>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Permissions synchronized with community</t>
+          <t>No changes needed</t>
         </is>
       </c>
       <c r="C427" t="inlineStr">
         <is>
-          <t>Permisos sincronizados con la comunidad</t>
+          <t>No es necesario hacer cambios</t>
         </is>
       </c>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
+          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
         </is>
       </c>
       <c r="G427" t="inlineStr"/>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16382</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15665</t>
         </is>
       </c>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
+          <t>Existing modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="C428" t="inlineStr">
         <is>
-          <t>Error al actualizar el powerlevel: %1</t>
+          <t>Las modificaciones existentes en los permisos de esta sala se sobrescribirán</t>
         </is>
       </c>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>PowerLevelsFailed to update powerlevel: %1</t>
-[...2 lines deleted...]
-      <c r="G428" t="inlineStr"/>
+          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
+        </is>
+      </c>
+      <c r="G428" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Modificaciones existentes a los permisos en esta sala serán sobreescribas</t>
+        </is>
+      </c>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16263</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15666</t>
         </is>
       </c>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
+          <t>Permissions synchronized with community</t>
         </is>
       </c>
       <c r="C429" t="inlineStr">
         <is>
-          <t>Error al actualizar el powerlevel: %1</t>
+          <t>Permisos sincronizados con la comunidad</t>
         </is>
       </c>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
+          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
         </is>
       </c>
       <c r="G429" t="inlineStr"/>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16293</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16454</t>
         </is>
       </c>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Administrator: %1</t>
+          <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C430" t="inlineStr">
         <is>
-          <t>Administrador: %1</t>
+          <t>Error al actualizar el powerlevel: %1</t>
         </is>
       </c>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorAdministrator: %1</t>
+          <t>PowerLevelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G430" t="inlineStr"/>
       <c r="H430" t="inlineStr"/>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16295</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16327</t>
         </is>
       </c>
       <c r="B431" t="inlineStr">
         <is>
-          <t>Moderator: %1</t>
+          <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C431" t="inlineStr">
         <is>
-          <t>Moderador: %1</t>
+          <t>Error al actualizar el powerlevel: %1</t>
         </is>
       </c>
       <c r="D431" t="inlineStr"/>
       <c r="E431" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F431" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorModerator: %1</t>
+          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G431" t="inlineStr"/>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16297</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/components/PowerlevelIndicator.qml:16359</t>
+        </is>
+      </c>
+      <c r="B432" t="inlineStr"/>
+      <c r="C432" t="inlineStr"/>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorUser: %1</t>
+          <t>PowerlevelIndicatorCreator</t>
         </is>
       </c>
       <c r="G432" t="inlineStr"/>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15829</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16361</t>
         </is>
       </c>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Other events</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C433" t="inlineStr">
         <is>
-          <t>Otros eventos</t>
+          <t>Administrador (%1)</t>
         </is>
       </c>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther events</t>
+          <t>PowerlevelIndicatorAdministrator (%1)</t>
         </is>
       </c>
       <c r="G433" t="inlineStr"/>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15831</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16363</t>
         </is>
       </c>
       <c r="B434" t="inlineStr">
         <is>
-          <t>Other state events</t>
+          <t>Moderator: %1</t>
         </is>
       </c>
       <c r="C434" t="inlineStr">
         <is>
-          <t>Otros eventos de estado</t>
+          <t>Moderador: %1</t>
         </is>
       </c>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther state events</t>
+          <t>PowerlevelIndicatorModerator: %1</t>
         </is>
       </c>
       <c r="G434" t="inlineStr"/>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15833</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16365</t>
         </is>
       </c>
       <c r="B435" t="inlineStr">
         <is>
-          <t>Remove other users</t>
+          <t>User: %1</t>
         </is>
       </c>
       <c r="C435" t="inlineStr">
         <is>
-          <t>Eliminar a otros usuarios</t>
+          <t>Usuario: %1</t>
         </is>
       </c>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRemove other users</t>
+          <t>PowerlevelIndicatorUser: %1</t>
         </is>
       </c>
       <c r="G435" t="inlineStr"/>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15835</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
         </is>
       </c>
       <c r="B436" t="inlineStr">
         <is>
-          <t>Ban other users</t>
+          <t>Other events</t>
         </is>
       </c>
       <c r="C436" t="inlineStr">
         <is>
-          <t>Banear a otros usuarios</t>
+          <t>Otros eventos</t>
         </is>
       </c>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan other users</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelOther events</t>
+        </is>
+      </c>
+      <c r="G436" t="inlineStr"/>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15837</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
         </is>
       </c>
       <c r="B437" t="inlineStr">
         <is>
-          <t>Invite other users</t>
+          <t>Other state events</t>
         </is>
       </c>
       <c r="C437" t="inlineStr">
         <is>
-          <t>Invitar a otros usuarios</t>
+          <t>Otros eventos de estado</t>
         </is>
       </c>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelInvite other users</t>
+          <t>PowerlevelsTypeListModelOther state events</t>
         </is>
       </c>
       <c r="G437" t="inlineStr"/>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15839</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
         </is>
       </c>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Redact events sent by others</t>
+          <t>Remove other users</t>
         </is>
       </c>
       <c r="C438" t="inlineStr">
         <is>
-          <t>Redactar eventos enviados por otros</t>
+          <t>Eliminar a otros usuarios</t>
         </is>
       </c>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact events sent by others</t>
+          <t>PowerlevelsTypeListModelRemove other users</t>
         </is>
       </c>
       <c r="G438" t="inlineStr"/>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15841</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15879</t>
         </is>
       </c>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Reactions</t>
+          <t>Ban other users</t>
         </is>
       </c>
       <c r="C439" t="inlineStr">
         <is>
-          <t>Reacciones</t>
+          <t>Banear a otros usuarios</t>
         </is>
       </c>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReactions</t>
-[...2 lines deleted...]
-      <c r="G439" t="inlineStr"/>
+          <t>PowerlevelsTypeListModelBan other users</t>
+        </is>
+      </c>
+      <c r="G439" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Banear al usuario.</t>
+        </is>
+      </c>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15843</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15881</t>
         </is>
       </c>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Deprecated aliases events</t>
+          <t>Invite other users</t>
         </is>
       </c>
       <c r="C440" t="inlineStr">
         <is>
-          <t>Eventos de alias obsoletos</t>
+          <t>Invitar a otros usuarios</t>
         </is>
       </c>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
+          <t>PowerlevelsTypeListModelInvite other users</t>
         </is>
       </c>
       <c r="G440" t="inlineStr"/>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15845</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15883</t>
         </is>
       </c>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Change the room avatar</t>
+          <t>Redact events sent by others</t>
         </is>
       </c>
       <c r="C441" t="inlineStr">
         <is>
-          <t>Cambiar el avatar de la sala</t>
+          <t>Redactar eventos enviados por otros</t>
         </is>
       </c>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room avatar</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelRedact events sent by others</t>
+        </is>
+      </c>
+      <c r="G441" t="inlineStr"/>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15847</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15885</t>
         </is>
       </c>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Change the room addresses</t>
+          <t>Reactions</t>
         </is>
       </c>
       <c r="C442" t="inlineStr">
         <is>
-          <t>Cambiar las direcciones de las salas</t>
+          <t>Reacciones</t>
         </is>
       </c>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room addresses</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelReactions</t>
+        </is>
+      </c>
+      <c r="G442" t="inlineStr"/>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15849</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
         </is>
       </c>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Send encrypted messages</t>
+          <t>Deprecated aliases events</t>
         </is>
       </c>
       <c r="C443" t="inlineStr">
         <is>
-          <t>Enviar mensajes cifrados</t>
+          <t>Eventos de alias obsoletos</t>
         </is>
       </c>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend encrypted messages</t>
+          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
         </is>
       </c>
       <c r="G443" t="inlineStr"/>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15851</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
         </is>
       </c>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Enable encryption</t>
+          <t>Change the room avatar</t>
         </is>
       </c>
       <c r="C444" t="inlineStr">
         <is>
-          <t>Activar el cifrado</t>
+          <t>Cambiar el avatar de la sala</t>
         </is>
       </c>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEnable encryption</t>
-[...2 lines deleted...]
-      <c r="G444" t="inlineStr"/>
+          <t>PowerlevelsTypeListModelChange the room avatar</t>
+        </is>
+      </c>
+      <c r="G444" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 cambió el avatar de la sala</t>
+        </is>
+      </c>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15853</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15891</t>
         </is>
       </c>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Change guest access</t>
+          <t>Change the room addresses</t>
         </is>
       </c>
       <c r="C445" t="inlineStr">
         <is>
-          <t>Cambiar el acceso de invitados</t>
+          <t>Cambiar las direcciones de las salas</t>
         </is>
       </c>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange guest access</t>
-[...2 lines deleted...]
-      <c r="G445" t="inlineStr"/>
+          <t>PowerlevelsTypeListModelChange the room addresses</t>
+        </is>
+      </c>
+      <c r="G445" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Cambiar las direcciones de la sala</t>
+        </is>
+      </c>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15855</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15893</t>
         </is>
       </c>
       <c r="B446" t="inlineStr">
         <is>
-          <t>Change history visibility</t>
+          <t>Send encrypted messages</t>
         </is>
       </c>
       <c r="C446" t="inlineStr">
         <is>
-          <t>Cambiar la visibilidad del historial</t>
+          <t>Enviar mensajes cifrados</t>
         </is>
       </c>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange history visibility</t>
+          <t>PowerlevelsTypeListModelSend encrypted messages</t>
         </is>
       </c>
       <c r="G446" t="inlineStr"/>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15857</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15895</t>
         </is>
       </c>
       <c r="B447" t="inlineStr">
         <is>
-          <t>Change who can join</t>
+          <t>Enable encryption</t>
         </is>
       </c>
       <c r="C447" t="inlineStr">
         <is>
-          <t>Cambiar quién puede unirse</t>
+          <t>Activar el cifrado</t>
         </is>
       </c>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange who can join</t>
+          <t>PowerlevelsTypeListModelEnable encryption</t>
         </is>
       </c>
       <c r="G447" t="inlineStr"/>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15859</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15897</t>
         </is>
       </c>
       <c r="B448" t="inlineStr">
         <is>
-          <t>Send messages</t>
+          <t>Change guest access</t>
         </is>
       </c>
       <c r="C448" t="inlineStr">
         <is>
-          <t>Enviar mensajes</t>
+          <t>Cambiar el acceso de invitados</t>
         </is>
       </c>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend messages</t>
+          <t>PowerlevelsTypeListModelChange guest access</t>
         </is>
       </c>
       <c r="G448" t="inlineStr"/>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15861</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15899</t>
         </is>
       </c>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Change the room name</t>
+          <t>Change history visibility</t>
         </is>
       </c>
       <c r="C449" t="inlineStr">
         <is>
-          <t>Cambiar el nombre de la sala</t>
+          <t>Cambiar la visibilidad del historial</t>
         </is>
       </c>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room name</t>
+          <t>PowerlevelsTypeListModelChange history visibility</t>
         </is>
       </c>
       <c r="G449" t="inlineStr"/>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15863</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15901</t>
         </is>
       </c>
       <c r="B450" t="inlineStr">
         <is>
-          <t>Change the room permissions</t>
+          <t>Change who can join</t>
         </is>
       </c>
       <c r="C450" t="inlineStr">
         <is>
-          <t>Cambiar los permisos de la sala</t>
+          <t>Cambiar quién puede unirse</t>
         </is>
       </c>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room permissions</t>
+          <t>PowerlevelsTypeListModelChange who can join</t>
         </is>
       </c>
       <c r="G450" t="inlineStr"/>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15865</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15903</t>
         </is>
       </c>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Change the rooms topic</t>
+          <t>Send messages</t>
         </is>
       </c>
       <c r="C451" t="inlineStr">
         <is>
-          <t>Cambiar el tema de las salas</t>
+          <t>Enviar mensajes</t>
         </is>
       </c>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the rooms topic</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelSend messages</t>
+        </is>
+      </c>
+      <c r="G451" t="inlineStr"/>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15867</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15905</t>
         </is>
       </c>
       <c r="B452" t="inlineStr">
         <is>
-          <t>Change the widgets</t>
+          <t>Change the room name</t>
         </is>
       </c>
       <c r="C452" t="inlineStr">
         <is>
-          <t>Cambiar los widgets</t>
+          <t>Cambiar el nombre de la sala</t>
         </is>
       </c>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets</t>
+          <t>PowerlevelsTypeListModelChange the room name</t>
         </is>
       </c>
       <c r="G452" t="inlineStr"/>
       <c r="H452" t="inlineStr"/>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15869</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15907</t>
         </is>
       </c>
       <c r="B453" t="inlineStr">
         <is>
-          <t>Change the widgets (experimental)</t>
+          <t>Change the room permissions</t>
         </is>
       </c>
       <c r="C453" t="inlineStr">
         <is>
-          <t>Cambiar los widgets (experimental)</t>
+          <t>Cambiar los permisos de la sala</t>
         </is>
       </c>
       <c r="D453" t="inlineStr"/>
       <c r="E453" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
+          <t>PowerlevelsTypeListModelChange the room permissions</t>
         </is>
       </c>
       <c r="G453" t="inlineStr"/>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15871</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15909</t>
         </is>
       </c>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Redact own events</t>
+          <t>Change the rooms topic</t>
         </is>
       </c>
       <c r="C454" t="inlineStr">
         <is>
-          <t>Redactar eventos propios</t>
+          <t>Cambiar el tema de las salas</t>
         </is>
       </c>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact own events</t>
-[...2 lines deleted...]
-      <c r="G454" t="inlineStr"/>
+          <t>PowerlevelsTypeListModelChange the rooms topic</t>
+        </is>
+      </c>
+      <c r="G454" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Cambiar el tema de la sala</t>
+        </is>
+      </c>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15911</t>
         </is>
       </c>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Change the pinned events</t>
+          <t>Change the widgets</t>
         </is>
       </c>
       <c r="C455" t="inlineStr">
         <is>
-          <t>Cambiar los eventos fijados</t>
+          <t>Cambiar los widgets</t>
         </is>
       </c>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the pinned events</t>
+          <t>PowerlevelsTypeListModelChange the widgets</t>
         </is>
       </c>
       <c r="G455" t="inlineStr"/>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15913</t>
         </is>
       </c>
       <c r="B456" t="inlineStr">
         <is>
-          <t>Upgrade the room</t>
+          <t>Change the widgets (experimental)</t>
         </is>
       </c>
       <c r="C456" t="inlineStr">
         <is>
-          <t>Mejorar la sala</t>
+          <t>Cambiar los widgets (experimental)</t>
         </is>
       </c>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelUpgrade the room</t>
-[...11 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
+        </is>
+      </c>
+      <c r="G456" t="inlineStr"/>
+      <c r="H456" t="inlineStr"/>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15915</t>
         </is>
       </c>
       <c r="B457" t="inlineStr">
         <is>
-          <t>Send stickers</t>
+          <t>Redact own events</t>
         </is>
       </c>
       <c r="C457" t="inlineStr">
         <is>
-          <t>Enviar pegatinas</t>
+          <t>Redactar eventos propios</t>
         </is>
       </c>
       <c r="D457" t="inlineStr"/>
       <c r="E457" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F457" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend stickers</t>
+          <t>PowerlevelsTypeListModelRedact own events</t>
         </is>
       </c>
       <c r="G457" t="inlineStr"/>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15880</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15917</t>
         </is>
       </c>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Ban users using policy rules</t>
+          <t>Change the pinned events</t>
         </is>
       </c>
       <c r="C458" t="inlineStr">
         <is>
-          <t>Baneo de usuarios mediante reglas de política</t>
+          <t>Cambiar los eventos fijados</t>
         </is>
       </c>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan users using policy rules</t>
+          <t>PowerlevelsTypeListModelChange the pinned events</t>
         </is>
       </c>
       <c r="G458" t="inlineStr"/>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15882</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15919</t>
         </is>
       </c>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Ban rooms using policy rules</t>
+          <t>Upgrade the room</t>
         </is>
       </c>
       <c r="C459" t="inlineStr">
         <is>
-          <t>Baneo de salas mediante reglas políticas</t>
+          <t>Mejorar la sala</t>
         </is>
       </c>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
+          <t>PowerlevelsTypeListModelUpgrade the room</t>
         </is>
       </c>
       <c r="G459" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Prohibir sala que usen reglas de política</t>
-[...2 lines deleted...]
-      <c r="H459" t="inlineStr"/>
+          <t>Suggested in Weblate: Actualizar versión de la sala</t>
+        </is>
+      </c>
+      <c r="H459" t="inlineStr">
+        <is>
+          <t>Means upgrading to a new room version</t>
+        </is>
+      </c>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15884</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15921</t>
         </is>
       </c>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Ban servers using policy rules</t>
+          <t>Send stickers</t>
         </is>
       </c>
       <c r="C460" t="inlineStr">
         <is>
-          <t>Baneo de servidores mediante reglas de política</t>
+          <t>Enviar pegatinas</t>
         </is>
       </c>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
+          <t>PowerlevelsTypeListModelSend stickers</t>
         </is>
       </c>
       <c r="G460" t="inlineStr"/>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15924</t>
         </is>
       </c>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Edit child communities and rooms</t>
+          <t>Ban users using policy rules</t>
         </is>
       </c>
       <c r="C461" t="inlineStr">
         <is>
-          <t>Editar comunidades y salas infantiles</t>
+          <t>Baneo de usuarios mediante reglas de política</t>
         </is>
       </c>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelBan users using policy rules</t>
+        </is>
+      </c>
+      <c r="G461" t="inlineStr"/>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15926</t>
         </is>
       </c>
       <c r="B462" t="inlineStr">
         <is>
-          <t>Change parent communities</t>
+          <t>Ban rooms using policy rules</t>
         </is>
       </c>
       <c r="C462" t="inlineStr">
         <is>
-          <t>Cambiar las comunidades parentales</t>
+          <t>Baneo de salas mediante reglas políticas</t>
         </is>
       </c>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange parent communities</t>
-[...2 lines deleted...]
-      <c r="G462" t="inlineStr"/>
+          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
+        </is>
+      </c>
+      <c r="G462" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Prohibir sala que usen reglas de política</t>
+        </is>
+      </c>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15892</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15928</t>
         </is>
       </c>
       <c r="B463" t="inlineStr">
         <is>
-          <t>Start a call</t>
+          <t>Ban servers using policy rules</t>
         </is>
       </c>
       <c r="C463" t="inlineStr">
         <is>
-          <t>Iniciar una llamada</t>
+          <t>Baneo de servidores mediante reglas de política</t>
         </is>
       </c>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelStart a call</t>
+          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
         </is>
       </c>
       <c r="G463" t="inlineStr"/>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15894</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15931</t>
         </is>
       </c>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Negotiate a call</t>
+          <t>Edit child communities and rooms</t>
         </is>
       </c>
       <c r="C464" t="inlineStr">
         <is>
-          <t>Negociar una llamada</t>
+          <t>Editar comunidades y salas infantiles</t>
         </is>
       </c>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelNegotiate a call</t>
-[...2 lines deleted...]
-      <c r="G464" t="inlineStr"/>
+          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
+        </is>
+      </c>
+      <c r="G464" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Editar comunidades hijas y salas</t>
+        </is>
+      </c>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15896</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15933</t>
         </is>
       </c>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Answer a call</t>
+          <t>Change parent communities</t>
         </is>
       </c>
       <c r="C465" t="inlineStr">
         <is>
-          <t>Responder a una llamada</t>
+          <t>Cambiar las comunidades parentales</t>
         </is>
       </c>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelAnswer a call</t>
+          <t>PowerlevelsTypeListModelChange parent communities</t>
         </is>
       </c>
       <c r="G465" t="inlineStr"/>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15898</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15936</t>
         </is>
       </c>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Hang up a call</t>
+          <t>Start a call</t>
         </is>
       </c>
       <c r="C466" t="inlineStr">
         <is>
-          <t>Colgar una llamada</t>
+          <t>Iniciar una llamada</t>
         </is>
       </c>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelHang up a call</t>
+          <t>PowerlevelsTypeListModelStart a call</t>
         </is>
       </c>
       <c r="G466" t="inlineStr"/>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15900</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15938</t>
         </is>
       </c>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Reject a call</t>
+          <t>Negotiate a call</t>
         </is>
       </c>
       <c r="C467" t="inlineStr">
         <is>
-          <t>Rechazar una llamada</t>
+          <t>Negociar una llamada</t>
         </is>
       </c>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReject a call</t>
+          <t>PowerlevelsTypeListModelNegotiate a call</t>
         </is>
       </c>
       <c r="G467" t="inlineStr"/>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15902</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15940</t>
         </is>
       </c>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Change the room emotes</t>
+          <t>Answer a call</t>
         </is>
       </c>
       <c r="C468" t="inlineStr">
         <is>
-          <t>Cambiar los emotes de sala</t>
+          <t>Responder a una llamada</t>
         </is>
       </c>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room emotes</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelsTypeListModelAnswer a call</t>
+        </is>
+      </c>
+      <c r="G468" t="inlineStr"/>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16119</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15942</t>
         </is>
       </c>
       <c r="B469" t="inlineStr">
         <is>
-          <t>Other users</t>
+          <t>Hang up a call</t>
         </is>
       </c>
       <c r="C469" t="inlineStr">
         <is>
-          <t>Otros usuarios</t>
+          <t>Colgar una llamada</t>
         </is>
       </c>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>PowerlevelsUserListModelOther users</t>
+          <t>PowerlevelsTypeListModelHang up a call</t>
         </is>
       </c>
       <c r="G469" t="inlineStr"/>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16340</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15944</t>
         </is>
       </c>
       <c r="B470" t="inlineStr">
         <is>
-          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>Reject a call</t>
         </is>
       </c>
       <c r="C470" t="inlineStr">
         <is>
-          <t>Cree un perfil único que le permita iniciar sesión en varias cuentas al mismo tiempo e iniciar varias instancias de nheko.</t>
+          <t>Rechazar una llamada</t>
         </is>
       </c>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>PowerlevelsTypeListModelReject a call</t>
         </is>
       </c>
       <c r="G470" t="inlineStr"/>
       <c r="H470" t="inlineStr"/>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16342</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15946</t>
         </is>
       </c>
       <c r="B471" t="inlineStr">
         <is>
-          <t>profile</t>
+          <t>Change the room emotes</t>
         </is>
       </c>
       <c r="C471" t="inlineStr">
         <is>
-          <t>perfil</t>
+          <t>Cambiar los emotes de sala</t>
         </is>
       </c>
       <c r="D471" t="inlineStr"/>
       <c r="E471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F471" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile</t>
-[...2 lines deleted...]
-      <c r="G471" t="inlineStr"/>
+          <t>PowerlevelsTypeListModelChange the room emotes</t>
+        </is>
+      </c>
+      <c r="G471" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Cambiar los emotes de la sala</t>
+        </is>
+      </c>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16343</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16176</t>
         </is>
       </c>
       <c r="B472" t="inlineStr">
         <is>
-          <t>profile name</t>
+          <t>Other users</t>
         </is>
       </c>
       <c r="C472" t="inlineStr">
         <is>
-          <t>nombre del perfil</t>
+          <t>Otros usuarios</t>
         </is>
       </c>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile name</t>
+          <t>PowerlevelsUserListModelOther users</t>
         </is>
       </c>
       <c r="G472" t="inlineStr"/>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16313</t>
+          <t>../../src/main.cpp:16396</t>
         </is>
       </c>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Alias for '--log-level trace'.</t>
+          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="C473" t="inlineStr">
         <is>
-          <t>Alias de '--log-level trace'.</t>
+          <t>Cree un perfil único que le permita iniciar sesión en varias cuentas al mismo tiempo e iniciar varias instancias de nheko.</t>
         </is>
       </c>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>QObjectAlias for '--log-level trace'.</t>
+          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="G473" t="inlineStr"/>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16317</t>
+          <t>../../src/main.cpp:16398</t>
         </is>
       </c>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>profile</t>
         </is>
       </c>
       <c r="C474" t="inlineStr">
         <is>
-          <t>Establece el nivel de registro global, o una lista separada por comas de pares &lt;component&gt;=&lt;level&gt;, o ambos. Por ejemplo, para establecer el nivel de registro por defecto en 'warn' pero deshabilitar el registro para el componente 'ui', pasa 'warn,ui=off'. niveles:{trace,debug,info,warning,error,critical,off} componentes:{crypto,db,mtx,net,qml,ui}</t>
+          <t>perfil</t>
         </is>
       </c>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>QCoreApplicationprofile</t>
         </is>
       </c>
       <c r="G474" t="inlineStr"/>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16322</t>
+          <t>../../src/main.cpp:16399</t>
         </is>
       </c>
       <c r="B475" t="inlineStr">
         <is>
-          <t>level</t>
+          <t>profile name</t>
         </is>
       </c>
       <c r="C475" t="inlineStr">
         <is>
-          <t>nivel</t>
+          <t>nombre del perfil</t>
         </is>
       </c>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>QObjectlevel</t>
+          <t>QCoreApplicationprofile name</t>
         </is>
       </c>
       <c r="G475" t="inlineStr"/>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16326</t>
+          <t>../../src/main.cpp:16369</t>
         </is>
       </c>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>Alias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="C476" t="inlineStr">
         <is>
-          <t>Establezca el tipo de salida de registro. Se permite una lista separada por comas. Por defecto es 'file,stderr'. tipos:{file,stderr,none}</t>
+          <t>Alias de '--log-level trace'.</t>
         </is>
       </c>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>QObjectAlias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="G476" t="inlineStr"/>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16328</t>
+          <t>../../src/main.cpp:16373</t>
         </is>
       </c>
       <c r="B477" t="inlineStr">
         <is>
-          <t>type</t>
+          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="C477" t="inlineStr">
         <is>
-          <t>tipo</t>
+          <t>Establece el nivel de registro global, o una lista separada por comas de pares &lt;component&gt;=&lt;level&gt;, o ambos. Por ejemplo, para establecer el nivel de registro por defecto en 'warn' pero deshabilitar el registro para el componente 'ui', pasa 'warn,ui=off'. niveles:{trace,debug,info,warning,error,critical,off} componentes:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>QObjecttype</t>
+          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="G477" t="inlineStr"/>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16332</t>
+          <t>../../src/main.cpp:16378</t>
         </is>
       </c>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Recompacts the database which might improve performance.</t>
+          <t>level</t>
         </is>
       </c>
       <c r="C478" t="inlineStr">
         <is>
-          <t>Recompacta la base de datos, lo que puede mejorar el rendimiento.</t>
+          <t>nivel</t>
         </is>
       </c>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>QObjectRecompacts the database which might improve performance.</t>
+          <t>QObjectlevel</t>
         </is>
       </c>
       <c r="G478" t="inlineStr"/>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16274</t>
+          <t>../../src/main.cpp:16382</t>
         </is>
       </c>
       <c r="B479" t="inlineStr">
         <is>
-          <t>Respond</t>
+          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="C479" t="inlineStr">
         <is>
-          <t>Responder</t>
+          <t>Establezca el tipo de salida de registro. Se permite una lista separada por comas. Por defecto es 'file,stderr'. tipos:{file,stderr,none}</t>
         </is>
       </c>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>QObjectRespond</t>
+          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="G479" t="inlineStr"/>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16275</t>
+          <t>../../src/main.cpp:16384</t>
         </is>
       </c>
       <c r="B480" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>type</t>
         </is>
       </c>
       <c r="C480" t="inlineStr">
         <is>
-          <t>Enviar</t>
+          <t>tipo</t>
         </is>
       </c>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>QObjectSend</t>
+          <t>QObjecttype</t>
         </is>
       </c>
       <c r="G480" t="inlineStr"/>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16276</t>
+          <t>../../src/main.cpp:16388</t>
         </is>
       </c>
       <c r="B481" t="inlineStr">
         <is>
-          <t>Write a message…</t>
+          <t>Recompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="C481" t="inlineStr">
         <is>
-          <t>Escribe un mensaje...</t>
+          <t>Recompacta la base de datos, lo que puede mejorar el rendimiento.</t>
         </is>
       </c>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>QObjectWrite a message...</t>
+          <t>QObjectRecompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="G481" t="inlineStr"/>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16316</t>
+          <t>../../src/notifications/ManagerMac.cpp:16330</t>
         </is>
       </c>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Solve the reCAPTCHA and press the confirm button</t>
+          <t>Respond</t>
         </is>
       </c>
       <c r="C482" t="inlineStr">
         <is>
-          <t>Resuelve el reCAPTCHA y pulsa el botón confirmar</t>
+          <t>Responder</t>
         </is>
       </c>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
+          <t>QObjectRespond</t>
         </is>
       </c>
       <c r="G482" t="inlineStr"/>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16324</t>
+          <t>../../src/notifications/ManagerMac.cpp:16331</t>
         </is>
       </c>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Open reCAPTCHA</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="C483" t="inlineStr">
         <is>
-          <t>Abrir reCAPTCHA</t>
+          <t>Enviar</t>
         </is>
       </c>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogOpen reCAPTCHA</t>
+          <t>QObjectSend</t>
         </is>
       </c>
       <c r="G483" t="inlineStr"/>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16329</t>
+          <t>../../src/notifications/ManagerMac.cpp:16332</t>
         </is>
       </c>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Write a message…</t>
         </is>
       </c>
       <c r="C484" t="inlineStr">
         <is>
-          <t>Cancelar</t>
+          <t>Escribe un mensaje...</t>
         </is>
       </c>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogCancel</t>
+          <t>QObjectWrite a message...</t>
         </is>
       </c>
       <c r="G484" t="inlineStr"/>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16334</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16372</t>
         </is>
       </c>
       <c r="B485" t="inlineStr">
         <is>
-          <t>Confirm</t>
+          <t>Solve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="C485" t="inlineStr">
         <is>
-          <t>Confirmar</t>
+          <t>Resuelve el reCAPTCHA y pulsa el botón confirmar</t>
         </is>
       </c>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogConfirm</t>
+          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="G485" t="inlineStr"/>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReadReceipts.qml:16373</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16380</t>
         </is>
       </c>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Read receipts</t>
+          <t>Open reCAPTCHA</t>
         </is>
       </c>
       <c r="C486" t="inlineStr">
         <is>
-          <t>Leer recibos</t>
+          <t>Abrir reCAPTCHA</t>
         </is>
       </c>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>ReadReceiptsRead receipts</t>
+          <t>ReCaptchaDialogOpen reCAPTCHA</t>
         </is>
       </c>
       <c r="G486" t="inlineStr"/>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr">
         <is>
-          <t>../../src/ReadReceiptsModel.cpp:16484</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16385</t>
         </is>
       </c>
       <c r="B487" t="inlineStr">
         <is>
-          <t>Yesterday, %1</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C487" t="inlineStr">
         <is>
-          <t>Ayer, %1</t>
+          <t>Cancelar</t>
         </is>
       </c>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>ReadReceiptsModelYesterday, %1</t>
+          <t>ReCaptchaDialogCancel</t>
         </is>
       </c>
       <c r="G487" t="inlineStr"/>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16567</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16390</t>
         </is>
       </c>
       <c r="B488" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
+          <t>Confirm</t>
         </is>
       </c>
       <c r="C488" t="inlineStr">
         <is>
-          <t>Error en la detección automática. Se ha recibido una respuesta malformada.</t>
+          <t>Confirmar</t>
         </is>
       </c>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
+          <t>ReCaptchaDialogConfirm</t>
         </is>
       </c>
       <c r="G488" t="inlineStr"/>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16574</t>
+          <t>../qml/dialogs/ReadReceipts.qml:16429</t>
         </is>
       </c>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C489" t="inlineStr">
         <is>
-          <t>Error en la detección automática. Error desconocido al solicitar .well-known.</t>
+          <t>Leer recibos</t>
         </is>
       </c>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>ReadReceiptsRead receipts</t>
         </is>
       </c>
       <c r="G489" t="inlineStr"/>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16599</t>
+          <t>../../src/ReadReceiptsModel.cpp:16540</t>
         </is>
       </c>
       <c r="B490" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Yesterday, %1</t>
         </is>
       </c>
       <c r="C490" t="inlineStr">
         <is>
-          <t>No se han encontrado los puntos finales requeridos. Posiblemente no sea un servidor Matrix.</t>
+          <t>Ayer, %1</t>
         </is>
       </c>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>ReadReceiptsModelYesterday, %1</t>
         </is>
       </c>
       <c r="G490" t="inlineStr"/>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16606</t>
+          <t>../../src/RegisterPage.cpp:16623</t>
         </is>
       </c>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C491" t="inlineStr">
         <is>
-          <t>Recibió respuesta malformada. Asegúrese de que el dominio del homeserver es válido.</t>
+          <t>Error en la detección automática. Se ha recibido una respuesta malformada.</t>
         </is>
       </c>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G491" t="inlineStr"/>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16611</t>
+          <t>../../src/RegisterPage.cpp:16630</t>
         </is>
       </c>
       <c r="B492" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C492" t="inlineStr">
         <is>
-          <t>Se ha producido un error desconocido. Asegúrese de que el dominio del homeserver es válido.</t>
+          <t>Error en la detección automática. Error desconocido al solicitar .well-known.</t>
         </is>
       </c>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G492" t="inlineStr"/>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16633</t>
+          <t>../../src/RegisterPage.cpp:16655</t>
         </is>
       </c>
       <c r="B493" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
-[...2 lines deleted...]
-      <c r="C493" t="inlineStr"/>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+        </is>
+      </c>
+      <c r="C493" t="inlineStr">
+        <is>
+          <t>No se han encontrado los puntos finales requeridos. Posiblemente no sea un servidor Matrix.</t>
+        </is>
+      </c>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G493" t="inlineStr"/>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16645</t>
+          <t>../../src/RegisterPage.cpp:16662</t>
         </is>
       </c>
       <c r="B494" t="inlineStr">
         <is>
-          <t>Server does not support querying registration flows!</t>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C494" t="inlineStr">
         <is>
-          <t>¡El servidor no admite la consulta de flujos de registro!</t>
+          <t>Recibió respuesta malformada. Asegúrese de que el dominio del homeserver es válido.</t>
         </is>
       </c>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support querying registration flows!</t>
+          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G494" t="inlineStr"/>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16650</t>
+          <t>../../src/RegisterPage.cpp:16667</t>
         </is>
       </c>
       <c r="B495" t="inlineStr">
         <is>
-          <t>Server does not support registration.</t>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C495" t="inlineStr">
         <is>
-          <t>El servidor no soporta el registro.</t>
+          <t>Se ha producido un error desconocido. Asegúrese de que el dominio del homeserver es válido.</t>
         </is>
       </c>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support registration.</t>
+          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G495" t="inlineStr"/>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16678</t>
+          <t>../../src/RegisterPage.cpp:16689</t>
         </is>
       </c>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Invalid username.</t>
-[...6 lines deleted...]
-      </c>
+          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+        </is>
+      </c>
+      <c r="C496" t="inlineStr"/>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>RegisterPageInvalid username.</t>
+          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="G496" t="inlineStr"/>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16680</t>
+          <t>../../src/RegisterPage.cpp:16701</t>
         </is>
       </c>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Name already in use.</t>
+          <t>Server does not support querying registration flows!</t>
         </is>
       </c>
       <c r="C497" t="inlineStr">
         <is>
-          <t>Nombre ya en uso.</t>
+          <t>¡El servidor no admite la consulta de flujos de registro!</t>
         </is>
       </c>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>RegisterPageName already in use.</t>
+          <t>RegisterPageServer does not support querying registration flows!</t>
         </is>
       </c>
       <c r="G497" t="inlineStr"/>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16682</t>
+          <t>../../src/RegisterPage.cpp:16706</t>
         </is>
       </c>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Part of the reserved namespace.</t>
+          <t>Server does not support registration.</t>
         </is>
       </c>
       <c r="C498" t="inlineStr">
         <is>
-          <t>Forma parte del espacio de nombres reservado.</t>
+          <t>El servidor no soporta el registro.</t>
         </is>
       </c>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>RegisterPagePart of the reserved namespace.</t>
+          <t>RegisterPageServer does not support registration.</t>
         </is>
       </c>
       <c r="G498" t="inlineStr"/>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16740</t>
+          <t>../../src/RegisterPage.cpp:16734</t>
         </is>
       </c>
       <c r="B499" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Invalid username.</t>
         </is>
       </c>
       <c r="C499" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Nombre de usuario no válido.</t>
         </is>
       </c>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>RegisterPageHomeserver</t>
+          <t>RegisterPageInvalid username.</t>
         </is>
       </c>
       <c r="G499" t="inlineStr"/>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16741</t>
+          <t>../../src/RegisterPage.cpp:16736</t>
         </is>
       </c>
       <c r="B500" t="inlineStr">
         <is>
-          <t>your.server</t>
+          <t>Name already in use.</t>
         </is>
       </c>
       <c r="C500" t="inlineStr">
         <is>
-          <t>su.servidor</t>
+          <t>Nombre ya en uso.</t>
         </is>
       </c>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>RegisterPageyour.server</t>
+          <t>RegisterPageName already in use.</t>
         </is>
       </c>
       <c r="G500" t="inlineStr"/>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16744</t>
+          <t>../../src/RegisterPage.cpp:16738</t>
         </is>
       </c>
       <c r="B501" t="inlineStr">
         <is>
-          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>Part of the reserved namespace.</t>
         </is>
       </c>
       <c r="C501" t="inlineStr">
         <is>
-          <t>Un servidor que permita el registro. Como matrix está descentralizada, primero tienes que encontrar un servidor en el que puedas registrarte o alojar el tuyo propio.</t>
+          <t>Forma parte del espacio de nombres reservado.</t>
         </is>
       </c>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>RegisterPagePart of the reserved namespace.</t>
         </is>
       </c>
       <c r="G501" t="inlineStr"/>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16776</t>
+          <t>../qml/pages/RegisterPage.qml:16796</t>
         </is>
       </c>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Username</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C502" t="inlineStr">
         <is>
-          <t>Nombre de usuario</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>RegisterPageUsername</t>
+          <t>RegisterPageHomeserver</t>
         </is>
       </c>
       <c r="G502" t="inlineStr"/>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16777</t>
+          <t>../qml/pages/RegisterPage.qml:16797</t>
         </is>
       </c>
       <c r="B503" t="inlineStr">
         <is>
-          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>your.server</t>
         </is>
       </c>
       <c r="C503" t="inlineStr">
         <is>
-          <t>El nombre de usuario no debe estar vacio, y sólo debe contener los carácteres a-z, 0-9, ., _, =, -, y /.</t>
+          <t>su.servidor</t>
         </is>
       </c>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>RegisterPageyour.server</t>
         </is>
       </c>
       <c r="G503" t="inlineStr"/>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16898</t>
+          <t>../qml/pages/RegisterPage.qml:16800</t>
         </is>
       </c>
       <c r="B504" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="C504" t="inlineStr">
         <is>
-          <t>Atrás</t>
+          <t>Un servidor que permita el registro. Como matrix está descentralizada, primero tienes que encontrar un servidor en el que puedas registrarte o alojar el tuyo propio.</t>
         </is>
       </c>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>RegisterPageBack</t>
+          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="G504" t="inlineStr"/>
       <c r="H504" t="inlineStr"/>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16819</t>
+          <t>../qml/pages/RegisterPage.qml:16832</t>
         </is>
       </c>
       <c r="B505" t="inlineStr">
         <is>
-          <t>Password</t>
+          <t>Username</t>
         </is>
       </c>
       <c r="C505" t="inlineStr">
         <is>
-          <t>Contraseña</t>
+          <t>Nombre de usuario</t>
         </is>
       </c>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>RegisterPagePassword</t>
-[...6 lines deleted...]
-      </c>
+          <t>RegisterPageUsername</t>
+        </is>
+      </c>
+      <c r="G505" t="inlineStr"/>
       <c r="H505" t="inlineStr"/>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16821</t>
+          <t>../qml/pages/RegisterPage.qml:16833</t>
         </is>
       </c>
       <c r="B506" t="inlineStr">
         <is>
-          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="C506" t="inlineStr">
         <is>
-          <t>Elija una contraseña segura. Los requisitos exactos de seguridad de la contraseña pueden depender de su servidor.</t>
+          <t>El nombre de usuario no debe estar vacio, y sólo debe contener los carácteres a-z, 0-9, ., _, =, -, y /.</t>
         </is>
       </c>
       <c r="D506" t="inlineStr"/>
       <c r="E506" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F506" t="inlineStr">
         <is>
-          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="G506" t="inlineStr"/>
       <c r="H506" t="inlineStr"/>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16828</t>
+          <t>../qml/pages/RegisterPage.qml:16954</t>
         </is>
       </c>
       <c r="B507" t="inlineStr">
         <is>
-          <t>Password confirmation</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C507" t="inlineStr">
         <is>
-          <t>Confirmar contraseña</t>
+          <t>Atrás</t>
         </is>
       </c>
       <c r="D507" t="inlineStr"/>
       <c r="E507" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F507" t="inlineStr">
         <is>
-          <t>RegisterPagePassword confirmation</t>
+          <t>RegisterPageBack</t>
         </is>
       </c>
       <c r="G507" t="inlineStr"/>
       <c r="H507" t="inlineStr"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16837</t>
+          <t>../qml/pages/RegisterPage.qml:16875</t>
         </is>
       </c>
       <c r="B508" t="inlineStr">
         <is>
-          <t>Your passwords do not match!</t>
+          <t>Password</t>
         </is>
       </c>
       <c r="C508" t="inlineStr">
         <is>
-          <t>¡Sus contraseñas no coinciden!</t>
+          <t>Contraseña</t>
         </is>
       </c>
       <c r="D508" t="inlineStr"/>
       <c r="E508" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F508" t="inlineStr">
         <is>
-          <t>RegisterPageYour passwords do not match!</t>
-[...2 lines deleted...]
-      <c r="G508" t="inlineStr"/>
+          <t>RegisterPagePassword</t>
+        </is>
+      </c>
+      <c r="G508" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: contraseña</t>
+        </is>
+      </c>
       <c r="H508" t="inlineStr"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16845</t>
+          <t>../qml/pages/RegisterPage.qml:16877</t>
         </is>
       </c>
       <c r="B509" t="inlineStr">
         <is>
-          <t>Device name</t>
+          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="C509" t="inlineStr">
         <is>
-          <t>Nombre del dispositivo</t>
+          <t>Elija una contraseña segura. Los requisitos exactos de seguridad de la contraseña pueden depender de su servidor.</t>
         </is>
       </c>
       <c r="D509" t="inlineStr"/>
       <c r="E509" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F509" t="inlineStr">
         <is>
-          <t>RegisterPageDevice name</t>
-[...6 lines deleted...]
-      </c>
+          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
+        </is>
+      </c>
+      <c r="G509" t="inlineStr"/>
       <c r="H509" t="inlineStr"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16847</t>
+          <t>../qml/pages/RegisterPage.qml:16884</t>
         </is>
       </c>
       <c r="B510" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>Password confirmation</t>
         </is>
       </c>
       <c r="C510" t="inlineStr">
         <is>
-          <t>Un nombre para este dispositivo que se mostrará a los demás cuando verifiquen sus dispositivos. Si no se indica nada, se utilizará un nombre predeterminado.</t>
+          <t>Confirmar contraseña</t>
         </is>
       </c>
       <c r="D510" t="inlineStr"/>
       <c r="E510" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F510" t="inlineStr">
         <is>
-          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>RegisterPagePassword confirmation</t>
         </is>
       </c>
       <c r="G510" t="inlineStr"/>
       <c r="H510" t="inlineStr"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16878</t>
+          <t>../qml/pages/RegisterPage.qml:16893</t>
         </is>
       </c>
       <c r="B511" t="inlineStr">
         <is>
-          <t>REGISTER</t>
+          <t>Your passwords do not match!</t>
         </is>
       </c>
       <c r="C511" t="inlineStr">
         <is>
-          <t>REGISTRARSE</t>
+          <t>¡Sus contraseñas no coinciden!</t>
         </is>
       </c>
       <c r="D511" t="inlineStr"/>
       <c r="E511" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F511" t="inlineStr">
         <is>
-          <t>RegisterPageREGISTER</t>
+          <t>RegisterPageYour passwords do not match!</t>
         </is>
       </c>
       <c r="G511" t="inlineStr"/>
       <c r="H511" t="inlineStr"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16919</t>
+          <t>../qml/pages/RegisterPage.qml:16901</t>
         </is>
       </c>
       <c r="B512" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Device name</t>
         </is>
       </c>
       <c r="C512" t="inlineStr">
         <is>
-          <t>Cerrar</t>
+          <t>Nombre del dispositivo</t>
         </is>
       </c>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>ReplyPopupClose</t>
-[...2 lines deleted...]
-      <c r="G512" t="inlineStr"/>
+          <t>RegisterPageDevice name</t>
+        </is>
+      </c>
+      <c r="G512" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Nombre de dispositivo</t>
+        </is>
+      </c>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16935</t>
+          <t>../qml/pages/RegisterPage.qml:16903</t>
         </is>
       </c>
       <c r="B513" t="inlineStr">
         <is>
-          <t>Cancel Edit</t>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="C513" t="inlineStr">
         <is>
-          <t>Cancelar edición</t>
+          <t>Un nombre para este dispositivo que se mostrará a los demás cuando verifiquen sus dispositivos. Si no se indica nada, se utilizará un nombre predeterminado.</t>
         </is>
       </c>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Edit</t>
+          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="G513" t="inlineStr"/>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16951</t>
+          <t>../qml/pages/RegisterPage.qml:16934</t>
         </is>
       </c>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Cancel Thread</t>
+          <t>REGISTER</t>
         </is>
       </c>
       <c r="C514" t="inlineStr">
         <is>
-          <t>Cancelar hilo</t>
+          <t>REGISTRARSE</t>
         </is>
       </c>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Thread</t>
+          <t>RegisterPageREGISTER</t>
         </is>
       </c>
       <c r="G514" t="inlineStr"/>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16966</t>
+          <t>../qml/ReplyPopup.qml:16975</t>
         </is>
       </c>
       <c r="B515" t="inlineStr">
         <is>
-          <t>Report message</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C515" t="inlineStr">
         <is>
-          <t>Reportar el mensaje</t>
+          <t>Cerrar</t>
         </is>
       </c>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>ReportMessageReport message</t>
+          <t>ReplyPopupClose</t>
         </is>
       </c>
       <c r="G515" t="inlineStr"/>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16981</t>
+          <t>../qml/ReplyPopup.qml:16991</t>
         </is>
       </c>
       <c r="B516" t="inlineStr">
         <is>
-          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>Cancel Edit</t>
         </is>
       </c>
       <c r="C516" t="inlineStr">
         <is>
-          <t>Este mensaje será enviado al administrador del servidor para su revisión. Tenga en cuenta que no todos los administradores de servidores revisan los contenidos denunciados. También puede pedir a un moderador de sala que elimine el contenido si es necesario.</t>
+          <t>Cancelar edición</t>
         </is>
       </c>
       <c r="D516" t="inlineStr"/>
       <c r="E516" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F516" t="inlineStr">
         <is>
-          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>ReplyPopupCancel Edit</t>
         </is>
       </c>
       <c r="G516" t="inlineStr"/>
       <c r="H516" t="inlineStr"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16985</t>
+          <t>../qml/ReplyPopup.qml:17007</t>
         </is>
       </c>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Enter your reason for reporting:</t>
+          <t>Cancel Thread</t>
         </is>
       </c>
       <c r="C517" t="inlineStr">
         <is>
-          <t>Escriba el motivo del reporte:</t>
+          <t>Cancelar hilo</t>
         </is>
       </c>
       <c r="D517" t="inlineStr"/>
       <c r="E517" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F517" t="inlineStr">
         <is>
-          <t>ReportMessageEnter your reason for reporting:</t>
+          <t>ReplyPopupCancel Thread</t>
         </is>
       </c>
       <c r="G517" t="inlineStr"/>
       <c r="H517" t="inlineStr"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16995</t>
+          <t>../qml/dialogs/ReportMessage.qml:17022</t>
         </is>
       </c>
       <c r="B518" t="inlineStr">
         <is>
-          <t>How bad is the message?</t>
+          <t>Report message</t>
         </is>
       </c>
       <c r="C518" t="inlineStr">
         <is>
-          <t>¿Cómo de malo es el mensaje?</t>
+          <t>Reportar el mensaje</t>
         </is>
       </c>
       <c r="D518" t="inlineStr"/>
       <c r="E518" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F518" t="inlineStr">
         <is>
-          <t>ReportMessageHow bad is the message?</t>
+          <t>ReportMessageReport message</t>
         </is>
       </c>
       <c r="G518" t="inlineStr"/>
       <c r="H518" t="inlineStr"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17013</t>
+          <t>../qml/dialogs/ReportMessage.qml:17037</t>
         </is>
       </c>
       <c r="B519" t="inlineStr">
         <is>
-          <t>Not bad</t>
+          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="C519" t="inlineStr">
         <is>
-          <t>Nada mal</t>
+          <t>Este mensaje será enviado al administrador del servidor para su revisión. Tenga en cuenta que no todos los administradores de servidores revisan los contenidos denunciados. También puede pedir a un moderador de sala que elimine el contenido si es necesario.</t>
         </is>
       </c>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>ReportMessageNot bad</t>
+          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="G519" t="inlineStr"/>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17015</t>
+          <t>../qml/dialogs/ReportMessage.qml:17041</t>
         </is>
       </c>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Mild</t>
+          <t>Enter your reason for reporting:</t>
         </is>
       </c>
       <c r="C520" t="inlineStr">
         <is>
-          <t>Suave</t>
+          <t>Escriba el motivo del reporte:</t>
         </is>
       </c>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>ReportMessageMild</t>
+          <t>ReportMessageEnter your reason for reporting:</t>
         </is>
       </c>
       <c r="G520" t="inlineStr"/>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17017</t>
+          <t>../qml/dialogs/ReportMessage.qml:17051</t>
         </is>
       </c>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Bad</t>
+          <t>How bad is the message?</t>
         </is>
       </c>
       <c r="C521" t="inlineStr">
         <is>
-          <t>Mal</t>
+          <t>¿Cómo de malo es el mensaje?</t>
         </is>
       </c>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>ReportMessageBad</t>
+          <t>ReportMessageHow bad is the message?</t>
         </is>
       </c>
       <c r="G521" t="inlineStr"/>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17019</t>
+          <t>../qml/dialogs/ReportMessage.qml:17069</t>
         </is>
       </c>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Serious</t>
+          <t>Not bad</t>
         </is>
       </c>
       <c r="C522" t="inlineStr">
         <is>
-          <t>Grave</t>
+          <t>Nada mal</t>
         </is>
       </c>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>ReportMessageSerious</t>
+          <t>ReportMessageNot bad</t>
         </is>
       </c>
       <c r="G522" t="inlineStr"/>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17021</t>
+          <t>../qml/dialogs/ReportMessage.qml:17071</t>
         </is>
       </c>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Extremely serious</t>
+          <t>Mild</t>
         </is>
       </c>
       <c r="C523" t="inlineStr">
         <is>
-          <t>Muy grave</t>
+          <t>Suave</t>
         </is>
       </c>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>ReportMessageExtremely serious</t>
+          <t>ReportMessageMild</t>
         </is>
       </c>
       <c r="G523" t="inlineStr"/>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17045</t>
+          <t>../qml/dialogs/ReportMessage.qml:17073</t>
         </is>
       </c>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Explore Public Rooms</t>
+          <t>Bad</t>
         </is>
       </c>
       <c r="C524" t="inlineStr">
         <is>
-          <t>Explorar salas públicas</t>
+          <t>Mal</t>
         </is>
       </c>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>RoomDirectoryExplore Public Rooms</t>
+          <t>ReportMessageBad</t>
         </is>
       </c>
       <c r="G524" t="inlineStr"/>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/ReportMessage.qml:17075</t>
         </is>
       </c>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Join</t>
+          <t>Serious</t>
         </is>
       </c>
       <c r="C525" t="inlineStr">
         <is>
-          <t>Unirse</t>
+          <t>Grave</t>
         </is>
       </c>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t>RoomDirectoryJoin</t>
+          <t>ReportMessageSerious</t>
         </is>
       </c>
       <c r="G525" t="inlineStr"/>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/ReportMessage.qml:17077</t>
         </is>
       </c>
       <c r="B526" t="inlineStr">
         <is>
-          <t>Open</t>
+          <t>Extremely serious</t>
         </is>
       </c>
       <c r="C526" t="inlineStr">
         <is>
-          <t>Abrir</t>
+          <t>Muy grave</t>
         </is>
       </c>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>RoomDirectoryOpen</t>
+          <t>ReportMessageExtremely serious</t>
         </is>
       </c>
       <c r="G526" t="inlineStr"/>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17191</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17101</t>
         </is>
       </c>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Search for public rooms</t>
+          <t>Explore Public Rooms</t>
         </is>
       </c>
       <c r="C527" t="inlineStr">
         <is>
-          <t>Buscar salas públicas</t>
+          <t>Explorar salas públicas</t>
         </is>
       </c>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>RoomDirectorySearch for public rooms</t>
+          <t>RoomDirectoryExplore Public Rooms</t>
         </is>
       </c>
       <c r="G527" t="inlineStr"/>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17203</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B528" t="inlineStr">
         <is>
-          <t>Choose custom homeserver</t>
+          <t>Join</t>
         </is>
       </c>
       <c r="C528" t="inlineStr">
         <is>
-          <t>Elegir un homeserver personalizado</t>
+          <t>Unirse</t>
         </is>
       </c>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>RoomDirectoryChoose custom homeserver</t>
+          <t>RoomDirectoryJoin</t>
         </is>
       </c>
       <c r="G528" t="inlineStr"/>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17221</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Open</t>
         </is>
       </c>
       <c r="C529" t="inlineStr">
         <is>
-          <t>Cerrar</t>
+          <t>Abrir</t>
         </is>
       </c>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>RoomDirectoryClose</t>
+          <t>RoomDirectoryOpen</t>
         </is>
       </c>
       <c r="G529" t="inlineStr"/>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:19301</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17247</t>
         </is>
       </c>
       <c r="B530" t="inlineStr">
         <is>
-          <t>no version stored</t>
+          <t>Search for public rooms</t>
         </is>
       </c>
       <c r="C530" t="inlineStr">
         <is>
-          <t>ninguna version guardada</t>
+          <t>Buscar salas públicas</t>
         </is>
       </c>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>RoomInfono version stored</t>
+          <t>RoomDirectorySearch for public rooms</t>
         </is>
       </c>
       <c r="G530" t="inlineStr"/>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19350</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17259</t>
         </is>
       </c>
       <c r="B531" t="inlineStr">
         <is>
-          <t>Start a new chat</t>
+          <t>Choose custom homeserver</t>
         </is>
       </c>
       <c r="C531" t="inlineStr">
         <is>
-          <t>Comenzar un nuevo chat</t>
+          <t>Elegir un homeserver personalizado</t>
         </is>
       </c>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>RoomListStart a new chat</t>
+          <t>RoomDirectoryChoose custom homeserver</t>
         </is>
       </c>
       <c r="G531" t="inlineStr"/>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19363</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17277</t>
         </is>
       </c>
       <c r="B532" t="inlineStr">
         <is>
-          <t>Join a room</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C532" t="inlineStr">
         <is>
-          <t>Unirse a una sala</t>
+          <t>Cerrar</t>
         </is>
       </c>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>RoomListJoin a room</t>
+          <t>RoomDirectoryClose</t>
         </is>
       </c>
       <c r="G532" t="inlineStr"/>
       <c r="H532" t="inlineStr"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19368</t>
+          <t>../../src/Cache.cpp:19355</t>
         </is>
       </c>
       <c r="B533" t="inlineStr">
         <is>
-          <t>Create a new room</t>
+          <t>no version stored</t>
         </is>
       </c>
       <c r="C533" t="inlineStr">
         <is>
-          <t>Crear una nueva sala</t>
+          <t>ninguna version guardada</t>
         </is>
       </c>
       <c r="D533" t="inlineStr"/>
       <c r="E533" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F533" t="inlineStr">
         <is>
-          <t>RoomListCreate a new room</t>
+          <t>RoomInfono version stored</t>
         </is>
       </c>
       <c r="G533" t="inlineStr"/>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19377</t>
+          <t>../qml/RoomList.qml:19404</t>
         </is>
       </c>
       <c r="B534" t="inlineStr">
         <is>
-          <t>Start a direct chat</t>
+          <t>Start a new chat</t>
         </is>
       </c>
       <c r="C534" t="inlineStr">
         <is>
-          <t>Iniciar un chat directo</t>
+          <t>Comenzar un nuevo chat</t>
         </is>
       </c>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>RoomListStart a direct chat</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomListStart a new chat</t>
+        </is>
+      </c>
+      <c r="G534" t="inlineStr"/>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19386</t>
+          <t>../qml/RoomList.qml:19417</t>
         </is>
       </c>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Create a new community</t>
+          <t>Join a room</t>
         </is>
       </c>
       <c r="C535" t="inlineStr">
         <is>
-          <t>Crear una nueva comunidad</t>
+          <t>Unirse a una sala</t>
         </is>
       </c>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>RoomListCreate a new community</t>
+          <t>RoomListJoin a room</t>
         </is>
       </c>
       <c r="G535" t="inlineStr"/>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19402</t>
+          <t>../qml/RoomList.qml:19422</t>
         </is>
       </c>
       <c r="B536" t="inlineStr">
         <is>
-          <t>Room directory</t>
+          <t>Create a new room</t>
         </is>
       </c>
       <c r="C536" t="inlineStr">
         <is>
-          <t>Directorio de salas</t>
+          <t>Crear una nueva sala</t>
         </is>
       </c>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>RoomListRoom directory</t>
+          <t>RoomListCreate a new room</t>
         </is>
       </c>
       <c r="G536" t="inlineStr"/>
       <c r="H536" t="inlineStr"/>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19420</t>
+          <t>../qml/RoomList.qml:19431</t>
         </is>
       </c>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Search rooms (Ctrl+K)</t>
+          <t>Start a direct chat</t>
         </is>
       </c>
       <c r="C537" t="inlineStr">
         <is>
-          <t>Buscar salas (Ctrl+K)</t>
+          <t>Iniciar un chat directo</t>
         </is>
       </c>
       <c r="D537" t="inlineStr"/>
       <c r="E537" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F537" t="inlineStr">
         <is>
-          <t>RoomListSearch rooms (Ctrl+K)</t>
-[...2 lines deleted...]
-      <c r="G537" t="inlineStr"/>
+          <t>RoomListStart a direct chat</t>
+        </is>
+      </c>
+      <c r="G537" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Comenzar un chat privado</t>
+        </is>
+      </c>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19444</t>
+          <t>../qml/RoomList.qml:19440</t>
         </is>
       </c>
       <c r="B538" t="inlineStr">
         <is>
-          <t>User settings</t>
+          <t>Create a new community</t>
         </is>
       </c>
       <c r="C538" t="inlineStr">
         <is>
-          <t>Ajustes de usuario</t>
+          <t>Crear una nueva comunidad</t>
         </is>
       </c>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>RoomListUser settings</t>
+          <t>RoomListCreate a new community</t>
         </is>
       </c>
       <c r="G538" t="inlineStr"/>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19538</t>
+          <t>../qml/RoomList.qml:19456</t>
         </is>
       </c>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Logout</t>
+          <t>Room directory</t>
         </is>
       </c>
       <c r="C539" t="inlineStr">
         <is>
-          <t>Cerrar sesión</t>
+          <t>Directorio de salas</t>
         </is>
       </c>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>RoomListLogout</t>
+          <t>RoomListRoom directory</t>
         </is>
       </c>
       <c r="G539" t="inlineStr"/>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19550</t>
+          <t>../qml/RoomList.qml:19474</t>
         </is>
       </c>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Enter your status message:</t>
+          <t>Search rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="C540" t="inlineStr">
         <is>
-          <t>Escriba su mensaje de estado:</t>
+          <t>Buscar salas (Ctrl+K)</t>
         </is>
       </c>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>RoomListEnter your status message:</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomListSearch rooms (Ctrl+K)</t>
+        </is>
+      </c>
+      <c r="G540" t="inlineStr"/>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19551</t>
+          <t>../qml/RoomList.qml:19498</t>
         </is>
       </c>
       <c r="B541" t="inlineStr">
         <is>
-          <t>Status Message</t>
+          <t>User settings</t>
         </is>
       </c>
       <c r="C541" t="inlineStr">
         <is>
-          <t>Mensaje de estado</t>
+          <t>Ajustes de usuario</t>
         </is>
       </c>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>RoomListStatus Message</t>
+          <t>RoomListUser settings</t>
         </is>
       </c>
       <c r="G541" t="inlineStr"/>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19563</t>
+          <t>../qml/RoomList.qml:19592</t>
         </is>
       </c>
       <c r="B542" t="inlineStr">
         <is>
-          <t>Profile settings</t>
+          <t>Logout</t>
         </is>
       </c>
       <c r="C542" t="inlineStr">
         <is>
-          <t>Ajustes de perfil</t>
+          <t>Cerrar sesión</t>
         </is>
       </c>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>RoomListProfile settings</t>
+          <t>RoomListLogout</t>
         </is>
       </c>
       <c r="G542" t="inlineStr"/>
       <c r="H542" t="inlineStr"/>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19568</t>
+          <t>../qml/RoomList.qml:19604</t>
         </is>
       </c>
       <c r="B543" t="inlineStr">
         <is>
-          <t>Set status message</t>
+          <t>Enter your status message:</t>
         </is>
       </c>
       <c r="C543" t="inlineStr">
         <is>
-          <t>Establecer mensaje de estado</t>
+          <t>Escriba su mensaje de estado:</t>
         </is>
       </c>
       <c r="D543" t="inlineStr"/>
       <c r="E543" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F543" t="inlineStr">
         <is>
-          <t>RoomListSet status message</t>
-[...2 lines deleted...]
-      <c r="G543" t="inlineStr"/>
+          <t>RoomListEnter your status message:</t>
+        </is>
+      </c>
+      <c r="G543" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Inserte su estado:</t>
+        </is>
+      </c>
       <c r="H543" t="inlineStr"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19579</t>
+          <t>../qml/RoomList.qml:19605</t>
         </is>
       </c>
       <c r="B544" t="inlineStr">
         <is>
-          <t>Automatic online status</t>
+          <t>Status Message</t>
         </is>
       </c>
       <c r="C544" t="inlineStr">
         <is>
-          <t>Estado en línea automático</t>
+          <t>Mensaje de estado</t>
         </is>
       </c>
       <c r="D544" t="inlineStr"/>
       <c r="E544" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F544" t="inlineStr">
         <is>
-          <t>RoomListAutomatic online status</t>
+          <t>RoomListStatus Message</t>
         </is>
       </c>
       <c r="G544" t="inlineStr"/>
       <c r="H544" t="inlineStr"/>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19586</t>
+          <t>../qml/RoomList.qml:19617</t>
         </is>
       </c>
       <c r="B545" t="inlineStr">
         <is>
-          <t>Online</t>
+          <t>Profile settings</t>
         </is>
       </c>
       <c r="C545" t="inlineStr">
         <is>
-          <t>En línea</t>
+          <t>Ajustes de perfil</t>
         </is>
       </c>
       <c r="D545" t="inlineStr"/>
       <c r="E545" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F545" t="inlineStr">
         <is>
-          <t>RoomListOnline</t>
+          <t>RoomListProfile settings</t>
         </is>
       </c>
       <c r="G545" t="inlineStr"/>
       <c r="H545" t="inlineStr"/>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19593</t>
+          <t>../qml/RoomList.qml:19622</t>
         </is>
       </c>
       <c r="B546" t="inlineStr">
         <is>
-          <t>Unavailable</t>
+          <t>Set status message</t>
         </is>
       </c>
       <c r="C546" t="inlineStr">
         <is>
-          <t>No disponible</t>
+          <t>Establecer mensaje de estado</t>
         </is>
       </c>
       <c r="D546" t="inlineStr"/>
       <c r="E546" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F546" t="inlineStr">
         <is>
-          <t>RoomListUnavailable</t>
+          <t>RoomListSet status message</t>
         </is>
       </c>
       <c r="G546" t="inlineStr"/>
       <c r="H546" t="inlineStr"/>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19600</t>
+          <t>../qml/RoomList.qml:19633</t>
         </is>
       </c>
       <c r="B547" t="inlineStr">
         <is>
-          <t>Offline</t>
+          <t>Automatic online status</t>
         </is>
       </c>
       <c r="C547" t="inlineStr">
         <is>
-          <t>Fuera de línea</t>
+          <t>Estado en línea automático</t>
         </is>
       </c>
       <c r="D547" t="inlineStr"/>
       <c r="E547" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F547" t="inlineStr">
         <is>
-          <t>RoomListOffline</t>
+          <t>RoomListAutomatic online status</t>
         </is>
       </c>
       <c r="G547" t="inlineStr"/>
       <c r="H547" t="inlineStr"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19654</t>
+          <t>../qml/RoomList.qml:19640</t>
         </is>
       </c>
       <c r="B548" t="inlineStr">
         <is>
-          <t>Encryption not set up</t>
+          <t>Online</t>
         </is>
       </c>
       <c r="C548" t="inlineStr">
         <is>
-          <t>El cifrado no está configurado</t>
+          <t>En línea</t>
         </is>
       </c>
       <c r="D548" t="inlineStr"/>
       <c r="E548" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F548" t="inlineStr">
         <is>
-          <t>RoomListEncryption not set up</t>
+          <t>RoomListOnline</t>
         </is>
       </c>
       <c r="G548" t="inlineStr"/>
-      <c r="H548" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H548" t="inlineStr"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19657</t>
+          <t>../qml/RoomList.qml:19647</t>
         </is>
       </c>
       <c r="B549" t="inlineStr">
         <is>
-          <t>Unverified login</t>
+          <t>Unavailable</t>
         </is>
       </c>
       <c r="C549" t="inlineStr">
         <is>
-          <t>Inicio de sesión sin verificar</t>
+          <t>No disponible</t>
         </is>
       </c>
       <c r="D549" t="inlineStr"/>
       <c r="E549" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F549" t="inlineStr">
         <is>
-          <t>RoomListUnverified login</t>
+          <t>RoomListUnavailable</t>
         </is>
       </c>
       <c r="G549" t="inlineStr"/>
-      <c r="H549" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H549" t="inlineStr"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19660</t>
+          <t>../qml/RoomList.qml:19654</t>
         </is>
       </c>
       <c r="B550" t="inlineStr">
         <is>
-          <t>Please verify your other devices</t>
+          <t>Offline</t>
         </is>
       </c>
       <c r="C550" t="inlineStr">
         <is>
-          <t>Por favor verifica el resto de tus dispositivos</t>
+          <t>Fuera de línea</t>
         </is>
       </c>
       <c r="D550" t="inlineStr"/>
       <c r="E550" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F550" t="inlineStr">
         <is>
-          <t>RoomListPlease verify your other devices</t>
-[...11 lines deleted...]
-      </c>
+          <t>RoomListOffline</t>
+        </is>
+      </c>
+      <c r="G550" t="inlineStr"/>
+      <c r="H550" t="inlineStr"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19674</t>
+          <t>../qml/RoomList.qml:19708</t>
         </is>
       </c>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Encryption not set up</t>
         </is>
       </c>
       <c r="C551" t="inlineStr">
         <is>
-          <t>Cerrar</t>
+          <t>El cifrado no está configurado</t>
         </is>
       </c>
       <c r="D551" t="inlineStr"/>
       <c r="E551" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F551" t="inlineStr">
         <is>
-          <t>RoomListClose</t>
+          <t>RoomListEncryption not set up</t>
         </is>
       </c>
       <c r="G551" t="inlineStr"/>
-      <c r="H551" t="inlineStr"/>
+      <c r="H551" t="inlineStr">
+        <is>
+          <t>Cross-signing setup has not run yet.</t>
+        </is>
+      </c>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20053</t>
+          <t>../qml/RoomList.qml:19711</t>
         </is>
       </c>
       <c r="B552" t="inlineStr">
         <is>
-          <t>Enter the tag you want to use:</t>
+          <t>Unverified login</t>
         </is>
       </c>
       <c r="C552" t="inlineStr">
         <is>
-          <t>Introduzca la etiqueta que desee utilizar:</t>
+          <t>Inicio de sesión sin verificar</t>
         </is>
       </c>
       <c r="D552" t="inlineStr"/>
       <c r="E552" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F552" t="inlineStr">
         <is>
-          <t>RoomListEnter the tag you want to use:</t>
-[...7 lines deleted...]
-      <c r="H552" t="inlineStr"/>
+          <t>RoomListUnverified login</t>
+        </is>
+      </c>
+      <c r="G552" t="inlineStr"/>
+      <c r="H552" t="inlineStr">
+        <is>
+          <t>The user just signed in with this device and hasn't verified their master key.</t>
+        </is>
+      </c>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20054</t>
+          <t>../qml/RoomList.qml:19714</t>
         </is>
       </c>
       <c r="B553" t="inlineStr">
         <is>
-          <t>New tag</t>
+          <t>Please verify your other devices</t>
         </is>
       </c>
       <c r="C553" t="inlineStr">
         <is>
-          <t>Nueva etiqueta</t>
+          <t>Por favor verifica el resto de tus dispositivos</t>
         </is>
       </c>
       <c r="D553" t="inlineStr"/>
       <c r="E553" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F553" t="inlineStr">
         <is>
-          <t>RoomListNew tag</t>
-[...3 lines deleted...]
-      <c r="H553" t="inlineStr"/>
+          <t>RoomListPlease verify your other devices</t>
+        </is>
+      </c>
+      <c r="G553" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Por favor verifique el resto de sus dispositivos</t>
+        </is>
+      </c>
+      <c r="H553" t="inlineStr">
+        <is>
+          <t>There are unverified devices signed in to this account.</t>
+        </is>
+      </c>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20061</t>
+          <t>../qml/RoomList.qml:19728</t>
         </is>
       </c>
       <c r="B554" t="inlineStr">
         <is>
-          <t>Open separately</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C554" t="inlineStr">
         <is>
-          <t>Abrir por separado</t>
+          <t>Cerrar</t>
         </is>
       </c>
       <c r="D554" t="inlineStr"/>
       <c r="E554" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F554" t="inlineStr">
         <is>
-          <t>RoomListOpen separately</t>
+          <t>RoomListClose</t>
         </is>
       </c>
       <c r="G554" t="inlineStr"/>
       <c r="H554" t="inlineStr"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20073</t>
+          <t>../qml/RoomList.qml:20107</t>
         </is>
       </c>
       <c r="B555" t="inlineStr">
         <is>
-          <t>Mark as read</t>
+          <t>Enter the tag you want to use:</t>
         </is>
       </c>
       <c r="C555" t="inlineStr">
         <is>
-          <t>Marcar como leído</t>
+          <t>Introduzca la etiqueta que desee utilizar:</t>
         </is>
       </c>
       <c r="D555" t="inlineStr"/>
       <c r="E555" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F555" t="inlineStr">
         <is>
-          <t>RoomListMark as read</t>
+          <t>RoomListEnter the tag you want to use:</t>
         </is>
       </c>
       <c r="G555" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: &amp;Marcar como leido</t>
+          <t>Suggested in Weblate: Inserte la etiqueta que desee usar:</t>
         </is>
       </c>
       <c r="H555" t="inlineStr"/>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20078</t>
+          <t>../qml/RoomList.qml:20108</t>
         </is>
       </c>
       <c r="B556" t="inlineStr">
         <is>
-          <t>Room settings</t>
+          <t>New tag</t>
         </is>
       </c>
       <c r="C556" t="inlineStr">
         <is>
-          <t>Ajustes de la sala</t>
+          <t>Nueva etiqueta</t>
         </is>
       </c>
       <c r="D556" t="inlineStr"/>
       <c r="E556" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F556" t="inlineStr">
         <is>
-          <t>RoomListRoom settings</t>
+          <t>RoomListNew tag</t>
         </is>
       </c>
       <c r="G556" t="inlineStr"/>
       <c r="H556" t="inlineStr"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20083</t>
+          <t>../qml/RoomList.qml:20115</t>
         </is>
       </c>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Open separately</t>
         </is>
       </c>
       <c r="C557" t="inlineStr">
         <is>
-          <t>Salir de la sala</t>
+          <t>Abrir por separado</t>
         </is>
       </c>
       <c r="D557" t="inlineStr"/>
       <c r="E557" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F557" t="inlineStr">
         <is>
-          <t>RoomListLeave room</t>
+          <t>RoomListOpen separately</t>
         </is>
       </c>
       <c r="G557" t="inlineStr"/>
       <c r="H557" t="inlineStr"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20088</t>
+          <t>../qml/RoomList.qml:20127</t>
         </is>
       </c>
       <c r="B558" t="inlineStr">
         <is>
-          <t>Copy room link</t>
+          <t>Mark as read</t>
         </is>
       </c>
       <c r="C558" t="inlineStr">
         <is>
-          <t>Copiar el enlace de la sala</t>
+          <t>Marcar como leído</t>
         </is>
       </c>
       <c r="D558" t="inlineStr"/>
       <c r="E558" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F558" t="inlineStr">
         <is>
-          <t>RoomListCopy room link</t>
+          <t>RoomListMark as read</t>
         </is>
       </c>
       <c r="G558" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Copiar enlace de la sala</t>
+          <t>Suggested in Weblate: &amp;Marcar como leido</t>
         </is>
       </c>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20095</t>
+          <t>../qml/RoomList.qml:20132</t>
         </is>
       </c>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Tag room as:</t>
+          <t>Room settings</t>
         </is>
       </c>
       <c r="C559" t="inlineStr">
         <is>
-          <t>Etiquetar sala como:</t>
+          <t>Ajustes de la sala</t>
         </is>
       </c>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>RoomListTag room as:</t>
+          <t>RoomListRoom settings</t>
         </is>
       </c>
       <c r="G559" t="inlineStr"/>
       <c r="H559" t="inlineStr"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20108</t>
+          <t>../qml/RoomList.qml:20137</t>
         </is>
       </c>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Favourite</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C560" t="inlineStr">
         <is>
-          <t>Favorito</t>
+          <t>Salir de la sala</t>
         </is>
       </c>
       <c r="D560" t="inlineStr"/>
       <c r="E560" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F560" t="inlineStr">
         <is>
-          <t>RoomListFavourite</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomListLeave room</t>
+        </is>
+      </c>
+      <c r="G560" t="inlineStr"/>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20110</t>
+          <t>../qml/RoomList.qml:20142</t>
         </is>
       </c>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Low priority</t>
+          <t>Copy room link</t>
         </is>
       </c>
       <c r="C561" t="inlineStr">
         <is>
-          <t>Prioridad baja</t>
+          <t>Copiar el enlace de la sala</t>
         </is>
       </c>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>RoomListLow priority</t>
-[...2 lines deleted...]
-      <c r="G561" t="inlineStr"/>
+          <t>RoomListCopy room link</t>
+        </is>
+      </c>
+      <c r="G561" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Copiar enlace de la sala</t>
+        </is>
+      </c>
       <c r="H561" t="inlineStr"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20112</t>
+          <t>../qml/RoomList.qml:20149</t>
         </is>
       </c>
       <c r="B562" t="inlineStr">
         <is>
-          <t>Server notice</t>
+          <t>Tag room as:</t>
         </is>
       </c>
       <c r="C562" t="inlineStr">
         <is>
-          <t>Aviso del servidor</t>
+          <t>Etiquetar sala como:</t>
         </is>
       </c>
       <c r="D562" t="inlineStr"/>
       <c r="E562" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F562" t="inlineStr">
         <is>
-          <t>RoomListServer notice</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomListTag room as:</t>
+        </is>
+      </c>
+      <c r="G562" t="inlineStr"/>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20125</t>
+          <t>../qml/RoomList.qml:20162</t>
         </is>
       </c>
       <c r="B563" t="inlineStr">
         <is>
-          <t>Create new tag…</t>
+          <t>Favourite</t>
         </is>
       </c>
       <c r="C563" t="inlineStr">
         <is>
-          <t>Crear nueva etiqueta...</t>
+          <t>Favorito</t>
         </is>
       </c>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>RoomListCreate new tag...</t>
+          <t>RoomListFavourite</t>
         </is>
       </c>
       <c r="G563" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Crear nueva etiqueta…</t>
+          <t>Suggested in Weblate: Favoritos</t>
         </is>
       </c>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20145</t>
+          <t>../qml/RoomList.qml:20164</t>
         </is>
       </c>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Members of %1</t>
+          <t>Low priority</t>
         </is>
       </c>
       <c r="C564" t="inlineStr">
         <is>
-          <t>Miembros de: %1</t>
+          <t>Prioridad baja</t>
         </is>
       </c>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>RoomMembersMembers of %1</t>
+          <t>RoomListLow priority</t>
         </is>
       </c>
       <c r="G564" t="inlineStr"/>
       <c r="H564" t="inlineStr"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20177</t>
+          <t>../qml/RoomList.qml:20166</t>
         </is>
       </c>
       <c r="B565" t="inlineStr">
         <is>
-          <t>%n person in %1</t>
+          <t>Server notice</t>
         </is>
       </c>
       <c r="C565" t="inlineStr">
         <is>
-          <t>%n persona en %1</t>
+          <t>Aviso del servidor</t>
         </is>
       </c>
       <c r="D565" t="inlineStr"/>
       <c r="E565" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F565" t="inlineStr">
         <is>
+          <t>RoomListServer notice</t>
+        </is>
+      </c>
+      <c r="G565" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Avisos del servidor</t>
+        </is>
+      </c>
+      <c r="H565" t="inlineStr"/>
+    </row>
+    <row r="566">
+      <c r="A566" t="inlineStr">
+        <is>
+          <t>../qml/RoomList.qml:20179</t>
+        </is>
+      </c>
+      <c r="B566" t="inlineStr">
+        <is>
+          <t>Create new tag…</t>
+        </is>
+      </c>
+      <c r="C566" t="inlineStr">
+        <is>
+          <t>Crear nueva etiqueta...</t>
+        </is>
+      </c>
+      <c r="D566" t="inlineStr"/>
+      <c r="E566" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F566" t="inlineStr">
+        <is>
+          <t>RoomListCreate new tag...</t>
+        </is>
+      </c>
+      <c r="G566" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Crear nueva etiqueta…</t>
+        </is>
+      </c>
+      <c r="H566" t="inlineStr"/>
+    </row>
+    <row r="567">
+      <c r="A567" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomMembers.qml:20199</t>
+        </is>
+      </c>
+      <c r="B567" t="inlineStr">
+        <is>
+          <t>Members of %1</t>
+        </is>
+      </c>
+      <c r="C567" t="inlineStr">
+        <is>
+          <t>Miembros de: %1</t>
+        </is>
+      </c>
+      <c r="D567" t="inlineStr"/>
+      <c r="E567" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F567" t="inlineStr">
+        <is>
+          <t>RoomMembersMembers of %1</t>
+        </is>
+      </c>
+      <c r="G567" t="inlineStr"/>
+      <c r="H567" t="inlineStr"/>
+    </row>
+    <row r="568">
+      <c r="A568" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomMembers.qml:20231</t>
+        </is>
+      </c>
+      <c r="B568" t="inlineStr">
+        <is>
+          <t>%n person in %1</t>
+        </is>
+      </c>
+      <c r="C568" t="inlineStr">
+        <is>
+          <t>%n persona en %1</t>
+        </is>
+      </c>
+      <c r="D568" t="inlineStr"/>
+      <c r="E568" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F568" t="inlineStr">
+        <is>
           <t>RoomMembers
 Summary above list of members%n people in %1</t>
         </is>
       </c>
-      <c r="G565" t="inlineStr"/>
-[...97 lines deleted...]
-      </c>
+      <c r="G568" t="inlineStr"/>
       <c r="H568" t="inlineStr"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20211</t>
+          <t>../qml/dialogs/RoomMembers.qml:20241</t>
         </is>
       </c>
       <c r="B569" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Invite more people</t>
         </is>
       </c>
       <c r="C569" t="inlineStr">
         <is>
-          <t>ID de usuario</t>
+          <t>Invitar a más personas</t>
         </is>
       </c>
       <c r="D569" t="inlineStr"/>
       <c r="E569" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F569" t="inlineStr">
         <is>
-          <t>RoomMembersUser ID</t>
+          <t>RoomMembersInvite more people</t>
         </is>
       </c>
       <c r="G569" t="inlineStr"/>
       <c r="H569" t="inlineStr"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20212</t>
+          <t>../qml/dialogs/RoomMembers.qml:20249</t>
         </is>
       </c>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Display name</t>
+          <t>Search...</t>
         </is>
       </c>
       <c r="C570" t="inlineStr">
         <is>
-          <t>Mostrar nombre</t>
+          <t>Buscar...</t>
         </is>
       </c>
       <c r="D570" t="inlineStr"/>
       <c r="E570" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F570" t="inlineStr">
         <is>
-          <t>RoomMembersDisplay name</t>
+          <t>RoomMembersSearch...</t>
         </is>
       </c>
       <c r="G570" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Sobrenombre</t>
+          <t>Suggested in Weblate: Buscar…</t>
         </is>
       </c>
       <c r="H570" t="inlineStr"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20213</t>
+          <t>../qml/dialogs/RoomMembers.qml:20259</t>
         </is>
       </c>
       <c r="B571" t="inlineStr">
         <is>
-          <t>Power level</t>
+          <t xml:space="preserve">Sort by: </t>
         </is>
       </c>
       <c r="C571" t="inlineStr">
         <is>
-          <t>Power level</t>
+          <t xml:space="preserve">Ordenar por: </t>
         </is>
       </c>
       <c r="D571" t="inlineStr"/>
       <c r="E571" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F571" t="inlineStr">
         <is>
-          <t>RoomMembersPower level</t>
+          <t xml:space="preserve">RoomMembersSort by: </t>
         </is>
       </c>
       <c r="G571" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: nivel de poder</t>
+          <t>Suggested in Weblate: Ordenar por:</t>
         </is>
       </c>
       <c r="H571" t="inlineStr"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20311</t>
+          <t>../qml/dialogs/RoomMembers.qml:20265</t>
         </is>
       </c>
       <c r="B572" t="inlineStr">
         <is>
-          <t>This room is not encrypted!</t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C572" t="inlineStr">
         <is>
-          <t>¡Esta sala no está cifrada!</t>
+          <t>ID de usuario</t>
         </is>
       </c>
       <c r="D572" t="inlineStr"/>
       <c r="E572" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F572" t="inlineStr">
         <is>
-          <t>RoomMembersThis room is not encrypted!</t>
+          <t>RoomMembersUser ID</t>
         </is>
       </c>
       <c r="G572" t="inlineStr"/>
       <c r="H572" t="inlineStr"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20315</t>
+          <t>../qml/dialogs/RoomMembers.qml:20266</t>
         </is>
       </c>
       <c r="B573" t="inlineStr">
         <is>
-          <t>This user is verified.</t>
+          <t>Display name</t>
         </is>
       </c>
       <c r="C573" t="inlineStr">
         <is>
-          <t>Este usuario está verificado.</t>
+          <t>Mostrar nombre</t>
         </is>
       </c>
       <c r="D573" t="inlineStr"/>
       <c r="E573" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F573" t="inlineStr">
         <is>
-          <t>RoomMembersThis user is verified.</t>
-[...2 lines deleted...]
-      <c r="G573" t="inlineStr"/>
+          <t>RoomMembersDisplay name</t>
+        </is>
+      </c>
+      <c r="G573" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Sobrenombre</t>
+        </is>
+      </c>
       <c r="H573" t="inlineStr"/>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20317</t>
+          <t>../qml/dialogs/RoomMembers.qml:20267</t>
         </is>
       </c>
       <c r="B574" t="inlineStr">
         <is>
-          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
+          <t>Power level</t>
         </is>
       </c>
       <c r="C574" t="inlineStr">
         <is>
-          <t>Este usuario no está verificado, pero está usando la misma clave maestra desde la primera vez que se conocieron.</t>
+          <t>Power level</t>
         </is>
       </c>
       <c r="D574" t="inlineStr"/>
       <c r="E574" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F574" t="inlineStr">
         <is>
-          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
-[...2 lines deleted...]
-      <c r="G574" t="inlineStr"/>
+          <t>RoomMembersPower level</t>
+        </is>
+      </c>
+      <c r="G574" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: nivel de poder</t>
+        </is>
+      </c>
       <c r="H574" t="inlineStr"/>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20319</t>
+          <t>../qml/dialogs/RoomMembers.qml:20365</t>
         </is>
       </c>
       <c r="B575" t="inlineStr">
         <is>
-          <t>This user has unverified devices!</t>
+          <t>This room is not encrypted!</t>
         </is>
       </c>
       <c r="C575" t="inlineStr">
         <is>
-          <t>¡Este usuario tiene dispositivos no verificados!</t>
+          <t>¡Esta sala no está cifrada!</t>
         </is>
       </c>
       <c r="D575" t="inlineStr"/>
       <c r="E575" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F575" t="inlineStr">
         <is>
-          <t>RoomMembersThis user has unverified devices!</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomMembersThis room is not encrypted!</t>
+        </is>
+      </c>
+      <c r="G575" t="inlineStr"/>
       <c r="H575" t="inlineStr"/>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20563</t>
+          <t>../qml/dialogs/RoomMembers.qml:20369</t>
         </is>
       </c>
       <c r="B576" t="inlineStr">
         <is>
-          <t>Failed to enable encryption: %1</t>
+          <t>This user is verified.</t>
         </is>
       </c>
       <c r="C576" t="inlineStr">
         <is>
-          <t>Error al activar el cifrado: %1</t>
+          <t>Este usuario está verificado.</t>
         </is>
       </c>
       <c r="D576" t="inlineStr"/>
       <c r="E576" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F576" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to enable encryption: %1</t>
+          <t>RoomMembersThis user is verified.</t>
         </is>
       </c>
       <c r="G576" t="inlineStr"/>
       <c r="H576" t="inlineStr"/>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../qml/dialogs/RoomMembers.qml:20371</t>
         </is>
       </c>
       <c r="B577" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="C577" t="inlineStr">
         <is>
-          <t>Selecciona un avatar</t>
+          <t>Este usuario no está verificado, pero está usando la misma clave maestra desde la primera vez que se conocieron.</t>
         </is>
       </c>
       <c r="D577" t="inlineStr"/>
       <c r="E577" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F577" t="inlineStr">
         <is>
-          <t>RoomSettingsSelect an avatar</t>
+          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="G577" t="inlineStr"/>
       <c r="H577" t="inlineStr"/>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../qml/dialogs/RoomMembers.qml:20373</t>
         </is>
       </c>
       <c r="B578" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>This user has unverified devices!</t>
         </is>
       </c>
       <c r="C578" t="inlineStr">
         <is>
-          <t>Todos los archivos (*)</t>
+          <t>¡Este usuario tiene dispositivos no verificados!</t>
         </is>
       </c>
       <c r="D578" t="inlineStr"/>
       <c r="E578" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F578" t="inlineStr">
         <is>
-          <t>RoomSettingsAll Files (*)</t>
-[...2 lines deleted...]
-      <c r="G578" t="inlineStr"/>
+          <t>RoomMembersThis user has unverified devices!</t>
+        </is>
+      </c>
+      <c r="G578" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: ¡Este usuario tiene dispositivos sin verificar!</t>
+        </is>
+      </c>
       <c r="H578" t="inlineStr"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20979</t>
+          <t>../../src/ui/RoomSettings.cpp:20617</t>
         </is>
       </c>
       <c r="B579" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>Failed to enable encryption: %1</t>
         </is>
       </c>
       <c r="C579" t="inlineStr">
         <is>
-          <t>El archivo seleccionado no es una imagen</t>
+          <t>Error al activar el cifrado: %1</t>
         </is>
       </c>
       <c r="D579" t="inlineStr"/>
       <c r="E579" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F579" t="inlineStr">
         <is>
-          <t>RoomSettingsThe selected file is not an image</t>
+          <t>RoomSettingsFailed to enable encryption: %1</t>
         </is>
       </c>
       <c r="G579" t="inlineStr"/>
       <c r="H579" t="inlineStr"/>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20984</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C580" t="inlineStr">
         <is>
-          <t>Error al leer el archivo: %1</t>
+          <t>Selecciona un avatar</t>
         </is>
       </c>
       <c r="D580" t="inlineStr"/>
       <c r="E580" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F580" t="inlineStr">
         <is>
-          <t>RoomSettingsError while reading file: %1</t>
+          <t>RoomSettingsSelect an avatar</t>
         </is>
       </c>
       <c r="G580" t="inlineStr"/>
       <c r="H580" t="inlineStr"/>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:21035</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B581" t="inlineStr">
         <is>
-          <t>Failed to upload image: %s</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C581" t="inlineStr">
         <is>
-          <t>Error al subir la imagen: %s</t>
+          <t>Todos los archivos (*)</t>
         </is>
       </c>
       <c r="D581" t="inlineStr"/>
       <c r="E581" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F581" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to upload image: %s</t>
+          <t>RoomSettingsAll Files (*)</t>
         </is>
       </c>
       <c r="G581" t="inlineStr"/>
       <c r="H581" t="inlineStr"/>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21062</t>
+          <t>../../src/ui/RoomSettings.cpp:21033</t>
         </is>
       </c>
       <c r="B582" t="inlineStr">
         <is>
-          <t>Room Settings</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C582" t="inlineStr">
         <is>
-          <t>Ajustes de la sala</t>
+          <t>El archivo seleccionado no es una imagen</t>
         </is>
       </c>
       <c r="D582" t="inlineStr"/>
       <c r="E582" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F582" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Settings</t>
+          <t>RoomSettingsThe selected file is not an image</t>
         </is>
       </c>
       <c r="G582" t="inlineStr"/>
       <c r="H582" t="inlineStr"/>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21097</t>
+          <t>../../src/ui/RoomSettings.cpp:21038</t>
         </is>
       </c>
       <c r="B583" t="inlineStr">
         <is>
-          <t>Change room avatar.</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C583" t="inlineStr">
         <is>
-          <t>Cambiar el avatar de la sala.</t>
+          <t>Error al leer el archivo: %1</t>
         </is>
       </c>
       <c r="D583" t="inlineStr"/>
       <c r="E583" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F583" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange room avatar.</t>
+          <t>RoomSettingsError while reading file: %1</t>
         </is>
       </c>
       <c r="G583" t="inlineStr"/>
       <c r="H583" t="inlineStr"/>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21194</t>
+          <t>../../src/ui/RoomSettings.cpp:21089</t>
         </is>
       </c>
       <c r="B584" t="inlineStr">
         <is>
-          <t>Change name of this room</t>
+          <t>Failed to upload image: %s</t>
         </is>
       </c>
       <c r="C584" t="inlineStr">
         <is>
-          <t>Cambiar nombre de esta sala</t>
+          <t>Error al subir la imagen: %s</t>
         </is>
       </c>
       <c r="D584" t="inlineStr"/>
       <c r="E584" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F584" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange name of this room</t>
+          <t>RoomSettingsFailed to upload image: %s</t>
         </is>
       </c>
       <c r="G584" t="inlineStr"/>
       <c r="H584" t="inlineStr"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21217</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21116</t>
         </is>
       </c>
       <c r="B585" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
-[...2 lines deleted...]
-      <c r="C585" t="inlineStr"/>
+          <t>Room Settings</t>
+        </is>
+      </c>
+      <c r="C585" t="inlineStr">
+        <is>
+          <t>Ajustes de la sala</t>
+        </is>
+      </c>
       <c r="D585" t="inlineStr"/>
       <c r="E585" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F585" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+          <t>RoomSettingsDialogRoom Settings</t>
         </is>
       </c>
       <c r="G585" t="inlineStr"/>
       <c r="H585" t="inlineStr"/>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21228</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21151</t>
         </is>
       </c>
       <c r="B586" t="inlineStr">
         <is>
-          <t>%n member</t>
+          <t>Change room avatar.</t>
         </is>
       </c>
       <c r="C586" t="inlineStr">
         <is>
-          <t>%n miembro</t>
+          <t>Cambiar el avatar de la sala.</t>
         </is>
       </c>
       <c r="D586" t="inlineStr"/>
       <c r="E586" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F586" t="inlineStr">
         <is>
-          <t>RoomSettingsDialog%n member(s)</t>
+          <t>RoomSettingsDialogChange room avatar.</t>
         </is>
       </c>
       <c r="G586" t="inlineStr"/>
       <c r="H586" t="inlineStr"/>
     </row>
     <row r="587">
       <c r="A587" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21236</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21248</t>
         </is>
       </c>
       <c r="B587" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>Change name of this room</t>
         </is>
       </c>
       <c r="C587" t="inlineStr">
         <is>
-          <t>Ver los miembros de %1</t>
+          <t>Cambiar nombre de esta sala</t>
         </is>
       </c>
       <c r="D587" t="inlineStr"/>
       <c r="E587" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F587" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView members of %1</t>
+          <t>RoomSettingsDialogChange name of this room</t>
         </is>
       </c>
       <c r="G587" t="inlineStr"/>
       <c r="H587" t="inlineStr"/>
     </row>
     <row r="588">
       <c r="A588" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21260</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21271</t>
         </is>
       </c>
       <c r="B588" t="inlineStr">
         <is>
-          <t>No topic set</t>
-[...6 lines deleted...]
-      </c>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+        </is>
+      </c>
+      <c r="C588" t="inlineStr"/>
       <c r="D588" t="inlineStr"/>
       <c r="E588" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F588" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNo topic set</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="G588" t="inlineStr"/>
       <c r="H588" t="inlineStr"/>
     </row>
     <row r="589">
       <c r="A589" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21284</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21282</t>
         </is>
       </c>
       <c r="B589" t="inlineStr">
         <is>
-          <t>Change topic of this room</t>
+          <t>%n member</t>
         </is>
       </c>
       <c r="C589" t="inlineStr">
         <is>
-          <t>Cambiar el tema de la sala</t>
+          <t>%n miembro</t>
         </is>
       </c>
       <c r="D589" t="inlineStr"/>
       <c r="E589" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F589" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange topic of this room</t>
+          <t>RoomSettingsDialog%n member(s)</t>
         </is>
       </c>
       <c r="G589" t="inlineStr"/>
       <c r="H589" t="inlineStr"/>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21308</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21290</t>
         </is>
       </c>
       <c r="B590" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
-[...2 lines deleted...]
-      <c r="C590" t="inlineStr"/>
+          <t>View members of %1</t>
+        </is>
+      </c>
+      <c r="C590" t="inlineStr">
+        <is>
+          <t>Ver los miembros de %1</t>
+        </is>
+      </c>
       <c r="D590" t="inlineStr"/>
       <c r="E590" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F590" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+          <t>RoomSettingsDialogView members of %1</t>
         </is>
       </c>
       <c r="G590" t="inlineStr"/>
       <c r="H590" t="inlineStr"/>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21327</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21314</t>
         </is>
       </c>
       <c r="B591" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>No topic set</t>
         </is>
       </c>
       <c r="C591" t="inlineStr">
         <is>
-          <t>NOTIFICACIONES</t>
+          <t>No se ha establecido ningún tema</t>
         </is>
       </c>
       <c r="D591" t="inlineStr"/>
       <c r="E591" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F591" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNOTIFICATIONS</t>
+          <t>RoomSettingsDialogNo topic set</t>
         </is>
       </c>
       <c r="G591" t="inlineStr"/>
       <c r="H591" t="inlineStr"/>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21336</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21338</t>
         </is>
       </c>
       <c r="B592" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Change topic of this room</t>
         </is>
       </c>
       <c r="C592" t="inlineStr">
         <is>
-          <t>Notificaciones</t>
+          <t>Cambiar el tema de la sala</t>
         </is>
       </c>
       <c r="D592" t="inlineStr"/>
       <c r="E592" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F592" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNotifications</t>
+          <t>RoomSettingsDialogChange topic of this room</t>
         </is>
       </c>
       <c r="G592" t="inlineStr"/>
       <c r="H592" t="inlineStr"/>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21362</t>
         </is>
       </c>
       <c r="B593" t="inlineStr">
         <is>
-          <t>Muted</t>
-[...6 lines deleted...]
-      </c>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+        </is>
+      </c>
+      <c r="C593" t="inlineStr"/>
       <c r="D593" t="inlineStr"/>
       <c r="E593" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F593" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMuted</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="G593" t="inlineStr"/>
       <c r="H593" t="inlineStr"/>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21381</t>
         </is>
       </c>
       <c r="B594" t="inlineStr">
         <is>
-          <t>Mentions only</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C594" t="inlineStr">
         <is>
-          <t>Sólo menciones</t>
+          <t>NOTIFICACIONES</t>
         </is>
       </c>
       <c r="D594" t="inlineStr"/>
       <c r="E594" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F594" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMentions only</t>
+          <t>RoomSettingsDialogNOTIFICATIONS</t>
         </is>
       </c>
       <c r="G594" t="inlineStr"/>
       <c r="H594" t="inlineStr"/>
     </row>
     <row r="595">
       <c r="A595" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21390</t>
         </is>
       </c>
       <c r="B595" t="inlineStr">
         <is>
-          <t>All messages</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="C595" t="inlineStr">
         <is>
-          <t>Todos los mensajes</t>
+          <t>Notificaciones</t>
         </is>
       </c>
       <c r="D595" t="inlineStr"/>
       <c r="E595" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F595" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAll messages</t>
+          <t>RoomSettingsDialogNotifications</t>
         </is>
       </c>
       <c r="G595" t="inlineStr"/>
       <c r="H595" t="inlineStr"/>
     </row>
     <row r="596">
       <c r="A596" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21352</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B596" t="inlineStr">
         <is>
-          <t>ENTRY PERMISSIONS</t>
+          <t>Muted</t>
         </is>
       </c>
       <c r="C596" t="inlineStr">
         <is>
-          <t>PERMISOS DE ENTRADA</t>
+          <t>Silenciado</t>
         </is>
       </c>
       <c r="D596" t="inlineStr"/>
       <c r="E596" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F596" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
+          <t>RoomSettingsDialogMuted</t>
         </is>
       </c>
       <c r="G596" t="inlineStr"/>
       <c r="H596" t="inlineStr"/>
     </row>
     <row r="597">
       <c r="A597" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21361</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B597" t="inlineStr">
         <is>
-          <t>Anyone can join</t>
+          <t>Mentions only</t>
         </is>
       </c>
       <c r="C597" t="inlineStr">
         <is>
-          <t>Cualquiera puede unirse</t>
+          <t>Sólo menciones</t>
         </is>
       </c>
       <c r="D597" t="inlineStr"/>
       <c r="E597" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F597" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAnyone can join</t>
+          <t>RoomSettingsDialogMentions only</t>
         </is>
       </c>
       <c r="G597" t="inlineStr"/>
       <c r="H597" t="inlineStr"/>
     </row>
     <row r="598">
       <c r="A598" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21375</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B598" t="inlineStr">
         <is>
-          <t>Allow knocking</t>
+          <t>All messages</t>
         </is>
       </c>
       <c r="C598" t="inlineStr">
         <is>
-          <t>Permitir hacer toc</t>
+          <t>Todos los mensajes</t>
         </is>
       </c>
       <c r="D598" t="inlineStr"/>
       <c r="E598" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F598" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow knocking</t>
+          <t>RoomSettingsDialogAll messages</t>
         </is>
       </c>
       <c r="G598" t="inlineStr"/>
       <c r="H598" t="inlineStr"/>
     </row>
     <row r="599">
       <c r="A599" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21394</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21409</t>
         </is>
       </c>
       <c r="B599" t="inlineStr">
         <is>
-          <t>Allow joining via other rooms</t>
+          <t>ENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="C599" t="inlineStr">
         <is>
-          <t>Permitir el acceso a través de otras salas</t>
+          <t>PERMISOS DE ENTRADA</t>
         </is>
       </c>
       <c r="D599" t="inlineStr"/>
       <c r="E599" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F599" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow joining via other rooms</t>
+          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="G599" t="inlineStr"/>
       <c r="H599" t="inlineStr"/>
     </row>
     <row r="600">
       <c r="A600" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21413</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21418</t>
         </is>
       </c>
       <c r="B600" t="inlineStr">
         <is>
-          <t>Rooms to join via</t>
+          <t>Anyone can join</t>
         </is>
       </c>
       <c r="C600" t="inlineStr">
         <is>
-          <t>Salas para unirse a través de</t>
+          <t>Cualquiera puede unirse</t>
         </is>
       </c>
       <c r="D600" t="inlineStr"/>
       <c r="E600" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F600" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRooms to join via</t>
+          <t>RoomSettingsDialogAnyone can join</t>
         </is>
       </c>
       <c r="G600" t="inlineStr"/>
       <c r="H600" t="inlineStr"/>
     </row>
     <row r="601">
       <c r="A601" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21667</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
         </is>
       </c>
       <c r="B601" t="inlineStr">
         <is>
-          <t>Change</t>
+          <t>Allow knocking</t>
         </is>
       </c>
       <c r="C601" t="inlineStr">
         <is>
-          <t>Cambiar</t>
+          <t>Permitir hacer toc</t>
         </is>
       </c>
       <c r="D601" t="inlineStr"/>
       <c r="E601" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F601" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange</t>
+          <t>RoomSettingsDialogAllow knocking</t>
         </is>
       </c>
       <c r="G601" t="inlineStr"/>
       <c r="H601" t="inlineStr"/>
     </row>
     <row r="602">
       <c r="A602" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21426</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21451</t>
         </is>
       </c>
       <c r="B602" t="inlineStr">
         <is>
-          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>Allow joining via other rooms</t>
         </is>
       </c>
       <c r="C602" t="inlineStr">
         <is>
-          <t>Cambia la lista de salas a través de las cuales los usuarios pueden unirse a esta sala. Normalmente se trata de la comunidad oficial de esta sala.</t>
+          <t>Permitir el acceso a través de otras salas</t>
         </is>
       </c>
       <c r="D602" t="inlineStr"/>
       <c r="E602" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F602" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>RoomSettingsDialogAllow joining via other rooms</t>
         </is>
       </c>
       <c r="G602" t="inlineStr"/>
       <c r="H602" t="inlineStr"/>
     </row>
     <row r="603">
       <c r="A603" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21470</t>
         </is>
       </c>
       <c r="B603" t="inlineStr">
         <is>
-          <t>Allow guests to join</t>
+          <t>Rooms to join via</t>
         </is>
       </c>
       <c r="C603" t="inlineStr">
         <is>
-          <t>Permitir a los invitados unirse</t>
+          <t>Salas para unirse a través de</t>
         </is>
       </c>
       <c r="D603" t="inlineStr"/>
       <c r="E603" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F603" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow guests to join</t>
+          <t>RoomSettingsDialogRooms to join via</t>
         </is>
       </c>
       <c r="G603" t="inlineStr"/>
       <c r="H603" t="inlineStr"/>
     </row>
     <row r="604">
       <c r="A604" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21449</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21724</t>
         </is>
       </c>
       <c r="B604" t="inlineStr">
         <is>
-          <t>Apply access rules</t>
+          <t>Change</t>
         </is>
       </c>
       <c r="C604" t="inlineStr">
         <is>
-          <t>Aplicar reglas de acceso</t>
+          <t>Cambiar</t>
         </is>
       </c>
       <c r="D604" t="inlineStr"/>
       <c r="E604" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F604" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply access rules</t>
+          <t>RoomSettingsDialogChange</t>
         </is>
       </c>
       <c r="G604" t="inlineStr"/>
       <c r="H604" t="inlineStr"/>
     </row>
     <row r="605">
       <c r="A605" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21456</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21483</t>
         </is>
       </c>
       <c r="B605" t="inlineStr">
         <is>
-          <t>MESSAGE VISIBILITY</t>
+          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="C605" t="inlineStr">
         <is>
-          <t>VISIBILIDAD DEL MENSAJE</t>
+          <t>Cambia la lista de salas a través de las cuales los usuarios pueden unirse a esta sala. Normalmente se trata de la comunidad oficial de esta sala.</t>
         </is>
       </c>
       <c r="D605" t="inlineStr"/>
       <c r="E605" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F605" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
+          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="G605" t="inlineStr"/>
       <c r="H605" t="inlineStr"/>
     </row>
     <row r="606">
       <c r="A606" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21465</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21489</t>
         </is>
       </c>
       <c r="B606" t="inlineStr">
         <is>
-          <t>Allow viewing history without joining</t>
+          <t>Allow guests to join</t>
         </is>
       </c>
       <c r="C606" t="inlineStr">
         <is>
-          <t>Permitir ver el historial sin unirse</t>
+          <t>Permitir a los invitados unirse</t>
         </is>
       </c>
       <c r="D606" t="inlineStr"/>
       <c r="E606" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F606" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow viewing history without joining</t>
+          <t>RoomSettingsDialogAllow guests to join</t>
         </is>
       </c>
       <c r="G606" t="inlineStr"/>
       <c r="H606" t="inlineStr"/>
     </row>
     <row r="607">
       <c r="A607" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21468</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21506</t>
         </is>
       </c>
       <c r="B607" t="inlineStr">
         <is>
-          <t>This is useful to see previews of the room or view it on public websites.</t>
+          <t>Apply access rules</t>
         </is>
       </c>
       <c r="C607" t="inlineStr">
         <is>
-          <t>Esto es útil para ver vistas previas de la sala o visualizarla en sitios web públicos.</t>
+          <t>Aplicar reglas de acceso</t>
         </is>
       </c>
       <c r="D607" t="inlineStr"/>
       <c r="E607" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F607" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
+          <t>RoomSettingsDialogApply access rules</t>
         </is>
       </c>
       <c r="G607" t="inlineStr"/>
       <c r="H607" t="inlineStr"/>
     </row>
     <row r="608">
       <c r="A608" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21488</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21513</t>
         </is>
       </c>
       <c r="B608" t="inlineStr">
         <is>
-          <t>Members can see messages since</t>
+          <t>MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C608" t="inlineStr">
         <is>
-          <t>Los miembros pueden ver los mensajes desde</t>
+          <t>VISIBILIDAD DEL MENSAJE</t>
         </is>
       </c>
       <c r="D608" t="inlineStr"/>
       <c r="E608" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F608" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can see messages since</t>
+          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G608" t="inlineStr"/>
       <c r="H608" t="inlineStr"/>
     </row>
     <row r="609">
       <c r="A609" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21492</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21522</t>
         </is>
       </c>
       <c r="B609" t="inlineStr">
         <is>
-          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>Allow viewing history without joining</t>
         </is>
       </c>
       <c r="C609" t="inlineStr">
         <is>
-          <t>Cuánto del historial es visible para los miembros unidos. Cambiar esto no afectará a la visibilidad de los mensajes ya enviados. Sólo se aplica a los mensajes nuevos.</t>
+          <t>Permitir ver el historial sin unirse</t>
         </is>
       </c>
       <c r="D609" t="inlineStr"/>
       <c r="E609" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F609" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>RoomSettingsDialogAllow viewing history without joining</t>
         </is>
       </c>
       <c r="G609" t="inlineStr"/>
       <c r="H609" t="inlineStr"/>
     </row>
     <row r="610">
       <c r="A610" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21511</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21525</t>
         </is>
       </c>
       <c r="B610" t="inlineStr">
         <is>
-          <t>Everything</t>
+          <t>This is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="C610" t="inlineStr">
         <is>
-          <t>Todo</t>
+          <t>Esto es útil para ver vistas previas de la sala o visualizarla en sitios web públicos.</t>
         </is>
       </c>
       <c r="D610" t="inlineStr"/>
       <c r="E610" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F610" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEverything</t>
+          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="G610" t="inlineStr"/>
       <c r="H610" t="inlineStr"/>
     </row>
     <row r="611">
       <c r="A611" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21512</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21545</t>
         </is>
       </c>
       <c r="B611" t="inlineStr">
         <is>
-          <t>As long as the user joined, they can see all previous messages.</t>
+          <t>Members can see messages since</t>
         </is>
       </c>
       <c r="C611" t="inlineStr">
         <is>
-          <t>Mientras el usuario esté registrado, podrá ver todos los mensajes anteriores.</t>
+          <t>Los miembros pueden ver los mensajes desde</t>
         </is>
       </c>
       <c r="D611" t="inlineStr"/>
       <c r="E611" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F611" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
+          <t>RoomSettingsDialogMembers can see messages since</t>
         </is>
       </c>
       <c r="G611" t="inlineStr"/>
       <c r="H611" t="inlineStr"/>
     </row>
     <row r="612">
       <c r="A612" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21519</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21549</t>
         </is>
       </c>
       <c r="B612" t="inlineStr">
         <is>
-          <t>They got invited</t>
+          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="C612" t="inlineStr">
         <is>
-          <t>Fueron invitados</t>
+          <t>Cuánto del historial es visible para los miembros unidos. Cambiar esto no afectará a la visibilidad de los mensajes ya enviados. Sólo se aplica a los mensajes nuevos.</t>
         </is>
       </c>
       <c r="D612" t="inlineStr"/>
       <c r="E612" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F612" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey got invited</t>
+          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="G612" t="inlineStr"/>
       <c r="H612" t="inlineStr"/>
     </row>
     <row r="613">
       <c r="A613" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21520</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21568</t>
         </is>
       </c>
       <c r="B613" t="inlineStr">
         <is>
-          <t>Members can only see messages from when they got invited going forward.</t>
+          <t>Everything</t>
         </is>
       </c>
       <c r="C613" t="inlineStr">
         <is>
-          <t>Los miembros sólo pueden ver los mensajes desde que fueron invitados en adelante.</t>
+          <t>Todo</t>
         </is>
       </c>
       <c r="D613" t="inlineStr"/>
       <c r="E613" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F613" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
+          <t>RoomSettingsDialogEverything</t>
         </is>
       </c>
       <c r="G613" t="inlineStr"/>
       <c r="H613" t="inlineStr"/>
     </row>
     <row r="614">
       <c r="A614" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21527</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21569</t>
         </is>
       </c>
       <c r="B614" t="inlineStr">
         <is>
-          <t>They joined</t>
+          <t>As long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="C614" t="inlineStr">
         <is>
-          <t>Se unieron</t>
+          <t>Mientras el usuario esté registrado, podrá ver todos los mensajes anteriores.</t>
         </is>
       </c>
       <c r="D614" t="inlineStr"/>
       <c r="E614" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F614" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey joined</t>
+          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="G614" t="inlineStr"/>
       <c r="H614" t="inlineStr"/>
     </row>
     <row r="615">
       <c r="A615" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21528</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21576</t>
         </is>
       </c>
       <c r="B615" t="inlineStr">
         <is>
-          <t>Members can only see messages since after they joined.</t>
+          <t>They got invited</t>
         </is>
       </c>
       <c r="C615" t="inlineStr">
         <is>
-          <t>Los miembros sólo pueden ver los mensajes desde que se unieron.</t>
+          <t>Fueron invitados</t>
         </is>
       </c>
       <c r="D615" t="inlineStr"/>
       <c r="E615" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F615" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
+          <t>RoomSettingsDialogThey got invited</t>
         </is>
       </c>
       <c r="G615" t="inlineStr"/>
       <c r="H615" t="inlineStr"/>
     </row>
     <row r="616">
       <c r="A616" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21538</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21577</t>
         </is>
       </c>
       <c r="B616" t="inlineStr">
         <is>
-          <t>Apply visibility changes</t>
+          <t>Members can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="C616" t="inlineStr">
         <is>
-          <t>Aplicar los cambios de visibilidad</t>
+          <t>Los miembros sólo pueden ver los mensajes desde que fueron invitados en adelante.</t>
         </is>
       </c>
       <c r="D616" t="inlineStr"/>
       <c r="E616" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F616" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply visibility changes</t>
+          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="G616" t="inlineStr"/>
       <c r="H616" t="inlineStr"/>
     </row>
     <row r="617">
       <c r="A617" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21554</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
         </is>
       </c>
       <c r="B617" t="inlineStr">
         <is>
-          <t>Locally hidden events</t>
+          <t>They joined</t>
         </is>
       </c>
       <c r="C617" t="inlineStr">
         <is>
-          <t>Eventos ocultos localmente</t>
+          <t>Se unieron</t>
         </is>
       </c>
       <c r="D617" t="inlineStr"/>
       <c r="E617" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F617" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogLocally hidden events</t>
+          <t>RoomSettingsDialogThey joined</t>
         </is>
       </c>
       <c r="G617" t="inlineStr"/>
       <c r="H617" t="inlineStr"/>
     </row>
     <row r="618">
       <c r="A618" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21655</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21585</t>
         </is>
       </c>
       <c r="B618" t="inlineStr">
         <is>
-          <t>Configure</t>
+          <t>Members can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="C618" t="inlineStr">
         <is>
-          <t>Configurar</t>
+          <t>Los miembros sólo pueden ver los mensajes desde que se unieron.</t>
         </is>
       </c>
       <c r="D618" t="inlineStr"/>
       <c r="E618" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F618" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogConfigure</t>
+          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="G618" t="inlineStr"/>
       <c r="H618" t="inlineStr"/>
     </row>
     <row r="619">
       <c r="A619" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21566</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21595</t>
         </is>
       </c>
       <c r="B619" t="inlineStr">
         <is>
-          <t>Select events to hide in this room</t>
+          <t>Apply visibility changes</t>
         </is>
       </c>
       <c r="C619" t="inlineStr">
         <is>
-          <t>Seleccionar eventos para ocultar en esta sala</t>
+          <t>Aplicar los cambios de visibilidad</t>
         </is>
       </c>
       <c r="D619" t="inlineStr"/>
       <c r="E619" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F619" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect events to hide in this room</t>
+          <t>RoomSettingsDialogApply visibility changes</t>
         </is>
       </c>
       <c r="G619" t="inlineStr"/>
       <c r="H619" t="inlineStr"/>
     </row>
     <row r="620">
       <c r="A620" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21572</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21611</t>
         </is>
       </c>
       <c r="B620" t="inlineStr">
         <is>
-          <t>Automatic event deletion</t>
+          <t>Locally hidden events</t>
         </is>
       </c>
       <c r="C620" t="inlineStr">
         <is>
-          <t>Eliminación automática de eventos</t>
+          <t>Eventos ocultos localmente</t>
         </is>
       </c>
       <c r="D620" t="inlineStr"/>
       <c r="E620" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F620" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAutomatic event deletion</t>
+          <t>RoomSettingsDialogLocally hidden events</t>
         </is>
       </c>
       <c r="G620" t="inlineStr"/>
       <c r="H620" t="inlineStr"/>
     </row>
     <row r="621">
       <c r="A621" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21712</t>
         </is>
       </c>
       <c r="B621" t="inlineStr">
         <is>
-          <t>Select if your events get automatically deleted in this room.</t>
+          <t>Configure</t>
         </is>
       </c>
       <c r="C621" t="inlineStr">
         <is>
-          <t>Seleccione si sus eventos se borran automáticamente en esta sala.</t>
+          <t>Configurar</t>
         </is>
       </c>
       <c r="D621" t="inlineStr"/>
       <c r="E621" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F621" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
+          <t>RoomSettingsDialogConfigure</t>
         </is>
       </c>
       <c r="G621" t="inlineStr"/>
       <c r="H621" t="inlineStr"/>
     </row>
     <row r="622">
       <c r="A622" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21590</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21623</t>
         </is>
       </c>
       <c r="B622" t="inlineStr">
         <is>
-          <t>GENERAL SETTINGS</t>
+          <t>Select events to hide in this room</t>
         </is>
       </c>
       <c r="C622" t="inlineStr">
         <is>
-          <t>AJUSTES GENERALES</t>
+          <t>Seleccionar eventos para ocultar en esta sala</t>
         </is>
       </c>
       <c r="D622" t="inlineStr"/>
       <c r="E622" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F622" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogGENERAL SETTINGS</t>
+          <t>RoomSettingsDialogSelect events to hide in this room</t>
         </is>
       </c>
       <c r="G622" t="inlineStr"/>
       <c r="H622" t="inlineStr"/>
     </row>
     <row r="623">
       <c r="A623" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21599</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21629</t>
         </is>
       </c>
       <c r="B623" t="inlineStr">
         <is>
-          <t>Encryption</t>
+          <t>Automatic event deletion</t>
         </is>
       </c>
       <c r="C623" t="inlineStr">
         <is>
-          <t>Cifrado</t>
+          <t>Eliminación automática de eventos</t>
         </is>
       </c>
       <c r="D623" t="inlineStr"/>
       <c r="E623" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F623" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption</t>
+          <t>RoomSettingsDialogAutomatic event deletion</t>
         </is>
       </c>
       <c r="G623" t="inlineStr"/>
       <c r="H623" t="inlineStr"/>
     </row>
     <row r="624">
       <c r="A624" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21621</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21641</t>
         </is>
       </c>
       <c r="B624" t="inlineStr">
         <is>
-          <t>End-to-End Encryption</t>
+          <t>Select if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="C624" t="inlineStr">
         <is>
-          <t>Cifrado de extremo a extremo</t>
+          <t>Seleccione si sus eventos se borran automáticamente en esta sala.</t>
         </is>
       </c>
       <c r="D624" t="inlineStr"/>
       <c r="E624" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F624" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEnd-to-End Encryption</t>
+          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="G624" t="inlineStr"/>
       <c r="H624" t="inlineStr"/>
     </row>
     <row r="625">
       <c r="A625" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21622</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21647</t>
         </is>
       </c>
       <c r="B625" t="inlineStr">
+        <is>
+          <t>GENERAL SETTINGS</t>
+        </is>
+      </c>
+      <c r="C625" t="inlineStr">
+        <is>
+          <t>AJUSTES GENERALES</t>
+        </is>
+      </c>
+      <c r="D625" t="inlineStr"/>
+      <c r="E625" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F625" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogGENERAL SETTINGS</t>
+        </is>
+      </c>
+      <c r="G625" t="inlineStr"/>
+      <c r="H625" t="inlineStr"/>
+    </row>
+    <row r="626">
+      <c r="A626" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+        </is>
+      </c>
+      <c r="B626" t="inlineStr">
+        <is>
+          <t>Encryption</t>
+        </is>
+      </c>
+      <c r="C626" t="inlineStr">
+        <is>
+          <t>Cifrado</t>
+        </is>
+      </c>
+      <c r="D626" t="inlineStr"/>
+      <c r="E626" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F626" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogEncryption</t>
+        </is>
+      </c>
+      <c r="G626" t="inlineStr"/>
+      <c r="H626" t="inlineStr"/>
+    </row>
+    <row r="627">
+      <c r="A627" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21678</t>
+        </is>
+      </c>
+      <c r="B627" t="inlineStr">
+        <is>
+          <t>End-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="C627" t="inlineStr">
+        <is>
+          <t>Cifrado de extremo a extremo</t>
+        </is>
+      </c>
+      <c r="D627" t="inlineStr"/>
+      <c r="E627" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F627" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogEnd-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="G627" t="inlineStr"/>
+      <c r="H627" t="inlineStr"/>
+    </row>
+    <row r="628">
+      <c r="A628" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21679</t>
+        </is>
+      </c>
+      <c r="B628" t="inlineStr">
         <is>
           <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
                                 Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
-      <c r="C625" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F625" t="inlineStr">
+      <c r="C628" t="inlineStr"/>
+      <c r="D628" t="inlineStr"/>
+      <c r="E628" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F628" t="inlineStr">
         <is>
           <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
                                 Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
-      <c r="G625" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G628" t="inlineStr"/>
       <c r="H628" t="inlineStr"/>
     </row>
     <row r="629">
       <c r="A629" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21695</t>
         </is>
       </c>
       <c r="B629" t="inlineStr">
         <is>
-          <t>View and change the addresses/aliases of this room</t>
+          <t>Permissions</t>
         </is>
       </c>
       <c r="C629" t="inlineStr">
         <is>
-          <t>Ver y cambiar las direcciones/alias de esta sala</t>
+          <t>Permiso</t>
         </is>
       </c>
       <c r="D629" t="inlineStr"/>
       <c r="E629" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F629" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
+          <t>RoomSettingsDialogPermission</t>
         </is>
       </c>
       <c r="G629" t="inlineStr"/>
       <c r="H629" t="inlineStr"/>
     </row>
     <row r="630">
       <c r="A630" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21662</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21701</t>
         </is>
       </c>
       <c r="B630" t="inlineStr">
         <is>
-          <t>Sticker &amp; Emote Settings</t>
+          <t>View and change the permissions in this room</t>
         </is>
       </c>
       <c r="C630" t="inlineStr">
         <is>
-          <t>Ajustes de pegatinas y emotes</t>
+          <t>Ver y cambiar los permisos en esta sala</t>
         </is>
       </c>
       <c r="D630" t="inlineStr"/>
       <c r="E630" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F630" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
+          <t>RoomSettingsDialogView and change the permissions in this room</t>
         </is>
       </c>
       <c r="G630" t="inlineStr"/>
       <c r="H630" t="inlineStr"/>
     </row>
     <row r="631">
       <c r="A631" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21668</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21707</t>
         </is>
       </c>
       <c r="B631" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>Aliases</t>
         </is>
       </c>
       <c r="C631" t="inlineStr">
         <is>
-          <t>Cambie los packs activados, elimine packs o cree otros nuevos</t>
+          <t>Alias</t>
         </is>
       </c>
       <c r="D631" t="inlineStr"/>
       <c r="E631" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F631" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
+          <t>RoomSettingsDialogAliases</t>
         </is>
       </c>
       <c r="G631" t="inlineStr"/>
       <c r="H631" t="inlineStr"/>
     </row>
     <row r="632">
       <c r="A632" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21674</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21713</t>
         </is>
       </c>
       <c r="B632" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>View and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="C632" t="inlineStr">
         <is>
-          <t>INFORMACION</t>
+          <t>Ver y cambiar las direcciones/alias de esta sala</t>
         </is>
       </c>
       <c r="D632" t="inlineStr"/>
       <c r="E632" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F632" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogINFO</t>
+          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="G632" t="inlineStr"/>
       <c r="H632" t="inlineStr"/>
     </row>
     <row r="633">
       <c r="A633" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21683</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21719</t>
         </is>
       </c>
       <c r="B633" t="inlineStr">
         <is>
-          <t>Internal ID</t>
+          <t>Sticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="C633" t="inlineStr">
         <is>
-          <t>ID Interno</t>
+          <t>Ajustes de pegatinas y emotes</t>
         </is>
       </c>
       <c r="D633" t="inlineStr"/>
       <c r="E633" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F633" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogInternal ID</t>
+          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="G633" t="inlineStr"/>
       <c r="H633" t="inlineStr"/>
     </row>
     <row r="634">
       <c r="A634" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21699</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21725</t>
         </is>
       </c>
       <c r="B634" t="inlineStr">
         <is>
-          <t>Copied to clipboard</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C634" t="inlineStr">
         <is>
-          <t>Copiado al portapapeles</t>
+          <t>Cambie los packs activados, elimine packs o cree otros nuevos</t>
         </is>
       </c>
       <c r="D634" t="inlineStr"/>
       <c r="E634" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F634" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogCopied to clipboard</t>
+          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="G634" t="inlineStr"/>
       <c r="H634" t="inlineStr"/>
     </row>
     <row r="635">
       <c r="A635" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21718</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21731</t>
         </is>
       </c>
       <c r="B635" t="inlineStr">
         <is>
-          <t>Room Version</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C635" t="inlineStr">
         <is>
-          <t>Versión de la sala</t>
+          <t>INFORMACION</t>
         </is>
       </c>
       <c r="D635" t="inlineStr"/>
       <c r="E635" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F635" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Version</t>
+          <t>RoomSettingsDialogINFO</t>
         </is>
       </c>
       <c r="G635" t="inlineStr"/>
       <c r="H635" t="inlineStr"/>
     </row>
     <row r="636">
       <c r="A636" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21740</t>
         </is>
       </c>
       <c r="B636" t="inlineStr">
         <is>
-          <t>show less</t>
+          <t>Internal ID</t>
         </is>
       </c>
       <c r="C636" t="inlineStr">
         <is>
-          <t>mostrar menos</t>
+          <t>ID Interno</t>
         </is>
       </c>
       <c r="D636" t="inlineStr"/>
       <c r="E636" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F636" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow less</t>
+          <t>RoomSettingsDialogInternal ID</t>
         </is>
       </c>
       <c r="G636" t="inlineStr"/>
       <c r="H636" t="inlineStr"/>
     </row>
     <row r="637">
       <c r="A637" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21757</t>
         </is>
       </c>
       <c r="B637" t="inlineStr">
         <is>
-          <t>show more</t>
+          <t>Copied to clipboard</t>
         </is>
       </c>
       <c r="C637" t="inlineStr">
         <is>
-          <t>mostrar más</t>
+          <t>Copiado al portapapeles</t>
         </is>
       </c>
       <c r="D637" t="inlineStr"/>
       <c r="E637" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F637" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow more</t>
+          <t>RoomSettingsDialogCopied to clipboard</t>
         </is>
       </c>
       <c r="G637" t="inlineStr"/>
       <c r="H637" t="inlineStr"/>
     </row>
     <row r="638">
       <c r="A638" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21896</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21777</t>
         </is>
       </c>
       <c r="B638" t="inlineStr">
         <is>
-          <t>Pending invite.</t>
+          <t>Room Version</t>
         </is>
       </c>
       <c r="C638" t="inlineStr">
         <is>
-          <t>Invitación pendiente.</t>
+          <t>Versión de la sala</t>
         </is>
       </c>
       <c r="D638" t="inlineStr"/>
       <c r="E638" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F638" t="inlineStr">
         <is>
-          <t>RoomlistModelPending invite.</t>
+          <t>RoomSettingsDialogRoom Version</t>
         </is>
       </c>
       <c r="G638" t="inlineStr"/>
       <c r="H638" t="inlineStr"/>
     </row>
     <row r="639">
       <c r="A639" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21925</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B639" t="inlineStr">
         <is>
-          <t>Previewing this room</t>
+          <t>show less</t>
         </is>
       </c>
       <c r="C639" t="inlineStr">
         <is>
-          <t>Vista previa de esta sala</t>
+          <t>mostrar menos</t>
         </is>
       </c>
       <c r="D639" t="inlineStr"/>
       <c r="E639" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F639" t="inlineStr">
         <is>
-          <t>RoomlistModelPreviewing this room</t>
+          <t>RoomSettingsDialogshow less</t>
         </is>
       </c>
       <c r="G639" t="inlineStr"/>
       <c r="H639" t="inlineStr"/>
     </row>
     <row r="640">
       <c r="A640" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21958</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B640" t="inlineStr">
         <is>
-          <t>No preview available</t>
+          <t>show more</t>
         </is>
       </c>
       <c r="C640" t="inlineStr">
         <is>
-          <t>No hay vista previa disponible</t>
+          <t>mostrar más</t>
         </is>
       </c>
       <c r="D640" t="inlineStr"/>
       <c r="E640" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F640" t="inlineStr">
         <is>
-          <t>RoomlistModelNo preview available</t>
+          <t>RoomSettingsDialogshow more</t>
         </is>
       </c>
       <c r="G640" t="inlineStr"/>
       <c r="H640" t="inlineStr"/>
     </row>
     <row r="641">
       <c r="A641" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21960</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21955</t>
         </is>
       </c>
       <c r="B641" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible</t>
+          <t>Pending invite.</t>
         </is>
       </c>
       <c r="C641" t="inlineStr">
         <is>
-          <t>Esta sala es posiblemente inaccesible</t>
+          <t>Invitación pendiente.</t>
         </is>
       </c>
       <c r="D641" t="inlineStr"/>
       <c r="E641" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F641" t="inlineStr">
         <is>
-          <t>RoomlistModelThis room is possibly inaccessible</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomlistModelPending invite.</t>
+        </is>
+      </c>
+      <c r="G641" t="inlineStr"/>
       <c r="H641" t="inlineStr"/>
     </row>
     <row r="642">
       <c r="A642" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22268</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21984</t>
         </is>
       </c>
       <c r="B642" t="inlineStr">
         <is>
-          <t>Please enter your login password to continue:</t>
+          <t>Previewing this room</t>
         </is>
       </c>
       <c r="C642" t="inlineStr">
         <is>
-          <t>Por favor, introduzca su contraseña para continuar:</t>
+          <t>Vista previa de esta sala</t>
         </is>
       </c>
       <c r="D642" t="inlineStr"/>
       <c r="E642" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F642" t="inlineStr">
         <is>
-          <t>RootPlease enter your login password to continue:</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomlistModelPreviewing this room</t>
+        </is>
+      </c>
+      <c r="G642" t="inlineStr"/>
       <c r="H642" t="inlineStr"/>
     </row>
     <row r="643">
       <c r="A643" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22278</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22017</t>
         </is>
       </c>
       <c r="B643" t="inlineStr">
         <is>
-          <t>Please enter a valid email address to continue:</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C643" t="inlineStr">
         <is>
-          <t>Por favor, introduzca un correo electrónico válido para continuar:</t>
+          <t>No hay vista previa disponible</t>
         </is>
       </c>
       <c r="D643" t="inlineStr"/>
       <c r="E643" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F643" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid email address to continue:</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomlistModelNo preview available</t>
+        </is>
+      </c>
+      <c r="G643" t="inlineStr"/>
       <c r="H643" t="inlineStr"/>
     </row>
     <row r="644">
       <c r="A644" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22288</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22019</t>
         </is>
       </c>
       <c r="B644" t="inlineStr">
         <is>
-          <t>Please enter a valid phone number to continue:</t>
+          <t>This room is possibly inaccessible</t>
         </is>
       </c>
       <c r="C644" t="inlineStr">
         <is>
-          <t>Por favor, introduzca un número de teléfono válido para continuar:</t>
+          <t>Esta sala es posiblemente inaccesible</t>
         </is>
       </c>
       <c r="D644" t="inlineStr"/>
       <c r="E644" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F644" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid phone number to continue:</t>
+          <t>RoomlistModelThis room is possibly inaccessible</t>
         </is>
       </c>
       <c r="G644" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Por favor inserte un número de teléfono válido para continuar:</t>
+          <t>Suggested in Weblate: Esta sala posiblemente es inaccesible</t>
         </is>
       </c>
       <c r="H644" t="inlineStr"/>
     </row>
     <row r="645">
       <c r="A645" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22298</t>
+          <t>../qml/Root.qml:22327</t>
         </is>
       </c>
       <c r="B645" t="inlineStr">
         <is>
-          <t>Please enter the token which has been sent to you:</t>
+          <t>Please enter your login password to continue:</t>
         </is>
       </c>
       <c r="C645" t="inlineStr">
         <is>
-          <t>Introduzca el código que se le ha enviado:</t>
+          <t>Por favor, introduzca su contraseña para continuar:</t>
         </is>
       </c>
       <c r="D645" t="inlineStr"/>
       <c r="E645" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F645" t="inlineStr">
         <is>
-          <t>RootPlease enter the token which has been sent to you:</t>
+          <t>RootPlease enter your login password to continue:</t>
         </is>
       </c>
       <c r="G645" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Por favor inserte el token que se le ha sido enviado:</t>
+          <t>Suggested in Weblate: Por favor inserte su contraseña para iniciar sesión:</t>
         </is>
       </c>
       <c r="H645" t="inlineStr"/>
     </row>
     <row r="646">
       <c r="A646" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22309</t>
+          <t>../qml/Root.qml:22337</t>
         </is>
       </c>
       <c r="B646" t="inlineStr">
         <is>
-          <t>Wait for the confirmation link to arrive, then continue.</t>
+          <t>Please enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="C646" t="inlineStr">
         <is>
-          <t>Espera a que el enlace de confirmación llegue para continuar.</t>
+          <t>Por favor, introduzca un correo electrónico válido para continuar:</t>
         </is>
       </c>
       <c r="D646" t="inlineStr"/>
       <c r="E646" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F646" t="inlineStr">
         <is>
-          <t>RootWait for the confirmation link to arrive, then continue.</t>
+          <t>RootPlease enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="G646" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Espere a que el enlace de confirmación llegue, luego continúe.</t>
+          <t>Suggested in Weblate: Por favor inserte un correo electrónico válido para continuar:</t>
         </is>
       </c>
       <c r="H646" t="inlineStr"/>
     </row>
     <row r="647">
       <c r="A647" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22339</t>
+          <t>../qml/Root.qml:22347</t>
         </is>
       </c>
       <c r="B647" t="inlineStr">
         <is>
-          <t>Share desktop with %1?</t>
+          <t>Please enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="C647" t="inlineStr">
         <is>
-          <t>¿Compartir pantalla con %1?</t>
+          <t>Por favor, introduzca un número de teléfono válido para continuar:</t>
         </is>
       </c>
       <c r="D647" t="inlineStr"/>
       <c r="E647" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F647" t="inlineStr">
         <is>
-          <t>ScreenShareShare desktop with %1?</t>
-[...2 lines deleted...]
-      <c r="G647" t="inlineStr"/>
+          <t>RootPlease enter a valid phone number to continue:</t>
+        </is>
+      </c>
+      <c r="G647" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Por favor inserte un número de teléfono válido para continuar:</t>
+        </is>
+      </c>
       <c r="H647" t="inlineStr"/>
     </row>
     <row r="648">
       <c r="A648" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22350</t>
+          <t>../qml/Root.qml:22357</t>
         </is>
       </c>
       <c r="B648" t="inlineStr">
         <is>
-          <t>Method:</t>
+          <t>Please enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="C648" t="inlineStr">
         <is>
-          <t>Método:</t>
+          <t>Introduzca el código que se le ha enviado:</t>
         </is>
       </c>
       <c r="D648" t="inlineStr"/>
       <c r="E648" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F648" t="inlineStr">
         <is>
-          <t>ScreenShareMethod:</t>
-[...2 lines deleted...]
-      <c r="G648" t="inlineStr"/>
+          <t>RootPlease enter the token which has been sent to you:</t>
+        </is>
+      </c>
+      <c r="G648" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Por favor inserte el token que se le ha sido enviado:</t>
+        </is>
+      </c>
       <c r="H648" t="inlineStr"/>
     </row>
     <row r="649">
       <c r="A649" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22370</t>
+          <t>../qml/Root.qml:22368</t>
         </is>
       </c>
       <c r="B649" t="inlineStr">
         <is>
-          <t>Window:</t>
+          <t>Wait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="C649" t="inlineStr">
         <is>
-          <t>Ventana:</t>
+          <t>Espera a que el enlace de confirmación llegue para continuar.</t>
         </is>
       </c>
       <c r="D649" t="inlineStr"/>
       <c r="E649" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F649" t="inlineStr">
         <is>
-          <t>ScreenShareWindow:</t>
-[...2 lines deleted...]
-      <c r="G649" t="inlineStr"/>
+          <t>RootWait for the confirmation link to arrive, then continue.</t>
+        </is>
+      </c>
+      <c r="G649" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Espere a que el enlace de confirmación llegue, luego continúe.</t>
+        </is>
+      </c>
       <c r="H649" t="inlineStr"/>
     </row>
     <row r="650">
       <c r="A650" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22385</t>
+          <t>../qml/voip/ScreenShare.qml:22398</t>
         </is>
       </c>
       <c r="B650" t="inlineStr">
         <is>
-          <t>Request screencast</t>
+          <t>Share desktop with %1?</t>
         </is>
       </c>
       <c r="C650" t="inlineStr">
         <is>
-          <t>Solicitar screencast</t>
+          <t>¿Compartir pantalla con %1?</t>
         </is>
       </c>
       <c r="D650" t="inlineStr"/>
       <c r="E650" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F650" t="inlineStr">
         <is>
-          <t>ScreenShareRequest screencast</t>
-[...6 lines deleted...]
-      </c>
+          <t>ScreenShareShare desktop with %1?</t>
+        </is>
+      </c>
+      <c r="G650" t="inlineStr"/>
       <c r="H650" t="inlineStr"/>
     </row>
     <row r="651">
       <c r="A651" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22401</t>
+          <t>../qml/voip/ScreenShare.qml:22409</t>
         </is>
       </c>
       <c r="B651" t="inlineStr">
         <is>
-          <t>Frame rate:</t>
+          <t>Method:</t>
         </is>
       </c>
       <c r="C651" t="inlineStr">
         <is>
-          <t>Tasa de fotogramas:</t>
+          <t>Método:</t>
         </is>
       </c>
       <c r="D651" t="inlineStr"/>
       <c r="E651" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F651" t="inlineStr">
         <is>
-          <t>ScreenShareFrame rate:</t>
+          <t>ScreenShareMethod:</t>
         </is>
       </c>
       <c r="G651" t="inlineStr"/>
       <c r="H651" t="inlineStr"/>
     </row>
     <row r="652">
       <c r="A652" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22420</t>
+          <t>../qml/voip/ScreenShare.qml:22429</t>
         </is>
       </c>
       <c r="B652" t="inlineStr">
         <is>
-          <t>Include your camera picture-in-picture</t>
+          <t>Window:</t>
         </is>
       </c>
       <c r="C652" t="inlineStr">
         <is>
-          <t>Incluir tu cámara picture-in-picture</t>
+          <t>Ventana:</t>
         </is>
       </c>
       <c r="D652" t="inlineStr"/>
       <c r="E652" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F652" t="inlineStr">
         <is>
-          <t>ScreenShareInclude your camera picture-in-picture</t>
-[...6 lines deleted...]
-      </c>
+          <t>ScreenShareWindow:</t>
+        </is>
+      </c>
+      <c r="G652" t="inlineStr"/>
       <c r="H652" t="inlineStr"/>
     </row>
     <row r="653">
       <c r="A653" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22432</t>
+          <t>../qml/voip/ScreenShare.qml:22444</t>
         </is>
       </c>
       <c r="B653" t="inlineStr">
         <is>
-          <t>Request remote camera</t>
+          <t>Request screencast</t>
         </is>
       </c>
       <c r="C653" t="inlineStr">
         <is>
-          <t>Solicitar cámara remota</t>
+          <t>Solicitar screencast</t>
         </is>
       </c>
       <c r="D653" t="inlineStr"/>
       <c r="E653" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F653" t="inlineStr">
         <is>
-          <t>ScreenShareRequest remote camera</t>
-[...2 lines deleted...]
-      <c r="G653" t="inlineStr"/>
+          <t>ScreenShareRequest screencast</t>
+        </is>
+      </c>
+      <c r="G653" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Pedir grabación de pantalla</t>
+        </is>
+      </c>
       <c r="H653" t="inlineStr"/>
     </row>
     <row r="654">
       <c r="A654" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22442</t>
+          <t>../qml/voip/ScreenShare.qml:22460</t>
         </is>
       </c>
       <c r="B654" t="inlineStr">
         <is>
-          <t>View your callee's camera like a regular video call</t>
+          <t>Frame rate:</t>
         </is>
       </c>
       <c r="C654" t="inlineStr">
         <is>
-          <t>Ver la cámara de la persona que estás llamando como si fuera una videollamada normal</t>
+          <t>Tasa de fotogramas:</t>
         </is>
       </c>
       <c r="D654" t="inlineStr"/>
       <c r="E654" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F654" t="inlineStr">
         <is>
-          <t>ScreenShareView your callee's camera like a regular video call</t>
+          <t>ScreenShareFrame rate:</t>
         </is>
       </c>
       <c r="G654" t="inlineStr"/>
       <c r="H654" t="inlineStr"/>
     </row>
     <row r="655">
       <c r="A655" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22447</t>
+          <t>../qml/voip/ScreenShare.qml:22479</t>
         </is>
       </c>
       <c r="B655" t="inlineStr">
         <is>
-          <t>Hide mouse cursor</t>
+          <t>Include your camera picture-in-picture</t>
         </is>
       </c>
       <c r="C655" t="inlineStr">
         <is>
-          <t>Esconder el cursor del mouse</t>
+          <t>Incluir tu cámara picture-in-picture</t>
         </is>
       </c>
       <c r="D655" t="inlineStr"/>
       <c r="E655" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F655" t="inlineStr">
         <is>
-          <t>ScreenShareHide mouse cursor</t>
-[...2 lines deleted...]
-      <c r="G655" t="inlineStr"/>
+          <t>ScreenShareInclude your camera picture-in-picture</t>
+        </is>
+      </c>
+      <c r="G655" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Incluir su cámara sobre el video</t>
+        </is>
+      </c>
       <c r="H655" t="inlineStr"/>
     </row>
     <row r="656">
       <c r="A656" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22468</t>
+          <t>../qml/voip/ScreenShare.qml:22491</t>
         </is>
       </c>
       <c r="B656" t="inlineStr">
         <is>
-          <t>Share</t>
+          <t>Request remote camera</t>
         </is>
       </c>
       <c r="C656" t="inlineStr">
         <is>
-          <t>Compartir</t>
+          <t>Solicitar cámara remota</t>
         </is>
       </c>
       <c r="D656" t="inlineStr"/>
       <c r="E656" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F656" t="inlineStr">
         <is>
-          <t>ScreenShareShare</t>
+          <t>ScreenShareRequest remote camera</t>
         </is>
       </c>
       <c r="G656" t="inlineStr"/>
       <c r="H656" t="inlineStr"/>
     </row>
     <row r="657">
       <c r="A657" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22484</t>
+          <t>../qml/voip/ScreenShare.qml:22501</t>
         </is>
       </c>
       <c r="B657" t="inlineStr">
         <is>
-          <t>Preview</t>
+          <t>View your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="C657" t="inlineStr">
         <is>
-          <t>Vista previa</t>
+          <t>Ver la cámara de la persona que estás llamando como si fuera una videollamada normal</t>
         </is>
       </c>
       <c r="D657" t="inlineStr"/>
       <c r="E657" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F657" t="inlineStr">
         <is>
-          <t>ScreenSharePreview</t>
+          <t>ScreenShareView your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="G657" t="inlineStr"/>
       <c r="H657" t="inlineStr"/>
     </row>
     <row r="658">
       <c r="A658" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22491</t>
+          <t>../qml/voip/ScreenShare.qml:22506</t>
         </is>
       </c>
       <c r="B658" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Hide mouse cursor</t>
         </is>
       </c>
       <c r="C658" t="inlineStr">
         <is>
-          <t>Cancelar</t>
+          <t>Esconder el cursor del mouse</t>
         </is>
       </c>
       <c r="D658" t="inlineStr"/>
       <c r="E658" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F658" t="inlineStr">
         <is>
-          <t>ScreenShareCancel</t>
+          <t>ScreenShareHide mouse cursor</t>
         </is>
       </c>
       <c r="G658" t="inlineStr"/>
       <c r="H658" t="inlineStr"/>
     </row>
     <row r="659">
       <c r="A659" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17370</t>
+          <t>../qml/voip/ScreenShare.qml:22527</t>
         </is>
       </c>
       <c r="B659" t="inlineStr">
         <is>
-          <t>Failed to connect to secret storage</t>
+          <t>Share</t>
         </is>
       </c>
       <c r="C659" t="inlineStr">
         <is>
-          <t>Error al conectar con el almacenamiento secreto</t>
+          <t>Compartir</t>
         </is>
       </c>
       <c r="D659" t="inlineStr"/>
       <c r="E659" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F659" t="inlineStr">
         <is>
-          <t>SecretStorageFailed to connect to secret storage</t>
-[...6 lines deleted...]
-      </c>
+          <t>ScreenShareShare</t>
+        </is>
+      </c>
+      <c r="G659" t="inlineStr"/>
       <c r="H659" t="inlineStr"/>
     </row>
     <row r="660">
       <c r="A660" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17371</t>
+          <t>../qml/voip/ScreenShare.qml:22543</t>
         </is>
       </c>
       <c r="B660" t="inlineStr">
         <is>
-          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>Preview</t>
         </is>
       </c>
       <c r="C660" t="inlineStr">
         <is>
-          <t>Nheko no pudo conectarse al almacenamiento secreto para guardar los secretos cifrados. Esto puede tener múltiples razones. Verifica si D-Bus está funcionando y has configurado un servicio como KWallet, Gnome-Keyring, KeepassXC o el equivalente para tu plataforma. Si estás teniendo problemas, puedes abrir un problema aquí: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>Vista previa</t>
         </is>
       </c>
       <c r="D660" t="inlineStr"/>
       <c r="E660" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F660" t="inlineStr">
         <is>
-          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
-[...6 lines deleted...]
-      </c>
+          <t>ScreenSharePreview</t>
+        </is>
+      </c>
+      <c r="G660" t="inlineStr"/>
       <c r="H660" t="inlineStr"/>
     </row>
     <row r="661">
       <c r="A661" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17421</t>
+          <t>../qml/voip/ScreenShare.qml:22550</t>
         </is>
       </c>
       <c r="B661" t="inlineStr">
         <is>
-          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C661" t="inlineStr">
         <is>
-          <t>Esta es tu clave de seguridad. La necesitaras para restaurar acceso a tus mensajes cifrados y claves de verificación. Mantenla segura. ¡No la compartas con nadie y no la pierdas! ¡No la dejes ir! ¡No aceptes $200 por ella!</t>
+          <t>Cancelar</t>
         </is>
       </c>
       <c r="D661" t="inlineStr"/>
       <c r="E661" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F661" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
-[...6 lines deleted...]
-      </c>
+          <t>ScreenShareCancel</t>
+        </is>
+      </c>
+      <c r="G661" t="inlineStr"/>
       <c r="H661" t="inlineStr"/>
     </row>
     <row r="662">
       <c r="A662" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17442</t>
+          <t>../../src/Cache.cpp:17430</t>
         </is>
       </c>
       <c r="B662" t="inlineStr">
         <is>
-          <t>Encryption setup successfully</t>
+          <t>Failed to connect to secret storage</t>
         </is>
       </c>
       <c r="C662" t="inlineStr">
         <is>
-          <t>Cifrado configurado correctamente</t>
+          <t>Error al conectar con el almacenamiento secreto</t>
         </is>
       </c>
       <c r="D662" t="inlineStr"/>
       <c r="E662" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F662" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckEncryption setup successfully</t>
+          <t>SecretStorageFailed to connect to secret storage</t>
         </is>
       </c>
       <c r="G662" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Cifrado configurado de forma exitosa</t>
+          <t>Suggested in Weblate: Hubo un error al conectarse al almacenamiento secreto</t>
         </is>
       </c>
       <c r="H662" t="inlineStr"/>
     </row>
     <row r="663">
       <c r="A663" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17450</t>
+          <t>../../src/Cache.cpp:17431</t>
         </is>
       </c>
       <c r="B663" t="inlineStr">
         <is>
-          <t>Failed to setup encryption: %1</t>
+          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="C663" t="inlineStr">
         <is>
-          <t>Error al configurar el cifrado: %1</t>
+          <t>Nheko no pudo conectarse al almacenamiento secreto para guardar los secretos cifrados. Esto puede tener múltiples razones. Verifica si D-Bus está funcionando y has configurado un servicio como KWallet, Gnome-Keyring, KeepassXC o el equivalente para tu plataforma. Si estás teniendo problemas, puedes abrir un problema aquí: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="D663" t="inlineStr"/>
       <c r="E663" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F663" t="inlineStr">
         <is>
+          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+        </is>
+      </c>
+      <c r="G663" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Nheko no pudo conectarse al almacenamiento secreto para guardar los secretos de cifrado. Esto puede tener múltiples razones. Verifique si D-Bus está funcionando y si tiene configurado un servicio como KWallet, Gnome-Keyring, KeepassXC o el equivalente para su plataforma. Si no puede resolver el problema, puede publicarlo aquí: https://github.com/Nheko-Reborn/nheko/issues</t>
+        </is>
+      </c>
+      <c r="H663" t="inlineStr"/>
+    </row>
+    <row r="664">
+      <c r="A664" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17481</t>
+        </is>
+      </c>
+      <c r="B664" t="inlineStr">
+        <is>
+          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+        </is>
+      </c>
+      <c r="C664" t="inlineStr">
+        <is>
+          <t>Esta es tu clave de seguridad. La necesitaras para restaurar acceso a tus mensajes cifrados y claves de verificación. Mantenla segura. ¡No la compartas con nadie y no la pierdas! ¡No la dejes ir! ¡No aceptes $200 por ella!</t>
+        </is>
+      </c>
+      <c r="D664" t="inlineStr"/>
+      <c r="E664" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F664" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+        </is>
+      </c>
+      <c r="G664" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Esta es su clave de seguridad. La necesitará para restaurar acceso a sus mensajes cifrados y claves de verificación. Manténgala segura. ¡No la comparta con nadie y no la pierda! ¡No la deje ir! ¡No acepte $200 por ella!</t>
+        </is>
+      </c>
+      <c r="H664" t="inlineStr"/>
+    </row>
+    <row r="665">
+      <c r="A665" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17502</t>
+        </is>
+      </c>
+      <c r="B665" t="inlineStr">
+        <is>
+          <t>Encryption setup successfully</t>
+        </is>
+      </c>
+      <c r="C665" t="inlineStr">
+        <is>
+          <t>Cifrado configurado correctamente</t>
+        </is>
+      </c>
+      <c r="D665" t="inlineStr"/>
+      <c r="E665" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F665" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckEncryption setup successfully</t>
+        </is>
+      </c>
+      <c r="G665" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Cifrado configurado de forma exitosa</t>
+        </is>
+      </c>
+      <c r="H665" t="inlineStr"/>
+    </row>
+    <row r="666">
+      <c r="A666" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17510</t>
+        </is>
+      </c>
+      <c r="B666" t="inlineStr">
+        <is>
+          <t>Failed to setup encryption: %1</t>
+        </is>
+      </c>
+      <c r="C666" t="inlineStr">
+        <is>
+          <t>Error al configurar el cifrado: %1</t>
+        </is>
+      </c>
+      <c r="D666" t="inlineStr"/>
+      <c r="E666" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F666" t="inlineStr">
+        <is>
           <t>SelfVerificationCheckFailed to setup encryption: %1</t>
         </is>
       </c>
-      <c r="G663" t="inlineStr">
+      <c r="G666" t="inlineStr">
         <is>
           <t>Suggested in Weblate: No se pudo configurar el cifrado: %1
 Suggested in Weblate: Error al activar la encriptación: %1</t>
         </is>
       </c>
-      <c r="H663" t="inlineStr"/>
-[...7 lines deleted...]
-      <c r="B664" t="inlineStr">
+      <c r="H666" t="inlineStr"/>
+    </row>
+    <row r="667">
+      <c r="A667" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17542</t>
+        </is>
+      </c>
+      <c r="B667" t="inlineStr">
         <is>
           <t>Setup Encryption</t>
         </is>
       </c>
-      <c r="C664" t="inlineStr">
+      <c r="C667" t="inlineStr">
         <is>
           <t>Configurar cifrado</t>
         </is>
       </c>
-      <c r="D664" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F664" t="inlineStr">
+      <c r="D667" t="inlineStr"/>
+      <c r="E667" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F667" t="inlineStr">
         <is>
           <t>SelfVerificationCheckSetup Encryption</t>
         </is>
       </c>
-      <c r="G664" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B665" t="inlineStr">
+      <c r="G667" t="inlineStr"/>
+      <c r="H667" t="inlineStr"/>
+    </row>
+    <row r="668">
+      <c r="A668" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17551</t>
+        </is>
+      </c>
+      <c r="B668" t="inlineStr">
         <is>
           <t>Hello and welcome to Matrix!
 It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
-      <c r="C665" t="inlineStr">
+      <c r="C668" t="inlineStr">
         <is>
           <t>¡Hola y bienvenido a Matrix!
 Parece que eres nuevo. Antes de que puedas cifrar tus mensajes de forma segura, debemos configurar unas cuantas cosas. Puedes presionar aceptar de inmediato o ajustar unas cuantas opciones básicas. También intentamos explicar algunas de las bases. Puedes omitir esas partes pero, ¡podrían ser útiles!</t>
         </is>
       </c>
-      <c r="D665" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F665" t="inlineStr">
+      <c r="D668" t="inlineStr"/>
+      <c r="E668" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F668" t="inlineStr">
         <is>
           <t>SelfVerificationCheckHello and welcome to Matrix!
 It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
-      <c r="G665" t="inlineStr">
+      <c r="G668" t="inlineStr">
         <is>
           <t>Suggested in Weblate: ¡Hola y bienvenido a Matrix!
 Parece que usted es nuevo. Antes de que pueda cifrar tus mensajes de forma segura, debemos configurar unas cuantas cosas. Puede presionar aceptar de inmediato o ajustar unas cuantas opciones básicas. También intentamos explicar algunas de las funciones básicas. ¡Puede omitir esas partes, pero podrían ser útiles!</t>
         </is>
       </c>
-      <c r="H665" t="inlineStr"/>
-[...7 lines deleted...]
-      <c r="B666" t="inlineStr">
+      <c r="H668" t="inlineStr"/>
+    </row>
+    <row r="669">
+      <c r="A669" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17659</t>
+        </is>
+      </c>
+      <c r="B669" t="inlineStr">
         <is>
           <t>Activate Encryption</t>
         </is>
       </c>
-      <c r="C666" t="inlineStr">
+      <c r="C669" t="inlineStr">
         <is>
           <t>Activar cifrado</t>
         </is>
       </c>
-      <c r="D666" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F666" t="inlineStr">
+      <c r="D669" t="inlineStr"/>
+      <c r="E669" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F669" t="inlineStr">
         <is>
           <t>SelfVerificationCheckActivate Encryption</t>
         </is>
       </c>
-      <c r="G666" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B667" t="inlineStr">
+      <c r="G669" t="inlineStr"/>
+      <c r="H669" t="inlineStr"/>
+    </row>
+    <row r="670">
+      <c r="A670" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17668</t>
+        </is>
+      </c>
+      <c r="B670" t="inlineStr">
         <is>
           <t>It seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
 If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
-      <c r="C667" t="inlineStr">
+      <c r="C670" t="inlineStr">
         <is>
           <t>Parece que ya tienes el cifrado configurado en esta cuenta. Para poder acceder a tus mensajes cifrados y hacer que este dispositivo aparezca como confiable puedes verificar con un dispositivo ya existente o (si tienes una) utilizar tu clave de recuperación. Por favor selecciona una de las opciones abajo.
 Si escoges verificar, necesitas tener otro dispositivo disponible. Si escoges "insertar contraseña", necesitaras tu clave de recuperación o contraseña. Si haces click en cancelar, puedes verificar tu dispositivo en otro momento.</t>
         </is>
       </c>
-      <c r="D667" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F667" t="inlineStr">
+      <c r="D670" t="inlineStr"/>
+      <c r="E670" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F670" t="inlineStr">
         <is>
           <t>SelfVerificationCheckIt seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
 If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
-      <c r="G667" t="inlineStr"/>
-[...92 lines deleted...]
-      </c>
       <c r="G670" t="inlineStr"/>
       <c r="H670" t="inlineStr"/>
     </row>
     <row r="671">
       <c r="A671" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17691</t>
+          <t>../qml/SelfVerificationCheck.qml:17673</t>
         </is>
       </c>
       <c r="B671" t="inlineStr">
         <is>
-          <t>Failed to create keys for online key backup!</t>
+          <t>verify</t>
         </is>
       </c>
       <c r="C671" t="inlineStr">
         <is>
-          <t>¡Error en la creación de claves para la copia de seguridad en línea!</t>
+          <t>verificar</t>
         </is>
       </c>
       <c r="D671" t="inlineStr"/>
       <c r="E671" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F671" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
+          <t>SelfVerificationCheckverify</t>
         </is>
       </c>
       <c r="G671" t="inlineStr"/>
       <c r="H671" t="inlineStr"/>
     </row>
     <row r="672">
       <c r="A672" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17720</t>
+          <t>../qml/SelfVerificationCheck.qml:17682</t>
         </is>
       </c>
       <c r="B672" t="inlineStr">
         <is>
-          <t>Failed to create keys for secure server side secret storage!</t>
+          <t>enter passphrase</t>
         </is>
       </c>
       <c r="C672" t="inlineStr">
         <is>
-          <t>¡Error en la creación de llaves para el almacenamiento secreto!</t>
+          <t>insertar contraseña</t>
         </is>
       </c>
       <c r="D672" t="inlineStr"/>
       <c r="E672" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F672" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
-[...2 lines deleted...]
-      <c r="G672" t="inlineStr"/>
+          <t>SelfVerificationCheckenter passphrase</t>
+        </is>
+      </c>
+      <c r="G672" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Insertar frase de recuperación</t>
+        </is>
+      </c>
       <c r="H672" t="inlineStr"/>
     </row>
     <row r="673">
       <c r="A673" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17764</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17735</t>
         </is>
       </c>
       <c r="B673" t="inlineStr">
         <is>
-          <t>Encryption Setup</t>
+          <t>Failed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="C673" t="inlineStr">
         <is>
-          <t>Configuración de cifrado</t>
+          <t>¡Error al crear claves para la firma cruzada!</t>
         </is>
       </c>
       <c r="D673" t="inlineStr"/>
       <c r="E673" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F673" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption Setup</t>
+          <t>SelfVerificationStatusFailed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="G673" t="inlineStr"/>
       <c r="H673" t="inlineStr"/>
     </row>
     <row r="674">
       <c r="A674" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17770</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17751</t>
         </is>
       </c>
       <c r="B674" t="inlineStr">
         <is>
-          <t>Encryption setup failed: %1</t>
+          <t>Failed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="C674" t="inlineStr">
         <is>
-          <t>Error en la configuración del cifrado: %1</t>
+          <t>¡Error en la creación de claves para la copia de seguridad en línea!</t>
         </is>
       </c>
       <c r="D674" t="inlineStr"/>
       <c r="E674" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F674" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption setup failed: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
+        </is>
+      </c>
+      <c r="G674" t="inlineStr"/>
       <c r="H674" t="inlineStr"/>
     </row>
     <row r="675">
       <c r="A675" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17928</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17780</t>
         </is>
       </c>
       <c r="B675" t="inlineStr">
         <is>
-          <t>Identity key changed. This breaks E2EE, so logging out.</t>
+          <t>Failed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="C675" t="inlineStr">
         <is>
-          <t>Clave de identidad cambiada. Esto rompe la E2EE, por lo que se cierra la sesión.</t>
+          <t>¡Error en la creación de llaves para el almacenamiento secreto!</t>
         </is>
       </c>
       <c r="D675" t="inlineStr"/>
       <c r="E675" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F675" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
+          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="G675" t="inlineStr"/>
       <c r="H675" t="inlineStr"/>
     </row>
     <row r="676">
       <c r="A676" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18246</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17824</t>
         </is>
       </c>
       <c r="B676" t="inlineStr">
         <is>
-          <t>Failed to update image pack: %1</t>
+          <t>Encryption Setup</t>
         </is>
       </c>
       <c r="C676" t="inlineStr">
         <is>
-          <t>Error al actualizar el pack de imágenes: %1</t>
+          <t>Configuración de cifrado</t>
         </is>
       </c>
       <c r="D676" t="inlineStr"/>
       <c r="E676" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F676" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to update image pack: %1</t>
+          <t>SelfVerificationStatusEncryption Setup</t>
         </is>
       </c>
       <c r="G676" t="inlineStr"/>
       <c r="H676" t="inlineStr"/>
     </row>
     <row r="677">
       <c r="A677" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18260</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17830</t>
         </is>
       </c>
       <c r="B677" t="inlineStr">
         <is>
-          <t>Failed to delete old image pack: %1</t>
+          <t>Encryption setup failed: %1</t>
         </is>
       </c>
       <c r="C677" t="inlineStr">
         <is>
-          <t>Error al eliminar el antiguo pack de imágenes %1</t>
+          <t>Error en la configuración del cifrado: %1</t>
         </is>
       </c>
       <c r="D677" t="inlineStr"/>
       <c r="E677" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F677" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
-[...2 lines deleted...]
-      <c r="G677" t="inlineStr"/>
+          <t>SelfVerificationStatusEncryption setup failed: %1</t>
+        </is>
+      </c>
+      <c r="G677" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Falló en la configuración de cifrado: %1</t>
+        </is>
+      </c>
       <c r="H677" t="inlineStr"/>
     </row>
     <row r="678">
       <c r="A678" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18318</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17988</t>
         </is>
       </c>
       <c r="B678" t="inlineStr">
         <is>
-          <t>Failed to open image: %1</t>
+          <t>Identity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="C678" t="inlineStr">
         <is>
-          <t>Error al abrir la imagen: %1</t>
+          <t>Clave de identidad cambiada. Esto rompe la E2EE, por lo que se cierra la sesión.</t>
         </is>
       </c>
       <c r="D678" t="inlineStr"/>
       <c r="E678" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F678" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to open image: %1</t>
+          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="G678" t="inlineStr"/>
       <c r="H678" t="inlineStr"/>
     </row>
     <row r="679">
       <c r="A679" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18332</t>
+          <t>../../src/SingleImagePackModel.cpp:18306</t>
         </is>
       </c>
       <c r="B679" t="inlineStr">
         <is>
-          <t>Failed to upload image: %1</t>
+          <t>Failed to update image pack: %1</t>
         </is>
       </c>
       <c r="C679" t="inlineStr">
         <is>
-          <t>Error al subir la imagen: %1</t>
+          <t>Error al actualizar el pack de imágenes: %1</t>
         </is>
       </c>
       <c r="D679" t="inlineStr"/>
       <c r="E679" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F679" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to upload image: %1</t>
+          <t>SingleImagePackModelFailed to update image pack: %1</t>
         </is>
       </c>
       <c r="G679" t="inlineStr"/>
       <c r="H679" t="inlineStr"/>
     </row>
     <row r="680">
       <c r="A680" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenu.qml:18348</t>
+          <t>../../src/SingleImagePackModel.cpp:18320</t>
         </is>
       </c>
       <c r="B680" t="inlineStr">
         <is>
-          <t>Add or remove from community...</t>
+          <t>Failed to delete old image pack: %1</t>
         </is>
       </c>
       <c r="C680" t="inlineStr">
         <is>
-          <t>Añadir o eliminar de la comunidad...</t>
+          <t>Error al eliminar el antiguo pack de imágenes %1</t>
         </is>
       </c>
       <c r="D680" t="inlineStr"/>
       <c r="E680" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F680" t="inlineStr">
         <is>
-          <t>SpaceMenuAdd or remove from community...</t>
+          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
         </is>
       </c>
       <c r="G680" t="inlineStr"/>
       <c r="H680" t="inlineStr"/>
     </row>
     <row r="681">
       <c r="A681" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18376</t>
+          <t>../../src/SingleImagePackModel.cpp:18378</t>
         </is>
       </c>
       <c r="B681" t="inlineStr">
         <is>
-          <t>Official community for this room</t>
+          <t>Failed to open image: %1</t>
         </is>
       </c>
       <c r="C681" t="inlineStr">
         <is>
-          <t>Comunidad oficial para esta sala</t>
+          <t>Error al abrir la imagen: %1</t>
         </is>
       </c>
       <c r="D681" t="inlineStr"/>
       <c r="E681" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F681" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelOfficial community for this room</t>
-[...6 lines deleted...]
-      </c>
+          <t>SingleImagePackModelFailed to open image: %1</t>
+        </is>
+      </c>
+      <c r="G681" t="inlineStr"/>
       <c r="H681" t="inlineStr"/>
     </row>
     <row r="682">
       <c r="A682" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18384</t>
+          <t>../../src/SingleImagePackModel.cpp:18392</t>
         </is>
       </c>
       <c r="B682" t="inlineStr">
         <is>
-          <t>Affiliated community for this room</t>
+          <t>Failed to upload image: %1</t>
         </is>
       </c>
       <c r="C682" t="inlineStr">
         <is>
-          <t>Comunidad afiliada para esta sala</t>
+          <t>Error al subir la imagen: %1</t>
         </is>
       </c>
       <c r="D682" t="inlineStr"/>
       <c r="E682" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F682" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelAffiliated community for this room</t>
-[...6 lines deleted...]
-      </c>
+          <t>SingleImagePackModelFailed to upload image: %1</t>
+        </is>
+      </c>
+      <c r="G682" t="inlineStr"/>
       <c r="H682" t="inlineStr"/>
     </row>
     <row r="683">
       <c r="A683" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18392</t>
+          <t>../qml/components/SpaceMenu.qml:18408</t>
         </is>
       </c>
       <c r="B683" t="inlineStr">
         <is>
-          <t>Listed only for community members</t>
+          <t>Add or remove from community...</t>
         </is>
       </c>
       <c r="C683" t="inlineStr">
         <is>
-          <t>Sólo para miembros de la comunidad</t>
+          <t>Añadir o eliminar de la comunidad...</t>
         </is>
       </c>
       <c r="D683" t="inlineStr"/>
       <c r="E683" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F683" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for community members</t>
-[...6 lines deleted...]
-      </c>
+          <t>SpaceMenuAdd or remove from community...</t>
+        </is>
+      </c>
+      <c r="G683" t="inlineStr"/>
       <c r="H683" t="inlineStr"/>
     </row>
     <row r="684">
       <c r="A684" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18400</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18436</t>
         </is>
       </c>
       <c r="B684" t="inlineStr">
         <is>
-          <t>Listed only for room members</t>
+          <t>Official community for this room</t>
         </is>
       </c>
       <c r="C684" t="inlineStr">
         <is>
-          <t>Sólo para miembros de la sala</t>
+          <t>Comunidad oficial para esta sala</t>
         </is>
       </c>
       <c r="D684" t="inlineStr"/>
       <c r="E684" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F684" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for room members</t>
+          <t>SpaceMenuLevelOfficial community for this room</t>
         </is>
       </c>
       <c r="G684" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Listado solo para miembros de la sala</t>
+          <t>Suggested in Weblate: Comunidad oficial de esta sala</t>
         </is>
       </c>
       <c r="H684" t="inlineStr"/>
     </row>
     <row r="685">
       <c r="A685" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18408</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18444</t>
         </is>
       </c>
       <c r="B685" t="inlineStr">
         <is>
-          <t>Not related</t>
+          <t>Affiliated community for this room</t>
         </is>
       </c>
       <c r="C685" t="inlineStr">
         <is>
-          <t>No relacionado</t>
+          <t>Comunidad afiliada para esta sala</t>
         </is>
       </c>
       <c r="D685" t="inlineStr"/>
       <c r="E685" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F685" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelNot related</t>
-[...2 lines deleted...]
-      <c r="G685" t="inlineStr"/>
+          <t>SpaceMenuLevelAffiliated community for this room</t>
+        </is>
+      </c>
+      <c r="G685" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Comunidad afiliada de esta sala</t>
+        </is>
+      </c>
       <c r="H685" t="inlineStr"/>
     </row>
     <row r="686">
       <c r="A686" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18426</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18452</t>
         </is>
       </c>
       <c r="B686" t="inlineStr">
         <is>
-          <t>Failed</t>
+          <t>Listed only for community members</t>
         </is>
       </c>
       <c r="C686" t="inlineStr">
         <is>
-          <t>Falló</t>
+          <t>Sólo para miembros de la comunidad</t>
         </is>
       </c>
       <c r="D686" t="inlineStr"/>
       <c r="E686" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F686" t="inlineStr">
         <is>
-          <t>StatusIndicatorFailed</t>
-[...2 lines deleted...]
-      <c r="G686" t="inlineStr"/>
+          <t>SpaceMenuLevelListed only for community members</t>
+        </is>
+      </c>
+      <c r="G686" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Listado solo para comunidades miembro</t>
+        </is>
+      </c>
       <c r="H686" t="inlineStr"/>
     </row>
     <row r="687">
       <c r="A687" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18428</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18460</t>
         </is>
       </c>
       <c r="B687" t="inlineStr">
         <is>
-          <t>Sent</t>
+          <t>Listed only for room members</t>
         </is>
       </c>
       <c r="C687" t="inlineStr">
         <is>
-          <t>Enviado</t>
+          <t>Sólo para miembros de la sala</t>
         </is>
       </c>
       <c r="D687" t="inlineStr"/>
       <c r="E687" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F687" t="inlineStr">
         <is>
-          <t>StatusIndicatorSent</t>
-[...2 lines deleted...]
-      <c r="G687" t="inlineStr"/>
+          <t>SpaceMenuLevelListed only for room members</t>
+        </is>
+      </c>
+      <c r="G687" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Listado solo para miembros de la sala</t>
+        </is>
+      </c>
       <c r="H687" t="inlineStr"/>
     </row>
     <row r="688">
       <c r="A688" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18430</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18468</t>
         </is>
       </c>
       <c r="B688" t="inlineStr">
         <is>
-          <t>Received</t>
+          <t>Not related</t>
         </is>
       </c>
       <c r="C688" t="inlineStr">
         <is>
-          <t>Recibido</t>
+          <t>No relacionado</t>
         </is>
       </c>
       <c r="D688" t="inlineStr"/>
       <c r="E688" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F688" t="inlineStr">
         <is>
-          <t>StatusIndicatorReceived</t>
+          <t>SpaceMenuLevelNot related</t>
         </is>
       </c>
       <c r="G688" t="inlineStr"/>
       <c r="H688" t="inlineStr"/>
     </row>
     <row r="689">
       <c r="A689" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18432</t>
+          <t>../qml/StatusIndicator.qml:18486</t>
         </is>
       </c>
       <c r="B689" t="inlineStr">
         <is>
-          <t>Read</t>
+          <t>Failed</t>
         </is>
       </c>
       <c r="C689" t="inlineStr">
         <is>
-          <t>Leer</t>
+          <t>Falló</t>
         </is>
       </c>
       <c r="D689" t="inlineStr"/>
       <c r="E689" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F689" t="inlineStr">
         <is>
-          <t>StatusIndicatorRead</t>
-[...6 lines deleted...]
-      </c>
+          <t>StatusIndicatorFailed</t>
+        </is>
+      </c>
+      <c r="G689" t="inlineStr"/>
       <c r="H689" t="inlineStr"/>
     </row>
     <row r="690">
       <c r="A690" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18501</t>
+          <t>../qml/StatusIndicator.qml:18488</t>
         </is>
       </c>
       <c r="B690" t="inlineStr">
         <is>
-          <t>Search</t>
+          <t>Sent</t>
         </is>
       </c>
       <c r="C690" t="inlineStr">
         <is>
-          <t>Buscar</t>
+          <t>Enviado</t>
         </is>
       </c>
       <c r="D690" t="inlineStr"/>
       <c r="E690" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F690" t="inlineStr">
         <is>
-          <t>StickerPickerSearch</t>
+          <t>StatusIndicatorSent</t>
         </is>
       </c>
       <c r="G690" t="inlineStr"/>
       <c r="H690" t="inlineStr"/>
     </row>
     <row r="691">
       <c r="A691" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18690</t>
+          <t>../qml/StatusIndicator.qml:18490</t>
         </is>
       </c>
       <c r="B691" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>Received</t>
         </is>
       </c>
       <c r="C691" t="inlineStr">
         <is>
-          <t>Cambie los packs activados, elimine packs o cree otros nuevos</t>
+          <t>Recibido</t>
         </is>
       </c>
       <c r="D691" t="inlineStr"/>
       <c r="E691" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F691" t="inlineStr">
         <is>
-          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
-[...6 lines deleted...]
-      </c>
+          <t>StatusIndicatorReceived</t>
+        </is>
+      </c>
+      <c r="G691" t="inlineStr"/>
       <c r="H691" t="inlineStr"/>
     </row>
     <row r="692">
       <c r="A692" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18700</t>
+          <t>../qml/StatusIndicator.qml:18492</t>
         </is>
       </c>
       <c r="B692" t="inlineStr">
         <is>
-          <t>Successful Verification</t>
+          <t>Read</t>
         </is>
       </c>
       <c r="C692" t="inlineStr">
         <is>
-          <t>Verificación Exitosa</t>
+          <t>Leer</t>
         </is>
       </c>
       <c r="D692" t="inlineStr"/>
       <c r="E692" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F692" t="inlineStr">
         <is>
-          <t>SuccessSuccessful Verification</t>
-[...2 lines deleted...]
-      <c r="G692" t="inlineStr"/>
+          <t>StatusIndicatorRead</t>
+        </is>
+      </c>
+      <c r="G692" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Leído</t>
+        </is>
+      </c>
       <c r="H692" t="inlineStr"/>
     </row>
     <row r="693">
       <c r="A693" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18710</t>
+          <t>../qml/emoji/StickerPicker.qml:18561</t>
         </is>
       </c>
       <c r="B693" t="inlineStr">
         <is>
-          <t>Verification successful!  Both sides verified their devices!</t>
+          <t>Search</t>
         </is>
       </c>
       <c r="C693" t="inlineStr">
         <is>
-          <t>¡Verificación exitosa! ¡Ambas partes han verificado sus dispositivos!</t>
+          <t>Buscar</t>
         </is>
       </c>
       <c r="D693" t="inlineStr"/>
       <c r="E693" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F693" t="inlineStr">
         <is>
-          <t>SuccessVerification successful! Both sides verified their devices!</t>
-[...6 lines deleted...]
-      </c>
+          <t>StickerPickerSearch</t>
+        </is>
+      </c>
+      <c r="G693" t="inlineStr"/>
       <c r="H693" t="inlineStr"/>
     </row>
     <row r="694">
       <c r="A694" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18724</t>
+          <t>../qml/emoji/StickerPicker.qml:18750</t>
         </is>
       </c>
       <c r="B694" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C694" t="inlineStr">
         <is>
-          <t>Cerrar</t>
+          <t>Cambie los packs activados, elimine packs o cree otros nuevos</t>
         </is>
       </c>
       <c r="D694" t="inlineStr"/>
       <c r="E694" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F694" t="inlineStr">
         <is>
-          <t>SuccessClose</t>
-[...2 lines deleted...]
-      <c r="G694" t="inlineStr"/>
+          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
+        </is>
+      </c>
+      <c r="G694" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Cambiar qué packs están habilitados, remover packs, o crear nuevos</t>
+        </is>
+      </c>
       <c r="H694" t="inlineStr"/>
     </row>
     <row r="695">
       <c r="A695" t="inlineStr">
         <is>
-          <t>../qml/TimelineDefaultMessageStyle.qml:18891</t>
+          <t>../qml/device-verification/Success.qml:18760</t>
         </is>
       </c>
       <c r="B695" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>Successful Verification</t>
         </is>
       </c>
       <c r="C695" t="inlineStr">
         <is>
-          <t>Parte de un hilo</t>
+          <t>Verificación Exitosa</t>
         </is>
       </c>
       <c r="D695" t="inlineStr"/>
       <c r="E695" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F695" t="inlineStr">
         <is>
-          <t>TimelineDefaultMessageStylePart of a thread</t>
+          <t>SuccessSuccessful Verification</t>
         </is>
       </c>
       <c r="G695" t="inlineStr"/>
       <c r="H695" t="inlineStr"/>
     </row>
     <row r="696">
       <c r="A696" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18979</t>
+          <t>../qml/device-verification/Success.qml:18770</t>
         </is>
       </c>
       <c r="B696" t="inlineStr">
         <is>
-          <t>%1 placed a voice call.</t>
+          <t>Verification successful!  Both sides verified their devices!</t>
         </is>
       </c>
       <c r="C696" t="inlineStr">
         <is>
-          <t>%1 hizo una llamada de voz.</t>
+          <t>¡Verificación exitosa! ¡Ambas partes han verificado sus dispositivos!</t>
         </is>
       </c>
       <c r="D696" t="inlineStr"/>
       <c r="E696" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F696" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a voice call.</t>
-[...2 lines deleted...]
-      <c r="G696" t="inlineStr"/>
+          <t>SuccessVerification successful! Both sides verified their devices!</t>
+        </is>
+      </c>
+      <c r="G696" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: ¡Verificación exitosa! ¡Ambos lados verificaron sus dispositivos!</t>
+        </is>
+      </c>
       <c r="H696" t="inlineStr"/>
     </row>
     <row r="697">
       <c r="A697" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18981</t>
+          <t>../qml/device-verification/Success.qml:18784</t>
         </is>
       </c>
       <c r="B697" t="inlineStr">
         <is>
-          <t>%1 placed a video call.</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C697" t="inlineStr">
         <is>
-          <t>%1 hizo una videollamada.</t>
+          <t>Cerrar</t>
         </is>
       </c>
       <c r="D697" t="inlineStr"/>
       <c r="E697" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F697" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a video call.</t>
+          <t>SuccessClose</t>
         </is>
       </c>
       <c r="G697" t="inlineStr"/>
       <c r="H697" t="inlineStr"/>
     </row>
     <row r="698">
       <c r="A698" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18983</t>
+          <t>../qml/TimelineDefaultMessageStyle.qml:18951</t>
         </is>
       </c>
       <c r="B698" t="inlineStr">
         <is>
-          <t>%1 placed a call.</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C698" t="inlineStr">
         <is>
-          <t>%1 hizo una llamada.</t>
+          <t>Parte de un hilo</t>
         </is>
       </c>
       <c r="D698" t="inlineStr"/>
       <c r="E698" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F698" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineDefaultMessageStylePart of a thread</t>
+        </is>
+      </c>
+      <c r="G698" t="inlineStr"/>
       <c r="H698" t="inlineStr"/>
     </row>
     <row r="699">
       <c r="A699" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19005</t>
+          <t>../qml/TimelineEvent.qml:19039</t>
         </is>
       </c>
       <c r="B699" t="inlineStr">
         <is>
-          <t>%1 answered the call.</t>
+          <t>%1 placed a voice call.</t>
         </is>
       </c>
       <c r="C699" t="inlineStr">
         <is>
-          <t>%1 contestó la llamada.</t>
+          <t>%1 hizo una llamada de voz.</t>
         </is>
       </c>
       <c r="D699" t="inlineStr"/>
       <c r="E699" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F699" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 answered the call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineEvent%1 placed a voice call.</t>
+        </is>
+      </c>
+      <c r="G699" t="inlineStr"/>
       <c r="H699" t="inlineStr"/>
     </row>
     <row r="700">
       <c r="A700" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19007</t>
+          <t>../qml/TimelineEvent.qml:19041</t>
         </is>
       </c>
       <c r="B700" t="inlineStr">
         <is>
-          <t>%1 rejected the call.</t>
+          <t>%1 placed a video call.</t>
         </is>
       </c>
       <c r="C700" t="inlineStr">
         <is>
-          <t>%1 rechazó la llamada.</t>
+          <t>%1 hizo una videollamada.</t>
         </is>
       </c>
       <c r="D700" t="inlineStr"/>
       <c r="E700" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F700" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 rejected the call.</t>
+          <t>TimelineEvent%1 placed a video call.</t>
         </is>
       </c>
       <c r="G700" t="inlineStr"/>
       <c r="H700" t="inlineStr"/>
     </row>
     <row r="701">
       <c r="A701" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19009</t>
+          <t>../qml/TimelineEvent.qml:19043</t>
         </is>
       </c>
       <c r="B701" t="inlineStr">
         <is>
-          <t>%1 selected answer.</t>
+          <t>%1 placed a call.</t>
         </is>
       </c>
       <c r="C701" t="inlineStr">
         <is>
-          <t>%1 seleccionó la respuesta.</t>
+          <t>%1 hizo una llamada.</t>
         </is>
       </c>
       <c r="D701" t="inlineStr"/>
       <c r="E701" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F701" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 selected answer.</t>
-[...2 lines deleted...]
-      <c r="G701" t="inlineStr"/>
+          <t>TimelineEvent%1 placed a call.</t>
+        </is>
+      </c>
+      <c r="G701" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 llamó</t>
+        </is>
+      </c>
       <c r="H701" t="inlineStr"/>
     </row>
     <row r="702">
       <c r="A702" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19011</t>
+          <t>../qml/TimelineEvent.qml:19065</t>
         </is>
       </c>
       <c r="B702" t="inlineStr">
         <is>
-          <t>%1 ended the call.</t>
+          <t>%1 answered the call.</t>
         </is>
       </c>
       <c r="C702" t="inlineStr">
         <is>
-          <t>%1 terminó la llamada.</t>
+          <t>%1 contestó la llamada.</t>
         </is>
       </c>
       <c r="D702" t="inlineStr"/>
       <c r="E702" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F702" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 ended the call.</t>
-[...2 lines deleted...]
-      <c r="G702" t="inlineStr"/>
+          <t>TimelineEvent%1 answered the call.</t>
+        </is>
+      </c>
+      <c r="G702" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 respondió a la llamada</t>
+        </is>
+      </c>
       <c r="H702" t="inlineStr"/>
     </row>
     <row r="703">
       <c r="A703" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19015</t>
+          <t>../qml/TimelineEvent.qml:19067</t>
         </is>
       </c>
       <c r="B703" t="inlineStr">
         <is>
-          <t>%1 is negotiating the call...</t>
+          <t>%1 rejected the call.</t>
         </is>
       </c>
       <c r="C703" t="inlineStr">
         <is>
-          <t>%1 está negociando la llamada...</t>
+          <t>%1 rechazó la llamada.</t>
         </is>
       </c>
       <c r="D703" t="inlineStr"/>
       <c r="E703" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F703" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 is negotiating the call...</t>
+          <t>TimelineEvent%1 rejected the call.</t>
         </is>
       </c>
       <c r="G703" t="inlineStr"/>
       <c r="H703" t="inlineStr"/>
     </row>
     <row r="704">
       <c r="A704" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19106</t>
+          <t>../qml/TimelineEvent.qml:19069</t>
         </is>
       </c>
       <c r="B704" t="inlineStr">
         <is>
-          <t>Allow them in</t>
+          <t>%1 selected answer.</t>
         </is>
       </c>
       <c r="C704" t="inlineStr">
         <is>
-          <t>Permitir que entren</t>
+          <t>%1 seleccionó la respuesta.</t>
         </is>
       </c>
       <c r="D704" t="inlineStr"/>
       <c r="E704" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F704" t="inlineStr">
         <is>
-          <t>TimelineEventAllow them in</t>
+          <t>TimelineEvent%1 selected answer.</t>
         </is>
       </c>
       <c r="G704" t="inlineStr"/>
       <c r="H704" t="inlineStr"/>
     </row>
     <row r="705">
       <c r="A705" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19128</t>
+          <t>../qml/TimelineEvent.qml:19071</t>
         </is>
       </c>
       <c r="B705" t="inlineStr">
         <is>
-          <t>This room was replaced for the following reason: %1</t>
+          <t>%1 ended the call.</t>
         </is>
       </c>
       <c r="C705" t="inlineStr">
         <is>
-          <t>Esta sala ha sido sustituida por el siguiente motivo: %1</t>
+          <t>%1 terminó la llamada.</t>
         </is>
       </c>
       <c r="D705" t="inlineStr"/>
       <c r="E705" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F705" t="inlineStr">
         <is>
-          <t>TimelineEventThis room was replaced for the following reason: %1</t>
+          <t>TimelineEvent%1 ended the call.</t>
         </is>
       </c>
       <c r="G705" t="inlineStr"/>
       <c r="H705" t="inlineStr"/>
     </row>
     <row r="706">
       <c r="A706" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19136</t>
+          <t>../qml/TimelineEvent.qml:19075</t>
         </is>
       </c>
       <c r="B706" t="inlineStr">
         <is>
-          <t>Go to replacement room</t>
+          <t>%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="C706" t="inlineStr">
         <is>
-          <t>Ir a la sala de sustitución</t>
+          <t>%1 está negociando la llamada...</t>
         </is>
       </c>
       <c r="D706" t="inlineStr"/>
       <c r="E706" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F706" t="inlineStr">
         <is>
-          <t>TimelineEventGo to replacement room</t>
+          <t>TimelineEvent%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="G706" t="inlineStr"/>
       <c r="H706" t="inlineStr"/>
     </row>
     <row r="707">
       <c r="A707" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19176</t>
+          <t>../qml/TimelineEvent.qml:19166</t>
         </is>
       </c>
       <c r="B707" t="inlineStr">
         <is>
-          <t>Edited</t>
+          <t>Allow them in</t>
         </is>
       </c>
       <c r="C707" t="inlineStr">
         <is>
-          <t>Editado</t>
+          <t>Permitir que entren</t>
         </is>
       </c>
       <c r="D707" t="inlineStr"/>
       <c r="E707" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F707" t="inlineStr">
         <is>
-          <t>TimelineMetadataEdited</t>
+          <t>TimelineEventAllow them in</t>
         </is>
       </c>
       <c r="G707" t="inlineStr"/>
       <c r="H707" t="inlineStr"/>
     </row>
     <row r="708">
       <c r="A708" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19192</t>
+          <t>../qml/TimelineEvent.qml:19188</t>
         </is>
       </c>
       <c r="B708" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>This room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="C708" t="inlineStr">
         <is>
-          <t>Parte de un hilo</t>
+          <t>Esta sala ha sido sustituida por el siguiente motivo: %1</t>
         </is>
       </c>
       <c r="D708" t="inlineStr"/>
       <c r="E708" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F708" t="inlineStr">
         <is>
-          <t>TimelineMetadataPart of a thread</t>
+          <t>TimelineEventThis room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="G708" t="inlineStr"/>
       <c r="H708" t="inlineStr"/>
     </row>
     <row r="709">
       <c r="A709" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20814</t>
+          <t>../qml/TimelineEvent.qml:19196</t>
         </is>
       </c>
       <c r="B709" t="inlineStr">
         <is>
-          <t>Message redaction failed: %1</t>
+          <t>Go to replacement room</t>
         </is>
       </c>
       <c r="C709" t="inlineStr">
         <is>
-          <t>Error en la redacción del mensaje: %1</t>
+          <t>Ir a la sala de sustitución</t>
         </is>
       </c>
       <c r="D709" t="inlineStr"/>
       <c r="E709" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F709" t="inlineStr">
         <is>
-          <t>TimelineModelMessage redaction failed: %1</t>
+          <t>TimelineEventGo to replacement room</t>
         </is>
       </c>
       <c r="G709" t="inlineStr"/>
       <c r="H709" t="inlineStr"/>
     </row>
     <row r="710">
       <c r="A710" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20941</t>
+          <t>../qml/TimelineMetadata.qml:19236</t>
         </is>
       </c>
       <c r="B710" t="inlineStr">
         <is>
-          <t>Failed to encrypt event, sending aborted!</t>
+          <t>Edited</t>
         </is>
       </c>
       <c r="C710" t="inlineStr">
         <is>
-          <t>Error al cifrar el evento, ¡abortando el envío!</t>
+          <t>Editado</t>
         </is>
       </c>
       <c r="D710" t="inlineStr"/>
       <c r="E710" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F710" t="inlineStr">
         <is>
-          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
+          <t>TimelineMetadataEdited</t>
         </is>
       </c>
       <c r="G710" t="inlineStr"/>
       <c r="H710" t="inlineStr"/>
     </row>
     <row r="711">
       <c r="A711" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21137</t>
+          <t>../qml/TimelineMetadata.qml:19252</t>
         </is>
       </c>
       <c r="B711" t="inlineStr">
         <is>
-          <t>Save image</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C711" t="inlineStr">
         <is>
-          <t>Guardar imagen</t>
+          <t>Parte de un hilo</t>
         </is>
       </c>
       <c r="D711" t="inlineStr"/>
       <c r="E711" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F711" t="inlineStr">
         <is>
-          <t>TimelineModelSave image</t>
+          <t>TimelineMetadataPart of a thread</t>
         </is>
       </c>
       <c r="G711" t="inlineStr"/>
       <c r="H711" t="inlineStr"/>
     </row>
     <row r="712">
       <c r="A712" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21139</t>
+          <t>../../src/timeline/TimelineModel.cpp:20873</t>
         </is>
       </c>
       <c r="B712" t="inlineStr">
         <is>
-          <t>Save video</t>
+          <t>Message redaction failed: %1</t>
         </is>
       </c>
       <c r="C712" t="inlineStr">
         <is>
-          <t>Guardar vídeo</t>
+          <t>Error en la redacción del mensaje: %1</t>
         </is>
       </c>
       <c r="D712" t="inlineStr"/>
       <c r="E712" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F712" t="inlineStr">
         <is>
-          <t>TimelineModelSave video</t>
+          <t>TimelineModelMessage redaction failed: %1</t>
         </is>
       </c>
       <c r="G712" t="inlineStr"/>
       <c r="H712" t="inlineStr"/>
     </row>
     <row r="713">
       <c r="A713" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21141</t>
+          <t>../../src/timeline/TimelineModel.cpp:21000</t>
         </is>
       </c>
       <c r="B713" t="inlineStr">
         <is>
-          <t>Save audio</t>
+          <t>Failed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="C713" t="inlineStr">
         <is>
-          <t>Guarda audio</t>
+          <t>Error al cifrar el evento, ¡abortando el envío!</t>
         </is>
       </c>
       <c r="D713" t="inlineStr"/>
       <c r="E713" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F713" t="inlineStr">
         <is>
-          <t>TimelineModelSave audio</t>
+          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="G713" t="inlineStr"/>
       <c r="H713" t="inlineStr"/>
     </row>
     <row r="714">
       <c r="A714" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21143</t>
+          <t>../../src/timeline/TimelineModel.cpp:21196</t>
         </is>
       </c>
       <c r="B714" t="inlineStr">
         <is>
-          <t>Save file</t>
+          <t>Save image</t>
         </is>
       </c>
       <c r="C714" t="inlineStr">
         <is>
-          <t>Guardar archivo</t>
+          <t>Guardar imagen</t>
         </is>
       </c>
       <c r="D714" t="inlineStr"/>
       <c r="E714" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F714" t="inlineStr">
         <is>
-          <t>TimelineModelSave file</t>
+          <t>TimelineModelSave image</t>
         </is>
       </c>
       <c r="G714" t="inlineStr"/>
       <c r="H714" t="inlineStr"/>
     </row>
     <row r="715">
       <c r="A715" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21490</t>
+          <t>../../src/timeline/TimelineModel.cpp:21198</t>
         </is>
       </c>
       <c r="B715" t="inlineStr">
         <is>
-          <t>%1%2 is typing.</t>
+          <t>Save video</t>
         </is>
       </c>
       <c r="C715" t="inlineStr">
         <is>
-          <t>%1 %2 está escribiendo.</t>
+          <t>Guardar vídeo</t>
         </is>
       </c>
       <c r="D715" t="inlineStr"/>
       <c r="E715" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F715" t="inlineStr">
         <is>
+          <t>TimelineModelSave video</t>
+        </is>
+      </c>
+      <c r="G715" t="inlineStr"/>
+      <c r="H715" t="inlineStr"/>
+    </row>
+    <row r="716">
+      <c r="A716" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21200</t>
+        </is>
+      </c>
+      <c r="B716" t="inlineStr">
+        <is>
+          <t>Save audio</t>
+        </is>
+      </c>
+      <c r="C716" t="inlineStr">
+        <is>
+          <t>Guarda audio</t>
+        </is>
+      </c>
+      <c r="D716" t="inlineStr"/>
+      <c r="E716" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F716" t="inlineStr">
+        <is>
+          <t>TimelineModelSave audio</t>
+        </is>
+      </c>
+      <c r="G716" t="inlineStr"/>
+      <c r="H716" t="inlineStr"/>
+    </row>
+    <row r="717">
+      <c r="A717" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21202</t>
+        </is>
+      </c>
+      <c r="B717" t="inlineStr">
+        <is>
+          <t>Save file</t>
+        </is>
+      </c>
+      <c r="C717" t="inlineStr">
+        <is>
+          <t>Guardar archivo</t>
+        </is>
+      </c>
+      <c r="D717" t="inlineStr"/>
+      <c r="E717" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F717" t="inlineStr">
+        <is>
+          <t>TimelineModelSave file</t>
+        </is>
+      </c>
+      <c r="G717" t="inlineStr"/>
+      <c r="H717" t="inlineStr"/>
+    </row>
+    <row r="718">
+      <c r="A718" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21550</t>
+        </is>
+      </c>
+      <c r="B718" t="inlineStr">
+        <is>
+          <t>%1%2 is typing.</t>
+        </is>
+      </c>
+      <c r="C718" t="inlineStr">
+        <is>
+          <t>%1 %2 está escribiendo.</t>
+        </is>
+      </c>
+      <c r="D718" t="inlineStr"/>
+      <c r="E718" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F718" t="inlineStr">
+        <is>
           <t>TimelineModel
 Multiple users are typing. First argument is a comma separated list of potentially multiple users. Second argument is the last user of that list. (If only one user is typing, %1 is empty. You should still use it in your string though to silence Qt warnings.)%1 and %2 are typing.</t>
         </is>
       </c>
-      <c r="G715" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G718" t="inlineStr"/>
       <c r="H718" t="inlineStr"/>
     </row>
     <row r="719">
       <c r="A719" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21580</t>
+          <t>../../src/timeline/TimelineModel.cpp:21610</t>
         </is>
       </c>
       <c r="B719" t="inlineStr">
         <is>
-          <t>%1 made the room open to guests.</t>
+          <t>%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="C719" t="inlineStr">
         <is>
-          <t>%1 abrió la sala a los invitados.</t>
+          <t>%1 ha abierto la sala al público.</t>
         </is>
       </c>
       <c r="D719" t="inlineStr"/>
       <c r="E719" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F719" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room open to guests.</t>
+          <t>TimelineModel%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="G719" t="inlineStr"/>
       <c r="H719" t="inlineStr"/>
     </row>
     <row r="720">
       <c r="A720" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21582</t>
+          <t>../../src/timeline/TimelineModel.cpp:21614</t>
         </is>
       </c>
       <c r="B720" t="inlineStr">
         <is>
-          <t>%1 has closed the room to guest access.</t>
+          <t>%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="C720" t="inlineStr">
         <is>
-          <t>%1 ha cerrado la sala al acceso de invitados.</t>
+          <t>%1 se le permitió unirse a esta sala haciendo toc a la puerta.</t>
         </is>
       </c>
       <c r="D720" t="inlineStr"/>
       <c r="E720" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F720" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has closed the room to guest access.</t>
+          <t>TimelineModel%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="G720" t="inlineStr"/>
       <c r="H720" t="inlineStr"/>
     </row>
     <row r="721">
       <c r="A721" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21597</t>
+          <t>../../src/timeline/TimelineModel.cpp:21621</t>
         </is>
       </c>
       <c r="B721" t="inlineStr">
         <is>
-          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="C721" t="inlineStr">
         <is>
-          <t>%1 hizo el historial de la sala legible para cualquiera. Ahora los eventos pueden ser leídos por personas que no se hayan unido.</t>
+          <t>%1 permitió a los miembros de las siguientes salas unirse automáticamente a a esta sala: %2</t>
         </is>
       </c>
       <c r="D721" t="inlineStr"/>
       <c r="E721" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F721" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>TimelineModel%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="G721" t="inlineStr"/>
       <c r="H721" t="inlineStr"/>
     </row>
     <row r="722">
       <c r="A722" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21601</t>
+          <t>../../src/timeline/TimelineModel.cpp:21640</t>
         </is>
       </c>
       <c r="B722" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members from this point on.</t>
+          <t>%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="C722" t="inlineStr">
         <is>
-          <t>%1 hizo el historial futuro visible a los miembros a partir de éste momento.</t>
+          <t>%1 abrió la sala a los invitados.</t>
         </is>
       </c>
       <c r="D722" t="inlineStr"/>
       <c r="E722" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F722" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
+          <t>TimelineModel%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="G722" t="inlineStr"/>
       <c r="H722" t="inlineStr"/>
     </row>
     <row r="723">
       <c r="A723" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21603</t>
+          <t>../../src/timeline/TimelineModel.cpp:21642</t>
         </is>
       </c>
       <c r="B723" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they were invited.</t>
+          <t>%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="C723" t="inlineStr">
         <is>
-          <t>%1 hizo el historial de la sala visible a los miembros desde el momento en el que fueron invitados.</t>
+          <t>%1 ha cerrado la sala al acceso de invitados.</t>
         </is>
       </c>
       <c r="D723" t="inlineStr"/>
       <c r="E723" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F723" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
+          <t>TimelineModel%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="G723" t="inlineStr"/>
       <c r="H723" t="inlineStr"/>
     </row>
     <row r="724">
       <c r="A724" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21605</t>
+          <t>../../src/timeline/TimelineModel.cpp:21657</t>
         </is>
       </c>
       <c r="B724" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they joined the room.</t>
+          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="C724" t="inlineStr">
         <is>
-          <t>%1 hizo el historial visible a los miembros desde el momento en el que se unieron a la sala.</t>
+          <t>%1 hizo el historial de la sala legible para cualquiera. Ahora los eventos pueden ser leídos por personas que no se hayan unido.</t>
         </is>
       </c>
       <c r="D724" t="inlineStr"/>
       <c r="E724" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F724" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
+          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="G724" t="inlineStr"/>
       <c r="H724" t="inlineStr"/>
     </row>
     <row r="725">
       <c r="A725" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21877</t>
+          <t>../../src/timeline/TimelineModel.cpp:21661</t>
         </is>
       </c>
       <c r="B725" t="inlineStr">
         <is>
-          <t>%1 has changed the room's permissions.</t>
+          <t>%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="C725" t="inlineStr">
         <is>
-          <t>%1 cambió los permisos de la sala.</t>
+          <t>%1 hizo el historial futuro visible a los miembros a partir de éste momento.</t>
         </is>
       </c>
       <c r="D725" t="inlineStr"/>
       <c r="E725" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F725" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's permissions.</t>
+          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="G725" t="inlineStr"/>
       <c r="H725" t="inlineStr"/>
     </row>
     <row r="726">
       <c r="A726" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21656</t>
+          <t>../../src/timeline/TimelineModel.cpp:21663</t>
         </is>
       </c>
       <c r="B726" t="inlineStr">
         <is>
-          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
       <c r="C726" t="inlineStr">
         <is>
-          <t>%1 ha cambiado el powerlevel de expulsión de la sala de %2 a %3.</t>
+          <t>%1 hizo el historial de la sala visible a los miembros desde el momento en el que fueron invitados.</t>
         </is>
       </c>
       <c r="D726" t="inlineStr"/>
       <c r="E726" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F726" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
+        </is>
+      </c>
+      <c r="G726" t="inlineStr"/>
       <c r="H726" t="inlineStr"/>
     </row>
     <row r="727">
       <c r="A727" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21671</t>
+          <t>../../src/timeline/TimelineModel.cpp:21665</t>
         </is>
       </c>
       <c r="B727" t="inlineStr">
         <is>
-          <t>%n member can now kick room members.</t>
+          <t>%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
       <c r="C727" t="inlineStr">
         <is>
-          <t>%n ahora un miembro puede expulsar a los miembros de la sala.</t>
+          <t>%1 hizo el historial visible a los miembros desde el momento en el que se unieron a la sala.</t>
         </is>
       </c>
       <c r="D727" t="inlineStr"/>
       <c r="E727" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F727" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now kick room members.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
+        </is>
+      </c>
+      <c r="G727" t="inlineStr"/>
       <c r="H727" t="inlineStr"/>
     </row>
     <row r="728">
       <c r="A728" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21675</t>
+          <t>../../src/timeline/TimelineModel.cpp:21939</t>
         </is>
       </c>
       <c r="B728" t="inlineStr">
         <is>
-          <t>%1 can now kick room members.</t>
+          <t>%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="C728" t="inlineStr">
         <is>
-          <t>%1 ahora puede expulsar a los miembros de la sala.</t>
+          <t>%1 cambió los permisos de la sala.</t>
         </is>
       </c>
       <c r="D728" t="inlineStr"/>
       <c r="E728" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F728" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now kick room members.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 has changed the room's permissions.</t>
+        </is>
+      </c>
+      <c r="G728" t="inlineStr"/>
       <c r="H728" t="inlineStr"/>
     </row>
     <row r="729">
       <c r="A729" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21687</t>
+          <t>../../src/timeline/TimelineModel.cpp:21717</t>
         </is>
       </c>
       <c r="B729" t="inlineStr">
         <is>
-          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C729" t="inlineStr">
         <is>
-          <t>%1 ha cambiado el powerlevel de la sala de %2 a %3.</t>
+          <t>%1 ha cambiado el powerlevel de expulsión de la sala de %2 a %3.</t>
         </is>
       </c>
       <c r="D729" t="inlineStr"/>
       <c r="E729" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F729" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G729" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 ha cambiado el nivel de expurgación de la sala de %2 a %3.</t>
+          <t>Suggested in Weblate: %1 ha cambiado el nivel de expulsión de la sala de %2 a %3.</t>
         </is>
       </c>
       <c r="H729" t="inlineStr"/>
     </row>
     <row r="730">
       <c r="A730" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21701</t>
+          <t>../../src/timeline/TimelineModel.cpp:21732</t>
         </is>
       </c>
       <c r="B730" t="inlineStr">
         <is>
-          <t>%n member can now redact room messages.</t>
+          <t>%n member can now kick room members.</t>
         </is>
       </c>
       <c r="C730" t="inlineStr">
         <is>
-          <t>%n ahora puede redactar mensajes de sala.</t>
+          <t>%n ahora un miembro puede expulsar a los miembros de la sala.</t>
         </is>
       </c>
       <c r="D730" t="inlineStr"/>
       <c r="E730" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F730" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now redact room messages.</t>
+          <t>TimelineModel%n member(s) can now kick room members.</t>
         </is>
       </c>
       <c r="G730" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %n miembro ahora puede expurgar mensajes de la sala., %n miembros ahora pueden expurgar mensajes de la sala.</t>
+          <t>Suggested in Weblate: %n miembro ahora puede expulsar miembros de la sala., %n miembros ahora pueden expulsar miembros de la sala.</t>
         </is>
       </c>
       <c r="H730" t="inlineStr"/>
     </row>
     <row r="731">
       <c r="A731" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21707</t>
+          <t>../../src/timeline/TimelineModel.cpp:21736</t>
         </is>
       </c>
       <c r="B731" t="inlineStr">
         <is>
-          <t>%1 can now redact room messages.</t>
+          <t>%1 can now kick room members.</t>
         </is>
       </c>
       <c r="C731" t="inlineStr">
         <is>
-          <t>%1 ya puede redactar mensajes de sala.</t>
+          <t>%1 ahora puede expulsar a los miembros de la sala.</t>
         </is>
       </c>
       <c r="D731" t="inlineStr"/>
       <c r="E731" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F731" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now redact room messages.</t>
+          <t>TimelineModel%1 can now kick room members.</t>
         </is>
       </c>
       <c r="G731" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 ahora puede expurgar mensajes de la sala.</t>
+          <t>Suggested in Weblate: %1 ahora puede expulsar miembros de la sala.</t>
         </is>
       </c>
       <c r="H731" t="inlineStr"/>
     </row>
     <row r="732">
       <c r="A732" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21719</t>
+          <t>../../src/timeline/TimelineModel.cpp:21748</t>
         </is>
       </c>
       <c r="B732" t="inlineStr">
         <is>
-          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C732" t="inlineStr">
         <is>
-          <t>%1 ha cambiado el powerlevel de baneo de la sala de %2 a %3.</t>
+          <t>%1 ha cambiado el powerlevel de la sala de %2 a %3.</t>
         </is>
       </c>
       <c r="D732" t="inlineStr"/>
       <c r="E732" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F732" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G732" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 ha cambiado el nivel de baneo de la sala de %2 a %3.</t>
+          <t>Suggested in Weblate: %1 ha cambiado el nivel de expurgación de la sala de %2 a %3.</t>
         </is>
       </c>
       <c r="H732" t="inlineStr"/>
     </row>
     <row r="733">
       <c r="A733" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21734</t>
+          <t>../../src/timeline/TimelineModel.cpp:21762</t>
         </is>
       </c>
       <c r="B733" t="inlineStr">
         <is>
-          <t>%n member can now ban room members.</t>
+          <t>%n member can now redact room messages.</t>
         </is>
       </c>
       <c r="C733" t="inlineStr">
         <is>
-          <t>%n ahora un miembro puede banear a los miembros de la sala.</t>
+          <t>%n ahora puede redactar mensajes de sala.</t>
         </is>
       </c>
       <c r="D733" t="inlineStr"/>
       <c r="E733" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F733" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now ban room members.</t>
+          <t>TimelineModel%n member(s) can now redact room messages.</t>
         </is>
       </c>
       <c r="G733" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %n miembro ahora puede banear miembros de la sala., %n miembros ahora pueden banear miembros de la sala.</t>
+          <t>Suggested in Weblate: %n miembro ahora puede expurgar mensajes de la sala., %n miembros ahora pueden expurgar mensajes de la sala.</t>
         </is>
       </c>
       <c r="H733" t="inlineStr"/>
     </row>
     <row r="734">
       <c r="A734" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21738</t>
+          <t>../../src/timeline/TimelineModel.cpp:21768</t>
         </is>
       </c>
       <c r="B734" t="inlineStr">
         <is>
-          <t>%1 can now ban room members.</t>
+          <t>%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="C734" t="inlineStr">
         <is>
-          <t>%1 ahora puede banear a los miembros de la sala.</t>
+          <t>%1 ya puede redactar mensajes de sala.</t>
         </is>
       </c>
       <c r="D734" t="inlineStr"/>
       <c r="E734" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F734" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now ban room members.</t>
+          <t>TimelineModel%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="G734" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 ahora puede banear miembros de la sala.</t>
+          <t>Suggested in Weblate: %1 ahora puede expurgar mensajes de la sala.</t>
         </is>
       </c>
       <c r="H734" t="inlineStr"/>
     </row>
     <row r="735">
       <c r="A735" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21751</t>
+          <t>../../src/timeline/TimelineModel.cpp:21780</t>
         </is>
       </c>
       <c r="B735" t="inlineStr">
         <is>
-          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C735" t="inlineStr">
         <is>
-          <t>%1 ha cambiado el state_default powerlevel de la sala de %2 a %3.</t>
+          <t>%1 ha cambiado el powerlevel de baneo de la sala de %2 a %3.</t>
         </is>
       </c>
       <c r="D735" t="inlineStr"/>
       <c r="E735" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F735" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G735" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 ha cambiado el nivel del state_default de la sala de %2 a %3.</t>
+          <t>Suggested in Weblate: %1 ha cambiado el nivel de baneo de la sala de %2 a %3.</t>
         </is>
       </c>
       <c r="H735" t="inlineStr"/>
     </row>
     <row r="736">
       <c r="A736" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21766</t>
+          <t>../../src/timeline/TimelineModel.cpp:21795</t>
         </is>
       </c>
       <c r="B736" t="inlineStr">
         <is>
-          <t>%n member can now send state events.</t>
+          <t>%n member can now ban room members.</t>
         </is>
       </c>
       <c r="C736" t="inlineStr">
         <is>
-          <t>%n ahora un miembro puede enviar eventos de estado.</t>
+          <t>%n ahora un miembro puede banear a los miembros de la sala.</t>
         </is>
       </c>
       <c r="D736" t="inlineStr"/>
       <c r="E736" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F736" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now send state events.</t>
+          <t>TimelineModel%n member(s) can now ban room members.</t>
         </is>
       </c>
       <c r="G736" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %n miembro ahora puede enviar eventos de estado., %n miembros ahora pueden enviar eventos de estado.</t>
+          <t>Suggested in Weblate: %n miembro ahora puede banear miembros de la sala., %n miembros ahora pueden banear miembros de la sala.</t>
         </is>
       </c>
       <c r="H736" t="inlineStr"/>
     </row>
     <row r="737">
       <c r="A737" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21770</t>
+          <t>../../src/timeline/TimelineModel.cpp:21799</t>
         </is>
       </c>
       <c r="B737" t="inlineStr">
         <is>
-          <t>%1 can now send state events.</t>
+          <t>%1 can now ban room members.</t>
         </is>
       </c>
       <c r="C737" t="inlineStr">
         <is>
-          <t>%1 ya puede enviar eventos de estado.</t>
+          <t>%1 ahora puede banear a los miembros de la sala.</t>
         </is>
       </c>
       <c r="D737" t="inlineStr"/>
       <c r="E737" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F737" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now send state events.</t>
+          <t>TimelineModel%1 can now ban room members.</t>
         </is>
       </c>
       <c r="G737" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 ahora puede enviar eventos de estado.</t>
+          <t>Suggested in Weblate: %1 ahora puede banear miembros de la sala.</t>
         </is>
       </c>
       <c r="H737" t="inlineStr"/>
     </row>
     <row r="738">
       <c r="A738" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21784</t>
+          <t>../../src/timeline/TimelineModel.cpp:21812</t>
         </is>
       </c>
       <c r="B738" t="inlineStr">
         <is>
-          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C738" t="inlineStr">
         <is>
-          <t>%1 ha cambiado el powerlevel de invitación de la sala de %2 a %3.</t>
+          <t>%1 ha cambiado el state_default powerlevel de la sala de %2 a %3.</t>
         </is>
       </c>
       <c r="D738" t="inlineStr"/>
       <c r="E738" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F738" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G738" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 ha cambiado el nivel de invitaciones de la sala de %2 a %3.</t>
+          <t>Suggested in Weblate: %1 ha cambiado el nivel del state_default de la sala de %2 a %3.</t>
         </is>
       </c>
       <c r="H738" t="inlineStr"/>
     </row>
     <row r="739">
       <c r="A739" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21794</t>
+          <t>../../src/timeline/TimelineModel.cpp:21827</t>
         </is>
       </c>
       <c r="B739" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>%n member can now send state events.</t>
         </is>
       </c>
       <c r="C739" t="inlineStr">
         <is>
-          <t>%1 ha cambiado el events_default powerlevel de la sala de %2 a %3. Ahora los nuevos usuarios no pueden enviar eventos.</t>
+          <t>%n ahora un miembro puede enviar eventos de estado.</t>
         </is>
       </c>
       <c r="D739" t="inlineStr"/>
       <c r="E739" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F739" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
-[...2 lines deleted...]
-      <c r="G739" t="inlineStr"/>
+          <t>TimelineModel%n member(s) can now send state events.</t>
+        </is>
+      </c>
+      <c r="G739" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %n miembro ahora puede enviar eventos de estado., %n miembros ahora pueden enviar eventos de estado.</t>
+        </is>
+      </c>
       <c r="H739" t="inlineStr"/>
     </row>
     <row r="740">
       <c r="A740" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21803</t>
+          <t>../../src/timeline/TimelineModel.cpp:21831</t>
         </is>
       </c>
       <c r="B740" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>%1 can now send state events.</t>
         </is>
       </c>
       <c r="C740" t="inlineStr">
         <is>
-          <t>%1 ha cambiado el events_default powerlevel de la sala de %2 a %3. Ahora los nuevos usuarios pueden enviar eventos que no estén restringidos.</t>
+          <t>%1 ya puede enviar eventos de estado.</t>
         </is>
       </c>
       <c r="D740" t="inlineStr"/>
       <c r="E740" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F740" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
-[...2 lines deleted...]
-      <c r="G740" t="inlineStr"/>
+          <t>TimelineModel%1 can now send state events.</t>
+        </is>
+      </c>
+      <c r="G740" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 ahora puede enviar eventos de estado.</t>
+        </is>
+      </c>
       <c r="H740" t="inlineStr"/>
     </row>
     <row r="741">
       <c r="A741" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21810</t>
+          <t>../../src/timeline/TimelineModel.cpp:21845</t>
         </is>
       </c>
       <c r="B741" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C741" t="inlineStr">
         <is>
-          <t>%1 ha cambiado el events_default powerlevel de la sala de %2 a %3.</t>
+          <t>%1 ha cambiado el powerlevel de invitación de la sala de %2 a %3.</t>
         </is>
       </c>
       <c r="D741" t="inlineStr"/>
       <c r="E741" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F741" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
-[...2 lines deleted...]
-      <c r="G741" t="inlineStr"/>
+          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
+        </is>
+      </c>
+      <c r="G741" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 ha cambiado el nivel de invitaciones de la sala de %2 a %3.</t>
+        </is>
+      </c>
       <c r="H741" t="inlineStr"/>
     </row>
     <row r="742">
       <c r="A742" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21822</t>
+          <t>../../src/timeline/TimelineModel.cpp:21855</t>
         </is>
       </c>
       <c r="B742" t="inlineStr">
         <is>
-          <t>%1 has made %2 an administrator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="C742" t="inlineStr">
         <is>
-          <t>%1 ha nombrado a %2 administrador de esta sala.</t>
+          <t>%1 ha cambiado el events_default powerlevel de la sala de %2 a %3. Ahora los nuevos usuarios no pueden enviar eventos.</t>
         </is>
       </c>
       <c r="D742" t="inlineStr"/>
       <c r="E742" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F742" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+        </is>
+      </c>
+      <c r="G742" t="inlineStr"/>
       <c r="H742" t="inlineStr"/>
     </row>
     <row r="743">
       <c r="A743" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21826</t>
+          <t>../../src/timeline/TimelineModel.cpp:21864</t>
         </is>
       </c>
       <c r="B743" t="inlineStr">
         <is>
-          <t>%1 has made %2 a moderator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="C743" t="inlineStr">
         <is>
-          <t>%1 ha nombrado a %2 moderador de esta sala.</t>
+          <t>%1 ha cambiado el events_default powerlevel de la sala de %2 a %3. Ahora los nuevos usuarios pueden enviar eventos que no estén restringidos.</t>
         </is>
       </c>
       <c r="D743" t="inlineStr"/>
       <c r="E743" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F743" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+        </is>
+      </c>
+      <c r="G743" t="inlineStr"/>
       <c r="H743" t="inlineStr"/>
     </row>
     <row r="744">
       <c r="A744" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21830</t>
+          <t>../../src/timeline/TimelineModel.cpp:21871</t>
         </is>
       </c>
       <c r="B744" t="inlineStr">
         <is>
-          <t>%1 has downgraded %2 to moderator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C744" t="inlineStr">
         <is>
-          <t>%1 ha rebajado %2 a moderador de esta sala.</t>
+          <t>%1 ha cambiado el events_default powerlevel de la sala de %2 a %3.</t>
         </is>
       </c>
       <c r="D744" t="inlineStr"/>
       <c r="E744" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F744" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+        </is>
+      </c>
+      <c r="G744" t="inlineStr"/>
       <c r="H744" t="inlineStr"/>
     </row>
     <row r="745">
       <c r="A745" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21833</t>
+          <t>../../src/timeline/TimelineModel.cpp:21883</t>
         </is>
       </c>
       <c r="B745" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="C745" t="inlineStr">
         <is>
-          <t>%1 ha cambiado el powerlevel de %2 de %3 a %4.</t>
+          <t>%1 ha nombrado a %2 administrador de esta sala.</t>
         </is>
       </c>
       <c r="D745" t="inlineStr"/>
       <c r="E745" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F745" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="G745" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 ha cambiado el nivel de %2 de %3 a %4.</t>
+          <t>Suggested in Weblate: %1 volvió a %2 un administrador de esta sala.</t>
         </is>
       </c>
       <c r="H745" t="inlineStr"/>
     </row>
     <row r="746">
       <c r="A746" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21849</t>
+          <t>../../src/timeline/TimelineModel.cpp:21887</t>
         </is>
       </c>
       <c r="B746" t="inlineStr">
         <is>
-          <t>%1 allowed only administrators to send "%2".</t>
+          <t>%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="C746" t="inlineStr">
         <is>
-          <t>%1 sólo permitía a los administradores enviar "%2".</t>
+          <t>%1 ha nombrado a %2 moderador de esta sala.</t>
         </is>
       </c>
       <c r="D746" t="inlineStr"/>
       <c r="E746" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F746" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
+          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="G746" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 permitió solo a administradores enviar "%2".</t>
+          <t>Suggested in Weblate: %1 volvió a %2 un moderador de esta sala.</t>
         </is>
       </c>
       <c r="H746" t="inlineStr"/>
     </row>
     <row r="747">
       <c r="A747" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21852</t>
+          <t>../../src/timeline/TimelineModel.cpp:21891</t>
         </is>
       </c>
       <c r="B747" t="inlineStr">
         <is>
-          <t>%1 allowed only moderators to send "%2".</t>
+          <t>%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="C747" t="inlineStr">
         <is>
-          <t>%1 sólo permitía a los moderadores enviar "%2".</t>
+          <t>%1 ha rebajado %2 a moderador de esta sala.</t>
         </is>
       </c>
       <c r="D747" t="inlineStr"/>
       <c r="E747" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F747" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
+          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="G747" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 permitió solo a moderadores enviar "%2".</t>
+          <t>Suggested in Weblate: %1 degradó %2 a moderador de esta sala.</t>
         </is>
       </c>
       <c r="H747" t="inlineStr"/>
     </row>
     <row r="748">
       <c r="A748" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21855</t>
+          <t>../../src/timeline/TimelineModel.cpp:21895</t>
         </is>
       </c>
       <c r="B748" t="inlineStr">
         <is>
-          <t>%1 allowed everyone to send "%2".</t>
+          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="C748" t="inlineStr">
         <is>
-          <t>%1 permitió a todos enviar "%2".</t>
+          <t>%1 ha cambiado el powerlevel de %2 de %3 a %4.</t>
         </is>
       </c>
       <c r="D748" t="inlineStr"/>
       <c r="E748" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F748" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed everyone to send "%2".</t>
+          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="G748" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 permitió a todos enviar: "%2".</t>
+          <t>Suggested in Weblate: %1 ha cambiado el nivel de %2 de %3 a %4.</t>
         </is>
       </c>
       <c r="H748" t="inlineStr"/>
     </row>
     <row r="749">
       <c r="A749" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21859</t>
+          <t>../../src/timeline/TimelineModel.cpp:21911</t>
         </is>
       </c>
       <c r="B749" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="C749" t="inlineStr">
         <is>
-          <t>%1 ha cambiado el powerlevel del tipo de evento "%2" del predeterminado a %3.</t>
+          <t>%1 sólo permitía a los administradores enviar "%2".</t>
         </is>
       </c>
       <c r="D749" t="inlineStr"/>
       <c r="E749" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F749" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="G749" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 ha cambiado el nivel de poder del tipo de evento "%2" del predeterminado a %3.</t>
+          <t>Suggested in Weblate: %1 permitió solo a administradores enviar "%2".</t>
         </is>
       </c>
       <c r="H749" t="inlineStr"/>
     </row>
     <row r="750">
       <c r="A750" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21865</t>
+          <t>../../src/timeline/TimelineModel.cpp:21914</t>
         </is>
       </c>
       <c r="B750" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="C750" t="inlineStr">
         <is>
-          <t>%1 ha cambiado el powerlevel del tipo de evento "%2" de %3 a %4.</t>
+          <t>%1 sólo permitía a los moderadores enviar "%2".</t>
         </is>
       </c>
       <c r="D750" t="inlineStr"/>
       <c r="E750" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F750" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="G750" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 ha cambiado el nivel de poder del tipo de evento "%2" de %3 a %4.</t>
+          <t>Suggested in Weblate: %1 permitió solo a moderadores enviar "%2".</t>
         </is>
       </c>
       <c r="H750" t="inlineStr"/>
     </row>
     <row r="751">
       <c r="A751" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21924</t>
+          <t>../../src/timeline/TimelineModel.cpp:21917</t>
         </is>
       </c>
       <c r="B751" t="inlineStr">
         <is>
-          <t>(empty)</t>
+          <t>%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="C751" t="inlineStr">
         <is>
-          <t>(vacío)</t>
+          <t>%1 permitió a todos enviar "%2".</t>
         </is>
       </c>
       <c r="D751" t="inlineStr"/>
       <c r="E751" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F751" t="inlineStr">
         <is>
-          <t>TimelineModel(empty)</t>
-[...2 lines deleted...]
-      <c r="G751" t="inlineStr"/>
+          <t>TimelineModel%1 allowed everyone to send "%2".</t>
+        </is>
+      </c>
+      <c r="G751" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 permitió a todos enviar: "%2".</t>
+        </is>
+      </c>
       <c r="H751" t="inlineStr"/>
     </row>
     <row r="752">
       <c r="A752" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21930</t>
+          <t>../../src/timeline/TimelineModel.cpp:21921</t>
         </is>
       </c>
       <c r="B752" t="inlineStr">
         <is>
-          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="C752" t="inlineStr">
         <is>
-          <t>%1 ha eliminado las siguientes imágenes del pack %2:&lt;br&gt;%3</t>
+          <t>%1 ha cambiado el powerlevel del tipo de evento "%2" del predeterminado a %3.</t>
         </is>
       </c>
       <c r="D752" t="inlineStr"/>
       <c r="E752" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F752" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="G752" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 removió las siguientes imágenes del pack %2: &lt;br&gt;%3</t>
+          <t>Suggested in Weblate: %1 ha cambiado el nivel de poder del tipo de evento "%2" del predeterminado a %3.</t>
         </is>
       </c>
       <c r="H752" t="inlineStr"/>
     </row>
     <row r="753">
       <c r="A753" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21936</t>
+          <t>../../src/timeline/TimelineModel.cpp:21927</t>
         </is>
       </c>
       <c r="B753" t="inlineStr">
         <is>
-          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="C753" t="inlineStr">
         <is>
-          <t>%1 ha añadido las siguientes imágenes al pack %2:&lt;br&gt;%3</t>
+          <t>%1 ha cambiado el powerlevel del tipo de evento "%2" de %3 a %4.</t>
         </is>
       </c>
       <c r="D753" t="inlineStr"/>
       <c r="E753" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F753" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="G753" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 agregó las siguientes imágenes al pack %2:&lt;br&gt;%3</t>
+          <t>Suggested in Weblate: %1 ha cambiado el nivel de poder del tipo de evento "%2" de %3 a %4.</t>
         </is>
       </c>
       <c r="H753" t="inlineStr"/>
     </row>
     <row r="754">
       <c r="A754" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21941</t>
+          <t>../../src/timeline/TimelineModel.cpp:21986</t>
         </is>
       </c>
       <c r="B754" t="inlineStr">
         <is>
-          <t>%1 changed the sticker and emotes in this room.</t>
+          <t>(empty)</t>
         </is>
       </c>
       <c r="C754" t="inlineStr">
         <is>
-          <t>%1 ha cambiado las pegatinas y los emotes de esta sala.</t>
+          <t>(vacío)</t>
         </is>
       </c>
       <c r="D754" t="inlineStr"/>
       <c r="E754" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F754" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel(empty)</t>
+        </is>
+      </c>
+      <c r="G754" t="inlineStr"/>
       <c r="H754" t="inlineStr"/>
     </row>
     <row r="755">
       <c r="A755" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21976</t>
+          <t>../../src/timeline/TimelineModel.cpp:21992</t>
         </is>
       </c>
       <c r="B755" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban users matching %2.</t>
+          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C755" t="inlineStr">
         <is>
-          <t>%1 deshabilitó la regla para banear usuarios que coincidan con %2.</t>
+          <t>%1 ha eliminado las siguientes imágenes del pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="D755" t="inlineStr"/>
       <c r="E755" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F755" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
+          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G755" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 deshabilitó la regla de baneo de usuarios que emparejan %2.</t>
+          <t>Suggested in Weblate: %1 removió las siguientes imágenes del pack %2: &lt;br&gt;%3</t>
         </is>
       </c>
       <c r="H755" t="inlineStr"/>
     </row>
     <row r="756">
       <c r="A756" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21979</t>
+          <t>../../src/timeline/TimelineModel.cpp:21998</t>
         </is>
       </c>
       <c r="B756" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C756" t="inlineStr">
         <is>
-          <t>%1 añadió una regla para banear usuarios que coincidan con %2 para '%3'.</t>
+          <t>%1 ha añadido las siguientes imágenes al pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="D756" t="inlineStr"/>
       <c r="E756" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F756" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G756" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 agregó una regla de baneo de usuarios que emparejan %2 por '%3'.</t>
+          <t>Suggested in Weblate: %1 agregó las siguientes imágenes al pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="H756" t="inlineStr"/>
     </row>
     <row r="757">
       <c r="A757" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22001</t>
+          <t>../../src/timeline/TimelineModel.cpp:22003</t>
         </is>
       </c>
       <c r="B757" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban rooms matching %2.</t>
+          <t>%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="C757" t="inlineStr">
         <is>
-          <t>%1 desactivó la regla para banear salas que coincidan con %2.</t>
+          <t>%1 ha cambiado las pegatinas y los emotes de esta sala.</t>
         </is>
       </c>
       <c r="D757" t="inlineStr"/>
       <c r="E757" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F757" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
+          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="G757" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 deshabilitó la regla de baneo de salas que emparejan %2.</t>
+          <t>Suggested in Weblate: %1 cambió el sticker y emotes en esta sala.</t>
         </is>
       </c>
       <c r="H757" t="inlineStr"/>
     </row>
     <row r="758">
       <c r="A758" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22004</t>
+          <t>../../src/timeline/TimelineModel.cpp:22038</t>
         </is>
       </c>
       <c r="B758" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="C758" t="inlineStr">
         <is>
-          <t>%1 añadió una regla para banear salas que coincidan con %2 para '%3'.</t>
+          <t>%1 deshabilitó la regla para banear usuarios que coincidan con %2.</t>
         </is>
       </c>
       <c r="D758" t="inlineStr"/>
       <c r="E758" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F758" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="G758" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 agregó una regla de baneo de salas que emparejan %2 por '%3'.</t>
+          <t>Suggested in Weblate: %1 deshabilitó la regla de baneo de usuarios que emparejan %2.</t>
         </is>
       </c>
       <c r="H758" t="inlineStr"/>
     </row>
     <row r="759">
       <c r="A759" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22026</t>
+          <t>../../src/timeline/TimelineModel.cpp:22041</t>
         </is>
       </c>
       <c r="B759" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban servers matching %2.</t>
+          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C759" t="inlineStr">
         <is>
-          <t>%1 desactivó la regla para banear servidores que coincidan con %2.</t>
+          <t>%1 añadió una regla para banear usuarios que coincidan con %2 para '%3'.</t>
         </is>
       </c>
       <c r="D759" t="inlineStr"/>
       <c r="E759" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F759" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
+          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G759" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 deshabilitó la regla de baneo de servidores que emparejan %2.</t>
+          <t>Suggested in Weblate: %1 agregó una regla de baneo de usuarios que emparejan %2 por '%3'.</t>
         </is>
       </c>
       <c r="H759" t="inlineStr"/>
     </row>
     <row r="760">
       <c r="A760" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22029</t>
+          <t>../../src/timeline/TimelineModel.cpp:22063</t>
         </is>
       </c>
       <c r="B760" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="C760" t="inlineStr">
         <is>
-          <t>%1 añadió una regla para banear servidores que coincidan con %2 para '%3'.</t>
+          <t>%1 desactivó la regla para banear salas que coincidan con %2.</t>
         </is>
       </c>
       <c r="D760" t="inlineStr"/>
       <c r="E760" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F760" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="G760" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 agregó una regla de baneo de servidores que emparejan %2 por '%3'.</t>
+          <t>Suggested in Weblate: %1 deshabilitó la regla de baneo de salas que emparejan %2.</t>
         </is>
       </c>
       <c r="H760" t="inlineStr"/>
     </row>
     <row r="761">
       <c r="A761" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22063</t>
+          <t>../../src/timeline/TimelineModel.cpp:22066</t>
         </is>
       </c>
       <c r="B761" t="inlineStr">
         <is>
-          <t>Removed by %1</t>
+          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C761" t="inlineStr">
         <is>
-          <t>Eliminado por %1</t>
+          <t>%1 añadió una regla para banear salas que coincidan con %2 para '%3'.</t>
         </is>
       </c>
       <c r="D761" t="inlineStr"/>
       <c r="E761" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F761" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1</t>
-[...2 lines deleted...]
-      <c r="G761" t="inlineStr"/>
+          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
+        </is>
+      </c>
+      <c r="G761" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 agregó una regla de baneo de salas que emparejan %2 por '%3'.</t>
+        </is>
+      </c>
       <c r="H761" t="inlineStr"/>
     </row>
     <row r="762">
       <c r="A762" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22065</t>
+          <t>../../src/timeline/TimelineModel.cpp:22088</t>
         </is>
       </c>
       <c r="B762" t="inlineStr">
         <is>
-          <t>%1 (%2) removed this message at %3</t>
+          <t>%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="C762" t="inlineStr">
         <is>
-          <t>%1 (%2) eliminó este mensaje a las %3</t>
+          <t>%1 desactivó la regla para banear servidores que coincidan con %2.</t>
         </is>
       </c>
       <c r="D762" t="inlineStr"/>
       <c r="E762" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F762" t="inlineStr">
         <is>
-          <t>TimelineModel%1 (%2) removed this message at %3</t>
-[...2 lines deleted...]
-      <c r="G762" t="inlineStr"/>
+          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
+        </is>
+      </c>
+      <c r="G762" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 deshabilitó la regla de baneo de servidores que emparejan %2.</t>
+        </is>
+      </c>
       <c r="H762" t="inlineStr"/>
     </row>
     <row r="763">
       <c r="A763" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22067</t>
+          <t>../../src/timeline/TimelineModel.cpp:22091</t>
         </is>
       </c>
       <c r="B763" t="inlineStr">
         <is>
-          <t>Removed by %1 because: %2</t>
+          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C763" t="inlineStr">
         <is>
-          <t>Eliminado por %1 porque: %2</t>
+          <t>%1 añadió una regla para banear servidores que coincidan con %2 para '%3'.</t>
         </is>
       </c>
       <c r="D763" t="inlineStr"/>
       <c r="E763" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F763" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1 because: %2</t>
-[...2 lines deleted...]
-      <c r="G763" t="inlineStr"/>
+          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
+        </is>
+      </c>
+      <c r="G763" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 agregó una regla de baneo de servidores que emparejan %2 por '%3'.</t>
+        </is>
+      </c>
       <c r="H763" t="inlineStr"/>
     </row>
     <row r="764">
       <c r="A764" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22068</t>
+          <t>../../src/timeline/TimelineModel.cpp:22125</t>
         </is>
       </c>
       <c r="B764" t="inlineStr">
+        <is>
+          <t>Removed by %1</t>
+        </is>
+      </c>
+      <c r="C764" t="inlineStr">
+        <is>
+          <t>Eliminado por %1</t>
+        </is>
+      </c>
+      <c r="D764" t="inlineStr"/>
+      <c r="E764" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F764" t="inlineStr">
+        <is>
+          <t>TimelineModelRemoved by %1</t>
+        </is>
+      </c>
+      <c r="G764" t="inlineStr"/>
+      <c r="H764" t="inlineStr"/>
+    </row>
+    <row r="765">
+      <c r="A765" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22127</t>
+        </is>
+      </c>
+      <c r="B765" t="inlineStr">
+        <is>
+          <t>%1 (%2) removed this message at %3</t>
+        </is>
+      </c>
+      <c r="C765" t="inlineStr">
+        <is>
+          <t>%1 (%2) eliminó este mensaje a las %3</t>
+        </is>
+      </c>
+      <c r="D765" t="inlineStr"/>
+      <c r="E765" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F765" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 (%2) removed this message at %3</t>
+        </is>
+      </c>
+      <c r="G765" t="inlineStr"/>
+      <c r="H765" t="inlineStr"/>
+    </row>
+    <row r="766">
+      <c r="A766" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22129</t>
+        </is>
+      </c>
+      <c r="B766" t="inlineStr">
+        <is>
+          <t>Removed by %1 because: %2</t>
+        </is>
+      </c>
+      <c r="C766" t="inlineStr">
+        <is>
+          <t>Eliminado por %1 porque: %2</t>
+        </is>
+      </c>
+      <c r="D766" t="inlineStr"/>
+      <c r="E766" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F766" t="inlineStr">
+        <is>
+          <t>TimelineModelRemoved by %1 because: %2</t>
+        </is>
+      </c>
+      <c r="G766" t="inlineStr"/>
+      <c r="H766" t="inlineStr"/>
+    </row>
+    <row r="767">
+      <c r="A767" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22130</t>
+        </is>
+      </c>
+      <c r="B767" t="inlineStr">
         <is>
           <t>%1 (%2) removed this message at %3
 Reason: %4</t>
         </is>
       </c>
-      <c r="C764" t="inlineStr">
+      <c r="C767" t="inlineStr">
         <is>
           <t>%1 (%2) eliminó este mensaje a las %3
 Motivo: %4</t>
         </is>
       </c>
-      <c r="D764" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F764" t="inlineStr">
+      <c r="D767" t="inlineStr"/>
+      <c r="E767" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F767" t="inlineStr">
         <is>
           <t>TimelineModel%1 (%2) removed this message at %3
 Reason: %4</t>
         </is>
       </c>
-      <c r="G764" t="inlineStr"/>
-[...101 lines deleted...]
-      </c>
+      <c r="G767" t="inlineStr"/>
       <c r="H767" t="inlineStr"/>
     </row>
     <row r="768">
       <c r="A768" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22219</t>
+          <t>../../src/timeline/TimelineModel.cpp:22274</t>
         </is>
       </c>
       <c r="B768" t="inlineStr">
         <is>
-          <t>%2 rejected the knock from %1.</t>
+          <t>%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="C768" t="inlineStr">
         <is>
-          <t>%2 rechazó el toc de %1.</t>
+          <t>%2 revocó la invitación a %1.</t>
         </is>
       </c>
       <c r="D768" t="inlineStr"/>
       <c r="E768" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F768" t="inlineStr">
         <is>
-          <t>TimelineModel%2 rejected the knock from %1.</t>
+          <t>TimelineModel%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="G768" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %2 rechazó la tocada de puerta de %1.</t>
+          <t>Suggested in Weblate: %2 revocó la invitación a las %1.</t>
         </is>
       </c>
       <c r="H768" t="inlineStr"/>
     </row>
     <row r="769">
       <c r="A769" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22187</t>
+          <t>../../src/timeline/TimelineModel.cpp:22269</t>
         </is>
       </c>
       <c r="B769" t="inlineStr">
         <is>
-          <t>%1 changed their avatar.</t>
+          <t>%2 kicked %1.</t>
         </is>
       </c>
       <c r="C769" t="inlineStr">
         <is>
-          <t>%1 cambió su avatar.</t>
+          <t>%2 expulso a %1.</t>
         </is>
       </c>
       <c r="D769" t="inlineStr"/>
       <c r="E769" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F769" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed their avatar.</t>
-[...2 lines deleted...]
-      <c r="G769" t="inlineStr"/>
+          <t>TimelineModel%2 kicked %1.</t>
+        </is>
+      </c>
+      <c r="G769" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %2 expulsó a %1.</t>
+        </is>
+      </c>
       <c r="H769" t="inlineStr"/>
     </row>
     <row r="770">
       <c r="A770" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22189</t>
+          <t>../../src/timeline/TimelineModel.cpp:22276</t>
         </is>
       </c>
       <c r="B770" t="inlineStr">
         <is>
-          <t>%1 changed some profile info.</t>
+          <t>%2 unbanned %1.</t>
         </is>
       </c>
       <c r="C770" t="inlineStr">
         <is>
-          <t>%1 cambió información en su perfil.</t>
+          <t>%2 desbaneado %1.</t>
         </is>
       </c>
       <c r="D770" t="inlineStr"/>
       <c r="E770" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F770" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed some profile info.</t>
-[...2 lines deleted...]
-      <c r="G770" t="inlineStr"/>
+          <t>TimelineModel%2 unbanned %1.</t>
+        </is>
+      </c>
+      <c r="G770" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %2 desbaneó a %1.</t>
+        </is>
+      </c>
       <c r="H770" t="inlineStr"/>
     </row>
     <row r="771">
       <c r="A771" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22194</t>
+          <t>../../src/timeline/TimelineModel.cpp:22281</t>
         </is>
       </c>
       <c r="B771" t="inlineStr">
         <is>
-          <t>%1 joined.</t>
+          <t>%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="C771" t="inlineStr">
         <is>
-          <t>%1 se unió.</t>
+          <t>%2 rechazó el toc de %1.</t>
         </is>
       </c>
       <c r="D771" t="inlineStr"/>
       <c r="E771" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F771" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined.</t>
-[...2 lines deleted...]
-      <c r="G771" t="inlineStr"/>
+          <t>TimelineModel%2 rejected the knock from %1.</t>
+        </is>
+      </c>
+      <c r="G771" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %2 rechazó la tocada de puerta de %1.</t>
+        </is>
+      </c>
       <c r="H771" t="inlineStr"/>
     </row>
     <row r="772">
       <c r="A772" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22197</t>
+          <t>../../src/timeline/TimelineModel.cpp:22249</t>
         </is>
       </c>
       <c r="B772" t="inlineStr">
         <is>
-          <t>%1 joined via authorisation from %2's server.</t>
+          <t>%1 changed their avatar.</t>
         </is>
       </c>
       <c r="C772" t="inlineStr">
         <is>
-          <t>%1 se unió a través de la autorización del servidor de %2.</t>
+          <t>%1 cambió su avatar.</t>
         </is>
       </c>
       <c r="D772" t="inlineStr"/>
       <c r="E772" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F772" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
+          <t>TimelineModel%1 changed their avatar.</t>
         </is>
       </c>
       <c r="G772" t="inlineStr"/>
       <c r="H772" t="inlineStr"/>
     </row>
     <row r="773">
       <c r="A773" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22210</t>
+          <t>../../src/timeline/TimelineModel.cpp:22251</t>
         </is>
       </c>
       <c r="B773" t="inlineStr">
         <is>
-          <t>%1 rejected their invite.</t>
+          <t>%1 changed some profile info.</t>
         </is>
       </c>
       <c r="C773" t="inlineStr">
         <is>
-          <t>%1 rechazó la invitación.</t>
+          <t>%1 cambió información en su perfil.</t>
         </is>
       </c>
       <c r="D773" t="inlineStr"/>
       <c r="E773" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F773" t="inlineStr">
         <is>
-          <t>TimelineModel%1 rejected their invite.</t>
+          <t>TimelineModel%1 changed some profile info.</t>
         </is>
       </c>
       <c r="G773" t="inlineStr"/>
       <c r="H773" t="inlineStr"/>
     </row>
     <row r="774">
       <c r="A774" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22205</t>
+          <t>../../src/timeline/TimelineModel.cpp:22256</t>
         </is>
       </c>
       <c r="B774" t="inlineStr">
         <is>
-          <t>%1 left the room.</t>
+          <t>%1 joined.</t>
         </is>
       </c>
       <c r="C774" t="inlineStr">
         <is>
-          <t>%1 abandonó la sala.</t>
+          <t>%1 se unió.</t>
         </is>
       </c>
       <c r="D774" t="inlineStr"/>
       <c r="E774" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F774" t="inlineStr">
         <is>
-          <t>TimelineModel%1 left the room.</t>
+          <t>TimelineModel%1 joined.</t>
         </is>
       </c>
       <c r="G774" t="inlineStr"/>
       <c r="H774" t="inlineStr"/>
     </row>
     <row r="775">
       <c r="A775" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22236</t>
+          <t>../../src/timeline/TimelineModel.cpp:22259</t>
         </is>
       </c>
       <c r="B775" t="inlineStr">
         <is>
-          <t>Reason: %1</t>
+          <t>%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="C775" t="inlineStr">
         <is>
-          <t>Motivo: %1</t>
+          <t>%1 se unió a través de la autorización del servidor de %2.</t>
         </is>
       </c>
       <c r="D775" t="inlineStr"/>
       <c r="E775" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F775" t="inlineStr">
         <is>
-          <t>TimelineModelReason: %1</t>
+          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="G775" t="inlineStr"/>
       <c r="H775" t="inlineStr"/>
     </row>
     <row r="776">
       <c r="A776" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22217</t>
+          <t>../../src/timeline/TimelineModel.cpp:22272</t>
         </is>
       </c>
       <c r="B776" t="inlineStr">
         <is>
-          <t>%1 redacted their knock.</t>
+          <t>%1 rejected their invite.</t>
         </is>
       </c>
       <c r="C776" t="inlineStr">
         <is>
-          <t>%1 redactó su toc.</t>
+          <t>%1 rechazó la invitación.</t>
         </is>
       </c>
       <c r="D776" t="inlineStr"/>
       <c r="E776" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F776" t="inlineStr">
         <is>
-          <t>TimelineModel%1 redacted their knock.</t>
+          <t>TimelineModel%1 rejected their invite.</t>
         </is>
       </c>
       <c r="G776" t="inlineStr"/>
       <c r="H776" t="inlineStr"/>
     </row>
     <row r="777">
       <c r="A777" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19907</t>
+          <t>../../src/timeline/TimelineModel.cpp:22267</t>
         </is>
       </c>
       <c r="B777" t="inlineStr">
         <is>
-          <t>%1 changed which servers are allowed in this room.</t>
+          <t>%1 left the room.</t>
         </is>
       </c>
       <c r="C777" t="inlineStr">
         <is>
-          <t>%1 changed which servers are allowed in this room.</t>
+          <t>%1 abandonó la sala.</t>
         </is>
       </c>
       <c r="D777" t="inlineStr"/>
       <c r="E777" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F777" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
+          <t>TimelineModel%1 left the room.</t>
         </is>
       </c>
       <c r="G777" t="inlineStr"/>
       <c r="H777" t="inlineStr"/>
     </row>
     <row r="778">
       <c r="A778" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19911</t>
+          <t>../../src/timeline/TimelineModel.cpp:22298</t>
         </is>
       </c>
       <c r="B778" t="inlineStr">
         <is>
-          <t>%1 removed the room name.</t>
+          <t>Reason: %1</t>
         </is>
       </c>
       <c r="C778" t="inlineStr">
         <is>
-          <t>%1 eliminó el nombre de la sala.</t>
+          <t>Motivo: %1</t>
         </is>
       </c>
       <c r="D778" t="inlineStr"/>
       <c r="E778" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F778" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room name.</t>
+          <t>TimelineModelReason: %1</t>
         </is>
       </c>
       <c r="G778" t="inlineStr"/>
       <c r="H778" t="inlineStr"/>
     </row>
     <row r="779">
       <c r="A779" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19914</t>
+          <t>../../src/timeline/TimelineModel.cpp:22279</t>
         </is>
       </c>
       <c r="B779" t="inlineStr">
         <is>
-          <t>%1 changed the room name to: %2</t>
+          <t>%1 redacted their knock.</t>
         </is>
       </c>
       <c r="C779" t="inlineStr">
         <is>
-          <t>%1 cambió el nombre de la habitación a: %2</t>
+          <t>%1 redactó su toc.</t>
         </is>
       </c>
       <c r="D779" t="inlineStr"/>
       <c r="E779" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F779" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room name to: %2</t>
+          <t>TimelineModel%1 redacted their knock.</t>
         </is>
       </c>
       <c r="G779" t="inlineStr"/>
       <c r="H779" t="inlineStr"/>
     </row>
     <row r="780">
       <c r="A780" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19919</t>
+          <t>../../src/timeline/TimelineModel.cpp:19967</t>
         </is>
       </c>
       <c r="B780" t="inlineStr">
         <is>
-          <t>%1 removed the topic.</t>
+          <t>%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="C780" t="inlineStr">
         <is>
-          <t>%1 eliminó el tema.</t>
+          <t>%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="D780" t="inlineStr"/>
       <c r="E780" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F780" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the topic.</t>
+          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="G780" t="inlineStr"/>
       <c r="H780" t="inlineStr"/>
     </row>
     <row r="781">
       <c r="A781" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19922</t>
+          <t>../../src/timeline/TimelineModel.cpp:19971</t>
         </is>
       </c>
       <c r="B781" t="inlineStr">
         <is>
-          <t>%1 changed the topic to: %2</t>
+          <t>%1 removed the room name.</t>
         </is>
       </c>
       <c r="C781" t="inlineStr">
         <is>
-          <t>%1 cambió el tema a: %2</t>
+          <t>%1 eliminó el nombre de la sala.</t>
         </is>
       </c>
       <c r="D781" t="inlineStr"/>
       <c r="E781" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F781" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the topic to: %2</t>
+          <t>TimelineModel%1 removed the room name.</t>
         </is>
       </c>
       <c r="G781" t="inlineStr"/>
       <c r="H781" t="inlineStr"/>
     </row>
     <row r="782">
       <c r="A782" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19927</t>
+          <t>../../src/timeline/TimelineModel.cpp:19974</t>
         </is>
       </c>
       <c r="B782" t="inlineStr">
         <is>
-          <t>%1 changed the room avatar to: %2</t>
+          <t>%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="C782" t="inlineStr">
         <is>
-          <t>%1 cambió el avatar de la habitación a: %2</t>
+          <t>%1 cambió el nombre de la habitación a: %2</t>
         </is>
       </c>
       <c r="D782" t="inlineStr"/>
       <c r="E782" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F782" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room avatar to: %2</t>
+          <t>TimelineModel%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="G782" t="inlineStr"/>
       <c r="H782" t="inlineStr"/>
     </row>
     <row r="783">
       <c r="A783" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19935</t>
+          <t>../../src/timeline/TimelineModel.cpp:19979</t>
         </is>
       </c>
       <c r="B783" t="inlineStr">
         <is>
-          <t>%1 removed the room avatar.</t>
+          <t>%1 removed the topic.</t>
         </is>
       </c>
       <c r="C783" t="inlineStr">
         <is>
-          <t>%1 eliminó el avatar de la sala.</t>
+          <t>%1 eliminó el tema.</t>
         </is>
       </c>
       <c r="D783" t="inlineStr"/>
       <c r="E783" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F783" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room avatar.</t>
+          <t>TimelineModel%1 removed the topic.</t>
         </is>
       </c>
       <c r="G783" t="inlineStr"/>
       <c r="H783" t="inlineStr"/>
     </row>
     <row r="784">
       <c r="A784" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19938</t>
+          <t>../../src/timeline/TimelineModel.cpp:19982</t>
         </is>
       </c>
       <c r="B784" t="inlineStr">
         <is>
-          <t>%1 changed the pinned messages.</t>
+          <t>%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="C784" t="inlineStr">
         <is>
-          <t>%1 cambió los mensajes fijados.</t>
+          <t>%1 cambió el tema a: %2</t>
         </is>
       </c>
       <c r="D784" t="inlineStr"/>
       <c r="E784" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F784" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the pinned messages.</t>
+          <t>TimelineModel%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="G784" t="inlineStr"/>
       <c r="H784" t="inlineStr"/>
     </row>
     <row r="785">
       <c r="A785" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19945</t>
+          <t>../../src/timeline/TimelineModel.cpp:19987</t>
         </is>
       </c>
       <c r="B785" t="inlineStr">
         <is>
-          <t>%1 changed the addresses for this room.</t>
+          <t>%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="C785" t="inlineStr">
         <is>
-          <t>%1 cambió las direcciones para esta sala.</t>
+          <t>%1 cambió el avatar de la habitación a: %2</t>
         </is>
       </c>
       <c r="D785" t="inlineStr"/>
       <c r="E785" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F785" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the addresses for this room.</t>
+          <t>TimelineModel%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="G785" t="inlineStr"/>
       <c r="H785" t="inlineStr"/>
     </row>
     <row r="786">
       <c r="A786" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19948</t>
+          <t>../../src/timeline/TimelineModel.cpp:19995</t>
         </is>
       </c>
       <c r="B786" t="inlineStr">
         <is>
-          <t>%1 changed the parent communities for this room.</t>
+          <t>%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="C786" t="inlineStr">
         <is>
-          <t>%1 cambió las comunidades parentales para esta sala.</t>
+          <t>%1 eliminó el avatar de la sala.</t>
         </is>
       </c>
       <c r="D786" t="inlineStr"/>
       <c r="E786" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F786" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the parent communities for this room.</t>
+          <t>TimelineModel%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="G786" t="inlineStr"/>
       <c r="H786" t="inlineStr"/>
     </row>
     <row r="787">
       <c r="A787" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19951</t>
+          <t>../../src/timeline/TimelineModel.cpp:19998</t>
         </is>
       </c>
       <c r="B787" t="inlineStr">
         <is>
-          <t>%1 created and configured room: %2</t>
+          <t>%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="C787" t="inlineStr">
         <is>
-          <t>%1 creó y configuró la sala: %2</t>
+          <t>%1 cambió los mensajes fijados.</t>
         </is>
       </c>
       <c r="D787" t="inlineStr"/>
       <c r="E787" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F787" t="inlineStr">
         <is>
-          <t>TimelineModel%1 created and configured room: %2</t>
+          <t>TimelineModel%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="G787" t="inlineStr"/>
       <c r="H787" t="inlineStr"/>
     </row>
     <row r="788">
       <c r="A788" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19969</t>
+          <t>../../src/timeline/TimelineModel.cpp:20005</t>
         </is>
       </c>
       <c r="B788" t="inlineStr">
         <is>
-          <t>%1 changed unknown state event %2.</t>
+          <t>%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="C788" t="inlineStr">
         <is>
-          <t>%1 cambió evento de estado desconocido %2.</t>
+          <t>%1 cambió las direcciones para esta sala.</t>
         </is>
       </c>
       <c r="D788" t="inlineStr"/>
       <c r="E788" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F788" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed unknown state event %2.</t>
+          <t>TimelineModel%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="G788" t="inlineStr"/>
       <c r="H788" t="inlineStr"/>
     </row>
     <row r="789">
       <c r="A789" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20525</t>
+          <t>../../src/timeline/TimelineModel.cpp:20008</t>
         </is>
       </c>
       <c r="B789" t="inlineStr">
         <is>
-          <t>You joined this room.</t>
+          <t>%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="C789" t="inlineStr">
         <is>
-          <t>Te has unido a esta sala.</t>
+          <t>%1 cambió las comunidades parentales para esta sala.</t>
         </is>
       </c>
       <c r="D789" t="inlineStr"/>
       <c r="E789" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F789" t="inlineStr">
         <is>
-          <t>TimelineModelYou joined this room.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 changed the parent communities for this room.</t>
+        </is>
+      </c>
+      <c r="G789" t="inlineStr"/>
       <c r="H789" t="inlineStr"/>
     </row>
     <row r="790">
       <c r="A790" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20640</t>
+          <t>../../src/timeline/TimelineModel.cpp:20011</t>
         </is>
       </c>
       <c r="B790" t="inlineStr">
         <is>
-          <t>%n hour later</t>
-[...2 lines deleted...]
-      <c r="C790" t="inlineStr"/>
+          <t>%1 created and configured room: %2</t>
+        </is>
+      </c>
+      <c r="C790" t="inlineStr">
+        <is>
+          <t>%1 creó y configuró la sala: %2</t>
+        </is>
+      </c>
       <c r="D790" t="inlineStr"/>
       <c r="E790" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F790" t="inlineStr">
         <is>
-          <t>TimelineModel%n hour(s) later</t>
+          <t>TimelineModel%1 created and configured room: %2</t>
         </is>
       </c>
       <c r="G790" t="inlineStr"/>
       <c r="H790" t="inlineStr"/>
     </row>
     <row r="791">
       <c r="A791" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21552</t>
+          <t>../../src/timeline/TimelineModel.cpp:20029</t>
         </is>
       </c>
       <c r="B791" t="inlineStr">
         <is>
-          <t>%1 made this room require an invitation to join.</t>
+          <t>%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="C791" t="inlineStr">
         <is>
-          <t>%1 hizo que esta sala requiriera una invitación para entrar.</t>
+          <t>%1 cambió evento de estado desconocido %2.</t>
         </is>
       </c>
       <c r="D791" t="inlineStr"/>
       <c r="E791" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F791" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made this room require an invitation to join.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 changed unknown state event %2.</t>
+        </is>
+      </c>
+      <c r="G791" t="inlineStr"/>
       <c r="H791" t="inlineStr"/>
     </row>
     <row r="792">
       <c r="A792" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22170</t>
+          <t>../../src/timeline/TimelineModel.cpp:20584</t>
         </is>
       </c>
       <c r="B792" t="inlineStr">
         <is>
-          <t>%1 invited %2.</t>
+          <t>You joined this room.</t>
         </is>
       </c>
       <c r="C792" t="inlineStr">
         <is>
-          <t>%1 invitó a %2.</t>
+          <t>Te has unido a esta sala.</t>
         </is>
       </c>
       <c r="D792" t="inlineStr"/>
       <c r="E792" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F792" t="inlineStr">
         <is>
-          <t>TimelineModel%1 invited %2.</t>
-[...2 lines deleted...]
-      <c r="G792" t="inlineStr"/>
+          <t>TimelineModelYou joined this room.</t>
+        </is>
+      </c>
+      <c r="G792" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Te has unido a la sala</t>
+        </is>
+      </c>
       <c r="H792" t="inlineStr"/>
     </row>
     <row r="793">
       <c r="A793" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22181</t>
+          <t>../../src/timeline/TimelineModel.cpp:20699</t>
         </is>
       </c>
       <c r="B793" t="inlineStr">
         <is>
-          <t>%1 has changed their avatar and changed their display name to %2.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%n hour later</t>
+        </is>
+      </c>
+      <c r="C793" t="inlineStr"/>
       <c r="D793" t="inlineStr"/>
       <c r="E793" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F793" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
+          <t>TimelineModel%n hour(s) later</t>
         </is>
       </c>
       <c r="G793" t="inlineStr"/>
       <c r="H793" t="inlineStr"/>
     </row>
     <row r="794">
       <c r="A794" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22185</t>
+          <t>../../src/timeline/TimelineModel.cpp:21612</t>
         </is>
       </c>
       <c r="B794" t="inlineStr">
         <is>
-          <t>%1 has changed their display name to %2.</t>
+          <t>%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="C794" t="inlineStr">
         <is>
-          <t>%1 cambió su nombre a %2.</t>
+          <t>%1 hizo que esta sala requiriera una invitación para entrar.</t>
         </is>
       </c>
       <c r="D794" t="inlineStr"/>
       <c r="E794" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F794" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their display name to %2.</t>
-[...2 lines deleted...]
-      <c r="G794" t="inlineStr"/>
+          <t>TimelineModel%1 made this room require an invitation to join.</t>
+        </is>
+      </c>
+      <c r="G794" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 hizo a esta sala requerir una invitación para unirse.</t>
+        </is>
+      </c>
       <c r="H794" t="inlineStr"/>
     </row>
     <row r="795">
       <c r="A795" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22221</t>
+          <t>../../src/timeline/TimelineModel.cpp:22232</t>
         </is>
       </c>
       <c r="B795" t="inlineStr">
         <is>
-          <t>%1 left after having already left!</t>
+          <t>%1 invited %2.</t>
         </is>
       </c>
       <c r="C795" t="inlineStr">
         <is>
-          <t>¡%1 se fue después de ya haberse ido!</t>
+          <t>%1 invitó a %2.</t>
         </is>
       </c>
       <c r="D795" t="inlineStr"/>
       <c r="E795" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F795" t="inlineStr">
         <is>
+          <t>TimelineModel%1 invited %2.</t>
+        </is>
+      </c>
+      <c r="G795" t="inlineStr"/>
+      <c r="H795" t="inlineStr"/>
+    </row>
+    <row r="796">
+      <c r="A796" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22243</t>
+        </is>
+      </c>
+      <c r="B796" t="inlineStr">
+        <is>
+          <t>%1 has changed their avatar and changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="C796" t="inlineStr">
+        <is>
+          <t>%1 cambió su avatar y su nombre a %2.</t>
+        </is>
+      </c>
+      <c r="D796" t="inlineStr"/>
+      <c r="E796" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F796" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="G796" t="inlineStr"/>
+      <c r="H796" t="inlineStr"/>
+    </row>
+    <row r="797">
+      <c r="A797" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22247</t>
+        </is>
+      </c>
+      <c r="B797" t="inlineStr">
+        <is>
+          <t>%1 has changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="C797" t="inlineStr">
+        <is>
+          <t>%1 cambió su nombre a %2.</t>
+        </is>
+      </c>
+      <c r="D797" t="inlineStr"/>
+      <c r="E797" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F797" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 has changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="G797" t="inlineStr"/>
+      <c r="H797" t="inlineStr"/>
+    </row>
+    <row r="798">
+      <c r="A798" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22283</t>
+        </is>
+      </c>
+      <c r="B798" t="inlineStr">
+        <is>
+          <t>%1 left after having already left!</t>
+        </is>
+      </c>
+      <c r="C798" t="inlineStr">
+        <is>
+          <t>¡%1 se fue después de ya haberse ido!</t>
+        </is>
+      </c>
+      <c r="D798" t="inlineStr"/>
+      <c r="E798" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F798" t="inlineStr">
+        <is>
           <t>TimelineModel
 This is a leave event after the user already left and shouldn't happen apart from state resets%1 left after having already left!</t>
         </is>
       </c>
-      <c r="G795" t="inlineStr"/>
-[...92 lines deleted...]
-      </c>
       <c r="G798" t="inlineStr"/>
       <c r="H798" t="inlineStr"/>
     </row>
     <row r="799">
       <c r="A799" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22421</t>
+          <t>../../src/timeline/TimelineModel.cpp:22290</t>
         </is>
       </c>
       <c r="B799" t="inlineStr">
         <is>
-          <t>No room open</t>
+          <t>%1 banned %2</t>
         </is>
       </c>
       <c r="C799" t="inlineStr">
         <is>
-          <t>Ninguna sala abierta</t>
+          <t>%1 baneado %2</t>
         </is>
       </c>
       <c r="D799" t="inlineStr"/>
       <c r="E799" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F799" t="inlineStr">
         <is>
-          <t>TimelineViewNo room open</t>
-[...2 lines deleted...]
-      <c r="G799" t="inlineStr"/>
+          <t>TimelineModel%1 banned %2</t>
+        </is>
+      </c>
+      <c r="G799" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 baneó a %2</t>
+        </is>
+      </c>
       <c r="H799" t="inlineStr"/>
     </row>
     <row r="800">
       <c r="A800" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../../src/timeline/TimelineModel.cpp:22293</t>
         </is>
       </c>
       <c r="B800" t="inlineStr">
         <is>
-          <t>You are about to notify the whole room</t>
+          <t>%1 knocked.</t>
         </is>
       </c>
       <c r="C800" t="inlineStr">
         <is>
-          <t>Estás a punto de notificar a toda la sala</t>
+          <t>%1 hizo toc a la puerta.</t>
         </is>
       </c>
       <c r="D800" t="inlineStr"/>
       <c r="E800" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F800" t="inlineStr">
         <is>
-          <t>TimelineViewYou are about to notify the whole room</t>
+          <t>TimelineModel%1 knocked.</t>
         </is>
       </c>
       <c r="G800" t="inlineStr"/>
       <c r="H800" t="inlineStr"/>
     </row>
     <row r="801">
       <c r="A801" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../qml/TimelineSectionHeader.qml:22432</t>
         </is>
       </c>
       <c r="B801" t="inlineStr">
         <is>
-          <t>You will be mentioning %1</t>
-[...2 lines deleted...]
-      <c r="C801" t="inlineStr"/>
+          <t>%1's status message</t>
+        </is>
+      </c>
+      <c r="C801" t="inlineStr">
+        <is>
+          <t>mensaje de estado de %1</t>
+        </is>
+      </c>
       <c r="D801" t="inlineStr"/>
       <c r="E801" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F801" t="inlineStr">
         <is>
-          <t>TimelineViewYou will be mentioning %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineSectionHeader%1's status message</t>
+        </is>
+      </c>
+      <c r="G801" t="inlineStr"/>
       <c r="H801" t="inlineStr"/>
     </row>
     <row r="802">
       <c r="A802" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22535</t>
+          <t>../qml/TimelineView.qml:22483</t>
         </is>
       </c>
       <c r="B802" t="inlineStr">
         <is>
-          <t>The command /%1 is not recognized and will be sent as part of your message</t>
+          <t>No room open</t>
         </is>
       </c>
       <c r="C802" t="inlineStr">
         <is>
-          <t>El comando /%1 no es reconocido y será enviado como parte de su mensaje</t>
+          <t>Ninguna sala abierta</t>
         </is>
       </c>
       <c r="D802" t="inlineStr"/>
       <c r="E802" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F802" t="inlineStr">
         <is>
-          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineViewNo room open</t>
+        </is>
+      </c>
+      <c r="G802" t="inlineStr"/>
       <c r="H802" t="inlineStr"/>
     </row>
     <row r="803">
       <c r="A803" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22540</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B803" t="inlineStr">
         <is>
-          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>You are about to notify the whole room</t>
         </is>
       </c>
       <c r="C803" t="inlineStr">
         <is>
-          <t>/%1 parece un comando incompleto. Para enviarlo de todos modos, añade un espacio al final del mensaje.</t>
+          <t>Estás a punto de notificar a toda la sala</t>
         </is>
       </c>
       <c r="D803" t="inlineStr"/>
       <c r="E803" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F803" t="inlineStr">
         <is>
-          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineViewYou are about to notify the whole room</t>
+        </is>
+      </c>
+      <c r="G803" t="inlineStr"/>
       <c r="H803" t="inlineStr"/>
     </row>
     <row r="804">
       <c r="A804" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22581</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B804" t="inlineStr">
         <is>
-          <t>No preview available</t>
-[...6 lines deleted...]
-      </c>
+          <t>You will be mentioning %1</t>
+        </is>
+      </c>
+      <c r="C804" t="inlineStr"/>
       <c r="D804" t="inlineStr"/>
       <c r="E804" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F804" t="inlineStr">
         <is>
-          <t>TimelineViewNo preview available</t>
-[...2 lines deleted...]
-      <c r="G804" t="inlineStr"/>
+          <t>TimelineViewYou will be mentioning %1</t>
+        </is>
+      </c>
+      <c r="G804" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Mencionarás a %1</t>
+        </is>
+      </c>
       <c r="H804" t="inlineStr"/>
     </row>
     <row r="805">
       <c r="A805" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22586</t>
+          <t>../qml/TimelineView.qml:22598</t>
         </is>
       </c>
       <c r="B805" t="inlineStr">
         <is>
-          <t>Settings</t>
+          <t>The command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="C805" t="inlineStr">
         <is>
-          <t>Ajustes</t>
+          <t>El comando /%1 no es reconocido y será enviado como parte de su mensaje</t>
         </is>
       </c>
       <c r="D805" t="inlineStr"/>
       <c r="E805" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F805" t="inlineStr">
         <is>
-          <t>TimelineViewSettings</t>
-[...2 lines deleted...]
-      <c r="G805" t="inlineStr"/>
+          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
+        </is>
+      </c>
+      <c r="G805" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: El comando /%1 no es reconocido y será enviado com parte de su mensaje</t>
+        </is>
+      </c>
       <c r="H805" t="inlineStr"/>
     </row>
     <row r="806">
       <c r="A806" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22605</t>
+          <t>../qml/TimelineView.qml:22603</t>
         </is>
       </c>
       <c r="B806" t="inlineStr">
         <is>
-          <t>%n member</t>
+          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="C806" t="inlineStr">
         <is>
-          <t>%n miembro</t>
+          <t>/%1 parece un comando incompleto. Para enviarlo de todos modos, añade un espacio al final del mensaje.</t>
         </is>
       </c>
       <c r="D806" t="inlineStr"/>
       <c r="E806" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F806" t="inlineStr">
         <is>
-          <t>TimelineView%n member(s)</t>
+          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="G806" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %n miembro</t>
+          <t>Suggested in Weblate: /%1 parece ser un comando incompleto. Para enviarlo de todas formas, agregue un espacio al final de su mensaje.</t>
         </is>
       </c>
       <c r="H806" t="inlineStr"/>
     </row>
     <row r="807">
       <c r="A807" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22608</t>
+          <t>../qml/TimelineView.qml:22644</t>
         </is>
       </c>
       <c r="B807" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C807" t="inlineStr">
         <is>
-          <t>Ver miembros de %1</t>
+          <t>No hay vista previa disponible</t>
         </is>
       </c>
       <c r="D807" t="inlineStr"/>
       <c r="E807" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F807" t="inlineStr">
         <is>
-          <t>TimelineViewView members of %1</t>
+          <t>TimelineViewNo preview available</t>
         </is>
       </c>
       <c r="G807" t="inlineStr"/>
       <c r="H807" t="inlineStr"/>
     </row>
     <row r="808">
       <c r="A808" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22626</t>
+          <t>../qml/TimelineView.qml:22649</t>
         </is>
       </c>
       <c r="B808" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>Settings</t>
         </is>
       </c>
       <c r="C808" t="inlineStr">
         <is>
-          <t>Esta habitación es posiblemente inaccesible. Si esta sala es privada, debes eliminarla de esta comunidad.</t>
+          <t>Ajustes</t>
         </is>
       </c>
       <c r="D808" t="inlineStr"/>
       <c r="E808" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F808" t="inlineStr">
         <is>
-          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineViewSettings</t>
+        </is>
+      </c>
+      <c r="G808" t="inlineStr"/>
       <c r="H808" t="inlineStr"/>
     </row>
     <row r="809">
       <c r="A809" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22632</t>
+          <t>../qml/TimelineView.qml:22668</t>
         </is>
       </c>
       <c r="B809" t="inlineStr">
         <is>
-          <t>join the conversation</t>
+          <t>%n member</t>
         </is>
       </c>
       <c r="C809" t="inlineStr">
         <is>
-          <t>unirse a la conversación</t>
+          <t>%n miembro</t>
         </is>
       </c>
       <c r="D809" t="inlineStr"/>
       <c r="E809" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F809" t="inlineStr">
         <is>
-          <t>TimelineViewjoin the conversation</t>
-[...2 lines deleted...]
-      <c r="G809" t="inlineStr"/>
+          <t>TimelineView%n member(s)</t>
+        </is>
+      </c>
+      <c r="G809" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %n miembro</t>
+        </is>
+      </c>
       <c r="H809" t="inlineStr"/>
     </row>
     <row r="810">
       <c r="A810" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22639</t>
+          <t>../qml/TimelineView.qml:22671</t>
         </is>
       </c>
       <c r="B810" t="inlineStr">
         <is>
-          <t>accept invite</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C810" t="inlineStr">
         <is>
-          <t>aceptar invitación</t>
+          <t>Ver miembros de %1</t>
         </is>
       </c>
       <c r="D810" t="inlineStr"/>
       <c r="E810" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F810" t="inlineStr">
         <is>
-          <t>TimelineViewaccept invite</t>
+          <t>TimelineViewView members of %1</t>
         </is>
       </c>
       <c r="G810" t="inlineStr"/>
       <c r="H810" t="inlineStr"/>
     </row>
     <row r="811">
       <c r="A811" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22646</t>
+          <t>../qml/TimelineView.qml:22689</t>
         </is>
       </c>
       <c r="B811" t="inlineStr">
         <is>
-          <t>decline invite</t>
+          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="C811" t="inlineStr">
         <is>
-          <t>rechazar invitación</t>
+          <t>Esta habitación es posiblemente inaccesible. Si esta sala es privada, debes eliminarla de esta comunidad.</t>
         </is>
       </c>
       <c r="D811" t="inlineStr"/>
       <c r="E811" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F811" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite</t>
-[...2 lines deleted...]
-      <c r="G811" t="inlineStr"/>
+          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+        </is>
+      </c>
+      <c r="G811" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Esta sala posiblemente es inaccesible. Si esta sala es privada, debería removerla de esta comunidad.</t>
+        </is>
+      </c>
       <c r="H811" t="inlineStr"/>
     </row>
     <row r="812">
       <c r="A812" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22653</t>
+          <t>../qml/TimelineView.qml:22695</t>
         </is>
       </c>
       <c r="B812" t="inlineStr">
         <is>
-          <t>decline invite and ignore user</t>
-[...2 lines deleted...]
-      <c r="C812" t="inlineStr"/>
+          <t>join the conversation</t>
+        </is>
+      </c>
+      <c r="C812" t="inlineStr">
+        <is>
+          <t>unirse a la conversación</t>
+        </is>
+      </c>
       <c r="D812" t="inlineStr"/>
       <c r="E812" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F812" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite and ignore user</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineViewjoin the conversation</t>
+        </is>
+      </c>
+      <c r="G812" t="inlineStr"/>
       <c r="H812" t="inlineStr"/>
     </row>
     <row r="813">
       <c r="A813" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22663</t>
+          <t>../qml/TimelineView.qml:22702</t>
         </is>
       </c>
       <c r="B813" t="inlineStr">
         <is>
-          <t>leave</t>
+          <t>accept invite</t>
         </is>
       </c>
       <c r="C813" t="inlineStr">
         <is>
-          <t>irse</t>
+          <t>aceptar invitación</t>
         </is>
       </c>
       <c r="D813" t="inlineStr"/>
       <c r="E813" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F813" t="inlineStr">
         <is>
-          <t>TimelineViewleave</t>
+          <t>TimelineViewaccept invite</t>
         </is>
       </c>
       <c r="G813" t="inlineStr"/>
       <c r="H813" t="inlineStr"/>
     </row>
     <row r="814">
       <c r="A814" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22678</t>
+          <t>../qml/TimelineView.qml:22709</t>
         </is>
       </c>
       <c r="B814" t="inlineStr">
         <is>
-          <t>Invited by %1 (%2)</t>
+          <t>decline invite</t>
         </is>
       </c>
       <c r="C814" t="inlineStr">
         <is>
-          <t>Invitado por %1 (%2)</t>
+          <t>rechazar invitación</t>
         </is>
       </c>
       <c r="D814" t="inlineStr"/>
       <c r="E814" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F814" t="inlineStr">
         <is>
-          <t>TimelineViewInvited by %1 (%2)</t>
+          <t>TimelineViewdecline invite</t>
         </is>
       </c>
       <c r="G814" t="inlineStr"/>
       <c r="H814" t="inlineStr"/>
     </row>
     <row r="815">
       <c r="A815" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22716</t>
         </is>
       </c>
       <c r="B815" t="inlineStr">
         <is>
-          <t>Hide invite reason</t>
-[...6 lines deleted...]
-      </c>
+          <t>decline invite and ignore user</t>
+        </is>
+      </c>
+      <c r="C815" t="inlineStr"/>
       <c r="D815" t="inlineStr"/>
       <c r="E815" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F815" t="inlineStr">
         <is>
-          <t>TimelineViewHide invite reason</t>
+          <t>TimelineViewdecline invite and ignore user</t>
         </is>
       </c>
       <c r="G815" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Esconder razón de la invitación</t>
+          <t>Suggested in Weblate: declinar invitación e ignorar usuario</t>
         </is>
       </c>
       <c r="H815" t="inlineStr"/>
     </row>
     <row r="816">
       <c r="A816" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22726</t>
         </is>
       </c>
       <c r="B816" t="inlineStr">
         <is>
-          <t>Show invite reason</t>
+          <t>leave</t>
         </is>
       </c>
       <c r="C816" t="inlineStr">
         <is>
-          <t>Mostrar el motivo de la invitación</t>
+          <t>irse</t>
         </is>
       </c>
       <c r="D816" t="inlineStr"/>
       <c r="E816" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F816" t="inlineStr">
         <is>
-          <t>TimelineViewShow invite reason</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineViewleave</t>
+        </is>
+      </c>
+      <c r="G816" t="inlineStr"/>
       <c r="H816" t="inlineStr"/>
     </row>
     <row r="817">
       <c r="A817" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22740</t>
+          <t>../qml/TimelineView.qml:22741</t>
         </is>
       </c>
       <c r="B817" t="inlineStr">
         <is>
-          <t>Back to room list</t>
+          <t>Invited by %1 (%2)</t>
         </is>
       </c>
       <c r="C817" t="inlineStr">
         <is>
-          <t>Volver a la lista de salas</t>
+          <t>Invitado por %1 (%2)</t>
         </is>
       </c>
       <c r="D817" t="inlineStr"/>
       <c r="E817" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F817" t="inlineStr">
         <is>
-          <t>TimelineViewBack to room list</t>
+          <t>TimelineViewInvited by %1 (%2)</t>
         </is>
       </c>
       <c r="G817" t="inlineStr"/>
       <c r="H817" t="inlineStr"/>
     </row>
     <row r="818">
       <c r="A818" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22760</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B818" t="inlineStr">
         <is>
-          <t>No room selected</t>
+          <t>Hide invite reason</t>
         </is>
       </c>
       <c r="C818" t="inlineStr">
         <is>
-          <t>Ninguna sala seleccionada</t>
+          <t>Ocultar el motivo de la invitación</t>
         </is>
       </c>
       <c r="D818" t="inlineStr"/>
       <c r="E818" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F818" t="inlineStr">
         <is>
-          <t>TopBarNo room selected</t>
-[...2 lines deleted...]
-      <c r="G818" t="inlineStr"/>
+          <t>TimelineViewHide invite reason</t>
+        </is>
+      </c>
+      <c r="G818" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Esconder razón de la invitación</t>
+        </is>
+      </c>
       <c r="H818" t="inlineStr"/>
     </row>
     <row r="819">
       <c r="A819" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22813</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B819" t="inlineStr">
         <is>
-          <t>In %1</t>
+          <t>Show invite reason</t>
         </is>
       </c>
       <c r="C819" t="inlineStr">
         <is>
-          <t>En %1</t>
+          <t>Mostrar el motivo de la invitación</t>
         </is>
       </c>
       <c r="D819" t="inlineStr"/>
       <c r="E819" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F819" t="inlineStr">
         <is>
-          <t>TopBarIn %1</t>
-[...2 lines deleted...]
-      <c r="G819" t="inlineStr"/>
+          <t>TimelineViewShow invite reason</t>
+        </is>
+      </c>
+      <c r="G819" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Mostrar razón de la invitación</t>
+        </is>
+      </c>
       <c r="H819" t="inlineStr"/>
     </row>
     <row r="820">
       <c r="A820" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22826</t>
+          <t>../qml/TimelineView.qml:22803</t>
         </is>
       </c>
       <c r="B820" t="inlineStr">
         <is>
           <t>Back to room list</t>
         </is>
       </c>
       <c r="C820" t="inlineStr">
         <is>
           <t>Volver a la lista de salas</t>
         </is>
       </c>
       <c r="D820" t="inlineStr"/>
       <c r="E820" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F820" t="inlineStr">
         <is>
-          <t>TopBarBack to room list</t>
+          <t>TimelineViewBack to room list</t>
         </is>
       </c>
       <c r="G820" t="inlineStr"/>
       <c r="H820" t="inlineStr"/>
     </row>
     <row r="821">
       <c r="A821" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22883</t>
+          <t>../qml/TopBar.qml:22823</t>
         </is>
       </c>
       <c r="B821" t="inlineStr">
         <is>
-          <t>Show or hide pinned messages</t>
+          <t>No room selected</t>
         </is>
       </c>
       <c r="C821" t="inlineStr">
         <is>
-          <t>Mostrar u ocultar mensajes fijados</t>
+          <t>Ninguna sala seleccionada</t>
         </is>
       </c>
       <c r="D821" t="inlineStr"/>
       <c r="E821" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F821" t="inlineStr">
         <is>
-          <t>TopBarShow or hide pinned messages</t>
+          <t>TopBarNo room selected</t>
         </is>
       </c>
       <c r="G821" t="inlineStr"/>
       <c r="H821" t="inlineStr"/>
     </row>
     <row r="822">
       <c r="A822" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22914</t>
+          <t>../qml/TopBar.qml:22877</t>
         </is>
       </c>
       <c r="B822" t="inlineStr">
         <is>
-          <t>Show room members.</t>
+          <t>In %1</t>
         </is>
       </c>
       <c r="C822" t="inlineStr">
         <is>
-          <t>Mostrar miembros de la sala.</t>
+          <t>En %1</t>
         </is>
       </c>
       <c r="D822" t="inlineStr"/>
       <c r="E822" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F822" t="inlineStr">
         <is>
-          <t>TopBarShow room members.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TopBarIn %1</t>
+        </is>
+      </c>
+      <c r="G822" t="inlineStr"/>
       <c r="H822" t="inlineStr"/>
     </row>
     <row r="823">
       <c r="A823" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22917</t>
+          <t>../qml/TopBar.qml:22890</t>
         </is>
       </c>
       <c r="B823" t="inlineStr">
         <is>
-          <t>This room contains only verified devices.</t>
+          <t>Back to room list</t>
         </is>
       </c>
       <c r="C823" t="inlineStr">
         <is>
-          <t>Esta sala sólo contiene dispositivos verificados.</t>
+          <t>Volver a la lista de salas</t>
         </is>
       </c>
       <c r="D823" t="inlineStr"/>
       <c r="E823" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F823" t="inlineStr">
         <is>
-          <t>TopBarThis room contains only verified devices.</t>
+          <t>TopBarBack to room list</t>
         </is>
       </c>
       <c r="G823" t="inlineStr"/>
       <c r="H823" t="inlineStr"/>
     </row>
     <row r="824">
       <c r="A824" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22919</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/TopBar.qml:22945</t>
+        </is>
+      </c>
+      <c r="B824" t="inlineStr"/>
+      <c r="C824" t="inlineStr"/>
       <c r="D824" t="inlineStr"/>
       <c r="E824" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F824" t="inlineStr">
         <is>
-          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
+          <t>TopBarShow only notifications</t>
         </is>
       </c>
       <c r="G824" t="inlineStr"/>
       <c r="H824" t="inlineStr"/>
     </row>
     <row r="825">
       <c r="A825" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22921</t>
+          <t>../qml/TopBar.qml:22964</t>
         </is>
       </c>
       <c r="B825" t="inlineStr">
         <is>
-          <t>This room contains unverified devices!</t>
+          <t>Show or hide pinned messages</t>
         </is>
       </c>
       <c r="C825" t="inlineStr">
         <is>
-          <t>¡Esta sala contiene dispositivos sin verificar!</t>
+          <t>Mostrar u ocultar mensajes fijados</t>
         </is>
       </c>
       <c r="D825" t="inlineStr"/>
       <c r="E825" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F825" t="inlineStr">
         <is>
-          <t>TopBarThis room contains unverified devices!</t>
+          <t>TopBarShow or hide pinned messages</t>
         </is>
       </c>
       <c r="G825" t="inlineStr"/>
       <c r="H825" t="inlineStr"/>
     </row>
     <row r="826">
       <c r="A826" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22948</t>
+          <t>../qml/TopBar.qml:22995</t>
         </is>
       </c>
       <c r="B826" t="inlineStr">
         <is>
-          <t>Search this room</t>
+          <t>Show room members.</t>
         </is>
       </c>
       <c r="C826" t="inlineStr">
         <is>
-          <t>Buscar en esta sala</t>
+          <t>Mostrar miembros de la sala.</t>
         </is>
       </c>
       <c r="D826" t="inlineStr"/>
       <c r="E826" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F826" t="inlineStr">
         <is>
-          <t>TopBarSearch this room</t>
-[...2 lines deleted...]
-      <c r="G826" t="inlineStr"/>
+          <t>TopBarShow room members.</t>
+        </is>
+      </c>
+      <c r="G826" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Mostrar miembros de sala.</t>
+        </is>
+      </c>
       <c r="H826" t="inlineStr"/>
     </row>
     <row r="827">
       <c r="A827" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22972</t>
+          <t>../qml/TopBar.qml:22998</t>
         </is>
       </c>
       <c r="B827" t="inlineStr">
         <is>
-          <t>Room options</t>
+          <t>This room contains only verified devices.</t>
         </is>
       </c>
       <c r="C827" t="inlineStr">
         <is>
-          <t>Ajustes de la sala</t>
+          <t>Esta sala sólo contiene dispositivos verificados.</t>
         </is>
       </c>
       <c r="D827" t="inlineStr"/>
       <c r="E827" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F827" t="inlineStr">
         <is>
-          <t>TopBarRoom options</t>
+          <t>TopBarThis room contains only verified devices.</t>
         </is>
       </c>
       <c r="G827" t="inlineStr"/>
       <c r="H827" t="inlineStr"/>
     </row>
     <row r="828">
       <c r="A828" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22990</t>
+          <t>../qml/TopBar.qml:23000</t>
         </is>
       </c>
       <c r="B828" t="inlineStr">
         <is>
-          <t>Invite users</t>
+          <t>This room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="C828" t="inlineStr">
         <is>
-          <t>Invitar usuarios</t>
+          <t>Esta sala contiene dispositivos verificados y dispositivos que nunca han cambiado su clave maestra.</t>
         </is>
       </c>
       <c r="D828" t="inlineStr"/>
       <c r="E828" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F828" t="inlineStr">
         <is>
-          <t>TopBarInvite users</t>
+          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="G828" t="inlineStr"/>
       <c r="H828" t="inlineStr"/>
     </row>
     <row r="829">
       <c r="A829" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22996</t>
+          <t>../qml/TopBar.qml:23002</t>
         </is>
       </c>
       <c r="B829" t="inlineStr">
         <is>
-          <t>Members</t>
+          <t>This room contains unverified devices!</t>
         </is>
       </c>
       <c r="C829" t="inlineStr">
         <is>
-          <t>Miembros</t>
+          <t>¡Esta sala contiene dispositivos sin verificar!</t>
         </is>
       </c>
       <c r="D829" t="inlineStr"/>
       <c r="E829" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F829" t="inlineStr">
         <is>
-          <t>TopBarMembers</t>
+          <t>TopBarThis room contains unverified devices!</t>
         </is>
       </c>
       <c r="G829" t="inlineStr"/>
       <c r="H829" t="inlineStr"/>
     </row>
     <row r="830">
       <c r="A830" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23001</t>
+          <t>../qml/TopBar.qml:23029</t>
         </is>
       </c>
       <c r="B830" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Search this room</t>
         </is>
       </c>
       <c r="C830" t="inlineStr">
         <is>
-          <t>Salir de la sala</t>
+          <t>Buscar en esta sala</t>
         </is>
       </c>
       <c r="D830" t="inlineStr"/>
       <c r="E830" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F830" t="inlineStr">
         <is>
-          <t>TopBarLeave room</t>
+          <t>TopBarSearch this room</t>
         </is>
       </c>
       <c r="G830" t="inlineStr"/>
       <c r="H830" t="inlineStr"/>
     </row>
     <row r="831">
       <c r="A831" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23006</t>
+          <t>../qml/TopBar.qml:23053</t>
         </is>
       </c>
       <c r="B831" t="inlineStr">
         <is>
-          <t>Settings</t>
+          <t>Room options</t>
         </is>
       </c>
       <c r="C831" t="inlineStr">
         <is>
-          <t>Ajustes</t>
+          <t>Ajustes de la sala</t>
         </is>
       </c>
       <c r="D831" t="inlineStr"/>
       <c r="E831" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F831" t="inlineStr">
         <is>
-          <t>TopBarSettings</t>
+          <t>TopBarRoom options</t>
         </is>
       </c>
       <c r="G831" t="inlineStr"/>
       <c r="H831" t="inlineStr"/>
     </row>
     <row r="832">
       <c r="A832" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23058</t>
+          <t>../qml/TopBar.qml:23071</t>
         </is>
       </c>
       <c r="B832" t="inlineStr">
         <is>
-          <t>Unpin</t>
+          <t>Invite users</t>
         </is>
       </c>
       <c r="C832" t="inlineStr">
         <is>
-          <t>Desfijar</t>
+          <t>Invitar usuarios</t>
         </is>
       </c>
       <c r="D832" t="inlineStr"/>
       <c r="E832" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F832" t="inlineStr">
         <is>
-          <t>TopBarUnpin</t>
+          <t>TopBarInvite users</t>
         </is>
       </c>
       <c r="G832" t="inlineStr"/>
       <c r="H832" t="inlineStr"/>
     </row>
     <row r="833">
       <c r="A833" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23104</t>
+          <t>../qml/TopBar.qml:23077</t>
         </is>
       </c>
       <c r="B833" t="inlineStr">
         <is>
-          <t>Enter search query</t>
+          <t>Members</t>
         </is>
       </c>
       <c r="C833" t="inlineStr">
         <is>
-          <t>Introducir consulta de búsqueda</t>
+          <t>Miembros</t>
         </is>
       </c>
       <c r="D833" t="inlineStr"/>
       <c r="E833" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F833" t="inlineStr">
         <is>
-          <t>TopBarEnter search query</t>
-[...6 lines deleted...]
-      </c>
+          <t>TopBarMembers</t>
+        </is>
+      </c>
+      <c r="G833" t="inlineStr"/>
       <c r="H833" t="inlineStr"/>
     </row>
     <row r="834">
       <c r="A834" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23214</t>
+          <t>../qml/TopBar.qml:23082</t>
         </is>
       </c>
       <c r="B834" t="inlineStr">
         <is>
-          <t>Show</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C834" t="inlineStr">
         <is>
-          <t>Mostrar</t>
+          <t>Salir de la sala</t>
         </is>
       </c>
       <c r="D834" t="inlineStr"/>
       <c r="E834" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F834" t="inlineStr">
         <is>
-          <t>TrayIconShow</t>
+          <t>TopBarLeave room</t>
         </is>
       </c>
       <c r="G834" t="inlineStr"/>
       <c r="H834" t="inlineStr"/>
     </row>
     <row r="835">
       <c r="A835" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23215</t>
+          <t>../qml/TopBar.qml:23087</t>
         </is>
       </c>
       <c r="B835" t="inlineStr">
         <is>
-          <t>Quit</t>
+          <t>Settings</t>
         </is>
       </c>
       <c r="C835" t="inlineStr">
         <is>
-          <t>Salir</t>
+          <t>Ajustes</t>
         </is>
       </c>
       <c r="D835" t="inlineStr"/>
       <c r="E835" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F835" t="inlineStr">
         <is>
-          <t>TrayIconQuit</t>
+          <t>TopBarSettings</t>
         </is>
       </c>
       <c r="G835" t="inlineStr"/>
       <c r="H835" t="inlineStr"/>
     </row>
     <row r="836">
       <c r="A836" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23242</t>
+          <t>../qml/TopBar.qml:23139</t>
         </is>
       </c>
       <c r="B836" t="inlineStr">
+        <is>
+          <t>Unpin</t>
+        </is>
+      </c>
+      <c r="C836" t="inlineStr">
+        <is>
+          <t>Desfijar</t>
+        </is>
+      </c>
+      <c r="D836" t="inlineStr"/>
+      <c r="E836" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F836" t="inlineStr">
+        <is>
+          <t>TopBarUnpin</t>
+        </is>
+      </c>
+      <c r="G836" t="inlineStr"/>
+      <c r="H836" t="inlineStr"/>
+    </row>
+    <row r="837">
+      <c r="A837" t="inlineStr">
+        <is>
+          <t>../qml/TopBar.qml:23185</t>
+        </is>
+      </c>
+      <c r="B837" t="inlineStr">
+        <is>
+          <t>Enter search query</t>
+        </is>
+      </c>
+      <c r="C837" t="inlineStr">
+        <is>
+          <t>Introducir consulta de búsqueda</t>
+        </is>
+      </c>
+      <c r="D837" t="inlineStr"/>
+      <c r="E837" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F837" t="inlineStr">
+        <is>
+          <t>TopBarEnter search query</t>
+        </is>
+      </c>
+      <c r="G837" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ingresar consulta de búsqueda</t>
+        </is>
+      </c>
+      <c r="H837" t="inlineStr"/>
+    </row>
+    <row r="838">
+      <c r="A838" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23295</t>
+        </is>
+      </c>
+      <c r="B838" t="inlineStr">
+        <is>
+          <t>Show</t>
+        </is>
+      </c>
+      <c r="C838" t="inlineStr">
+        <is>
+          <t>Mostrar</t>
+        </is>
+      </c>
+      <c r="D838" t="inlineStr"/>
+      <c r="E838" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F838" t="inlineStr">
+        <is>
+          <t>TrayIconShow</t>
+        </is>
+      </c>
+      <c r="G838" t="inlineStr"/>
+      <c r="H838" t="inlineStr"/>
+    </row>
+    <row r="839">
+      <c r="A839" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23296</t>
+        </is>
+      </c>
+      <c r="B839" t="inlineStr">
+        <is>
+          <t>Quit</t>
+        </is>
+      </c>
+      <c r="C839" t="inlineStr">
+        <is>
+          <t>Salir</t>
+        </is>
+      </c>
+      <c r="D839" t="inlineStr"/>
+      <c r="E839" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F839" t="inlineStr">
+        <is>
+          <t>TrayIconQuit</t>
+        </is>
+      </c>
+      <c r="G839" t="inlineStr"/>
+      <c r="H839" t="inlineStr"/>
+    </row>
+    <row r="840">
+      <c r="A840" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23328</t>
+        </is>
+      </c>
+      <c r="B840" t="inlineStr">
         <is>
           <t xml:space="preserve">
 %n unread message</t>
         </is>
       </c>
-      <c r="C836" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F836" t="inlineStr">
+      <c r="C840" t="inlineStr"/>
+      <c r="D840" t="inlineStr"/>
+      <c r="E840" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F840" t="inlineStr">
         <is>
           <t>TrayIcon
 %n unread message(s)</t>
         </is>
       </c>
-      <c r="G836" t="inlineStr"/>
-[...118 lines deleted...]
-      </c>
       <c r="G840" t="inlineStr"/>
       <c r="H840" t="inlineStr"/>
     </row>
     <row r="841">
       <c r="A841" t="inlineStr">
         <is>
-          <t>../qml/UploadBox.qml:23612</t>
+          <t>../../src/ui/UIA.cpp:23386</t>
         </is>
       </c>
       <c r="B841" t="inlineStr">
         <is>
-          <t>Upload file</t>
+          <t>No available registration flows!</t>
         </is>
       </c>
       <c r="C841" t="inlineStr">
         <is>
-          <t>Subir archivo %n</t>
+          <t>¡No hay flujos de registro disponibles!</t>
         </is>
       </c>
       <c r="D841" t="inlineStr"/>
       <c r="E841" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F841" t="inlineStr">
         <is>
-          <t>UploadBoxUpload %n file(s)</t>
-[...6 lines deleted...]
-      </c>
+          <t>UIANo available registration flows!</t>
+        </is>
+      </c>
+      <c r="G841" t="inlineStr"/>
       <c r="H841" t="inlineStr"/>
     </row>
     <row r="842">
       <c r="A842" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23830</t>
+          <t>../../src/ui/UIA.cpp:23471</t>
         </is>
       </c>
       <c r="B842" t="inlineStr">
         <is>
-          <t>Sign out device %1</t>
+          <t>Registration aborted</t>
         </is>
       </c>
       <c r="C842" t="inlineStr">
         <is>
-          <t>Cerrar sesión en el dispositivo %1</t>
+          <t>Registro abortado</t>
         </is>
       </c>
       <c r="D842" t="inlineStr"/>
       <c r="E842" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F842" t="inlineStr">
         <is>
-          <t>UserProfileSign out device %1</t>
+          <t>UIARegistration aborted</t>
         </is>
       </c>
       <c r="G842" t="inlineStr"/>
       <c r="H842" t="inlineStr"/>
     </row>
     <row r="843">
       <c r="A843" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23840</t>
+          <t>../../src/ui/UIA.cpp:23448</t>
         </is>
       </c>
       <c r="B843" t="inlineStr">
         <is>
-          <t>You signed out this device.</t>
+          <t>Please enter a valid registration token.</t>
         </is>
       </c>
       <c r="C843" t="inlineStr">
         <is>
-          <t>Cerraste sesión en este dispositivo.</t>
+          <t>Por favor, introduzca un token de registro válido.</t>
         </is>
       </c>
       <c r="D843" t="inlineStr"/>
       <c r="E843" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F843" t="inlineStr">
         <is>
-          <t>UserProfileYou signed out this device.</t>
+          <t>UIAPlease enter a valid registration token.</t>
         </is>
       </c>
       <c r="G843" t="inlineStr"/>
       <c r="H843" t="inlineStr"/>
     </row>
     <row r="844">
       <c r="A844" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23890</t>
+          <t>../../src/ui/UIA.cpp:23608</t>
         </is>
       </c>
       <c r="B844" t="inlineStr">
         <is>
-          <t>Failed to ignore "%1": %2</t>
+          <t>Invalid token</t>
         </is>
       </c>
       <c r="C844" t="inlineStr">
         <is>
-          <t>Error al ignorar "%1": %2</t>
+          <t>Token inválido</t>
         </is>
       </c>
       <c r="D844" t="inlineStr"/>
       <c r="E844" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F844" t="inlineStr">
         <is>
-          <t>UserProfileFailed to ignore "%1": %2</t>
+          <t>UIAInvalid token</t>
         </is>
       </c>
       <c r="G844" t="inlineStr"/>
       <c r="H844" t="inlineStr"/>
     </row>
     <row r="845">
       <c r="A845" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../qml/UploadBox.qml:23698</t>
         </is>
       </c>
       <c r="B845" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>Upload file</t>
         </is>
       </c>
       <c r="C845" t="inlineStr">
         <is>
-          <t>Selecciona un avatar</t>
+          <t>Subir archivo %n</t>
         </is>
       </c>
       <c r="D845" t="inlineStr"/>
       <c r="E845" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F845" t="inlineStr">
         <is>
-          <t>UserProfileSelect an avatar</t>
-[...2 lines deleted...]
-      <c r="G845" t="inlineStr"/>
+          <t>UploadBoxUpload %n file(s)</t>
+        </is>
+      </c>
+      <c r="G845" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Subir archivo, Subir %n archivos</t>
+        </is>
+      </c>
       <c r="H845" t="inlineStr"/>
     </row>
     <row r="846">
       <c r="A846" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../../src/ui/UserProfile.cpp:23916</t>
         </is>
       </c>
       <c r="B846" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Sign out device %1</t>
         </is>
       </c>
       <c r="C846" t="inlineStr">
         <is>
-          <t>Todos los archivos (*)</t>
+          <t>Cerrar sesión en el dispositivo %1</t>
         </is>
       </c>
       <c r="D846" t="inlineStr"/>
       <c r="E846" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F846" t="inlineStr">
         <is>
-          <t>UserProfileAll Files (*)</t>
+          <t>UserProfileSign out device %1</t>
         </is>
       </c>
       <c r="G846" t="inlineStr"/>
       <c r="H846" t="inlineStr"/>
     </row>
     <row r="847">
       <c r="A847" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24124</t>
+          <t>../../src/ui/UserProfile.cpp:23926</t>
         </is>
       </c>
       <c r="B847" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>You signed out this device.</t>
         </is>
       </c>
       <c r="C847" t="inlineStr">
         <is>
-          <t>El archivo seleccionado no es una imagen</t>
+          <t>Cerraste sesión en este dispositivo.</t>
         </is>
       </c>
       <c r="D847" t="inlineStr"/>
       <c r="E847" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F847" t="inlineStr">
         <is>
-          <t>UserProfileThe selected file is not an image</t>
+          <t>UserProfileYou signed out this device.</t>
         </is>
       </c>
       <c r="G847" t="inlineStr"/>
       <c r="H847" t="inlineStr"/>
     </row>
     <row r="848">
       <c r="A848" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24129</t>
+          <t>../../src/ui/UserProfile.cpp:23976</t>
         </is>
       </c>
       <c r="B848" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
+          <t>Failed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="C848" t="inlineStr">
         <is>
-          <t>Error al leer el archivo: %1</t>
+          <t>Error al ignorar "%1": %2</t>
         </is>
       </c>
       <c r="D848" t="inlineStr"/>
       <c r="E848" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F848" t="inlineStr">
         <is>
-          <t>UserProfileError while reading file: %1</t>
+          <t>UserProfileFailed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="G848" t="inlineStr"/>
       <c r="H848" t="inlineStr"/>
     </row>
     <row r="849">
       <c r="A849" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B849" t="inlineStr">
         <is>
-          <t>Global User Profile</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C849" t="inlineStr">
         <is>
-          <t>Perfil de Usuario Global</t>
+          <t>Selecciona un avatar</t>
         </is>
       </c>
       <c r="D849" t="inlineStr"/>
       <c r="E849" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F849" t="inlineStr">
         <is>
-          <t>UserProfileGlobal User Profile</t>
+          <t>UserProfileSelect an avatar</t>
         </is>
       </c>
       <c r="G849" t="inlineStr"/>
       <c r="H849" t="inlineStr"/>
     </row>
     <row r="850">
       <c r="A850" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B850" t="inlineStr">
         <is>
-          <t>Room User Profile</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C850" t="inlineStr">
         <is>
-          <t>Perfil de Usuario en esta Sala</t>
+          <t>Todos los archivos (*)</t>
         </is>
       </c>
       <c r="D850" t="inlineStr"/>
       <c r="E850" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F850" t="inlineStr">
         <is>
-          <t>UserProfileRoom User Profile</t>
+          <t>UserProfileAll Files (*)</t>
         </is>
       </c>
       <c r="G850" t="inlineStr"/>
       <c r="H850" t="inlineStr"/>
     </row>
     <row r="851">
       <c r="A851" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../../src/ui/UserProfile.cpp:24210</t>
         </is>
       </c>
       <c r="B851" t="inlineStr">
         <is>
-          <t>Change avatar globally.</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C851" t="inlineStr">
         <is>
-          <t>Cambiar el avatar globalmente.</t>
+          <t>El archivo seleccionado no es una imagen</t>
         </is>
       </c>
       <c r="D851" t="inlineStr"/>
       <c r="E851" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F851" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar globally.</t>
+          <t>UserProfileThe selected file is not an image</t>
         </is>
       </c>
       <c r="G851" t="inlineStr"/>
       <c r="H851" t="inlineStr"/>
     </row>
     <row r="852">
       <c r="A852" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../../src/ui/UserProfile.cpp:24215</t>
         </is>
       </c>
       <c r="B852" t="inlineStr">
         <is>
-          <t>Change avatar. Will only apply to this room.</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C852" t="inlineStr">
         <is>
-          <t>Cambiar el avatar. Sólo aplicara a esta sala.</t>
+          <t>Error al leer el archivo: %1</t>
         </is>
       </c>
       <c r="D852" t="inlineStr"/>
       <c r="E852" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F852" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar. Will only apply to this room.</t>
+          <t>UserProfileError while reading file: %1</t>
         </is>
       </c>
       <c r="G852" t="inlineStr"/>
       <c r="H852" t="inlineStr"/>
     </row>
     <row r="853">
       <c r="A853" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B853" t="inlineStr">
         <is>
-          <t>Change display name globally.</t>
+          <t>Global User Profile</t>
         </is>
       </c>
       <c r="C853" t="inlineStr">
         <is>
-          <t>Cambiar el nombre de usuario globalmente.</t>
+          <t>Perfil de Usuario Global</t>
         </is>
       </c>
       <c r="D853" t="inlineStr"/>
       <c r="E853" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F853" t="inlineStr">
         <is>
-          <t>UserProfileChange display name globally.</t>
+          <t>UserProfileGlobal User Profile</t>
         </is>
       </c>
       <c r="G853" t="inlineStr"/>
       <c r="H853" t="inlineStr"/>
     </row>
     <row r="854">
       <c r="A854" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B854" t="inlineStr">
         <is>
-          <t>Change display name. Will only apply to this room.</t>
+          <t>Room User Profile</t>
         </is>
       </c>
       <c r="C854" t="inlineStr">
         <is>
-          <t>Cambiar el nombre de usuario. Sólo aplicara a esta sala.</t>
+          <t>Perfil de Usuario en esta Sala</t>
         </is>
       </c>
       <c r="D854" t="inlineStr"/>
       <c r="E854" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F854" t="inlineStr">
         <is>
-          <t>UserProfileChange display name. Will only apply to this room.</t>
+          <t>UserProfileRoom User Profile</t>
         </is>
       </c>
       <c r="G854" t="inlineStr"/>
       <c r="H854" t="inlineStr"/>
     </row>
     <row r="855">
       <c r="A855" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24304</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B855" t="inlineStr">
         <is>
-          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>Change avatar globally.</t>
         </is>
       </c>
       <c r="C855" t="inlineStr">
         <is>
-          <t>&lt;i&gt;&lt;b&gt;Estado:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>Cambiar el avatar globalmente.</t>
         </is>
       </c>
       <c r="D855" t="inlineStr"/>
       <c r="E855" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F855" t="inlineStr">
         <is>
-          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileChange avatar globally.</t>
+        </is>
+      </c>
+      <c r="G855" t="inlineStr"/>
       <c r="H855" t="inlineStr"/>
     </row>
     <row r="856">
       <c r="A856" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24329</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B856" t="inlineStr">
         <is>
-          <t>Room: %1</t>
+          <t>Change avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C856" t="inlineStr">
         <is>
-          <t>Sala: %1</t>
+          <t>Cambiar el avatar. Sólo aplicara a esta sala.</t>
         </is>
       </c>
       <c r="D856" t="inlineStr"/>
       <c r="E856" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F856" t="inlineStr">
         <is>
-          <t>UserProfileRoom: %1</t>
+          <t>UserProfileChange avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G856" t="inlineStr"/>
       <c r="H856" t="inlineStr"/>
     </row>
     <row r="857">
       <c r="A857" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24330</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B857" t="inlineStr">
         <is>
-          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>Change display name globally.</t>
         </is>
       </c>
       <c r="C857" t="inlineStr">
         <is>
-          <t>Este es un perfil específico para esta sala. El nombre de usuario y avatar pueden ser diferentes de sus versiones globales.</t>
+          <t>Cambiar el nombre de usuario globalmente.</t>
         </is>
       </c>
       <c r="D857" t="inlineStr"/>
       <c r="E857" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F857" t="inlineStr">
         <is>
-          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>UserProfileChange display name globally.</t>
         </is>
       </c>
       <c r="G857" t="inlineStr"/>
       <c r="H857" t="inlineStr"/>
     </row>
     <row r="858">
       <c r="A858" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24345</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B858" t="inlineStr">
         <is>
-          <t>Open the global profile for this user.</t>
+          <t>Change display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C858" t="inlineStr">
         <is>
-          <t>Abrir el perfil global para este usuario.</t>
+          <t>Cambiar el nombre de usuario. Sólo aplicara a esta sala.</t>
         </is>
       </c>
       <c r="D858" t="inlineStr"/>
       <c r="E858" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F858" t="inlineStr">
         <is>
-          <t>UserProfileOpen the global profile for this user.</t>
+          <t>UserProfileChange display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G858" t="inlineStr"/>
       <c r="H858" t="inlineStr"/>
     </row>
     <row r="859">
       <c r="A859" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24390</t>
         </is>
       </c>
       <c r="B859" t="inlineStr">
         <is>
-          <t>Verify</t>
+          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="C859" t="inlineStr">
         <is>
-          <t>Verificar</t>
+          <t>&lt;i&gt;&lt;b&gt;Estado:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="D859" t="inlineStr"/>
       <c r="E859" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F859" t="inlineStr">
         <is>
-          <t>UserProfileVerify</t>
-[...2 lines deleted...]
-      <c r="G859" t="inlineStr"/>
+          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+        </is>
+      </c>
+      <c r="G859" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate:  &lt;i&gt;&lt;b&gt;Estado:&lt;/b&gt; %1&lt;/i&gt;</t>
+        </is>
+      </c>
       <c r="H859" t="inlineStr"/>
     </row>
     <row r="860">
       <c r="A860" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24396</t>
+          <t>../qml/dialogs/UserProfile.qml:24415</t>
         </is>
       </c>
       <c r="B860" t="inlineStr">
         <is>
-          <t>Start a private chat.</t>
+          <t>Room: %1</t>
         </is>
       </c>
       <c r="C860" t="inlineStr">
         <is>
-          <t>Empezar un chat privado.</t>
+          <t>Sala: %1</t>
         </is>
       </c>
       <c r="D860" t="inlineStr"/>
       <c r="E860" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F860" t="inlineStr">
         <is>
-          <t>UserProfileStart a private chat.</t>
+          <t>UserProfileRoom: %1</t>
         </is>
       </c>
       <c r="G860" t="inlineStr"/>
       <c r="H860" t="inlineStr"/>
     </row>
     <row r="861">
       <c r="A861" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24406</t>
+          <t>../qml/dialogs/UserProfile.qml:24416</t>
         </is>
       </c>
       <c r="B861" t="inlineStr">
         <is>
-          <t>Kick the user.</t>
+          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="C861" t="inlineStr">
         <is>
-          <t>Expulsar al usuario.</t>
+          <t>Este es un perfil específico para esta sala. El nombre de usuario y avatar pueden ser diferentes de sus versiones globales.</t>
         </is>
       </c>
       <c r="D861" t="inlineStr"/>
       <c r="E861" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F861" t="inlineStr">
         <is>
-          <t>UserProfileKick the user.</t>
+          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="G861" t="inlineStr"/>
       <c r="H861" t="inlineStr"/>
     </row>
     <row r="862">
       <c r="A862" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24417</t>
+          <t>../qml/dialogs/UserProfile.qml:24431</t>
         </is>
       </c>
       <c r="B862" t="inlineStr">
         <is>
-          <t>Ban the user.</t>
+          <t>Open the global profile for this user.</t>
         </is>
       </c>
       <c r="C862" t="inlineStr">
         <is>
-          <t>Banear al usuario.</t>
+          <t>Abrir el perfil global para este usuario.</t>
         </is>
       </c>
       <c r="D862" t="inlineStr"/>
       <c r="E862" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F862" t="inlineStr">
         <is>
-          <t>UserProfileBan the user.</t>
+          <t>UserProfileOpen the global profile for this user.</t>
         </is>
       </c>
       <c r="G862" t="inlineStr"/>
       <c r="H862" t="inlineStr"/>
     </row>
     <row r="863">
       <c r="A863" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B863" t="inlineStr">
         <is>
-          <t>Unignore the user.</t>
+          <t>Verify</t>
         </is>
       </c>
       <c r="C863" t="inlineStr">
         <is>
-          <t>No ignorar al usuario.</t>
+          <t>Verificar</t>
         </is>
       </c>
       <c r="D863" t="inlineStr"/>
       <c r="E863" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F863" t="inlineStr">
         <is>
-          <t>UserProfileUnignore the user.</t>
+          <t>UserProfileVerify</t>
         </is>
       </c>
       <c r="G863" t="inlineStr"/>
       <c r="H863" t="inlineStr"/>
     </row>
     <row r="864">
       <c r="A864" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24482</t>
         </is>
       </c>
       <c r="B864" t="inlineStr">
         <is>
-          <t>Ignore the user.</t>
+          <t>Start a private chat.</t>
         </is>
       </c>
       <c r="C864" t="inlineStr">
         <is>
-          <t>Ignora al usuario.</t>
+          <t>Empezar un chat privado.</t>
         </is>
       </c>
       <c r="D864" t="inlineStr"/>
       <c r="E864" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F864" t="inlineStr">
         <is>
-          <t>UserProfileIgnore the user.</t>
+          <t>UserProfileStart a private chat.</t>
         </is>
       </c>
       <c r="G864" t="inlineStr"/>
       <c r="H864" t="inlineStr"/>
     </row>
     <row r="865">
       <c r="A865" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24440</t>
+          <t>../qml/dialogs/UserProfile.qml:24492</t>
         </is>
       </c>
       <c r="B865" t="inlineStr">
         <is>
-          <t>Refresh device list.</t>
+          <t>Kick the user.</t>
         </is>
       </c>
       <c r="C865" t="inlineStr">
         <is>
-          <t>Refrescar lista de dispositivos.</t>
+          <t>Expulsar al usuario.</t>
         </is>
       </c>
       <c r="D865" t="inlineStr"/>
       <c r="E865" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F865" t="inlineStr">
         <is>
-          <t>UserProfileRefresh device list.</t>
+          <t>UserProfileKick the user.</t>
         </is>
       </c>
       <c r="G865" t="inlineStr"/>
       <c r="H865" t="inlineStr"/>
     </row>
     <row r="866">
       <c r="A866" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24454</t>
+          <t>../qml/dialogs/UserProfile.qml:24503</t>
         </is>
       </c>
       <c r="B866" t="inlineStr">
         <is>
-          <t>Devices</t>
+          <t>Ban the user.</t>
         </is>
       </c>
       <c r="C866" t="inlineStr">
         <is>
-          <t>Dispositivos</t>
+          <t>Banear al usuario.</t>
         </is>
       </c>
       <c r="D866" t="inlineStr"/>
       <c r="E866" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F866" t="inlineStr">
         <is>
-          <t>UserProfileDevices</t>
+          <t>UserProfileBan the user.</t>
         </is>
       </c>
       <c r="G866" t="inlineStr"/>
       <c r="H866" t="inlineStr"/>
     </row>
     <row r="867">
       <c r="A867" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24457</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B867" t="inlineStr">
         <is>
-          <t>Shared Rooms</t>
+          <t>Unignore the user.</t>
         </is>
       </c>
       <c r="C867" t="inlineStr">
         <is>
-          <t>Salas compartidas</t>
+          <t>No ignorar al usuario.</t>
         </is>
       </c>
       <c r="D867" t="inlineStr"/>
       <c r="E867" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F867" t="inlineStr">
         <is>
-          <t>UserProfileShared Rooms</t>
+          <t>UserProfileUnignore the user.</t>
         </is>
       </c>
       <c r="G867" t="inlineStr"/>
       <c r="H867" t="inlineStr"/>
     </row>
     <row r="868">
       <c r="A868" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24519</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B868" t="inlineStr">
         <is>
-          <t>Sign out this device.</t>
+          <t>Ignore the user.</t>
         </is>
       </c>
       <c r="C868" t="inlineStr">
         <is>
-          <t>Cerrar sesión en este dispositivo.</t>
+          <t>Ignora al usuario.</t>
         </is>
       </c>
       <c r="D868" t="inlineStr"/>
       <c r="E868" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F868" t="inlineStr">
         <is>
-          <t>UserProfileSign out this device.</t>
+          <t>UserProfileIgnore the user.</t>
         </is>
       </c>
       <c r="G868" t="inlineStr"/>
       <c r="H868" t="inlineStr"/>
     </row>
     <row r="869">
       <c r="A869" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24550</t>
+          <t>../qml/dialogs/UserProfile.qml:24526</t>
         </is>
       </c>
       <c r="B869" t="inlineStr">
         <is>
-          <t>Change device name.</t>
+          <t>Refresh device list.</t>
         </is>
       </c>
       <c r="C869" t="inlineStr">
         <is>
-          <t>Cambiar el nombre del dispositivo.</t>
+          <t>Refrescar lista de dispositivos.</t>
         </is>
       </c>
       <c r="D869" t="inlineStr"/>
       <c r="E869" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F869" t="inlineStr">
         <is>
-          <t>UserProfileChange device name.</t>
+          <t>UserProfileRefresh device list.</t>
         </is>
       </c>
       <c r="G869" t="inlineStr"/>
       <c r="H869" t="inlineStr"/>
     </row>
     <row r="870">
       <c r="A870" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24572</t>
+          <t>../qml/dialogs/UserProfile.qml:24540</t>
         </is>
       </c>
       <c r="B870" t="inlineStr">
         <is>
-          <t>Last seen %1 from %2</t>
+          <t>Devices</t>
         </is>
       </c>
       <c r="C870" t="inlineStr">
         <is>
-          <t>Última vez visto %1 a las %2</t>
+          <t>Dispositivos</t>
         </is>
       </c>
       <c r="D870" t="inlineStr"/>
       <c r="E870" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F870" t="inlineStr">
         <is>
-          <t>UserProfileLast seen %1 from %2</t>
+          <t>UserProfileDevices</t>
         </is>
       </c>
       <c r="G870" t="inlineStr"/>
       <c r="H870" t="inlineStr"/>
     </row>
     <row r="871">
       <c r="A871" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24543</t>
         </is>
       </c>
       <c r="B871" t="inlineStr">
         <is>
-          <t>Unverify</t>
+          <t>Shared Rooms</t>
         </is>
       </c>
       <c r="C871" t="inlineStr">
         <is>
-          <t>Sin verificar</t>
+          <t>Salas compartidas</t>
         </is>
       </c>
       <c r="D871" t="inlineStr"/>
       <c r="E871" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F871" t="inlineStr">
         <is>
-          <t>UserProfileUnverify</t>
+          <t>UserProfileShared Rooms</t>
         </is>
       </c>
       <c r="G871" t="inlineStr"/>
       <c r="H871" t="inlineStr"/>
     </row>
     <row r="872">
       <c r="A872" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.h:24881</t>
+          <t>../qml/dialogs/UserProfile.qml:24605</t>
         </is>
       </c>
       <c r="B872" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Sign out this device.</t>
         </is>
       </c>
       <c r="C872" t="inlineStr">
         <is>
-          <t>Por defecto</t>
+          <t>Cerrar sesión en este dispositivo.</t>
         </is>
       </c>
       <c r="D872" t="inlineStr"/>
       <c r="E872" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F872" t="inlineStr">
         <is>
-          <t>UserSettingsDefault</t>
+          <t>UserProfileSign out this device.</t>
         </is>
       </c>
       <c r="G872" t="inlineStr"/>
       <c r="H872" t="inlineStr"/>
     </row>
     <row r="873">
       <c r="A873" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25911</t>
+          <t>../qml/dialogs/UserProfile.qml:24636</t>
         </is>
       </c>
       <c r="B873" t="inlineStr">
         <is>
-          <t>Theme</t>
+          <t>Change device name.</t>
         </is>
       </c>
       <c r="C873" t="inlineStr">
         <is>
-          <t>Tema</t>
+          <t>Cambiar el nombre del dispositivo.</t>
         </is>
       </c>
       <c r="D873" t="inlineStr"/>
       <c r="E873" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F873" t="inlineStr">
         <is>
-          <t>UserSettingsModelTheme</t>
+          <t>UserProfileChange device name.</t>
         </is>
       </c>
       <c r="G873" t="inlineStr"/>
       <c r="H873" t="inlineStr"/>
     </row>
     <row r="874">
       <c r="A874" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25913</t>
+          <t>../qml/dialogs/UserProfile.qml:24658</t>
         </is>
       </c>
       <c r="B874" t="inlineStr">
         <is>
-          <t>Scale factor</t>
+          <t>Last seen %1 from %2</t>
         </is>
       </c>
       <c r="C874" t="inlineStr">
         <is>
-          <t>Factor de escala</t>
+          <t>Última vez visto %1 a las %2</t>
         </is>
       </c>
       <c r="D874" t="inlineStr"/>
       <c r="E874" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F874" t="inlineStr">
         <is>
-          <t>UserSettingsModelScale factor</t>
+          <t>UserProfileLast seen %1 from %2</t>
         </is>
       </c>
       <c r="G874" t="inlineStr"/>
       <c r="H874" t="inlineStr"/>
     </row>
     <row r="875">
       <c r="A875" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25915</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B875" t="inlineStr">
         <is>
-          <t>Highlight message on hover</t>
+          <t>Unverify</t>
         </is>
       </c>
       <c r="C875" t="inlineStr">
         <is>
-          <t>Destacar los mensajes al pasar el mouse por encima</t>
+          <t>Sin verificar</t>
         </is>
       </c>
       <c r="D875" t="inlineStr"/>
       <c r="E875" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F875" t="inlineStr">
         <is>
-          <t>UserSettingsModelHighlight message on hover</t>
+          <t>UserProfileUnverify</t>
         </is>
       </c>
       <c r="G875" t="inlineStr"/>
       <c r="H875" t="inlineStr"/>
     </row>
     <row r="876">
       <c r="A876" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25917</t>
+          <t>../../src/UserSettingsPage.h:24975</t>
         </is>
       </c>
       <c r="B876" t="inlineStr">
         <is>
-          <t>Large Emoji in timeline</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C876" t="inlineStr">
         <is>
-          <t>Activar emojis grandes en el chat</t>
+          <t>Por defecto</t>
         </is>
       </c>
       <c r="D876" t="inlineStr"/>
       <c r="E876" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F876" t="inlineStr">
         <is>
-          <t>UserSettingsModelLarge Emoji in timeline</t>
+          <t>UserSettingsDefault</t>
         </is>
       </c>
       <c r="G876" t="inlineStr"/>
       <c r="H876" t="inlineStr"/>
     </row>
     <row r="877">
       <c r="A877" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25919</t>
+          <t>../../src/UserSettingsPage.cpp:26023</t>
         </is>
       </c>
       <c r="B877" t="inlineStr">
         <is>
-          <t>Minimize to tray</t>
+          <t>Theme</t>
         </is>
       </c>
       <c r="C877" t="inlineStr">
         <is>
-          <t>Minimizar la ventana a un icono en la barra de tareas cuando esta se cierre</t>
+          <t>Tema</t>
         </is>
       </c>
       <c r="D877" t="inlineStr"/>
       <c r="E877" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F877" t="inlineStr">
         <is>
-          <t>UserSettingsModelMinimize to tray</t>
+          <t>UserSettingsModelTheme</t>
         </is>
       </c>
       <c r="G877" t="inlineStr"/>
       <c r="H877" t="inlineStr"/>
     </row>
     <row r="878">
       <c r="A878" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25921</t>
+          <t>../../src/UserSettingsPage.cpp:26025</t>
         </is>
       </c>
       <c r="B878" t="inlineStr">
         <is>
-          <t>Start in tray</t>
+          <t>Scale factor</t>
         </is>
       </c>
       <c r="C878" t="inlineStr">
         <is>
-          <t>Abrir automáticamente después de iniciar sesión en el sistema</t>
+          <t>Factor de escala</t>
         </is>
       </c>
       <c r="D878" t="inlineStr"/>
       <c r="E878" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F878" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart in tray</t>
+          <t>UserSettingsModelScale factor</t>
         </is>
       </c>
       <c r="G878" t="inlineStr"/>
       <c r="H878" t="inlineStr"/>
     </row>
     <row r="879">
       <c r="A879" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25925</t>
+          <t>../../src/UserSettingsPage.cpp:26027</t>
         </is>
       </c>
       <c r="B879" t="inlineStr">
         <is>
-          <t>Scrollbars in room list</t>
+          <t>Highlight message on hover</t>
         </is>
       </c>
       <c r="C879" t="inlineStr">
         <is>
-          <t>Barras de desplazamiento en la lista de salas</t>
+          <t>Destacar los mensajes al pasar el mouse por encima</t>
         </is>
       </c>
       <c r="D879" t="inlineStr"/>
       <c r="E879" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F879" t="inlineStr">
         <is>
-          <t>UserSettingsModelScrollbars in room list</t>
+          <t>UserSettingsModelHighlight message on hover</t>
         </is>
       </c>
       <c r="G879" t="inlineStr"/>
       <c r="H879" t="inlineStr"/>
     </row>
     <row r="880">
       <c r="A880" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25927</t>
+          <t>../../src/UserSettingsPage.cpp:26029</t>
         </is>
       </c>
       <c r="B880" t="inlineStr">
         <is>
-          <t>Send messages as Markdown</t>
+          <t>Large Emoji in timeline</t>
         </is>
       </c>
       <c r="C880" t="inlineStr">
         <is>
-          <t>Enviar mensajes en formato Markdown</t>
+          <t>Activar emojis grandes en el chat</t>
         </is>
       </c>
       <c r="D880" t="inlineStr"/>
       <c r="E880" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F880" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend messages as Markdown</t>
+          <t>UserSettingsModelLarge Emoji in timeline</t>
         </is>
       </c>
       <c r="G880" t="inlineStr"/>
       <c r="H880" t="inlineStr"/>
     </row>
     <row r="881">
       <c r="A881" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25929</t>
+          <t>../../src/UserSettingsPage.cpp:26031</t>
         </is>
       </c>
       <c r="B881" t="inlineStr">
         <is>
-          <t>Use shift+enter to send and enter to start a new line</t>
+          <t>Minimize to tray</t>
         </is>
       </c>
       <c r="C881" t="inlineStr">
         <is>
-          <t>Usa Shift+Enter para enviar y Enter para empezar una nueva línea</t>
+          <t>Minimizar la ventana a un icono en la barra de tareas cuando esta se cierre</t>
         </is>
       </c>
       <c r="D881" t="inlineStr"/>
       <c r="E881" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F881" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse shift+enter to send and enter to start a new line</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelMinimize to tray</t>
+        </is>
+      </c>
+      <c r="G881" t="inlineStr"/>
       <c r="H881" t="inlineStr"/>
     </row>
     <row r="882">
       <c r="A882" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25931</t>
+          <t>../../src/UserSettingsPage.cpp:26033</t>
         </is>
       </c>
       <c r="B882" t="inlineStr">
         <is>
-          <t>Enable message bubbles</t>
+          <t>Start in tray</t>
         </is>
       </c>
       <c r="C882" t="inlineStr">
         <is>
-          <t>Activar las burbujas en los mensajes</t>
+          <t>Abrir automáticamente después de iniciar sesión en el sistema</t>
         </is>
       </c>
       <c r="D882" t="inlineStr"/>
       <c r="E882" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F882" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable message bubbles</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelStart in tray</t>
+        </is>
+      </c>
+      <c r="G882" t="inlineStr"/>
       <c r="H882" t="inlineStr"/>
     </row>
     <row r="883">
       <c r="A883" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25933</t>
+          <t>../../src/UserSettingsPage.cpp:26037</t>
         </is>
       </c>
       <c r="B883" t="inlineStr">
         <is>
-          <t>Enable small Avatars</t>
+          <t>Scrollbars in room list</t>
         </is>
       </c>
       <c r="C883" t="inlineStr">
         <is>
-          <t>Activar avatares pequeños</t>
+          <t>Barras de desplazamiento en la lista de salas</t>
         </is>
       </c>
       <c r="D883" t="inlineStr"/>
       <c r="E883" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F883" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable small Avatars</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelScrollbars in room list</t>
+        </is>
+      </c>
+      <c r="G883" t="inlineStr"/>
       <c r="H883" t="inlineStr"/>
     </row>
     <row r="884">
       <c r="A884" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25935</t>
+          <t>../../src/UserSettingsPage.cpp:26039</t>
         </is>
       </c>
       <c r="B884" t="inlineStr">
         <is>
-          <t>Play animated images only on hover</t>
+          <t>Send messages as Markdown</t>
         </is>
       </c>
       <c r="C884" t="inlineStr">
         <is>
-          <t>Regroducir automáticamente los GIFs sólo al pasar el mouse por encima</t>
+          <t>Enviar mensajes en formato Markdown</t>
         </is>
       </c>
       <c r="D884" t="inlineStr"/>
       <c r="E884" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F884" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlay animated images only on hover</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelSend messages as Markdown</t>
+        </is>
+      </c>
+      <c r="G884" t="inlineStr"/>
       <c r="H884" t="inlineStr"/>
     </row>
     <row r="885">
       <c r="A885" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25937</t>
+          <t>../../src/UserSettingsPage.cpp:26043</t>
         </is>
       </c>
       <c r="B885" t="inlineStr">
         <is>
-          <t>Show images automatically</t>
-[...2 lines deleted...]
-      <c r="C885" t="inlineStr"/>
+          <t>Enable message bubbles</t>
+        </is>
+      </c>
+      <c r="C885" t="inlineStr">
+        <is>
+          <t>Activar las burbujas en los mensajes</t>
+        </is>
+      </c>
       <c r="D885" t="inlineStr"/>
       <c r="E885" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F885" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow images automatically</t>
-[...2 lines deleted...]
-      <c r="G885" t="inlineStr"/>
+          <t>UserSettingsModelEnable message bubbles</t>
+        </is>
+      </c>
+      <c r="G885" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Activar mensajes en burbujas</t>
+        </is>
+      </c>
       <c r="H885" t="inlineStr"/>
     </row>
     <row r="886">
       <c r="A886" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25939</t>
+          <t>../../src/UserSettingsPage.cpp:26045</t>
         </is>
       </c>
       <c r="B886" t="inlineStr">
         <is>
-          <t>Typing notifications</t>
+          <t>Enable small Avatars</t>
         </is>
       </c>
       <c r="C886" t="inlineStr">
         <is>
-          <t>Indicador de escritura</t>
+          <t>Activar avatares pequeños</t>
         </is>
       </c>
       <c r="D886" t="inlineStr"/>
       <c r="E886" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F886" t="inlineStr">
         <is>
-          <t>UserSettingsModelTyping notifications</t>
-[...2 lines deleted...]
-      <c r="G886" t="inlineStr"/>
+          <t>UserSettingsModelEnable small Avatars</t>
+        </is>
+      </c>
+      <c r="G886" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Activar fotos de perfil pequeñas</t>
+        </is>
+      </c>
       <c r="H886" t="inlineStr"/>
     </row>
     <row r="887">
       <c r="A887" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25941</t>
+          <t>../../src/UserSettingsPage.cpp:26047</t>
         </is>
       </c>
       <c r="B887" t="inlineStr">
         <is>
-          <t>Sort rooms by unreads</t>
+          <t>Play animated images only on hover</t>
         </is>
       </c>
       <c r="C887" t="inlineStr">
         <is>
-          <t>Organizar salas por mensajes no leidos</t>
+          <t>Regroducir automáticamente los GIFs sólo al pasar el mouse por encima</t>
         </is>
       </c>
       <c r="D887" t="inlineStr"/>
       <c r="E887" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F887" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms by unreads</t>
-[...2 lines deleted...]
-      <c r="G887" t="inlineStr"/>
+          <t>UserSettingsModelPlay animated images only on hover</t>
+        </is>
+      </c>
+      <c r="G887" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Reproducir automáticamente los GIFs sólo al pasar el mouse por encima</t>
+        </is>
+      </c>
       <c r="H887" t="inlineStr"/>
     </row>
     <row r="888">
       <c r="A888" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25943</t>
+          <t>../../src/UserSettingsPage.cpp:26049</t>
         </is>
       </c>
       <c r="B888" t="inlineStr">
         <is>
-          <t>Sort rooms alphabetically</t>
-[...6 lines deleted...]
-      </c>
+          <t>Show images automatically</t>
+        </is>
+      </c>
+      <c r="C888" t="inlineStr"/>
       <c r="D888" t="inlineStr"/>
       <c r="E888" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F888" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms alphabetically</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelShow images automatically</t>
+        </is>
+      </c>
+      <c r="G888" t="inlineStr"/>
       <c r="H888" t="inlineStr"/>
     </row>
     <row r="889">
       <c r="A889" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25945</t>
+          <t>../../src/UserSettingsPage.cpp:26051</t>
         </is>
       </c>
       <c r="B889" t="inlineStr">
         <is>
-          <t>Show buttons in timeline</t>
+          <t>Typing notifications</t>
         </is>
       </c>
       <c r="C889" t="inlineStr">
         <is>
-          <t>Mostrar botones en la línea de tiempo</t>
+          <t>Indicador de escritura</t>
         </is>
       </c>
       <c r="D889" t="inlineStr"/>
       <c r="E889" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F889" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow buttons in timeline</t>
+          <t>UserSettingsModelTyping notifications</t>
         </is>
       </c>
       <c r="G889" t="inlineStr"/>
       <c r="H889" t="inlineStr"/>
     </row>
     <row r="890">
       <c r="A890" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25947</t>
+          <t>../../src/UserSettingsPage.cpp:26053</t>
         </is>
       </c>
       <c r="B890" t="inlineStr">
         <is>
-          <t>Limit width of timeline</t>
+          <t>Sort rooms by unreads</t>
         </is>
       </c>
       <c r="C890" t="inlineStr">
         <is>
-          <t>Limitar la anchura de la línea de tiempo</t>
+          <t>Organizar salas por mensajes no leidos</t>
         </is>
       </c>
       <c r="D890" t="inlineStr"/>
       <c r="E890" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F890" t="inlineStr">
         <is>
-          <t>UserSettingsModelLimit width of timeline</t>
+          <t>UserSettingsModelSort rooms by unreads</t>
         </is>
       </c>
       <c r="G890" t="inlineStr"/>
       <c r="H890" t="inlineStr"/>
     </row>
     <row r="891">
       <c r="A891" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25949</t>
+          <t>../../src/UserSettingsPage.cpp:26055</t>
         </is>
       </c>
       <c r="B891" t="inlineStr">
         <is>
-          <t>Read receipts</t>
+          <t>Sort rooms alphabetically</t>
         </is>
       </c>
       <c r="C891" t="inlineStr">
         <is>
-          <t>Vistos</t>
+          <t>Ordenar las salas alfabéticamente</t>
         </is>
       </c>
       <c r="D891" t="inlineStr"/>
       <c r="E891" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F891" t="inlineStr">
         <is>
-          <t>UserSettingsModelRead receipts</t>
+          <t>UserSettingsModelSort rooms alphabetically</t>
         </is>
       </c>
       <c r="G891" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: En vistos</t>
+          <t>Suggested in Weblate: Ordenar salas alfabéticamente</t>
         </is>
       </c>
       <c r="H891" t="inlineStr"/>
     </row>
     <row r="892">
       <c r="A892" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25951</t>
+          <t>../../src/UserSettingsPage.cpp:26057</t>
         </is>
       </c>
       <c r="B892" t="inlineStr">
         <is>
-          <t>Hidden events</t>
+          <t>Show buttons in timeline</t>
         </is>
       </c>
       <c r="C892" t="inlineStr">
         <is>
-          <t>Eventos ocultos</t>
+          <t>Mostrar botones en la línea de tiempo</t>
         </is>
       </c>
       <c r="D892" t="inlineStr"/>
       <c r="E892" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F892" t="inlineStr">
         <is>
-          <t>UserSettingsModelHidden events</t>
+          <t>UserSettingsModelShow buttons in timeline</t>
         </is>
       </c>
       <c r="G892" t="inlineStr"/>
       <c r="H892" t="inlineStr"/>
     </row>
     <row r="893">
       <c r="A893" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25953</t>
+          <t>../../src/UserSettingsPage.cpp:26059</t>
         </is>
       </c>
       <c r="B893" t="inlineStr">
         <is>
-          <t>Ignored users</t>
+          <t>Limit width of timeline</t>
         </is>
       </c>
       <c r="C893" t="inlineStr">
         <is>
-          <t>Usuarios ignorados</t>
+          <t>Limitar la anchura de la línea de tiempo</t>
         </is>
       </c>
       <c r="D893" t="inlineStr"/>
       <c r="E893" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F893" t="inlineStr">
         <is>
-          <t>UserSettingsModelIgnored users</t>
+          <t>UserSettingsModelLimit width of timeline</t>
         </is>
       </c>
       <c r="G893" t="inlineStr"/>
       <c r="H893" t="inlineStr"/>
     </row>
     <row r="894">
       <c r="A894" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25955</t>
+          <t>../../src/UserSettingsPage.cpp:26061</t>
         </is>
       </c>
       <c r="B894" t="inlineStr">
         <is>
-          <t>Desktop notifications</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C894" t="inlineStr">
         <is>
-          <t>Notificaciones de escritorio</t>
+          <t>Vistos</t>
         </is>
       </c>
       <c r="D894" t="inlineStr"/>
       <c r="E894" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F894" t="inlineStr">
         <is>
-          <t>UserSettingsModelDesktop notifications</t>
-[...2 lines deleted...]
-      <c r="G894" t="inlineStr"/>
+          <t>UserSettingsModelRead receipts</t>
+        </is>
+      </c>
+      <c r="G894" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: En vistos</t>
+        </is>
+      </c>
       <c r="H894" t="inlineStr"/>
     </row>
     <row r="895">
       <c r="A895" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25957</t>
+          <t>../../src/UserSettingsPage.cpp:26063</t>
         </is>
       </c>
       <c r="B895" t="inlineStr">
         <is>
-          <t>Alert on notification</t>
+          <t>Hidden events</t>
         </is>
       </c>
       <c r="C895" t="inlineStr">
         <is>
-          <t>Alertar cuando haya una notificación</t>
+          <t>Eventos ocultos</t>
         </is>
       </c>
       <c r="D895" t="inlineStr"/>
       <c r="E895" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F895" t="inlineStr">
         <is>
-          <t>UserSettingsModelAlert on notification</t>
+          <t>UserSettingsModelHidden events</t>
         </is>
       </c>
       <c r="G895" t="inlineStr"/>
       <c r="H895" t="inlineStr"/>
     </row>
     <row r="896">
       <c r="A896" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25959</t>
+          <t>../../src/UserSettingsPage.cpp:26065</t>
         </is>
       </c>
       <c r="B896" t="inlineStr">
         <is>
-          <t>Circular Avatars</t>
+          <t>Ignored users</t>
         </is>
       </c>
       <c r="C896" t="inlineStr">
         <is>
-          <t>Avatares circulares</t>
+          <t>Usuarios ignorados</t>
         </is>
       </c>
       <c r="D896" t="inlineStr"/>
       <c r="E896" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F896" t="inlineStr">
         <is>
-          <t>UserSettingsModelCircular Avatars</t>
+          <t>UserSettingsModelIgnored users</t>
         </is>
       </c>
       <c r="G896" t="inlineStr"/>
       <c r="H896" t="inlineStr"/>
     </row>
     <row r="897">
       <c r="A897" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25961</t>
+          <t>../../src/UserSettingsPage.cpp:26067</t>
         </is>
       </c>
       <c r="B897" t="inlineStr">
         <is>
-          <t>Use identicons</t>
+          <t>Desktop notifications</t>
         </is>
       </c>
       <c r="C897" t="inlineStr">
         <is>
-          <t>Usar identicons</t>
+          <t>Notificaciones de escritorio</t>
         </is>
       </c>
       <c r="D897" t="inlineStr"/>
       <c r="E897" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F897" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse identicons</t>
+          <t>UserSettingsModelDesktop notifications</t>
         </is>
       </c>
       <c r="G897" t="inlineStr"/>
       <c r="H897" t="inlineStr"/>
     </row>
     <row r="898">
       <c r="A898" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25963</t>
+          <t>../../src/UserSettingsPage.cpp:26069</t>
         </is>
       </c>
       <c r="B898" t="inlineStr">
         <is>
-          <t>Open images with external program</t>
+          <t>Alert on notification</t>
         </is>
       </c>
       <c r="C898" t="inlineStr">
         <is>
-          <t>Abrir imágenes con un programa externo</t>
+          <t>Alertar cuando haya una notificación</t>
         </is>
       </c>
       <c r="D898" t="inlineStr"/>
       <c r="E898" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F898" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen images with external program</t>
+          <t>UserSettingsModelAlert on notification</t>
         </is>
       </c>
       <c r="G898" t="inlineStr"/>
       <c r="H898" t="inlineStr"/>
     </row>
     <row r="899">
       <c r="A899" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25965</t>
+          <t>../../src/UserSettingsPage.cpp:26071</t>
         </is>
       </c>
       <c r="B899" t="inlineStr">
         <is>
-          <t>Open videos with external program</t>
+          <t>Circular Avatars</t>
         </is>
       </c>
       <c r="C899" t="inlineStr">
         <is>
-          <t>Abrir vídeos con un programa externo</t>
+          <t>Avatares circulares</t>
         </is>
       </c>
       <c r="D899" t="inlineStr"/>
       <c r="E899" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F899" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen videos with external program</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelCircular Avatars</t>
+        </is>
+      </c>
+      <c r="G899" t="inlineStr"/>
       <c r="H899" t="inlineStr"/>
     </row>
     <row r="900">
       <c r="A900" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25967</t>
+          <t>../../src/UserSettingsPage.cpp:26073</t>
         </is>
       </c>
       <c r="B900" t="inlineStr">
         <is>
-          <t>Decrypt messages in sidebar</t>
+          <t>Use identicons</t>
         </is>
       </c>
       <c r="C900" t="inlineStr">
         <is>
-          <t>Descifrar mensajes en la barra lateral</t>
+          <t>Usar identicons</t>
         </is>
       </c>
       <c r="D900" t="inlineStr"/>
       <c r="E900" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F900" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt messages in sidebar</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelUse identicons</t>
+        </is>
+      </c>
+      <c r="G900" t="inlineStr"/>
       <c r="H900" t="inlineStr"/>
     </row>
     <row r="901">
       <c r="A901" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25969</t>
+          <t>../../src/UserSettingsPage.cpp:26075</t>
         </is>
       </c>
       <c r="B901" t="inlineStr">
         <is>
-          <t>Decrypt notifications</t>
+          <t>Open images with external program</t>
         </is>
       </c>
       <c r="C901" t="inlineStr">
         <is>
-          <t>Descifrar notificaciones</t>
+          <t>Abrir imágenes con un programa externo</t>
         </is>
       </c>
       <c r="D901" t="inlineStr"/>
       <c r="E901" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F901" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt notifications</t>
+          <t>UserSettingsModelOpen images with external program</t>
         </is>
       </c>
       <c r="G901" t="inlineStr"/>
       <c r="H901" t="inlineStr"/>
     </row>
     <row r="902">
       <c r="A902" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25973</t>
+          <t>../../src/UserSettingsPage.cpp:26077</t>
         </is>
       </c>
       <c r="B902" t="inlineStr">
         <is>
-          <t>Display fancy effects such as confetti</t>
+          <t>Open videos with external program</t>
         </is>
       </c>
       <c r="C902" t="inlineStr">
         <is>
-          <t>Mostrar efectos como confeti</t>
+          <t>Abrir vídeos con un programa externo</t>
         </is>
       </c>
       <c r="D902" t="inlineStr"/>
       <c r="E902" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F902" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
+          <t>UserSettingsModelOpen videos with external program</t>
         </is>
       </c>
       <c r="G902" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Mostrar efectos elegantes como confeti</t>
+          <t>Suggested in Weblate: Abrir videos con un programa externo</t>
         </is>
       </c>
       <c r="H902" t="inlineStr"/>
     </row>
     <row r="903">
       <c r="A903" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25975</t>
+          <t>../../src/UserSettingsPage.cpp:26079</t>
         </is>
       </c>
       <c r="B903" t="inlineStr">
         <is>
-          <t>Reduce or disable animations</t>
+          <t>Decrypt messages in sidebar</t>
         </is>
       </c>
       <c r="C903" t="inlineStr">
         <is>
-          <t>Reducir o desactivar animaciones</t>
+          <t>Descifrar mensajes en la barra lateral</t>
         </is>
       </c>
       <c r="D903" t="inlineStr"/>
       <c r="E903" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F903" t="inlineStr">
         <is>
-          <t>UserSettingsModelReduce or disable animations</t>
+          <t>UserSettingsModelDecrypt messages in sidebar</t>
         </is>
       </c>
       <c r="G903" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Reducir o deshabilitar animaciones</t>
+          <t>Suggested in Weblate: Descrifrar mensajes en la barra lateral</t>
         </is>
       </c>
       <c r="H903" t="inlineStr"/>
     </row>
     <row r="904">
       <c r="A904" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25977</t>
+          <t>../../src/UserSettingsPage.cpp:26081</t>
         </is>
       </c>
       <c r="B904" t="inlineStr">
         <is>
-          <t>Privacy Screen</t>
+          <t>Decrypt notifications</t>
         </is>
       </c>
       <c r="C904" t="inlineStr">
         <is>
-          <t>Pantalla de privacidad</t>
+          <t>Descifrar notificaciones</t>
         </is>
       </c>
       <c r="D904" t="inlineStr"/>
       <c r="E904" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F904" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy Screen</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelDecrypt notifications</t>
+        </is>
+      </c>
+      <c r="G904" t="inlineStr"/>
       <c r="H904" t="inlineStr"/>
     </row>
     <row r="905">
       <c r="A905" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25979</t>
+          <t>../../src/UserSettingsPage.cpp:26085</t>
         </is>
       </c>
       <c r="B905" t="inlineStr">
         <is>
-          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
+          <t>Display fancy effects such as confetti</t>
         </is>
       </c>
       <c r="C905" t="inlineStr">
         <is>
-          <t>Tiempo de espera de la pantalla de privacidad (en segundos [0 - 3600])</t>
+          <t>Mostrar efectos como confeti</t>
         </is>
       </c>
       <c r="D905" t="inlineStr"/>
       <c r="E905" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F905" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
+          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
         </is>
       </c>
       <c r="G905" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Tiempo de espera para privacidad de pantalla (en segundos [0 - 3600])</t>
+          <t>Suggested in Weblate: Mostrar efectos elegantes como confeti</t>
         </is>
       </c>
       <c r="H905" t="inlineStr"/>
     </row>
     <row r="906">
       <c r="A906" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25981</t>
+          <t>../../src/UserSettingsPage.cpp:26087</t>
         </is>
       </c>
       <c r="B906" t="inlineStr">
         <is>
-          <t>Touchscreen mode</t>
+          <t>Reduce or disable animations</t>
         </is>
       </c>
       <c r="C906" t="inlineStr">
         <is>
-          <t>Modo de pantalla táctil</t>
+          <t>Reducir o desactivar animaciones</t>
         </is>
       </c>
       <c r="D906" t="inlineStr"/>
       <c r="E906" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F906" t="inlineStr">
         <is>
-          <t>UserSettingsModelTouchscreen mode</t>
-[...2 lines deleted...]
-      <c r="G906" t="inlineStr"/>
+          <t>UserSettingsModelReduce or disable animations</t>
+        </is>
+      </c>
+      <c r="G906" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Reducir o deshabilitar animaciones</t>
+        </is>
+      </c>
       <c r="H906" t="inlineStr"/>
     </row>
     <row r="907">
       <c r="A907" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25983</t>
+          <t>../../src/UserSettingsPage.cpp:26089</t>
         </is>
       </c>
       <c r="B907" t="inlineStr">
         <is>
-          <t>Disable swipe motions</t>
-[...2 lines deleted...]
-      <c r="C907" t="inlineStr"/>
+          <t>Privacy Screen</t>
+        </is>
+      </c>
+      <c r="C907" t="inlineStr">
+        <is>
+          <t>Pantalla de privacidad</t>
+        </is>
+      </c>
       <c r="D907" t="inlineStr"/>
       <c r="E907" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F907" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisable swipe motions</t>
-[...2 lines deleted...]
-      <c r="G907" t="inlineStr"/>
+          <t>UserSettingsModelPrivacy Screen</t>
+        </is>
+      </c>
+      <c r="G907" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Privacidad de pantalla</t>
+        </is>
+      </c>
       <c r="H907" t="inlineStr"/>
     </row>
     <row r="908">
       <c r="A908" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25985</t>
+          <t>../../src/UserSettingsPage.cpp:26091</t>
         </is>
       </c>
       <c r="B908" t="inlineStr">
         <is>
-          <t>Font size</t>
+          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="C908" t="inlineStr">
         <is>
-          <t>Tamaño de la fuente</t>
+          <t>Tiempo de espera de la pantalla de privacidad (en segundos [0 - 3600])</t>
         </is>
       </c>
       <c r="D908" t="inlineStr"/>
       <c r="E908" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F908" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont size</t>
-[...2 lines deleted...]
-      <c r="G908" t="inlineStr"/>
+          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
+        </is>
+      </c>
+      <c r="G908" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Tiempo de espera para privacidad de pantalla (en segundos [0 - 3600])</t>
+        </is>
+      </c>
       <c r="H908" t="inlineStr"/>
     </row>
     <row r="909">
       <c r="A909" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25987</t>
+          <t>../../src/UserSettingsPage.cpp:26093</t>
         </is>
       </c>
       <c r="B909" t="inlineStr">
         <is>
-          <t>Font Family</t>
+          <t>Touchscreen mode</t>
         </is>
       </c>
       <c r="C909" t="inlineStr">
         <is>
-          <t>Nombre de la fuente</t>
+          <t>Modo de pantalla táctil</t>
         </is>
       </c>
       <c r="D909" t="inlineStr"/>
       <c r="E909" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F909" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont Family</t>
+          <t>UserSettingsModelTouchscreen mode</t>
         </is>
       </c>
       <c r="G909" t="inlineStr"/>
       <c r="H909" t="inlineStr"/>
     </row>
     <row r="910">
       <c r="A910" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25989</t>
+          <t>../../src/UserSettingsPage.cpp:26095</t>
         </is>
       </c>
       <c r="B910" t="inlineStr">
         <is>
-          <t>Emoji Font Family</t>
-[...6 lines deleted...]
-      </c>
+          <t>Disable swipe motions</t>
+        </is>
+      </c>
+      <c r="C910" t="inlineStr"/>
       <c r="D910" t="inlineStr"/>
       <c r="E910" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F910" t="inlineStr">
         <is>
-          <t>UserSettingsModelEmoji Font Family</t>
+          <t>UserSettingsModelDisable swipe motions</t>
         </is>
       </c>
       <c r="G910" t="inlineStr"/>
       <c r="H910" t="inlineStr"/>
     </row>
     <row r="911">
       <c r="A911" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25991</t>
+          <t>../../src/UserSettingsPage.cpp:26097</t>
         </is>
       </c>
       <c r="B911" t="inlineStr">
         <is>
-          <t>Ringtone</t>
+          <t>Font size</t>
         </is>
       </c>
       <c r="C911" t="inlineStr">
         <is>
-          <t>Tono</t>
+          <t>Tamaño de la fuente</t>
         </is>
       </c>
       <c r="D911" t="inlineStr"/>
       <c r="E911" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F911" t="inlineStr">
         <is>
-          <t>UserSettingsModelRingtone</t>
+          <t>UserSettingsModelFont size</t>
         </is>
       </c>
       <c r="G911" t="inlineStr"/>
       <c r="H911" t="inlineStr"/>
     </row>
     <row r="912">
       <c r="A912" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25993</t>
+          <t>../../src/UserSettingsPage.cpp:26099</t>
         </is>
       </c>
       <c r="B912" t="inlineStr">
         <is>
-          <t>Microphone</t>
+          <t>Font Family</t>
         </is>
       </c>
       <c r="C912" t="inlineStr">
         <is>
-          <t>Micrófono</t>
+          <t>Nombre de la fuente</t>
         </is>
       </c>
       <c r="D912" t="inlineStr"/>
       <c r="E912" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F912" t="inlineStr">
         <is>
-          <t>UserSettingsModelMicrophone</t>
+          <t>UserSettingsModelFont Family</t>
         </is>
       </c>
       <c r="G912" t="inlineStr"/>
       <c r="H912" t="inlineStr"/>
     </row>
     <row r="913">
       <c r="A913" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25995</t>
+          <t>../../src/UserSettingsPage.cpp:26101</t>
         </is>
       </c>
       <c r="B913" t="inlineStr">
         <is>
-          <t>Camera</t>
+          <t>Emoji Font Family</t>
         </is>
       </c>
       <c r="C913" t="inlineStr">
         <is>
-          <t>Cámara</t>
+          <t>Nombre de fuente para Emojis</t>
         </is>
       </c>
       <c r="D913" t="inlineStr"/>
       <c r="E913" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F913" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera</t>
+          <t>UserSettingsModelEmoji Font Family</t>
         </is>
       </c>
       <c r="G913" t="inlineStr"/>
       <c r="H913" t="inlineStr"/>
     </row>
     <row r="914">
       <c r="A914" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25997</t>
+          <t>../../src/UserSettingsPage.cpp:26103</t>
         </is>
       </c>
       <c r="B914" t="inlineStr">
         <is>
-          <t>Camera resolution</t>
+          <t>Ringtone</t>
         </is>
       </c>
       <c r="C914" t="inlineStr">
         <is>
-          <t>Resolución de la cámara</t>
+          <t>Tono</t>
         </is>
       </c>
       <c r="D914" t="inlineStr"/>
       <c r="E914" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F914" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera resolution</t>
+          <t>UserSettingsModelRingtone</t>
         </is>
       </c>
       <c r="G914" t="inlineStr"/>
       <c r="H914" t="inlineStr"/>
     </row>
     <row r="915">
       <c r="A915" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25999</t>
+          <t>../../src/UserSettingsPage.cpp:26105</t>
         </is>
       </c>
       <c r="B915" t="inlineStr">
         <is>
-          <t>Camera frame rate</t>
+          <t>Microphone</t>
         </is>
       </c>
       <c r="C915" t="inlineStr">
         <is>
-          <t>Tasa de fotogramas de la cámara</t>
+          <t>Micrófono</t>
         </is>
       </c>
       <c r="D915" t="inlineStr"/>
       <c r="E915" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F915" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera frame rate</t>
+          <t>UserSettingsModelMicrophone</t>
         </is>
       </c>
       <c r="G915" t="inlineStr"/>
       <c r="H915" t="inlineStr"/>
     </row>
     <row r="916">
       <c r="A916" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26001</t>
+          <t>../../src/UserSettingsPage.cpp:26107</t>
         </is>
       </c>
       <c r="B916" t="inlineStr">
         <is>
-          <t>Allow fallback call assist server</t>
+          <t>Camera</t>
         </is>
       </c>
       <c r="C916" t="inlineStr">
         <is>
-          <t>Permitir el servidor de respaldo de asistencia</t>
+          <t>Cámara</t>
         </is>
       </c>
       <c r="D916" t="inlineStr"/>
       <c r="E916" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F916" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow fallback call assist server</t>
+          <t>UserSettingsModelCamera</t>
         </is>
       </c>
       <c r="G916" t="inlineStr"/>
       <c r="H916" t="inlineStr"/>
     </row>
     <row r="917">
       <c r="A917" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26003</t>
+          <t>../../src/UserSettingsPage.cpp:26109</t>
         </is>
       </c>
       <c r="B917" t="inlineStr">
         <is>
-          <t>Send encrypted messages to verified users only</t>
+          <t>Camera resolution</t>
         </is>
       </c>
       <c r="C917" t="inlineStr">
         <is>
-          <t>Enviar mensajes cifrados sólo a usuarios verificados</t>
+          <t>Resolución de la cámara</t>
         </is>
       </c>
       <c r="D917" t="inlineStr"/>
       <c r="E917" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F917" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend encrypted messages to verified users only</t>
+          <t>UserSettingsModelCamera resolution</t>
         </is>
       </c>
       <c r="G917" t="inlineStr"/>
       <c r="H917" t="inlineStr"/>
     </row>
     <row r="918">
       <c r="A918" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26005</t>
+          <t>../../src/UserSettingsPage.cpp:26111</t>
         </is>
       </c>
       <c r="B918" t="inlineStr">
         <is>
-          <t>Share keys with verified users and devices</t>
+          <t>Camera frame rate</t>
         </is>
       </c>
       <c r="C918" t="inlineStr">
         <is>
-          <t>Compartir claves con usuarios y dispositivos verificados</t>
+          <t>Tasa de fotogramas de la cámara</t>
         </is>
       </c>
       <c r="D918" t="inlineStr"/>
       <c r="E918" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F918" t="inlineStr">
         <is>
-          <t>UserSettingsModelShare keys with verified users and devices</t>
+          <t>UserSettingsModelCamera frame rate</t>
         </is>
       </c>
       <c r="G918" t="inlineStr"/>
       <c r="H918" t="inlineStr"/>
     </row>
     <row r="919">
       <c r="A919" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26007</t>
+          <t>../../src/UserSettingsPage.cpp:26113</t>
         </is>
       </c>
       <c r="B919" t="inlineStr">
         <is>
-          <t>Online Key Backup</t>
+          <t>Allow fallback call assist server</t>
         </is>
       </c>
       <c r="C919" t="inlineStr">
         <is>
-          <t>Copia de seguridad de claves en línea</t>
+          <t>Permitir el servidor de respaldo de asistencia</t>
         </is>
       </c>
       <c r="D919" t="inlineStr"/>
       <c r="E919" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F919" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline Key Backup</t>
+          <t>UserSettingsModelAllow fallback call assist server</t>
         </is>
       </c>
       <c r="G919" t="inlineStr"/>
       <c r="H919" t="inlineStr"/>
     </row>
     <row r="920">
       <c r="A920" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26009</t>
+          <t>../../src/UserSettingsPage.cpp:26115</t>
         </is>
       </c>
       <c r="B920" t="inlineStr">
         <is>
-          <t>Profile</t>
+          <t>Send encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="C920" t="inlineStr">
         <is>
-          <t>Perfil</t>
+          <t>Enviar mensajes cifrados sólo a usuarios verificados</t>
         </is>
       </c>
       <c r="D920" t="inlineStr"/>
       <c r="E920" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F920" t="inlineStr">
         <is>
-          <t>UserSettingsModelProfile</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelSend encrypted messages to verified users only</t>
+        </is>
+      </c>
+      <c r="G920" t="inlineStr"/>
       <c r="H920" t="inlineStr"/>
     </row>
     <row r="921">
       <c r="A921" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26011</t>
+          <t>../../src/UserSettingsPage.cpp:26117</t>
         </is>
       </c>
       <c r="B921" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Share keys with verified users and devices</t>
         </is>
       </c>
       <c r="C921" t="inlineStr">
         <is>
-          <t>ID de usuario</t>
+          <t>Compartir claves con usuarios y dispositivos verificados</t>
         </is>
       </c>
       <c r="D921" t="inlineStr"/>
       <c r="E921" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F921" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser ID</t>
+          <t>UserSettingsModelShare keys with verified users and devices</t>
         </is>
       </c>
       <c r="G921" t="inlineStr"/>
       <c r="H921" t="inlineStr"/>
     </row>
     <row r="922">
       <c r="A922" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26013</t>
+          <t>../../src/UserSettingsPage.cpp:26119</t>
         </is>
       </c>
       <c r="B922" t="inlineStr">
         <is>
-          <t>Accesstoken</t>
+          <t>Online Key Backup</t>
         </is>
       </c>
       <c r="C922" t="inlineStr">
         <is>
-          <t>Token de acceso</t>
+          <t>Copia de seguridad de claves en línea</t>
         </is>
       </c>
       <c r="D922" t="inlineStr"/>
       <c r="E922" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F922" t="inlineStr">
         <is>
-          <t>UserSettingsModelAccesstoken</t>
+          <t>UserSettingsModelOnline Key Backup</t>
         </is>
       </c>
       <c r="G922" t="inlineStr"/>
       <c r="H922" t="inlineStr"/>
     </row>
     <row r="923">
       <c r="A923" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26015</t>
+          <t>../../src/UserSettingsPage.cpp:26121</t>
         </is>
       </c>
       <c r="B923" t="inlineStr">
         <is>
-          <t>Device ID</t>
+          <t>Profile</t>
         </is>
       </c>
       <c r="C923" t="inlineStr">
         <is>
-          <t>ID de dispositivo</t>
+          <t>Perfil</t>
         </is>
       </c>
       <c r="D923" t="inlineStr"/>
       <c r="E923" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F923" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice ID</t>
-[...2 lines deleted...]
-      <c r="G923" t="inlineStr"/>
+          <t>UserSettingsModelProfile</t>
+        </is>
+      </c>
+      <c r="G923" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: perfil</t>
+        </is>
+      </c>
       <c r="H923" t="inlineStr"/>
     </row>
     <row r="924">
       <c r="A924" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26017</t>
+          <t>../../src/UserSettingsPage.cpp:26123</t>
         </is>
       </c>
       <c r="B924" t="inlineStr">
         <is>
-          <t>Device Fingerprint</t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C924" t="inlineStr">
         <is>
-          <t>Huella de dispositivo</t>
+          <t>ID de usuario</t>
         </is>
       </c>
       <c r="D924" t="inlineStr"/>
       <c r="E924" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F924" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice Fingerprint</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelUser ID</t>
+        </is>
+      </c>
+      <c r="G924" t="inlineStr"/>
       <c r="H924" t="inlineStr"/>
     </row>
     <row r="925">
       <c r="A925" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26019</t>
+          <t>../../src/UserSettingsPage.cpp:26125</t>
         </is>
       </c>
       <c r="B925" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Accesstoken</t>
         </is>
       </c>
       <c r="C925" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Token de acceso</t>
         </is>
       </c>
       <c r="D925" t="inlineStr"/>
       <c r="E925" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F925" t="inlineStr">
         <is>
+          <t>UserSettingsModelAccesstoken</t>
+        </is>
+      </c>
+      <c r="G925" t="inlineStr"/>
+      <c r="H925" t="inlineStr"/>
+    </row>
+    <row r="926">
+      <c r="A926" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26127</t>
+        </is>
+      </c>
+      <c r="B926" t="inlineStr">
+        <is>
+          <t>Device ID</t>
+        </is>
+      </c>
+      <c r="C926" t="inlineStr">
+        <is>
+          <t>ID de dispositivo</t>
+        </is>
+      </c>
+      <c r="D926" t="inlineStr"/>
+      <c r="E926" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F926" t="inlineStr">
+        <is>
+          <t>UserSettingsModelDevice ID</t>
+        </is>
+      </c>
+      <c r="G926" t="inlineStr"/>
+      <c r="H926" t="inlineStr"/>
+    </row>
+    <row r="927">
+      <c r="A927" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26129</t>
+        </is>
+      </c>
+      <c r="B927" t="inlineStr">
+        <is>
+          <t>Device Fingerprint</t>
+        </is>
+      </c>
+      <c r="C927" t="inlineStr">
+        <is>
+          <t>Huella de dispositivo</t>
+        </is>
+      </c>
+      <c r="D927" t="inlineStr"/>
+      <c r="E927" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F927" t="inlineStr">
+        <is>
+          <t>UserSettingsModelDevice Fingerprint</t>
+        </is>
+      </c>
+      <c r="G927" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Huella digital de dispositivo</t>
+        </is>
+      </c>
+      <c r="H927" t="inlineStr"/>
+    </row>
+    <row r="928">
+      <c r="A928" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26131</t>
+        </is>
+      </c>
+      <c r="B928" t="inlineStr">
+        <is>
+          <t>Homeserver</t>
+        </is>
+      </c>
+      <c r="C928" t="inlineStr">
+        <is>
+          <t>Homeserver</t>
+        </is>
+      </c>
+      <c r="D928" t="inlineStr"/>
+      <c r="E928" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F928" t="inlineStr">
+        <is>
           <t>UserSettingsModelHomeserver</t>
         </is>
       </c>
-      <c r="G925" t="inlineStr">
+      <c r="G928" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Servidor hogar
 Suggested in Weblate: Servidor base</t>
         </is>
       </c>
-      <c r="H925" t="inlineStr"/>
-[...88 lines deleted...]
-      <c r="G928" t="inlineStr"/>
       <c r="H928" t="inlineStr"/>
     </row>
     <row r="929">
       <c r="A929" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26027</t>
+          <t>../../src/UserSettingsPage.cpp:26133</t>
         </is>
       </c>
       <c r="B929" t="inlineStr">
         <is>
-          <t>ACCESSIBILITY</t>
+          <t>Version</t>
         </is>
       </c>
       <c r="C929" t="inlineStr">
         <is>
-          <t>ACCESIBILIDAD</t>
+          <t>Versión</t>
         </is>
       </c>
       <c r="D929" t="inlineStr"/>
       <c r="E929" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F929" t="inlineStr">
         <is>
-          <t>UserSettingsModelACCESSIBILITY</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelVersion</t>
+        </is>
+      </c>
+      <c r="G929" t="inlineStr"/>
       <c r="H929" t="inlineStr"/>
     </row>
     <row r="930">
       <c r="A930" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26029</t>
+          <t>../../src/UserSettingsPage.cpp:26135</t>
         </is>
       </c>
       <c r="B930" t="inlineStr">
         <is>
-          <t>TIMELINE</t>
+          <t>Platform</t>
         </is>
       </c>
       <c r="C930" t="inlineStr">
         <is>
-          <t>LÍNEA DE TIEMPO</t>
+          <t>Plataforma</t>
         </is>
       </c>
       <c r="D930" t="inlineStr"/>
       <c r="E930" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F930" t="inlineStr">
         <is>
-          <t>UserSettingsModelTIMELINE</t>
+          <t>UserSettingsModelPlatform</t>
         </is>
       </c>
       <c r="G930" t="inlineStr"/>
       <c r="H930" t="inlineStr"/>
     </row>
     <row r="931">
       <c r="A931" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26031</t>
+          <t>../../src/UserSettingsPage.cpp:26137</t>
         </is>
       </c>
       <c r="B931" t="inlineStr">
         <is>
-          <t>SIDEBAR</t>
+          <t>GENERAL</t>
         </is>
       </c>
       <c r="C931" t="inlineStr">
         <is>
-          <t>BARRA LATERAL</t>
+          <t>GENERAL</t>
         </is>
       </c>
       <c r="D931" t="inlineStr"/>
       <c r="E931" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F931" t="inlineStr">
         <is>
-          <t>UserSettingsModelSIDEBAR</t>
+          <t>UserSettingsModelGENERAL</t>
         </is>
       </c>
       <c r="G931" t="inlineStr"/>
       <c r="H931" t="inlineStr"/>
     </row>
     <row r="932">
       <c r="A932" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26033</t>
+          <t>../../src/UserSettingsPage.cpp:26139</t>
         </is>
       </c>
       <c r="B932" t="inlineStr">
         <is>
-          <t>TRAY</t>
+          <t>ACCESSIBILITY</t>
         </is>
       </c>
       <c r="C932" t="inlineStr">
         <is>
-          <t>BANDEJA</t>
+          <t>ACCESIBILIDAD</t>
         </is>
       </c>
       <c r="D932" t="inlineStr"/>
       <c r="E932" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F932" t="inlineStr">
         <is>
-          <t>UserSettingsModelTRAY</t>
+          <t>UserSettingsModelACCESSIBILITY</t>
         </is>
       </c>
       <c r="G932" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: BARRA DE BANDEJA</t>
+          <t>Suggested in Weblate: ACCESIBILDAD</t>
         </is>
       </c>
       <c r="H932" t="inlineStr"/>
     </row>
     <row r="933">
       <c r="A933" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26035</t>
+          <t>../../src/UserSettingsPage.cpp:26141</t>
         </is>
       </c>
       <c r="B933" t="inlineStr">
         <is>
-          <t>GLOBAL MESSAGE VISIBILITY</t>
+          <t>TIMELINE</t>
         </is>
       </c>
       <c r="C933" t="inlineStr">
         <is>
-          <t>VISIBILIDAD GLOBAL DE LOS MENSAJES</t>
+          <t>LÍNEA DE TIEMPO</t>
         </is>
       </c>
       <c r="D933" t="inlineStr"/>
       <c r="E933" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F933" t="inlineStr">
         <is>
-          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
+          <t>UserSettingsModelTIMELINE</t>
         </is>
       </c>
       <c r="G933" t="inlineStr"/>
       <c r="H933" t="inlineStr"/>
     </row>
     <row r="934">
       <c r="A934" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26037</t>
+          <t>../../src/UserSettingsPage.cpp:26143</t>
         </is>
       </c>
       <c r="B934" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>SIDEBAR</t>
         </is>
       </c>
       <c r="C934" t="inlineStr">
         <is>
-          <t>NOTIFICACIONES</t>
+          <t>BARRA LATERAL</t>
         </is>
       </c>
       <c r="D934" t="inlineStr"/>
       <c r="E934" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F934" t="inlineStr">
         <is>
-          <t>UserSettingsModelNOTIFICATIONS</t>
+          <t>UserSettingsModelSIDEBAR</t>
         </is>
       </c>
       <c r="G934" t="inlineStr"/>
       <c r="H934" t="inlineStr"/>
     </row>
     <row r="935">
       <c r="A935" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26039</t>
+          <t>../../src/UserSettingsPage.cpp:26145</t>
         </is>
       </c>
       <c r="B935" t="inlineStr">
         <is>
-          <t>CALLS</t>
+          <t>TRAY</t>
         </is>
       </c>
       <c r="C935" t="inlineStr">
         <is>
-          <t>LLAMADAS</t>
+          <t>BANDEJA</t>
         </is>
       </c>
       <c r="D935" t="inlineStr"/>
       <c r="E935" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F935" t="inlineStr">
         <is>
-          <t>UserSettingsModelCALLS</t>
-[...2 lines deleted...]
-      <c r="G935" t="inlineStr"/>
+          <t>UserSettingsModelTRAY</t>
+        </is>
+      </c>
+      <c r="G935" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: BARRA DE BANDEJA</t>
+        </is>
+      </c>
       <c r="H935" t="inlineStr"/>
     </row>
     <row r="936">
       <c r="A936" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26041</t>
+          <t>../../src/UserSettingsPage.cpp:26147</t>
         </is>
       </c>
       <c r="B936" t="inlineStr">
         <is>
-          <t>ENCRYPTION</t>
+          <t>GLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C936" t="inlineStr">
         <is>
-          <t>CIFRADO</t>
+          <t>VISIBILIDAD GLOBAL DE LOS MENSAJES</t>
         </is>
       </c>
       <c r="D936" t="inlineStr"/>
       <c r="E936" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F936" t="inlineStr">
         <is>
-          <t>UserSettingsModelENCRYPTION</t>
+          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G936" t="inlineStr"/>
       <c r="H936" t="inlineStr"/>
     </row>
     <row r="937">
       <c r="A937" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26043</t>
+          <t>../../src/UserSettingsPage.cpp:26149</t>
         </is>
       </c>
       <c r="B937" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C937" t="inlineStr">
         <is>
-          <t>INFORMACION</t>
+          <t>NOTIFICACIONES</t>
         </is>
       </c>
       <c r="D937" t="inlineStr"/>
       <c r="E937" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F937" t="inlineStr">
         <is>
-          <t>UserSettingsModelINFO</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelNOTIFICATIONS</t>
+        </is>
+      </c>
+      <c r="G937" t="inlineStr"/>
       <c r="H937" t="inlineStr"/>
     </row>
     <row r="938">
       <c r="A938" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26045</t>
+          <t>../../src/UserSettingsPage.cpp:26151</t>
         </is>
       </c>
       <c r="B938" t="inlineStr">
         <is>
-          <t>Session Keys</t>
+          <t>CALLS</t>
         </is>
       </c>
       <c r="C938" t="inlineStr">
         <is>
-          <t>Claves de sesión</t>
+          <t>LLAMADAS</t>
         </is>
       </c>
       <c r="D938" t="inlineStr"/>
       <c r="E938" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F938" t="inlineStr">
         <is>
-          <t>UserSettingsModelSession Keys</t>
+          <t>UserSettingsModelCALLS</t>
         </is>
       </c>
       <c r="G938" t="inlineStr"/>
       <c r="H938" t="inlineStr"/>
     </row>
     <row r="939">
       <c r="A939" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26047</t>
+          <t>../../src/UserSettingsPage.cpp:26153</t>
         </is>
       </c>
       <c r="B939" t="inlineStr">
         <is>
-          <t>Cross Signing Secrets</t>
+          <t>ENCRYPTION</t>
         </is>
       </c>
       <c r="C939" t="inlineStr">
         <is>
-          <t>Secretos de la firma cruzada</t>
+          <t>CIFRADO</t>
         </is>
       </c>
       <c r="D939" t="inlineStr"/>
       <c r="E939" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F939" t="inlineStr">
         <is>
-          <t>UserSettingsModelCross Signing Secrets</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelENCRYPTION</t>
+        </is>
+      </c>
+      <c r="G939" t="inlineStr"/>
       <c r="H939" t="inlineStr"/>
     </row>
     <row r="940">
       <c r="A940" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26049</t>
+          <t>../../src/UserSettingsPage.cpp:26155</t>
         </is>
       </c>
       <c r="B940" t="inlineStr">
         <is>
-          <t>Online backup key</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C940" t="inlineStr">
         <is>
-          <t>Clave de copia de seguridad en línea</t>
+          <t>INFORMACION</t>
         </is>
       </c>
       <c r="D940" t="inlineStr"/>
       <c r="E940" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F940" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline backup key</t>
+          <t>UserSettingsModelINFO</t>
         </is>
       </c>
       <c r="G940" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Clave de respaldo en-línea</t>
+          <t>Suggested in Weblate: INFORMACIÓN</t>
         </is>
       </c>
       <c r="H940" t="inlineStr"/>
     </row>
     <row r="941">
       <c r="A941" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26051</t>
+          <t>../../src/UserSettingsPage.cpp:26157</t>
         </is>
       </c>
       <c r="B941" t="inlineStr">
         <is>
-          <t>Self signing key</t>
+          <t>Session Keys</t>
         </is>
       </c>
       <c r="C941" t="inlineStr">
         <is>
-          <t>Clave para autofirmar</t>
+          <t>Claves de sesión</t>
         </is>
       </c>
       <c r="D941" t="inlineStr"/>
       <c r="E941" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F941" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelf signing key</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelSession Keys</t>
+        </is>
+      </c>
+      <c r="G941" t="inlineStr"/>
       <c r="H941" t="inlineStr"/>
     </row>
     <row r="942">
       <c r="A942" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26053</t>
+          <t>../../src/UserSettingsPage.cpp:26159</t>
         </is>
       </c>
       <c r="B942" t="inlineStr">
         <is>
-          <t>User signing key</t>
+          <t>Cross Signing Secrets</t>
         </is>
       </c>
       <c r="C942" t="inlineStr">
         <is>
-          <t>Clave de usuario para firmas</t>
+          <t>Secretos de la firma cruzada</t>
         </is>
       </c>
       <c r="D942" t="inlineStr"/>
       <c r="E942" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F942" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser signing key</t>
-[...2 lines deleted...]
-      <c r="G942" t="inlineStr"/>
+          <t>UserSettingsModelCross Signing Secrets</t>
+        </is>
+      </c>
+      <c r="G942" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Secretos de verificación cruzada</t>
+        </is>
+      </c>
       <c r="H942" t="inlineStr"/>
     </row>
     <row r="943">
       <c r="A943" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26055</t>
+          <t>../../src/UserSettingsPage.cpp:26161</t>
         </is>
       </c>
       <c r="B943" t="inlineStr">
         <is>
-          <t>Master signing key</t>
+          <t>Online backup key</t>
         </is>
       </c>
       <c r="C943" t="inlineStr">
         <is>
-          <t>Clave privada maestra para firmar</t>
+          <t>Clave de copia de seguridad en línea</t>
         </is>
       </c>
       <c r="D943" t="inlineStr"/>
       <c r="E943" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F943" t="inlineStr">
         <is>
-          <t>UserSettingsModelMaster signing key</t>
-[...2 lines deleted...]
-      <c r="G943" t="inlineStr"/>
+          <t>UserSettingsModelOnline backup key</t>
+        </is>
+      </c>
+      <c r="G943" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Clave de respaldo en-línea</t>
+        </is>
+      </c>
       <c r="H943" t="inlineStr"/>
     </row>
     <row r="944">
       <c r="A944" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26057</t>
+          <t>../../src/UserSettingsPage.cpp:26163</t>
         </is>
       </c>
       <c r="B944" t="inlineStr">
         <is>
-          <t>Expose room information via D-Bus</t>
+          <t>Self signing key</t>
         </is>
       </c>
       <c r="C944" t="inlineStr">
         <is>
-          <t>Exponer la información de las salas mediante D-Bus</t>
+          <t>Clave para autofirmar</t>
         </is>
       </c>
       <c r="D944" t="inlineStr"/>
       <c r="E944" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F944" t="inlineStr">
         <is>
-          <t>UserSettingsModelExpose room information via D-Bus</t>
+          <t>UserSettingsModelSelf signing key</t>
         </is>
       </c>
       <c r="G944" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Exponer información de la sala via D-Bus</t>
+          <t>Suggested in Weblate: Clave de auto verificación</t>
         </is>
       </c>
       <c r="H944" t="inlineStr"/>
     </row>
     <row r="945">
       <c r="A945" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26059</t>
+          <t>../../src/UserSettingsPage.cpp:26165</t>
         </is>
       </c>
       <c r="B945" t="inlineStr">
         <is>
-          <t>Periodically update community routing information</t>
+          <t>User signing key</t>
         </is>
       </c>
       <c r="C945" t="inlineStr">
         <is>
-          <t>Actualizar periódicamente la información de enrutamiento comunitaria</t>
+          <t>Clave de usuario para firmas</t>
         </is>
       </c>
       <c r="D945" t="inlineStr"/>
       <c r="E945" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F945" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically update community routing information</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelUser signing key</t>
+        </is>
+      </c>
+      <c r="G945" t="inlineStr"/>
       <c r="H945" t="inlineStr"/>
     </row>
     <row r="946">
       <c r="A946" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26061</t>
+          <t>../../src/UserSettingsPage.cpp:26167</t>
         </is>
       </c>
       <c r="B946" t="inlineStr">
         <is>
-          <t>Periodically delete expired events</t>
+          <t>Master signing key</t>
         </is>
       </c>
       <c r="C946" t="inlineStr">
         <is>
-          <t>Eliminar periódicamente los eventos caducados</t>
+          <t>Clave privada maestra para firmar</t>
         </is>
       </c>
       <c r="D946" t="inlineStr"/>
       <c r="E946" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F946" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically delete expired events</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelMaster signing key</t>
+        </is>
+      </c>
+      <c r="G946" t="inlineStr"/>
       <c r="H946" t="inlineStr"/>
     </row>
     <row r="947">
       <c r="A947" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26182</t>
+          <t>../../src/UserSettingsPage.cpp:26169</t>
         </is>
       </c>
       <c r="B947" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Expose room information via D-Bus</t>
         </is>
       </c>
       <c r="C947" t="inlineStr">
         <is>
-          <t>Por defecto</t>
+          <t>Exponer la información de las salas mediante D-Bus</t>
         </is>
       </c>
       <c r="D947" t="inlineStr"/>
       <c r="E947" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F947" t="inlineStr">
         <is>
-          <t>UserSettingsModelDefault</t>
-[...2 lines deleted...]
-      <c r="G947" t="inlineStr"/>
+          <t>UserSettingsModelExpose room information via D-Bus</t>
+        </is>
+      </c>
+      <c r="G947" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Exponer información de la sala via D-Bus</t>
+        </is>
+      </c>
       <c r="H947" t="inlineStr"/>
     </row>
     <row r="948">
       <c r="A948" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26221</t>
+          <t>../../src/UserSettingsPage.cpp:26171</t>
         </is>
       </c>
       <c r="B948" t="inlineStr">
         <is>
-          <t>Set the notification sound to play when a call invite arrives</t>
+          <t>Periodically update community routing information</t>
         </is>
       </c>
       <c r="C948" t="inlineStr">
         <is>
-          <t>Escoge el sonido de notificación para las invitaciones de llamadas</t>
+          <t>Actualizar periódicamente la información de enrutamiento comunitaria</t>
         </is>
       </c>
       <c r="D948" t="inlineStr"/>
       <c r="E948" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F948" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
-[...2 lines deleted...]
-      <c r="G948" t="inlineStr"/>
+          <t>UserSettingsModelPeriodically update community routing information</t>
+        </is>
+      </c>
+      <c r="G948" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Actualizar periódicamente información de enrutamiento de la comunidad</t>
+        </is>
+      </c>
       <c r="H948" t="inlineStr"/>
     </row>
     <row r="949">
       <c r="A949" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26231</t>
+          <t>../../src/UserSettingsPage.cpp:26173</t>
         </is>
       </c>
       <c r="B949" t="inlineStr">
+        <is>
+          <t>Periodically delete expired events</t>
+        </is>
+      </c>
+      <c r="C949" t="inlineStr">
+        <is>
+          <t>Eliminar periódicamente los eventos caducados</t>
+        </is>
+      </c>
+      <c r="D949" t="inlineStr"/>
+      <c r="E949" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F949" t="inlineStr">
+        <is>
+          <t>UserSettingsModelPeriodically delete expired events</t>
+        </is>
+      </c>
+      <c r="G949" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Eliminar periódicamente eventos expirados</t>
+        </is>
+      </c>
+      <c r="H949" t="inlineStr"/>
+    </row>
+    <row r="950">
+      <c r="A950" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26289</t>
+        </is>
+      </c>
+      <c r="B950" t="inlineStr">
+        <is>
+          <t>Default</t>
+        </is>
+      </c>
+      <c r="C950" t="inlineStr">
+        <is>
+          <t>Por defecto</t>
+        </is>
+      </c>
+      <c r="D950" t="inlineStr"/>
+      <c r="E950" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F950" t="inlineStr">
+        <is>
+          <t>UserSettingsModelDefault</t>
+        </is>
+      </c>
+      <c r="G950" t="inlineStr"/>
+      <c r="H950" t="inlineStr"/>
+    </row>
+    <row r="951">
+      <c r="A951" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26328</t>
+        </is>
+      </c>
+      <c r="B951" t="inlineStr">
+        <is>
+          <t>Set the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="C951" t="inlineStr">
+        <is>
+          <t>Escoge el sonido de notificación para las invitaciones de llamadas</t>
+        </is>
+      </c>
+      <c r="D951" t="inlineStr"/>
+      <c r="E951" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F951" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="G951" t="inlineStr"/>
+      <c r="H951" t="inlineStr"/>
+    </row>
+    <row r="952">
+      <c r="A952" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26338</t>
+        </is>
+      </c>
+      <c r="B952" t="inlineStr">
         <is>
           <t>Set timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="C949" t="inlineStr">
+      <c r="C952" t="inlineStr">
         <is>
           <t>Establecer el tiempo de espera (en segundos) para el tiempo después de que la ventana
 pierde el enfoque antes de que la pantalla se desenfoque.
 Si se ajusta a 0, la pantalla se desenfoca inmediatamente después de la pérdida de enfoque. Valor máximo de 1 hora (3600 segundos)</t>
         </is>
       </c>
-      <c r="D949" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F949" t="inlineStr">
+      <c r="D952" t="inlineStr"/>
+      <c r="E952" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F952" t="inlineStr">
         <is>
           <t>UserSettingsModelSet timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="G949" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G952" t="inlineStr"/>
       <c r="H952" t="inlineStr"/>
     </row>
     <row r="953">
       <c r="A953" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26245</t>
+          <t>../../src/UserSettingsPage.cpp:26345</t>
         </is>
       </c>
       <c r="B953" t="inlineStr">
         <is>
-          <t>Start the application in the background without showing the client window.</t>
+          <t>Change the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="C953" t="inlineStr">
         <is>
-          <t>Ejecutar la aplicación en segundo plano sin mostrar la ventana del cliente.</t>
+          <t>Cambiar el color de fondo de los mensajes al pasar el mouse por encima.</t>
         </is>
       </c>
       <c r="D953" t="inlineStr"/>
       <c r="E953" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F953" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+          <t>UserSettingsModelChange the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="G953" t="inlineStr"/>
       <c r="H953" t="inlineStr"/>
     </row>
     <row r="954">
       <c r="A954" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26249</t>
+          <t>../../src/UserSettingsPage.cpp:26347</t>
         </is>
       </c>
       <c r="B954" t="inlineStr">
         <is>
-          <t>Shows scrollbars in the room list and communities list.</t>
+          <t>Make font size larger if messages with only a few emojis are displayed.</t>
         </is>
       </c>
       <c r="C954" t="inlineStr">
         <is>
-          <t>Muestra barras de desplazamiento en la lista de salas y comunidades.</t>
+          <t>Hacer el tamaño de la fuente más grande si se muestran mensajes que sólo tienen unos cuantos emojis.</t>
         </is>
       </c>
       <c r="D954" t="inlineStr"/>
       <c r="E954" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F954" t="inlineStr">
         <is>
-          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelMake font size larger if messages with only a few emojis are displayed.</t>
+        </is>
+      </c>
+      <c r="G954" t="inlineStr"/>
       <c r="H954" t="inlineStr"/>
     </row>
     <row r="955">
       <c r="A955" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26251</t>
+          <t>../../src/UserSettingsPage.cpp:26349</t>
         </is>
       </c>
       <c r="B955" t="inlineStr">
+        <is>
+          <t>Keep the application running in the background after closing the client window.</t>
+        </is>
+      </c>
+      <c r="C955" t="inlineStr">
+        <is>
+          <t>Mantener la aplicación en segundo plano después de cerrar la ventana del cliente.</t>
+        </is>
+      </c>
+      <c r="D955" t="inlineStr"/>
+      <c r="E955" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F955" t="inlineStr">
+        <is>
+          <t>UserSettingsModelKeep the application running in the background after closing the client window.</t>
+        </is>
+      </c>
+      <c r="G955" t="inlineStr"/>
+      <c r="H955" t="inlineStr"/>
+    </row>
+    <row r="956">
+      <c r="A956" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26352</t>
+        </is>
+      </c>
+      <c r="B956" t="inlineStr">
+        <is>
+          <t>Start the application in the background without showing the client window.</t>
+        </is>
+      </c>
+      <c r="C956" t="inlineStr">
+        <is>
+          <t>Ejecutar la aplicación en segundo plano sin mostrar la ventana del cliente.</t>
+        </is>
+      </c>
+      <c r="D956" t="inlineStr"/>
+      <c r="E956" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F956" t="inlineStr">
+        <is>
+          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+        </is>
+      </c>
+      <c r="G956" t="inlineStr"/>
+      <c r="H956" t="inlineStr"/>
+    </row>
+    <row r="957">
+      <c r="A957" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26356</t>
+        </is>
+      </c>
+      <c r="B957" t="inlineStr">
+        <is>
+          <t>Shows scrollbars in the room list and communities list.</t>
+        </is>
+      </c>
+      <c r="C957" t="inlineStr">
+        <is>
+          <t>Muestra barras de desplazamiento en la lista de salas y comunidades.</t>
+        </is>
+      </c>
+      <c r="D957" t="inlineStr"/>
+      <c r="E957" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F957" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
+        </is>
+      </c>
+      <c r="G957" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Muestra barras de desplazamiento en la lista de salas y lista de comunidades.</t>
+        </is>
+      </c>
+      <c r="H957" t="inlineStr"/>
+    </row>
+    <row r="958">
+      <c r="A958" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26358</t>
+        </is>
+      </c>
+      <c r="B958" t="inlineStr">
         <is>
           <t>Allow using markdown in messages.
 When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
-      <c r="C955" t="inlineStr">
+      <c r="C958" t="inlineStr">
         <is>
           <t>Permitir usar markdown en los mensajes.
 Cuando está deshabilitado, todos los mensajes son enviados en texto sin formato.</t>
         </is>
       </c>
-      <c r="D955" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F955" t="inlineStr">
+      <c r="D958" t="inlineStr"/>
+      <c r="E958" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F958" t="inlineStr">
         <is>
           <t>UserSettingsModelAllow using markdown in messages.
 When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
-      <c r="G955" t="inlineStr"/>
-[...101 lines deleted...]
-      </c>
+      <c r="G958" t="inlineStr"/>
       <c r="H958" t="inlineStr"/>
     </row>
     <row r="959">
       <c r="A959" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26264</t>
+          <t>../../src/UserSettingsPage.cpp:26367</t>
         </is>
       </c>
       <c r="B959" t="inlineStr">
         <is>
-          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>Messages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="C959" t="inlineStr">
         <is>
-          <t>Reproducir archivos como GIFs o WEBPs únicamente cuando pases sobre ellos.</t>
+          <t>Los mensajes tienen un fondo de burbujas. Esto también provoca algunos cambios de diseño (WIP).</t>
         </is>
       </c>
       <c r="D959" t="inlineStr"/>
       <c r="E959" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F959" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
-[...2 lines deleted...]
-      <c r="G959" t="inlineStr"/>
+          <t>UserSettingsModelMessages get a bubble background. This also triggers some layout changes (WIP).</t>
+        </is>
+      </c>
+      <c r="G959" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Los mensajes se muestran con un fondo de burbuja. Esto también genera unos cambios de la disposición (mejoras en progreso)</t>
+        </is>
+      </c>
       <c r="H959" t="inlineStr"/>
     </row>
     <row r="960">
       <c r="A960" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26266</t>
+          <t>../../src/UserSettingsPage.cpp:26370</t>
         </is>
       </c>
       <c r="B960" t="inlineStr">
         <is>
-          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
-[...2 lines deleted...]
-      <c r="C960" t="inlineStr"/>
+          <t>Avatars are resized to fit above the message.</t>
+        </is>
+      </c>
+      <c r="C960" t="inlineStr">
+        <is>
+          <t>Los avatares se redimensionan para que quepan encima del mensaje.</t>
+        </is>
+      </c>
       <c r="D960" t="inlineStr"/>
       <c r="E960" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F960" t="inlineStr">
         <is>
-          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
-[...2 lines deleted...]
-      <c r="G960" t="inlineStr"/>
+          <t>UserSettingsModelAvatars are resized to fit above the message.</t>
+        </is>
+      </c>
+      <c r="G960" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Los avatares se redimensionan para alcanzar arriba del mensaje.</t>
+        </is>
+      </c>
       <c r="H960" t="inlineStr"/>
     </row>
     <row r="961">
       <c r="A961" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26270</t>
+          <t>../../src/UserSettingsPage.cpp:26372</t>
         </is>
       </c>
       <c r="B961" t="inlineStr">
+        <is>
+          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+        </is>
+      </c>
+      <c r="C961" t="inlineStr">
+        <is>
+          <t>Reproducir archivos como GIFs o WEBPs únicamente cuando pases sobre ellos.</t>
+        </is>
+      </c>
+      <c r="D961" t="inlineStr"/>
+      <c r="E961" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F961" t="inlineStr">
+        <is>
+          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+        </is>
+      </c>
+      <c r="G961" t="inlineStr"/>
+      <c r="H961" t="inlineStr"/>
+    </row>
+    <row r="962">
+      <c r="A962" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26374</t>
+        </is>
+      </c>
+      <c r="B962" t="inlineStr">
+        <is>
+          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="C962" t="inlineStr"/>
+      <c r="D962" t="inlineStr"/>
+      <c r="E962" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F962" t="inlineStr">
+        <is>
+          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="G962" t="inlineStr"/>
+      <c r="H962" t="inlineStr"/>
+    </row>
+    <row r="963">
+      <c r="A963" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26378</t>
+        </is>
+      </c>
+      <c r="B963" t="inlineStr">
         <is>
           <t>Show who is typing in a room.
 This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
-      <c r="C961" t="inlineStr">
+      <c r="C963" t="inlineStr">
         <is>
           <t>Mostrar quién está escribiendo en una sala.
 Esto también activa o desactiva enviar notificaciones cuando estes escribiendo.</t>
         </is>
       </c>
-      <c r="D961" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F961" t="inlineStr">
+      <c r="D963" t="inlineStr"/>
+      <c r="E963" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F963" t="inlineStr">
         <is>
           <t>UserSettingsModelShow who is typing in a room.
 This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
-      <c r="G961" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B962" t="inlineStr">
+      <c r="G963" t="inlineStr"/>
+      <c r="H963" t="inlineStr"/>
+    </row>
+    <row r="964">
+      <c r="A964" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26382</t>
+        </is>
+      </c>
+      <c r="B964" t="inlineStr">
         <is>
           <t>Display rooms with new messages first.
 If this is off, the list of rooms will only be sorted by the preferred sorting order.
 If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
-      <c r="C962" t="inlineStr">
+      <c r="C964" t="inlineStr">
         <is>
           <t>Mostrar primero las salas con mensajes nuevos.
 Si está desactivada, la lista de salas sólo se ordenará según el orden preferido.
 Si está activada, las salas que tengan notificaciones activas (el pequeño círculo con un número dentro) se ordenarán en primer lugar. Las salas que hayas silenciado se seguirán ordenando por el orden preferido, ya que no parece que las consideres tan importantes como las demás.</t>
         </is>
       </c>
-      <c r="D962" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F962" t="inlineStr">
+      <c r="D964" t="inlineStr"/>
+      <c r="E964" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F964" t="inlineStr">
         <is>
           <t>UserSettingsModelDisplay rooms with new messages first.
 If this is off, the list of rooms will only be sorted by the preferred sorting order.
 If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
-      <c r="G962" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B963" t="inlineStr">
+      <c r="G964" t="inlineStr"/>
+      <c r="H964" t="inlineStr"/>
+    </row>
+    <row r="965">
+      <c r="A965" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26391</t>
+        </is>
+      </c>
+      <c r="B965" t="inlineStr">
         <is>
           <t>Sort rooms alphabetically.
 If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
 If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
-      <c r="C963" t="inlineStr">
+      <c r="C965" t="inlineStr">
         <is>
           <t>Ordenar las salas alfabéticamente.
 Si está desactivada, la lista de salas se ordenará por la fecha y hora del último mensaje en una sala.
 Si está activada, las salas que aparezcan primero en orden alfabético se ordenarán antes que las que aparezcan después.</t>
         </is>
       </c>
-      <c r="D963" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F963" t="inlineStr">
+      <c r="D965" t="inlineStr"/>
+      <c r="E965" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F965" t="inlineStr">
         <is>
           <t>UserSettingsModelSort rooms alphabetically.
 If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
 If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
-      <c r="G963" t="inlineStr"/>
-[...58 lines deleted...]
-      </c>
       <c r="G965" t="inlineStr"/>
       <c r="H965" t="inlineStr"/>
     </row>
     <row r="966">
       <c r="A966" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26299</t>
+          <t>../../src/UserSettingsPage.cpp:26397</t>
         </is>
       </c>
       <c r="B966" t="inlineStr">
         <is>
-          <t>Notify about received messages when the client is not currently focused.</t>
+          <t>Show buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
       <c r="C966" t="inlineStr">
         <is>
-          <t>Notificar mensajes recibidos cuando el cliente no tenga foco.</t>
+          <t>Mostrar botones para responder rápidamente, reaccionar o acceder opciones adicionales junto a cada mensaje.</t>
         </is>
       </c>
       <c r="D966" t="inlineStr"/>
       <c r="E966" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F966" t="inlineStr">
         <is>
-          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelShow buttons to quickly reply, react or access additional options next to each message.</t>
+        </is>
+      </c>
+      <c r="G966" t="inlineStr"/>
       <c r="H966" t="inlineStr"/>
     </row>
     <row r="967">
       <c r="A967" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26305</t>
+          <t>../../src/UserSettingsPage.cpp:26405</t>
         </is>
       </c>
       <c r="B967" t="inlineStr">
+        <is>
+          <t>Configure whether to show or hide certain events like room joins.</t>
+        </is>
+      </c>
+      <c r="C967" t="inlineStr">
+        <is>
+          <t>Configure si desea mostrar u ocultar determinados eventos, como las uniones de salas.</t>
+        </is>
+      </c>
+      <c r="D967" t="inlineStr"/>
+      <c r="E967" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F967" t="inlineStr">
+        <is>
+          <t>UserSettingsModelConfigure whether to show or hide certain events like room joins.</t>
+        </is>
+      </c>
+      <c r="G967" t="inlineStr"/>
+      <c r="H967" t="inlineStr"/>
+    </row>
+    <row r="968">
+      <c r="A968" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26407</t>
+        </is>
+      </c>
+      <c r="B968" t="inlineStr">
+        <is>
+          <t>Notify about received messages when the client is not currently focused.</t>
+        </is>
+      </c>
+      <c r="C968" t="inlineStr">
+        <is>
+          <t>Notificar mensajes recibidos cuando el cliente no tenga foco.</t>
+        </is>
+      </c>
+      <c r="D968" t="inlineStr"/>
+      <c r="E968" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F968" t="inlineStr">
+        <is>
+          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
+        </is>
+      </c>
+      <c r="G968" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Notificar sobre mensajes recibidos cuando la ventana no esté enfocada.</t>
+        </is>
+      </c>
+      <c r="H968" t="inlineStr"/>
+    </row>
+    <row r="969">
+      <c r="A969" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26413</t>
+        </is>
+      </c>
+      <c r="B969" t="inlineStr">
         <is>
           <t>Change the appearance of user avatars in chats.
 OFF - square, ON - circle.</t>
         </is>
       </c>
-      <c r="C967" t="inlineStr">
+      <c r="C969" t="inlineStr">
         <is>
           <t>Cambia la apariencia de los avatares de los usuarios en los chats.
 OFF - cuadrado, ON - círculo.</t>
         </is>
       </c>
-      <c r="D967" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F967" t="inlineStr">
+      <c r="D969" t="inlineStr"/>
+      <c r="E969" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F969" t="inlineStr">
         <is>
           <t>UserSettingsModelChange the appearance of user avatars in chats.
 OFF - square, ON - circle.</t>
         </is>
       </c>
-      <c r="G967" t="inlineStr">
+      <c r="G969" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Cambiar la apariencia de avatares de usuarios en chats.
 OFF - cuadrado, ON - círculo.</t>
         </is>
       </c>
-      <c r="H967" t="inlineStr"/>
-[...66 lines deleted...]
-      </c>
       <c r="H969" t="inlineStr"/>
     </row>
     <row r="970">
       <c r="A970" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26326</t>
+          <t>../../src/UserSettingsPage.cpp:26429</t>
         </is>
       </c>
       <c r="B970" t="inlineStr">
         <is>
-          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>Decrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="C970" t="inlineStr">
         <is>
-          <t>Algunos mensajes pueden enviarse con efectos. Por ejemplo, los mensajes enviados con '/confetti' mostrarán confeti en pantalla.</t>
+          <t>Decifrar los mensajes mostrados en las notificaciones de los chats cifrar.</t>
         </is>
       </c>
       <c r="D970" t="inlineStr"/>
       <c r="E970" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F970" t="inlineStr">
         <is>
-          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>UserSettingsModelDecrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="G970" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Algunos mensajes pueden ser enviados con efectos elegantes. Por ejemplo, mensajes enviados con '/confetti' mostrarán confeti en la pantalla.</t>
+          <t>Suggested in Weblate: Descifrar mensajes mostrados en notificaciones para chats cifrados.</t>
         </is>
       </c>
       <c r="H970" t="inlineStr"/>
     </row>
     <row r="971">
       <c r="A971" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26329</t>
+          <t>../../src/UserSettingsPage.cpp:26431</t>
         </is>
       </c>
       <c r="B971" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Choose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="C971" t="inlineStr">
         <is>
-          <t>Nheko utiliza animaciones en varios lugares para hacer las cosas bonitas. Esto te permite desactivarlas si te sientan mal.</t>
+          <t>Elige dónde mostrar el número total de notificaciones contenidas en una comunidad o etiqueta.</t>
         </is>
       </c>
       <c r="D971" t="inlineStr"/>
       <c r="E971" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F971" t="inlineStr">
         <is>
-          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>UserSettingsModelChoose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="G971" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Nheko usa animaciones en varios lugares para que objetos luzcan bonito. Esto permite apagarlos si no son de su agrado.</t>
+          <t>Suggested in Weblate: Escoger dónde mostrar el número total de notificaciones contenidas en una comunidad o etiqueta.</t>
         </is>
       </c>
       <c r="H971" t="inlineStr"/>
     </row>
     <row r="972">
       <c r="A972" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26337</t>
+          <t>../../src/UserSettingsPage.cpp:26434</t>
         </is>
       </c>
       <c r="B972" t="inlineStr">
         <is>
-          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
-[...2 lines deleted...]
-      <c r="C972" t="inlineStr"/>
+          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+        </is>
+      </c>
+      <c r="C972" t="inlineStr">
+        <is>
+          <t>Algunos mensajes pueden enviarse con efectos. Por ejemplo, los mensajes enviados con '/confetti' mostrarán confeti en pantalla.</t>
+        </is>
+      </c>
       <c r="D972" t="inlineStr"/>
       <c r="E972" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F972" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
-[...2 lines deleted...]
-      <c r="G972" t="inlineStr"/>
+          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+        </is>
+      </c>
+      <c r="G972" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Algunos mensajes pueden ser enviados con efectos elegantes. Por ejemplo, mensajes enviados con '/confetti' mostrarán confeti en la pantalla.</t>
+        </is>
+      </c>
       <c r="H972" t="inlineStr"/>
     </row>
     <row r="973">
       <c r="A973" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26340</t>
+          <t>../../src/UserSettingsPage.cpp:26437</t>
         </is>
       </c>
       <c r="B973" t="inlineStr">
         <is>
-          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
-[...2 lines deleted...]
-      <c r="C973" t="inlineStr"/>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+        </is>
+      </c>
+      <c r="C973" t="inlineStr">
+        <is>
+          <t>Nheko utiliza animaciones en varios lugares para hacer las cosas bonitas. Esto te permite desactivarlas si te sientan mal.</t>
+        </is>
+      </c>
       <c r="D973" t="inlineStr"/>
       <c r="E973" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F973" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
-[...2 lines deleted...]
-      <c r="G973" t="inlineStr"/>
+          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+        </is>
+      </c>
+      <c r="G973" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Nheko usa animaciones en varios lugares para que objetos luzcan bonito. Esto permite apagarlos si no son de su agrado.</t>
+        </is>
+      </c>
       <c r="H973" t="inlineStr"/>
     </row>
     <row r="974">
       <c r="A974" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26349</t>
+          <t>../../src/UserSettingsPage.cpp:26445</t>
         </is>
       </c>
       <c r="B974" t="inlineStr">
         <is>
-          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+        </is>
+      </c>
+      <c r="C974" t="inlineStr"/>
       <c r="D974" t="inlineStr"/>
       <c r="E974" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F974" t="inlineStr">
         <is>
-          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+        </is>
+      </c>
+      <c r="G974" t="inlineStr"/>
       <c r="H974" t="inlineStr"/>
     </row>
     <row r="975">
       <c r="A975" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26382</t>
+          <t>../../src/UserSettingsPage.cpp:26448</t>
         </is>
       </c>
       <c r="B975" t="inlineStr">
         <is>
-          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
+        </is>
+      </c>
+      <c r="C975" t="inlineStr"/>
       <c r="D975" t="inlineStr"/>
       <c r="E975" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F975" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
+        </is>
+      </c>
+      <c r="G975" t="inlineStr"/>
       <c r="H975" t="inlineStr"/>
     </row>
     <row r="976">
       <c r="A976" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26301</t>
+          <t>../../src/UserSettingsPage.cpp:26457</t>
         </is>
       </c>
       <c r="B976" t="inlineStr">
+        <is>
+          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+        </is>
+      </c>
+      <c r="C976" t="inlineStr">
+        <is>
+          <t>Responde automáticamente a las solicitudes de claves de otros usuarios si están verificadas, incluso si ese dispositivo no debería tener acceso a esas claves en caso contrario.</t>
+        </is>
+      </c>
+      <c r="D976" t="inlineStr"/>
+      <c r="E976" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F976" t="inlineStr">
+        <is>
+          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+        </is>
+      </c>
+      <c r="G976" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Automáticamente responde a peticiones de claves de otros usuarios si están verificados, aun si ese dispositivo no debería tener acceso a esas claves de otra forma.</t>
+        </is>
+      </c>
+      <c r="H976" t="inlineStr"/>
+    </row>
+    <row r="977">
+      <c r="A977" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26490</t>
+        </is>
+      </c>
+      <c r="B977" t="inlineStr">
+        <is>
+          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+        </is>
+      </c>
+      <c r="C977" t="inlineStr">
+        <is>
+          <t>La clave para verificar tus propios dispositivos. Si está en caché, verificar uno de tus dispositivos lo marcará como verificado para todos tus otros dispositivos y para los usuarios que te hayan verificado.</t>
+        </is>
+      </c>
+      <c r="D977" t="inlineStr"/>
+      <c r="E977" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F977" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+        </is>
+      </c>
+      <c r="G977" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: La clave para verificar sus propios dispositivos. Si está en caché, verificar uno de sus dispositivos lo marcará como verificado para sus demás dispositivos y para usuarios que lo hayan verificado a usted.</t>
+        </is>
+      </c>
+      <c r="H977" t="inlineStr"/>
+    </row>
+    <row r="978">
+      <c r="A978" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26409</t>
+        </is>
+      </c>
+      <c r="B978" t="inlineStr">
         <is>
           <t>Show an alert when a message is received.
 This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
-      <c r="C976" t="inlineStr">
+      <c r="C978" t="inlineStr">
         <is>
           <t>Mostrar una alerta cuando un mensaje sea recibido.
 Esto usualmente causa que el icono de la aplicación en la barra de tareas sea animado de alguna forma.</t>
         </is>
       </c>
-      <c r="D976" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F976" t="inlineStr">
+      <c r="D978" t="inlineStr"/>
+      <c r="E978" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F978" t="inlineStr">
         <is>
           <t>UserSettingsModelShow an alert when a message is received.
 This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
-      <c r="G976" t="inlineStr"/>
-[...67 lines deleted...]
-      </c>
+      <c r="G978" t="inlineStr"/>
       <c r="H978" t="inlineStr"/>
     </row>
     <row r="979">
       <c r="A979" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26228</t>
+          <t>../../src/UserSettingsPage.cpp:26035</t>
         </is>
       </c>
       <c r="B979" t="inlineStr">
         <is>
-          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>Communities sidebar</t>
         </is>
       </c>
       <c r="C979" t="inlineStr">
         <is>
-          <t>Establece la anchura máxima de los mensajes en la línea de tiempo (en píxeles). Esto puede ayudar a la legibilidad en pantalla ancha cuando Nheko está maximizado</t>
+          <t>Barra lateral de Comunidades</t>
         </is>
       </c>
       <c r="D979" t="inlineStr"/>
       <c r="E979" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F979" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>UserSettingsModelCommunities sidebar</t>
         </is>
       </c>
       <c r="G979" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Establecer la máxima anchura de mensajes en la línea de tiempo (en pixeles). Esto ayuda a la legibilidad en pantallas anchas cuando Nheko está maximizado</t>
+          <t>Suggested in Weblate: Barra lateral en lista de comunidades</t>
         </is>
       </c>
       <c r="H979" t="inlineStr"/>
     </row>
     <row r="980">
       <c r="A980" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26247</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26041</t>
+        </is>
+      </c>
+      <c r="B980" t="inlineStr"/>
+      <c r="C980" t="inlineStr"/>
       <c r="D980" t="inlineStr"/>
       <c r="E980" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F980" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelSend messages with a shortcut</t>
+        </is>
+      </c>
+      <c r="G980" t="inlineStr"/>
       <c r="H980" t="inlineStr"/>
     </row>
     <row r="981">
       <c r="A981" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26293</t>
+          <t>../../src/UserSettingsPage.cpp:26083</t>
         </is>
       </c>
       <c r="B981" t="inlineStr">
+        <is>
+          <t>Show message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="C981" t="inlineStr">
+        <is>
+          <t>Mostrar recuentos de mensajes para comunidades y etiquetas</t>
+        </is>
+      </c>
+      <c r="D981" t="inlineStr"/>
+      <c r="E981" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F981" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShow message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="G981" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Mostrar número de mensajes para comunidades y etiquetas</t>
+        </is>
+      </c>
+      <c r="H981" t="inlineStr"/>
+    </row>
+    <row r="982">
+      <c r="A982" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26335</t>
+        </is>
+      </c>
+      <c r="B982" t="inlineStr">
+        <is>
+          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="C982" t="inlineStr">
+        <is>
+          <t>Establece la anchura máxima de los mensajes en la línea de tiempo (en píxeles). Esto puede ayudar a la legibilidad en pantalla ancha cuando Nheko está maximizado</t>
+        </is>
+      </c>
+      <c r="D982" t="inlineStr"/>
+      <c r="E982" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F982" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="G982" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Establecer la máxima anchura de mensajes en la línea de tiempo (en pixeles). Esto ayuda a la legibilidad en pantallas anchas cuando Nheko está maximizado</t>
+        </is>
+      </c>
+      <c r="H982" t="inlineStr"/>
+    </row>
+    <row r="983">
+      <c r="A983" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26354</t>
+        </is>
+      </c>
+      <c r="B983" t="inlineStr">
+        <is>
+          <t>Show a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="C983" t="inlineStr">
+        <is>
+          <t>Mostrar una columna con comunidades y etiquetas junto a la lista de salas.</t>
+        </is>
+      </c>
+      <c r="D983" t="inlineStr"/>
+      <c r="E983" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F983" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="G983" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Mostrar una columna que contiene comunidade y etiquetas al costado de la lista de salas.</t>
+        </is>
+      </c>
+      <c r="H983" t="inlineStr"/>
+    </row>
+    <row r="984">
+      <c r="A984" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26362</t>
+        </is>
+      </c>
+      <c r="B984" t="inlineStr"/>
+      <c r="C984" t="inlineStr"/>
+      <c r="D984" t="inlineStr"/>
+      <c r="E984" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F984" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSelect what Enter key combination sends the message. Shift+Enter adds a new line, unless it has been selected, in which case Enter adds a new line instead.
+If an emoji picker or a mention picker is open, it is always handled first.</t>
+        </is>
+      </c>
+      <c r="G984" t="inlineStr"/>
+      <c r="H984" t="inlineStr"/>
+    </row>
+    <row r="985">
+      <c r="A985" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26401</t>
+        </is>
+      </c>
+      <c r="B985" t="inlineStr">
         <is>
           <t>Show if your message was read.
 Status is displayed next to timestamps.
 Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
-      <c r="C981" t="inlineStr">
+      <c r="C985" t="inlineStr">
         <is>
           <t>Muestra si su mensaje ha sido leído.
 El estado se muestra junto a las marcas de tiempo.
 Advertencia: Si su servidor no soporta esta opción, ¡sus salas nunca serán marcadas como leídas!</t>
         </is>
       </c>
-      <c r="D981" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F981" t="inlineStr">
+      <c r="D985" t="inlineStr"/>
+      <c r="E985" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F985" t="inlineStr">
         <is>
           <t>UserSettingsModelShow if your message was read.
 Status is displayed next to timestamps.
 Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
-      <c r="G981" t="inlineStr">
+      <c r="G985" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Mostrar si su mensaje fue leído.
 El estado es mostrado al costa de marcas de tiempo.
 Atención: ¡Si su servidor hogar no soporta esto, sus salas nunca serán marcadas como leídas!</t>
         </is>
       </c>
-      <c r="H981" t="inlineStr"/>
-[...7 lines deleted...]
-      <c r="B982" t="inlineStr">
+      <c r="H985" t="inlineStr"/>
+    </row>
+    <row r="986">
+      <c r="A986" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26416</t>
+        </is>
+      </c>
+      <c r="B986" t="inlineStr">
         <is>
           <t>Display an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
-      <c r="C982" t="inlineStr">
+      <c r="C986" t="inlineStr">
         <is>
           <t>Mostrar un identicon en lugar de una letra cuando no hay avatar.</t>
         </is>
       </c>
-      <c r="D982" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F982" t="inlineStr">
+      <c r="D986" t="inlineStr"/>
+      <c r="E986" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F986" t="inlineStr">
         <is>
           <t>UserSettingsModelDisplay an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
-      <c r="G982" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B983" t="inlineStr">
+      <c r="G986" t="inlineStr"/>
+      <c r="H986" t="inlineStr"/>
+    </row>
+    <row r="987">
+      <c r="A987" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26418</t>
+        </is>
+      </c>
+      <c r="B987" t="inlineStr">
         <is>
           <t>Opens images with an external program when tapping the image.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="C983" t="inlineStr">
+      <c r="C987" t="inlineStr">
         <is>
           <t>Abre las imágenes con un programa externo al pulsar sobre la imagen.
 Tenga en cuenta que cuando esta opción está activada, los archivos abiertos quedan sin cifrar en el disco y deben borrarse manualmente.</t>
         </is>
       </c>
-      <c r="D983" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F983" t="inlineStr">
+      <c r="D987" t="inlineStr"/>
+      <c r="E987" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F987" t="inlineStr">
         <is>
           <t>UserSettingsModelOpens images with an external program when tapping the image.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="G983" t="inlineStr">
+      <c r="G987" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Abre las imágenes con un programa externo cuando se cliquea la imagen.
 Note que cuando esta opción está activada, archivos abiertos son dejados no-cifrados en el disco y deben ser manualmente eliminados.</t>
         </is>
       </c>
-      <c r="H983" t="inlineStr"/>
-[...7 lines deleted...]
-      <c r="B984" t="inlineStr">
+      <c r="H987" t="inlineStr"/>
+    </row>
+    <row r="988">
+      <c r="A988" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26422</t>
+        </is>
+      </c>
+      <c r="B988" t="inlineStr">
         <is>
           <t>Opens videos with an external program when tapping the video.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="C984" t="inlineStr">
+      <c r="C988" t="inlineStr">
         <is>
           <t>Abre los vídeos con un programa externo al tocar el vídeo.
 Tenga en cuenta que cuando esta opción está activada, los archivos abiertos quedan sin cifrar en el disco y deben borrarse manualmente.</t>
         </is>
       </c>
-      <c r="D984" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F984" t="inlineStr">
+      <c r="D988" t="inlineStr"/>
+      <c r="E988" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F988" t="inlineStr">
         <is>
           <t>UserSettingsModelOpens videos with an external program when tapping the video.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="G984" t="inlineStr">
+      <c r="G988" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Abre los videos con un programa externo cuando se cliquea el video.
 Note que cuando esta opción está activada, archivos abiertos son dejados no-cifrados en el disco y deben ser manualmente eliminados.</t>
         </is>
       </c>
-      <c r="H984" t="inlineStr"/>
-[...7 lines deleted...]
-      <c r="B985" t="inlineStr">
+      <c r="H988" t="inlineStr"/>
+    </row>
+    <row r="989">
+      <c r="A989" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26426</t>
+        </is>
+      </c>
+      <c r="B989" t="inlineStr">
         <is>
           <t>Decrypt the messages shown in the sidebar.
 Only affects messages in encrypted chats.</t>
         </is>
       </c>
-      <c r="C985" t="inlineStr">
+      <c r="C989" t="inlineStr">
         <is>
           <t>Descifra los mensajes mostrados en la barra lateral.
 Solo afecta a los mensajes de los chats cifrados.</t>
         </is>
       </c>
-      <c r="D985" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F985" t="inlineStr">
+      <c r="D989" t="inlineStr"/>
+      <c r="E989" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F989" t="inlineStr">
         <is>
           <t>UserSettingsModelDecrypt the messages shown in the sidebar.
 Only affects messages in encrypted chats.</t>
         </is>
       </c>
-      <c r="G985" t="inlineStr">
+      <c r="G989" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Descifrar mensajes mostrados en la barra lateral.
 Solo afecta a los mensajes en chats crifrados.</t>
         </is>
       </c>
-      <c r="H985" t="inlineStr"/>
-[...7 lines deleted...]
-      <c r="B986" t="inlineStr">
+      <c r="H989" t="inlineStr"/>
+    </row>
+    <row r="990">
+      <c r="A990" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26440</t>
+        </is>
+      </c>
+      <c r="B990" t="inlineStr">
         <is>
           <t>When the window loses focus, the timeline will
 be blurred.</t>
         </is>
       </c>
-      <c r="C986" t="inlineStr">
+      <c r="C990" t="inlineStr">
         <is>
           <t>Cuando la ventana no este enfocada, la línea de tiempo se volverá borrosa.</t>
         </is>
       </c>
-      <c r="D986" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F986" t="inlineStr">
+      <c r="D990" t="inlineStr"/>
+      <c r="E990" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F990" t="inlineStr">
         <is>
           <t>UserSettingsModelWhen the window loses focus, the timeline will
 be blurred.</t>
         </is>
       </c>
-      <c r="G986" t="inlineStr">
+      <c r="G990" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Cuando la ventana no esté enfocada, la línea de tiempo se volverá borrosa.</t>
         </is>
       </c>
-      <c r="H986" t="inlineStr"/>
-[...118 lines deleted...]
-      <c r="G990" t="inlineStr"/>
       <c r="H990" t="inlineStr"/>
     </row>
     <row r="991">
       <c r="A991" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26378</t>
+          <t>../../src/UserSettingsPage.cpp:26442</t>
         </is>
       </c>
       <c r="B991" t="inlineStr">
         <is>
-          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>Will prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="C991" t="inlineStr">
         <is>
-          <t>La clave para decifrar copias de seguridad en línea. Si está en la cache, puedes activar la copia de seguridad en línea para almacenar tus claves de cifrado de forma segura en el servidor.</t>
+          <t>Evitar seleccionar texto en la línea de tiempo para hacer el desplazamiento táctil más sencillo.</t>
         </is>
       </c>
       <c r="D991" t="inlineStr"/>
       <c r="E991" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F991" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>UserSettingsModelWill prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="G991" t="inlineStr"/>
       <c r="H991" t="inlineStr"/>
     </row>
     <row r="992">
       <c r="A992" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26387</t>
+          <t>../../src/UserSettingsPage.cpp:26451</t>
         </is>
       </c>
       <c r="B992" t="inlineStr">
         <is>
-          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>Will use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="C992" t="inlineStr">
         <is>
-          <t>La clave para verificar a otros usuarios. Si está en la cache, verificar a un usuario verificará a todos sus dispositivos.</t>
+          <t>Se usará turn.matrix.org como asistencia cuando tu homeserver no lo ofrezca.</t>
         </is>
       </c>
       <c r="D992" t="inlineStr"/>
       <c r="E992" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F992" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>UserSettingsModelWill use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="G992" t="inlineStr"/>
       <c r="H992" t="inlineStr"/>
     </row>
     <row r="993">
       <c r="A993" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26391</t>
+          <t>../../src/UserSettingsPage.cpp:26454</t>
         </is>
       </c>
       <c r="B993" t="inlineStr">
         <is>
-          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>Requires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="C993" t="inlineStr">
         <is>
-          <t>Tu clave más importante. No necesitar tenerla en la cache, debido a que no tenerla en cache hace menos probable que pueda ser robada y sólo es necesaria para rotar tus otras llaves de firmas.</t>
+          <t>Requiere que un usuario sea verificado para enviarle mensajes cifrados. Esto mejora la seguridad, pero hace que E2EE sea más tedioso.</t>
         </is>
       </c>
       <c r="D993" t="inlineStr"/>
       <c r="E993" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F993" t="inlineStr">
         <is>
-          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>UserSettingsModelRequires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="G993" t="inlineStr"/>
       <c r="H993" t="inlineStr"/>
     </row>
     <row r="994">
       <c r="A994" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26396</t>
+          <t>../../src/UserSettingsPage.cpp:26461</t>
         </is>
       </c>
       <c r="B994" t="inlineStr">
+        <is>
+          <t>Download message encryption keys from and upload to the encrypted online key backup.</t>
+        </is>
+      </c>
+      <c r="C994" t="inlineStr">
+        <is>
+          <t>Descargue las claves de cifrado de los mensajes y cárguelas en la copia de seguridad de claves cifradas en línea.</t>
+        </is>
+      </c>
+      <c r="D994" t="inlineStr"/>
+      <c r="E994" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F994" t="inlineStr">
+        <is>
+          <t>UserSettingsModelDownload message encryption keys from and upload to the encrypted online key backup.</t>
+        </is>
+      </c>
+      <c r="G994" t="inlineStr"/>
+      <c r="H994" t="inlineStr"/>
+    </row>
+    <row r="995">
+      <c r="A995" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26486</t>
+        </is>
+      </c>
+      <c r="B995" t="inlineStr">
+        <is>
+          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+        </is>
+      </c>
+      <c r="C995" t="inlineStr">
+        <is>
+          <t>La clave para decifrar copias de seguridad en línea. Si está en la cache, puedes activar la copia de seguridad en línea para almacenar tus claves de cifrado de forma segura en el servidor.</t>
+        </is>
+      </c>
+      <c r="D995" t="inlineStr"/>
+      <c r="E995" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F995" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+        </is>
+      </c>
+      <c r="G995" t="inlineStr"/>
+      <c r="H995" t="inlineStr"/>
+    </row>
+    <row r="996">
+      <c r="A996" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26495</t>
+        </is>
+      </c>
+      <c r="B996" t="inlineStr">
+        <is>
+          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+        </is>
+      </c>
+      <c r="C996" t="inlineStr">
+        <is>
+          <t>La clave para verificar a otros usuarios. Si está en la cache, verificar a un usuario verificará a todos sus dispositivos.</t>
+        </is>
+      </c>
+      <c r="D996" t="inlineStr"/>
+      <c r="E996" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F996" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+        </is>
+      </c>
+      <c r="G996" t="inlineStr"/>
+      <c r="H996" t="inlineStr"/>
+    </row>
+    <row r="997">
+      <c r="A997" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26499</t>
+        </is>
+      </c>
+      <c r="B997" t="inlineStr">
+        <is>
+          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+        </is>
+      </c>
+      <c r="C997" t="inlineStr">
+        <is>
+          <t>Tu clave más importante. No necesitar tenerla en la cache, debido a que no tenerla en cache hace menos probable que pueda ser robada y sólo es necesaria para rotar tus otras llaves de firmas.</t>
+        </is>
+      </c>
+      <c r="D997" t="inlineStr"/>
+      <c r="E997" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F997" t="inlineStr">
+        <is>
+          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+        </is>
+      </c>
+      <c r="G997" t="inlineStr"/>
+      <c r="H997" t="inlineStr"/>
+    </row>
+    <row r="998">
+      <c r="A998" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26504</t>
+        </is>
+      </c>
+      <c r="B998" t="inlineStr">
         <is>
           <t>Allow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
 This setting will take effect upon restart.</t>
         </is>
       </c>
-      <c r="C994" t="inlineStr">
+      <c r="C998" t="inlineStr">
         <is>
           <t>Permitir que plugins y aplicaciones de terceros carguen información sobre las salas en las que te encuentras a través de D-Bus. Esto puede tener aplicaciones útiles, pero también podría ser utilizado para fines nefastos. Habilítalo bajo tu propia responsabilidad.
 Esta configuración tendrá efecto al reiniciar.</t>
         </is>
       </c>
-      <c r="D994" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F994" t="inlineStr">
+      <c r="D998" t="inlineStr"/>
+      <c r="E998" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F998" t="inlineStr">
         <is>
           <t>UserSettingsModelAllow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
 This setting will take effect upon restart.</t>
         </is>
       </c>
-      <c r="G994" t="inlineStr">
+      <c r="G998" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Permitir a plugins y aplicaciones de terceros cargar información sobre las salas en las que se encuentra mediante D-Bus. Esto puede tener aplicaciones útiles, pero también puede ser usar para propósitos nefarios. Habilitarlo a su propio riesgo.
 Este ajuste tomará efecto en el siguiente reinicio.</t>
         </is>
       </c>
-      <c r="H994" t="inlineStr"/>
-[...114 lines deleted...]
-      <c r="G998" t="inlineStr"/>
       <c r="H998" t="inlineStr"/>
     </row>
     <row r="999">
       <c r="A999" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26555</t>
+          <t>../../src/UserSettingsPage.cpp:26510</t>
         </is>
       </c>
       <c r="B999" t="inlineStr">
         <is>
-          <t>Only in private rooms</t>
-[...2 lines deleted...]
-      <c r="C999" t="inlineStr"/>
+          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
+        </is>
+      </c>
+      <c r="C999" t="inlineStr">
+        <is>
+          <t>Para permitir que nuevos usuarios se unan a una comunidad, ésta necesita exponer cierta información sobre qué servidores participan en una sala a los miembros de la comunidad. Dado que los participantes en una sala pueden cambiar con el tiempo, es necesario actualizar esta información de vez en cuando. Esta opción permite que una tarea en segundo plano lo haga automáticamente.</t>
+        </is>
+      </c>
       <c r="D999" t="inlineStr"/>
       <c r="E999" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F999" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnly in private rooms</t>
+          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="G999" t="inlineStr"/>
       <c r="H999" t="inlineStr"/>
     </row>
     <row r="1000">
       <c r="A1000" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26556</t>
+          <t>../../src/UserSettingsPage.cpp:26516</t>
         </is>
       </c>
       <c r="B1000" t="inlineStr">
         <is>
-          <t>Never</t>
-[...2 lines deleted...]
-      <c r="C1000" t="inlineStr"/>
+          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
+        </is>
+      </c>
+      <c r="C1000" t="inlineStr">
+        <is>
+          <t>Redacta regularmente los eventos caducados según lo especificado en la configuración de caducidad de eventos. Dado que actualmente esto no se ejecuta en el lado del servidor, es necesario tener un cliente que ejecute esto regularmente.</t>
+        </is>
+      </c>
       <c r="D1000" t="inlineStr"/>
       <c r="E1000" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1000" t="inlineStr">
         <is>
-          <t>UserSettingsModelNever</t>
+          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="G1000" t="inlineStr"/>
       <c r="H1000" t="inlineStr"/>
     </row>
     <row r="1001">
       <c r="A1001" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26570</t>
+          <t>../../src/UserSettingsPage.cpp:26520</t>
         </is>
       </c>
       <c r="B1001" t="inlineStr">
         <is>
-          <t>System font</t>
+          <t>Manage your ignored users.</t>
         </is>
       </c>
       <c r="C1001" t="inlineStr">
         <is>
-          <t>Tipo de letra del sistema</t>
+          <t>Gestiona tus usuarios ignorados.</t>
         </is>
       </c>
       <c r="D1001" t="inlineStr"/>
       <c r="E1001" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1001" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem font</t>
+          <t>UserSettingsModelManage your ignored users.</t>
         </is>
       </c>
       <c r="G1001" t="inlineStr"/>
       <c r="H1001" t="inlineStr"/>
     </row>
     <row r="1002">
       <c r="A1002" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26575</t>
+          <t>../../src/UserSettingsPage.cpp:26662</t>
         </is>
       </c>
       <c r="B1002" t="inlineStr">
         <is>
-          <t>System emoji font</t>
-[...6 lines deleted...]
-      </c>
+          <t>Always</t>
+        </is>
+      </c>
+      <c r="C1002" t="inlineStr"/>
       <c r="D1002" t="inlineStr"/>
       <c r="E1002" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1002" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem emoji font</t>
+          <t>UserSettingsModelAlways</t>
         </is>
       </c>
       <c r="G1002" t="inlineStr"/>
       <c r="H1002" t="inlineStr"/>
     </row>
     <row r="1003">
       <c r="A1003" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:26663</t>
         </is>
       </c>
       <c r="B1003" t="inlineStr">
         <is>
-          <t>Select a file</t>
-[...6 lines deleted...]
-      </c>
+          <t>Only in private rooms</t>
+        </is>
+      </c>
+      <c r="C1003" t="inlineStr"/>
       <c r="D1003" t="inlineStr"/>
       <c r="E1003" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1003" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelect a file</t>
+          <t>UserSettingsModelOnly in private rooms</t>
         </is>
       </c>
       <c r="G1003" t="inlineStr"/>
       <c r="H1003" t="inlineStr"/>
     </row>
     <row r="1004">
       <c r="A1004" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:26664</t>
         </is>
       </c>
       <c r="B1004" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
-[...6 lines deleted...]
-      </c>
+          <t>Never</t>
+        </is>
+      </c>
+      <c r="C1004" t="inlineStr"/>
       <c r="D1004" t="inlineStr"/>
       <c r="E1004" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1004" t="inlineStr">
         <is>
-          <t>UserSettingsModelAll Files (*)</t>
+          <t>UserSettingsModelNever</t>
         </is>
       </c>
       <c r="G1004" t="inlineStr"/>
       <c r="H1004" t="inlineStr"/>
     </row>
     <row r="1005">
       <c r="A1005" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27018</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26668</t>
+        </is>
+      </c>
+      <c r="B1005" t="inlineStr"/>
+      <c r="C1005" t="inlineStr"/>
       <c r="D1005" t="inlineStr"/>
       <c r="E1005" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1005" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen Sessions File</t>
+          <t>UserSettingsModelEnter</t>
         </is>
       </c>
       <c r="G1005" t="inlineStr"/>
       <c r="H1005" t="inlineStr"/>
     </row>
     <row r="1006">
       <c r="A1006" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27109</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26669</t>
+        </is>
+      </c>
+      <c r="B1006" t="inlineStr"/>
+      <c r="C1006" t="inlineStr"/>
       <c r="D1006" t="inlineStr"/>
       <c r="E1006" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1006" t="inlineStr">
         <is>
-          <t>UserSettingsModelError</t>
+          <t>UserSettingsModelShift+Enter</t>
         </is>
       </c>
       <c r="G1006" t="inlineStr"/>
       <c r="H1006" t="inlineStr"/>
     </row>
     <row r="1007">
       <c r="A1007" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27057</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26670</t>
+        </is>
+      </c>
+      <c r="B1007" t="inlineStr"/>
+      <c r="C1007" t="inlineStr"/>
       <c r="D1007" t="inlineStr"/>
       <c r="E1007" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1007" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile Password</t>
+          <t>UserSettingsModelCtrl+Enter</t>
         </is>
       </c>
       <c r="G1007" t="inlineStr"/>
       <c r="H1007" t="inlineStr"/>
     </row>
     <row r="1008">
       <c r="A1008" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27032</t>
+          <t>../../src/UserSettingsPage.cpp:26684</t>
         </is>
       </c>
       <c r="B1008" t="inlineStr">
         <is>
-          <t>Enter the passphrase to decrypt the file:</t>
+          <t>System font</t>
         </is>
       </c>
       <c r="C1008" t="inlineStr">
         <is>
-          <t>Inserta la contraseña para decifrar el archivo:</t>
+          <t>Tipo de letra del sistema</t>
         </is>
       </c>
       <c r="D1008" t="inlineStr"/>
       <c r="E1008" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1008" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
+          <t>UserSettingsModelSystem font</t>
         </is>
       </c>
       <c r="G1008" t="inlineStr"/>
       <c r="H1008" t="inlineStr"/>
     </row>
     <row r="1009">
       <c r="A1009" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27066</t>
+          <t>../../src/UserSettingsPage.cpp:26689</t>
         </is>
       </c>
       <c r="B1009" t="inlineStr">
         <is>
-          <t>The password cannot be empty</t>
+          <t>System emoji font</t>
         </is>
       </c>
       <c r="C1009" t="inlineStr">
         <is>
-          <t>La contraseña no puede estar vacía</t>
+          <t>Fuente de emoji del sistema</t>
         </is>
       </c>
       <c r="D1009" t="inlineStr"/>
       <c r="E1009" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1009" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe password cannot be empty</t>
+          <t>UserSettingsModelSystem emoji font</t>
         </is>
       </c>
       <c r="G1009" t="inlineStr"/>
       <c r="H1009" t="inlineStr"/>
     </row>
     <row r="1010">
       <c r="A1010" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27058</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B1010" t="inlineStr">
         <is>
-          <t>Enter passphrase to encrypt your session keys:</t>
+          <t>Select a file</t>
         </is>
       </c>
       <c r="C1010" t="inlineStr">
         <is>
-          <t>Inserta la contraseña para cifrar tus claves de sesión:</t>
+          <t>Seleccionar un archivo</t>
         </is>
       </c>
       <c r="D1010" t="inlineStr"/>
       <c r="E1010" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1010" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
+          <t>UserSettingsModelSelect a file</t>
         </is>
       </c>
       <c r="G1010" t="inlineStr"/>
       <c r="H1010" t="inlineStr"/>
     </row>
     <row r="1011">
       <c r="A1011" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27071</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B1011" t="inlineStr">
         <is>
-          <t>Repeat File Password</t>
-[...2 lines deleted...]
-      <c r="C1011" t="inlineStr"/>
+          <t>All Files (*)</t>
+        </is>
+      </c>
+      <c r="C1011" t="inlineStr">
+        <is>
+          <t>Todos los archivos (*)</t>
+        </is>
+      </c>
       <c r="D1011" t="inlineStr"/>
       <c r="E1011" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1011" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat File Password</t>
+          <t>UserSettingsModelAll Files (*)</t>
         </is>
       </c>
       <c r="G1011" t="inlineStr"/>
       <c r="H1011" t="inlineStr"/>
     </row>
     <row r="1012">
       <c r="A1012" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27072</t>
+          <t>../../src/UserSettingsPage.cpp:27130</t>
         </is>
       </c>
       <c r="B1012" t="inlineStr">
         <is>
-          <t>Repeat the passphrase:</t>
-[...2 lines deleted...]
-      <c r="C1012" t="inlineStr"/>
+          <t>Open Sessions File</t>
+        </is>
+      </c>
+      <c r="C1012" t="inlineStr">
+        <is>
+          <t>Abrir el archivo de sesiones</t>
+        </is>
+      </c>
       <c r="D1012" t="inlineStr"/>
       <c r="E1012" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1012" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat the passphrase:</t>
+          <t>UserSettingsModelOpen Sessions File</t>
         </is>
       </c>
       <c r="G1012" t="inlineStr"/>
       <c r="H1012" t="inlineStr"/>
     </row>
     <row r="1013">
       <c r="A1013" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27080</t>
+          <t>../../src/UserSettingsPage.cpp:27221</t>
         </is>
       </c>
       <c r="B1013" t="inlineStr">
         <is>
-          <t>Passwords don't match</t>
-[...2 lines deleted...]
-      <c r="C1013" t="inlineStr"/>
+          <t>Error</t>
+        </is>
+      </c>
+      <c r="C1013" t="inlineStr">
+        <is>
+          <t>Error</t>
+        </is>
+      </c>
       <c r="D1013" t="inlineStr"/>
       <c r="E1013" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1013" t="inlineStr">
         <is>
-          <t>UserSettingsModelPasswords don't match</t>
+          <t>UserSettingsModelError</t>
         </is>
       </c>
       <c r="G1013" t="inlineStr"/>
       <c r="H1013" t="inlineStr"/>
     </row>
     <row r="1014">
       <c r="A1014" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27087</t>
+          <t>../../src/UserSettingsPage.cpp:27169</t>
         </is>
       </c>
       <c r="B1014" t="inlineStr">
         <is>
-          <t>File to save the exported session keys</t>
+          <t>File Password</t>
         </is>
       </c>
       <c r="C1014" t="inlineStr">
         <is>
-          <t>Archivo para guardar las claves de sesión exportadas</t>
+          <t>Contraseña del archivo</t>
         </is>
       </c>
       <c r="D1014" t="inlineStr"/>
       <c r="E1014" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1014" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile to save the exported session keys</t>
+          <t>UserSettingsModelFile Password</t>
         </is>
       </c>
       <c r="G1014" t="inlineStr"/>
       <c r="H1014" t="inlineStr"/>
     </row>
     <row r="1015">
       <c r="A1015" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../../src/UserSettingsPage.cpp:27144</t>
         </is>
       </c>
       <c r="B1015" t="inlineStr">
         <is>
-          <t>CACHED</t>
+          <t>Enter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="C1015" t="inlineStr">
         <is>
-          <t>EN CACHE</t>
+          <t>Inserta la contraseña para decifrar el archivo:</t>
         </is>
       </c>
       <c r="D1015" t="inlineStr"/>
       <c r="E1015" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1015" t="inlineStr">
         <is>
-          <t>UserSettingsPageCACHED</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
+        </is>
+      </c>
+      <c r="G1015" t="inlineStr"/>
       <c r="H1015" t="inlineStr"/>
     </row>
     <row r="1016">
       <c r="A1016" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../../src/UserSettingsPage.cpp:27178</t>
         </is>
       </c>
       <c r="B1016" t="inlineStr">
         <is>
-          <t>NOT CACHED</t>
+          <t>The password cannot be empty</t>
         </is>
       </c>
       <c r="C1016" t="inlineStr">
         <is>
-          <t>NO ESTA EN LA CACHE</t>
+          <t>La contraseña no puede estar vacía</t>
         </is>
       </c>
       <c r="D1016" t="inlineStr"/>
       <c r="E1016" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1016" t="inlineStr">
         <is>
-          <t>UserSettingsPageNOT CACHED</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelThe password cannot be empty</t>
+        </is>
+      </c>
+      <c r="G1016" t="inlineStr"/>
       <c r="H1016" t="inlineStr"/>
     </row>
     <row r="1017">
       <c r="A1017" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27281</t>
+          <t>../../src/UserSettingsPage.cpp:27170</t>
         </is>
       </c>
       <c r="B1017" t="inlineStr">
         <is>
-          <t>IMPORT</t>
+          <t>Enter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="C1017" t="inlineStr">
         <is>
-          <t>IMPORTAR</t>
+          <t>Inserta la contraseña para cifrar tus claves de sesión:</t>
         </is>
       </c>
       <c r="D1017" t="inlineStr"/>
       <c r="E1017" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1017" t="inlineStr">
         <is>
-          <t>UserSettingsPageIMPORT</t>
+          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="G1017" t="inlineStr"/>
       <c r="H1017" t="inlineStr"/>
     </row>
     <row r="1018">
       <c r="A1018" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27285</t>
+          <t>../../src/UserSettingsPage.cpp:27183</t>
         </is>
       </c>
       <c r="B1018" t="inlineStr">
         <is>
-          <t>EXPORT</t>
-[...6 lines deleted...]
-      </c>
+          <t>Repeat File Password</t>
+        </is>
+      </c>
+      <c r="C1018" t="inlineStr"/>
       <c r="D1018" t="inlineStr"/>
       <c r="E1018" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1018" t="inlineStr">
         <is>
-          <t>UserSettingsPageEXPORT</t>
+          <t>UserSettingsModelRepeat File Password</t>
         </is>
       </c>
       <c r="G1018" t="inlineStr"/>
       <c r="H1018" t="inlineStr"/>
     </row>
     <row r="1019">
       <c r="A1019" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27294</t>
+          <t>../../src/UserSettingsPage.cpp:27184</t>
         </is>
       </c>
       <c r="B1019" t="inlineStr">
         <is>
-          <t>DOWNLOAD</t>
-[...6 lines deleted...]
-      </c>
+          <t>Repeat the passphrase:</t>
+        </is>
+      </c>
+      <c r="C1019" t="inlineStr"/>
       <c r="D1019" t="inlineStr"/>
       <c r="E1019" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1019" t="inlineStr">
         <is>
-          <t>UserSettingsPageDOWNLOAD</t>
+          <t>UserSettingsModelRepeat the passphrase:</t>
         </is>
       </c>
       <c r="G1019" t="inlineStr"/>
       <c r="H1019" t="inlineStr"/>
     </row>
     <row r="1020">
       <c r="A1020" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27298</t>
+          <t>../../src/UserSettingsPage.cpp:27192</t>
         </is>
       </c>
       <c r="B1020" t="inlineStr">
         <is>
-          <t>REQUEST</t>
-[...6 lines deleted...]
-      </c>
+          <t>Passwords don't match</t>
+        </is>
+      </c>
+      <c r="C1020" t="inlineStr"/>
       <c r="D1020" t="inlineStr"/>
       <c r="E1020" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1020" t="inlineStr">
         <is>
-          <t>UserSettingsPageREQUEST</t>
+          <t>UserSettingsModelPasswords don't match</t>
         </is>
       </c>
       <c r="G1020" t="inlineStr"/>
       <c r="H1020" t="inlineStr"/>
     </row>
     <row r="1021">
       <c r="A1021" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27306</t>
+          <t>../../src/UserSettingsPage.cpp:27199</t>
         </is>
       </c>
       <c r="B1021" t="inlineStr">
         <is>
-          <t>CONFIGURE</t>
+          <t>File to save the exported session keys</t>
         </is>
       </c>
       <c r="C1021" t="inlineStr">
         <is>
-          <t>CONFIGURAR</t>
+          <t>Archivo para guardar las claves de sesión exportadas</t>
         </is>
       </c>
       <c r="D1021" t="inlineStr"/>
       <c r="E1021" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1021" t="inlineStr">
         <is>
-          <t>UserSettingsPageCONFIGURE</t>
+          <t>UserSettingsModelFile to save the exported session keys</t>
         </is>
       </c>
       <c r="G1021" t="inlineStr"/>
       <c r="H1021" t="inlineStr"/>
     </row>
     <row r="1022">
       <c r="A1022" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27324</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B1022" t="inlineStr">
         <is>
-          <t>MANAGE</t>
+          <t>CACHED</t>
         </is>
       </c>
       <c r="C1022" t="inlineStr">
         <is>
-          <t>GESTIONAR</t>
+          <t>EN CACHE</t>
         </is>
       </c>
       <c r="D1022" t="inlineStr"/>
       <c r="E1022" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1022" t="inlineStr">
         <is>
-          <t>UserSettingsPageMANAGE</t>
-[...2 lines deleted...]
-      <c r="G1022" t="inlineStr"/>
+          <t>UserSettingsPageCACHED</t>
+        </is>
+      </c>
+      <c r="G1022" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: EN CACHÉ</t>
+        </is>
+      </c>
       <c r="H1022" t="inlineStr"/>
     </row>
     <row r="1023">
       <c r="A1023" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27359</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B1023" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>NOT CACHED</t>
         </is>
       </c>
       <c r="C1023" t="inlineStr">
         <is>
-          <t>Atrás</t>
+          <t>NO ESTA EN LA CACHE</t>
         </is>
       </c>
       <c r="D1023" t="inlineStr"/>
       <c r="E1023" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1023" t="inlineStr">
         <is>
-          <t>UserSettingsPageBack</t>
-[...2 lines deleted...]
-      <c r="G1023" t="inlineStr"/>
+          <t>UserSettingsPageNOT CACHED</t>
+        </is>
+      </c>
+      <c r="G1023" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: NO ESTA EN LA CACHÉ</t>
+        </is>
+      </c>
       <c r="H1023" t="inlineStr"/>
     </row>
     <row r="1024">
       <c r="A1024" t="inlineStr">
         <is>
-          <t>../../src/encryption/VerificationManager.cpp:27502</t>
+          <t>../qml/pages/UserSettingsPage.qml:27396</t>
         </is>
       </c>
       <c r="B1024" t="inlineStr">
         <is>
-          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>IMPORT</t>
         </is>
       </c>
       <c r="C1024" t="inlineStr">
         <is>
-          <t>No se han encontrado chats privados cifrados con este usuario. Crea un chat privado cifrado con este usuario e intenta de nuevo.</t>
+          <t>IMPORTAR</t>
         </is>
       </c>
       <c r="D1024" t="inlineStr"/>
       <c r="E1024" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1024" t="inlineStr">
         <is>
-          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>UserSettingsPageIMPORT</t>
         </is>
       </c>
       <c r="G1024" t="inlineStr"/>
       <c r="H1024" t="inlineStr"/>
     </row>
     <row r="1025">
       <c r="A1025" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27514</t>
+          <t>../qml/pages/UserSettingsPage.qml:27400</t>
         </is>
       </c>
       <c r="B1025" t="inlineStr">
         <is>
-          <t>Waiting for other party…</t>
+          <t>EXPORT</t>
         </is>
       </c>
       <c r="C1025" t="inlineStr">
         <is>
-          <t>Esperando por el otro grupo...</t>
+          <t>EXPORTAR</t>
         </is>
       </c>
       <c r="D1025" t="inlineStr"/>
       <c r="E1025" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1025" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other party…</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsPageEXPORT</t>
+        </is>
+      </c>
+      <c r="G1025" t="inlineStr"/>
       <c r="H1025" t="inlineStr"/>
     </row>
     <row r="1026">
       <c r="A1026" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27526</t>
+          <t>../qml/pages/UserSettingsPage.qml:27409</t>
         </is>
       </c>
       <c r="B1026" t="inlineStr">
         <is>
-          <t>Waiting for other side to accept the verification request.</t>
+          <t>DOWNLOAD</t>
         </is>
       </c>
       <c r="C1026" t="inlineStr">
         <is>
-          <t>Esperando a que el otro lado acepte la solicitud de verificación.</t>
+          <t>DESCARGAR</t>
         </is>
       </c>
       <c r="D1026" t="inlineStr"/>
       <c r="E1026" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1026" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to accept the verification request.</t>
+          <t>UserSettingsPageDOWNLOAD</t>
         </is>
       </c>
       <c r="G1026" t="inlineStr"/>
       <c r="H1026" t="inlineStr"/>
     </row>
     <row r="1027">
       <c r="A1027" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27528</t>
+          <t>../qml/pages/UserSettingsPage.qml:27413</t>
         </is>
       </c>
       <c r="B1027" t="inlineStr">
         <is>
-          <t>Waiting for other side to continue the verification process.</t>
+          <t>REQUEST</t>
         </is>
       </c>
       <c r="C1027" t="inlineStr">
         <is>
-          <t>Esperando por el otro lado para continuar el proceso de verificación.</t>
+          <t>SOLICITAR</t>
         </is>
       </c>
       <c r="D1027" t="inlineStr"/>
       <c r="E1027" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1027" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to continue the verification process.</t>
+          <t>UserSettingsPageREQUEST</t>
         </is>
       </c>
       <c r="G1027" t="inlineStr"/>
       <c r="H1027" t="inlineStr"/>
     </row>
     <row r="1028">
       <c r="A1028" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27530</t>
+          <t>../qml/pages/UserSettingsPage.qml:27421</t>
         </is>
       </c>
       <c r="B1028" t="inlineStr">
         <is>
-          <t>Waiting for other side to complete the verification process.</t>
+          <t>CONFIGURE</t>
         </is>
       </c>
       <c r="C1028" t="inlineStr">
         <is>
-          <t>Esperando por el otro lado para completar el proceso de verificación.</t>
+          <t>CONFIGURAR</t>
         </is>
       </c>
       <c r="D1028" t="inlineStr"/>
       <c r="E1028" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1028" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to complete the verification process.</t>
+          <t>UserSettingsPageCONFIGURE</t>
         </is>
       </c>
       <c r="G1028" t="inlineStr"/>
       <c r="H1028" t="inlineStr"/>
     </row>
     <row r="1029">
       <c r="A1029" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27549</t>
+          <t>../qml/pages/UserSettingsPage.qml:27439</t>
         </is>
       </c>
       <c r="B1029" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>MANAGE</t>
         </is>
       </c>
       <c r="C1029" t="inlineStr">
         <is>
-          <t>Cancelar</t>
+          <t>GESTIONAR</t>
         </is>
       </c>
       <c r="D1029" t="inlineStr"/>
       <c r="E1029" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1029" t="inlineStr">
         <is>
-          <t>WaitingCancel</t>
+          <t>UserSettingsPageMANAGE</t>
         </is>
       </c>
       <c r="G1029" t="inlineStr"/>
       <c r="H1029" t="inlineStr"/>
     </row>
     <row r="1030">
       <c r="A1030" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27579</t>
+          <t>../qml/pages/UserSettingsPage.qml:27474</t>
         </is>
       </c>
       <c r="B1030" t="inlineStr">
         <is>
-          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C1030" t="inlineStr">
         <is>
-          <t>¡Bienvenido a nheko! El cliente de escritorio para el protocolo Matrix.</t>
+          <t>Atrás</t>
         </is>
       </c>
       <c r="D1030" t="inlineStr"/>
       <c r="E1030" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1030" t="inlineStr">
         <is>
-          <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
+          <t>UserSettingsPageBack</t>
         </is>
       </c>
       <c r="G1030" t="inlineStr"/>
       <c r="H1030" t="inlineStr"/>
     </row>
     <row r="1031">
       <c r="A1031" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27589</t>
+          <t>../../src/encryption/VerificationManager.cpp:27617</t>
         </is>
       </c>
       <c r="B1031" t="inlineStr">
         <is>
-          <t>Enjoy your stay!</t>
+          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="C1031" t="inlineStr">
         <is>
-          <t>¡Disfrute de su estancia!</t>
+          <t>No se han encontrado chats privados cifrados con este usuario. Crea un chat privado cifrado con este usuario e intenta de nuevo.</t>
         </is>
       </c>
       <c r="D1031" t="inlineStr"/>
       <c r="E1031" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1031" t="inlineStr">
         <is>
-          <t>WelcomePageEnjoy your stay!</t>
+          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="G1031" t="inlineStr"/>
       <c r="H1031" t="inlineStr"/>
     </row>
     <row r="1032">
       <c r="A1032" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27603</t>
+          <t>../qml/device-verification/Waiting.qml:27629</t>
         </is>
       </c>
       <c r="B1032" t="inlineStr">
         <is>
-          <t>REGISTER</t>
+          <t>Waiting for other party…</t>
         </is>
       </c>
       <c r="C1032" t="inlineStr">
         <is>
-          <t>REGISTRARSE</t>
+          <t>Esperando por el otro grupo...</t>
         </is>
       </c>
       <c r="D1032" t="inlineStr"/>
       <c r="E1032" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1032" t="inlineStr">
         <is>
-          <t>WelcomePageREGISTER</t>
-[...2 lines deleted...]
-      <c r="G1032" t="inlineStr"/>
+          <t>WaitingWaiting for other party…</t>
+        </is>
+      </c>
+      <c r="G1032" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Esperando por el otro grupo…</t>
+        </is>
+      </c>
       <c r="H1032" t="inlineStr"/>
     </row>
     <row r="1033">
       <c r="A1033" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27611</t>
+          <t>../qml/device-verification/Waiting.qml:27641</t>
         </is>
       </c>
       <c r="B1033" t="inlineStr">
         <is>
-          <t>LOGIN</t>
+          <t>Waiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="C1033" t="inlineStr">
         <is>
-          <t>INICIAR SESION</t>
+          <t>Esperando a que el otro lado acepte la solicitud de verificación.</t>
         </is>
       </c>
       <c r="D1033" t="inlineStr"/>
       <c r="E1033" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1033" t="inlineStr">
         <is>
-          <t>WelcomePageLOGIN</t>
-[...6 lines deleted...]
-      </c>
+          <t>WaitingWaiting for other side to accept the verification request.</t>
+        </is>
+      </c>
+      <c r="G1033" t="inlineStr"/>
       <c r="H1033" t="inlineStr"/>
     </row>
     <row r="1034">
       <c r="A1034" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27637</t>
+          <t>../qml/device-verification/Waiting.qml:27643</t>
         </is>
       </c>
       <c r="B1034" t="inlineStr">
         <is>
-          <t>Reduce animations</t>
+          <t>Waiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="C1034" t="inlineStr">
         <is>
-          <t>Reducir animaciones</t>
+          <t>Esperando por el otro lado para continuar el proceso de verificación.</t>
         </is>
       </c>
       <c r="D1034" t="inlineStr"/>
       <c r="E1034" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1034" t="inlineStr">
         <is>
-          <t>WelcomePageReduce animations</t>
+          <t>WaitingWaiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="G1034" t="inlineStr"/>
       <c r="H1034" t="inlineStr"/>
     </row>
     <row r="1035">
       <c r="A1035" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27644</t>
+          <t>../qml/device-verification/Waiting.qml:27645</t>
         </is>
       </c>
       <c r="B1035" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Waiting for other side to complete the verification process.</t>
         </is>
       </c>
       <c r="C1035" t="inlineStr">
         <is>
-          <t>Nheko utiliza animaciones en varios lugares para hacer las cosas bonitas. Esto te permite desactivarlas si te sientan mal.</t>
+          <t>Esperando por el otro lado para completar el proceso de verificación.</t>
         </is>
       </c>
       <c r="D1035" t="inlineStr"/>
       <c r="E1035" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1035" t="inlineStr">
         <is>
-          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
-[...6 lines deleted...]
-      </c>
+          <t>WaitingWaiting for other side to complete the verification process.</t>
+        </is>
+      </c>
+      <c r="G1035" t="inlineStr"/>
       <c r="H1035" t="inlineStr"/>
     </row>
     <row r="1036">
       <c r="A1036" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:28027</t>
+          <t>../qml/device-verification/Waiting.qml:27664</t>
         </is>
       </c>
       <c r="B1036" t="inlineStr">
         <is>
-          <t>Yesterday</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C1036" t="inlineStr">
         <is>
-          <t>Ayer</t>
+          <t>Cancelar</t>
         </is>
       </c>
       <c r="D1036" t="inlineStr"/>
       <c r="E1036" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1036" t="inlineStr">
         <is>
-          <t>descriptiveTimeYesterday</t>
+          <t>WaitingCancel</t>
         </is>
       </c>
       <c r="G1036" t="inlineStr"/>
       <c r="H1036" t="inlineStr"/>
     </row>
     <row r="1037">
       <c r="A1037" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28040</t>
+          <t>../qml/pages/WelcomePage.qml:27694</t>
         </is>
       </c>
       <c r="B1037" t="inlineStr">
         <is>
-          <t>People</t>
+          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
         </is>
       </c>
       <c r="C1037" t="inlineStr">
         <is>
-          <t>Personas</t>
+          <t>¡Bienvenido a nheko! El cliente de escritorio para el protocolo Matrix.</t>
         </is>
       </c>
       <c r="D1037" t="inlineStr"/>
       <c r="E1037" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1037" t="inlineStr">
         <is>
-          <t>emoji-catagoryPeople</t>
+          <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
         </is>
       </c>
       <c r="G1037" t="inlineStr"/>
       <c r="H1037" t="inlineStr"/>
     </row>
     <row r="1038">
       <c r="A1038" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28042</t>
+          <t>../qml/pages/WelcomePage.qml:27704</t>
         </is>
       </c>
       <c r="B1038" t="inlineStr">
         <is>
-          <t>Nature</t>
+          <t>Enjoy your stay!</t>
         </is>
       </c>
       <c r="C1038" t="inlineStr">
         <is>
-          <t>Naturaleza</t>
+          <t>¡Disfrute de su estancia!</t>
         </is>
       </c>
       <c r="D1038" t="inlineStr"/>
       <c r="E1038" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1038" t="inlineStr">
         <is>
-          <t>emoji-catagoryNature</t>
+          <t>WelcomePageEnjoy your stay!</t>
         </is>
       </c>
       <c r="G1038" t="inlineStr"/>
       <c r="H1038" t="inlineStr"/>
     </row>
     <row r="1039">
       <c r="A1039" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28044</t>
+          <t>../qml/pages/WelcomePage.qml:27718</t>
         </is>
       </c>
       <c r="B1039" t="inlineStr">
         <is>
-          <t>Food</t>
+          <t>REGISTER</t>
         </is>
       </c>
       <c r="C1039" t="inlineStr">
         <is>
-          <t>Comida</t>
+          <t>REGISTRARSE</t>
         </is>
       </c>
       <c r="D1039" t="inlineStr"/>
       <c r="E1039" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1039" t="inlineStr">
         <is>
-          <t>emoji-catagoryFood</t>
+          <t>WelcomePageREGISTER</t>
         </is>
       </c>
       <c r="G1039" t="inlineStr"/>
       <c r="H1039" t="inlineStr"/>
     </row>
     <row r="1040">
       <c r="A1040" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28046</t>
+          <t>../qml/pages/WelcomePage.qml:27726</t>
         </is>
       </c>
       <c r="B1040" t="inlineStr">
         <is>
-          <t>Activity</t>
+          <t>LOGIN</t>
         </is>
       </c>
       <c r="C1040" t="inlineStr">
         <is>
-          <t>Actividades</t>
+          <t>INICIAR SESION</t>
         </is>
       </c>
       <c r="D1040" t="inlineStr"/>
       <c r="E1040" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1040" t="inlineStr">
         <is>
-          <t>emoji-catagoryActivity</t>
-[...2 lines deleted...]
-      <c r="G1040" t="inlineStr"/>
+          <t>WelcomePageLOGIN</t>
+        </is>
+      </c>
+      <c r="G1040" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: INICIAR SESIÓN</t>
+        </is>
+      </c>
       <c r="H1040" t="inlineStr"/>
     </row>
     <row r="1041">
       <c r="A1041" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28048</t>
+          <t>../qml/pages/WelcomePage.qml:27752</t>
         </is>
       </c>
       <c r="B1041" t="inlineStr">
         <is>
-          <t>Travel</t>
+          <t>Reduce animations</t>
         </is>
       </c>
       <c r="C1041" t="inlineStr">
         <is>
-          <t>Viajes</t>
+          <t>Reducir animaciones</t>
         </is>
       </c>
       <c r="D1041" t="inlineStr"/>
       <c r="E1041" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1041" t="inlineStr">
         <is>
-          <t>emoji-catagoryTravel</t>
+          <t>WelcomePageReduce animations</t>
         </is>
       </c>
       <c r="G1041" t="inlineStr"/>
       <c r="H1041" t="inlineStr"/>
     </row>
     <row r="1042">
       <c r="A1042" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28050</t>
+          <t>../qml/pages/WelcomePage.qml:27759</t>
         </is>
       </c>
       <c r="B1042" t="inlineStr">
         <is>
-          <t>Objects</t>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="C1042" t="inlineStr">
         <is>
-          <t>Objetos</t>
+          <t>Nheko utiliza animaciones en varios lugares para hacer las cosas bonitas. Esto te permite desactivarlas si te sientan mal.</t>
         </is>
       </c>
       <c r="D1042" t="inlineStr"/>
       <c r="E1042" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1042" t="inlineStr">
         <is>
-          <t>emoji-catagoryObjects</t>
-[...2 lines deleted...]
-      <c r="G1042" t="inlineStr"/>
+          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+        </is>
+      </c>
+      <c r="G1042" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Nheko usa animaciones en varios lugares para que objetos luzcan bonito. Esto permite apagarlos si no son de su agrado.</t>
+        </is>
+      </c>
       <c r="H1042" t="inlineStr"/>
     </row>
     <row r="1043">
       <c r="A1043" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28052</t>
+          <t>../../src/Utils.cpp:28143</t>
         </is>
       </c>
       <c r="B1043" t="inlineStr">
         <is>
-          <t>Symbols</t>
+          <t>Yesterday</t>
         </is>
       </c>
       <c r="C1043" t="inlineStr">
         <is>
-          <t>Símbolos</t>
+          <t>Ayer</t>
         </is>
       </c>
       <c r="D1043" t="inlineStr"/>
       <c r="E1043" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1043" t="inlineStr">
         <is>
-          <t>emoji-catagorySymbols</t>
+          <t>descriptiveTimeYesterday</t>
         </is>
       </c>
       <c r="G1043" t="inlineStr"/>
       <c r="H1043" t="inlineStr"/>
     </row>
     <row r="1044">
       <c r="A1044" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28054</t>
+          <t>../../src/emoji/Emoji.cpp:28156</t>
         </is>
       </c>
       <c r="B1044" t="inlineStr">
         <is>
-          <t>Flags</t>
+          <t>People</t>
         </is>
       </c>
       <c r="C1044" t="inlineStr">
         <is>
-          <t>Banderas</t>
+          <t>Personas</t>
         </is>
       </c>
       <c r="D1044" t="inlineStr"/>
       <c r="E1044" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1044" t="inlineStr">
         <is>
-          <t>emoji-catagoryFlags</t>
+          <t>emoji-catagoryPeople</t>
         </is>
       </c>
       <c r="G1044" t="inlineStr"/>
       <c r="H1044" t="inlineStr"/>
     </row>
     <row r="1045">
       <c r="A1045" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:28042</t>
+          <t>../../src/emoji/Emoji.cpp:28158</t>
         </is>
       </c>
       <c r="B1045" t="inlineStr">
         <is>
-          <t>Message contains spoiler.</t>
-[...2 lines deleted...]
-      <c r="C1045" t="inlineStr"/>
+          <t>Nature</t>
+        </is>
+      </c>
+      <c r="C1045" t="inlineStr">
+        <is>
+          <t>Naturaleza</t>
+        </is>
+      </c>
       <c r="D1045" t="inlineStr"/>
       <c r="E1045" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1045" t="inlineStr">
         <is>
-          <t>macosNotificationMessage contains spoiler.</t>
+          <t>emoji-catagoryNature</t>
         </is>
       </c>
       <c r="G1045" t="inlineStr"/>
       <c r="H1045" t="inlineStr"/>
     </row>
     <row r="1046">
       <c r="A1046" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27734</t>
+          <t>../../src/emoji/Emoji.cpp:28160</t>
         </is>
       </c>
       <c r="B1046" t="inlineStr">
         <is>
-          <t>You sent an audio clip</t>
+          <t>Food</t>
         </is>
       </c>
       <c r="C1046" t="inlineStr">
         <is>
-          <t>Enviaste un clip de audio</t>
+          <t>Comida</t>
         </is>
       </c>
       <c r="D1046" t="inlineStr"/>
       <c r="E1046" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1046" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an audio clip</t>
+          <t>emoji-catagoryFood</t>
         </is>
       </c>
       <c r="G1046" t="inlineStr"/>
       <c r="H1046" t="inlineStr"/>
     </row>
     <row r="1047">
       <c r="A1047" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27737</t>
+          <t>../../src/emoji/Emoji.cpp:28162</t>
         </is>
       </c>
       <c r="B1047" t="inlineStr">
         <is>
-          <t>%1 sent an audio clip</t>
+          <t>Activity</t>
         </is>
       </c>
       <c r="C1047" t="inlineStr">
         <is>
-          <t>%1 envió un clip de audio</t>
+          <t>Actividades</t>
         </is>
       </c>
       <c r="D1047" t="inlineStr"/>
       <c r="E1047" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1047" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an audio clip</t>
+          <t>emoji-catagoryActivity</t>
         </is>
       </c>
       <c r="G1047" t="inlineStr"/>
       <c r="H1047" t="inlineStr"/>
     </row>
     <row r="1048">
       <c r="A1048" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27741</t>
+          <t>../../src/emoji/Emoji.cpp:28164</t>
         </is>
       </c>
       <c r="B1048" t="inlineStr">
         <is>
-          <t>You sent an image</t>
+          <t>Travel</t>
         </is>
       </c>
       <c r="C1048" t="inlineStr">
         <is>
-          <t>Enviaste una imagen</t>
+          <t>Viajes</t>
         </is>
       </c>
       <c r="D1048" t="inlineStr"/>
       <c r="E1048" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1048" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an image</t>
+          <t>emoji-catagoryTravel</t>
         </is>
       </c>
       <c r="G1048" t="inlineStr"/>
       <c r="H1048" t="inlineStr"/>
     </row>
     <row r="1049">
       <c r="A1049" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27743</t>
+          <t>../../src/emoji/Emoji.cpp:28166</t>
         </is>
       </c>
       <c r="B1049" t="inlineStr">
         <is>
-          <t>%1 sent an image</t>
+          <t>Objects</t>
         </is>
       </c>
       <c r="C1049" t="inlineStr">
         <is>
-          <t>%1 envió una imagen</t>
+          <t>Objetos</t>
         </is>
       </c>
       <c r="D1049" t="inlineStr"/>
       <c r="E1049" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1049" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an image</t>
+          <t>emoji-catagoryObjects</t>
         </is>
       </c>
       <c r="G1049" t="inlineStr"/>
       <c r="H1049" t="inlineStr"/>
     </row>
     <row r="1050">
       <c r="A1050" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27747</t>
+          <t>../../src/emoji/Emoji.cpp:28168</t>
         </is>
       </c>
       <c r="B1050" t="inlineStr">
         <is>
-          <t>You sent a file</t>
+          <t>Symbols</t>
         </is>
       </c>
       <c r="C1050" t="inlineStr">
         <is>
-          <t>Enviaste un archivo</t>
+          <t>Símbolos</t>
         </is>
       </c>
       <c r="D1050" t="inlineStr"/>
       <c r="E1050" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1050" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a file</t>
+          <t>emoji-catagorySymbols</t>
         </is>
       </c>
       <c r="G1050" t="inlineStr"/>
       <c r="H1050" t="inlineStr"/>
     </row>
     <row r="1051">
       <c r="A1051" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27749</t>
+          <t>../../src/emoji/Emoji.cpp:28170</t>
         </is>
       </c>
       <c r="B1051" t="inlineStr">
         <is>
-          <t>%1 sent a file</t>
+          <t>Flags</t>
         </is>
       </c>
       <c r="C1051" t="inlineStr">
         <is>
-          <t>%1 envió un archivo</t>
+          <t>Banderas</t>
         </is>
       </c>
       <c r="D1051" t="inlineStr"/>
       <c r="E1051" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1051" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a file</t>
+          <t>emoji-catagoryFlags</t>
         </is>
       </c>
       <c r="G1051" t="inlineStr"/>
       <c r="H1051" t="inlineStr"/>
     </row>
     <row r="1052">
       <c r="A1052" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27753</t>
+          <t>../../src/notifications/ManagerMac.cpp:28158</t>
         </is>
       </c>
       <c r="B1052" t="inlineStr">
         <is>
-          <t>You sent a video</t>
-[...6 lines deleted...]
-      </c>
+          <t>Message contains spoiler.</t>
+        </is>
+      </c>
+      <c r="C1052" t="inlineStr"/>
       <c r="D1052" t="inlineStr"/>
       <c r="E1052" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1052" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a video</t>
+          <t>macosNotificationMessage contains spoiler.</t>
         </is>
       </c>
       <c r="G1052" t="inlineStr"/>
       <c r="H1052" t="inlineStr"/>
     </row>
     <row r="1053">
       <c r="A1053" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27755</t>
+          <t>../../src/Utils.cpp:27850</t>
         </is>
       </c>
       <c r="B1053" t="inlineStr">
         <is>
-          <t>%1 sent a video</t>
+          <t>You sent an audio clip</t>
         </is>
       </c>
       <c r="C1053" t="inlineStr">
         <is>
-          <t>%1 envió un vídeo</t>
+          <t>Enviaste un clip de audio</t>
         </is>
       </c>
       <c r="D1053" t="inlineStr"/>
       <c r="E1053" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1053" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a video</t>
+          <t>message-description sent:You sent an audio clip</t>
         </is>
       </c>
       <c r="G1053" t="inlineStr"/>
       <c r="H1053" t="inlineStr"/>
     </row>
     <row r="1054">
       <c r="A1054" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27759</t>
+          <t>../../src/Utils.cpp:27853</t>
         </is>
       </c>
       <c r="B1054" t="inlineStr">
         <is>
-          <t>You sent a sticker</t>
+          <t>%1 sent an audio clip</t>
         </is>
       </c>
       <c r="C1054" t="inlineStr">
         <is>
-          <t>Enviaste una pegatina</t>
+          <t>%1 envió un clip de audio</t>
         </is>
       </c>
       <c r="D1054" t="inlineStr"/>
       <c r="E1054" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1054" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a sticker</t>
+          <t>message-description sent:%1 sent an audio clip</t>
         </is>
       </c>
       <c r="G1054" t="inlineStr"/>
       <c r="H1054" t="inlineStr"/>
     </row>
     <row r="1055">
       <c r="A1055" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27761</t>
+          <t>../../src/Utils.cpp:27857</t>
         </is>
       </c>
       <c r="B1055" t="inlineStr">
         <is>
-          <t>%1 sent a sticker</t>
+          <t>You sent an image</t>
         </is>
       </c>
       <c r="C1055" t="inlineStr">
         <is>
-          <t>%1 envió una pegatina</t>
+          <t>Enviaste una imagen</t>
         </is>
       </c>
       <c r="D1055" t="inlineStr"/>
       <c r="E1055" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1055" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a sticker</t>
+          <t>message-description sent:You sent an image</t>
         </is>
       </c>
       <c r="G1055" t="inlineStr"/>
       <c r="H1055" t="inlineStr"/>
     </row>
     <row r="1056">
       <c r="A1056" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27765</t>
+          <t>../../src/Utils.cpp:27859</t>
         </is>
       </c>
       <c r="B1056" t="inlineStr">
         <is>
-          <t>You sent a notification</t>
+          <t>%1 sent an image</t>
         </is>
       </c>
       <c r="C1056" t="inlineStr">
         <is>
-          <t>Enviaste una notificación</t>
+          <t>%1 envió una imagen</t>
         </is>
       </c>
       <c r="D1056" t="inlineStr"/>
       <c r="E1056" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1056" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a notification</t>
+          <t>message-description sent:%1 sent an image</t>
         </is>
       </c>
       <c r="G1056" t="inlineStr"/>
       <c r="H1056" t="inlineStr"/>
     </row>
     <row r="1057">
       <c r="A1057" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27768</t>
+          <t>../../src/Utils.cpp:27863</t>
         </is>
       </c>
       <c r="B1057" t="inlineStr">
         <is>
-          <t>%1 sent a notification</t>
+          <t>You sent a file</t>
         </is>
       </c>
       <c r="C1057" t="inlineStr">
         <is>
-          <t>%1 envió una notificación</t>
+          <t>Enviaste un archivo</t>
         </is>
       </c>
       <c r="D1057" t="inlineStr"/>
       <c r="E1057" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1057" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a notification</t>
+          <t>message-description sent:You sent a file</t>
         </is>
       </c>
       <c r="G1057" t="inlineStr"/>
       <c r="H1057" t="inlineStr"/>
     </row>
     <row r="1058">
       <c r="A1058" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27800</t>
+          <t>../../src/Utils.cpp:27865</t>
         </is>
       </c>
       <c r="B1058" t="inlineStr">
         <is>
-          <t>You sent a spoiler.</t>
-[...2 lines deleted...]
-      <c r="C1058" t="inlineStr"/>
+          <t>%1 sent a file</t>
+        </is>
+      </c>
+      <c r="C1058" t="inlineStr">
+        <is>
+          <t>%1 envió un archivo</t>
+        </is>
+      </c>
       <c r="D1058" t="inlineStr"/>
       <c r="E1058" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1058" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a spoiler.</t>
+          <t>message-description sent:%1 sent a file</t>
         </is>
       </c>
       <c r="G1058" t="inlineStr"/>
       <c r="H1058" t="inlineStr"/>
     </row>
     <row r="1059">
       <c r="A1059" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27803</t>
+          <t>../../src/Utils.cpp:27869</t>
         </is>
       </c>
       <c r="B1059" t="inlineStr">
         <is>
-          <t>%1 sent a spoiler.</t>
-[...2 lines deleted...]
-      <c r="C1059" t="inlineStr"/>
+          <t>You sent a video</t>
+        </is>
+      </c>
+      <c r="C1059" t="inlineStr">
+        <is>
+          <t>Enviaste un vídeo</t>
+        </is>
+      </c>
       <c r="D1059" t="inlineStr"/>
       <c r="E1059" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1059" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a spoiler.</t>
+          <t>message-description sent:You sent a video</t>
         </is>
       </c>
       <c r="G1059" t="inlineStr"/>
       <c r="H1059" t="inlineStr"/>
     </row>
     <row r="1060">
       <c r="A1060" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27809</t>
+          <t>../../src/Utils.cpp:27871</t>
         </is>
       </c>
       <c r="B1060" t="inlineStr">
         <is>
-          <t>You: %1</t>
+          <t>%1 sent a video</t>
         </is>
       </c>
       <c r="C1060" t="inlineStr">
         <is>
-          <t>Tú: %1</t>
+          <t>%1 envió un vídeo</t>
         </is>
       </c>
       <c r="D1060" t="inlineStr"/>
       <c r="E1060" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1060" t="inlineStr">
         <is>
-          <t>message-description sent:You: %1</t>
+          <t>message-description sent:%1 sent a video</t>
         </is>
       </c>
       <c r="G1060" t="inlineStr"/>
       <c r="H1060" t="inlineStr"/>
     </row>
     <row r="1061">
       <c r="A1061" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27812</t>
+          <t>../../src/Utils.cpp:27875</t>
         </is>
       </c>
       <c r="B1061" t="inlineStr">
         <is>
-          <t>%1: %2</t>
+          <t>You sent a sticker</t>
         </is>
       </c>
       <c r="C1061" t="inlineStr">
         <is>
-          <t>%1: %2</t>
+          <t>Enviaste una pegatina</t>
         </is>
       </c>
       <c r="D1061" t="inlineStr"/>
       <c r="E1061" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1061" t="inlineStr">
         <is>
-          <t>message-description sent:%1: %2</t>
+          <t>message-description sent:You sent a sticker</t>
         </is>
       </c>
       <c r="G1061" t="inlineStr"/>
       <c r="H1061" t="inlineStr"/>
     </row>
     <row r="1062">
       <c r="A1062" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27791</t>
+          <t>../../src/Utils.cpp:27877</t>
         </is>
       </c>
       <c r="B1062" t="inlineStr">
         <is>
-          <t>You sent a chat effect</t>
+          <t>%1 sent a sticker</t>
         </is>
       </c>
       <c r="C1062" t="inlineStr">
         <is>
-          <t>Has enviado un efecto de chat</t>
+          <t>%1 envió una pegatina</t>
         </is>
       </c>
       <c r="D1062" t="inlineStr"/>
       <c r="E1062" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1062" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a chat effect</t>
-[...6 lines deleted...]
-      </c>
+          <t>message-description sent:%1 sent a sticker</t>
+        </is>
+      </c>
+      <c r="G1062" t="inlineStr"/>
       <c r="H1062" t="inlineStr"/>
     </row>
     <row r="1063">
       <c r="A1063" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27794</t>
+          <t>../../src/Utils.cpp:27881</t>
         </is>
       </c>
       <c r="B1063" t="inlineStr">
         <is>
-          <t>%1 sent a chat effect</t>
+          <t>You sent a notification</t>
         </is>
       </c>
       <c r="C1063" t="inlineStr">
         <is>
-          <t>%1 envió un efecto de chat</t>
+          <t>Enviaste una notificación</t>
         </is>
       </c>
       <c r="D1063" t="inlineStr"/>
       <c r="E1063" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1063" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a chat effect</t>
+          <t>message-description sent:You sent a notification</t>
         </is>
       </c>
       <c r="G1063" t="inlineStr"/>
       <c r="H1063" t="inlineStr"/>
     </row>
     <row r="1064">
       <c r="A1064" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27817</t>
+          <t>../../src/Utils.cpp:27884</t>
         </is>
       </c>
       <c r="B1064" t="inlineStr">
         <is>
-          <t>* %1 spoils something.</t>
-[...2 lines deleted...]
-      <c r="C1064" t="inlineStr"/>
+          <t>%1 sent a notification</t>
+        </is>
+      </c>
+      <c r="C1064" t="inlineStr">
+        <is>
+          <t>%1 envió una notificación</t>
+        </is>
+      </c>
       <c r="D1064" t="inlineStr"/>
       <c r="E1064" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1064" t="inlineStr">
         <is>
-          <t>message-description sent:* %1 spoils something.</t>
+          <t>message-description sent:%1 sent a notification</t>
         </is>
       </c>
       <c r="G1064" t="inlineStr"/>
       <c r="H1064" t="inlineStr"/>
     </row>
     <row r="1065">
       <c r="A1065" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27825</t>
+          <t>../../src/Utils.cpp:27916</t>
         </is>
       </c>
       <c r="B1065" t="inlineStr">
         <is>
-          <t>You sent an encrypted message</t>
-[...6 lines deleted...]
-      </c>
+          <t>You sent a spoiler.</t>
+        </is>
+      </c>
+      <c r="C1065" t="inlineStr"/>
       <c r="D1065" t="inlineStr"/>
       <c r="E1065" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1065" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an encrypted message</t>
+          <t>message-description sent:You sent a spoiler.</t>
         </is>
       </c>
       <c r="G1065" t="inlineStr"/>
       <c r="H1065" t="inlineStr"/>
     </row>
     <row r="1066">
       <c r="A1066" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27828</t>
+          <t>../../src/Utils.cpp:27919</t>
         </is>
       </c>
       <c r="B1066" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 sent a spoiler.</t>
+        </is>
+      </c>
+      <c r="C1066" t="inlineStr"/>
       <c r="D1066" t="inlineStr"/>
       <c r="E1066" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1066" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an encrypted message</t>
+          <t>message-description sent:%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="G1066" t="inlineStr"/>
       <c r="H1066" t="inlineStr"/>
     </row>
     <row r="1067">
       <c r="A1067" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27833</t>
+          <t>../../src/Utils.cpp:27925</t>
         </is>
       </c>
       <c r="B1067" t="inlineStr">
         <is>
-          <t>You placed a call</t>
+          <t>You: %1</t>
         </is>
       </c>
       <c r="C1067" t="inlineStr">
         <is>
-          <t>Hiciste una llamada</t>
+          <t>Tú: %1</t>
         </is>
       </c>
       <c r="D1067" t="inlineStr"/>
       <c r="E1067" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1067" t="inlineStr">
         <is>
-          <t>message-description sent:You placed a call</t>
+          <t>message-description sent:You: %1</t>
         </is>
       </c>
       <c r="G1067" t="inlineStr"/>
       <c r="H1067" t="inlineStr"/>
     </row>
     <row r="1068">
       <c r="A1068" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27835</t>
+          <t>../../src/Utils.cpp:27928</t>
         </is>
       </c>
       <c r="B1068" t="inlineStr">
         <is>
-          <t>%1 placed a call</t>
+          <t>%1: %2</t>
         </is>
       </c>
       <c r="C1068" t="inlineStr">
         <is>
-          <t>%1 hizo una llamada</t>
+          <t>%1: %2</t>
         </is>
       </c>
       <c r="D1068" t="inlineStr"/>
       <c r="E1068" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1068" t="inlineStr">
         <is>
-          <t>message-description sent:%1 placed a call</t>
+          <t>message-description sent:%1: %2</t>
         </is>
       </c>
       <c r="G1068" t="inlineStr"/>
       <c r="H1068" t="inlineStr"/>
     </row>
     <row r="1069">
       <c r="A1069" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27839</t>
+          <t>../../src/Utils.cpp:27907</t>
         </is>
       </c>
       <c r="B1069" t="inlineStr">
         <is>
-          <t>You answered a call</t>
+          <t>You sent a chat effect</t>
         </is>
       </c>
       <c r="C1069" t="inlineStr">
         <is>
-          <t>Respondiste a la llamada</t>
+          <t>Has enviado un efecto de chat</t>
         </is>
       </c>
       <c r="D1069" t="inlineStr"/>
       <c r="E1069" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1069" t="inlineStr">
         <is>
-          <t>message-description sent:You answered a call</t>
-[...2 lines deleted...]
-      <c r="G1069" t="inlineStr"/>
+          <t>message-description sent:You sent a chat effect</t>
+        </is>
+      </c>
+      <c r="G1069" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Enviaste un efecto de chat</t>
+        </is>
+      </c>
       <c r="H1069" t="inlineStr"/>
     </row>
     <row r="1070">
       <c r="A1070" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27841</t>
+          <t>../../src/Utils.cpp:27910</t>
         </is>
       </c>
       <c r="B1070" t="inlineStr">
         <is>
-          <t>%1 answered a call</t>
+          <t>%1 sent a chat effect</t>
         </is>
       </c>
       <c r="C1070" t="inlineStr">
         <is>
-          <t>%1 respondió a la llamada</t>
+          <t>%1 envió un efecto de chat</t>
         </is>
       </c>
       <c r="D1070" t="inlineStr"/>
       <c r="E1070" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1070" t="inlineStr">
         <is>
-          <t>message-description sent:%1 answered a call</t>
+          <t>message-description sent:%1 sent a chat effect</t>
         </is>
       </c>
       <c r="G1070" t="inlineStr"/>
       <c r="H1070" t="inlineStr"/>
     </row>
     <row r="1071">
       <c r="A1071" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27845</t>
+          <t>../../src/Utils.cpp:27933</t>
         </is>
       </c>
       <c r="B1071" t="inlineStr">
         <is>
-          <t>You ended a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>* %1 spoils something.</t>
+        </is>
+      </c>
+      <c r="C1071" t="inlineStr"/>
       <c r="D1071" t="inlineStr"/>
       <c r="E1071" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1071" t="inlineStr">
         <is>
-          <t>message-description sent:You ended a call</t>
+          <t>message-description sent:* %1 spoils something.</t>
         </is>
       </c>
       <c r="G1071" t="inlineStr"/>
       <c r="H1071" t="inlineStr"/>
     </row>
     <row r="1072">
       <c r="A1072" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27847</t>
+          <t>../../src/Utils.cpp:27941</t>
         </is>
       </c>
       <c r="B1072" t="inlineStr">
         <is>
-          <t>%1 ended a call</t>
+          <t>You sent an encrypted message</t>
         </is>
       </c>
       <c r="C1072" t="inlineStr">
         <is>
-          <t>%1 terminó la llamada</t>
+          <t>Enviaste un mensaje cifrado</t>
         </is>
       </c>
       <c r="D1072" t="inlineStr"/>
       <c r="E1072" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1072" t="inlineStr">
         <is>
-          <t>message-description sent:%1 ended a call</t>
+          <t>message-description sent:You sent an encrypted message</t>
         </is>
       </c>
       <c r="G1072" t="inlineStr"/>
       <c r="H1072" t="inlineStr"/>
     </row>
     <row r="1073">
       <c r="A1073" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27851</t>
+          <t>../../src/Utils.cpp:27944</t>
         </is>
       </c>
       <c r="B1073" t="inlineStr">
         <is>
-          <t>You rejected a call</t>
+          <t>%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="C1073" t="inlineStr">
         <is>
-          <t>Has rechazado una llamada</t>
+          <t>%1 envió un mensaje cifrado</t>
         </is>
       </c>
       <c r="D1073" t="inlineStr"/>
       <c r="E1073" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1073" t="inlineStr">
         <is>
-          <t>message-description sent:You rejected a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>message-description sent:%1 sent an encrypted message</t>
+        </is>
+      </c>
+      <c r="G1073" t="inlineStr"/>
       <c r="H1073" t="inlineStr"/>
     </row>
     <row r="1074">
       <c r="A1074" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27853</t>
+          <t>../../src/Utils.cpp:27949</t>
         </is>
       </c>
       <c r="B1074" t="inlineStr">
         <is>
-          <t>%1 rejected a call</t>
+          <t>You placed a call</t>
         </is>
       </c>
       <c r="C1074" t="inlineStr">
         <is>
-          <t>%1 rechazó una llamada</t>
+          <t>Hiciste una llamada</t>
         </is>
       </c>
       <c r="D1074" t="inlineStr"/>
       <c r="E1074" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1074" t="inlineStr">
         <is>
-          <t>message-description sent:%1 rejected a call</t>
+          <t>message-description sent:You placed a call</t>
         </is>
       </c>
       <c r="G1074" t="inlineStr"/>
       <c r="H1074" t="inlineStr"/>
     </row>
     <row r="1075">
       <c r="A1075" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27856</t>
+          <t>../../src/Utils.cpp:27951</t>
         </is>
       </c>
       <c r="B1075" t="inlineStr">
         <is>
-          <t>Unknown Message Type</t>
+          <t>%1 placed a call</t>
         </is>
       </c>
       <c r="C1075" t="inlineStr">
         <is>
-          <t>Tipo de mensaje desconocido</t>
+          <t>%1 hizo una llamada</t>
         </is>
       </c>
       <c r="D1075" t="inlineStr"/>
       <c r="E1075" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1075" t="inlineStr">
         <is>
-          <t>utilsUnknown Message Type</t>
+          <t>message-description sent:%1 placed a call</t>
         </is>
       </c>
       <c r="G1075" t="inlineStr"/>
       <c r="H1075" t="inlineStr"/>
+    </row>
+    <row r="1076">
+      <c r="A1076" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27955</t>
+        </is>
+      </c>
+      <c r="B1076" t="inlineStr">
+        <is>
+          <t>You answered a call</t>
+        </is>
+      </c>
+      <c r="C1076" t="inlineStr">
+        <is>
+          <t>Respondiste a la llamada</t>
+        </is>
+      </c>
+      <c r="D1076" t="inlineStr"/>
+      <c r="E1076" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1076" t="inlineStr">
+        <is>
+          <t>message-description sent:You answered a call</t>
+        </is>
+      </c>
+      <c r="G1076" t="inlineStr"/>
+      <c r="H1076" t="inlineStr"/>
+    </row>
+    <row r="1077">
+      <c r="A1077" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27957</t>
+        </is>
+      </c>
+      <c r="B1077" t="inlineStr">
+        <is>
+          <t>%1 answered a call</t>
+        </is>
+      </c>
+      <c r="C1077" t="inlineStr">
+        <is>
+          <t>%1 respondió a la llamada</t>
+        </is>
+      </c>
+      <c r="D1077" t="inlineStr"/>
+      <c r="E1077" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1077" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 answered a call</t>
+        </is>
+      </c>
+      <c r="G1077" t="inlineStr"/>
+      <c r="H1077" t="inlineStr"/>
+    </row>
+    <row r="1078">
+      <c r="A1078" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27961</t>
+        </is>
+      </c>
+      <c r="B1078" t="inlineStr">
+        <is>
+          <t>You ended a call</t>
+        </is>
+      </c>
+      <c r="C1078" t="inlineStr">
+        <is>
+          <t>Terminaste la llamada</t>
+        </is>
+      </c>
+      <c r="D1078" t="inlineStr"/>
+      <c r="E1078" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1078" t="inlineStr">
+        <is>
+          <t>message-description sent:You ended a call</t>
+        </is>
+      </c>
+      <c r="G1078" t="inlineStr"/>
+      <c r="H1078" t="inlineStr"/>
+    </row>
+    <row r="1079">
+      <c r="A1079" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27963</t>
+        </is>
+      </c>
+      <c r="B1079" t="inlineStr">
+        <is>
+          <t>%1 ended a call</t>
+        </is>
+      </c>
+      <c r="C1079" t="inlineStr">
+        <is>
+          <t>%1 terminó la llamada</t>
+        </is>
+      </c>
+      <c r="D1079" t="inlineStr"/>
+      <c r="E1079" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1079" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 ended a call</t>
+        </is>
+      </c>
+      <c r="G1079" t="inlineStr"/>
+      <c r="H1079" t="inlineStr"/>
+    </row>
+    <row r="1080">
+      <c r="A1080" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27967</t>
+        </is>
+      </c>
+      <c r="B1080" t="inlineStr">
+        <is>
+          <t>You rejected a call</t>
+        </is>
+      </c>
+      <c r="C1080" t="inlineStr">
+        <is>
+          <t>Has rechazado una llamada</t>
+        </is>
+      </c>
+      <c r="D1080" t="inlineStr"/>
+      <c r="E1080" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1080" t="inlineStr">
+        <is>
+          <t>message-description sent:You rejected a call</t>
+        </is>
+      </c>
+      <c r="G1080" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Rechazaste una llamada</t>
+        </is>
+      </c>
+      <c r="H1080" t="inlineStr"/>
+    </row>
+    <row r="1081">
+      <c r="A1081" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27969</t>
+        </is>
+      </c>
+      <c r="B1081" t="inlineStr">
+        <is>
+          <t>%1 rejected a call</t>
+        </is>
+      </c>
+      <c r="C1081" t="inlineStr">
+        <is>
+          <t>%1 rechazó una llamada</t>
+        </is>
+      </c>
+      <c r="D1081" t="inlineStr"/>
+      <c r="E1081" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1081" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 rejected a call</t>
+        </is>
+      </c>
+      <c r="G1081" t="inlineStr"/>
+      <c r="H1081" t="inlineStr"/>
+    </row>
+    <row r="1082">
+      <c r="A1082" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27972</t>
+        </is>
+      </c>
+      <c r="B1082" t="inlineStr">
+        <is>
+          <t>Unknown Message Type</t>
+        </is>
+      </c>
+      <c r="C1082" t="inlineStr">
+        <is>
+          <t>Tipo de mensaje desconocido</t>
+        </is>
+      </c>
+      <c r="D1082" t="inlineStr"/>
+      <c r="E1082" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1082" t="inlineStr">
+        <is>
+          <t>utilsUnknown Message Type</t>
+        </is>
+      </c>
+      <c r="G1082" t="inlineStr"/>
+      <c r="H1082" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>