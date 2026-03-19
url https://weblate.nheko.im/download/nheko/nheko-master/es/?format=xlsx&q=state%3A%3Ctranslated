--- v0 (2025-12-06)
+++ v1 (2026-03-19)
@@ -463,1368 +463,1368 @@
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>fuzzy</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>context</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>translator_comments</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>developer_comments</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7047</t>
+          <t>../../src/CommandCompleter.cpp:7048</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C2" t="inlineStr"/>
       <c r="D2" t="inlineStr"/>
       <c r="E2" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>CommandCompleter/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /glitch &lt;mensaje&gt;</t>
         </is>
       </c>
       <c r="H2" t="inlineStr"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7049</t>
+          <t>../../src/CommandCompleter.cpp:7050</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C3" t="inlineStr"/>
       <c r="D3" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>CommandCompleter/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /gradualglitch &lt;mensaje&gt;</t>
         </is>
       </c>
       <c r="H3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7085</t>
+          <t>../../src/CommandCompleter.cpp:7086</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Kick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="C4" t="inlineStr"/>
       <c r="D4" t="inlineStr"/>
       <c r="E4" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>CommandCompleterKick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Expulsa a un usuario de la sala actual; la razón es opcional. Si se omite el usuario, se intentará expulsar al remitente al que estés respondiendo.</t>
         </is>
       </c>
       <c r="H4" t="inlineStr"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7088</t>
+          <t>../../src/CommandCompleter.cpp:7089</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Ban a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C5" t="inlineStr"/>
       <c r="D5" t="inlineStr"/>
       <c r="E5" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>CommandCompleterBan a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G5" t="inlineStr"/>
       <c r="H5" t="inlineStr"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7091</t>
+          <t>../../src/CommandCompleter.cpp:7092</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Unban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C6" t="inlineStr"/>
       <c r="D6" t="inlineStr"/>
       <c r="E6" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>CommandCompleterUnban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G6" t="inlineStr"/>
       <c r="H6" t="inlineStr"/>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7094</t>
+          <t>../../src/CommandCompleter.cpp:7095</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Redact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="C7" t="inlineStr"/>
       <c r="D7" t="inlineStr"/>
       <c r="E7" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>CommandCompleterRedact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="G7" t="inlineStr"/>
       <c r="H7" t="inlineStr"/>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7136</t>
+          <t>../../src/CommandCompleter.cpp:7137</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Send a message with a glitch effect.</t>
         </is>
       </c>
       <c r="C8" t="inlineStr"/>
       <c r="D8" t="inlineStr"/>
       <c r="E8" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a glitch effect.</t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Envía un mensaje con un efecto glitch</t>
         </is>
       </c>
       <c r="H8" t="inlineStr"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7138</t>
+          <t>../../src/CommandCompleter.cpp:7139</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Send a message that gradually glitches.</t>
         </is>
       </c>
       <c r="C9" t="inlineStr"/>
       <c r="D9" t="inlineStr"/>
       <c r="E9" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message that gradually glitches.</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Envía un mensaje que se glitchea gradualmente</t>
         </is>
       </c>
       <c r="H9" t="inlineStr"/>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7146</t>
+          <t>../../src/CommandCompleter.cpp:7147</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Ignore a user.</t>
         </is>
       </c>
       <c r="C10" t="inlineStr"/>
       <c r="D10" t="inlineStr"/>
       <c r="E10" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>CommandCompleterIgnore a user.</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Ignorar un usuario.
 Suggested in Weblate: Ignorar usuario
 Suggested in Weblate: Ignora al usuario.</t>
         </is>
       </c>
       <c r="H10" t="inlineStr"/>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7148</t>
+          <t>../../src/CommandCompleter.cpp:7149</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Stop ignoring a user.</t>
         </is>
       </c>
       <c r="C11" t="inlineStr"/>
       <c r="D11" t="inlineStr"/>
       <c r="E11" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>CommandCompleterStop ignoring a user.</t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Dejar de ignorar a un usuario.
 Suggested in Weblate: Dejar de ignorar usuario</t>
         </is>
       </c>
       <c r="H11" t="inlineStr"/>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7150</t>
+          <t>../../src/CommandCompleter.cpp:7151</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Block all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C12" t="inlineStr"/>
       <c r="D12" t="inlineStr"/>
       <c r="E12" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>CommandCompleterBlock all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Bloquear todas las invitaciones de un usuario, de un servidor o a una sala en específico o establecer el comportamiento por defecto.</t>
         </is>
       </c>
       <c r="H12" t="inlineStr"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7153</t>
+          <t>../../src/CommandCompleter.cpp:7154</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Allow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C13" t="inlineStr"/>
       <c r="D13" t="inlineStr"/>
       <c r="E13" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>CommandCompleterAllow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Permitir todas las invitaciones de un usuario, de un servidor o a una sala en específico o establecer el comportamiento por defecto.</t>
         </is>
       </c>
       <c r="H13" t="inlineStr"/>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9674</t>
+          <t>../qml/EncryptionIndicator.qml:9675</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Key is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="C14" t="inlineStr"/>
       <c r="D14" t="inlineStr"/>
       <c r="E14" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>EncryptionIndicatorKey is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
           <t>Suggested in Weblate: La clave proviene de una fuente no fiable, posiblemente transferida por otro usuario o desde la copia de seguridad virtual de la clave. Por este motivo, no podemos verificar quién envió el mensaje.</t>
         </is>
       </c>
       <c r="H14" t="inlineStr"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9676</t>
+          <t>../qml/EncryptionIndicator.qml:9677</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device.</t>
         </is>
       </c>
       <c r="C15" t="inlineStr"/>
       <c r="D15" t="inlineStr"/>
       <c r="E15" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device.</t>
         </is>
       </c>
       <c r="G15" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Cifrado por un dispositivo no verificado.
 Suggested in Weblate: Encriptado por un dispositivo no verificado.
 Suggested in Weblate: Cifrado por un dispositivo verificado</t>
         </is>
       </c>
       <c r="H15" t="inlineStr"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9907</t>
+          <t>../qml/device-verification/Failed.qml:9908</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>The verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="C16" t="inlineStr"/>
       <c r="D16" t="inlineStr"/>
       <c r="E16" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
           <t>FailedThe verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="G16" t="inlineStr">
         <is>
           <t>Suggested in Weblate: La verificación ha sido aceptada por un dispositivo diferente.</t>
         </is>
       </c>
       <c r="H16" t="inlineStr"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>../qml/delegates/ImageMessage.qml:10788</t>
+          <t>../qml/delegates/ImageMessage.qml:10800</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Show</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>Mostrar</t>
         </is>
       </c>
       <c r="D17" t="inlineStr"/>
       <c r="E17" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
           <t>ImageMessageShow</t>
         </is>
       </c>
       <c r="G17" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Mostrar</t>
         </is>
       </c>
       <c r="H17" t="inlineStr"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10802</t>
+          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10814</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Are you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="C18" t="inlineStr"/>
       <c r="D18" t="inlineStr"/>
       <c r="E18" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
           <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="G18" t="inlineStr">
         <is>
           <t>Suggested in Weblate: ¿Estás seguro de que quieres eliminar el paquete de pegatinas '%1'?
 Suggested in Weblate: ¿Está seguro de que desea eliminar el paquete de pegatinas '%1'?</t>
         </is>
       </c>
       <c r="H18" t="inlineStr"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11317</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11329</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Remove</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>Eliminar</t>
         </is>
       </c>
       <c r="D19" t="inlineStr"/>
       <c r="E19" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogRemove</t>
         </is>
       </c>
       <c r="G19" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Eliminar</t>
         </is>
       </c>
       <c r="H19" t="inlineStr"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12424</t>
+          <t>../../src/timeline/InputBar.cpp:12436</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="C20" t="inlineStr"/>
       <c r="D20" t="inlineStr"/>
       <c r="E20" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="G20" t="inlineStr"/>
       <c r="H20" t="inlineStr"/>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12431</t>
+          <t>../../src/timeline/InputBar.cpp:12443</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Failed to fetch user %1</t>
         </is>
       </c>
       <c r="C21" t="inlineStr"/>
       <c r="D21" t="inlineStr"/>
       <c r="E21" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>InputBarFailed to fetch user %1</t>
         </is>
       </c>
       <c r="G21" t="inlineStr"/>
       <c r="H21" t="inlineStr"/>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13354</t>
+          <t>../../src/LoginPage.cpp:13366</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="C22" t="inlineStr"/>
       <c r="D22" t="inlineStr"/>
       <c r="E22" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="G22" t="inlineStr"/>
       <c r="H22" t="inlineStr"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13610</t>
+          <t>../qml/pages/LoginPage.qml:13622</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Show/Hide Password</t>
         </is>
       </c>
       <c r="C23" t="inlineStr"/>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>LoginPageShow/Hide Password</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Mostrar/Ocultar contraseña</t>
         </is>
       </c>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>../qml/MessageInputWarning.qml:14137</t>
+          <t>../qml/MessageInputWarning.qml:14159</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Don't mention them in this message</t>
         </is>
       </c>
       <c r="C24" t="inlineStr"/>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>MessageInputWarningDon't mention them in this message</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15021</t>
+          <t>../../src/notifications/ManagerMac.cpp:15047</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>%1 replied with a spoiler.</t>
         </is>
       </c>
       <c r="C25" t="inlineStr"/>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender.%1 replied with a spoiler.</t>
         </is>
       </c>
       <c r="G25" t="inlineStr"/>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16633</t>
+          <t>../../src/RegisterPage.cpp:16689</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="C26" t="inlineStr"/>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21217</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21271</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="C27" t="inlineStr"/>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21308</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21362</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="C28" t="inlineStr"/>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21622</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21679</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
                                 Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
       <c r="C29" t="inlineStr"/>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
                                 Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenu.qml:18348</t>
+          <t>../qml/components/SpaceMenu.qml:18408</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Add or remove from community...</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Añadir o eliminar de la comunidad...</t>
         </is>
       </c>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>SpaceMenuAdd or remove from community...</t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20640</t>
+          <t>../../src/timeline/TimelineModel.cpp:20699</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>%n hour later</t>
         </is>
       </c>
       <c r="C31" t="inlineStr"/>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>TimelineModel%n hour(s) later</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>You will be mentioning %1</t>
         </is>
       </c>
       <c r="C32" t="inlineStr"/>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>TimelineViewYou will be mentioning %1</t>
         </is>
       </c>
       <c r="G32" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Mencionarás a %1</t>
         </is>
       </c>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22653</t>
+          <t>../qml/TimelineView.qml:22716</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>decline invite and ignore user</t>
         </is>
       </c>
       <c r="C33" t="inlineStr"/>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>TimelineViewdecline invite and ignore user</t>
         </is>
       </c>
       <c r="G33" t="inlineStr">
         <is>
           <t>Suggested in Weblate: declinar invitación e ignorar usuario</t>
         </is>
       </c>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23242</t>
+          <t>../../src/TrayIcon.cpp:23328</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t xml:space="preserve">
 %n unread message</t>
         </is>
       </c>
       <c r="C34" t="inlineStr"/>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>TrayIcon
 %n unread message(s)</t>
         </is>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25937</t>
+          <t>../../src/UserSettingsPage.cpp:26049</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Show images automatically</t>
         </is>
       </c>
       <c r="C35" t="inlineStr"/>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>UserSettingsModelShow images automatically</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25983</t>
+          <t>../../src/UserSettingsPage.cpp:26095</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Disable swipe motions</t>
         </is>
       </c>
       <c r="C36" t="inlineStr"/>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>UserSettingsModelDisable swipe motions</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26266</t>
+          <t>../../src/UserSettingsPage.cpp:26374</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
         </is>
       </c>
       <c r="C37" t="inlineStr"/>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
         </is>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26337</t>
+          <t>../../src/UserSettingsPage.cpp:26445</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="C38" t="inlineStr"/>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26340</t>
+          <t>../../src/UserSettingsPage.cpp:26448</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="C39" t="inlineStr"/>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26554</t>
+          <t>../../src/UserSettingsPage.cpp:26662</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Always</t>
         </is>
       </c>
       <c r="C40" t="inlineStr"/>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>UserSettingsModelAlways</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26555</t>
+          <t>../../src/UserSettingsPage.cpp:26663</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Only in private rooms</t>
         </is>
       </c>
       <c r="C41" t="inlineStr"/>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>UserSettingsModelOnly in private rooms</t>
         </is>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26556</t>
+          <t>../../src/UserSettingsPage.cpp:26664</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Never</t>
         </is>
       </c>
       <c r="C42" t="inlineStr"/>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>UserSettingsModelNever</t>
         </is>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27071</t>
+          <t>../../src/UserSettingsPage.cpp:27183</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>Repeat File Password</t>
         </is>
       </c>
       <c r="C43" t="inlineStr"/>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t>UserSettingsModelRepeat File Password</t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27072</t>
+          <t>../../src/UserSettingsPage.cpp:27184</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Repeat the passphrase:</t>
         </is>
       </c>
       <c r="C44" t="inlineStr"/>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>UserSettingsModelRepeat the passphrase:</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27080</t>
+          <t>../../src/UserSettingsPage.cpp:27192</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Passwords don't match</t>
         </is>
       </c>
       <c r="C45" t="inlineStr"/>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>UserSettingsModelPasswords don't match</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:28042</t>
+          <t>../../src/notifications/ManagerMac.cpp:28158</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Message contains spoiler.</t>
         </is>
       </c>
       <c r="C46" t="inlineStr"/>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>macosNotificationMessage contains spoiler.</t>
         </is>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27800</t>
+          <t>../../src/Utils.cpp:27916</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>You sent a spoiler.</t>
         </is>
       </c>
       <c r="C47" t="inlineStr"/>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>message-description sent:You sent a spoiler.</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27803</t>
+          <t>../../src/Utils.cpp:27919</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="C48" t="inlineStr"/>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>message-description sent:%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27817</t>
+          <t>../../src/Utils.cpp:27933</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>* %1 spoils something.</t>
         </is>
       </c>
       <c r="C49" t="inlineStr"/>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>message-description sent:* %1 spoils something.</t>
         </is>
       </c>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>