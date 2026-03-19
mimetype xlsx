--- v0 (2025-12-05)
+++ v1 (2026-03-19)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H1075"/>
+  <dimension ref="A1:H1082"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -1123,31762 +1123,31897 @@
           <t>Enter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Lisa täiendavaid jututube, mis pole veel loendis...</t>
         </is>
       </c>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>AllowedRoomsSettingsDialogEnter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="G23" t="inlineStr"/>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4321</t>
+          <t>../../src/Cache.cpp:4322</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>%1 and %2</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>%1 ja %2</t>
         </is>
       </c>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Cache
 RoomName%1 and %2</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4323</t>
+          <t>../../src/Cache.cpp:4324</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>%1 and %n other</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>%1 ja veel %n teine kasutaja</t>
         </is>
       </c>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>Cache%1 and %n other(s)</t>
         </is>
       </c>
       <c r="G25" t="inlineStr"/>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4500</t>
+          <t>../../src/Cache.cpp:4501</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Empty Room</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Tühi jututuba</t>
         </is>
       </c>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>CacheEmpty Room</t>
         </is>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Videokõne</t>
         </is>
       </c>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>CallInviteVideo Call</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Voice Call</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Häälkõne</t>
         </is>
       </c>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>CallInviteVoice Call</t>
         </is>
       </c>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4637</t>
+          <t>../qml/voip/CallInvite.qml:4638</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Ei suuda tuvastada mikrofoni.</t>
         </is>
       </c>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>CallInviteNo microphone found.</t>
         </is>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Videokõne</t>
         </is>
       </c>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>CallInviteBarVideo Call</t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Voice Call</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>Häälkõne</t>
         </is>
       </c>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>CallInviteBarVoice Call</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4718</t>
+          <t>../qml/voip/CallInviteBar.qml:4719</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Devices</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>Seadmed</t>
         </is>
       </c>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>CallInviteBarDevices</t>
         </is>
       </c>
       <c r="G32" t="inlineStr"/>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4729</t>
+          <t>../qml/voip/CallInviteBar.qml:4730</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Accept</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>Võta vastu</t>
         </is>
       </c>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>CallInviteBarAccept</t>
         </is>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4733</t>
+          <t>../qml/voip/CallInviteBar.qml:4734</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Ei suuda tuvastada mikrofoni.</t>
         </is>
       </c>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>CallInviteBarNo microphone found.</t>
         </is>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4741</t>
+          <t>../qml/voip/CallInviteBar.qml:4742</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Unknown microphone: %1</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>Tundmatu mikrofon: %1</t>
         </is>
       </c>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>CallInviteBarUnknown microphone: %1</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4750</t>
+          <t>../qml/voip/CallInviteBar.qml:4751</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Unknown camera: %1</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>Tundmatu kaamera: %1</t>
         </is>
       </c>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>CallInviteBarUnknown camera: %1</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4764</t>
+          <t>../qml/voip/CallInviteBar.qml:4765</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Decline</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>Keeldu</t>
         </is>
       </c>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>CallInviteBarDecline</t>
         </is>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5659</t>
+          <t>../../src/voip/CallManager.cpp:5660</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>CallManagerX11</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5665</t>
+          <t>../../src/voip/CallManager.cpp:5666</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>CallManagerPipeWire</t>
         </is>
       </c>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5684</t>
+          <t>../../src/voip/CallManager.cpp:5685</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Entire screen</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Terve ekraan</t>
         </is>
       </c>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>CallManagerEntire screen</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:5802</t>
+          <t>../../src/ChatPage.cpp:5803</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Failed to invite user: %1</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>Kutse saatmine kasutajale ei õnnestunud: %1</t>
         </is>
       </c>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>ChatPageFailed to invite user: %1</t>
         </is>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6791</t>
+          <t>../../src/ChatPage.cpp:6792</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Invited user: %1</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>Kutsutud kasutaja: %1</t>
         </is>
       </c>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>ChatPageInvited user: %1</t>
         </is>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6054</t>
+          <t>../../src/ChatPage.cpp:6055</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t xml:space="preserve">%n unread message in room %1
 </t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t xml:space="preserve">%n lugemata sõnum jututoas %1
 </t>
         </is>
       </c>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t xml:space="preserve">ChatPage%n unread message(s) in room %1
 </t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6138</t>
+          <t>../../src/ChatPage.cpp:6139</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Confirm logout</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>Kinnita väljalogimine</t>
         </is>
       </c>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>ChatPageConfirm logout</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6240</t>
+          <t>../../src/ChatPage.cpp:6241</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>The cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>Sinu andmekandjale salvestatud puhvri versioon on uuem, kui käesolev Nheko versioon kasutada oskab. Palun tee Nheko uuendus või kustuta puhverdatud andmed.</t>
         </is>
       </c>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>ChatPageThe cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6281</t>
+          <t>../../src/ChatPage.cpp:6282</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Failed to open database, logging out!</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>Andmebaasi avamine ei õnnestunud. Login välja!</t>
         </is>
       </c>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>ChatPageFailed to open database, logging out!</t>
         </is>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6619</t>
+          <t>../../src/ChatPage.cpp:6620</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Knock on room</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>Koputa jututoa uksele</t>
         </is>
       </c>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>ChatPageKnock on room</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6623</t>
+          <t>../../src/ChatPage.cpp:6624</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Do you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>Kas sa kindlasti soovid koputada %1 jututoa uksele? Kui soovid, siis võid lisada ka selgituse, miks jututoa liikmed peaksid sinu koputusele reageerima:</t>
         </is>
       </c>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6638</t>
+          <t>../../src/ChatPage.cpp:6639</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Failed to knock room: %1</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>Jututoa uksele koputamine ei õnnestunud: %1</t>
         </is>
       </c>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>ChatPageFailed to knock room: %1</t>
         </is>
       </c>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6697</t>
+          <t>../../src/ChatPage.cpp:6698</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Room creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>Jututoa loomine ei õnnestunud: vigane või vale alias</t>
         </is>
       </c>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6732</t>
+          <t>../../src/ChatPage.cpp:6733</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Room %1 created.</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>%1 jututuba on loodud.</t>
         </is>
       </c>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>ChatPageRoom %1 created.</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7273</t>
+          <t>../../src/ChatPage.cpp:7274</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Confirm invite</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>Kinnita kutse</t>
         </is>
       </c>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>ChatPageConfirm invite</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6776</t>
+          <t>../../src/ChatPage.cpp:6777</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Do you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>Kas sa tõesti soovid saata kutset kasutajale %1 (%2)?</t>
         </is>
       </c>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="G53" t="inlineStr"/>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6788</t>
+          <t>../../src/ChatPage.cpp:6789</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Failed to invite %1 to %2: %3</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>Kasutaja %1 kutsumine %2 jututuppa ei õnnestunud: %3</t>
         </is>
       </c>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>ChatPageFailed to invite %1 to %2: %3</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6820</t>
+          <t>../../src/ChatPage.cpp:6821</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Kicked user: %1</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>Väljamüksatud kasutaja: %1</t>
         </is>
       </c>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>ChatPageKicked user: %1</t>
         </is>
       </c>
       <c r="G55" t="inlineStr"/>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6846</t>
+          <t>../../src/ChatPage.cpp:6847</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Failed to ban %1 in %2: %3</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>Kasutajale %1 suhtluskeelu seadmine %2 jututoas ei õnnestunud: %3</t>
         </is>
       </c>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>ChatPageFailed to ban %1 in %2: %3</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6849</t>
+          <t>../../src/ChatPage.cpp:6850</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Banned user: %1</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>Suhtluskeeld kasutajale: %1</t>
         </is>
       </c>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>ChatPageBanned user: %1</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6857</t>
+          <t>../../src/ChatPage.cpp:6858</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Confirm unban</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>Kinnita suhtluskeelu eemaldamine</t>
         </is>
       </c>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>ChatPageConfirm unban</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6858</t>
+          <t>../../src/ChatPage.cpp:6859</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Do you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>Kas sa tõesti soovid kasutajalt %1 (%2) eemaldada suhtluskeelu?</t>
         </is>
       </c>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6869</t>
+          <t>../../src/ChatPage.cpp:6870</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Failed to unban %1 in %2: %3</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>Kasutajalt %1 suhtluskeelu eemaldamine %2 jututoas ei õnnestunud: %3</t>
         </is>
       </c>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>ChatPageFailed to unban %1 in %2: %3</t>
         </is>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6872</t>
+          <t>../../src/ChatPage.cpp:6873</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Unbanned user: %1</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>Suhtluskeeld eemaldatud: %1</t>
         </is>
       </c>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>ChatPageUnbanned user: %1</t>
         </is>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7274</t>
+          <t>../../src/ChatPage.cpp:7275</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Do you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>Kas sa kindlasti soovid alustada otsevestlust kasutajaga %1?</t>
         </is>
       </c>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6226</t>
+          <t>../../src/ChatPage.cpp:6227</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Cache migration failed!</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>Puhvri versiooniuuendus ebaõnnestus!</t>
         </is>
       </c>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>ChatPageCache migration failed!</t>
         </is>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6139</t>
+          <t>../../src/ChatPage.cpp:6140</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Because of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>Järgmisel põhjusel soovib Nheko sind suunata sisselogimislehele:
 %1
 Kui sa arvad, et tegemist on veaga, siis võid selle asemel Nheko sulgeda ja võid proovida oma krüptovõtmete taastamist. Kui sind juba on suunatud sisselogimislehele, siis saad tavapärasel viisil uuesti oma kontole ja sellega Matrixi võrku sisse logida.</t>
         </is>
       </c>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>ChatPageBecause of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="G64" t="inlineStr"/>
       <c r="H64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6227</t>
+          <t>../../src/ChatPage.cpp:6228</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Migrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>Puhverdatud andmete tõstmine kasutamiseks uue tarkvara versiooni jaoks ei õnnestunud. Sellel võib olla mitu põhjust. Palun koosta siin https://github.com/Nheko-Reborn/nheko veateade ja proovi seni kasutada vana versiooni. Teise võimalusena võid proovida puhverdatud andmete kustutamist käsitsi.</t>
         </is>
       </c>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>ChatPageMigrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6239</t>
+          <t>../../src/ChatPage.cpp:6240</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Incompatible cache version</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>Mitteühilduv puhvri versioon</t>
         </is>
       </c>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>ChatPageIncompatible cache version</t>
         </is>
       </c>
       <c r="G66" t="inlineStr"/>
       <c r="H66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6303</t>
+          <t>../../src/ChatPage.cpp:6304</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Failed to restore OLM account. Please login again.</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>OLM konto taastamine ei õnnestunud. Palun logi uuesti sisse.</t>
         </is>
       </c>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>ChatPageFailed to restore OLM account. Please login again.</t>
         </is>
       </c>
       <c r="G67" t="inlineStr"/>
       <c r="H67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6315</t>
+          <t>../../src/ChatPage.cpp:6316</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Failed to restore saved data. Please login again.</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>Salvestatud andmete taastamine ei õnnestunud. Palun logi uuesti sisse.</t>
         </is>
       </c>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>ChatPageFailed to restore save data. Please login again.</t>
         </is>
       </c>
       <c r="G68" t="inlineStr"/>
       <c r="H68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6369</t>
+          <t>../../src/ChatPage.cpp:6370</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Failed to setup encryption keys. Server response: %1 %2. Please try again later.</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>Krüptovõtmete kasutusele võtmine ei õnnestunud. Koduserveri vastus päringule: %1 %2. Palun proovi hiljem uuesti.</t>
         </is>
       </c>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>ChatPageFailed to setup encryption keys. Server response: %1 %2. Please try again later.</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6588</t>
+          <t>../../src/ChatPage.cpp:6589</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Please try to login again: %1</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>Palun proovi uuesti sisse logida: %1</t>
         </is>
       </c>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>ChatPagePlease try to login again: %1</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6622</t>
+          <t>../../src/ChatPage.cpp:6623</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>You failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>Jututoaga %1 liitumine ei õnnestunud. Sa võid proovida jututoa uksele koputamist ja seal olijad saavad sind sisse lasta. Kas sa soovid seda teha?
 Kui soovid, siis võid lisada ka selgituse, miks peaks sinu koputusele reageerima:</t>
         </is>
       </c>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>ChatPageYou failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6674</t>
+          <t>../../src/ChatPage.cpp:6675</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Failed to join room: %1</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>Jututoaga liitumine ei õnnestunud: %1</t>
         </is>
       </c>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>ChatPageFailed to join room: %1</t>
         </is>
       </c>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6683</t>
+          <t>../../src/ChatPage.cpp:6684</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Failed to remove invite: %1</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>Kutse tagasivõtmine ei õnnestunud: %1</t>
         </is>
       </c>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>ChatPageFailed to remove invite: %1</t>
         </is>
       </c>
       <c r="G73" t="inlineStr"/>
       <c r="H73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6717</t>
+          <t>../../src/ChatPage.cpp:6718</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Room creation failed: %1</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>Jututoa loomine ei õnnestunud: %1</t>
         </is>
       </c>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: %1</t>
         </is>
       </c>
       <c r="G74" t="inlineStr"/>
       <c r="H74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6745</t>
+          <t>../../src/ChatPage.cpp:6746</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Failed to leave room: %1</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>Jututoast lahkumine ei õnnestunud: %1</t>
         </is>
       </c>
       <c r="D75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>ChatPageFailed to leave room: %1</t>
         </is>
       </c>
       <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6801</t>
+          <t>../../src/ChatPage.cpp:6802</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Reason for the kick</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>Väljamüksamise põhjus</t>
         </is>
       </c>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>ChatPageReason for the kick</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6802</t>
+          <t>../../src/ChatPage.cpp:6803</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Enter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>Sisesta %1 (%2) väljamüksamise põhjus või kui sa põhjust lisada ei taha, siis vajuta Enter-klahvi:</t>
         </is>
       </c>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6817</t>
+          <t>../../src/ChatPage.cpp:6818</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Failed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>Kasutaja %1 väljamüksamine %2 jututoast ei õnnestunud: %3</t>
         </is>
       </c>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>ChatPageFailed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6830</t>
+          <t>../../src/ChatPage.cpp:6831</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Reason for the ban</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>Suhtluskeelu põhjus</t>
         </is>
       </c>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>ChatPageReason for the ban</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6831</t>
+          <t>../../src/ChatPage.cpp:6832</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Enter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>Sisesta %1 (%2) suhtluskeelu põhjus või kui sa põhjust lisada ei taha, siis vajuta Enter-klahvi:</t>
         </is>
       </c>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G80" t="inlineStr"/>
       <c r="H80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>../qml/ChatPage.qml:6867</t>
+          <t>../qml/ChatPage.qml:6868</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>No network connection</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>Võrguühendus puudub</t>
         </is>
       </c>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>ChatPageNo network connection</t>
         </is>
       </c>
       <c r="G81" t="inlineStr"/>
       <c r="H81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6987</t>
+          <t>../../src/CommandCompleter.cpp:6988</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>/me &lt;sõnum&gt;</t>
         </is>
       </c>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>CommandCompleter/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6989</t>
+          <t>../../src/CommandCompleter.cpp:6990</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>/react &lt;text&gt;</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>/react &lt;tekst&gt;</t>
         </is>
       </c>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>CommandCompleter/react &lt;text&gt;</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6991</t>
+          <t>../../src/CommandCompleter.cpp:6992</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>/join &lt;!roomid|#alias&gt; [põhjus]</t>
         </is>
       </c>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>CommandCompleter/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6993</t>
+          <t>../../src/CommandCompleter.cpp:6994</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>/knock &lt;!roomid|#alias&gt; [põhjus]</t>
         </is>
       </c>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>CommandCompleter/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6995</t>
+          <t>../../src/CommandCompleter.cpp:6996</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>/part [reason]</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>/part [põhjus]</t>
         </is>
       </c>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>CommandCompleter/part [reason]</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6997</t>
+          <t>../../src/CommandCompleter.cpp:6998</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>/leave [reason]</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>/leave [põhjus]</t>
         </is>
       </c>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>CommandCompleter/leave [reason]</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7007</t>
+          <t>../../src/CommandCompleter.cpp:7008</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>/redact &lt;$sündmusetunnus|@kasutajanimi&gt;</t>
         </is>
       </c>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>CommandCompleter/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7009</t>
+          <t>../../src/CommandCompleter.cpp:7010</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>/roomnick &lt;kuvatav nimi&gt;</t>
         </is>
       </c>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>CommandCompleter/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7011</t>
+          <t>../../src/CommandCompleter.cpp:7012</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>/shrug [message]</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>/shrug [sõnum]</t>
         </is>
       </c>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>CommandCompleter/shrug [message]</t>
         </is>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7025</t>
+          <t>../../src/CommandCompleter.cpp:7026</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>/md &lt;sõnum&gt;</t>
         </is>
       </c>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <t>CommandCompleter/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7027</t>
+          <t>../../src/CommandCompleter.cpp:7028</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>/cmark &lt;sõnum&gt;</t>
         </is>
       </c>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>CommandCompleter/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7029</t>
+          <t>../../src/CommandCompleter.cpp:7030</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>/plain &lt;sõnum&gt;</t>
         </is>
       </c>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <t>CommandCompleter/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7031</t>
+          <t>../../src/CommandCompleter.cpp:7032</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>/rainbow &lt;sõnum&gt;</t>
         </is>
       </c>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7033</t>
+          <t>../../src/CommandCompleter.cpp:7034</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>/rainbowme &lt;sõnum&gt;</t>
         </is>
       </c>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7035</t>
+          <t>../../src/CommandCompleter.cpp:7036</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>/notice &lt;sõnum&gt;</t>
         </is>
       </c>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
           <t>CommandCompleter/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7037</t>
+          <t>../../src/CommandCompleter.cpp:7038</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>/rainbownotice &lt;sõnum&gt;</t>
         </is>
       </c>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G97" t="inlineStr"/>
       <c r="H97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7039</t>
+          <t>../../src/CommandCompleter.cpp:7040</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>/confetti [message]</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>/confetti [sõnum]</t>
         </is>
       </c>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>CommandCompleter/confetti [message]</t>
         </is>
       </c>
       <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7041</t>
+          <t>../../src/CommandCompleter.cpp:7042</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>/rainbowconfetti [sõnum]</t>
         </is>
       </c>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6999</t>
+          <t>../../src/CommandCompleter.cpp:7000</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>/invite &lt;@userid&gt; [põhjus]</t>
         </is>
       </c>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
           <t>CommandCompleter/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7001</t>
+          <t>../../src/CommandCompleter.cpp:7002</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>/kick &lt;@userid&gt; [põhjus]</t>
         </is>
       </c>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
           <t>CommandCompleter/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7003</t>
+          <t>../../src/CommandCompleter.cpp:7004</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>/ban &lt;@userid&gt; [põhjus]</t>
         </is>
       </c>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
           <t>CommandCompleter/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7005</t>
+          <t>../../src/CommandCompleter.cpp:7006</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>/unban &lt;@userid&gt; [põhjus]</t>
         </is>
       </c>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
           <t>CommandCompleter/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7043</t>
+          <t>../../src/CommandCompleter.cpp:7044</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>/rainfall [message]</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>/rainfall [sõnum]</t>
         </is>
       </c>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
           <t>CommandCompleter/rainfall [message]</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7045</t>
+          <t>../../src/CommandCompleter.cpp:7046</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>/msgtype &lt;sõnumi tüüp&gt; [sõnum]</t>
         </is>
       </c>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
           <t>CommandCompleter/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7047</t>
+          <t>../../src/CommandCompleter.cpp:7048</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>/glitch &lt;sõnum&gt;</t>
         </is>
       </c>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
           <t>CommandCompleter/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7049</t>
+          <t>../../src/CommandCompleter.cpp:7050</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <t>/gradualglitch &lt;sõnum&gt;</t>
         </is>
       </c>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
           <t>CommandCompleter/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G107" t="inlineStr"/>
       <c r="H107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7051</t>
+          <t>../../src/CommandCompleter.cpp:7052</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>/goto &lt;sõnumi viide&gt;</t>
         </is>
       </c>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
           <t>CommandCompleter/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7071</t>
+          <t>../../src/CommandCompleter.cpp:7072</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>Send a message expressing an action.</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>Saada sõnum, mis esindab mõnd tegevust.</t>
         </is>
       </c>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message expressing an action.</t>
         </is>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7073</t>
+          <t>../../src/CommandCompleter.cpp:7074</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>Send &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>Vastates sõnumile, reageeri &lt;tekstiga&gt;.</t>
         </is>
       </c>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
           <t>CommandCompleterSend &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7075</t>
+          <t>../../src/CommandCompleter.cpp:7076</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>Liitu jututoaga. Kui soovid, siis lisa põhjus.</t>
         </is>
       </c>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
           <t>CommandCompleterJoin a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G111" t="inlineStr"/>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7077</t>
+          <t>../../src/CommandCompleter.cpp:7078</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Ask to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>Küsi võimalust jututoaga liitumiseks. Kui soovid, siis lisa põhjus.</t>
         </is>
       </c>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
           <t>CommandCompleterAsk to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7081</t>
+          <t>../../src/CommandCompleter.cpp:7082</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>Leave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>Lahku jututoast. Kui soovid, siis lisa põhjus.</t>
         </is>
       </c>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
           <t>CommandCompleterLeave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G113" t="inlineStr"/>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7083</t>
+          <t>../../src/CommandCompleter.cpp:7084</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Invite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>Kutsu kasutaja sellesse jututuppa. Kui soovid, siis lisa põhjus.</t>
         </is>
       </c>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
           <t>CommandCompleterInvite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="G114" t="inlineStr"/>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7085</t>
+          <t>../../src/CommandCompleter.cpp:7086</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>Kick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
           <t>Müksa kasutaja antud jututoast välja. Võid lisada ka põhjenduse. Kui kasutaja on juba väljas, siis proovi müksata saatja, kellele sa vastad, välja.</t>
         </is>
       </c>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
           <t>CommandCompleterKick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7088</t>
+          <t>../../src/CommandCompleter.cpp:7089</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>Ban a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
           <t>Määra kasutajale antud jututoas suhtluskeeld. Võid lisada ka põhjenduse. Kui kasutaja on juba väljas, siis proovi määrata suhtluskeeld saatjale, kellele sa vastad.</t>
         </is>
       </c>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
           <t>CommandCompleterBan a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7091</t>
+          <t>../../src/CommandCompleter.cpp:7092</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>Unban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
           <t>Lõpeta kasutaja suhtluskeeld antud jututoas. Võid lisada ka põhjenduse. Kui kasutaja on juba väljas, siis proovi lõpetada saatja suhtluskeeld, kellele sa vastad.</t>
         </is>
       </c>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
           <t>CommandCompleterUnban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7094</t>
+          <t>../../src/CommandCompleter.cpp:7095</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Redact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
           <t>Muuda sündmust sündmuse tunnuse alusel või sellele, millele sa vastad või kasutaja kõiki kohalikus seadmes puhverdatud sõnumeid.</t>
         </is>
       </c>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
           <t>CommandCompleterRedact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7097</t>
+          <t>../../src/CommandCompleter.cpp:7098</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Change your displayname in this room.</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
           <t>Muuda oma kuvatavat nime siin jututoas.</t>
         </is>
       </c>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
           <t>CommandCompleterChange your displayname in this room.</t>
         </is>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7099</t>
+          <t>../../src/CommandCompleter.cpp:7100</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>¯\_(ツ)_/¯ koos valikulise lisatekstiga.</t>
         </is>
       </c>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
           <t>CommandCompleter¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="G120" t="inlineStr"/>
       <c r="H120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7101</t>
+          <t>../../src/CommandCompleter.cpp:7102</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
           <t>CommandCompleter(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="G121" t="inlineStr"/>
       <c r="H121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7103</t>
+          <t>../../src/CommandCompleter.cpp:7104</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
           <t>┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
           <t>CommandCompleter┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="G122" t="inlineStr"/>
       <c r="H122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7105</t>
+          <t>../../src/CommandCompleter.cpp:7106</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
           <t>CommandCompleterノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="G123" t="inlineStr"/>
       <c r="H123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7107</t>
+          <t>../../src/CommandCompleter.cpp:7108</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>Clear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>Kustuta puhverdatud sõnumid siit jututoast.</t>
         </is>
       </c>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
           <t>CommandCompleterClear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="G124" t="inlineStr"/>
       <c r="H124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7109</t>
+          <t>../../src/CommandCompleter.cpp:7110</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>Refetch the state in this room.</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>Laadi uuesti olek siin jututoas.</t>
         </is>
       </c>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
           <t>CommandCompleterRefetch the state in this room.</t>
         </is>
       </c>
       <c r="G125" t="inlineStr"/>
       <c r="H125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7111</t>
+          <t>../../src/CommandCompleter.cpp:7112</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>Rotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>Genereeri ja laadi praegune sümmeetriline krüptovõti uuesti.</t>
         </is>
       </c>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
           <t>CommandCompleterRotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="G126" t="inlineStr"/>
       <c r="H126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7113</t>
+          <t>../../src/CommandCompleter.cpp:7114</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>Send a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>Saada markdown-vormingus sõnum (üldistele seadistustele vaatamata).</t>
         </is>
       </c>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
           <t>CommandCompleterSend a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G127" t="inlineStr"/>
       <c r="H127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7115</t>
+          <t>../../src/CommandCompleter.cpp:7116</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>Send a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>Saada sõnum commonmark-vormingus, mis on lihtsam kui tavapärane markdown ehk /md.</t>
         </is>
       </c>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
           <t>CommandCompleterSend a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="G128" t="inlineStr"/>
       <c r="H128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7118</t>
+          <t>../../src/CommandCompleter.cpp:7119</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Send an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>Saada vormindamata sõnum (üldistele seadistustele vaatamata).</t>
         </is>
       </c>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
           <t>CommandCompleterSend an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G129" t="inlineStr"/>
       <c r="H129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7120</t>
+          <t>../../src/CommandCompleter.cpp:7121</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors.</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>Saada sõnum vikerkaarevärvides.</t>
         </is>
       </c>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors.</t>
         </is>
       </c>
       <c r="G130" t="inlineStr"/>
       <c r="H130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7122</t>
+          <t>../../src/CommandCompleter.cpp:7123</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>Send /me in rainbow colors.</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <t>Saada /me vikerkaarevärvides.</t>
         </is>
       </c>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
           <t>CommandCompleterSend /me in rainbow colors.</t>
         </is>
       </c>
       <c r="G131" t="inlineStr"/>
       <c r="H131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7124</t>
+          <t>../../src/CommandCompleter.cpp:7125</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>Send a bot message.</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
           <t>Saada robotsõnum.</t>
         </is>
       </c>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message.</t>
         </is>
       </c>
       <c r="G132" t="inlineStr"/>
       <c r="H132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7126</t>
+          <t>../../src/CommandCompleter.cpp:7127</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Send a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
           <t>Saada robotsõnum vikerkaarevärvides.</t>
         </is>
       </c>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7128</t>
+          <t>../../src/CommandCompleter.cpp:7129</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Send a message with confetti.</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
           <t>Saada sõnum serpentiinidega.</t>
         </is>
       </c>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with confetti.</t>
         </is>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7130</t>
+          <t>../../src/CommandCompleter.cpp:7131</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
           <t>Saada vikerkaarevärvides sõnum serpentiinidega.</t>
         </is>
       </c>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7132</t>
+          <t>../../src/CommandCompleter.cpp:7133</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>Send a message with rain.</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>Saada vihmasaju muljega sõnum.</t>
         </is>
       </c>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with rain.</t>
         </is>
       </c>
       <c r="G136" t="inlineStr"/>
       <c r="H136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7134</t>
+          <t>../../src/CommandCompleter.cpp:7135</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>Send a message with a custom message type.</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <t>Saada kohandatud sõnumitüübiga sõnum.</t>
         </is>
       </c>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a custom message type.</t>
         </is>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7136</t>
+          <t>../../src/CommandCompleter.cpp:7137</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Send a message with a glitch effect.</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
           <t>Saada sõnum kiiksuga vea efektiga.</t>
         </is>
       </c>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a glitch effect.</t>
         </is>
       </c>
       <c r="G138" t="inlineStr"/>
       <c r="H138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7138</t>
+          <t>../../src/CommandCompleter.cpp:7139</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Send a message that gradually glitches.</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
           <t>Saada sõnum kiiksuga ja aegamööda tekkiva vea efektiga.</t>
         </is>
       </c>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message that gradually glitches.</t>
         </is>
       </c>
       <c r="G139" t="inlineStr"/>
       <c r="H139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7140</t>
+          <t>../../src/CommandCompleter.cpp:7141</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>Go to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <t>Ava sõnumi tunnuse, sündmuse id või matrix: lingi alusel konkreetne sõnum</t>
         </is>
       </c>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
           <t>CommandCompleterGo to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7142</t>
+          <t>../../src/CommandCompleter.cpp:7143</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Convert this room to a direct chat.</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>Muuda see jututuba otsevestluseks.</t>
         </is>
       </c>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this room to a direct chat.</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7144</t>
+          <t>../../src/CommandCompleter.cpp:7145</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Convert this direct chat into a room.</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>Muuda see otsevestlus jututoaks.</t>
         </is>
       </c>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this direct chat into a room.</t>
         </is>
       </c>
       <c r="G142" t="inlineStr"/>
       <c r="H142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7146</t>
+          <t>../../src/CommandCompleter.cpp:7147</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>Ignore a user.</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
           <t>Eira kasutajat.</t>
         </is>
       </c>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
           <t>CommandCompleterIgnore a user.</t>
         </is>
       </c>
       <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7148</t>
+          <t>../../src/CommandCompleter.cpp:7149</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>Stop ignoring a user.</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
           <t>Lõpeta kasutaja eiramine.</t>
         </is>
       </c>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
           <t>CommandCompleterStop ignoring a user.</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7150</t>
+          <t>../../src/CommandCompleter.cpp:7151</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>Block all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
           <t>Blokeeri kasutaja, serveri või jututoa kõik kutsed või määra vaikimisi väärtus.</t>
         </is>
       </c>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>CommandCompleterBlock all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7153</t>
+          <t>../../src/CommandCompleter.cpp:7154</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>Allow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
           <t>Luba kasutaja, serveri või jututoa kõik kutsed või määra vaikimisi väärtus.</t>
         </is>
       </c>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
           <t>CommandCompleterAllow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>Expand</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
           <t>Laienda</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
           <t>CommunitiesListExpand</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>Collapse</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <t>Ahenda</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
           <t>CommunitiesListCollapse</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7375</t>
+          <t>../qml/CommunitiesList.qml:7376</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>Do not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>Ära näita teavituste loendit selle kogukonna või sildi kohta.</t>
         </is>
       </c>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
           <t>CommunitiesListDo not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7382</t>
+          <t>../qml/CommunitiesList.qml:7383</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>Hide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>Vaikimisi peaida selle sildiga või sellest kogukonnast pärit jututoad.</t>
         </is>
       </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
           <t>CommunitiesListHide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7459</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7460</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>All rooms</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>Kõik jututoad</t>
         </is>
       </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
           <t>CommunitiesModelAll rooms</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7461</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7462</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>Shows all rooms without filtering.</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>Näita kõiki jututubasid nii, et filter pole kasutusel.</t>
         </is>
       </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
           <t>CommunitiesModelShows all rooms without filtering.</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7484</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7485</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Direct Chats</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>Otsevestlused</t>
         </is>
       </c>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
           <t>CommunitiesModelDirect Chats</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7486</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7487</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Show direct chats.</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>Näita otsevestluseid.</t>
         </is>
       </c>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
           <t>CommunitiesModelShow direct chats.</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7553</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7554</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Favourites</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>Lemmikud</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
           <t>CommunitiesModelFavourites</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7555</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7556</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Rooms you have favourited.</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <t>Jututoad, mis sa oled märkinud lemmikuteks.</t>
         </is>
       </c>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms you have favourited.</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7562</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7563</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>Low Priority</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <t>Vähetähtis</t>
         </is>
       </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
           <t>CommunitiesModelLow Priority</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7564</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7565</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>Rooms with low priority.</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <t>Väheolulised jututoad.</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms with low priority.</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7571</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7572</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>Server Notices</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
           <t>Serveriteated</t>
         </is>
       </c>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
           <t>CommunitiesModelServer Notices</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7573</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7574</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>Messages from your server or administrator.</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
           <t>Sõnumid sinu serverilt või selle haldajalt.</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
           <t>CommunitiesModelMessages from your server or administrator.</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8251</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8252</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>Failed to update community: %1</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
           <t>Kogukonna uuendamine ei õnnestunud: %1</t>
         </is>
       </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community: %1</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8269</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8270</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>Failed to delete room from community: %1</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>Jututoa eemaldamine kogukonnast ei õnnestunud: %1</t>
         </is>
       </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to delete room from community: %1</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8292</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8293</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>Failed to update community for room: %1</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>Kogukonna uuendamine jututoa jaoks ei õnnestunud: %1</t>
         </is>
       </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community for room: %1</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8310</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8311</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>Failed to remove community from room: %1</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>Kogukonna eemaldamine jututoast ei õnnestunud: %1</t>
         </is>
       </c>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to remove community from room: %1</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>Confirm community join</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <t>Kinnita liitumine kogukonnaga</t>
         </is>
       </c>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm community join</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>Confirm room join</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
           <t>Kinnita liitumine jututoaga</t>
         </is>
       </c>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm room join</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8394</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8395</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>%n member</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>%n liige</t>
         </is>
       </c>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialog%n member(s)</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>This room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <t>Selle jututoaga ei saa otse liituda. Küll aga saad sa jututoa uksele koputada ning liikmed saavad sinu liitumise lubada või sellest keelduda. Kui soovid, siis lisa alljärgnevas ka liitumise selgitus:</t>
         </is>
       </c>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogThis room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>Do you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
           <t>Kas sa soovid liituda selle jututoaga? Kui soovid, siis võid siia lisada ka selgituse:</t>
         </is>
       </c>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogDo you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>Knock</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <t>Koputa</t>
         </is>
       </c>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogKnock</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>Join</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
           <t>Liitu</t>
         </is>
       </c>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8465</t>
+          <t>../qml/dialogs/CreateDirect.qml:8466</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>Create Direct Chat</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
           <t>Alusta otsevestlust</t>
         </is>
       </c>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
           <t>CreateDirectCreate Direct Chat</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8525</t>
+          <t>../qml/dialogs/CreateDirect.qml:8526</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>User to invite</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <t>Kutsutav kasutaja</t>
         </is>
       </c>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
           <t>CreateDirectUser to invite</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8526</t>
+          <t>../qml/dialogs/CreateDirect.qml:8527</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>@user:server.tld</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
           <t>@kasutaja:koduserver.tippdomeen</t>
         </is>
       </c>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
           <t>CreateDirect@user:server.tld</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8541</t>
+          <t>../qml/dialogs/CreateDirect.qml:8542</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>Krüptimine</t>
         </is>
       </c>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
           <t>CreateDirectEncryption</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>New community</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>Uus kogukond</t>
         </is>
       </c>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
           <t>CreateRoomNew community</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>New Room</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>Uus jututuba</t>
         </is>
       </c>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
           <t>CreateRoomNew Room</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8585</t>
+          <t>../qml/dialogs/CreateRoom.qml:8586</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>Name</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>Nimi</t>
         </is>
       </c>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
           <t>CreateRoomName</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8586</t>
+          <t>../qml/dialogs/CreateRoom.qml:8587</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>No name</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>Nimi puudub</t>
         </is>
       </c>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
           <t>CreateRoomNo name</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8594</t>
+          <t>../qml/dialogs/CreateRoom.qml:8595</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>Topic</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>Teema</t>
         </is>
       </c>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
           <t>CreateRoomTopic</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8595</t>
+          <t>../qml/dialogs/CreateRoom.qml:8596</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>No topic</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>Teema puudub</t>
         </is>
       </c>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
           <t>CreateRoomNo topic</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8613</t>
+          <t>../qml/dialogs/CreateRoom.qml:8614</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>Alias</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>Alias</t>
         </is>
       </c>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
           <t>CreateRoomAlias</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8625</t>
+          <t>../qml/dialogs/CreateRoom.qml:8626</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>Public</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
           <t>Avalik jututuba</t>
         </is>
       </c>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
           <t>CreateRoomPublic</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8631</t>
+          <t>../qml/dialogs/CreateRoom.qml:8632</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>Public rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
           <t>Avalike jututubadega saavad liituda kõik huvilised ja privaatsed jututoad vajavad kutset.</t>
         </is>
       </c>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
           <t>CreateRoomPublic rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8644</t>
+          <t>../qml/dialogs/CreateRoom.qml:8645</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>Trusted</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
           <t>Usaldusväärne</t>
         </is>
       </c>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
           <t>CreateRoomTrusted</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8650</t>
+          <t>../qml/dialogs/CreateRoom.qml:8651</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>All invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
           <t>Kõik kutsutavad saavad jututoa loojaga samad õigused</t>
         </is>
       </c>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
           <t>CreateRoomAll invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8665</t>
+          <t>../qml/dialogs/CreateRoom.qml:8666</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
           <t>Krüptimine</t>
         </is>
       </c>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
           <t>CreateRoomEncryption</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8671</t>
+          <t>../qml/dialogs/CreateRoom.qml:8672</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>Caution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>Hoiatus: krüptimist ei saa hiljem välja lülitada</t>
         </is>
       </c>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
           <t>CreateRoomCaution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8687</t>
+          <t>../qml/dialogs/CreateRoom.qml:8688</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>Create Room</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
           <t>Loo jututuba</t>
         </is>
       </c>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
           <t>CreateRoomCreate Room</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:8999</t>
+          <t>../../src/ChatPage.cpp:9000</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>Decrypt secrets</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
           <t>Dekrüpti andmed</t>
         </is>
       </c>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecrypt secrets</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9001</t>
+          <t>../../src/ChatPage.cpp:9002</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>Andmete dekrüptimiseks sisesta oma taastevõti või salafraas:</t>
         </is>
       </c>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9003</t>
+          <t>../../src/ChatPage.cpp:9004</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>Andmete dekrüptimiseks sisesta oma taastevõti või salafraas nimega %1:</t>
         </is>
       </c>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9031</t>
+          <t>../../src/ChatPage.cpp:9032</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>Decryption failed</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>Dekrüptimine ei õnnestunud</t>
         </is>
       </c>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecryption failed</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9032</t>
+          <t>../../src/ChatPage.cpp:9033</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>Failed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>Sisestatud taastevõme või salafraasi abil ei õnnestunud andmeid dekrüptida</t>
         </is>
       </c>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
           <t>CrossSigningSecretsFailed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9042</t>
+          <t>../qml/device-verification/DigitVerification.qml:9043</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
           <t>Verifitseerimise kood</t>
         </is>
       </c>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
           <t>DigitVerificationVerification Code</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9050</t>
+          <t>../qml/device-verification/DigitVerification.qml:9051</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>Please verify the following digits.  You should see the same numbers on both sides.  If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>Palun võrdle järgmiseid numbreid. Sa peaks nägema samu numbreid mõlema osapoole seadmes. Kui nad omavahel ei klapi, siis palun vajuta verifitseerimise katkestamiseks „Nad ei klapi“ nuppu!</t>
         </is>
       </c>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
           <t>DigitVerificationPlease verify the following digits. You should see the same numbers on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9083</t>
+          <t>../qml/device-verification/DigitVerification.qml:9084</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>Nad ei klapi!</t>
         </is>
       </c>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
           <t>DigitVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9096</t>
+          <t>../qml/device-verification/DigitVerification.qml:9097</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <t>Mõlemad on samad!</t>
         </is>
       </c>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
           <t>DigitVerificationThey match!</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9107</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9108</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
           <t>Verifitseerimise kood</t>
         </is>
       </c>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
           <t>EmojiVerificationVerification Code</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9115</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9116</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>Please verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
           <t>Palun võrdle järgmiseid emojisid. Sa peaks nägema samu emojisid mõlema osapoole seadmes. Kui nad on erinevad, siis palun vajuta verifitseerimise katkestamiseks „Nad ei klapi“ nuppu!</t>
         </is>
       </c>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
           <t>EmojiVerificationPlease verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9494</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9495</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>The displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
           <t>Kuvatav emoji võib erinevate fondifailide tõttu eri klientides olla natuke erinev. Samuti võib nimi olla eri keeltes erinev. Sellele vaatamata kujutavad nad ühte 64'st loomast või esemest. Näiteks lõvi või kass on ilmselgelt erinevad, kuid kass on siiski kass vaatamata sellele, et ühes fondis võib olla kuvatud vaid kassi nägu ja teises kogu kassi keha.</t>
         </is>
       </c>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
           <t>EmojiVerificationThe displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9504</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9505</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <t>Nad ei klapi!</t>
         </is>
       </c>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
           <t>EmojiVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9517</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9518</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
           <t>Mõlemal pool on ühesugused emojid!</t>
         </is>
       </c>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
           <t>EmojiVerificationThey match!</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9559</t>
+          <t>../qml/delegates/Encrypted.qml:9560</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>There is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
           <t>Selle sõnumi dekrüptimiseks pole veel vajalikke võtmeid. Me oleme neid serverist automaatselt laadimas, kuid kui sul on väga kiire, siis võid seda uuesti teha.</t>
         </is>
       </c>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
           <t>EncryptedThere is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9561</t>
+          <t>../qml/delegates/Encrypted.qml:9562</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>This message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>Meil on krüptovõtmed vaid uuemate sõnumite jaoks ja seda sõnumit ei saa dekrüptida. Sa võid proovida vajalikke võtmeid eraldi laadida.</t>
         </is>
       </c>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
           <t>EncryptedThis message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9563</t>
+          <t>../qml/delegates/Encrypted.qml:9564</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>There was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>Krüptovõtmete andmekogust lugemisel tekkis rakenduses viga.</t>
         </is>
       </c>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
           <t>EncryptedThere was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9565</t>
+          <t>../qml/delegates/Encrypted.qml:9566</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>There was an error decrypting this message.</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
           <t>Sõnumi dekrüptimisel tekkis viga.</t>
         </is>
       </c>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
           <t>EncryptedThere was an error decrypting this message.</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9567</t>
+          <t>../qml/delegates/Encrypted.qml:9568</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>The message couldn't be parsed.</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
           <t>Sõnumi töötlemisel tekkis viga.</t>
         </is>
       </c>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
           <t>EncryptedThe message couldn't be parsed.</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9569</t>
+          <t>../qml/delegates/Encrypted.qml:9570</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>The encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
           <t>Krüptovõtit on kasutatud korduvalt! Keegi võib proovida siia vestlusesse valesõnumite lisamist!</t>
         </is>
       </c>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
           <t>EncryptedThe encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9571</t>
+          <t>../qml/delegates/Encrypted.qml:9572</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>Unknown decryption error</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
           <t>Teadmata viga dekrüptimisel</t>
         </is>
       </c>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
           <t>EncryptedUnknown decryption error</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9583</t>
+          <t>../qml/delegates/Encrypted.qml:9584</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>Request key</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
           <t>Laadi krüptovõti</t>
         </is>
       </c>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
           <t>EncryptedRequest key</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9621</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9622</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
           <t>%1 võttis kasutusele läbiva krüptimise</t>
         </is>
       </c>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
           <t>EncryptionEnabled%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9630</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9631</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>Encryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
           <t>Krüptimine tagab, et sõnumeid saavad lugevad vaid need kasutajad, kellele sa sõnumeid saadad. Kui tahad kindel olla, et teised kasutajad on päriselt ka need, kellena nad end esitlevad, siis pead nad ka verifitseerima.</t>
         </is>
       </c>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
           <t>EncryptionEnabledEncryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9667</t>
+          <t>../qml/EncryptionIndicator.qml:9668</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>This message is not encrypted!</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
           <t>See sõnum on krüptimata!</t>
         </is>
       </c>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
           <t>EncryptionIndicatorThis message is not encrypted!</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9670</t>
+          <t>../qml/EncryptionIndicator.qml:9671</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>Encrypted by a verified device</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>Krüptitud verifitseeritud seadmes</t>
         </is>
       </c>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by a verified device</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9672</t>
+          <t>../qml/EncryptionIndicator.qml:9673</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
           <t>Krüptitud verifitseerimata seadmes, aga sa oled selle kasutajat seni usaldanud.</t>
         </is>
       </c>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9674</t>
+          <t>../qml/EncryptionIndicator.qml:9675</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>Key is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
           <t>Krüptovõti on pärit mitteusaldusväärsest allikast, näiteks võib olla edasi saadetud mõnelt kasutajalt või pärit mingist võtmete võrguvarundusest. Sel põhjusel me ei saa kinnitada sõnumi tegelikku saatjat.</t>
         </is>
       </c>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
           <t>EncryptionIndicatorKey is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9676</t>
+          <t>../qml/EncryptionIndicator.qml:9677</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device.</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
           <t>Krüptitud verifitseerimata seadmes.</t>
         </is>
       </c>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device.</t>
         </is>
       </c>
       <c r="G218" t="inlineStr"/>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9709</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9710</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>Event expiration for %1</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
           <t>%1 sündmuse aegumine</t>
         </is>
       </c>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration for %1</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9712</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9713</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>Event expiration</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
           <t>Sündmuse aegumine</t>
         </is>
       </c>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9730</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9731</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
           <t>Sa võid seadistada aja, mille möödumisel sõnumid kustutatakse %1 jututoast. Selle jaoks peab Nheko olema töös ja sul peavad olema õigused sõnumite kustutamiseks. Tegemist on ajutise lahendusega seniks, kuni Matrixi servetesse kirjeldatud võimalus lisandub. Väärtus 0 üldjuhul tähendab, et kustutamine on välja lülitatud.</t>
         </is>
       </c>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9733</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9734</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
           <t>Sa võid seadistada aja, mille möödumisel sõnumid kustutatakse kõikidest jututubadest (kui just seadistused muud ei määra). Selle jaoks peab Nheko olema töös ja sul peavad olema õigused sõnumite kustutamiseks. Tegemist on ajutise lahendusega seniks, kuni Matrixi servetesse kirjeldatud võimalus lisandub. Väärtus 0 üldjuhul tähendab, et kustutamine on välja lülitatud.</t>
         </is>
       </c>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9748</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>Expire events after X days</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
           <t>Kustuta sõnumid x päeva möödudes</t>
         </is>
       </c>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
           <t>EventExpirationDialogExpire events after X days</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9750</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>Automatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
           <t>Muuda kaitsmata sõnumid x päeva möödudes. Väljalülitamiseks kirjuta väärtuseks 0.</t>
         </is>
       </c>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
           <t>EventExpirationDialogAutomatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9769</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>Only keep latest X events</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
           <t>Jäta alles ainult viimased x sündmust</t>
         </is>
       </c>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
           <t>EventExpirationDialogOnly keep latest X events</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9771</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>Deletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
           <t>Kustutab sellest jututoast vanemad kui x viimast sõnumit. Väljalülitamiseks kirjuta väärtuseks 0.</t>
         </is>
       </c>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
           <t>EventExpirationDialogDeletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9791</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>Always keep latest X events</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
           <t>Alati jäta alles viimase x sündmust</t>
         </is>
       </c>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
           <t>EventExpirationDialogAlways keep latest X events</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9793</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>This prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
           <t>Selle seadistusega välistad x sinu poolt tehtud sündmuste kustutamise sellest jututoast eelmise kahe reegli poolt.</t>
         </is>
       </c>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
           <t>EventExpirationDialogThis prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9813</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>Include state events</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
           <t>Sealhulgas olekusündmused</t>
         </is>
       </c>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
           <t>EventExpirationDialogInclude state events</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9815</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>If this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
           <t>Kui see seadistus on kasutusel, siis ka vanad olekusündmused kuuluvad kustutamisele. Selleks et jututoa nimi või mõni muu sarnane oluline olek ei kustuks, siiski on mõned tüüp+võti laadsed olekusündmused välistatud.</t>
         </is>
       </c>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
           <t>EventExpirationDialogIf this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>../../src/ui/EventExpiry.cpp:9874</t>
+          <t>../../src/ui/EventExpiry.cpp:9875</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
           <t>Peidetud sündmuste loomine ei õnnestunud: %1</t>
         </is>
       </c>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
           <t>EventExpiryFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9885</t>
+          <t>../qml/device-verification/Failed.qml:9886</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>Verification failed</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
           <t>Verifitseerimine ei õnnestunud</t>
         </is>
       </c>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
           <t>FailedVerification failed</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9897</t>
+          <t>../qml/device-verification/Failed.qml:9898</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>Other client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
           <t>Teise osapoole rakendus ei toeta siinkasutatavat verifitseerimisprotokolli.</t>
         </is>
       </c>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
           <t>FailedOther client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9901</t>
+          <t>../qml/device-verification/Failed.qml:9902</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>Key mismatch detected!</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
           <t>Tuvastasin, et krüptovõtmed ei klapi omavahel!</t>
         </is>
       </c>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
           <t>FailedKey mismatch detected!</t>
         </is>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9903</t>
+          <t>../qml/device-verification/Failed.qml:9904</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>Device verification timed out.</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
           <t>Seadme verifitseerimine aegus.</t>
         </is>
       </c>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
           <t>FailedDevice verification timed out.</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9905</t>
+          <t>../qml/device-verification/Failed.qml:9906</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>Other party canceled the verification.</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
           <t>Teine osapool katkestas verifitseerimise.</t>
         </is>
       </c>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
           <t>FailedOther party canceled the verification.</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9907</t>
+          <t>../qml/device-verification/Failed.qml:9908</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>The verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
           <t>Verifitseerimisega nõustus üks teine seade.</t>
         </is>
       </c>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
           <t>FailedThe verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="G237" t="inlineStr"/>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9909</t>
+          <t>../qml/device-verification/Failed.qml:9910</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>Verification messages received out of order!</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
           <t>Saabunud verifitseerimissõnumid on vales järjekorras!</t>
         </is>
       </c>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
           <t>FailedVerification messages received out of order!</t>
         </is>
       </c>
       <c r="G238" t="inlineStr"/>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9911</t>
+          <t>../qml/device-verification/Failed.qml:9912</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>Unknown verification error.</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
           <t>Teadmata viga verifitseerimisel.</t>
         </is>
       </c>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
           <t>FailedUnknown verification error.</t>
         </is>
       </c>
       <c r="G239" t="inlineStr"/>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9927</t>
+          <t>../qml/device-verification/Failed.qml:9928</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <t>Close</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>Sulge</t>
         </is>
       </c>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
           <t>FailedClose</t>
         </is>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9952</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9953</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>Fallback authentication</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
           <t>Registreerimise tagavaravariant</t>
         </is>
       </c>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
           <t>FallbackAuthDialogFallback authentication</t>
         </is>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9967</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9968</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>Open the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
           <t>Ava kasutaja registreerimise tagavaravariant, läbi kõik sammud ja kinnita seda, kui kõik valmis on.</t>
         </is>
       </c>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9975</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9976</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>Open Fallback in Browser</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
           <t>Ava kasutaja registreerimise tagavaravariant veebibrauseris</t>
         </is>
       </c>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen Fallback in Browser</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9980</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9981</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>Cancel</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
           <t>Katkesta</t>
         </is>
       </c>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
           <t>FallbackAuthDialogCancel</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9985</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9986</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>Confirm</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
           <t>Kinnita</t>
         </is>
       </c>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
           <t>FallbackAuthDialogConfirm</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>../qml/ForwardCompleter.qml:10037</t>
+          <t>../qml/ForwardCompleter.qml:10038</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>Forward Message</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
           <t>Suuna sõnum edasi</t>
         </is>
       </c>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
           <t>ForwardCompleterForward Message</t>
         </is>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>../../src/GridImagePackModel.cpp:10322</t>
+          <t>../../src/GridImagePackModel.cpp:10323</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>Account Pack</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
           <t>Kontopakk</t>
         </is>
       </c>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
           <t>GridImagePackModelAccount Pack</t>
         </is>
       </c>
       <c r="G247" t="inlineStr"/>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>../../src/ui/HiddenEvents.cpp:10424</t>
+          <t>../../src/ui/HiddenEvents.cpp:10425</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
           <t>Peidetud sündmuste loomine ei õnnestunud: %1</t>
         </is>
       </c>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
           <t>HiddenEventsFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10457</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10458</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
           <t>Hidden events for %1</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
           <t>%1 peidetud sündmused</t>
         </is>
       </c>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events for %1</t>
         </is>
       </c>
       <c r="G249" t="inlineStr"/>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10460</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10461</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>Hidden events</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
           <t>Peidetud sündmused</t>
         </is>
       </c>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events</t>
         </is>
       </c>
       <c r="G250" t="inlineStr"/>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10478</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10479</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
           <t>Neid sündmusi &lt;b&gt;kuvatakse&lt;/b&gt; %1 jututoas:</t>
         </is>
       </c>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10481</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10482</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
           <t>Neid sündmusi &lt;b&gt;kuvatakse&lt;/b&gt; igas jututoas:</t>
         </is>
       </c>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="G252" t="inlineStr"/>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10496</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>User events</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
           <t>Kasutaja sündmused</t>
         </is>
       </c>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
           <t>HiddenEventsDialogUser events</t>
         </is>
       </c>
       <c r="G253" t="inlineStr"/>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10498</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
           <t>Joins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
           <t>Liitumised, lahkumised, keelamised ning tunnuspildi ja nime muutused…</t>
         </is>
       </c>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
           <t>HiddenEventsDialogJoins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="G254" t="inlineStr"/>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10513</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
           <t>Power level changes</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
           <t>Õiguste muutused</t>
         </is>
       </c>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
           <t>HiddenEventsDialogPower level changes</t>
         </is>
       </c>
       <c r="G255" t="inlineStr"/>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10515</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <t>Sent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
           <t>Saadetakse siis, kui lisatakse või eemaldatakse moderaator või kui kasutajate õigused jututoas muutuvad.</t>
         </is>
       </c>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
           <t>HiddenEventsDialogSent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="G256" t="inlineStr"/>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10530</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10531</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <t>Stickers</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
           <t>Kleepsud</t>
         </is>
       </c>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
           <t>HiddenEventsDialogStickers</t>
         </is>
       </c>
       <c r="G257" t="inlineStr"/>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10546</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10542</t>
+        </is>
+      </c>
+      <c r="B258" t="inlineStr"/>
+      <c r="C258" t="inlineStr"/>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnored users</t>
+          <t>HiddenEventsDialogAllowed server changes</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10566</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10558</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Ignoring a user hides their messages (they can still see yours!).</t>
+          <t>Ignored users</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>Kasutaja eiramisel on tema sõnumid sinu jaoks peidetud (aga tema saab sinu omi ikka näha).</t>
+          <t>Eiratud kasutajad</t>
         </is>
       </c>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
+          <t>IgnoredUsersIgnored users</t>
         </is>
       </c>
       <c r="G259" t="inlineStr"/>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10597</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10578</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Stop Ignoring.</t>
+          <t>Ignoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>Lõpeta eiramine.</t>
+          <t>Kasutaja eiramisel on tema sõnumid sinu jaoks peidetud (aga tema saab sinu omi ikka näha).</t>
         </is>
       </c>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>IgnoredUsersStop Ignoring.</t>
+          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="G260" t="inlineStr"/>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>../qml/delegates/ImageMessage.qml:10788</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10609</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>Show</t>
+          <t>Stop Ignoring.</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>Näita</t>
+          <t>Lõpeta eiramine.</t>
         </is>
       </c>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>ImageMessageShow</t>
+          <t>IgnoredUsersStop Ignoring.</t>
         </is>
       </c>
       <c r="G261" t="inlineStr"/>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10802</t>
+          <t>../qml/delegates/ImageMessage.qml:10800</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
+          <t>Show</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>Kas sa oled kindel, et soovid eemaldada „%1“ kleepsupaki?</t>
+          <t>Näita</t>
         </is>
       </c>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
+          <t>ImageMessageShow</t>
         </is>
       </c>
       <c r="G262" t="inlineStr"/>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10824</t>
+          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10814</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Editing image pack</t>
+          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>Muudan pildipakki</t>
+          <t>Kas sa oled kindel, et soovid eemaldada „%1“ kleepsupaki?</t>
         </is>
       </c>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogEditing image pack</t>
+          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="G263" t="inlineStr"/>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10880</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10836</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>Add images</t>
+          <t>Editing image pack</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>Lisa pilte</t>
+          <t>Muudan pildipakki</t>
         </is>
       </c>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAdd images</t>
+          <t>ImagePackEditorDialogEditing image pack</t>
         </is>
       </c>
       <c r="G264" t="inlineStr"/>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10887</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10892</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>Add images</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>Pildid (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>Lisa pilte</t>
         </is>
       </c>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>ImagePackEditorDialogAdd images</t>
         </is>
       </c>
       <c r="G265" t="inlineStr"/>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10888</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10899</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>Select images for pack</t>
+          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>Vali pildid pildipaki jaoks</t>
+          <t>Pildid (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogSelect images for pack</t>
+          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G266" t="inlineStr"/>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10889</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10900</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>Add to pack</t>
+          <t>Select images for pack</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>Lisa pildipakki</t>
+          <t>Vali pildid pildipaki jaoks</t>
         </is>
       </c>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAdd to pack</t>
+          <t>ImagePackEditorDialogSelect images for pack</t>
         </is>
       </c>
       <c r="G267" t="inlineStr"/>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10950</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10901</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Change the overview image for this pack</t>
+          <t>Add to pack</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>Muuda selle pildipaki reklaampilti</t>
+          <t>Lisa pildipakki</t>
         </is>
       </c>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogChange the overview image for this pack</t>
+          <t>ImagePackEditorDialogAdd to pack</t>
         </is>
       </c>
       <c r="G268" t="inlineStr"/>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10963</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10962</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
+          <t>Change the overview image for this pack</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>Reklaampilt (*.png *.webp *.jpg *.jpeg)</t>
+          <t>Muuda selle pildipaki reklaampilti</t>
         </is>
       </c>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
+          <t>ImagePackEditorDialogChange the overview image for this pack</t>
         </is>
       </c>
       <c r="G269" t="inlineStr"/>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10964</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10975</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Select overview image for pack</t>
+          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>Vali pildipaki reklaampilt</t>
+          <t>Reklaampilt (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogSelect overview image for pack</t>
+          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
           <t>../qml/dialogs/ImagePackEditorDialog.qml:10976</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t>State key</t>
+          <t>Select overview image for pack</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>Olekuvõti</t>
+          <t>Vali pildipaki reklaampilt</t>
         </is>
       </c>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogState key</t>
+          <t>ImagePackEditorDialogSelect overview image for pack</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10984</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10988</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Packname</t>
+          <t>State key</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>Pildikogu nimi</t>
+          <t>Olekuvõti</t>
         </is>
       </c>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogPackname</t>
+          <t>ImagePackEditorDialogState key</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10992</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10996</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Attribution</t>
+          <t>Packname</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>Viide allikale</t>
+          <t>Pildikogu nimi</t>
         </is>
       </c>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAttribution</t>
+          <t>ImagePackEditorDialogPackname</t>
         </is>
       </c>
       <c r="G273" t="inlineStr"/>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11076</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11004</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Use as Emoji</t>
+          <t>Attribution</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>Kasuta emojina</t>
+          <t>Viide allikale</t>
         </is>
       </c>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogUse as Emoji</t>
+          <t>ImagePackEditorDialogAttribution</t>
         </is>
       </c>
       <c r="G274" t="inlineStr"/>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11089</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11088</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>Use as Sticker</t>
+          <t>Use as Emoji</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>Kasuta kleepsuna</t>
+          <t>Kasuta emojina</t>
         </is>
       </c>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogUse as Sticker</t>
+          <t>ImagePackEditorDialogUse as Emoji</t>
         </is>
       </c>
       <c r="G275" t="inlineStr"/>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11052</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11101</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t>Shortcode</t>
+          <t>Use as Sticker</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>Lühend</t>
+          <t>Kasuta kleepsuna</t>
         </is>
       </c>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogShortcode</t>
-[...6 lines deleted...]
-      </c>
+          <t>ImagePackEditorDialogUse as Sticker</t>
+        </is>
+      </c>
+      <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11067</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11064</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t>Body</t>
+          <t>Shortcode</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>Sisu</t>
+          <t>Lühend</t>
         </is>
       </c>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogBody</t>
-[...2 lines deleted...]
-      <c r="G277" t="inlineStr"/>
+          <t>ImagePackEditorDialogShortcode</t>
+        </is>
+      </c>
+      <c r="G277" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: lühend</t>
+        </is>
+      </c>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11102</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11079</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Remove from pack</t>
+          <t>Body</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>Eemalda pakist</t>
+          <t>Sisu</t>
         </is>
       </c>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogRemove from pack</t>
+          <t>ImagePackEditorDialogBody</t>
         </is>
       </c>
       <c r="G278" t="inlineStr"/>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11106</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11114</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Remove</t>
+          <t>Remove from pack</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>Eemalda</t>
+          <t>Eemalda pakist</t>
         </is>
       </c>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogRemove</t>
+          <t>ImagePackEditorDialogRemove from pack</t>
         </is>
       </c>
       <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11129</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11118</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Image pack settings</t>
+          <t>Remove</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>Pildikogu seadistused</t>
+          <t>Eemalda</t>
         </is>
       </c>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogImage pack settings</t>
+          <t>ImagePackEditorDialogRemove</t>
         </is>
       </c>
       <c r="G280" t="inlineStr"/>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11181</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11141</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>Create account pack</t>
+          <t>Image pack settings</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>Losa kasutajakontokohane pildipakk</t>
+          <t>Pildikogu seadistused</t>
         </is>
       </c>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogCreate account pack</t>
+          <t>ImagePackSettingsDialogImage pack settings</t>
         </is>
       </c>
       <c r="G281" t="inlineStr"/>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11194</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11193</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>New room pack</t>
+          <t>Create account pack</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>Uus jututoa pildipakk</t>
+          <t>Losa kasutajakontokohane pildipakk</t>
         </is>
       </c>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogNew room pack</t>
+          <t>ImagePackSettingsDialogCreate account pack</t>
         </is>
       </c>
       <c r="G282" t="inlineStr"/>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11216</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11206</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t>Private pack</t>
+          <t>New room pack</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>Isiklik pildipakk</t>
+          <t>Uus jututoa pildipakk</t>
         </is>
       </c>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPrivate pack</t>
+          <t>ImagePackSettingsDialogNew room pack</t>
         </is>
       </c>
       <c r="G283" t="inlineStr"/>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11218</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11228</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Pack from this room</t>
+          <t>Private pack</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>Pildipakk sellest jututoast</t>
+          <t>Isiklik pildipakk</t>
         </is>
       </c>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from this room</t>
+          <t>ImagePackSettingsDialogPrivate pack</t>
         </is>
       </c>
       <c r="G284" t="inlineStr"/>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11220</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11230</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>Pack from parent community</t>
+          <t>Pack from this room</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>Pildipakk ülemkogukonast</t>
+          <t>Pildipakk sellest jututoast</t>
         </is>
       </c>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from parent community</t>
+          <t>ImagePackSettingsDialogPack from this room</t>
         </is>
       </c>
       <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11222</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11232</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Globally enabled pack</t>
+          <t>Pack from parent community</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>Üldkasutatav pildipakk</t>
+          <t>Pildipakk ülemkogukonast</t>
         </is>
       </c>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogGlobally enabled pack</t>
+          <t>ImagePackSettingsDialogPack from parent community</t>
         </is>
       </c>
       <c r="G286" t="inlineStr"/>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11290</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11234</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Enable globally</t>
+          <t>Globally enabled pack</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>Luba kasutada üldiselt</t>
+          <t>Üldkasutatav pildipakk</t>
         </is>
       </c>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEnable globally</t>
+          <t>ImagePackSettingsDialogGlobally enabled pack</t>
         </is>
       </c>
       <c r="G287" t="inlineStr"/>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11294</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11302</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t>Enables this pack to be used in all rooms</t>
+          <t>Enable globally</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>Sellega võimaldad pildipaki kasutamist kõikides jututubades</t>
+          <t>Luba kasutada üldiselt</t>
         </is>
       </c>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
+          <t>ImagePackSettingsDialogEnable globally</t>
         </is>
       </c>
       <c r="G288" t="inlineStr"/>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
           <t>../qml/dialogs/ImagePackSettingsDialog.qml:11306</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Edit</t>
+          <t>Enables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>Muuda</t>
+          <t>Sellega võimaldad pildipaki kasutamist kõikides jututubades</t>
         </is>
       </c>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEdit</t>
+          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="G289" t="inlineStr"/>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11317</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11318</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>Remove</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>Eemalda</t>
+          <t>Muuda</t>
         </is>
       </c>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogRemove</t>
+          <t>ImagePackSettingsDialogEdit</t>
         </is>
       </c>
       <c r="G290" t="inlineStr"/>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11378</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11329</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Remove</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>Sulge</t>
+          <t>Eemalda</t>
         </is>
       </c>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogClose</t>
+          <t>ImagePackSettingsDialogRemove</t>
         </is>
       </c>
       <c r="G291" t="inlineStr"/>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11390</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Select file(s)</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>Vali fail(id)</t>
+          <t>Sulge</t>
         </is>
       </c>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>InputBarSelect file(s)</t>
+          <t>ImagePackSettingsDialogClose</t>
         </is>
       </c>
       <c r="G292" t="inlineStr"/>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Select file(s)</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>Kõik failid (*)</t>
+          <t>Vali fail(id)</t>
         </is>
       </c>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>InputBarAll Files (*)</t>
+          <t>InputBarSelect file(s)</t>
         </is>
       </c>
       <c r="G293" t="inlineStr"/>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12424</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>Kasutaja eitamisel peab päringus olema korrektne Matrixi kasutajatunnus. „%1“ aga pole kehtiv ega korrektne.</t>
+          <t>Kõik failid (*)</t>
         </is>
       </c>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
+          <t>InputBarAll Files (*)</t>
         </is>
       </c>
       <c r="G294" t="inlineStr"/>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12431</t>
+          <t>../../src/timeline/InputBar.cpp:12436</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>Failed to fetch user %1</t>
+          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>Kasutaja %1 andmete laadimine ei õnnestunud</t>
+          <t>Kasutaja eitamisel peab päringus olema korrektne Matrixi kasutajatunnus. „%1“ aga pole kehtiv ega korrektne.</t>
         </is>
       </c>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>InputBarFailed to fetch user %1</t>
+          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="G295" t="inlineStr"/>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12843</t>
+          <t>../../src/timeline/InputBar.cpp:12443</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Upload of '%1' failed</t>
+          <t>Failed to fetch user %1</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>„%1“ üleslaadimine ei õnnestunud</t>
+          <t>Kasutaja %1 andmete laadimine ei õnnestunud</t>
         </is>
       </c>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>InputBarUpload of '%1' failed</t>
+          <t>InputBarFailed to fetch user %1</t>
         </is>
       </c>
       <c r="G296" t="inlineStr"/>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12883</t>
+          <t>../../src/timeline/InputBar.cpp:12855</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Invite users to %1</t>
+          <t>Upload of '%1' failed</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>Kutsu kasutajaid %1 jututuppa</t>
+          <t>„%1“ üleslaadimine ei õnnestunud</t>
         </is>
       </c>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>InviteDialogInvite users to %1</t>
+          <t>InputBarUpload of '%1' failed</t>
         </is>
       </c>
       <c r="G297" t="inlineStr"/>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12933</t>
+          <t>../qml/dialogs/InviteDialog.qml:12895</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Search user</t>
+          <t>Invite users to %1</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>Otsi kasutajat</t>
+          <t>Kutsu kasutajaid %1 jututuppa</t>
         </is>
       </c>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>InviteDialogSearch user</t>
+          <t>InviteDialogInvite users to %1</t>
         </is>
       </c>
       <c r="G298" t="inlineStr"/>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12946</t>
+          <t>../qml/dialogs/InviteDialog.qml:12945</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>@user:yourserver.example.com</t>
+          <t>Search user</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>@kasutaja:sinuserver.domeen.com</t>
+          <t>Otsi kasutajat</t>
         </is>
       </c>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
+          <t>InviteDialogSearch user</t>
+        </is>
+      </c>
+      <c r="G299" t="inlineStr"/>
+      <c r="H299" t="inlineStr"/>
+    </row>
+    <row r="300">
+      <c r="A300" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/InviteDialog.qml:12958</t>
+        </is>
+      </c>
+      <c r="B300" t="inlineStr">
+        <is>
+          <t>@user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C300" t="inlineStr">
+        <is>
+          <t>@kasutaja:sinuserver.domeen.com</t>
+        </is>
+      </c>
+      <c r="D300" t="inlineStr"/>
+      <c r="E300" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F300" t="inlineStr">
+        <is>
           <t>InviteDialog
 Example user id. The name 'user' can be localized however you want.@user:yourserver.example.com</t>
         </is>
       </c>
-      <c r="G299" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G300" t="inlineStr"/>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13074</t>
+          <t>../qml/dialogs/InviteDialog.qml:13000</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Invite</t>
+          <t>Search on Server</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>Saada kutse</t>
+          <t>Otsi serveris</t>
         </is>
       </c>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>InviteDialogInvite</t>
+          <t>InviteDialogSearch on Server</t>
         </is>
       </c>
       <c r="G301" t="inlineStr"/>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13081</t>
+          <t>../qml/dialogs/InviteDialog.qml:13086</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Invite</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>Katkesta</t>
+          <t>Saada kutse</t>
         </is>
       </c>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>InviteDialogCancel</t>
+          <t>InviteDialogInvite</t>
         </is>
       </c>
       <c r="G302" t="inlineStr"/>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13095</t>
+          <t>../qml/dialogs/InviteDialog.qml:13093</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Join room</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>Liitu jututoaga</t>
+          <t>Katkesta</t>
         </is>
       </c>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>JoinRoomDialogJoin room</t>
+          <t>InviteDialogCancel</t>
         </is>
       </c>
       <c r="G303" t="inlineStr"/>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13115</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13107</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Room ID or alias</t>
+          <t>Join room</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>Jututoa tunnus või alias</t>
+          <t>Liitu jututoaga</t>
         </is>
       </c>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>JoinRoomDialogRoom ID or alias</t>
+          <t>JoinRoomDialogJoin room</t>
         </is>
       </c>
       <c r="G304" t="inlineStr"/>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13146</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13127</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Join</t>
+          <t>Room ID or alias</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>Liitu</t>
+          <t>Jututoa tunnus või alias</t>
         </is>
       </c>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>JoinRoomDialogJoin</t>
+          <t>JoinRoomDialogRoom ID or alias</t>
         </is>
       </c>
       <c r="G305" t="inlineStr"/>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13161</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13158</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Join</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>Lahku jututoast</t>
+          <t>Liitu</t>
         </is>
       </c>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>LeaveRoomDialogLeave room</t>
+          <t>JoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G306" t="inlineStr"/>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13162</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13173</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Are you sure you want to leave?</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>Kas sa oled kindel, et soovid lahkuda?</t>
+          <t>Lahku jututoast</t>
         </is>
       </c>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>LeaveRoomDialogAre you sure you want to leave?</t>
+          <t>LeaveRoomDialogLeave room</t>
         </is>
       </c>
       <c r="G307" t="inlineStr"/>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13443</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13174</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
-          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+          <t>Are you sure you want to leave?</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>Sa oled sisestanud vale või vigase Matrixi kasutajatunnuse, näiteks @kasutaja:sinuserver.domeen.com</t>
+          <t>Kas sa oled kindel, et soovid lahkuda?</t>
         </is>
       </c>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+          <t>LeaveRoomDialogAre you sure you want to leave?</t>
         </is>
       </c>
       <c r="G308" t="inlineStr"/>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13280</t>
+          <t>../../src/LoginPage.cpp:13455</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
+          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>Koduserveri automaatne tuvastamine ei õnnestunud: päringuvastus oli vigane.</t>
+          <t>Sa oled sisestanud vale või vigase Matrixi kasutajatunnuse, näiteks @kasutaja:sinuserver.domeen.com</t>
         </is>
       </c>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>LoginPageAutodiscovery failed. Received malformed response.</t>
+          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G309" t="inlineStr"/>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13286</t>
+          <t>../../src/LoginPage.cpp:13292</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>Koduserveri automaatne tuvastamine ei õnnestunud: tundmatu viga .well-known päringu tegemisel.</t>
+          <t>Koduserveri automaatne tuvastamine ei õnnestunud: päringuvastus oli vigane.</t>
         </is>
       </c>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>LoginPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G310" t="inlineStr"/>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13319</t>
+          <t>../../src/LoginPage.cpp:13298</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>Protokolli järgi nõutavaid lõpppunkte ei leidunud. Ilmselt pole tegemist Matrix'i serveriga.</t>
+          <t>Koduserveri automaatne tuvastamine ei õnnestunud: tundmatu viga .well-known päringu tegemisel.</t>
         </is>
       </c>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G311" t="inlineStr"/>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13325</t>
+          <t>../../src/LoginPage.cpp:13331</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
-          <t>Päringule sain tagasi vigase vastuse. Palun kontrolli, et koduserveri domeen oleks õige.</t>
+          <t>Protokolli järgi nõutavaid lõpppunkte ei leidunud. Ilmselt pole tegemist Matrix'i serveriga.</t>
         </is>
       </c>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G312" t="inlineStr"/>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13333</t>
+          <t>../../src/LoginPage.cpp:13337</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>Tekkis teadmata viga. Palun kontrolli, et koduserveri domeen on õige.</t>
+          <t>Päringule sain tagasi vigase vastuse. Palun kontrolli, et koduserveri domeen oleks õige.</t>
         </is>
       </c>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G313" t="inlineStr"/>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13354</t>
+          <t>../../src/LoginPage.cpp:13345</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>Valitud server ei toeta Matrix'i protokolli seda versiooni, mida see klient rääkida oskab (%1 vs %2). Sa ei saa sisse logida.</t>
+          <t>Tekkis teadmata viga. Palun kontrolli, et koduserveri domeen on õige.</t>
         </is>
       </c>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+          <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G314" t="inlineStr"/>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13375</t>
+          <t>../../src/LoginPage.cpp:13366</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Sign in with Apple</t>
+          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
-          <t>Logi sisse Apple'i kontoga</t>
+          <t>Valitud server ei toeta Matrix'i protokolli seda versiooni, mida see klient rääkida oskab (%1 vs %2). Sa ei saa sisse logida.</t>
         </is>
       </c>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Apple</t>
+          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="G315" t="inlineStr"/>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13377</t>
+          <t>../../src/LoginPage.cpp:13387</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Continue with Facebook</t>
+          <t>Sign in with Apple</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>Logi sisse Facebook'i kontoga</t>
+          <t>Logi sisse Apple'i kontoga</t>
         </is>
       </c>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>LoginPageContinue with Facebook</t>
+          <t>LoginPageSign in with Apple</t>
         </is>
       </c>
       <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13379</t>
+          <t>../../src/LoginPage.cpp:13389</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Sign in with Google</t>
+          <t>Continue with Facebook</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>Logi sisse Google'i kontoga</t>
+          <t>Logi sisse Facebook'i kontoga</t>
         </is>
       </c>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Google</t>
+          <t>LoginPageContinue with Facebook</t>
         </is>
       </c>
       <c r="G317" t="inlineStr"/>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13381</t>
+          <t>../../src/LoginPage.cpp:13391</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Sign in with Twitter</t>
+          <t>Sign in with Google</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>Logi sisse Twitter'i kontoga</t>
+          <t>Logi sisse Google'i kontoga</t>
         </is>
       </c>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Twitter</t>
+          <t>LoginPageSign in with Google</t>
         </is>
       </c>
       <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13383</t>
+          <t>../../src/LoginPage.cpp:13393</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Login using %1</t>
+          <t>Sign in with Twitter</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>Sisselogimine kasutades teenust: %1</t>
+          <t>Logi sisse Twitter'i kontoga</t>
         </is>
       </c>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>LoginPageLogin using %1</t>
+          <t>LoginPageSign in with Twitter</t>
         </is>
       </c>
       <c r="G319" t="inlineStr"/>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13392</t>
+          <t>../../src/LoginPage.cpp:13395</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
-          <t>SSO LOGIN</t>
+          <t>Login using %1</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>ÜHEKORDNE SISSELOGIMINE</t>
+          <t>Sisselogimine kasutades teenust: %1</t>
         </is>
       </c>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>LoginPageSSO LOGIN</t>
+          <t>LoginPageLogin using %1</t>
         </is>
       </c>
       <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13450</t>
+          <t>../../src/LoginPage.cpp:13404</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Empty password</t>
+          <t>SSO LOGIN</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>Tühi salasõna</t>
+          <t>ÜHEKORDNE SISSELOGIMINE</t>
         </is>
       </c>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>LoginPageEmpty password</t>
+          <t>LoginPageSSO LOGIN</t>
         </is>
       </c>
       <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13505</t>
+          <t>../../src/LoginPage.cpp:13462</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>SSO login failed</t>
+          <t>Empty password</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>Ühekordne sisselogimine ei õnnestunud</t>
+          <t>Tühi salasõna</t>
         </is>
       </c>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>LoginPageSSO login failed</t>
+          <t>LoginPageEmpty password</t>
         </is>
       </c>
       <c r="G322" t="inlineStr"/>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13563</t>
+          <t>../../src/LoginPage.cpp:13517</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Matrix ID</t>
+          <t>SSO login failed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>Matrixi kasutajatunnus</t>
+          <t>Ühekordne sisselogimine ei õnnestunud</t>
         </is>
       </c>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>LoginPageMatrix ID</t>
+          <t>LoginPageSSO login failed</t>
         </is>
       </c>
       <c r="G323" t="inlineStr"/>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13564</t>
+          <t>../qml/pages/LoginPage.qml:13575</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
-          <t>e.g @user:yourserver.example.com</t>
+          <t>Matrix ID</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>näiteks @kasutaja:sinuserver.domeen.com</t>
+          <t>Matrixi kasutajatunnus</t>
         </is>
       </c>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>LoginPagee.g @user:yourserver.example.com</t>
+          <t>LoginPageMatrix ID</t>
         </is>
       </c>
       <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13567</t>
+          <t>../qml/pages/LoginPage.qml:13576</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
+        <is>
+          <t>e.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C325" t="inlineStr">
+        <is>
+          <t>näiteks @kasutaja:sinuserver.domeen.com</t>
+        </is>
+      </c>
+      <c r="D325" t="inlineStr"/>
+      <c r="E325" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F325" t="inlineStr">
+        <is>
+          <t>LoginPagee.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="G325" t="inlineStr"/>
+      <c r="H325" t="inlineStr"/>
+    </row>
+    <row r="326">
+      <c r="A326" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13579</t>
+        </is>
+      </c>
+      <c r="B326" t="inlineStr">
         <is>
           <t>Your login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="C325" t="inlineStr">
+      <c r="C326" t="inlineStr">
         <is>
           <t>Sinu kasutajanimi Õige mxid alguses peaks olema @, millele järgneb kasutajanimi ning peale sellele järgnevat : on kirjas serveri nimi.
 Kui sinu koduserver ei toeta .well-known tuvastust, siis võid siia kirjutada ka serveri aadressi.
 Mxid näide - @kasutaja:sinuserver.domeen.com
 Kui Nheko ei suuda tuvastada sinu koduserverit, siis kuvab ta välja, kuhu saad selle sisestada.</t>
         </is>
       </c>
-      <c r="D325" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F325" t="inlineStr">
+      <c r="D326" t="inlineStr"/>
+      <c r="E326" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F326" t="inlineStr">
         <is>
           <t>LoginPageYour login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="G325" t="inlineStr"/>
-[...33 lines deleted...]
-      </c>
+      <c r="G326" t="inlineStr"/>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13597</t>
+          <t>../qml/pages/LoginPage.qml:13607</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
-          <t>Your password.</t>
+          <t>Password</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>Sinu salasõna.</t>
+          <t>Salasõna</t>
         </is>
       </c>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>LoginPageYour password.</t>
-[...2 lines deleted...]
-      <c r="G327" t="inlineStr"/>
+          <t>LoginPagePassword</t>
+        </is>
+      </c>
+      <c r="G327" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: salasõna</t>
+        </is>
+      </c>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13610</t>
+          <t>../qml/pages/LoginPage.qml:13609</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
-          <t>Show/Hide Password</t>
+          <t>Your password.</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>Näita või peida salasõna</t>
+          <t>Sinu salasõna.</t>
         </is>
       </c>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>LoginPageShow/Hide Password</t>
+          <t>LoginPageYour password.</t>
         </is>
       </c>
       <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13625</t>
+          <t>../qml/pages/LoginPage.qml:13622</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Device name</t>
+          <t>Show/Hide Password</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>Seadme nimi</t>
+          <t>Näita või peida salasõna</t>
         </is>
       </c>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>LoginPageDevice name</t>
+          <t>LoginPageShow/Hide Password</t>
         </is>
       </c>
       <c r="G329" t="inlineStr"/>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13627</t>
+          <t>../qml/pages/LoginPage.qml:13637</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>Device name</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>Sinu seadme nimi, mida teised osapooled verifitseerimise ajal ja vajadusel hiljem näevad. Kui sa midagi ei sisesta, siis kehtib vaikimisi väärtus.</t>
+          <t>Seadme nimi</t>
         </is>
       </c>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>LoginPageDevice name</t>
         </is>
       </c>
       <c r="G330" t="inlineStr"/>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13637</t>
+          <t>../qml/pages/LoginPage.qml:13639</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Homeserver address</t>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>Koduserveri aadress</t>
+          <t>Sinu seadme nimi, mida teised osapooled verifitseerimise ajal ja vajadusel hiljem näevad. Kui sa midagi ei sisesta, siis kehtib vaikimisi väärtus.</t>
         </is>
       </c>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>LoginPageHomeserver address</t>
+          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="G331" t="inlineStr"/>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13638</t>
+          <t>../qml/pages/LoginPage.qml:13649</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
-          <t>yourserver.example.com:8787</t>
+          <t>Homeserver address</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>sinuserver.domeen.com:8787</t>
+          <t>Koduserveri aadress</t>
         </is>
       </c>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>LoginPageyourserver.example.com:8787</t>
+          <t>LoginPageHomeserver address</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13641</t>
+          <t>../qml/pages/LoginPage.qml:13650</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
+        <is>
+          <t>yourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="C333" t="inlineStr">
+        <is>
+          <t>sinuserver.domeen.com:8787</t>
+        </is>
+      </c>
+      <c r="D333" t="inlineStr"/>
+      <c r="E333" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F333" t="inlineStr">
+        <is>
+          <t>LoginPageyourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="G333" t="inlineStr"/>
+      <c r="H333" t="inlineStr"/>
+    </row>
+    <row r="334">
+      <c r="A334" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13653</t>
+        </is>
+      </c>
+      <c r="B334" t="inlineStr">
         <is>
           <t>The address that can be used to contact your homeserver's client API.
 Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
-      <c r="C333" t="inlineStr">
+      <c r="C334" t="inlineStr">
         <is>
           <t>Aadress, kuhu saab sinu koduserveri API pihta päringuid teha.
 Näide: https://sinuserver.domeen.com:8787</t>
         </is>
       </c>
-      <c r="D333" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F333" t="inlineStr">
+      <c r="D334" t="inlineStr"/>
+      <c r="E334" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F334" t="inlineStr">
         <is>
           <t>LoginPageThe address that can be used to contact your homeserver's client API.
 Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
-      <c r="G333" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G334" t="inlineStr"/>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13715</t>
+          <t>../qml/pages/LoginPage.qml:13685</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>LOGIN</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>Tagasi</t>
+          <t>LOGI SISSE</t>
         </is>
       </c>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>LoginPageBack</t>
+          <t>LoginPageLOGIN</t>
         </is>
       </c>
       <c r="G335" t="inlineStr"/>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13727</t>
+          <t>../qml/pages/LoginPage.qml:13727</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>Logi välja</t>
+          <t>Tagasi</t>
         </is>
       </c>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>LogoutDialogLog out</t>
+          <t>LoginPageBack</t>
         </is>
       </c>
       <c r="G336" t="inlineStr"/>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13739</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t>A call is in progress. Log out?</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>Kõne on pooleli. Kas tõesti logime välja?</t>
+          <t>Logi välja</t>
         </is>
       </c>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>LogoutDialogA call is in progress. Log out?</t>
+          <t>LogoutDialogLog out</t>
         </is>
       </c>
       <c r="G337" t="inlineStr"/>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Are you sure you want to log out?</t>
+          <t>A call is in progress. Log out?</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>Kas sa oled kindel, et soovid välja logida?</t>
+          <t>Kõne on pooleli. Kas tõesti logime välja?</t>
         </is>
       </c>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>LogoutDialogAre you sure you want to log out?</t>
+          <t>LogoutDialogA call is in progress. Log out?</t>
         </is>
       </c>
       <c r="G338" t="inlineStr"/>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:13609</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Failed to upload media. Please try again.</t>
+          <t>Are you sure you want to log out?</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>Meediafailide üleslaadimine ei õnnestunud. Palun proovi uuesti.</t>
+          <t>Kas sa oled kindel, et soovid välja logida?</t>
         </is>
       </c>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>MediaUploadFailed to upload media. Please try again.</t>
+          <t>LogoutDialogAre you sure you want to log out?</t>
         </is>
       </c>
       <c r="G339" t="inlineStr"/>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../../src/timeline/InputBar.cpp:13621</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
-          <t>Hang up</t>
+          <t>Failed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>Lõpeta kõne</t>
+          <t>Meediafailide üleslaadimine ei õnnestunud. Palun proovi uuesti.</t>
         </is>
       </c>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>MessageInputHang up</t>
+          <t>MediaUploadFailed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Already on a call</t>
+          <t>Hang up</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>Kõne on juba pooleli</t>
+          <t>Lõpeta kõne</t>
         </is>
       </c>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>MessageInputAlready on a call</t>
+          <t>MessageInputHang up</t>
         </is>
       </c>
       <c r="G341" t="inlineStr"/>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Place a call</t>
+          <t>Already on a call</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>Helista</t>
+          <t>Kõne on juba pooleli</t>
         </is>
       </c>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>MessageInputPlace a call</t>
+          <t>MessageInputAlready on a call</t>
         </is>
       </c>
       <c r="G342" t="inlineStr"/>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13684</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Send a file</t>
+          <t>Place a call</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>Saada fail</t>
+          <t>Helista</t>
         </is>
       </c>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>MessageInputSend a file</t>
+          <t>MessageInputPlace a call</t>
         </is>
       </c>
       <c r="G343" t="inlineStr"/>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13752</t>
+          <t>../qml/MessageInput.qml:13696</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t>Write a message…</t>
+          <t>Send a file</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>Kirjuta sõnum…</t>
+          <t>Saada fail</t>
         </is>
       </c>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>MessageInputWrite a message...</t>
+          <t>MessageInputSend a file</t>
         </is>
       </c>
       <c r="G344" t="inlineStr"/>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14015</t>
+          <t>../qml/MessageInput.qml:13764</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
-          <t>Stickers</t>
+          <t>Write a message…</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>Kleepsud</t>
+          <t>Kirjuta sõnum…</t>
         </is>
       </c>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>MessageInputStickers</t>
+          <t>MessageInputWrite a message...</t>
         </is>
       </c>
       <c r="G345" t="inlineStr"/>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14039</t>
+          <t>../qml/MessageInput.qml:14037</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
-          <t>Emoji</t>
+          <t>Stickers</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>Emoji</t>
+          <t>Kleepsud</t>
         </is>
       </c>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>MessageInputEmoji</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageInputStickers</t>
+        </is>
+      </c>
+      <c r="G346" t="inlineStr"/>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
           <t>../qml/MessageInput.qml:14061</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>Emoji</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>Saada</t>
+          <t>Emoji</t>
         </is>
       </c>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>MessageInputSend</t>
-[...2 lines deleted...]
-      <c r="G347" t="inlineStr"/>
+          <t>MessageInputEmoji</t>
+        </is>
+      </c>
+      <c r="G347" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: emoji</t>
+        </is>
+      </c>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14076</t>
+          <t>../qml/MessageInput.qml:14083</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>You don't have permission to send messages in this room</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>Sul puuduvad selles jututoas õigused sõnumite saatmiseks</t>
+          <t>Saada</t>
         </is>
       </c>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>MessageInputYou don't have permission to send messages in this room</t>
+          <t>MessageInputSend</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
-          <t>../qml/MessageInputWarning.qml:14137</t>
+          <t>../qml/MessageInput.qml:14098</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Don't mention them in this message</t>
+          <t>You don't have permission to send messages in this room</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>Ära maini neid selles sõnumis</t>
+          <t>Sul puuduvad selles jututoas õigused sõnumite saatmiseks</t>
         </is>
       </c>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>MessageInputWarningDon't mention them in this message</t>
+          <t>MessageInputYou don't have permission to send messages in this room</t>
         </is>
       </c>
       <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14372</t>
+          <t>../qml/MessageInputWarning.qml:14159</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Edit</t>
+          <t>Don't mention them in this message</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>Muuda</t>
+          <t>Ära maini neid selles sõnumis</t>
         </is>
       </c>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>MessageViewEdit</t>
+          <t>MessageInputWarningDon't mention them in this message</t>
         </is>
       </c>
       <c r="G350" t="inlineStr"/>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14389</t>
+          <t>../qml/MessageView.qml:14396</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>React</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>Reageeri</t>
+          <t>Muuda</t>
         </is>
       </c>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>MessageViewReact</t>
+          <t>MessageViewEdit</t>
         </is>
       </c>
       <c r="G351" t="inlineStr"/>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14413</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>Reply in thread</t>
+          <t>React</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>Vasta jutulõngana</t>
+          <t>Reageeri</t>
         </is>
       </c>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>MessageViewReply in thread</t>
+          <t>MessageViewReact</t>
         </is>
       </c>
       <c r="G352" t="inlineStr"/>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>New thread</t>
+          <t>Reply in thread</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>Uus jutulõng</t>
+          <t>Vasta jutulõngana</t>
         </is>
       </c>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>MessageViewNew thread</t>
+          <t>MessageViewReply in thread</t>
         </is>
       </c>
       <c r="G353" t="inlineStr"/>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14415</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
-          <t>Reply</t>
+          <t>New thread</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>Vasta</t>
+          <t>Uus jutulõng</t>
         </is>
       </c>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>MessageViewReply</t>
+          <t>MessageViewNew thread</t>
         </is>
       </c>
       <c r="G354" t="inlineStr"/>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14426</t>
+          <t>../qml/MessageView.qml:14439</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Go to message</t>
+          <t>Reply</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>Ava sõnum</t>
+          <t>Vasta</t>
         </is>
       </c>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>MessageViewGo to message</t>
+          <t>MessageViewReply</t>
         </is>
       </c>
       <c r="G355" t="inlineStr"/>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14443</t>
+          <t>../qml/MessageView.qml:14450</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
-          <t>Options</t>
+          <t>Go to message</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>Valikud</t>
+          <t>Ava sõnum</t>
         </is>
       </c>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>MessageViewOptions</t>
+          <t>MessageViewGo to message</t>
         </is>
       </c>
       <c r="G356" t="inlineStr"/>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14576</t>
+          <t>../qml/MessageView.qml:14467</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
-          <t>Enter reason for removal or hit enter for no reason:</t>
+          <t>Options</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>Lisa eemaldamise põhjus või põhjust lisada ei taha, siis vajuta Enter-klahvi:</t>
+          <t>Valikud</t>
         </is>
       </c>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
+          <t>MessageViewOptions</t>
         </is>
       </c>
       <c r="G357" t="inlineStr"/>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14577</t>
+          <t>../qml/MessageView.qml:14600</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
-          <t>Reason for removal</t>
+          <t>Enter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>Eemaldamise põhjus</t>
+          <t>Lisa eemaldamise põhjus või põhjust lisada ei taha, siis vajuta Enter-klahvi:</t>
         </is>
       </c>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>MessageViewReason for removal</t>
+          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G358" t="inlineStr"/>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
           <t>../qml/MessageView.qml:14601</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
-          <t>Go to &amp;message</t>
+          <t>Reason for removal</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>Ava &amp;sõnum</t>
+          <t>Eemaldamise põhjus</t>
         </is>
       </c>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>MessageViewGo to &amp;message</t>
+          <t>MessageViewReason for removal</t>
         </is>
       </c>
       <c r="G359" t="inlineStr"/>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14797</t>
+          <t>../qml/MessageView.qml:14625</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
-          <t>&amp;Copy</t>
+          <t>Go to &amp;message</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>&amp;Kopeeri</t>
+          <t>Ava &amp;sõnum</t>
         </is>
       </c>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>MessageView&amp;Copy</t>
+          <t>MessageViewGo to &amp;message</t>
         </is>
       </c>
       <c r="G360" t="inlineStr"/>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14805</t>
+          <t>../qml/MessageView.qml:14823</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Copy &amp;link location</t>
+          <t>&amp;Copy</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>Kopeeri &amp;lingi asukoht</t>
+          <t>&amp;Kopeeri</t>
         </is>
       </c>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>MessageViewCopy &amp;link location</t>
+          <t>MessageView&amp;Copy</t>
         </is>
       </c>
       <c r="G361" t="inlineStr"/>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14630</t>
+          <t>../qml/MessageView.qml:14831</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
-          <t>Re&amp;act</t>
+          <t>Copy &amp;link location</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>Re&amp;ageeri</t>
+          <t>Kopeeri &amp;lingi asukoht</t>
         </is>
       </c>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>MessageViewRe&amp;act</t>
+          <t>MessageViewCopy &amp;link location</t>
         </is>
       </c>
       <c r="G362" t="inlineStr"/>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14641</t>
+          <t>../qml/MessageView.qml:14654</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
-          <t>Repl&amp;y</t>
+          <t>Re&amp;act</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>&amp;Vasta</t>
+          <t>Re&amp;ageeri</t>
         </is>
       </c>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>MessageViewRepl&amp;y</t>
+          <t>MessageViewRe&amp;act</t>
         </is>
       </c>
       <c r="G363" t="inlineStr"/>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14649</t>
+          <t>../qml/MessageView.qml:14665</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
-          <t>&amp;Edit</t>
+          <t>Repl&amp;y</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>&amp;Muuda</t>
+          <t>&amp;Vasta</t>
         </is>
       </c>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>MessageView&amp;Edit</t>
+          <t>MessageViewRepl&amp;y</t>
         </is>
       </c>
       <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14657</t>
+          <t>../qml/MessageView.qml:14673</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
-          <t>&amp;Thread</t>
+          <t>&amp;Edit</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>&amp;Jutulõng</t>
+          <t>&amp;Muuda</t>
         </is>
       </c>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>MessageView&amp;Thread</t>
+          <t>MessageView&amp;Edit</t>
         </is>
       </c>
       <c r="G365" t="inlineStr"/>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14681</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Un&amp;pin</t>
+          <t>&amp;Thread</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>Võta &amp;lahti</t>
+          <t>&amp;Jutulõng</t>
         </is>
       </c>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>MessageViewUn&amp;pin</t>
+          <t>MessageView&amp;Thread</t>
         </is>
       </c>
       <c r="G366" t="inlineStr"/>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
-          <t>&amp;Pin</t>
+          <t>Un&amp;pin</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>&amp;Määra püsisõnumiks</t>
+          <t>Võta &amp;lahti</t>
         </is>
       </c>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>MessageView&amp;Pin</t>
+          <t>MessageViewUn&amp;pin</t>
         </is>
       </c>
       <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14673</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
-          <t>&amp;Read receipts</t>
+          <t>&amp;Pin</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>&amp;Lugemisteatised</t>
+          <t>&amp;Määra püsisõnumiks</t>
         </is>
       </c>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>MessageView&amp;Read receipts</t>
+          <t>MessageView&amp;Pin</t>
         </is>
       </c>
       <c r="G368" t="inlineStr"/>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14680</t>
+          <t>../qml/MessageView.qml:14697</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
-          <t>&amp;Forward</t>
+          <t>&amp;Read receipts</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>&amp;Edasta</t>
+          <t>&amp;Lugemisteatised</t>
         </is>
       </c>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>MessageView&amp;Forward</t>
+          <t>MessageView&amp;Read receipts</t>
         </is>
       </c>
       <c r="G369" t="inlineStr"/>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14693</t>
+          <t>../qml/MessageView.qml:14704</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
-          <t>&amp;Mark as read</t>
+          <t>&amp;Forward</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>&amp;Märgi loetuks</t>
+          <t>&amp;Edasta</t>
         </is>
       </c>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>MessageView&amp;Mark as read</t>
+          <t>MessageView&amp;Forward</t>
         </is>
       </c>
       <c r="G370" t="inlineStr"/>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14698</t>
+          <t>../qml/MessageView.qml:14717</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
-          <t>View raw message</t>
+          <t>&amp;Mark as read</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>Näita sõnumi lähtekoodi</t>
+          <t>&amp;Märgi loetuks</t>
         </is>
       </c>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>MessageViewView raw message</t>
+          <t>MessageView&amp;Mark as read</t>
         </is>
       </c>
       <c r="G371" t="inlineStr"/>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14705</t>
+          <t>../qml/MessageView.qml:14724</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
-          <t>View decrypted raw message</t>
+          <t>View raw message</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>Näita sõnumi dekrüptitud lähtekoodi</t>
+          <t>Näita sõnumi lähtekoodi</t>
         </is>
       </c>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>MessageViewView decrypted raw message</t>
+          <t>MessageViewView raw message</t>
         </is>
       </c>
       <c r="G372" t="inlineStr"/>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14714</t>
+          <t>../qml/MessageView.qml:14731</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Remo&amp;ve message</t>
+          <t>View decrypted raw message</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>Eemal&amp;da sõnum</t>
+          <t>Näita sõnumi dekrüptitud lähtekoodi</t>
         </is>
       </c>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>MessageViewRemo&amp;ve message</t>
+          <t>MessageViewView decrypted raw message</t>
         </is>
       </c>
       <c r="G373" t="inlineStr"/>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14728</t>
+          <t>../qml/MessageView.qml:14740</t>
         </is>
       </c>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Report message</t>
+          <t>Remo&amp;ve message</t>
         </is>
       </c>
       <c r="C374" t="inlineStr">
         <is>
-          <t>Teata sõnumist</t>
+          <t>Eemal&amp;da sõnum</t>
         </is>
       </c>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>MessageViewReport message</t>
+          <t>MessageViewRemo&amp;ve message</t>
         </is>
       </c>
       <c r="G374" t="inlineStr"/>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14739</t>
+          <t>../qml/MessageView.qml:14754</t>
         </is>
       </c>
       <c r="B375" t="inlineStr">
         <is>
-          <t>&amp;Save as</t>
+          <t>Report message</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>&amp;Salvesta kui</t>
+          <t>Teata sõnumist</t>
         </is>
       </c>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>MessageView&amp;Save as</t>
+          <t>MessageViewReport message</t>
         </is>
       </c>
       <c r="G375" t="inlineStr"/>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14747</t>
+          <t>../qml/MessageView.qml:14765</t>
         </is>
       </c>
       <c r="B376" t="inlineStr">
         <is>
-          <t>&amp;Open in external program</t>
+          <t>&amp;Save as</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>&amp;Ava välise rakendusega</t>
+          <t>&amp;Salvesta kui</t>
         </is>
       </c>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>MessageView&amp;Open in external program</t>
+          <t>MessageView&amp;Save as</t>
         </is>
       </c>
       <c r="G376" t="inlineStr"/>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14755</t>
+          <t>../qml/MessageView.qml:14773</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Copy link to eve&amp;nt</t>
+          <t>&amp;Open in external program</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>Kopeeri sündmuse li&amp;nk</t>
+          <t>&amp;Ava välise rakendusega</t>
         </is>
       </c>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>MessageViewCopy link to eve&amp;nt</t>
+          <t>MessageView&amp;Open in external program</t>
         </is>
       </c>
       <c r="G377" t="inlineStr"/>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14813</t>
+          <t>../qml/MessageView.qml:14781</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
-          <t>&amp;Go to quoted message</t>
+          <t>Copy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>&amp;Vaata tsiteeritud sõnumit</t>
+          <t>Kopeeri sündmuse li&amp;nk</t>
         </is>
       </c>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>MessageView&amp;Go to quoted message</t>
+          <t>MessageViewCopy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="G378" t="inlineStr"/>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/MessageView.qml:14839</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Send Verification Request</t>
+          <t>&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>Saada verifitseerimispäring</t>
+          <t>&amp;Vaata tsiteeritud sõnumit</t>
         </is>
       </c>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>NewVerificationRequestSend Verification Request</t>
+          <t>MessageView&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
-          <t>Received Verification Request</t>
+          <t>Send Verification Request</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>Saabus verifitseerimispäring</t>
+          <t>Saada verifitseerimispäring</t>
         </is>
       </c>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>NewVerificationRequestReceived Verification Request</t>
+          <t>NewVerificationRequestSend Verification Request</t>
         </is>
       </c>
       <c r="G380" t="inlineStr"/>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14837</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B381" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>Received Verification Request</t>
         </is>
       </c>
       <c r="C381" t="inlineStr">
         <is>
-          <t>Palun verifitseeri oma seadmed. See tagab, et muud kasutajad saaks kontrollida missugused seadmed on sinu omad ning krüptovõtmete automaatne varundus toimiks. Kas verifitseerime mõne verifitseerimata seadme nüüd? (Selleks peab sul mõni verifitseeritud seadmetest käepärast olema.)</t>
+          <t>Saabus verifitseerimispäring</t>
         </is>
       </c>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>NewVerificationRequestReceived Verification Request</t>
         </is>
       </c>
       <c r="G381" t="inlineStr"/>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14839</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14863</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>Selleks, et muud kasutajad automaatselt usaldaks sinu seadmeid, peaksid nad verifitseerima. Samaga muutub ka krüptovõtmete varundus automaatseks. Kas verifitseerime seadme %1?</t>
+          <t>Palun verifitseeri oma seadmed. See tagab, et muud kasutajad saaks kontrollida missugused seadmed on sinu omad ning krüptovõtmete automaatne varundus toimiks. Kas verifitseerime mõne verifitseerimata seadme nüüd? (Selleks peab sul mõni verifitseeritud seadmetest käepärast olema.)</t>
         </is>
       </c>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="G382" t="inlineStr"/>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14841</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14865</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
-          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>Tagamaks, et mitte ainsamgi kõrvaline osapool ei saa sinu krüptitud suhtlust pealt kuulata, võid teise osapoole verifitseerida.</t>
+          <t>Selleks, et muud kasutajad automaatselt usaldaks sinu seadmeid, peaksid nad verifitseerima. Samaga muutub ka krüptovõtmete varundus automaatseks. Kas verifitseerime seadme %1?</t>
         </is>
       </c>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="G383" t="inlineStr"/>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14844</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14867</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
-          <t>%1 has requested to verify their device %2.</t>
+          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>%1 soovib verifitseerida oma seadet %2.</t>
+          <t>Tagamaks, et mitte ainsamgi kõrvaline osapool ei saa sinu krüptitud suhtlust pealt kuulata, võid teise osapoole verifitseerida.</t>
         </is>
       </c>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
+          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="G384" t="inlineStr"/>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14846</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14870</t>
         </is>
       </c>
       <c r="B385" t="inlineStr">
         <is>
-          <t>%1 using the device %2 has requested to be verified.</t>
+          <t>%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
-          <t>Kasutades seadet %2 on %1 palunud verifitseerimist.</t>
+          <t>%1 soovib verifitseerida oma seadet %2.</t>
         </is>
       </c>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
+          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="G385" t="inlineStr"/>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14848</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14872</t>
         </is>
       </c>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Your device (%1) has requested to be verified.</t>
+          <t>%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>Sinu seadme (%1) jaoks on saabunud verifitseerimispäring.</t>
+          <t>Kasutades seadet %2 on %1 palunud verifitseerimist.</t>
         </is>
       </c>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
+          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="G386" t="inlineStr"/>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14874</t>
         </is>
       </c>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Your device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>Katkesta</t>
+          <t>Sinu seadme (%1) jaoks on saabunud verifitseerimispäring.</t>
         </is>
       </c>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>NewVerificationRequestCancel</t>
+          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="G387" t="inlineStr"/>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Deny</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>Keeldu</t>
+          <t>Katkesta</t>
         </is>
       </c>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>NewVerificationRequestDeny</t>
+          <t>NewVerificationRequestCancel</t>
         </is>
       </c>
       <c r="G388" t="inlineStr"/>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Start verification</t>
+          <t>Deny</t>
         </is>
       </c>
       <c r="C389" t="inlineStr">
         <is>
-          <t>Alusta verifitseerimist</t>
+          <t>Keeldu</t>
         </is>
       </c>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>NewVerificationRequestStart verification</t>
+          <t>NewVerificationRequestDeny</t>
         </is>
       </c>
       <c r="G389" t="inlineStr"/>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Accept</t>
+          <t>Start verification</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
-          <t>Nõustu</t>
+          <t>Alusta verifitseerimist</t>
         </is>
       </c>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>NewVerificationRequestAccept</t>
+          <t>NewVerificationRequestStart verification</t>
         </is>
       </c>
       <c r="G390" t="inlineStr"/>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15009</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B391" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
+          <t>Accept</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>%1 saatis krüptitud sõnumi</t>
+          <t>Nõustu</t>
         </is>
       </c>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 sent an encrypted message</t>
+          <t>NewVerificationRequestAccept</t>
         </is>
       </c>
       <c r="G391" t="inlineStr"/>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15021</t>
+          <t>../../src/notifications/ManagerMac.cpp:15035</t>
         </is>
       </c>
       <c r="B392" t="inlineStr">
         <is>
-          <t>%1 replied with a spoiler.</t>
+          <t>%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="C392" t="inlineStr">
         <is>
-          <t>%1 vastas rõõmurikkujaga.</t>
+          <t>%1 saatis krüptitud sõnumi</t>
         </is>
       </c>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
+          <t>NotificationsManager%1 sent an encrypted message</t>
+        </is>
+      </c>
+      <c r="G392" t="inlineStr"/>
+      <c r="H392" t="inlineStr"/>
+    </row>
+    <row r="393">
+      <c r="A393" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:15047</t>
+        </is>
+      </c>
+      <c r="B393" t="inlineStr">
+        <is>
+          <t>%1 replied with a spoiler.</t>
+        </is>
+      </c>
+      <c r="C393" t="inlineStr">
+        <is>
+          <t>%1 vastas rõõmurikkujaga.</t>
+        </is>
+      </c>
+      <c r="D393" t="inlineStr"/>
+      <c r="E393" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F393" t="inlineStr">
+        <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender.%1 replied with a spoiler.</t>
         </is>
       </c>
-      <c r="G392" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B393" t="inlineStr">
+      <c r="G393" t="inlineStr"/>
+      <c r="H393" t="inlineStr"/>
+    </row>
+    <row r="394">
+      <c r="A394" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:15057</t>
+        </is>
+      </c>
+      <c r="B394" t="inlineStr">
         <is>
           <t>%1 replied: %2</t>
         </is>
       </c>
-      <c r="C393" t="inlineStr">
+      <c r="C394" t="inlineStr">
         <is>
           <t>%1 vastas: %2</t>
         </is>
       </c>
-      <c r="D393" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F393" t="inlineStr">
+      <c r="D394" t="inlineStr"/>
+      <c r="E394" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F394" t="inlineStr">
         <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender, %2 the message%1 replied: %2</t>
         </is>
       </c>
-      <c r="G393" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G394" t="inlineStr"/>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15056</t>
         </is>
       </c>
       <c r="B395" t="inlineStr">
         <is>
-          <t>%1 replied to a message</t>
+          <t>%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="C395" t="inlineStr">
         <is>
-          <t>%1 vastas sõnumile</t>
+          <t>%1 vastas krüptitud sõnumiga</t>
         </is>
       </c>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 replied to a message</t>
+          <t>NotificationsManager%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="G395" t="inlineStr"/>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B396" t="inlineStr">
         <is>
-          <t>%1 sent a message</t>
+          <t>%1 replied to a message</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>%1 saatis sõnumi</t>
+          <t>%1 vastas sõnumile</t>
         </is>
       </c>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 sent a message</t>
+          <t>NotificationsManager%1 replied to a message</t>
         </is>
       </c>
       <c r="G396" t="inlineStr"/>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15075</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Place a call to %1?</t>
+          <t>%1 sent a message</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>Kas helistame kasutajale %1?</t>
+          <t>%1 saatis sõnumi</t>
         </is>
       </c>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>PlaceCallPlace a call to %1?</t>
+          <t>NotificationsManager%1 sent a message</t>
         </is>
       </c>
       <c r="G397" t="inlineStr"/>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15091</t>
+          <t>../qml/voip/PlaceCall.qml:15101</t>
         </is>
       </c>
       <c r="B398" t="inlineStr">
         <is>
-          <t>No microphone found.</t>
+          <t>Place a call to %1?</t>
         </is>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>Ei suuda tuvastada mikrofoni.</t>
+          <t>Kas helistame kasutajale %1?</t>
         </is>
       </c>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>PlaceCallNo microphone found.</t>
+          <t>PlaceCallPlace a call to %1?</t>
         </is>
       </c>
       <c r="G398" t="inlineStr"/>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15115</t>
+          <t>../qml/voip/PlaceCall.qml:15117</t>
         </is>
       </c>
       <c r="B399" t="inlineStr">
         <is>
-          <t>Voice</t>
+          <t>No microphone found.</t>
         </is>
       </c>
       <c r="C399" t="inlineStr">
         <is>
-          <t>Häälkõne</t>
+          <t>Ei suuda tuvastada mikrofoni.</t>
         </is>
       </c>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>PlaceCallVoice</t>
+          <t>PlaceCallNo microphone found.</t>
         </is>
       </c>
       <c r="G399" t="inlineStr"/>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15128</t>
+          <t>../qml/voip/PlaceCall.qml:15141</t>
         </is>
       </c>
       <c r="B400" t="inlineStr">
         <is>
-          <t>Video</t>
+          <t>Voice</t>
         </is>
       </c>
       <c r="C400" t="inlineStr">
         <is>
-          <t>Videokõne</t>
+          <t>Häälkõne</t>
         </is>
       </c>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>PlaceCallVideo</t>
+          <t>PlaceCallVoice</t>
         </is>
       </c>
       <c r="G400" t="inlineStr"/>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15141</t>
+          <t>../qml/voip/PlaceCall.qml:15154</t>
         </is>
       </c>
       <c r="B401" t="inlineStr">
         <is>
-          <t>Screen</t>
+          <t>Video</t>
         </is>
       </c>
       <c r="C401" t="inlineStr">
         <is>
-          <t>Ekraan</t>
+          <t>Videokõne</t>
         </is>
       </c>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>PlaceCallScreen</t>
+          <t>PlaceCallVideo</t>
         </is>
       </c>
       <c r="G401" t="inlineStr"/>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15157</t>
+          <t>../qml/voip/PlaceCall.qml:15167</t>
         </is>
       </c>
       <c r="B402" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Screen</t>
         </is>
       </c>
       <c r="C402" t="inlineStr">
         <is>
-          <t>Katkesta</t>
+          <t>Ekraan</t>
         </is>
       </c>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>PlaceCallCancel</t>
+          <t>PlaceCallScreen</t>
         </is>
       </c>
       <c r="G402" t="inlineStr"/>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr">
         <is>
-          <t>../qml/delegates/Placeholder.qml:15168</t>
+          <t>../qml/voip/PlaceCall.qml:15183</t>
         </is>
       </c>
       <c r="B403" t="inlineStr">
         <is>
-          <t xml:space="preserve">unimplemented event: </t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C403" t="inlineStr">
         <is>
-          <t xml:space="preserve">implementeerimata sündmus: </t>
+          <t>Katkesta</t>
         </is>
       </c>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t xml:space="preserve">Placeholderunimplemented event: </t>
+          <t>PlaceCallCancel</t>
         </is>
       </c>
       <c r="G403" t="inlineStr"/>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15194</t>
+          <t>../qml/delegates/Placeholder.qml:15194</t>
         </is>
       </c>
       <c r="B404" t="inlineStr">
         <is>
-          <t>Permissions in %1</t>
+          <t xml:space="preserve">unimplemented event: </t>
         </is>
       </c>
       <c r="C404" t="inlineStr">
         <is>
-          <t>%1 jututoa õigused</t>
+          <t xml:space="preserve">implementeerimata sündmus: </t>
         </is>
       </c>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>PowerLevelEditorPermissions in %1</t>
+          <t xml:space="preserve">Placeholderunimplemented event: </t>
         </is>
       </c>
       <c r="G404" t="inlineStr"/>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15208</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15220</t>
         </is>
       </c>
       <c r="B405" t="inlineStr">
         <is>
-          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>Permissions in %1</t>
         </is>
       </c>
       <c r="C405" t="inlineStr">
         <is>
-          <t>Õiguste muutmisel palun ole ettevaatlik. Sinuga samade või sinust kõrgemate õigustega kasutajate õigusi sa madalamaks muuta ei saa. Mõtle hoolega läbi, kui jagad teistele suuremaid õigusi.</t>
+          <t>%1 jututoa õigused</t>
         </is>
       </c>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>PowerLevelEditorPermissions in %1</t>
         </is>
       </c>
       <c r="G405" t="inlineStr"/>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15221</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15234</t>
         </is>
       </c>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Roles</t>
+          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="C406" t="inlineStr">
         <is>
-          <t>Õigused</t>
+          <t>Õiguste muutmisel palun ole ettevaatlik. Sinuga samade või sinust kõrgemate õigustega kasutajate õigusi sa madalamaks muuta ei saa. Mõtle hoolega läbi, kui jagad teistele suuremaid õigusi.</t>
         </is>
       </c>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRoles</t>
+          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="G406" t="inlineStr"/>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15224</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15247</t>
         </is>
       </c>
       <c r="B407" t="inlineStr">
         <is>
-          <t>Users</t>
+          <t>Roles</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>Kasutajad</t>
+          <t>Õigused</t>
         </is>
       </c>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUsers</t>
+          <t>PowerLevelEditorRoles</t>
         </is>
       </c>
       <c r="G407" t="inlineStr"/>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15244</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15250</t>
         </is>
       </c>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Move permissions between roles to change them</t>
+          <t>Users</t>
         </is>
       </c>
       <c r="C408" t="inlineStr">
         <is>
-          <t>Õiguste muutmiseks liiguta toiminguid kasutajarollide vahel</t>
+          <t>Kasutajad</t>
         </is>
       </c>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove permissions between roles to change them</t>
+          <t>PowerLevelEditorUsers</t>
         </is>
       </c>
       <c r="G408" t="inlineStr"/>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15506</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
         </is>
       </c>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Administrator (%1)</t>
+          <t>Move permissions between roles to change them</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
-          <t>Peakasutaja (%1)</t>
+          <t>Õiguste muutmiseks liiguta toiminguid kasutajarollide vahel</t>
         </is>
       </c>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdministrator (%1)</t>
+          <t>PowerLevelEditorMove permissions between roles to change them</t>
         </is>
       </c>
       <c r="G409" t="inlineStr"/>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15508</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15536</t>
+        </is>
+      </c>
+      <c r="B410" t="inlineStr"/>
+      <c r="C410" t="inlineStr"/>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>PowerLevelEditorModerator (%1)</t>
+          <t>PowerLevelEditorCreator</t>
         </is>
       </c>
       <c r="G410" t="inlineStr"/>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15538</t>
         </is>
       </c>
       <c r="B411" t="inlineStr">
         <is>
-          <t>User (%1)</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>Kasutaja (%1)</t>
+          <t>Peakasutaja (%1)</t>
         </is>
       </c>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUser (%1)</t>
+          <t>PowerLevelEditorAdministrator (%1)</t>
         </is>
       </c>
       <c r="G411" t="inlineStr"/>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15510</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15540</t>
         </is>
       </c>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Custom (%1)</t>
+          <t>Moderator (%1)</t>
         </is>
       </c>
       <c r="C412" t="inlineStr">
         <is>
-          <t>Kohandatud õigused (%1)</t>
+          <t>Moderaator (%1)</t>
         </is>
       </c>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>PowerLevelEditorCustom (%1)</t>
+          <t>PowerLevelEditorModerator (%1)</t>
         </is>
       </c>
       <c r="G412" t="inlineStr"/>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15542</t>
         </is>
       </c>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Remove event type</t>
+          <t>User (%1)</t>
         </is>
       </c>
       <c r="C413" t="inlineStr">
         <is>
-          <t>Sündmuse tüübi eemaldamine</t>
+          <t>Kasutaja (%1)</t>
         </is>
       </c>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove event type</t>
+          <t>PowerLevelEditorUser (%1)</t>
         </is>
       </c>
       <c r="G413" t="inlineStr"/>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15544</t>
         </is>
       </c>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Add event type</t>
+          <t>Custom (%1)</t>
         </is>
       </c>
       <c r="C414" t="inlineStr">
         <is>
-          <t>Sündmuse tüübi lisamine</t>
+          <t>Kohandatud õigused (%1)</t>
         </is>
       </c>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd event type</t>
+          <t>PowerLevelEditorCustom (%1)</t>
         </is>
       </c>
       <c r="G414" t="inlineStr"/>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15327</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B415" t="inlineStr">
         <is>
-          <t>Add new role</t>
+          <t>Remove event type</t>
         </is>
       </c>
       <c r="C415" t="inlineStr">
         <is>
-          <t>Lisa uus roll</t>
+          <t>Sündmuse tüübi eemaldamine</t>
         </is>
       </c>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd new role</t>
+          <t>PowerLevelEditorRemove event type</t>
         </is>
       </c>
       <c r="G415" t="inlineStr"/>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15365</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B416" t="inlineStr">
         <is>
-          <t>Add</t>
+          <t>Add event type</t>
         </is>
       </c>
       <c r="C416" t="inlineStr">
         <is>
-          <t>Lisa</t>
+          <t>Sündmuse tüübi lisamine</t>
         </is>
       </c>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd</t>
+          <t>PowerLevelEditorAdd event type</t>
         </is>
       </c>
       <c r="G416" t="inlineStr"/>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15381</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15356</t>
         </is>
       </c>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Move users up or down to change their permissions</t>
+          <t>Add new role</t>
         </is>
       </c>
       <c r="C417" t="inlineStr">
         <is>
-          <t>Õiguste muutmiseks nihuta kasutajaid üles või alla</t>
+          <t>Lisa uus roll</t>
         </is>
       </c>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove users up or down to change their permissions</t>
+          <t>PowerLevelEditorAdd new role</t>
         </is>
       </c>
       <c r="G417" t="inlineStr"/>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15394</t>
         </is>
       </c>
       <c r="B418" t="inlineStr">
         <is>
-          <t>Remove user</t>
+          <t>Add</t>
         </is>
       </c>
       <c r="C418" t="inlineStr">
         <is>
-          <t>Kasutaja eemaldamine</t>
+          <t>Lisa</t>
         </is>
       </c>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove user</t>
+          <t>PowerLevelEditorAdd</t>
         </is>
       </c>
       <c r="G418" t="inlineStr"/>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15410</t>
         </is>
       </c>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Add user</t>
+          <t>Move users up or down to change their permissions</t>
         </is>
       </c>
       <c r="C419" t="inlineStr">
         <is>
-          <t>Kasutaja lisamine</t>
+          <t>Õiguste muutmiseks nihuta kasutajaid üles või alla</t>
         </is>
       </c>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd user</t>
+          <t>PowerLevelEditorMove users up or down to change their permissions</t>
         </is>
       </c>
       <c r="G419" t="inlineStr"/>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15548</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Apply permission changes</t>
+          <t>Remove user</t>
         </is>
       </c>
       <c r="C420" t="inlineStr">
         <is>
-          <t>Jõusta õiguste muudatused</t>
+          <t>Kasutaja eemaldamine</t>
         </is>
       </c>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
+          <t>PowerLevelEditorRemove user</t>
         </is>
       </c>
       <c r="G420" t="inlineStr"/>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15562</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>Add user</t>
         </is>
       </c>
       <c r="C421" t="inlineStr">
         <is>
-          <t>Millistele alamkogukondadele ja jututubadele peaks need muudatused kehtima?</t>
+          <t>Kasutaja lisamine</t>
         </is>
       </c>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>PowerLevelEditorAdd user</t>
         </is>
       </c>
       <c r="G421" t="inlineStr"/>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15576</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15582</t>
         </is>
       </c>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Apply permissions recursively</t>
+          <t>Apply permission changes</t>
         </is>
       </c>
       <c r="C422" t="inlineStr">
         <is>
-          <t>Jõusta õigused rekursiivselt</t>
+          <t>Jõusta õiguste muudatused</t>
         </is>
       </c>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
+          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
         </is>
       </c>
       <c r="G422" t="inlineStr"/>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15588</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15596</t>
         </is>
       </c>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Overwrite exisiting modifications in rooms</t>
+          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="C423" t="inlineStr">
         <is>
-          <t>Asenda senised jututubades tehtud muudatused</t>
+          <t>Millistele alamkogukondadele ja jututubadele peaks need muudatused kehtima?</t>
         </is>
       </c>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
+          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="G423" t="inlineStr"/>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15629</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15610</t>
         </is>
       </c>
       <c r="B424" t="inlineStr">
         <is>
-          <t>No permissions to apply the new permissions here</t>
+          <t>Apply permissions recursively</t>
         </is>
       </c>
       <c r="C424" t="inlineStr">
         <is>
-          <t>Uute õiguste määramiseks pole sul õigusi</t>
+          <t>Jõusta õigused rekursiivselt</t>
         </is>
       </c>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
+          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
         </is>
       </c>
       <c r="G424" t="inlineStr"/>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15630</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15622</t>
         </is>
       </c>
       <c r="B425" t="inlineStr">
         <is>
-          <t>No changes needed</t>
+          <t>Overwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="C425" t="inlineStr">
         <is>
-          <t>Muudatusi pole vaja teha</t>
+          <t>Asenda senised jututubades tehtud muudatused</t>
         </is>
       </c>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
+          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="G425" t="inlineStr"/>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15631</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15663</t>
         </is>
       </c>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Existing modifications to the permissions in this room will be overwritten</t>
+          <t>No permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="C426" t="inlineStr">
         <is>
-          <t>Senised õiguste muudatused selles jututoas kirjutatakse nüüd üle</t>
+          <t>Uute õiguste määramiseks pole sul õigusi</t>
         </is>
       </c>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
+          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="G426" t="inlineStr"/>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15632</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15664</t>
         </is>
       </c>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Permissions synchronized with community</t>
+          <t>No changes needed</t>
         </is>
       </c>
       <c r="C427" t="inlineStr">
         <is>
-          <t>Kasutame kogukonnaga samu õigusi</t>
+          <t>Muudatusi pole vaja teha</t>
         </is>
       </c>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
+          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
         </is>
       </c>
       <c r="G427" t="inlineStr"/>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16382</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15665</t>
         </is>
       </c>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
+          <t>Existing modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="C428" t="inlineStr">
         <is>
-          <t>Õiguste muutmine ei õnnestunud: %1</t>
+          <t>Senised õiguste muudatused selles jututoas kirjutatakse nüüd üle</t>
         </is>
       </c>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>PowerLevelsFailed to update powerlevel: %1</t>
+          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="G428" t="inlineStr"/>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16263</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15666</t>
         </is>
       </c>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
+          <t>Permissions synchronized with community</t>
         </is>
       </c>
       <c r="C429" t="inlineStr">
         <is>
-          <t>Õiguste muutmine ei õnnestunud: %1</t>
+          <t>Kasutame kogukonnaga samu õigusi</t>
         </is>
       </c>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
+          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
         </is>
       </c>
       <c r="G429" t="inlineStr"/>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16293</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16454</t>
         </is>
       </c>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Administrator: %1</t>
+          <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C430" t="inlineStr">
         <is>
-          <t>Peakasutaja: %1</t>
+          <t>Õiguste muutmine ei õnnestunud: %1</t>
         </is>
       </c>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorAdministrator: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerLevelsFailed to update powerlevel: %1</t>
+        </is>
+      </c>
+      <c r="G430" t="inlineStr"/>
       <c r="H430" t="inlineStr"/>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16295</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16327</t>
         </is>
       </c>
       <c r="B431" t="inlineStr">
         <is>
-          <t>Moderator: %1</t>
+          <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C431" t="inlineStr">
         <is>
-          <t>Moderaator: %1</t>
+          <t>Õiguste muutmine ei õnnestunud: %1</t>
         </is>
       </c>
       <c r="D431" t="inlineStr"/>
       <c r="E431" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F431" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorModerator: %1</t>
+          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G431" t="inlineStr"/>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16297</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/components/PowerlevelIndicator.qml:16359</t>
+        </is>
+      </c>
+      <c r="B432" t="inlineStr"/>
+      <c r="C432" t="inlineStr"/>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorUser: %1</t>
+          <t>PowerlevelIndicatorCreator</t>
         </is>
       </c>
       <c r="G432" t="inlineStr"/>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15829</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16361</t>
         </is>
       </c>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Other events</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C433" t="inlineStr">
         <is>
-          <t>Muud sündmused</t>
+          <t>Peakasutaja (%1)</t>
         </is>
       </c>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther events</t>
+          <t>PowerlevelIndicatorAdministrator (%1)</t>
         </is>
       </c>
       <c r="G433" t="inlineStr"/>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15831</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16363</t>
         </is>
       </c>
       <c r="B434" t="inlineStr">
         <is>
-          <t>Other state events</t>
+          <t>Moderator: %1</t>
         </is>
       </c>
       <c r="C434" t="inlineStr">
         <is>
-          <t>Muud olekusündmused</t>
+          <t>Moderaator: %1</t>
         </is>
       </c>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther state events</t>
+          <t>PowerlevelIndicatorModerator: %1</t>
         </is>
       </c>
       <c r="G434" t="inlineStr"/>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15833</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16365</t>
         </is>
       </c>
       <c r="B435" t="inlineStr">
         <is>
-          <t>Remove other users</t>
+          <t>User: %1</t>
         </is>
       </c>
       <c r="C435" t="inlineStr">
         <is>
-          <t>Muude kasutajate eemaldamine</t>
+          <t>Tavakasutaja: %1</t>
         </is>
       </c>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRemove other users</t>
+          <t>PowerlevelIndicatorUser: %1</t>
         </is>
       </c>
       <c r="G435" t="inlineStr"/>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15835</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
         </is>
       </c>
       <c r="B436" t="inlineStr">
         <is>
-          <t>Ban other users</t>
+          <t>Other events</t>
         </is>
       </c>
       <c r="C436" t="inlineStr">
         <is>
-          <t>Teistele kasutajatele suhtluskeelu seadmine</t>
+          <t>Muud sündmused</t>
         </is>
       </c>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan other users</t>
+          <t>PowerlevelsTypeListModelOther events</t>
         </is>
       </c>
       <c r="G436" t="inlineStr"/>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15837</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
         </is>
       </c>
       <c r="B437" t="inlineStr">
         <is>
-          <t>Invite other users</t>
+          <t>Other state events</t>
         </is>
       </c>
       <c r="C437" t="inlineStr">
         <is>
-          <t>Kasutajatele kutse saatmine</t>
+          <t>Muud olekusündmused</t>
         </is>
       </c>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelInvite other users</t>
+          <t>PowerlevelsTypeListModelOther state events</t>
         </is>
       </c>
       <c r="G437" t="inlineStr"/>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15839</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
         </is>
       </c>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Redact events sent by others</t>
+          <t>Remove other users</t>
         </is>
       </c>
       <c r="C438" t="inlineStr">
         <is>
-          <t>Teiste loodud sündmuste muutmine</t>
+          <t>Muude kasutajate eemaldamine</t>
         </is>
       </c>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact events sent by others</t>
+          <t>PowerlevelsTypeListModelRemove other users</t>
         </is>
       </c>
       <c r="G438" t="inlineStr"/>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15841</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15879</t>
         </is>
       </c>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Reactions</t>
+          <t>Ban other users</t>
         </is>
       </c>
       <c r="C439" t="inlineStr">
         <is>
-          <t>Reageerimised</t>
+          <t>Teistele kasutajatele suhtluskeelu seadmine</t>
         </is>
       </c>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReactions</t>
+          <t>PowerlevelsTypeListModelBan other users</t>
         </is>
       </c>
       <c r="G439" t="inlineStr"/>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15843</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15881</t>
         </is>
       </c>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Deprecated aliases events</t>
+          <t>Invite other users</t>
         </is>
       </c>
       <c r="C440" t="inlineStr">
         <is>
-          <t>Vana standardi järgsed tegevused aliastega</t>
+          <t>Kasutajatele kutse saatmine</t>
         </is>
       </c>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
+          <t>PowerlevelsTypeListModelInvite other users</t>
         </is>
       </c>
       <c r="G440" t="inlineStr"/>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15845</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15883</t>
         </is>
       </c>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Change the room avatar</t>
+          <t>Redact events sent by others</t>
         </is>
       </c>
       <c r="C441" t="inlineStr">
         <is>
-          <t>Jututoa tunnuspildi muutmine</t>
+          <t>Teiste loodud sündmuste muutmine</t>
         </is>
       </c>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room avatar</t>
+          <t>PowerlevelsTypeListModelRedact events sent by others</t>
         </is>
       </c>
       <c r="G441" t="inlineStr"/>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15847</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15885</t>
         </is>
       </c>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Change the room addresses</t>
+          <t>Reactions</t>
         </is>
       </c>
       <c r="C442" t="inlineStr">
         <is>
-          <t>Jututoa aadresside muutmine</t>
+          <t>Reageerimised</t>
         </is>
       </c>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room addresses</t>
+          <t>PowerlevelsTypeListModelReactions</t>
         </is>
       </c>
       <c r="G442" t="inlineStr"/>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15849</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
         </is>
       </c>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Send encrypted messages</t>
+          <t>Deprecated aliases events</t>
         </is>
       </c>
       <c r="C443" t="inlineStr">
         <is>
-          <t>Krüptitud sõnumite saatmine</t>
+          <t>Vana standardi järgsed tegevused aliastega</t>
         </is>
       </c>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend encrypted messages</t>
+          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
         </is>
       </c>
       <c r="G443" t="inlineStr"/>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15851</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
         </is>
       </c>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Enable encryption</t>
+          <t>Change the room avatar</t>
         </is>
       </c>
       <c r="C444" t="inlineStr">
         <is>
-          <t>Krüptimise kasutusele võtmine</t>
+          <t>Jututoa tunnuspildi muutmine</t>
         </is>
       </c>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEnable encryption</t>
+          <t>PowerlevelsTypeListModelChange the room avatar</t>
         </is>
       </c>
       <c r="G444" t="inlineStr"/>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15853</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15891</t>
         </is>
       </c>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Change guest access</t>
+          <t>Change the room addresses</t>
         </is>
       </c>
       <c r="C445" t="inlineStr">
         <is>
-          <t>Külaliste ligipääsuõiguste muutmine</t>
+          <t>Jututoa aadresside muutmine</t>
         </is>
       </c>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange guest access</t>
+          <t>PowerlevelsTypeListModelChange the room addresses</t>
         </is>
       </c>
       <c r="G445" t="inlineStr"/>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15855</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15893</t>
         </is>
       </c>
       <c r="B446" t="inlineStr">
         <is>
-          <t>Change history visibility</t>
+          <t>Send encrypted messages</t>
         </is>
       </c>
       <c r="C446" t="inlineStr">
         <is>
-          <t>Ajaloo nähtavuse muutmine</t>
+          <t>Krüptitud sõnumite saatmine</t>
         </is>
       </c>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange history visibility</t>
+          <t>PowerlevelsTypeListModelSend encrypted messages</t>
         </is>
       </c>
       <c r="G446" t="inlineStr"/>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15857</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15895</t>
         </is>
       </c>
       <c r="B447" t="inlineStr">
         <is>
-          <t>Change who can join</t>
+          <t>Enable encryption</t>
         </is>
       </c>
       <c r="C447" t="inlineStr">
         <is>
-          <t>Liitumisreeglite muutmine</t>
+          <t>Krüptimise kasutusele võtmine</t>
         </is>
       </c>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange who can join</t>
+          <t>PowerlevelsTypeListModelEnable encryption</t>
         </is>
       </c>
       <c r="G447" t="inlineStr"/>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15859</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15897</t>
         </is>
       </c>
       <c r="B448" t="inlineStr">
         <is>
-          <t>Send messages</t>
+          <t>Change guest access</t>
         </is>
       </c>
       <c r="C448" t="inlineStr">
         <is>
-          <t>Sõnumite saatmine</t>
+          <t>Külaliste ligipääsuõiguste muutmine</t>
         </is>
       </c>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend messages</t>
+          <t>PowerlevelsTypeListModelChange guest access</t>
         </is>
       </c>
       <c r="G448" t="inlineStr"/>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15861</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15899</t>
         </is>
       </c>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Change the room name</t>
+          <t>Change history visibility</t>
         </is>
       </c>
       <c r="C449" t="inlineStr">
         <is>
-          <t>Jututoa nime nuutmine</t>
+          <t>Ajaloo nähtavuse muutmine</t>
         </is>
       </c>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room name</t>
+          <t>PowerlevelsTypeListModelChange history visibility</t>
         </is>
       </c>
       <c r="G449" t="inlineStr"/>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15863</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15901</t>
         </is>
       </c>
       <c r="B450" t="inlineStr">
         <is>
-          <t>Change the room permissions</t>
+          <t>Change who can join</t>
         </is>
       </c>
       <c r="C450" t="inlineStr">
         <is>
-          <t>Jututoa õiguste muutmine</t>
+          <t>Liitumisreeglite muutmine</t>
         </is>
       </c>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room permissions</t>
+          <t>PowerlevelsTypeListModelChange who can join</t>
         </is>
       </c>
       <c r="G450" t="inlineStr"/>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15865</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15903</t>
         </is>
       </c>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Change the rooms topic</t>
+          <t>Send messages</t>
         </is>
       </c>
       <c r="C451" t="inlineStr">
         <is>
-          <t>Jututoa teema muutmine</t>
+          <t>Sõnumite saatmine</t>
         </is>
       </c>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the rooms topic</t>
+          <t>PowerlevelsTypeListModelSend messages</t>
         </is>
       </c>
       <c r="G451" t="inlineStr"/>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15867</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15905</t>
         </is>
       </c>
       <c r="B452" t="inlineStr">
         <is>
-          <t>Change the widgets</t>
+          <t>Change the room name</t>
         </is>
       </c>
       <c r="C452" t="inlineStr">
         <is>
-          <t>Vidinate muutmine</t>
+          <t>Jututoa nime nuutmine</t>
         </is>
       </c>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets</t>
+          <t>PowerlevelsTypeListModelChange the room name</t>
         </is>
       </c>
       <c r="G452" t="inlineStr"/>
       <c r="H452" t="inlineStr"/>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15869</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15907</t>
         </is>
       </c>
       <c r="B453" t="inlineStr">
         <is>
-          <t>Change the widgets (experimental)</t>
+          <t>Change the room permissions</t>
         </is>
       </c>
       <c r="C453" t="inlineStr">
         <is>
-          <t>Vidinate muutmine (katseline)</t>
+          <t>Jututoa õiguste muutmine</t>
         </is>
       </c>
       <c r="D453" t="inlineStr"/>
       <c r="E453" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
+          <t>PowerlevelsTypeListModelChange the room permissions</t>
         </is>
       </c>
       <c r="G453" t="inlineStr"/>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15871</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15909</t>
         </is>
       </c>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Redact own events</t>
+          <t>Change the rooms topic</t>
         </is>
       </c>
       <c r="C454" t="inlineStr">
         <is>
-          <t>Oma loodud sündmuste muutmine</t>
+          <t>Jututoa teema muutmine</t>
         </is>
       </c>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact own events</t>
+          <t>PowerlevelsTypeListModelChange the rooms topic</t>
         </is>
       </c>
       <c r="G454" t="inlineStr"/>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15911</t>
         </is>
       </c>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Change the pinned events</t>
+          <t>Change the widgets</t>
         </is>
       </c>
       <c r="C455" t="inlineStr">
         <is>
-          <t>Kinnitatud teadete muutmine</t>
+          <t>Vidinate muutmine</t>
         </is>
       </c>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the pinned events</t>
+          <t>PowerlevelsTypeListModelChange the widgets</t>
         </is>
       </c>
       <c r="G455" t="inlineStr"/>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15913</t>
         </is>
       </c>
       <c r="B456" t="inlineStr">
         <is>
-          <t>Upgrade the room</t>
+          <t>Change the widgets (experimental)</t>
         </is>
       </c>
       <c r="C456" t="inlineStr">
         <is>
-          <t>Jutuoa versiooni uuendus</t>
+          <t>Vidinate muutmine (katseline)</t>
         </is>
       </c>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelUpgrade the room</t>
+          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
         </is>
       </c>
       <c r="G456" t="inlineStr"/>
-      <c r="H456" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H456" t="inlineStr"/>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15915</t>
         </is>
       </c>
       <c r="B457" t="inlineStr">
         <is>
-          <t>Send stickers</t>
+          <t>Redact own events</t>
         </is>
       </c>
       <c r="C457" t="inlineStr">
         <is>
-          <t>Kleepsude saatmine</t>
+          <t>Oma loodud sündmuste muutmine</t>
         </is>
       </c>
       <c r="D457" t="inlineStr"/>
       <c r="E457" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F457" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend stickers</t>
+          <t>PowerlevelsTypeListModelRedact own events</t>
         </is>
       </c>
       <c r="G457" t="inlineStr"/>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15880</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15917</t>
         </is>
       </c>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Ban users using policy rules</t>
+          <t>Change the pinned events</t>
         </is>
       </c>
       <c r="C458" t="inlineStr">
         <is>
-          <t>Reeglite alusel kasutajatele ligipääsu keelamine</t>
+          <t>Kinnitatud teadete muutmine</t>
         </is>
       </c>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan users using policy rules</t>
+          <t>PowerlevelsTypeListModelChange the pinned events</t>
         </is>
       </c>
       <c r="G458" t="inlineStr"/>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15882</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15919</t>
         </is>
       </c>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Ban rooms using policy rules</t>
+          <t>Upgrade the room</t>
         </is>
       </c>
       <c r="C459" t="inlineStr">
         <is>
-          <t>Reeglite alusel jututubade keelamine</t>
+          <t>Jutuoa versiooni uuendus</t>
         </is>
       </c>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
+          <t>PowerlevelsTypeListModelUpgrade the room</t>
         </is>
       </c>
       <c r="G459" t="inlineStr"/>
-      <c r="H459" t="inlineStr"/>
+      <c r="H459" t="inlineStr">
+        <is>
+          <t>Means upgrading to a new room version</t>
+        </is>
+      </c>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15884</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15921</t>
         </is>
       </c>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Ban servers using policy rules</t>
+          <t>Send stickers</t>
         </is>
       </c>
       <c r="C460" t="inlineStr">
         <is>
-          <t>Reeglite alusel serverite keelamine</t>
+          <t>Kleepsude saatmine</t>
         </is>
       </c>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
+          <t>PowerlevelsTypeListModelSend stickers</t>
         </is>
       </c>
       <c r="G460" t="inlineStr"/>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15924</t>
         </is>
       </c>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Edit child communities and rooms</t>
+          <t>Ban users using policy rules</t>
         </is>
       </c>
       <c r="C461" t="inlineStr">
         <is>
-          <t>Muuda alakogukondi või jututube</t>
+          <t>Reeglite alusel kasutajatele ligipääsu keelamine</t>
         </is>
       </c>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
+          <t>PowerlevelsTypeListModelBan users using policy rules</t>
         </is>
       </c>
       <c r="G461" t="inlineStr"/>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15926</t>
         </is>
       </c>
       <c r="B462" t="inlineStr">
         <is>
-          <t>Change parent communities</t>
+          <t>Ban rooms using policy rules</t>
         </is>
       </c>
       <c r="C462" t="inlineStr">
         <is>
-          <t>Muuda ülemkogukondi</t>
+          <t>Reeglite alusel jututubade keelamine</t>
         </is>
       </c>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange parent communities</t>
+          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
         </is>
       </c>
       <c r="G462" t="inlineStr"/>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15892</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15928</t>
         </is>
       </c>
       <c r="B463" t="inlineStr">
         <is>
-          <t>Start a call</t>
+          <t>Ban servers using policy rules</t>
         </is>
       </c>
       <c r="C463" t="inlineStr">
         <is>
-          <t>Kõne alustamine</t>
+          <t>Reeglite alusel serverite keelamine</t>
         </is>
       </c>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelStart a call</t>
+          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
         </is>
       </c>
       <c r="G463" t="inlineStr"/>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15894</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15931</t>
         </is>
       </c>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Negotiate a call</t>
+          <t>Edit child communities and rooms</t>
         </is>
       </c>
       <c r="C464" t="inlineStr">
         <is>
-          <t>Kõne ühendamine</t>
+          <t>Muuda alakogukondi või jututube</t>
         </is>
       </c>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelNegotiate a call</t>
+          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
         </is>
       </c>
       <c r="G464" t="inlineStr"/>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15896</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15933</t>
         </is>
       </c>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Answer a call</t>
+          <t>Change parent communities</t>
         </is>
       </c>
       <c r="C465" t="inlineStr">
         <is>
-          <t>Kõnele vastamine</t>
+          <t>Muuda ülemkogukondi</t>
         </is>
       </c>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelAnswer a call</t>
+          <t>PowerlevelsTypeListModelChange parent communities</t>
         </is>
       </c>
       <c r="G465" t="inlineStr"/>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15898</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15936</t>
         </is>
       </c>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Hang up a call</t>
+          <t>Start a call</t>
         </is>
       </c>
       <c r="C466" t="inlineStr">
         <is>
-          <t>Kõne lõpetamine</t>
+          <t>Kõne alustamine</t>
         </is>
       </c>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelHang up a call</t>
+          <t>PowerlevelsTypeListModelStart a call</t>
         </is>
       </c>
       <c r="G466" t="inlineStr"/>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15900</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15938</t>
         </is>
       </c>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Reject a call</t>
+          <t>Negotiate a call</t>
         </is>
       </c>
       <c r="C467" t="inlineStr">
         <is>
-          <t>Ära võta kõnet vastu</t>
+          <t>Kõne ühendamine</t>
         </is>
       </c>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReject a call</t>
+          <t>PowerlevelsTypeListModelNegotiate a call</t>
         </is>
       </c>
       <c r="G467" t="inlineStr"/>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15902</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15940</t>
         </is>
       </c>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Change the room emotes</t>
+          <t>Answer a call</t>
         </is>
       </c>
       <c r="C468" t="inlineStr">
         <is>
-          <t>Jutuoa emotikonide muutmine</t>
+          <t>Kõnele vastamine</t>
         </is>
       </c>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room emotes</t>
+          <t>PowerlevelsTypeListModelAnswer a call</t>
         </is>
       </c>
       <c r="G468" t="inlineStr"/>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16119</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15942</t>
         </is>
       </c>
       <c r="B469" t="inlineStr">
         <is>
-          <t>Other users</t>
+          <t>Hang up a call</t>
         </is>
       </c>
       <c r="C469" t="inlineStr">
         <is>
-          <t>Muud kasutajad</t>
+          <t>Kõne lõpetamine</t>
         </is>
       </c>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>PowerlevelsUserListModelOther users</t>
+          <t>PowerlevelsTypeListModelHang up a call</t>
         </is>
       </c>
       <c r="G469" t="inlineStr"/>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16340</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15944</t>
         </is>
       </c>
       <c r="B470" t="inlineStr">
         <is>
-          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>Reject a call</t>
         </is>
       </c>
       <c r="C470" t="inlineStr">
         <is>
-          <t>Loo unikaalne kasutajaprofiil, mis võimaldab samaaegselt sisse logide mitmele Matrixi kontole ja avada vastavalt mitu nheko rakenduse akent.</t>
+          <t>Ära võta kõnet vastu</t>
         </is>
       </c>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>PowerlevelsTypeListModelReject a call</t>
         </is>
       </c>
       <c r="G470" t="inlineStr"/>
       <c r="H470" t="inlineStr"/>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16342</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15946</t>
         </is>
       </c>
       <c r="B471" t="inlineStr">
         <is>
-          <t>profile</t>
+          <t>Change the room emotes</t>
         </is>
       </c>
       <c r="C471" t="inlineStr">
         <is>
-          <t>Profiil</t>
+          <t>Jutuoa emotikonide muutmine</t>
         </is>
       </c>
       <c r="D471" t="inlineStr"/>
       <c r="E471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F471" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile</t>
+          <t>PowerlevelsTypeListModelChange the room emotes</t>
         </is>
       </c>
       <c r="G471" t="inlineStr"/>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16343</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16176</t>
         </is>
       </c>
       <c r="B472" t="inlineStr">
         <is>
-          <t>profile name</t>
+          <t>Other users</t>
         </is>
       </c>
       <c r="C472" t="inlineStr">
         <is>
-          <t>Profiili nimi</t>
+          <t>Muud kasutajad</t>
         </is>
       </c>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile name</t>
+          <t>PowerlevelsUserListModelOther users</t>
         </is>
       </c>
       <c r="G472" t="inlineStr"/>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16313</t>
+          <t>../../src/main.cpp:16396</t>
         </is>
       </c>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Alias for '--log-level trace'.</t>
+          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="C473" t="inlineStr">
         <is>
-          <t>Alias võtmele „--log-level trace“.</t>
+          <t>Loo unikaalne kasutajaprofiil, mis võimaldab samaaegselt sisse logide mitmele Matrixi kontole ja avada vastavalt mitu nheko rakenduse akent.</t>
         </is>
       </c>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>QObjectAlias for '--log-level trace'.</t>
+          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="G473" t="inlineStr"/>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16317</t>
+          <t>../../src/main.cpp:16398</t>
         </is>
       </c>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>profile</t>
         </is>
       </c>
       <c r="C474" t="inlineStr">
         <is>
-          <t>Seadista üldine logimise korraldus või komadega eraldatud &lt;komponent&gt;=&lt;logimistase&gt; paarid või sootuks mõlemad. Näiteks, kui tahad, et üldine logimine oleks 'warn', aga graafiline liides ehk 'ui' ei logiks midagi, siis sisesta 'warn,ui=off'. Logimistasemed on: {trace,debug,info,warning,error,critical,off} ning komponendid: {crypto,db,mtx,net,qml,ui}</t>
+          <t>Profiil</t>
         </is>
       </c>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>QCoreApplicationprofile</t>
         </is>
       </c>
       <c r="G474" t="inlineStr"/>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16322</t>
+          <t>../../src/main.cpp:16399</t>
         </is>
       </c>
       <c r="B475" t="inlineStr">
         <is>
-          <t>level</t>
+          <t>profile name</t>
         </is>
       </c>
       <c r="C475" t="inlineStr">
         <is>
-          <t>tase</t>
+          <t>Profiili nimi</t>
         </is>
       </c>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>QObjectlevel</t>
+          <t>QCoreApplicationprofile name</t>
         </is>
       </c>
       <c r="G475" t="inlineStr"/>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16326</t>
+          <t>../../src/main.cpp:16369</t>
         </is>
       </c>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>Alias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="C476" t="inlineStr">
         <is>
-          <t>Vali logiväljundi tüüp. Mitme tüübi puhul eralda väärtused komadega. Vaikimisi väärtus on „file,stderr“. types:{file,stderr,none}</t>
+          <t>Alias võtmele „--log-level trace“.</t>
         </is>
       </c>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>QObjectAlias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="G476" t="inlineStr"/>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16328</t>
+          <t>../../src/main.cpp:16373</t>
         </is>
       </c>
       <c r="B477" t="inlineStr">
         <is>
-          <t>type</t>
+          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="C477" t="inlineStr">
         <is>
-          <t>tüüp</t>
+          <t>Seadista üldine logimise korraldus või komadega eraldatud &lt;komponent&gt;=&lt;logimistase&gt; paarid või sootuks mõlemad. Näiteks, kui tahad, et üldine logimine oleks 'warn', aga graafiline liides ehk 'ui' ei logiks midagi, siis sisesta 'warn,ui=off'. Logimistasemed on: {trace,debug,info,warning,error,critical,off} ning komponendid: {crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>QObjecttype</t>
+          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="G477" t="inlineStr"/>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16332</t>
+          <t>../../src/main.cpp:16378</t>
         </is>
       </c>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Recompacts the database which might improve performance.</t>
+          <t>level</t>
         </is>
       </c>
       <c r="C478" t="inlineStr">
         <is>
-          <t>Andmebaasi tihendamine võib parandada jõudlust.</t>
+          <t>tase</t>
         </is>
       </c>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>QObjectRecompacts the database which might improve performance.</t>
+          <t>QObjectlevel</t>
         </is>
       </c>
       <c r="G478" t="inlineStr"/>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16274</t>
+          <t>../../src/main.cpp:16382</t>
         </is>
       </c>
       <c r="B479" t="inlineStr">
         <is>
-          <t>Respond</t>
+          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="C479" t="inlineStr">
         <is>
-          <t>Vasta</t>
+          <t>Vali logiväljundi tüüp. Mitme tüübi puhul eralda väärtused komadega. Vaikimisi väärtus on „file,stderr“. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>QObjectRespond</t>
+          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="G479" t="inlineStr"/>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16275</t>
+          <t>../../src/main.cpp:16384</t>
         </is>
       </c>
       <c r="B480" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>type</t>
         </is>
       </c>
       <c r="C480" t="inlineStr">
         <is>
-          <t>Saada</t>
+          <t>tüüp</t>
         </is>
       </c>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>QObjectSend</t>
+          <t>QObjecttype</t>
         </is>
       </c>
       <c r="G480" t="inlineStr"/>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16276</t>
+          <t>../../src/main.cpp:16388</t>
         </is>
       </c>
       <c r="B481" t="inlineStr">
         <is>
-          <t>Write a message…</t>
+          <t>Recompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="C481" t="inlineStr">
         <is>
-          <t>Kirjuta sõnum…</t>
+          <t>Andmebaasi tihendamine võib parandada jõudlust.</t>
         </is>
       </c>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>QObjectWrite a message...</t>
+          <t>QObjectRecompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="G481" t="inlineStr"/>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16316</t>
+          <t>../../src/notifications/ManagerMac.cpp:16330</t>
         </is>
       </c>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Solve the reCAPTCHA and press the confirm button</t>
+          <t>Respond</t>
         </is>
       </c>
       <c r="C482" t="inlineStr">
         <is>
-          <t>Vasta reCAPTCHA küsimustele ja vajuta kinnita-nuppu</t>
+          <t>Vasta</t>
         </is>
       </c>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
+          <t>QObjectRespond</t>
         </is>
       </c>
       <c r="G482" t="inlineStr"/>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16324</t>
+          <t>../../src/notifications/ManagerMac.cpp:16331</t>
         </is>
       </c>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Open reCAPTCHA</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="C483" t="inlineStr">
         <is>
-          <t>Ava reCAPTCHA</t>
+          <t>Saada</t>
         </is>
       </c>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogOpen reCAPTCHA</t>
+          <t>QObjectSend</t>
         </is>
       </c>
       <c r="G483" t="inlineStr"/>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16329</t>
+          <t>../../src/notifications/ManagerMac.cpp:16332</t>
         </is>
       </c>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Write a message…</t>
         </is>
       </c>
       <c r="C484" t="inlineStr">
         <is>
-          <t>Katkesta</t>
+          <t>Kirjuta sõnum…</t>
         </is>
       </c>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogCancel</t>
+          <t>QObjectWrite a message...</t>
         </is>
       </c>
       <c r="G484" t="inlineStr"/>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16334</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16372</t>
         </is>
       </c>
       <c r="B485" t="inlineStr">
         <is>
-          <t>Confirm</t>
+          <t>Solve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="C485" t="inlineStr">
         <is>
-          <t>Kinnita</t>
+          <t>Vasta reCAPTCHA küsimustele ja vajuta kinnita-nuppu</t>
         </is>
       </c>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogConfirm</t>
+          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="G485" t="inlineStr"/>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReadReceipts.qml:16373</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16380</t>
         </is>
       </c>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Read receipts</t>
+          <t>Open reCAPTCHA</t>
         </is>
       </c>
       <c r="C486" t="inlineStr">
         <is>
-          <t>Lugemisteatised</t>
+          <t>Ava reCAPTCHA</t>
         </is>
       </c>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>ReadReceiptsRead receipts</t>
+          <t>ReCaptchaDialogOpen reCAPTCHA</t>
         </is>
       </c>
       <c r="G486" t="inlineStr"/>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr">
         <is>
-          <t>../../src/ReadReceiptsModel.cpp:16484</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16385</t>
         </is>
       </c>
       <c r="B487" t="inlineStr">
         <is>
-          <t>Yesterday, %1</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C487" t="inlineStr">
         <is>
-          <t>Eile, %1</t>
+          <t>Katkesta</t>
         </is>
       </c>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>ReadReceiptsModelYesterday, %1</t>
+          <t>ReCaptchaDialogCancel</t>
         </is>
       </c>
       <c r="G487" t="inlineStr"/>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16567</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16390</t>
         </is>
       </c>
       <c r="B488" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
+          <t>Confirm</t>
         </is>
       </c>
       <c r="C488" t="inlineStr">
         <is>
-          <t>Koduserveri automaatne tuvastamine ei õnnestunud: päringuvastus oli vigane.</t>
+          <t>Kinnita</t>
         </is>
       </c>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
+          <t>ReCaptchaDialogConfirm</t>
         </is>
       </c>
       <c r="G488" t="inlineStr"/>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16574</t>
+          <t>../qml/dialogs/ReadReceipts.qml:16429</t>
         </is>
       </c>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C489" t="inlineStr">
         <is>
-          <t>Koduserveri automaatne tuvastamine ei õnnestunud: tundmatu viga .well-known päringu tegemisel.</t>
+          <t>Lugemisteatised</t>
         </is>
       </c>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>ReadReceiptsRead receipts</t>
         </is>
       </c>
       <c r="G489" t="inlineStr"/>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16599</t>
+          <t>../../src/ReadReceiptsModel.cpp:16540</t>
         </is>
       </c>
       <c r="B490" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Yesterday, %1</t>
         </is>
       </c>
       <c r="C490" t="inlineStr">
         <is>
-          <t>Protokolli järgi nõutavaid lõpppunkte ei leidunud. Ilmselt pole tegemist Matrix'i serveriga.</t>
+          <t>Eile, %1</t>
         </is>
       </c>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>ReadReceiptsModelYesterday, %1</t>
         </is>
       </c>
       <c r="G490" t="inlineStr"/>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16606</t>
+          <t>../../src/RegisterPage.cpp:16623</t>
         </is>
       </c>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C491" t="inlineStr">
         <is>
-          <t>Päringule sain tagasi vigase vastuse. Palun kontrolli, et koduserveri domeen oleks õige.</t>
+          <t>Koduserveri automaatne tuvastamine ei õnnestunud: päringuvastus oli vigane.</t>
         </is>
       </c>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G491" t="inlineStr"/>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16611</t>
+          <t>../../src/RegisterPage.cpp:16630</t>
         </is>
       </c>
       <c r="B492" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C492" t="inlineStr">
         <is>
-          <t>Tekkis teadmata viga. Palun kontrolli, et koduserveri domeen on õige.</t>
+          <t>Koduserveri automaatne tuvastamine ei õnnestunud: tundmatu viga .well-known päringu tegemisel.</t>
         </is>
       </c>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G492" t="inlineStr"/>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16633</t>
+          <t>../../src/RegisterPage.cpp:16655</t>
         </is>
       </c>
       <c r="B493" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="C493" t="inlineStr">
         <is>
-          <t>Valitud server ei toeta Matrix'i protokolli seda versiooni, mida see klient rääkida oskab (%1 vs %2). Sa ei saa registreeruda.</t>
+          <t>Protokolli järgi nõutavaid lõpppunkte ei leidunud. Ilmselt pole tegemist Matrix'i serveriga.</t>
         </is>
       </c>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G493" t="inlineStr"/>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16645</t>
+          <t>../../src/RegisterPage.cpp:16662</t>
         </is>
       </c>
       <c r="B494" t="inlineStr">
         <is>
-          <t>Server does not support querying registration flows!</t>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C494" t="inlineStr">
         <is>
-          <t>Koduserver ei toeta registreerimisega seotud lisapäringuid!</t>
+          <t>Päringule sain tagasi vigase vastuse. Palun kontrolli, et koduserveri domeen oleks õige.</t>
         </is>
       </c>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support querying registration flows!</t>
+          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G494" t="inlineStr"/>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16650</t>
+          <t>../../src/RegisterPage.cpp:16667</t>
         </is>
       </c>
       <c r="B495" t="inlineStr">
         <is>
-          <t>Server does not support registration.</t>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C495" t="inlineStr">
         <is>
-          <t>Koduserver ei toeta registreerimist.</t>
+          <t>Tekkis teadmata viga. Palun kontrolli, et koduserveri domeen on õige.</t>
         </is>
       </c>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support registration.</t>
+          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G495" t="inlineStr"/>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16678</t>
+          <t>../../src/RegisterPage.cpp:16689</t>
         </is>
       </c>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Invalid username.</t>
+          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="C496" t="inlineStr">
         <is>
-          <t>Vigane kasutajanimi.</t>
+          <t>Valitud server ei toeta Matrix'i protokolli seda versiooni, mida see klient rääkida oskab (%1 vs %2). Sa ei saa registreeruda.</t>
         </is>
       </c>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>RegisterPageInvalid username.</t>
+          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="G496" t="inlineStr"/>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16680</t>
+          <t>../../src/RegisterPage.cpp:16701</t>
         </is>
       </c>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Name already in use.</t>
+          <t>Server does not support querying registration flows!</t>
         </is>
       </c>
       <c r="C497" t="inlineStr">
         <is>
-          <t>See nimi on juba kasutusel.</t>
+          <t>Koduserver ei toeta registreerimisega seotud lisapäringuid!</t>
         </is>
       </c>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>RegisterPageName already in use.</t>
+          <t>RegisterPageServer does not support querying registration flows!</t>
         </is>
       </c>
       <c r="G497" t="inlineStr"/>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16682</t>
+          <t>../../src/RegisterPage.cpp:16706</t>
         </is>
       </c>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Part of the reserved namespace.</t>
+          <t>Server does not support registration.</t>
         </is>
       </c>
       <c r="C498" t="inlineStr">
         <is>
-          <t>Tegemist on osaga reserveeritud nimeruumist.</t>
+          <t>Koduserver ei toeta registreerimist.</t>
         </is>
       </c>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>RegisterPagePart of the reserved namespace.</t>
+          <t>RegisterPageServer does not support registration.</t>
         </is>
       </c>
       <c r="G498" t="inlineStr"/>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16740</t>
+          <t>../../src/RegisterPage.cpp:16734</t>
         </is>
       </c>
       <c r="B499" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Invalid username.</t>
         </is>
       </c>
       <c r="C499" t="inlineStr">
         <is>
-          <t>Koduserver</t>
+          <t>Vigane kasutajanimi.</t>
         </is>
       </c>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>RegisterPageHomeserver</t>
+          <t>RegisterPageInvalid username.</t>
         </is>
       </c>
       <c r="G499" t="inlineStr"/>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16741</t>
+          <t>../../src/RegisterPage.cpp:16736</t>
         </is>
       </c>
       <c r="B500" t="inlineStr">
         <is>
-          <t>your.server</t>
+          <t>Name already in use.</t>
         </is>
       </c>
       <c r="C500" t="inlineStr">
         <is>
-          <t>sinu.server</t>
+          <t>See nimi on juba kasutusel.</t>
         </is>
       </c>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>RegisterPageyour.server</t>
+          <t>RegisterPageName already in use.</t>
         </is>
       </c>
       <c r="G500" t="inlineStr"/>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16744</t>
+          <t>../../src/RegisterPage.cpp:16738</t>
         </is>
       </c>
       <c r="B501" t="inlineStr">
         <is>
-          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>Part of the reserved namespace.</t>
         </is>
       </c>
       <c r="C501" t="inlineStr">
         <is>
-          <t>See on server, kus sa oma kasutajakonto registreerid. Kuna Matrix on hajutatud suhtlusvõrk, siis esmalt pead leidma sulle sobiliku koduserveri või panema püsti täitsa oma enda koduserveri.</t>
+          <t>Tegemist on osaga reserveeritud nimeruumist.</t>
         </is>
       </c>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>RegisterPagePart of the reserved namespace.</t>
         </is>
       </c>
       <c r="G501" t="inlineStr"/>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16776</t>
+          <t>../qml/pages/RegisterPage.qml:16796</t>
         </is>
       </c>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Username</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C502" t="inlineStr">
         <is>
-          <t>Kasutajanimi</t>
+          <t>Koduserver</t>
         </is>
       </c>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>RegisterPageUsername</t>
+          <t>RegisterPageHomeserver</t>
         </is>
       </c>
       <c r="G502" t="inlineStr"/>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16777</t>
+          <t>../qml/pages/RegisterPage.qml:16797</t>
         </is>
       </c>
       <c r="B503" t="inlineStr">
         <is>
-          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>your.server</t>
         </is>
       </c>
       <c r="C503" t="inlineStr">
         <is>
-          <t>Kasutajanimi ei tohi olla tühi ning võib sisaldada vaid a-z, 0-9, ., _, =, -, / tähemärke.</t>
+          <t>sinu.server</t>
         </is>
       </c>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>RegisterPageyour.server</t>
         </is>
       </c>
       <c r="G503" t="inlineStr"/>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16898</t>
+          <t>../qml/pages/RegisterPage.qml:16800</t>
         </is>
       </c>
       <c r="B504" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="C504" t="inlineStr">
         <is>
-          <t>Tagasi</t>
+          <t>See on server, kus sa oma kasutajakonto registreerid. Kuna Matrix on hajutatud suhtlusvõrk, siis esmalt pead leidma sulle sobiliku koduserveri või panema püsti täitsa oma enda koduserveri.</t>
         </is>
       </c>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>RegisterPageBack</t>
+          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="G504" t="inlineStr"/>
       <c r="H504" t="inlineStr"/>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16819</t>
+          <t>../qml/pages/RegisterPage.qml:16832</t>
         </is>
       </c>
       <c r="B505" t="inlineStr">
         <is>
-          <t>Password</t>
+          <t>Username</t>
         </is>
       </c>
       <c r="C505" t="inlineStr">
         <is>
-          <t>Salasõna</t>
+          <t>Kasutajanimi</t>
         </is>
       </c>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>RegisterPagePassword</t>
-[...6 lines deleted...]
-      </c>
+          <t>RegisterPageUsername</t>
+        </is>
+      </c>
+      <c r="G505" t="inlineStr"/>
       <c r="H505" t="inlineStr"/>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16821</t>
+          <t>../qml/pages/RegisterPage.qml:16833</t>
         </is>
       </c>
       <c r="B506" t="inlineStr">
         <is>
-          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="C506" t="inlineStr">
         <is>
-          <t>Palun vali tutvaline salasõna. Täpsemad nõuded salasõnale sõltuvad sinu koduserveri seadistustest.</t>
+          <t>Kasutajanimi ei tohi olla tühi ning võib sisaldada vaid a-z, 0-9, ., _, =, -, / tähemärke.</t>
         </is>
       </c>
       <c r="D506" t="inlineStr"/>
       <c r="E506" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F506" t="inlineStr">
         <is>
-          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="G506" t="inlineStr"/>
       <c r="H506" t="inlineStr"/>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16828</t>
+          <t>../qml/pages/RegisterPage.qml:16954</t>
         </is>
       </c>
       <c r="B507" t="inlineStr">
         <is>
-          <t>Password confirmation</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C507" t="inlineStr">
         <is>
-          <t>Korda salasõna</t>
+          <t>Tagasi</t>
         </is>
       </c>
       <c r="D507" t="inlineStr"/>
       <c r="E507" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F507" t="inlineStr">
         <is>
-          <t>RegisterPagePassword confirmation</t>
+          <t>RegisterPageBack</t>
         </is>
       </c>
       <c r="G507" t="inlineStr"/>
       <c r="H507" t="inlineStr"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16837</t>
+          <t>../qml/pages/RegisterPage.qml:16875</t>
         </is>
       </c>
       <c r="B508" t="inlineStr">
         <is>
-          <t>Your passwords do not match!</t>
+          <t>Password</t>
         </is>
       </c>
       <c r="C508" t="inlineStr">
         <is>
-          <t>Sinu sisestatud salasõnad ei klapi!</t>
+          <t>Salasõna</t>
         </is>
       </c>
       <c r="D508" t="inlineStr"/>
       <c r="E508" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F508" t="inlineStr">
         <is>
-          <t>RegisterPageYour passwords do not match!</t>
-[...2 lines deleted...]
-      <c r="G508" t="inlineStr"/>
+          <t>RegisterPagePassword</t>
+        </is>
+      </c>
+      <c r="G508" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: salasõna</t>
+        </is>
+      </c>
       <c r="H508" t="inlineStr"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16845</t>
+          <t>../qml/pages/RegisterPage.qml:16877</t>
         </is>
       </c>
       <c r="B509" t="inlineStr">
         <is>
-          <t>Device name</t>
+          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="C509" t="inlineStr">
         <is>
-          <t>Seadme nimi</t>
+          <t>Palun vali tutvaline salasõna. Täpsemad nõuded salasõnale sõltuvad sinu koduserveri seadistustest.</t>
         </is>
       </c>
       <c r="D509" t="inlineStr"/>
       <c r="E509" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F509" t="inlineStr">
         <is>
-          <t>RegisterPageDevice name</t>
+          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="G509" t="inlineStr"/>
       <c r="H509" t="inlineStr"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16847</t>
+          <t>../qml/pages/RegisterPage.qml:16884</t>
         </is>
       </c>
       <c r="B510" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>Password confirmation</t>
         </is>
       </c>
       <c r="C510" t="inlineStr">
         <is>
-          <t>Sinu seadme nimi, mida teised osapooled verifitseerimise ajal ja vajadusel hiljem näevad. Kui sa midagi ei sisesta, siis kehtib vaikimisi väärtus.</t>
+          <t>Korda salasõna</t>
         </is>
       </c>
       <c r="D510" t="inlineStr"/>
       <c r="E510" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F510" t="inlineStr">
         <is>
-          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>RegisterPagePassword confirmation</t>
         </is>
       </c>
       <c r="G510" t="inlineStr"/>
       <c r="H510" t="inlineStr"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16878</t>
+          <t>../qml/pages/RegisterPage.qml:16893</t>
         </is>
       </c>
       <c r="B511" t="inlineStr">
         <is>
-          <t>REGISTER</t>
+          <t>Your passwords do not match!</t>
         </is>
       </c>
       <c r="C511" t="inlineStr">
         <is>
-          <t>REGISTREERI</t>
+          <t>Sinu sisestatud salasõnad ei klapi!</t>
         </is>
       </c>
       <c r="D511" t="inlineStr"/>
       <c r="E511" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F511" t="inlineStr">
         <is>
-          <t>RegisterPageREGISTER</t>
+          <t>RegisterPageYour passwords do not match!</t>
         </is>
       </c>
       <c r="G511" t="inlineStr"/>
       <c r="H511" t="inlineStr"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16919</t>
+          <t>../qml/pages/RegisterPage.qml:16901</t>
         </is>
       </c>
       <c r="B512" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Device name</t>
         </is>
       </c>
       <c r="C512" t="inlineStr">
         <is>
-          <t>Sulge</t>
+          <t>Seadme nimi</t>
         </is>
       </c>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>ReplyPopupClose</t>
+          <t>RegisterPageDevice name</t>
         </is>
       </c>
       <c r="G512" t="inlineStr"/>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16935</t>
+          <t>../qml/pages/RegisterPage.qml:16903</t>
         </is>
       </c>
       <c r="B513" t="inlineStr">
         <is>
-          <t>Cancel Edit</t>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="C513" t="inlineStr">
         <is>
-          <t>Tühista muudatused</t>
+          <t>Sinu seadme nimi, mida teised osapooled verifitseerimise ajal ja vajadusel hiljem näevad. Kui sa midagi ei sisesta, siis kehtib vaikimisi väärtus.</t>
         </is>
       </c>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Edit</t>
+          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="G513" t="inlineStr"/>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16951</t>
+          <t>../qml/pages/RegisterPage.qml:16934</t>
         </is>
       </c>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Cancel Thread</t>
+          <t>REGISTER</t>
         </is>
       </c>
       <c r="C514" t="inlineStr">
         <is>
-          <t>Tühista jutulõng</t>
+          <t>REGISTREERI</t>
         </is>
       </c>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Thread</t>
+          <t>RegisterPageREGISTER</t>
         </is>
       </c>
       <c r="G514" t="inlineStr"/>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16966</t>
+          <t>../qml/ReplyPopup.qml:16975</t>
         </is>
       </c>
       <c r="B515" t="inlineStr">
         <is>
-          <t>Report message</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C515" t="inlineStr">
         <is>
-          <t>Teata sõnumist</t>
+          <t>Sulge</t>
         </is>
       </c>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>ReportMessageReport message</t>
+          <t>ReplyPopupClose</t>
         </is>
       </c>
       <c r="G515" t="inlineStr"/>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16981</t>
+          <t>../qml/ReplyPopup.qml:16991</t>
         </is>
       </c>
       <c r="B516" t="inlineStr">
         <is>
-          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>Cancel Edit</t>
         </is>
       </c>
       <c r="C516" t="inlineStr">
         <is>
-          <t>See sõnum saadetakse serveri haldurile ülevaatamiseks. Palun arvesta, et serverite haldajad alati ei pruugi ülevaatamiseks saadetud sisuga tutvuda. Sul võib-olla on vaja ka paluda jututoa moderaatorilt sisu eemaldamist.</t>
+          <t>Tühista muudatused</t>
         </is>
       </c>
       <c r="D516" t="inlineStr"/>
       <c r="E516" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F516" t="inlineStr">
         <is>
-          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>ReplyPopupCancel Edit</t>
         </is>
       </c>
       <c r="G516" t="inlineStr"/>
       <c r="H516" t="inlineStr"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16985</t>
+          <t>../qml/ReplyPopup.qml:17007</t>
         </is>
       </c>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Enter your reason for reporting:</t>
+          <t>Cancel Thread</t>
         </is>
       </c>
       <c r="C517" t="inlineStr">
         <is>
-          <t>Palun lisa teatamise põhjus:</t>
+          <t>Tühista jutulõng</t>
         </is>
       </c>
       <c r="D517" t="inlineStr"/>
       <c r="E517" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F517" t="inlineStr">
         <is>
-          <t>ReportMessageEnter your reason for reporting:</t>
+          <t>ReplyPopupCancel Thread</t>
         </is>
       </c>
       <c r="G517" t="inlineStr"/>
       <c r="H517" t="inlineStr"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16995</t>
+          <t>../qml/dialogs/ReportMessage.qml:17022</t>
         </is>
       </c>
       <c r="B518" t="inlineStr">
         <is>
-          <t>How bad is the message?</t>
+          <t>Report message</t>
         </is>
       </c>
       <c r="C518" t="inlineStr">
         <is>
-          <t>Kui halb on see sõnum?</t>
+          <t>Teata sõnumist</t>
         </is>
       </c>
       <c r="D518" t="inlineStr"/>
       <c r="E518" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F518" t="inlineStr">
         <is>
-          <t>ReportMessageHow bad is the message?</t>
+          <t>ReportMessageReport message</t>
         </is>
       </c>
       <c r="G518" t="inlineStr"/>
       <c r="H518" t="inlineStr"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17013</t>
+          <t>../qml/dialogs/ReportMessage.qml:17037</t>
         </is>
       </c>
       <c r="B519" t="inlineStr">
         <is>
-          <t>Not bad</t>
+          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="C519" t="inlineStr">
         <is>
-          <t>Üldsegi mitte halb</t>
+          <t>See sõnum saadetakse serveri haldurile ülevaatamiseks. Palun arvesta, et serverite haldajad alati ei pruugi ülevaatamiseks saadetud sisuga tutvuda. Sul võib-olla on vaja ka paluda jututoa moderaatorilt sisu eemaldamist.</t>
         </is>
       </c>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>ReportMessageNot bad</t>
+          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="G519" t="inlineStr"/>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17015</t>
+          <t>../qml/dialogs/ReportMessage.qml:17041</t>
         </is>
       </c>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Mild</t>
+          <t>Enter your reason for reporting:</t>
         </is>
       </c>
       <c r="C520" t="inlineStr">
         <is>
-          <t>Mingil määral halb</t>
+          <t>Palun lisa teatamise põhjus:</t>
         </is>
       </c>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>ReportMessageMild</t>
+          <t>ReportMessageEnter your reason for reporting:</t>
         </is>
       </c>
       <c r="G520" t="inlineStr"/>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17017</t>
+          <t>../qml/dialogs/ReportMessage.qml:17051</t>
         </is>
       </c>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Bad</t>
+          <t>How bad is the message?</t>
         </is>
       </c>
       <c r="C521" t="inlineStr">
         <is>
-          <t>Halb</t>
+          <t>Kui halb on see sõnum?</t>
         </is>
       </c>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>ReportMessageBad</t>
+          <t>ReportMessageHow bad is the message?</t>
         </is>
       </c>
       <c r="G521" t="inlineStr"/>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17019</t>
+          <t>../qml/dialogs/ReportMessage.qml:17069</t>
         </is>
       </c>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Serious</t>
+          <t>Not bad</t>
         </is>
       </c>
       <c r="C522" t="inlineStr">
         <is>
-          <t>Tõsiselt halb</t>
+          <t>Üldsegi mitte halb</t>
         </is>
       </c>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>ReportMessageSerious</t>
+          <t>ReportMessageNot bad</t>
         </is>
       </c>
       <c r="G522" t="inlineStr"/>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17021</t>
+          <t>../qml/dialogs/ReportMessage.qml:17071</t>
         </is>
       </c>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Extremely serious</t>
+          <t>Mild</t>
         </is>
       </c>
       <c r="C523" t="inlineStr">
         <is>
-          <t>Väga tõsiselt halb</t>
+          <t>Mingil määral halb</t>
         </is>
       </c>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>ReportMessageExtremely serious</t>
+          <t>ReportMessageMild</t>
         </is>
       </c>
       <c r="G523" t="inlineStr"/>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17045</t>
+          <t>../qml/dialogs/ReportMessage.qml:17073</t>
         </is>
       </c>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Explore Public Rooms</t>
+          <t>Bad</t>
         </is>
       </c>
       <c r="C524" t="inlineStr">
         <is>
-          <t>Tutvu avalike jututubadega</t>
+          <t>Halb</t>
         </is>
       </c>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>RoomDirectoryExplore Public Rooms</t>
+          <t>ReportMessageBad</t>
         </is>
       </c>
       <c r="G524" t="inlineStr"/>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/ReportMessage.qml:17075</t>
         </is>
       </c>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Join</t>
+          <t>Serious</t>
         </is>
       </c>
       <c r="C525" t="inlineStr">
         <is>
-          <t>Liitu</t>
+          <t>Tõsiselt halb</t>
         </is>
       </c>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t>RoomDirectoryJoin</t>
+          <t>ReportMessageSerious</t>
         </is>
       </c>
       <c r="G525" t="inlineStr"/>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/ReportMessage.qml:17077</t>
         </is>
       </c>
       <c r="B526" t="inlineStr">
         <is>
-          <t>Open</t>
+          <t>Extremely serious</t>
         </is>
       </c>
       <c r="C526" t="inlineStr">
         <is>
-          <t>Ava</t>
+          <t>Väga tõsiselt halb</t>
         </is>
       </c>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>RoomDirectoryOpen</t>
+          <t>ReportMessageExtremely serious</t>
         </is>
       </c>
       <c r="G526" t="inlineStr"/>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17191</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17101</t>
         </is>
       </c>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Search for public rooms</t>
+          <t>Explore Public Rooms</t>
         </is>
       </c>
       <c r="C527" t="inlineStr">
         <is>
-          <t>Otsi avalikke jututube</t>
+          <t>Tutvu avalike jututubadega</t>
         </is>
       </c>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>RoomDirectorySearch for public rooms</t>
+          <t>RoomDirectoryExplore Public Rooms</t>
         </is>
       </c>
       <c r="G527" t="inlineStr"/>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17203</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B528" t="inlineStr">
         <is>
-          <t>Choose custom homeserver</t>
+          <t>Join</t>
         </is>
       </c>
       <c r="C528" t="inlineStr">
         <is>
-          <t>Vali oma koduserver</t>
+          <t>Liitu</t>
         </is>
       </c>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>RoomDirectoryChoose custom homeserver</t>
+          <t>RoomDirectoryJoin</t>
         </is>
       </c>
       <c r="G528" t="inlineStr"/>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17221</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Open</t>
         </is>
       </c>
       <c r="C529" t="inlineStr">
         <is>
-          <t>Sulge</t>
+          <t>Ava</t>
         </is>
       </c>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>RoomDirectoryClose</t>
+          <t>RoomDirectoryOpen</t>
         </is>
       </c>
       <c r="G529" t="inlineStr"/>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:19301</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17247</t>
         </is>
       </c>
       <c r="B530" t="inlineStr">
         <is>
-          <t>no version stored</t>
+          <t>Search for public rooms</t>
         </is>
       </c>
       <c r="C530" t="inlineStr">
         <is>
-          <t>salvestatud versiooni ei leidu</t>
+          <t>Otsi avalikke jututube</t>
         </is>
       </c>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>RoomInfono version stored</t>
+          <t>RoomDirectorySearch for public rooms</t>
         </is>
       </c>
       <c r="G530" t="inlineStr"/>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19350</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17259</t>
         </is>
       </c>
       <c r="B531" t="inlineStr">
         <is>
-          <t>Start a new chat</t>
+          <t>Choose custom homeserver</t>
         </is>
       </c>
       <c r="C531" t="inlineStr">
         <is>
-          <t>Alusta uut vestlust</t>
+          <t>Vali oma koduserver</t>
         </is>
       </c>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>RoomListStart a new chat</t>
+          <t>RoomDirectoryChoose custom homeserver</t>
         </is>
       </c>
       <c r="G531" t="inlineStr"/>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19363</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17277</t>
         </is>
       </c>
       <c r="B532" t="inlineStr">
         <is>
-          <t>Join a room</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C532" t="inlineStr">
         <is>
-          <t>Liitu jututoaga</t>
+          <t>Sulge</t>
         </is>
       </c>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>RoomListJoin a room</t>
+          <t>RoomDirectoryClose</t>
         </is>
       </c>
       <c r="G532" t="inlineStr"/>
       <c r="H532" t="inlineStr"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19368</t>
+          <t>../../src/Cache.cpp:19355</t>
         </is>
       </c>
       <c r="B533" t="inlineStr">
         <is>
-          <t>Create a new room</t>
+          <t>no version stored</t>
         </is>
       </c>
       <c r="C533" t="inlineStr">
         <is>
-          <t>Loo uus jututuba</t>
+          <t>salvestatud versiooni ei leidu</t>
         </is>
       </c>
       <c r="D533" t="inlineStr"/>
       <c r="E533" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F533" t="inlineStr">
         <is>
-          <t>RoomListCreate a new room</t>
+          <t>RoomInfono version stored</t>
         </is>
       </c>
       <c r="G533" t="inlineStr"/>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19377</t>
+          <t>../qml/RoomList.qml:19404</t>
         </is>
       </c>
       <c r="B534" t="inlineStr">
         <is>
-          <t>Start a direct chat</t>
+          <t>Start a new chat</t>
         </is>
       </c>
       <c r="C534" t="inlineStr">
         <is>
-          <t>Alusta otsevestlust</t>
+          <t>Alusta uut vestlust</t>
         </is>
       </c>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>RoomListStart a direct chat</t>
+          <t>RoomListStart a new chat</t>
         </is>
       </c>
       <c r="G534" t="inlineStr"/>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19386</t>
+          <t>../qml/RoomList.qml:19417</t>
         </is>
       </c>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Create a new community</t>
+          <t>Join a room</t>
         </is>
       </c>
       <c r="C535" t="inlineStr">
         <is>
-          <t>Loo uus kogukond</t>
+          <t>Liitu jututoaga</t>
         </is>
       </c>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>RoomListCreate a new community</t>
+          <t>RoomListJoin a room</t>
         </is>
       </c>
       <c r="G535" t="inlineStr"/>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19402</t>
+          <t>../qml/RoomList.qml:19422</t>
         </is>
       </c>
       <c r="B536" t="inlineStr">
         <is>
-          <t>Room directory</t>
+          <t>Create a new room</t>
         </is>
       </c>
       <c r="C536" t="inlineStr">
         <is>
-          <t>Jututubade loend</t>
+          <t>Loo uus jututuba</t>
         </is>
       </c>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>RoomListRoom directory</t>
+          <t>RoomListCreate a new room</t>
         </is>
       </c>
       <c r="G536" t="inlineStr"/>
       <c r="H536" t="inlineStr"/>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19420</t>
+          <t>../qml/RoomList.qml:19431</t>
         </is>
       </c>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Search rooms (Ctrl+K)</t>
+          <t>Start a direct chat</t>
         </is>
       </c>
       <c r="C537" t="inlineStr">
         <is>
-          <t>Otsi jututubasid (Ctrl+K)</t>
+          <t>Alusta otsevestlust</t>
         </is>
       </c>
       <c r="D537" t="inlineStr"/>
       <c r="E537" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F537" t="inlineStr">
         <is>
-          <t>RoomListSearch rooms (Ctrl+K)</t>
+          <t>RoomListStart a direct chat</t>
         </is>
       </c>
       <c r="G537" t="inlineStr"/>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19444</t>
+          <t>../qml/RoomList.qml:19440</t>
         </is>
       </c>
       <c r="B538" t="inlineStr">
         <is>
-          <t>User settings</t>
+          <t>Create a new community</t>
         </is>
       </c>
       <c r="C538" t="inlineStr">
         <is>
-          <t>Kasutaja seadistused</t>
+          <t>Loo uus kogukond</t>
         </is>
       </c>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>RoomListUser settings</t>
+          <t>RoomListCreate a new community</t>
         </is>
       </c>
       <c r="G538" t="inlineStr"/>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19538</t>
+          <t>../qml/RoomList.qml:19456</t>
         </is>
       </c>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Logout</t>
+          <t>Room directory</t>
         </is>
       </c>
       <c r="C539" t="inlineStr">
         <is>
-          <t>Logi välja</t>
+          <t>Jututubade loend</t>
         </is>
       </c>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>RoomListLogout</t>
+          <t>RoomListRoom directory</t>
         </is>
       </c>
       <c r="G539" t="inlineStr"/>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19550</t>
+          <t>../qml/RoomList.qml:19474</t>
         </is>
       </c>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Enter your status message:</t>
+          <t>Search rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="C540" t="inlineStr">
         <is>
-          <t>Sisesta oma olekuteade:</t>
+          <t>Otsi jututubasid (Ctrl+K)</t>
         </is>
       </c>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>RoomListEnter your status message:</t>
+          <t>RoomListSearch rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="G540" t="inlineStr"/>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19551</t>
+          <t>../qml/RoomList.qml:19498</t>
         </is>
       </c>
       <c r="B541" t="inlineStr">
         <is>
-          <t>Status Message</t>
+          <t>User settings</t>
         </is>
       </c>
       <c r="C541" t="inlineStr">
         <is>
-          <t>Olekuteade</t>
+          <t>Kasutaja seadistused</t>
         </is>
       </c>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>RoomListStatus Message</t>
+          <t>RoomListUser settings</t>
         </is>
       </c>
       <c r="G541" t="inlineStr"/>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19563</t>
+          <t>../qml/RoomList.qml:19592</t>
         </is>
       </c>
       <c r="B542" t="inlineStr">
         <is>
-          <t>Profile settings</t>
+          <t>Logout</t>
         </is>
       </c>
       <c r="C542" t="inlineStr">
         <is>
-          <t>Profiili seadistused</t>
+          <t>Logi välja</t>
         </is>
       </c>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>RoomListProfile settings</t>
+          <t>RoomListLogout</t>
         </is>
       </c>
       <c r="G542" t="inlineStr"/>
       <c r="H542" t="inlineStr"/>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19568</t>
+          <t>../qml/RoomList.qml:19604</t>
         </is>
       </c>
       <c r="B543" t="inlineStr">
         <is>
-          <t>Set status message</t>
+          <t>Enter your status message:</t>
         </is>
       </c>
       <c r="C543" t="inlineStr">
         <is>
-          <t>Sisesta olekuteade</t>
+          <t>Sisesta oma olekuteade:</t>
         </is>
       </c>
       <c r="D543" t="inlineStr"/>
       <c r="E543" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F543" t="inlineStr">
         <is>
-          <t>RoomListSet status message</t>
+          <t>RoomListEnter your status message:</t>
         </is>
       </c>
       <c r="G543" t="inlineStr"/>
       <c r="H543" t="inlineStr"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19579</t>
+          <t>../qml/RoomList.qml:19605</t>
         </is>
       </c>
       <c r="B544" t="inlineStr">
         <is>
-          <t>Automatic online status</t>
+          <t>Status Message</t>
         </is>
       </c>
       <c r="C544" t="inlineStr">
         <is>
-          <t>Sinu automaatne võrguolek</t>
+          <t>Olekuteade</t>
         </is>
       </c>
       <c r="D544" t="inlineStr"/>
       <c r="E544" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F544" t="inlineStr">
         <is>
-          <t>RoomListAutomatic online status</t>
+          <t>RoomListStatus Message</t>
         </is>
       </c>
       <c r="G544" t="inlineStr"/>
       <c r="H544" t="inlineStr"/>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19586</t>
+          <t>../qml/RoomList.qml:19617</t>
         </is>
       </c>
       <c r="B545" t="inlineStr">
         <is>
-          <t>Online</t>
+          <t>Profile settings</t>
         </is>
       </c>
       <c r="C545" t="inlineStr">
         <is>
-          <t>Võrgus</t>
+          <t>Profiili seadistused</t>
         </is>
       </c>
       <c r="D545" t="inlineStr"/>
       <c r="E545" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F545" t="inlineStr">
         <is>
-          <t>RoomListOnline</t>
+          <t>RoomListProfile settings</t>
         </is>
       </c>
       <c r="G545" t="inlineStr"/>
       <c r="H545" t="inlineStr"/>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19593</t>
+          <t>../qml/RoomList.qml:19622</t>
         </is>
       </c>
       <c r="B546" t="inlineStr">
         <is>
-          <t>Unavailable</t>
+          <t>Set status message</t>
         </is>
       </c>
       <c r="C546" t="inlineStr">
         <is>
-          <t>Pole saadaval</t>
+          <t>Sisesta olekuteade</t>
         </is>
       </c>
       <c r="D546" t="inlineStr"/>
       <c r="E546" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F546" t="inlineStr">
         <is>
-          <t>RoomListUnavailable</t>
+          <t>RoomListSet status message</t>
         </is>
       </c>
       <c r="G546" t="inlineStr"/>
       <c r="H546" t="inlineStr"/>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19600</t>
+          <t>../qml/RoomList.qml:19633</t>
         </is>
       </c>
       <c r="B547" t="inlineStr">
         <is>
-          <t>Offline</t>
+          <t>Automatic online status</t>
         </is>
       </c>
       <c r="C547" t="inlineStr">
         <is>
-          <t>Võrgust väljas</t>
+          <t>Sinu automaatne võrguolek</t>
         </is>
       </c>
       <c r="D547" t="inlineStr"/>
       <c r="E547" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F547" t="inlineStr">
         <is>
-          <t>RoomListOffline</t>
+          <t>RoomListAutomatic online status</t>
         </is>
       </c>
       <c r="G547" t="inlineStr"/>
       <c r="H547" t="inlineStr"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19654</t>
+          <t>../qml/RoomList.qml:19640</t>
         </is>
       </c>
       <c r="B548" t="inlineStr">
         <is>
-          <t>Encryption not set up</t>
+          <t>Online</t>
         </is>
       </c>
       <c r="C548" t="inlineStr">
         <is>
-          <t>Krüptimine pole veel kasutusel</t>
+          <t>Võrgus</t>
         </is>
       </c>
       <c r="D548" t="inlineStr"/>
       <c r="E548" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F548" t="inlineStr">
         <is>
-          <t>RoomListEncryption not set up</t>
+          <t>RoomListOnline</t>
         </is>
       </c>
       <c r="G548" t="inlineStr"/>
-      <c r="H548" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H548" t="inlineStr"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19657</t>
+          <t>../qml/RoomList.qml:19647</t>
         </is>
       </c>
       <c r="B549" t="inlineStr">
         <is>
-          <t>Unverified login</t>
+          <t>Unavailable</t>
         </is>
       </c>
       <c r="C549" t="inlineStr">
         <is>
-          <t>Verifitseerimata sisselogimissessioon</t>
+          <t>Pole saadaval</t>
         </is>
       </c>
       <c r="D549" t="inlineStr"/>
       <c r="E549" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F549" t="inlineStr">
         <is>
-          <t>RoomListUnverified login</t>
+          <t>RoomListUnavailable</t>
         </is>
       </c>
       <c r="G549" t="inlineStr"/>
-      <c r="H549" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H549" t="inlineStr"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19660</t>
+          <t>../qml/RoomList.qml:19654</t>
         </is>
       </c>
       <c r="B550" t="inlineStr">
         <is>
-          <t>Please verify your other devices</t>
+          <t>Offline</t>
         </is>
       </c>
       <c r="C550" t="inlineStr">
         <is>
-          <t>Palun verifitseeri oma muud seadmed</t>
+          <t>Võrgust väljas</t>
         </is>
       </c>
       <c r="D550" t="inlineStr"/>
       <c r="E550" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F550" t="inlineStr">
         <is>
-          <t>RoomListPlease verify your other devices</t>
+          <t>RoomListOffline</t>
         </is>
       </c>
       <c r="G550" t="inlineStr"/>
-      <c r="H550" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H550" t="inlineStr"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19674</t>
+          <t>../qml/RoomList.qml:19708</t>
         </is>
       </c>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Encryption not set up</t>
         </is>
       </c>
       <c r="C551" t="inlineStr">
         <is>
-          <t>Sulge</t>
+          <t>Krüptimine pole veel kasutusel</t>
         </is>
       </c>
       <c r="D551" t="inlineStr"/>
       <c r="E551" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F551" t="inlineStr">
         <is>
-          <t>RoomListClose</t>
+          <t>RoomListEncryption not set up</t>
         </is>
       </c>
       <c r="G551" t="inlineStr"/>
-      <c r="H551" t="inlineStr"/>
+      <c r="H551" t="inlineStr">
+        <is>
+          <t>Cross-signing setup has not run yet.</t>
+        </is>
+      </c>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20053</t>
+          <t>../qml/RoomList.qml:19711</t>
         </is>
       </c>
       <c r="B552" t="inlineStr">
         <is>
-          <t>Enter the tag you want to use:</t>
+          <t>Unverified login</t>
         </is>
       </c>
       <c r="C552" t="inlineStr">
         <is>
-          <t>Kirjuta silt, mida soovid kasutada:</t>
+          <t>Verifitseerimata sisselogimissessioon</t>
         </is>
       </c>
       <c r="D552" t="inlineStr"/>
       <c r="E552" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F552" t="inlineStr">
         <is>
-          <t>RoomListEnter the tag you want to use:</t>
+          <t>RoomListUnverified login</t>
         </is>
       </c>
       <c r="G552" t="inlineStr"/>
-      <c r="H552" t="inlineStr"/>
+      <c r="H552" t="inlineStr">
+        <is>
+          <t>The user just signed in with this device and hasn't verified their master key.</t>
+        </is>
+      </c>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20054</t>
+          <t>../qml/RoomList.qml:19714</t>
         </is>
       </c>
       <c r="B553" t="inlineStr">
         <is>
-          <t>New tag</t>
+          <t>Please verify your other devices</t>
         </is>
       </c>
       <c r="C553" t="inlineStr">
         <is>
-          <t>Uus silt</t>
+          <t>Palun verifitseeri oma muud seadmed</t>
         </is>
       </c>
       <c r="D553" t="inlineStr"/>
       <c r="E553" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F553" t="inlineStr">
         <is>
-          <t>RoomListNew tag</t>
+          <t>RoomListPlease verify your other devices</t>
         </is>
       </c>
       <c r="G553" t="inlineStr"/>
-      <c r="H553" t="inlineStr"/>
+      <c r="H553" t="inlineStr">
+        <is>
+          <t>There are unverified devices signed in to this account.</t>
+        </is>
+      </c>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20061</t>
+          <t>../qml/RoomList.qml:19728</t>
         </is>
       </c>
       <c r="B554" t="inlineStr">
         <is>
-          <t>Open separately</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C554" t="inlineStr">
         <is>
-          <t>Ava loend eraldi</t>
+          <t>Sulge</t>
         </is>
       </c>
       <c r="D554" t="inlineStr"/>
       <c r="E554" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F554" t="inlineStr">
         <is>
-          <t>RoomListOpen separately</t>
+          <t>RoomListClose</t>
         </is>
       </c>
       <c r="G554" t="inlineStr"/>
       <c r="H554" t="inlineStr"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20073</t>
+          <t>../qml/RoomList.qml:20107</t>
         </is>
       </c>
       <c r="B555" t="inlineStr">
         <is>
-          <t>Mark as read</t>
+          <t>Enter the tag you want to use:</t>
         </is>
       </c>
       <c r="C555" t="inlineStr">
         <is>
-          <t>Märgi loetuks</t>
+          <t>Kirjuta silt, mida soovid kasutada:</t>
         </is>
       </c>
       <c r="D555" t="inlineStr"/>
       <c r="E555" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F555" t="inlineStr">
         <is>
-          <t>RoomListMark as read</t>
+          <t>RoomListEnter the tag you want to use:</t>
         </is>
       </c>
       <c r="G555" t="inlineStr"/>
       <c r="H555" t="inlineStr"/>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20078</t>
+          <t>../qml/RoomList.qml:20108</t>
         </is>
       </c>
       <c r="B556" t="inlineStr">
         <is>
-          <t>Room settings</t>
+          <t>New tag</t>
         </is>
       </c>
       <c r="C556" t="inlineStr">
         <is>
-          <t>Jututoa seadistused</t>
+          <t>Uus silt</t>
         </is>
       </c>
       <c r="D556" t="inlineStr"/>
       <c r="E556" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F556" t="inlineStr">
         <is>
-          <t>RoomListRoom settings</t>
+          <t>RoomListNew tag</t>
         </is>
       </c>
       <c r="G556" t="inlineStr"/>
       <c r="H556" t="inlineStr"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20083</t>
+          <t>../qml/RoomList.qml:20115</t>
         </is>
       </c>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Open separately</t>
         </is>
       </c>
       <c r="C557" t="inlineStr">
         <is>
-          <t>Lahku jututoast</t>
+          <t>Ava loend eraldi</t>
         </is>
       </c>
       <c r="D557" t="inlineStr"/>
       <c r="E557" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F557" t="inlineStr">
         <is>
-          <t>RoomListLeave room</t>
+          <t>RoomListOpen separately</t>
         </is>
       </c>
       <c r="G557" t="inlineStr"/>
       <c r="H557" t="inlineStr"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20088</t>
+          <t>../qml/RoomList.qml:20127</t>
         </is>
       </c>
       <c r="B558" t="inlineStr">
         <is>
-          <t>Copy room link</t>
+          <t>Mark as read</t>
         </is>
       </c>
       <c r="C558" t="inlineStr">
         <is>
-          <t>Kopeeri jututoa link</t>
+          <t>Märgi loetuks</t>
         </is>
       </c>
       <c r="D558" t="inlineStr"/>
       <c r="E558" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F558" t="inlineStr">
         <is>
-          <t>RoomListCopy room link</t>
+          <t>RoomListMark as read</t>
         </is>
       </c>
       <c r="G558" t="inlineStr"/>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20095</t>
+          <t>../qml/RoomList.qml:20132</t>
         </is>
       </c>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Tag room as:</t>
+          <t>Room settings</t>
         </is>
       </c>
       <c r="C559" t="inlineStr">
         <is>
-          <t>Lisa jututoale silt:</t>
+          <t>Jututoa seadistused</t>
         </is>
       </c>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>RoomListTag room as:</t>
+          <t>RoomListRoom settings</t>
         </is>
       </c>
       <c r="G559" t="inlineStr"/>
       <c r="H559" t="inlineStr"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20108</t>
+          <t>../qml/RoomList.qml:20137</t>
         </is>
       </c>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Favourite</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C560" t="inlineStr">
         <is>
-          <t>Lemmik</t>
+          <t>Lahku jututoast</t>
         </is>
       </c>
       <c r="D560" t="inlineStr"/>
       <c r="E560" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F560" t="inlineStr">
         <is>
-          <t>RoomListFavourite</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomListLeave room</t>
+        </is>
+      </c>
+      <c r="G560" t="inlineStr"/>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20110</t>
+          <t>../qml/RoomList.qml:20142</t>
         </is>
       </c>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Low priority</t>
+          <t>Copy room link</t>
         </is>
       </c>
       <c r="C561" t="inlineStr">
         <is>
-          <t>Vähetähtis</t>
+          <t>Kopeeri jututoa link</t>
         </is>
       </c>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>RoomListLow priority</t>
+          <t>RoomListCopy room link</t>
         </is>
       </c>
       <c r="G561" t="inlineStr"/>
       <c r="H561" t="inlineStr"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20112</t>
+          <t>../qml/RoomList.qml:20149</t>
         </is>
       </c>
       <c r="B562" t="inlineStr">
         <is>
-          <t>Server notice</t>
+          <t>Tag room as:</t>
         </is>
       </c>
       <c r="C562" t="inlineStr">
         <is>
-          <t>Serveriteade</t>
+          <t>Lisa jututoale silt:</t>
         </is>
       </c>
       <c r="D562" t="inlineStr"/>
       <c r="E562" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F562" t="inlineStr">
         <is>
-          <t>RoomListServer notice</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomListTag room as:</t>
+        </is>
+      </c>
+      <c r="G562" t="inlineStr"/>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20125</t>
+          <t>../qml/RoomList.qml:20162</t>
         </is>
       </c>
       <c r="B563" t="inlineStr">
         <is>
-          <t>Create new tag…</t>
+          <t>Favourite</t>
         </is>
       </c>
       <c r="C563" t="inlineStr">
         <is>
-          <t>Loo uus silt…</t>
+          <t>Lemmik</t>
         </is>
       </c>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>RoomListCreate new tag...</t>
-[...2 lines deleted...]
-      <c r="G563" t="inlineStr"/>
+          <t>RoomListFavourite</t>
+        </is>
+      </c>
+      <c r="G563" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Lemmikud</t>
+        </is>
+      </c>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20145</t>
+          <t>../qml/RoomList.qml:20164</t>
         </is>
       </c>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Members of %1</t>
+          <t>Low priority</t>
         </is>
       </c>
       <c r="C564" t="inlineStr">
         <is>
-          <t>%1 jututoa liikmed</t>
+          <t>Vähetähtis</t>
         </is>
       </c>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>RoomMembersMembers of %1</t>
+          <t>RoomListLow priority</t>
         </is>
       </c>
       <c r="G564" t="inlineStr"/>
       <c r="H564" t="inlineStr"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20177</t>
+          <t>../qml/RoomList.qml:20166</t>
         </is>
       </c>
       <c r="B565" t="inlineStr">
         <is>
-          <t>%n person in %1</t>
+          <t>Server notice</t>
         </is>
       </c>
       <c r="C565" t="inlineStr">
         <is>
-          <t>%n osaline %1 jututoas</t>
+          <t>Serveriteade</t>
         </is>
       </c>
       <c r="D565" t="inlineStr"/>
       <c r="E565" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F565" t="inlineStr">
         <is>
+          <t>RoomListServer notice</t>
+        </is>
+      </c>
+      <c r="G565" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Serveriteated</t>
+        </is>
+      </c>
+      <c r="H565" t="inlineStr"/>
+    </row>
+    <row r="566">
+      <c r="A566" t="inlineStr">
+        <is>
+          <t>../qml/RoomList.qml:20179</t>
+        </is>
+      </c>
+      <c r="B566" t="inlineStr">
+        <is>
+          <t>Create new tag…</t>
+        </is>
+      </c>
+      <c r="C566" t="inlineStr">
+        <is>
+          <t>Loo uus silt…</t>
+        </is>
+      </c>
+      <c r="D566" t="inlineStr"/>
+      <c r="E566" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F566" t="inlineStr">
+        <is>
+          <t>RoomListCreate new tag...</t>
+        </is>
+      </c>
+      <c r="G566" t="inlineStr"/>
+      <c r="H566" t="inlineStr"/>
+    </row>
+    <row r="567">
+      <c r="A567" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomMembers.qml:20199</t>
+        </is>
+      </c>
+      <c r="B567" t="inlineStr">
+        <is>
+          <t>Members of %1</t>
+        </is>
+      </c>
+      <c r="C567" t="inlineStr">
+        <is>
+          <t>%1 jututoa liikmed</t>
+        </is>
+      </c>
+      <c r="D567" t="inlineStr"/>
+      <c r="E567" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F567" t="inlineStr">
+        <is>
+          <t>RoomMembersMembers of %1</t>
+        </is>
+      </c>
+      <c r="G567" t="inlineStr"/>
+      <c r="H567" t="inlineStr"/>
+    </row>
+    <row r="568">
+      <c r="A568" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomMembers.qml:20231</t>
+        </is>
+      </c>
+      <c r="B568" t="inlineStr">
+        <is>
+          <t>%n person in %1</t>
+        </is>
+      </c>
+      <c r="C568" t="inlineStr">
+        <is>
+          <t>%n osaline %1 jututoas</t>
+        </is>
+      </c>
+      <c r="D568" t="inlineStr"/>
+      <c r="E568" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F568" t="inlineStr">
+        <is>
           <t>RoomMembers
 Summary above list of members%n people in %1</t>
         </is>
       </c>
-      <c r="G565" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G568" t="inlineStr"/>
       <c r="H568" t="inlineStr"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20211</t>
+          <t>../qml/dialogs/RoomMembers.qml:20241</t>
         </is>
       </c>
       <c r="B569" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Invite more people</t>
         </is>
       </c>
       <c r="C569" t="inlineStr">
         <is>
-          <t>Kasutajatunnus</t>
+          <t>Kutsu veel liikmeid</t>
         </is>
       </c>
       <c r="D569" t="inlineStr"/>
       <c r="E569" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F569" t="inlineStr">
         <is>
-          <t>RoomMembersUser ID</t>
+          <t>RoomMembersInvite more people</t>
         </is>
       </c>
       <c r="G569" t="inlineStr"/>
       <c r="H569" t="inlineStr"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20212</t>
+          <t>../qml/dialogs/RoomMembers.qml:20249</t>
         </is>
       </c>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Display name</t>
+          <t>Search...</t>
         </is>
       </c>
       <c r="C570" t="inlineStr">
         <is>
-          <t>Kuvatav nimi</t>
+          <t>Otsi...</t>
         </is>
       </c>
       <c r="D570" t="inlineStr"/>
       <c r="E570" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F570" t="inlineStr">
         <is>
-          <t>RoomMembersDisplay name</t>
+          <t>RoomMembersSearch...</t>
         </is>
       </c>
       <c r="G570" t="inlineStr"/>
       <c r="H570" t="inlineStr"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20213</t>
+          <t>../qml/dialogs/RoomMembers.qml:20259</t>
         </is>
       </c>
       <c r="B571" t="inlineStr">
         <is>
-          <t>Power level</t>
+          <t xml:space="preserve">Sort by: </t>
         </is>
       </c>
       <c r="C571" t="inlineStr">
         <is>
-          <t>Kasutaja õigused</t>
+          <t xml:space="preserve">Sortimise alus: </t>
         </is>
       </c>
       <c r="D571" t="inlineStr"/>
       <c r="E571" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F571" t="inlineStr">
         <is>
-          <t>RoomMembersPower level</t>
-[...6 lines deleted...]
-      </c>
+          <t xml:space="preserve">RoomMembersSort by: </t>
+        </is>
+      </c>
+      <c r="G571" t="inlineStr"/>
       <c r="H571" t="inlineStr"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20311</t>
+          <t>../qml/dialogs/RoomMembers.qml:20265</t>
         </is>
       </c>
       <c r="B572" t="inlineStr">
         <is>
-          <t>This room is not encrypted!</t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C572" t="inlineStr">
         <is>
-          <t>See jututuba on krüptimata!</t>
+          <t>Kasutajatunnus</t>
         </is>
       </c>
       <c r="D572" t="inlineStr"/>
       <c r="E572" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F572" t="inlineStr">
         <is>
-          <t>RoomMembersThis room is not encrypted!</t>
+          <t>RoomMembersUser ID</t>
         </is>
       </c>
       <c r="G572" t="inlineStr"/>
       <c r="H572" t="inlineStr"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20315</t>
+          <t>../qml/dialogs/RoomMembers.qml:20266</t>
         </is>
       </c>
       <c r="B573" t="inlineStr">
         <is>
-          <t>This user is verified.</t>
+          <t>Display name</t>
         </is>
       </c>
       <c r="C573" t="inlineStr">
         <is>
-          <t>See kasutaja on verifitseeritud.</t>
+          <t>Kuvatav nimi</t>
         </is>
       </c>
       <c r="D573" t="inlineStr"/>
       <c r="E573" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F573" t="inlineStr">
         <is>
-          <t>RoomMembersThis user is verified.</t>
+          <t>RoomMembersDisplay name</t>
         </is>
       </c>
       <c r="G573" t="inlineStr"/>
       <c r="H573" t="inlineStr"/>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20317</t>
+          <t>../qml/dialogs/RoomMembers.qml:20267</t>
         </is>
       </c>
       <c r="B574" t="inlineStr">
         <is>
-          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
+          <t>Power level</t>
         </is>
       </c>
       <c r="C574" t="inlineStr">
         <is>
-          <t>See kasutaja ei ole verifitseeritud, kuid ta kasutab jätkuvalt krüpto jaoks juurvõtmeid sellest ajast, kui te kohtusite.</t>
+          <t>Kasutaja õigused</t>
         </is>
       </c>
       <c r="D574" t="inlineStr"/>
       <c r="E574" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F574" t="inlineStr">
         <is>
-          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
-[...2 lines deleted...]
-      <c r="G574" t="inlineStr"/>
+          <t>RoomMembersPower level</t>
+        </is>
+      </c>
+      <c r="G574" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: õigused</t>
+        </is>
+      </c>
       <c r="H574" t="inlineStr"/>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20319</t>
+          <t>../qml/dialogs/RoomMembers.qml:20365</t>
         </is>
       </c>
       <c r="B575" t="inlineStr">
         <is>
-          <t>This user has unverified devices!</t>
+          <t>This room is not encrypted!</t>
         </is>
       </c>
       <c r="C575" t="inlineStr">
         <is>
-          <t>Sellel kasutajal on verifitseerimata seadmeid!</t>
+          <t>See jututuba on krüptimata!</t>
         </is>
       </c>
       <c r="D575" t="inlineStr"/>
       <c r="E575" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F575" t="inlineStr">
         <is>
-          <t>RoomMembersThis user has unverified devices!</t>
+          <t>RoomMembersThis room is not encrypted!</t>
         </is>
       </c>
       <c r="G575" t="inlineStr"/>
       <c r="H575" t="inlineStr"/>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20563</t>
+          <t>../qml/dialogs/RoomMembers.qml:20369</t>
         </is>
       </c>
       <c r="B576" t="inlineStr">
         <is>
-          <t>Failed to enable encryption: %1</t>
+          <t>This user is verified.</t>
         </is>
       </c>
       <c r="C576" t="inlineStr">
         <is>
-          <t>Krüptimise kasutuselevõtmine ei õnnestunud: %1</t>
+          <t>See kasutaja on verifitseeritud.</t>
         </is>
       </c>
       <c r="D576" t="inlineStr"/>
       <c r="E576" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F576" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to enable encryption: %1</t>
+          <t>RoomMembersThis user is verified.</t>
         </is>
       </c>
       <c r="G576" t="inlineStr"/>
       <c r="H576" t="inlineStr"/>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../qml/dialogs/RoomMembers.qml:20371</t>
         </is>
       </c>
       <c r="B577" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="C577" t="inlineStr">
         <is>
-          <t>Vali tunnuspilt</t>
+          <t>See kasutaja ei ole verifitseeritud, kuid ta kasutab jätkuvalt krüpto jaoks juurvõtmeid sellest ajast, kui te kohtusite.</t>
         </is>
       </c>
       <c r="D577" t="inlineStr"/>
       <c r="E577" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F577" t="inlineStr">
         <is>
-          <t>RoomSettingsSelect an avatar</t>
+          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="G577" t="inlineStr"/>
       <c r="H577" t="inlineStr"/>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../qml/dialogs/RoomMembers.qml:20373</t>
         </is>
       </c>
       <c r="B578" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>This user has unverified devices!</t>
         </is>
       </c>
       <c r="C578" t="inlineStr">
         <is>
-          <t>Kõik failid (*)</t>
+          <t>Sellel kasutajal on verifitseerimata seadmeid!</t>
         </is>
       </c>
       <c r="D578" t="inlineStr"/>
       <c r="E578" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F578" t="inlineStr">
         <is>
-          <t>RoomSettingsAll Files (*)</t>
+          <t>RoomMembersThis user has unverified devices!</t>
         </is>
       </c>
       <c r="G578" t="inlineStr"/>
       <c r="H578" t="inlineStr"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20979</t>
+          <t>../../src/ui/RoomSettings.cpp:20617</t>
         </is>
       </c>
       <c r="B579" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>Failed to enable encryption: %1</t>
         </is>
       </c>
       <c r="C579" t="inlineStr">
         <is>
-          <t>Valitud fail ei ole pildifail</t>
+          <t>Krüptimise kasutuselevõtmine ei õnnestunud: %1</t>
         </is>
       </c>
       <c r="D579" t="inlineStr"/>
       <c r="E579" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F579" t="inlineStr">
         <is>
-          <t>RoomSettingsThe selected file is not an image</t>
+          <t>RoomSettingsFailed to enable encryption: %1</t>
         </is>
       </c>
       <c r="G579" t="inlineStr"/>
       <c r="H579" t="inlineStr"/>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20984</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C580" t="inlineStr">
         <is>
-          <t>Viga faili lugemisel: %1</t>
+          <t>Vali tunnuspilt</t>
         </is>
       </c>
       <c r="D580" t="inlineStr"/>
       <c r="E580" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F580" t="inlineStr">
         <is>
-          <t>RoomSettingsError while reading file: %1</t>
+          <t>RoomSettingsSelect an avatar</t>
         </is>
       </c>
       <c r="G580" t="inlineStr"/>
       <c r="H580" t="inlineStr"/>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:21035</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B581" t="inlineStr">
         <is>
-          <t>Failed to upload image: %s</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C581" t="inlineStr">
         <is>
-          <t>Viga faili üleslaadimisel: %1</t>
+          <t>Kõik failid (*)</t>
         </is>
       </c>
       <c r="D581" t="inlineStr"/>
       <c r="E581" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F581" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to upload image: %s</t>
+          <t>RoomSettingsAll Files (*)</t>
         </is>
       </c>
       <c r="G581" t="inlineStr"/>
       <c r="H581" t="inlineStr"/>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21062</t>
+          <t>../../src/ui/RoomSettings.cpp:21033</t>
         </is>
       </c>
       <c r="B582" t="inlineStr">
         <is>
-          <t>Room Settings</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C582" t="inlineStr">
         <is>
-          <t>Jututoa seadistused</t>
+          <t>Valitud fail ei ole pildifail</t>
         </is>
       </c>
       <c r="D582" t="inlineStr"/>
       <c r="E582" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F582" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Settings</t>
+          <t>RoomSettingsThe selected file is not an image</t>
         </is>
       </c>
       <c r="G582" t="inlineStr"/>
       <c r="H582" t="inlineStr"/>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21097</t>
+          <t>../../src/ui/RoomSettings.cpp:21038</t>
         </is>
       </c>
       <c r="B583" t="inlineStr">
         <is>
-          <t>Change room avatar.</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C583" t="inlineStr">
         <is>
-          <t>Muuda jututoa tunnuspilti.</t>
+          <t>Viga faili lugemisel: %1</t>
         </is>
       </c>
       <c r="D583" t="inlineStr"/>
       <c r="E583" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F583" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange room avatar.</t>
+          <t>RoomSettingsError while reading file: %1</t>
         </is>
       </c>
       <c r="G583" t="inlineStr"/>
       <c r="H583" t="inlineStr"/>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21194</t>
+          <t>../../src/ui/RoomSettings.cpp:21089</t>
         </is>
       </c>
       <c r="B584" t="inlineStr">
         <is>
-          <t>Change name of this room</t>
+          <t>Failed to upload image: %s</t>
         </is>
       </c>
       <c r="C584" t="inlineStr">
         <is>
-          <t>Muuda selle jututoa nime</t>
+          <t>Viga faili üleslaadimisel: %1</t>
         </is>
       </c>
       <c r="D584" t="inlineStr"/>
       <c r="E584" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F584" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange name of this room</t>
+          <t>RoomSettingsFailed to upload image: %s</t>
         </is>
       </c>
       <c r="G584" t="inlineStr"/>
       <c r="H584" t="inlineStr"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21217</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21116</t>
         </is>
       </c>
       <c r="B585" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+          <t>Room Settings</t>
         </is>
       </c>
       <c r="C585" t="inlineStr">
         <is>
-          <t>Kuna jututoa olekut ei saa krüptida, siis palun alati kontrolli, et jututoa nimes ei leiduks konfidentsiaalset teavet!</t>
+          <t>Jututoa seadistused</t>
         </is>
       </c>
       <c r="D585" t="inlineStr"/>
       <c r="E585" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F585" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+          <t>RoomSettingsDialogRoom Settings</t>
         </is>
       </c>
       <c r="G585" t="inlineStr"/>
       <c r="H585" t="inlineStr"/>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21228</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21151</t>
         </is>
       </c>
       <c r="B586" t="inlineStr">
         <is>
-          <t>%n member</t>
+          <t>Change room avatar.</t>
         </is>
       </c>
       <c r="C586" t="inlineStr">
         <is>
-          <t>%n liige</t>
+          <t>Muuda jututoa tunnuspilti.</t>
         </is>
       </c>
       <c r="D586" t="inlineStr"/>
       <c r="E586" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F586" t="inlineStr">
         <is>
-          <t>RoomSettingsDialog%n member(s)</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogChange room avatar.</t>
+        </is>
+      </c>
+      <c r="G586" t="inlineStr"/>
       <c r="H586" t="inlineStr"/>
     </row>
     <row r="587">
       <c r="A587" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21236</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21248</t>
         </is>
       </c>
       <c r="B587" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>Change name of this room</t>
         </is>
       </c>
       <c r="C587" t="inlineStr">
         <is>
-          <t>Vaata %1 jututoa liikmeid</t>
+          <t>Muuda selle jututoa nime</t>
         </is>
       </c>
       <c r="D587" t="inlineStr"/>
       <c r="E587" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F587" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView members of %1</t>
+          <t>RoomSettingsDialogChange name of this room</t>
         </is>
       </c>
       <c r="G587" t="inlineStr"/>
       <c r="H587" t="inlineStr"/>
     </row>
     <row r="588">
       <c r="A588" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21260</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21271</t>
         </is>
       </c>
       <c r="B588" t="inlineStr">
         <is>
-          <t>No topic set</t>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="C588" t="inlineStr">
         <is>
-          <t>Teema on kirjeldamata</t>
+          <t>Kuna jututoa olekut ei saa krüptida, siis palun alati kontrolli, et jututoa nimes ei leiduks konfidentsiaalset teavet!</t>
         </is>
       </c>
       <c r="D588" t="inlineStr"/>
       <c r="E588" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F588" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNo topic set</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="G588" t="inlineStr"/>
       <c r="H588" t="inlineStr"/>
     </row>
     <row r="589">
       <c r="A589" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21284</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21282</t>
         </is>
       </c>
       <c r="B589" t="inlineStr">
         <is>
-          <t>Change topic of this room</t>
+          <t>%n member</t>
         </is>
       </c>
       <c r="C589" t="inlineStr">
         <is>
-          <t>Muuda selle jututoa teemat</t>
+          <t>%n liige</t>
         </is>
       </c>
       <c r="D589" t="inlineStr"/>
       <c r="E589" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F589" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange topic of this room</t>
-[...2 lines deleted...]
-      <c r="G589" t="inlineStr"/>
+          <t>RoomSettingsDialog%n member(s)</t>
+        </is>
+      </c>
+      <c r="G589" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %n liige, %n liige</t>
+        </is>
+      </c>
       <c r="H589" t="inlineStr"/>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21308</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21290</t>
         </is>
       </c>
       <c r="B590" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C590" t="inlineStr">
         <is>
-          <t>Kuna jututoa olekut ei saa krüptida, siis palun alati kontrolli, et jututoa teemas ei leiduks konfidentsiaalset teavet!</t>
+          <t>Vaata %1 jututoa liikmeid</t>
         </is>
       </c>
       <c r="D590" t="inlineStr"/>
       <c r="E590" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F590" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+          <t>RoomSettingsDialogView members of %1</t>
         </is>
       </c>
       <c r="G590" t="inlineStr"/>
       <c r="H590" t="inlineStr"/>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21327</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21314</t>
         </is>
       </c>
       <c r="B591" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>No topic set</t>
         </is>
       </c>
       <c r="C591" t="inlineStr">
         <is>
-          <t>TEAVITUSED</t>
+          <t>Teema on kirjeldamata</t>
         </is>
       </c>
       <c r="D591" t="inlineStr"/>
       <c r="E591" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F591" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNOTIFICATIONS</t>
+          <t>RoomSettingsDialogNo topic set</t>
         </is>
       </c>
       <c r="G591" t="inlineStr"/>
       <c r="H591" t="inlineStr"/>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21336</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21338</t>
         </is>
       </c>
       <c r="B592" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Change topic of this room</t>
         </is>
       </c>
       <c r="C592" t="inlineStr">
         <is>
-          <t>Teavitused</t>
+          <t>Muuda selle jututoa teemat</t>
         </is>
       </c>
       <c r="D592" t="inlineStr"/>
       <c r="E592" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F592" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNotifications</t>
+          <t>RoomSettingsDialogChange topic of this room</t>
         </is>
       </c>
       <c r="G592" t="inlineStr"/>
       <c r="H592" t="inlineStr"/>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21362</t>
         </is>
       </c>
       <c r="B593" t="inlineStr">
         <is>
-          <t>Muted</t>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="C593" t="inlineStr">
         <is>
-          <t>Summutatud</t>
+          <t>Kuna jututoa olekut ei saa krüptida, siis palun alati kontrolli, et jututoa teemas ei leiduks konfidentsiaalset teavet!</t>
         </is>
       </c>
       <c r="D593" t="inlineStr"/>
       <c r="E593" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F593" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMuted</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="G593" t="inlineStr"/>
       <c r="H593" t="inlineStr"/>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21381</t>
         </is>
       </c>
       <c r="B594" t="inlineStr">
         <is>
-          <t>Mentions only</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C594" t="inlineStr">
         <is>
-          <t>Vaid mainimised</t>
+          <t>TEAVITUSED</t>
         </is>
       </c>
       <c r="D594" t="inlineStr"/>
       <c r="E594" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F594" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMentions only</t>
+          <t>RoomSettingsDialogNOTIFICATIONS</t>
         </is>
       </c>
       <c r="G594" t="inlineStr"/>
       <c r="H594" t="inlineStr"/>
     </row>
     <row r="595">
       <c r="A595" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21390</t>
         </is>
       </c>
       <c r="B595" t="inlineStr">
         <is>
-          <t>All messages</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="C595" t="inlineStr">
         <is>
-          <t>Kõik sõnumid</t>
+          <t>Teavitused</t>
         </is>
       </c>
       <c r="D595" t="inlineStr"/>
       <c r="E595" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F595" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAll messages</t>
+          <t>RoomSettingsDialogNotifications</t>
         </is>
       </c>
       <c r="G595" t="inlineStr"/>
       <c r="H595" t="inlineStr"/>
     </row>
     <row r="596">
       <c r="A596" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21352</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B596" t="inlineStr">
         <is>
-          <t>ENTRY PERMISSIONS</t>
+          <t>Muted</t>
         </is>
       </c>
       <c r="C596" t="inlineStr">
         <is>
-          <t>LIGIPÄÄSUÕIGUSED</t>
+          <t>Summutatud</t>
         </is>
       </c>
       <c r="D596" t="inlineStr"/>
       <c r="E596" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F596" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
+          <t>RoomSettingsDialogMuted</t>
         </is>
       </c>
       <c r="G596" t="inlineStr"/>
       <c r="H596" t="inlineStr"/>
     </row>
     <row r="597">
       <c r="A597" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21361</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B597" t="inlineStr">
         <is>
-          <t>Anyone can join</t>
+          <t>Mentions only</t>
         </is>
       </c>
       <c r="C597" t="inlineStr">
         <is>
-          <t>Kes iganes võib liituda</t>
+          <t>Vaid mainimised</t>
         </is>
       </c>
       <c r="D597" t="inlineStr"/>
       <c r="E597" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F597" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAnyone can join</t>
+          <t>RoomSettingsDialogMentions only</t>
         </is>
       </c>
       <c r="G597" t="inlineStr"/>
       <c r="H597" t="inlineStr"/>
     </row>
     <row r="598">
       <c r="A598" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21375</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B598" t="inlineStr">
         <is>
-          <t>Allow knocking</t>
+          <t>All messages</t>
         </is>
       </c>
       <c r="C598" t="inlineStr">
         <is>
-          <t>Luba uksele koputamine</t>
+          <t>Kõik sõnumid</t>
         </is>
       </c>
       <c r="D598" t="inlineStr"/>
       <c r="E598" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F598" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow knocking</t>
+          <t>RoomSettingsDialogAll messages</t>
         </is>
       </c>
       <c r="G598" t="inlineStr"/>
       <c r="H598" t="inlineStr"/>
     </row>
     <row r="599">
       <c r="A599" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21394</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21409</t>
         </is>
       </c>
       <c r="B599" t="inlineStr">
         <is>
-          <t>Allow joining via other rooms</t>
+          <t>ENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="C599" t="inlineStr">
         <is>
-          <t>Luba liitumine teiste jututubade kaudu</t>
+          <t>LIGIPÄÄSUÕIGUSED</t>
         </is>
       </c>
       <c r="D599" t="inlineStr"/>
       <c r="E599" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F599" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow joining via other rooms</t>
+          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="G599" t="inlineStr"/>
       <c r="H599" t="inlineStr"/>
     </row>
     <row r="600">
       <c r="A600" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21413</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21418</t>
         </is>
       </c>
       <c r="B600" t="inlineStr">
         <is>
-          <t>Rooms to join via</t>
+          <t>Anyone can join</t>
         </is>
       </c>
       <c r="C600" t="inlineStr">
         <is>
-          <t>Jututoad, mille kaudu on võimalik liituda</t>
+          <t>Kes iganes võib liituda</t>
         </is>
       </c>
       <c r="D600" t="inlineStr"/>
       <c r="E600" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F600" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRooms to join via</t>
+          <t>RoomSettingsDialogAnyone can join</t>
         </is>
       </c>
       <c r="G600" t="inlineStr"/>
       <c r="H600" t="inlineStr"/>
     </row>
     <row r="601">
       <c r="A601" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21667</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
         </is>
       </c>
       <c r="B601" t="inlineStr">
         <is>
-          <t>Change</t>
+          <t>Allow knocking</t>
         </is>
       </c>
       <c r="C601" t="inlineStr">
         <is>
-          <t>Muuda</t>
+          <t>Luba uksele koputamine</t>
         </is>
       </c>
       <c r="D601" t="inlineStr"/>
       <c r="E601" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F601" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange</t>
+          <t>RoomSettingsDialogAllow knocking</t>
         </is>
       </c>
       <c r="G601" t="inlineStr"/>
       <c r="H601" t="inlineStr"/>
     </row>
     <row r="602">
       <c r="A602" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21426</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21451</t>
         </is>
       </c>
       <c r="B602" t="inlineStr">
         <is>
-          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>Allow joining via other rooms</t>
         </is>
       </c>
       <c r="C602" t="inlineStr">
         <is>
-          <t>Muuda jututube, mille kaudu on võimalik selle jututoaga liituda. Tavaliselt on selleks näiteks selle jututoa põhiline kogukond.</t>
+          <t>Luba liitumine teiste jututubade kaudu</t>
         </is>
       </c>
       <c r="D602" t="inlineStr"/>
       <c r="E602" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F602" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>RoomSettingsDialogAllow joining via other rooms</t>
         </is>
       </c>
       <c r="G602" t="inlineStr"/>
       <c r="H602" t="inlineStr"/>
     </row>
     <row r="603">
       <c r="A603" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21470</t>
         </is>
       </c>
       <c r="B603" t="inlineStr">
         <is>
-          <t>Allow guests to join</t>
+          <t>Rooms to join via</t>
         </is>
       </c>
       <c r="C603" t="inlineStr">
         <is>
-          <t>Luba külalistel liituda</t>
+          <t>Jututoad, mille kaudu on võimalik liituda</t>
         </is>
       </c>
       <c r="D603" t="inlineStr"/>
       <c r="E603" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F603" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow guests to join</t>
+          <t>RoomSettingsDialogRooms to join via</t>
         </is>
       </c>
       <c r="G603" t="inlineStr"/>
       <c r="H603" t="inlineStr"/>
     </row>
     <row r="604">
       <c r="A604" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21449</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21724</t>
         </is>
       </c>
       <c r="B604" t="inlineStr">
         <is>
-          <t>Apply access rules</t>
+          <t>Change</t>
         </is>
       </c>
       <c r="C604" t="inlineStr">
         <is>
-          <t>Jõusta ligipääsureeglid</t>
+          <t>Muuda</t>
         </is>
       </c>
       <c r="D604" t="inlineStr"/>
       <c r="E604" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F604" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply access rules</t>
+          <t>RoomSettingsDialogChange</t>
         </is>
       </c>
       <c r="G604" t="inlineStr"/>
       <c r="H604" t="inlineStr"/>
     </row>
     <row r="605">
       <c r="A605" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21456</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21483</t>
         </is>
       </c>
       <c r="B605" t="inlineStr">
         <is>
-          <t>MESSAGE VISIBILITY</t>
+          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="C605" t="inlineStr">
         <is>
-          <t>SÕNUMITE LOETAVUS</t>
+          <t>Muuda jututube, mille kaudu on võimalik selle jututoaga liituda. Tavaliselt on selleks näiteks selle jututoa põhiline kogukond.</t>
         </is>
       </c>
       <c r="D605" t="inlineStr"/>
       <c r="E605" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F605" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
+          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="G605" t="inlineStr"/>
       <c r="H605" t="inlineStr"/>
     </row>
     <row r="606">
       <c r="A606" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21465</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21489</t>
         </is>
       </c>
       <c r="B606" t="inlineStr">
         <is>
-          <t>Allow viewing history without joining</t>
+          <t>Allow guests to join</t>
         </is>
       </c>
       <c r="C606" t="inlineStr">
         <is>
-          <t>Luba lugeda sõnumite ajalugu ilma liitumiseta</t>
+          <t>Luba külalistel liituda</t>
         </is>
       </c>
       <c r="D606" t="inlineStr"/>
       <c r="E606" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F606" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow viewing history without joining</t>
+          <t>RoomSettingsDialogAllow guests to join</t>
         </is>
       </c>
       <c r="G606" t="inlineStr"/>
       <c r="H606" t="inlineStr"/>
     </row>
     <row r="607">
       <c r="A607" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21468</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21506</t>
         </is>
       </c>
       <c r="B607" t="inlineStr">
         <is>
-          <t>This is useful to see previews of the room or view it on public websites.</t>
+          <t>Apply access rules</t>
         </is>
       </c>
       <c r="C607" t="inlineStr">
         <is>
-          <t>Selline funktsionaalsus sobib kasutamiseks näiteks jututoa liitumiseelse eelvaate kuvamisel ning jututoa näitamisel avalikus veebisaidis.</t>
+          <t>Jõusta ligipääsureeglid</t>
         </is>
       </c>
       <c r="D607" t="inlineStr"/>
       <c r="E607" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F607" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
+          <t>RoomSettingsDialogApply access rules</t>
         </is>
       </c>
       <c r="G607" t="inlineStr"/>
       <c r="H607" t="inlineStr"/>
     </row>
     <row r="608">
       <c r="A608" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21488</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21513</t>
         </is>
       </c>
       <c r="B608" t="inlineStr">
         <is>
-          <t>Members can see messages since</t>
+          <t>MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C608" t="inlineStr">
         <is>
-          <t>Liikmed võivad lugeda sõnumeid</t>
+          <t>SÕNUMITE LOETAVUS</t>
         </is>
       </c>
       <c r="D608" t="inlineStr"/>
       <c r="E608" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F608" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can see messages since</t>
+          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G608" t="inlineStr"/>
       <c r="H608" t="inlineStr"/>
     </row>
     <row r="609">
       <c r="A609" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21492</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21522</t>
         </is>
       </c>
       <c r="B609" t="inlineStr">
         <is>
-          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>Allow viewing history without joining</t>
         </is>
       </c>
       <c r="C609" t="inlineStr">
         <is>
-          <t>Jututoa ajaloo nähtavus liitunud kasutajatele. Seadistuse muutmine ei mõjuta juba saadetud sõnumeid ning kehtib vaid uutele sõnumitele.</t>
+          <t>Luba lugeda sõnumite ajalugu ilma liitumiseta</t>
         </is>
       </c>
       <c r="D609" t="inlineStr"/>
       <c r="E609" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F609" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>RoomSettingsDialogAllow viewing history without joining</t>
         </is>
       </c>
       <c r="G609" t="inlineStr"/>
       <c r="H609" t="inlineStr"/>
     </row>
     <row r="610">
       <c r="A610" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21511</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21525</t>
         </is>
       </c>
       <c r="B610" t="inlineStr">
         <is>
-          <t>Everything</t>
+          <t>This is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="C610" t="inlineStr">
         <is>
-          <t>kogu ajaloost</t>
+          <t>Selline funktsionaalsus sobib kasutamiseks näiteks jututoa liitumiseelse eelvaate kuvamisel ning jututoa näitamisel avalikus veebisaidis.</t>
         </is>
       </c>
       <c r="D610" t="inlineStr"/>
       <c r="E610" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F610" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEverything</t>
+          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="G610" t="inlineStr"/>
       <c r="H610" t="inlineStr"/>
     </row>
     <row r="611">
       <c r="A611" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21512</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21545</t>
         </is>
       </c>
       <c r="B611" t="inlineStr">
         <is>
-          <t>As long as the user joined, they can see all previous messages.</t>
+          <t>Members can see messages since</t>
         </is>
       </c>
       <c r="C611" t="inlineStr">
         <is>
-          <t>Kui kasutaja on jututoa liige, siis saab ta lugeda kogu ajalugu.</t>
+          <t>Liikmed võivad lugeda sõnumeid</t>
         </is>
       </c>
       <c r="D611" t="inlineStr"/>
       <c r="E611" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F611" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
+          <t>RoomSettingsDialogMembers can see messages since</t>
         </is>
       </c>
       <c r="G611" t="inlineStr"/>
       <c r="H611" t="inlineStr"/>
     </row>
     <row r="612">
       <c r="A612" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21519</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21549</t>
         </is>
       </c>
       <c r="B612" t="inlineStr">
         <is>
-          <t>They got invited</t>
+          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="C612" t="inlineStr">
         <is>
-          <t>alates kutse saamisest</t>
+          <t>Jututoa ajaloo nähtavus liitunud kasutajatele. Seadistuse muutmine ei mõjuta juba saadetud sõnumeid ning kehtib vaid uutele sõnumitele.</t>
         </is>
       </c>
       <c r="D612" t="inlineStr"/>
       <c r="E612" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F612" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey got invited</t>
+          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="G612" t="inlineStr"/>
       <c r="H612" t="inlineStr"/>
     </row>
     <row r="613">
       <c r="A613" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21520</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21568</t>
         </is>
       </c>
       <c r="B613" t="inlineStr">
         <is>
-          <t>Members can only see messages from when they got invited going forward.</t>
+          <t>Everything</t>
         </is>
       </c>
       <c r="C613" t="inlineStr">
         <is>
-          <t>Jututoa liikmed saavad lugeda ajalugu alates liitumiskutse saatmisest.</t>
+          <t>kogu ajaloost</t>
         </is>
       </c>
       <c r="D613" t="inlineStr"/>
       <c r="E613" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F613" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
+          <t>RoomSettingsDialogEverything</t>
         </is>
       </c>
       <c r="G613" t="inlineStr"/>
       <c r="H613" t="inlineStr"/>
     </row>
     <row r="614">
       <c r="A614" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21527</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21569</t>
         </is>
       </c>
       <c r="B614" t="inlineStr">
         <is>
-          <t>They joined</t>
+          <t>As long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="C614" t="inlineStr">
         <is>
-          <t>alates liitumisest</t>
+          <t>Kui kasutaja on jututoa liige, siis saab ta lugeda kogu ajalugu.</t>
         </is>
       </c>
       <c r="D614" t="inlineStr"/>
       <c r="E614" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F614" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey joined</t>
+          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="G614" t="inlineStr"/>
       <c r="H614" t="inlineStr"/>
     </row>
     <row r="615">
       <c r="A615" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21528</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21576</t>
         </is>
       </c>
       <c r="B615" t="inlineStr">
         <is>
-          <t>Members can only see messages since after they joined.</t>
+          <t>They got invited</t>
         </is>
       </c>
       <c r="C615" t="inlineStr">
         <is>
-          <t>Jututoa liikmed saavad lugeda ajalugu alates liitumisest.</t>
+          <t>alates kutse saamisest</t>
         </is>
       </c>
       <c r="D615" t="inlineStr"/>
       <c r="E615" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F615" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
+          <t>RoomSettingsDialogThey got invited</t>
         </is>
       </c>
       <c r="G615" t="inlineStr"/>
       <c r="H615" t="inlineStr"/>
     </row>
     <row r="616">
       <c r="A616" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21538</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21577</t>
         </is>
       </c>
       <c r="B616" t="inlineStr">
         <is>
-          <t>Apply visibility changes</t>
+          <t>Members can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="C616" t="inlineStr">
         <is>
-          <t>Muuda loetavuse reegleid</t>
+          <t>Jututoa liikmed saavad lugeda ajalugu alates liitumiskutse saatmisest.</t>
         </is>
       </c>
       <c r="D616" t="inlineStr"/>
       <c r="E616" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F616" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply visibility changes</t>
+          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="G616" t="inlineStr"/>
       <c r="H616" t="inlineStr"/>
     </row>
     <row r="617">
       <c r="A617" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21554</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
         </is>
       </c>
       <c r="B617" t="inlineStr">
         <is>
-          <t>Locally hidden events</t>
+          <t>They joined</t>
         </is>
       </c>
       <c r="C617" t="inlineStr">
         <is>
-          <t>Kohalikud peidetud sündmused</t>
+          <t>alates liitumisest</t>
         </is>
       </c>
       <c r="D617" t="inlineStr"/>
       <c r="E617" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F617" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogLocally hidden events</t>
+          <t>RoomSettingsDialogThey joined</t>
         </is>
       </c>
       <c r="G617" t="inlineStr"/>
       <c r="H617" t="inlineStr"/>
     </row>
     <row r="618">
       <c r="A618" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21655</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21585</t>
         </is>
       </c>
       <c r="B618" t="inlineStr">
         <is>
-          <t>Configure</t>
+          <t>Members can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="C618" t="inlineStr">
         <is>
-          <t>Seadista</t>
+          <t>Jututoa liikmed saavad lugeda ajalugu alates liitumisest.</t>
         </is>
       </c>
       <c r="D618" t="inlineStr"/>
       <c r="E618" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F618" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogConfigure</t>
+          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="G618" t="inlineStr"/>
       <c r="H618" t="inlineStr"/>
     </row>
     <row r="619">
       <c r="A619" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21566</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21595</t>
         </is>
       </c>
       <c r="B619" t="inlineStr">
         <is>
-          <t>Select events to hide in this room</t>
+          <t>Apply visibility changes</t>
         </is>
       </c>
       <c r="C619" t="inlineStr">
         <is>
-          <t>Vali sündmused, mida siin jututoas peita</t>
+          <t>Muuda loetavuse reegleid</t>
         </is>
       </c>
       <c r="D619" t="inlineStr"/>
       <c r="E619" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F619" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect events to hide in this room</t>
+          <t>RoomSettingsDialogApply visibility changes</t>
         </is>
       </c>
       <c r="G619" t="inlineStr"/>
       <c r="H619" t="inlineStr"/>
     </row>
     <row r="620">
       <c r="A620" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21572</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21611</t>
         </is>
       </c>
       <c r="B620" t="inlineStr">
         <is>
-          <t>Automatic event deletion</t>
+          <t>Locally hidden events</t>
         </is>
       </c>
       <c r="C620" t="inlineStr">
         <is>
-          <t>Sündmuste automaatne kustutamine</t>
+          <t>Kohalikud peidetud sündmused</t>
         </is>
       </c>
       <c r="D620" t="inlineStr"/>
       <c r="E620" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F620" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAutomatic event deletion</t>
+          <t>RoomSettingsDialogLocally hidden events</t>
         </is>
       </c>
       <c r="G620" t="inlineStr"/>
       <c r="H620" t="inlineStr"/>
     </row>
     <row r="621">
       <c r="A621" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21712</t>
         </is>
       </c>
       <c r="B621" t="inlineStr">
         <is>
-          <t>Select if your events get automatically deleted in this room.</t>
+          <t>Configure</t>
         </is>
       </c>
       <c r="C621" t="inlineStr">
         <is>
-          <t>Vali, kas sinu sõnumid ja muud sündmused selles jututoas kuuluvad automaatsele kustutamisele.</t>
+          <t>Seadista</t>
         </is>
       </c>
       <c r="D621" t="inlineStr"/>
       <c r="E621" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F621" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
+          <t>RoomSettingsDialogConfigure</t>
         </is>
       </c>
       <c r="G621" t="inlineStr"/>
       <c r="H621" t="inlineStr"/>
     </row>
     <row r="622">
       <c r="A622" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21590</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21623</t>
         </is>
       </c>
       <c r="B622" t="inlineStr">
         <is>
-          <t>GENERAL SETTINGS</t>
+          <t>Select events to hide in this room</t>
         </is>
       </c>
       <c r="C622" t="inlineStr">
         <is>
-          <t>ÜLDISED SEADISTUSED</t>
+          <t>Vali sündmused, mida siin jututoas peita</t>
         </is>
       </c>
       <c r="D622" t="inlineStr"/>
       <c r="E622" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F622" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogGENERAL SETTINGS</t>
+          <t>RoomSettingsDialogSelect events to hide in this room</t>
         </is>
       </c>
       <c r="G622" t="inlineStr"/>
       <c r="H622" t="inlineStr"/>
     </row>
     <row r="623">
       <c r="A623" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21599</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21629</t>
         </is>
       </c>
       <c r="B623" t="inlineStr">
         <is>
-          <t>Encryption</t>
+          <t>Automatic event deletion</t>
         </is>
       </c>
       <c r="C623" t="inlineStr">
         <is>
-          <t>Krüptimine</t>
+          <t>Sündmuste automaatne kustutamine</t>
         </is>
       </c>
       <c r="D623" t="inlineStr"/>
       <c r="E623" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F623" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption</t>
+          <t>RoomSettingsDialogAutomatic event deletion</t>
         </is>
       </c>
       <c r="G623" t="inlineStr"/>
       <c r="H623" t="inlineStr"/>
     </row>
     <row r="624">
       <c r="A624" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21621</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21641</t>
         </is>
       </c>
       <c r="B624" t="inlineStr">
         <is>
-          <t>End-to-End Encryption</t>
+          <t>Select if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="C624" t="inlineStr">
         <is>
-          <t>Läbiv krüptimine</t>
+          <t>Vali, kas sinu sõnumid ja muud sündmused selles jututoas kuuluvad automaatsele kustutamisele.</t>
         </is>
       </c>
       <c r="D624" t="inlineStr"/>
       <c r="E624" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F624" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEnd-to-End Encryption</t>
+          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="G624" t="inlineStr"/>
       <c r="H624" t="inlineStr"/>
     </row>
     <row r="625">
       <c r="A625" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21622</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21647</t>
         </is>
       </c>
       <c r="B625" t="inlineStr">
+        <is>
+          <t>GENERAL SETTINGS</t>
+        </is>
+      </c>
+      <c r="C625" t="inlineStr">
+        <is>
+          <t>ÜLDISED SEADISTUSED</t>
+        </is>
+      </c>
+      <c r="D625" t="inlineStr"/>
+      <c r="E625" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F625" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogGENERAL SETTINGS</t>
+        </is>
+      </c>
+      <c r="G625" t="inlineStr"/>
+      <c r="H625" t="inlineStr"/>
+    </row>
+    <row r="626">
+      <c r="A626" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+        </is>
+      </c>
+      <c r="B626" t="inlineStr">
+        <is>
+          <t>Encryption</t>
+        </is>
+      </c>
+      <c r="C626" t="inlineStr">
+        <is>
+          <t>Krüptimine</t>
+        </is>
+      </c>
+      <c r="D626" t="inlineStr"/>
+      <c r="E626" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F626" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogEncryption</t>
+        </is>
+      </c>
+      <c r="G626" t="inlineStr"/>
+      <c r="H626" t="inlineStr"/>
+    </row>
+    <row r="627">
+      <c r="A627" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21678</t>
+        </is>
+      </c>
+      <c r="B627" t="inlineStr">
+        <is>
+          <t>End-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="C627" t="inlineStr">
+        <is>
+          <t>Läbiv krüptimine</t>
+        </is>
+      </c>
+      <c r="D627" t="inlineStr"/>
+      <c r="E627" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F627" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogEnd-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="G627" t="inlineStr"/>
+      <c r="H627" t="inlineStr"/>
+    </row>
+    <row r="628">
+      <c r="A628" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21679</t>
+        </is>
+      </c>
+      <c r="B628" t="inlineStr">
         <is>
           <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
                                 Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
-      <c r="C625" t="inlineStr">
+      <c r="C628" t="inlineStr">
         <is>
           <t>Krüptimine on hetkel katseline ja nii mõnigi asi võib viltu minna.&lt;br&gt;
                                 Palun arvesta, et seda ei saa hiljem välja lülitada.</t>
         </is>
       </c>
-      <c r="D625" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F625" t="inlineStr">
+      <c r="D628" t="inlineStr"/>
+      <c r="E628" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F628" t="inlineStr">
         <is>
           <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
                                 Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
-      <c r="G625" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G628" t="inlineStr"/>
       <c r="H628" t="inlineStr"/>
     </row>
     <row r="629">
       <c r="A629" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21695</t>
         </is>
       </c>
       <c r="B629" t="inlineStr">
         <is>
-          <t>View and change the addresses/aliases of this room</t>
+          <t>Permissions</t>
         </is>
       </c>
       <c r="C629" t="inlineStr">
         <is>
-          <t>Vaata ja muuda selle jututoa aadresse ja/või aliasi</t>
+          <t>Õigused</t>
         </is>
       </c>
       <c r="D629" t="inlineStr"/>
       <c r="E629" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F629" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
+          <t>RoomSettingsDialogPermission</t>
         </is>
       </c>
       <c r="G629" t="inlineStr"/>
       <c r="H629" t="inlineStr"/>
     </row>
     <row r="630">
       <c r="A630" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21662</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21701</t>
         </is>
       </c>
       <c r="B630" t="inlineStr">
         <is>
-          <t>Sticker &amp; Emote Settings</t>
+          <t>View and change the permissions in this room</t>
         </is>
       </c>
       <c r="C630" t="inlineStr">
         <is>
-          <t>Kleepsude ja emotikonide seadistused</t>
+          <t>Vaata ja muuda selle jututoa õigusi</t>
         </is>
       </c>
       <c r="D630" t="inlineStr"/>
       <c r="E630" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F630" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
+          <t>RoomSettingsDialogView and change the permissions in this room</t>
         </is>
       </c>
       <c r="G630" t="inlineStr"/>
       <c r="H630" t="inlineStr"/>
     </row>
     <row r="631">
       <c r="A631" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21668</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21707</t>
         </is>
       </c>
       <c r="B631" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>Aliases</t>
         </is>
       </c>
       <c r="C631" t="inlineStr">
         <is>
-          <t>Muuda kasutatavaid lisapakke, eemalda neid või lisa uusi</t>
+          <t>Aliased</t>
         </is>
       </c>
       <c r="D631" t="inlineStr"/>
       <c r="E631" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F631" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
+          <t>RoomSettingsDialogAliases</t>
         </is>
       </c>
       <c r="G631" t="inlineStr"/>
       <c r="H631" t="inlineStr"/>
     </row>
     <row r="632">
       <c r="A632" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21674</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21713</t>
         </is>
       </c>
       <c r="B632" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>View and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="C632" t="inlineStr">
         <is>
-          <t>TEAVE</t>
+          <t>Vaata ja muuda selle jututoa aadresse ja/või aliasi</t>
         </is>
       </c>
       <c r="D632" t="inlineStr"/>
       <c r="E632" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F632" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogINFO</t>
+          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="G632" t="inlineStr"/>
       <c r="H632" t="inlineStr"/>
     </row>
     <row r="633">
       <c r="A633" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21683</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21719</t>
         </is>
       </c>
       <c r="B633" t="inlineStr">
         <is>
-          <t>Internal ID</t>
+          <t>Sticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="C633" t="inlineStr">
         <is>
-          <t>Sisemine tunnus</t>
+          <t>Kleepsude ja emotikonide seadistused</t>
         </is>
       </c>
       <c r="D633" t="inlineStr"/>
       <c r="E633" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F633" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogInternal ID</t>
+          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="G633" t="inlineStr"/>
       <c r="H633" t="inlineStr"/>
     </row>
     <row r="634">
       <c r="A634" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21699</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21725</t>
         </is>
       </c>
       <c r="B634" t="inlineStr">
         <is>
-          <t>Copied to clipboard</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C634" t="inlineStr">
         <is>
-          <t>Kopeeritud lõikelauale</t>
+          <t>Muuda kasutatavaid lisapakke, eemalda neid või lisa uusi</t>
         </is>
       </c>
       <c r="D634" t="inlineStr"/>
       <c r="E634" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F634" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogCopied to clipboard</t>
+          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="G634" t="inlineStr"/>
       <c r="H634" t="inlineStr"/>
     </row>
     <row r="635">
       <c r="A635" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21718</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21731</t>
         </is>
       </c>
       <c r="B635" t="inlineStr">
         <is>
-          <t>Room Version</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C635" t="inlineStr">
         <is>
-          <t>Jututoa versioon</t>
+          <t>TEAVE</t>
         </is>
       </c>
       <c r="D635" t="inlineStr"/>
       <c r="E635" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F635" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Version</t>
+          <t>RoomSettingsDialogINFO</t>
         </is>
       </c>
       <c r="G635" t="inlineStr"/>
       <c r="H635" t="inlineStr"/>
     </row>
     <row r="636">
       <c r="A636" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21740</t>
         </is>
       </c>
       <c r="B636" t="inlineStr">
         <is>
-          <t>show less</t>
+          <t>Internal ID</t>
         </is>
       </c>
       <c r="C636" t="inlineStr">
         <is>
-          <t>näita vähem</t>
+          <t>Sisemine tunnus</t>
         </is>
       </c>
       <c r="D636" t="inlineStr"/>
       <c r="E636" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F636" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow less</t>
+          <t>RoomSettingsDialogInternal ID</t>
         </is>
       </c>
       <c r="G636" t="inlineStr"/>
       <c r="H636" t="inlineStr"/>
     </row>
     <row r="637">
       <c r="A637" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21757</t>
         </is>
       </c>
       <c r="B637" t="inlineStr">
         <is>
-          <t>show more</t>
+          <t>Copied to clipboard</t>
         </is>
       </c>
       <c r="C637" t="inlineStr">
         <is>
-          <t>näita rohkem</t>
+          <t>Kopeeritud lõikelauale</t>
         </is>
       </c>
       <c r="D637" t="inlineStr"/>
       <c r="E637" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F637" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow more</t>
+          <t>RoomSettingsDialogCopied to clipboard</t>
         </is>
       </c>
       <c r="G637" t="inlineStr"/>
       <c r="H637" t="inlineStr"/>
     </row>
     <row r="638">
       <c r="A638" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21896</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21777</t>
         </is>
       </c>
       <c r="B638" t="inlineStr">
         <is>
-          <t>Pending invite.</t>
+          <t>Room Version</t>
         </is>
       </c>
       <c r="C638" t="inlineStr">
         <is>
-          <t>Ootel kutse.</t>
+          <t>Jututoa versioon</t>
         </is>
       </c>
       <c r="D638" t="inlineStr"/>
       <c r="E638" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F638" t="inlineStr">
         <is>
-          <t>RoomlistModelPending invite.</t>
+          <t>RoomSettingsDialogRoom Version</t>
         </is>
       </c>
       <c r="G638" t="inlineStr"/>
       <c r="H638" t="inlineStr"/>
     </row>
     <row r="639">
       <c r="A639" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21925</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B639" t="inlineStr">
         <is>
-          <t>Previewing this room</t>
+          <t>show less</t>
         </is>
       </c>
       <c r="C639" t="inlineStr">
         <is>
-          <t>Jututoa eelvaade</t>
+          <t>näita vähem</t>
         </is>
       </c>
       <c r="D639" t="inlineStr"/>
       <c r="E639" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F639" t="inlineStr">
         <is>
-          <t>RoomlistModelPreviewing this room</t>
+          <t>RoomSettingsDialogshow less</t>
         </is>
       </c>
       <c r="G639" t="inlineStr"/>
       <c r="H639" t="inlineStr"/>
     </row>
     <row r="640">
       <c r="A640" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21958</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B640" t="inlineStr">
         <is>
-          <t>No preview available</t>
+          <t>show more</t>
         </is>
       </c>
       <c r="C640" t="inlineStr">
         <is>
-          <t>Eelvaade pole saadaval</t>
+          <t>näita rohkem</t>
         </is>
       </c>
       <c r="D640" t="inlineStr"/>
       <c r="E640" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F640" t="inlineStr">
         <is>
-          <t>RoomlistModelNo preview available</t>
+          <t>RoomSettingsDialogshow more</t>
         </is>
       </c>
       <c r="G640" t="inlineStr"/>
       <c r="H640" t="inlineStr"/>
     </row>
     <row r="641">
       <c r="A641" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21960</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21955</t>
         </is>
       </c>
       <c r="B641" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible</t>
+          <t>Pending invite.</t>
         </is>
       </c>
       <c r="C641" t="inlineStr">
         <is>
-          <t>See jututuba tõenäoliselt pole ligipääsetav</t>
+          <t>Ootel kutse.</t>
         </is>
       </c>
       <c r="D641" t="inlineStr"/>
       <c r="E641" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F641" t="inlineStr">
         <is>
-          <t>RoomlistModelThis room is possibly inaccessible</t>
+          <t>RoomlistModelPending invite.</t>
         </is>
       </c>
       <c r="G641" t="inlineStr"/>
       <c r="H641" t="inlineStr"/>
     </row>
     <row r="642">
       <c r="A642" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22268</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21984</t>
         </is>
       </c>
       <c r="B642" t="inlineStr">
         <is>
-          <t>Please enter your login password to continue:</t>
+          <t>Previewing this room</t>
         </is>
       </c>
       <c r="C642" t="inlineStr">
         <is>
-          <t>Jätkamaks palun sisesta oma salasõna:</t>
+          <t>Jututoa eelvaade</t>
         </is>
       </c>
       <c r="D642" t="inlineStr"/>
       <c r="E642" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F642" t="inlineStr">
         <is>
-          <t>RootPlease enter your login password to continue:</t>
+          <t>RoomlistModelPreviewing this room</t>
         </is>
       </c>
       <c r="G642" t="inlineStr"/>
       <c r="H642" t="inlineStr"/>
     </row>
     <row r="643">
       <c r="A643" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22278</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22017</t>
         </is>
       </c>
       <c r="B643" t="inlineStr">
         <is>
-          <t>Please enter a valid email address to continue:</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C643" t="inlineStr">
         <is>
-          <t>Jätkamaks palun sisesta oma kehtiv e-posti aadress:</t>
+          <t>Eelvaade pole saadaval</t>
         </is>
       </c>
       <c r="D643" t="inlineStr"/>
       <c r="E643" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F643" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid email address to continue:</t>
+          <t>RoomlistModelNo preview available</t>
         </is>
       </c>
       <c r="G643" t="inlineStr"/>
       <c r="H643" t="inlineStr"/>
     </row>
     <row r="644">
       <c r="A644" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22288</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22019</t>
         </is>
       </c>
       <c r="B644" t="inlineStr">
         <is>
-          <t>Please enter a valid phone number to continue:</t>
+          <t>This room is possibly inaccessible</t>
         </is>
       </c>
       <c r="C644" t="inlineStr">
         <is>
-          <t>Jätkamaks palun sisesta kehtiv telefoninumber:</t>
+          <t>See jututuba tõenäoliselt pole ligipääsetav</t>
         </is>
       </c>
       <c r="D644" t="inlineStr"/>
       <c r="E644" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F644" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid phone number to continue:</t>
+          <t>RoomlistModelThis room is possibly inaccessible</t>
         </is>
       </c>
       <c r="G644" t="inlineStr"/>
       <c r="H644" t="inlineStr"/>
     </row>
     <row r="645">
       <c r="A645" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22298</t>
+          <t>../qml/Root.qml:22327</t>
         </is>
       </c>
       <c r="B645" t="inlineStr">
         <is>
-          <t>Please enter the token which has been sent to you:</t>
+          <t>Please enter your login password to continue:</t>
         </is>
       </c>
       <c r="C645" t="inlineStr">
         <is>
-          <t>Palun sisesta sulle saadetud tunnuskood:</t>
+          <t>Jätkamaks palun sisesta oma salasõna:</t>
         </is>
       </c>
       <c r="D645" t="inlineStr"/>
       <c r="E645" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F645" t="inlineStr">
         <is>
-          <t>RootPlease enter the token which has been sent to you:</t>
+          <t>RootPlease enter your login password to continue:</t>
         </is>
       </c>
       <c r="G645" t="inlineStr"/>
       <c r="H645" t="inlineStr"/>
     </row>
     <row r="646">
       <c r="A646" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22309</t>
+          <t>../qml/Root.qml:22337</t>
         </is>
       </c>
       <c r="B646" t="inlineStr">
         <is>
-          <t>Wait for the confirmation link to arrive, then continue.</t>
+          <t>Please enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="C646" t="inlineStr">
         <is>
-          <t>Jätkamaks palun oota, kuni oled saanud kinnituslingi.</t>
+          <t>Jätkamaks palun sisesta oma kehtiv e-posti aadress:</t>
         </is>
       </c>
       <c r="D646" t="inlineStr"/>
       <c r="E646" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F646" t="inlineStr">
         <is>
-          <t>RootWait for the confirmation link to arrive, then continue.</t>
+          <t>RootPlease enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="G646" t="inlineStr"/>
       <c r="H646" t="inlineStr"/>
     </row>
     <row r="647">
       <c r="A647" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22339</t>
+          <t>../qml/Root.qml:22347</t>
         </is>
       </c>
       <c r="B647" t="inlineStr">
         <is>
-          <t>Share desktop with %1?</t>
+          <t>Please enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="C647" t="inlineStr">
         <is>
-          <t>Kas sa soovid jagada oma töölauda kasutajaga %1?</t>
+          <t>Jätkamaks palun sisesta kehtiv telefoninumber:</t>
         </is>
       </c>
       <c r="D647" t="inlineStr"/>
       <c r="E647" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F647" t="inlineStr">
         <is>
-          <t>ScreenShareShare desktop with %1?</t>
+          <t>RootPlease enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="G647" t="inlineStr"/>
       <c r="H647" t="inlineStr"/>
     </row>
     <row r="648">
       <c r="A648" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22350</t>
+          <t>../qml/Root.qml:22357</t>
         </is>
       </c>
       <c r="B648" t="inlineStr">
         <is>
-          <t>Method:</t>
+          <t>Please enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="C648" t="inlineStr">
         <is>
-          <t>Meetod:</t>
+          <t>Palun sisesta sulle saadetud tunnuskood:</t>
         </is>
       </c>
       <c r="D648" t="inlineStr"/>
       <c r="E648" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F648" t="inlineStr">
         <is>
-          <t>ScreenShareMethod:</t>
+          <t>RootPlease enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="G648" t="inlineStr"/>
       <c r="H648" t="inlineStr"/>
     </row>
     <row r="649">
       <c r="A649" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22370</t>
+          <t>../qml/Root.qml:22368</t>
         </is>
       </c>
       <c r="B649" t="inlineStr">
         <is>
-          <t>Window:</t>
+          <t>Wait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="C649" t="inlineStr">
         <is>
-          <t>Aken:</t>
+          <t>Jätkamaks palun oota, kuni oled saanud kinnituslingi.</t>
         </is>
       </c>
       <c r="D649" t="inlineStr"/>
       <c r="E649" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F649" t="inlineStr">
         <is>
-          <t>ScreenShareWindow:</t>
+          <t>RootWait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="G649" t="inlineStr"/>
       <c r="H649" t="inlineStr"/>
     </row>
     <row r="650">
       <c r="A650" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22385</t>
+          <t>../qml/voip/ScreenShare.qml:22398</t>
         </is>
       </c>
       <c r="B650" t="inlineStr">
         <is>
-          <t>Request screencast</t>
+          <t>Share desktop with %1?</t>
         </is>
       </c>
       <c r="C650" t="inlineStr">
         <is>
-          <t>Ekraanisalvestuse päring</t>
+          <t>Kas sa soovid jagada oma töölauda kasutajaga %1?</t>
         </is>
       </c>
       <c r="D650" t="inlineStr"/>
       <c r="E650" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F650" t="inlineStr">
         <is>
-          <t>ScreenShareRequest screencast</t>
+          <t>ScreenShareShare desktop with %1?</t>
         </is>
       </c>
       <c r="G650" t="inlineStr"/>
       <c r="H650" t="inlineStr"/>
     </row>
     <row r="651">
       <c r="A651" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22401</t>
+          <t>../qml/voip/ScreenShare.qml:22409</t>
         </is>
       </c>
       <c r="B651" t="inlineStr">
         <is>
-          <t>Frame rate:</t>
+          <t>Method:</t>
         </is>
       </c>
       <c r="C651" t="inlineStr">
         <is>
-          <t>Kaadrisagedus:</t>
+          <t>Meetod:</t>
         </is>
       </c>
       <c r="D651" t="inlineStr"/>
       <c r="E651" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F651" t="inlineStr">
         <is>
-          <t>ScreenShareFrame rate:</t>
+          <t>ScreenShareMethod:</t>
         </is>
       </c>
       <c r="G651" t="inlineStr"/>
       <c r="H651" t="inlineStr"/>
     </row>
     <row r="652">
       <c r="A652" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22420</t>
+          <t>../qml/voip/ScreenShare.qml:22429</t>
         </is>
       </c>
       <c r="B652" t="inlineStr">
         <is>
-          <t>Include your camera picture-in-picture</t>
+          <t>Window:</t>
         </is>
       </c>
       <c r="C652" t="inlineStr">
         <is>
-          <t>Näita oma kaamerat pilt-pildis vaates</t>
+          <t>Aken:</t>
         </is>
       </c>
       <c r="D652" t="inlineStr"/>
       <c r="E652" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F652" t="inlineStr">
         <is>
-          <t>ScreenShareInclude your camera picture-in-picture</t>
+          <t>ScreenShareWindow:</t>
         </is>
       </c>
       <c r="G652" t="inlineStr"/>
       <c r="H652" t="inlineStr"/>
     </row>
     <row r="653">
       <c r="A653" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22432</t>
+          <t>../qml/voip/ScreenShare.qml:22444</t>
         </is>
       </c>
       <c r="B653" t="inlineStr">
         <is>
-          <t>Request remote camera</t>
+          <t>Request screencast</t>
         </is>
       </c>
       <c r="C653" t="inlineStr">
         <is>
-          <t>Soovi teise osapoole kaameravaadet</t>
+          <t>Ekraanisalvestuse päring</t>
         </is>
       </c>
       <c r="D653" t="inlineStr"/>
       <c r="E653" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F653" t="inlineStr">
         <is>
-          <t>ScreenShareRequest remote camera</t>
+          <t>ScreenShareRequest screencast</t>
         </is>
       </c>
       <c r="G653" t="inlineStr"/>
       <c r="H653" t="inlineStr"/>
     </row>
     <row r="654">
       <c r="A654" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22442</t>
+          <t>../qml/voip/ScreenShare.qml:22460</t>
         </is>
       </c>
       <c r="B654" t="inlineStr">
         <is>
-          <t>View your callee's camera like a regular video call</t>
+          <t>Frame rate:</t>
         </is>
       </c>
       <c r="C654" t="inlineStr">
         <is>
-          <t>Vaata teise osapoole kaamerat nii nagu tavalise videokõne puhul</t>
+          <t>Kaadrisagedus:</t>
         </is>
       </c>
       <c r="D654" t="inlineStr"/>
       <c r="E654" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F654" t="inlineStr">
         <is>
-          <t>ScreenShareView your callee's camera like a regular video call</t>
+          <t>ScreenShareFrame rate:</t>
         </is>
       </c>
       <c r="G654" t="inlineStr"/>
       <c r="H654" t="inlineStr"/>
     </row>
     <row r="655">
       <c r="A655" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22447</t>
+          <t>../qml/voip/ScreenShare.qml:22479</t>
         </is>
       </c>
       <c r="B655" t="inlineStr">
         <is>
-          <t>Hide mouse cursor</t>
+          <t>Include your camera picture-in-picture</t>
         </is>
       </c>
       <c r="C655" t="inlineStr">
         <is>
-          <t>Peida hiirekursor</t>
+          <t>Näita oma kaamerat pilt-pildis vaates</t>
         </is>
       </c>
       <c r="D655" t="inlineStr"/>
       <c r="E655" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F655" t="inlineStr">
         <is>
-          <t>ScreenShareHide mouse cursor</t>
+          <t>ScreenShareInclude your camera picture-in-picture</t>
         </is>
       </c>
       <c r="G655" t="inlineStr"/>
       <c r="H655" t="inlineStr"/>
     </row>
     <row r="656">
       <c r="A656" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22468</t>
+          <t>../qml/voip/ScreenShare.qml:22491</t>
         </is>
       </c>
       <c r="B656" t="inlineStr">
         <is>
-          <t>Share</t>
+          <t>Request remote camera</t>
         </is>
       </c>
       <c r="C656" t="inlineStr">
         <is>
-          <t>Jaga</t>
+          <t>Soovi teise osapoole kaameravaadet</t>
         </is>
       </c>
       <c r="D656" t="inlineStr"/>
       <c r="E656" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F656" t="inlineStr">
         <is>
-          <t>ScreenShareShare</t>
+          <t>ScreenShareRequest remote camera</t>
         </is>
       </c>
       <c r="G656" t="inlineStr"/>
       <c r="H656" t="inlineStr"/>
     </row>
     <row r="657">
       <c r="A657" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22484</t>
+          <t>../qml/voip/ScreenShare.qml:22501</t>
         </is>
       </c>
       <c r="B657" t="inlineStr">
         <is>
-          <t>Preview</t>
+          <t>View your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="C657" t="inlineStr">
         <is>
-          <t>Eelvaade</t>
+          <t>Vaata teise osapoole kaamerat nii nagu tavalise videokõne puhul</t>
         </is>
       </c>
       <c r="D657" t="inlineStr"/>
       <c r="E657" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F657" t="inlineStr">
         <is>
-          <t>ScreenSharePreview</t>
+          <t>ScreenShareView your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="G657" t="inlineStr"/>
       <c r="H657" t="inlineStr"/>
     </row>
     <row r="658">
       <c r="A658" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22491</t>
+          <t>../qml/voip/ScreenShare.qml:22506</t>
         </is>
       </c>
       <c r="B658" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Hide mouse cursor</t>
         </is>
       </c>
       <c r="C658" t="inlineStr">
         <is>
-          <t>Katkesta</t>
+          <t>Peida hiirekursor</t>
         </is>
       </c>
       <c r="D658" t="inlineStr"/>
       <c r="E658" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F658" t="inlineStr">
         <is>
-          <t>ScreenShareCancel</t>
+          <t>ScreenShareHide mouse cursor</t>
         </is>
       </c>
       <c r="G658" t="inlineStr"/>
       <c r="H658" t="inlineStr"/>
     </row>
     <row r="659">
       <c r="A659" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17370</t>
+          <t>../qml/voip/ScreenShare.qml:22527</t>
         </is>
       </c>
       <c r="B659" t="inlineStr">
         <is>
-          <t>Failed to connect to secret storage</t>
+          <t>Share</t>
         </is>
       </c>
       <c r="C659" t="inlineStr">
         <is>
-          <t>Ühenduse loomine võtmehoidlaga ei õnnestunud</t>
+          <t>Jaga</t>
         </is>
       </c>
       <c r="D659" t="inlineStr"/>
       <c r="E659" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F659" t="inlineStr">
         <is>
-          <t>SecretStorageFailed to connect to secret storage</t>
+          <t>ScreenShareShare</t>
         </is>
       </c>
       <c r="G659" t="inlineStr"/>
       <c r="H659" t="inlineStr"/>
     </row>
     <row r="660">
       <c r="A660" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17371</t>
+          <t>../qml/voip/ScreenShare.qml:22543</t>
         </is>
       </c>
       <c r="B660" t="inlineStr">
         <is>
-          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>Preview</t>
         </is>
       </c>
       <c r="C660" t="inlineStr">
         <is>
-          <t>Krüptovõtmete salvestamiseks Nhekol ei õnnestunud luua ühendust võtmehoidlaga. Sellel võib olla mitu põhjust. Kontrolli, kas D-Bus'i alusteenus toimib ning sa oled seadistanud KWallet'i, Gnome Keyring'i, KeePassXC'i või mõne muu sinu platvormil kasutatava turvalise andmehoidla teenuse. Probleemide korral palun ava siin https://github.com/Nheko-Reborn/nheko/issues veateade</t>
+          <t>Eelvaade</t>
         </is>
       </c>
       <c r="D660" t="inlineStr"/>
       <c r="E660" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F660" t="inlineStr">
         <is>
-          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>ScreenSharePreview</t>
         </is>
       </c>
       <c r="G660" t="inlineStr"/>
       <c r="H660" t="inlineStr"/>
     </row>
     <row r="661">
       <c r="A661" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17421</t>
+          <t>../qml/voip/ScreenShare.qml:22550</t>
         </is>
       </c>
       <c r="B661" t="inlineStr">
         <is>
-          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C661" t="inlineStr">
         <is>
-          <t>See on sinu taastevõti. Kui peaks olema vaja taastada ligipääsu sinu krüptitud sõnumitele või muudele võtmetele, siis sul läheb seda vaja. Hoia taastevõtit turvalises kohas. Ära jaga seda teistega ega ära kaota teda ära! Ega ära võta vastu sulle selle eest pakutavat 200 eurot!</t>
+          <t>Katkesta</t>
         </is>
       </c>
       <c r="D661" t="inlineStr"/>
       <c r="E661" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F661" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>ScreenShareCancel</t>
         </is>
       </c>
       <c r="G661" t="inlineStr"/>
       <c r="H661" t="inlineStr"/>
     </row>
     <row r="662">
       <c r="A662" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17442</t>
+          <t>../../src/Cache.cpp:17430</t>
         </is>
       </c>
       <c r="B662" t="inlineStr">
         <is>
-          <t>Encryption setup successfully</t>
+          <t>Failed to connect to secret storage</t>
         </is>
       </c>
       <c r="C662" t="inlineStr">
         <is>
-          <t>Krüptimise kasutuselevõtmine õnnestus</t>
+          <t>Ühenduse loomine võtmehoidlaga ei õnnestunud</t>
         </is>
       </c>
       <c r="D662" t="inlineStr"/>
       <c r="E662" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F662" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckEncryption setup successfully</t>
+          <t>SecretStorageFailed to connect to secret storage</t>
         </is>
       </c>
       <c r="G662" t="inlineStr"/>
       <c r="H662" t="inlineStr"/>
     </row>
     <row r="663">
       <c r="A663" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17450</t>
+          <t>../../src/Cache.cpp:17431</t>
         </is>
       </c>
       <c r="B663" t="inlineStr">
         <is>
-          <t>Failed to setup encryption: %1</t>
+          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="C663" t="inlineStr">
         <is>
-          <t>Krüptimise kasutuselevõtmine ei õnnestunud: %1</t>
+          <t>Krüptovõtmete salvestamiseks Nhekol ei õnnestunud luua ühendust võtmehoidlaga. Sellel võib olla mitu põhjust. Kontrolli, kas D-Bus'i alusteenus toimib ning sa oled seadistanud KWallet'i, Gnome Keyring'i, KeePassXC'i või mõne muu sinu platvormil kasutatava turvalise andmehoidla teenuse. Probleemide korral palun ava siin https://github.com/Nheko-Reborn/nheko/issues veateade</t>
         </is>
       </c>
       <c r="D663" t="inlineStr"/>
       <c r="E663" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F663" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
+          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="G663" t="inlineStr"/>
       <c r="H663" t="inlineStr"/>
     </row>
     <row r="664">
       <c r="A664" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17482</t>
+          <t>../qml/SelfVerificationCheck.qml:17481</t>
         </is>
       </c>
       <c r="B664" t="inlineStr">
         <is>
-          <t>Setup Encryption</t>
+          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="C664" t="inlineStr">
         <is>
-          <t>Seadista krüptimine</t>
+          <t>See on sinu taastevõti. Kui peaks olema vaja taastada ligipääsu sinu krüptitud sõnumitele või muudele võtmetele, siis sul läheb seda vaja. Hoia taastevõtit turvalises kohas. Ära jaga seda teistega ega ära kaota teda ära! Ega ära võta vastu sulle selle eest pakutavat 200 eurot!</t>
         </is>
       </c>
       <c r="D664" t="inlineStr"/>
       <c r="E664" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F664" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckSetup Encryption</t>
+          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="G664" t="inlineStr"/>
       <c r="H664" t="inlineStr"/>
     </row>
     <row r="665">
       <c r="A665" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17491</t>
+          <t>../qml/SelfVerificationCheck.qml:17502</t>
         </is>
       </c>
       <c r="B665" t="inlineStr">
+        <is>
+          <t>Encryption setup successfully</t>
+        </is>
+      </c>
+      <c r="C665" t="inlineStr">
+        <is>
+          <t>Krüptimise kasutuselevõtmine õnnestus</t>
+        </is>
+      </c>
+      <c r="D665" t="inlineStr"/>
+      <c r="E665" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F665" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckEncryption setup successfully</t>
+        </is>
+      </c>
+      <c r="G665" t="inlineStr"/>
+      <c r="H665" t="inlineStr"/>
+    </row>
+    <row r="666">
+      <c r="A666" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17510</t>
+        </is>
+      </c>
+      <c r="B666" t="inlineStr">
+        <is>
+          <t>Failed to setup encryption: %1</t>
+        </is>
+      </c>
+      <c r="C666" t="inlineStr">
+        <is>
+          <t>Krüptimise kasutuselevõtmine ei õnnestunud: %1</t>
+        </is>
+      </c>
+      <c r="D666" t="inlineStr"/>
+      <c r="E666" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F666" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
+        </is>
+      </c>
+      <c r="G666" t="inlineStr"/>
+      <c r="H666" t="inlineStr"/>
+    </row>
+    <row r="667">
+      <c r="A667" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17542</t>
+        </is>
+      </c>
+      <c r="B667" t="inlineStr">
+        <is>
+          <t>Setup Encryption</t>
+        </is>
+      </c>
+      <c r="C667" t="inlineStr">
+        <is>
+          <t>Seadista krüptimine</t>
+        </is>
+      </c>
+      <c r="D667" t="inlineStr"/>
+      <c r="E667" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F667" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckSetup Encryption</t>
+        </is>
+      </c>
+      <c r="G667" t="inlineStr"/>
+      <c r="H667" t="inlineStr"/>
+    </row>
+    <row r="668">
+      <c r="A668" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17551</t>
+        </is>
+      </c>
+      <c r="B668" t="inlineStr">
         <is>
           <t>Hello and welcome to Matrix!
 It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
-      <c r="C665" t="inlineStr">
+      <c r="C668" t="inlineStr">
         <is>
           <t>Hei ja tere tulemast Matrixi võrku!
 Tundub, et see on uus teema sinu jaoks. Enne, kui sa saad sõnumeid turvaliselt krüptida, on vaja paar asja ära teha. Sa võid kas nõustuda kõikide järgnevate toimingutega ühe korraga või kohendada seadistusi eraldi. Me üritame järgnevalt selgitada ka olulisemaid asjaolusid. Sa võid need küll vahele jätta, kuid selle teabe valdamine tegelikult on kasulik!</t>
         </is>
       </c>
-      <c r="D665" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F665" t="inlineStr">
+      <c r="D668" t="inlineStr"/>
+      <c r="E668" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F668" t="inlineStr">
         <is>
           <t>SelfVerificationCheckHello and welcome to Matrix!
 It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
-      <c r="G665" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B666" t="inlineStr">
+      <c r="G668" t="inlineStr"/>
+      <c r="H668" t="inlineStr"/>
+    </row>
+    <row r="669">
+      <c r="A669" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17659</t>
+        </is>
+      </c>
+      <c r="B669" t="inlineStr">
         <is>
           <t>Activate Encryption</t>
         </is>
       </c>
-      <c r="C666" t="inlineStr">
+      <c r="C669" t="inlineStr">
         <is>
           <t>Krüptimise aktiveerimine</t>
         </is>
       </c>
-      <c r="D666" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F666" t="inlineStr">
+      <c r="D669" t="inlineStr"/>
+      <c r="E669" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F669" t="inlineStr">
         <is>
           <t>SelfVerificationCheckActivate Encryption</t>
         </is>
       </c>
-      <c r="G666" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B667" t="inlineStr">
+      <c r="G669" t="inlineStr"/>
+      <c r="H669" t="inlineStr"/>
+    </row>
+    <row r="670">
+      <c r="A670" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17668</t>
+        </is>
+      </c>
+      <c r="B670" t="inlineStr">
         <is>
           <t>It seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
 If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
-      <c r="C667" t="inlineStr">
+      <c r="C670" t="inlineStr">
         <is>
           <t>Tundud, et sellel kontol juba on krüptimine kasutusel. Saamaks ligipääsu sinu krüptitud sõnumitele ja märkimaks seda seadet usaldusväärseks sa kas tee läbi verifitseerimine või sisesta oma taastamiseks mõeldud salafraas. Palun vali järgnevalt oma eelistus.
 Kui eelistad verifitseerimist, siis peab sul teine seade olema käepärast. Kui eelistad salafraasi sisestamist, siis peab sul olema käepärast oma konto taastevõti või salafraas. Kui praegu katkestad, siis verifitseerimist saad alati ka hiljem teha.</t>
         </is>
       </c>
-      <c r="D667" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F667" t="inlineStr">
+      <c r="D670" t="inlineStr"/>
+      <c r="E670" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F670" t="inlineStr">
         <is>
           <t>SelfVerificationCheckIt seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
 If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
-      <c r="G667" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G670" t="inlineStr"/>
       <c r="H670" t="inlineStr"/>
     </row>
     <row r="671">
       <c r="A671" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17691</t>
+          <t>../qml/SelfVerificationCheck.qml:17673</t>
         </is>
       </c>
       <c r="B671" t="inlineStr">
         <is>
-          <t>Failed to create keys for online key backup!</t>
+          <t>verify</t>
         </is>
       </c>
       <c r="C671" t="inlineStr">
         <is>
-          <t>Võrgupõhise võtmete varunduse jaoks krüptovõtmete loomine ei õnnestunud!</t>
+          <t>verifitseeri</t>
         </is>
       </c>
       <c r="D671" t="inlineStr"/>
       <c r="E671" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F671" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
+          <t>SelfVerificationCheckverify</t>
         </is>
       </c>
       <c r="G671" t="inlineStr"/>
       <c r="H671" t="inlineStr"/>
     </row>
     <row r="672">
       <c r="A672" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17720</t>
+          <t>../qml/SelfVerificationCheck.qml:17682</t>
         </is>
       </c>
       <c r="B672" t="inlineStr">
         <is>
-          <t>Failed to create keys for secure server side secret storage!</t>
+          <t>enter passphrase</t>
         </is>
       </c>
       <c r="C672" t="inlineStr">
         <is>
-          <t>Serveripoolse turvalise võtmehoidla võtmete loomine ei õnnestunud!</t>
+          <t>sisesta salafraas</t>
         </is>
       </c>
       <c r="D672" t="inlineStr"/>
       <c r="E672" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F672" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
+          <t>SelfVerificationCheckenter passphrase</t>
         </is>
       </c>
       <c r="G672" t="inlineStr"/>
       <c r="H672" t="inlineStr"/>
     </row>
     <row r="673">
       <c r="A673" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17764</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17735</t>
         </is>
       </c>
       <c r="B673" t="inlineStr">
         <is>
-          <t>Encryption Setup</t>
+          <t>Failed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="C673" t="inlineStr">
         <is>
-          <t>Krüptimise seadistamine</t>
+          <t>Risttunnustamise võtmete loomine ei õnnestunud!</t>
         </is>
       </c>
       <c r="D673" t="inlineStr"/>
       <c r="E673" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F673" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption Setup</t>
+          <t>SelfVerificationStatusFailed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="G673" t="inlineStr"/>
       <c r="H673" t="inlineStr"/>
     </row>
     <row r="674">
       <c r="A674" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17770</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17751</t>
         </is>
       </c>
       <c r="B674" t="inlineStr">
         <is>
-          <t>Encryption setup failed: %1</t>
+          <t>Failed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="C674" t="inlineStr">
         <is>
-          <t>Krüptimise seadistamine ei õnnestunud: %1</t>
+          <t>Võrgupõhise võtmete varunduse jaoks krüptovõtmete loomine ei õnnestunud!</t>
         </is>
       </c>
       <c r="D674" t="inlineStr"/>
       <c r="E674" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F674" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption setup failed: %1</t>
+          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="G674" t="inlineStr"/>
       <c r="H674" t="inlineStr"/>
     </row>
     <row r="675">
       <c r="A675" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17928</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17780</t>
         </is>
       </c>
       <c r="B675" t="inlineStr">
         <is>
-          <t>Identity key changed. This breaks E2EE, so logging out.</t>
+          <t>Failed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="C675" t="inlineStr">
         <is>
-          <t>Sinu isikutuvastuse võti on muutunud. Kuna seetõttu läheb läbiv krüptimine katki, siis login välja.</t>
+          <t>Serveripoolse turvalise võtmehoidla võtmete loomine ei õnnestunud!</t>
         </is>
       </c>
       <c r="D675" t="inlineStr"/>
       <c r="E675" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F675" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
+          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="G675" t="inlineStr"/>
       <c r="H675" t="inlineStr"/>
     </row>
     <row r="676">
       <c r="A676" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18246</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17824</t>
         </is>
       </c>
       <c r="B676" t="inlineStr">
         <is>
-          <t>Failed to update image pack: %1</t>
+          <t>Encryption Setup</t>
         </is>
       </c>
       <c r="C676" t="inlineStr">
         <is>
-          <t>Pildipaki uuendamine ei õnnestunud: %1</t>
+          <t>Krüptimise seadistamine</t>
         </is>
       </c>
       <c r="D676" t="inlineStr"/>
       <c r="E676" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F676" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to update image pack: %1</t>
+          <t>SelfVerificationStatusEncryption Setup</t>
         </is>
       </c>
       <c r="G676" t="inlineStr"/>
       <c r="H676" t="inlineStr"/>
     </row>
     <row r="677">
       <c r="A677" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18260</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17830</t>
         </is>
       </c>
       <c r="B677" t="inlineStr">
         <is>
-          <t>Failed to delete old image pack: %1</t>
+          <t>Encryption setup failed: %1</t>
         </is>
       </c>
       <c r="C677" t="inlineStr">
         <is>
-          <t>Vana pildipaki kustutamine ei õnnestunud: %1</t>
+          <t>Krüptimise seadistamine ei õnnestunud: %1</t>
         </is>
       </c>
       <c r="D677" t="inlineStr"/>
       <c r="E677" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F677" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
+          <t>SelfVerificationStatusEncryption setup failed: %1</t>
         </is>
       </c>
       <c r="G677" t="inlineStr"/>
       <c r="H677" t="inlineStr"/>
     </row>
     <row r="678">
       <c r="A678" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18318</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17988</t>
         </is>
       </c>
       <c r="B678" t="inlineStr">
         <is>
-          <t>Failed to open image: %1</t>
+          <t>Identity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="C678" t="inlineStr">
         <is>
-          <t>Pildi avamine ei õnnestunud: %1</t>
+          <t>Sinu isikutuvastuse võti on muutunud. Kuna seetõttu läheb läbiv krüptimine katki, siis login välja.</t>
         </is>
       </c>
       <c r="D678" t="inlineStr"/>
       <c r="E678" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F678" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to open image: %1</t>
+          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="G678" t="inlineStr"/>
       <c r="H678" t="inlineStr"/>
     </row>
     <row r="679">
       <c r="A679" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18332</t>
+          <t>../../src/SingleImagePackModel.cpp:18306</t>
         </is>
       </c>
       <c r="B679" t="inlineStr">
         <is>
-          <t>Failed to upload image: %1</t>
+          <t>Failed to update image pack: %1</t>
         </is>
       </c>
       <c r="C679" t="inlineStr">
         <is>
-          <t>Faili üleslaadimine ei õnnestunud: %1</t>
+          <t>Pildipaki uuendamine ei õnnestunud: %1</t>
         </is>
       </c>
       <c r="D679" t="inlineStr"/>
       <c r="E679" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F679" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to upload image: %1</t>
+          <t>SingleImagePackModelFailed to update image pack: %1</t>
         </is>
       </c>
       <c r="G679" t="inlineStr"/>
       <c r="H679" t="inlineStr"/>
     </row>
     <row r="680">
       <c r="A680" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenu.qml:18348</t>
+          <t>../../src/SingleImagePackModel.cpp:18320</t>
         </is>
       </c>
       <c r="B680" t="inlineStr">
         <is>
-          <t>Add or remove from community...</t>
+          <t>Failed to delete old image pack: %1</t>
         </is>
       </c>
       <c r="C680" t="inlineStr">
         <is>
-          <t>Lisa kogukonda või eemalda sealt...</t>
+          <t>Vana pildipaki kustutamine ei õnnestunud: %1</t>
         </is>
       </c>
       <c r="D680" t="inlineStr"/>
       <c r="E680" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F680" t="inlineStr">
         <is>
-          <t>SpaceMenuAdd or remove from community...</t>
+          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
         </is>
       </c>
       <c r="G680" t="inlineStr"/>
       <c r="H680" t="inlineStr"/>
     </row>
     <row r="681">
       <c r="A681" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18376</t>
+          <t>../../src/SingleImagePackModel.cpp:18378</t>
         </is>
       </c>
       <c r="B681" t="inlineStr">
         <is>
-          <t>Official community for this room</t>
+          <t>Failed to open image: %1</t>
         </is>
       </c>
       <c r="C681" t="inlineStr">
         <is>
-          <t>Selle jututoa ametlik kogukond</t>
+          <t>Pildi avamine ei õnnestunud: %1</t>
         </is>
       </c>
       <c r="D681" t="inlineStr"/>
       <c r="E681" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F681" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelOfficial community for this room</t>
+          <t>SingleImagePackModelFailed to open image: %1</t>
         </is>
       </c>
       <c r="G681" t="inlineStr"/>
       <c r="H681" t="inlineStr"/>
     </row>
     <row r="682">
       <c r="A682" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18384</t>
+          <t>../../src/SingleImagePackModel.cpp:18392</t>
         </is>
       </c>
       <c r="B682" t="inlineStr">
         <is>
-          <t>Affiliated community for this room</t>
+          <t>Failed to upload image: %1</t>
         </is>
       </c>
       <c r="C682" t="inlineStr">
         <is>
-          <t>Selle jututoaga seotud kogukond</t>
+          <t>Faili üleslaadimine ei õnnestunud: %1</t>
         </is>
       </c>
       <c r="D682" t="inlineStr"/>
       <c r="E682" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F682" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelAffiliated community for this room</t>
+          <t>SingleImagePackModelFailed to upload image: %1</t>
         </is>
       </c>
       <c r="G682" t="inlineStr"/>
       <c r="H682" t="inlineStr"/>
     </row>
     <row r="683">
       <c r="A683" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18392</t>
+          <t>../qml/components/SpaceMenu.qml:18408</t>
         </is>
       </c>
       <c r="B683" t="inlineStr">
         <is>
-          <t>Listed only for community members</t>
+          <t>Add or remove from community...</t>
         </is>
       </c>
       <c r="C683" t="inlineStr">
         <is>
-          <t>Kuvatakse vaid kogukonna liikmetele</t>
+          <t>Lisa kogukonda või eemalda sealt...</t>
         </is>
       </c>
       <c r="D683" t="inlineStr"/>
       <c r="E683" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F683" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for community members</t>
+          <t>SpaceMenuAdd or remove from community...</t>
         </is>
       </c>
       <c r="G683" t="inlineStr"/>
       <c r="H683" t="inlineStr"/>
     </row>
     <row r="684">
       <c r="A684" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18400</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18436</t>
         </is>
       </c>
       <c r="B684" t="inlineStr">
         <is>
-          <t>Listed only for room members</t>
+          <t>Official community for this room</t>
         </is>
       </c>
       <c r="C684" t="inlineStr">
         <is>
-          <t>Kuvatakse vaid jututoa liikmetele</t>
+          <t>Selle jututoa ametlik kogukond</t>
         </is>
       </c>
       <c r="D684" t="inlineStr"/>
       <c r="E684" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F684" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for room members</t>
+          <t>SpaceMenuLevelOfficial community for this room</t>
         </is>
       </c>
       <c r="G684" t="inlineStr"/>
       <c r="H684" t="inlineStr"/>
     </row>
     <row r="685">
       <c r="A685" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18408</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18444</t>
         </is>
       </c>
       <c r="B685" t="inlineStr">
         <is>
-          <t>Not related</t>
+          <t>Affiliated community for this room</t>
         </is>
       </c>
       <c r="C685" t="inlineStr">
         <is>
-          <t>Pole seotud</t>
+          <t>Selle jututoaga seotud kogukond</t>
         </is>
       </c>
       <c r="D685" t="inlineStr"/>
       <c r="E685" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F685" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelNot related</t>
+          <t>SpaceMenuLevelAffiliated community for this room</t>
         </is>
       </c>
       <c r="G685" t="inlineStr"/>
       <c r="H685" t="inlineStr"/>
     </row>
     <row r="686">
       <c r="A686" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18426</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18452</t>
         </is>
       </c>
       <c r="B686" t="inlineStr">
         <is>
-          <t>Failed</t>
+          <t>Listed only for community members</t>
         </is>
       </c>
       <c r="C686" t="inlineStr">
         <is>
-          <t>Ebaõnnestus</t>
+          <t>Kuvatakse vaid kogukonna liikmetele</t>
         </is>
       </c>
       <c r="D686" t="inlineStr"/>
       <c r="E686" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F686" t="inlineStr">
         <is>
-          <t>StatusIndicatorFailed</t>
+          <t>SpaceMenuLevelListed only for community members</t>
         </is>
       </c>
       <c r="G686" t="inlineStr"/>
       <c r="H686" t="inlineStr"/>
     </row>
     <row r="687">
       <c r="A687" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18428</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18460</t>
         </is>
       </c>
       <c r="B687" t="inlineStr">
         <is>
-          <t>Sent</t>
+          <t>Listed only for room members</t>
         </is>
       </c>
       <c r="C687" t="inlineStr">
         <is>
-          <t>Saadetud</t>
+          <t>Kuvatakse vaid jututoa liikmetele</t>
         </is>
       </c>
       <c r="D687" t="inlineStr"/>
       <c r="E687" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F687" t="inlineStr">
         <is>
-          <t>StatusIndicatorSent</t>
+          <t>SpaceMenuLevelListed only for room members</t>
         </is>
       </c>
       <c r="G687" t="inlineStr"/>
       <c r="H687" t="inlineStr"/>
     </row>
     <row r="688">
       <c r="A688" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18430</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18468</t>
         </is>
       </c>
       <c r="B688" t="inlineStr">
         <is>
-          <t>Received</t>
+          <t>Not related</t>
         </is>
       </c>
       <c r="C688" t="inlineStr">
         <is>
-          <t>Vastuvõetud</t>
+          <t>Pole seotud</t>
         </is>
       </c>
       <c r="D688" t="inlineStr"/>
       <c r="E688" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F688" t="inlineStr">
         <is>
-          <t>StatusIndicatorReceived</t>
+          <t>SpaceMenuLevelNot related</t>
         </is>
       </c>
       <c r="G688" t="inlineStr"/>
       <c r="H688" t="inlineStr"/>
     </row>
     <row r="689">
       <c r="A689" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18432</t>
+          <t>../qml/StatusIndicator.qml:18486</t>
         </is>
       </c>
       <c r="B689" t="inlineStr">
         <is>
-          <t>Read</t>
+          <t>Failed</t>
         </is>
       </c>
       <c r="C689" t="inlineStr">
         <is>
-          <t>Loetud</t>
+          <t>Ebaõnnestus</t>
         </is>
       </c>
       <c r="D689" t="inlineStr"/>
       <c r="E689" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F689" t="inlineStr">
         <is>
-          <t>StatusIndicatorRead</t>
+          <t>StatusIndicatorFailed</t>
         </is>
       </c>
       <c r="G689" t="inlineStr"/>
       <c r="H689" t="inlineStr"/>
     </row>
     <row r="690">
       <c r="A690" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18501</t>
+          <t>../qml/StatusIndicator.qml:18488</t>
         </is>
       </c>
       <c r="B690" t="inlineStr">
         <is>
-          <t>Search</t>
+          <t>Sent</t>
         </is>
       </c>
       <c r="C690" t="inlineStr">
         <is>
-          <t>Otsi</t>
+          <t>Saadetud</t>
         </is>
       </c>
       <c r="D690" t="inlineStr"/>
       <c r="E690" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F690" t="inlineStr">
         <is>
-          <t>StickerPickerSearch</t>
+          <t>StatusIndicatorSent</t>
         </is>
       </c>
       <c r="G690" t="inlineStr"/>
       <c r="H690" t="inlineStr"/>
     </row>
     <row r="691">
       <c r="A691" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18690</t>
+          <t>../qml/StatusIndicator.qml:18490</t>
         </is>
       </c>
       <c r="B691" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>Received</t>
         </is>
       </c>
       <c r="C691" t="inlineStr">
         <is>
-          <t>Muuda kasutatavaid lisapakke, eemalda neid või lisa uusi</t>
+          <t>Vastuvõetud</t>
         </is>
       </c>
       <c r="D691" t="inlineStr"/>
       <c r="E691" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F691" t="inlineStr">
         <is>
-          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
+          <t>StatusIndicatorReceived</t>
         </is>
       </c>
       <c r="G691" t="inlineStr"/>
       <c r="H691" t="inlineStr"/>
     </row>
     <row r="692">
       <c r="A692" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18700</t>
+          <t>../qml/StatusIndicator.qml:18492</t>
         </is>
       </c>
       <c r="B692" t="inlineStr">
         <is>
-          <t>Successful Verification</t>
+          <t>Read</t>
         </is>
       </c>
       <c r="C692" t="inlineStr">
         <is>
-          <t>Verifitseerimine õnnestus</t>
+          <t>Loetud</t>
         </is>
       </c>
       <c r="D692" t="inlineStr"/>
       <c r="E692" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F692" t="inlineStr">
         <is>
-          <t>SuccessSuccessful Verification</t>
+          <t>StatusIndicatorRead</t>
         </is>
       </c>
       <c r="G692" t="inlineStr"/>
       <c r="H692" t="inlineStr"/>
     </row>
     <row r="693">
       <c r="A693" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18710</t>
+          <t>../qml/emoji/StickerPicker.qml:18561</t>
         </is>
       </c>
       <c r="B693" t="inlineStr">
         <is>
-          <t>Verification successful!  Both sides verified their devices!</t>
+          <t>Search</t>
         </is>
       </c>
       <c r="C693" t="inlineStr">
         <is>
-          <t>Verifitseerimine õnnestus! Mõlema osapoole seadmed on nüüd verifitseeritud!</t>
+          <t>Otsi</t>
         </is>
       </c>
       <c r="D693" t="inlineStr"/>
       <c r="E693" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F693" t="inlineStr">
         <is>
-          <t>SuccessVerification successful! Both sides verified their devices!</t>
+          <t>StickerPickerSearch</t>
         </is>
       </c>
       <c r="G693" t="inlineStr"/>
       <c r="H693" t="inlineStr"/>
     </row>
     <row r="694">
       <c r="A694" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18724</t>
+          <t>../qml/emoji/StickerPicker.qml:18750</t>
         </is>
       </c>
       <c r="B694" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C694" t="inlineStr">
         <is>
-          <t>Sulge</t>
+          <t>Muuda kasutatavaid lisapakke, eemalda neid või lisa uusi</t>
         </is>
       </c>
       <c r="D694" t="inlineStr"/>
       <c r="E694" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F694" t="inlineStr">
         <is>
-          <t>SuccessClose</t>
+          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="G694" t="inlineStr"/>
       <c r="H694" t="inlineStr"/>
     </row>
     <row r="695">
       <c r="A695" t="inlineStr">
         <is>
-          <t>../qml/TimelineDefaultMessageStyle.qml:18891</t>
+          <t>../qml/device-verification/Success.qml:18760</t>
         </is>
       </c>
       <c r="B695" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>Successful Verification</t>
         </is>
       </c>
       <c r="C695" t="inlineStr">
         <is>
-          <t>Osa jutulõngast</t>
+          <t>Verifitseerimine õnnestus</t>
         </is>
       </c>
       <c r="D695" t="inlineStr"/>
       <c r="E695" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F695" t="inlineStr">
         <is>
-          <t>TimelineDefaultMessageStylePart of a thread</t>
+          <t>SuccessSuccessful Verification</t>
         </is>
       </c>
       <c r="G695" t="inlineStr"/>
       <c r="H695" t="inlineStr"/>
     </row>
     <row r="696">
       <c r="A696" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18979</t>
+          <t>../qml/device-verification/Success.qml:18770</t>
         </is>
       </c>
       <c r="B696" t="inlineStr">
         <is>
-          <t>%1 placed a voice call.</t>
+          <t>Verification successful!  Both sides verified their devices!</t>
         </is>
       </c>
       <c r="C696" t="inlineStr">
         <is>
-          <t>%1 helistas.</t>
+          <t>Verifitseerimine õnnestus! Mõlema osapoole seadmed on nüüd verifitseeritud!</t>
         </is>
       </c>
       <c r="D696" t="inlineStr"/>
       <c r="E696" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F696" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a voice call.</t>
+          <t>SuccessVerification successful! Both sides verified their devices!</t>
         </is>
       </c>
       <c r="G696" t="inlineStr"/>
       <c r="H696" t="inlineStr"/>
     </row>
     <row r="697">
       <c r="A697" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18981</t>
+          <t>../qml/device-verification/Success.qml:18784</t>
         </is>
       </c>
       <c r="B697" t="inlineStr">
         <is>
-          <t>%1 placed a video call.</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C697" t="inlineStr">
         <is>
-          <t>%1 alustas videokõnet.</t>
+          <t>Sulge</t>
         </is>
       </c>
       <c r="D697" t="inlineStr"/>
       <c r="E697" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F697" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a video call.</t>
+          <t>SuccessClose</t>
         </is>
       </c>
       <c r="G697" t="inlineStr"/>
       <c r="H697" t="inlineStr"/>
     </row>
     <row r="698">
       <c r="A698" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18983</t>
+          <t>../qml/TimelineDefaultMessageStyle.qml:18951</t>
         </is>
       </c>
       <c r="B698" t="inlineStr">
         <is>
-          <t>%1 placed a call.</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C698" t="inlineStr">
         <is>
-          <t>%1 helistas.</t>
+          <t>Osa jutulõngast</t>
         </is>
       </c>
       <c r="D698" t="inlineStr"/>
       <c r="E698" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F698" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineDefaultMessageStylePart of a thread</t>
+        </is>
+      </c>
+      <c r="G698" t="inlineStr"/>
       <c r="H698" t="inlineStr"/>
     </row>
     <row r="699">
       <c r="A699" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19005</t>
+          <t>../qml/TimelineEvent.qml:19039</t>
         </is>
       </c>
       <c r="B699" t="inlineStr">
         <is>
-          <t>%1 answered the call.</t>
+          <t>%1 placed a voice call.</t>
         </is>
       </c>
       <c r="C699" t="inlineStr">
         <is>
-          <t>%1 vastas kõnele.</t>
+          <t>%1 helistas.</t>
         </is>
       </c>
       <c r="D699" t="inlineStr"/>
       <c r="E699" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F699" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 answered the call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineEvent%1 placed a voice call.</t>
+        </is>
+      </c>
+      <c r="G699" t="inlineStr"/>
       <c r="H699" t="inlineStr"/>
     </row>
     <row r="700">
       <c r="A700" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19007</t>
+          <t>../qml/TimelineEvent.qml:19041</t>
         </is>
       </c>
       <c r="B700" t="inlineStr">
         <is>
-          <t>%1 rejected the call.</t>
+          <t>%1 placed a video call.</t>
         </is>
       </c>
       <c r="C700" t="inlineStr">
         <is>
-          <t>%1 ei võtnud kõnet vastu.</t>
+          <t>%1 alustas videokõnet.</t>
         </is>
       </c>
       <c r="D700" t="inlineStr"/>
       <c r="E700" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F700" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 rejected the call.</t>
+          <t>TimelineEvent%1 placed a video call.</t>
         </is>
       </c>
       <c r="G700" t="inlineStr"/>
       <c r="H700" t="inlineStr"/>
     </row>
     <row r="701">
       <c r="A701" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19009</t>
+          <t>../qml/TimelineEvent.qml:19043</t>
         </is>
       </c>
       <c r="B701" t="inlineStr">
         <is>
-          <t>%1 selected answer.</t>
+          <t>%1 placed a call.</t>
         </is>
       </c>
       <c r="C701" t="inlineStr">
         <is>
-          <t>%1 valitud vastus.</t>
+          <t>%1 helistas.</t>
         </is>
       </c>
       <c r="D701" t="inlineStr"/>
       <c r="E701" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F701" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 selected answer.</t>
-[...2 lines deleted...]
-      <c r="G701" t="inlineStr"/>
+          <t>TimelineEvent%1 placed a call.</t>
+        </is>
+      </c>
+      <c r="G701" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 helistas</t>
+        </is>
+      </c>
       <c r="H701" t="inlineStr"/>
     </row>
     <row r="702">
       <c r="A702" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19011</t>
+          <t>../qml/TimelineEvent.qml:19065</t>
         </is>
       </c>
       <c r="B702" t="inlineStr">
         <is>
-          <t>%1 ended the call.</t>
+          <t>%1 answered the call.</t>
         </is>
       </c>
       <c r="C702" t="inlineStr">
         <is>
-          <t>%1 lõpetas kõne.</t>
+          <t>%1 vastas kõnele.</t>
         </is>
       </c>
       <c r="D702" t="inlineStr"/>
       <c r="E702" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F702" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 ended the call.</t>
-[...2 lines deleted...]
-      <c r="G702" t="inlineStr"/>
+          <t>TimelineEvent%1 answered the call.</t>
+        </is>
+      </c>
+      <c r="G702" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 vastas kõnele</t>
+        </is>
+      </c>
       <c r="H702" t="inlineStr"/>
     </row>
     <row r="703">
       <c r="A703" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19015</t>
+          <t>../qml/TimelineEvent.qml:19067</t>
         </is>
       </c>
       <c r="B703" t="inlineStr">
         <is>
-          <t>%1 is negotiating the call...</t>
+          <t>%1 rejected the call.</t>
         </is>
       </c>
       <c r="C703" t="inlineStr">
         <is>
-          <t>%1 alustab kõnet...</t>
+          <t>%1 ei võtnud kõnet vastu.</t>
         </is>
       </c>
       <c r="D703" t="inlineStr"/>
       <c r="E703" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F703" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 is negotiating the call...</t>
+          <t>TimelineEvent%1 rejected the call.</t>
         </is>
       </c>
       <c r="G703" t="inlineStr"/>
       <c r="H703" t="inlineStr"/>
     </row>
     <row r="704">
       <c r="A704" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19106</t>
+          <t>../qml/TimelineEvent.qml:19069</t>
         </is>
       </c>
       <c r="B704" t="inlineStr">
         <is>
-          <t>Allow them in</t>
+          <t>%1 selected answer.</t>
         </is>
       </c>
       <c r="C704" t="inlineStr">
         <is>
-          <t>Luba neid</t>
+          <t>%1 valitud vastus.</t>
         </is>
       </c>
       <c r="D704" t="inlineStr"/>
       <c r="E704" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F704" t="inlineStr">
         <is>
-          <t>TimelineEventAllow them in</t>
+          <t>TimelineEvent%1 selected answer.</t>
         </is>
       </c>
       <c r="G704" t="inlineStr"/>
       <c r="H704" t="inlineStr"/>
     </row>
     <row r="705">
       <c r="A705" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19128</t>
+          <t>../qml/TimelineEvent.qml:19071</t>
         </is>
       </c>
       <c r="B705" t="inlineStr">
         <is>
-          <t>This room was replaced for the following reason: %1</t>
+          <t>%1 ended the call.</t>
         </is>
       </c>
       <c r="C705" t="inlineStr">
         <is>
-          <t>Jututuba asendati järgneval põhjusel: %1</t>
+          <t>%1 lõpetas kõne.</t>
         </is>
       </c>
       <c r="D705" t="inlineStr"/>
       <c r="E705" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F705" t="inlineStr">
         <is>
-          <t>TimelineEventThis room was replaced for the following reason: %1</t>
+          <t>TimelineEvent%1 ended the call.</t>
         </is>
       </c>
       <c r="G705" t="inlineStr"/>
       <c r="H705" t="inlineStr"/>
     </row>
     <row r="706">
       <c r="A706" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19136</t>
+          <t>../qml/TimelineEvent.qml:19075</t>
         </is>
       </c>
       <c r="B706" t="inlineStr">
         <is>
-          <t>Go to replacement room</t>
+          <t>%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="C706" t="inlineStr">
         <is>
-          <t>Mine uude jututuppa</t>
+          <t>%1 alustab kõnet...</t>
         </is>
       </c>
       <c r="D706" t="inlineStr"/>
       <c r="E706" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F706" t="inlineStr">
         <is>
-          <t>TimelineEventGo to replacement room</t>
+          <t>TimelineEvent%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="G706" t="inlineStr"/>
       <c r="H706" t="inlineStr"/>
     </row>
     <row r="707">
       <c r="A707" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19176</t>
+          <t>../qml/TimelineEvent.qml:19166</t>
         </is>
       </c>
       <c r="B707" t="inlineStr">
         <is>
-          <t>Edited</t>
+          <t>Allow them in</t>
         </is>
       </c>
       <c r="C707" t="inlineStr">
         <is>
-          <t>Muudetud</t>
+          <t>Luba neid</t>
         </is>
       </c>
       <c r="D707" t="inlineStr"/>
       <c r="E707" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F707" t="inlineStr">
         <is>
-          <t>TimelineMetadataEdited</t>
+          <t>TimelineEventAllow them in</t>
         </is>
       </c>
       <c r="G707" t="inlineStr"/>
       <c r="H707" t="inlineStr"/>
     </row>
     <row r="708">
       <c r="A708" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19192</t>
+          <t>../qml/TimelineEvent.qml:19188</t>
         </is>
       </c>
       <c r="B708" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>This room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="C708" t="inlineStr">
         <is>
-          <t>Osa jutulõngast</t>
+          <t>Jututuba asendati järgneval põhjusel: %1</t>
         </is>
       </c>
       <c r="D708" t="inlineStr"/>
       <c r="E708" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F708" t="inlineStr">
         <is>
-          <t>TimelineMetadataPart of a thread</t>
+          <t>TimelineEventThis room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="G708" t="inlineStr"/>
       <c r="H708" t="inlineStr"/>
     </row>
     <row r="709">
       <c r="A709" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20814</t>
+          <t>../qml/TimelineEvent.qml:19196</t>
         </is>
       </c>
       <c r="B709" t="inlineStr">
         <is>
-          <t>Message redaction failed: %1</t>
+          <t>Go to replacement room</t>
         </is>
       </c>
       <c r="C709" t="inlineStr">
         <is>
-          <t>Sõnumi ümbersõnastamine ebaõnnestus: %1</t>
+          <t>Mine uude jututuppa</t>
         </is>
       </c>
       <c r="D709" t="inlineStr"/>
       <c r="E709" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F709" t="inlineStr">
         <is>
-          <t>TimelineModelMessage redaction failed: %1</t>
+          <t>TimelineEventGo to replacement room</t>
         </is>
       </c>
       <c r="G709" t="inlineStr"/>
       <c r="H709" t="inlineStr"/>
     </row>
     <row r="710">
       <c r="A710" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20941</t>
+          <t>../qml/TimelineMetadata.qml:19236</t>
         </is>
       </c>
       <c r="B710" t="inlineStr">
         <is>
-          <t>Failed to encrypt event, sending aborted!</t>
+          <t>Edited</t>
         </is>
       </c>
       <c r="C710" t="inlineStr">
         <is>
-          <t>Sündmuse krüptimine ei õnnestunud, katkestame saatmise!</t>
+          <t>Muudetud</t>
         </is>
       </c>
       <c r="D710" t="inlineStr"/>
       <c r="E710" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F710" t="inlineStr">
         <is>
-          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
+          <t>TimelineMetadataEdited</t>
         </is>
       </c>
       <c r="G710" t="inlineStr"/>
       <c r="H710" t="inlineStr"/>
     </row>
     <row r="711">
       <c r="A711" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21137</t>
+          <t>../qml/TimelineMetadata.qml:19252</t>
         </is>
       </c>
       <c r="B711" t="inlineStr">
         <is>
-          <t>Save image</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C711" t="inlineStr">
         <is>
-          <t>Salvesta pilt</t>
+          <t>Osa jutulõngast</t>
         </is>
       </c>
       <c r="D711" t="inlineStr"/>
       <c r="E711" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F711" t="inlineStr">
         <is>
-          <t>TimelineModelSave image</t>
+          <t>TimelineMetadataPart of a thread</t>
         </is>
       </c>
       <c r="G711" t="inlineStr"/>
       <c r="H711" t="inlineStr"/>
     </row>
     <row r="712">
       <c r="A712" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21139</t>
+          <t>../../src/timeline/TimelineModel.cpp:20873</t>
         </is>
       </c>
       <c r="B712" t="inlineStr">
         <is>
-          <t>Save video</t>
+          <t>Message redaction failed: %1</t>
         </is>
       </c>
       <c r="C712" t="inlineStr">
         <is>
-          <t>Salvesta video</t>
+          <t>Sõnumi ümbersõnastamine ebaõnnestus: %1</t>
         </is>
       </c>
       <c r="D712" t="inlineStr"/>
       <c r="E712" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F712" t="inlineStr">
         <is>
-          <t>TimelineModelSave video</t>
+          <t>TimelineModelMessage redaction failed: %1</t>
         </is>
       </c>
       <c r="G712" t="inlineStr"/>
       <c r="H712" t="inlineStr"/>
     </row>
     <row r="713">
       <c r="A713" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21141</t>
+          <t>../../src/timeline/TimelineModel.cpp:21000</t>
         </is>
       </c>
       <c r="B713" t="inlineStr">
         <is>
-          <t>Save audio</t>
+          <t>Failed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="C713" t="inlineStr">
         <is>
-          <t>Salvesta helifail</t>
+          <t>Sündmuse krüptimine ei õnnestunud, katkestame saatmise!</t>
         </is>
       </c>
       <c r="D713" t="inlineStr"/>
       <c r="E713" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F713" t="inlineStr">
         <is>
-          <t>TimelineModelSave audio</t>
+          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="G713" t="inlineStr"/>
       <c r="H713" t="inlineStr"/>
     </row>
     <row r="714">
       <c r="A714" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21143</t>
+          <t>../../src/timeline/TimelineModel.cpp:21196</t>
         </is>
       </c>
       <c r="B714" t="inlineStr">
         <is>
-          <t>Save file</t>
+          <t>Save image</t>
         </is>
       </c>
       <c r="C714" t="inlineStr">
         <is>
-          <t>Salvesta fail</t>
+          <t>Salvesta pilt</t>
         </is>
       </c>
       <c r="D714" t="inlineStr"/>
       <c r="E714" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F714" t="inlineStr">
         <is>
-          <t>TimelineModelSave file</t>
+          <t>TimelineModelSave image</t>
         </is>
       </c>
       <c r="G714" t="inlineStr"/>
       <c r="H714" t="inlineStr"/>
     </row>
     <row r="715">
       <c r="A715" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21490</t>
+          <t>../../src/timeline/TimelineModel.cpp:21198</t>
         </is>
       </c>
       <c r="B715" t="inlineStr">
         <is>
-          <t>%1%2 is typing.</t>
+          <t>Save video</t>
         </is>
       </c>
       <c r="C715" t="inlineStr">
         <is>
-          <t>%1%2 kirjutab.</t>
+          <t>Salvesta video</t>
         </is>
       </c>
       <c r="D715" t="inlineStr"/>
       <c r="E715" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F715" t="inlineStr">
         <is>
+          <t>TimelineModelSave video</t>
+        </is>
+      </c>
+      <c r="G715" t="inlineStr"/>
+      <c r="H715" t="inlineStr"/>
+    </row>
+    <row r="716">
+      <c r="A716" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21200</t>
+        </is>
+      </c>
+      <c r="B716" t="inlineStr">
+        <is>
+          <t>Save audio</t>
+        </is>
+      </c>
+      <c r="C716" t="inlineStr">
+        <is>
+          <t>Salvesta helifail</t>
+        </is>
+      </c>
+      <c r="D716" t="inlineStr"/>
+      <c r="E716" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F716" t="inlineStr">
+        <is>
+          <t>TimelineModelSave audio</t>
+        </is>
+      </c>
+      <c r="G716" t="inlineStr"/>
+      <c r="H716" t="inlineStr"/>
+    </row>
+    <row r="717">
+      <c r="A717" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21202</t>
+        </is>
+      </c>
+      <c r="B717" t="inlineStr">
+        <is>
+          <t>Save file</t>
+        </is>
+      </c>
+      <c r="C717" t="inlineStr">
+        <is>
+          <t>Salvesta fail</t>
+        </is>
+      </c>
+      <c r="D717" t="inlineStr"/>
+      <c r="E717" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F717" t="inlineStr">
+        <is>
+          <t>TimelineModelSave file</t>
+        </is>
+      </c>
+      <c r="G717" t="inlineStr"/>
+      <c r="H717" t="inlineStr"/>
+    </row>
+    <row r="718">
+      <c r="A718" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21550</t>
+        </is>
+      </c>
+      <c r="B718" t="inlineStr">
+        <is>
+          <t>%1%2 is typing.</t>
+        </is>
+      </c>
+      <c r="C718" t="inlineStr">
+        <is>
+          <t>%1%2 kirjutab.</t>
+        </is>
+      </c>
+      <c r="D718" t="inlineStr"/>
+      <c r="E718" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F718" t="inlineStr">
+        <is>
           <t>TimelineModel
 Multiple users are typing. First argument is a comma separated list of potentially multiple users. Second argument is the last user of that list. (If only one user is typing, %1 is empty. You should still use it in your string though to silence Qt warnings.)%1 and %2 are typing.</t>
         </is>
       </c>
-      <c r="G715" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G718" t="inlineStr"/>
       <c r="H718" t="inlineStr"/>
     </row>
     <row r="719">
       <c r="A719" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21580</t>
+          <t>../../src/timeline/TimelineModel.cpp:21610</t>
         </is>
       </c>
       <c r="B719" t="inlineStr">
         <is>
-          <t>%1 made the room open to guests.</t>
+          <t>%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="C719" t="inlineStr">
         <is>
-          <t>%1 muutis selle jututoa külalistele ligipääsetavaks.</t>
+          <t>%1 tegi jututoa avalikuks.</t>
         </is>
       </c>
       <c r="D719" t="inlineStr"/>
       <c r="E719" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F719" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room open to guests.</t>
+          <t>TimelineModel%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="G719" t="inlineStr"/>
       <c r="H719" t="inlineStr"/>
     </row>
     <row r="720">
       <c r="A720" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21582</t>
+          <t>../../src/timeline/TimelineModel.cpp:21614</t>
         </is>
       </c>
       <c r="B720" t="inlineStr">
         <is>
-          <t>%1 has closed the room to guest access.</t>
+          <t>%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="C720" t="inlineStr">
         <is>
-          <t>%1 eemaldas sellest jututoast külaliste ligipääsu.</t>
+          <t>%1 pääses jututuppa peale uksele koputamist.</t>
         </is>
       </c>
       <c r="D720" t="inlineStr"/>
       <c r="E720" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F720" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has closed the room to guest access.</t>
+          <t>TimelineModel%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="G720" t="inlineStr"/>
       <c r="H720" t="inlineStr"/>
     </row>
     <row r="721">
       <c r="A721" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21597</t>
+          <t>../../src/timeline/TimelineModel.cpp:21621</t>
         </is>
       </c>
       <c r="B721" t="inlineStr">
         <is>
-          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="C721" t="inlineStr">
         <is>
-          <t>%1 muutis, et kogu maailm saab selle jututoa ajalugu lugeda. Kõiki sündmusi saavad lugeda ka need, kes ei ole liitunud jututoaga.</t>
+          <t>%1 lubas järgmiste jututubade liikmetel selle jututoaga liituda: %2</t>
         </is>
       </c>
       <c r="D721" t="inlineStr"/>
       <c r="E721" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F721" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>TimelineModel%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="G721" t="inlineStr"/>
       <c r="H721" t="inlineStr"/>
     </row>
     <row r="722">
       <c r="A722" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21601</t>
+          <t>../../src/timeline/TimelineModel.cpp:21640</t>
         </is>
       </c>
       <c r="B722" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members from this point on.</t>
+          <t>%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="C722" t="inlineStr">
         <is>
-          <t>%1 muutis, et selle jututoa ajalugu saavad lugeda kõik liikmed alates praegusest ajahetkest.</t>
+          <t>%1 muutis selle jututoa külalistele ligipääsetavaks.</t>
         </is>
       </c>
       <c r="D722" t="inlineStr"/>
       <c r="E722" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F722" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
+          <t>TimelineModel%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="G722" t="inlineStr"/>
       <c r="H722" t="inlineStr"/>
     </row>
     <row r="723">
       <c r="A723" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21603</t>
+          <t>../../src/timeline/TimelineModel.cpp:21642</t>
         </is>
       </c>
       <c r="B723" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they were invited.</t>
+          <t>%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="C723" t="inlineStr">
         <is>
-          <t>%1 muutis, et selle jututoa ajalugu saavad lugeda kõik liikmed alates oma kutse saatmisest.</t>
+          <t>%1 eemaldas sellest jututoast külaliste ligipääsu.</t>
         </is>
       </c>
       <c r="D723" t="inlineStr"/>
       <c r="E723" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F723" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
+          <t>TimelineModel%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="G723" t="inlineStr"/>
       <c r="H723" t="inlineStr"/>
     </row>
     <row r="724">
       <c r="A724" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21605</t>
+          <t>../../src/timeline/TimelineModel.cpp:21657</t>
         </is>
       </c>
       <c r="B724" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they joined the room.</t>
+          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="C724" t="inlineStr">
         <is>
-          <t>%1 muutis, et selle jututoa ajalugu saavad lugeda kõik liikmed alates jututoaga liitumise hetkest.</t>
+          <t>%1 muutis, et kogu maailm saab selle jututoa ajalugu lugeda. Kõiki sündmusi saavad lugeda ka need, kes ei ole liitunud jututoaga.</t>
         </is>
       </c>
       <c r="D724" t="inlineStr"/>
       <c r="E724" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F724" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
+          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="G724" t="inlineStr"/>
       <c r="H724" t="inlineStr"/>
     </row>
     <row r="725">
       <c r="A725" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21877</t>
+          <t>../../src/timeline/TimelineModel.cpp:21661</t>
         </is>
       </c>
       <c r="B725" t="inlineStr">
         <is>
-          <t>%1 has changed the room's permissions.</t>
+          <t>%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="C725" t="inlineStr">
         <is>
-          <t>%1 muutis selle jututoa õigusi.</t>
+          <t>%1 muutis, et selle jututoa ajalugu saavad lugeda kõik liikmed alates praegusest ajahetkest.</t>
         </is>
       </c>
       <c r="D725" t="inlineStr"/>
       <c r="E725" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F725" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's permissions.</t>
+          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="G725" t="inlineStr"/>
       <c r="H725" t="inlineStr"/>
     </row>
     <row r="726">
       <c r="A726" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21656</t>
+          <t>../../src/timeline/TimelineModel.cpp:21663</t>
         </is>
       </c>
       <c r="B726" t="inlineStr">
         <is>
-          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
       <c r="C726" t="inlineStr">
         <is>
-          <t>%1 muutis selle jututoa õigusi: jututoast välja müksamine %2 -&gt; %3.</t>
+          <t>%1 muutis, et selle jututoa ajalugu saavad lugeda kõik liikmed alates oma kutse saatmisest.</t>
         </is>
       </c>
       <c r="D726" t="inlineStr"/>
       <c r="E726" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F726" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
       <c r="G726" t="inlineStr"/>
       <c r="H726" t="inlineStr"/>
     </row>
     <row r="727">
       <c r="A727" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21671</t>
+          <t>../../src/timeline/TimelineModel.cpp:21665</t>
         </is>
       </c>
       <c r="B727" t="inlineStr">
         <is>
-          <t>%n member can now kick room members.</t>
+          <t>%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
       <c r="C727" t="inlineStr">
         <is>
-          <t>%n jututoa liige võib kasutajaid jututoast välja müksata.</t>
+          <t>%1 muutis, et selle jututoa ajalugu saavad lugeda kõik liikmed alates jututoaga liitumise hetkest.</t>
         </is>
       </c>
       <c r="D727" t="inlineStr"/>
       <c r="E727" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F727" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now kick room members.</t>
+          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
       <c r="G727" t="inlineStr"/>
       <c r="H727" t="inlineStr"/>
     </row>
     <row r="728">
       <c r="A728" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21675</t>
+          <t>../../src/timeline/TimelineModel.cpp:21939</t>
         </is>
       </c>
       <c r="B728" t="inlineStr">
         <is>
-          <t>%1 can now kick room members.</t>
+          <t>%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="C728" t="inlineStr">
         <is>
-          <t>%1 võib nüüd kasutajaid jututoast välja müksata.</t>
+          <t>%1 muutis selle jututoa õigusi.</t>
         </is>
       </c>
       <c r="D728" t="inlineStr"/>
       <c r="E728" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F728" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now kick room members.</t>
+          <t>TimelineModel%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="G728" t="inlineStr"/>
       <c r="H728" t="inlineStr"/>
     </row>
     <row r="729">
       <c r="A729" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21687</t>
+          <t>../../src/timeline/TimelineModel.cpp:21717</t>
         </is>
       </c>
       <c r="B729" t="inlineStr">
         <is>
-          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C729" t="inlineStr">
         <is>
-          <t>%1 muutis selle jututoa õigusi: jututoa sisu muutmine %2 -&gt; %3.</t>
+          <t>%1 muutis selle jututoa õigusi: jututoast välja müksamine %2 -&gt; %3.</t>
         </is>
       </c>
       <c r="D729" t="inlineStr"/>
       <c r="E729" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F729" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G729" t="inlineStr"/>
       <c r="H729" t="inlineStr"/>
     </row>
     <row r="730">
       <c r="A730" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21701</t>
+          <t>../../src/timeline/TimelineModel.cpp:21732</t>
         </is>
       </c>
       <c r="B730" t="inlineStr">
         <is>
-          <t>%n member can now redact room messages.</t>
+          <t>%n member can now kick room members.</t>
         </is>
       </c>
       <c r="C730" t="inlineStr">
         <is>
-          <t>%n kasutaja võib nüüd muuta jututoa sõnumeid.</t>
+          <t>%n jututoa liige võib kasutajaid jututoast välja müksata.</t>
         </is>
       </c>
       <c r="D730" t="inlineStr"/>
       <c r="E730" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F730" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now redact room messages.</t>
+          <t>TimelineModel%n member(s) can now kick room members.</t>
         </is>
       </c>
       <c r="G730" t="inlineStr"/>
       <c r="H730" t="inlineStr"/>
     </row>
     <row r="731">
       <c r="A731" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21707</t>
+          <t>../../src/timeline/TimelineModel.cpp:21736</t>
         </is>
       </c>
       <c r="B731" t="inlineStr">
         <is>
-          <t>%1 can now redact room messages.</t>
+          <t>%1 can now kick room members.</t>
         </is>
       </c>
       <c r="C731" t="inlineStr">
         <is>
-          <t>%1 võib nüüd muuta jututoa sõnumeid.</t>
+          <t>%1 võib nüüd kasutajaid jututoast välja müksata.</t>
         </is>
       </c>
       <c r="D731" t="inlineStr"/>
       <c r="E731" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F731" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now redact room messages.</t>
+          <t>TimelineModel%1 can now kick room members.</t>
         </is>
       </c>
       <c r="G731" t="inlineStr"/>
       <c r="H731" t="inlineStr"/>
     </row>
     <row r="732">
       <c r="A732" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21719</t>
+          <t>../../src/timeline/TimelineModel.cpp:21748</t>
         </is>
       </c>
       <c r="B732" t="inlineStr">
         <is>
-          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C732" t="inlineStr">
         <is>
-          <t>%1 muutis selle jututoa õigusi: suhtluskeelu seadmine jututoas %2 -&gt; %3.</t>
+          <t>%1 muutis selle jututoa õigusi: jututoa sisu muutmine %2 -&gt; %3.</t>
         </is>
       </c>
       <c r="D732" t="inlineStr"/>
       <c r="E732" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F732" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G732" t="inlineStr"/>
       <c r="H732" t="inlineStr"/>
     </row>
     <row r="733">
       <c r="A733" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21734</t>
+          <t>../../src/timeline/TimelineModel.cpp:21762</t>
         </is>
       </c>
       <c r="B733" t="inlineStr">
         <is>
-          <t>%n member can now ban room members.</t>
+          <t>%n member can now redact room messages.</t>
         </is>
       </c>
       <c r="C733" t="inlineStr">
         <is>
-          <t>%n jututoa liige võib kasutajatele selles jututoas seada suhtluskeelu.</t>
+          <t>%n kasutaja võib nüüd muuta jututoa sõnumeid.</t>
         </is>
       </c>
       <c r="D733" t="inlineStr"/>
       <c r="E733" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F733" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now ban room members.</t>
+          <t>TimelineModel%n member(s) can now redact room messages.</t>
         </is>
       </c>
       <c r="G733" t="inlineStr"/>
       <c r="H733" t="inlineStr"/>
     </row>
     <row r="734">
       <c r="A734" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21738</t>
+          <t>../../src/timeline/TimelineModel.cpp:21768</t>
         </is>
       </c>
       <c r="B734" t="inlineStr">
         <is>
-          <t>%1 can now ban room members.</t>
+          <t>%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="C734" t="inlineStr">
         <is>
-          <t>%1 võib kasutajatele selles jututoas seada suhtluskeelu.</t>
+          <t>%1 võib nüüd muuta jututoa sõnumeid.</t>
         </is>
       </c>
       <c r="D734" t="inlineStr"/>
       <c r="E734" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F734" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now ban room members.</t>
+          <t>TimelineModel%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="G734" t="inlineStr"/>
       <c r="H734" t="inlineStr"/>
     </row>
     <row r="735">
       <c r="A735" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21751</t>
+          <t>../../src/timeline/TimelineModel.cpp:21780</t>
         </is>
       </c>
       <c r="B735" t="inlineStr">
         <is>
-          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C735" t="inlineStr">
         <is>
-          <t>%1 muutis selle jututoa õigusi: olekusündmuste vaikimisi kasutajaroll %2 -&gt; %3.</t>
+          <t>%1 muutis selle jututoa õigusi: suhtluskeelu seadmine jututoas %2 -&gt; %3.</t>
         </is>
       </c>
       <c r="D735" t="inlineStr"/>
       <c r="E735" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F735" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G735" t="inlineStr"/>
       <c r="H735" t="inlineStr"/>
     </row>
     <row r="736">
       <c r="A736" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21766</t>
+          <t>../../src/timeline/TimelineModel.cpp:21795</t>
         </is>
       </c>
       <c r="B736" t="inlineStr">
         <is>
-          <t>%n member can now send state events.</t>
+          <t>%n member can now ban room members.</t>
         </is>
       </c>
       <c r="C736" t="inlineStr">
         <is>
-          <t>%n jututoa liige võib nüüd saata olekusündmusi.</t>
+          <t>%n jututoa liige võib kasutajatele selles jututoas seada suhtluskeelu.</t>
         </is>
       </c>
       <c r="D736" t="inlineStr"/>
       <c r="E736" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F736" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now send state events.</t>
+          <t>TimelineModel%n member(s) can now ban room members.</t>
         </is>
       </c>
       <c r="G736" t="inlineStr"/>
       <c r="H736" t="inlineStr"/>
     </row>
     <row r="737">
       <c r="A737" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21770</t>
+          <t>../../src/timeline/TimelineModel.cpp:21799</t>
         </is>
       </c>
       <c r="B737" t="inlineStr">
         <is>
-          <t>%1 can now send state events.</t>
+          <t>%1 can now ban room members.</t>
         </is>
       </c>
       <c r="C737" t="inlineStr">
         <is>
-          <t>%1 võib nüüd saata olekusündmusi.</t>
+          <t>%1 võib kasutajatele selles jututoas seada suhtluskeelu.</t>
         </is>
       </c>
       <c r="D737" t="inlineStr"/>
       <c r="E737" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F737" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now send state events.</t>
+          <t>TimelineModel%1 can now ban room members.</t>
         </is>
       </c>
       <c r="G737" t="inlineStr"/>
       <c r="H737" t="inlineStr"/>
     </row>
     <row r="738">
       <c r="A738" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21784</t>
+          <t>../../src/timeline/TimelineModel.cpp:21812</t>
         </is>
       </c>
       <c r="B738" t="inlineStr">
         <is>
-          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C738" t="inlineStr">
         <is>
-          <t>%1 muutis selle jututoa õigusi: kutse saatmine jututuppa %2 -&gt; %3.</t>
+          <t>%1 muutis selle jututoa õigusi: olekusündmuste vaikimisi kasutajaroll %2 -&gt; %3.</t>
         </is>
       </c>
       <c r="D738" t="inlineStr"/>
       <c r="E738" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F738" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G738" t="inlineStr"/>
       <c r="H738" t="inlineStr"/>
     </row>
     <row r="739">
       <c r="A739" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21794</t>
+          <t>../../src/timeline/TimelineModel.cpp:21827</t>
         </is>
       </c>
       <c r="B739" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>%n member can now send state events.</t>
         </is>
       </c>
       <c r="C739" t="inlineStr">
         <is>
-          <t>%1 muutis selle jututoa õigusi: jututoa sündmuste vaikimisi õigused %2 -&gt; %3. Uued kasutajad ei saa nüüd olulisi tegevusi teha.</t>
+          <t>%n jututoa liige võib nüüd saata olekusündmusi.</t>
         </is>
       </c>
       <c r="D739" t="inlineStr"/>
       <c r="E739" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F739" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>TimelineModel%n member(s) can now send state events.</t>
         </is>
       </c>
       <c r="G739" t="inlineStr"/>
       <c r="H739" t="inlineStr"/>
     </row>
     <row r="740">
       <c r="A740" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21803</t>
+          <t>../../src/timeline/TimelineModel.cpp:21831</t>
         </is>
       </c>
       <c r="B740" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>%1 can now send state events.</t>
         </is>
       </c>
       <c r="C740" t="inlineStr">
         <is>
-          <t>%1 muutis selle jututoa õigusi: jututoa sündmuste vaikimisi õigused %2 -&gt; %3. Uued kasutajad nüüd saavad teha tegevusi, mis pole otseselt keelatud.</t>
+          <t>%1 võib nüüd saata olekusündmusi.</t>
         </is>
       </c>
       <c r="D740" t="inlineStr"/>
       <c r="E740" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F740" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>TimelineModel%1 can now send state events.</t>
         </is>
       </c>
       <c r="G740" t="inlineStr"/>
       <c r="H740" t="inlineStr"/>
     </row>
     <row r="741">
       <c r="A741" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21810</t>
+          <t>../../src/timeline/TimelineModel.cpp:21845</t>
         </is>
       </c>
       <c r="B741" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C741" t="inlineStr">
         <is>
-          <t>%1 muutis selle jututoa õigusi: sündmuste vaikimisi kasutajaroll %2 -&gt; %3.</t>
+          <t>%1 muutis selle jututoa õigusi: kutse saatmine jututuppa %2 -&gt; %3.</t>
         </is>
       </c>
       <c r="D741" t="inlineStr"/>
       <c r="E741" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F741" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G741" t="inlineStr"/>
       <c r="H741" t="inlineStr"/>
     </row>
     <row r="742">
       <c r="A742" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21822</t>
+          <t>../../src/timeline/TimelineModel.cpp:21855</t>
         </is>
       </c>
       <c r="B742" t="inlineStr">
         <is>
-          <t>%1 has made %2 an administrator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="C742" t="inlineStr">
         <is>
-          <t>%1 jagas kasutajale %2 peakasutaja õigused.</t>
+          <t>%1 muutis selle jututoa õigusi: jututoa sündmuste vaikimisi õigused %2 -&gt; %3. Uued kasutajad ei saa nüüd olulisi tegevusi teha.</t>
         </is>
       </c>
       <c r="D742" t="inlineStr"/>
       <c r="E742" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F742" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="G742" t="inlineStr"/>
       <c r="H742" t="inlineStr"/>
     </row>
     <row r="743">
       <c r="A743" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21826</t>
+          <t>../../src/timeline/TimelineModel.cpp:21864</t>
         </is>
       </c>
       <c r="B743" t="inlineStr">
         <is>
-          <t>%1 has made %2 a moderator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="C743" t="inlineStr">
         <is>
-          <t>%1 jagas kasutajale %2 moderaatori õigused.</t>
+          <t>%1 muutis selle jututoa õigusi: jututoa sündmuste vaikimisi õigused %2 -&gt; %3. Uued kasutajad nüüd saavad teha tegevusi, mis pole otseselt keelatud.</t>
         </is>
       </c>
       <c r="D743" t="inlineStr"/>
       <c r="E743" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F743" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="G743" t="inlineStr"/>
       <c r="H743" t="inlineStr"/>
     </row>
     <row r="744">
       <c r="A744" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21830</t>
+          <t>../../src/timeline/TimelineModel.cpp:21871</t>
         </is>
       </c>
       <c r="B744" t="inlineStr">
         <is>
-          <t>%1 has downgraded %2 to moderator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C744" t="inlineStr">
         <is>
-          <t>%1 vähendas kasutaja %2 õigusi moderaatori õigusteni.</t>
+          <t>%1 muutis selle jututoa õigusi: sündmuste vaikimisi kasutajaroll %2 -&gt; %3.</t>
         </is>
       </c>
       <c r="D744" t="inlineStr"/>
       <c r="E744" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F744" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G744" t="inlineStr"/>
       <c r="H744" t="inlineStr"/>
     </row>
     <row r="745">
       <c r="A745" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21833</t>
+          <t>../../src/timeline/TimelineModel.cpp:21883</t>
         </is>
       </c>
       <c r="B745" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="C745" t="inlineStr">
         <is>
-          <t>%1 muutis kasutaja %2 õigusi: %3 -&gt; %4.</t>
+          <t>%1 jagas kasutajale %2 peakasutaja õigused.</t>
         </is>
       </c>
       <c r="D745" t="inlineStr"/>
       <c r="E745" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F745" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="G745" t="inlineStr"/>
       <c r="H745" t="inlineStr"/>
     </row>
     <row r="746">
       <c r="A746" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21849</t>
+          <t>../../src/timeline/TimelineModel.cpp:21887</t>
         </is>
       </c>
       <c r="B746" t="inlineStr">
         <is>
-          <t>%1 allowed only administrators to send "%2".</t>
+          <t>%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="C746" t="inlineStr">
         <is>
-          <t>%1 lubas vaid peakasutajatel teha järgnevat toimingut: „%2“.</t>
+          <t>%1 jagas kasutajale %2 moderaatori õigused.</t>
         </is>
       </c>
       <c r="D746" t="inlineStr"/>
       <c r="E746" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F746" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
+          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="G746" t="inlineStr"/>
       <c r="H746" t="inlineStr"/>
     </row>
     <row r="747">
       <c r="A747" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21852</t>
+          <t>../../src/timeline/TimelineModel.cpp:21891</t>
         </is>
       </c>
       <c r="B747" t="inlineStr">
         <is>
-          <t>%1 allowed only moderators to send "%2".</t>
+          <t>%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="C747" t="inlineStr">
         <is>
-          <t>%1 lubas vaid moderaatoritel teha järgnevat toimingut: „%2“.</t>
+          <t>%1 vähendas kasutaja %2 õigusi moderaatori õigusteni.</t>
         </is>
       </c>
       <c r="D747" t="inlineStr"/>
       <c r="E747" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F747" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
+          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="G747" t="inlineStr"/>
       <c r="H747" t="inlineStr"/>
     </row>
     <row r="748">
       <c r="A748" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21855</t>
+          <t>../../src/timeline/TimelineModel.cpp:21895</t>
         </is>
       </c>
       <c r="B748" t="inlineStr">
         <is>
-          <t>%1 allowed everyone to send "%2".</t>
+          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="C748" t="inlineStr">
         <is>
-          <t>%1 lubas kõigil teha järgnevat toimingut: „%2“.</t>
+          <t>%1 muutis kasutaja %2 õigusi: %3 -&gt; %4.</t>
         </is>
       </c>
       <c r="D748" t="inlineStr"/>
       <c r="E748" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F748" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed everyone to send "%2".</t>
+          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="G748" t="inlineStr"/>
       <c r="H748" t="inlineStr"/>
     </row>
     <row r="749">
       <c r="A749" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21859</t>
+          <t>../../src/timeline/TimelineModel.cpp:21911</t>
         </is>
       </c>
       <c r="B749" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="C749" t="inlineStr">
         <is>
-          <t>%1 muutis toimingu „%2“ jaoks vajalikke õigusi: vaikimisi seadistuste asemel on nüüd %3.</t>
+          <t>%1 lubas vaid peakasutajatel teha järgnevat toimingut: „%2“.</t>
         </is>
       </c>
       <c r="D749" t="inlineStr"/>
       <c r="E749" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F749" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="G749" t="inlineStr"/>
       <c r="H749" t="inlineStr"/>
     </row>
     <row r="750">
       <c r="A750" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21865</t>
+          <t>../../src/timeline/TimelineModel.cpp:21914</t>
         </is>
       </c>
       <c r="B750" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="C750" t="inlineStr">
         <is>
-          <t>%1 muutis toimingu „%2“ jaoks vajalikke õigusi: %3 -&gt; %4.</t>
+          <t>%1 lubas vaid moderaatoritel teha järgnevat toimingut: „%2“.</t>
         </is>
       </c>
       <c r="D750" t="inlineStr"/>
       <c r="E750" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F750" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="G750" t="inlineStr"/>
       <c r="H750" t="inlineStr"/>
     </row>
     <row r="751">
       <c r="A751" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21924</t>
+          <t>../../src/timeline/TimelineModel.cpp:21917</t>
         </is>
       </c>
       <c r="B751" t="inlineStr">
         <is>
-          <t>(empty)</t>
+          <t>%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="C751" t="inlineStr">
         <is>
-          <t>(tühi)</t>
+          <t>%1 lubas kõigil teha järgnevat toimingut: „%2“.</t>
         </is>
       </c>
       <c r="D751" t="inlineStr"/>
       <c r="E751" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F751" t="inlineStr">
         <is>
-          <t>TimelineModel(empty)</t>
+          <t>TimelineModel%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="G751" t="inlineStr"/>
       <c r="H751" t="inlineStr"/>
     </row>
     <row r="752">
       <c r="A752" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21930</t>
+          <t>../../src/timeline/TimelineModel.cpp:21921</t>
         </is>
       </c>
       <c r="B752" t="inlineStr">
         <is>
-          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="C752" t="inlineStr">
         <is>
-          <t>%1 kustutas pildipakist %2 järgnevad pildid:&lt;br&gt;%3</t>
+          <t>%1 muutis toimingu „%2“ jaoks vajalikke õigusi: vaikimisi seadistuste asemel on nüüd %3.</t>
         </is>
       </c>
       <c r="D752" t="inlineStr"/>
       <c r="E752" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F752" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="G752" t="inlineStr"/>
       <c r="H752" t="inlineStr"/>
     </row>
     <row r="753">
       <c r="A753" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21936</t>
+          <t>../../src/timeline/TimelineModel.cpp:21927</t>
         </is>
       </c>
       <c r="B753" t="inlineStr">
         <is>
-          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="C753" t="inlineStr">
         <is>
-          <t>%1 lisas pildipakki %2 järgnevad pildid:&lt;br&gt;%3</t>
+          <t>%1 muutis toimingu „%2“ jaoks vajalikke õigusi: %3 -&gt; %4.</t>
         </is>
       </c>
       <c r="D753" t="inlineStr"/>
       <c r="E753" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F753" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="G753" t="inlineStr"/>
       <c r="H753" t="inlineStr"/>
     </row>
     <row r="754">
       <c r="A754" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21941</t>
+          <t>../../src/timeline/TimelineModel.cpp:21986</t>
         </is>
       </c>
       <c r="B754" t="inlineStr">
         <is>
-          <t>%1 changed the sticker and emotes in this room.</t>
+          <t>(empty)</t>
         </is>
       </c>
       <c r="C754" t="inlineStr">
         <is>
-          <t>%1 muutis selle jututoa kleepsupakke ja emotikone.</t>
+          <t>(tühi)</t>
         </is>
       </c>
       <c r="D754" t="inlineStr"/>
       <c r="E754" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F754" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
+          <t>TimelineModel(empty)</t>
         </is>
       </c>
       <c r="G754" t="inlineStr"/>
       <c r="H754" t="inlineStr"/>
     </row>
     <row r="755">
       <c r="A755" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21976</t>
+          <t>../../src/timeline/TimelineModel.cpp:21992</t>
         </is>
       </c>
       <c r="B755" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban users matching %2.</t>
+          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C755" t="inlineStr">
         <is>
-          <t>%1 eemaldas kasutusest reegli, mis keelab ligipääsu kasutajatele %2 mustri alusel.</t>
+          <t>%1 kustutas pildipakist %2 järgnevad pildid:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="D755" t="inlineStr"/>
       <c r="E755" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F755" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
+          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G755" t="inlineStr"/>
       <c r="H755" t="inlineStr"/>
     </row>
     <row r="756">
       <c r="A756" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21979</t>
+          <t>../../src/timeline/TimelineModel.cpp:21998</t>
         </is>
       </c>
       <c r="B756" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C756" t="inlineStr">
         <is>
-          <t>%1 lisas reegli, mis keelab „%3“ ligipääsu kasutajatele %2 mustri alusel.</t>
+          <t>%1 lisas pildipakki %2 järgnevad pildid:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="D756" t="inlineStr"/>
       <c r="E756" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F756" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G756" t="inlineStr"/>
       <c r="H756" t="inlineStr"/>
     </row>
     <row r="757">
       <c r="A757" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22001</t>
+          <t>../../src/timeline/TimelineModel.cpp:22003</t>
         </is>
       </c>
       <c r="B757" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban rooms matching %2.</t>
+          <t>%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="C757" t="inlineStr">
         <is>
-          <t>%1 eemaldas kasutusest reegli, mis keelab jututoad %2 mustri alusel.</t>
+          <t>%1 muutis selle jututoa kleepsupakke ja emotikone.</t>
         </is>
       </c>
       <c r="D757" t="inlineStr"/>
       <c r="E757" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F757" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
+          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="G757" t="inlineStr"/>
       <c r="H757" t="inlineStr"/>
     </row>
     <row r="758">
       <c r="A758" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22004</t>
+          <t>../../src/timeline/TimelineModel.cpp:22038</t>
         </is>
       </c>
       <c r="B758" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="C758" t="inlineStr">
         <is>
-          <t>%1 lisas reegli, mis keelab „%3“ ligipääsu jututubadele %2 mustri alusel.</t>
+          <t>%1 eemaldas kasutusest reegli, mis keelab ligipääsu kasutajatele %2 mustri alusel.</t>
         </is>
       </c>
       <c r="D758" t="inlineStr"/>
       <c r="E758" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F758" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="G758" t="inlineStr"/>
       <c r="H758" t="inlineStr"/>
     </row>
     <row r="759">
       <c r="A759" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22026</t>
+          <t>../../src/timeline/TimelineModel.cpp:22041</t>
         </is>
       </c>
       <c r="B759" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban servers matching %2.</t>
+          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C759" t="inlineStr">
         <is>
-          <t>%1 eemaldas kasutusest reegli, mis keelab ligipääsu serveritele %2 mustri alusel.</t>
+          <t>%1 lisas reegli, mis keelab „%3“ ligipääsu kasutajatele %2 mustri alusel.</t>
         </is>
       </c>
       <c r="D759" t="inlineStr"/>
       <c r="E759" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F759" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
+          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G759" t="inlineStr"/>
       <c r="H759" t="inlineStr"/>
     </row>
     <row r="760">
       <c r="A760" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22029</t>
+          <t>../../src/timeline/TimelineModel.cpp:22063</t>
         </is>
       </c>
       <c r="B760" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="C760" t="inlineStr">
         <is>
-          <t>%1 lisas reegli, mis keelab „%3“ ligipääsu serveritele %2 mustri alusel.</t>
+          <t>%1 eemaldas kasutusest reegli, mis keelab jututoad %2 mustri alusel.</t>
         </is>
       </c>
       <c r="D760" t="inlineStr"/>
       <c r="E760" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F760" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="G760" t="inlineStr"/>
       <c r="H760" t="inlineStr"/>
     </row>
     <row r="761">
       <c r="A761" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22063</t>
+          <t>../../src/timeline/TimelineModel.cpp:22066</t>
         </is>
       </c>
       <c r="B761" t="inlineStr">
         <is>
-          <t>Removed by %1</t>
+          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C761" t="inlineStr">
         <is>
-          <t>%1 eemaldas selle</t>
+          <t>%1 lisas reegli, mis keelab „%3“ ligipääsu jututubadele %2 mustri alusel.</t>
         </is>
       </c>
       <c r="D761" t="inlineStr"/>
       <c r="E761" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F761" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1</t>
+          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G761" t="inlineStr"/>
       <c r="H761" t="inlineStr"/>
     </row>
     <row r="762">
       <c r="A762" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22065</t>
+          <t>../../src/timeline/TimelineModel.cpp:22088</t>
         </is>
       </c>
       <c r="B762" t="inlineStr">
         <is>
-          <t>%1 (%2) removed this message at %3</t>
+          <t>%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="C762" t="inlineStr">
         <is>
-          <t>%1 (%2) eemaldas selle sõnumi %3</t>
+          <t>%1 eemaldas kasutusest reegli, mis keelab ligipääsu serveritele %2 mustri alusel.</t>
         </is>
       </c>
       <c r="D762" t="inlineStr"/>
       <c r="E762" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F762" t="inlineStr">
         <is>
-          <t>TimelineModel%1 (%2) removed this message at %3</t>
+          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="G762" t="inlineStr"/>
       <c r="H762" t="inlineStr"/>
     </row>
     <row r="763">
       <c r="A763" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22067</t>
+          <t>../../src/timeline/TimelineModel.cpp:22091</t>
         </is>
       </c>
       <c r="B763" t="inlineStr">
         <is>
-          <t>Removed by %1 because: %2</t>
+          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C763" t="inlineStr">
         <is>
-          <t>%1 eemaldas selle järgneval põhjusel: %2</t>
+          <t>%1 lisas reegli, mis keelab „%3“ ligipääsu serveritele %2 mustri alusel.</t>
         </is>
       </c>
       <c r="D763" t="inlineStr"/>
       <c r="E763" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F763" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1 because: %2</t>
+          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G763" t="inlineStr"/>
       <c r="H763" t="inlineStr"/>
     </row>
     <row r="764">
       <c r="A764" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22068</t>
+          <t>../../src/timeline/TimelineModel.cpp:22125</t>
         </is>
       </c>
       <c r="B764" t="inlineStr">
+        <is>
+          <t>Removed by %1</t>
+        </is>
+      </c>
+      <c r="C764" t="inlineStr">
+        <is>
+          <t>%1 eemaldas selle</t>
+        </is>
+      </c>
+      <c r="D764" t="inlineStr"/>
+      <c r="E764" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F764" t="inlineStr">
+        <is>
+          <t>TimelineModelRemoved by %1</t>
+        </is>
+      </c>
+      <c r="G764" t="inlineStr"/>
+      <c r="H764" t="inlineStr"/>
+    </row>
+    <row r="765">
+      <c r="A765" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22127</t>
+        </is>
+      </c>
+      <c r="B765" t="inlineStr">
+        <is>
+          <t>%1 (%2) removed this message at %3</t>
+        </is>
+      </c>
+      <c r="C765" t="inlineStr">
+        <is>
+          <t>%1 (%2) eemaldas selle sõnumi %3</t>
+        </is>
+      </c>
+      <c r="D765" t="inlineStr"/>
+      <c r="E765" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F765" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 (%2) removed this message at %3</t>
+        </is>
+      </c>
+      <c r="G765" t="inlineStr"/>
+      <c r="H765" t="inlineStr"/>
+    </row>
+    <row r="766">
+      <c r="A766" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22129</t>
+        </is>
+      </c>
+      <c r="B766" t="inlineStr">
+        <is>
+          <t>Removed by %1 because: %2</t>
+        </is>
+      </c>
+      <c r="C766" t="inlineStr">
+        <is>
+          <t>%1 eemaldas selle järgneval põhjusel: %2</t>
+        </is>
+      </c>
+      <c r="D766" t="inlineStr"/>
+      <c r="E766" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F766" t="inlineStr">
+        <is>
+          <t>TimelineModelRemoved by %1 because: %2</t>
+        </is>
+      </c>
+      <c r="G766" t="inlineStr"/>
+      <c r="H766" t="inlineStr"/>
+    </row>
+    <row r="767">
+      <c r="A767" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22130</t>
+        </is>
+      </c>
+      <c r="B767" t="inlineStr">
         <is>
           <t>%1 (%2) removed this message at %3
 Reason: %4</t>
         </is>
       </c>
-      <c r="C764" t="inlineStr">
+      <c r="C767" t="inlineStr">
         <is>
           <t>%1 (%2) removed this message at %3
 Põhjus: %4</t>
         </is>
       </c>
-      <c r="D764" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F764" t="inlineStr">
+      <c r="D767" t="inlineStr"/>
+      <c r="E767" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F767" t="inlineStr">
         <is>
           <t>TimelineModel%1 (%2) removed this message at %3
 Reason: %4</t>
         </is>
       </c>
-      <c r="G764" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G767" t="inlineStr"/>
       <c r="H767" t="inlineStr"/>
     </row>
     <row r="768">
       <c r="A768" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22219</t>
+          <t>../../src/timeline/TimelineModel.cpp:22274</t>
         </is>
       </c>
       <c r="B768" t="inlineStr">
         <is>
-          <t>%2 rejected the knock from %1.</t>
+          <t>%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="C768" t="inlineStr">
         <is>
-          <t>%2 lükkas tagasi kasutaja %1 koputuse jututoa uksele.</t>
+          <t>%2 tühistas kutse kasutajale %1.</t>
         </is>
       </c>
       <c r="D768" t="inlineStr"/>
       <c r="E768" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F768" t="inlineStr">
         <is>
-          <t>TimelineModel%2 rejected the knock from %1.</t>
+          <t>TimelineModel%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="G768" t="inlineStr"/>
       <c r="H768" t="inlineStr"/>
     </row>
     <row r="769">
       <c r="A769" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22187</t>
+          <t>../../src/timeline/TimelineModel.cpp:22269</t>
         </is>
       </c>
       <c r="B769" t="inlineStr">
         <is>
-          <t>%1 changed their avatar.</t>
+          <t>%2 kicked %1.</t>
         </is>
       </c>
       <c r="C769" t="inlineStr">
         <is>
-          <t>%1 muutis oma tunnuspilti.</t>
+          <t>%2 müksas kasutaja %1 jututoast välja.</t>
         </is>
       </c>
       <c r="D769" t="inlineStr"/>
       <c r="E769" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F769" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed their avatar.</t>
+          <t>TimelineModel%2 kicked %1.</t>
         </is>
       </c>
       <c r="G769" t="inlineStr"/>
       <c r="H769" t="inlineStr"/>
     </row>
     <row r="770">
       <c r="A770" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22189</t>
+          <t>../../src/timeline/TimelineModel.cpp:22276</t>
         </is>
       </c>
       <c r="B770" t="inlineStr">
         <is>
-          <t>%1 changed some profile info.</t>
+          <t>%2 unbanned %1.</t>
         </is>
       </c>
       <c r="C770" t="inlineStr">
         <is>
-          <t>%1 muutis oma profiili.</t>
+          <t>%2 eemaldas ligipääsupiirangu kasutajalt %1.</t>
         </is>
       </c>
       <c r="D770" t="inlineStr"/>
       <c r="E770" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F770" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed some profile info.</t>
+          <t>TimelineModel%2 unbanned %1.</t>
         </is>
       </c>
       <c r="G770" t="inlineStr"/>
       <c r="H770" t="inlineStr"/>
     </row>
     <row r="771">
       <c r="A771" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22194</t>
+          <t>../../src/timeline/TimelineModel.cpp:22281</t>
         </is>
       </c>
       <c r="B771" t="inlineStr">
         <is>
-          <t>%1 joined.</t>
+          <t>%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="C771" t="inlineStr">
         <is>
-          <t>%1 liitus jututoaga.</t>
+          <t>%2 lükkas tagasi kasutaja %1 koputuse jututoa uksele.</t>
         </is>
       </c>
       <c r="D771" t="inlineStr"/>
       <c r="E771" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F771" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined.</t>
+          <t>TimelineModel%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="G771" t="inlineStr"/>
       <c r="H771" t="inlineStr"/>
     </row>
     <row r="772">
       <c r="A772" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22197</t>
+          <t>../../src/timeline/TimelineModel.cpp:22249</t>
         </is>
       </c>
       <c r="B772" t="inlineStr">
         <is>
-          <t>%1 joined via authorisation from %2's server.</t>
+          <t>%1 changed their avatar.</t>
         </is>
       </c>
       <c r="C772" t="inlineStr">
         <is>
-          <t>%1 liitus peale autentimist serverist %2.</t>
+          <t>%1 muutis oma tunnuspilti.</t>
         </is>
       </c>
       <c r="D772" t="inlineStr"/>
       <c r="E772" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F772" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
+          <t>TimelineModel%1 changed their avatar.</t>
         </is>
       </c>
       <c r="G772" t="inlineStr"/>
       <c r="H772" t="inlineStr"/>
     </row>
     <row r="773">
       <c r="A773" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22210</t>
+          <t>../../src/timeline/TimelineModel.cpp:22251</t>
         </is>
       </c>
       <c r="B773" t="inlineStr">
         <is>
-          <t>%1 rejected their invite.</t>
+          <t>%1 changed some profile info.</t>
         </is>
       </c>
       <c r="C773" t="inlineStr">
         <is>
-          <t>%1 lükkas liitumiskutse tagasi.</t>
+          <t>%1 muutis oma profiili.</t>
         </is>
       </c>
       <c r="D773" t="inlineStr"/>
       <c r="E773" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F773" t="inlineStr">
         <is>
-          <t>TimelineModel%1 rejected their invite.</t>
+          <t>TimelineModel%1 changed some profile info.</t>
         </is>
       </c>
       <c r="G773" t="inlineStr"/>
       <c r="H773" t="inlineStr"/>
     </row>
     <row r="774">
       <c r="A774" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22205</t>
+          <t>../../src/timeline/TimelineModel.cpp:22256</t>
         </is>
       </c>
       <c r="B774" t="inlineStr">
         <is>
-          <t>%1 left the room.</t>
+          <t>%1 joined.</t>
         </is>
       </c>
       <c r="C774" t="inlineStr">
         <is>
-          <t>%1 lahkus jututoast.</t>
+          <t>%1 liitus jututoaga.</t>
         </is>
       </c>
       <c r="D774" t="inlineStr"/>
       <c r="E774" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F774" t="inlineStr">
         <is>
-          <t>TimelineModel%1 left the room.</t>
+          <t>TimelineModel%1 joined.</t>
         </is>
       </c>
       <c r="G774" t="inlineStr"/>
       <c r="H774" t="inlineStr"/>
     </row>
     <row r="775">
       <c r="A775" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22236</t>
+          <t>../../src/timeline/TimelineModel.cpp:22259</t>
         </is>
       </c>
       <c r="B775" t="inlineStr">
         <is>
-          <t>Reason: %1</t>
+          <t>%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="C775" t="inlineStr">
         <is>
-          <t>Põhjus: %1</t>
+          <t>%1 liitus peale autentimist serverist %2.</t>
         </is>
       </c>
       <c r="D775" t="inlineStr"/>
       <c r="E775" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F775" t="inlineStr">
         <is>
-          <t>TimelineModelReason: %1</t>
+          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="G775" t="inlineStr"/>
       <c r="H775" t="inlineStr"/>
     </row>
     <row r="776">
       <c r="A776" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22217</t>
+          <t>../../src/timeline/TimelineModel.cpp:22272</t>
         </is>
       </c>
       <c r="B776" t="inlineStr">
         <is>
-          <t>%1 redacted their knock.</t>
+          <t>%1 rejected their invite.</t>
         </is>
       </c>
       <c r="C776" t="inlineStr">
         <is>
-          <t>%1 muutis oma koputust jututoa uksele.</t>
+          <t>%1 lükkas liitumiskutse tagasi.</t>
         </is>
       </c>
       <c r="D776" t="inlineStr"/>
       <c r="E776" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F776" t="inlineStr">
         <is>
-          <t>TimelineModel%1 redacted their knock.</t>
+          <t>TimelineModel%1 rejected their invite.</t>
         </is>
       </c>
       <c r="G776" t="inlineStr"/>
       <c r="H776" t="inlineStr"/>
     </row>
     <row r="777">
       <c r="A777" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19907</t>
+          <t>../../src/timeline/TimelineModel.cpp:22267</t>
         </is>
       </c>
       <c r="B777" t="inlineStr">
         <is>
-          <t>%1 changed which servers are allowed in this room.</t>
+          <t>%1 left the room.</t>
         </is>
       </c>
       <c r="C777" t="inlineStr">
         <is>
-          <t>%1 muutis serverid, mis on selles jututoas lubatud.</t>
+          <t>%1 lahkus jututoast.</t>
         </is>
       </c>
       <c r="D777" t="inlineStr"/>
       <c r="E777" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F777" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
+          <t>TimelineModel%1 left the room.</t>
         </is>
       </c>
       <c r="G777" t="inlineStr"/>
       <c r="H777" t="inlineStr"/>
     </row>
     <row r="778">
       <c r="A778" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19911</t>
+          <t>../../src/timeline/TimelineModel.cpp:22298</t>
         </is>
       </c>
       <c r="B778" t="inlineStr">
         <is>
-          <t>%1 removed the room name.</t>
+          <t>Reason: %1</t>
         </is>
       </c>
       <c r="C778" t="inlineStr">
         <is>
-          <t>%1 eemaldas jututoa nime.</t>
+          <t>Põhjus: %1</t>
         </is>
       </c>
       <c r="D778" t="inlineStr"/>
       <c r="E778" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F778" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room name.</t>
+          <t>TimelineModelReason: %1</t>
         </is>
       </c>
       <c r="G778" t="inlineStr"/>
       <c r="H778" t="inlineStr"/>
     </row>
     <row r="779">
       <c r="A779" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19914</t>
+          <t>../../src/timeline/TimelineModel.cpp:22279</t>
         </is>
       </c>
       <c r="B779" t="inlineStr">
         <is>
-          <t>%1 changed the room name to: %2</t>
+          <t>%1 redacted their knock.</t>
         </is>
       </c>
       <c r="C779" t="inlineStr">
         <is>
-          <t>%1 muutis jututoa uueks nimeks: %2</t>
+          <t>%1 muutis oma koputust jututoa uksele.</t>
         </is>
       </c>
       <c r="D779" t="inlineStr"/>
       <c r="E779" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F779" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room name to: %2</t>
+          <t>TimelineModel%1 redacted their knock.</t>
         </is>
       </c>
       <c r="G779" t="inlineStr"/>
       <c r="H779" t="inlineStr"/>
     </row>
     <row r="780">
       <c r="A780" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19919</t>
+          <t>../../src/timeline/TimelineModel.cpp:19967</t>
         </is>
       </c>
       <c r="B780" t="inlineStr">
         <is>
-          <t>%1 removed the topic.</t>
+          <t>%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="C780" t="inlineStr">
         <is>
-          <t>%1 eemaldas jututoa teema.</t>
+          <t>%1 muutis serverid, mis on selles jututoas lubatud.</t>
         </is>
       </c>
       <c r="D780" t="inlineStr"/>
       <c r="E780" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F780" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the topic.</t>
+          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="G780" t="inlineStr"/>
       <c r="H780" t="inlineStr"/>
     </row>
     <row r="781">
       <c r="A781" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19922</t>
+          <t>../../src/timeline/TimelineModel.cpp:19971</t>
         </is>
       </c>
       <c r="B781" t="inlineStr">
         <is>
-          <t>%1 changed the topic to: %2</t>
+          <t>%1 removed the room name.</t>
         </is>
       </c>
       <c r="C781" t="inlineStr">
         <is>
-          <t>%1 muutis jututoa uueks teemaks: %2</t>
+          <t>%1 eemaldas jututoa nime.</t>
         </is>
       </c>
       <c r="D781" t="inlineStr"/>
       <c r="E781" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F781" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the topic to: %2</t>
+          <t>TimelineModel%1 removed the room name.</t>
         </is>
       </c>
       <c r="G781" t="inlineStr"/>
       <c r="H781" t="inlineStr"/>
     </row>
     <row r="782">
       <c r="A782" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19927</t>
+          <t>../../src/timeline/TimelineModel.cpp:19974</t>
         </is>
       </c>
       <c r="B782" t="inlineStr">
         <is>
-          <t>%1 changed the room avatar to: %2</t>
+          <t>%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="C782" t="inlineStr">
         <is>
-          <t>%1 muutis uueks jututoa tunnuspildiks: %2</t>
+          <t>%1 muutis jututoa uueks nimeks: %2</t>
         </is>
       </c>
       <c r="D782" t="inlineStr"/>
       <c r="E782" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F782" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room avatar to: %2</t>
+          <t>TimelineModel%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="G782" t="inlineStr"/>
       <c r="H782" t="inlineStr"/>
     </row>
     <row r="783">
       <c r="A783" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19935</t>
+          <t>../../src/timeline/TimelineModel.cpp:19979</t>
         </is>
       </c>
       <c r="B783" t="inlineStr">
         <is>
-          <t>%1 removed the room avatar.</t>
+          <t>%1 removed the topic.</t>
         </is>
       </c>
       <c r="C783" t="inlineStr">
         <is>
-          <t>%1 eemaldas jututoa tunnuspildi.</t>
+          <t>%1 eemaldas jututoa teema.</t>
         </is>
       </c>
       <c r="D783" t="inlineStr"/>
       <c r="E783" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F783" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room avatar.</t>
+          <t>TimelineModel%1 removed the topic.</t>
         </is>
       </c>
       <c r="G783" t="inlineStr"/>
       <c r="H783" t="inlineStr"/>
     </row>
     <row r="784">
       <c r="A784" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19938</t>
+          <t>../../src/timeline/TimelineModel.cpp:19982</t>
         </is>
       </c>
       <c r="B784" t="inlineStr">
         <is>
-          <t>%1 changed the pinned messages.</t>
+          <t>%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="C784" t="inlineStr">
         <is>
-          <t>%1 muutis klammerdatud sõnumeid.</t>
+          <t>%1 muutis jututoa uueks teemaks: %2</t>
         </is>
       </c>
       <c r="D784" t="inlineStr"/>
       <c r="E784" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F784" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the pinned messages.</t>
+          <t>TimelineModel%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="G784" t="inlineStr"/>
       <c r="H784" t="inlineStr"/>
     </row>
     <row r="785">
       <c r="A785" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19945</t>
+          <t>../../src/timeline/TimelineModel.cpp:19987</t>
         </is>
       </c>
       <c r="B785" t="inlineStr">
         <is>
-          <t>%1 changed the addresses for this room.</t>
+          <t>%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="C785" t="inlineStr">
         <is>
-          <t>%1 muutis selle jututoa aadresse.</t>
+          <t>%1 muutis uueks jututoa tunnuspildiks: %2</t>
         </is>
       </c>
       <c r="D785" t="inlineStr"/>
       <c r="E785" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F785" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the addresses for this room.</t>
+          <t>TimelineModel%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="G785" t="inlineStr"/>
       <c r="H785" t="inlineStr"/>
     </row>
     <row r="786">
       <c r="A786" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19948</t>
+          <t>../../src/timeline/TimelineModel.cpp:19995</t>
         </is>
       </c>
       <c r="B786" t="inlineStr">
         <is>
-          <t>%1 changed the parent communities for this room.</t>
+          <t>%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="C786" t="inlineStr">
         <is>
-          <t>%1 muutis selle jututoa ülemkogukonda.</t>
+          <t>%1 eemaldas jututoa tunnuspildi.</t>
         </is>
       </c>
       <c r="D786" t="inlineStr"/>
       <c r="E786" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F786" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the parent communities for this room.</t>
+          <t>TimelineModel%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="G786" t="inlineStr"/>
       <c r="H786" t="inlineStr"/>
     </row>
     <row r="787">
       <c r="A787" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19951</t>
+          <t>../../src/timeline/TimelineModel.cpp:19998</t>
         </is>
       </c>
       <c r="B787" t="inlineStr">
         <is>
-          <t>%1 created and configured room: %2</t>
+          <t>%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="C787" t="inlineStr">
         <is>
-          <t>%1 lõi ja seadistas jututoa: %2</t>
+          <t>%1 muutis klammerdatud sõnumeid.</t>
         </is>
       </c>
       <c r="D787" t="inlineStr"/>
       <c r="E787" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F787" t="inlineStr">
         <is>
-          <t>TimelineModel%1 created and configured room: %2</t>
+          <t>TimelineModel%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="G787" t="inlineStr"/>
       <c r="H787" t="inlineStr"/>
     </row>
     <row r="788">
       <c r="A788" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19969</t>
+          <t>../../src/timeline/TimelineModel.cpp:20005</t>
         </is>
       </c>
       <c r="B788" t="inlineStr">
         <is>
-          <t>%1 changed unknown state event %2.</t>
+          <t>%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="C788" t="inlineStr">
         <is>
-          <t>%1 muutus teadmata olekusündmust: %2.</t>
+          <t>%1 muutis selle jututoa aadresse.</t>
         </is>
       </c>
       <c r="D788" t="inlineStr"/>
       <c r="E788" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F788" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed unknown state event %2.</t>
+          <t>TimelineModel%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="G788" t="inlineStr"/>
       <c r="H788" t="inlineStr"/>
     </row>
     <row r="789">
       <c r="A789" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20525</t>
+          <t>../../src/timeline/TimelineModel.cpp:20008</t>
         </is>
       </c>
       <c r="B789" t="inlineStr">
         <is>
-          <t>You joined this room.</t>
+          <t>%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="C789" t="inlineStr">
         <is>
-          <t>Sa liitusid jututoaga.</t>
+          <t>%1 muutis selle jututoa ülemkogukonda.</t>
         </is>
       </c>
       <c r="D789" t="inlineStr"/>
       <c r="E789" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F789" t="inlineStr">
         <is>
-          <t>TimelineModelYou joined this room.</t>
+          <t>TimelineModel%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="G789" t="inlineStr"/>
       <c r="H789" t="inlineStr"/>
     </row>
     <row r="790">
       <c r="A790" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20640</t>
+          <t>../../src/timeline/TimelineModel.cpp:20011</t>
         </is>
       </c>
       <c r="B790" t="inlineStr">
         <is>
-          <t>%n hour later</t>
+          <t>%1 created and configured room: %2</t>
         </is>
       </c>
       <c r="C790" t="inlineStr">
         <is>
-          <t>%n tund hiljem</t>
+          <t>%1 lõi ja seadistas jututoa: %2</t>
         </is>
       </c>
       <c r="D790" t="inlineStr"/>
       <c r="E790" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F790" t="inlineStr">
         <is>
-          <t>TimelineModel%n hour(s) later</t>
+          <t>TimelineModel%1 created and configured room: %2</t>
         </is>
       </c>
       <c r="G790" t="inlineStr"/>
       <c r="H790" t="inlineStr"/>
     </row>
     <row r="791">
       <c r="A791" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21552</t>
+          <t>../../src/timeline/TimelineModel.cpp:20029</t>
         </is>
       </c>
       <c r="B791" t="inlineStr">
         <is>
-          <t>%1 made this room require an invitation to join.</t>
+          <t>%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="C791" t="inlineStr">
         <is>
-          <t>%1 seadistas, et see jututuba vajab liitumiseks kutset.</t>
+          <t>%1 muutus teadmata olekusündmust: %2.</t>
         </is>
       </c>
       <c r="D791" t="inlineStr"/>
       <c r="E791" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F791" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made this room require an invitation to join.</t>
+          <t>TimelineModel%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="G791" t="inlineStr"/>
       <c r="H791" t="inlineStr"/>
     </row>
     <row r="792">
       <c r="A792" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22170</t>
+          <t>../../src/timeline/TimelineModel.cpp:20584</t>
         </is>
       </c>
       <c r="B792" t="inlineStr">
         <is>
-          <t>%1 invited %2.</t>
+          <t>You joined this room.</t>
         </is>
       </c>
       <c r="C792" t="inlineStr">
         <is>
-          <t>%1 saatis kutse kasutajale %2.</t>
+          <t>Sa liitusid jututoaga.</t>
         </is>
       </c>
       <c r="D792" t="inlineStr"/>
       <c r="E792" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F792" t="inlineStr">
         <is>
-          <t>TimelineModel%1 invited %2.</t>
+          <t>TimelineModelYou joined this room.</t>
         </is>
       </c>
       <c r="G792" t="inlineStr"/>
       <c r="H792" t="inlineStr"/>
     </row>
     <row r="793">
       <c r="A793" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22181</t>
+          <t>../../src/timeline/TimelineModel.cpp:20699</t>
         </is>
       </c>
       <c r="B793" t="inlineStr">
         <is>
-          <t>%1 has changed their avatar and changed their display name to %2.</t>
+          <t>%n hour later</t>
         </is>
       </c>
       <c r="C793" t="inlineStr">
         <is>
-          <t>%1 muutis oma tunnuspilti ja seadistas uueks kuvatavaks nimeks %2.</t>
+          <t>%n tund hiljem</t>
         </is>
       </c>
       <c r="D793" t="inlineStr"/>
       <c r="E793" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F793" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
+          <t>TimelineModel%n hour(s) later</t>
         </is>
       </c>
       <c r="G793" t="inlineStr"/>
       <c r="H793" t="inlineStr"/>
     </row>
     <row r="794">
       <c r="A794" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22185</t>
+          <t>../../src/timeline/TimelineModel.cpp:21612</t>
         </is>
       </c>
       <c r="B794" t="inlineStr">
         <is>
-          <t>%1 has changed their display name to %2.</t>
+          <t>%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="C794" t="inlineStr">
         <is>
-          <t>%1 seadistas uueks kuvatavaks nimeks %2.</t>
+          <t>%1 seadistas, et see jututuba vajab liitumiseks kutset.</t>
         </is>
       </c>
       <c r="D794" t="inlineStr"/>
       <c r="E794" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F794" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their display name to %2.</t>
+          <t>TimelineModel%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="G794" t="inlineStr"/>
       <c r="H794" t="inlineStr"/>
     </row>
     <row r="795">
       <c r="A795" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22221</t>
+          <t>../../src/timeline/TimelineModel.cpp:22232</t>
         </is>
       </c>
       <c r="B795" t="inlineStr">
         <is>
-          <t>%1 left after having already left!</t>
+          <t>%1 invited %2.</t>
         </is>
       </c>
       <c r="C795" t="inlineStr">
         <is>
-          <t>%1 lahkus jututoast peale seda, kui ta juba oli lahkunud!</t>
+          <t>%1 saatis kutse kasutajale %2.</t>
         </is>
       </c>
       <c r="D795" t="inlineStr"/>
       <c r="E795" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F795" t="inlineStr">
         <is>
+          <t>TimelineModel%1 invited %2.</t>
+        </is>
+      </c>
+      <c r="G795" t="inlineStr"/>
+      <c r="H795" t="inlineStr"/>
+    </row>
+    <row r="796">
+      <c r="A796" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22243</t>
+        </is>
+      </c>
+      <c r="B796" t="inlineStr">
+        <is>
+          <t>%1 has changed their avatar and changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="C796" t="inlineStr">
+        <is>
+          <t>%1 muutis oma tunnuspilti ja seadistas uueks kuvatavaks nimeks %2.</t>
+        </is>
+      </c>
+      <c r="D796" t="inlineStr"/>
+      <c r="E796" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F796" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="G796" t="inlineStr"/>
+      <c r="H796" t="inlineStr"/>
+    </row>
+    <row r="797">
+      <c r="A797" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22247</t>
+        </is>
+      </c>
+      <c r="B797" t="inlineStr">
+        <is>
+          <t>%1 has changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="C797" t="inlineStr">
+        <is>
+          <t>%1 seadistas uueks kuvatavaks nimeks %2.</t>
+        </is>
+      </c>
+      <c r="D797" t="inlineStr"/>
+      <c r="E797" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F797" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 has changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="G797" t="inlineStr"/>
+      <c r="H797" t="inlineStr"/>
+    </row>
+    <row r="798">
+      <c r="A798" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22283</t>
+        </is>
+      </c>
+      <c r="B798" t="inlineStr">
+        <is>
+          <t>%1 left after having already left!</t>
+        </is>
+      </c>
+      <c r="C798" t="inlineStr">
+        <is>
+          <t>%1 lahkus jututoast peale seda, kui ta juba oli lahkunud!</t>
+        </is>
+      </c>
+      <c r="D798" t="inlineStr"/>
+      <c r="E798" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F798" t="inlineStr">
+        <is>
           <t>TimelineModel
 This is a leave event after the user already left and shouldn't happen apart from state resets%1 left after having already left!</t>
         </is>
       </c>
-      <c r="G795" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G798" t="inlineStr"/>
       <c r="H798" t="inlineStr"/>
     </row>
     <row r="799">
       <c r="A799" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22421</t>
+          <t>../../src/timeline/TimelineModel.cpp:22290</t>
         </is>
       </c>
       <c r="B799" t="inlineStr">
         <is>
-          <t>No room open</t>
+          <t>%1 banned %2</t>
         </is>
       </c>
       <c r="C799" t="inlineStr">
         <is>
-          <t>Ühtegi jututuba pole avatud</t>
+          <t>%1 seadis suhtluskeelu kasutajale %2</t>
         </is>
       </c>
       <c r="D799" t="inlineStr"/>
       <c r="E799" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F799" t="inlineStr">
         <is>
-          <t>TimelineViewNo room open</t>
+          <t>TimelineModel%1 banned %2</t>
         </is>
       </c>
       <c r="G799" t="inlineStr"/>
       <c r="H799" t="inlineStr"/>
     </row>
     <row r="800">
       <c r="A800" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../../src/timeline/TimelineModel.cpp:22293</t>
         </is>
       </c>
       <c r="B800" t="inlineStr">
         <is>
-          <t>You are about to notify the whole room</t>
+          <t>%1 knocked.</t>
         </is>
       </c>
       <c r="C800" t="inlineStr">
         <is>
-          <t>Sa oled saatmas teavitust kogu jututoale</t>
+          <t>%1 müksati välja.</t>
         </is>
       </c>
       <c r="D800" t="inlineStr"/>
       <c r="E800" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F800" t="inlineStr">
         <is>
-          <t>TimelineViewYou are about to notify the whole room</t>
+          <t>TimelineModel%1 knocked.</t>
         </is>
       </c>
       <c r="G800" t="inlineStr"/>
       <c r="H800" t="inlineStr"/>
     </row>
     <row r="801">
       <c r="A801" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../qml/TimelineSectionHeader.qml:22432</t>
         </is>
       </c>
       <c r="B801" t="inlineStr">
         <is>
-          <t>You will be mentioning %1</t>
+          <t>%1's status message</t>
         </is>
       </c>
       <c r="C801" t="inlineStr">
         <is>
-          <t>Sa nüüd mainid kasutajat %1</t>
+          <t>Kasutaja %1 olekusõnum</t>
         </is>
       </c>
       <c r="D801" t="inlineStr"/>
       <c r="E801" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F801" t="inlineStr">
         <is>
-          <t>TimelineViewYou will be mentioning %1</t>
+          <t>TimelineSectionHeader%1's status message</t>
         </is>
       </c>
       <c r="G801" t="inlineStr"/>
       <c r="H801" t="inlineStr"/>
     </row>
     <row r="802">
       <c r="A802" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22535</t>
+          <t>../qml/TimelineView.qml:22483</t>
         </is>
       </c>
       <c r="B802" t="inlineStr">
         <is>
-          <t>The command /%1 is not recognized and will be sent as part of your message</t>
+          <t>No room open</t>
         </is>
       </c>
       <c r="C802" t="inlineStr">
         <is>
-          <t>/%1 käsku ei ole olemas ning seega kuulub sõnumi sisusse</t>
+          <t>Ühtegi jututuba pole avatud</t>
         </is>
       </c>
       <c r="D802" t="inlineStr"/>
       <c r="E802" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F802" t="inlineStr">
         <is>
-          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
+          <t>TimelineViewNo room open</t>
         </is>
       </c>
       <c r="G802" t="inlineStr"/>
       <c r="H802" t="inlineStr"/>
     </row>
     <row r="803">
       <c r="A803" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22540</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B803" t="inlineStr">
         <is>
-          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>You are about to notify the whole room</t>
         </is>
       </c>
       <c r="C803" t="inlineStr">
         <is>
-          <t>/%1 tundub olema poolik käsk. Kui tahad seda ikkagi saata, siis lisa oma sõnumi lõppu tühik.</t>
+          <t>Sa oled saatmas teavitust kogu jututoale</t>
         </is>
       </c>
       <c r="D803" t="inlineStr"/>
       <c r="E803" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F803" t="inlineStr">
         <is>
-          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>TimelineViewYou are about to notify the whole room</t>
         </is>
       </c>
       <c r="G803" t="inlineStr"/>
       <c r="H803" t="inlineStr"/>
     </row>
     <row r="804">
       <c r="A804" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22581</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B804" t="inlineStr">
         <is>
-          <t>No preview available</t>
+          <t>You will be mentioning %1</t>
         </is>
       </c>
       <c r="C804" t="inlineStr">
         <is>
-          <t>Eelvaade pole saadaval</t>
+          <t>Sa nüüd mainid kasutajat %1</t>
         </is>
       </c>
       <c r="D804" t="inlineStr"/>
       <c r="E804" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F804" t="inlineStr">
         <is>
-          <t>TimelineViewNo preview available</t>
+          <t>TimelineViewYou will be mentioning %1</t>
         </is>
       </c>
       <c r="G804" t="inlineStr"/>
       <c r="H804" t="inlineStr"/>
     </row>
     <row r="805">
       <c r="A805" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22586</t>
+          <t>../qml/TimelineView.qml:22598</t>
         </is>
       </c>
       <c r="B805" t="inlineStr">
         <is>
-          <t>Settings</t>
+          <t>The command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="C805" t="inlineStr">
         <is>
-          <t>Seadistused</t>
+          <t>/%1 käsku ei ole olemas ning seega kuulub sõnumi sisusse</t>
         </is>
       </c>
       <c r="D805" t="inlineStr"/>
       <c r="E805" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F805" t="inlineStr">
         <is>
-          <t>TimelineViewSettings</t>
+          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="G805" t="inlineStr"/>
       <c r="H805" t="inlineStr"/>
     </row>
     <row r="806">
       <c r="A806" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22605</t>
+          <t>../qml/TimelineView.qml:22603</t>
         </is>
       </c>
       <c r="B806" t="inlineStr">
         <is>
-          <t>%n member</t>
+          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="C806" t="inlineStr">
         <is>
-          <t>%n liige</t>
+          <t>/%1 tundub olema poolik käsk. Kui tahad seda ikkagi saata, siis lisa oma sõnumi lõppu tühik.</t>
         </is>
       </c>
       <c r="D806" t="inlineStr"/>
       <c r="E806" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F806" t="inlineStr">
         <is>
-          <t>TimelineView%n member(s)</t>
+          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="G806" t="inlineStr"/>
       <c r="H806" t="inlineStr"/>
     </row>
     <row r="807">
       <c r="A807" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22608</t>
+          <t>../qml/TimelineView.qml:22644</t>
         </is>
       </c>
       <c r="B807" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C807" t="inlineStr">
         <is>
-          <t>Vaata %1 jututoa liikmeid</t>
+          <t>Eelvaade pole saadaval</t>
         </is>
       </c>
       <c r="D807" t="inlineStr"/>
       <c r="E807" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F807" t="inlineStr">
         <is>
-          <t>TimelineViewView members of %1</t>
+          <t>TimelineViewNo preview available</t>
         </is>
       </c>
       <c r="G807" t="inlineStr"/>
       <c r="H807" t="inlineStr"/>
     </row>
     <row r="808">
       <c r="A808" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22626</t>
+          <t>../qml/TimelineView.qml:22649</t>
         </is>
       </c>
       <c r="B808" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>Settings</t>
         </is>
       </c>
       <c r="C808" t="inlineStr">
         <is>
-          <t>Tõenäoliselt puudub ligipääs sellele jututoale. Kui tegemist on privaatse jututoaga, siis palun eemalda ta kogukonnast.</t>
+          <t>Seadistused</t>
         </is>
       </c>
       <c r="D808" t="inlineStr"/>
       <c r="E808" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F808" t="inlineStr">
         <is>
-          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>TimelineViewSettings</t>
         </is>
       </c>
       <c r="G808" t="inlineStr"/>
       <c r="H808" t="inlineStr"/>
     </row>
     <row r="809">
       <c r="A809" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22632</t>
+          <t>../qml/TimelineView.qml:22668</t>
         </is>
       </c>
       <c r="B809" t="inlineStr">
         <is>
-          <t>join the conversation</t>
+          <t>%n member</t>
         </is>
       </c>
       <c r="C809" t="inlineStr">
         <is>
-          <t>liitu vestlusega</t>
+          <t>%n liige</t>
         </is>
       </c>
       <c r="D809" t="inlineStr"/>
       <c r="E809" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F809" t="inlineStr">
         <is>
-          <t>TimelineViewjoin the conversation</t>
+          <t>TimelineView%n member(s)</t>
         </is>
       </c>
       <c r="G809" t="inlineStr"/>
       <c r="H809" t="inlineStr"/>
     </row>
     <row r="810">
       <c r="A810" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22639</t>
+          <t>../qml/TimelineView.qml:22671</t>
         </is>
       </c>
       <c r="B810" t="inlineStr">
         <is>
-          <t>accept invite</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C810" t="inlineStr">
         <is>
-          <t>võta kutse vastu</t>
+          <t>Vaata %1 jututoa liikmeid</t>
         </is>
       </c>
       <c r="D810" t="inlineStr"/>
       <c r="E810" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F810" t="inlineStr">
         <is>
-          <t>TimelineViewaccept invite</t>
+          <t>TimelineViewView members of %1</t>
         </is>
       </c>
       <c r="G810" t="inlineStr"/>
       <c r="H810" t="inlineStr"/>
     </row>
     <row r="811">
       <c r="A811" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22646</t>
+          <t>../qml/TimelineView.qml:22689</t>
         </is>
       </c>
       <c r="B811" t="inlineStr">
         <is>
-          <t>decline invite</t>
+          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="C811" t="inlineStr">
         <is>
-          <t>lükka kutse tagasi</t>
+          <t>Tõenäoliselt puudub ligipääs sellele jututoale. Kui tegemist on privaatse jututoaga, siis palun eemalda ta kogukonnast.</t>
         </is>
       </c>
       <c r="D811" t="inlineStr"/>
       <c r="E811" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F811" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite</t>
+          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="G811" t="inlineStr"/>
       <c r="H811" t="inlineStr"/>
     </row>
     <row r="812">
       <c r="A812" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22653</t>
+          <t>../qml/TimelineView.qml:22695</t>
         </is>
       </c>
       <c r="B812" t="inlineStr">
         <is>
-          <t>decline invite and ignore user</t>
+          <t>join the conversation</t>
         </is>
       </c>
       <c r="C812" t="inlineStr">
         <is>
-          <t>keeldu kutsest ja eira kasutajat</t>
+          <t>liitu vestlusega</t>
         </is>
       </c>
       <c r="D812" t="inlineStr"/>
       <c r="E812" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F812" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite and ignore user</t>
+          <t>TimelineViewjoin the conversation</t>
         </is>
       </c>
       <c r="G812" t="inlineStr"/>
       <c r="H812" t="inlineStr"/>
     </row>
     <row r="813">
       <c r="A813" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22663</t>
+          <t>../qml/TimelineView.qml:22702</t>
         </is>
       </c>
       <c r="B813" t="inlineStr">
         <is>
-          <t>leave</t>
+          <t>accept invite</t>
         </is>
       </c>
       <c r="C813" t="inlineStr">
         <is>
-          <t>lahku</t>
+          <t>võta kutse vastu</t>
         </is>
       </c>
       <c r="D813" t="inlineStr"/>
       <c r="E813" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F813" t="inlineStr">
         <is>
-          <t>TimelineViewleave</t>
+          <t>TimelineViewaccept invite</t>
         </is>
       </c>
       <c r="G813" t="inlineStr"/>
       <c r="H813" t="inlineStr"/>
     </row>
     <row r="814">
       <c r="A814" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22678</t>
+          <t>../qml/TimelineView.qml:22709</t>
         </is>
       </c>
       <c r="B814" t="inlineStr">
         <is>
-          <t>Invited by %1 (%2)</t>
+          <t>decline invite</t>
         </is>
       </c>
       <c r="C814" t="inlineStr">
         <is>
-          <t>%1 (%2) saatis kutse</t>
+          <t>lükka kutse tagasi</t>
         </is>
       </c>
       <c r="D814" t="inlineStr"/>
       <c r="E814" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F814" t="inlineStr">
         <is>
-          <t>TimelineViewInvited by %1 (%2)</t>
+          <t>TimelineViewdecline invite</t>
         </is>
       </c>
       <c r="G814" t="inlineStr"/>
       <c r="H814" t="inlineStr"/>
     </row>
     <row r="815">
       <c r="A815" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22716</t>
         </is>
       </c>
       <c r="B815" t="inlineStr">
         <is>
-          <t>Hide invite reason</t>
+          <t>decline invite and ignore user</t>
         </is>
       </c>
       <c r="C815" t="inlineStr">
         <is>
-          <t>Peida kutse põhjus</t>
+          <t>keeldu kutsest ja eira kasutajat</t>
         </is>
       </c>
       <c r="D815" t="inlineStr"/>
       <c r="E815" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F815" t="inlineStr">
         <is>
-          <t>TimelineViewHide invite reason</t>
+          <t>TimelineViewdecline invite and ignore user</t>
         </is>
       </c>
       <c r="G815" t="inlineStr"/>
       <c r="H815" t="inlineStr"/>
     </row>
     <row r="816">
       <c r="A816" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22726</t>
         </is>
       </c>
       <c r="B816" t="inlineStr">
         <is>
-          <t>Show invite reason</t>
+          <t>leave</t>
         </is>
       </c>
       <c r="C816" t="inlineStr">
         <is>
-          <t>Näita kutse põhjust</t>
+          <t>lahku</t>
         </is>
       </c>
       <c r="D816" t="inlineStr"/>
       <c r="E816" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F816" t="inlineStr">
         <is>
-          <t>TimelineViewShow invite reason</t>
+          <t>TimelineViewleave</t>
         </is>
       </c>
       <c r="G816" t="inlineStr"/>
       <c r="H816" t="inlineStr"/>
     </row>
     <row r="817">
       <c r="A817" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22740</t>
+          <t>../qml/TimelineView.qml:22741</t>
         </is>
       </c>
       <c r="B817" t="inlineStr">
         <is>
-          <t>Back to room list</t>
+          <t>Invited by %1 (%2)</t>
         </is>
       </c>
       <c r="C817" t="inlineStr">
         <is>
-          <t>Tagasi jututubade loendisse</t>
+          <t>%1 (%2) saatis kutse</t>
         </is>
       </c>
       <c r="D817" t="inlineStr"/>
       <c r="E817" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F817" t="inlineStr">
         <is>
-          <t>TimelineViewBack to room list</t>
+          <t>TimelineViewInvited by %1 (%2)</t>
         </is>
       </c>
       <c r="G817" t="inlineStr"/>
       <c r="H817" t="inlineStr"/>
     </row>
     <row r="818">
       <c r="A818" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22760</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B818" t="inlineStr">
         <is>
-          <t>No room selected</t>
+          <t>Hide invite reason</t>
         </is>
       </c>
       <c r="C818" t="inlineStr">
         <is>
-          <t>Jututuba on valimata</t>
+          <t>Peida kutse põhjus</t>
         </is>
       </c>
       <c r="D818" t="inlineStr"/>
       <c r="E818" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F818" t="inlineStr">
         <is>
-          <t>TopBarNo room selected</t>
+          <t>TimelineViewHide invite reason</t>
         </is>
       </c>
       <c r="G818" t="inlineStr"/>
       <c r="H818" t="inlineStr"/>
     </row>
     <row r="819">
       <c r="A819" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22813</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B819" t="inlineStr">
         <is>
-          <t>In %1</t>
+          <t>Show invite reason</t>
         </is>
       </c>
       <c r="C819" t="inlineStr">
         <is>
-          <t>%1 kogukonnas</t>
+          <t>Näita kutse põhjust</t>
         </is>
       </c>
       <c r="D819" t="inlineStr"/>
       <c r="E819" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F819" t="inlineStr">
         <is>
-          <t>TopBarIn %1</t>
+          <t>TimelineViewShow invite reason</t>
         </is>
       </c>
       <c r="G819" t="inlineStr"/>
       <c r="H819" t="inlineStr"/>
     </row>
     <row r="820">
       <c r="A820" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22826</t>
+          <t>../qml/TimelineView.qml:22803</t>
         </is>
       </c>
       <c r="B820" t="inlineStr">
         <is>
           <t>Back to room list</t>
         </is>
       </c>
       <c r="C820" t="inlineStr">
         <is>
           <t>Tagasi jututubade loendisse</t>
         </is>
       </c>
       <c r="D820" t="inlineStr"/>
       <c r="E820" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F820" t="inlineStr">
         <is>
-          <t>TopBarBack to room list</t>
+          <t>TimelineViewBack to room list</t>
         </is>
       </c>
       <c r="G820" t="inlineStr"/>
       <c r="H820" t="inlineStr"/>
     </row>
     <row r="821">
       <c r="A821" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22883</t>
+          <t>../qml/TopBar.qml:22823</t>
         </is>
       </c>
       <c r="B821" t="inlineStr">
         <is>
-          <t>Show or hide pinned messages</t>
+          <t>No room selected</t>
         </is>
       </c>
       <c r="C821" t="inlineStr">
         <is>
-          <t>Näita klammerdatud sõnumeid või peida nad</t>
+          <t>Jututuba on valimata</t>
         </is>
       </c>
       <c r="D821" t="inlineStr"/>
       <c r="E821" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F821" t="inlineStr">
         <is>
-          <t>TopBarShow or hide pinned messages</t>
+          <t>TopBarNo room selected</t>
         </is>
       </c>
       <c r="G821" t="inlineStr"/>
       <c r="H821" t="inlineStr"/>
     </row>
     <row r="822">
       <c r="A822" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22914</t>
+          <t>../qml/TopBar.qml:22877</t>
         </is>
       </c>
       <c r="B822" t="inlineStr">
         <is>
-          <t>Show room members.</t>
+          <t>In %1</t>
         </is>
       </c>
       <c r="C822" t="inlineStr">
         <is>
-          <t>Näita jututoas osalejaid.</t>
+          <t>%1 kogukonnas</t>
         </is>
       </c>
       <c r="D822" t="inlineStr"/>
       <c r="E822" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F822" t="inlineStr">
         <is>
-          <t>TopBarShow room members.</t>
+          <t>TopBarIn %1</t>
         </is>
       </c>
       <c r="G822" t="inlineStr"/>
       <c r="H822" t="inlineStr"/>
     </row>
     <row r="823">
       <c r="A823" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22917</t>
+          <t>../qml/TopBar.qml:22890</t>
         </is>
       </c>
       <c r="B823" t="inlineStr">
         <is>
-          <t>This room contains only verified devices.</t>
+          <t>Back to room list</t>
         </is>
       </c>
       <c r="C823" t="inlineStr">
         <is>
-          <t>Selles jututoas on vaid verifitseeritud seadmed.</t>
+          <t>Tagasi jututubade loendisse</t>
         </is>
       </c>
       <c r="D823" t="inlineStr"/>
       <c r="E823" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F823" t="inlineStr">
         <is>
-          <t>TopBarThis room contains only verified devices.</t>
+          <t>TopBarBack to room list</t>
         </is>
       </c>
       <c r="G823" t="inlineStr"/>
       <c r="H823" t="inlineStr"/>
     </row>
     <row r="824">
       <c r="A824" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22919</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/TopBar.qml:22945</t>
+        </is>
+      </c>
+      <c r="B824" t="inlineStr"/>
+      <c r="C824" t="inlineStr"/>
       <c r="D824" t="inlineStr"/>
       <c r="E824" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F824" t="inlineStr">
         <is>
-          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
+          <t>TopBarShow only notifications</t>
         </is>
       </c>
       <c r="G824" t="inlineStr"/>
       <c r="H824" t="inlineStr"/>
     </row>
     <row r="825">
       <c r="A825" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22921</t>
+          <t>../qml/TopBar.qml:22964</t>
         </is>
       </c>
       <c r="B825" t="inlineStr">
         <is>
-          <t>This room contains unverified devices!</t>
+          <t>Show or hide pinned messages</t>
         </is>
       </c>
       <c r="C825" t="inlineStr">
         <is>
-          <t>Selles jututoas leidub verifitseerimata seadmeid!</t>
+          <t>Näita klammerdatud sõnumeid või peida nad</t>
         </is>
       </c>
       <c r="D825" t="inlineStr"/>
       <c r="E825" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F825" t="inlineStr">
         <is>
-          <t>TopBarThis room contains unverified devices!</t>
+          <t>TopBarShow or hide pinned messages</t>
         </is>
       </c>
       <c r="G825" t="inlineStr"/>
       <c r="H825" t="inlineStr"/>
     </row>
     <row r="826">
       <c r="A826" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22948</t>
+          <t>../qml/TopBar.qml:22995</t>
         </is>
       </c>
       <c r="B826" t="inlineStr">
         <is>
-          <t>Search this room</t>
+          <t>Show room members.</t>
         </is>
       </c>
       <c r="C826" t="inlineStr">
         <is>
-          <t>Otsi siit jututoast</t>
+          <t>Näita jututoas osalejaid.</t>
         </is>
       </c>
       <c r="D826" t="inlineStr"/>
       <c r="E826" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F826" t="inlineStr">
         <is>
-          <t>TopBarSearch this room</t>
+          <t>TopBarShow room members.</t>
         </is>
       </c>
       <c r="G826" t="inlineStr"/>
       <c r="H826" t="inlineStr"/>
     </row>
     <row r="827">
       <c r="A827" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22972</t>
+          <t>../qml/TopBar.qml:22998</t>
         </is>
       </c>
       <c r="B827" t="inlineStr">
         <is>
-          <t>Room options</t>
+          <t>This room contains only verified devices.</t>
         </is>
       </c>
       <c r="C827" t="inlineStr">
         <is>
-          <t>Jututoa valikud</t>
+          <t>Selles jututoas on vaid verifitseeritud seadmed.</t>
         </is>
       </c>
       <c r="D827" t="inlineStr"/>
       <c r="E827" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F827" t="inlineStr">
         <is>
-          <t>TopBarRoom options</t>
+          <t>TopBarThis room contains only verified devices.</t>
         </is>
       </c>
       <c r="G827" t="inlineStr"/>
       <c r="H827" t="inlineStr"/>
     </row>
     <row r="828">
       <c r="A828" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22990</t>
+          <t>../qml/TopBar.qml:23000</t>
         </is>
       </c>
       <c r="B828" t="inlineStr">
         <is>
-          <t>Invite users</t>
+          <t>This room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="C828" t="inlineStr">
         <is>
-          <t>Kutsu kasutajaid</t>
+          <t>Selles jututoas on vaid verifitseeritud seadmed ning nad ei ole kunagi muutnud oma juurvõtit.</t>
         </is>
       </c>
       <c r="D828" t="inlineStr"/>
       <c r="E828" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F828" t="inlineStr">
         <is>
-          <t>TopBarInvite users</t>
+          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="G828" t="inlineStr"/>
       <c r="H828" t="inlineStr"/>
     </row>
     <row r="829">
       <c r="A829" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22996</t>
+          <t>../qml/TopBar.qml:23002</t>
         </is>
       </c>
       <c r="B829" t="inlineStr">
         <is>
-          <t>Members</t>
+          <t>This room contains unverified devices!</t>
         </is>
       </c>
       <c r="C829" t="inlineStr">
         <is>
-          <t>Liikmed</t>
+          <t>Selles jututoas leidub verifitseerimata seadmeid!</t>
         </is>
       </c>
       <c r="D829" t="inlineStr"/>
       <c r="E829" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F829" t="inlineStr">
         <is>
-          <t>TopBarMembers</t>
+          <t>TopBarThis room contains unverified devices!</t>
         </is>
       </c>
       <c r="G829" t="inlineStr"/>
       <c r="H829" t="inlineStr"/>
     </row>
     <row r="830">
       <c r="A830" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23001</t>
+          <t>../qml/TopBar.qml:23029</t>
         </is>
       </c>
       <c r="B830" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Search this room</t>
         </is>
       </c>
       <c r="C830" t="inlineStr">
         <is>
-          <t>Lahku jututoast</t>
+          <t>Otsi siit jututoast</t>
         </is>
       </c>
       <c r="D830" t="inlineStr"/>
       <c r="E830" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F830" t="inlineStr">
         <is>
-          <t>TopBarLeave room</t>
+          <t>TopBarSearch this room</t>
         </is>
       </c>
       <c r="G830" t="inlineStr"/>
       <c r="H830" t="inlineStr"/>
     </row>
     <row r="831">
       <c r="A831" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23006</t>
+          <t>../qml/TopBar.qml:23053</t>
         </is>
       </c>
       <c r="B831" t="inlineStr">
         <is>
-          <t>Settings</t>
+          <t>Room options</t>
         </is>
       </c>
       <c r="C831" t="inlineStr">
         <is>
-          <t>Seadistused</t>
+          <t>Jututoa valikud</t>
         </is>
       </c>
       <c r="D831" t="inlineStr"/>
       <c r="E831" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F831" t="inlineStr">
         <is>
-          <t>TopBarSettings</t>
+          <t>TopBarRoom options</t>
         </is>
       </c>
       <c r="G831" t="inlineStr"/>
       <c r="H831" t="inlineStr"/>
     </row>
     <row r="832">
       <c r="A832" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23058</t>
+          <t>../qml/TopBar.qml:23071</t>
         </is>
       </c>
       <c r="B832" t="inlineStr">
         <is>
-          <t>Unpin</t>
+          <t>Invite users</t>
         </is>
       </c>
       <c r="C832" t="inlineStr">
         <is>
-          <t>Võta lahti</t>
+          <t>Kutsu kasutajaid</t>
         </is>
       </c>
       <c r="D832" t="inlineStr"/>
       <c r="E832" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F832" t="inlineStr">
         <is>
-          <t>TopBarUnpin</t>
+          <t>TopBarInvite users</t>
         </is>
       </c>
       <c r="G832" t="inlineStr"/>
       <c r="H832" t="inlineStr"/>
     </row>
     <row r="833">
       <c r="A833" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23104</t>
+          <t>../qml/TopBar.qml:23077</t>
         </is>
       </c>
       <c r="B833" t="inlineStr">
         <is>
-          <t>Enter search query</t>
+          <t>Members</t>
         </is>
       </c>
       <c r="C833" t="inlineStr">
         <is>
-          <t>Sisesta otsing</t>
+          <t>Liikmed</t>
         </is>
       </c>
       <c r="D833" t="inlineStr"/>
       <c r="E833" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F833" t="inlineStr">
         <is>
-          <t>TopBarEnter search query</t>
+          <t>TopBarMembers</t>
         </is>
       </c>
       <c r="G833" t="inlineStr"/>
       <c r="H833" t="inlineStr"/>
     </row>
     <row r="834">
       <c r="A834" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23214</t>
+          <t>../qml/TopBar.qml:23082</t>
         </is>
       </c>
       <c r="B834" t="inlineStr">
         <is>
-          <t>Show</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C834" t="inlineStr">
         <is>
-          <t>Näita</t>
+          <t>Lahku jututoast</t>
         </is>
       </c>
       <c r="D834" t="inlineStr"/>
       <c r="E834" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F834" t="inlineStr">
         <is>
-          <t>TrayIconShow</t>
+          <t>TopBarLeave room</t>
         </is>
       </c>
       <c r="G834" t="inlineStr"/>
       <c r="H834" t="inlineStr"/>
     </row>
     <row r="835">
       <c r="A835" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23215</t>
+          <t>../qml/TopBar.qml:23087</t>
         </is>
       </c>
       <c r="B835" t="inlineStr">
         <is>
-          <t>Quit</t>
+          <t>Settings</t>
         </is>
       </c>
       <c r="C835" t="inlineStr">
         <is>
-          <t>Lõpeta töö</t>
+          <t>Seadistused</t>
         </is>
       </c>
       <c r="D835" t="inlineStr"/>
       <c r="E835" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F835" t="inlineStr">
         <is>
-          <t>TrayIconQuit</t>
+          <t>TopBarSettings</t>
         </is>
       </c>
       <c r="G835" t="inlineStr"/>
       <c r="H835" t="inlineStr"/>
     </row>
     <row r="836">
       <c r="A836" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23242</t>
+          <t>../qml/TopBar.qml:23139</t>
         </is>
       </c>
       <c r="B836" t="inlineStr">
+        <is>
+          <t>Unpin</t>
+        </is>
+      </c>
+      <c r="C836" t="inlineStr">
+        <is>
+          <t>Võta lahti</t>
+        </is>
+      </c>
+      <c r="D836" t="inlineStr"/>
+      <c r="E836" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F836" t="inlineStr">
+        <is>
+          <t>TopBarUnpin</t>
+        </is>
+      </c>
+      <c r="G836" t="inlineStr"/>
+      <c r="H836" t="inlineStr"/>
+    </row>
+    <row r="837">
+      <c r="A837" t="inlineStr">
+        <is>
+          <t>../qml/TopBar.qml:23185</t>
+        </is>
+      </c>
+      <c r="B837" t="inlineStr">
+        <is>
+          <t>Enter search query</t>
+        </is>
+      </c>
+      <c r="C837" t="inlineStr">
+        <is>
+          <t>Sisesta otsing</t>
+        </is>
+      </c>
+      <c r="D837" t="inlineStr"/>
+      <c r="E837" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F837" t="inlineStr">
+        <is>
+          <t>TopBarEnter search query</t>
+        </is>
+      </c>
+      <c r="G837" t="inlineStr"/>
+      <c r="H837" t="inlineStr"/>
+    </row>
+    <row r="838">
+      <c r="A838" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23295</t>
+        </is>
+      </c>
+      <c r="B838" t="inlineStr">
+        <is>
+          <t>Show</t>
+        </is>
+      </c>
+      <c r="C838" t="inlineStr">
+        <is>
+          <t>Näita</t>
+        </is>
+      </c>
+      <c r="D838" t="inlineStr"/>
+      <c r="E838" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F838" t="inlineStr">
+        <is>
+          <t>TrayIconShow</t>
+        </is>
+      </c>
+      <c r="G838" t="inlineStr"/>
+      <c r="H838" t="inlineStr"/>
+    </row>
+    <row r="839">
+      <c r="A839" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23296</t>
+        </is>
+      </c>
+      <c r="B839" t="inlineStr">
+        <is>
+          <t>Quit</t>
+        </is>
+      </c>
+      <c r="C839" t="inlineStr">
+        <is>
+          <t>Lõpeta töö</t>
+        </is>
+      </c>
+      <c r="D839" t="inlineStr"/>
+      <c r="E839" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F839" t="inlineStr">
+        <is>
+          <t>TrayIconQuit</t>
+        </is>
+      </c>
+      <c r="G839" t="inlineStr"/>
+      <c r="H839" t="inlineStr"/>
+    </row>
+    <row r="840">
+      <c r="A840" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23328</t>
+        </is>
+      </c>
+      <c r="B840" t="inlineStr">
         <is>
           <t xml:space="preserve">
 %n unread message</t>
         </is>
       </c>
-      <c r="C836" t="inlineStr">
+      <c r="C840" t="inlineStr">
         <is>
           <t xml:space="preserve">
 %n lugemata sõnum</t>
         </is>
       </c>
-      <c r="D836" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F836" t="inlineStr">
+      <c r="D840" t="inlineStr"/>
+      <c r="E840" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F840" t="inlineStr">
         <is>
           <t>TrayIcon
 %n unread message(s)</t>
         </is>
       </c>
-      <c r="G836" t="inlineStr"/>
-[...118 lines deleted...]
-      </c>
       <c r="G840" t="inlineStr"/>
       <c r="H840" t="inlineStr"/>
     </row>
     <row r="841">
       <c r="A841" t="inlineStr">
         <is>
-          <t>../qml/UploadBox.qml:23612</t>
+          <t>../../src/ui/UIA.cpp:23386</t>
         </is>
       </c>
       <c r="B841" t="inlineStr">
         <is>
-          <t>Upload file</t>
+          <t>No available registration flows!</t>
         </is>
       </c>
       <c r="C841" t="inlineStr">
         <is>
-          <t>Laadi fail üles</t>
+          <t>Registreerimiseks vajalikku töövoogu ei leidu!</t>
         </is>
       </c>
       <c r="D841" t="inlineStr"/>
       <c r="E841" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F841" t="inlineStr">
         <is>
-          <t>UploadBoxUpload %n file(s)</t>
+          <t>UIANo available registration flows!</t>
         </is>
       </c>
       <c r="G841" t="inlineStr"/>
       <c r="H841" t="inlineStr"/>
     </row>
     <row r="842">
       <c r="A842" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23830</t>
+          <t>../../src/ui/UIA.cpp:23471</t>
         </is>
       </c>
       <c r="B842" t="inlineStr">
         <is>
-          <t>Sign out device %1</t>
+          <t>Registration aborted</t>
         </is>
       </c>
       <c r="C842" t="inlineStr">
         <is>
-          <t>Logi %1 seade võrgust välja</t>
+          <t>Registreerimine on katkestatud</t>
         </is>
       </c>
       <c r="D842" t="inlineStr"/>
       <c r="E842" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F842" t="inlineStr">
         <is>
-          <t>UserProfileSign out device %1</t>
+          <t>UIARegistration aborted</t>
         </is>
       </c>
       <c r="G842" t="inlineStr"/>
       <c r="H842" t="inlineStr"/>
     </row>
     <row r="843">
       <c r="A843" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23840</t>
+          <t>../../src/ui/UIA.cpp:23448</t>
         </is>
       </c>
       <c r="B843" t="inlineStr">
         <is>
-          <t>You signed out this device.</t>
+          <t>Please enter a valid registration token.</t>
         </is>
       </c>
       <c r="C843" t="inlineStr">
         <is>
-          <t>Sa oled selle seadme võrgust välja loginud.</t>
+          <t>Registreerimiseks palun sisesta kehtiv tunnusluba.</t>
         </is>
       </c>
       <c r="D843" t="inlineStr"/>
       <c r="E843" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F843" t="inlineStr">
         <is>
-          <t>UserProfileYou signed out this device.</t>
+          <t>UIAPlease enter a valid registration token.</t>
         </is>
       </c>
       <c r="G843" t="inlineStr"/>
       <c r="H843" t="inlineStr"/>
     </row>
     <row r="844">
       <c r="A844" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23890</t>
+          <t>../../src/ui/UIA.cpp:23608</t>
         </is>
       </c>
       <c r="B844" t="inlineStr">
         <is>
-          <t>Failed to ignore "%1": %2</t>
+          <t>Invalid token</t>
         </is>
       </c>
       <c r="C844" t="inlineStr">
         <is>
-          <t>„%1“ eiramine ei õnnestunud: %2</t>
+          <t>Vigane tunnusluba</t>
         </is>
       </c>
       <c r="D844" t="inlineStr"/>
       <c r="E844" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F844" t="inlineStr">
         <is>
-          <t>UserProfileFailed to ignore "%1": %2</t>
+          <t>UIAInvalid token</t>
         </is>
       </c>
       <c r="G844" t="inlineStr"/>
       <c r="H844" t="inlineStr"/>
     </row>
     <row r="845">
       <c r="A845" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../qml/UploadBox.qml:23698</t>
         </is>
       </c>
       <c r="B845" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>Upload file</t>
         </is>
       </c>
       <c r="C845" t="inlineStr">
         <is>
-          <t>Vali tunnuspilt</t>
+          <t>Laadi fail üles</t>
         </is>
       </c>
       <c r="D845" t="inlineStr"/>
       <c r="E845" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F845" t="inlineStr">
         <is>
-          <t>UserProfileSelect an avatar</t>
+          <t>UploadBoxUpload %n file(s)</t>
         </is>
       </c>
       <c r="G845" t="inlineStr"/>
       <c r="H845" t="inlineStr"/>
     </row>
     <row r="846">
       <c r="A846" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../../src/ui/UserProfile.cpp:23916</t>
         </is>
       </c>
       <c r="B846" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Sign out device %1</t>
         </is>
       </c>
       <c r="C846" t="inlineStr">
         <is>
-          <t>Kõik failid (*)</t>
+          <t>Logi %1 seade võrgust välja</t>
         </is>
       </c>
       <c r="D846" t="inlineStr"/>
       <c r="E846" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F846" t="inlineStr">
         <is>
-          <t>UserProfileAll Files (*)</t>
+          <t>UserProfileSign out device %1</t>
         </is>
       </c>
       <c r="G846" t="inlineStr"/>
       <c r="H846" t="inlineStr"/>
     </row>
     <row r="847">
       <c r="A847" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24124</t>
+          <t>../../src/ui/UserProfile.cpp:23926</t>
         </is>
       </c>
       <c r="B847" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>You signed out this device.</t>
         </is>
       </c>
       <c r="C847" t="inlineStr">
         <is>
-          <t>Valitud fail ei ole pildifail</t>
+          <t>Sa oled selle seadme võrgust välja loginud.</t>
         </is>
       </c>
       <c r="D847" t="inlineStr"/>
       <c r="E847" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F847" t="inlineStr">
         <is>
-          <t>UserProfileThe selected file is not an image</t>
+          <t>UserProfileYou signed out this device.</t>
         </is>
       </c>
       <c r="G847" t="inlineStr"/>
       <c r="H847" t="inlineStr"/>
     </row>
     <row r="848">
       <c r="A848" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24129</t>
+          <t>../../src/ui/UserProfile.cpp:23976</t>
         </is>
       </c>
       <c r="B848" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
+          <t>Failed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="C848" t="inlineStr">
         <is>
-          <t>Viga faili lugemisel: %1</t>
+          <t>„%1“ eiramine ei õnnestunud: %2</t>
         </is>
       </c>
       <c r="D848" t="inlineStr"/>
       <c r="E848" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F848" t="inlineStr">
         <is>
-          <t>UserProfileError while reading file: %1</t>
+          <t>UserProfileFailed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="G848" t="inlineStr"/>
       <c r="H848" t="inlineStr"/>
     </row>
     <row r="849">
       <c r="A849" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B849" t="inlineStr">
         <is>
-          <t>Global User Profile</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C849" t="inlineStr">
         <is>
-          <t>Üldine kasutajaprofiil</t>
+          <t>Vali tunnuspilt</t>
         </is>
       </c>
       <c r="D849" t="inlineStr"/>
       <c r="E849" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F849" t="inlineStr">
         <is>
-          <t>UserProfileGlobal User Profile</t>
+          <t>UserProfileSelect an avatar</t>
         </is>
       </c>
       <c r="G849" t="inlineStr"/>
       <c r="H849" t="inlineStr"/>
     </row>
     <row r="850">
       <c r="A850" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B850" t="inlineStr">
         <is>
-          <t>Room User Profile</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C850" t="inlineStr">
         <is>
-          <t>Kasutajaprofiil jututoas</t>
+          <t>Kõik failid (*)</t>
         </is>
       </c>
       <c r="D850" t="inlineStr"/>
       <c r="E850" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F850" t="inlineStr">
         <is>
-          <t>UserProfileRoom User Profile</t>
+          <t>UserProfileAll Files (*)</t>
         </is>
       </c>
       <c r="G850" t="inlineStr"/>
       <c r="H850" t="inlineStr"/>
     </row>
     <row r="851">
       <c r="A851" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../../src/ui/UserProfile.cpp:24210</t>
         </is>
       </c>
       <c r="B851" t="inlineStr">
         <is>
-          <t>Change avatar globally.</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C851" t="inlineStr">
         <is>
-          <t>Muuda oma tunnuspilti kõikjal.</t>
+          <t>Valitud fail ei ole pildifail</t>
         </is>
       </c>
       <c r="D851" t="inlineStr"/>
       <c r="E851" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F851" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar globally.</t>
+          <t>UserProfileThe selected file is not an image</t>
         </is>
       </c>
       <c r="G851" t="inlineStr"/>
       <c r="H851" t="inlineStr"/>
     </row>
     <row r="852">
       <c r="A852" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../../src/ui/UserProfile.cpp:24215</t>
         </is>
       </c>
       <c r="B852" t="inlineStr">
         <is>
-          <t>Change avatar. Will only apply to this room.</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C852" t="inlineStr">
         <is>
-          <t>Muuda oma tunnuspilti vaid selles jututoas.</t>
+          <t>Viga faili lugemisel: %1</t>
         </is>
       </c>
       <c r="D852" t="inlineStr"/>
       <c r="E852" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F852" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar. Will only apply to this room.</t>
+          <t>UserProfileError while reading file: %1</t>
         </is>
       </c>
       <c r="G852" t="inlineStr"/>
       <c r="H852" t="inlineStr"/>
     </row>
     <row r="853">
       <c r="A853" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B853" t="inlineStr">
         <is>
-          <t>Change display name globally.</t>
+          <t>Global User Profile</t>
         </is>
       </c>
       <c r="C853" t="inlineStr">
         <is>
-          <t>Muuda oma kuvatavat nime kõikjal.</t>
+          <t>Üldine kasutajaprofiil</t>
         </is>
       </c>
       <c r="D853" t="inlineStr"/>
       <c r="E853" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F853" t="inlineStr">
         <is>
-          <t>UserProfileChange display name globally.</t>
+          <t>UserProfileGlobal User Profile</t>
         </is>
       </c>
       <c r="G853" t="inlineStr"/>
       <c r="H853" t="inlineStr"/>
     </row>
     <row r="854">
       <c r="A854" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B854" t="inlineStr">
         <is>
-          <t>Change display name. Will only apply to this room.</t>
+          <t>Room User Profile</t>
         </is>
       </c>
       <c r="C854" t="inlineStr">
         <is>
-          <t>Muuda oma kuvatavat nime vaid selles jututoas.</t>
+          <t>Kasutajaprofiil jututoas</t>
         </is>
       </c>
       <c r="D854" t="inlineStr"/>
       <c r="E854" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F854" t="inlineStr">
         <is>
-          <t>UserProfileChange display name. Will only apply to this room.</t>
+          <t>UserProfileRoom User Profile</t>
         </is>
       </c>
       <c r="G854" t="inlineStr"/>
       <c r="H854" t="inlineStr"/>
     </row>
     <row r="855">
       <c r="A855" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24304</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B855" t="inlineStr">
         <is>
-          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>Change avatar globally.</t>
         </is>
       </c>
       <c r="C855" t="inlineStr">
         <is>
-          <t>&lt;i&gt;&lt;b&gt;Olek:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>Muuda oma tunnuspilti kõikjal.</t>
         </is>
       </c>
       <c r="D855" t="inlineStr"/>
       <c r="E855" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F855" t="inlineStr">
         <is>
-          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>UserProfileChange avatar globally.</t>
         </is>
       </c>
       <c r="G855" t="inlineStr"/>
       <c r="H855" t="inlineStr"/>
     </row>
     <row r="856">
       <c r="A856" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24329</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B856" t="inlineStr">
         <is>
-          <t>Room: %1</t>
+          <t>Change avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C856" t="inlineStr">
         <is>
-          <t>Jututuba: %1</t>
+          <t>Muuda oma tunnuspilti vaid selles jututoas.</t>
         </is>
       </c>
       <c r="D856" t="inlineStr"/>
       <c r="E856" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F856" t="inlineStr">
         <is>
-          <t>UserProfileRoom: %1</t>
+          <t>UserProfileChange avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G856" t="inlineStr"/>
       <c r="H856" t="inlineStr"/>
     </row>
     <row r="857">
       <c r="A857" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24330</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B857" t="inlineStr">
         <is>
-          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>Change display name globally.</t>
         </is>
       </c>
       <c r="C857" t="inlineStr">
         <is>
-          <t>See kasutajaprofiil on vaid selle jututoa kohane. Kasutaja kuvatav nimi ja tunnuspilt võivad muudes jutubades olla teistsugused.</t>
+          <t>Muuda oma kuvatavat nime kõikjal.</t>
         </is>
       </c>
       <c r="D857" t="inlineStr"/>
       <c r="E857" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F857" t="inlineStr">
         <is>
-          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>UserProfileChange display name globally.</t>
         </is>
       </c>
       <c r="G857" t="inlineStr"/>
       <c r="H857" t="inlineStr"/>
     </row>
     <row r="858">
       <c r="A858" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24345</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B858" t="inlineStr">
         <is>
-          <t>Open the global profile for this user.</t>
+          <t>Change display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C858" t="inlineStr">
         <is>
-          <t>Vaata selle kasutaja üldist profiili.</t>
+          <t>Muuda oma kuvatavat nime vaid selles jututoas.</t>
         </is>
       </c>
       <c r="D858" t="inlineStr"/>
       <c r="E858" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F858" t="inlineStr">
         <is>
-          <t>UserProfileOpen the global profile for this user.</t>
+          <t>UserProfileChange display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G858" t="inlineStr"/>
       <c r="H858" t="inlineStr"/>
     </row>
     <row r="859">
       <c r="A859" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24390</t>
         </is>
       </c>
       <c r="B859" t="inlineStr">
         <is>
-          <t>Verify</t>
+          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="C859" t="inlineStr">
         <is>
-          <t>Verifitseeri</t>
+          <t>&lt;i&gt;&lt;b&gt;Olek:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="D859" t="inlineStr"/>
       <c r="E859" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F859" t="inlineStr">
         <is>
-          <t>UserProfileVerify</t>
+          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="G859" t="inlineStr"/>
       <c r="H859" t="inlineStr"/>
     </row>
     <row r="860">
       <c r="A860" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24396</t>
+          <t>../qml/dialogs/UserProfile.qml:24415</t>
         </is>
       </c>
       <c r="B860" t="inlineStr">
         <is>
-          <t>Start a private chat.</t>
+          <t>Room: %1</t>
         </is>
       </c>
       <c r="C860" t="inlineStr">
         <is>
-          <t>Alusta privaatset vestlust.</t>
+          <t>Jututuba: %1</t>
         </is>
       </c>
       <c r="D860" t="inlineStr"/>
       <c r="E860" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F860" t="inlineStr">
         <is>
-          <t>UserProfileStart a private chat.</t>
+          <t>UserProfileRoom: %1</t>
         </is>
       </c>
       <c r="G860" t="inlineStr"/>
       <c r="H860" t="inlineStr"/>
     </row>
     <row r="861">
       <c r="A861" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24406</t>
+          <t>../qml/dialogs/UserProfile.qml:24416</t>
         </is>
       </c>
       <c r="B861" t="inlineStr">
         <is>
-          <t>Kick the user.</t>
+          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="C861" t="inlineStr">
         <is>
-          <t>Müksa kasutaja välja.</t>
+          <t>See kasutajaprofiil on vaid selle jututoa kohane. Kasutaja kuvatav nimi ja tunnuspilt võivad muudes jutubades olla teistsugused.</t>
         </is>
       </c>
       <c r="D861" t="inlineStr"/>
       <c r="E861" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F861" t="inlineStr">
         <is>
-          <t>UserProfileKick the user.</t>
+          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="G861" t="inlineStr"/>
       <c r="H861" t="inlineStr"/>
     </row>
     <row r="862">
       <c r="A862" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24417</t>
+          <t>../qml/dialogs/UserProfile.qml:24431</t>
         </is>
       </c>
       <c r="B862" t="inlineStr">
         <is>
-          <t>Ban the user.</t>
+          <t>Open the global profile for this user.</t>
         </is>
       </c>
       <c r="C862" t="inlineStr">
         <is>
-          <t>Sea kasutajale suhtluskeeld.</t>
+          <t>Vaata selle kasutaja üldist profiili.</t>
         </is>
       </c>
       <c r="D862" t="inlineStr"/>
       <c r="E862" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F862" t="inlineStr">
         <is>
-          <t>UserProfileBan the user.</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileOpen the global profile for this user.</t>
+        </is>
+      </c>
+      <c r="G862" t="inlineStr"/>
       <c r="H862" t="inlineStr"/>
     </row>
     <row r="863">
       <c r="A863" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B863" t="inlineStr">
         <is>
-          <t>Unignore the user.</t>
+          <t>Verify</t>
         </is>
       </c>
       <c r="C863" t="inlineStr">
         <is>
-          <t>Lõpeta kasutaja eiramine.</t>
+          <t>Verifitseeri</t>
         </is>
       </c>
       <c r="D863" t="inlineStr"/>
       <c r="E863" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F863" t="inlineStr">
         <is>
-          <t>UserProfileUnignore the user.</t>
+          <t>UserProfileVerify</t>
         </is>
       </c>
       <c r="G863" t="inlineStr"/>
       <c r="H863" t="inlineStr"/>
     </row>
     <row r="864">
       <c r="A864" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24482</t>
         </is>
       </c>
       <c r="B864" t="inlineStr">
         <is>
-          <t>Ignore the user.</t>
+          <t>Start a private chat.</t>
         </is>
       </c>
       <c r="C864" t="inlineStr">
         <is>
-          <t>Eira kasutajat.</t>
+          <t>Alusta privaatset vestlust.</t>
         </is>
       </c>
       <c r="D864" t="inlineStr"/>
       <c r="E864" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F864" t="inlineStr">
         <is>
-          <t>UserProfileIgnore the user.</t>
+          <t>UserProfileStart a private chat.</t>
         </is>
       </c>
       <c r="G864" t="inlineStr"/>
       <c r="H864" t="inlineStr"/>
     </row>
     <row r="865">
       <c r="A865" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24440</t>
+          <t>../qml/dialogs/UserProfile.qml:24492</t>
         </is>
       </c>
       <c r="B865" t="inlineStr">
         <is>
-          <t>Refresh device list.</t>
+          <t>Kick the user.</t>
         </is>
       </c>
       <c r="C865" t="inlineStr">
         <is>
-          <t>Uuenda seadmete loendit.</t>
+          <t>Müksa kasutaja välja.</t>
         </is>
       </c>
       <c r="D865" t="inlineStr"/>
       <c r="E865" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F865" t="inlineStr">
         <is>
-          <t>UserProfileRefresh device list.</t>
+          <t>UserProfileKick the user.</t>
         </is>
       </c>
       <c r="G865" t="inlineStr"/>
       <c r="H865" t="inlineStr"/>
     </row>
     <row r="866">
       <c r="A866" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24454</t>
+          <t>../qml/dialogs/UserProfile.qml:24503</t>
         </is>
       </c>
       <c r="B866" t="inlineStr">
         <is>
-          <t>Devices</t>
+          <t>Ban the user.</t>
         </is>
       </c>
       <c r="C866" t="inlineStr">
         <is>
-          <t>Seadmed</t>
+          <t>Sea kasutajale suhtluskeeld.</t>
         </is>
       </c>
       <c r="D866" t="inlineStr"/>
       <c r="E866" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F866" t="inlineStr">
         <is>
-          <t>UserProfileDevices</t>
-[...2 lines deleted...]
-      <c r="G866" t="inlineStr"/>
+          <t>UserProfileBan the user.</t>
+        </is>
+      </c>
+      <c r="G866" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Teistele kasutajatele suhtluskeelu seadmine</t>
+        </is>
+      </c>
       <c r="H866" t="inlineStr"/>
     </row>
     <row r="867">
       <c r="A867" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24457</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B867" t="inlineStr">
         <is>
-          <t>Shared Rooms</t>
+          <t>Unignore the user.</t>
         </is>
       </c>
       <c r="C867" t="inlineStr">
         <is>
-          <t>Jagatud jututoad</t>
+          <t>Lõpeta kasutaja eiramine.</t>
         </is>
       </c>
       <c r="D867" t="inlineStr"/>
       <c r="E867" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F867" t="inlineStr">
         <is>
-          <t>UserProfileShared Rooms</t>
+          <t>UserProfileUnignore the user.</t>
         </is>
       </c>
       <c r="G867" t="inlineStr"/>
       <c r="H867" t="inlineStr"/>
     </row>
     <row r="868">
       <c r="A868" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24519</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B868" t="inlineStr">
         <is>
-          <t>Sign out this device.</t>
+          <t>Ignore the user.</t>
         </is>
       </c>
       <c r="C868" t="inlineStr">
         <is>
-          <t>Logi see seade võrgust välja.</t>
+          <t>Eira kasutajat.</t>
         </is>
       </c>
       <c r="D868" t="inlineStr"/>
       <c r="E868" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F868" t="inlineStr">
         <is>
-          <t>UserProfileSign out this device.</t>
+          <t>UserProfileIgnore the user.</t>
         </is>
       </c>
       <c r="G868" t="inlineStr"/>
       <c r="H868" t="inlineStr"/>
     </row>
     <row r="869">
       <c r="A869" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24550</t>
+          <t>../qml/dialogs/UserProfile.qml:24526</t>
         </is>
       </c>
       <c r="B869" t="inlineStr">
         <is>
-          <t>Change device name.</t>
+          <t>Refresh device list.</t>
         </is>
       </c>
       <c r="C869" t="inlineStr">
         <is>
-          <t>Muuda seadme nime.</t>
+          <t>Uuenda seadmete loendit.</t>
         </is>
       </c>
       <c r="D869" t="inlineStr"/>
       <c r="E869" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F869" t="inlineStr">
         <is>
-          <t>UserProfileChange device name.</t>
+          <t>UserProfileRefresh device list.</t>
         </is>
       </c>
       <c r="G869" t="inlineStr"/>
       <c r="H869" t="inlineStr"/>
     </row>
     <row r="870">
       <c r="A870" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24572</t>
+          <t>../qml/dialogs/UserProfile.qml:24540</t>
         </is>
       </c>
       <c r="B870" t="inlineStr">
         <is>
-          <t>Last seen %1 from %2</t>
+          <t>Devices</t>
         </is>
       </c>
       <c r="C870" t="inlineStr">
         <is>
-          <t>Viimati oli võrgus %1 %2 aadressil</t>
+          <t>Seadmed</t>
         </is>
       </c>
       <c r="D870" t="inlineStr"/>
       <c r="E870" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F870" t="inlineStr">
         <is>
-          <t>UserProfileLast seen %1 from %2</t>
+          <t>UserProfileDevices</t>
         </is>
       </c>
       <c r="G870" t="inlineStr"/>
       <c r="H870" t="inlineStr"/>
     </row>
     <row r="871">
       <c r="A871" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24543</t>
         </is>
       </c>
       <c r="B871" t="inlineStr">
         <is>
-          <t>Unverify</t>
+          <t>Shared Rooms</t>
         </is>
       </c>
       <c r="C871" t="inlineStr">
         <is>
-          <t>Võta verifitseerimine tagasi</t>
+          <t>Jagatud jututoad</t>
         </is>
       </c>
       <c r="D871" t="inlineStr"/>
       <c r="E871" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F871" t="inlineStr">
         <is>
-          <t>UserProfileUnverify</t>
+          <t>UserProfileShared Rooms</t>
         </is>
       </c>
       <c r="G871" t="inlineStr"/>
       <c r="H871" t="inlineStr"/>
     </row>
     <row r="872">
       <c r="A872" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.h:24881</t>
+          <t>../qml/dialogs/UserProfile.qml:24605</t>
         </is>
       </c>
       <c r="B872" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Sign out this device.</t>
         </is>
       </c>
       <c r="C872" t="inlineStr">
         <is>
-          <t>Vaikimisi</t>
+          <t>Logi see seade võrgust välja.</t>
         </is>
       </c>
       <c r="D872" t="inlineStr"/>
       <c r="E872" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F872" t="inlineStr">
         <is>
-          <t>UserSettingsDefault</t>
+          <t>UserProfileSign out this device.</t>
         </is>
       </c>
       <c r="G872" t="inlineStr"/>
       <c r="H872" t="inlineStr"/>
     </row>
     <row r="873">
       <c r="A873" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25911</t>
+          <t>../qml/dialogs/UserProfile.qml:24636</t>
         </is>
       </c>
       <c r="B873" t="inlineStr">
         <is>
-          <t>Theme</t>
+          <t>Change device name.</t>
         </is>
       </c>
       <c r="C873" t="inlineStr">
         <is>
-          <t>Teema</t>
+          <t>Muuda seadme nime.</t>
         </is>
       </c>
       <c r="D873" t="inlineStr"/>
       <c r="E873" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F873" t="inlineStr">
         <is>
-          <t>UserSettingsModelTheme</t>
+          <t>UserProfileChange device name.</t>
         </is>
       </c>
       <c r="G873" t="inlineStr"/>
       <c r="H873" t="inlineStr"/>
     </row>
     <row r="874">
       <c r="A874" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25913</t>
+          <t>../qml/dialogs/UserProfile.qml:24658</t>
         </is>
       </c>
       <c r="B874" t="inlineStr">
         <is>
-          <t>Scale factor</t>
+          <t>Last seen %1 from %2</t>
         </is>
       </c>
       <c r="C874" t="inlineStr">
         <is>
-          <t>Mastaabitegur</t>
+          <t>Viimati oli võrgus %1 %2 aadressil</t>
         </is>
       </c>
       <c r="D874" t="inlineStr"/>
       <c r="E874" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F874" t="inlineStr">
         <is>
-          <t>UserSettingsModelScale factor</t>
+          <t>UserProfileLast seen %1 from %2</t>
         </is>
       </c>
       <c r="G874" t="inlineStr"/>
       <c r="H874" t="inlineStr"/>
     </row>
     <row r="875">
       <c r="A875" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25915</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B875" t="inlineStr">
         <is>
-          <t>Highlight message on hover</t>
+          <t>Unverify</t>
         </is>
       </c>
       <c r="C875" t="inlineStr">
         <is>
-          <t>Üle sõnumi liikumisel too ta esile</t>
+          <t>Võta verifitseerimine tagasi</t>
         </is>
       </c>
       <c r="D875" t="inlineStr"/>
       <c r="E875" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F875" t="inlineStr">
         <is>
-          <t>UserSettingsModelHighlight message on hover</t>
+          <t>UserProfileUnverify</t>
         </is>
       </c>
       <c r="G875" t="inlineStr"/>
       <c r="H875" t="inlineStr"/>
     </row>
     <row r="876">
       <c r="A876" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25917</t>
+          <t>../../src/UserSettingsPage.h:24975</t>
         </is>
       </c>
       <c r="B876" t="inlineStr">
         <is>
-          <t>Large Emoji in timeline</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C876" t="inlineStr">
         <is>
-          <t>Suured emojid ajajoonel</t>
+          <t>Vaikimisi</t>
         </is>
       </c>
       <c r="D876" t="inlineStr"/>
       <c r="E876" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F876" t="inlineStr">
         <is>
-          <t>UserSettingsModelLarge Emoji in timeline</t>
+          <t>UserSettingsDefault</t>
         </is>
       </c>
       <c r="G876" t="inlineStr"/>
       <c r="H876" t="inlineStr"/>
     </row>
     <row r="877">
       <c r="A877" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25919</t>
+          <t>../../src/UserSettingsPage.cpp:26023</t>
         </is>
       </c>
       <c r="B877" t="inlineStr">
         <is>
-          <t>Minimize to tray</t>
+          <t>Theme</t>
         </is>
       </c>
       <c r="C877" t="inlineStr">
         <is>
-          <t>Kahanda tegumiribale</t>
+          <t>Teema</t>
         </is>
       </c>
       <c r="D877" t="inlineStr"/>
       <c r="E877" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F877" t="inlineStr">
         <is>
-          <t>UserSettingsModelMinimize to tray</t>
+          <t>UserSettingsModelTheme</t>
         </is>
       </c>
       <c r="G877" t="inlineStr"/>
       <c r="H877" t="inlineStr"/>
     </row>
     <row r="878">
       <c r="A878" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25921</t>
+          <t>../../src/UserSettingsPage.cpp:26025</t>
         </is>
       </c>
       <c r="B878" t="inlineStr">
         <is>
-          <t>Start in tray</t>
+          <t>Scale factor</t>
         </is>
       </c>
       <c r="C878" t="inlineStr">
         <is>
-          <t>Käivita tegumiribalt</t>
+          <t>Mastaabitegur</t>
         </is>
       </c>
       <c r="D878" t="inlineStr"/>
       <c r="E878" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F878" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart in tray</t>
+          <t>UserSettingsModelScale factor</t>
         </is>
       </c>
       <c r="G878" t="inlineStr"/>
       <c r="H878" t="inlineStr"/>
     </row>
     <row r="879">
       <c r="A879" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25925</t>
+          <t>../../src/UserSettingsPage.cpp:26027</t>
         </is>
       </c>
       <c r="B879" t="inlineStr">
         <is>
-          <t>Scrollbars in room list</t>
+          <t>Highlight message on hover</t>
         </is>
       </c>
       <c r="C879" t="inlineStr">
         <is>
-          <t>Kerimisribad jututubade loendis</t>
+          <t>Üle sõnumi liikumisel too ta esile</t>
         </is>
       </c>
       <c r="D879" t="inlineStr"/>
       <c r="E879" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F879" t="inlineStr">
         <is>
-          <t>UserSettingsModelScrollbars in room list</t>
+          <t>UserSettingsModelHighlight message on hover</t>
         </is>
       </c>
       <c r="G879" t="inlineStr"/>
       <c r="H879" t="inlineStr"/>
     </row>
     <row r="880">
       <c r="A880" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25927</t>
+          <t>../../src/UserSettingsPage.cpp:26029</t>
         </is>
       </c>
       <c r="B880" t="inlineStr">
         <is>
-          <t>Send messages as Markdown</t>
+          <t>Large Emoji in timeline</t>
         </is>
       </c>
       <c r="C880" t="inlineStr">
         <is>
-          <t>Saada sõnumid kasutades Markdown vormindust</t>
+          <t>Suured emojid ajajoonel</t>
         </is>
       </c>
       <c r="D880" t="inlineStr"/>
       <c r="E880" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F880" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend messages as Markdown</t>
+          <t>UserSettingsModelLarge Emoji in timeline</t>
         </is>
       </c>
       <c r="G880" t="inlineStr"/>
       <c r="H880" t="inlineStr"/>
     </row>
     <row r="881">
       <c r="A881" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25929</t>
+          <t>../../src/UserSettingsPage.cpp:26031</t>
         </is>
       </c>
       <c r="B881" t="inlineStr">
         <is>
-          <t>Use shift+enter to send and enter to start a new line</t>
+          <t>Minimize to tray</t>
         </is>
       </c>
       <c r="C881" t="inlineStr">
         <is>
-          <t>Sõnumi saatmiseks kasuta „Shift+Enter“ klahve ning uue rea jaoks kasuta „Enter“ klahvi</t>
+          <t>Kahanda tegumiribale</t>
         </is>
       </c>
       <c r="D881" t="inlineStr"/>
       <c r="E881" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F881" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse shift+enter to send and enter to start a new line</t>
+          <t>UserSettingsModelMinimize to tray</t>
         </is>
       </c>
       <c r="G881" t="inlineStr"/>
       <c r="H881" t="inlineStr"/>
     </row>
     <row r="882">
       <c r="A882" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25931</t>
+          <t>../../src/UserSettingsPage.cpp:26033</t>
         </is>
       </c>
       <c r="B882" t="inlineStr">
         <is>
-          <t>Enable message bubbles</t>
+          <t>Start in tray</t>
         </is>
       </c>
       <c r="C882" t="inlineStr">
         <is>
-          <t>Kasuta jutumulle</t>
+          <t>Käivita tegumiribalt</t>
         </is>
       </c>
       <c r="D882" t="inlineStr"/>
       <c r="E882" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F882" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable message bubbles</t>
+          <t>UserSettingsModelStart in tray</t>
         </is>
       </c>
       <c r="G882" t="inlineStr"/>
       <c r="H882" t="inlineStr"/>
     </row>
     <row r="883">
       <c r="A883" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25933</t>
+          <t>../../src/UserSettingsPage.cpp:26037</t>
         </is>
       </c>
       <c r="B883" t="inlineStr">
         <is>
-          <t>Enable small Avatars</t>
+          <t>Scrollbars in room list</t>
         </is>
       </c>
       <c r="C883" t="inlineStr">
         <is>
-          <t>Kasuta väikeseid tunnuspilte</t>
+          <t>Kerimisribad jututubade loendis</t>
         </is>
       </c>
       <c r="D883" t="inlineStr"/>
       <c r="E883" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F883" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable small Avatars</t>
+          <t>UserSettingsModelScrollbars in room list</t>
         </is>
       </c>
       <c r="G883" t="inlineStr"/>
       <c r="H883" t="inlineStr"/>
     </row>
     <row r="884">
       <c r="A884" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25935</t>
+          <t>../../src/UserSettingsPage.cpp:26039</t>
         </is>
       </c>
       <c r="B884" t="inlineStr">
         <is>
-          <t>Play animated images only on hover</t>
+          <t>Send messages as Markdown</t>
         </is>
       </c>
       <c r="C884" t="inlineStr">
         <is>
-          <t>Esita liikuvaid pilte vaid siis, kui kursor on pildi kohal</t>
+          <t>Saada sõnumid kasutades Markdown vormindust</t>
         </is>
       </c>
       <c r="D884" t="inlineStr"/>
       <c r="E884" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F884" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlay animated images only on hover</t>
+          <t>UserSettingsModelSend messages as Markdown</t>
         </is>
       </c>
       <c r="G884" t="inlineStr"/>
       <c r="H884" t="inlineStr"/>
     </row>
     <row r="885">
       <c r="A885" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25937</t>
+          <t>../../src/UserSettingsPage.cpp:26043</t>
         </is>
       </c>
       <c r="B885" t="inlineStr">
         <is>
-          <t>Show images automatically</t>
+          <t>Enable message bubbles</t>
         </is>
       </c>
       <c r="C885" t="inlineStr">
         <is>
-          <t>Näita pilte automaatselt</t>
+          <t>Kasuta jutumulle</t>
         </is>
       </c>
       <c r="D885" t="inlineStr"/>
       <c r="E885" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F885" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow images automatically</t>
+          <t>UserSettingsModelEnable message bubbles</t>
         </is>
       </c>
       <c r="G885" t="inlineStr"/>
       <c r="H885" t="inlineStr"/>
     </row>
     <row r="886">
       <c r="A886" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25939</t>
+          <t>../../src/UserSettingsPage.cpp:26045</t>
         </is>
       </c>
       <c r="B886" t="inlineStr">
         <is>
-          <t>Typing notifications</t>
+          <t>Enable small Avatars</t>
         </is>
       </c>
       <c r="C886" t="inlineStr">
         <is>
-          <t>Kirjutamisteatised</t>
+          <t>Kasuta väikeseid tunnuspilte</t>
         </is>
       </c>
       <c r="D886" t="inlineStr"/>
       <c r="E886" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F886" t="inlineStr">
         <is>
-          <t>UserSettingsModelTyping notifications</t>
+          <t>UserSettingsModelEnable small Avatars</t>
         </is>
       </c>
       <c r="G886" t="inlineStr"/>
       <c r="H886" t="inlineStr"/>
     </row>
     <row r="887">
       <c r="A887" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25941</t>
+          <t>../../src/UserSettingsPage.cpp:26047</t>
         </is>
       </c>
       <c r="B887" t="inlineStr">
         <is>
-          <t>Sort rooms by unreads</t>
+          <t>Play animated images only on hover</t>
         </is>
       </c>
       <c r="C887" t="inlineStr">
         <is>
-          <t>Järjesta jututoad lugemata tubade alusel</t>
+          <t>Esita liikuvaid pilte vaid siis, kui kursor on pildi kohal</t>
         </is>
       </c>
       <c r="D887" t="inlineStr"/>
       <c r="E887" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F887" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms by unreads</t>
+          <t>UserSettingsModelPlay animated images only on hover</t>
         </is>
       </c>
       <c r="G887" t="inlineStr"/>
       <c r="H887" t="inlineStr"/>
     </row>
     <row r="888">
       <c r="A888" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25943</t>
+          <t>../../src/UserSettingsPage.cpp:26049</t>
         </is>
       </c>
       <c r="B888" t="inlineStr">
         <is>
-          <t>Sort rooms alphabetically</t>
+          <t>Show images automatically</t>
         </is>
       </c>
       <c r="C888" t="inlineStr">
         <is>
-          <t>Sorteeri jututoad tähestiku järjekorras</t>
+          <t>Näita pilte automaatselt</t>
         </is>
       </c>
       <c r="D888" t="inlineStr"/>
       <c r="E888" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F888" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms alphabetically</t>
+          <t>UserSettingsModelShow images automatically</t>
         </is>
       </c>
       <c r="G888" t="inlineStr"/>
       <c r="H888" t="inlineStr"/>
     </row>
     <row r="889">
       <c r="A889" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25945</t>
+          <t>../../src/UserSettingsPage.cpp:26051</t>
         </is>
       </c>
       <c r="B889" t="inlineStr">
         <is>
-          <t>Show buttons in timeline</t>
+          <t>Typing notifications</t>
         </is>
       </c>
       <c r="C889" t="inlineStr">
         <is>
-          <t>Näita ajajoonel nuppe</t>
+          <t>Kirjutamisteatised</t>
         </is>
       </c>
       <c r="D889" t="inlineStr"/>
       <c r="E889" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F889" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow buttons in timeline</t>
+          <t>UserSettingsModelTyping notifications</t>
         </is>
       </c>
       <c r="G889" t="inlineStr"/>
       <c r="H889" t="inlineStr"/>
     </row>
     <row r="890">
       <c r="A890" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25947</t>
+          <t>../../src/UserSettingsPage.cpp:26053</t>
         </is>
       </c>
       <c r="B890" t="inlineStr">
         <is>
-          <t>Limit width of timeline</t>
+          <t>Sort rooms by unreads</t>
         </is>
       </c>
       <c r="C890" t="inlineStr">
         <is>
-          <t>Piira ajajoone laiust</t>
+          <t>Järjesta jututoad lugemata tubade alusel</t>
         </is>
       </c>
       <c r="D890" t="inlineStr"/>
       <c r="E890" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F890" t="inlineStr">
         <is>
-          <t>UserSettingsModelLimit width of timeline</t>
+          <t>UserSettingsModelSort rooms by unreads</t>
         </is>
       </c>
       <c r="G890" t="inlineStr"/>
       <c r="H890" t="inlineStr"/>
     </row>
     <row r="891">
       <c r="A891" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25949</t>
+          <t>../../src/UserSettingsPage.cpp:26055</t>
         </is>
       </c>
       <c r="B891" t="inlineStr">
         <is>
-          <t>Read receipts</t>
+          <t>Sort rooms alphabetically</t>
         </is>
       </c>
       <c r="C891" t="inlineStr">
         <is>
-          <t>Lugemisteatised</t>
+          <t>Sorteeri jututoad tähestiku järjekorras</t>
         </is>
       </c>
       <c r="D891" t="inlineStr"/>
       <c r="E891" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F891" t="inlineStr">
         <is>
-          <t>UserSettingsModelRead receipts</t>
+          <t>UserSettingsModelSort rooms alphabetically</t>
         </is>
       </c>
       <c r="G891" t="inlineStr"/>
       <c r="H891" t="inlineStr"/>
     </row>
     <row r="892">
       <c r="A892" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25951</t>
+          <t>../../src/UserSettingsPage.cpp:26057</t>
         </is>
       </c>
       <c r="B892" t="inlineStr">
         <is>
-          <t>Hidden events</t>
+          <t>Show buttons in timeline</t>
         </is>
       </c>
       <c r="C892" t="inlineStr">
         <is>
-          <t>Peidetud sündmused</t>
+          <t>Näita ajajoonel nuppe</t>
         </is>
       </c>
       <c r="D892" t="inlineStr"/>
       <c r="E892" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F892" t="inlineStr">
         <is>
-          <t>UserSettingsModelHidden events</t>
+          <t>UserSettingsModelShow buttons in timeline</t>
         </is>
       </c>
       <c r="G892" t="inlineStr"/>
       <c r="H892" t="inlineStr"/>
     </row>
     <row r="893">
       <c r="A893" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25953</t>
+          <t>../../src/UserSettingsPage.cpp:26059</t>
         </is>
       </c>
       <c r="B893" t="inlineStr">
         <is>
-          <t>Ignored users</t>
+          <t>Limit width of timeline</t>
         </is>
       </c>
       <c r="C893" t="inlineStr">
         <is>
-          <t>Eiratud kasutajad</t>
+          <t>Piira ajajoone laiust</t>
         </is>
       </c>
       <c r="D893" t="inlineStr"/>
       <c r="E893" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F893" t="inlineStr">
         <is>
-          <t>UserSettingsModelIgnored users</t>
+          <t>UserSettingsModelLimit width of timeline</t>
         </is>
       </c>
       <c r="G893" t="inlineStr"/>
       <c r="H893" t="inlineStr"/>
     </row>
     <row r="894">
       <c r="A894" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25955</t>
+          <t>../../src/UserSettingsPage.cpp:26061</t>
         </is>
       </c>
       <c r="B894" t="inlineStr">
         <is>
-          <t>Desktop notifications</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C894" t="inlineStr">
         <is>
-          <t>Töölauakeskkonna teavitused</t>
+          <t>Lugemisteatised</t>
         </is>
       </c>
       <c r="D894" t="inlineStr"/>
       <c r="E894" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F894" t="inlineStr">
         <is>
-          <t>UserSettingsModelDesktop notifications</t>
+          <t>UserSettingsModelRead receipts</t>
         </is>
       </c>
       <c r="G894" t="inlineStr"/>
       <c r="H894" t="inlineStr"/>
     </row>
     <row r="895">
       <c r="A895" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25957</t>
+          <t>../../src/UserSettingsPage.cpp:26063</t>
         </is>
       </c>
       <c r="B895" t="inlineStr">
         <is>
-          <t>Alert on notification</t>
+          <t>Hidden events</t>
         </is>
       </c>
       <c r="C895" t="inlineStr">
         <is>
-          <t>Anna teavitustest märku</t>
+          <t>Peidetud sündmused</t>
         </is>
       </c>
       <c r="D895" t="inlineStr"/>
       <c r="E895" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F895" t="inlineStr">
         <is>
-          <t>UserSettingsModelAlert on notification</t>
+          <t>UserSettingsModelHidden events</t>
         </is>
       </c>
       <c r="G895" t="inlineStr"/>
       <c r="H895" t="inlineStr"/>
     </row>
     <row r="896">
       <c r="A896" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25959</t>
+          <t>../../src/UserSettingsPage.cpp:26065</t>
         </is>
       </c>
       <c r="B896" t="inlineStr">
         <is>
-          <t>Circular Avatars</t>
+          <t>Ignored users</t>
         </is>
       </c>
       <c r="C896" t="inlineStr">
         <is>
-          <t>Ümmargused tunnuspildid</t>
+          <t>Eiratud kasutajad</t>
         </is>
       </c>
       <c r="D896" t="inlineStr"/>
       <c r="E896" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F896" t="inlineStr">
         <is>
-          <t>UserSettingsModelCircular Avatars</t>
+          <t>UserSettingsModelIgnored users</t>
         </is>
       </c>
       <c r="G896" t="inlineStr"/>
       <c r="H896" t="inlineStr"/>
     </row>
     <row r="897">
       <c r="A897" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25961</t>
+          <t>../../src/UserSettingsPage.cpp:26067</t>
         </is>
       </c>
       <c r="B897" t="inlineStr">
         <is>
-          <t>Use identicons</t>
+          <t>Desktop notifications</t>
         </is>
       </c>
       <c r="C897" t="inlineStr">
         <is>
-          <t>Kasuta identikone</t>
+          <t>Töölauakeskkonna teavitused</t>
         </is>
       </c>
       <c r="D897" t="inlineStr"/>
       <c r="E897" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F897" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse identicons</t>
+          <t>UserSettingsModelDesktop notifications</t>
         </is>
       </c>
       <c r="G897" t="inlineStr"/>
       <c r="H897" t="inlineStr"/>
     </row>
     <row r="898">
       <c r="A898" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25963</t>
+          <t>../../src/UserSettingsPage.cpp:26069</t>
         </is>
       </c>
       <c r="B898" t="inlineStr">
         <is>
-          <t>Open images with external program</t>
+          <t>Alert on notification</t>
         </is>
       </c>
       <c r="C898" t="inlineStr">
         <is>
-          <t>Ava pildid välise rakendusega</t>
+          <t>Anna teavitustest märku</t>
         </is>
       </c>
       <c r="D898" t="inlineStr"/>
       <c r="E898" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F898" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen images with external program</t>
+          <t>UserSettingsModelAlert on notification</t>
         </is>
       </c>
       <c r="G898" t="inlineStr"/>
       <c r="H898" t="inlineStr"/>
     </row>
     <row r="899">
       <c r="A899" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25965</t>
+          <t>../../src/UserSettingsPage.cpp:26071</t>
         </is>
       </c>
       <c r="B899" t="inlineStr">
         <is>
-          <t>Open videos with external program</t>
+          <t>Circular Avatars</t>
         </is>
       </c>
       <c r="C899" t="inlineStr">
         <is>
-          <t>Ava videod välise rakendusega</t>
+          <t>Ümmargused tunnuspildid</t>
         </is>
       </c>
       <c r="D899" t="inlineStr"/>
       <c r="E899" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F899" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen videos with external program</t>
+          <t>UserSettingsModelCircular Avatars</t>
         </is>
       </c>
       <c r="G899" t="inlineStr"/>
       <c r="H899" t="inlineStr"/>
     </row>
     <row r="900">
       <c r="A900" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25967</t>
+          <t>../../src/UserSettingsPage.cpp:26073</t>
         </is>
       </c>
       <c r="B900" t="inlineStr">
         <is>
-          <t>Decrypt messages in sidebar</t>
+          <t>Use identicons</t>
         </is>
       </c>
       <c r="C900" t="inlineStr">
         <is>
-          <t>Dekrüpti sõnumid külgribal</t>
+          <t>Kasuta identikone</t>
         </is>
       </c>
       <c r="D900" t="inlineStr"/>
       <c r="E900" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F900" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt messages in sidebar</t>
+          <t>UserSettingsModelUse identicons</t>
         </is>
       </c>
       <c r="G900" t="inlineStr"/>
       <c r="H900" t="inlineStr"/>
     </row>
     <row r="901">
       <c r="A901" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25969</t>
+          <t>../../src/UserSettingsPage.cpp:26075</t>
         </is>
       </c>
       <c r="B901" t="inlineStr">
         <is>
-          <t>Decrypt notifications</t>
+          <t>Open images with external program</t>
         </is>
       </c>
       <c r="C901" t="inlineStr">
         <is>
-          <t>Dekrüpti teavitused</t>
+          <t>Ava pildid välise rakendusega</t>
         </is>
       </c>
       <c r="D901" t="inlineStr"/>
       <c r="E901" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F901" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt notifications</t>
+          <t>UserSettingsModelOpen images with external program</t>
         </is>
       </c>
       <c r="G901" t="inlineStr"/>
       <c r="H901" t="inlineStr"/>
     </row>
     <row r="902">
       <c r="A902" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25973</t>
+          <t>../../src/UserSettingsPage.cpp:26077</t>
         </is>
       </c>
       <c r="B902" t="inlineStr">
         <is>
-          <t>Display fancy effects such as confetti</t>
+          <t>Open videos with external program</t>
         </is>
       </c>
       <c r="C902" t="inlineStr">
         <is>
-          <t>Näita edevaid efekte nagu näiteks serpentiine</t>
+          <t>Ava videod välise rakendusega</t>
         </is>
       </c>
       <c r="D902" t="inlineStr"/>
       <c r="E902" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F902" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
+          <t>UserSettingsModelOpen videos with external program</t>
         </is>
       </c>
       <c r="G902" t="inlineStr"/>
       <c r="H902" t="inlineStr"/>
     </row>
     <row r="903">
       <c r="A903" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25975</t>
+          <t>../../src/UserSettingsPage.cpp:26079</t>
         </is>
       </c>
       <c r="B903" t="inlineStr">
         <is>
-          <t>Reduce or disable animations</t>
+          <t>Decrypt messages in sidebar</t>
         </is>
       </c>
       <c r="C903" t="inlineStr">
         <is>
-          <t>Lülita välja animatsioonid või vähenda neid</t>
+          <t>Dekrüpti sõnumid külgribal</t>
         </is>
       </c>
       <c r="D903" t="inlineStr"/>
       <c r="E903" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F903" t="inlineStr">
         <is>
-          <t>UserSettingsModelReduce or disable animations</t>
+          <t>UserSettingsModelDecrypt messages in sidebar</t>
         </is>
       </c>
       <c r="G903" t="inlineStr"/>
       <c r="H903" t="inlineStr"/>
     </row>
     <row r="904">
       <c r="A904" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25977</t>
+          <t>../../src/UserSettingsPage.cpp:26081</t>
         </is>
       </c>
       <c r="B904" t="inlineStr">
         <is>
-          <t>Privacy Screen</t>
+          <t>Decrypt notifications</t>
         </is>
       </c>
       <c r="C904" t="inlineStr">
         <is>
-          <t>Privaatsust tagav sirm</t>
+          <t>Dekrüpti teavitused</t>
         </is>
       </c>
       <c r="D904" t="inlineStr"/>
       <c r="E904" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F904" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy Screen</t>
+          <t>UserSettingsModelDecrypt notifications</t>
         </is>
       </c>
       <c r="G904" t="inlineStr"/>
       <c r="H904" t="inlineStr"/>
     </row>
     <row r="905">
       <c r="A905" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25979</t>
+          <t>../../src/UserSettingsPage.cpp:26085</t>
         </is>
       </c>
       <c r="B905" t="inlineStr">
         <is>
-          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
+          <t>Display fancy effects such as confetti</t>
         </is>
       </c>
       <c r="C905" t="inlineStr">
         <is>
-          <t>Viivitus privaatsussirmi sisselülitamisel (sekundites [0 - 3600])</t>
+          <t>Näita edevaid efekte nagu näiteks serpentiine</t>
         </is>
       </c>
       <c r="D905" t="inlineStr"/>
       <c r="E905" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F905" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
+          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
         </is>
       </c>
       <c r="G905" t="inlineStr"/>
       <c r="H905" t="inlineStr"/>
     </row>
     <row r="906">
       <c r="A906" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25981</t>
+          <t>../../src/UserSettingsPage.cpp:26087</t>
         </is>
       </c>
       <c r="B906" t="inlineStr">
         <is>
-          <t>Touchscreen mode</t>
+          <t>Reduce or disable animations</t>
         </is>
       </c>
       <c r="C906" t="inlineStr">
         <is>
-          <t>Puuteekraani režiim</t>
+          <t>Lülita välja animatsioonid või vähenda neid</t>
         </is>
       </c>
       <c r="D906" t="inlineStr"/>
       <c r="E906" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F906" t="inlineStr">
         <is>
-          <t>UserSettingsModelTouchscreen mode</t>
+          <t>UserSettingsModelReduce or disable animations</t>
         </is>
       </c>
       <c r="G906" t="inlineStr"/>
       <c r="H906" t="inlineStr"/>
     </row>
     <row r="907">
       <c r="A907" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25983</t>
+          <t>../../src/UserSettingsPage.cpp:26089</t>
         </is>
       </c>
       <c r="B907" t="inlineStr">
         <is>
-          <t>Disable swipe motions</t>
+          <t>Privacy Screen</t>
         </is>
       </c>
       <c r="C907" t="inlineStr">
         <is>
-          <t>Ära kasuta viipeid</t>
+          <t>Privaatsust tagav sirm</t>
         </is>
       </c>
       <c r="D907" t="inlineStr"/>
       <c r="E907" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F907" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisable swipe motions</t>
+          <t>UserSettingsModelPrivacy Screen</t>
         </is>
       </c>
       <c r="G907" t="inlineStr"/>
       <c r="H907" t="inlineStr"/>
     </row>
     <row r="908">
       <c r="A908" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25985</t>
+          <t>../../src/UserSettingsPage.cpp:26091</t>
         </is>
       </c>
       <c r="B908" t="inlineStr">
         <is>
-          <t>Font size</t>
+          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="C908" t="inlineStr">
         <is>
-          <t>Fondi suurus</t>
+          <t>Viivitus privaatsussirmi sisselülitamisel (sekundites [0 - 3600])</t>
         </is>
       </c>
       <c r="D908" t="inlineStr"/>
       <c r="E908" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F908" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont size</t>
+          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="G908" t="inlineStr"/>
       <c r="H908" t="inlineStr"/>
     </row>
     <row r="909">
       <c r="A909" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25987</t>
+          <t>../../src/UserSettingsPage.cpp:26093</t>
         </is>
       </c>
       <c r="B909" t="inlineStr">
         <is>
-          <t>Font Family</t>
+          <t>Touchscreen mode</t>
         </is>
       </c>
       <c r="C909" t="inlineStr">
         <is>
-          <t>Fondiperekond</t>
+          <t>Puuteekraani režiim</t>
         </is>
       </c>
       <c r="D909" t="inlineStr"/>
       <c r="E909" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F909" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont Family</t>
+          <t>UserSettingsModelTouchscreen mode</t>
         </is>
       </c>
       <c r="G909" t="inlineStr"/>
       <c r="H909" t="inlineStr"/>
     </row>
     <row r="910">
       <c r="A910" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25989</t>
+          <t>../../src/UserSettingsPage.cpp:26095</t>
         </is>
       </c>
       <c r="B910" t="inlineStr">
         <is>
-          <t>Emoji Font Family</t>
+          <t>Disable swipe motions</t>
         </is>
       </c>
       <c r="C910" t="inlineStr">
         <is>
-          <t>Fondiperekond emojide jaoks</t>
+          <t>Ära kasuta viipeid</t>
         </is>
       </c>
       <c r="D910" t="inlineStr"/>
       <c r="E910" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F910" t="inlineStr">
         <is>
-          <t>UserSettingsModelEmoji Font Family</t>
+          <t>UserSettingsModelDisable swipe motions</t>
         </is>
       </c>
       <c r="G910" t="inlineStr"/>
       <c r="H910" t="inlineStr"/>
     </row>
     <row r="911">
       <c r="A911" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25991</t>
+          <t>../../src/UserSettingsPage.cpp:26097</t>
         </is>
       </c>
       <c r="B911" t="inlineStr">
         <is>
-          <t>Ringtone</t>
+          <t>Font size</t>
         </is>
       </c>
       <c r="C911" t="inlineStr">
         <is>
-          <t>Kõnehelin</t>
+          <t>Fondi suurus</t>
         </is>
       </c>
       <c r="D911" t="inlineStr"/>
       <c r="E911" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F911" t="inlineStr">
         <is>
-          <t>UserSettingsModelRingtone</t>
+          <t>UserSettingsModelFont size</t>
         </is>
       </c>
       <c r="G911" t="inlineStr"/>
       <c r="H911" t="inlineStr"/>
     </row>
     <row r="912">
       <c r="A912" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25993</t>
+          <t>../../src/UserSettingsPage.cpp:26099</t>
         </is>
       </c>
       <c r="B912" t="inlineStr">
         <is>
-          <t>Microphone</t>
+          <t>Font Family</t>
         </is>
       </c>
       <c r="C912" t="inlineStr">
         <is>
-          <t>Mikrofon</t>
+          <t>Fondiperekond</t>
         </is>
       </c>
       <c r="D912" t="inlineStr"/>
       <c r="E912" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F912" t="inlineStr">
         <is>
-          <t>UserSettingsModelMicrophone</t>
+          <t>UserSettingsModelFont Family</t>
         </is>
       </c>
       <c r="G912" t="inlineStr"/>
       <c r="H912" t="inlineStr"/>
     </row>
     <row r="913">
       <c r="A913" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25995</t>
+          <t>../../src/UserSettingsPage.cpp:26101</t>
         </is>
       </c>
       <c r="B913" t="inlineStr">
         <is>
-          <t>Camera</t>
+          <t>Emoji Font Family</t>
         </is>
       </c>
       <c r="C913" t="inlineStr">
         <is>
-          <t>Kaamera</t>
+          <t>Fondiperekond emojide jaoks</t>
         </is>
       </c>
       <c r="D913" t="inlineStr"/>
       <c r="E913" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F913" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera</t>
+          <t>UserSettingsModelEmoji Font Family</t>
         </is>
       </c>
       <c r="G913" t="inlineStr"/>
       <c r="H913" t="inlineStr"/>
     </row>
     <row r="914">
       <c r="A914" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25997</t>
+          <t>../../src/UserSettingsPage.cpp:26103</t>
         </is>
       </c>
       <c r="B914" t="inlineStr">
         <is>
-          <t>Camera resolution</t>
+          <t>Ringtone</t>
         </is>
       </c>
       <c r="C914" t="inlineStr">
         <is>
-          <t>Kaamera eraldusvõime</t>
+          <t>Kõnehelin</t>
         </is>
       </c>
       <c r="D914" t="inlineStr"/>
       <c r="E914" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F914" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera resolution</t>
+          <t>UserSettingsModelRingtone</t>
         </is>
       </c>
       <c r="G914" t="inlineStr"/>
       <c r="H914" t="inlineStr"/>
     </row>
     <row r="915">
       <c r="A915" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25999</t>
+          <t>../../src/UserSettingsPage.cpp:26105</t>
         </is>
       </c>
       <c r="B915" t="inlineStr">
         <is>
-          <t>Camera frame rate</t>
+          <t>Microphone</t>
         </is>
       </c>
       <c r="C915" t="inlineStr">
         <is>
-          <t>Kaamera kaadrisagedus</t>
+          <t>Mikrofon</t>
         </is>
       </c>
       <c r="D915" t="inlineStr"/>
       <c r="E915" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F915" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera frame rate</t>
+          <t>UserSettingsModelMicrophone</t>
         </is>
       </c>
       <c r="G915" t="inlineStr"/>
       <c r="H915" t="inlineStr"/>
     </row>
     <row r="916">
       <c r="A916" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26001</t>
+          <t>../../src/UserSettingsPage.cpp:26107</t>
         </is>
       </c>
       <c r="B916" t="inlineStr">
         <is>
-          <t>Allow fallback call assist server</t>
+          <t>Camera</t>
         </is>
       </c>
       <c r="C916" t="inlineStr">
         <is>
-          <t>Luba tagavara-kõnehõlbustusserveri kasutamist</t>
+          <t>Kaamera</t>
         </is>
       </c>
       <c r="D916" t="inlineStr"/>
       <c r="E916" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F916" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow fallback call assist server</t>
+          <t>UserSettingsModelCamera</t>
         </is>
       </c>
       <c r="G916" t="inlineStr"/>
       <c r="H916" t="inlineStr"/>
     </row>
     <row r="917">
       <c r="A917" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26003</t>
+          <t>../../src/UserSettingsPage.cpp:26109</t>
         </is>
       </c>
       <c r="B917" t="inlineStr">
         <is>
-          <t>Send encrypted messages to verified users only</t>
+          <t>Camera resolution</t>
         </is>
       </c>
       <c r="C917" t="inlineStr">
         <is>
-          <t>Saada krüptitud sõnumeid vaid verifitseeritud kasutajatele</t>
+          <t>Kaamera eraldusvõime</t>
         </is>
       </c>
       <c r="D917" t="inlineStr"/>
       <c r="E917" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F917" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend encrypted messages to verified users only</t>
+          <t>UserSettingsModelCamera resolution</t>
         </is>
       </c>
       <c r="G917" t="inlineStr"/>
       <c r="H917" t="inlineStr"/>
     </row>
     <row r="918">
       <c r="A918" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26005</t>
+          <t>../../src/UserSettingsPage.cpp:26111</t>
         </is>
       </c>
       <c r="B918" t="inlineStr">
         <is>
-          <t>Share keys with verified users and devices</t>
+          <t>Camera frame rate</t>
         </is>
       </c>
       <c r="C918" t="inlineStr">
         <is>
-          <t>Jaga võtmeid verifitseeritud kasutajate ja seadmetega</t>
+          <t>Kaamera kaadrisagedus</t>
         </is>
       </c>
       <c r="D918" t="inlineStr"/>
       <c r="E918" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F918" t="inlineStr">
         <is>
-          <t>UserSettingsModelShare keys with verified users and devices</t>
+          <t>UserSettingsModelCamera frame rate</t>
         </is>
       </c>
       <c r="G918" t="inlineStr"/>
       <c r="H918" t="inlineStr"/>
     </row>
     <row r="919">
       <c r="A919" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26007</t>
+          <t>../../src/UserSettingsPage.cpp:26113</t>
         </is>
       </c>
       <c r="B919" t="inlineStr">
         <is>
-          <t>Online Key Backup</t>
+          <t>Allow fallback call assist server</t>
         </is>
       </c>
       <c r="C919" t="inlineStr">
         <is>
-          <t>Krüptovõtmete varundus võrgus</t>
+          <t>Luba tagavara-kõnehõlbustusserveri kasutamist</t>
         </is>
       </c>
       <c r="D919" t="inlineStr"/>
       <c r="E919" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F919" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline Key Backup</t>
+          <t>UserSettingsModelAllow fallback call assist server</t>
         </is>
       </c>
       <c r="G919" t="inlineStr"/>
       <c r="H919" t="inlineStr"/>
     </row>
     <row r="920">
       <c r="A920" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26009</t>
+          <t>../../src/UserSettingsPage.cpp:26115</t>
         </is>
       </c>
       <c r="B920" t="inlineStr">
         <is>
-          <t>Profile</t>
+          <t>Send encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="C920" t="inlineStr">
         <is>
-          <t>Profiil</t>
+          <t>Saada krüptitud sõnumeid vaid verifitseeritud kasutajatele</t>
         </is>
       </c>
       <c r="D920" t="inlineStr"/>
       <c r="E920" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F920" t="inlineStr">
         <is>
-          <t>UserSettingsModelProfile</t>
+          <t>UserSettingsModelSend encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="G920" t="inlineStr"/>
       <c r="H920" t="inlineStr"/>
     </row>
     <row r="921">
       <c r="A921" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26011</t>
+          <t>../../src/UserSettingsPage.cpp:26117</t>
         </is>
       </c>
       <c r="B921" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Share keys with verified users and devices</t>
         </is>
       </c>
       <c r="C921" t="inlineStr">
         <is>
-          <t>Kasutajatunnus</t>
+          <t>Jaga võtmeid verifitseeritud kasutajate ja seadmetega</t>
         </is>
       </c>
       <c r="D921" t="inlineStr"/>
       <c r="E921" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F921" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser ID</t>
+          <t>UserSettingsModelShare keys with verified users and devices</t>
         </is>
       </c>
       <c r="G921" t="inlineStr"/>
       <c r="H921" t="inlineStr"/>
     </row>
     <row r="922">
       <c r="A922" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26013</t>
+          <t>../../src/UserSettingsPage.cpp:26119</t>
         </is>
       </c>
       <c r="B922" t="inlineStr">
         <is>
-          <t>Accesstoken</t>
+          <t>Online Key Backup</t>
         </is>
       </c>
       <c r="C922" t="inlineStr">
         <is>
-          <t>Ligipääsu tunnusluba</t>
+          <t>Krüptovõtmete varundus võrgus</t>
         </is>
       </c>
       <c r="D922" t="inlineStr"/>
       <c r="E922" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F922" t="inlineStr">
         <is>
-          <t>UserSettingsModelAccesstoken</t>
+          <t>UserSettingsModelOnline Key Backup</t>
         </is>
       </c>
       <c r="G922" t="inlineStr"/>
       <c r="H922" t="inlineStr"/>
     </row>
     <row r="923">
       <c r="A923" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26015</t>
+          <t>../../src/UserSettingsPage.cpp:26121</t>
         </is>
       </c>
       <c r="B923" t="inlineStr">
         <is>
-          <t>Device ID</t>
+          <t>Profile</t>
         </is>
       </c>
       <c r="C923" t="inlineStr">
         <is>
-          <t>Seadme tunnus</t>
+          <t>Profiil</t>
         </is>
       </c>
       <c r="D923" t="inlineStr"/>
       <c r="E923" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F923" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice ID</t>
+          <t>UserSettingsModelProfile</t>
         </is>
       </c>
       <c r="G923" t="inlineStr"/>
       <c r="H923" t="inlineStr"/>
     </row>
     <row r="924">
       <c r="A924" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26017</t>
+          <t>../../src/UserSettingsPage.cpp:26123</t>
         </is>
       </c>
       <c r="B924" t="inlineStr">
         <is>
-          <t>Device Fingerprint</t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C924" t="inlineStr">
         <is>
-          <t>Seadme sõrmejälg</t>
+          <t>Kasutajatunnus</t>
         </is>
       </c>
       <c r="D924" t="inlineStr"/>
       <c r="E924" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F924" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice Fingerprint</t>
+          <t>UserSettingsModelUser ID</t>
         </is>
       </c>
       <c r="G924" t="inlineStr"/>
       <c r="H924" t="inlineStr"/>
     </row>
     <row r="925">
       <c r="A925" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26019</t>
+          <t>../../src/UserSettingsPage.cpp:26125</t>
         </is>
       </c>
       <c r="B925" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Accesstoken</t>
         </is>
       </c>
       <c r="C925" t="inlineStr">
         <is>
-          <t>Koduserver</t>
+          <t>Ligipääsu tunnusluba</t>
         </is>
       </c>
       <c r="D925" t="inlineStr"/>
       <c r="E925" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F925" t="inlineStr">
         <is>
-          <t>UserSettingsModelHomeserver</t>
+          <t>UserSettingsModelAccesstoken</t>
         </is>
       </c>
       <c r="G925" t="inlineStr"/>
       <c r="H925" t="inlineStr"/>
     </row>
     <row r="926">
       <c r="A926" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26021</t>
+          <t>../../src/UserSettingsPage.cpp:26127</t>
         </is>
       </c>
       <c r="B926" t="inlineStr">
         <is>
-          <t>Version</t>
+          <t>Device ID</t>
         </is>
       </c>
       <c r="C926" t="inlineStr">
         <is>
-          <t>Versioon</t>
+          <t>Seadme tunnus</t>
         </is>
       </c>
       <c r="D926" t="inlineStr"/>
       <c r="E926" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F926" t="inlineStr">
         <is>
-          <t>UserSettingsModelVersion</t>
+          <t>UserSettingsModelDevice ID</t>
         </is>
       </c>
       <c r="G926" t="inlineStr"/>
       <c r="H926" t="inlineStr"/>
     </row>
     <row r="927">
       <c r="A927" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26023</t>
+          <t>../../src/UserSettingsPage.cpp:26129</t>
         </is>
       </c>
       <c r="B927" t="inlineStr">
         <is>
-          <t>Platform</t>
+          <t>Device Fingerprint</t>
         </is>
       </c>
       <c r="C927" t="inlineStr">
         <is>
-          <t>Platvorm</t>
+          <t>Seadme sõrmejälg</t>
         </is>
       </c>
       <c r="D927" t="inlineStr"/>
       <c r="E927" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F927" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlatform</t>
+          <t>UserSettingsModelDevice Fingerprint</t>
         </is>
       </c>
       <c r="G927" t="inlineStr"/>
       <c r="H927" t="inlineStr"/>
     </row>
     <row r="928">
       <c r="A928" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26025</t>
+          <t>../../src/UserSettingsPage.cpp:26131</t>
         </is>
       </c>
       <c r="B928" t="inlineStr">
         <is>
-          <t>GENERAL</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C928" t="inlineStr">
         <is>
-          <t>ÜLDISED SEADISTUSED</t>
+          <t>Koduserver</t>
         </is>
       </c>
       <c r="D928" t="inlineStr"/>
       <c r="E928" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F928" t="inlineStr">
         <is>
-          <t>UserSettingsModelGENERAL</t>
+          <t>UserSettingsModelHomeserver</t>
         </is>
       </c>
       <c r="G928" t="inlineStr"/>
       <c r="H928" t="inlineStr"/>
     </row>
     <row r="929">
       <c r="A929" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26027</t>
+          <t>../../src/UserSettingsPage.cpp:26133</t>
         </is>
       </c>
       <c r="B929" t="inlineStr">
         <is>
-          <t>ACCESSIBILITY</t>
+          <t>Version</t>
         </is>
       </c>
       <c r="C929" t="inlineStr">
         <is>
-          <t>HÕLPSUS / LIGIPÄÄSETAVUS</t>
+          <t>Versioon</t>
         </is>
       </c>
       <c r="D929" t="inlineStr"/>
       <c r="E929" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F929" t="inlineStr">
         <is>
-          <t>UserSettingsModelACCESSIBILITY</t>
+          <t>UserSettingsModelVersion</t>
         </is>
       </c>
       <c r="G929" t="inlineStr"/>
       <c r="H929" t="inlineStr"/>
     </row>
     <row r="930">
       <c r="A930" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26029</t>
+          <t>../../src/UserSettingsPage.cpp:26135</t>
         </is>
       </c>
       <c r="B930" t="inlineStr">
         <is>
-          <t>TIMELINE</t>
+          <t>Platform</t>
         </is>
       </c>
       <c r="C930" t="inlineStr">
         <is>
-          <t>AJAJOON</t>
+          <t>Platvorm</t>
         </is>
       </c>
       <c r="D930" t="inlineStr"/>
       <c r="E930" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F930" t="inlineStr">
         <is>
-          <t>UserSettingsModelTIMELINE</t>
+          <t>UserSettingsModelPlatform</t>
         </is>
       </c>
       <c r="G930" t="inlineStr"/>
       <c r="H930" t="inlineStr"/>
     </row>
     <row r="931">
       <c r="A931" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26031</t>
+          <t>../../src/UserSettingsPage.cpp:26137</t>
         </is>
       </c>
       <c r="B931" t="inlineStr">
         <is>
-          <t>SIDEBAR</t>
+          <t>GENERAL</t>
         </is>
       </c>
       <c r="C931" t="inlineStr">
         <is>
-          <t>KÜLGPAAN</t>
+          <t>ÜLDISED SEADISTUSED</t>
         </is>
       </c>
       <c r="D931" t="inlineStr"/>
       <c r="E931" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F931" t="inlineStr">
         <is>
-          <t>UserSettingsModelSIDEBAR</t>
+          <t>UserSettingsModelGENERAL</t>
         </is>
       </c>
       <c r="G931" t="inlineStr"/>
       <c r="H931" t="inlineStr"/>
     </row>
     <row r="932">
       <c r="A932" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26033</t>
+          <t>../../src/UserSettingsPage.cpp:26139</t>
         </is>
       </c>
       <c r="B932" t="inlineStr">
         <is>
-          <t>TRAY</t>
+          <t>ACCESSIBILITY</t>
         </is>
       </c>
       <c r="C932" t="inlineStr">
         <is>
-          <t>TEGUMIRIBA</t>
+          <t>HÕLPSUS / LIGIPÄÄSETAVUS</t>
         </is>
       </c>
       <c r="D932" t="inlineStr"/>
       <c r="E932" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F932" t="inlineStr">
         <is>
-          <t>UserSettingsModelTRAY</t>
+          <t>UserSettingsModelACCESSIBILITY</t>
         </is>
       </c>
       <c r="G932" t="inlineStr"/>
       <c r="H932" t="inlineStr"/>
     </row>
     <row r="933">
       <c r="A933" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26035</t>
+          <t>../../src/UserSettingsPage.cpp:26141</t>
         </is>
       </c>
       <c r="B933" t="inlineStr">
         <is>
-          <t>GLOBAL MESSAGE VISIBILITY</t>
+          <t>TIMELINE</t>
         </is>
       </c>
       <c r="C933" t="inlineStr">
         <is>
-          <t>SÕNUMITE ÜLDINE NÄHTAVUS</t>
+          <t>AJAJOON</t>
         </is>
       </c>
       <c r="D933" t="inlineStr"/>
       <c r="E933" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F933" t="inlineStr">
         <is>
-          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
+          <t>UserSettingsModelTIMELINE</t>
         </is>
       </c>
       <c r="G933" t="inlineStr"/>
       <c r="H933" t="inlineStr"/>
     </row>
     <row r="934">
       <c r="A934" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26037</t>
+          <t>../../src/UserSettingsPage.cpp:26143</t>
         </is>
       </c>
       <c r="B934" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>SIDEBAR</t>
         </is>
       </c>
       <c r="C934" t="inlineStr">
         <is>
-          <t>TEAVITUSED</t>
+          <t>KÜLGPAAN</t>
         </is>
       </c>
       <c r="D934" t="inlineStr"/>
       <c r="E934" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F934" t="inlineStr">
         <is>
-          <t>UserSettingsModelNOTIFICATIONS</t>
+          <t>UserSettingsModelSIDEBAR</t>
         </is>
       </c>
       <c r="G934" t="inlineStr"/>
       <c r="H934" t="inlineStr"/>
     </row>
     <row r="935">
       <c r="A935" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26039</t>
+          <t>../../src/UserSettingsPage.cpp:26145</t>
         </is>
       </c>
       <c r="B935" t="inlineStr">
         <is>
-          <t>CALLS</t>
+          <t>TRAY</t>
         </is>
       </c>
       <c r="C935" t="inlineStr">
         <is>
-          <t>KÕNED</t>
+          <t>TEGUMIRIBA</t>
         </is>
       </c>
       <c r="D935" t="inlineStr"/>
       <c r="E935" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F935" t="inlineStr">
         <is>
-          <t>UserSettingsModelCALLS</t>
+          <t>UserSettingsModelTRAY</t>
         </is>
       </c>
       <c r="G935" t="inlineStr"/>
       <c r="H935" t="inlineStr"/>
     </row>
     <row r="936">
       <c r="A936" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26041</t>
+          <t>../../src/UserSettingsPage.cpp:26147</t>
         </is>
       </c>
       <c r="B936" t="inlineStr">
         <is>
-          <t>ENCRYPTION</t>
+          <t>GLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C936" t="inlineStr">
         <is>
-          <t>KRÜPTIMINE</t>
+          <t>SÕNUMITE ÜLDINE NÄHTAVUS</t>
         </is>
       </c>
       <c r="D936" t="inlineStr"/>
       <c r="E936" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F936" t="inlineStr">
         <is>
-          <t>UserSettingsModelENCRYPTION</t>
+          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G936" t="inlineStr"/>
       <c r="H936" t="inlineStr"/>
     </row>
     <row r="937">
       <c r="A937" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26043</t>
+          <t>../../src/UserSettingsPage.cpp:26149</t>
         </is>
       </c>
       <c r="B937" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C937" t="inlineStr">
         <is>
-          <t>TEAVE</t>
+          <t>TEAVITUSED</t>
         </is>
       </c>
       <c r="D937" t="inlineStr"/>
       <c r="E937" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F937" t="inlineStr">
         <is>
-          <t>UserSettingsModelINFO</t>
+          <t>UserSettingsModelNOTIFICATIONS</t>
         </is>
       </c>
       <c r="G937" t="inlineStr"/>
       <c r="H937" t="inlineStr"/>
     </row>
     <row r="938">
       <c r="A938" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26045</t>
+          <t>../../src/UserSettingsPage.cpp:26151</t>
         </is>
       </c>
       <c r="B938" t="inlineStr">
         <is>
-          <t>Session Keys</t>
+          <t>CALLS</t>
         </is>
       </c>
       <c r="C938" t="inlineStr">
         <is>
-          <t>Sessioonivõtmed</t>
+          <t>KÕNED</t>
         </is>
       </c>
       <c r="D938" t="inlineStr"/>
       <c r="E938" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F938" t="inlineStr">
         <is>
-          <t>UserSettingsModelSession Keys</t>
+          <t>UserSettingsModelCALLS</t>
         </is>
       </c>
       <c r="G938" t="inlineStr"/>
       <c r="H938" t="inlineStr"/>
     </row>
     <row r="939">
       <c r="A939" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26047</t>
+          <t>../../src/UserSettingsPage.cpp:26153</t>
         </is>
       </c>
       <c r="B939" t="inlineStr">
         <is>
-          <t>Cross Signing Secrets</t>
+          <t>ENCRYPTION</t>
         </is>
       </c>
       <c r="C939" t="inlineStr">
         <is>
-          <t>Risttunnustamise võtmed</t>
+          <t>KRÜPTIMINE</t>
         </is>
       </c>
       <c r="D939" t="inlineStr"/>
       <c r="E939" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F939" t="inlineStr">
         <is>
-          <t>UserSettingsModelCross Signing Secrets</t>
+          <t>UserSettingsModelENCRYPTION</t>
         </is>
       </c>
       <c r="G939" t="inlineStr"/>
       <c r="H939" t="inlineStr"/>
     </row>
     <row r="940">
       <c r="A940" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26049</t>
+          <t>../../src/UserSettingsPage.cpp:26155</t>
         </is>
       </c>
       <c r="B940" t="inlineStr">
         <is>
-          <t>Online backup key</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C940" t="inlineStr">
         <is>
-          <t>Võrgupõhise varunduse võti</t>
+          <t>TEAVE</t>
         </is>
       </c>
       <c r="D940" t="inlineStr"/>
       <c r="E940" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F940" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline backup key</t>
+          <t>UserSettingsModelINFO</t>
         </is>
       </c>
       <c r="G940" t="inlineStr"/>
       <c r="H940" t="inlineStr"/>
     </row>
     <row r="941">
       <c r="A941" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26051</t>
+          <t>../../src/UserSettingsPage.cpp:26157</t>
         </is>
       </c>
       <c r="B941" t="inlineStr">
         <is>
-          <t>Self signing key</t>
+          <t>Session Keys</t>
         </is>
       </c>
       <c r="C941" t="inlineStr">
         <is>
-          <t>Omatunnustusvõti</t>
+          <t>Sessioonivõtmed</t>
         </is>
       </c>
       <c r="D941" t="inlineStr"/>
       <c r="E941" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F941" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelf signing key</t>
+          <t>UserSettingsModelSession Keys</t>
         </is>
       </c>
       <c r="G941" t="inlineStr"/>
       <c r="H941" t="inlineStr"/>
     </row>
     <row r="942">
       <c r="A942" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26053</t>
+          <t>../../src/UserSettingsPage.cpp:26159</t>
         </is>
       </c>
       <c r="B942" t="inlineStr">
         <is>
-          <t>User signing key</t>
+          <t>Cross Signing Secrets</t>
         </is>
       </c>
       <c r="C942" t="inlineStr">
         <is>
-          <t>Kasutaja allkirjavõti</t>
+          <t>Risttunnustamise võtmed</t>
         </is>
       </c>
       <c r="D942" t="inlineStr"/>
       <c r="E942" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F942" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser signing key</t>
+          <t>UserSettingsModelCross Signing Secrets</t>
         </is>
       </c>
       <c r="G942" t="inlineStr"/>
       <c r="H942" t="inlineStr"/>
     </row>
     <row r="943">
       <c r="A943" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26055</t>
+          <t>../../src/UserSettingsPage.cpp:26161</t>
         </is>
       </c>
       <c r="B943" t="inlineStr">
         <is>
-          <t>Master signing key</t>
+          <t>Online backup key</t>
         </is>
       </c>
       <c r="C943" t="inlineStr">
         <is>
-          <t>Allkirjastamise juurvõti</t>
+          <t>Võrgupõhise varunduse võti</t>
         </is>
       </c>
       <c r="D943" t="inlineStr"/>
       <c r="E943" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F943" t="inlineStr">
         <is>
-          <t>UserSettingsModelMaster signing key</t>
+          <t>UserSettingsModelOnline backup key</t>
         </is>
       </c>
       <c r="G943" t="inlineStr"/>
       <c r="H943" t="inlineStr"/>
     </row>
     <row r="944">
       <c r="A944" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26057</t>
+          <t>../../src/UserSettingsPage.cpp:26163</t>
         </is>
       </c>
       <c r="B944" t="inlineStr">
         <is>
-          <t>Expose room information via D-Bus</t>
+          <t>Self signing key</t>
         </is>
       </c>
       <c r="C944" t="inlineStr">
         <is>
-          <t>Jaga jututoa teavet D-Bus'i vahendusel</t>
+          <t>Omatunnustusvõti</t>
         </is>
       </c>
       <c r="D944" t="inlineStr"/>
       <c r="E944" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F944" t="inlineStr">
         <is>
-          <t>UserSettingsModelExpose room information via D-Bus</t>
+          <t>UserSettingsModelSelf signing key</t>
         </is>
       </c>
       <c r="G944" t="inlineStr"/>
       <c r="H944" t="inlineStr"/>
     </row>
     <row r="945">
       <c r="A945" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26059</t>
+          <t>../../src/UserSettingsPage.cpp:26165</t>
         </is>
       </c>
       <c r="B945" t="inlineStr">
         <is>
-          <t>Periodically update community routing information</t>
+          <t>User signing key</t>
         </is>
       </c>
       <c r="C945" t="inlineStr">
         <is>
-          <t>Aeg-ajalt uuenda kogukonna ruutinguteavet</t>
+          <t>Kasutaja allkirjavõti</t>
         </is>
       </c>
       <c r="D945" t="inlineStr"/>
       <c r="E945" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F945" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically update community routing information</t>
+          <t>UserSettingsModelUser signing key</t>
         </is>
       </c>
       <c r="G945" t="inlineStr"/>
       <c r="H945" t="inlineStr"/>
     </row>
     <row r="946">
       <c r="A946" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26061</t>
+          <t>../../src/UserSettingsPage.cpp:26167</t>
         </is>
       </c>
       <c r="B946" t="inlineStr">
         <is>
-          <t>Periodically delete expired events</t>
+          <t>Master signing key</t>
         </is>
       </c>
       <c r="C946" t="inlineStr">
         <is>
-          <t>Aeg-ajalt kustuta vanad sündmused</t>
+          <t>Allkirjastamise juurvõti</t>
         </is>
       </c>
       <c r="D946" t="inlineStr"/>
       <c r="E946" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F946" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically delete expired events</t>
+          <t>UserSettingsModelMaster signing key</t>
         </is>
       </c>
       <c r="G946" t="inlineStr"/>
       <c r="H946" t="inlineStr"/>
     </row>
     <row r="947">
       <c r="A947" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26182</t>
+          <t>../../src/UserSettingsPage.cpp:26169</t>
         </is>
       </c>
       <c r="B947" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Expose room information via D-Bus</t>
         </is>
       </c>
       <c r="C947" t="inlineStr">
         <is>
-          <t>Vaikimisi</t>
+          <t>Jaga jututoa teavet D-Bus'i vahendusel</t>
         </is>
       </c>
       <c r="D947" t="inlineStr"/>
       <c r="E947" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F947" t="inlineStr">
         <is>
-          <t>UserSettingsModelDefault</t>
+          <t>UserSettingsModelExpose room information via D-Bus</t>
         </is>
       </c>
       <c r="G947" t="inlineStr"/>
       <c r="H947" t="inlineStr"/>
     </row>
     <row r="948">
       <c r="A948" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26221</t>
+          <t>../../src/UserSettingsPage.cpp:26171</t>
         </is>
       </c>
       <c r="B948" t="inlineStr">
         <is>
-          <t>Set the notification sound to play when a call invite arrives</t>
+          <t>Periodically update community routing information</t>
         </is>
       </c>
       <c r="C948" t="inlineStr">
         <is>
-          <t>Seadista helin, mis annab märku uuest kõnest</t>
+          <t>Aeg-ajalt uuenda kogukonna ruutinguteavet</t>
         </is>
       </c>
       <c r="D948" t="inlineStr"/>
       <c r="E948" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F948" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
+          <t>UserSettingsModelPeriodically update community routing information</t>
         </is>
       </c>
       <c r="G948" t="inlineStr"/>
       <c r="H948" t="inlineStr"/>
     </row>
     <row r="949">
       <c r="A949" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26231</t>
+          <t>../../src/UserSettingsPage.cpp:26173</t>
         </is>
       </c>
       <c r="B949" t="inlineStr">
+        <is>
+          <t>Periodically delete expired events</t>
+        </is>
+      </c>
+      <c r="C949" t="inlineStr">
+        <is>
+          <t>Aeg-ajalt kustuta vanad sündmused</t>
+        </is>
+      </c>
+      <c r="D949" t="inlineStr"/>
+      <c r="E949" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F949" t="inlineStr">
+        <is>
+          <t>UserSettingsModelPeriodically delete expired events</t>
+        </is>
+      </c>
+      <c r="G949" t="inlineStr"/>
+      <c r="H949" t="inlineStr"/>
+    </row>
+    <row r="950">
+      <c r="A950" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26289</t>
+        </is>
+      </c>
+      <c r="B950" t="inlineStr">
+        <is>
+          <t>Default</t>
+        </is>
+      </c>
+      <c r="C950" t="inlineStr">
+        <is>
+          <t>Vaikimisi</t>
+        </is>
+      </c>
+      <c r="D950" t="inlineStr"/>
+      <c r="E950" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F950" t="inlineStr">
+        <is>
+          <t>UserSettingsModelDefault</t>
+        </is>
+      </c>
+      <c r="G950" t="inlineStr"/>
+      <c r="H950" t="inlineStr"/>
+    </row>
+    <row r="951">
+      <c r="A951" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26328</t>
+        </is>
+      </c>
+      <c r="B951" t="inlineStr">
+        <is>
+          <t>Set the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="C951" t="inlineStr">
+        <is>
+          <t>Seadista helin, mis annab märku uuest kõnest</t>
+        </is>
+      </c>
+      <c r="D951" t="inlineStr"/>
+      <c r="E951" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F951" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="G951" t="inlineStr"/>
+      <c r="H951" t="inlineStr"/>
+    </row>
+    <row r="952">
+      <c r="A952" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26338</t>
+        </is>
+      </c>
+      <c r="B952" t="inlineStr">
         <is>
           <t>Set timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="C949" t="inlineStr">
+      <c r="C952" t="inlineStr">
         <is>
           <t>Seadista aeg sekundites, mille möödumisel
 peale akna fookuse kadumist ajajoone vaade hägustub.
 0 hägustab vaate koheselt. Pikim viivitus saab olla 1 tund (3600 sekundit)</t>
         </is>
       </c>
-      <c r="D949" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F949" t="inlineStr">
+      <c r="D952" t="inlineStr"/>
+      <c r="E952" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F952" t="inlineStr">
         <is>
           <t>UserSettingsModelSet timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="G949" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G952" t="inlineStr"/>
       <c r="H952" t="inlineStr"/>
     </row>
     <row r="953">
       <c r="A953" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26245</t>
+          <t>../../src/UserSettingsPage.cpp:26345</t>
         </is>
       </c>
       <c r="B953" t="inlineStr">
         <is>
-          <t>Start the application in the background without showing the client window.</t>
+          <t>Change the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="C953" t="inlineStr">
         <is>
-          <t>Käivita rakendus taustal ilma kliendiakna kuvamiseta.</t>
+          <t>Üle sõnumite liikudes muuda nende taustavärvi.</t>
         </is>
       </c>
       <c r="D953" t="inlineStr"/>
       <c r="E953" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F953" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+          <t>UserSettingsModelChange the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="G953" t="inlineStr"/>
       <c r="H953" t="inlineStr"/>
     </row>
     <row r="954">
       <c r="A954" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26249</t>
+          <t>../../src/UserSettingsPage.cpp:26347</t>
         </is>
       </c>
       <c r="B954" t="inlineStr">
         <is>
-          <t>Shows scrollbars in the room list and communities list.</t>
+          <t>Make font size larger if messages with only a few emojis are displayed.</t>
         </is>
       </c>
       <c r="C954" t="inlineStr">
         <is>
-          <t>Näita jututubade ja kogukondade loendites kerimisribasid.</t>
+          <t>Tee sõnumi font suuremaks, kui sõnumis on vaid mõned emojid.</t>
         </is>
       </c>
       <c r="D954" t="inlineStr"/>
       <c r="E954" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F954" t="inlineStr">
         <is>
-          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
+          <t>UserSettingsModelMake font size larger if messages with only a few emojis are displayed.</t>
         </is>
       </c>
       <c r="G954" t="inlineStr"/>
       <c r="H954" t="inlineStr"/>
     </row>
     <row r="955">
       <c r="A955" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26251</t>
+          <t>../../src/UserSettingsPage.cpp:26349</t>
         </is>
       </c>
       <c r="B955" t="inlineStr">
+        <is>
+          <t>Keep the application running in the background after closing the client window.</t>
+        </is>
+      </c>
+      <c r="C955" t="inlineStr">
+        <is>
+          <t>Peale akna sulgemist jäta rakendus taustal tööle.</t>
+        </is>
+      </c>
+      <c r="D955" t="inlineStr"/>
+      <c r="E955" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F955" t="inlineStr">
+        <is>
+          <t>UserSettingsModelKeep the application running in the background after closing the client window.</t>
+        </is>
+      </c>
+      <c r="G955" t="inlineStr"/>
+      <c r="H955" t="inlineStr"/>
+    </row>
+    <row r="956">
+      <c r="A956" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26352</t>
+        </is>
+      </c>
+      <c r="B956" t="inlineStr">
+        <is>
+          <t>Start the application in the background without showing the client window.</t>
+        </is>
+      </c>
+      <c r="C956" t="inlineStr">
+        <is>
+          <t>Käivita rakendus taustal ilma kliendiakna kuvamiseta.</t>
+        </is>
+      </c>
+      <c r="D956" t="inlineStr"/>
+      <c r="E956" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F956" t="inlineStr">
+        <is>
+          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+        </is>
+      </c>
+      <c r="G956" t="inlineStr"/>
+      <c r="H956" t="inlineStr"/>
+    </row>
+    <row r="957">
+      <c r="A957" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26356</t>
+        </is>
+      </c>
+      <c r="B957" t="inlineStr">
+        <is>
+          <t>Shows scrollbars in the room list and communities list.</t>
+        </is>
+      </c>
+      <c r="C957" t="inlineStr">
+        <is>
+          <t>Näita jututubade ja kogukondade loendites kerimisribasid.</t>
+        </is>
+      </c>
+      <c r="D957" t="inlineStr"/>
+      <c r="E957" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F957" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
+        </is>
+      </c>
+      <c r="G957" t="inlineStr"/>
+      <c r="H957" t="inlineStr"/>
+    </row>
+    <row r="958">
+      <c r="A958" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26358</t>
+        </is>
+      </c>
+      <c r="B958" t="inlineStr">
         <is>
           <t>Allow using markdown in messages.
 When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
-      <c r="C955" t="inlineStr">
+      <c r="C958" t="inlineStr">
         <is>
           <t>Luba Markdown-vormingu kasutamine sõnumite koostamisel.
 Kui Markdown ei ole kasutusel, siis saadetakse kõik sõnumid vormindamata tekstina.</t>
         </is>
       </c>
-      <c r="D955" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F955" t="inlineStr">
+      <c r="D958" t="inlineStr"/>
+      <c r="E958" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F958" t="inlineStr">
         <is>
           <t>UserSettingsModelAllow using markdown in messages.
 When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
-      <c r="G955" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G958" t="inlineStr"/>
       <c r="H958" t="inlineStr"/>
     </row>
     <row r="959">
       <c r="A959" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26264</t>
+          <t>../../src/UserSettingsPage.cpp:26367</t>
         </is>
       </c>
       <c r="B959" t="inlineStr">
         <is>
-          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>Messages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="C959" t="inlineStr">
         <is>
-          <t>Esita liikuvaid GIF ja WEBP pilte vaid siis, kui kursor on pildi kohal.</t>
+          <t>Sõnumeid kuvatakse jutumullides. Sellega kaasnevad ka mõned muudatused rakenduse välimuses (osaliselt veel arenduses).</t>
         </is>
       </c>
       <c r="D959" t="inlineStr"/>
       <c r="E959" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F959" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>UserSettingsModelMessages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="G959" t="inlineStr"/>
       <c r="H959" t="inlineStr"/>
     </row>
     <row r="960">
       <c r="A960" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26266</t>
+          <t>../../src/UserSettingsPage.cpp:26370</t>
         </is>
       </c>
       <c r="B960" t="inlineStr">
         <is>
-          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>Avatars are resized to fit above the message.</t>
         </is>
       </c>
       <c r="C960" t="inlineStr">
         <is>
-          <t>Kas pildid peaksid olema kuvatud automaatselt? Võimalusteks on automaatne kuvamine alati, automaatne kuvamine vaid privaatsetes jututubades ning kuvamine igakordse otsuse alusel.</t>
+          <t>Tunnuspiltide suurus kohendub nii, et ta mahuks sõnumi kohale.</t>
         </is>
       </c>
       <c r="D960" t="inlineStr"/>
       <c r="E960" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F960" t="inlineStr">
         <is>
-          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>UserSettingsModelAvatars are resized to fit above the message.</t>
         </is>
       </c>
       <c r="G960" t="inlineStr"/>
       <c r="H960" t="inlineStr"/>
     </row>
     <row r="961">
       <c r="A961" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26270</t>
+          <t>../../src/UserSettingsPage.cpp:26372</t>
         </is>
       </c>
       <c r="B961" t="inlineStr">
+        <is>
+          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+        </is>
+      </c>
+      <c r="C961" t="inlineStr">
+        <is>
+          <t>Esita liikuvaid GIF ja WEBP pilte vaid siis, kui kursor on pildi kohal.</t>
+        </is>
+      </c>
+      <c r="D961" t="inlineStr"/>
+      <c r="E961" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F961" t="inlineStr">
+        <is>
+          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+        </is>
+      </c>
+      <c r="G961" t="inlineStr"/>
+      <c r="H961" t="inlineStr"/>
+    </row>
+    <row r="962">
+      <c r="A962" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26374</t>
+        </is>
+      </c>
+      <c r="B962" t="inlineStr">
+        <is>
+          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="C962" t="inlineStr">
+        <is>
+          <t>Kas pildid peaksid olema kuvatud automaatselt? Võimalusteks on automaatne kuvamine alati, automaatne kuvamine vaid privaatsetes jututubades ning kuvamine igakordse otsuse alusel.</t>
+        </is>
+      </c>
+      <c r="D962" t="inlineStr"/>
+      <c r="E962" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F962" t="inlineStr">
+        <is>
+          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="G962" t="inlineStr"/>
+      <c r="H962" t="inlineStr"/>
+    </row>
+    <row r="963">
+      <c r="A963" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26378</t>
+        </is>
+      </c>
+      <c r="B963" t="inlineStr">
         <is>
           <t>Show who is typing in a room.
 This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
-      <c r="C961" t="inlineStr">
+      <c r="C963" t="inlineStr">
         <is>
           <t>Näita, kes jututoas parasjagu kirjutab.
 Samaga lülitatakse sisse või välja ka sinu kirjutamisteatiste saatmine teistele kasutajatele.</t>
         </is>
       </c>
-      <c r="D961" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F961" t="inlineStr">
+      <c r="D963" t="inlineStr"/>
+      <c r="E963" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F963" t="inlineStr">
         <is>
           <t>UserSettingsModelShow who is typing in a room.
 This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
-      <c r="G961" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B962" t="inlineStr">
+      <c r="G963" t="inlineStr"/>
+      <c r="H963" t="inlineStr"/>
+    </row>
+    <row r="964">
+      <c r="A964" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26382</t>
+        </is>
+      </c>
+      <c r="B964" t="inlineStr">
         <is>
           <t>Display rooms with new messages first.
 If this is off, the list of rooms will only be sorted by the preferred sorting order.
 If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
-      <c r="C962" t="inlineStr">
+      <c r="C964" t="inlineStr">
         <is>
           <t>Esmalt näita jututube, kus on uusi sõnumeid.
 Kui see eelistus pole kasutusel, siis sorteeritakse jututoad eelistatud sorteerimisviisi alusel.
 Kui see eelistus on kasutusel, siis sõnumitega jututoad (märgitud mummuga, kus sees on number) asuvad üleval ääres. Ning jututoad, mille oled summutanud, sorteeritakse jututoad eelistatud sorteerimisviisi alusel (sa ju oled need teiste jututubadega võrreldes märkinud vähetähtsateks).</t>
         </is>
       </c>
-      <c r="D962" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F962" t="inlineStr">
+      <c r="D964" t="inlineStr"/>
+      <c r="E964" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F964" t="inlineStr">
         <is>
           <t>UserSettingsModelDisplay rooms with new messages first.
 If this is off, the list of rooms will only be sorted by the preferred sorting order.
 If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
-      <c r="G962" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B963" t="inlineStr">
+      <c r="G964" t="inlineStr"/>
+      <c r="H964" t="inlineStr"/>
+    </row>
+    <row r="965">
+      <c r="A965" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26391</t>
+        </is>
+      </c>
+      <c r="B965" t="inlineStr">
         <is>
           <t>Sort rooms alphabetically.
 If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
 If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
-      <c r="C963" t="inlineStr">
+      <c r="C965" t="inlineStr">
         <is>
           <t>Näita jututube tähestiku järjekorras.
 Kui see eelistus pole kasutusel, siis jututoad sorteeritakse viimati jututuppa saabunud sõnumi ajatempli alusel.
 Kui see eelistus on kasutusel, siis jututoad sorteeritakse tähestiku järjekorras.</t>
         </is>
       </c>
-      <c r="D963" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F963" t="inlineStr">
+      <c r="D965" t="inlineStr"/>
+      <c r="E965" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F965" t="inlineStr">
         <is>
           <t>UserSettingsModelSort rooms alphabetically.
 If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
 If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
-      <c r="G963" t="inlineStr"/>
-[...58 lines deleted...]
-      </c>
       <c r="G965" t="inlineStr"/>
       <c r="H965" t="inlineStr"/>
     </row>
     <row r="966">
       <c r="A966" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26299</t>
+          <t>../../src/UserSettingsPage.cpp:26397</t>
         </is>
       </c>
       <c r="B966" t="inlineStr">
         <is>
-          <t>Notify about received messages when the client is not currently focused.</t>
+          <t>Show buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
       <c r="C966" t="inlineStr">
         <is>
-          <t>Näita saabunud sõnumi teavitust, kui Nheko ei ole parasjagu fookuses.</t>
+          <t>Näita iga sõnumi kõrval nuppe, mis võimaldavad kiiresti vastata, reageerida või teha sõnumiga muid toiminguid.</t>
         </is>
       </c>
       <c r="D966" t="inlineStr"/>
       <c r="E966" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F966" t="inlineStr">
         <is>
-          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
+          <t>UserSettingsModelShow buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
       <c r="G966" t="inlineStr"/>
       <c r="H966" t="inlineStr"/>
     </row>
     <row r="967">
       <c r="A967" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26305</t>
+          <t>../../src/UserSettingsPage.cpp:26405</t>
         </is>
       </c>
       <c r="B967" t="inlineStr">
+        <is>
+          <t>Configure whether to show or hide certain events like room joins.</t>
+        </is>
+      </c>
+      <c r="C967" t="inlineStr">
+        <is>
+          <t>Seadista mõnede sündmuste (nt. nagu jututoaga liitumine) nähtavust.</t>
+        </is>
+      </c>
+      <c r="D967" t="inlineStr"/>
+      <c r="E967" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F967" t="inlineStr">
+        <is>
+          <t>UserSettingsModelConfigure whether to show or hide certain events like room joins.</t>
+        </is>
+      </c>
+      <c r="G967" t="inlineStr"/>
+      <c r="H967" t="inlineStr"/>
+    </row>
+    <row r="968">
+      <c r="A968" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26407</t>
+        </is>
+      </c>
+      <c r="B968" t="inlineStr">
+        <is>
+          <t>Notify about received messages when the client is not currently focused.</t>
+        </is>
+      </c>
+      <c r="C968" t="inlineStr">
+        <is>
+          <t>Näita saabunud sõnumi teavitust, kui Nheko ei ole parasjagu fookuses.</t>
+        </is>
+      </c>
+      <c r="D968" t="inlineStr"/>
+      <c r="E968" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F968" t="inlineStr">
+        <is>
+          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
+        </is>
+      </c>
+      <c r="G968" t="inlineStr"/>
+      <c r="H968" t="inlineStr"/>
+    </row>
+    <row r="969">
+      <c r="A969" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26413</t>
+        </is>
+      </c>
+      <c r="B969" t="inlineStr">
         <is>
           <t>Change the appearance of user avatars in chats.
 OFF - square, ON - circle.</t>
         </is>
       </c>
-      <c r="C967" t="inlineStr">
+      <c r="C969" t="inlineStr">
         <is>
           <t>Muuda vestlustes kuvatavate tunnuspiltide kuju.
 Väljalülitatuna - ruut, sisselülitatuna - ümmargune.</t>
         </is>
       </c>
-      <c r="D967" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F967" t="inlineStr">
+      <c r="D969" t="inlineStr"/>
+      <c r="E969" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F969" t="inlineStr">
         <is>
           <t>UserSettingsModelChange the appearance of user avatars in chats.
 OFF - square, ON - circle.</t>
         </is>
       </c>
-      <c r="G967" t="inlineStr"/>
-[...58 lines deleted...]
-      </c>
       <c r="G969" t="inlineStr"/>
       <c r="H969" t="inlineStr"/>
     </row>
     <row r="970">
       <c r="A970" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26326</t>
+          <t>../../src/UserSettingsPage.cpp:26429</t>
         </is>
       </c>
       <c r="B970" t="inlineStr">
         <is>
-          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>Decrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="C970" t="inlineStr">
         <is>
-          <t>Sõnumitele võid lisada edevaid efekte. Näiteks „/confetti“ käsk lisab sõnumile serpentiine.</t>
+          <t>Krüptitud vestluste puhul dekrüpti ka teavitustes näidatav sisu.</t>
         </is>
       </c>
       <c r="D970" t="inlineStr"/>
       <c r="E970" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F970" t="inlineStr">
         <is>
-          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>UserSettingsModelDecrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="G970" t="inlineStr"/>
       <c r="H970" t="inlineStr"/>
     </row>
     <row r="971">
       <c r="A971" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26329</t>
+          <t>../../src/UserSettingsPage.cpp:26431</t>
         </is>
       </c>
       <c r="B971" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Choose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="C971" t="inlineStr">
         <is>
-          <t>Et kasutajaliides oleks toredam, kasutab Nheko mitmel puhul animatsioone. Kui see sulle ei sobi, siis saad nad välja lülitada.</t>
+          <t>Vali kogukonnas või sildil leiduvate kõikide teavituste arvu kuvamise koht.</t>
         </is>
       </c>
       <c r="D971" t="inlineStr"/>
       <c r="E971" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F971" t="inlineStr">
         <is>
-          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>UserSettingsModelChoose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="G971" t="inlineStr"/>
       <c r="H971" t="inlineStr"/>
     </row>
     <row r="972">
       <c r="A972" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26337</t>
+          <t>../../src/UserSettingsPage.cpp:26434</t>
         </is>
       </c>
       <c r="B972" t="inlineStr">
         <is>
-          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="C972" t="inlineStr">
         <is>
-          <t>Sellega mitmed rakenduses kasutatavad viiped ei ole kasutusel, nagu näiteks vasakule/paremale viipamine jututubade ja ajajoone vahel liikumisel või viipamisega sõnumile vastamine.</t>
+          <t>Sõnumitele võid lisada edevaid efekte. Näiteks „/confetti“ käsk lisab sõnumile serpentiine.</t>
         </is>
       </c>
       <c r="D972" t="inlineStr"/>
       <c r="E972" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F972" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="G972" t="inlineStr"/>
       <c r="H972" t="inlineStr"/>
     </row>
     <row r="973">
       <c r="A973" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26340</t>
+          <t>../../src/UserSettingsPage.cpp:26437</t>
         </is>
       </c>
       <c r="B973" t="inlineStr">
         <is>
-          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="C973" t="inlineStr">
         <is>
-          <t>Muuda kogu kasutajaliidese suurendust. Jõustamiseks palun käivita rakendus uuesti.</t>
+          <t>Et kasutajaliides oleks toredam, kasutab Nheko mitmel puhul animatsioone. Kui see sulle ei sobi, siis saad nad välja lülitada.</t>
         </is>
       </c>
       <c r="D973" t="inlineStr"/>
       <c r="E973" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F973" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="G973" t="inlineStr"/>
       <c r="H973" t="inlineStr"/>
     </row>
     <row r="974">
       <c r="A974" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26349</t>
+          <t>../../src/UserSettingsPage.cpp:26445</t>
         </is>
       </c>
       <c r="B974" t="inlineStr">
         <is>
-          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="C974" t="inlineStr">
         <is>
-          <t>Kui teised kasutajad on verifitseeritud, siis luba automaatselt vastata nende krüptovõtmete päringutele isegi siis, kui too seade ei peaks tohtima neid võtmeid kasutada.</t>
+          <t>Sellega mitmed rakenduses kasutatavad viiped ei ole kasutusel, nagu näiteks vasakule/paremale viipamine jututubade ja ajajoone vahel liikumisel või viipamisega sõnumile vastamine.</t>
         </is>
       </c>
       <c r="D974" t="inlineStr"/>
       <c r="E974" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F974" t="inlineStr">
         <is>
-          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="G974" t="inlineStr"/>
       <c r="H974" t="inlineStr"/>
     </row>
     <row r="975">
       <c r="A975" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26382</t>
+          <t>../../src/UserSettingsPage.cpp:26448</t>
         </is>
       </c>
       <c r="B975" t="inlineStr">
         <is>
-          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="C975" t="inlineStr">
         <is>
-          <t>Selle võtmega verifitseerid oma seadmeid. Kui ta on puhverdatud, siis sinu seadme verifitseerimine märgib selle seadme usaldusväärseks nii sinu muude seadmete kui selliste kasutajate jaoks, kes on sinu verifitseerinud.</t>
+          <t>Muuda kogu kasutajaliidese suurendust. Jõustamiseks palun käivita rakendus uuesti.</t>
         </is>
       </c>
       <c r="D975" t="inlineStr"/>
       <c r="E975" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F975" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="G975" t="inlineStr"/>
       <c r="H975" t="inlineStr"/>
     </row>
     <row r="976">
       <c r="A976" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26301</t>
+          <t>../../src/UserSettingsPage.cpp:26457</t>
         </is>
       </c>
       <c r="B976" t="inlineStr">
+        <is>
+          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+        </is>
+      </c>
+      <c r="C976" t="inlineStr">
+        <is>
+          <t>Kui teised kasutajad on verifitseeritud, siis luba automaatselt vastata nende krüptovõtmete päringutele isegi siis, kui too seade ei peaks tohtima neid võtmeid kasutada.</t>
+        </is>
+      </c>
+      <c r="D976" t="inlineStr"/>
+      <c r="E976" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F976" t="inlineStr">
+        <is>
+          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+        </is>
+      </c>
+      <c r="G976" t="inlineStr"/>
+      <c r="H976" t="inlineStr"/>
+    </row>
+    <row r="977">
+      <c r="A977" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26490</t>
+        </is>
+      </c>
+      <c r="B977" t="inlineStr">
+        <is>
+          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+        </is>
+      </c>
+      <c r="C977" t="inlineStr">
+        <is>
+          <t>Selle võtmega verifitseerid oma seadmeid. Kui ta on puhverdatud, siis sinu seadme verifitseerimine märgib selle seadme usaldusväärseks nii sinu muude seadmete kui selliste kasutajate jaoks, kes on sinu verifitseerinud.</t>
+        </is>
+      </c>
+      <c r="D977" t="inlineStr"/>
+      <c r="E977" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F977" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+        </is>
+      </c>
+      <c r="G977" t="inlineStr"/>
+      <c r="H977" t="inlineStr"/>
+    </row>
+    <row r="978">
+      <c r="A978" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26409</t>
+        </is>
+      </c>
+      <c r="B978" t="inlineStr">
         <is>
           <t>Show an alert when a message is received.
 This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
-      <c r="C976" t="inlineStr">
+      <c r="C978" t="inlineStr">
         <is>
           <t>Sõnumi saabumisel näita teavitust.
 See tavaliselt tähendab, et rakenduse ikoon tegumiribal annab mingit sorti animatsiooniga sulle märku.</t>
         </is>
       </c>
-      <c r="D976" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F976" t="inlineStr">
+      <c r="D978" t="inlineStr"/>
+      <c r="E978" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F978" t="inlineStr">
         <is>
           <t>UserSettingsModelShow an alert when a message is received.
 This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
-      <c r="G976" t="inlineStr"/>
-[...58 lines deleted...]
-      </c>
       <c r="G978" t="inlineStr"/>
       <c r="H978" t="inlineStr"/>
     </row>
     <row r="979">
       <c r="A979" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26228</t>
+          <t>../../src/UserSettingsPage.cpp:26035</t>
         </is>
       </c>
       <c r="B979" t="inlineStr">
         <is>
-          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>Communities sidebar</t>
         </is>
       </c>
       <c r="C979" t="inlineStr">
         <is>
-          <t>Seadista sõnumite suurim laius pikslites ajajoonel. See parandab loetavust suurel ekraanil, kui Nheko on avatud täisvaates</t>
+          <t>Kogukondade külgpaan</t>
         </is>
       </c>
       <c r="D979" t="inlineStr"/>
       <c r="E979" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F979" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>UserSettingsModelCommunities sidebar</t>
         </is>
       </c>
       <c r="G979" t="inlineStr"/>
       <c r="H979" t="inlineStr"/>
     </row>
     <row r="980">
       <c r="A980" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26247</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26041</t>
+        </is>
+      </c>
+      <c r="B980" t="inlineStr"/>
+      <c r="C980" t="inlineStr"/>
       <c r="D980" t="inlineStr"/>
       <c r="E980" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F980" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+          <t>UserSettingsModelSend messages with a shortcut</t>
         </is>
       </c>
       <c r="G980" t="inlineStr"/>
       <c r="H980" t="inlineStr"/>
     </row>
     <row r="981">
       <c r="A981" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26293</t>
+          <t>../../src/UserSettingsPage.cpp:26083</t>
         </is>
       </c>
       <c r="B981" t="inlineStr">
+        <is>
+          <t>Show message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="C981" t="inlineStr">
+        <is>
+          <t>Näita kogukonna või sildi sõnumite arvu</t>
+        </is>
+      </c>
+      <c r="D981" t="inlineStr"/>
+      <c r="E981" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F981" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShow message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="G981" t="inlineStr"/>
+      <c r="H981" t="inlineStr"/>
+    </row>
+    <row r="982">
+      <c r="A982" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26335</t>
+        </is>
+      </c>
+      <c r="B982" t="inlineStr">
+        <is>
+          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="C982" t="inlineStr">
+        <is>
+          <t>Seadista sõnumite suurim laius pikslites ajajoonel. See parandab loetavust suurel ekraanil, kui Nheko on avatud täisvaates</t>
+        </is>
+      </c>
+      <c r="D982" t="inlineStr"/>
+      <c r="E982" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F982" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="G982" t="inlineStr"/>
+      <c r="H982" t="inlineStr"/>
+    </row>
+    <row r="983">
+      <c r="A983" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26354</t>
+        </is>
+      </c>
+      <c r="B983" t="inlineStr">
+        <is>
+          <t>Show a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="C983" t="inlineStr">
+        <is>
+          <t>Näita jututubade loendi kõrval veergu kogukondade ja siltidega.</t>
+        </is>
+      </c>
+      <c r="D983" t="inlineStr"/>
+      <c r="E983" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F983" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="G983" t="inlineStr"/>
+      <c r="H983" t="inlineStr"/>
+    </row>
+    <row r="984">
+      <c r="A984" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26362</t>
+        </is>
+      </c>
+      <c r="B984" t="inlineStr"/>
+      <c r="C984" t="inlineStr"/>
+      <c r="D984" t="inlineStr"/>
+      <c r="E984" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F984" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSelect what Enter key combination sends the message. Shift+Enter adds a new line, unless it has been selected, in which case Enter adds a new line instead.
+If an emoji picker or a mention picker is open, it is always handled first.</t>
+        </is>
+      </c>
+      <c r="G984" t="inlineStr"/>
+      <c r="H984" t="inlineStr"/>
+    </row>
+    <row r="985">
+      <c r="A985" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26401</t>
+        </is>
+      </c>
+      <c r="B985" t="inlineStr">
         <is>
           <t>Show if your message was read.
 Status is displayed next to timestamps.
 Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
-      <c r="C981" t="inlineStr">
+      <c r="C985" t="inlineStr">
         <is>
           <t>Näita, kui sinu sõnum on loetud.
 Olek on kirjas ajatempli kõrval.
 Hoiatus: Kui sinu koduserver sellist võimalust ei toeta, siis jututubasid ei ole võimalik loetuks märkida!</t>
         </is>
       </c>
-      <c r="D981" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F981" t="inlineStr">
+      <c r="D985" t="inlineStr"/>
+      <c r="E985" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F985" t="inlineStr">
         <is>
           <t>UserSettingsModelShow if your message was read.
 Status is displayed next to timestamps.
 Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
-      <c r="G981" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B982" t="inlineStr">
+      <c r="G985" t="inlineStr"/>
+      <c r="H985" t="inlineStr"/>
+    </row>
+    <row r="986">
+      <c r="A986" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26416</t>
+        </is>
+      </c>
+      <c r="B986" t="inlineStr">
         <is>
           <t>Display an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
-      <c r="C982" t="inlineStr">
+      <c r="C986" t="inlineStr">
         <is>
           <t>Kui tunnuspilt on seadistamata, siis kuva tähe asemel identikoni (matemaatilist tunnuspilti).</t>
         </is>
       </c>
-      <c r="D982" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F982" t="inlineStr">
+      <c r="D986" t="inlineStr"/>
+      <c r="E986" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F986" t="inlineStr">
         <is>
           <t>UserSettingsModelDisplay an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
-      <c r="G982" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B983" t="inlineStr">
+      <c r="G986" t="inlineStr"/>
+      <c r="H986" t="inlineStr"/>
+    </row>
+    <row r="987">
+      <c r="A987" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26418</t>
+        </is>
+      </c>
+      <c r="B987" t="inlineStr">
         <is>
           <t>Opens images with an external program when tapping the image.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="C983" t="inlineStr">
+      <c r="C987" t="inlineStr">
         <is>
           <t>Pildile klõpsimisel avab need välises rakenduses.
 Kui see valik on sisse lülitatud, siis failid jäävad andmekandjale krüptimata kujul ning sa pead neid eraldi kustutama.</t>
         </is>
       </c>
-      <c r="D983" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F983" t="inlineStr">
+      <c r="D987" t="inlineStr"/>
+      <c r="E987" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F987" t="inlineStr">
         <is>
           <t>UserSettingsModelOpens images with an external program when tapping the image.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="G983" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B984" t="inlineStr">
+      <c r="G987" t="inlineStr"/>
+      <c r="H987" t="inlineStr"/>
+    </row>
+    <row r="988">
+      <c r="A988" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26422</t>
+        </is>
+      </c>
+      <c r="B988" t="inlineStr">
         <is>
           <t>Opens videos with an external program when tapping the video.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="C984" t="inlineStr">
+      <c r="C988" t="inlineStr">
         <is>
           <t>Videole klõpsimisel avab need välises rakenduses.
 Kui see valik on sisse lülitatud, siis failid jäävad andmekandjale krüptimata kujul ning sa pead neid eraldi kustutama.</t>
         </is>
       </c>
-      <c r="D984" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F984" t="inlineStr">
+      <c r="D988" t="inlineStr"/>
+      <c r="E988" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F988" t="inlineStr">
         <is>
           <t>UserSettingsModelOpens videos with an external program when tapping the video.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="G984" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B985" t="inlineStr">
+      <c r="G988" t="inlineStr"/>
+      <c r="H988" t="inlineStr"/>
+    </row>
+    <row r="989">
+      <c r="A989" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26426</t>
+        </is>
+      </c>
+      <c r="B989" t="inlineStr">
         <is>
           <t>Decrypt the messages shown in the sidebar.
 Only affects messages in encrypted chats.</t>
         </is>
       </c>
-      <c r="C985" t="inlineStr">
+      <c r="C989" t="inlineStr">
         <is>
           <t>Dekrüpti külgpaanis kuvatavaid sõnumeid.
 Kehtib vaid läbivalt krüptitud vestluste puhul.</t>
         </is>
       </c>
-      <c r="D985" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F985" t="inlineStr">
+      <c r="D989" t="inlineStr"/>
+      <c r="E989" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F989" t="inlineStr">
         <is>
           <t>UserSettingsModelDecrypt the messages shown in the sidebar.
 Only affects messages in encrypted chats.</t>
         </is>
       </c>
-      <c r="G985" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B986" t="inlineStr">
+      <c r="G989" t="inlineStr"/>
+      <c r="H989" t="inlineStr"/>
+    </row>
+    <row r="990">
+      <c r="A990" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26440</t>
+        </is>
+      </c>
+      <c r="B990" t="inlineStr">
         <is>
           <t>When the window loses focus, the timeline will
 be blurred.</t>
         </is>
       </c>
-      <c r="C986" t="inlineStr">
+      <c r="C990" t="inlineStr">
         <is>
           <t>Kui aken kaotab fookuse,
 siis ajajoone vaade hägustub.</t>
         </is>
       </c>
-      <c r="D986" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F986" t="inlineStr">
+      <c r="D990" t="inlineStr"/>
+      <c r="E990" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F990" t="inlineStr">
         <is>
           <t>UserSettingsModelWhen the window loses focus, the timeline will
 be blurred.</t>
         </is>
       </c>
-      <c r="G986" t="inlineStr"/>
-[...118 lines deleted...]
-      </c>
       <c r="G990" t="inlineStr"/>
       <c r="H990" t="inlineStr"/>
     </row>
     <row r="991">
       <c r="A991" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26378</t>
+          <t>../../src/UserSettingsPage.cpp:26442</t>
         </is>
       </c>
       <c r="B991" t="inlineStr">
         <is>
-          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>Will prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="C991" t="inlineStr">
         <is>
-          <t>Selle võtmega dekrüptitakse võrku varundatud muud võtmed. Kui see võti on puhverdatud, siis saad kasutusele võtta oma krüptovõtmete turvalise varundamise sinu koduserveris.</t>
+          <t>Selleks, et puutega kerimine oleks lihtsam, blokeerib see seadistus tekstivaliku ajajoonel.</t>
         </is>
       </c>
       <c r="D991" t="inlineStr"/>
       <c r="E991" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F991" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>UserSettingsModelWill prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="G991" t="inlineStr"/>
       <c r="H991" t="inlineStr"/>
     </row>
     <row r="992">
       <c r="A992" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26387</t>
+          <t>../../src/UserSettingsPage.cpp:26451</t>
         </is>
       </c>
       <c r="B992" t="inlineStr">
         <is>
-          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>Will use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="C992" t="inlineStr">
         <is>
-          <t>Teiste kasutajate verifitseerimiseks mõeldud võti. Kui see võti on puhverdatud, siis kasutaja verifitseerimine tähendab ka kõikide tema seadmete verifitseerimist.</t>
+          <t>Kui sinu koduserver ei paku välja sobilikku kõnehõlbustusserverit, siis kasuta turn.matrix.org teenust.</t>
         </is>
       </c>
       <c r="D992" t="inlineStr"/>
       <c r="E992" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F992" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>UserSettingsModelWill use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="G992" t="inlineStr"/>
       <c r="H992" t="inlineStr"/>
     </row>
     <row r="993">
       <c r="A993" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26391</t>
+          <t>../../src/UserSettingsPage.cpp:26454</t>
         </is>
       </c>
       <c r="B993" t="inlineStr">
         <is>
-          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>Requires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="C993" t="inlineStr">
         <is>
-          <t>Sinu kõige olulisem krüptovõti. See ei pea olema puhverdatud (mis hoiab ära ka võimaliku varastamise) ning teda on vaja vaid sinu muude allkirjavõtmete ringluse jaoks.</t>
+          <t>Selle tingimuse alusel peab kasutaja olema krüptitud sõnumivahetuse jaoks verifitseeritud. Niisugune nõue parandab turvalisust, kuid teeb läbiva krüptimise natuke ebamugavamaks.</t>
         </is>
       </c>
       <c r="D993" t="inlineStr"/>
       <c r="E993" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F993" t="inlineStr">
         <is>
-          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>UserSettingsModelRequires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="G993" t="inlineStr"/>
       <c r="H993" t="inlineStr"/>
     </row>
     <row r="994">
       <c r="A994" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26396</t>
+          <t>../../src/UserSettingsPage.cpp:26461</t>
         </is>
       </c>
       <c r="B994" t="inlineStr">
+        <is>
+          <t>Download message encryption keys from and upload to the encrypted online key backup.</t>
+        </is>
+      </c>
+      <c r="C994" t="inlineStr">
+        <is>
+          <t>Luba krüptitud võtmete varunduseks laadida sõnumite krüptovõtmeid sinu serverisse või sinu serverist.</t>
+        </is>
+      </c>
+      <c r="D994" t="inlineStr"/>
+      <c r="E994" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F994" t="inlineStr">
+        <is>
+          <t>UserSettingsModelDownload message encryption keys from and upload to the encrypted online key backup.</t>
+        </is>
+      </c>
+      <c r="G994" t="inlineStr"/>
+      <c r="H994" t="inlineStr"/>
+    </row>
+    <row r="995">
+      <c r="A995" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26486</t>
+        </is>
+      </c>
+      <c r="B995" t="inlineStr">
+        <is>
+          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+        </is>
+      </c>
+      <c r="C995" t="inlineStr">
+        <is>
+          <t>Selle võtmega dekrüptitakse võrku varundatud muud võtmed. Kui see võti on puhverdatud, siis saad kasutusele võtta oma krüptovõtmete turvalise varundamise sinu koduserveris.</t>
+        </is>
+      </c>
+      <c r="D995" t="inlineStr"/>
+      <c r="E995" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F995" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+        </is>
+      </c>
+      <c r="G995" t="inlineStr"/>
+      <c r="H995" t="inlineStr"/>
+    </row>
+    <row r="996">
+      <c r="A996" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26495</t>
+        </is>
+      </c>
+      <c r="B996" t="inlineStr">
+        <is>
+          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+        </is>
+      </c>
+      <c r="C996" t="inlineStr">
+        <is>
+          <t>Teiste kasutajate verifitseerimiseks mõeldud võti. Kui see võti on puhverdatud, siis kasutaja verifitseerimine tähendab ka kõikide tema seadmete verifitseerimist.</t>
+        </is>
+      </c>
+      <c r="D996" t="inlineStr"/>
+      <c r="E996" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F996" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+        </is>
+      </c>
+      <c r="G996" t="inlineStr"/>
+      <c r="H996" t="inlineStr"/>
+    </row>
+    <row r="997">
+      <c r="A997" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26499</t>
+        </is>
+      </c>
+      <c r="B997" t="inlineStr">
+        <is>
+          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+        </is>
+      </c>
+      <c r="C997" t="inlineStr">
+        <is>
+          <t>Sinu kõige olulisem krüptovõti. See ei pea olema puhverdatud (mis hoiab ära ka võimaliku varastamise) ning teda on vaja vaid sinu muude allkirjavõtmete ringluse jaoks.</t>
+        </is>
+      </c>
+      <c r="D997" t="inlineStr"/>
+      <c r="E997" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F997" t="inlineStr">
+        <is>
+          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+        </is>
+      </c>
+      <c r="G997" t="inlineStr"/>
+      <c r="H997" t="inlineStr"/>
+    </row>
+    <row r="998">
+      <c r="A998" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26504</t>
+        </is>
+      </c>
+      <c r="B998" t="inlineStr">
         <is>
           <t>Allow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
 This setting will take effect upon restart.</t>
         </is>
       </c>
-      <c r="C994" t="inlineStr">
+      <c r="C998" t="inlineStr">
         <is>
           <t>Luba teistel rakendustel laadida D-Bus'i vahendusel teavet jututubade kohta, mille liige sa oled. Ühtepidi saab selle abil luua kasulikke rakendusi, kuid teisalt saab ka korralikke pahandusi tekitada. Kui lülitad selle võimaluse sisse, siis teed seda omal vastutusel.
 Selle funktsionaalsuse jõustumine eeldab rakenduse uuesti käivitamist.</t>
         </is>
       </c>
-      <c r="D994" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F994" t="inlineStr">
+      <c r="D998" t="inlineStr"/>
+      <c r="E998" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F998" t="inlineStr">
         <is>
           <t>UserSettingsModelAllow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
 This setting will take effect upon restart.</t>
         </is>
       </c>
-      <c r="G994" t="inlineStr"/>
-[...118 lines deleted...]
-      </c>
       <c r="G998" t="inlineStr"/>
       <c r="H998" t="inlineStr"/>
     </row>
     <row r="999">
       <c r="A999" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26555</t>
+          <t>../../src/UserSettingsPage.cpp:26510</t>
         </is>
       </c>
       <c r="B999" t="inlineStr">
         <is>
-          <t>Only in private rooms</t>
+          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="C999" t="inlineStr">
         <is>
-          <t>Vaid privaatsetes jututubades</t>
+          <t>Selleks, et uued liikmed saaksid kogukonnaga liituda, peab kogukond avaldama teavet selle kohta, mis serverid hetkel kogukonnas osalevad. Kuna kasutajate liikmelisus muutub ajas, siis ka see teave vajab aeg-ajalt uuendamist. Antud seadistusega lubad taustateenusel seda toimingut automaatselt teha.</t>
         </is>
       </c>
       <c r="D999" t="inlineStr"/>
       <c r="E999" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F999" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnly in private rooms</t>
+          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="G999" t="inlineStr"/>
       <c r="H999" t="inlineStr"/>
     </row>
     <row r="1000">
       <c r="A1000" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26556</t>
+          <t>../../src/UserSettingsPage.cpp:26516</t>
         </is>
       </c>
       <c r="B1000" t="inlineStr">
         <is>
-          <t>Never</t>
+          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="C1000" t="inlineStr">
         <is>
-          <t>Mitte kunagi</t>
+          <t>Luba aeg-ajalt kustutada sündmusi vastavalt seadistustele. Kuna selline funktsionaalsus käivitatakse serveri asemel kliendi poolel, siis mõistlikuks toimimiseks peab valitud ajavahemiku jooksul klientrakendus olema kasutusel.</t>
         </is>
       </c>
       <c r="D1000" t="inlineStr"/>
       <c r="E1000" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1000" t="inlineStr">
         <is>
-          <t>UserSettingsModelNever</t>
+          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="G1000" t="inlineStr"/>
       <c r="H1000" t="inlineStr"/>
     </row>
     <row r="1001">
       <c r="A1001" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26570</t>
+          <t>../../src/UserSettingsPage.cpp:26520</t>
         </is>
       </c>
       <c r="B1001" t="inlineStr">
         <is>
-          <t>System font</t>
+          <t>Manage your ignored users.</t>
         </is>
       </c>
       <c r="C1001" t="inlineStr">
         <is>
-          <t>Süsteemi kirjatüüp</t>
+          <t>Halda eiratud kasutajaid.</t>
         </is>
       </c>
       <c r="D1001" t="inlineStr"/>
       <c r="E1001" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1001" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem font</t>
+          <t>UserSettingsModelManage your ignored users.</t>
         </is>
       </c>
       <c r="G1001" t="inlineStr"/>
       <c r="H1001" t="inlineStr"/>
     </row>
     <row r="1002">
       <c r="A1002" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26575</t>
+          <t>../../src/UserSettingsPage.cpp:26662</t>
         </is>
       </c>
       <c r="B1002" t="inlineStr">
         <is>
-          <t>System emoji font</t>
+          <t>Always</t>
         </is>
       </c>
       <c r="C1002" t="inlineStr">
         <is>
-          <t>Süsteemi emotikonide kirjatüüp</t>
+          <t>Alati</t>
         </is>
       </c>
       <c r="D1002" t="inlineStr"/>
       <c r="E1002" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1002" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem emoji font</t>
+          <t>UserSettingsModelAlways</t>
         </is>
       </c>
       <c r="G1002" t="inlineStr"/>
       <c r="H1002" t="inlineStr"/>
     </row>
     <row r="1003">
       <c r="A1003" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:26663</t>
         </is>
       </c>
       <c r="B1003" t="inlineStr">
         <is>
-          <t>Select a file</t>
+          <t>Only in private rooms</t>
         </is>
       </c>
       <c r="C1003" t="inlineStr">
         <is>
-          <t>Vali fail</t>
+          <t>Vaid privaatsetes jututubades</t>
         </is>
       </c>
       <c r="D1003" t="inlineStr"/>
       <c r="E1003" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1003" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelect a file</t>
+          <t>UserSettingsModelOnly in private rooms</t>
         </is>
       </c>
       <c r="G1003" t="inlineStr"/>
       <c r="H1003" t="inlineStr"/>
     </row>
     <row r="1004">
       <c r="A1004" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:26664</t>
         </is>
       </c>
       <c r="B1004" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Never</t>
         </is>
       </c>
       <c r="C1004" t="inlineStr">
         <is>
-          <t>Kõik failid (*)</t>
+          <t>Mitte kunagi</t>
         </is>
       </c>
       <c r="D1004" t="inlineStr"/>
       <c r="E1004" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1004" t="inlineStr">
         <is>
-          <t>UserSettingsModelAll Files (*)</t>
+          <t>UserSettingsModelNever</t>
         </is>
       </c>
       <c r="G1004" t="inlineStr"/>
       <c r="H1004" t="inlineStr"/>
     </row>
     <row r="1005">
       <c r="A1005" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27018</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26668</t>
+        </is>
+      </c>
+      <c r="B1005" t="inlineStr"/>
+      <c r="C1005" t="inlineStr"/>
       <c r="D1005" t="inlineStr"/>
       <c r="E1005" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1005" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen Sessions File</t>
+          <t>UserSettingsModelEnter</t>
         </is>
       </c>
       <c r="G1005" t="inlineStr"/>
       <c r="H1005" t="inlineStr"/>
     </row>
     <row r="1006">
       <c r="A1006" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27109</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26669</t>
+        </is>
+      </c>
+      <c r="B1006" t="inlineStr"/>
+      <c r="C1006" t="inlineStr"/>
       <c r="D1006" t="inlineStr"/>
       <c r="E1006" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1006" t="inlineStr">
         <is>
-          <t>UserSettingsModelError</t>
+          <t>UserSettingsModelShift+Enter</t>
         </is>
       </c>
       <c r="G1006" t="inlineStr"/>
       <c r="H1006" t="inlineStr"/>
     </row>
     <row r="1007">
       <c r="A1007" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27057</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26670</t>
+        </is>
+      </c>
+      <c r="B1007" t="inlineStr"/>
+      <c r="C1007" t="inlineStr"/>
       <c r="D1007" t="inlineStr"/>
       <c r="E1007" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1007" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile Password</t>
+          <t>UserSettingsModelCtrl+Enter</t>
         </is>
       </c>
       <c r="G1007" t="inlineStr"/>
       <c r="H1007" t="inlineStr"/>
     </row>
     <row r="1008">
       <c r="A1008" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27032</t>
+          <t>../../src/UserSettingsPage.cpp:26684</t>
         </is>
       </c>
       <c r="B1008" t="inlineStr">
         <is>
-          <t>Enter the passphrase to decrypt the file:</t>
+          <t>System font</t>
         </is>
       </c>
       <c r="C1008" t="inlineStr">
         <is>
-          <t>Faili dekrüptimiseks sisesta salafraas:</t>
+          <t>Süsteemi kirjatüüp</t>
         </is>
       </c>
       <c r="D1008" t="inlineStr"/>
       <c r="E1008" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1008" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
+          <t>UserSettingsModelSystem font</t>
         </is>
       </c>
       <c r="G1008" t="inlineStr"/>
       <c r="H1008" t="inlineStr"/>
     </row>
     <row r="1009">
       <c r="A1009" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27066</t>
+          <t>../../src/UserSettingsPage.cpp:26689</t>
         </is>
       </c>
       <c r="B1009" t="inlineStr">
         <is>
-          <t>The password cannot be empty</t>
+          <t>System emoji font</t>
         </is>
       </c>
       <c r="C1009" t="inlineStr">
         <is>
-          <t>Salasõna ei saa olla tühi</t>
+          <t>Süsteemi emotikonide kirjatüüp</t>
         </is>
       </c>
       <c r="D1009" t="inlineStr"/>
       <c r="E1009" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1009" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe password cannot be empty</t>
+          <t>UserSettingsModelSystem emoji font</t>
         </is>
       </c>
       <c r="G1009" t="inlineStr"/>
       <c r="H1009" t="inlineStr"/>
     </row>
     <row r="1010">
       <c r="A1010" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27058</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B1010" t="inlineStr">
         <is>
-          <t>Enter passphrase to encrypt your session keys:</t>
+          <t>Select a file</t>
         </is>
       </c>
       <c r="C1010" t="inlineStr">
         <is>
-          <t>Oma sessioonivõtmete krüptimiseks sisesta salafraas:</t>
+          <t>Vali fail</t>
         </is>
       </c>
       <c r="D1010" t="inlineStr"/>
       <c r="E1010" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1010" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
+          <t>UserSettingsModelSelect a file</t>
         </is>
       </c>
       <c r="G1010" t="inlineStr"/>
       <c r="H1010" t="inlineStr"/>
     </row>
     <row r="1011">
       <c r="A1011" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27071</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B1011" t="inlineStr">
         <is>
-          <t>Repeat File Password</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C1011" t="inlineStr">
         <is>
-          <t>Korda faili salasõna</t>
+          <t>Kõik failid (*)</t>
         </is>
       </c>
       <c r="D1011" t="inlineStr"/>
       <c r="E1011" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1011" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat File Password</t>
+          <t>UserSettingsModelAll Files (*)</t>
         </is>
       </c>
       <c r="G1011" t="inlineStr"/>
       <c r="H1011" t="inlineStr"/>
     </row>
     <row r="1012">
       <c r="A1012" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27072</t>
+          <t>../../src/UserSettingsPage.cpp:27130</t>
         </is>
       </c>
       <c r="B1012" t="inlineStr">
         <is>
-          <t>Repeat the passphrase:</t>
+          <t>Open Sessions File</t>
         </is>
       </c>
       <c r="C1012" t="inlineStr">
         <is>
-          <t>Korda salafraasi:</t>
+          <t>Ava sessioonide fail</t>
         </is>
       </c>
       <c r="D1012" t="inlineStr"/>
       <c r="E1012" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1012" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat the passphrase:</t>
+          <t>UserSettingsModelOpen Sessions File</t>
         </is>
       </c>
       <c r="G1012" t="inlineStr"/>
       <c r="H1012" t="inlineStr"/>
     </row>
     <row r="1013">
       <c r="A1013" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27080</t>
+          <t>../../src/UserSettingsPage.cpp:27221</t>
         </is>
       </c>
       <c r="B1013" t="inlineStr">
         <is>
-          <t>Passwords don't match</t>
+          <t>Error</t>
         </is>
       </c>
       <c r="C1013" t="inlineStr">
         <is>
-          <t>Salasõnad ei klapi omavahel</t>
+          <t>Viga</t>
         </is>
       </c>
       <c r="D1013" t="inlineStr"/>
       <c r="E1013" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1013" t="inlineStr">
         <is>
-          <t>UserSettingsModelPasswords don't match</t>
+          <t>UserSettingsModelError</t>
         </is>
       </c>
       <c r="G1013" t="inlineStr"/>
       <c r="H1013" t="inlineStr"/>
     </row>
     <row r="1014">
       <c r="A1014" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27087</t>
+          <t>../../src/UserSettingsPage.cpp:27169</t>
         </is>
       </c>
       <c r="B1014" t="inlineStr">
         <is>
-          <t>File to save the exported session keys</t>
+          <t>File Password</t>
         </is>
       </c>
       <c r="C1014" t="inlineStr">
         <is>
-          <t>Fail, kuhu salvestad eksporditavad sessiooni krüptovõtmed</t>
+          <t>Faili salasõna</t>
         </is>
       </c>
       <c r="D1014" t="inlineStr"/>
       <c r="E1014" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1014" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile to save the exported session keys</t>
+          <t>UserSettingsModelFile Password</t>
         </is>
       </c>
       <c r="G1014" t="inlineStr"/>
       <c r="H1014" t="inlineStr"/>
     </row>
     <row r="1015">
       <c r="A1015" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../../src/UserSettingsPage.cpp:27144</t>
         </is>
       </c>
       <c r="B1015" t="inlineStr">
         <is>
-          <t>CACHED</t>
+          <t>Enter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="C1015" t="inlineStr">
         <is>
-          <t>PUHVERDATUD</t>
+          <t>Faili dekrüptimiseks sisesta salafraas:</t>
         </is>
       </c>
       <c r="D1015" t="inlineStr"/>
       <c r="E1015" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1015" t="inlineStr">
         <is>
-          <t>UserSettingsPageCACHED</t>
+          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="G1015" t="inlineStr"/>
       <c r="H1015" t="inlineStr"/>
     </row>
     <row r="1016">
       <c r="A1016" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../../src/UserSettingsPage.cpp:27178</t>
         </is>
       </c>
       <c r="B1016" t="inlineStr">
         <is>
-          <t>NOT CACHED</t>
+          <t>The password cannot be empty</t>
         </is>
       </c>
       <c r="C1016" t="inlineStr">
         <is>
-          <t>PUHVERDAMATA</t>
+          <t>Salasõna ei saa olla tühi</t>
         </is>
       </c>
       <c r="D1016" t="inlineStr"/>
       <c r="E1016" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1016" t="inlineStr">
         <is>
-          <t>UserSettingsPageNOT CACHED</t>
+          <t>UserSettingsModelThe password cannot be empty</t>
         </is>
       </c>
       <c r="G1016" t="inlineStr"/>
       <c r="H1016" t="inlineStr"/>
     </row>
     <row r="1017">
       <c r="A1017" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27281</t>
+          <t>../../src/UserSettingsPage.cpp:27170</t>
         </is>
       </c>
       <c r="B1017" t="inlineStr">
         <is>
-          <t>IMPORT</t>
+          <t>Enter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="C1017" t="inlineStr">
         <is>
-          <t>IMPORDI</t>
+          <t>Oma sessioonivõtmete krüptimiseks sisesta salafraas:</t>
         </is>
       </c>
       <c r="D1017" t="inlineStr"/>
       <c r="E1017" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1017" t="inlineStr">
         <is>
-          <t>UserSettingsPageIMPORT</t>
+          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="G1017" t="inlineStr"/>
       <c r="H1017" t="inlineStr"/>
     </row>
     <row r="1018">
       <c r="A1018" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27285</t>
+          <t>../../src/UserSettingsPage.cpp:27183</t>
         </is>
       </c>
       <c r="B1018" t="inlineStr">
         <is>
-          <t>EXPORT</t>
+          <t>Repeat File Password</t>
         </is>
       </c>
       <c r="C1018" t="inlineStr">
         <is>
-          <t>EKSPORDI</t>
+          <t>Korda faili salasõna</t>
         </is>
       </c>
       <c r="D1018" t="inlineStr"/>
       <c r="E1018" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1018" t="inlineStr">
         <is>
-          <t>UserSettingsPageEXPORT</t>
+          <t>UserSettingsModelRepeat File Password</t>
         </is>
       </c>
       <c r="G1018" t="inlineStr"/>
       <c r="H1018" t="inlineStr"/>
     </row>
     <row r="1019">
       <c r="A1019" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27294</t>
+          <t>../../src/UserSettingsPage.cpp:27184</t>
         </is>
       </c>
       <c r="B1019" t="inlineStr">
         <is>
-          <t>DOWNLOAD</t>
+          <t>Repeat the passphrase:</t>
         </is>
       </c>
       <c r="C1019" t="inlineStr">
         <is>
-          <t>ALLALAADIMISED</t>
+          <t>Korda salafraasi:</t>
         </is>
       </c>
       <c r="D1019" t="inlineStr"/>
       <c r="E1019" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1019" t="inlineStr">
         <is>
-          <t>UserSettingsPageDOWNLOAD</t>
+          <t>UserSettingsModelRepeat the passphrase:</t>
         </is>
       </c>
       <c r="G1019" t="inlineStr"/>
       <c r="H1019" t="inlineStr"/>
     </row>
     <row r="1020">
       <c r="A1020" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27298</t>
+          <t>../../src/UserSettingsPage.cpp:27192</t>
         </is>
       </c>
       <c r="B1020" t="inlineStr">
         <is>
-          <t>REQUEST</t>
+          <t>Passwords don't match</t>
         </is>
       </c>
       <c r="C1020" t="inlineStr">
         <is>
-          <t>PÄRING</t>
+          <t>Salasõnad ei klapi omavahel</t>
         </is>
       </c>
       <c r="D1020" t="inlineStr"/>
       <c r="E1020" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1020" t="inlineStr">
         <is>
-          <t>UserSettingsPageREQUEST</t>
+          <t>UserSettingsModelPasswords don't match</t>
         </is>
       </c>
       <c r="G1020" t="inlineStr"/>
       <c r="H1020" t="inlineStr"/>
     </row>
     <row r="1021">
       <c r="A1021" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27306</t>
+          <t>../../src/UserSettingsPage.cpp:27199</t>
         </is>
       </c>
       <c r="B1021" t="inlineStr">
         <is>
-          <t>CONFIGURE</t>
+          <t>File to save the exported session keys</t>
         </is>
       </c>
       <c r="C1021" t="inlineStr">
         <is>
-          <t>SEADISTA</t>
+          <t>Fail, kuhu salvestad eksporditavad sessiooni krüptovõtmed</t>
         </is>
       </c>
       <c r="D1021" t="inlineStr"/>
       <c r="E1021" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1021" t="inlineStr">
         <is>
-          <t>UserSettingsPageCONFIGURE</t>
+          <t>UserSettingsModelFile to save the exported session keys</t>
         </is>
       </c>
       <c r="G1021" t="inlineStr"/>
       <c r="H1021" t="inlineStr"/>
     </row>
     <row r="1022">
       <c r="A1022" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27324</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B1022" t="inlineStr">
         <is>
-          <t>MANAGE</t>
+          <t>CACHED</t>
         </is>
       </c>
       <c r="C1022" t="inlineStr">
         <is>
-          <t>HALDA</t>
+          <t>PUHVERDATUD</t>
         </is>
       </c>
       <c r="D1022" t="inlineStr"/>
       <c r="E1022" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1022" t="inlineStr">
         <is>
-          <t>UserSettingsPageMANAGE</t>
+          <t>UserSettingsPageCACHED</t>
         </is>
       </c>
       <c r="G1022" t="inlineStr"/>
       <c r="H1022" t="inlineStr"/>
     </row>
     <row r="1023">
       <c r="A1023" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27359</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B1023" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>NOT CACHED</t>
         </is>
       </c>
       <c r="C1023" t="inlineStr">
         <is>
-          <t>Tagasi</t>
+          <t>PUHVERDAMATA</t>
         </is>
       </c>
       <c r="D1023" t="inlineStr"/>
       <c r="E1023" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1023" t="inlineStr">
         <is>
-          <t>UserSettingsPageBack</t>
+          <t>UserSettingsPageNOT CACHED</t>
         </is>
       </c>
       <c r="G1023" t="inlineStr"/>
       <c r="H1023" t="inlineStr"/>
     </row>
     <row r="1024">
       <c r="A1024" t="inlineStr">
         <is>
-          <t>../../src/encryption/VerificationManager.cpp:27502</t>
+          <t>../qml/pages/UserSettingsPage.qml:27396</t>
         </is>
       </c>
       <c r="B1024" t="inlineStr">
         <is>
-          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>IMPORT</t>
         </is>
       </c>
       <c r="C1024" t="inlineStr">
         <is>
-          <t>Ühtegi krüptitud vestlust selle kasutajaga ei leidunud. Palun loo temaga krüptitud vestlus ja proovi uuesti.</t>
+          <t>IMPORDI</t>
         </is>
       </c>
       <c r="D1024" t="inlineStr"/>
       <c r="E1024" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1024" t="inlineStr">
         <is>
-          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>UserSettingsPageIMPORT</t>
         </is>
       </c>
       <c r="G1024" t="inlineStr"/>
       <c r="H1024" t="inlineStr"/>
     </row>
     <row r="1025">
       <c r="A1025" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27514</t>
+          <t>../qml/pages/UserSettingsPage.qml:27400</t>
         </is>
       </c>
       <c r="B1025" t="inlineStr">
         <is>
-          <t>Waiting for other party…</t>
+          <t>EXPORT</t>
         </is>
       </c>
       <c r="C1025" t="inlineStr">
         <is>
-          <t>Ootan teise osapoole tegevust…</t>
+          <t>EKSPORDI</t>
         </is>
       </c>
       <c r="D1025" t="inlineStr"/>
       <c r="E1025" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1025" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other party…</t>
+          <t>UserSettingsPageEXPORT</t>
         </is>
       </c>
       <c r="G1025" t="inlineStr"/>
       <c r="H1025" t="inlineStr"/>
     </row>
     <row r="1026">
       <c r="A1026" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27526</t>
+          <t>../qml/pages/UserSettingsPage.qml:27409</t>
         </is>
       </c>
       <c r="B1026" t="inlineStr">
         <is>
-          <t>Waiting for other side to accept the verification request.</t>
+          <t>DOWNLOAD</t>
         </is>
       </c>
       <c r="C1026" t="inlineStr">
         <is>
-          <t>Ootan, et teine osapool nõustuks verifitseerimispäringuga.</t>
+          <t>ALLALAADIMISED</t>
         </is>
       </c>
       <c r="D1026" t="inlineStr"/>
       <c r="E1026" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1026" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to accept the verification request.</t>
+          <t>UserSettingsPageDOWNLOAD</t>
         </is>
       </c>
       <c r="G1026" t="inlineStr"/>
       <c r="H1026" t="inlineStr"/>
     </row>
     <row r="1027">
       <c r="A1027" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27528</t>
+          <t>../qml/pages/UserSettingsPage.qml:27413</t>
         </is>
       </c>
       <c r="B1027" t="inlineStr">
         <is>
-          <t>Waiting for other side to continue the verification process.</t>
+          <t>REQUEST</t>
         </is>
       </c>
       <c r="C1027" t="inlineStr">
         <is>
-          <t>Ootan, et teine osapool jätkaks verifitseerimist.</t>
+          <t>PÄRING</t>
         </is>
       </c>
       <c r="D1027" t="inlineStr"/>
       <c r="E1027" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1027" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to continue the verification process.</t>
+          <t>UserSettingsPageREQUEST</t>
         </is>
       </c>
       <c r="G1027" t="inlineStr"/>
       <c r="H1027" t="inlineStr"/>
     </row>
     <row r="1028">
       <c r="A1028" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27530</t>
+          <t>../qml/pages/UserSettingsPage.qml:27421</t>
         </is>
       </c>
       <c r="B1028" t="inlineStr">
         <is>
-          <t>Waiting for other side to complete the verification process.</t>
+          <t>CONFIGURE</t>
         </is>
       </c>
       <c r="C1028" t="inlineStr">
         <is>
-          <t>Ootan, et teine osapool lõpetaks verifitseerimise.</t>
+          <t>SEADISTA</t>
         </is>
       </c>
       <c r="D1028" t="inlineStr"/>
       <c r="E1028" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1028" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to complete the verification process.</t>
+          <t>UserSettingsPageCONFIGURE</t>
         </is>
       </c>
       <c r="G1028" t="inlineStr"/>
       <c r="H1028" t="inlineStr"/>
     </row>
     <row r="1029">
       <c r="A1029" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27549</t>
+          <t>../qml/pages/UserSettingsPage.qml:27439</t>
         </is>
       </c>
       <c r="B1029" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>MANAGE</t>
         </is>
       </c>
       <c r="C1029" t="inlineStr">
         <is>
-          <t>Katkesta</t>
+          <t>HALDA</t>
         </is>
       </c>
       <c r="D1029" t="inlineStr"/>
       <c r="E1029" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1029" t="inlineStr">
         <is>
-          <t>WaitingCancel</t>
+          <t>UserSettingsPageMANAGE</t>
         </is>
       </c>
       <c r="G1029" t="inlineStr"/>
       <c r="H1029" t="inlineStr"/>
     </row>
     <row r="1030">
       <c r="A1030" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27579</t>
+          <t>../qml/pages/UserSettingsPage.qml:27474</t>
         </is>
       </c>
       <c r="B1030" t="inlineStr">
         <is>
-          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C1030" t="inlineStr">
         <is>
-          <t>Tere tulemast Nheko kasutajaks! Töölauarakendus Matrix'i protokolli jaoks.</t>
+          <t>Tagasi</t>
         </is>
       </c>
       <c r="D1030" t="inlineStr"/>
       <c r="E1030" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1030" t="inlineStr">
         <is>
-          <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
+          <t>UserSettingsPageBack</t>
         </is>
       </c>
       <c r="G1030" t="inlineStr"/>
       <c r="H1030" t="inlineStr"/>
     </row>
     <row r="1031">
       <c r="A1031" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27589</t>
+          <t>../../src/encryption/VerificationManager.cpp:27617</t>
         </is>
       </c>
       <c r="B1031" t="inlineStr">
         <is>
-          <t>Enjoy your stay!</t>
+          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="C1031" t="inlineStr">
         <is>
-          <t>Head suhtlemist!</t>
+          <t>Ühtegi krüptitud vestlust selle kasutajaga ei leidunud. Palun loo temaga krüptitud vestlus ja proovi uuesti.</t>
         </is>
       </c>
       <c r="D1031" t="inlineStr"/>
       <c r="E1031" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1031" t="inlineStr">
         <is>
-          <t>WelcomePageEnjoy your stay!</t>
+          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="G1031" t="inlineStr"/>
       <c r="H1031" t="inlineStr"/>
     </row>
     <row r="1032">
       <c r="A1032" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27603</t>
+          <t>../qml/device-verification/Waiting.qml:27629</t>
         </is>
       </c>
       <c r="B1032" t="inlineStr">
         <is>
-          <t>REGISTER</t>
+          <t>Waiting for other party…</t>
         </is>
       </c>
       <c r="C1032" t="inlineStr">
         <is>
-          <t>REGISTREERU</t>
+          <t>Ootan teise osapoole tegevust…</t>
         </is>
       </c>
       <c r="D1032" t="inlineStr"/>
       <c r="E1032" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1032" t="inlineStr">
         <is>
-          <t>WelcomePageREGISTER</t>
+          <t>WaitingWaiting for other party…</t>
         </is>
       </c>
       <c r="G1032" t="inlineStr"/>
       <c r="H1032" t="inlineStr"/>
     </row>
     <row r="1033">
       <c r="A1033" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27611</t>
+          <t>../qml/device-verification/Waiting.qml:27641</t>
         </is>
       </c>
       <c r="B1033" t="inlineStr">
         <is>
-          <t>LOGIN</t>
+          <t>Waiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="C1033" t="inlineStr">
         <is>
-          <t>LOGI SISSE</t>
+          <t>Ootan, et teine osapool nõustuks verifitseerimispäringuga.</t>
         </is>
       </c>
       <c r="D1033" t="inlineStr"/>
       <c r="E1033" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1033" t="inlineStr">
         <is>
-          <t>WelcomePageLOGIN</t>
+          <t>WaitingWaiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="G1033" t="inlineStr"/>
       <c r="H1033" t="inlineStr"/>
     </row>
     <row r="1034">
       <c r="A1034" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27637</t>
+          <t>../qml/device-verification/Waiting.qml:27643</t>
         </is>
       </c>
       <c r="B1034" t="inlineStr">
         <is>
-          <t>Reduce animations</t>
+          <t>Waiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="C1034" t="inlineStr">
         <is>
-          <t>Vähenda animatsioone</t>
+          <t>Ootan, et teine osapool jätkaks verifitseerimist.</t>
         </is>
       </c>
       <c r="D1034" t="inlineStr"/>
       <c r="E1034" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1034" t="inlineStr">
         <is>
-          <t>WelcomePageReduce animations</t>
+          <t>WaitingWaiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="G1034" t="inlineStr"/>
       <c r="H1034" t="inlineStr"/>
     </row>
     <row r="1035">
       <c r="A1035" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27644</t>
+          <t>../qml/device-verification/Waiting.qml:27645</t>
         </is>
       </c>
       <c r="B1035" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Waiting for other side to complete the verification process.</t>
         </is>
       </c>
       <c r="C1035" t="inlineStr">
         <is>
-          <t>Et kasutajaliides oleks toredam, kasutab Nheko mitmel puhul animatsioone. Kui see sulle ei sobi, siis saad nad välja lülitada.</t>
+          <t>Ootan, et teine osapool lõpetaks verifitseerimise.</t>
         </is>
       </c>
       <c r="D1035" t="inlineStr"/>
       <c r="E1035" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1035" t="inlineStr">
         <is>
-          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>WaitingWaiting for other side to complete the verification process.</t>
         </is>
       </c>
       <c r="G1035" t="inlineStr"/>
       <c r="H1035" t="inlineStr"/>
     </row>
     <row r="1036">
       <c r="A1036" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:28027</t>
+          <t>../qml/device-verification/Waiting.qml:27664</t>
         </is>
       </c>
       <c r="B1036" t="inlineStr">
         <is>
-          <t>Yesterday</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C1036" t="inlineStr">
         <is>
-          <t>Eile</t>
+          <t>Katkesta</t>
         </is>
       </c>
       <c r="D1036" t="inlineStr"/>
       <c r="E1036" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1036" t="inlineStr">
         <is>
-          <t>descriptiveTimeYesterday</t>
+          <t>WaitingCancel</t>
         </is>
       </c>
       <c r="G1036" t="inlineStr"/>
       <c r="H1036" t="inlineStr"/>
     </row>
     <row r="1037">
       <c r="A1037" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28040</t>
+          <t>../qml/pages/WelcomePage.qml:27694</t>
         </is>
       </c>
       <c r="B1037" t="inlineStr">
         <is>
-          <t>People</t>
+          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
         </is>
       </c>
       <c r="C1037" t="inlineStr">
         <is>
-          <t>Inimesed</t>
+          <t>Tere tulemast Nheko kasutajaks! Töölauarakendus Matrix'i protokolli jaoks.</t>
         </is>
       </c>
       <c r="D1037" t="inlineStr"/>
       <c r="E1037" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1037" t="inlineStr">
         <is>
-          <t>emoji-catagoryPeople</t>
+          <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
         </is>
       </c>
       <c r="G1037" t="inlineStr"/>
       <c r="H1037" t="inlineStr"/>
     </row>
     <row r="1038">
       <c r="A1038" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28042</t>
+          <t>../qml/pages/WelcomePage.qml:27704</t>
         </is>
       </c>
       <c r="B1038" t="inlineStr">
         <is>
-          <t>Nature</t>
+          <t>Enjoy your stay!</t>
         </is>
       </c>
       <c r="C1038" t="inlineStr">
         <is>
-          <t>Loodus</t>
+          <t>Head suhtlemist!</t>
         </is>
       </c>
       <c r="D1038" t="inlineStr"/>
       <c r="E1038" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1038" t="inlineStr">
         <is>
-          <t>emoji-catagoryNature</t>
+          <t>WelcomePageEnjoy your stay!</t>
         </is>
       </c>
       <c r="G1038" t="inlineStr"/>
       <c r="H1038" t="inlineStr"/>
     </row>
     <row r="1039">
       <c r="A1039" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28044</t>
+          <t>../qml/pages/WelcomePage.qml:27718</t>
         </is>
       </c>
       <c r="B1039" t="inlineStr">
         <is>
-          <t>Food</t>
+          <t>REGISTER</t>
         </is>
       </c>
       <c r="C1039" t="inlineStr">
         <is>
-          <t>Toit</t>
+          <t>REGISTREERU</t>
         </is>
       </c>
       <c r="D1039" t="inlineStr"/>
       <c r="E1039" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1039" t="inlineStr">
         <is>
-          <t>emoji-catagoryFood</t>
+          <t>WelcomePageREGISTER</t>
         </is>
       </c>
       <c r="G1039" t="inlineStr"/>
       <c r="H1039" t="inlineStr"/>
     </row>
     <row r="1040">
       <c r="A1040" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28046</t>
+          <t>../qml/pages/WelcomePage.qml:27726</t>
         </is>
       </c>
       <c r="B1040" t="inlineStr">
         <is>
-          <t>Activity</t>
+          <t>LOGIN</t>
         </is>
       </c>
       <c r="C1040" t="inlineStr">
         <is>
-          <t>Tegevused</t>
+          <t>LOGI SISSE</t>
         </is>
       </c>
       <c r="D1040" t="inlineStr"/>
       <c r="E1040" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1040" t="inlineStr">
         <is>
-          <t>emoji-catagoryActivity</t>
+          <t>WelcomePageLOGIN</t>
         </is>
       </c>
       <c r="G1040" t="inlineStr"/>
       <c r="H1040" t="inlineStr"/>
     </row>
     <row r="1041">
       <c r="A1041" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28048</t>
+          <t>../qml/pages/WelcomePage.qml:27752</t>
         </is>
       </c>
       <c r="B1041" t="inlineStr">
         <is>
-          <t>Travel</t>
+          <t>Reduce animations</t>
         </is>
       </c>
       <c r="C1041" t="inlineStr">
         <is>
-          <t>Reisimine</t>
+          <t>Vähenda animatsioone</t>
         </is>
       </c>
       <c r="D1041" t="inlineStr"/>
       <c r="E1041" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1041" t="inlineStr">
         <is>
-          <t>emoji-catagoryTravel</t>
+          <t>WelcomePageReduce animations</t>
         </is>
       </c>
       <c r="G1041" t="inlineStr"/>
       <c r="H1041" t="inlineStr"/>
     </row>
     <row r="1042">
       <c r="A1042" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28050</t>
+          <t>../qml/pages/WelcomePage.qml:27759</t>
         </is>
       </c>
       <c r="B1042" t="inlineStr">
         <is>
-          <t>Objects</t>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="C1042" t="inlineStr">
         <is>
-          <t>Esemed</t>
+          <t>Et kasutajaliides oleks toredam, kasutab Nheko mitmel puhul animatsioone. Kui see sulle ei sobi, siis saad nad välja lülitada.</t>
         </is>
       </c>
       <c r="D1042" t="inlineStr"/>
       <c r="E1042" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1042" t="inlineStr">
         <is>
-          <t>emoji-catagoryObjects</t>
+          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="G1042" t="inlineStr"/>
       <c r="H1042" t="inlineStr"/>
     </row>
     <row r="1043">
       <c r="A1043" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28052</t>
+          <t>../../src/Utils.cpp:28143</t>
         </is>
       </c>
       <c r="B1043" t="inlineStr">
         <is>
-          <t>Symbols</t>
+          <t>Yesterday</t>
         </is>
       </c>
       <c r="C1043" t="inlineStr">
         <is>
-          <t>Sümbolid</t>
+          <t>Eile</t>
         </is>
       </c>
       <c r="D1043" t="inlineStr"/>
       <c r="E1043" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1043" t="inlineStr">
         <is>
-          <t>emoji-catagorySymbols</t>
+          <t>descriptiveTimeYesterday</t>
         </is>
       </c>
       <c r="G1043" t="inlineStr"/>
       <c r="H1043" t="inlineStr"/>
     </row>
     <row r="1044">
       <c r="A1044" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28054</t>
+          <t>../../src/emoji/Emoji.cpp:28156</t>
         </is>
       </c>
       <c r="B1044" t="inlineStr">
         <is>
-          <t>Flags</t>
+          <t>People</t>
         </is>
       </c>
       <c r="C1044" t="inlineStr">
         <is>
-          <t>Lipud</t>
+          <t>Inimesed</t>
         </is>
       </c>
       <c r="D1044" t="inlineStr"/>
       <c r="E1044" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1044" t="inlineStr">
         <is>
-          <t>emoji-catagoryFlags</t>
+          <t>emoji-catagoryPeople</t>
         </is>
       </c>
       <c r="G1044" t="inlineStr"/>
       <c r="H1044" t="inlineStr"/>
     </row>
     <row r="1045">
       <c r="A1045" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:28042</t>
+          <t>../../src/emoji/Emoji.cpp:28158</t>
         </is>
       </c>
       <c r="B1045" t="inlineStr">
         <is>
-          <t>Message contains spoiler.</t>
+          <t>Nature</t>
         </is>
       </c>
       <c r="C1045" t="inlineStr">
         <is>
-          <t>Sõnumis leidub rõõmurikkuja.</t>
+          <t>Loodus</t>
         </is>
       </c>
       <c r="D1045" t="inlineStr"/>
       <c r="E1045" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1045" t="inlineStr">
         <is>
-          <t>macosNotificationMessage contains spoiler.</t>
+          <t>emoji-catagoryNature</t>
         </is>
       </c>
       <c r="G1045" t="inlineStr"/>
       <c r="H1045" t="inlineStr"/>
     </row>
     <row r="1046">
       <c r="A1046" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27734</t>
+          <t>../../src/emoji/Emoji.cpp:28160</t>
         </is>
       </c>
       <c r="B1046" t="inlineStr">
         <is>
-          <t>You sent an audio clip</t>
+          <t>Food</t>
         </is>
       </c>
       <c r="C1046" t="inlineStr">
         <is>
-          <t>Sa saatsid helifaili</t>
+          <t>Toit</t>
         </is>
       </c>
       <c r="D1046" t="inlineStr"/>
       <c r="E1046" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1046" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an audio clip</t>
+          <t>emoji-catagoryFood</t>
         </is>
       </c>
       <c r="G1046" t="inlineStr"/>
       <c r="H1046" t="inlineStr"/>
     </row>
     <row r="1047">
       <c r="A1047" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27737</t>
+          <t>../../src/emoji/Emoji.cpp:28162</t>
         </is>
       </c>
       <c r="B1047" t="inlineStr">
         <is>
-          <t>%1 sent an audio clip</t>
+          <t>Activity</t>
         </is>
       </c>
       <c r="C1047" t="inlineStr">
         <is>
-          <t>%1 saatis helifaili</t>
+          <t>Tegevused</t>
         </is>
       </c>
       <c r="D1047" t="inlineStr"/>
       <c r="E1047" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1047" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an audio clip</t>
+          <t>emoji-catagoryActivity</t>
         </is>
       </c>
       <c r="G1047" t="inlineStr"/>
       <c r="H1047" t="inlineStr"/>
     </row>
     <row r="1048">
       <c r="A1048" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27741</t>
+          <t>../../src/emoji/Emoji.cpp:28164</t>
         </is>
       </c>
       <c r="B1048" t="inlineStr">
         <is>
-          <t>You sent an image</t>
+          <t>Travel</t>
         </is>
       </c>
       <c r="C1048" t="inlineStr">
         <is>
-          <t>Sa saatsid pildi</t>
+          <t>Reisimine</t>
         </is>
       </c>
       <c r="D1048" t="inlineStr"/>
       <c r="E1048" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1048" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an image</t>
+          <t>emoji-catagoryTravel</t>
         </is>
       </c>
       <c r="G1048" t="inlineStr"/>
       <c r="H1048" t="inlineStr"/>
     </row>
     <row r="1049">
       <c r="A1049" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27743</t>
+          <t>../../src/emoji/Emoji.cpp:28166</t>
         </is>
       </c>
       <c r="B1049" t="inlineStr">
         <is>
-          <t>%1 sent an image</t>
+          <t>Objects</t>
         </is>
       </c>
       <c r="C1049" t="inlineStr">
         <is>
-          <t>%1 saatis pildi</t>
+          <t>Esemed</t>
         </is>
       </c>
       <c r="D1049" t="inlineStr"/>
       <c r="E1049" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1049" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an image</t>
+          <t>emoji-catagoryObjects</t>
         </is>
       </c>
       <c r="G1049" t="inlineStr"/>
       <c r="H1049" t="inlineStr"/>
     </row>
     <row r="1050">
       <c r="A1050" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27747</t>
+          <t>../../src/emoji/Emoji.cpp:28168</t>
         </is>
       </c>
       <c r="B1050" t="inlineStr">
         <is>
-          <t>You sent a file</t>
+          <t>Symbols</t>
         </is>
       </c>
       <c r="C1050" t="inlineStr">
         <is>
-          <t>Sa saatsid faili</t>
+          <t>Sümbolid</t>
         </is>
       </c>
       <c r="D1050" t="inlineStr"/>
       <c r="E1050" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1050" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a file</t>
+          <t>emoji-catagorySymbols</t>
         </is>
       </c>
       <c r="G1050" t="inlineStr"/>
       <c r="H1050" t="inlineStr"/>
     </row>
     <row r="1051">
       <c r="A1051" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27749</t>
+          <t>../../src/emoji/Emoji.cpp:28170</t>
         </is>
       </c>
       <c r="B1051" t="inlineStr">
         <is>
-          <t>%1 sent a file</t>
+          <t>Flags</t>
         </is>
       </c>
       <c r="C1051" t="inlineStr">
         <is>
-          <t>%1 saatis faili</t>
+          <t>Lipud</t>
         </is>
       </c>
       <c r="D1051" t="inlineStr"/>
       <c r="E1051" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1051" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a file</t>
+          <t>emoji-catagoryFlags</t>
         </is>
       </c>
       <c r="G1051" t="inlineStr"/>
       <c r="H1051" t="inlineStr"/>
     </row>
     <row r="1052">
       <c r="A1052" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27753</t>
+          <t>../../src/notifications/ManagerMac.cpp:28158</t>
         </is>
       </c>
       <c r="B1052" t="inlineStr">
         <is>
-          <t>You sent a video</t>
+          <t>Message contains spoiler.</t>
         </is>
       </c>
       <c r="C1052" t="inlineStr">
         <is>
-          <t>Sa saatsid video</t>
+          <t>Sõnumis leidub rõõmurikkuja.</t>
         </is>
       </c>
       <c r="D1052" t="inlineStr"/>
       <c r="E1052" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1052" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a video</t>
+          <t>macosNotificationMessage contains spoiler.</t>
         </is>
       </c>
       <c r="G1052" t="inlineStr"/>
       <c r="H1052" t="inlineStr"/>
     </row>
     <row r="1053">
       <c r="A1053" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27755</t>
+          <t>../../src/Utils.cpp:27850</t>
         </is>
       </c>
       <c r="B1053" t="inlineStr">
         <is>
-          <t>%1 sent a video</t>
+          <t>You sent an audio clip</t>
         </is>
       </c>
       <c r="C1053" t="inlineStr">
         <is>
-          <t>%1 saatis video</t>
+          <t>Sa saatsid helifaili</t>
         </is>
       </c>
       <c r="D1053" t="inlineStr"/>
       <c r="E1053" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1053" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a video</t>
+          <t>message-description sent:You sent an audio clip</t>
         </is>
       </c>
       <c r="G1053" t="inlineStr"/>
       <c r="H1053" t="inlineStr"/>
     </row>
     <row r="1054">
       <c r="A1054" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27759</t>
+          <t>../../src/Utils.cpp:27853</t>
         </is>
       </c>
       <c r="B1054" t="inlineStr">
         <is>
-          <t>You sent a sticker</t>
+          <t>%1 sent an audio clip</t>
         </is>
       </c>
       <c r="C1054" t="inlineStr">
         <is>
-          <t>Sa saatsid kleepsu</t>
+          <t>%1 saatis helifaili</t>
         </is>
       </c>
       <c r="D1054" t="inlineStr"/>
       <c r="E1054" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1054" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a sticker</t>
+          <t>message-description sent:%1 sent an audio clip</t>
         </is>
       </c>
       <c r="G1054" t="inlineStr"/>
       <c r="H1054" t="inlineStr"/>
     </row>
     <row r="1055">
       <c r="A1055" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27761</t>
+          <t>../../src/Utils.cpp:27857</t>
         </is>
       </c>
       <c r="B1055" t="inlineStr">
         <is>
-          <t>%1 sent a sticker</t>
+          <t>You sent an image</t>
         </is>
       </c>
       <c r="C1055" t="inlineStr">
         <is>
-          <t>%1 saatis kleepsu</t>
+          <t>Sa saatsid pildi</t>
         </is>
       </c>
       <c r="D1055" t="inlineStr"/>
       <c r="E1055" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1055" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a sticker</t>
+          <t>message-description sent:You sent an image</t>
         </is>
       </c>
       <c r="G1055" t="inlineStr"/>
       <c r="H1055" t="inlineStr"/>
     </row>
     <row r="1056">
       <c r="A1056" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27765</t>
+          <t>../../src/Utils.cpp:27859</t>
         </is>
       </c>
       <c r="B1056" t="inlineStr">
         <is>
-          <t>You sent a notification</t>
+          <t>%1 sent an image</t>
         </is>
       </c>
       <c r="C1056" t="inlineStr">
         <is>
-          <t>Sa saatsid teavituse</t>
+          <t>%1 saatis pildi</t>
         </is>
       </c>
       <c r="D1056" t="inlineStr"/>
       <c r="E1056" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1056" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a notification</t>
+          <t>message-description sent:%1 sent an image</t>
         </is>
       </c>
       <c r="G1056" t="inlineStr"/>
       <c r="H1056" t="inlineStr"/>
     </row>
     <row r="1057">
       <c r="A1057" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27768</t>
+          <t>../../src/Utils.cpp:27863</t>
         </is>
       </c>
       <c r="B1057" t="inlineStr">
         <is>
-          <t>%1 sent a notification</t>
+          <t>You sent a file</t>
         </is>
       </c>
       <c r="C1057" t="inlineStr">
         <is>
-          <t>%1 saatis teavituse</t>
+          <t>Sa saatsid faili</t>
         </is>
       </c>
       <c r="D1057" t="inlineStr"/>
       <c r="E1057" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1057" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a notification</t>
+          <t>message-description sent:You sent a file</t>
         </is>
       </c>
       <c r="G1057" t="inlineStr"/>
       <c r="H1057" t="inlineStr"/>
     </row>
     <row r="1058">
       <c r="A1058" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27800</t>
+          <t>../../src/Utils.cpp:27865</t>
         </is>
       </c>
       <c r="B1058" t="inlineStr">
         <is>
-          <t>You sent a spoiler.</t>
+          <t>%1 sent a file</t>
         </is>
       </c>
       <c r="C1058" t="inlineStr">
         <is>
-          <t>Sina saatsid rõõmurikkuja.</t>
+          <t>%1 saatis faili</t>
         </is>
       </c>
       <c r="D1058" t="inlineStr"/>
       <c r="E1058" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1058" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a spoiler.</t>
+          <t>message-description sent:%1 sent a file</t>
         </is>
       </c>
       <c r="G1058" t="inlineStr"/>
       <c r="H1058" t="inlineStr"/>
     </row>
     <row r="1059">
       <c r="A1059" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27803</t>
+          <t>../../src/Utils.cpp:27869</t>
         </is>
       </c>
       <c r="B1059" t="inlineStr">
         <is>
-          <t>%1 sent a spoiler.</t>
+          <t>You sent a video</t>
         </is>
       </c>
       <c r="C1059" t="inlineStr">
         <is>
-          <t>%1 saatis rõõmurikkuja.</t>
+          <t>Sa saatsid video</t>
         </is>
       </c>
       <c r="D1059" t="inlineStr"/>
       <c r="E1059" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1059" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a spoiler.</t>
+          <t>message-description sent:You sent a video</t>
         </is>
       </c>
       <c r="G1059" t="inlineStr"/>
       <c r="H1059" t="inlineStr"/>
     </row>
     <row r="1060">
       <c r="A1060" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27809</t>
+          <t>../../src/Utils.cpp:27871</t>
         </is>
       </c>
       <c r="B1060" t="inlineStr">
         <is>
-          <t>You: %1</t>
+          <t>%1 sent a video</t>
         </is>
       </c>
       <c r="C1060" t="inlineStr">
         <is>
-          <t>Sina: %1</t>
+          <t>%1 saatis video</t>
         </is>
       </c>
       <c r="D1060" t="inlineStr"/>
       <c r="E1060" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1060" t="inlineStr">
         <is>
-          <t>message-description sent:You: %1</t>
+          <t>message-description sent:%1 sent a video</t>
         </is>
       </c>
       <c r="G1060" t="inlineStr"/>
       <c r="H1060" t="inlineStr"/>
     </row>
     <row r="1061">
       <c r="A1061" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27812</t>
+          <t>../../src/Utils.cpp:27875</t>
         </is>
       </c>
       <c r="B1061" t="inlineStr">
         <is>
-          <t>%1: %2</t>
+          <t>You sent a sticker</t>
         </is>
       </c>
       <c r="C1061" t="inlineStr">
         <is>
-          <t>%1: %2</t>
+          <t>Sa saatsid kleepsu</t>
         </is>
       </c>
       <c r="D1061" t="inlineStr"/>
       <c r="E1061" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1061" t="inlineStr">
         <is>
-          <t>message-description sent:%1: %2</t>
+          <t>message-description sent:You sent a sticker</t>
         </is>
       </c>
       <c r="G1061" t="inlineStr"/>
       <c r="H1061" t="inlineStr"/>
     </row>
     <row r="1062">
       <c r="A1062" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27791</t>
+          <t>../../src/Utils.cpp:27877</t>
         </is>
       </c>
       <c r="B1062" t="inlineStr">
         <is>
-          <t>You sent a chat effect</t>
+          <t>%1 sent a sticker</t>
         </is>
       </c>
       <c r="C1062" t="inlineStr">
         <is>
-          <t>Sa saatsid vestlusmulje</t>
+          <t>%1 saatis kleepsu</t>
         </is>
       </c>
       <c r="D1062" t="inlineStr"/>
       <c r="E1062" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1062" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a chat effect</t>
+          <t>message-description sent:%1 sent a sticker</t>
         </is>
       </c>
       <c r="G1062" t="inlineStr"/>
       <c r="H1062" t="inlineStr"/>
     </row>
     <row r="1063">
       <c r="A1063" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27794</t>
+          <t>../../src/Utils.cpp:27881</t>
         </is>
       </c>
       <c r="B1063" t="inlineStr">
         <is>
-          <t>%1 sent a chat effect</t>
+          <t>You sent a notification</t>
         </is>
       </c>
       <c r="C1063" t="inlineStr">
         <is>
-          <t>%1 saatis vestlusmulje</t>
+          <t>Sa saatsid teavituse</t>
         </is>
       </c>
       <c r="D1063" t="inlineStr"/>
       <c r="E1063" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1063" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a chat effect</t>
+          <t>message-description sent:You sent a notification</t>
         </is>
       </c>
       <c r="G1063" t="inlineStr"/>
       <c r="H1063" t="inlineStr"/>
     </row>
     <row r="1064">
       <c r="A1064" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27817</t>
+          <t>../../src/Utils.cpp:27884</t>
         </is>
       </c>
       <c r="B1064" t="inlineStr">
         <is>
-          <t>* %1 spoils something.</t>
+          <t>%1 sent a notification</t>
         </is>
       </c>
       <c r="C1064" t="inlineStr">
         <is>
-          <t>* %1 rikub väikese rõõmu ära.</t>
+          <t>%1 saatis teavituse</t>
         </is>
       </c>
       <c r="D1064" t="inlineStr"/>
       <c r="E1064" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1064" t="inlineStr">
         <is>
-          <t>message-description sent:* %1 spoils something.</t>
+          <t>message-description sent:%1 sent a notification</t>
         </is>
       </c>
       <c r="G1064" t="inlineStr"/>
       <c r="H1064" t="inlineStr"/>
     </row>
     <row r="1065">
       <c r="A1065" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27825</t>
+          <t>../../src/Utils.cpp:27916</t>
         </is>
       </c>
       <c r="B1065" t="inlineStr">
         <is>
-          <t>You sent an encrypted message</t>
+          <t>You sent a spoiler.</t>
         </is>
       </c>
       <c r="C1065" t="inlineStr">
         <is>
-          <t>Sa saatsid krüptitud sõnumi</t>
+          <t>Sina saatsid rõõmurikkuja.</t>
         </is>
       </c>
       <c r="D1065" t="inlineStr"/>
       <c r="E1065" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1065" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an encrypted message</t>
+          <t>message-description sent:You sent a spoiler.</t>
         </is>
       </c>
       <c r="G1065" t="inlineStr"/>
       <c r="H1065" t="inlineStr"/>
     </row>
     <row r="1066">
       <c r="A1066" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27828</t>
+          <t>../../src/Utils.cpp:27919</t>
         </is>
       </c>
       <c r="B1066" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
+          <t>%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="C1066" t="inlineStr">
         <is>
-          <t>%1 saatis krüptitud sõnumi</t>
+          <t>%1 saatis rõõmurikkuja.</t>
         </is>
       </c>
       <c r="D1066" t="inlineStr"/>
       <c r="E1066" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1066" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an encrypted message</t>
+          <t>message-description sent:%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="G1066" t="inlineStr"/>
       <c r="H1066" t="inlineStr"/>
     </row>
     <row r="1067">
       <c r="A1067" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27833</t>
+          <t>../../src/Utils.cpp:27925</t>
         </is>
       </c>
       <c r="B1067" t="inlineStr">
         <is>
-          <t>You placed a call</t>
+          <t>You: %1</t>
         </is>
       </c>
       <c r="C1067" t="inlineStr">
         <is>
-          <t>Sa helistasid</t>
+          <t>Sina: %1</t>
         </is>
       </c>
       <c r="D1067" t="inlineStr"/>
       <c r="E1067" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1067" t="inlineStr">
         <is>
-          <t>message-description sent:You placed a call</t>
+          <t>message-description sent:You: %1</t>
         </is>
       </c>
       <c r="G1067" t="inlineStr"/>
       <c r="H1067" t="inlineStr"/>
     </row>
     <row r="1068">
       <c r="A1068" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27835</t>
+          <t>../../src/Utils.cpp:27928</t>
         </is>
       </c>
       <c r="B1068" t="inlineStr">
         <is>
-          <t>%1 placed a call</t>
+          <t>%1: %2</t>
         </is>
       </c>
       <c r="C1068" t="inlineStr">
         <is>
-          <t>%1 helistas</t>
+          <t>%1: %2</t>
         </is>
       </c>
       <c r="D1068" t="inlineStr"/>
       <c r="E1068" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1068" t="inlineStr">
         <is>
-          <t>message-description sent:%1 placed a call</t>
+          <t>message-description sent:%1: %2</t>
         </is>
       </c>
       <c r="G1068" t="inlineStr"/>
       <c r="H1068" t="inlineStr"/>
     </row>
     <row r="1069">
       <c r="A1069" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27839</t>
+          <t>../../src/Utils.cpp:27907</t>
         </is>
       </c>
       <c r="B1069" t="inlineStr">
         <is>
-          <t>You answered a call</t>
+          <t>You sent a chat effect</t>
         </is>
       </c>
       <c r="C1069" t="inlineStr">
         <is>
-          <t>Sa vastasid kõnele</t>
+          <t>Sa saatsid vestlusmulje</t>
         </is>
       </c>
       <c r="D1069" t="inlineStr"/>
       <c r="E1069" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1069" t="inlineStr">
         <is>
-          <t>message-description sent:You answered a call</t>
+          <t>message-description sent:You sent a chat effect</t>
         </is>
       </c>
       <c r="G1069" t="inlineStr"/>
       <c r="H1069" t="inlineStr"/>
     </row>
     <row r="1070">
       <c r="A1070" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27841</t>
+          <t>../../src/Utils.cpp:27910</t>
         </is>
       </c>
       <c r="B1070" t="inlineStr">
         <is>
-          <t>%1 answered a call</t>
+          <t>%1 sent a chat effect</t>
         </is>
       </c>
       <c r="C1070" t="inlineStr">
         <is>
-          <t>%1 vastas kõnele</t>
+          <t>%1 saatis vestlusmulje</t>
         </is>
       </c>
       <c r="D1070" t="inlineStr"/>
       <c r="E1070" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1070" t="inlineStr">
         <is>
-          <t>message-description sent:%1 answered a call</t>
+          <t>message-description sent:%1 sent a chat effect</t>
         </is>
       </c>
       <c r="G1070" t="inlineStr"/>
       <c r="H1070" t="inlineStr"/>
     </row>
     <row r="1071">
       <c r="A1071" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27845</t>
+          <t>../../src/Utils.cpp:27933</t>
         </is>
       </c>
       <c r="B1071" t="inlineStr">
         <is>
-          <t>You ended a call</t>
+          <t>* %1 spoils something.</t>
         </is>
       </c>
       <c r="C1071" t="inlineStr">
         <is>
-          <t>Sa lõpetasid kõne</t>
+          <t>* %1 rikub väikese rõõmu ära.</t>
         </is>
       </c>
       <c r="D1071" t="inlineStr"/>
       <c r="E1071" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1071" t="inlineStr">
         <is>
-          <t>message-description sent:You ended a call</t>
+          <t>message-description sent:* %1 spoils something.</t>
         </is>
       </c>
       <c r="G1071" t="inlineStr"/>
       <c r="H1071" t="inlineStr"/>
     </row>
     <row r="1072">
       <c r="A1072" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27847</t>
+          <t>../../src/Utils.cpp:27941</t>
         </is>
       </c>
       <c r="B1072" t="inlineStr">
         <is>
-          <t>%1 ended a call</t>
+          <t>You sent an encrypted message</t>
         </is>
       </c>
       <c r="C1072" t="inlineStr">
         <is>
-          <t>%1 lõpetas kõne</t>
+          <t>Sa saatsid krüptitud sõnumi</t>
         </is>
       </c>
       <c r="D1072" t="inlineStr"/>
       <c r="E1072" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1072" t="inlineStr">
         <is>
-          <t>message-description sent:%1 ended a call</t>
+          <t>message-description sent:You sent an encrypted message</t>
         </is>
       </c>
       <c r="G1072" t="inlineStr"/>
       <c r="H1072" t="inlineStr"/>
     </row>
     <row r="1073">
       <c r="A1073" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27851</t>
+          <t>../../src/Utils.cpp:27944</t>
         </is>
       </c>
       <c r="B1073" t="inlineStr">
         <is>
-          <t>You rejected a call</t>
+          <t>%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="C1073" t="inlineStr">
         <is>
-          <t>Sina ei võtnud kõnet vastu</t>
+          <t>%1 saatis krüptitud sõnumi</t>
         </is>
       </c>
       <c r="D1073" t="inlineStr"/>
       <c r="E1073" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1073" t="inlineStr">
         <is>
-          <t>message-description sent:You rejected a call</t>
+          <t>message-description sent:%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="G1073" t="inlineStr"/>
       <c r="H1073" t="inlineStr"/>
     </row>
     <row r="1074">
       <c r="A1074" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27853</t>
+          <t>../../src/Utils.cpp:27949</t>
         </is>
       </c>
       <c r="B1074" t="inlineStr">
         <is>
-          <t>%1 rejected a call</t>
+          <t>You placed a call</t>
         </is>
       </c>
       <c r="C1074" t="inlineStr">
         <is>
-          <t>%1 ei võtnud kõnet vastu</t>
+          <t>Sa helistasid</t>
         </is>
       </c>
       <c r="D1074" t="inlineStr"/>
       <c r="E1074" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1074" t="inlineStr">
         <is>
-          <t>message-description sent:%1 rejected a call</t>
+          <t>message-description sent:You placed a call</t>
         </is>
       </c>
       <c r="G1074" t="inlineStr"/>
       <c r="H1074" t="inlineStr"/>
     </row>
     <row r="1075">
       <c r="A1075" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27856</t>
+          <t>../../src/Utils.cpp:27951</t>
         </is>
       </c>
       <c r="B1075" t="inlineStr">
         <is>
-          <t>Unknown Message Type</t>
+          <t>%1 placed a call</t>
         </is>
       </c>
       <c r="C1075" t="inlineStr">
         <is>
-          <t>Tundmatu sõnumitüüp</t>
+          <t>%1 helistas</t>
         </is>
       </c>
       <c r="D1075" t="inlineStr"/>
       <c r="E1075" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1075" t="inlineStr">
         <is>
-          <t>utilsUnknown Message Type</t>
+          <t>message-description sent:%1 placed a call</t>
         </is>
       </c>
       <c r="G1075" t="inlineStr"/>
       <c r="H1075" t="inlineStr"/>
+    </row>
+    <row r="1076">
+      <c r="A1076" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27955</t>
+        </is>
+      </c>
+      <c r="B1076" t="inlineStr">
+        <is>
+          <t>You answered a call</t>
+        </is>
+      </c>
+      <c r="C1076" t="inlineStr">
+        <is>
+          <t>Sa vastasid kõnele</t>
+        </is>
+      </c>
+      <c r="D1076" t="inlineStr"/>
+      <c r="E1076" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1076" t="inlineStr">
+        <is>
+          <t>message-description sent:You answered a call</t>
+        </is>
+      </c>
+      <c r="G1076" t="inlineStr"/>
+      <c r="H1076" t="inlineStr"/>
+    </row>
+    <row r="1077">
+      <c r="A1077" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27957</t>
+        </is>
+      </c>
+      <c r="B1077" t="inlineStr">
+        <is>
+          <t>%1 answered a call</t>
+        </is>
+      </c>
+      <c r="C1077" t="inlineStr">
+        <is>
+          <t>%1 vastas kõnele</t>
+        </is>
+      </c>
+      <c r="D1077" t="inlineStr"/>
+      <c r="E1077" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1077" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 answered a call</t>
+        </is>
+      </c>
+      <c r="G1077" t="inlineStr"/>
+      <c r="H1077" t="inlineStr"/>
+    </row>
+    <row r="1078">
+      <c r="A1078" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27961</t>
+        </is>
+      </c>
+      <c r="B1078" t="inlineStr">
+        <is>
+          <t>You ended a call</t>
+        </is>
+      </c>
+      <c r="C1078" t="inlineStr">
+        <is>
+          <t>Sa lõpetasid kõne</t>
+        </is>
+      </c>
+      <c r="D1078" t="inlineStr"/>
+      <c r="E1078" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1078" t="inlineStr">
+        <is>
+          <t>message-description sent:You ended a call</t>
+        </is>
+      </c>
+      <c r="G1078" t="inlineStr"/>
+      <c r="H1078" t="inlineStr"/>
+    </row>
+    <row r="1079">
+      <c r="A1079" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27963</t>
+        </is>
+      </c>
+      <c r="B1079" t="inlineStr">
+        <is>
+          <t>%1 ended a call</t>
+        </is>
+      </c>
+      <c r="C1079" t="inlineStr">
+        <is>
+          <t>%1 lõpetas kõne</t>
+        </is>
+      </c>
+      <c r="D1079" t="inlineStr"/>
+      <c r="E1079" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1079" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 ended a call</t>
+        </is>
+      </c>
+      <c r="G1079" t="inlineStr"/>
+      <c r="H1079" t="inlineStr"/>
+    </row>
+    <row r="1080">
+      <c r="A1080" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27967</t>
+        </is>
+      </c>
+      <c r="B1080" t="inlineStr">
+        <is>
+          <t>You rejected a call</t>
+        </is>
+      </c>
+      <c r="C1080" t="inlineStr">
+        <is>
+          <t>Sina ei võtnud kõnet vastu</t>
+        </is>
+      </c>
+      <c r="D1080" t="inlineStr"/>
+      <c r="E1080" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1080" t="inlineStr">
+        <is>
+          <t>message-description sent:You rejected a call</t>
+        </is>
+      </c>
+      <c r="G1080" t="inlineStr"/>
+      <c r="H1080" t="inlineStr"/>
+    </row>
+    <row r="1081">
+      <c r="A1081" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27969</t>
+        </is>
+      </c>
+      <c r="B1081" t="inlineStr">
+        <is>
+          <t>%1 rejected a call</t>
+        </is>
+      </c>
+      <c r="C1081" t="inlineStr">
+        <is>
+          <t>%1 ei võtnud kõnet vastu</t>
+        </is>
+      </c>
+      <c r="D1081" t="inlineStr"/>
+      <c r="E1081" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1081" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 rejected a call</t>
+        </is>
+      </c>
+      <c r="G1081" t="inlineStr"/>
+      <c r="H1081" t="inlineStr"/>
+    </row>
+    <row r="1082">
+      <c r="A1082" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27972</t>
+        </is>
+      </c>
+      <c r="B1082" t="inlineStr">
+        <is>
+          <t>Unknown Message Type</t>
+        </is>
+      </c>
+      <c r="C1082" t="inlineStr">
+        <is>
+          <t>Tundmatu sõnumitüüp</t>
+        </is>
+      </c>
+      <c r="D1082" t="inlineStr"/>
+      <c r="E1082" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1082" t="inlineStr">
+        <is>
+          <t>utilsUnknown Message Type</t>
+        </is>
+      </c>
+      <c r="G1082" t="inlineStr"/>
+      <c r="H1082" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>