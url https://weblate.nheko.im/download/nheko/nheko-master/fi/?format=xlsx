--- v0 (2025-12-05)
+++ v1 (2026-03-21)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H1075"/>
+  <dimension ref="A1:H1082"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -1123,31280 +1123,31419 @@
           <t>Enter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Syötä huoneita, jotka puuttuvat vielä listasta...</t>
         </is>
       </c>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>AllowedRoomsSettingsDialogEnter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="G23" t="inlineStr"/>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4321</t>
+          <t>../../src/Cache.cpp:4322</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>%1 and %2</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>%1 ja %2</t>
         </is>
       </c>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Cache
 RoomName%1 and %2</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4323</t>
+          <t>../../src/Cache.cpp:4324</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>%1 and %n other</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>%1 ja %n muu</t>
         </is>
       </c>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>Cache%1 and %n other(s)</t>
         </is>
       </c>
       <c r="G25" t="inlineStr"/>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4500</t>
+          <t>../../src/Cache.cpp:4501</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Empty Room</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Tyhjä Huone</t>
         </is>
       </c>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>CacheEmpty Room</t>
         </is>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Videopuhelu</t>
         </is>
       </c>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>CallInviteVideo Call</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Voice Call</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Äänipuhelu</t>
         </is>
       </c>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>CallInviteVoice Call</t>
         </is>
       </c>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4637</t>
+          <t>../qml/voip/CallInvite.qml:4638</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Mikrofonia ei löydy.</t>
         </is>
       </c>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>CallInviteNo microphone found.</t>
         </is>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Videopuhelu</t>
         </is>
       </c>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>CallInviteBarVideo Call</t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Voice Call</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>Äänipuhelu</t>
         </is>
       </c>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>CallInviteBarVoice Call</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4718</t>
+          <t>../qml/voip/CallInviteBar.qml:4719</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Devices</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>Laitteet</t>
         </is>
       </c>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>CallInviteBarDevices</t>
         </is>
       </c>
       <c r="G32" t="inlineStr"/>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4729</t>
+          <t>../qml/voip/CallInviteBar.qml:4730</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Accept</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>Hyväksy</t>
         </is>
       </c>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>CallInviteBarAccept</t>
         </is>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4733</t>
+          <t>../qml/voip/CallInviteBar.qml:4734</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Mikrofonia ei löydy.</t>
         </is>
       </c>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>CallInviteBarNo microphone found.</t>
         </is>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4741</t>
+          <t>../qml/voip/CallInviteBar.qml:4742</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Unknown microphone: %1</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>Tuntematon mikrofoni: %1</t>
         </is>
       </c>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>CallInviteBarUnknown microphone: %1</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4750</t>
+          <t>../qml/voip/CallInviteBar.qml:4751</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Unknown camera: %1</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>Tuntematon kamera: %1</t>
         </is>
       </c>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>CallInviteBarUnknown camera: %1</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4764</t>
+          <t>../qml/voip/CallInviteBar.qml:4765</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Decline</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>Hylkää</t>
         </is>
       </c>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>CallInviteBarDecline</t>
         </is>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5659</t>
+          <t>../../src/voip/CallManager.cpp:5660</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>CallManagerX11</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5665</t>
+          <t>../../src/voip/CallManager.cpp:5666</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>CallManagerPipeWire</t>
         </is>
       </c>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5684</t>
+          <t>../../src/voip/CallManager.cpp:5685</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Entire screen</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Koko näyttö</t>
         </is>
       </c>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>CallManagerEntire screen</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:5802</t>
+          <t>../../src/ChatPage.cpp:5803</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Failed to invite user: %1</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>Käyttäjän %1 kutsuminen epäonnistui</t>
         </is>
       </c>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>ChatPageFailed to invite user: %1</t>
         </is>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6791</t>
+          <t>../../src/ChatPage.cpp:6792</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Invited user: %1</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>Kutsuttiin käyttäjä: %1</t>
         </is>
       </c>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>ChatPageInvited user: %1</t>
         </is>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6054</t>
+          <t>../../src/ChatPage.cpp:6055</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t xml:space="preserve">%n unread message in room %1
 </t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t xml:space="preserve">%n lukematon viesti huoneessa %1
 </t>
         </is>
       </c>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t xml:space="preserve">ChatPage%n unread message(s) in room %1
 </t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6138</t>
+          <t>../../src/ChatPage.cpp:6139</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Confirm logout</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>Vahvista uloskirjautuminen</t>
         </is>
       </c>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>ChatPageConfirm logout</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6240</t>
+          <t>../../src/ChatPage.cpp:6241</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>The cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>Levylläsi oleva välimuisti on uudempaa kuin mitä tämä Nhekon versio tukee. Päivitä Nheko tai poista välimuistisi.</t>
         </is>
       </c>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>ChatPageThe cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6281</t>
+          <t>../../src/ChatPage.cpp:6282</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Failed to open database, logging out!</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>Tietokannan avaaminen epäonnistui, kirjaudutaan ulos!</t>
         </is>
       </c>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>ChatPageFailed to open database, logging out!</t>
         </is>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6619</t>
+          <t>../../src/ChatPage.cpp:6620</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Knock on room</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>Koputa huoneeseen</t>
         </is>
       </c>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>ChatPageKnock on room</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6623</t>
+          <t>../../src/ChatPage.cpp:6624</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Do you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>Haluatko todella koputtaa huoneeseen %1? Voit antaa valinnaisen syyn muiden hyväksyäkseen koputuksesi:</t>
         </is>
       </c>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6638</t>
+          <t>../../src/ChatPage.cpp:6639</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Failed to knock room: %1</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>Huoneeseen koputtaminen epäonnistui: %1</t>
         </is>
       </c>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>ChatPageFailed to knock room: %1</t>
         </is>
       </c>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6697</t>
+          <t>../../src/ChatPage.cpp:6698</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Room creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>Huoneen luominen epäonnistui: Epäkelpo alias</t>
         </is>
       </c>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6732</t>
+          <t>../../src/ChatPage.cpp:6733</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Room %1 created.</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>Huone %1 luotu.</t>
         </is>
       </c>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>ChatPageRoom %1 created.</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7273</t>
+          <t>../../src/ChatPage.cpp:7274</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Confirm invite</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>Vahvista kutsu</t>
         </is>
       </c>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>ChatPageConfirm invite</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6776</t>
+          <t>../../src/ChatPage.cpp:6777</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Do you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>Haluatko varmasti kutsua %1 (%2)?</t>
         </is>
       </c>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="G53" t="inlineStr"/>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6788</t>
+          <t>../../src/ChatPage.cpp:6789</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Failed to invite %1 to %2: %3</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>Käyttäjän %1 kutsuminen huoneeseen %2 epäonnistui:%3</t>
         </is>
       </c>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>ChatPageFailed to invite %1 to %2: %3</t>
         </is>
       </c>
       <c r="G54" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Käyttäjän %1 kutsuminen huoneeseen %2 epäonnistui: %3</t>
         </is>
       </c>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6820</t>
+          <t>../../src/ChatPage.cpp:6821</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Kicked user: %1</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>Potkittiin käyttäjä: %1</t>
         </is>
       </c>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>ChatPageKicked user: %1</t>
         </is>
       </c>
       <c r="G55" t="inlineStr"/>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6846</t>
+          <t>../../src/ChatPage.cpp:6847</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Failed to ban %1 in %2: %3</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>Ei onnistuttu antamaan porttikieltoa käyttäjälle %1 huoneessa %2:%3</t>
         </is>
       </c>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>ChatPageFailed to ban %1 in %2: %3</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6849</t>
+          <t>../../src/ChatPage.cpp:6850</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Banned user: %1</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>Annettiin porttikielto käyttäjälle: %1</t>
         </is>
       </c>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>ChatPageBanned user: %1</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6857</t>
+          <t>../../src/ChatPage.cpp:6858</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Confirm unban</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>Vahvista porttikiellon purku</t>
         </is>
       </c>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>ChatPageConfirm unban</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6858</t>
+          <t>../../src/ChatPage.cpp:6859</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Do you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>Haluatko purkaa porttikiellon käyttäjältä %1 (%2)?</t>
         </is>
       </c>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6869</t>
+          <t>../../src/ChatPage.cpp:6870</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Failed to unban %1 in %2: %3</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>Ei onnistuttu purkamaan porttikieltoa käyttäjältä %1 huoneessa %2: %3</t>
         </is>
       </c>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>ChatPageFailed to unban %1 in %2: %3</t>
         </is>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6872</t>
+          <t>../../src/ChatPage.cpp:6873</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Unbanned user: %1</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>Purettiin porttikielto käyttäjältä %1</t>
         </is>
       </c>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>ChatPageUnbanned user: %1</t>
         </is>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7274</t>
+          <t>../../src/ChatPage.cpp:7275</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Do you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>Haluatko luoda yksityisen keskustelun käyttäjän %1 kanssa?</t>
         </is>
       </c>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6226</t>
+          <t>../../src/ChatPage.cpp:6227</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Cache migration failed!</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>Välimuistin siirto epäonnistui!</t>
         </is>
       </c>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>ChatPageCache migration failed!</t>
         </is>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6139</t>
+          <t>../../src/ChatPage.cpp:6140</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Because of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>Nheko haluaa palauttaa sinut kirjautumissivulle seuraavasta syystä:
 %1
 Jos luulet tätä virheeksi, voit sulkea Nhekon yrittääksesi saada salausavaimet takaisin. Kirjautumissivulle palauduttuasi voit taas kirjautua tavallisilla menetelmillä.</t>
         </is>
       </c>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>ChatPageBecause of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="G64" t="inlineStr"/>
       <c r="H64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6227</t>
+          <t>../../src/ChatPage.cpp:6228</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Migrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>Välimuistin siirtäminen nykyiseen versioon epäonnistui. Tähän voi olla eri syitä. Luothan raportin sivulla https://github.com/Nheko-Reborn/nheko ja kokeile sillä välin vanhaa versiota. Voit myös kokeilla käsin välimuistin poistamista.</t>
         </is>
       </c>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>ChatPageMigrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6239</t>
+          <t>../../src/ChatPage.cpp:6240</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Incompatible cache version</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>Yhteensopimaton välimuistin versio</t>
         </is>
       </c>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>ChatPageIncompatible cache version</t>
         </is>
       </c>
       <c r="G66" t="inlineStr"/>
       <c r="H66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6303</t>
+          <t>../../src/ChatPage.cpp:6304</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Failed to restore OLM account. Please login again.</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>OLM-tilin palauttaminen epäonnistui. Ole hyvä ja kirjaudu sisään uudelleen.</t>
         </is>
       </c>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>ChatPageFailed to restore OLM account. Please login again.</t>
         </is>
       </c>
       <c r="G67" t="inlineStr"/>
       <c r="H67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6315</t>
+          <t>../../src/ChatPage.cpp:6316</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Failed to restore saved data. Please login again.</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>Tallennettujen tietojen palauttaminen epäonnistui. Ole hyvä ja kirjaudu sisään uudelleen.</t>
         </is>
       </c>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>ChatPageFailed to restore save data. Please login again.</t>
         </is>
       </c>
       <c r="G68" t="inlineStr"/>
       <c r="H68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6369</t>
+          <t>../../src/ChatPage.cpp:6370</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Failed to setup encryption keys. Server response: %1 %2. Please try again later.</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>Salausavainten lähetys epäonnistui. Palvelimen vastaus: %1 %2. Ole hyvä ja yritä uudelleen myöhemmin.</t>
         </is>
       </c>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>ChatPageFailed to setup encryption keys. Server response: %1 %2. Please try again later.</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6588</t>
+          <t>../../src/ChatPage.cpp:6589</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Please try to login again: %1</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>Ole hyvä ja yritä kirjautua sisään uudelleen: %1</t>
         </is>
       </c>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>ChatPagePlease try to login again: %1</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6622</t>
+          <t>../../src/ChatPage.cpp:6623</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>You failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>Liittymisesi huoneeseen %1 epäonnistui. Voit yrittää koputtaa, jotta muut voivat päästää sinut sisään. Haluatko tehdä sen?
 Voit antaa valinnaisen syyn muiden hyväksyäkseen koputuksesi:</t>
         </is>
       </c>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>ChatPageYou failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6674</t>
+          <t>../../src/ChatPage.cpp:6675</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Failed to join room: %1</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>Huoneeseen liittyminen epäonnistui: %1</t>
         </is>
       </c>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>ChatPageFailed to join room: %1</t>
         </is>
       </c>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6683</t>
+          <t>../../src/ChatPage.cpp:6684</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Failed to remove invite: %1</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>Kutsun poistaminen epäonnistui: %1</t>
         </is>
       </c>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>ChatPageFailed to remove invite: %1</t>
         </is>
       </c>
       <c r="G73" t="inlineStr"/>
       <c r="H73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6717</t>
+          <t>../../src/ChatPage.cpp:6718</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Room creation failed: %1</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>Huoneen luominen epäonnistui: %1</t>
         </is>
       </c>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: %1</t>
         </is>
       </c>
       <c r="G74" t="inlineStr"/>
       <c r="H74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6745</t>
+          <t>../../src/ChatPage.cpp:6746</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Failed to leave room: %1</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>Huoneesta poistuminen epäonnistui: %1</t>
         </is>
       </c>
       <c r="D75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>ChatPageFailed to leave room: %1</t>
         </is>
       </c>
       <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6801</t>
+          <t>../../src/ChatPage.cpp:6802</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Reason for the kick</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>Syy potkimiselle</t>
         </is>
       </c>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>ChatPageReason for the kick</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6802</t>
+          <t>../../src/ChatPage.cpp:6803</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Enter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>Anna syy potkimiselle %1 (%2) tai paina enter mikäli syytä ei ole:</t>
         </is>
       </c>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6817</t>
+          <t>../../src/ChatPage.cpp:6818</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Failed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>Ei onnistuttu potkimaan käyttäjää %1 huoneesta %2: %3</t>
         </is>
       </c>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>ChatPageFailed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6830</t>
+          <t>../../src/ChatPage.cpp:6831</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Reason for the ban</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>Syy porttikiellolle</t>
         </is>
       </c>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>ChatPageReason for the ban</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6831</t>
+          <t>../../src/ChatPage.cpp:6832</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Enter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>Anna syy porttikiellolle %1 (%2) tai paina enter mikäli syytä ei ole:</t>
         </is>
       </c>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G80" t="inlineStr"/>
       <c r="H80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>../qml/ChatPage.qml:6867</t>
+          <t>../qml/ChatPage.qml:6868</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>No network connection</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>Ei verkkoyhteyttä</t>
         </is>
       </c>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>ChatPageNo network connection</t>
         </is>
       </c>
       <c r="G81" t="inlineStr"/>
       <c r="H81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6987</t>
+          <t>../../src/CommandCompleter.cpp:6988</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>/me &lt;viesti&gt;</t>
         </is>
       </c>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>CommandCompleter/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6989</t>
+          <t>../../src/CommandCompleter.cpp:6990</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>/react &lt;text&gt;</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>/react &lt;teksti&gt;</t>
         </is>
       </c>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>CommandCompleter/react &lt;text&gt;</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6991</t>
+          <t>../../src/CommandCompleter.cpp:6992</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>/join &lt;!huonetunnus|#alias&gt; [syy]</t>
         </is>
       </c>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>CommandCompleter/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6993</t>
+          <t>../../src/CommandCompleter.cpp:6994</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>/knock &lt;!huonetunnus|#alias&gt; [syy]</t>
         </is>
       </c>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>CommandCompleter/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6995</t>
+          <t>../../src/CommandCompleter.cpp:6996</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>/part [reason]</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>/part [syy]</t>
         </is>
       </c>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>CommandCompleter/part [reason]</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6997</t>
+          <t>../../src/CommandCompleter.cpp:6998</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>/leave [reason]</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>/leave [syy]</t>
         </is>
       </c>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>CommandCompleter/leave [reason]</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7007</t>
+          <t>../../src/CommandCompleter.cpp:7008</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>/redact &lt;$tapahtumatunnus|@käyttäjätunnus&gt;</t>
         </is>
       </c>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>CommandCompleter/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7009</t>
+          <t>../../src/CommandCompleter.cpp:7010</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>/roomnick &lt;näyttönimi&gt;</t>
         </is>
       </c>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>CommandCompleter/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7011</t>
+          <t>../../src/CommandCompleter.cpp:7012</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>/shrug [message]</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>/shrug [viesti]</t>
         </is>
       </c>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>CommandCompleter/shrug [message]</t>
         </is>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7025</t>
+          <t>../../src/CommandCompleter.cpp:7026</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>/md &lt;viesti&gt;</t>
         </is>
       </c>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <t>CommandCompleter/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="G91" t="inlineStr">
         <is>
           <t>Suggested in Weblate: /me &lt;viesti&gt;</t>
         </is>
       </c>
       <c r="H91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7027</t>
+          <t>../../src/CommandCompleter.cpp:7028</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>/cmark &lt;viesti&gt;</t>
         </is>
       </c>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>CommandCompleter/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7029</t>
+          <t>../../src/CommandCompleter.cpp:7030</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>/plain &lt;viesti&gt;</t>
         </is>
       </c>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <t>CommandCompleter/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7031</t>
+          <t>../../src/CommandCompleter.cpp:7032</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>/rainbow &lt;viesti&gt;</t>
         </is>
       </c>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7033</t>
+          <t>../../src/CommandCompleter.cpp:7034</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>/rainbowme &lt;viesti&gt;</t>
         </is>
       </c>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7035</t>
+          <t>../../src/CommandCompleter.cpp:7036</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>/notice &lt;viesti&gt;</t>
         </is>
       </c>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
           <t>CommandCompleter/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7037</t>
+          <t>../../src/CommandCompleter.cpp:7038</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>/rainbownotice &lt;viesti&gt;</t>
         </is>
       </c>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G97" t="inlineStr"/>
       <c r="H97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7039</t>
+          <t>../../src/CommandCompleter.cpp:7040</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>/confetti [message]</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>/confetti [viesti]</t>
         </is>
       </c>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>CommandCompleter/confetti [message]</t>
         </is>
       </c>
       <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7041</t>
+          <t>../../src/CommandCompleter.cpp:7042</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>/rainbowconfetti [viesti]</t>
         </is>
       </c>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6999</t>
+          <t>../../src/CommandCompleter.cpp:7000</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>/invite &lt;@käyttäjätunnus&gt; [syy]</t>
         </is>
       </c>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
           <t>CommandCompleter/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7001</t>
+          <t>../../src/CommandCompleter.cpp:7002</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>/kick &lt;@käyttäjätunnus&gt; [syy]</t>
         </is>
       </c>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
           <t>CommandCompleter/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7003</t>
+          <t>../../src/CommandCompleter.cpp:7004</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>/ban &lt;@käyttäjätunnus&gt; [syy]</t>
         </is>
       </c>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
           <t>CommandCompleter/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7005</t>
+          <t>../../src/CommandCompleter.cpp:7006</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>/unban &lt;@käyttäjätunnus&gt; [syy]</t>
         </is>
       </c>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
           <t>CommandCompleter/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7043</t>
+          <t>../../src/CommandCompleter.cpp:7044</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>/rainfall [message]</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>/rainfall [viesti]</t>
         </is>
       </c>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
           <t>CommandCompleter/rainfall [message]</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7045</t>
+          <t>../../src/CommandCompleter.cpp:7046</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>/msgtype &lt;msgtype&gt; [viesti]</t>
         </is>
       </c>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
           <t>CommandCompleter/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7047</t>
+          <t>../../src/CommandCompleter.cpp:7048</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>/glitch &lt;viesti&gt;</t>
         </is>
       </c>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
           <t>CommandCompleter/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7049</t>
+          <t>../../src/CommandCompleter.cpp:7050</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <t>/gradualglitch &lt;viesti&gt;</t>
         </is>
       </c>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
           <t>CommandCompleter/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G107" t="inlineStr"/>
       <c r="H107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7051</t>
+          <t>../../src/CommandCompleter.cpp:7052</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>/goto &lt;viestin viite&gt;</t>
         </is>
       </c>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
           <t>CommandCompleter/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7071</t>
+          <t>../../src/CommandCompleter.cpp:7072</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>Send a message expressing an action.</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>Lähetä tekemistä kuvaava viesti.</t>
         </is>
       </c>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message expressing an action.</t>
         </is>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7073</t>
+          <t>../../src/CommandCompleter.cpp:7074</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>Send &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>Lähetä &lt;teksti&gt; reaktiona vastatessa viestiin.</t>
         </is>
       </c>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
           <t>CommandCompleterSend &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7075</t>
+          <t>../../src/CommandCompleter.cpp:7076</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>Liity huoneeseen. Syy on valinnainen.</t>
         </is>
       </c>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
           <t>CommandCompleterJoin a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G111" t="inlineStr"/>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7077</t>
+          <t>../../src/CommandCompleter.cpp:7078</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Ask to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>Pyydä liittyä huoneeseen. Syy on valinnainen.</t>
         </is>
       </c>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
           <t>CommandCompleterAsk to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7081</t>
+          <t>../../src/CommandCompleter.cpp:7082</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>Leave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>Lähde huoneesta. Syy on valinnainen.</t>
         </is>
       </c>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
           <t>CommandCompleterLeave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G113" t="inlineStr"/>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7083</t>
+          <t>../../src/CommandCompleter.cpp:7084</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Invite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>Kutsu käyttäjä nykyiseen huoneeseen. Syy on valinnainen.</t>
         </is>
       </c>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
           <t>CommandCompleterInvite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="G114" t="inlineStr"/>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7085</t>
+          <t>../../src/CommandCompleter.cpp:7086</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>Kick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="C115" t="inlineStr"/>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
           <t>CommandCompleterKick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7088</t>
+          <t>../../src/CommandCompleter.cpp:7089</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>Ban a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C116" t="inlineStr"/>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
           <t>CommandCompleterBan a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7091</t>
+          <t>../../src/CommandCompleter.cpp:7092</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>Unban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C117" t="inlineStr"/>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
           <t>CommandCompleterUnban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7094</t>
+          <t>../../src/CommandCompleter.cpp:7095</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Redact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="C118" t="inlineStr"/>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
           <t>CommandCompleterRedact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7097</t>
+          <t>../../src/CommandCompleter.cpp:7098</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Change your displayname in this room.</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
           <t>Muuta näyttönimeäsi tässä huoneessa.</t>
         </is>
       </c>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
           <t>CommandCompleterChange your displayname in this room.</t>
         </is>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7099</t>
+          <t>../../src/CommandCompleter.cpp:7100</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>¯\_(ツ)_/¯ valinnaisella viestillä.</t>
         </is>
       </c>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
           <t>CommandCompleter¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="G120" t="inlineStr"/>
       <c r="H120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7101</t>
+          <t>../../src/CommandCompleter.cpp:7102</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
           <t>CommandCompleter(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="G121" t="inlineStr"/>
       <c r="H121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7103</t>
+          <t>../../src/CommandCompleter.cpp:7104</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
           <t>┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
           <t>CommandCompleter┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="G122" t="inlineStr"/>
       <c r="H122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7105</t>
+          <t>../../src/CommandCompleter.cpp:7106</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
           <t>CommandCompleterノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="G123" t="inlineStr"/>
       <c r="H123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7107</t>
+          <t>../../src/CommandCompleter.cpp:7108</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>Clear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>Pyyhi tämän huoneen viestit välimuistista.</t>
         </is>
       </c>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
           <t>CommandCompleterClear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="G124" t="inlineStr"/>
       <c r="H124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7109</t>
+          <t>../../src/CommandCompleter.cpp:7110</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>Refetch the state in this room.</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>Nouda tämän huoneen tila uudelleen.</t>
         </is>
       </c>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
           <t>CommandCompleterRefetch the state in this room.</t>
         </is>
       </c>
       <c r="G125" t="inlineStr"/>
       <c r="H125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7111</t>
+          <t>../../src/CommandCompleter.cpp:7112</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>Rotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="C126" t="inlineStr"/>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
           <t>CommandCompleterRotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="G126" t="inlineStr"/>
       <c r="H126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7113</t>
+          <t>../../src/CommandCompleter.cpp:7114</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>Send a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>Lähetä Markdown -muotoiltu viesti (ohjelman laajuisesta asetuksesta huolimatta).</t>
         </is>
       </c>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
           <t>CommandCompleterSend a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G127" t="inlineStr"/>
       <c r="H127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7115</t>
+          <t>../../src/CommandCompleter.cpp:7116</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>Send a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>Lähetä commonmark-muotoiltu viesti poistaen käytöstä enimmät laajennukset verrattaessa /md-komentoon.</t>
         </is>
       </c>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
           <t>CommandCompleterSend a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="G128" t="inlineStr"/>
       <c r="H128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7118</t>
+          <t>../../src/CommandCompleter.cpp:7119</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Send an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>Lähetä muotoilematon viesti (ohjelman laajuisesta asetuksesta huolimatta).</t>
         </is>
       </c>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
           <t>CommandCompleterSend an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G129" t="inlineStr"/>
       <c r="H129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7120</t>
+          <t>../../src/CommandCompleter.cpp:7121</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors.</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>Lähetä viesti sateenkaaren värein.</t>
         </is>
       </c>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors.</t>
         </is>
       </c>
       <c r="G130" t="inlineStr"/>
       <c r="H130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7122</t>
+          <t>../../src/CommandCompleter.cpp:7123</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>Send /me in rainbow colors.</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <t>Lähetä /me sateenkaaren värein.</t>
         </is>
       </c>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
           <t>CommandCompleterSend /me in rainbow colors.</t>
         </is>
       </c>
       <c r="G131" t="inlineStr"/>
       <c r="H131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7124</t>
+          <t>../../src/CommandCompleter.cpp:7125</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>Send a bot message.</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
           <t>Lähetä bottiviesti.</t>
         </is>
       </c>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message.</t>
         </is>
       </c>
       <c r="G132" t="inlineStr"/>
       <c r="H132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7126</t>
+          <t>../../src/CommandCompleter.cpp:7127</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Send a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
           <t>Lähetä bottiviesti sateenkaaren värein.</t>
         </is>
       </c>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7128</t>
+          <t>../../src/CommandCompleter.cpp:7129</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Send a message with confetti.</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
           <t>Lähetä viesti confetin kera.</t>
         </is>
       </c>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with confetti.</t>
         </is>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7130</t>
+          <t>../../src/CommandCompleter.cpp:7131</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
           <t>Lähetä viesti sateenkaaren väreissä confetin kera.</t>
         </is>
       </c>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7132</t>
+          <t>../../src/CommandCompleter.cpp:7133</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>Send a message with rain.</t>
         </is>
       </c>
       <c r="C136" t="inlineStr"/>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with rain.</t>
         </is>
       </c>
       <c r="G136" t="inlineStr"/>
       <c r="H136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7134</t>
+          <t>../../src/CommandCompleter.cpp:7135</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>Send a message with a custom message type.</t>
         </is>
       </c>
       <c r="C137" t="inlineStr"/>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a custom message type.</t>
         </is>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7136</t>
+          <t>../../src/CommandCompleter.cpp:7137</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Send a message with a glitch effect.</t>
         </is>
       </c>
       <c r="C138" t="inlineStr"/>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a glitch effect.</t>
         </is>
       </c>
       <c r="G138" t="inlineStr"/>
       <c r="H138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7138</t>
+          <t>../../src/CommandCompleter.cpp:7139</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Send a message that gradually glitches.</t>
         </is>
       </c>
       <c r="C139" t="inlineStr"/>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message that gradually glitches.</t>
         </is>
       </c>
       <c r="G139" t="inlineStr"/>
       <c r="H139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7140</t>
+          <t>../../src/CommandCompleter.cpp:7141</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>Go to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <t>Siirry tiettyyn viestiin käyttäen tapahtumatunnistetta, indeksiä tai matrix: -linkkiä</t>
         </is>
       </c>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
           <t>CommandCompleterGo to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7142</t>
+          <t>../../src/CommandCompleter.cpp:7143</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Convert this room to a direct chat.</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>Muunna tämä huone yksityiskeskusteluksi.</t>
         </is>
       </c>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this room to a direct chat.</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7144</t>
+          <t>../../src/CommandCompleter.cpp:7145</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Convert this direct chat into a room.</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>Muunna tämä yksityiskeskustelu huoneeksi.</t>
         </is>
       </c>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this direct chat into a room.</t>
         </is>
       </c>
       <c r="G142" t="inlineStr"/>
       <c r="H142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7146</t>
+          <t>../../src/CommandCompleter.cpp:7147</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>Ignore a user.</t>
         </is>
       </c>
       <c r="C143" t="inlineStr"/>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
           <t>CommandCompleterIgnore a user.</t>
         </is>
       </c>
       <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7148</t>
+          <t>../../src/CommandCompleter.cpp:7149</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>Stop ignoring a user.</t>
         </is>
       </c>
       <c r="C144" t="inlineStr"/>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
           <t>CommandCompleterStop ignoring a user.</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7150</t>
+          <t>../../src/CommandCompleter.cpp:7151</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>Block all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C145" t="inlineStr"/>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>CommandCompleterBlock all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7153</t>
+          <t>../../src/CommandCompleter.cpp:7154</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>Allow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C146" t="inlineStr"/>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
           <t>CommandCompleterAllow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>Expand</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
           <t>Laajenna</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
           <t>CommunitiesListExpand</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>Collapse</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <t>Sorruta</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
           <t>CommunitiesListCollapse</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7375</t>
+          <t>../qml/CommunitiesList.qml:7376</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>Do not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>Älä näytä ilmoitusmääriä tästä yhteisöstä tai tagista.</t>
         </is>
       </c>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
           <t>CommunitiesListDo not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7382</t>
+          <t>../qml/CommunitiesList.qml:7383</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>Hide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>Piilota huoneet tällä tagilla oletuksena tästä yhteisöstä.</t>
         </is>
       </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
           <t>CommunitiesListHide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7459</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7460</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>All rooms</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>Kaikki huoneet</t>
         </is>
       </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
           <t>CommunitiesModelAll rooms</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7461</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7462</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>Shows all rooms without filtering.</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>Näytä kaikki huoneet ilman suodattamista.</t>
         </is>
       </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
           <t>CommunitiesModelShows all rooms without filtering.</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7484</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7485</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Direct Chats</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>Suorat keskustelut</t>
         </is>
       </c>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
           <t>CommunitiesModelDirect Chats</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7486</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7487</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Show direct chats.</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>Näytä suorat keskustelut.</t>
         </is>
       </c>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
           <t>CommunitiesModelShow direct chats.</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7553</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7554</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Favourites</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>Suosikit</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
           <t>CommunitiesModelFavourites</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7555</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7556</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Rooms you have favourited.</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <t>Suosikkihuoneesi.</t>
         </is>
       </c>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms you have favourited.</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7562</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7563</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>Low Priority</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <t>Matala tärkeysjärjestys</t>
         </is>
       </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
           <t>CommunitiesModelLow Priority</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7564</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7565</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>Rooms with low priority.</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <t>Huoneet matalalla tärkeysjärjestyksellä.</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms with low priority.</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7571</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7572</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>Server Notices</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
           <t>Palvelimen ilmoitukset</t>
         </is>
       </c>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
           <t>CommunitiesModelServer Notices</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7573</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7574</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>Messages from your server or administrator.</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
           <t>Viestit palvelimeltasi tai ylläpitäjältä.</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
           <t>CommunitiesModelMessages from your server or administrator.</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8251</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8252</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>Failed to update community: %1</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
           <t>Yhteisön päivitys epäonnistui: %1</t>
         </is>
       </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community: %1</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8269</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8270</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>Failed to delete room from community: %1</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>Huoneen poistaminen yhteisöstä epäonnistui: %1</t>
         </is>
       </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to delete room from community: %1</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8292</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8293</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>Failed to update community for room: %1</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>Huoneen yhteisön päivitys epäonnistui: %1</t>
         </is>
       </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community for room: %1</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8310</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8311</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>Failed to remove community from room: %1</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>Yhteisön poistaminen huoneesta epäonnistui: %1</t>
         </is>
       </c>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to remove community from room: %1</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>Confirm community join</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <t>Vahvista liittyminen yhteisöön</t>
         </is>
       </c>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm community join</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>Confirm room join</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
           <t>Vahvista liittyminen huoneeseen</t>
         </is>
       </c>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm room join</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8394</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8395</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>%n member</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>%n jäsen</t>
         </is>
       </c>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialog%n member(s)</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>This room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <t>Tähän huoneeseen ei voi liittyä suoraan. Voit kuitenkin koputtaa huoneeseen, jolloin jäsenet voivat hyväksyä tai evätä liittymispyyntösi. Voit lisäksi antaa syyn heidän hyväksyäkseen liittymisesi alhaalla:</t>
         </is>
       </c>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogThis room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>Do you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
           <t>Haluatko liittyä tähän huoneeseen? Voit antaa valinnaisen syyn alhaalla:</t>
         </is>
       </c>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogDo you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>Knock</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <t>Koputa</t>
         </is>
       </c>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogKnock</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>Join</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
           <t>Liity</t>
         </is>
       </c>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8465</t>
+          <t>../qml/dialogs/CreateDirect.qml:8466</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>Create Direct Chat</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
           <t>Luo suora keskustelu</t>
         </is>
       </c>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
           <t>CreateDirectCreate Direct Chat</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8525</t>
+          <t>../qml/dialogs/CreateDirect.qml:8526</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>User to invite</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <t>Kutsuttava käyttäjä</t>
         </is>
       </c>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
           <t>CreateDirectUser to invite</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8526</t>
+          <t>../qml/dialogs/CreateDirect.qml:8527</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>@user:server.tld</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
           <t>@käyttäjä:palvelin.tld</t>
         </is>
       </c>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
           <t>CreateDirect@user:server.tld</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8541</t>
+          <t>../qml/dialogs/CreateDirect.qml:8542</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>Salaus</t>
         </is>
       </c>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
           <t>CreateDirectEncryption</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>New community</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>Uusi yhteisö</t>
         </is>
       </c>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
           <t>CreateRoomNew community</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>New Room</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>Uusi huone</t>
         </is>
       </c>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
           <t>CreateRoomNew Room</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8585</t>
+          <t>../qml/dialogs/CreateRoom.qml:8586</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>Name</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>Nimi</t>
         </is>
       </c>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
           <t>CreateRoomName</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8586</t>
+          <t>../qml/dialogs/CreateRoom.qml:8587</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>No name</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>Ei nimeä</t>
         </is>
       </c>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
           <t>CreateRoomNo name</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8594</t>
+          <t>../qml/dialogs/CreateRoom.qml:8595</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>Topic</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>Aihe</t>
         </is>
       </c>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
           <t>CreateRoomTopic</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8595</t>
+          <t>../qml/dialogs/CreateRoom.qml:8596</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>No topic</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>Ei aihetta</t>
         </is>
       </c>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
           <t>CreateRoomNo topic</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8613</t>
+          <t>../qml/dialogs/CreateRoom.qml:8614</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>Alias</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>Alias</t>
         </is>
       </c>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
           <t>CreateRoomAlias</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8625</t>
+          <t>../qml/dialogs/CreateRoom.qml:8626</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>Public</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
           <t>Julkinen</t>
         </is>
       </c>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
           <t>CreateRoomPublic</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8631</t>
+          <t>../qml/dialogs/CreateRoom.qml:8632</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>Public rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
           <t>Julkisiin huoneisiin voi liittyä kuka tahansa; yksityisiin huoneisiin vaaditaan erillinen kutsu.</t>
         </is>
       </c>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
           <t>CreateRoomPublic rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8644</t>
+          <t>../qml/dialogs/CreateRoom.qml:8645</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>Trusted</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
           <t>Luotettu</t>
         </is>
       </c>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
           <t>CreateRoomTrusted</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8650</t>
+          <t>../qml/dialogs/CreateRoom.qml:8651</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>All invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
           <t>Kaikki kutsuttavat saavat saman oikeustason kuin huoneen luoja</t>
         </is>
       </c>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
           <t>CreateRoomAll invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8665</t>
+          <t>../qml/dialogs/CreateRoom.qml:8666</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
           <t>Salaus</t>
         </is>
       </c>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
           <t>CreateRoomEncryption</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8671</t>
+          <t>../qml/dialogs/CreateRoom.qml:8672</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>Caution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>Varoitus: Salausta ei voi poistaa käytöstä</t>
         </is>
       </c>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
           <t>CreateRoomCaution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8687</t>
+          <t>../qml/dialogs/CreateRoom.qml:8688</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>Create Room</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
           <t>Luo huone</t>
         </is>
       </c>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
           <t>CreateRoomCreate Room</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:8999</t>
+          <t>../../src/ChatPage.cpp:9000</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>Decrypt secrets</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
           <t>Salaisuuksien salauksen purku</t>
         </is>
       </c>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecrypt secrets</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9001</t>
+          <t>../../src/ChatPage.cpp:9002</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>Anna palauttamisavain tai salasana purkaaksesi salaisuuksiesi salaus:</t>
         </is>
       </c>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9003</t>
+          <t>../../src/ChatPage.cpp:9004</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>Anna palautusavaimesi tai salasanasi nimeltä %1 purkaaksesi salaisuuksien salauksen:</t>
         </is>
       </c>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9031</t>
+          <t>../../src/ChatPage.cpp:9032</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>Decryption failed</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>Salauksen purku epäonnistui</t>
         </is>
       </c>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecryption failed</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9032</t>
+          <t>../../src/ChatPage.cpp:9033</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>Failed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>Salaisuuksien salauksen purkaminen ei onnistunut annetulla palautusavaimella tai salasanalla</t>
         </is>
       </c>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
           <t>CrossSigningSecretsFailed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9042</t>
+          <t>../qml/device-verification/DigitVerification.qml:9043</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
           <t>Vahvistuskoodi</t>
         </is>
       </c>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
           <t>DigitVerificationVerification Code</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9050</t>
+          <t>../qml/device-verification/DigitVerification.qml:9051</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>Please verify the following digits.  You should see the same numbers on both sides.  If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>Vahvista seuraavat numerot. Sinun tulisi nähdä samat numerot molemmilla puolilla. Jos niissä on eroa, paina "Ne eivät vastaa toisiaan" peruaksesi vahvistuksen!</t>
         </is>
       </c>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
           <t>DigitVerificationPlease verify the following digits. You should see the same numbers on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9083</t>
+          <t>../qml/device-verification/DigitVerification.qml:9084</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>Ne eivät vastaa toisiaan!</t>
         </is>
       </c>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
           <t>DigitVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9096</t>
+          <t>../qml/device-verification/DigitVerification.qml:9097</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <t>Ne vastaavat toisiaan!</t>
         </is>
       </c>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
           <t>DigitVerificationThey match!</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9107</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9108</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
           <t>Vahvistuskoodi</t>
         </is>
       </c>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
           <t>EmojiVerificationVerification Code</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9115</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9116</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>Please verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
           <t>Vahvista seuraava emoji. Sinun tulisi nähdä sama emoji molemmilla puolilla. Jos ne eroavat toisistaan, paina "Ne eivät vastaa toisiaan" peruaksesi vahvistuksen!</t>
         </is>
       </c>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
           <t>EmojiVerificationPlease verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9494</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9495</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>The displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
           <t>Näytettävä emoji voi näyttää erilaiselta eri asiakasohjelmissa, jos käytetään eri fontteja. Niitä ei myöskään ole välttämättä käännetty eri kielille. Niiden silti pitäisi esittää yhtä 64:stä esineestä tai eläimestä. Esimerkiksi leijona ja kissa ovat erinäköisiä, mutta kissaemoji on silti sama, vaikka yhdessä ohjelmassa se esitettäisiin kissan kasvoina, ja toisessa koko ruumiina.</t>
         </is>
       </c>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
           <t>EmojiVerificationThe displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9504</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9505</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <t>Ne eivät vastaa toisiaan!</t>
         </is>
       </c>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
           <t>EmojiVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9517</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9518</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
           <t>Ne vastaavat toisiaan!</t>
         </is>
       </c>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
           <t>EmojiVerificationThey match!</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9559</t>
+          <t>../qml/delegates/Encrypted.qml:9560</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>There is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
           <t>Tämän viestin avaamista varten ei ole avainta. Pyysimme avainta automaattisesti, mutta voit yrittää pyytää sitä uudestaan jos olet kärsimätön.</t>
         </is>
       </c>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
           <t>EncryptedThere is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9561</t>
+          <t>../qml/delegates/Encrypted.qml:9562</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>This message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>Tämän viestin salausta ei voitu purkaa, koska meillä on avain vain uudemmille viesteille. Voit yrittää pyytää pääsyä tähän viestiin.</t>
         </is>
       </c>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
           <t>EncryptedThis message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9563</t>
+          <t>../qml/delegates/Encrypted.qml:9564</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>There was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>Sisäinen virhe tapahtui kun salausavainta yritettiin lukea tietokannasta.</t>
         </is>
       </c>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
           <t>EncryptedThere was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9565</t>
+          <t>../qml/delegates/Encrypted.qml:9566</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>There was an error decrypting this message.</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
           <t>Tämän viestin salauksen purkamisessa tapahtui virhe.</t>
         </is>
       </c>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
           <t>EncryptedThere was an error decrypting this message.</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9567</t>
+          <t>../qml/delegates/Encrypted.qml:9568</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>The message couldn't be parsed.</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
           <t>Tätä viestiä ei voitu jäsentää.</t>
         </is>
       </c>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
           <t>EncryptedThe message couldn't be parsed.</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9569</t>
+          <t>../qml/delegates/Encrypted.qml:9570</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>The encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
           <t>Salausavainta käytettiin uudelleen! Joku yrittää mahdollisesti tuoda vääriä viestejä tähän keskusteluun!</t>
         </is>
       </c>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
           <t>EncryptedThe encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9571</t>
+          <t>../qml/delegates/Encrypted.qml:9572</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>Unknown decryption error</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
           <t>Tuntematon virhe salauksen purkamisessa</t>
         </is>
       </c>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
           <t>EncryptedUnknown decryption error</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9583</t>
+          <t>../qml/delegates/Encrypted.qml:9584</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>Request key</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
           <t>Pyydä avainta</t>
         </is>
       </c>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
           <t>EncryptedRequest key</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9621</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9622</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
           <t>%1 otti päästä-päähän -salauksen käyttöön</t>
         </is>
       </c>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
           <t>EncryptionEnabled%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9630</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9631</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>Encryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
           <t>Salaus pitää viestisi turvallisena sallien vain vastaanottajien lukea sen. Saadaksesi lisäturvallisuutta varmistaen keskustelevasi oikeiden henkilöiden kanssa, voit varmistaa heidät oikeassa elämässä.</t>
         </is>
       </c>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
           <t>EncryptionEnabledEncryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9667</t>
+          <t>../qml/EncryptionIndicator.qml:9668</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>This message is not encrypted!</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
           <t>Tätä viestiä ei ole salattu!</t>
         </is>
       </c>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
           <t>EncryptionIndicatorThis message is not encrypted!</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9670</t>
+          <t>../qml/EncryptionIndicator.qml:9671</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>Encrypted by a verified device</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>Vahvistetun laitteen salaama</t>
         </is>
       </c>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by a verified device</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9672</t>
+          <t>../qml/EncryptionIndicator.qml:9673</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
           <t>Vahvistamattoman laitteen salaama, mutta olet luottanut tähän asti tuohon käyttäjään.</t>
         </is>
       </c>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9674</t>
+          <t>../qml/EncryptionIndicator.qml:9675</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>Key is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="C217" t="inlineStr"/>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
           <t>EncryptionIndicatorKey is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9676</t>
+          <t>../qml/EncryptionIndicator.qml:9677</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device.</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
           <t>Vahvistamattoman laitteen salaama.</t>
         </is>
       </c>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device.</t>
         </is>
       </c>
       <c r="G218" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Vahvistetun laitteen salaama</t>
         </is>
       </c>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9709</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9710</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>Event expiration for %1</t>
         </is>
       </c>
       <c r="C219" t="inlineStr"/>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration for %1</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9712</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9713</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>Event expiration</t>
         </is>
       </c>
       <c r="C220" t="inlineStr"/>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9730</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9731</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C221" t="inlineStr"/>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9733</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9734</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C222" t="inlineStr"/>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9748</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>Expire events after X days</t>
         </is>
       </c>
       <c r="C223" t="inlineStr"/>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
           <t>EventExpirationDialogExpire events after X days</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9750</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>Automatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C224" t="inlineStr"/>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
           <t>EventExpirationDialogAutomatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9769</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>Only keep latest X events</t>
         </is>
       </c>
       <c r="C225" t="inlineStr"/>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
           <t>EventExpirationDialogOnly keep latest X events</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9771</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>Deletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C226" t="inlineStr"/>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
           <t>EventExpirationDialogDeletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9791</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>Always keep latest X events</t>
         </is>
       </c>
       <c r="C227" t="inlineStr"/>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
           <t>EventExpirationDialogAlways keep latest X events</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9793</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>This prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="C228" t="inlineStr"/>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
           <t>EventExpirationDialogThis prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9813</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>Include state events</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
           <t>Sisällytä tilatapahtumat</t>
         </is>
       </c>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
           <t>EventExpirationDialogInclude state events</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9815</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>If this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="C230" t="inlineStr"/>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
           <t>EventExpirationDialogIf this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>../../src/ui/EventExpiry.cpp:9874</t>
+          <t>../../src/ui/EventExpiry.cpp:9875</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
           <t>Piilotettujen tapahtumien asettaminen epäonnistui: %1</t>
         </is>
       </c>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
           <t>EventExpiryFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9885</t>
+          <t>../qml/device-verification/Failed.qml:9886</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>Verification failed</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
           <t>Vahvistus epäonnistui</t>
         </is>
       </c>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
           <t>FailedVerification failed</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9897</t>
+          <t>../qml/device-verification/Failed.qml:9898</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>Other client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
           <t>Toinen asiakasohjelma ei tue vahvistusprotokollaamme.</t>
         </is>
       </c>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
           <t>FailedOther client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9901</t>
+          <t>../qml/device-verification/Failed.qml:9902</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>Key mismatch detected!</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
           <t>Tunnistettiin virheellinen avain!</t>
         </is>
       </c>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
           <t>FailedKey mismatch detected!</t>
         </is>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9903</t>
+          <t>../qml/device-verification/Failed.qml:9904</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>Device verification timed out.</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
           <t>Aikakatkaisu laitteen vahvistuksessa.</t>
         </is>
       </c>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
           <t>FailedDevice verification timed out.</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9905</t>
+          <t>../qml/device-verification/Failed.qml:9906</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>Other party canceled the verification.</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
           <t>Toinen osapuoli perui vahvistuksen.</t>
         </is>
       </c>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
           <t>FailedOther party canceled the verification.</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9907</t>
+          <t>../qml/device-verification/Failed.qml:9908</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>The verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="C237" t="inlineStr"/>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
           <t>FailedThe verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="G237" t="inlineStr"/>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9909</t>
+          <t>../qml/device-verification/Failed.qml:9910</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>Verification messages received out of order!</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
           <t>Varmistusviestit vastaanotettiin epäjärjestyksessä!</t>
         </is>
       </c>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
           <t>FailedVerification messages received out of order!</t>
         </is>
       </c>
       <c r="G238" t="inlineStr"/>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9911</t>
+          <t>../qml/device-verification/Failed.qml:9912</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>Unknown verification error.</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
           <t>Tuntematon varmennusvirhe.</t>
         </is>
       </c>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
           <t>FailedUnknown verification error.</t>
         </is>
       </c>
       <c r="G239" t="inlineStr"/>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9927</t>
+          <t>../qml/device-verification/Failed.qml:9928</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <t>Close</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>Sulje</t>
         </is>
       </c>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
           <t>FailedClose</t>
         </is>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9952</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9953</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>Fallback authentication</t>
         </is>
       </c>
       <c r="C241" t="inlineStr"/>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
           <t>FallbackAuthDialogFallback authentication</t>
         </is>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9967</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9968</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>Open the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
           <t>Avaa varajärjestely, seuraa ohjeita, ja vahvista ne suoritettuasi.</t>
         </is>
       </c>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9975</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9976</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>Open Fallback in Browser</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
           <t>Avaa varajärjestely selaimessa</t>
         </is>
       </c>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen Fallback in Browser</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9980</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9981</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>Cancel</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
           <t>Peruuta</t>
         </is>
       </c>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
           <t>FallbackAuthDialogCancel</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9985</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9986</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>Confirm</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
           <t>Vahvista</t>
         </is>
       </c>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
           <t>FallbackAuthDialogConfirm</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>../qml/ForwardCompleter.qml:10037</t>
+          <t>../qml/ForwardCompleter.qml:10038</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>Forward Message</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
           <t>Välitä viesti</t>
         </is>
       </c>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
           <t>ForwardCompleterForward Message</t>
         </is>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>../../src/GridImagePackModel.cpp:10322</t>
+          <t>../../src/GridImagePackModel.cpp:10323</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>Account Pack</t>
         </is>
       </c>
       <c r="C247" t="inlineStr"/>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
           <t>GridImagePackModelAccount Pack</t>
         </is>
       </c>
       <c r="G247" t="inlineStr"/>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>../../src/ui/HiddenEvents.cpp:10424</t>
+          <t>../../src/ui/HiddenEvents.cpp:10425</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
           <t>Piilotettujen tapahtumien asettaminen epäonnistui: %1</t>
         </is>
       </c>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
           <t>HiddenEventsFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10457</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10458</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
           <t>Hidden events for %1</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
           <t>Piilotetut tapahtumat huoneelle %1</t>
         </is>
       </c>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events for %1</t>
         </is>
       </c>
       <c r="G249" t="inlineStr"/>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10460</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10461</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>Hidden events</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
           <t>Piilotetut tapahtumat</t>
         </is>
       </c>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events</t>
         </is>
       </c>
       <c r="G250" t="inlineStr"/>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10478</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10479</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
           <t>Nämä tapahtumat tullaan &lt;b&gt;näyttämään&lt;/b&gt; huoneessa %1:</t>
         </is>
       </c>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10481</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10482</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
           <t>Nämä tapahtumat tullaan &lt;b&gt;näyttämään&lt;/b&gt; kaikissa huoneissa:</t>
         </is>
       </c>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="G252" t="inlineStr"/>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10496</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>User events</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
           <t>Käyttäjätapahtumat</t>
         </is>
       </c>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
           <t>HiddenEventsDialogUser events</t>
         </is>
       </c>
       <c r="G253" t="inlineStr"/>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10498</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
           <t>Joins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
           <t>Liittymiset, poistumiset, avatarin ja nimen muutokset, porttikiellot, …</t>
         </is>
       </c>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
           <t>HiddenEventsDialogJoins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="G254" t="inlineStr"/>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10513</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
           <t>Power level changes</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
           <t>Oikeustasojen muutokset</t>
         </is>
       </c>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
           <t>HiddenEventsDialogPower level changes</t>
         </is>
       </c>
       <c r="G255" t="inlineStr"/>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10515</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <t>Sent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
           <t>Lähetetään moderaattorin tullessa lisätyksi/poistetuksi tai kun huoneen oikeuksia muutetaan.</t>
         </is>
       </c>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
           <t>HiddenEventsDialogSent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="G256" t="inlineStr"/>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10530</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10531</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <t>Stickers</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
           <t>Tarrat</t>
         </is>
       </c>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
           <t>HiddenEventsDialogStickers</t>
         </is>
       </c>
       <c r="G257" t="inlineStr"/>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10546</t>
-[...6 lines deleted...]
-      </c>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10542</t>
+        </is>
+      </c>
+      <c r="B258" t="inlineStr"/>
       <c r="C258" t="inlineStr"/>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnored users</t>
+          <t>HiddenEventsDialogAllowed server changes</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10566</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10558</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Ignoring a user hides their messages (they can still see yours!).</t>
+          <t>Ignored users</t>
         </is>
       </c>
       <c r="C259" t="inlineStr"/>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
+          <t>IgnoredUsersIgnored users</t>
         </is>
       </c>
       <c r="G259" t="inlineStr"/>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10597</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10578</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Stop Ignoring.</t>
+          <t>Ignoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="C260" t="inlineStr"/>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>IgnoredUsersStop Ignoring.</t>
+          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="G260" t="inlineStr"/>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>../qml/delegates/ImageMessage.qml:10788</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10609</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>Show</t>
-[...6 lines deleted...]
-      </c>
+          <t>Stop Ignoring.</t>
+        </is>
+      </c>
+      <c r="C261" t="inlineStr"/>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>ImageMessageShow</t>
-[...6 lines deleted...]
-      </c>
+          <t>IgnoredUsersStop Ignoring.</t>
+        </is>
+      </c>
+      <c r="G261" t="inlineStr"/>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10802</t>
+          <t>../qml/delegates/ImageMessage.qml:10800</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
-[...2 lines deleted...]
-      <c r="C262" t="inlineStr"/>
+          <t>Show</t>
+        </is>
+      </c>
+      <c r="C262" t="inlineStr">
+        <is>
+          <t>Näytä</t>
+        </is>
+      </c>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
-[...2 lines deleted...]
-      <c r="G262" t="inlineStr"/>
+          <t>ImageMessageShow</t>
+        </is>
+      </c>
+      <c r="G262" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Näytä</t>
+        </is>
+      </c>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10824</t>
+          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10814</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Editing image pack</t>
-[...6 lines deleted...]
-      </c>
+          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
+        </is>
+      </c>
+      <c r="C263" t="inlineStr"/>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogEditing image pack</t>
+          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="G263" t="inlineStr"/>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10880</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10836</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>Add images</t>
+          <t>Editing image pack</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>Lisää kuvia</t>
+          <t>Muokataan kuvapakkausta</t>
         </is>
       </c>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAdd images</t>
+          <t>ImagePackEditorDialogEditing image pack</t>
         </is>
       </c>
       <c r="G264" t="inlineStr"/>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10887</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10892</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>Add images</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>Kuvat (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>Lisää kuvia</t>
         </is>
       </c>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>ImagePackEditorDialogAdd images</t>
         </is>
       </c>
       <c r="G265" t="inlineStr"/>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10888</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10899</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>Select images for pack</t>
+          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>Valitse kuvat pakettia varten</t>
+          <t>Kuvat (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogSelect images for pack</t>
+          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G266" t="inlineStr"/>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10889</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10900</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>Add to pack</t>
+          <t>Select images for pack</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>Lisää pakettiin</t>
+          <t>Valitse kuvat pakettia varten</t>
         </is>
       </c>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAdd to pack</t>
+          <t>ImagePackEditorDialogSelect images for pack</t>
         </is>
       </c>
       <c r="G267" t="inlineStr"/>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10950</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10901</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Change the overview image for this pack</t>
+          <t>Add to pack</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>Muuta tämän kokoelman yleisnäkymän kuvaa</t>
+          <t>Lisää pakettiin</t>
         </is>
       </c>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogChange the overview image for this pack</t>
+          <t>ImagePackEditorDialogAdd to pack</t>
         </is>
       </c>
       <c r="G268" t="inlineStr"/>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10963</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10962</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
+          <t>Change the overview image for this pack</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>Yleisnäkymän kuva (*.png *.webp *.jpg *.jpeg)</t>
+          <t>Muuta tämän kokoelman yleisnäkymän kuvaa</t>
         </is>
       </c>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
+          <t>ImagePackEditorDialogChange the overview image for this pack</t>
         </is>
       </c>
       <c r="G269" t="inlineStr"/>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10964</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10975</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Select overview image for pack</t>
+          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>Valitse yleisnäkymän kuva paketille</t>
+          <t>Yleisnäkymän kuva (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogSelect overview image for pack</t>
+          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
           <t>../qml/dialogs/ImagePackEditorDialog.qml:10976</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t>State key</t>
+          <t>Select overview image for pack</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>TIla-avain</t>
+          <t>Valitse yleisnäkymän kuva paketille</t>
         </is>
       </c>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogState key</t>
+          <t>ImagePackEditorDialogSelect overview image for pack</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10984</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10988</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Packname</t>
+          <t>State key</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>Pakkauksen nimi</t>
+          <t>TIla-avain</t>
         </is>
       </c>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogPackname</t>
+          <t>ImagePackEditorDialogState key</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10992</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10996</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Attribution</t>
+          <t>Packname</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>Osoitus</t>
+          <t>Pakkauksen nimi</t>
         </is>
       </c>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAttribution</t>
+          <t>ImagePackEditorDialogPackname</t>
         </is>
       </c>
       <c r="G273" t="inlineStr"/>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11076</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11004</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Use as Emoji</t>
+          <t>Attribution</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>Käytä emojina</t>
+          <t>Osoitus</t>
         </is>
       </c>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogUse as Emoji</t>
+          <t>ImagePackEditorDialogAttribution</t>
         </is>
       </c>
       <c r="G274" t="inlineStr"/>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11089</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11088</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>Use as Sticker</t>
+          <t>Use as Emoji</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>Käytä tarrana</t>
+          <t>Käytä emojina</t>
         </is>
       </c>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogUse as Sticker</t>
+          <t>ImagePackEditorDialogUse as Emoji</t>
         </is>
       </c>
       <c r="G275" t="inlineStr"/>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11052</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11101</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t>Shortcode</t>
+          <t>Use as Sticker</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>Lyhyt koodi</t>
+          <t>Käytä tarrana</t>
         </is>
       </c>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogShortcode</t>
+          <t>ImagePackEditorDialogUse as Sticker</t>
         </is>
       </c>
       <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11067</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11064</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t>Body</t>
+          <t>Shortcode</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>Runko</t>
+          <t>Lyhyt koodi</t>
         </is>
       </c>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogBody</t>
+          <t>ImagePackEditorDialogShortcode</t>
         </is>
       </c>
       <c r="G277" t="inlineStr"/>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11102</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11079</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Remove from pack</t>
+          <t>Body</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>Poista pakkauksesta</t>
+          <t>Runko</t>
         </is>
       </c>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogRemove from pack</t>
+          <t>ImagePackEditorDialogBody</t>
         </is>
       </c>
       <c r="G278" t="inlineStr"/>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11106</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11114</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Remove</t>
+          <t>Remove from pack</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>Poista</t>
+          <t>Poista pakkauksesta</t>
         </is>
       </c>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogRemove</t>
+          <t>ImagePackEditorDialogRemove from pack</t>
         </is>
       </c>
       <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11129</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11118</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Image pack settings</t>
+          <t>Remove</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>Kuvapakkauksen asetukset</t>
+          <t>Poista</t>
         </is>
       </c>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogImage pack settings</t>
+          <t>ImagePackEditorDialogRemove</t>
         </is>
       </c>
       <c r="G280" t="inlineStr"/>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11181</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11141</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>Create account pack</t>
+          <t>Image pack settings</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>Luo tilipakkaus</t>
+          <t>Kuvapakkauksen asetukset</t>
         </is>
       </c>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogCreate account pack</t>
+          <t>ImagePackSettingsDialogImage pack settings</t>
         </is>
       </c>
       <c r="G281" t="inlineStr"/>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11194</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11193</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>New room pack</t>
+          <t>Create account pack</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>Uusi huonepakkaus</t>
+          <t>Luo tilipakkaus</t>
         </is>
       </c>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogNew room pack</t>
+          <t>ImagePackSettingsDialogCreate account pack</t>
         </is>
       </c>
       <c r="G282" t="inlineStr"/>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11216</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11206</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t>Private pack</t>
+          <t>New room pack</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>Yksityinen pakkaus</t>
+          <t>Uusi huonepakkaus</t>
         </is>
       </c>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPrivate pack</t>
+          <t>ImagePackSettingsDialogNew room pack</t>
         </is>
       </c>
       <c r="G283" t="inlineStr"/>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11218</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11228</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Pack from this room</t>
+          <t>Private pack</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>Pakkaus tälle huoneelle</t>
+          <t>Yksityinen pakkaus</t>
         </is>
       </c>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from this room</t>
+          <t>ImagePackSettingsDialogPrivate pack</t>
         </is>
       </c>
       <c r="G284" t="inlineStr"/>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11220</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11230</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>Pack from parent community</t>
+          <t>Pack from this room</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>Pakkaus yhteisövanhemmasta</t>
+          <t>Pakkaus tälle huoneelle</t>
         </is>
       </c>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from parent community</t>
+          <t>ImagePackSettingsDialogPack from this room</t>
         </is>
       </c>
       <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11222</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11232</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Globally enabled pack</t>
+          <t>Pack from parent community</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>Kaikkialla käytössä oleva pakkaus</t>
+          <t>Pakkaus yhteisövanhemmasta</t>
         </is>
       </c>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogGlobally enabled pack</t>
+          <t>ImagePackSettingsDialogPack from parent community</t>
         </is>
       </c>
       <c r="G286" t="inlineStr"/>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11290</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11234</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Enable globally</t>
+          <t>Globally enabled pack</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>Salli käytettäväksi kaikkialla</t>
+          <t>Kaikkialla käytössä oleva pakkaus</t>
         </is>
       </c>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEnable globally</t>
+          <t>ImagePackSettingsDialogGlobally enabled pack</t>
         </is>
       </c>
       <c r="G287" t="inlineStr"/>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11294</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11302</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t>Enables this pack to be used in all rooms</t>
+          <t>Enable globally</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>Sallii tämän pakkauksen käytettäväksi kaikissa huoneissa</t>
+          <t>Salli käytettäväksi kaikkialla</t>
         </is>
       </c>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
+          <t>ImagePackSettingsDialogEnable globally</t>
         </is>
       </c>
       <c r="G288" t="inlineStr"/>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
           <t>../qml/dialogs/ImagePackSettingsDialog.qml:11306</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Edit</t>
+          <t>Enables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>Muokkaa</t>
+          <t>Sallii tämän pakkauksen käytettäväksi kaikissa huoneissa</t>
         </is>
       </c>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEdit</t>
+          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="G289" t="inlineStr"/>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11317</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11318</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>Remove</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>Poista</t>
+          <t>Muokkaa</t>
         </is>
       </c>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogRemove</t>
-[...6 lines deleted...]
-      </c>
+          <t>ImagePackSettingsDialogEdit</t>
+        </is>
+      </c>
+      <c r="G290" t="inlineStr"/>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11378</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11329</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Remove</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>Sulje</t>
+          <t>Poista</t>
         </is>
       </c>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogClose</t>
-[...2 lines deleted...]
-      <c r="G291" t="inlineStr"/>
+          <t>ImagePackSettingsDialogRemove</t>
+        </is>
+      </c>
+      <c r="G291" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Poista</t>
+        </is>
+      </c>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11390</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Select file(s)</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>Valitse tiedosto(t)</t>
+          <t>Sulje</t>
         </is>
       </c>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>InputBarSelect file(s)</t>
+          <t>ImagePackSettingsDialogClose</t>
         </is>
       </c>
       <c r="G292" t="inlineStr"/>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Select file(s)</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>Kaikki Tiedostot (*)</t>
+          <t>Valitse tiedosto(t)</t>
         </is>
       </c>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>InputBarAll Files (*)</t>
+          <t>InputBarSelect file(s)</t>
         </is>
       </c>
       <c r="G293" t="inlineStr"/>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12424</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
-[...2 lines deleted...]
-      <c r="C294" t="inlineStr"/>
+          <t>All Files (*)</t>
+        </is>
+      </c>
+      <c r="C294" t="inlineStr">
+        <is>
+          <t>Kaikki Tiedostot (*)</t>
+        </is>
+      </c>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
+          <t>InputBarAll Files (*)</t>
         </is>
       </c>
       <c r="G294" t="inlineStr"/>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12431</t>
+          <t>../../src/timeline/InputBar.cpp:12436</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>Failed to fetch user %1</t>
+          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="C295" t="inlineStr"/>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>InputBarFailed to fetch user %1</t>
+          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="G295" t="inlineStr"/>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12843</t>
+          <t>../../src/timeline/InputBar.cpp:12443</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Upload of '%1' failed</t>
-[...6 lines deleted...]
-      </c>
+          <t>Failed to fetch user %1</t>
+        </is>
+      </c>
+      <c r="C296" t="inlineStr"/>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>InputBarUpload of '%1' failed</t>
+          <t>InputBarFailed to fetch user %1</t>
         </is>
       </c>
       <c r="G296" t="inlineStr"/>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12883</t>
+          <t>../../src/timeline/InputBar.cpp:12855</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Invite users to %1</t>
+          <t>Upload of '%1' failed</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>Kutsu käyttäjiä %1</t>
+          <t>Tiedoston "%1" lähetys epäonnistui</t>
         </is>
       </c>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>InviteDialogInvite users to %1</t>
+          <t>InputBarUpload of '%1' failed</t>
         </is>
       </c>
       <c r="G297" t="inlineStr"/>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12933</t>
+          <t>../qml/dialogs/InviteDialog.qml:12895</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Search user</t>
+          <t>Invite users to %1</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>Hae käyttäjää</t>
+          <t>Kutsu käyttäjiä %1</t>
         </is>
       </c>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>InviteDialogSearch user</t>
+          <t>InviteDialogInvite users to %1</t>
         </is>
       </c>
       <c r="G298" t="inlineStr"/>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12946</t>
+          <t>../qml/dialogs/InviteDialog.qml:12945</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>@user:yourserver.example.com</t>
-[...2 lines deleted...]
-      <c r="C299" t="inlineStr"/>
+          <t>Search user</t>
+        </is>
+      </c>
+      <c r="C299" t="inlineStr">
+        <is>
+          <t>Hae käyttäjää</t>
+        </is>
+      </c>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
+          <t>InviteDialogSearch user</t>
+        </is>
+      </c>
+      <c r="G299" t="inlineStr"/>
+      <c r="H299" t="inlineStr"/>
+    </row>
+    <row r="300">
+      <c r="A300" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/InviteDialog.qml:12958</t>
+        </is>
+      </c>
+      <c r="B300" t="inlineStr">
+        <is>
+          <t>@user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C300" t="inlineStr"/>
+      <c r="D300" t="inlineStr"/>
+      <c r="E300" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F300" t="inlineStr">
+        <is>
           <t>InviteDialog
 Example user id. The name 'user' can be localized however you want.@user:yourserver.example.com</t>
         </is>
       </c>
-      <c r="G299" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G300" t="inlineStr"/>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13074</t>
+          <t>../qml/dialogs/InviteDialog.qml:13000</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Invite</t>
+          <t>Search on Server</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>Kutsu</t>
+          <t>Etsi palvelimelta</t>
         </is>
       </c>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>InviteDialogInvite</t>
+          <t>InviteDialogSearch on Server</t>
         </is>
       </c>
       <c r="G301" t="inlineStr"/>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13081</t>
+          <t>../qml/dialogs/InviteDialog.qml:13086</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Invite</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>Peruuta</t>
+          <t>Kutsu</t>
         </is>
       </c>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>InviteDialogCancel</t>
+          <t>InviteDialogInvite</t>
         </is>
       </c>
       <c r="G302" t="inlineStr"/>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13095</t>
+          <t>../qml/dialogs/InviteDialog.qml:13093</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Join room</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>Liity huoneeseen</t>
+          <t>Peruuta</t>
         </is>
       </c>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>JoinRoomDialogJoin room</t>
+          <t>InviteDialogCancel</t>
         </is>
       </c>
       <c r="G303" t="inlineStr"/>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13115</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13107</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Room ID or alias</t>
+          <t>Join room</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>Huoneen tunnus tai osoite</t>
+          <t>Liity huoneeseen</t>
         </is>
       </c>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>JoinRoomDialogRoom ID or alias</t>
+          <t>JoinRoomDialogJoin room</t>
         </is>
       </c>
       <c r="G304" t="inlineStr"/>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13146</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13127</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Join</t>
+          <t>Room ID or alias</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>Liity</t>
+          <t>Huoneen tunnus tai osoite</t>
         </is>
       </c>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>JoinRoomDialogJoin</t>
+          <t>JoinRoomDialogRoom ID or alias</t>
         </is>
       </c>
       <c r="G305" t="inlineStr"/>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13161</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13158</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Join</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>Poistu huoneesta</t>
+          <t>Liity</t>
         </is>
       </c>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>LeaveRoomDialogLeave room</t>
+          <t>JoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G306" t="inlineStr"/>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13162</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13173</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Are you sure you want to leave?</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>Oletko varma, että haluat poistua?</t>
+          <t>Poistu huoneesta</t>
         </is>
       </c>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>LeaveRoomDialogAre you sure you want to leave?</t>
+          <t>LeaveRoomDialogLeave room</t>
         </is>
       </c>
       <c r="G307" t="inlineStr"/>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13443</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13174</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
-          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
-[...2 lines deleted...]
-      <c r="C308" t="inlineStr"/>
+          <t>Are you sure you want to leave?</t>
+        </is>
+      </c>
+      <c r="C308" t="inlineStr">
+        <is>
+          <t>Oletko varma, että haluat poistua?</t>
+        </is>
+      </c>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+          <t>LeaveRoomDialogAre you sure you want to leave?</t>
         </is>
       </c>
       <c r="G308" t="inlineStr"/>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13280</t>
+          <t>../../src/LoginPage.cpp:13455</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
-[...6 lines deleted...]
-      </c>
+          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C309" t="inlineStr"/>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>LoginPageAutodiscovery failed. Received malformed response.</t>
+          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G309" t="inlineStr"/>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13286</t>
+          <t>../../src/LoginPage.cpp:13292</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>Palvelimen tietojen hakeminen epäonnistui: tuntematon virhe hakiessa .well-known -tiedostoa.</t>
+          <t>Palvelimen tietojen hakeminen epäonnistui: virheellinen vastaus.</t>
         </is>
       </c>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>LoginPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G310" t="inlineStr"/>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13319</t>
+          <t>../../src/LoginPage.cpp:13298</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>Vaadittuja päätepisteitä ei löydetty. Mahdollisesti ei Matrix-palvelin.</t>
+          <t>Palvelimen tietojen hakeminen epäonnistui: tuntematon virhe hakiessa .well-known -tiedostoa.</t>
         </is>
       </c>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G311" t="inlineStr"/>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13325</t>
+          <t>../../src/LoginPage.cpp:13331</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
-          <t>Vastaanotettiin virheellinen vastaus. Varmista, että kotipalvelimen osoite on pätevä.</t>
+          <t>Vaadittuja päätepisteitä ei löydetty. Mahdollisesti ei Matrix-palvelin.</t>
         </is>
       </c>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G312" t="inlineStr"/>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13333</t>
+          <t>../../src/LoginPage.cpp:13337</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>Tapahtui tuntematon virhe. Varmista, että kotipalvelimen osoite on pätevä.</t>
+          <t>Vastaanotettiin virheellinen vastaus. Varmista, että kotipalvelimen osoite on pätevä.</t>
         </is>
       </c>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G313" t="inlineStr"/>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13354</t>
+          <t>../../src/LoginPage.cpp:13345</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
-[...2 lines deleted...]
-      <c r="C314" t="inlineStr"/>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+        </is>
+      </c>
+      <c r="C314" t="inlineStr">
+        <is>
+          <t>Tapahtui tuntematon virhe. Varmista, että kotipalvelimen osoite on pätevä.</t>
+        </is>
+      </c>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+          <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G314" t="inlineStr"/>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13375</t>
+          <t>../../src/LoginPage.cpp:13366</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Sign in with Apple</t>
-[...6 lines deleted...]
-      </c>
+          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+        </is>
+      </c>
+      <c r="C315" t="inlineStr"/>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Apple</t>
+          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="G315" t="inlineStr"/>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13377</t>
+          <t>../../src/LoginPage.cpp:13387</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Continue with Facebook</t>
+          <t>Sign in with Apple</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>Jatka Facebookilla</t>
+          <t>Kirjaudu sisään Applella</t>
         </is>
       </c>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>LoginPageContinue with Facebook</t>
+          <t>LoginPageSign in with Apple</t>
         </is>
       </c>
       <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13379</t>
+          <t>../../src/LoginPage.cpp:13389</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Sign in with Google</t>
+          <t>Continue with Facebook</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>Kirjaudu sisään Googlella</t>
+          <t>Jatka Facebookilla</t>
         </is>
       </c>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Google</t>
+          <t>LoginPageContinue with Facebook</t>
         </is>
       </c>
       <c r="G317" t="inlineStr"/>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13381</t>
+          <t>../../src/LoginPage.cpp:13391</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Sign in with Twitter</t>
+          <t>Sign in with Google</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>Kirjaudu sisään Twitterillä</t>
+          <t>Kirjaudu sisään Googlella</t>
         </is>
       </c>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Twitter</t>
+          <t>LoginPageSign in with Google</t>
         </is>
       </c>
       <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13383</t>
+          <t>../../src/LoginPage.cpp:13393</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Login using %1</t>
+          <t>Sign in with Twitter</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>Kirjaudu sisään palvelun %1 kautta</t>
+          <t>Kirjaudu sisään Twitterillä</t>
         </is>
       </c>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>LoginPageLogin using %1</t>
+          <t>LoginPageSign in with Twitter</t>
         </is>
       </c>
       <c r="G319" t="inlineStr"/>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13392</t>
+          <t>../../src/LoginPage.cpp:13395</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
-          <t>SSO LOGIN</t>
+          <t>Login using %1</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>SSO-kirjautuminen</t>
+          <t>Kirjaudu sisään palvelun %1 kautta</t>
         </is>
       </c>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>LoginPageSSO LOGIN</t>
+          <t>LoginPageLogin using %1</t>
         </is>
       </c>
       <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13450</t>
+          <t>../../src/LoginPage.cpp:13404</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Empty password</t>
+          <t>SSO LOGIN</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>Tyhjä salasana</t>
+          <t>SSO-kirjautuminen</t>
         </is>
       </c>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>LoginPageEmpty password</t>
+          <t>LoginPageSSO LOGIN</t>
         </is>
       </c>
       <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13505</t>
+          <t>../../src/LoginPage.cpp:13462</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>SSO login failed</t>
+          <t>Empty password</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>SSO-kirjautuminen epäonnistui</t>
+          <t>Tyhjä salasana</t>
         </is>
       </c>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>LoginPageSSO login failed</t>
+          <t>LoginPageEmpty password</t>
         </is>
       </c>
       <c r="G322" t="inlineStr"/>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13563</t>
+          <t>../../src/LoginPage.cpp:13517</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Matrix ID</t>
+          <t>SSO login failed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>Matrix-tunnus</t>
+          <t>SSO-kirjautuminen epäonnistui</t>
         </is>
       </c>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>LoginPageMatrix ID</t>
+          <t>LoginPageSSO login failed</t>
         </is>
       </c>
       <c r="G323" t="inlineStr"/>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13564</t>
+          <t>../qml/pages/LoginPage.qml:13575</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
-          <t>e.g @user:yourserver.example.com</t>
-[...2 lines deleted...]
-      <c r="C324" t="inlineStr"/>
+          <t>Matrix ID</t>
+        </is>
+      </c>
+      <c r="C324" t="inlineStr">
+        <is>
+          <t>Matrix-tunnus</t>
+        </is>
+      </c>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>LoginPagee.g @user:yourserver.example.com</t>
+          <t>LoginPageMatrix ID</t>
         </is>
       </c>
       <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13567</t>
+          <t>../qml/pages/LoginPage.qml:13576</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
+        <is>
+          <t>e.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C325" t="inlineStr"/>
+      <c r="D325" t="inlineStr"/>
+      <c r="E325" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F325" t="inlineStr">
+        <is>
+          <t>LoginPagee.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="G325" t="inlineStr"/>
+      <c r="H325" t="inlineStr"/>
+    </row>
+    <row r="326">
+      <c r="A326" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13579</t>
+        </is>
+      </c>
+      <c r="B326" t="inlineStr">
         <is>
           <t>Your login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="C325" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F325" t="inlineStr">
+      <c r="C326" t="inlineStr"/>
+      <c r="D326" t="inlineStr"/>
+      <c r="E326" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F326" t="inlineStr">
         <is>
           <t>LoginPageYour login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="G325" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G326" t="inlineStr"/>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13597</t>
+          <t>../qml/pages/LoginPage.qml:13607</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
-          <t>Your password.</t>
+          <t>Password</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>Salasanasi.</t>
+          <t>Salasana</t>
         </is>
       </c>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>LoginPageYour password.</t>
+          <t>LoginPagePassword</t>
         </is>
       </c>
       <c r="G327" t="inlineStr"/>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13610</t>
+          <t>../qml/pages/LoginPage.qml:13609</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
-          <t>Show/Hide Password</t>
+          <t>Your password.</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>Näytä/piilota salasana</t>
+          <t>Salasanasi.</t>
         </is>
       </c>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>LoginPageShow/Hide Password</t>
+          <t>LoginPageYour password.</t>
         </is>
       </c>
       <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13625</t>
+          <t>../qml/pages/LoginPage.qml:13622</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Device name</t>
+          <t>Show/Hide Password</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>Laitteen nimi</t>
+          <t>Näytä/piilota salasana</t>
         </is>
       </c>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>LoginPageDevice name</t>
+          <t>LoginPageShow/Hide Password</t>
         </is>
       </c>
       <c r="G329" t="inlineStr"/>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13627</t>
+          <t>../qml/pages/LoginPage.qml:13637</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>Device name</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>Nimi tälle laitteelle, joka näytetään muille laitteitasi vahvistaessa. Jos et syötä mitään, käytetään oletusarvoa.</t>
+          <t>Laitteen nimi</t>
         </is>
       </c>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>LoginPageDevice name</t>
         </is>
       </c>
       <c r="G330" t="inlineStr"/>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13637</t>
+          <t>../qml/pages/LoginPage.qml:13639</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Homeserver address</t>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>Kotipalvelimen osoite</t>
+          <t>Nimi tälle laitteelle, joka näytetään muille laitteitasi vahvistaessa. Jos et syötä mitään, käytetään oletusarvoa.</t>
         </is>
       </c>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>LoginPageHomeserver address</t>
+          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="G331" t="inlineStr"/>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13638</t>
+          <t>../qml/pages/LoginPage.qml:13649</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
-          <t>yourserver.example.com:8787</t>
-[...2 lines deleted...]
-      <c r="C332" t="inlineStr"/>
+          <t>Homeserver address</t>
+        </is>
+      </c>
+      <c r="C332" t="inlineStr">
+        <is>
+          <t>Kotipalvelimen osoite</t>
+        </is>
+      </c>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>LoginPageyourserver.example.com:8787</t>
+          <t>LoginPageHomeserver address</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13641</t>
+          <t>../qml/pages/LoginPage.qml:13650</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
         <is>
-          <t>The address that can be used to contact your homeserver's client API.
-Example: https://yourserver.example.com:8787</t>
+          <t>yourserver.example.com:8787</t>
         </is>
       </c>
       <c r="C333" t="inlineStr"/>
       <c r="D333" t="inlineStr"/>
       <c r="E333" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
+          <t>LoginPageyourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="G333" t="inlineStr"/>
+      <c r="H333" t="inlineStr"/>
+    </row>
+    <row r="334">
+      <c r="A334" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13653</t>
+        </is>
+      </c>
+      <c r="B334" t="inlineStr">
+        <is>
+          <t>The address that can be used to contact your homeserver's client API.
+Example: https://yourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="C334" t="inlineStr"/>
+      <c r="D334" t="inlineStr"/>
+      <c r="E334" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F334" t="inlineStr">
+        <is>
           <t>LoginPageThe address that can be used to contact your homeserver's client API.
 Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
-      <c r="G333" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G334" t="inlineStr"/>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13715</t>
+          <t>../qml/pages/LoginPage.qml:13685</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>LOGIN</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>Takaisin</t>
+          <t>KIRJAUDU</t>
         </is>
       </c>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>LoginPageBack</t>
+          <t>LoginPageLOGIN</t>
         </is>
       </c>
       <c r="G335" t="inlineStr"/>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13727</t>
+          <t>../qml/pages/LoginPage.qml:13727</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>Kirjaudu ulos</t>
+          <t>Takaisin</t>
         </is>
       </c>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>LogoutDialogLog out</t>
+          <t>LoginPageBack</t>
         </is>
       </c>
       <c r="G336" t="inlineStr"/>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13739</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t>A call is in progress. Log out?</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>Puhelu on käynnissä. Haluatko kirjautua ulos?</t>
+          <t>Kirjaudu ulos</t>
         </is>
       </c>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>LogoutDialogA call is in progress. Log out?</t>
+          <t>LogoutDialogLog out</t>
         </is>
       </c>
       <c r="G337" t="inlineStr"/>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Are you sure you want to log out?</t>
+          <t>A call is in progress. Log out?</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>Haluatko varmasti kirjautua ulos?</t>
+          <t>Puhelu on käynnissä. Haluatko kirjautua ulos?</t>
         </is>
       </c>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>LogoutDialogAre you sure you want to log out?</t>
+          <t>LogoutDialogA call is in progress. Log out?</t>
         </is>
       </c>
       <c r="G338" t="inlineStr"/>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:13609</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Failed to upload media. Please try again.</t>
+          <t>Are you sure you want to log out?</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>Mediaa ei onnistuttu lähettämään. Yritä uudelleen.</t>
+          <t>Haluatko varmasti kirjautua ulos?</t>
         </is>
       </c>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>MediaUploadFailed to upload media. Please try again.</t>
+          <t>LogoutDialogAre you sure you want to log out?</t>
         </is>
       </c>
       <c r="G339" t="inlineStr"/>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../../src/timeline/InputBar.cpp:13621</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
-          <t>Hang up</t>
+          <t>Failed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>Punainen luuri</t>
+          <t>Mediaa ei onnistuttu lähettämään. Yritä uudelleen.</t>
         </is>
       </c>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>MessageInputHang up</t>
+          <t>MediaUploadFailed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Already on a call</t>
+          <t>Hang up</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>Jo puhelussa</t>
+          <t>Punainen luuri</t>
         </is>
       </c>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>MessageInputAlready on a call</t>
+          <t>MessageInputHang up</t>
         </is>
       </c>
       <c r="G341" t="inlineStr"/>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Place a call</t>
+          <t>Already on a call</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>Soita puhelu</t>
+          <t>Jo puhelussa</t>
         </is>
       </c>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>MessageInputPlace a call</t>
+          <t>MessageInputAlready on a call</t>
         </is>
       </c>
       <c r="G342" t="inlineStr"/>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13684</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Send a file</t>
+          <t>Place a call</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>Lähetä tiedosto</t>
+          <t>Soita puhelu</t>
         </is>
       </c>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>MessageInputSend a file</t>
+          <t>MessageInputPlace a call</t>
         </is>
       </c>
       <c r="G343" t="inlineStr"/>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13752</t>
+          <t>../qml/MessageInput.qml:13696</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t>Write a message…</t>
+          <t>Send a file</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>Kirjoita viesti…</t>
+          <t>Lähetä tiedosto</t>
         </is>
       </c>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>MessageInputWrite a message...</t>
+          <t>MessageInputSend a file</t>
         </is>
       </c>
       <c r="G344" t="inlineStr"/>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14015</t>
+          <t>../qml/MessageInput.qml:13764</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
-          <t>Stickers</t>
+          <t>Write a message…</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>Tarrat</t>
+          <t>Kirjoita viesti…</t>
         </is>
       </c>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>MessageInputStickers</t>
+          <t>MessageInputWrite a message...</t>
         </is>
       </c>
       <c r="G345" t="inlineStr"/>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14039</t>
+          <t>../qml/MessageInput.qml:14037</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
-          <t>Emoji</t>
+          <t>Stickers</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>Emoji</t>
+          <t>Tarrat</t>
         </is>
       </c>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>MessageInputEmoji</t>
+          <t>MessageInputStickers</t>
         </is>
       </c>
       <c r="G346" t="inlineStr"/>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
           <t>../qml/MessageInput.qml:14061</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>Emoji</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>Lähetä</t>
+          <t>Emoji</t>
         </is>
       </c>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>MessageInputSend</t>
+          <t>MessageInputEmoji</t>
         </is>
       </c>
       <c r="G347" t="inlineStr"/>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14076</t>
+          <t>../qml/MessageInput.qml:14083</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>You don't have permission to send messages in this room</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>Sinulla ei ole oikeutta lähettää viestejä tässä huoneessa</t>
+          <t>Lähetä</t>
         </is>
       </c>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>MessageInputYou don't have permission to send messages in this room</t>
+          <t>MessageInputSend</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
-          <t>../qml/MessageInputWarning.qml:14137</t>
+          <t>../qml/MessageInput.qml:14098</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Don't mention them in this message</t>
-[...2 lines deleted...]
-      <c r="C349" t="inlineStr"/>
+          <t>You don't have permission to send messages in this room</t>
+        </is>
+      </c>
+      <c r="C349" t="inlineStr">
+        <is>
+          <t>Sinulla ei ole oikeutta lähettää viestejä tässä huoneessa</t>
+        </is>
+      </c>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>MessageInputWarningDon't mention them in this message</t>
+          <t>MessageInputYou don't have permission to send messages in this room</t>
         </is>
       </c>
       <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14372</t>
+          <t>../qml/MessageInputWarning.qml:14159</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Edit</t>
-[...6 lines deleted...]
-      </c>
+          <t>Don't mention them in this message</t>
+        </is>
+      </c>
+      <c r="C350" t="inlineStr"/>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>MessageViewEdit</t>
+          <t>MessageInputWarningDon't mention them in this message</t>
         </is>
       </c>
       <c r="G350" t="inlineStr"/>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14389</t>
+          <t>../qml/MessageView.qml:14396</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>React</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>Reagoi</t>
+          <t>Muokkaa</t>
         </is>
       </c>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>MessageViewReact</t>
+          <t>MessageViewEdit</t>
         </is>
       </c>
       <c r="G351" t="inlineStr"/>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14413</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>Reply in thread</t>
+          <t>React</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>Vastaa viestiketjussa</t>
+          <t>Reagoi</t>
         </is>
       </c>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>MessageViewReply in thread</t>
+          <t>MessageViewReact</t>
         </is>
       </c>
       <c r="G352" t="inlineStr"/>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>New thread</t>
+          <t>Reply in thread</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>Uusi viestiketju</t>
+          <t>Vastaa viestiketjussa</t>
         </is>
       </c>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>MessageViewNew thread</t>
+          <t>MessageViewReply in thread</t>
         </is>
       </c>
       <c r="G353" t="inlineStr"/>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14415</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
-          <t>Reply</t>
+          <t>New thread</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>Vastaa</t>
+          <t>Uusi viestiketju</t>
         </is>
       </c>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>MessageViewReply</t>
+          <t>MessageViewNew thread</t>
         </is>
       </c>
       <c r="G354" t="inlineStr"/>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14426</t>
+          <t>../qml/MessageView.qml:14439</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Go to message</t>
+          <t>Reply</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>Hyppää viestiin</t>
+          <t>Vastaa</t>
         </is>
       </c>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>MessageViewGo to message</t>
+          <t>MessageViewReply</t>
         </is>
       </c>
       <c r="G355" t="inlineStr"/>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14443</t>
+          <t>../qml/MessageView.qml:14450</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
-          <t>Options</t>
+          <t>Go to message</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>Asetukset</t>
+          <t>Hyppää viestiin</t>
         </is>
       </c>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>MessageViewOptions</t>
+          <t>MessageViewGo to message</t>
         </is>
       </c>
       <c r="G356" t="inlineStr"/>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14576</t>
+          <t>../qml/MessageView.qml:14467</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
-          <t>Enter reason for removal or hit enter for no reason:</t>
+          <t>Options</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>Anna syy poistamiselle tai paina enter mikäli syytä ei ole:</t>
+          <t>Asetukset</t>
         </is>
       </c>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
+          <t>MessageViewOptions</t>
         </is>
       </c>
       <c r="G357" t="inlineStr"/>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14577</t>
+          <t>../qml/MessageView.qml:14600</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
-          <t>Reason for removal</t>
+          <t>Enter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>Syy poistamiselle</t>
+          <t>Anna syy poistamiselle tai paina enter mikäli syytä ei ole:</t>
         </is>
       </c>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>MessageViewReason for removal</t>
+          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G358" t="inlineStr"/>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
           <t>../qml/MessageView.qml:14601</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
-          <t>Go to &amp;message</t>
+          <t>Reason for removal</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>Hyppää &amp;viestiin</t>
+          <t>Syy poistamiselle</t>
         </is>
       </c>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>MessageViewGo to &amp;message</t>
+          <t>MessageViewReason for removal</t>
         </is>
       </c>
       <c r="G359" t="inlineStr"/>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14797</t>
+          <t>../qml/MessageView.qml:14625</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
-          <t>&amp;Copy</t>
+          <t>Go to &amp;message</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>&amp;Kopioi</t>
+          <t>Hyppää &amp;viestiin</t>
         </is>
       </c>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>MessageView&amp;Copy</t>
+          <t>MessageViewGo to &amp;message</t>
         </is>
       </c>
       <c r="G360" t="inlineStr"/>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14805</t>
+          <t>../qml/MessageView.qml:14823</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Copy &amp;link location</t>
+          <t>&amp;Copy</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>Kopioi &amp;linkin kohde</t>
+          <t>&amp;Kopioi</t>
         </is>
       </c>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>MessageViewCopy &amp;link location</t>
+          <t>MessageView&amp;Copy</t>
         </is>
       </c>
       <c r="G361" t="inlineStr"/>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14630</t>
+          <t>../qml/MessageView.qml:14831</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
-          <t>Re&amp;act</t>
+          <t>Copy &amp;link location</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>Rea&amp;goi</t>
+          <t>Kopioi &amp;linkin kohde</t>
         </is>
       </c>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>MessageViewRe&amp;act</t>
+          <t>MessageViewCopy &amp;link location</t>
         </is>
       </c>
       <c r="G362" t="inlineStr"/>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14641</t>
+          <t>../qml/MessageView.qml:14654</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
-          <t>Repl&amp;y</t>
+          <t>Re&amp;act</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>Vast&amp;aa</t>
+          <t>Rea&amp;goi</t>
         </is>
       </c>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>MessageViewRepl&amp;y</t>
+          <t>MessageViewRe&amp;act</t>
         </is>
       </c>
       <c r="G363" t="inlineStr"/>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14649</t>
+          <t>../qml/MessageView.qml:14665</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
-          <t>&amp;Edit</t>
+          <t>Repl&amp;y</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>&amp;Muokkaa</t>
+          <t>Vast&amp;aa</t>
         </is>
       </c>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>MessageView&amp;Edit</t>
+          <t>MessageViewRepl&amp;y</t>
         </is>
       </c>
       <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14657</t>
+          <t>../qml/MessageView.qml:14673</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
-          <t>&amp;Thread</t>
+          <t>&amp;Edit</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>&amp;Viestiketju</t>
+          <t>&amp;Muokkaa</t>
         </is>
       </c>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>MessageView&amp;Thread</t>
+          <t>MessageView&amp;Edit</t>
         </is>
       </c>
       <c r="G365" t="inlineStr"/>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14681</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Un&amp;pin</t>
+          <t>&amp;Thread</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>Lisää/poista kiinnitys</t>
+          <t>&amp;Viestiketju</t>
         </is>
       </c>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>MessageViewUn&amp;pin</t>
+          <t>MessageView&amp;Thread</t>
         </is>
       </c>
       <c r="G366" t="inlineStr"/>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
-          <t>&amp;Pin</t>
+          <t>Un&amp;pin</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>&amp;Kiinnitä</t>
+          <t>Lisää/poista kiinnitys</t>
         </is>
       </c>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>MessageView&amp;Pin</t>
+          <t>MessageViewUn&amp;pin</t>
         </is>
       </c>
       <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14673</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
-          <t>&amp;Read receipts</t>
+          <t>&amp;Pin</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>&amp;Lukukuittaukset</t>
+          <t>&amp;Kiinnitä</t>
         </is>
       </c>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>MessageView&amp;Read receipts</t>
-[...6 lines deleted...]
-      </c>
+          <t>MessageView&amp;Pin</t>
+        </is>
+      </c>
+      <c r="G368" t="inlineStr"/>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14680</t>
+          <t>../qml/MessageView.qml:14697</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
-          <t>&amp;Forward</t>
+          <t>&amp;Read receipts</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>&amp;Lähetä eteenpäin</t>
+          <t>&amp;Lukukuittaukset</t>
         </is>
       </c>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>MessageView&amp;Forward</t>
-[...2 lines deleted...]
-      <c r="G369" t="inlineStr"/>
+          <t>MessageView&amp;Read receipts</t>
+        </is>
+      </c>
+      <c r="G369" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Lukukuittaukset</t>
+        </is>
+      </c>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14693</t>
+          <t>../qml/MessageView.qml:14704</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
-          <t>&amp;Mark as read</t>
+          <t>&amp;Forward</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>&amp;Merkitse luetuksi</t>
+          <t>&amp;Lähetä eteenpäin</t>
         </is>
       </c>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>MessageView&amp;Mark as read</t>
+          <t>MessageView&amp;Forward</t>
         </is>
       </c>
       <c r="G370" t="inlineStr"/>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14698</t>
+          <t>../qml/MessageView.qml:14717</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
-          <t>View raw message</t>
+          <t>&amp;Mark as read</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>Näytä sisältö raakamuodossa</t>
+          <t>&amp;Merkitse luetuksi</t>
         </is>
       </c>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>MessageViewView raw message</t>
+          <t>MessageView&amp;Mark as read</t>
         </is>
       </c>
       <c r="G371" t="inlineStr"/>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14705</t>
+          <t>../qml/MessageView.qml:14724</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
-          <t>View decrypted raw message</t>
+          <t>View raw message</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>Näytä salaukseltaan purettu sisältö raakamuodossa</t>
+          <t>Näytä sisältö raakamuodossa</t>
         </is>
       </c>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>MessageViewView decrypted raw message</t>
+          <t>MessageViewView raw message</t>
         </is>
       </c>
       <c r="G372" t="inlineStr"/>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14714</t>
+          <t>../qml/MessageView.qml:14731</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Remo&amp;ve message</t>
+          <t>View decrypted raw message</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>Poist&amp;a viesti</t>
+          <t>Näytä salaukseltaan purettu sisältö raakamuodossa</t>
         </is>
       </c>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>MessageViewRemo&amp;ve message</t>
+          <t>MessageViewView decrypted raw message</t>
         </is>
       </c>
       <c r="G373" t="inlineStr"/>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14728</t>
+          <t>../qml/MessageView.qml:14740</t>
         </is>
       </c>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Report message</t>
-[...2 lines deleted...]
-      <c r="C374" t="inlineStr"/>
+          <t>Remo&amp;ve message</t>
+        </is>
+      </c>
+      <c r="C374" t="inlineStr">
+        <is>
+          <t>Poist&amp;a viesti</t>
+        </is>
+      </c>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>MessageViewReport message</t>
+          <t>MessageViewRemo&amp;ve message</t>
         </is>
       </c>
       <c r="G374" t="inlineStr"/>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14739</t>
+          <t>../qml/MessageView.qml:14754</t>
         </is>
       </c>
       <c r="B375" t="inlineStr">
         <is>
-          <t>&amp;Save as</t>
-[...6 lines deleted...]
-      </c>
+          <t>Report message</t>
+        </is>
+      </c>
+      <c r="C375" t="inlineStr"/>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>MessageView&amp;Save as</t>
+          <t>MessageViewReport message</t>
         </is>
       </c>
       <c r="G375" t="inlineStr"/>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14747</t>
+          <t>../qml/MessageView.qml:14765</t>
         </is>
       </c>
       <c r="B376" t="inlineStr">
         <is>
-          <t>&amp;Open in external program</t>
+          <t>&amp;Save as</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>&amp;Avaa ulkoisessa sovelluksessa</t>
+          <t>&amp;Tallenna nimellä</t>
         </is>
       </c>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>MessageView&amp;Open in external program</t>
+          <t>MessageView&amp;Save as</t>
         </is>
       </c>
       <c r="G376" t="inlineStr"/>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14755</t>
+          <t>../qml/MessageView.qml:14773</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Copy link to eve&amp;nt</t>
+          <t>&amp;Open in external program</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>Kopioi linkki tapaht&amp;umaan</t>
+          <t>&amp;Avaa ulkoisessa sovelluksessa</t>
         </is>
       </c>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>MessageViewCopy link to eve&amp;nt</t>
+          <t>MessageView&amp;Open in external program</t>
         </is>
       </c>
       <c r="G377" t="inlineStr"/>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14813</t>
+          <t>../qml/MessageView.qml:14781</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
-          <t>&amp;Go to quoted message</t>
+          <t>Copy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>&amp;Mene lainattuun viestiin</t>
+          <t>Kopioi linkki tapaht&amp;umaan</t>
         </is>
       </c>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>MessageView&amp;Go to quoted message</t>
+          <t>MessageViewCopy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="G378" t="inlineStr"/>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/MessageView.qml:14839</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Send Verification Request</t>
+          <t>&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>Lähetä vahvistuspyyntö</t>
+          <t>&amp;Mene lainattuun viestiin</t>
         </is>
       </c>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>NewVerificationRequestSend Verification Request</t>
+          <t>MessageView&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
-          <t>Received Verification Request</t>
+          <t>Send Verification Request</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>Otettiin vastaan vahvistuspyyntö</t>
+          <t>Lähetä vahvistuspyyntö</t>
         </is>
       </c>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>NewVerificationRequestReceived Verification Request</t>
+          <t>NewVerificationRequestSend Verification Request</t>
         </is>
       </c>
       <c r="G380" t="inlineStr"/>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14837</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B381" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>Received Verification Request</t>
         </is>
       </c>
       <c r="C381" t="inlineStr">
         <is>
-          <t>Jotta muut käyttäjät näkisivät, mitkä laitteet oikeasti kuuluvat sinulle, voit vahvistaa ne. Se sallii myös avainvarmuuskopion automaattisen toiminnan. Vahvistatko vahvistamattoman laitteen nyt? (Varmistathan, että jokin niistä on saatavilla.)</t>
+          <t>Otettiin vastaan vahvistuspyyntö</t>
         </is>
       </c>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>NewVerificationRequestReceived Verification Request</t>
         </is>
       </c>
       <c r="G381" t="inlineStr"/>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14839</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14863</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>Jotta muut käyttäjät näkisivät, mitkä laitteet oikeasti kuuluvat sinulle, voit vahvistaa ne. Se sallii myös avainvarmuuskopion automaattisen toiminnan. Vahvistatko laitteen %1 nyt?</t>
+          <t>Jotta muut käyttäjät näkisivät, mitkä laitteet oikeasti kuuluvat sinulle, voit vahvistaa ne. Se sallii myös avainvarmuuskopion automaattisen toiminnan. Vahvistatko vahvistamattoman laitteen nyt? (Varmistathan, että jokin niistä on saatavilla.)</t>
         </is>
       </c>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="G382" t="inlineStr"/>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14841</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14865</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
-          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>Varmistaaksesi, ettei kukaan pahantahtoinen käyttäjä voi salakuunnella salattuja keskustelujanne, voit vahvistaa toisen osapuolen.</t>
+          <t>Jotta muut käyttäjät näkisivät, mitkä laitteet oikeasti kuuluvat sinulle, voit vahvistaa ne. Se sallii myös avainvarmuuskopion automaattisen toiminnan. Vahvistatko laitteen %1 nyt?</t>
         </is>
       </c>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="G383" t="inlineStr"/>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14844</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14867</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
-          <t>%1 has requested to verify their device %2.</t>
+          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>%1 on pyytänyt vahvistamaan hänen laitteeensa %2.</t>
+          <t>Varmistaaksesi, ettei kukaan pahantahtoinen käyttäjä voi salakuunnella salattuja keskustelujanne, voit vahvistaa toisen osapuolen.</t>
         </is>
       </c>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
+          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="G384" t="inlineStr"/>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14846</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14870</t>
         </is>
       </c>
       <c r="B385" t="inlineStr">
         <is>
-          <t>%1 using the device %2 has requested to be verified.</t>
+          <t>%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
-          <t>%1 on pyytänyt vahvistamista laitteella %2.</t>
+          <t>%1 on pyytänyt vahvistamaan hänen laitteeensa %2.</t>
         </is>
       </c>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
+          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="G385" t="inlineStr"/>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14848</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14872</t>
         </is>
       </c>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Your device (%1) has requested to be verified.</t>
+          <t>%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>Laitteesi (%1) on pyytänyt vahvistetuksi tulemista.</t>
+          <t>%1 on pyytänyt vahvistamista laitteella %2.</t>
         </is>
       </c>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
+          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="G386" t="inlineStr"/>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14874</t>
         </is>
       </c>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Your device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>Peruuta</t>
+          <t>Laitteesi (%1) on pyytänyt vahvistetuksi tulemista.</t>
         </is>
       </c>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>NewVerificationRequestCancel</t>
+          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="G387" t="inlineStr"/>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Deny</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>Kiellä</t>
+          <t>Peruuta</t>
         </is>
       </c>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>NewVerificationRequestDeny</t>
+          <t>NewVerificationRequestCancel</t>
         </is>
       </c>
       <c r="G388" t="inlineStr"/>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Start verification</t>
+          <t>Deny</t>
         </is>
       </c>
       <c r="C389" t="inlineStr">
         <is>
-          <t>Aloita vahvistus</t>
+          <t>Kiellä</t>
         </is>
       </c>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>NewVerificationRequestStart verification</t>
+          <t>NewVerificationRequestDeny</t>
         </is>
       </c>
       <c r="G389" t="inlineStr"/>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Accept</t>
+          <t>Start verification</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
-          <t>Hyväksy</t>
+          <t>Aloita vahvistus</t>
         </is>
       </c>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>NewVerificationRequestAccept</t>
+          <t>NewVerificationRequestStart verification</t>
         </is>
       </c>
       <c r="G390" t="inlineStr"/>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15009</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B391" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
+          <t>Accept</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>%1 lähetti salatun viestin</t>
+          <t>Hyväksy</t>
         </is>
       </c>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 sent an encrypted message</t>
+          <t>NewVerificationRequestAccept</t>
         </is>
       </c>
       <c r="G391" t="inlineStr"/>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15021</t>
+          <t>../../src/notifications/ManagerMac.cpp:15035</t>
         </is>
       </c>
       <c r="B392" t="inlineStr">
         <is>
-          <t>%1 replied with a spoiler.</t>
-[...2 lines deleted...]
-      <c r="C392" t="inlineStr"/>
+          <t>%1 sent an encrypted message</t>
+        </is>
+      </c>
+      <c r="C392" t="inlineStr">
+        <is>
+          <t>%1 lähetti salatun viestin</t>
+        </is>
+      </c>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
+          <t>NotificationsManager%1 sent an encrypted message</t>
+        </is>
+      </c>
+      <c r="G392" t="inlineStr"/>
+      <c r="H392" t="inlineStr"/>
+    </row>
+    <row r="393">
+      <c r="A393" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:15047</t>
+        </is>
+      </c>
+      <c r="B393" t="inlineStr">
+        <is>
+          <t>%1 replied with a spoiler.</t>
+        </is>
+      </c>
+      <c r="C393" t="inlineStr"/>
+      <c r="D393" t="inlineStr"/>
+      <c r="E393" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F393" t="inlineStr">
+        <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender.%1 replied with a spoiler.</t>
         </is>
       </c>
-      <c r="G392" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B393" t="inlineStr">
+      <c r="G393" t="inlineStr"/>
+      <c r="H393" t="inlineStr"/>
+    </row>
+    <row r="394">
+      <c r="A394" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:15057</t>
+        </is>
+      </c>
+      <c r="B394" t="inlineStr">
         <is>
           <t>%1 replied: %2</t>
         </is>
       </c>
-      <c r="C393" t="inlineStr">
+      <c r="C394" t="inlineStr">
         <is>
           <t>%1 vastasi: %2</t>
         </is>
       </c>
-      <c r="D393" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F393" t="inlineStr">
+      <c r="D394" t="inlineStr"/>
+      <c r="E394" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F394" t="inlineStr">
         <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender, %2 the message%1 replied: %2</t>
         </is>
       </c>
-      <c r="G393" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G394" t="inlineStr"/>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15056</t>
         </is>
       </c>
       <c r="B395" t="inlineStr">
         <is>
-          <t>%1 replied to a message</t>
+          <t>%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="C395" t="inlineStr">
         <is>
-          <t>%1 vastasi viestiin</t>
+          <t>%1 vastasi salatulla viestillä</t>
         </is>
       </c>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 replied to a message</t>
+          <t>NotificationsManager%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="G395" t="inlineStr"/>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B396" t="inlineStr">
         <is>
-          <t>%1 sent a message</t>
+          <t>%1 replied to a message</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>%1 lähetti viestin</t>
+          <t>%1 vastasi viestiin</t>
         </is>
       </c>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 sent a message</t>
+          <t>NotificationsManager%1 replied to a message</t>
         </is>
       </c>
       <c r="G396" t="inlineStr"/>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15075</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Place a call to %1?</t>
+          <t>%1 sent a message</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>Soita henkilölle %1?</t>
+          <t>%1 lähetti viestin</t>
         </is>
       </c>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>PlaceCallPlace a call to %1?</t>
+          <t>NotificationsManager%1 sent a message</t>
         </is>
       </c>
       <c r="G397" t="inlineStr"/>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15091</t>
+          <t>../qml/voip/PlaceCall.qml:15101</t>
         </is>
       </c>
       <c r="B398" t="inlineStr">
         <is>
-          <t>No microphone found.</t>
+          <t>Place a call to %1?</t>
         </is>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>Mikrofonia ei löydy.</t>
+          <t>Soita henkilölle %1?</t>
         </is>
       </c>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>PlaceCallNo microphone found.</t>
+          <t>PlaceCallPlace a call to %1?</t>
         </is>
       </c>
       <c r="G398" t="inlineStr"/>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15115</t>
+          <t>../qml/voip/PlaceCall.qml:15117</t>
         </is>
       </c>
       <c r="B399" t="inlineStr">
         <is>
-          <t>Voice</t>
+          <t>No microphone found.</t>
         </is>
       </c>
       <c r="C399" t="inlineStr">
         <is>
-          <t>Ääni</t>
+          <t>Mikrofonia ei löydy.</t>
         </is>
       </c>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>PlaceCallVoice</t>
+          <t>PlaceCallNo microphone found.</t>
         </is>
       </c>
       <c r="G399" t="inlineStr"/>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15128</t>
+          <t>../qml/voip/PlaceCall.qml:15141</t>
         </is>
       </c>
       <c r="B400" t="inlineStr">
         <is>
-          <t>Video</t>
+          <t>Voice</t>
         </is>
       </c>
       <c r="C400" t="inlineStr">
         <is>
-          <t>Video</t>
+          <t>Ääni</t>
         </is>
       </c>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>PlaceCallVideo</t>
+          <t>PlaceCallVoice</t>
         </is>
       </c>
       <c r="G400" t="inlineStr"/>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15141</t>
+          <t>../qml/voip/PlaceCall.qml:15154</t>
         </is>
       </c>
       <c r="B401" t="inlineStr">
         <is>
-          <t>Screen</t>
+          <t>Video</t>
         </is>
       </c>
       <c r="C401" t="inlineStr">
         <is>
-          <t>Näyttö</t>
+          <t>Video</t>
         </is>
       </c>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>PlaceCallScreen</t>
+          <t>PlaceCallVideo</t>
         </is>
       </c>
       <c r="G401" t="inlineStr"/>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15157</t>
+          <t>../qml/voip/PlaceCall.qml:15167</t>
         </is>
       </c>
       <c r="B402" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Screen</t>
         </is>
       </c>
       <c r="C402" t="inlineStr">
         <is>
-          <t>Peruuta</t>
+          <t>Näyttö</t>
         </is>
       </c>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>PlaceCallCancel</t>
+          <t>PlaceCallScreen</t>
         </is>
       </c>
       <c r="G402" t="inlineStr"/>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr">
         <is>
-          <t>../qml/delegates/Placeholder.qml:15168</t>
+          <t>../qml/voip/PlaceCall.qml:15183</t>
         </is>
       </c>
       <c r="B403" t="inlineStr">
         <is>
-          <t xml:space="preserve">unimplemented event: </t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C403" t="inlineStr">
         <is>
-          <t xml:space="preserve">toistaiseksi toteuttamaton tapahtuma: </t>
+          <t>Peruuta</t>
         </is>
       </c>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t xml:space="preserve">Placeholderunimplemented event: </t>
+          <t>PlaceCallCancel</t>
         </is>
       </c>
       <c r="G403" t="inlineStr"/>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15194</t>
+          <t>../qml/delegates/Placeholder.qml:15194</t>
         </is>
       </c>
       <c r="B404" t="inlineStr">
         <is>
-          <t>Permissions in %1</t>
+          <t xml:space="preserve">unimplemented event: </t>
         </is>
       </c>
       <c r="C404" t="inlineStr">
         <is>
-          <t>Oikeudet huoneessa %1</t>
+          <t xml:space="preserve">toistaiseksi toteuttamaton tapahtuma: </t>
         </is>
       </c>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>PowerLevelEditorPermissions in %1</t>
+          <t xml:space="preserve">Placeholderunimplemented event: </t>
         </is>
       </c>
       <c r="G404" t="inlineStr"/>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15208</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15220</t>
         </is>
       </c>
       <c r="B405" t="inlineStr">
         <is>
-          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>Permissions in %1</t>
         </is>
       </c>
       <c r="C405" t="inlineStr">
         <is>
-          <t>Ole varovainen oikeuksien muokkaamisessa. Et voi vähentää käyttäjien oikeuksia, joilla on sama oikeustaso itsesi kanssa tai korkeampi. Ole varovainen muiden ylennyksessä.</t>
+          <t>Oikeudet huoneessa %1</t>
         </is>
       </c>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>PowerLevelEditorPermissions in %1</t>
         </is>
       </c>
       <c r="G405" t="inlineStr"/>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15221</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15234</t>
         </is>
       </c>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Roles</t>
+          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="C406" t="inlineStr">
         <is>
-          <t>Roolit</t>
+          <t>Ole varovainen oikeuksien muokkaamisessa. Et voi vähentää käyttäjien oikeuksia, joilla on sama oikeustaso itsesi kanssa tai korkeampi. Ole varovainen muiden ylennyksessä.</t>
         </is>
       </c>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRoles</t>
+          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="G406" t="inlineStr"/>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15224</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15247</t>
         </is>
       </c>
       <c r="B407" t="inlineStr">
         <is>
-          <t>Users</t>
+          <t>Roles</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>Käyttäjät</t>
+          <t>Roolit</t>
         </is>
       </c>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUsers</t>
+          <t>PowerLevelEditorRoles</t>
         </is>
       </c>
       <c r="G407" t="inlineStr"/>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15244</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15250</t>
         </is>
       </c>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Move permissions between roles to change them</t>
+          <t>Users</t>
         </is>
       </c>
       <c r="C408" t="inlineStr">
         <is>
-          <t>Siirrä oikeuksia roolien välillä muuttaaksesi niitä</t>
+          <t>Käyttäjät</t>
         </is>
       </c>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove permissions between roles to change them</t>
+          <t>PowerLevelEditorUsers</t>
         </is>
       </c>
       <c r="G408" t="inlineStr"/>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15506</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
         </is>
       </c>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Administrator (%1)</t>
+          <t>Move permissions between roles to change them</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
-          <t>Ylläpitäjä (%1)</t>
+          <t>Siirrä oikeuksia roolien välillä muuttaaksesi niitä</t>
         </is>
       </c>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdministrator (%1)</t>
+          <t>PowerLevelEditorMove permissions between roles to change them</t>
         </is>
       </c>
       <c r="G409" t="inlineStr"/>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15508</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15536</t>
+        </is>
+      </c>
+      <c r="B410" t="inlineStr"/>
+      <c r="C410" t="inlineStr"/>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>PowerLevelEditorModerator (%1)</t>
+          <t>PowerLevelEditorCreator</t>
         </is>
       </c>
       <c r="G410" t="inlineStr"/>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15538</t>
         </is>
       </c>
       <c r="B411" t="inlineStr">
         <is>
-          <t>User (%1)</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>Käyttäjä (%1)</t>
+          <t>Ylläpitäjä (%1)</t>
         </is>
       </c>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUser (%1)</t>
+          <t>PowerLevelEditorAdministrator (%1)</t>
         </is>
       </c>
       <c r="G411" t="inlineStr"/>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15510</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15540</t>
         </is>
       </c>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Custom (%1)</t>
+          <t>Moderator (%1)</t>
         </is>
       </c>
       <c r="C412" t="inlineStr">
         <is>
-          <t>Mukautettu (%1)</t>
+          <t>Moderaattori (%1)</t>
         </is>
       </c>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>PowerLevelEditorCustom (%1)</t>
+          <t>PowerLevelEditorModerator (%1)</t>
         </is>
       </c>
       <c r="G412" t="inlineStr"/>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15542</t>
         </is>
       </c>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Remove event type</t>
+          <t>User (%1)</t>
         </is>
       </c>
       <c r="C413" t="inlineStr">
         <is>
-          <t>Poista tapahtumatyyppejä</t>
+          <t>Käyttäjä (%1)</t>
         </is>
       </c>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove event type</t>
+          <t>PowerLevelEditorUser (%1)</t>
         </is>
       </c>
       <c r="G413" t="inlineStr"/>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15544</t>
         </is>
       </c>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Add event type</t>
+          <t>Custom (%1)</t>
         </is>
       </c>
       <c r="C414" t="inlineStr">
         <is>
-          <t>Lisää tapahtumatyyppejä</t>
+          <t>Mukautettu (%1)</t>
         </is>
       </c>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd event type</t>
+          <t>PowerLevelEditorCustom (%1)</t>
         </is>
       </c>
       <c r="G414" t="inlineStr"/>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15327</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B415" t="inlineStr">
         <is>
-          <t>Add new role</t>
+          <t>Remove event type</t>
         </is>
       </c>
       <c r="C415" t="inlineStr">
         <is>
-          <t>Lisää uusi rooli</t>
+          <t>Poista tapahtumatyyppejä</t>
         </is>
       </c>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd new role</t>
+          <t>PowerLevelEditorRemove event type</t>
         </is>
       </c>
       <c r="G415" t="inlineStr"/>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15365</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B416" t="inlineStr">
         <is>
-          <t>Add</t>
+          <t>Add event type</t>
         </is>
       </c>
       <c r="C416" t="inlineStr">
         <is>
-          <t>Lisää</t>
+          <t>Lisää tapahtumatyyppejä</t>
         </is>
       </c>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd</t>
+          <t>PowerLevelEditorAdd event type</t>
         </is>
       </c>
       <c r="G416" t="inlineStr"/>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15381</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15356</t>
         </is>
       </c>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Move users up or down to change their permissions</t>
+          <t>Add new role</t>
         </is>
       </c>
       <c r="C417" t="inlineStr">
         <is>
-          <t>Siirrä käyttäjiä ylös tai alas muuttaaksesi heidän oikeuksiaan</t>
+          <t>Lisää uusi rooli</t>
         </is>
       </c>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove users up or down to change their permissions</t>
+          <t>PowerLevelEditorAdd new role</t>
         </is>
       </c>
       <c r="G417" t="inlineStr"/>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15394</t>
         </is>
       </c>
       <c r="B418" t="inlineStr">
         <is>
-          <t>Remove user</t>
+          <t>Add</t>
         </is>
       </c>
       <c r="C418" t="inlineStr">
         <is>
-          <t>Poista käyttäjiä huoneesta</t>
+          <t>Lisää</t>
         </is>
       </c>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove user</t>
+          <t>PowerLevelEditorAdd</t>
         </is>
       </c>
       <c r="G418" t="inlineStr"/>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15410</t>
         </is>
       </c>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Add user</t>
+          <t>Move users up or down to change their permissions</t>
         </is>
       </c>
       <c r="C419" t="inlineStr">
         <is>
-          <t>Lisää käyttäjiä</t>
+          <t>Siirrä käyttäjiä ylös tai alas muuttaaksesi heidän oikeuksiaan</t>
         </is>
       </c>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd user</t>
+          <t>PowerLevelEditorMove users up or down to change their permissions</t>
         </is>
       </c>
       <c r="G419" t="inlineStr"/>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15548</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Apply permission changes</t>
+          <t>Remove user</t>
         </is>
       </c>
       <c r="C420" t="inlineStr">
         <is>
-          <t>Saata oikeusmuutokset voimaan</t>
+          <t>Poista käyttäjiä huoneesta</t>
         </is>
       </c>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
+          <t>PowerLevelEditorRemove user</t>
         </is>
       </c>
       <c r="G420" t="inlineStr"/>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15562</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>Add user</t>
         </is>
       </c>
       <c r="C421" t="inlineStr">
         <is>
-          <t>Mihin aliyhteisöihin ja huoneisiin pitäisi soveltaa näitä oikeuksia?</t>
+          <t>Lisää käyttäjiä</t>
         </is>
       </c>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>PowerLevelEditorAdd user</t>
         </is>
       </c>
       <c r="G421" t="inlineStr"/>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15576</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15582</t>
         </is>
       </c>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Apply permissions recursively</t>
+          <t>Apply permission changes</t>
         </is>
       </c>
       <c r="C422" t="inlineStr">
         <is>
-          <t>Saata oikeudet voimaan rekursiivisesti</t>
+          <t>Saata oikeusmuutokset voimaan</t>
         </is>
       </c>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
+          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
         </is>
       </c>
       <c r="G422" t="inlineStr"/>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15588</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15596</t>
         </is>
       </c>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Overwrite exisiting modifications in rooms</t>
+          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="C423" t="inlineStr">
         <is>
-          <t>Kirjoita huoneissa olemassaolevien muutosten päälle</t>
+          <t>Mihin aliyhteisöihin ja huoneisiin pitäisi soveltaa näitä oikeuksia?</t>
         </is>
       </c>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
+          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="G423" t="inlineStr"/>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15629</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15610</t>
         </is>
       </c>
       <c r="B424" t="inlineStr">
         <is>
-          <t>No permissions to apply the new permissions here</t>
+          <t>Apply permissions recursively</t>
         </is>
       </c>
       <c r="C424" t="inlineStr">
         <is>
-          <t>Ei oikeuksia saattaa täällä voimaan uusia oikeuksia</t>
+          <t>Saata oikeudet voimaan rekursiivisesti</t>
         </is>
       </c>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
+          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
         </is>
       </c>
       <c r="G424" t="inlineStr"/>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15630</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15622</t>
         </is>
       </c>
       <c r="B425" t="inlineStr">
         <is>
-          <t>No changes needed</t>
+          <t>Overwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="C425" t="inlineStr">
         <is>
-          <t>Ei vaadita muutoksia</t>
+          <t>Kirjoita huoneissa olemassaolevien muutosten päälle</t>
         </is>
       </c>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
+          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="G425" t="inlineStr"/>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15631</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15663</t>
         </is>
       </c>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Existing modifications to the permissions in this room will be overwritten</t>
+          <t>No permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="C426" t="inlineStr">
         <is>
-          <t>Tässä huoneessa olemassaolevat muutokset oikeuksiin päällekirjoitetaan</t>
+          <t>Ei oikeuksia saattaa täällä voimaan uusia oikeuksia</t>
         </is>
       </c>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
+          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="G426" t="inlineStr"/>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15632</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15664</t>
         </is>
       </c>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Permissions synchronized with community</t>
+          <t>No changes needed</t>
         </is>
       </c>
       <c r="C427" t="inlineStr">
         <is>
-          <t>Käytetään samoja oikeuksia kuin yhteisössä</t>
+          <t>Ei vaadita muutoksia</t>
         </is>
       </c>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
+          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
         </is>
       </c>
       <c r="G427" t="inlineStr"/>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16382</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15665</t>
         </is>
       </c>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
+          <t>Existing modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="C428" t="inlineStr">
         <is>
-          <t>Oikeustason päivitys epäonnistui: %1</t>
+          <t>Tässä huoneessa olemassaolevat muutokset oikeuksiin päällekirjoitetaan</t>
         </is>
       </c>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>PowerLevelsFailed to update powerlevel: %1</t>
+          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="G428" t="inlineStr"/>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16263</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15666</t>
         </is>
       </c>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
+          <t>Permissions synchronized with community</t>
         </is>
       </c>
       <c r="C429" t="inlineStr">
         <is>
-          <t>Oikeustason päivitys epäonnistui: %1</t>
+          <t>Käytetään samoja oikeuksia kuin yhteisössä</t>
         </is>
       </c>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
+          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
         </is>
       </c>
       <c r="G429" t="inlineStr"/>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16293</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16454</t>
         </is>
       </c>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Administrator: %1</t>
+          <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C430" t="inlineStr">
         <is>
-          <t>Ylläpitäjä: %1</t>
+          <t>Oikeustason päivitys epäonnistui: %1</t>
         </is>
       </c>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorAdministrator: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerLevelsFailed to update powerlevel: %1</t>
+        </is>
+      </c>
+      <c r="G430" t="inlineStr"/>
       <c r="H430" t="inlineStr"/>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16295</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16327</t>
         </is>
       </c>
       <c r="B431" t="inlineStr">
         <is>
-          <t>Moderator: %1</t>
+          <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C431" t="inlineStr">
         <is>
-          <t>Moderaattori: %1</t>
+          <t>Oikeustason päivitys epäonnistui: %1</t>
         </is>
       </c>
       <c r="D431" t="inlineStr"/>
       <c r="E431" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F431" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorModerator: %1</t>
+          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G431" t="inlineStr"/>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16297</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/components/PowerlevelIndicator.qml:16359</t>
+        </is>
+      </c>
+      <c r="B432" t="inlineStr"/>
+      <c r="C432" t="inlineStr"/>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorUser: %1</t>
+          <t>PowerlevelIndicatorCreator</t>
         </is>
       </c>
       <c r="G432" t="inlineStr"/>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15829</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16361</t>
         </is>
       </c>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Other events</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C433" t="inlineStr">
         <is>
-          <t>Muut tapahtumat</t>
+          <t>Ylläpitäjä (%1)</t>
         </is>
       </c>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther events</t>
+          <t>PowerlevelIndicatorAdministrator (%1)</t>
         </is>
       </c>
       <c r="G433" t="inlineStr"/>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15831</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16363</t>
         </is>
       </c>
       <c r="B434" t="inlineStr">
         <is>
-          <t>Other state events</t>
+          <t>Moderator: %1</t>
         </is>
       </c>
       <c r="C434" t="inlineStr">
         <is>
-          <t>Muut tilatapahtumat</t>
+          <t>Moderaattori: %1</t>
         </is>
       </c>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther state events</t>
+          <t>PowerlevelIndicatorModerator: %1</t>
         </is>
       </c>
       <c r="G434" t="inlineStr"/>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15833</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16365</t>
         </is>
       </c>
       <c r="B435" t="inlineStr">
         <is>
-          <t>Remove other users</t>
+          <t>User: %1</t>
         </is>
       </c>
       <c r="C435" t="inlineStr">
         <is>
-          <t>Poista toisia käyttäjiä huoneesta</t>
+          <t>Käyttäjä: %1</t>
         </is>
       </c>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRemove other users</t>
+          <t>PowerlevelIndicatorUser: %1</t>
         </is>
       </c>
       <c r="G435" t="inlineStr"/>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15835</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
         </is>
       </c>
       <c r="B436" t="inlineStr">
         <is>
-          <t>Ban other users</t>
+          <t>Other events</t>
         </is>
       </c>
       <c r="C436" t="inlineStr">
         <is>
-          <t>Anna porttikieltoja toisille käyttäjille</t>
+          <t>Muut tapahtumat</t>
         </is>
       </c>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan other users</t>
+          <t>PowerlevelsTypeListModelOther events</t>
         </is>
       </c>
       <c r="G436" t="inlineStr"/>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15837</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
         </is>
       </c>
       <c r="B437" t="inlineStr">
         <is>
-          <t>Invite other users</t>
+          <t>Other state events</t>
         </is>
       </c>
       <c r="C437" t="inlineStr">
         <is>
-          <t>Kutsu toisia käyttäjiä</t>
+          <t>Muut tilatapahtumat</t>
         </is>
       </c>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelInvite other users</t>
+          <t>PowerlevelsTypeListModelOther state events</t>
         </is>
       </c>
       <c r="G437" t="inlineStr"/>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15839</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
         </is>
       </c>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Redact events sent by others</t>
+          <t>Remove other users</t>
         </is>
       </c>
       <c r="C438" t="inlineStr">
         <is>
-          <t>Vedä pois muiden lähettämiä tapahtumia</t>
+          <t>Poista toisia käyttäjiä huoneesta</t>
         </is>
       </c>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact events sent by others</t>
+          <t>PowerlevelsTypeListModelRemove other users</t>
         </is>
       </c>
       <c r="G438" t="inlineStr"/>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15841</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15879</t>
         </is>
       </c>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Reactions</t>
+          <t>Ban other users</t>
         </is>
       </c>
       <c r="C439" t="inlineStr">
         <is>
-          <t>Reaktiot</t>
+          <t>Anna porttikieltoja toisille käyttäjille</t>
         </is>
       </c>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReactions</t>
+          <t>PowerlevelsTypeListModelBan other users</t>
         </is>
       </c>
       <c r="G439" t="inlineStr"/>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15843</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15881</t>
         </is>
       </c>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Deprecated aliases events</t>
+          <t>Invite other users</t>
         </is>
       </c>
       <c r="C440" t="inlineStr">
         <is>
-          <t>Käytöstä poistettujen aliasten tapahtumat</t>
+          <t>Kutsu toisia käyttäjiä</t>
         </is>
       </c>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
+          <t>PowerlevelsTypeListModelInvite other users</t>
         </is>
       </c>
       <c r="G440" t="inlineStr"/>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15845</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15883</t>
         </is>
       </c>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Change the room avatar</t>
+          <t>Redact events sent by others</t>
         </is>
       </c>
       <c r="C441" t="inlineStr">
         <is>
-          <t>Muuta huoneen avataria</t>
+          <t>Vedä pois muiden lähettämiä tapahtumia</t>
         </is>
       </c>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room avatar</t>
+          <t>PowerlevelsTypeListModelRedact events sent by others</t>
         </is>
       </c>
       <c r="G441" t="inlineStr"/>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15847</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15885</t>
         </is>
       </c>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Change the room addresses</t>
+          <t>Reactions</t>
         </is>
       </c>
       <c r="C442" t="inlineStr">
         <is>
-          <t>Muuta huoneen osoitteita</t>
+          <t>Reaktiot</t>
         </is>
       </c>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room addresses</t>
+          <t>PowerlevelsTypeListModelReactions</t>
         </is>
       </c>
       <c r="G442" t="inlineStr"/>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15849</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
         </is>
       </c>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Send encrypted messages</t>
+          <t>Deprecated aliases events</t>
         </is>
       </c>
       <c r="C443" t="inlineStr">
         <is>
-          <t>Lähetä salattuja viestejä</t>
+          <t>Käytöstä poistettujen aliasten tapahtumat</t>
         </is>
       </c>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend encrypted messages</t>
+          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
         </is>
       </c>
       <c r="G443" t="inlineStr"/>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15851</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
         </is>
       </c>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Enable encryption</t>
+          <t>Change the room avatar</t>
         </is>
       </c>
       <c r="C444" t="inlineStr">
         <is>
-          <t>Ota salaus käyttöön</t>
+          <t>Muuta huoneen avataria</t>
         </is>
       </c>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEnable encryption</t>
+          <t>PowerlevelsTypeListModelChange the room avatar</t>
         </is>
       </c>
       <c r="G444" t="inlineStr"/>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15853</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15891</t>
         </is>
       </c>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Change guest access</t>
+          <t>Change the room addresses</t>
         </is>
       </c>
       <c r="C445" t="inlineStr">
         <is>
-          <t>Muuta vieraspääsyä</t>
+          <t>Muuta huoneen osoitteita</t>
         </is>
       </c>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange guest access</t>
+          <t>PowerlevelsTypeListModelChange the room addresses</t>
         </is>
       </c>
       <c r="G445" t="inlineStr"/>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15855</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15893</t>
         </is>
       </c>
       <c r="B446" t="inlineStr">
         <is>
-          <t>Change history visibility</t>
+          <t>Send encrypted messages</t>
         </is>
       </c>
       <c r="C446" t="inlineStr">
         <is>
-          <t>Muuta historian näkyvyyttä</t>
+          <t>Lähetä salattuja viestejä</t>
         </is>
       </c>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange history visibility</t>
+          <t>PowerlevelsTypeListModelSend encrypted messages</t>
         </is>
       </c>
       <c r="G446" t="inlineStr"/>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15857</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15895</t>
         </is>
       </c>
       <c r="B447" t="inlineStr">
         <is>
-          <t>Change who can join</t>
+          <t>Enable encryption</t>
         </is>
       </c>
       <c r="C447" t="inlineStr">
         <is>
-          <t>Muuta liittymisehtoja</t>
+          <t>Ota salaus käyttöön</t>
         </is>
       </c>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange who can join</t>
+          <t>PowerlevelsTypeListModelEnable encryption</t>
         </is>
       </c>
       <c r="G447" t="inlineStr"/>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15859</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15897</t>
         </is>
       </c>
       <c r="B448" t="inlineStr">
         <is>
-          <t>Send messages</t>
+          <t>Change guest access</t>
         </is>
       </c>
       <c r="C448" t="inlineStr">
         <is>
-          <t>Lähetä viestejä</t>
+          <t>Muuta vieraspääsyä</t>
         </is>
       </c>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend messages</t>
+          <t>PowerlevelsTypeListModelChange guest access</t>
         </is>
       </c>
       <c r="G448" t="inlineStr"/>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15861</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15899</t>
         </is>
       </c>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Change the room name</t>
+          <t>Change history visibility</t>
         </is>
       </c>
       <c r="C449" t="inlineStr">
         <is>
-          <t>Muuta huoneen nimeä</t>
+          <t>Muuta historian näkyvyyttä</t>
         </is>
       </c>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room name</t>
+          <t>PowerlevelsTypeListModelChange history visibility</t>
         </is>
       </c>
       <c r="G449" t="inlineStr"/>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15863</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15901</t>
         </is>
       </c>
       <c r="B450" t="inlineStr">
         <is>
-          <t>Change the room permissions</t>
+          <t>Change who can join</t>
         </is>
       </c>
       <c r="C450" t="inlineStr">
         <is>
-          <t>Muuta huoneen oikeuksia</t>
+          <t>Muuta liittymisehtoja</t>
         </is>
       </c>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room permissions</t>
+          <t>PowerlevelsTypeListModelChange who can join</t>
         </is>
       </c>
       <c r="G450" t="inlineStr"/>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15865</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15903</t>
         </is>
       </c>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Change the rooms topic</t>
+          <t>Send messages</t>
         </is>
       </c>
       <c r="C451" t="inlineStr">
         <is>
-          <t>Muuta huoneen aihetta</t>
+          <t>Lähetä viestejä</t>
         </is>
       </c>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the rooms topic</t>
+          <t>PowerlevelsTypeListModelSend messages</t>
         </is>
       </c>
       <c r="G451" t="inlineStr"/>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15867</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15905</t>
         </is>
       </c>
       <c r="B452" t="inlineStr">
         <is>
-          <t>Change the widgets</t>
+          <t>Change the room name</t>
         </is>
       </c>
       <c r="C452" t="inlineStr">
         <is>
-          <t>Muuta pienoisohjelmia</t>
+          <t>Muuta huoneen nimeä</t>
         </is>
       </c>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets</t>
+          <t>PowerlevelsTypeListModelChange the room name</t>
         </is>
       </c>
       <c r="G452" t="inlineStr"/>
       <c r="H452" t="inlineStr"/>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15869</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15907</t>
         </is>
       </c>
       <c r="B453" t="inlineStr">
         <is>
-          <t>Change the widgets (experimental)</t>
+          <t>Change the room permissions</t>
         </is>
       </c>
       <c r="C453" t="inlineStr">
         <is>
-          <t>Muuta pienoisohjelmia (kokeellinen)</t>
+          <t>Muuta huoneen oikeuksia</t>
         </is>
       </c>
       <c r="D453" t="inlineStr"/>
       <c r="E453" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
+          <t>PowerlevelsTypeListModelChange the room permissions</t>
         </is>
       </c>
       <c r="G453" t="inlineStr"/>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15871</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15909</t>
         </is>
       </c>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Redact own events</t>
+          <t>Change the rooms topic</t>
         </is>
       </c>
       <c r="C454" t="inlineStr">
         <is>
-          <t>Vedä pois omia tapahtumia</t>
+          <t>Muuta huoneen aihetta</t>
         </is>
       </c>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact own events</t>
+          <t>PowerlevelsTypeListModelChange the rooms topic</t>
         </is>
       </c>
       <c r="G454" t="inlineStr"/>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15911</t>
         </is>
       </c>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Change the pinned events</t>
+          <t>Change the widgets</t>
         </is>
       </c>
       <c r="C455" t="inlineStr">
         <is>
-          <t>Muuta kiinnitettyjä tapahtumia</t>
+          <t>Muuta pienoisohjelmia</t>
         </is>
       </c>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the pinned events</t>
+          <t>PowerlevelsTypeListModelChange the widgets</t>
         </is>
       </c>
       <c r="G455" t="inlineStr"/>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15913</t>
         </is>
       </c>
       <c r="B456" t="inlineStr">
         <is>
-          <t>Upgrade the room</t>
+          <t>Change the widgets (experimental)</t>
         </is>
       </c>
       <c r="C456" t="inlineStr">
         <is>
-          <t>Päivitä huoneen versiota</t>
+          <t>Muuta pienoisohjelmia (kokeellinen)</t>
         </is>
       </c>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelUpgrade the room</t>
+          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
         </is>
       </c>
       <c r="G456" t="inlineStr"/>
-      <c r="H456" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H456" t="inlineStr"/>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15915</t>
         </is>
       </c>
       <c r="B457" t="inlineStr">
         <is>
-          <t>Send stickers</t>
+          <t>Redact own events</t>
         </is>
       </c>
       <c r="C457" t="inlineStr">
         <is>
-          <t>Lähetä tarroja</t>
+          <t>Vedä pois omia tapahtumia</t>
         </is>
       </c>
       <c r="D457" t="inlineStr"/>
       <c r="E457" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F457" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend stickers</t>
+          <t>PowerlevelsTypeListModelRedact own events</t>
         </is>
       </c>
       <c r="G457" t="inlineStr"/>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15880</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15917</t>
         </is>
       </c>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Ban users using policy rules</t>
+          <t>Change the pinned events</t>
         </is>
       </c>
       <c r="C458" t="inlineStr">
         <is>
-          <t>Anna porttikieltoja käytäntölistojen perusteella</t>
+          <t>Muuta kiinnitettyjä tapahtumia</t>
         </is>
       </c>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan users using policy rules</t>
+          <t>PowerlevelsTypeListModelChange the pinned events</t>
         </is>
       </c>
       <c r="G458" t="inlineStr"/>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15882</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15919</t>
         </is>
       </c>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Ban rooms using policy rules</t>
+          <t>Upgrade the room</t>
         </is>
       </c>
       <c r="C459" t="inlineStr">
         <is>
-          <t>Anna huoneille porttikielttoja käytäntölistojen perusteella</t>
+          <t>Päivitä huoneen versiota</t>
         </is>
       </c>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
+          <t>PowerlevelsTypeListModelUpgrade the room</t>
         </is>
       </c>
       <c r="G459" t="inlineStr"/>
-      <c r="H459" t="inlineStr"/>
+      <c r="H459" t="inlineStr">
+        <is>
+          <t>Means upgrading to a new room version</t>
+        </is>
+      </c>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15884</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15921</t>
         </is>
       </c>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Ban servers using policy rules</t>
+          <t>Send stickers</t>
         </is>
       </c>
       <c r="C460" t="inlineStr">
         <is>
-          <t>Anna palvelimille porttikieltoja käytäntölistojen perusteella</t>
+          <t>Lähetä tarroja</t>
         </is>
       </c>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
+          <t>PowerlevelsTypeListModelSend stickers</t>
         </is>
       </c>
       <c r="G460" t="inlineStr"/>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15924</t>
         </is>
       </c>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Edit child communities and rooms</t>
+          <t>Ban users using policy rules</t>
         </is>
       </c>
       <c r="C461" t="inlineStr">
         <is>
-          <t>Muokkaa aliyhteisöjä ja -huoneita</t>
+          <t>Anna porttikieltoja käytäntölistojen perusteella</t>
         </is>
       </c>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
+          <t>PowerlevelsTypeListModelBan users using policy rules</t>
         </is>
       </c>
       <c r="G461" t="inlineStr"/>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15926</t>
         </is>
       </c>
       <c r="B462" t="inlineStr">
         <is>
-          <t>Change parent communities</t>
+          <t>Ban rooms using policy rules</t>
         </is>
       </c>
       <c r="C462" t="inlineStr">
         <is>
-          <t>Muuta yhteisövanhempia</t>
+          <t>Anna huoneille porttikielttoja käytäntölistojen perusteella</t>
         </is>
       </c>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange parent communities</t>
+          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
         </is>
       </c>
       <c r="G462" t="inlineStr"/>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15892</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15928</t>
         </is>
       </c>
       <c r="B463" t="inlineStr">
         <is>
-          <t>Start a call</t>
+          <t>Ban servers using policy rules</t>
         </is>
       </c>
       <c r="C463" t="inlineStr">
         <is>
-          <t>Aloita puheluja</t>
+          <t>Anna palvelimille porttikieltoja käytäntölistojen perusteella</t>
         </is>
       </c>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelStart a call</t>
+          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
         </is>
       </c>
       <c r="G463" t="inlineStr"/>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15894</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15931</t>
         </is>
       </c>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Negotiate a call</t>
+          <t>Edit child communities and rooms</t>
         </is>
       </c>
       <c r="C464" t="inlineStr">
         <is>
-          <t>Järjestele puheluita</t>
+          <t>Muokkaa aliyhteisöjä ja -huoneita</t>
         </is>
       </c>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelNegotiate a call</t>
+          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
         </is>
       </c>
       <c r="G464" t="inlineStr"/>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15896</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15933</t>
         </is>
       </c>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Answer a call</t>
+          <t>Change parent communities</t>
         </is>
       </c>
       <c r="C465" t="inlineStr">
         <is>
-          <t>Vastaa puheluihin</t>
+          <t>Muuta yhteisövanhempia</t>
         </is>
       </c>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelAnswer a call</t>
+          <t>PowerlevelsTypeListModelChange parent communities</t>
         </is>
       </c>
       <c r="G465" t="inlineStr"/>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15898</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15936</t>
         </is>
       </c>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Hang up a call</t>
+          <t>Start a call</t>
         </is>
       </c>
       <c r="C466" t="inlineStr">
         <is>
-          <t>Lopeta puheluita</t>
+          <t>Aloita puheluja</t>
         </is>
       </c>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelHang up a call</t>
+          <t>PowerlevelsTypeListModelStart a call</t>
         </is>
       </c>
       <c r="G466" t="inlineStr"/>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15900</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15938</t>
         </is>
       </c>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Reject a call</t>
+          <t>Negotiate a call</t>
         </is>
       </c>
       <c r="C467" t="inlineStr">
         <is>
-          <t>Hylkää puhelu</t>
+          <t>Järjestele puheluita</t>
         </is>
       </c>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReject a call</t>
+          <t>PowerlevelsTypeListModelNegotiate a call</t>
         </is>
       </c>
       <c r="G467" t="inlineStr"/>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15902</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15940</t>
         </is>
       </c>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Change the room emotes</t>
+          <t>Answer a call</t>
         </is>
       </c>
       <c r="C468" t="inlineStr">
         <is>
-          <t>Muuta huoneen hymiöitä</t>
+          <t>Vastaa puheluihin</t>
         </is>
       </c>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room emotes</t>
+          <t>PowerlevelsTypeListModelAnswer a call</t>
         </is>
       </c>
       <c r="G468" t="inlineStr"/>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16119</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15942</t>
         </is>
       </c>
       <c r="B469" t="inlineStr">
         <is>
-          <t>Other users</t>
+          <t>Hang up a call</t>
         </is>
       </c>
       <c r="C469" t="inlineStr">
         <is>
-          <t>Muut käyttäjät</t>
+          <t>Lopeta puheluita</t>
         </is>
       </c>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>PowerlevelsUserListModelOther users</t>
+          <t>PowerlevelsTypeListModelHang up a call</t>
         </is>
       </c>
       <c r="G469" t="inlineStr"/>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16340</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15944</t>
         </is>
       </c>
       <c r="B470" t="inlineStr">
         <is>
-          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>Reject a call</t>
         </is>
       </c>
       <c r="C470" t="inlineStr">
         <is>
-          <t>Luo ainutkertainen profiili, jonka kautta voit kirjautua sisään samanaikaisesti usealla käyttäjällä, sekä käynnistää Nhekosta monta ilmentymää.</t>
+          <t>Hylkää puhelu</t>
         </is>
       </c>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>PowerlevelsTypeListModelReject a call</t>
         </is>
       </c>
       <c r="G470" t="inlineStr"/>
       <c r="H470" t="inlineStr"/>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16342</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15946</t>
         </is>
       </c>
       <c r="B471" t="inlineStr">
         <is>
-          <t>profile</t>
+          <t>Change the room emotes</t>
         </is>
       </c>
       <c r="C471" t="inlineStr">
         <is>
-          <t>profiili</t>
+          <t>Muuta huoneen hymiöitä</t>
         </is>
       </c>
       <c r="D471" t="inlineStr"/>
       <c r="E471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F471" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile</t>
+          <t>PowerlevelsTypeListModelChange the room emotes</t>
         </is>
       </c>
       <c r="G471" t="inlineStr"/>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16343</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16176</t>
         </is>
       </c>
       <c r="B472" t="inlineStr">
         <is>
-          <t>profile name</t>
+          <t>Other users</t>
         </is>
       </c>
       <c r="C472" t="inlineStr">
         <is>
-          <t>profiilin nimi</t>
+          <t>Muut käyttäjät</t>
         </is>
       </c>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile name</t>
+          <t>PowerlevelsUserListModelOther users</t>
         </is>
       </c>
       <c r="G472" t="inlineStr"/>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16313</t>
+          <t>../../src/main.cpp:16396</t>
         </is>
       </c>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Alias for '--log-level trace'.</t>
+          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="C473" t="inlineStr">
         <is>
-          <t>Lisänimi optiolle '--log-level trace'.</t>
+          <t>Luo ainutkertainen profiili, jonka kautta voit kirjautua sisään samanaikaisesti usealla käyttäjällä, sekä käynnistää Nhekosta monta ilmentymää.</t>
         </is>
       </c>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>QObjectAlias for '--log-level trace'.</t>
+          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="G473" t="inlineStr"/>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16317</t>
+          <t>../../src/main.cpp:16398</t>
         </is>
       </c>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>profile</t>
         </is>
       </c>
       <c r="C474" t="inlineStr">
         <is>
-          <t>Aseta komponenttien laajuinen lokitaso, tai pilkuilla eroteltu lista koostuen &lt;komponentti&gt;=&lt;taso&gt; -pareista, tai molemmat. Esimerkiksi oletuslokitason asettaminen tasoon 'warn', mutta komponentin 'ui' lokin kirjaamisen ottamiseen pois päältä, syötä 'warn,ui=off'. Tasot ovat {trace,debug,info,warning,error,critical,off}, komponentit {crypto,db,mtx,net,qml,ui}</t>
+          <t>profiili</t>
         </is>
       </c>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>QCoreApplicationprofile</t>
         </is>
       </c>
       <c r="G474" t="inlineStr"/>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16322</t>
+          <t>../../src/main.cpp:16399</t>
         </is>
       </c>
       <c r="B475" t="inlineStr">
         <is>
-          <t>level</t>
+          <t>profile name</t>
         </is>
       </c>
       <c r="C475" t="inlineStr">
         <is>
-          <t>taso</t>
+          <t>profiilin nimi</t>
         </is>
       </c>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>QObjectlevel</t>
+          <t>QCoreApplicationprofile name</t>
         </is>
       </c>
       <c r="G475" t="inlineStr"/>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16326</t>
+          <t>../../src/main.cpp:16369</t>
         </is>
       </c>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>Alias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="C476" t="inlineStr">
         <is>
-          <t>Aseta lokin ulostulotyyppi. Sallitaan pilkuilla eritelty lista. Oletusarvo on 'file,stderr'. types:{file,stderr,none}</t>
+          <t>Lisänimi optiolle '--log-level trace'.</t>
         </is>
       </c>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>QObjectAlias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="G476" t="inlineStr"/>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16328</t>
+          <t>../../src/main.cpp:16373</t>
         </is>
       </c>
       <c r="B477" t="inlineStr">
         <is>
-          <t>type</t>
+          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="C477" t="inlineStr">
         <is>
-          <t>tyyppi</t>
+          <t>Aseta komponenttien laajuinen lokitaso, tai pilkuilla eroteltu lista koostuen &lt;komponentti&gt;=&lt;taso&gt; -pareista, tai molemmat. Esimerkiksi oletuslokitason asettaminen tasoon 'warn', mutta komponentin 'ui' lokin kirjaamisen ottamiseen pois päältä, syötä 'warn,ui=off'. Tasot ovat {trace,debug,info,warning,error,critical,off}, komponentit {crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>QObjecttype</t>
+          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="G477" t="inlineStr"/>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16332</t>
+          <t>../../src/main.cpp:16378</t>
         </is>
       </c>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Recompacts the database which might improve performance.</t>
-[...2 lines deleted...]
-      <c r="C478" t="inlineStr"/>
+          <t>level</t>
+        </is>
+      </c>
+      <c r="C478" t="inlineStr">
+        <is>
+          <t>taso</t>
+        </is>
+      </c>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>QObjectRecompacts the database which might improve performance.</t>
+          <t>QObjectlevel</t>
         </is>
       </c>
       <c r="G478" t="inlineStr"/>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16274</t>
+          <t>../../src/main.cpp:16382</t>
         </is>
       </c>
       <c r="B479" t="inlineStr">
         <is>
-          <t>Respond</t>
+          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="C479" t="inlineStr">
         <is>
-          <t>Vastaa</t>
+          <t>Aseta lokin ulostulotyyppi. Sallitaan pilkuilla eritelty lista. Oletusarvo on 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>QObjectRespond</t>
+          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="G479" t="inlineStr"/>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16275</t>
+          <t>../../src/main.cpp:16384</t>
         </is>
       </c>
       <c r="B480" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>type</t>
         </is>
       </c>
       <c r="C480" t="inlineStr">
         <is>
-          <t>Lähetä</t>
+          <t>tyyppi</t>
         </is>
       </c>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>QObjectSend</t>
+          <t>QObjecttype</t>
         </is>
       </c>
       <c r="G480" t="inlineStr"/>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16276</t>
+          <t>../../src/main.cpp:16388</t>
         </is>
       </c>
       <c r="B481" t="inlineStr">
         <is>
-          <t>Write a message…</t>
-[...6 lines deleted...]
-      </c>
+          <t>Recompacts the database which might improve performance.</t>
+        </is>
+      </c>
+      <c r="C481" t="inlineStr"/>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>QObjectWrite a message...</t>
+          <t>QObjectRecompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="G481" t="inlineStr"/>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16316</t>
+          <t>../../src/notifications/ManagerMac.cpp:16330</t>
         </is>
       </c>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Solve the reCAPTCHA and press the confirm button</t>
+          <t>Respond</t>
         </is>
       </c>
       <c r="C482" t="inlineStr">
         <is>
-          <t>Ratkaise reCAPTCHA ja paina vahvista-nappia</t>
+          <t>Vastaa</t>
         </is>
       </c>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
+          <t>QObjectRespond</t>
         </is>
       </c>
       <c r="G482" t="inlineStr"/>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16324</t>
+          <t>../../src/notifications/ManagerMac.cpp:16331</t>
         </is>
       </c>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Open reCAPTCHA</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="C483" t="inlineStr">
         <is>
-          <t>Avaa reCAPTCHA</t>
+          <t>Lähetä</t>
         </is>
       </c>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogOpen reCAPTCHA</t>
+          <t>QObjectSend</t>
         </is>
       </c>
       <c r="G483" t="inlineStr"/>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16329</t>
+          <t>../../src/notifications/ManagerMac.cpp:16332</t>
         </is>
       </c>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Write a message…</t>
         </is>
       </c>
       <c r="C484" t="inlineStr">
         <is>
-          <t>Peruuta</t>
+          <t>Kirjoita viesti…</t>
         </is>
       </c>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogCancel</t>
+          <t>QObjectWrite a message...</t>
         </is>
       </c>
       <c r="G484" t="inlineStr"/>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16334</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16372</t>
         </is>
       </c>
       <c r="B485" t="inlineStr">
         <is>
-          <t>Confirm</t>
+          <t>Solve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="C485" t="inlineStr">
         <is>
-          <t>Vahvista</t>
+          <t>Ratkaise reCAPTCHA ja paina vahvista-nappia</t>
         </is>
       </c>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogConfirm</t>
+          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="G485" t="inlineStr"/>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReadReceipts.qml:16373</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16380</t>
         </is>
       </c>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Read receipts</t>
+          <t>Open reCAPTCHA</t>
         </is>
       </c>
       <c r="C486" t="inlineStr">
         <is>
-          <t>Lukukuittaukset</t>
+          <t>Avaa reCAPTCHA</t>
         </is>
       </c>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>ReadReceiptsRead receipts</t>
+          <t>ReCaptchaDialogOpen reCAPTCHA</t>
         </is>
       </c>
       <c r="G486" t="inlineStr"/>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr">
         <is>
-          <t>../../src/ReadReceiptsModel.cpp:16484</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16385</t>
         </is>
       </c>
       <c r="B487" t="inlineStr">
         <is>
-          <t>Yesterday, %1</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C487" t="inlineStr">
         <is>
-          <t>Eilen, %1</t>
+          <t>Peruuta</t>
         </is>
       </c>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>ReadReceiptsModelYesterday, %1</t>
+          <t>ReCaptchaDialogCancel</t>
         </is>
       </c>
       <c r="G487" t="inlineStr"/>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16567</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16390</t>
         </is>
       </c>
       <c r="B488" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
+          <t>Confirm</t>
         </is>
       </c>
       <c r="C488" t="inlineStr">
         <is>
-          <t>Palvelimen tietojen hakeminen epäonnistui: virheellinen vastaus.</t>
+          <t>Vahvista</t>
         </is>
       </c>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
+          <t>ReCaptchaDialogConfirm</t>
         </is>
       </c>
       <c r="G488" t="inlineStr"/>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16574</t>
+          <t>../qml/dialogs/ReadReceipts.qml:16429</t>
         </is>
       </c>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C489" t="inlineStr">
         <is>
-          <t>Palvelimen tietojen hakeminen epäonnistui: tuntematon virhe hakiessa .well-known -tiedostoa.</t>
+          <t>Lukukuittaukset</t>
         </is>
       </c>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>ReadReceiptsRead receipts</t>
         </is>
       </c>
       <c r="G489" t="inlineStr"/>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16599</t>
+          <t>../../src/ReadReceiptsModel.cpp:16540</t>
         </is>
       </c>
       <c r="B490" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Yesterday, %1</t>
         </is>
       </c>
       <c r="C490" t="inlineStr">
         <is>
-          <t>Vaadittuja päätepisteitä ei löydetty. Mahdollisesti ei Matrix-palvelin.</t>
+          <t>Eilen, %1</t>
         </is>
       </c>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>ReadReceiptsModelYesterday, %1</t>
         </is>
       </c>
       <c r="G490" t="inlineStr"/>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16606</t>
+          <t>../../src/RegisterPage.cpp:16623</t>
         </is>
       </c>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C491" t="inlineStr">
         <is>
-          <t>Vastaanotettiin virheellinen vastaus. Varmista, että kotipalvelimen osoite on pätevä.</t>
+          <t>Palvelimen tietojen hakeminen epäonnistui: virheellinen vastaus.</t>
         </is>
       </c>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G491" t="inlineStr"/>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16611</t>
+          <t>../../src/RegisterPage.cpp:16630</t>
         </is>
       </c>
       <c r="B492" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C492" t="inlineStr">
         <is>
-          <t>Tapahtui tuntematon virhe. Varmista, että kotipalvelimen osoite on pätevä.</t>
+          <t>Palvelimen tietojen hakeminen epäonnistui: tuntematon virhe hakiessa .well-known -tiedostoa.</t>
         </is>
       </c>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G492" t="inlineStr"/>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16633</t>
+          <t>../../src/RegisterPage.cpp:16655</t>
         </is>
       </c>
       <c r="B493" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
-[...2 lines deleted...]
-      <c r="C493" t="inlineStr"/>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+        </is>
+      </c>
+      <c r="C493" t="inlineStr">
+        <is>
+          <t>Vaadittuja päätepisteitä ei löydetty. Mahdollisesti ei Matrix-palvelin.</t>
+        </is>
+      </c>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G493" t="inlineStr"/>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16645</t>
+          <t>../../src/RegisterPage.cpp:16662</t>
         </is>
       </c>
       <c r="B494" t="inlineStr">
         <is>
-          <t>Server does not support querying registration flows!</t>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C494" t="inlineStr">
         <is>
-          <t>Palvelin ei tue rekisteröintimenetelmien kyselyä!</t>
+          <t>Vastaanotettiin virheellinen vastaus. Varmista, että kotipalvelimen osoite on pätevä.</t>
         </is>
       </c>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support querying registration flows!</t>
+          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G494" t="inlineStr"/>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16650</t>
+          <t>../../src/RegisterPage.cpp:16667</t>
         </is>
       </c>
       <c r="B495" t="inlineStr">
         <is>
-          <t>Server does not support registration.</t>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C495" t="inlineStr">
         <is>
-          <t>Palvelin ei tue rekisteröitymistä.</t>
+          <t>Tapahtui tuntematon virhe. Varmista, että kotipalvelimen osoite on pätevä.</t>
         </is>
       </c>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support registration.</t>
+          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G495" t="inlineStr"/>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16678</t>
+          <t>../../src/RegisterPage.cpp:16689</t>
         </is>
       </c>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Invalid username.</t>
-[...6 lines deleted...]
-      </c>
+          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+        </is>
+      </c>
+      <c r="C496" t="inlineStr"/>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>RegisterPageInvalid username.</t>
+          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="G496" t="inlineStr"/>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16680</t>
+          <t>../../src/RegisterPage.cpp:16701</t>
         </is>
       </c>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Name already in use.</t>
+          <t>Server does not support querying registration flows!</t>
         </is>
       </c>
       <c r="C497" t="inlineStr">
         <is>
-          <t>Nimi on jo käytössä.</t>
+          <t>Palvelin ei tue rekisteröintimenetelmien kyselyä!</t>
         </is>
       </c>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>RegisterPageName already in use.</t>
+          <t>RegisterPageServer does not support querying registration flows!</t>
         </is>
       </c>
       <c r="G497" t="inlineStr"/>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16682</t>
+          <t>../../src/RegisterPage.cpp:16706</t>
         </is>
       </c>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Part of the reserved namespace.</t>
+          <t>Server does not support registration.</t>
         </is>
       </c>
       <c r="C498" t="inlineStr">
         <is>
-          <t>Osa varattua nimiavaruutta.</t>
+          <t>Palvelin ei tue rekisteröitymistä.</t>
         </is>
       </c>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>RegisterPagePart of the reserved namespace.</t>
+          <t>RegisterPageServer does not support registration.</t>
         </is>
       </c>
       <c r="G498" t="inlineStr"/>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16740</t>
+          <t>../../src/RegisterPage.cpp:16734</t>
         </is>
       </c>
       <c r="B499" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Invalid username.</t>
         </is>
       </c>
       <c r="C499" t="inlineStr">
         <is>
-          <t>Kotipalvelin</t>
+          <t>Epäkelpo käyttäjätunnus.</t>
         </is>
       </c>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>RegisterPageHomeserver</t>
+          <t>RegisterPageInvalid username.</t>
         </is>
       </c>
       <c r="G499" t="inlineStr"/>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16741</t>
+          <t>../../src/RegisterPage.cpp:16736</t>
         </is>
       </c>
       <c r="B500" t="inlineStr">
         <is>
-          <t>your.server</t>
+          <t>Name already in use.</t>
         </is>
       </c>
       <c r="C500" t="inlineStr">
         <is>
-          <t>sinun.palvelimesi</t>
+          <t>Nimi on jo käytössä.</t>
         </is>
       </c>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>RegisterPageyour.server</t>
+          <t>RegisterPageName already in use.</t>
         </is>
       </c>
       <c r="G500" t="inlineStr"/>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16744</t>
+          <t>../../src/RegisterPage.cpp:16738</t>
         </is>
       </c>
       <c r="B501" t="inlineStr">
         <is>
-          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>Part of the reserved namespace.</t>
         </is>
       </c>
       <c r="C501" t="inlineStr">
         <is>
-          <t>Palvelin, joka sallii rekisteröinnin. Koska matrix on hajautettu, sinun pitää ensin löytää palvelin jolle rekisteröityä tai ylläpitää omaasi.</t>
+          <t>Osa varattua nimiavaruutta.</t>
         </is>
       </c>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>RegisterPagePart of the reserved namespace.</t>
         </is>
       </c>
       <c r="G501" t="inlineStr"/>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16776</t>
+          <t>../qml/pages/RegisterPage.qml:16796</t>
         </is>
       </c>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Username</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C502" t="inlineStr">
         <is>
-          <t>Käyttäjänimi</t>
+          <t>Kotipalvelin</t>
         </is>
       </c>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>RegisterPageUsername</t>
+          <t>RegisterPageHomeserver</t>
         </is>
       </c>
       <c r="G502" t="inlineStr"/>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16777</t>
+          <t>../qml/pages/RegisterPage.qml:16797</t>
         </is>
       </c>
       <c r="B503" t="inlineStr">
         <is>
-          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>your.server</t>
         </is>
       </c>
       <c r="C503" t="inlineStr">
         <is>
-          <t>Käyttäjätunnus ei saa olla tyhjä, ja se saa sisältää vain merkkejä a-z, 0-9, ., _, =, - ja /.</t>
+          <t>sinun.palvelimesi</t>
         </is>
       </c>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>RegisterPageyour.server</t>
         </is>
       </c>
       <c r="G503" t="inlineStr"/>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16898</t>
+          <t>../qml/pages/RegisterPage.qml:16800</t>
         </is>
       </c>
       <c r="B504" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="C504" t="inlineStr">
         <is>
-          <t>Takaisin</t>
+          <t>Palvelin, joka sallii rekisteröinnin. Koska matrix on hajautettu, sinun pitää ensin löytää palvelin jolle rekisteröityä tai ylläpitää omaasi.</t>
         </is>
       </c>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>RegisterPageBack</t>
+          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="G504" t="inlineStr"/>
       <c r="H504" t="inlineStr"/>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16819</t>
+          <t>../qml/pages/RegisterPage.qml:16832</t>
         </is>
       </c>
       <c r="B505" t="inlineStr">
         <is>
-          <t>Password</t>
+          <t>Username</t>
         </is>
       </c>
       <c r="C505" t="inlineStr">
         <is>
-          <t>Salasana</t>
+          <t>Käyttäjänimi</t>
         </is>
       </c>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>RegisterPagePassword</t>
+          <t>RegisterPageUsername</t>
         </is>
       </c>
       <c r="G505" t="inlineStr"/>
       <c r="H505" t="inlineStr"/>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16821</t>
+          <t>../qml/pages/RegisterPage.qml:16833</t>
         </is>
       </c>
       <c r="B506" t="inlineStr">
         <is>
-          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="C506" t="inlineStr">
         <is>
-          <t>Valitse turvallinen salasana. Tarkat vaatimukset salasanan vahvuudelle voivat riippua palvelimestasi.</t>
+          <t>Käyttäjätunnus ei saa olla tyhjä, ja se saa sisältää vain merkkejä a-z, 0-9, ., _, =, - ja /.</t>
         </is>
       </c>
       <c r="D506" t="inlineStr"/>
       <c r="E506" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F506" t="inlineStr">
         <is>
-          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="G506" t="inlineStr"/>
       <c r="H506" t="inlineStr"/>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16828</t>
+          <t>../qml/pages/RegisterPage.qml:16954</t>
         </is>
       </c>
       <c r="B507" t="inlineStr">
         <is>
-          <t>Password confirmation</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C507" t="inlineStr">
         <is>
-          <t>Salasanan varmistus</t>
+          <t>Takaisin</t>
         </is>
       </c>
       <c r="D507" t="inlineStr"/>
       <c r="E507" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F507" t="inlineStr">
         <is>
-          <t>RegisterPagePassword confirmation</t>
+          <t>RegisterPageBack</t>
         </is>
       </c>
       <c r="G507" t="inlineStr"/>
       <c r="H507" t="inlineStr"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16837</t>
+          <t>../qml/pages/RegisterPage.qml:16875</t>
         </is>
       </c>
       <c r="B508" t="inlineStr">
         <is>
-          <t>Your passwords do not match!</t>
+          <t>Password</t>
         </is>
       </c>
       <c r="C508" t="inlineStr">
         <is>
-          <t>Salasanasi eivät täsmää!</t>
+          <t>Salasana</t>
         </is>
       </c>
       <c r="D508" t="inlineStr"/>
       <c r="E508" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F508" t="inlineStr">
         <is>
-          <t>RegisterPageYour passwords do not match!</t>
+          <t>RegisterPagePassword</t>
         </is>
       </c>
       <c r="G508" t="inlineStr"/>
       <c r="H508" t="inlineStr"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16845</t>
+          <t>../qml/pages/RegisterPage.qml:16877</t>
         </is>
       </c>
       <c r="B509" t="inlineStr">
         <is>
-          <t>Device name</t>
+          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="C509" t="inlineStr">
         <is>
-          <t>Laitteen nimi</t>
+          <t>Valitse turvallinen salasana. Tarkat vaatimukset salasanan vahvuudelle voivat riippua palvelimestasi.</t>
         </is>
       </c>
       <c r="D509" t="inlineStr"/>
       <c r="E509" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F509" t="inlineStr">
         <is>
-          <t>RegisterPageDevice name</t>
+          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="G509" t="inlineStr"/>
       <c r="H509" t="inlineStr"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16847</t>
+          <t>../qml/pages/RegisterPage.qml:16884</t>
         </is>
       </c>
       <c r="B510" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>Password confirmation</t>
         </is>
       </c>
       <c r="C510" t="inlineStr">
         <is>
-          <t>Nimi tälle laitteelle, joka näytetään muille laitteitasi vahvistaessa. Jos et syötä mitään, käytetään oletusarvoa.</t>
+          <t>Salasanan varmistus</t>
         </is>
       </c>
       <c r="D510" t="inlineStr"/>
       <c r="E510" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F510" t="inlineStr">
         <is>
-          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>RegisterPagePassword confirmation</t>
         </is>
       </c>
       <c r="G510" t="inlineStr"/>
       <c r="H510" t="inlineStr"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16878</t>
+          <t>../qml/pages/RegisterPage.qml:16893</t>
         </is>
       </c>
       <c r="B511" t="inlineStr">
         <is>
-          <t>REGISTER</t>
+          <t>Your passwords do not match!</t>
         </is>
       </c>
       <c r="C511" t="inlineStr">
         <is>
-          <t>REKISTERÖIDY</t>
+          <t>Salasanasi eivät täsmää!</t>
         </is>
       </c>
       <c r="D511" t="inlineStr"/>
       <c r="E511" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F511" t="inlineStr">
         <is>
-          <t>RegisterPageREGISTER</t>
+          <t>RegisterPageYour passwords do not match!</t>
         </is>
       </c>
       <c r="G511" t="inlineStr"/>
       <c r="H511" t="inlineStr"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16919</t>
+          <t>../qml/pages/RegisterPage.qml:16901</t>
         </is>
       </c>
       <c r="B512" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Device name</t>
         </is>
       </c>
       <c r="C512" t="inlineStr">
         <is>
-          <t>Sulje</t>
+          <t>Laitteen nimi</t>
         </is>
       </c>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>ReplyPopupClose</t>
+          <t>RegisterPageDevice name</t>
         </is>
       </c>
       <c r="G512" t="inlineStr"/>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16935</t>
+          <t>../qml/pages/RegisterPage.qml:16903</t>
         </is>
       </c>
       <c r="B513" t="inlineStr">
         <is>
-          <t>Cancel Edit</t>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="C513" t="inlineStr">
         <is>
-          <t>Peruuta Muokkaus</t>
+          <t>Nimi tälle laitteelle, joka näytetään muille laitteitasi vahvistaessa. Jos et syötä mitään, käytetään oletusarvoa.</t>
         </is>
       </c>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Edit</t>
+          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="G513" t="inlineStr"/>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16951</t>
+          <t>../qml/pages/RegisterPage.qml:16934</t>
         </is>
       </c>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Cancel Thread</t>
+          <t>REGISTER</t>
         </is>
       </c>
       <c r="C514" t="inlineStr">
         <is>
-          <t>Peru viestiketju</t>
+          <t>REKISTERÖIDY</t>
         </is>
       </c>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Thread</t>
+          <t>RegisterPageREGISTER</t>
         </is>
       </c>
       <c r="G514" t="inlineStr"/>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16966</t>
+          <t>../qml/ReplyPopup.qml:16975</t>
         </is>
       </c>
       <c r="B515" t="inlineStr">
         <is>
-          <t>Report message</t>
-[...2 lines deleted...]
-      <c r="C515" t="inlineStr"/>
+          <t>Close</t>
+        </is>
+      </c>
+      <c r="C515" t="inlineStr">
+        <is>
+          <t>Sulje</t>
+        </is>
+      </c>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>ReportMessageReport message</t>
+          <t>ReplyPopupClose</t>
         </is>
       </c>
       <c r="G515" t="inlineStr"/>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16981</t>
+          <t>../qml/ReplyPopup.qml:16991</t>
         </is>
       </c>
       <c r="B516" t="inlineStr">
         <is>
-          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
-[...2 lines deleted...]
-      <c r="C516" t="inlineStr"/>
+          <t>Cancel Edit</t>
+        </is>
+      </c>
+      <c r="C516" t="inlineStr">
+        <is>
+          <t>Peruuta Muokkaus</t>
+        </is>
+      </c>
       <c r="D516" t="inlineStr"/>
       <c r="E516" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F516" t="inlineStr">
         <is>
-          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>ReplyPopupCancel Edit</t>
         </is>
       </c>
       <c r="G516" t="inlineStr"/>
       <c r="H516" t="inlineStr"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16985</t>
+          <t>../qml/ReplyPopup.qml:17007</t>
         </is>
       </c>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Enter your reason for reporting:</t>
-[...2 lines deleted...]
-      <c r="C517" t="inlineStr"/>
+          <t>Cancel Thread</t>
+        </is>
+      </c>
+      <c r="C517" t="inlineStr">
+        <is>
+          <t>Peru viestiketju</t>
+        </is>
+      </c>
       <c r="D517" t="inlineStr"/>
       <c r="E517" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F517" t="inlineStr">
         <is>
-          <t>ReportMessageEnter your reason for reporting:</t>
+          <t>ReplyPopupCancel Thread</t>
         </is>
       </c>
       <c r="G517" t="inlineStr"/>
       <c r="H517" t="inlineStr"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16995</t>
+          <t>../qml/dialogs/ReportMessage.qml:17022</t>
         </is>
       </c>
       <c r="B518" t="inlineStr">
         <is>
-          <t>How bad is the message?</t>
+          <t>Report message</t>
         </is>
       </c>
       <c r="C518" t="inlineStr"/>
       <c r="D518" t="inlineStr"/>
       <c r="E518" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F518" t="inlineStr">
         <is>
-          <t>ReportMessageHow bad is the message?</t>
+          <t>ReportMessageReport message</t>
         </is>
       </c>
       <c r="G518" t="inlineStr"/>
       <c r="H518" t="inlineStr"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17013</t>
+          <t>../qml/dialogs/ReportMessage.qml:17037</t>
         </is>
       </c>
       <c r="B519" t="inlineStr">
         <is>
-          <t>Not bad</t>
+          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="C519" t="inlineStr"/>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>ReportMessageNot bad</t>
+          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="G519" t="inlineStr"/>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17015</t>
+          <t>../qml/dialogs/ReportMessage.qml:17041</t>
         </is>
       </c>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Mild</t>
+          <t>Enter your reason for reporting:</t>
         </is>
       </c>
       <c r="C520" t="inlineStr"/>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>ReportMessageMild</t>
+          <t>ReportMessageEnter your reason for reporting:</t>
         </is>
       </c>
       <c r="G520" t="inlineStr"/>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17017</t>
+          <t>../qml/dialogs/ReportMessage.qml:17051</t>
         </is>
       </c>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Bad</t>
+          <t>How bad is the message?</t>
         </is>
       </c>
       <c r="C521" t="inlineStr"/>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>ReportMessageBad</t>
+          <t>ReportMessageHow bad is the message?</t>
         </is>
       </c>
       <c r="G521" t="inlineStr"/>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17019</t>
+          <t>../qml/dialogs/ReportMessage.qml:17069</t>
         </is>
       </c>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Serious</t>
+          <t>Not bad</t>
         </is>
       </c>
       <c r="C522" t="inlineStr"/>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>ReportMessageSerious</t>
+          <t>ReportMessageNot bad</t>
         </is>
       </c>
       <c r="G522" t="inlineStr"/>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17021</t>
+          <t>../qml/dialogs/ReportMessage.qml:17071</t>
         </is>
       </c>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Extremely serious</t>
+          <t>Mild</t>
         </is>
       </c>
       <c r="C523" t="inlineStr"/>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>ReportMessageExtremely serious</t>
+          <t>ReportMessageMild</t>
         </is>
       </c>
       <c r="G523" t="inlineStr"/>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17045</t>
+          <t>../qml/dialogs/ReportMessage.qml:17073</t>
         </is>
       </c>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Explore Public Rooms</t>
-[...6 lines deleted...]
-      </c>
+          <t>Bad</t>
+        </is>
+      </c>
+      <c r="C524" t="inlineStr"/>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>RoomDirectoryExplore Public Rooms</t>
+          <t>ReportMessageBad</t>
         </is>
       </c>
       <c r="G524" t="inlineStr"/>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/ReportMessage.qml:17075</t>
         </is>
       </c>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Join</t>
-[...6 lines deleted...]
-      </c>
+          <t>Serious</t>
+        </is>
+      </c>
+      <c r="C525" t="inlineStr"/>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t>RoomDirectoryJoin</t>
+          <t>ReportMessageSerious</t>
         </is>
       </c>
       <c r="G525" t="inlineStr"/>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/ReportMessage.qml:17077</t>
         </is>
       </c>
       <c r="B526" t="inlineStr">
         <is>
-          <t>Open</t>
+          <t>Extremely serious</t>
         </is>
       </c>
       <c r="C526" t="inlineStr"/>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>RoomDirectoryOpen</t>
+          <t>ReportMessageExtremely serious</t>
         </is>
       </c>
       <c r="G526" t="inlineStr"/>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17191</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17101</t>
         </is>
       </c>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Search for public rooms</t>
+          <t>Explore Public Rooms</t>
         </is>
       </c>
       <c r="C527" t="inlineStr">
         <is>
-          <t>Etsi julkisia huoneita</t>
+          <t>Tutki julkisia huoneita</t>
         </is>
       </c>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>RoomDirectorySearch for public rooms</t>
+          <t>RoomDirectoryExplore Public Rooms</t>
         </is>
       </c>
       <c r="G527" t="inlineStr"/>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17203</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B528" t="inlineStr">
         <is>
-          <t>Choose custom homeserver</t>
+          <t>Join</t>
         </is>
       </c>
       <c r="C528" t="inlineStr">
         <is>
-          <t>Valitse mukautettu kotipalvelin</t>
+          <t>Liity</t>
         </is>
       </c>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>RoomDirectoryChoose custom homeserver</t>
+          <t>RoomDirectoryJoin</t>
         </is>
       </c>
       <c r="G528" t="inlineStr"/>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17221</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Close</t>
-[...6 lines deleted...]
-      </c>
+          <t>Open</t>
+        </is>
+      </c>
+      <c r="C529" t="inlineStr"/>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>RoomDirectoryClose</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomDirectoryOpen</t>
+        </is>
+      </c>
+      <c r="G529" t="inlineStr"/>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:19301</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17247</t>
         </is>
       </c>
       <c r="B530" t="inlineStr">
         <is>
-          <t>no version stored</t>
+          <t>Search for public rooms</t>
         </is>
       </c>
       <c r="C530" t="inlineStr">
         <is>
-          <t>ei tallennettua versiota</t>
+          <t>Etsi julkisia huoneita</t>
         </is>
       </c>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>RoomInfono version stored</t>
+          <t>RoomDirectorySearch for public rooms</t>
         </is>
       </c>
       <c r="G530" t="inlineStr"/>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19350</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17259</t>
         </is>
       </c>
       <c r="B531" t="inlineStr">
         <is>
-          <t>Start a new chat</t>
+          <t>Choose custom homeserver</t>
         </is>
       </c>
       <c r="C531" t="inlineStr">
         <is>
-          <t>Aloita uusi keskustelu</t>
+          <t>Valitse mukautettu kotipalvelin</t>
         </is>
       </c>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>RoomListStart a new chat</t>
+          <t>RoomDirectoryChoose custom homeserver</t>
         </is>
       </c>
       <c r="G531" t="inlineStr"/>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19363</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17277</t>
         </is>
       </c>
       <c r="B532" t="inlineStr">
         <is>
-          <t>Join a room</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C532" t="inlineStr">
         <is>
-          <t>Liity huoneeseen</t>
+          <t>Sulje</t>
         </is>
       </c>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>RoomListJoin a room</t>
-[...2 lines deleted...]
-      <c r="G532" t="inlineStr"/>
+          <t>RoomDirectoryClose</t>
+        </is>
+      </c>
+      <c r="G532" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Sulje</t>
+        </is>
+      </c>
       <c r="H532" t="inlineStr"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19368</t>
+          <t>../../src/Cache.cpp:19355</t>
         </is>
       </c>
       <c r="B533" t="inlineStr">
         <is>
-          <t>Create a new room</t>
+          <t>no version stored</t>
         </is>
       </c>
       <c r="C533" t="inlineStr">
         <is>
-          <t>Luo uusi huone</t>
+          <t>ei tallennettua versiota</t>
         </is>
       </c>
       <c r="D533" t="inlineStr"/>
       <c r="E533" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F533" t="inlineStr">
         <is>
-          <t>RoomListCreate a new room</t>
+          <t>RoomInfono version stored</t>
         </is>
       </c>
       <c r="G533" t="inlineStr"/>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19377</t>
+          <t>../qml/RoomList.qml:19404</t>
         </is>
       </c>
       <c r="B534" t="inlineStr">
         <is>
-          <t>Start a direct chat</t>
+          <t>Start a new chat</t>
         </is>
       </c>
       <c r="C534" t="inlineStr">
         <is>
-          <t>Aloita suora keskustelu</t>
+          <t>Aloita uusi keskustelu</t>
         </is>
       </c>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>RoomListStart a direct chat</t>
+          <t>RoomListStart a new chat</t>
         </is>
       </c>
       <c r="G534" t="inlineStr"/>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19386</t>
+          <t>../qml/RoomList.qml:19417</t>
         </is>
       </c>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Create a new community</t>
+          <t>Join a room</t>
         </is>
       </c>
       <c r="C535" t="inlineStr">
         <is>
-          <t>Luo uusi yhteisö</t>
+          <t>Liity huoneeseen</t>
         </is>
       </c>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>RoomListCreate a new community</t>
+          <t>RoomListJoin a room</t>
         </is>
       </c>
       <c r="G535" t="inlineStr"/>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19402</t>
+          <t>../qml/RoomList.qml:19422</t>
         </is>
       </c>
       <c r="B536" t="inlineStr">
         <is>
-          <t>Room directory</t>
+          <t>Create a new room</t>
         </is>
       </c>
       <c r="C536" t="inlineStr">
         <is>
-          <t>Huoneluettelo</t>
+          <t>Luo uusi huone</t>
         </is>
       </c>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>RoomListRoom directory</t>
+          <t>RoomListCreate a new room</t>
         </is>
       </c>
       <c r="G536" t="inlineStr"/>
       <c r="H536" t="inlineStr"/>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19420</t>
+          <t>../qml/RoomList.qml:19431</t>
         </is>
       </c>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Search rooms (Ctrl+K)</t>
+          <t>Start a direct chat</t>
         </is>
       </c>
       <c r="C537" t="inlineStr">
         <is>
-          <t>Hae huoneita (CTRL+K)</t>
+          <t>Aloita suora keskustelu</t>
         </is>
       </c>
       <c r="D537" t="inlineStr"/>
       <c r="E537" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F537" t="inlineStr">
         <is>
-          <t>RoomListSearch rooms (Ctrl+K)</t>
+          <t>RoomListStart a direct chat</t>
         </is>
       </c>
       <c r="G537" t="inlineStr"/>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19444</t>
+          <t>../qml/RoomList.qml:19440</t>
         </is>
       </c>
       <c r="B538" t="inlineStr">
         <is>
-          <t>User settings</t>
+          <t>Create a new community</t>
         </is>
       </c>
       <c r="C538" t="inlineStr">
         <is>
-          <t>Käyttäjäasetukset</t>
+          <t>Luo uusi yhteisö</t>
         </is>
       </c>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>RoomListUser settings</t>
+          <t>RoomListCreate a new community</t>
         </is>
       </c>
       <c r="G538" t="inlineStr"/>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19538</t>
+          <t>../qml/RoomList.qml:19456</t>
         </is>
       </c>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Logout</t>
+          <t>Room directory</t>
         </is>
       </c>
       <c r="C539" t="inlineStr">
         <is>
-          <t>Kirjaudu ulos</t>
+          <t>Huoneluettelo</t>
         </is>
       </c>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>RoomListLogout</t>
+          <t>RoomListRoom directory</t>
         </is>
       </c>
       <c r="G539" t="inlineStr"/>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19550</t>
+          <t>../qml/RoomList.qml:19474</t>
         </is>
       </c>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Enter your status message:</t>
+          <t>Search rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="C540" t="inlineStr">
         <is>
-          <t>Kirjoita tilapäivityksesi:</t>
+          <t>Hae huoneita (CTRL+K)</t>
         </is>
       </c>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>RoomListEnter your status message:</t>
+          <t>RoomListSearch rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="G540" t="inlineStr"/>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19551</t>
+          <t>../qml/RoomList.qml:19498</t>
         </is>
       </c>
       <c r="B541" t="inlineStr">
         <is>
-          <t>Status Message</t>
+          <t>User settings</t>
         </is>
       </c>
       <c r="C541" t="inlineStr">
         <is>
-          <t>Tilapäivitys</t>
+          <t>Käyttäjäasetukset</t>
         </is>
       </c>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>RoomListStatus Message</t>
+          <t>RoomListUser settings</t>
         </is>
       </c>
       <c r="G541" t="inlineStr"/>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19563</t>
+          <t>../qml/RoomList.qml:19592</t>
         </is>
       </c>
       <c r="B542" t="inlineStr">
         <is>
-          <t>Profile settings</t>
+          <t>Logout</t>
         </is>
       </c>
       <c r="C542" t="inlineStr">
         <is>
-          <t>Profiilin asetukset</t>
+          <t>Kirjaudu ulos</t>
         </is>
       </c>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>RoomListProfile settings</t>
+          <t>RoomListLogout</t>
         </is>
       </c>
       <c r="G542" t="inlineStr"/>
       <c r="H542" t="inlineStr"/>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19568</t>
+          <t>../qml/RoomList.qml:19604</t>
         </is>
       </c>
       <c r="B543" t="inlineStr">
         <is>
-          <t>Set status message</t>
+          <t>Enter your status message:</t>
         </is>
       </c>
       <c r="C543" t="inlineStr">
         <is>
-          <t>Aseta tilapäivitys</t>
+          <t>Kirjoita tilapäivityksesi:</t>
         </is>
       </c>
       <c r="D543" t="inlineStr"/>
       <c r="E543" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F543" t="inlineStr">
         <is>
-          <t>RoomListSet status message</t>
+          <t>RoomListEnter your status message:</t>
         </is>
       </c>
       <c r="G543" t="inlineStr"/>
       <c r="H543" t="inlineStr"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19579</t>
+          <t>../qml/RoomList.qml:19605</t>
         </is>
       </c>
       <c r="B544" t="inlineStr">
         <is>
-          <t>Automatic online status</t>
-[...2 lines deleted...]
-      <c r="C544" t="inlineStr"/>
+          <t>Status Message</t>
+        </is>
+      </c>
+      <c r="C544" t="inlineStr">
+        <is>
+          <t>Tilapäivitys</t>
+        </is>
+      </c>
       <c r="D544" t="inlineStr"/>
       <c r="E544" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F544" t="inlineStr">
         <is>
-          <t>RoomListAutomatic online status</t>
+          <t>RoomListStatus Message</t>
         </is>
       </c>
       <c r="G544" t="inlineStr"/>
       <c r="H544" t="inlineStr"/>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19586</t>
+          <t>../qml/RoomList.qml:19617</t>
         </is>
       </c>
       <c r="B545" t="inlineStr">
         <is>
-          <t>Online</t>
-[...2 lines deleted...]
-      <c r="C545" t="inlineStr"/>
+          <t>Profile settings</t>
+        </is>
+      </c>
+      <c r="C545" t="inlineStr">
+        <is>
+          <t>Profiilin asetukset</t>
+        </is>
+      </c>
       <c r="D545" t="inlineStr"/>
       <c r="E545" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F545" t="inlineStr">
         <is>
-          <t>RoomListOnline</t>
+          <t>RoomListProfile settings</t>
         </is>
       </c>
       <c r="G545" t="inlineStr"/>
       <c r="H545" t="inlineStr"/>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19593</t>
+          <t>../qml/RoomList.qml:19622</t>
         </is>
       </c>
       <c r="B546" t="inlineStr">
         <is>
-          <t>Unavailable</t>
-[...2 lines deleted...]
-      <c r="C546" t="inlineStr"/>
+          <t>Set status message</t>
+        </is>
+      </c>
+      <c r="C546" t="inlineStr">
+        <is>
+          <t>Aseta tilapäivitys</t>
+        </is>
+      </c>
       <c r="D546" t="inlineStr"/>
       <c r="E546" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F546" t="inlineStr">
         <is>
-          <t>RoomListUnavailable</t>
+          <t>RoomListSet status message</t>
         </is>
       </c>
       <c r="G546" t="inlineStr"/>
       <c r="H546" t="inlineStr"/>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19600</t>
+          <t>../qml/RoomList.qml:19633</t>
         </is>
       </c>
       <c r="B547" t="inlineStr">
         <is>
-          <t>Offline</t>
+          <t>Automatic online status</t>
         </is>
       </c>
       <c r="C547" t="inlineStr"/>
       <c r="D547" t="inlineStr"/>
       <c r="E547" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F547" t="inlineStr">
         <is>
-          <t>RoomListOffline</t>
+          <t>RoomListAutomatic online status</t>
         </is>
       </c>
       <c r="G547" t="inlineStr"/>
       <c r="H547" t="inlineStr"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19654</t>
+          <t>../qml/RoomList.qml:19640</t>
         </is>
       </c>
       <c r="B548" t="inlineStr">
         <is>
-          <t>Encryption not set up</t>
-[...6 lines deleted...]
-      </c>
+          <t>Online</t>
+        </is>
+      </c>
+      <c r="C548" t="inlineStr"/>
       <c r="D548" t="inlineStr"/>
       <c r="E548" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F548" t="inlineStr">
         <is>
-          <t>RoomListEncryption not set up</t>
+          <t>RoomListOnline</t>
         </is>
       </c>
       <c r="G548" t="inlineStr"/>
-      <c r="H548" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H548" t="inlineStr"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19657</t>
+          <t>../qml/RoomList.qml:19647</t>
         </is>
       </c>
       <c r="B549" t="inlineStr">
         <is>
-          <t>Unverified login</t>
-[...6 lines deleted...]
-      </c>
+          <t>Unavailable</t>
+        </is>
+      </c>
+      <c r="C549" t="inlineStr"/>
       <c r="D549" t="inlineStr"/>
       <c r="E549" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F549" t="inlineStr">
         <is>
-          <t>RoomListUnverified login</t>
+          <t>RoomListUnavailable</t>
         </is>
       </c>
       <c r="G549" t="inlineStr"/>
-      <c r="H549" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H549" t="inlineStr"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19660</t>
+          <t>../qml/RoomList.qml:19654</t>
         </is>
       </c>
       <c r="B550" t="inlineStr">
         <is>
-          <t>Please verify your other devices</t>
-[...6 lines deleted...]
-      </c>
+          <t>Offline</t>
+        </is>
+      </c>
+      <c r="C550" t="inlineStr"/>
       <c r="D550" t="inlineStr"/>
       <c r="E550" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F550" t="inlineStr">
         <is>
-          <t>RoomListPlease verify your other devices</t>
+          <t>RoomListOffline</t>
         </is>
       </c>
       <c r="G550" t="inlineStr"/>
-      <c r="H550" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H550" t="inlineStr"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19674</t>
+          <t>../qml/RoomList.qml:19708</t>
         </is>
       </c>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Encryption not set up</t>
         </is>
       </c>
       <c r="C551" t="inlineStr">
         <is>
-          <t>Sulje</t>
+          <t>Salausta ei ole määritetty</t>
         </is>
       </c>
       <c r="D551" t="inlineStr"/>
       <c r="E551" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F551" t="inlineStr">
         <is>
-          <t>RoomListClose</t>
+          <t>RoomListEncryption not set up</t>
         </is>
       </c>
       <c r="G551" t="inlineStr"/>
-      <c r="H551" t="inlineStr"/>
+      <c r="H551" t="inlineStr">
+        <is>
+          <t>Cross-signing setup has not run yet.</t>
+        </is>
+      </c>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20053</t>
+          <t>../qml/RoomList.qml:19711</t>
         </is>
       </c>
       <c r="B552" t="inlineStr">
         <is>
-          <t>Enter the tag you want to use:</t>
+          <t>Unverified login</t>
         </is>
       </c>
       <c r="C552" t="inlineStr">
         <is>
-          <t>Kirjoita tagi jota haluat käyttää:</t>
+          <t>Varmistamaton sisäänkirjautuminen</t>
         </is>
       </c>
       <c r="D552" t="inlineStr"/>
       <c r="E552" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F552" t="inlineStr">
         <is>
-          <t>RoomListEnter the tag you want to use:</t>
+          <t>RoomListUnverified login</t>
         </is>
       </c>
       <c r="G552" t="inlineStr"/>
-      <c r="H552" t="inlineStr"/>
+      <c r="H552" t="inlineStr">
+        <is>
+          <t>The user just signed in with this device and hasn't verified their master key.</t>
+        </is>
+      </c>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20054</t>
+          <t>../qml/RoomList.qml:19714</t>
         </is>
       </c>
       <c r="B553" t="inlineStr">
         <is>
-          <t>New tag</t>
+          <t>Please verify your other devices</t>
         </is>
       </c>
       <c r="C553" t="inlineStr">
         <is>
-          <t>Uusi tagi</t>
+          <t>Varmista muut laitteesi</t>
         </is>
       </c>
       <c r="D553" t="inlineStr"/>
       <c r="E553" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F553" t="inlineStr">
         <is>
-          <t>RoomListNew tag</t>
+          <t>RoomListPlease verify your other devices</t>
         </is>
       </c>
       <c r="G553" t="inlineStr"/>
-      <c r="H553" t="inlineStr"/>
+      <c r="H553" t="inlineStr">
+        <is>
+          <t>There are unverified devices signed in to this account.</t>
+        </is>
+      </c>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20061</t>
+          <t>../qml/RoomList.qml:19728</t>
         </is>
       </c>
       <c r="B554" t="inlineStr">
         <is>
-          <t>Open separately</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C554" t="inlineStr">
         <is>
-          <t>Avaa erikseen</t>
+          <t>Sulje</t>
         </is>
       </c>
       <c r="D554" t="inlineStr"/>
       <c r="E554" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F554" t="inlineStr">
         <is>
-          <t>RoomListOpen separately</t>
+          <t>RoomListClose</t>
         </is>
       </c>
       <c r="G554" t="inlineStr"/>
       <c r="H554" t="inlineStr"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20073</t>
+          <t>../qml/RoomList.qml:20107</t>
         </is>
       </c>
       <c r="B555" t="inlineStr">
         <is>
-          <t>Mark as read</t>
+          <t>Enter the tag you want to use:</t>
         </is>
       </c>
       <c r="C555" t="inlineStr">
         <is>
-          <t>Merkitse luetuksi</t>
+          <t>Kirjoita tagi jota haluat käyttää:</t>
         </is>
       </c>
       <c r="D555" t="inlineStr"/>
       <c r="E555" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F555" t="inlineStr">
         <is>
-          <t>RoomListMark as read</t>
+          <t>RoomListEnter the tag you want to use:</t>
         </is>
       </c>
       <c r="G555" t="inlineStr"/>
       <c r="H555" t="inlineStr"/>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20078</t>
+          <t>../qml/RoomList.qml:20108</t>
         </is>
       </c>
       <c r="B556" t="inlineStr">
         <is>
-          <t>Room settings</t>
+          <t>New tag</t>
         </is>
       </c>
       <c r="C556" t="inlineStr">
         <is>
-          <t>Huoneen asetukset</t>
+          <t>Uusi tagi</t>
         </is>
       </c>
       <c r="D556" t="inlineStr"/>
       <c r="E556" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F556" t="inlineStr">
         <is>
-          <t>RoomListRoom settings</t>
+          <t>RoomListNew tag</t>
         </is>
       </c>
       <c r="G556" t="inlineStr"/>
       <c r="H556" t="inlineStr"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20083</t>
+          <t>../qml/RoomList.qml:20115</t>
         </is>
       </c>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Open separately</t>
         </is>
       </c>
       <c r="C557" t="inlineStr">
         <is>
-          <t>Poistu huoneesta</t>
+          <t>Avaa erikseen</t>
         </is>
       </c>
       <c r="D557" t="inlineStr"/>
       <c r="E557" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F557" t="inlineStr">
         <is>
-          <t>RoomListLeave room</t>
+          <t>RoomListOpen separately</t>
         </is>
       </c>
       <c r="G557" t="inlineStr"/>
       <c r="H557" t="inlineStr"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20088</t>
+          <t>../qml/RoomList.qml:20127</t>
         </is>
       </c>
       <c r="B558" t="inlineStr">
         <is>
-          <t>Copy room link</t>
+          <t>Mark as read</t>
         </is>
       </c>
       <c r="C558" t="inlineStr">
         <is>
-          <t>Kopioi huoneen linkki</t>
+          <t>Merkitse luetuksi</t>
         </is>
       </c>
       <c r="D558" t="inlineStr"/>
       <c r="E558" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F558" t="inlineStr">
         <is>
-          <t>RoomListCopy room link</t>
+          <t>RoomListMark as read</t>
         </is>
       </c>
       <c r="G558" t="inlineStr"/>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20095</t>
+          <t>../qml/RoomList.qml:20132</t>
         </is>
       </c>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Tag room as:</t>
+          <t>Room settings</t>
         </is>
       </c>
       <c r="C559" t="inlineStr">
         <is>
-          <t>Aseta huoneelle tagi:</t>
+          <t>Huoneen asetukset</t>
         </is>
       </c>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>RoomListTag room as:</t>
+          <t>RoomListRoom settings</t>
         </is>
       </c>
       <c r="G559" t="inlineStr"/>
       <c r="H559" t="inlineStr"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20108</t>
+          <t>../qml/RoomList.qml:20137</t>
         </is>
       </c>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Favourite</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C560" t="inlineStr">
         <is>
-          <t>Suosikki</t>
+          <t>Poistu huoneesta</t>
         </is>
       </c>
       <c r="D560" t="inlineStr"/>
       <c r="E560" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F560" t="inlineStr">
         <is>
-          <t>RoomListFavourite</t>
+          <t>RoomListLeave room</t>
         </is>
       </c>
       <c r="G560" t="inlineStr"/>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20110</t>
+          <t>../qml/RoomList.qml:20142</t>
         </is>
       </c>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Low priority</t>
+          <t>Copy room link</t>
         </is>
       </c>
       <c r="C561" t="inlineStr">
         <is>
-          <t>Matala tärkeysjärjestys</t>
+          <t>Kopioi huoneen linkki</t>
         </is>
       </c>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>RoomListLow priority</t>
+          <t>RoomListCopy room link</t>
         </is>
       </c>
       <c r="G561" t="inlineStr"/>
       <c r="H561" t="inlineStr"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20112</t>
+          <t>../qml/RoomList.qml:20149</t>
         </is>
       </c>
       <c r="B562" t="inlineStr">
         <is>
-          <t>Server notice</t>
+          <t>Tag room as:</t>
         </is>
       </c>
       <c r="C562" t="inlineStr">
         <is>
-          <t>Palvelimen ilmoitus</t>
+          <t>Aseta huoneelle tagi:</t>
         </is>
       </c>
       <c r="D562" t="inlineStr"/>
       <c r="E562" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F562" t="inlineStr">
         <is>
-          <t>RoomListServer notice</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomListTag room as:</t>
+        </is>
+      </c>
+      <c r="G562" t="inlineStr"/>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20125</t>
+          <t>../qml/RoomList.qml:20162</t>
         </is>
       </c>
       <c r="B563" t="inlineStr">
         <is>
-          <t>Create new tag…</t>
+          <t>Favourite</t>
         </is>
       </c>
       <c r="C563" t="inlineStr">
         <is>
-          <t>Luo uusi tagi…</t>
+          <t>Suosikki</t>
         </is>
       </c>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>RoomListCreate new tag...</t>
+          <t>RoomListFavourite</t>
         </is>
       </c>
       <c r="G563" t="inlineStr"/>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20145</t>
+          <t>../qml/RoomList.qml:20164</t>
         </is>
       </c>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Members of %1</t>
+          <t>Low priority</t>
         </is>
       </c>
       <c r="C564" t="inlineStr">
         <is>
-          <t>Huoneen %1 jäsenet</t>
+          <t>Matala tärkeysjärjestys</t>
         </is>
       </c>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>RoomMembersMembers of %1</t>
+          <t>RoomListLow priority</t>
         </is>
       </c>
       <c r="G564" t="inlineStr"/>
       <c r="H564" t="inlineStr"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20177</t>
+          <t>../qml/RoomList.qml:20166</t>
         </is>
       </c>
       <c r="B565" t="inlineStr">
         <is>
-          <t>%n person in %1</t>
+          <t>Server notice</t>
         </is>
       </c>
       <c r="C565" t="inlineStr">
         <is>
-          <t>%n henkilö huoneessa %1</t>
+          <t>Palvelimen ilmoitus</t>
         </is>
       </c>
       <c r="D565" t="inlineStr"/>
       <c r="E565" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F565" t="inlineStr">
         <is>
+          <t>RoomListServer notice</t>
+        </is>
+      </c>
+      <c r="G565" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Palvelimen ilmoitukset</t>
+        </is>
+      </c>
+      <c r="H565" t="inlineStr"/>
+    </row>
+    <row r="566">
+      <c r="A566" t="inlineStr">
+        <is>
+          <t>../qml/RoomList.qml:20179</t>
+        </is>
+      </c>
+      <c r="B566" t="inlineStr">
+        <is>
+          <t>Create new tag…</t>
+        </is>
+      </c>
+      <c r="C566" t="inlineStr">
+        <is>
+          <t>Luo uusi tagi…</t>
+        </is>
+      </c>
+      <c r="D566" t="inlineStr"/>
+      <c r="E566" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F566" t="inlineStr">
+        <is>
+          <t>RoomListCreate new tag...</t>
+        </is>
+      </c>
+      <c r="G566" t="inlineStr"/>
+      <c r="H566" t="inlineStr"/>
+    </row>
+    <row r="567">
+      <c r="A567" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomMembers.qml:20199</t>
+        </is>
+      </c>
+      <c r="B567" t="inlineStr">
+        <is>
+          <t>Members of %1</t>
+        </is>
+      </c>
+      <c r="C567" t="inlineStr">
+        <is>
+          <t>Huoneen %1 jäsenet</t>
+        </is>
+      </c>
+      <c r="D567" t="inlineStr"/>
+      <c r="E567" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F567" t="inlineStr">
+        <is>
+          <t>RoomMembersMembers of %1</t>
+        </is>
+      </c>
+      <c r="G567" t="inlineStr"/>
+      <c r="H567" t="inlineStr"/>
+    </row>
+    <row r="568">
+      <c r="A568" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomMembers.qml:20231</t>
+        </is>
+      </c>
+      <c r="B568" t="inlineStr">
+        <is>
+          <t>%n person in %1</t>
+        </is>
+      </c>
+      <c r="C568" t="inlineStr">
+        <is>
+          <t>%n henkilö huoneessa %1</t>
+        </is>
+      </c>
+      <c r="D568" t="inlineStr"/>
+      <c r="E568" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F568" t="inlineStr">
+        <is>
           <t>RoomMembers
 Summary above list of members%n people in %1</t>
         </is>
       </c>
-      <c r="G565" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G568" t="inlineStr"/>
       <c r="H568" t="inlineStr"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20211</t>
+          <t>../qml/dialogs/RoomMembers.qml:20241</t>
         </is>
       </c>
       <c r="B569" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Invite more people</t>
         </is>
       </c>
       <c r="C569" t="inlineStr">
         <is>
-          <t>Käyttäjätunnus</t>
+          <t>Kutsu lisää käyttäjiä</t>
         </is>
       </c>
       <c r="D569" t="inlineStr"/>
       <c r="E569" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F569" t="inlineStr">
         <is>
-          <t>RoomMembersUser ID</t>
+          <t>RoomMembersInvite more people</t>
         </is>
       </c>
       <c r="G569" t="inlineStr"/>
       <c r="H569" t="inlineStr"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20212</t>
+          <t>../qml/dialogs/RoomMembers.qml:20249</t>
         </is>
       </c>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Display name</t>
+          <t>Search...</t>
         </is>
       </c>
       <c r="C570" t="inlineStr">
         <is>
-          <t>Näyttönimi</t>
+          <t>Etsi...</t>
         </is>
       </c>
       <c r="D570" t="inlineStr"/>
       <c r="E570" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F570" t="inlineStr">
         <is>
-          <t>RoomMembersDisplay name</t>
+          <t>RoomMembersSearch...</t>
         </is>
       </c>
       <c r="G570" t="inlineStr"/>
       <c r="H570" t="inlineStr"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20213</t>
+          <t>../qml/dialogs/RoomMembers.qml:20259</t>
         </is>
       </c>
       <c r="B571" t="inlineStr">
         <is>
-          <t>Power level</t>
+          <t xml:space="preserve">Sort by: </t>
         </is>
       </c>
       <c r="C571" t="inlineStr">
         <is>
-          <t>Oikeustaso</t>
+          <t xml:space="preserve">Lajitteluperuste: </t>
         </is>
       </c>
       <c r="D571" t="inlineStr"/>
       <c r="E571" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F571" t="inlineStr">
         <is>
-          <t>RoomMembersPower level</t>
+          <t xml:space="preserve">RoomMembersSort by: </t>
         </is>
       </c>
       <c r="G571" t="inlineStr"/>
       <c r="H571" t="inlineStr"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20311</t>
+          <t>../qml/dialogs/RoomMembers.qml:20265</t>
         </is>
       </c>
       <c r="B572" t="inlineStr">
         <is>
-          <t>This room is not encrypted!</t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C572" t="inlineStr">
         <is>
-          <t>Tämä huone ei ole salattu!</t>
+          <t>Käyttäjätunnus</t>
         </is>
       </c>
       <c r="D572" t="inlineStr"/>
       <c r="E572" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F572" t="inlineStr">
         <is>
-          <t>RoomMembersThis room is not encrypted!</t>
+          <t>RoomMembersUser ID</t>
         </is>
       </c>
       <c r="G572" t="inlineStr"/>
       <c r="H572" t="inlineStr"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20315</t>
+          <t>../qml/dialogs/RoomMembers.qml:20266</t>
         </is>
       </c>
       <c r="B573" t="inlineStr">
         <is>
-          <t>This user is verified.</t>
+          <t>Display name</t>
         </is>
       </c>
       <c r="C573" t="inlineStr">
         <is>
-          <t>Tämä käyttäjä on vahvistettu.</t>
+          <t>Näyttönimi</t>
         </is>
       </c>
       <c r="D573" t="inlineStr"/>
       <c r="E573" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F573" t="inlineStr">
         <is>
-          <t>RoomMembersThis user is verified.</t>
+          <t>RoomMembersDisplay name</t>
         </is>
       </c>
       <c r="G573" t="inlineStr"/>
       <c r="H573" t="inlineStr"/>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20317</t>
+          <t>../qml/dialogs/RoomMembers.qml:20267</t>
         </is>
       </c>
       <c r="B574" t="inlineStr">
         <is>
-          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
+          <t>Power level</t>
         </is>
       </c>
       <c r="C574" t="inlineStr">
         <is>
-          <t>Tätä käyttäjää ei ole vahvistettu, mutta hän käyttää edelleen samaa päävavainta kuin ensimmäisellä tapaamiskerralla.</t>
+          <t>Oikeustaso</t>
         </is>
       </c>
       <c r="D574" t="inlineStr"/>
       <c r="E574" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F574" t="inlineStr">
         <is>
-          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
+          <t>RoomMembersPower level</t>
         </is>
       </c>
       <c r="G574" t="inlineStr"/>
       <c r="H574" t="inlineStr"/>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20319</t>
+          <t>../qml/dialogs/RoomMembers.qml:20365</t>
         </is>
       </c>
       <c r="B575" t="inlineStr">
         <is>
-          <t>This user has unverified devices!</t>
+          <t>This room is not encrypted!</t>
         </is>
       </c>
       <c r="C575" t="inlineStr">
         <is>
-          <t>Tällä käyttäjällä on vahvistamattomia laitteita!</t>
+          <t>Tämä huone ei ole salattu!</t>
         </is>
       </c>
       <c r="D575" t="inlineStr"/>
       <c r="E575" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F575" t="inlineStr">
         <is>
-          <t>RoomMembersThis user has unverified devices!</t>
+          <t>RoomMembersThis room is not encrypted!</t>
         </is>
       </c>
       <c r="G575" t="inlineStr"/>
       <c r="H575" t="inlineStr"/>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20563</t>
+          <t>../qml/dialogs/RoomMembers.qml:20369</t>
         </is>
       </c>
       <c r="B576" t="inlineStr">
         <is>
-          <t>Failed to enable encryption: %1</t>
+          <t>This user is verified.</t>
         </is>
       </c>
       <c r="C576" t="inlineStr">
         <is>
-          <t>Salauksen aktivointi epäonnistui: %1</t>
+          <t>Tämä käyttäjä on vahvistettu.</t>
         </is>
       </c>
       <c r="D576" t="inlineStr"/>
       <c r="E576" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F576" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to enable encryption: %1</t>
+          <t>RoomMembersThis user is verified.</t>
         </is>
       </c>
       <c r="G576" t="inlineStr"/>
       <c r="H576" t="inlineStr"/>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../qml/dialogs/RoomMembers.qml:20371</t>
         </is>
       </c>
       <c r="B577" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="C577" t="inlineStr">
         <is>
-          <t>Valitse profiilikuva</t>
+          <t>Tätä käyttäjää ei ole vahvistettu, mutta hän käyttää edelleen samaa päävavainta kuin ensimmäisellä tapaamiskerralla.</t>
         </is>
       </c>
       <c r="D577" t="inlineStr"/>
       <c r="E577" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F577" t="inlineStr">
         <is>
-          <t>RoomSettingsSelect an avatar</t>
+          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="G577" t="inlineStr"/>
       <c r="H577" t="inlineStr"/>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../qml/dialogs/RoomMembers.qml:20373</t>
         </is>
       </c>
       <c r="B578" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>This user has unverified devices!</t>
         </is>
       </c>
       <c r="C578" t="inlineStr">
         <is>
-          <t>Kaikki Tiedostot (*)</t>
+          <t>Tällä käyttäjällä on vahvistamattomia laitteita!</t>
         </is>
       </c>
       <c r="D578" t="inlineStr"/>
       <c r="E578" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F578" t="inlineStr">
         <is>
-          <t>RoomSettingsAll Files (*)</t>
+          <t>RoomMembersThis user has unverified devices!</t>
         </is>
       </c>
       <c r="G578" t="inlineStr"/>
       <c r="H578" t="inlineStr"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20979</t>
+          <t>../../src/ui/RoomSettings.cpp:20617</t>
         </is>
       </c>
       <c r="B579" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>Failed to enable encryption: %1</t>
         </is>
       </c>
       <c r="C579" t="inlineStr">
         <is>
-          <t>Valittu tiedosto ei ole kuva</t>
+          <t>Salauksen aktivointi epäonnistui: %1</t>
         </is>
       </c>
       <c r="D579" t="inlineStr"/>
       <c r="E579" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F579" t="inlineStr">
         <is>
-          <t>RoomSettingsThe selected file is not an image</t>
+          <t>RoomSettingsFailed to enable encryption: %1</t>
         </is>
       </c>
       <c r="G579" t="inlineStr"/>
       <c r="H579" t="inlineStr"/>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20984</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C580" t="inlineStr">
         <is>
-          <t>Virhe lukiessa tiedostoa: %1</t>
+          <t>Valitse profiilikuva</t>
         </is>
       </c>
       <c r="D580" t="inlineStr"/>
       <c r="E580" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F580" t="inlineStr">
         <is>
-          <t>RoomSettingsError while reading file: %1</t>
+          <t>RoomSettingsSelect an avatar</t>
         </is>
       </c>
       <c r="G580" t="inlineStr"/>
       <c r="H580" t="inlineStr"/>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:21035</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B581" t="inlineStr">
         <is>
-          <t>Failed to upload image: %s</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C581" t="inlineStr">
         <is>
-          <t>Kuvan lähetys epäonnistui: %s</t>
+          <t>Kaikki Tiedostot (*)</t>
         </is>
       </c>
       <c r="D581" t="inlineStr"/>
       <c r="E581" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F581" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to upload image: %s</t>
+          <t>RoomSettingsAll Files (*)</t>
         </is>
       </c>
       <c r="G581" t="inlineStr"/>
       <c r="H581" t="inlineStr"/>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21062</t>
+          <t>../../src/ui/RoomSettings.cpp:21033</t>
         </is>
       </c>
       <c r="B582" t="inlineStr">
         <is>
-          <t>Room Settings</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C582" t="inlineStr">
         <is>
-          <t>Huoneen asetukset</t>
+          <t>Valittu tiedosto ei ole kuva</t>
         </is>
       </c>
       <c r="D582" t="inlineStr"/>
       <c r="E582" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F582" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Settings</t>
+          <t>RoomSettingsThe selected file is not an image</t>
         </is>
       </c>
       <c r="G582" t="inlineStr"/>
       <c r="H582" t="inlineStr"/>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21097</t>
+          <t>../../src/ui/RoomSettings.cpp:21038</t>
         </is>
       </c>
       <c r="B583" t="inlineStr">
         <is>
-          <t>Change room avatar.</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C583" t="inlineStr">
         <is>
-          <t>Muuta huoneen avataria.</t>
+          <t>Virhe lukiessa tiedostoa: %1</t>
         </is>
       </c>
       <c r="D583" t="inlineStr"/>
       <c r="E583" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F583" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange room avatar.</t>
+          <t>RoomSettingsError while reading file: %1</t>
         </is>
       </c>
       <c r="G583" t="inlineStr"/>
       <c r="H583" t="inlineStr"/>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21194</t>
+          <t>../../src/ui/RoomSettings.cpp:21089</t>
         </is>
       </c>
       <c r="B584" t="inlineStr">
         <is>
-          <t>Change name of this room</t>
+          <t>Failed to upload image: %s</t>
         </is>
       </c>
       <c r="C584" t="inlineStr">
         <is>
-          <t>Muuta tämän huoneen nimeä</t>
+          <t>Kuvan lähetys epäonnistui: %s</t>
         </is>
       </c>
       <c r="D584" t="inlineStr"/>
       <c r="E584" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F584" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange name of this room</t>
+          <t>RoomSettingsFailed to upload image: %s</t>
         </is>
       </c>
       <c r="G584" t="inlineStr"/>
       <c r="H584" t="inlineStr"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21217</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21116</t>
         </is>
       </c>
       <c r="B585" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
-[...2 lines deleted...]
-      <c r="C585" t="inlineStr"/>
+          <t>Room Settings</t>
+        </is>
+      </c>
+      <c r="C585" t="inlineStr">
+        <is>
+          <t>Huoneen asetukset</t>
+        </is>
+      </c>
       <c r="D585" t="inlineStr"/>
       <c r="E585" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F585" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+          <t>RoomSettingsDialogRoom Settings</t>
         </is>
       </c>
       <c r="G585" t="inlineStr"/>
       <c r="H585" t="inlineStr"/>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21228</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21151</t>
         </is>
       </c>
       <c r="B586" t="inlineStr">
         <is>
-          <t>%n member</t>
+          <t>Change room avatar.</t>
         </is>
       </c>
       <c r="C586" t="inlineStr">
         <is>
-          <t>%n jäsen</t>
+          <t>Muuta huoneen avataria.</t>
         </is>
       </c>
       <c r="D586" t="inlineStr"/>
       <c r="E586" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F586" t="inlineStr">
         <is>
-          <t>RoomSettingsDialog%n member(s)</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogChange room avatar.</t>
+        </is>
+      </c>
+      <c r="G586" t="inlineStr"/>
       <c r="H586" t="inlineStr"/>
     </row>
     <row r="587">
       <c r="A587" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21236</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21248</t>
         </is>
       </c>
       <c r="B587" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>Change name of this room</t>
         </is>
       </c>
       <c r="C587" t="inlineStr">
         <is>
-          <t>Näytä huoneen %1 jäsenet</t>
+          <t>Muuta tämän huoneen nimeä</t>
         </is>
       </c>
       <c r="D587" t="inlineStr"/>
       <c r="E587" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F587" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView members of %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogChange name of this room</t>
+        </is>
+      </c>
+      <c r="G587" t="inlineStr"/>
       <c r="H587" t="inlineStr"/>
     </row>
     <row r="588">
       <c r="A588" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21260</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21271</t>
         </is>
       </c>
       <c r="B588" t="inlineStr">
         <is>
-          <t>No topic set</t>
-[...6 lines deleted...]
-      </c>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+        </is>
+      </c>
+      <c r="C588" t="inlineStr"/>
       <c r="D588" t="inlineStr"/>
       <c r="E588" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F588" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNo topic set</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="G588" t="inlineStr"/>
       <c r="H588" t="inlineStr"/>
     </row>
     <row r="589">
       <c r="A589" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21284</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21282</t>
         </is>
       </c>
       <c r="B589" t="inlineStr">
         <is>
-          <t>Change topic of this room</t>
+          <t>%n member</t>
         </is>
       </c>
       <c r="C589" t="inlineStr">
         <is>
-          <t>Muuta tämän huoneen aihetta</t>
+          <t>%n jäsen</t>
         </is>
       </c>
       <c r="D589" t="inlineStr"/>
       <c r="E589" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F589" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange topic of this room</t>
-[...2 lines deleted...]
-      <c r="G589" t="inlineStr"/>
+          <t>RoomSettingsDialog%n member(s)</t>
+        </is>
+      </c>
+      <c r="G589" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %n jäsen, %n jäsen</t>
+        </is>
+      </c>
       <c r="H589" t="inlineStr"/>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21308</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21290</t>
         </is>
       </c>
       <c r="B590" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
-[...2 lines deleted...]
-      <c r="C590" t="inlineStr"/>
+          <t>View members of %1</t>
+        </is>
+      </c>
+      <c r="C590" t="inlineStr">
+        <is>
+          <t>Näytä huoneen %1 jäsenet</t>
+        </is>
+      </c>
       <c r="D590" t="inlineStr"/>
       <c r="E590" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F590" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
-[...2 lines deleted...]
-      <c r="G590" t="inlineStr"/>
+          <t>RoomSettingsDialogView members of %1</t>
+        </is>
+      </c>
+      <c r="G590" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Näytä huoneen %1 jäsenet</t>
+        </is>
+      </c>
       <c r="H590" t="inlineStr"/>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21327</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21314</t>
         </is>
       </c>
       <c r="B591" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>No topic set</t>
         </is>
       </c>
       <c r="C591" t="inlineStr">
         <is>
-          <t>ILMOITUKSET</t>
+          <t>Aihetta ei ole asetettu</t>
         </is>
       </c>
       <c r="D591" t="inlineStr"/>
       <c r="E591" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F591" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNOTIFICATIONS</t>
+          <t>RoomSettingsDialogNo topic set</t>
         </is>
       </c>
       <c r="G591" t="inlineStr"/>
       <c r="H591" t="inlineStr"/>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21336</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21338</t>
         </is>
       </c>
       <c r="B592" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Change topic of this room</t>
         </is>
       </c>
       <c r="C592" t="inlineStr">
         <is>
-          <t>Ilmoitukset</t>
+          <t>Muuta tämän huoneen aihetta</t>
         </is>
       </c>
       <c r="D592" t="inlineStr"/>
       <c r="E592" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F592" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNotifications</t>
+          <t>RoomSettingsDialogChange topic of this room</t>
         </is>
       </c>
       <c r="G592" t="inlineStr"/>
       <c r="H592" t="inlineStr"/>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21362</t>
         </is>
       </c>
       <c r="B593" t="inlineStr">
         <is>
-          <t>Muted</t>
-[...6 lines deleted...]
-      </c>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+        </is>
+      </c>
+      <c r="C593" t="inlineStr"/>
       <c r="D593" t="inlineStr"/>
       <c r="E593" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F593" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMuted</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="G593" t="inlineStr"/>
       <c r="H593" t="inlineStr"/>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21381</t>
         </is>
       </c>
       <c r="B594" t="inlineStr">
         <is>
-          <t>Mentions only</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C594" t="inlineStr">
         <is>
-          <t>Vain maininnat</t>
+          <t>ILMOITUKSET</t>
         </is>
       </c>
       <c r="D594" t="inlineStr"/>
       <c r="E594" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F594" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMentions only</t>
+          <t>RoomSettingsDialogNOTIFICATIONS</t>
         </is>
       </c>
       <c r="G594" t="inlineStr"/>
       <c r="H594" t="inlineStr"/>
     </row>
     <row r="595">
       <c r="A595" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21390</t>
         </is>
       </c>
       <c r="B595" t="inlineStr">
         <is>
-          <t>All messages</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="C595" t="inlineStr">
         <is>
-          <t>Kaikki viestit</t>
+          <t>Ilmoitukset</t>
         </is>
       </c>
       <c r="D595" t="inlineStr"/>
       <c r="E595" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F595" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAll messages</t>
+          <t>RoomSettingsDialogNotifications</t>
         </is>
       </c>
       <c r="G595" t="inlineStr"/>
       <c r="H595" t="inlineStr"/>
     </row>
     <row r="596">
       <c r="A596" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21352</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B596" t="inlineStr">
         <is>
-          <t>ENTRY PERMISSIONS</t>
-[...2 lines deleted...]
-      <c r="C596" t="inlineStr"/>
+          <t>Muted</t>
+        </is>
+      </c>
+      <c r="C596" t="inlineStr">
+        <is>
+          <t>Mykistetty</t>
+        </is>
+      </c>
       <c r="D596" t="inlineStr"/>
       <c r="E596" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F596" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
+          <t>RoomSettingsDialogMuted</t>
         </is>
       </c>
       <c r="G596" t="inlineStr"/>
       <c r="H596" t="inlineStr"/>
     </row>
     <row r="597">
       <c r="A597" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21361</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B597" t="inlineStr">
         <is>
-          <t>Anyone can join</t>
+          <t>Mentions only</t>
         </is>
       </c>
       <c r="C597" t="inlineStr">
         <is>
-          <t>Kuka tahansa voi liittyä</t>
+          <t>Vain maininnat</t>
         </is>
       </c>
       <c r="D597" t="inlineStr"/>
       <c r="E597" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F597" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAnyone can join</t>
+          <t>RoomSettingsDialogMentions only</t>
         </is>
       </c>
       <c r="G597" t="inlineStr"/>
       <c r="H597" t="inlineStr"/>
     </row>
     <row r="598">
       <c r="A598" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21375</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B598" t="inlineStr">
         <is>
-          <t>Allow knocking</t>
+          <t>All messages</t>
         </is>
       </c>
       <c r="C598" t="inlineStr">
         <is>
-          <t>Salli koputtaminen</t>
+          <t>Kaikki viestit</t>
         </is>
       </c>
       <c r="D598" t="inlineStr"/>
       <c r="E598" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F598" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow knocking</t>
+          <t>RoomSettingsDialogAll messages</t>
         </is>
       </c>
       <c r="G598" t="inlineStr"/>
       <c r="H598" t="inlineStr"/>
     </row>
     <row r="599">
       <c r="A599" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21394</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21409</t>
         </is>
       </c>
       <c r="B599" t="inlineStr">
         <is>
-          <t>Allow joining via other rooms</t>
-[...6 lines deleted...]
-      </c>
+          <t>ENTRY PERMISSIONS</t>
+        </is>
+      </c>
+      <c r="C599" t="inlineStr"/>
       <c r="D599" t="inlineStr"/>
       <c r="E599" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F599" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow joining via other rooms</t>
+          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="G599" t="inlineStr"/>
       <c r="H599" t="inlineStr"/>
     </row>
     <row r="600">
       <c r="A600" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21413</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21418</t>
         </is>
       </c>
       <c r="B600" t="inlineStr">
         <is>
-          <t>Rooms to join via</t>
+          <t>Anyone can join</t>
         </is>
       </c>
       <c r="C600" t="inlineStr">
         <is>
-          <t>Huoneet, joiden kautta voi liittyä</t>
+          <t>Kuka tahansa voi liittyä</t>
         </is>
       </c>
       <c r="D600" t="inlineStr"/>
       <c r="E600" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F600" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRooms to join via</t>
+          <t>RoomSettingsDialogAnyone can join</t>
         </is>
       </c>
       <c r="G600" t="inlineStr"/>
       <c r="H600" t="inlineStr"/>
     </row>
     <row r="601">
       <c r="A601" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21667</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
         </is>
       </c>
       <c r="B601" t="inlineStr">
         <is>
-          <t>Change</t>
+          <t>Allow knocking</t>
         </is>
       </c>
       <c r="C601" t="inlineStr">
         <is>
-          <t>Muuta</t>
+          <t>Salli koputtaminen</t>
         </is>
       </c>
       <c r="D601" t="inlineStr"/>
       <c r="E601" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F601" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange</t>
+          <t>RoomSettingsDialogAllow knocking</t>
         </is>
       </c>
       <c r="G601" t="inlineStr"/>
       <c r="H601" t="inlineStr"/>
     </row>
     <row r="602">
       <c r="A602" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21426</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21451</t>
         </is>
       </c>
       <c r="B602" t="inlineStr">
         <is>
-          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>Allow joining via other rooms</t>
         </is>
       </c>
       <c r="C602" t="inlineStr">
         <is>
-          <t>Muuta listaa huoneista, joiden kautta tähän huoneeseen voi liittyä. Se on yleensä tämän huoneen virallinen yhteisö.</t>
+          <t>Salli liittyminen muiden huoneiden kautta</t>
         </is>
       </c>
       <c r="D602" t="inlineStr"/>
       <c r="E602" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F602" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>RoomSettingsDialogAllow joining via other rooms</t>
         </is>
       </c>
       <c r="G602" t="inlineStr"/>
       <c r="H602" t="inlineStr"/>
     </row>
     <row r="603">
       <c r="A603" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21470</t>
         </is>
       </c>
       <c r="B603" t="inlineStr">
         <is>
-          <t>Allow guests to join</t>
+          <t>Rooms to join via</t>
         </is>
       </c>
       <c r="C603" t="inlineStr">
         <is>
-          <t>Salli vieraiden liittyminen</t>
+          <t>Huoneet, joiden kautta voi liittyä</t>
         </is>
       </c>
       <c r="D603" t="inlineStr"/>
       <c r="E603" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F603" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow guests to join</t>
+          <t>RoomSettingsDialogRooms to join via</t>
         </is>
       </c>
       <c r="G603" t="inlineStr"/>
       <c r="H603" t="inlineStr"/>
     </row>
     <row r="604">
       <c r="A604" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21449</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21724</t>
         </is>
       </c>
       <c r="B604" t="inlineStr">
         <is>
-          <t>Apply access rules</t>
+          <t>Change</t>
         </is>
       </c>
       <c r="C604" t="inlineStr">
         <is>
-          <t>Saata pääsysäännöt voimaan</t>
+          <t>Muuta</t>
         </is>
       </c>
       <c r="D604" t="inlineStr"/>
       <c r="E604" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F604" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply access rules</t>
+          <t>RoomSettingsDialogChange</t>
         </is>
       </c>
       <c r="G604" t="inlineStr"/>
       <c r="H604" t="inlineStr"/>
     </row>
     <row r="605">
       <c r="A605" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21456</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21483</t>
         </is>
       </c>
       <c r="B605" t="inlineStr">
         <is>
-          <t>MESSAGE VISIBILITY</t>
-[...2 lines deleted...]
-      <c r="C605" t="inlineStr"/>
+          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+        </is>
+      </c>
+      <c r="C605" t="inlineStr">
+        <is>
+          <t>Muuta listaa huoneista, joiden kautta tähän huoneeseen voi liittyä. Se on yleensä tämän huoneen virallinen yhteisö.</t>
+        </is>
+      </c>
       <c r="D605" t="inlineStr"/>
       <c r="E605" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F605" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
+          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="G605" t="inlineStr"/>
       <c r="H605" t="inlineStr"/>
     </row>
     <row r="606">
       <c r="A606" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21465</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21489</t>
         </is>
       </c>
       <c r="B606" t="inlineStr">
         <is>
-          <t>Allow viewing history without joining</t>
+          <t>Allow guests to join</t>
         </is>
       </c>
       <c r="C606" t="inlineStr">
         <is>
-          <t>Salli historian selaaminen liittymättä</t>
+          <t>Salli vieraiden liittyminen</t>
         </is>
       </c>
       <c r="D606" t="inlineStr"/>
       <c r="E606" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F606" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow viewing history without joining</t>
+          <t>RoomSettingsDialogAllow guests to join</t>
         </is>
       </c>
       <c r="G606" t="inlineStr"/>
       <c r="H606" t="inlineStr"/>
     </row>
     <row r="607">
       <c r="A607" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21468</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21506</t>
         </is>
       </c>
       <c r="B607" t="inlineStr">
         <is>
-          <t>This is useful to see previews of the room or view it on public websites.</t>
-[...2 lines deleted...]
-      <c r="C607" t="inlineStr"/>
+          <t>Apply access rules</t>
+        </is>
+      </c>
+      <c r="C607" t="inlineStr">
+        <is>
+          <t>Saata pääsysäännöt voimaan</t>
+        </is>
+      </c>
       <c r="D607" t="inlineStr"/>
       <c r="E607" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F607" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
+          <t>RoomSettingsDialogApply access rules</t>
         </is>
       </c>
       <c r="G607" t="inlineStr"/>
       <c r="H607" t="inlineStr"/>
     </row>
     <row r="608">
       <c r="A608" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21488</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21513</t>
         </is>
       </c>
       <c r="B608" t="inlineStr">
         <is>
-          <t>Members can see messages since</t>
+          <t>MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C608" t="inlineStr"/>
       <c r="D608" t="inlineStr"/>
       <c r="E608" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F608" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can see messages since</t>
+          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G608" t="inlineStr"/>
       <c r="H608" t="inlineStr"/>
     </row>
     <row r="609">
       <c r="A609" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21492</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21522</t>
         </is>
       </c>
       <c r="B609" t="inlineStr">
         <is>
-          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
-[...2 lines deleted...]
-      <c r="C609" t="inlineStr"/>
+          <t>Allow viewing history without joining</t>
+        </is>
+      </c>
+      <c r="C609" t="inlineStr">
+        <is>
+          <t>Salli historian selaaminen liittymättä</t>
+        </is>
+      </c>
       <c r="D609" t="inlineStr"/>
       <c r="E609" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F609" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>RoomSettingsDialogAllow viewing history without joining</t>
         </is>
       </c>
       <c r="G609" t="inlineStr"/>
       <c r="H609" t="inlineStr"/>
     </row>
     <row r="610">
       <c r="A610" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21511</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21525</t>
         </is>
       </c>
       <c r="B610" t="inlineStr">
         <is>
-          <t>Everything</t>
-[...6 lines deleted...]
-      </c>
+          <t>This is useful to see previews of the room or view it on public websites.</t>
+        </is>
+      </c>
+      <c r="C610" t="inlineStr"/>
       <c r="D610" t="inlineStr"/>
       <c r="E610" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F610" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEverything</t>
+          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="G610" t="inlineStr"/>
       <c r="H610" t="inlineStr"/>
     </row>
     <row r="611">
       <c r="A611" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21512</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21545</t>
         </is>
       </c>
       <c r="B611" t="inlineStr">
         <is>
-          <t>As long as the user joined, they can see all previous messages.</t>
+          <t>Members can see messages since</t>
         </is>
       </c>
       <c r="C611" t="inlineStr"/>
       <c r="D611" t="inlineStr"/>
       <c r="E611" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F611" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
+          <t>RoomSettingsDialogMembers can see messages since</t>
         </is>
       </c>
       <c r="G611" t="inlineStr"/>
       <c r="H611" t="inlineStr"/>
     </row>
     <row r="612">
       <c r="A612" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21519</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21549</t>
         </is>
       </c>
       <c r="B612" t="inlineStr">
         <is>
-          <t>They got invited</t>
+          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="C612" t="inlineStr"/>
       <c r="D612" t="inlineStr"/>
       <c r="E612" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F612" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey got invited</t>
+          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="G612" t="inlineStr"/>
       <c r="H612" t="inlineStr"/>
     </row>
     <row r="613">
       <c r="A613" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21520</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21568</t>
         </is>
       </c>
       <c r="B613" t="inlineStr">
         <is>
-          <t>Members can only see messages from when they got invited going forward.</t>
-[...2 lines deleted...]
-      <c r="C613" t="inlineStr"/>
+          <t>Everything</t>
+        </is>
+      </c>
+      <c r="C613" t="inlineStr">
+        <is>
+          <t>Kaikki</t>
+        </is>
+      </c>
       <c r="D613" t="inlineStr"/>
       <c r="E613" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F613" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
+          <t>RoomSettingsDialogEverything</t>
         </is>
       </c>
       <c r="G613" t="inlineStr"/>
       <c r="H613" t="inlineStr"/>
     </row>
     <row r="614">
       <c r="A614" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21527</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21569</t>
         </is>
       </c>
       <c r="B614" t="inlineStr">
         <is>
-          <t>They joined</t>
+          <t>As long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="C614" t="inlineStr"/>
       <c r="D614" t="inlineStr"/>
       <c r="E614" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F614" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey joined</t>
+          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="G614" t="inlineStr"/>
       <c r="H614" t="inlineStr"/>
     </row>
     <row r="615">
       <c r="A615" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21528</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21576</t>
         </is>
       </c>
       <c r="B615" t="inlineStr">
         <is>
-          <t>Members can only see messages since after they joined.</t>
+          <t>They got invited</t>
         </is>
       </c>
       <c r="C615" t="inlineStr"/>
       <c r="D615" t="inlineStr"/>
       <c r="E615" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F615" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
+          <t>RoomSettingsDialogThey got invited</t>
         </is>
       </c>
       <c r="G615" t="inlineStr"/>
       <c r="H615" t="inlineStr"/>
     </row>
     <row r="616">
       <c r="A616" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21538</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21577</t>
         </is>
       </c>
       <c r="B616" t="inlineStr">
         <is>
-          <t>Apply visibility changes</t>
-[...6 lines deleted...]
-      </c>
+          <t>Members can only see messages from when they got invited going forward.</t>
+        </is>
+      </c>
+      <c r="C616" t="inlineStr"/>
       <c r="D616" t="inlineStr"/>
       <c r="E616" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F616" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply visibility changes</t>
+          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="G616" t="inlineStr"/>
       <c r="H616" t="inlineStr"/>
     </row>
     <row r="617">
       <c r="A617" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21554</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
         </is>
       </c>
       <c r="B617" t="inlineStr">
         <is>
-          <t>Locally hidden events</t>
-[...6 lines deleted...]
-      </c>
+          <t>They joined</t>
+        </is>
+      </c>
+      <c r="C617" t="inlineStr"/>
       <c r="D617" t="inlineStr"/>
       <c r="E617" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F617" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogLocally hidden events</t>
+          <t>RoomSettingsDialogThey joined</t>
         </is>
       </c>
       <c r="G617" t="inlineStr"/>
       <c r="H617" t="inlineStr"/>
     </row>
     <row r="618">
       <c r="A618" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21655</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21585</t>
         </is>
       </c>
       <c r="B618" t="inlineStr">
         <is>
-          <t>Configure</t>
-[...6 lines deleted...]
-      </c>
+          <t>Members can only see messages since after they joined.</t>
+        </is>
+      </c>
+      <c r="C618" t="inlineStr"/>
       <c r="D618" t="inlineStr"/>
       <c r="E618" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F618" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogConfigure</t>
+          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="G618" t="inlineStr"/>
       <c r="H618" t="inlineStr"/>
     </row>
     <row r="619">
       <c r="A619" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21566</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21595</t>
         </is>
       </c>
       <c r="B619" t="inlineStr">
         <is>
-          <t>Select events to hide in this room</t>
+          <t>Apply visibility changes</t>
         </is>
       </c>
       <c r="C619" t="inlineStr">
         <is>
-          <t>Valitse huoneesta piilotettavat tapahtumat</t>
+          <t>Toteuta näkyvyysmuutokset</t>
         </is>
       </c>
       <c r="D619" t="inlineStr"/>
       <c r="E619" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F619" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect events to hide in this room</t>
+          <t>RoomSettingsDialogApply visibility changes</t>
         </is>
       </c>
       <c r="G619" t="inlineStr"/>
       <c r="H619" t="inlineStr"/>
     </row>
     <row r="620">
       <c r="A620" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21572</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21611</t>
         </is>
       </c>
       <c r="B620" t="inlineStr">
         <is>
-          <t>Automatic event deletion</t>
-[...2 lines deleted...]
-      <c r="C620" t="inlineStr"/>
+          <t>Locally hidden events</t>
+        </is>
+      </c>
+      <c r="C620" t="inlineStr">
+        <is>
+          <t>Paikallisesti piilotetut tapahtumat</t>
+        </is>
+      </c>
       <c r="D620" t="inlineStr"/>
       <c r="E620" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F620" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAutomatic event deletion</t>
+          <t>RoomSettingsDialogLocally hidden events</t>
         </is>
       </c>
       <c r="G620" t="inlineStr"/>
       <c r="H620" t="inlineStr"/>
     </row>
     <row r="621">
       <c r="A621" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21712</t>
         </is>
       </c>
       <c r="B621" t="inlineStr">
         <is>
-          <t>Select if your events get automatically deleted in this room.</t>
-[...2 lines deleted...]
-      <c r="C621" t="inlineStr"/>
+          <t>Configure</t>
+        </is>
+      </c>
+      <c r="C621" t="inlineStr">
+        <is>
+          <t>Määritä</t>
+        </is>
+      </c>
       <c r="D621" t="inlineStr"/>
       <c r="E621" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F621" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
+          <t>RoomSettingsDialogConfigure</t>
         </is>
       </c>
       <c r="G621" t="inlineStr"/>
       <c r="H621" t="inlineStr"/>
     </row>
     <row r="622">
       <c r="A622" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21590</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21623</t>
         </is>
       </c>
       <c r="B622" t="inlineStr">
         <is>
-          <t>GENERAL SETTINGS</t>
+          <t>Select events to hide in this room</t>
         </is>
       </c>
       <c r="C622" t="inlineStr">
         <is>
-          <t>YLEISASETUKSET</t>
+          <t>Valitse huoneesta piilotettavat tapahtumat</t>
         </is>
       </c>
       <c r="D622" t="inlineStr"/>
       <c r="E622" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F622" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogGENERAL SETTINGS</t>
+          <t>RoomSettingsDialogSelect events to hide in this room</t>
         </is>
       </c>
       <c r="G622" t="inlineStr"/>
       <c r="H622" t="inlineStr"/>
     </row>
     <row r="623">
       <c r="A623" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21599</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21629</t>
         </is>
       </c>
       <c r="B623" t="inlineStr">
         <is>
-          <t>Encryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>Automatic event deletion</t>
+        </is>
+      </c>
+      <c r="C623" t="inlineStr"/>
       <c r="D623" t="inlineStr"/>
       <c r="E623" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F623" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption</t>
+          <t>RoomSettingsDialogAutomatic event deletion</t>
         </is>
       </c>
       <c r="G623" t="inlineStr"/>
       <c r="H623" t="inlineStr"/>
     </row>
     <row r="624">
       <c r="A624" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21621</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21641</t>
         </is>
       </c>
       <c r="B624" t="inlineStr">
         <is>
-          <t>End-to-End Encryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>Select if your events get automatically deleted in this room.</t>
+        </is>
+      </c>
+      <c r="C624" t="inlineStr"/>
       <c r="D624" t="inlineStr"/>
       <c r="E624" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F624" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEnd-to-End Encryption</t>
+          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="G624" t="inlineStr"/>
       <c r="H624" t="inlineStr"/>
     </row>
     <row r="625">
       <c r="A625" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21622</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21647</t>
         </is>
       </c>
       <c r="B625" t="inlineStr">
+        <is>
+          <t>GENERAL SETTINGS</t>
+        </is>
+      </c>
+      <c r="C625" t="inlineStr">
+        <is>
+          <t>YLEISASETUKSET</t>
+        </is>
+      </c>
+      <c r="D625" t="inlineStr"/>
+      <c r="E625" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F625" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogGENERAL SETTINGS</t>
+        </is>
+      </c>
+      <c r="G625" t="inlineStr"/>
+      <c r="H625" t="inlineStr"/>
+    </row>
+    <row r="626">
+      <c r="A626" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+        </is>
+      </c>
+      <c r="B626" t="inlineStr">
+        <is>
+          <t>Encryption</t>
+        </is>
+      </c>
+      <c r="C626" t="inlineStr">
+        <is>
+          <t>Salaus</t>
+        </is>
+      </c>
+      <c r="D626" t="inlineStr"/>
+      <c r="E626" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F626" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogEncryption</t>
+        </is>
+      </c>
+      <c r="G626" t="inlineStr"/>
+      <c r="H626" t="inlineStr"/>
+    </row>
+    <row r="627">
+      <c r="A627" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21678</t>
+        </is>
+      </c>
+      <c r="B627" t="inlineStr">
+        <is>
+          <t>End-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="C627" t="inlineStr">
+        <is>
+          <t>Päästä-päähän-salaus</t>
+        </is>
+      </c>
+      <c r="D627" t="inlineStr"/>
+      <c r="E627" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F627" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogEnd-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="G627" t="inlineStr"/>
+      <c r="H627" t="inlineStr"/>
+    </row>
+    <row r="628">
+      <c r="A628" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21679</t>
+        </is>
+      </c>
+      <c r="B628" t="inlineStr">
         <is>
           <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
                                 Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
-      <c r="C625" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F625" t="inlineStr">
+      <c r="C628" t="inlineStr"/>
+      <c r="D628" t="inlineStr"/>
+      <c r="E628" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F628" t="inlineStr">
         <is>
           <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
                                 Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
-      <c r="G625" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G628" t="inlineStr"/>
       <c r="H628" t="inlineStr"/>
     </row>
     <row r="629">
       <c r="A629" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21695</t>
         </is>
       </c>
       <c r="B629" t="inlineStr">
         <is>
-          <t>View and change the addresses/aliases of this room</t>
+          <t>Permissions</t>
         </is>
       </c>
       <c r="C629" t="inlineStr">
         <is>
-          <t>Näytä ja muuta tämän huoneen osoitteita ja aliaksia</t>
+          <t>Oikeudet</t>
         </is>
       </c>
       <c r="D629" t="inlineStr"/>
       <c r="E629" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F629" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
+          <t>RoomSettingsDialogPermission</t>
         </is>
       </c>
       <c r="G629" t="inlineStr"/>
       <c r="H629" t="inlineStr"/>
     </row>
     <row r="630">
       <c r="A630" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21662</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21701</t>
         </is>
       </c>
       <c r="B630" t="inlineStr">
         <is>
-          <t>Sticker &amp; Emote Settings</t>
+          <t>View and change the permissions in this room</t>
         </is>
       </c>
       <c r="C630" t="inlineStr">
         <is>
-          <t>Tarra- ja emojiasetukset</t>
+          <t>Näytä ja muuta oikeuksia tässä huoneessa</t>
         </is>
       </c>
       <c r="D630" t="inlineStr"/>
       <c r="E630" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F630" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
+          <t>RoomSettingsDialogView and change the permissions in this room</t>
         </is>
       </c>
       <c r="G630" t="inlineStr"/>
       <c r="H630" t="inlineStr"/>
     </row>
     <row r="631">
       <c r="A631" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21668</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21707</t>
         </is>
       </c>
       <c r="B631" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>Aliases</t>
         </is>
       </c>
       <c r="C631" t="inlineStr">
         <is>
-          <t>Muuta käytössä olevia paketteja, poista tai luo uusia paketteja</t>
+          <t>Aliakset</t>
         </is>
       </c>
       <c r="D631" t="inlineStr"/>
       <c r="E631" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F631" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogAliases</t>
+        </is>
+      </c>
+      <c r="G631" t="inlineStr"/>
       <c r="H631" t="inlineStr"/>
     </row>
     <row r="632">
       <c r="A632" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21674</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21713</t>
         </is>
       </c>
       <c r="B632" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>View and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="C632" t="inlineStr">
         <is>
-          <t>TIETOA</t>
+          <t>Näytä ja muuta tämän huoneen osoitteita ja aliaksia</t>
         </is>
       </c>
       <c r="D632" t="inlineStr"/>
       <c r="E632" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F632" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogINFO</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
+        </is>
+      </c>
+      <c r="G632" t="inlineStr"/>
       <c r="H632" t="inlineStr"/>
     </row>
     <row r="633">
       <c r="A633" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21683</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21719</t>
         </is>
       </c>
       <c r="B633" t="inlineStr">
         <is>
-          <t>Internal ID</t>
+          <t>Sticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="C633" t="inlineStr">
         <is>
-          <t>Sisäinen ID</t>
+          <t>Tarra- ja emojiasetukset</t>
         </is>
       </c>
       <c r="D633" t="inlineStr"/>
       <c r="E633" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F633" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogInternal ID</t>
+          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="G633" t="inlineStr"/>
       <c r="H633" t="inlineStr"/>
     </row>
     <row r="634">
       <c r="A634" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21699</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21725</t>
         </is>
       </c>
       <c r="B634" t="inlineStr">
         <is>
-          <t>Copied to clipboard</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C634" t="inlineStr">
         <is>
-          <t>Kopioitu leikepöydälle</t>
+          <t>Muuta käytössä olevia paketteja, poista tai luo uusia paketteja</t>
         </is>
       </c>
       <c r="D634" t="inlineStr"/>
       <c r="E634" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F634" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogCopied to clipboard</t>
-[...2 lines deleted...]
-      <c r="G634" t="inlineStr"/>
+          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
+        </is>
+      </c>
+      <c r="G634" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Muuta käytössä olevia paketteja, poista tai luo uusia paketteja</t>
+        </is>
+      </c>
       <c r="H634" t="inlineStr"/>
     </row>
     <row r="635">
       <c r="A635" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21718</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21731</t>
         </is>
       </c>
       <c r="B635" t="inlineStr">
         <is>
-          <t>Room Version</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C635" t="inlineStr">
         <is>
-          <t>Huoneen versio</t>
+          <t>TIETOA</t>
         </is>
       </c>
       <c r="D635" t="inlineStr"/>
       <c r="E635" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F635" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Version</t>
-[...2 lines deleted...]
-      <c r="G635" t="inlineStr"/>
+          <t>RoomSettingsDialogINFO</t>
+        </is>
+      </c>
+      <c r="G635" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: TIETOA</t>
+        </is>
+      </c>
       <c r="H635" t="inlineStr"/>
     </row>
     <row r="636">
       <c r="A636" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21740</t>
         </is>
       </c>
       <c r="B636" t="inlineStr">
         <is>
-          <t>show less</t>
+          <t>Internal ID</t>
         </is>
       </c>
       <c r="C636" t="inlineStr">
         <is>
-          <t>näytä vähemmän</t>
+          <t>Sisäinen ID</t>
         </is>
       </c>
       <c r="D636" t="inlineStr"/>
       <c r="E636" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F636" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow less</t>
+          <t>RoomSettingsDialogInternal ID</t>
         </is>
       </c>
       <c r="G636" t="inlineStr"/>
       <c r="H636" t="inlineStr"/>
     </row>
     <row r="637">
       <c r="A637" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21757</t>
         </is>
       </c>
       <c r="B637" t="inlineStr">
         <is>
-          <t>show more</t>
+          <t>Copied to clipboard</t>
         </is>
       </c>
       <c r="C637" t="inlineStr">
         <is>
-          <t>näytä enemmän</t>
+          <t>Kopioitu leikepöydälle</t>
         </is>
       </c>
       <c r="D637" t="inlineStr"/>
       <c r="E637" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F637" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow more</t>
+          <t>RoomSettingsDialogCopied to clipboard</t>
         </is>
       </c>
       <c r="G637" t="inlineStr"/>
       <c r="H637" t="inlineStr"/>
     </row>
     <row r="638">
       <c r="A638" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21896</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21777</t>
         </is>
       </c>
       <c r="B638" t="inlineStr">
         <is>
-          <t>Pending invite.</t>
+          <t>Room Version</t>
         </is>
       </c>
       <c r="C638" t="inlineStr">
         <is>
-          <t>Vastausta odottava kutsu.</t>
+          <t>Huoneen versio</t>
         </is>
       </c>
       <c r="D638" t="inlineStr"/>
       <c r="E638" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F638" t="inlineStr">
         <is>
-          <t>RoomlistModelPending invite.</t>
+          <t>RoomSettingsDialogRoom Version</t>
         </is>
       </c>
       <c r="G638" t="inlineStr"/>
       <c r="H638" t="inlineStr"/>
     </row>
     <row r="639">
       <c r="A639" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21925</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B639" t="inlineStr">
         <is>
-          <t>Previewing this room</t>
+          <t>show less</t>
         </is>
       </c>
       <c r="C639" t="inlineStr">
         <is>
-          <t>Esikatsellaan tätä huonetta</t>
+          <t>näytä vähemmän</t>
         </is>
       </c>
       <c r="D639" t="inlineStr"/>
       <c r="E639" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F639" t="inlineStr">
         <is>
-          <t>RoomlistModelPreviewing this room</t>
+          <t>RoomSettingsDialogshow less</t>
         </is>
       </c>
       <c r="G639" t="inlineStr"/>
       <c r="H639" t="inlineStr"/>
     </row>
     <row r="640">
       <c r="A640" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21958</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B640" t="inlineStr">
         <is>
-          <t>No preview available</t>
+          <t>show more</t>
         </is>
       </c>
       <c r="C640" t="inlineStr">
         <is>
-          <t>Esikatselua ei saatavilla</t>
+          <t>näytä enemmän</t>
         </is>
       </c>
       <c r="D640" t="inlineStr"/>
       <c r="E640" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F640" t="inlineStr">
         <is>
-          <t>RoomlistModelNo preview available</t>
+          <t>RoomSettingsDialogshow more</t>
         </is>
       </c>
       <c r="G640" t="inlineStr"/>
       <c r="H640" t="inlineStr"/>
     </row>
     <row r="641">
       <c r="A641" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21960</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21955</t>
         </is>
       </c>
       <c r="B641" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible</t>
-[...2 lines deleted...]
-      <c r="C641" t="inlineStr"/>
+          <t>Pending invite.</t>
+        </is>
+      </c>
+      <c r="C641" t="inlineStr">
+        <is>
+          <t>Vastausta odottava kutsu.</t>
+        </is>
+      </c>
       <c r="D641" t="inlineStr"/>
       <c r="E641" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F641" t="inlineStr">
         <is>
-          <t>RoomlistModelThis room is possibly inaccessible</t>
+          <t>RoomlistModelPending invite.</t>
         </is>
       </c>
       <c r="G641" t="inlineStr"/>
       <c r="H641" t="inlineStr"/>
     </row>
     <row r="642">
       <c r="A642" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22268</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21984</t>
         </is>
       </c>
       <c r="B642" t="inlineStr">
         <is>
-          <t>Please enter your login password to continue:</t>
+          <t>Previewing this room</t>
         </is>
       </c>
       <c r="C642" t="inlineStr">
         <is>
-          <t>Syötä sisäänkirjautumisen salasanasi jatkaaksesi:</t>
+          <t>Esikatsellaan tätä huonetta</t>
         </is>
       </c>
       <c r="D642" t="inlineStr"/>
       <c r="E642" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F642" t="inlineStr">
         <is>
-          <t>RootPlease enter your login password to continue:</t>
+          <t>RoomlistModelPreviewing this room</t>
         </is>
       </c>
       <c r="G642" t="inlineStr"/>
       <c r="H642" t="inlineStr"/>
     </row>
     <row r="643">
       <c r="A643" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22278</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22017</t>
         </is>
       </c>
       <c r="B643" t="inlineStr">
         <is>
-          <t>Please enter a valid email address to continue:</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C643" t="inlineStr">
         <is>
-          <t>Syötä oikea sähköposti-osoite jatkaaksesi:</t>
+          <t>Esikatselua ei saatavilla</t>
         </is>
       </c>
       <c r="D643" t="inlineStr"/>
       <c r="E643" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F643" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid email address to continue:</t>
+          <t>RoomlistModelNo preview available</t>
         </is>
       </c>
       <c r="G643" t="inlineStr"/>
       <c r="H643" t="inlineStr"/>
     </row>
     <row r="644">
       <c r="A644" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22288</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22019</t>
         </is>
       </c>
       <c r="B644" t="inlineStr">
         <is>
-          <t>Please enter a valid phone number to continue:</t>
-[...6 lines deleted...]
-      </c>
+          <t>This room is possibly inaccessible</t>
+        </is>
+      </c>
+      <c r="C644" t="inlineStr"/>
       <c r="D644" t="inlineStr"/>
       <c r="E644" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F644" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid phone number to continue:</t>
+          <t>RoomlistModelThis room is possibly inaccessible</t>
         </is>
       </c>
       <c r="G644" t="inlineStr"/>
       <c r="H644" t="inlineStr"/>
     </row>
     <row r="645">
       <c r="A645" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22298</t>
+          <t>../qml/Root.qml:22327</t>
         </is>
       </c>
       <c r="B645" t="inlineStr">
         <is>
-          <t>Please enter the token which has been sent to you:</t>
+          <t>Please enter your login password to continue:</t>
         </is>
       </c>
       <c r="C645" t="inlineStr">
         <is>
-          <t>Syötä sinulle lähetetty tunnisteväline:</t>
+          <t>Syötä sisäänkirjautumisen salasanasi jatkaaksesi:</t>
         </is>
       </c>
       <c r="D645" t="inlineStr"/>
       <c r="E645" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F645" t="inlineStr">
         <is>
-          <t>RootPlease enter the token which has been sent to you:</t>
+          <t>RootPlease enter your login password to continue:</t>
         </is>
       </c>
       <c r="G645" t="inlineStr"/>
       <c r="H645" t="inlineStr"/>
     </row>
     <row r="646">
       <c r="A646" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22309</t>
+          <t>../qml/Root.qml:22337</t>
         </is>
       </c>
       <c r="B646" t="inlineStr">
         <is>
-          <t>Wait for the confirmation link to arrive, then continue.</t>
+          <t>Please enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="C646" t="inlineStr">
         <is>
-          <t>Odota vahvistuslinkin saapumista, sitten jatka.</t>
+          <t>Syötä oikea sähköposti-osoite jatkaaksesi:</t>
         </is>
       </c>
       <c r="D646" t="inlineStr"/>
       <c r="E646" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F646" t="inlineStr">
         <is>
-          <t>RootWait for the confirmation link to arrive, then continue.</t>
+          <t>RootPlease enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="G646" t="inlineStr"/>
       <c r="H646" t="inlineStr"/>
     </row>
     <row r="647">
       <c r="A647" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22339</t>
+          <t>../qml/Root.qml:22347</t>
         </is>
       </c>
       <c r="B647" t="inlineStr">
         <is>
-          <t>Share desktop with %1?</t>
+          <t>Please enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="C647" t="inlineStr">
         <is>
-          <t>Jaa työpöytä käyttäjän %1 kanssa?</t>
+          <t>Syötä oikea puhelinnumero jatkaaksesi:</t>
         </is>
       </c>
       <c r="D647" t="inlineStr"/>
       <c r="E647" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F647" t="inlineStr">
         <is>
-          <t>ScreenShareShare desktop with %1?</t>
+          <t>RootPlease enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="G647" t="inlineStr"/>
       <c r="H647" t="inlineStr"/>
     </row>
     <row r="648">
       <c r="A648" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22350</t>
+          <t>../qml/Root.qml:22357</t>
         </is>
       </c>
       <c r="B648" t="inlineStr">
         <is>
-          <t>Method:</t>
+          <t>Please enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="C648" t="inlineStr">
         <is>
-          <t>Tapa:</t>
+          <t>Syötä sinulle lähetetty tunnisteväline:</t>
         </is>
       </c>
       <c r="D648" t="inlineStr"/>
       <c r="E648" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F648" t="inlineStr">
         <is>
-          <t>ScreenShareMethod:</t>
+          <t>RootPlease enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="G648" t="inlineStr"/>
       <c r="H648" t="inlineStr"/>
     </row>
     <row r="649">
       <c r="A649" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22370</t>
+          <t>../qml/Root.qml:22368</t>
         </is>
       </c>
       <c r="B649" t="inlineStr">
         <is>
-          <t>Window:</t>
+          <t>Wait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="C649" t="inlineStr">
         <is>
-          <t>Ikkuna:</t>
+          <t>Odota vahvistuslinkin saapumista, sitten jatka.</t>
         </is>
       </c>
       <c r="D649" t="inlineStr"/>
       <c r="E649" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F649" t="inlineStr">
         <is>
-          <t>ScreenShareWindow:</t>
+          <t>RootWait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="G649" t="inlineStr"/>
       <c r="H649" t="inlineStr"/>
     </row>
     <row r="650">
       <c r="A650" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22385</t>
+          <t>../qml/voip/ScreenShare.qml:22398</t>
         </is>
       </c>
       <c r="B650" t="inlineStr">
         <is>
-          <t>Request screencast</t>
+          <t>Share desktop with %1?</t>
         </is>
       </c>
       <c r="C650" t="inlineStr">
         <is>
-          <t>Pyydä näytönjakoa</t>
+          <t>Jaa työpöytä käyttäjän %1 kanssa?</t>
         </is>
       </c>
       <c r="D650" t="inlineStr"/>
       <c r="E650" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F650" t="inlineStr">
         <is>
-          <t>ScreenShareRequest screencast</t>
+          <t>ScreenShareShare desktop with %1?</t>
         </is>
       </c>
       <c r="G650" t="inlineStr"/>
       <c r="H650" t="inlineStr"/>
     </row>
     <row r="651">
       <c r="A651" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22401</t>
+          <t>../qml/voip/ScreenShare.qml:22409</t>
         </is>
       </c>
       <c r="B651" t="inlineStr">
         <is>
-          <t>Frame rate:</t>
+          <t>Method:</t>
         </is>
       </c>
       <c r="C651" t="inlineStr">
         <is>
-          <t>Ruutunopeus:</t>
+          <t>Tapa:</t>
         </is>
       </c>
       <c r="D651" t="inlineStr"/>
       <c r="E651" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F651" t="inlineStr">
         <is>
-          <t>ScreenShareFrame rate:</t>
+          <t>ScreenShareMethod:</t>
         </is>
       </c>
       <c r="G651" t="inlineStr"/>
       <c r="H651" t="inlineStr"/>
     </row>
     <row r="652">
       <c r="A652" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22420</t>
+          <t>../qml/voip/ScreenShare.qml:22429</t>
         </is>
       </c>
       <c r="B652" t="inlineStr">
         <is>
-          <t>Include your camera picture-in-picture</t>
+          <t>Window:</t>
         </is>
       </c>
       <c r="C652" t="inlineStr">
         <is>
-          <t>Sisällytä kamerasi kuva kuvassa -tilaan</t>
+          <t>Ikkuna:</t>
         </is>
       </c>
       <c r="D652" t="inlineStr"/>
       <c r="E652" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F652" t="inlineStr">
         <is>
-          <t>ScreenShareInclude your camera picture-in-picture</t>
+          <t>ScreenShareWindow:</t>
         </is>
       </c>
       <c r="G652" t="inlineStr"/>
       <c r="H652" t="inlineStr"/>
     </row>
     <row r="653">
       <c r="A653" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22432</t>
+          <t>../qml/voip/ScreenShare.qml:22444</t>
         </is>
       </c>
       <c r="B653" t="inlineStr">
         <is>
-          <t>Request remote camera</t>
+          <t>Request screencast</t>
         </is>
       </c>
       <c r="C653" t="inlineStr">
         <is>
-          <t>Pyydä etäkameraa</t>
+          <t>Pyydä näytönjakoa</t>
         </is>
       </c>
       <c r="D653" t="inlineStr"/>
       <c r="E653" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F653" t="inlineStr">
         <is>
-          <t>ScreenShareRequest remote camera</t>
+          <t>ScreenShareRequest screencast</t>
         </is>
       </c>
       <c r="G653" t="inlineStr"/>
       <c r="H653" t="inlineStr"/>
     </row>
     <row r="654">
       <c r="A654" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22442</t>
+          <t>../qml/voip/ScreenShare.qml:22460</t>
         </is>
       </c>
       <c r="B654" t="inlineStr">
         <is>
-          <t>View your callee's camera like a regular video call</t>
+          <t>Frame rate:</t>
         </is>
       </c>
       <c r="C654" t="inlineStr">
         <is>
-          <t>Näytä puhelun vastaanottajan kamera tavallisen videopuhelun tapaan</t>
+          <t>Ruutunopeus:</t>
         </is>
       </c>
       <c r="D654" t="inlineStr"/>
       <c r="E654" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F654" t="inlineStr">
         <is>
-          <t>ScreenShareView your callee's camera like a regular video call</t>
+          <t>ScreenShareFrame rate:</t>
         </is>
       </c>
       <c r="G654" t="inlineStr"/>
       <c r="H654" t="inlineStr"/>
     </row>
     <row r="655">
       <c r="A655" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22447</t>
+          <t>../qml/voip/ScreenShare.qml:22479</t>
         </is>
       </c>
       <c r="B655" t="inlineStr">
         <is>
-          <t>Hide mouse cursor</t>
+          <t>Include your camera picture-in-picture</t>
         </is>
       </c>
       <c r="C655" t="inlineStr">
         <is>
-          <t>Piilota hiiren kursori</t>
+          <t>Sisällytä kamerasi kuva kuvassa -tilaan</t>
         </is>
       </c>
       <c r="D655" t="inlineStr"/>
       <c r="E655" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F655" t="inlineStr">
         <is>
-          <t>ScreenShareHide mouse cursor</t>
+          <t>ScreenShareInclude your camera picture-in-picture</t>
         </is>
       </c>
       <c r="G655" t="inlineStr"/>
       <c r="H655" t="inlineStr"/>
     </row>
     <row r="656">
       <c r="A656" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22468</t>
+          <t>../qml/voip/ScreenShare.qml:22491</t>
         </is>
       </c>
       <c r="B656" t="inlineStr">
         <is>
-          <t>Share</t>
+          <t>Request remote camera</t>
         </is>
       </c>
       <c r="C656" t="inlineStr">
         <is>
-          <t>Jaa</t>
+          <t>Pyydä etäkameraa</t>
         </is>
       </c>
       <c r="D656" t="inlineStr"/>
       <c r="E656" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F656" t="inlineStr">
         <is>
-          <t>ScreenShareShare</t>
+          <t>ScreenShareRequest remote camera</t>
         </is>
       </c>
       <c r="G656" t="inlineStr"/>
       <c r="H656" t="inlineStr"/>
     </row>
     <row r="657">
       <c r="A657" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22484</t>
+          <t>../qml/voip/ScreenShare.qml:22501</t>
         </is>
       </c>
       <c r="B657" t="inlineStr">
         <is>
-          <t>Preview</t>
+          <t>View your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="C657" t="inlineStr">
         <is>
-          <t>Esikatsele</t>
+          <t>Näytä puhelun vastaanottajan kamera tavallisen videopuhelun tapaan</t>
         </is>
       </c>
       <c r="D657" t="inlineStr"/>
       <c r="E657" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F657" t="inlineStr">
         <is>
-          <t>ScreenSharePreview</t>
+          <t>ScreenShareView your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="G657" t="inlineStr"/>
       <c r="H657" t="inlineStr"/>
     </row>
     <row r="658">
       <c r="A658" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22491</t>
+          <t>../qml/voip/ScreenShare.qml:22506</t>
         </is>
       </c>
       <c r="B658" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Hide mouse cursor</t>
         </is>
       </c>
       <c r="C658" t="inlineStr">
         <is>
-          <t>Peruuta</t>
+          <t>Piilota hiiren kursori</t>
         </is>
       </c>
       <c r="D658" t="inlineStr"/>
       <c r="E658" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F658" t="inlineStr">
         <is>
-          <t>ScreenShareCancel</t>
+          <t>ScreenShareHide mouse cursor</t>
         </is>
       </c>
       <c r="G658" t="inlineStr"/>
       <c r="H658" t="inlineStr"/>
     </row>
     <row r="659">
       <c r="A659" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17370</t>
+          <t>../qml/voip/ScreenShare.qml:22527</t>
         </is>
       </c>
       <c r="B659" t="inlineStr">
         <is>
-          <t>Failed to connect to secret storage</t>
+          <t>Share</t>
         </is>
       </c>
       <c r="C659" t="inlineStr">
         <is>
-          <t>Salattuun tallennustilaan ei saatu yhteyttä</t>
+          <t>Jaa</t>
         </is>
       </c>
       <c r="D659" t="inlineStr"/>
       <c r="E659" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F659" t="inlineStr">
         <is>
-          <t>SecretStorageFailed to connect to secret storage</t>
+          <t>ScreenShareShare</t>
         </is>
       </c>
       <c r="G659" t="inlineStr"/>
       <c r="H659" t="inlineStr"/>
     </row>
     <row r="660">
       <c r="A660" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17371</t>
+          <t>../qml/voip/ScreenShare.qml:22543</t>
         </is>
       </c>
       <c r="B660" t="inlineStr">
         <is>
-          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>Preview</t>
         </is>
       </c>
       <c r="C660" t="inlineStr">
         <is>
-          <t>Nheko ei pystynyt yhdistämään salattuun tallennustilaan tallentamaan salaukseen kuuluvia salaisuuksia. Tämä voi johtua useasta syystä. Tarkista, onko D-Bus-palvelu käynnissä ja oletko määrittänyt alustallesi palvelun kuten KWallet, Gnome Keyring, KeePassXC tai vastaavan. Jos sinulla on ongelmia, voit luoda vikailmoituksen täällä: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>Esikatsele</t>
         </is>
       </c>
       <c r="D660" t="inlineStr"/>
       <c r="E660" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F660" t="inlineStr">
         <is>
-          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>ScreenSharePreview</t>
         </is>
       </c>
       <c r="G660" t="inlineStr"/>
       <c r="H660" t="inlineStr"/>
     </row>
     <row r="661">
       <c r="A661" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17421</t>
+          <t>../qml/voip/ScreenShare.qml:22550</t>
         </is>
       </c>
       <c r="B661" t="inlineStr">
         <is>
-          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C661" t="inlineStr">
         <is>
-          <t>Tämä on palautusavaimesi. Tarvitset sitä palauttaaksesi pääsysi salttuihin viesteihisi, sekä varmistusavaimiin. Pidä tämä turvassa. Älä jaa sitä kenellekään äläkä kadota sitä! Älä kulje lähtöruudun kautta! Et saa M̶ 200!</t>
+          <t>Peruuta</t>
         </is>
       </c>
       <c r="D661" t="inlineStr"/>
       <c r="E661" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F661" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>ScreenShareCancel</t>
         </is>
       </c>
       <c r="G661" t="inlineStr"/>
       <c r="H661" t="inlineStr"/>
     </row>
     <row r="662">
       <c r="A662" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17442</t>
+          <t>../../src/Cache.cpp:17430</t>
         </is>
       </c>
       <c r="B662" t="inlineStr">
         <is>
-          <t>Encryption setup successfully</t>
+          <t>Failed to connect to secret storage</t>
         </is>
       </c>
       <c r="C662" t="inlineStr">
         <is>
-          <t>Salaus määritetty onnistuneesti</t>
+          <t>Salattuun tallennustilaan ei saatu yhteyttä</t>
         </is>
       </c>
       <c r="D662" t="inlineStr"/>
       <c r="E662" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F662" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckEncryption setup successfully</t>
+          <t>SecretStorageFailed to connect to secret storage</t>
         </is>
       </c>
       <c r="G662" t="inlineStr"/>
       <c r="H662" t="inlineStr"/>
     </row>
     <row r="663">
       <c r="A663" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17450</t>
+          <t>../../src/Cache.cpp:17431</t>
         </is>
       </c>
       <c r="B663" t="inlineStr">
         <is>
-          <t>Failed to setup encryption: %1</t>
+          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="C663" t="inlineStr">
         <is>
-          <t>Salauksen aktivointi epäonnistui: %1</t>
+          <t>Nheko ei pystynyt yhdistämään salattuun tallennustilaan tallentamaan salaukseen kuuluvia salaisuuksia. Tämä voi johtua useasta syystä. Tarkista, onko D-Bus-palvelu käynnissä ja oletko määrittänyt alustallesi palvelun kuten KWallet, Gnome Keyring, KeePassXC tai vastaavan. Jos sinulla on ongelmia, voit luoda vikailmoituksen täällä: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="D663" t="inlineStr"/>
       <c r="E663" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F663" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
+          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="G663" t="inlineStr"/>
       <c r="H663" t="inlineStr"/>
     </row>
     <row r="664">
       <c r="A664" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17482</t>
+          <t>../qml/SelfVerificationCheck.qml:17481</t>
         </is>
       </c>
       <c r="B664" t="inlineStr">
         <is>
-          <t>Setup Encryption</t>
+          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="C664" t="inlineStr">
         <is>
-          <t>Määritä salaus</t>
+          <t>Tämä on palautusavaimesi. Tarvitset sitä palauttaaksesi pääsysi salttuihin viesteihisi, sekä varmistusavaimiin. Pidä tämä turvassa. Älä jaa sitä kenellekään äläkä kadota sitä! Älä kulje lähtöruudun kautta! Et saa M̶ 200!</t>
         </is>
       </c>
       <c r="D664" t="inlineStr"/>
       <c r="E664" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F664" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckSetup Encryption</t>
+          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="G664" t="inlineStr"/>
       <c r="H664" t="inlineStr"/>
     </row>
     <row r="665">
       <c r="A665" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17491</t>
+          <t>../qml/SelfVerificationCheck.qml:17502</t>
         </is>
       </c>
       <c r="B665" t="inlineStr">
+        <is>
+          <t>Encryption setup successfully</t>
+        </is>
+      </c>
+      <c r="C665" t="inlineStr">
+        <is>
+          <t>Salaus määritetty onnistuneesti</t>
+        </is>
+      </c>
+      <c r="D665" t="inlineStr"/>
+      <c r="E665" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F665" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckEncryption setup successfully</t>
+        </is>
+      </c>
+      <c r="G665" t="inlineStr"/>
+      <c r="H665" t="inlineStr"/>
+    </row>
+    <row r="666">
+      <c r="A666" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17510</t>
+        </is>
+      </c>
+      <c r="B666" t="inlineStr">
+        <is>
+          <t>Failed to setup encryption: %1</t>
+        </is>
+      </c>
+      <c r="C666" t="inlineStr">
+        <is>
+          <t>Salauksen aktivointi epäonnistui: %1</t>
+        </is>
+      </c>
+      <c r="D666" t="inlineStr"/>
+      <c r="E666" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F666" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
+        </is>
+      </c>
+      <c r="G666" t="inlineStr"/>
+      <c r="H666" t="inlineStr"/>
+    </row>
+    <row r="667">
+      <c r="A667" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17542</t>
+        </is>
+      </c>
+      <c r="B667" t="inlineStr">
+        <is>
+          <t>Setup Encryption</t>
+        </is>
+      </c>
+      <c r="C667" t="inlineStr">
+        <is>
+          <t>Määritä salaus</t>
+        </is>
+      </c>
+      <c r="D667" t="inlineStr"/>
+      <c r="E667" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F667" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckSetup Encryption</t>
+        </is>
+      </c>
+      <c r="G667" t="inlineStr"/>
+      <c r="H667" t="inlineStr"/>
+    </row>
+    <row r="668">
+      <c r="A668" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17551</t>
+        </is>
+      </c>
+      <c r="B668" t="inlineStr">
         <is>
           <t>Hello and welcome to Matrix!
 It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
-      <c r="C665" t="inlineStr">
+      <c r="C668" t="inlineStr">
         <is>
           <t>Hei ja tervetuloa Matriksiin!
 Vaikuttaa, että olet uusi. Ennen kuin voit turvallisesti salata viestisi, meidän täytyy säätää muutama pikku juttu. Voit joko suostua heti tai määrittää muutaman perusasetuksen. Yritämme selittää muutamat perusteista. Voit ohittaa nämä kohdat, mutta ne voivat osoittautua hyödyllisiksi!</t>
         </is>
       </c>
-      <c r="D665" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F665" t="inlineStr">
+      <c r="D668" t="inlineStr"/>
+      <c r="E668" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F668" t="inlineStr">
         <is>
           <t>SelfVerificationCheckHello and welcome to Matrix!
 It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
-      <c r="G665" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B666" t="inlineStr">
+      <c r="G668" t="inlineStr"/>
+      <c r="H668" t="inlineStr"/>
+    </row>
+    <row r="669">
+      <c r="A669" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17659</t>
+        </is>
+      </c>
+      <c r="B669" t="inlineStr">
         <is>
           <t>Activate Encryption</t>
         </is>
       </c>
-      <c r="C666" t="inlineStr">
+      <c r="C669" t="inlineStr">
         <is>
           <t>Aktivoi salaus</t>
         </is>
       </c>
-      <c r="D666" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F666" t="inlineStr">
+      <c r="D669" t="inlineStr"/>
+      <c r="E669" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F669" t="inlineStr">
         <is>
           <t>SelfVerificationCheckActivate Encryption</t>
         </is>
       </c>
-      <c r="G666" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B667" t="inlineStr">
+      <c r="G669" t="inlineStr"/>
+      <c r="H669" t="inlineStr"/>
+    </row>
+    <row r="670">
+      <c r="A670" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17668</t>
+        </is>
+      </c>
+      <c r="B670" t="inlineStr">
         <is>
           <t>It seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
 If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
-      <c r="C667" t="inlineStr">
+      <c r="C670" t="inlineStr">
         <is>
           <t>Olet ilmeisesti jo määrittänyt salauksen asetukset tälle käyttäjälle. Päästäksesi käsiksi salattuihin viesteihisi ja merkitäksesi tämän laitteen luotetuksi, voit joko vahvistaa sen olemassaolevalta laitteelta tai syöttää palauttamissalasanasi (jos sellainen on). Valitse yksi vaihtoehdoista alhaalla.
 Jos valitset vahvistamisen, toisen laitteen on oltava saatavilla. Jos valitset salasanan syöttämisen, tarvitset palauttamisavaimesi tai salasanasi. Jos perut, voit vahvistaa itsesi myöhemmin.</t>
         </is>
       </c>
-      <c r="D667" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F667" t="inlineStr">
+      <c r="D670" t="inlineStr"/>
+      <c r="E670" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F670" t="inlineStr">
         <is>
           <t>SelfVerificationCheckIt seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
 If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
-      <c r="G667" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G670" t="inlineStr"/>
       <c r="H670" t="inlineStr"/>
     </row>
     <row r="671">
       <c r="A671" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17691</t>
+          <t>../qml/SelfVerificationCheck.qml:17673</t>
         </is>
       </c>
       <c r="B671" t="inlineStr">
         <is>
-          <t>Failed to create keys for online key backup!</t>
+          <t>verify</t>
         </is>
       </c>
       <c r="C671" t="inlineStr">
         <is>
-          <t>Avainten luominen verkkoavainvarmuuskopioon epäonnistui!</t>
+          <t>vahvista</t>
         </is>
       </c>
       <c r="D671" t="inlineStr"/>
       <c r="E671" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F671" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
+          <t>SelfVerificationCheckverify</t>
         </is>
       </c>
       <c r="G671" t="inlineStr"/>
       <c r="H671" t="inlineStr"/>
     </row>
     <row r="672">
       <c r="A672" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17720</t>
+          <t>../qml/SelfVerificationCheck.qml:17682</t>
         </is>
       </c>
       <c r="B672" t="inlineStr">
         <is>
-          <t>Failed to create keys for secure server side secret storage!</t>
+          <t>enter passphrase</t>
         </is>
       </c>
       <c r="C672" t="inlineStr">
         <is>
-          <t>Avainten luominen turvalliseen palvelimen puoliseen salaisuusvarastointiin epäonnistui!</t>
+          <t>syötä salalause</t>
         </is>
       </c>
       <c r="D672" t="inlineStr"/>
       <c r="E672" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F672" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
+          <t>SelfVerificationCheckenter passphrase</t>
         </is>
       </c>
       <c r="G672" t="inlineStr"/>
       <c r="H672" t="inlineStr"/>
     </row>
     <row r="673">
       <c r="A673" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17764</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17735</t>
         </is>
       </c>
       <c r="B673" t="inlineStr">
         <is>
-          <t>Encryption Setup</t>
+          <t>Failed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="C673" t="inlineStr">
         <is>
-          <t>Salauksen määritys</t>
+          <t>Ristiinvarmennusavainten luominen epäonnistui!</t>
         </is>
       </c>
       <c r="D673" t="inlineStr"/>
       <c r="E673" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F673" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption Setup</t>
+          <t>SelfVerificationStatusFailed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="G673" t="inlineStr"/>
       <c r="H673" t="inlineStr"/>
     </row>
     <row r="674">
       <c r="A674" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17770</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17751</t>
         </is>
       </c>
       <c r="B674" t="inlineStr">
         <is>
-          <t>Encryption setup failed: %1</t>
+          <t>Failed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="C674" t="inlineStr">
         <is>
-          <t>Salauksen määritys epäonnistui: %1</t>
+          <t>Avainten luominen verkkoavainvarmuuskopioon epäonnistui!</t>
         </is>
       </c>
       <c r="D674" t="inlineStr"/>
       <c r="E674" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F674" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption setup failed: %1</t>
+          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="G674" t="inlineStr"/>
       <c r="H674" t="inlineStr"/>
     </row>
     <row r="675">
       <c r="A675" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17928</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17780</t>
         </is>
       </c>
       <c r="B675" t="inlineStr">
         <is>
-          <t>Identity key changed. This breaks E2EE, so logging out.</t>
+          <t>Failed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="C675" t="inlineStr">
         <is>
-          <t>Identiteettiavain on muuttunut. Tämä estää päästä-päähän salauksen toiminnan, joten sinut kirjataan ulos.</t>
+          <t>Avainten luominen turvalliseen palvelimen puoliseen salaisuusvarastointiin epäonnistui!</t>
         </is>
       </c>
       <c r="D675" t="inlineStr"/>
       <c r="E675" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F675" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
+          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="G675" t="inlineStr"/>
       <c r="H675" t="inlineStr"/>
     </row>
     <row r="676">
       <c r="A676" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18246</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17824</t>
         </is>
       </c>
       <c r="B676" t="inlineStr">
         <is>
-          <t>Failed to update image pack: %1</t>
+          <t>Encryption Setup</t>
         </is>
       </c>
       <c r="C676" t="inlineStr">
         <is>
-          <t>Kuvapakkausta %1 ei onnistuttu päivittämään</t>
+          <t>Salauksen määritys</t>
         </is>
       </c>
       <c r="D676" t="inlineStr"/>
       <c r="E676" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F676" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to update image pack: %1</t>
+          <t>SelfVerificationStatusEncryption Setup</t>
         </is>
       </c>
       <c r="G676" t="inlineStr"/>
       <c r="H676" t="inlineStr"/>
     </row>
     <row r="677">
       <c r="A677" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18260</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17830</t>
         </is>
       </c>
       <c r="B677" t="inlineStr">
         <is>
-          <t>Failed to delete old image pack: %1</t>
+          <t>Encryption setup failed: %1</t>
         </is>
       </c>
       <c r="C677" t="inlineStr">
         <is>
-          <t>Vanhaa kuvapakkausta %1 ei onnistuttu poistamaan</t>
+          <t>Salauksen määritys epäonnistui: %1</t>
         </is>
       </c>
       <c r="D677" t="inlineStr"/>
       <c r="E677" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F677" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
+          <t>SelfVerificationStatusEncryption setup failed: %1</t>
         </is>
       </c>
       <c r="G677" t="inlineStr"/>
       <c r="H677" t="inlineStr"/>
     </row>
     <row r="678">
       <c r="A678" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18318</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17988</t>
         </is>
       </c>
       <c r="B678" t="inlineStr">
         <is>
-          <t>Failed to open image: %1</t>
+          <t>Identity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="C678" t="inlineStr">
         <is>
-          <t>Kuvaa %1 ei onnistuttu avaamaan</t>
+          <t>Identiteettiavain on muuttunut. Tämä estää päästä-päähän salauksen toiminnan, joten sinut kirjataan ulos.</t>
         </is>
       </c>
       <c r="D678" t="inlineStr"/>
       <c r="E678" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F678" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to open image: %1</t>
+          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="G678" t="inlineStr"/>
       <c r="H678" t="inlineStr"/>
     </row>
     <row r="679">
       <c r="A679" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18332</t>
+          <t>../../src/SingleImagePackModel.cpp:18306</t>
         </is>
       </c>
       <c r="B679" t="inlineStr">
         <is>
-          <t>Failed to upload image: %1</t>
+          <t>Failed to update image pack: %1</t>
         </is>
       </c>
       <c r="C679" t="inlineStr">
         <is>
-          <t>Kuvan lähetys epäonnistui: %1</t>
+          <t>Kuvapakkausta %1 ei onnistuttu päivittämään</t>
         </is>
       </c>
       <c r="D679" t="inlineStr"/>
       <c r="E679" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F679" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to upload image: %1</t>
+          <t>SingleImagePackModelFailed to update image pack: %1</t>
         </is>
       </c>
       <c r="G679" t="inlineStr"/>
       <c r="H679" t="inlineStr"/>
     </row>
     <row r="680">
       <c r="A680" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenu.qml:18348</t>
+          <t>../../src/SingleImagePackModel.cpp:18320</t>
         </is>
       </c>
       <c r="B680" t="inlineStr">
         <is>
-          <t>Add or remove from community...</t>
+          <t>Failed to delete old image pack: %1</t>
         </is>
       </c>
       <c r="C680" t="inlineStr">
         <is>
-          <t>Lisää tai poista yhteisöstä...</t>
+          <t>Vanhaa kuvapakkausta %1 ei onnistuttu poistamaan</t>
         </is>
       </c>
       <c r="D680" t="inlineStr"/>
       <c r="E680" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F680" t="inlineStr">
         <is>
-          <t>SpaceMenuAdd or remove from community...</t>
+          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
         </is>
       </c>
       <c r="G680" t="inlineStr"/>
       <c r="H680" t="inlineStr"/>
     </row>
     <row r="681">
       <c r="A681" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18376</t>
+          <t>../../src/SingleImagePackModel.cpp:18378</t>
         </is>
       </c>
       <c r="B681" t="inlineStr">
         <is>
-          <t>Official community for this room</t>
+          <t>Failed to open image: %1</t>
         </is>
       </c>
       <c r="C681" t="inlineStr">
         <is>
-          <t>Tämän huoneen virallinen yhteisö</t>
+          <t>Kuvaa %1 ei onnistuttu avaamaan</t>
         </is>
       </c>
       <c r="D681" t="inlineStr"/>
       <c r="E681" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F681" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelOfficial community for this room</t>
+          <t>SingleImagePackModelFailed to open image: %1</t>
         </is>
       </c>
       <c r="G681" t="inlineStr"/>
       <c r="H681" t="inlineStr"/>
     </row>
     <row r="682">
       <c r="A682" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18384</t>
+          <t>../../src/SingleImagePackModel.cpp:18392</t>
         </is>
       </c>
       <c r="B682" t="inlineStr">
         <is>
-          <t>Affiliated community for this room</t>
+          <t>Failed to upload image: %1</t>
         </is>
       </c>
       <c r="C682" t="inlineStr">
         <is>
-          <t>Tähän huoneeseen liittyvä yhteisö</t>
+          <t>Kuvan lähetys epäonnistui: %1</t>
         </is>
       </c>
       <c r="D682" t="inlineStr"/>
       <c r="E682" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F682" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelAffiliated community for this room</t>
+          <t>SingleImagePackModelFailed to upload image: %1</t>
         </is>
       </c>
       <c r="G682" t="inlineStr"/>
       <c r="H682" t="inlineStr"/>
     </row>
     <row r="683">
       <c r="A683" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18392</t>
+          <t>../qml/components/SpaceMenu.qml:18408</t>
         </is>
       </c>
       <c r="B683" t="inlineStr">
         <is>
-          <t>Listed only for community members</t>
+          <t>Add or remove from community...</t>
         </is>
       </c>
       <c r="C683" t="inlineStr">
         <is>
-          <t>Listattu vain yhteisön jäsenille</t>
+          <t>Lisää tai poista yhteisöstä...</t>
         </is>
       </c>
       <c r="D683" t="inlineStr"/>
       <c r="E683" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F683" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for community members</t>
+          <t>SpaceMenuAdd or remove from community...</t>
         </is>
       </c>
       <c r="G683" t="inlineStr"/>
       <c r="H683" t="inlineStr"/>
     </row>
     <row r="684">
       <c r="A684" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18400</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18436</t>
         </is>
       </c>
       <c r="B684" t="inlineStr">
         <is>
-          <t>Listed only for room members</t>
+          <t>Official community for this room</t>
         </is>
       </c>
       <c r="C684" t="inlineStr">
         <is>
-          <t>Listattu vain huoneen jäsenille</t>
+          <t>Tämän huoneen virallinen yhteisö</t>
         </is>
       </c>
       <c r="D684" t="inlineStr"/>
       <c r="E684" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F684" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for room members</t>
+          <t>SpaceMenuLevelOfficial community for this room</t>
         </is>
       </c>
       <c r="G684" t="inlineStr"/>
       <c r="H684" t="inlineStr"/>
     </row>
     <row r="685">
       <c r="A685" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18408</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18444</t>
         </is>
       </c>
       <c r="B685" t="inlineStr">
         <is>
-          <t>Not related</t>
+          <t>Affiliated community for this room</t>
         </is>
       </c>
       <c r="C685" t="inlineStr">
         <is>
-          <t>Ei-liittyvä</t>
+          <t>Tähän huoneeseen liittyvä yhteisö</t>
         </is>
       </c>
       <c r="D685" t="inlineStr"/>
       <c r="E685" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F685" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelNot related</t>
+          <t>SpaceMenuLevelAffiliated community for this room</t>
         </is>
       </c>
       <c r="G685" t="inlineStr"/>
       <c r="H685" t="inlineStr"/>
     </row>
     <row r="686">
       <c r="A686" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18426</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18452</t>
         </is>
       </c>
       <c r="B686" t="inlineStr">
         <is>
-          <t>Failed</t>
+          <t>Listed only for community members</t>
         </is>
       </c>
       <c r="C686" t="inlineStr">
         <is>
-          <t>Epäonnnistui</t>
+          <t>Listattu vain yhteisön jäsenille</t>
         </is>
       </c>
       <c r="D686" t="inlineStr"/>
       <c r="E686" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F686" t="inlineStr">
         <is>
-          <t>StatusIndicatorFailed</t>
+          <t>SpaceMenuLevelListed only for community members</t>
         </is>
       </c>
       <c r="G686" t="inlineStr"/>
       <c r="H686" t="inlineStr"/>
     </row>
     <row r="687">
       <c r="A687" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18428</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18460</t>
         </is>
       </c>
       <c r="B687" t="inlineStr">
         <is>
-          <t>Sent</t>
+          <t>Listed only for room members</t>
         </is>
       </c>
       <c r="C687" t="inlineStr">
         <is>
-          <t>Lähetetty</t>
+          <t>Listattu vain huoneen jäsenille</t>
         </is>
       </c>
       <c r="D687" t="inlineStr"/>
       <c r="E687" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F687" t="inlineStr">
         <is>
-          <t>StatusIndicatorSent</t>
+          <t>SpaceMenuLevelListed only for room members</t>
         </is>
       </c>
       <c r="G687" t="inlineStr"/>
       <c r="H687" t="inlineStr"/>
     </row>
     <row r="688">
       <c r="A688" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18430</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18468</t>
         </is>
       </c>
       <c r="B688" t="inlineStr">
         <is>
-          <t>Received</t>
+          <t>Not related</t>
         </is>
       </c>
       <c r="C688" t="inlineStr">
         <is>
-          <t>Vastaanotettu</t>
+          <t>Ei-liittyvä</t>
         </is>
       </c>
       <c r="D688" t="inlineStr"/>
       <c r="E688" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F688" t="inlineStr">
         <is>
-          <t>StatusIndicatorReceived</t>
+          <t>SpaceMenuLevelNot related</t>
         </is>
       </c>
       <c r="G688" t="inlineStr"/>
       <c r="H688" t="inlineStr"/>
     </row>
     <row r="689">
       <c r="A689" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18432</t>
+          <t>../qml/StatusIndicator.qml:18486</t>
         </is>
       </c>
       <c r="B689" t="inlineStr">
         <is>
-          <t>Read</t>
+          <t>Failed</t>
         </is>
       </c>
       <c r="C689" t="inlineStr">
         <is>
-          <t>Luettu</t>
+          <t>Epäonnnistui</t>
         </is>
       </c>
       <c r="D689" t="inlineStr"/>
       <c r="E689" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F689" t="inlineStr">
         <is>
-          <t>StatusIndicatorRead</t>
+          <t>StatusIndicatorFailed</t>
         </is>
       </c>
       <c r="G689" t="inlineStr"/>
       <c r="H689" t="inlineStr"/>
     </row>
     <row r="690">
       <c r="A690" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18501</t>
+          <t>../qml/StatusIndicator.qml:18488</t>
         </is>
       </c>
       <c r="B690" t="inlineStr">
         <is>
-          <t>Search</t>
+          <t>Sent</t>
         </is>
       </c>
       <c r="C690" t="inlineStr">
         <is>
-          <t>Hae</t>
+          <t>Lähetetty</t>
         </is>
       </c>
       <c r="D690" t="inlineStr"/>
       <c r="E690" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F690" t="inlineStr">
         <is>
-          <t>StickerPickerSearch</t>
+          <t>StatusIndicatorSent</t>
         </is>
       </c>
       <c r="G690" t="inlineStr"/>
       <c r="H690" t="inlineStr"/>
     </row>
     <row r="691">
       <c r="A691" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18690</t>
+          <t>../qml/StatusIndicator.qml:18490</t>
         </is>
       </c>
       <c r="B691" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>Received</t>
         </is>
       </c>
       <c r="C691" t="inlineStr">
         <is>
-          <t>Muuta käytössä olevia paketteja, poista tai luo uusia paketteja</t>
+          <t>Vastaanotettu</t>
         </is>
       </c>
       <c r="D691" t="inlineStr"/>
       <c r="E691" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F691" t="inlineStr">
         <is>
-          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
+          <t>StatusIndicatorReceived</t>
         </is>
       </c>
       <c r="G691" t="inlineStr"/>
       <c r="H691" t="inlineStr"/>
     </row>
     <row r="692">
       <c r="A692" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18700</t>
+          <t>../qml/StatusIndicator.qml:18492</t>
         </is>
       </c>
       <c r="B692" t="inlineStr">
         <is>
-          <t>Successful Verification</t>
+          <t>Read</t>
         </is>
       </c>
       <c r="C692" t="inlineStr">
         <is>
-          <t>Onnistunut varmistus</t>
+          <t>Luettu</t>
         </is>
       </c>
       <c r="D692" t="inlineStr"/>
       <c r="E692" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F692" t="inlineStr">
         <is>
-          <t>SuccessSuccessful Verification</t>
+          <t>StatusIndicatorRead</t>
         </is>
       </c>
       <c r="G692" t="inlineStr"/>
       <c r="H692" t="inlineStr"/>
     </row>
     <row r="693">
       <c r="A693" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18710</t>
+          <t>../qml/emoji/StickerPicker.qml:18561</t>
         </is>
       </c>
       <c r="B693" t="inlineStr">
         <is>
-          <t>Verification successful!  Both sides verified their devices!</t>
+          <t>Search</t>
         </is>
       </c>
       <c r="C693" t="inlineStr">
         <is>
-          <t>Varmistus onnistui! Molemmat osapuolet vahvistivat laitteensa!</t>
+          <t>Hae</t>
         </is>
       </c>
       <c r="D693" t="inlineStr"/>
       <c r="E693" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F693" t="inlineStr">
         <is>
-          <t>SuccessVerification successful! Both sides verified their devices!</t>
+          <t>StickerPickerSearch</t>
         </is>
       </c>
       <c r="G693" t="inlineStr"/>
       <c r="H693" t="inlineStr"/>
     </row>
     <row r="694">
       <c r="A694" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18724</t>
+          <t>../qml/emoji/StickerPicker.qml:18750</t>
         </is>
       </c>
       <c r="B694" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C694" t="inlineStr">
         <is>
-          <t>Sulje</t>
+          <t>Muuta käytössä olevia paketteja, poista tai luo uusia paketteja</t>
         </is>
       </c>
       <c r="D694" t="inlineStr"/>
       <c r="E694" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F694" t="inlineStr">
         <is>
-          <t>SuccessClose</t>
+          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="G694" t="inlineStr"/>
       <c r="H694" t="inlineStr"/>
     </row>
     <row r="695">
       <c r="A695" t="inlineStr">
         <is>
-          <t>../qml/TimelineDefaultMessageStyle.qml:18891</t>
+          <t>../qml/device-verification/Success.qml:18760</t>
         </is>
       </c>
       <c r="B695" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>Successful Verification</t>
         </is>
       </c>
       <c r="C695" t="inlineStr">
         <is>
-          <t>Osa viestiketjua</t>
+          <t>Onnistunut varmistus</t>
         </is>
       </c>
       <c r="D695" t="inlineStr"/>
       <c r="E695" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F695" t="inlineStr">
         <is>
-          <t>TimelineDefaultMessageStylePart of a thread</t>
+          <t>SuccessSuccessful Verification</t>
         </is>
       </c>
       <c r="G695" t="inlineStr"/>
       <c r="H695" t="inlineStr"/>
     </row>
     <row r="696">
       <c r="A696" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18979</t>
+          <t>../qml/device-verification/Success.qml:18770</t>
         </is>
       </c>
       <c r="B696" t="inlineStr">
         <is>
-          <t>%1 placed a voice call.</t>
+          <t>Verification successful!  Both sides verified their devices!</t>
         </is>
       </c>
       <c r="C696" t="inlineStr">
         <is>
-          <t>%1 asetti äänipuhelun.</t>
+          <t>Varmistus onnistui! Molemmat osapuolet vahvistivat laitteensa!</t>
         </is>
       </c>
       <c r="D696" t="inlineStr"/>
       <c r="E696" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F696" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a voice call.</t>
+          <t>SuccessVerification successful! Both sides verified their devices!</t>
         </is>
       </c>
       <c r="G696" t="inlineStr"/>
       <c r="H696" t="inlineStr"/>
     </row>
     <row r="697">
       <c r="A697" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18981</t>
+          <t>../qml/device-verification/Success.qml:18784</t>
         </is>
       </c>
       <c r="B697" t="inlineStr">
         <is>
-          <t>%1 placed a video call.</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C697" t="inlineStr">
         <is>
-          <t>%1 laittoi videopuhelun.</t>
+          <t>Sulje</t>
         </is>
       </c>
       <c r="D697" t="inlineStr"/>
       <c r="E697" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F697" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a video call.</t>
+          <t>SuccessClose</t>
         </is>
       </c>
       <c r="G697" t="inlineStr"/>
       <c r="H697" t="inlineStr"/>
     </row>
     <row r="698">
       <c r="A698" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18983</t>
+          <t>../qml/TimelineDefaultMessageStyle.qml:18951</t>
         </is>
       </c>
       <c r="B698" t="inlineStr">
         <is>
-          <t>%1 placed a call.</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C698" t="inlineStr">
         <is>
-          <t>%1 soitti puhelun.</t>
+          <t>Osa viestiketjua</t>
         </is>
       </c>
       <c r="D698" t="inlineStr"/>
       <c r="E698" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F698" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineDefaultMessageStylePart of a thread</t>
+        </is>
+      </c>
+      <c r="G698" t="inlineStr"/>
       <c r="H698" t="inlineStr"/>
     </row>
     <row r="699">
       <c r="A699" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19005</t>
+          <t>../qml/TimelineEvent.qml:19039</t>
         </is>
       </c>
       <c r="B699" t="inlineStr">
         <is>
-          <t>%1 answered the call.</t>
+          <t>%1 placed a voice call.</t>
         </is>
       </c>
       <c r="C699" t="inlineStr">
         <is>
-          <t>%1 vastasi puheluun.</t>
+          <t>%1 asetti äänipuhelun.</t>
         </is>
       </c>
       <c r="D699" t="inlineStr"/>
       <c r="E699" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F699" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 answered the call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineEvent%1 placed a voice call.</t>
+        </is>
+      </c>
+      <c r="G699" t="inlineStr"/>
       <c r="H699" t="inlineStr"/>
     </row>
     <row r="700">
       <c r="A700" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19007</t>
+          <t>../qml/TimelineEvent.qml:19041</t>
         </is>
       </c>
       <c r="B700" t="inlineStr">
         <is>
-          <t>%1 rejected the call.</t>
+          <t>%1 placed a video call.</t>
         </is>
       </c>
       <c r="C700" t="inlineStr">
         <is>
-          <t>%1 hylkäsi puhelun.</t>
+          <t>%1 laittoi videopuhelun.</t>
         </is>
       </c>
       <c r="D700" t="inlineStr"/>
       <c r="E700" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F700" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 rejected the call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineEvent%1 placed a video call.</t>
+        </is>
+      </c>
+      <c r="G700" t="inlineStr"/>
       <c r="H700" t="inlineStr"/>
     </row>
     <row r="701">
       <c r="A701" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19009</t>
+          <t>../qml/TimelineEvent.qml:19043</t>
         </is>
       </c>
       <c r="B701" t="inlineStr">
         <is>
-          <t>%1 selected answer.</t>
-[...2 lines deleted...]
-      <c r="C701" t="inlineStr"/>
+          <t>%1 placed a call.</t>
+        </is>
+      </c>
+      <c r="C701" t="inlineStr">
+        <is>
+          <t>%1 soitti puhelun.</t>
+        </is>
+      </c>
       <c r="D701" t="inlineStr"/>
       <c r="E701" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F701" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 selected answer.</t>
-[...2 lines deleted...]
-      <c r="G701" t="inlineStr"/>
+          <t>TimelineEvent%1 placed a call.</t>
+        </is>
+      </c>
+      <c r="G701" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 soitti puhelun</t>
+        </is>
+      </c>
       <c r="H701" t="inlineStr"/>
     </row>
     <row r="702">
       <c r="A702" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19011</t>
+          <t>../qml/TimelineEvent.qml:19065</t>
         </is>
       </c>
       <c r="B702" t="inlineStr">
         <is>
-          <t>%1 ended the call.</t>
+          <t>%1 answered the call.</t>
         </is>
       </c>
       <c r="C702" t="inlineStr">
         <is>
-          <t>%1 päätti puhelun.</t>
+          <t>%1 vastasi puheluun.</t>
         </is>
       </c>
       <c r="D702" t="inlineStr"/>
       <c r="E702" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F702" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 ended the call.</t>
-[...2 lines deleted...]
-      <c r="G702" t="inlineStr"/>
+          <t>TimelineEvent%1 answered the call.</t>
+        </is>
+      </c>
+      <c r="G702" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 vastasi puheluun</t>
+        </is>
+      </c>
       <c r="H702" t="inlineStr"/>
     </row>
     <row r="703">
       <c r="A703" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19015</t>
+          <t>../qml/TimelineEvent.qml:19067</t>
         </is>
       </c>
       <c r="B703" t="inlineStr">
         <is>
-          <t>%1 is negotiating the call...</t>
+          <t>%1 rejected the call.</t>
         </is>
       </c>
       <c r="C703" t="inlineStr">
         <is>
-          <t>%1 neuvottelee puhelua...</t>
+          <t>%1 hylkäsi puhelun.</t>
         </is>
       </c>
       <c r="D703" t="inlineStr"/>
       <c r="E703" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F703" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 is negotiating the call...</t>
-[...2 lines deleted...]
-      <c r="G703" t="inlineStr"/>
+          <t>TimelineEvent%1 rejected the call.</t>
+        </is>
+      </c>
+      <c r="G703" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 hylkäsi puhelun</t>
+        </is>
+      </c>
       <c r="H703" t="inlineStr"/>
     </row>
     <row r="704">
       <c r="A704" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19106</t>
+          <t>../qml/TimelineEvent.qml:19069</t>
         </is>
       </c>
       <c r="B704" t="inlineStr">
         <is>
-          <t>Allow them in</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 selected answer.</t>
+        </is>
+      </c>
+      <c r="C704" t="inlineStr"/>
       <c r="D704" t="inlineStr"/>
       <c r="E704" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F704" t="inlineStr">
         <is>
-          <t>TimelineEventAllow them in</t>
+          <t>TimelineEvent%1 selected answer.</t>
         </is>
       </c>
       <c r="G704" t="inlineStr"/>
       <c r="H704" t="inlineStr"/>
     </row>
     <row r="705">
       <c r="A705" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19128</t>
+          <t>../qml/TimelineEvent.qml:19071</t>
         </is>
       </c>
       <c r="B705" t="inlineStr">
         <is>
-          <t>This room was replaced for the following reason: %1</t>
+          <t>%1 ended the call.</t>
         </is>
       </c>
       <c r="C705" t="inlineStr">
         <is>
-          <t>Tämä huone korvattiin seuraavasta syystä: %1</t>
+          <t>%1 päätti puhelun.</t>
         </is>
       </c>
       <c r="D705" t="inlineStr"/>
       <c r="E705" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F705" t="inlineStr">
         <is>
-          <t>TimelineEventThis room was replaced for the following reason: %1</t>
+          <t>TimelineEvent%1 ended the call.</t>
         </is>
       </c>
       <c r="G705" t="inlineStr"/>
       <c r="H705" t="inlineStr"/>
     </row>
     <row r="706">
       <c r="A706" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19136</t>
+          <t>../qml/TimelineEvent.qml:19075</t>
         </is>
       </c>
       <c r="B706" t="inlineStr">
         <is>
-          <t>Go to replacement room</t>
+          <t>%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="C706" t="inlineStr">
         <is>
-          <t>Siirry korvaavaan huoneeseen</t>
+          <t>%1 neuvottelee puhelua...</t>
         </is>
       </c>
       <c r="D706" t="inlineStr"/>
       <c r="E706" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F706" t="inlineStr">
         <is>
-          <t>TimelineEventGo to replacement room</t>
+          <t>TimelineEvent%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="G706" t="inlineStr"/>
       <c r="H706" t="inlineStr"/>
     </row>
     <row r="707">
       <c r="A707" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19176</t>
+          <t>../qml/TimelineEvent.qml:19166</t>
         </is>
       </c>
       <c r="B707" t="inlineStr">
         <is>
-          <t>Edited</t>
+          <t>Allow them in</t>
         </is>
       </c>
       <c r="C707" t="inlineStr">
         <is>
-          <t>Muokattu</t>
+          <t>Päästä hänet sisään</t>
         </is>
       </c>
       <c r="D707" t="inlineStr"/>
       <c r="E707" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F707" t="inlineStr">
         <is>
-          <t>TimelineMetadataEdited</t>
+          <t>TimelineEventAllow them in</t>
         </is>
       </c>
       <c r="G707" t="inlineStr"/>
       <c r="H707" t="inlineStr"/>
     </row>
     <row r="708">
       <c r="A708" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19192</t>
+          <t>../qml/TimelineEvent.qml:19188</t>
         </is>
       </c>
       <c r="B708" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>This room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="C708" t="inlineStr">
         <is>
-          <t>Osa viestiketjua</t>
+          <t>Tämä huone korvattiin seuraavasta syystä: %1</t>
         </is>
       </c>
       <c r="D708" t="inlineStr"/>
       <c r="E708" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F708" t="inlineStr">
         <is>
-          <t>TimelineMetadataPart of a thread</t>
+          <t>TimelineEventThis room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="G708" t="inlineStr"/>
       <c r="H708" t="inlineStr"/>
     </row>
     <row r="709">
       <c r="A709" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20814</t>
+          <t>../qml/TimelineEvent.qml:19196</t>
         </is>
       </c>
       <c r="B709" t="inlineStr">
         <is>
-          <t>Message redaction failed: %1</t>
+          <t>Go to replacement room</t>
         </is>
       </c>
       <c r="C709" t="inlineStr">
         <is>
-          <t>Viestin muokkaus epäonnistui: %1</t>
+          <t>Siirry korvaavaan huoneeseen</t>
         </is>
       </c>
       <c r="D709" t="inlineStr"/>
       <c r="E709" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F709" t="inlineStr">
         <is>
-          <t>TimelineModelMessage redaction failed: %1</t>
+          <t>TimelineEventGo to replacement room</t>
         </is>
       </c>
       <c r="G709" t="inlineStr"/>
       <c r="H709" t="inlineStr"/>
     </row>
     <row r="710">
       <c r="A710" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20941</t>
+          <t>../qml/TimelineMetadata.qml:19236</t>
         </is>
       </c>
       <c r="B710" t="inlineStr">
         <is>
-          <t>Failed to encrypt event, sending aborted!</t>
+          <t>Edited</t>
         </is>
       </c>
       <c r="C710" t="inlineStr">
         <is>
-          <t>Tapahtuman salaus epäonnistui, lähetys keskeytetään!</t>
+          <t>Muokattu</t>
         </is>
       </c>
       <c r="D710" t="inlineStr"/>
       <c r="E710" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F710" t="inlineStr">
         <is>
-          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
+          <t>TimelineMetadataEdited</t>
         </is>
       </c>
       <c r="G710" t="inlineStr"/>
       <c r="H710" t="inlineStr"/>
     </row>
     <row r="711">
       <c r="A711" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21137</t>
+          <t>../qml/TimelineMetadata.qml:19252</t>
         </is>
       </c>
       <c r="B711" t="inlineStr">
         <is>
-          <t>Save image</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C711" t="inlineStr">
         <is>
-          <t>Tallenna kuva</t>
+          <t>Osa viestiketjua</t>
         </is>
       </c>
       <c r="D711" t="inlineStr"/>
       <c r="E711" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F711" t="inlineStr">
         <is>
-          <t>TimelineModelSave image</t>
+          <t>TimelineMetadataPart of a thread</t>
         </is>
       </c>
       <c r="G711" t="inlineStr"/>
       <c r="H711" t="inlineStr"/>
     </row>
     <row r="712">
       <c r="A712" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21139</t>
+          <t>../../src/timeline/TimelineModel.cpp:20873</t>
         </is>
       </c>
       <c r="B712" t="inlineStr">
         <is>
-          <t>Save video</t>
+          <t>Message redaction failed: %1</t>
         </is>
       </c>
       <c r="C712" t="inlineStr">
         <is>
-          <t>Tallenna video</t>
+          <t>Viestin muokkaus epäonnistui: %1</t>
         </is>
       </c>
       <c r="D712" t="inlineStr"/>
       <c r="E712" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F712" t="inlineStr">
         <is>
-          <t>TimelineModelSave video</t>
+          <t>TimelineModelMessage redaction failed: %1</t>
         </is>
       </c>
       <c r="G712" t="inlineStr"/>
       <c r="H712" t="inlineStr"/>
     </row>
     <row r="713">
       <c r="A713" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21141</t>
+          <t>../../src/timeline/TimelineModel.cpp:21000</t>
         </is>
       </c>
       <c r="B713" t="inlineStr">
         <is>
-          <t>Save audio</t>
+          <t>Failed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="C713" t="inlineStr">
         <is>
-          <t>Tallenna äänitiedosto</t>
+          <t>Tapahtuman salaus epäonnistui, lähetys keskeytetään!</t>
         </is>
       </c>
       <c r="D713" t="inlineStr"/>
       <c r="E713" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F713" t="inlineStr">
         <is>
-          <t>TimelineModelSave audio</t>
+          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="G713" t="inlineStr"/>
       <c r="H713" t="inlineStr"/>
     </row>
     <row r="714">
       <c r="A714" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21143</t>
+          <t>../../src/timeline/TimelineModel.cpp:21196</t>
         </is>
       </c>
       <c r="B714" t="inlineStr">
         <is>
-          <t>Save file</t>
+          <t>Save image</t>
         </is>
       </c>
       <c r="C714" t="inlineStr">
         <is>
-          <t>Tallenna tiedosto</t>
+          <t>Tallenna kuva</t>
         </is>
       </c>
       <c r="D714" t="inlineStr"/>
       <c r="E714" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F714" t="inlineStr">
         <is>
-          <t>TimelineModelSave file</t>
+          <t>TimelineModelSave image</t>
         </is>
       </c>
       <c r="G714" t="inlineStr"/>
       <c r="H714" t="inlineStr"/>
     </row>
     <row r="715">
       <c r="A715" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21490</t>
+          <t>../../src/timeline/TimelineModel.cpp:21198</t>
         </is>
       </c>
       <c r="B715" t="inlineStr">
         <is>
-          <t>%1%2 is typing.</t>
+          <t>Save video</t>
         </is>
       </c>
       <c r="C715" t="inlineStr">
         <is>
-          <t>%1%2 kirjoittaa.</t>
+          <t>Tallenna video</t>
         </is>
       </c>
       <c r="D715" t="inlineStr"/>
       <c r="E715" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F715" t="inlineStr">
         <is>
+          <t>TimelineModelSave video</t>
+        </is>
+      </c>
+      <c r="G715" t="inlineStr"/>
+      <c r="H715" t="inlineStr"/>
+    </row>
+    <row r="716">
+      <c r="A716" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21200</t>
+        </is>
+      </c>
+      <c r="B716" t="inlineStr">
+        <is>
+          <t>Save audio</t>
+        </is>
+      </c>
+      <c r="C716" t="inlineStr">
+        <is>
+          <t>Tallenna äänitiedosto</t>
+        </is>
+      </c>
+      <c r="D716" t="inlineStr"/>
+      <c r="E716" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F716" t="inlineStr">
+        <is>
+          <t>TimelineModelSave audio</t>
+        </is>
+      </c>
+      <c r="G716" t="inlineStr"/>
+      <c r="H716" t="inlineStr"/>
+    </row>
+    <row r="717">
+      <c r="A717" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21202</t>
+        </is>
+      </c>
+      <c r="B717" t="inlineStr">
+        <is>
+          <t>Save file</t>
+        </is>
+      </c>
+      <c r="C717" t="inlineStr">
+        <is>
+          <t>Tallenna tiedosto</t>
+        </is>
+      </c>
+      <c r="D717" t="inlineStr"/>
+      <c r="E717" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F717" t="inlineStr">
+        <is>
+          <t>TimelineModelSave file</t>
+        </is>
+      </c>
+      <c r="G717" t="inlineStr"/>
+      <c r="H717" t="inlineStr"/>
+    </row>
+    <row r="718">
+      <c r="A718" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21550</t>
+        </is>
+      </c>
+      <c r="B718" t="inlineStr">
+        <is>
+          <t>%1%2 is typing.</t>
+        </is>
+      </c>
+      <c r="C718" t="inlineStr">
+        <is>
+          <t>%1%2 kirjoittaa.</t>
+        </is>
+      </c>
+      <c r="D718" t="inlineStr"/>
+      <c r="E718" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F718" t="inlineStr">
+        <is>
           <t>TimelineModel
 Multiple users are typing. First argument is a comma separated list of potentially multiple users. Second argument is the last user of that list. (If only one user is typing, %1 is empty. You should still use it in your string though to silence Qt warnings.)%1 and %2 are typing.</t>
         </is>
       </c>
-      <c r="G715" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G718" t="inlineStr"/>
       <c r="H718" t="inlineStr"/>
     </row>
     <row r="719">
       <c r="A719" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21580</t>
+          <t>../../src/timeline/TimelineModel.cpp:21610</t>
         </is>
       </c>
       <c r="B719" t="inlineStr">
         <is>
-          <t>%1 made the room open to guests.</t>
+          <t>%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="C719" t="inlineStr">
         <is>
-          <t>%1 teki huoneesta avoimen vieraille.</t>
+          <t>%1 avasi huoneen kaikelle yleisölle.</t>
         </is>
       </c>
       <c r="D719" t="inlineStr"/>
       <c r="E719" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F719" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room open to guests.</t>
+          <t>TimelineModel%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="G719" t="inlineStr"/>
       <c r="H719" t="inlineStr"/>
     </row>
     <row r="720">
       <c r="A720" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21582</t>
+          <t>../../src/timeline/TimelineModel.cpp:21614</t>
         </is>
       </c>
       <c r="B720" t="inlineStr">
         <is>
-          <t>%1 has closed the room to guest access.</t>
+          <t>%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="C720" t="inlineStr">
         <is>
-          <t>%1 on sulkenut huoneen vierailta.</t>
+          <t>Käyttäjän %1 sallittiin liittyä tähän huoneeseen koputtamalla.</t>
         </is>
       </c>
       <c r="D720" t="inlineStr"/>
       <c r="E720" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F720" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has closed the room to guest access.</t>
+          <t>TimelineModel%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="G720" t="inlineStr"/>
       <c r="H720" t="inlineStr"/>
     </row>
     <row r="721">
       <c r="A721" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21597</t>
+          <t>../../src/timeline/TimelineModel.cpp:21621</t>
         </is>
       </c>
       <c r="B721" t="inlineStr">
         <is>
-          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="C721" t="inlineStr">
         <is>
-          <t>%1 teki huoneen historian luettavaksi kaikille. Tapahtumia voivat nyt lukea myös huoneeseen liittymättömät ihmiset.</t>
+          <t>%1 salli seuraavien huoneiden jäsenten liittyä automaattisesti tähän huoneeseen: %2</t>
         </is>
       </c>
       <c r="D721" t="inlineStr"/>
       <c r="E721" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F721" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>TimelineModel%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="G721" t="inlineStr"/>
       <c r="H721" t="inlineStr"/>
     </row>
     <row r="722">
       <c r="A722" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21601</t>
+          <t>../../src/timeline/TimelineModel.cpp:21640</t>
         </is>
       </c>
       <c r="B722" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members from this point on.</t>
+          <t>%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="C722" t="inlineStr">
         <is>
-          <t>%1 asetti huoneen historian näkyväksi jäsenille tästä lähtien.</t>
+          <t>%1 teki huoneesta avoimen vieraille.</t>
         </is>
       </c>
       <c r="D722" t="inlineStr"/>
       <c r="E722" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F722" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
+          <t>TimelineModel%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="G722" t="inlineStr"/>
       <c r="H722" t="inlineStr"/>
     </row>
     <row r="723">
       <c r="A723" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21603</t>
+          <t>../../src/timeline/TimelineModel.cpp:21642</t>
         </is>
       </c>
       <c r="B723" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they were invited.</t>
+          <t>%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="C723" t="inlineStr">
         <is>
-          <t>%1 asetti huoneen historian näkyväksi jäsenille kutsumisesta lähtien.</t>
+          <t>%1 on sulkenut huoneen vierailta.</t>
         </is>
       </c>
       <c r="D723" t="inlineStr"/>
       <c r="E723" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F723" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
+          <t>TimelineModel%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="G723" t="inlineStr"/>
       <c r="H723" t="inlineStr"/>
     </row>
     <row r="724">
       <c r="A724" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21605</t>
+          <t>../../src/timeline/TimelineModel.cpp:21657</t>
         </is>
       </c>
       <c r="B724" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they joined the room.</t>
+          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="C724" t="inlineStr">
         <is>
-          <t>%1 asetti huoneen historian näkyväksi jäsenille huoneeseen liittymisen jälkeen.</t>
+          <t>%1 teki huoneen historian luettavaksi kaikille. Tapahtumia voivat nyt lukea myös huoneeseen liittymättömät ihmiset.</t>
         </is>
       </c>
       <c r="D724" t="inlineStr"/>
       <c r="E724" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F724" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
+          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="G724" t="inlineStr"/>
       <c r="H724" t="inlineStr"/>
     </row>
     <row r="725">
       <c r="A725" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21877</t>
+          <t>../../src/timeline/TimelineModel.cpp:21661</t>
         </is>
       </c>
       <c r="B725" t="inlineStr">
         <is>
-          <t>%1 has changed the room's permissions.</t>
+          <t>%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="C725" t="inlineStr">
         <is>
-          <t>%1 on muuttanut huoneen oikeuksia.</t>
+          <t>%1 asetti huoneen historian näkyväksi jäsenille tästä lähtien.</t>
         </is>
       </c>
       <c r="D725" t="inlineStr"/>
       <c r="E725" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F725" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's permissions.</t>
+          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="G725" t="inlineStr"/>
       <c r="H725" t="inlineStr"/>
     </row>
     <row r="726">
       <c r="A726" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21656</t>
+          <t>../../src/timeline/TimelineModel.cpp:21663</t>
         </is>
       </c>
       <c r="B726" t="inlineStr">
         <is>
-          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
       <c r="C726" t="inlineStr">
         <is>
-          <t>%1 on muuttanut potkimisen oikeustason huoneessa tasosta %2 tasoon %3.</t>
+          <t>%1 asetti huoneen historian näkyväksi jäsenille kutsumisesta lähtien.</t>
         </is>
       </c>
       <c r="D726" t="inlineStr"/>
       <c r="E726" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F726" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
       <c r="G726" t="inlineStr"/>
       <c r="H726" t="inlineStr"/>
     </row>
     <row r="727">
       <c r="A727" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21671</t>
+          <t>../../src/timeline/TimelineModel.cpp:21665</t>
         </is>
       </c>
       <c r="B727" t="inlineStr">
         <is>
-          <t>%n member can now kick room members.</t>
+          <t>%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
       <c r="C727" t="inlineStr">
         <is>
-          <t>%n jäsen voi nyt potkia huoneen jäseniä.</t>
+          <t>%1 asetti huoneen historian näkyväksi jäsenille huoneeseen liittymisen jälkeen.</t>
         </is>
       </c>
       <c r="D727" t="inlineStr"/>
       <c r="E727" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F727" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now kick room members.</t>
+          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
       <c r="G727" t="inlineStr"/>
       <c r="H727" t="inlineStr"/>
     </row>
     <row r="728">
       <c r="A728" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21675</t>
+          <t>../../src/timeline/TimelineModel.cpp:21939</t>
         </is>
       </c>
       <c r="B728" t="inlineStr">
         <is>
-          <t>%1 can now kick room members.</t>
+          <t>%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="C728" t="inlineStr">
         <is>
-          <t>%1 voi nyt potkia huoneen jäseniä.</t>
+          <t>%1 on muuttanut huoneen oikeuksia.</t>
         </is>
       </c>
       <c r="D728" t="inlineStr"/>
       <c r="E728" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F728" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now kick room members.</t>
+          <t>TimelineModel%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="G728" t="inlineStr"/>
       <c r="H728" t="inlineStr"/>
     </row>
     <row r="729">
       <c r="A729" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21687</t>
+          <t>../../src/timeline/TimelineModel.cpp:21717</t>
         </is>
       </c>
       <c r="B729" t="inlineStr">
         <is>
-          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C729" t="inlineStr">
         <is>
-          <t>%1 on muuttanut tapahtumien poisvetämisen oikeustason huoneessa tasosta %2 tasoon %3.</t>
+          <t>%1 on muuttanut potkimisen oikeustason huoneessa tasosta %2 tasoon %3.</t>
         </is>
       </c>
       <c r="D729" t="inlineStr"/>
       <c r="E729" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F729" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G729" t="inlineStr"/>
       <c r="H729" t="inlineStr"/>
     </row>
     <row r="730">
       <c r="A730" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21701</t>
+          <t>../../src/timeline/TimelineModel.cpp:21732</t>
         </is>
       </c>
       <c r="B730" t="inlineStr">
         <is>
-          <t>%n member can now redact room messages.</t>
+          <t>%n member can now kick room members.</t>
         </is>
       </c>
       <c r="C730" t="inlineStr">
         <is>
-          <t>%n jäsen voi nyt vetää pois huoneen viestejä.</t>
+          <t>%n jäsen voi nyt potkia huoneen jäseniä.</t>
         </is>
       </c>
       <c r="D730" t="inlineStr"/>
       <c r="E730" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F730" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now redact room messages.</t>
+          <t>TimelineModel%n member(s) can now kick room members.</t>
         </is>
       </c>
       <c r="G730" t="inlineStr"/>
       <c r="H730" t="inlineStr"/>
     </row>
     <row r="731">
       <c r="A731" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21707</t>
+          <t>../../src/timeline/TimelineModel.cpp:21736</t>
         </is>
       </c>
       <c r="B731" t="inlineStr">
         <is>
-          <t>%1 can now redact room messages.</t>
+          <t>%1 can now kick room members.</t>
         </is>
       </c>
       <c r="C731" t="inlineStr">
         <is>
-          <t>%1 voi nyt vetää pois huoneen viestejä.</t>
+          <t>%1 voi nyt potkia huoneen jäseniä.</t>
         </is>
       </c>
       <c r="D731" t="inlineStr"/>
       <c r="E731" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F731" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now redact room messages.</t>
+          <t>TimelineModel%1 can now kick room members.</t>
         </is>
       </c>
       <c r="G731" t="inlineStr"/>
       <c r="H731" t="inlineStr"/>
     </row>
     <row r="732">
       <c r="A732" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21719</t>
+          <t>../../src/timeline/TimelineModel.cpp:21748</t>
         </is>
       </c>
       <c r="B732" t="inlineStr">
         <is>
-          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C732" t="inlineStr">
         <is>
-          <t>%1 on muuttanut porttikieltojen antamisen oikeustason huoneessa tasosta %2 tasoon %3.</t>
+          <t>%1 on muuttanut tapahtumien poisvetämisen oikeustason huoneessa tasosta %2 tasoon %3.</t>
         </is>
       </c>
       <c r="D732" t="inlineStr"/>
       <c r="E732" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F732" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G732" t="inlineStr"/>
       <c r="H732" t="inlineStr"/>
     </row>
     <row r="733">
       <c r="A733" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21734</t>
+          <t>../../src/timeline/TimelineModel.cpp:21762</t>
         </is>
       </c>
       <c r="B733" t="inlineStr">
         <is>
-          <t>%n member can now ban room members.</t>
+          <t>%n member can now redact room messages.</t>
         </is>
       </c>
       <c r="C733" t="inlineStr">
         <is>
-          <t>%n jäsen voi nyt antaa porttikieltoja huoneen jäsenille.</t>
+          <t>%n jäsen voi nyt vetää pois huoneen viestejä.</t>
         </is>
       </c>
       <c r="D733" t="inlineStr"/>
       <c r="E733" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F733" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now ban room members.</t>
+          <t>TimelineModel%n member(s) can now redact room messages.</t>
         </is>
       </c>
       <c r="G733" t="inlineStr"/>
       <c r="H733" t="inlineStr"/>
     </row>
     <row r="734">
       <c r="A734" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21738</t>
+          <t>../../src/timeline/TimelineModel.cpp:21768</t>
         </is>
       </c>
       <c r="B734" t="inlineStr">
         <is>
-          <t>%1 can now ban room members.</t>
+          <t>%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="C734" t="inlineStr">
         <is>
-          <t>%1 voi nyt antaa porttikieltoja huoneen jäsenille.</t>
+          <t>%1 voi nyt vetää pois huoneen viestejä.</t>
         </is>
       </c>
       <c r="D734" t="inlineStr"/>
       <c r="E734" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F734" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now ban room members.</t>
+          <t>TimelineModel%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="G734" t="inlineStr"/>
       <c r="H734" t="inlineStr"/>
     </row>
     <row r="735">
       <c r="A735" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21751</t>
+          <t>../../src/timeline/TimelineModel.cpp:21780</t>
         </is>
       </c>
       <c r="B735" t="inlineStr">
         <is>
-          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C735" t="inlineStr">
         <is>
-          <t>%1 on muuttanut state_default -tapahtuman oikeustason huoneessa tasosta %2 tasoon %3.</t>
+          <t>%1 on muuttanut porttikieltojen antamisen oikeustason huoneessa tasosta %2 tasoon %3.</t>
         </is>
       </c>
       <c r="D735" t="inlineStr"/>
       <c r="E735" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F735" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G735" t="inlineStr"/>
       <c r="H735" t="inlineStr"/>
     </row>
     <row r="736">
       <c r="A736" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21766</t>
+          <t>../../src/timeline/TimelineModel.cpp:21795</t>
         </is>
       </c>
       <c r="B736" t="inlineStr">
         <is>
-          <t>%n member can now send state events.</t>
+          <t>%n member can now ban room members.</t>
         </is>
       </c>
       <c r="C736" t="inlineStr">
         <is>
-          <t>%n jäsen voi nyt lähettää tilatapahtumia.</t>
+          <t>%n jäsen voi nyt antaa porttikieltoja huoneen jäsenille.</t>
         </is>
       </c>
       <c r="D736" t="inlineStr"/>
       <c r="E736" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F736" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now send state events.</t>
+          <t>TimelineModel%n member(s) can now ban room members.</t>
         </is>
       </c>
       <c r="G736" t="inlineStr"/>
       <c r="H736" t="inlineStr"/>
     </row>
     <row r="737">
       <c r="A737" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21770</t>
+          <t>../../src/timeline/TimelineModel.cpp:21799</t>
         </is>
       </c>
       <c r="B737" t="inlineStr">
         <is>
-          <t>%1 can now send state events.</t>
+          <t>%1 can now ban room members.</t>
         </is>
       </c>
       <c r="C737" t="inlineStr">
         <is>
-          <t>%1 voi nyt lähettää tilatapahtumia.</t>
+          <t>%1 voi nyt antaa porttikieltoja huoneen jäsenille.</t>
         </is>
       </c>
       <c r="D737" t="inlineStr"/>
       <c r="E737" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F737" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now send state events.</t>
+          <t>TimelineModel%1 can now ban room members.</t>
         </is>
       </c>
       <c r="G737" t="inlineStr"/>
       <c r="H737" t="inlineStr"/>
     </row>
     <row r="738">
       <c r="A738" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21784</t>
+          <t>../../src/timeline/TimelineModel.cpp:21812</t>
         </is>
       </c>
       <c r="B738" t="inlineStr">
         <is>
-          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C738" t="inlineStr">
         <is>
-          <t>%1 on muuttanut kutsumisen oikeustason huoneessa tasosta %2 tasoon %3.</t>
+          <t>%1 on muuttanut state_default -tapahtuman oikeustason huoneessa tasosta %2 tasoon %3.</t>
         </is>
       </c>
       <c r="D738" t="inlineStr"/>
       <c r="E738" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F738" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G738" t="inlineStr"/>
       <c r="H738" t="inlineStr"/>
     </row>
     <row r="739">
       <c r="A739" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21794</t>
+          <t>../../src/timeline/TimelineModel.cpp:21827</t>
         </is>
       </c>
       <c r="B739" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>%n member can now send state events.</t>
         </is>
       </c>
       <c r="C739" t="inlineStr">
         <is>
-          <t>%1 on muuttanut events_default -tapahtuman oikeustason huoneessa tasosta %2 tasoon %3. Uudet käyttäjät eivät voi enää lähettää tapahtumia.</t>
+          <t>%n jäsen voi nyt lähettää tilatapahtumia.</t>
         </is>
       </c>
       <c r="D739" t="inlineStr"/>
       <c r="E739" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F739" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>TimelineModel%n member(s) can now send state events.</t>
         </is>
       </c>
       <c r="G739" t="inlineStr"/>
       <c r="H739" t="inlineStr"/>
     </row>
     <row r="740">
       <c r="A740" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21803</t>
+          <t>../../src/timeline/TimelineModel.cpp:21831</t>
         </is>
       </c>
       <c r="B740" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>%1 can now send state events.</t>
         </is>
       </c>
       <c r="C740" t="inlineStr">
         <is>
-          <t>%1 on muuttanut events_default -tapahtuman oikeustason huoneessa tasosta %2 tasoon %3. Uudet käyttäjät voivat nyt lähettää muutoin rajoittamattomia tapahtumia.</t>
+          <t>%1 voi nyt lähettää tilatapahtumia.</t>
         </is>
       </c>
       <c r="D740" t="inlineStr"/>
       <c r="E740" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F740" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>TimelineModel%1 can now send state events.</t>
         </is>
       </c>
       <c r="G740" t="inlineStr"/>
       <c r="H740" t="inlineStr"/>
     </row>
     <row r="741">
       <c r="A741" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21810</t>
+          <t>../../src/timeline/TimelineModel.cpp:21845</t>
         </is>
       </c>
       <c r="B741" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C741" t="inlineStr">
         <is>
-          <t>%1 on muuttanut events_default -tapahtuman oikeustason huoneessa tasosta %2 tasoon %3.</t>
+          <t>%1 on muuttanut kutsumisen oikeustason huoneessa tasosta %2 tasoon %3.</t>
         </is>
       </c>
       <c r="D741" t="inlineStr"/>
       <c r="E741" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F741" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G741" t="inlineStr"/>
       <c r="H741" t="inlineStr"/>
     </row>
     <row r="742">
       <c r="A742" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21822</t>
+          <t>../../src/timeline/TimelineModel.cpp:21855</t>
         </is>
       </c>
       <c r="B742" t="inlineStr">
         <is>
-          <t>%1 has made %2 an administrator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="C742" t="inlineStr">
         <is>
-          <t>%1 on tehnyt käyttäjästä %2 tämän huoneen ylläpitäjän.</t>
+          <t>%1 on muuttanut events_default -tapahtuman oikeustason huoneessa tasosta %2 tasoon %3. Uudet käyttäjät eivät voi enää lähettää tapahtumia.</t>
         </is>
       </c>
       <c r="D742" t="inlineStr"/>
       <c r="E742" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F742" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="G742" t="inlineStr"/>
       <c r="H742" t="inlineStr"/>
     </row>
     <row r="743">
       <c r="A743" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21826</t>
+          <t>../../src/timeline/TimelineModel.cpp:21864</t>
         </is>
       </c>
       <c r="B743" t="inlineStr">
         <is>
-          <t>%1 has made %2 a moderator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="C743" t="inlineStr">
         <is>
-          <t>%1 on tehnyt käyttäjästä %2 tämän huoneen moderaattorin.</t>
+          <t>%1 on muuttanut events_default -tapahtuman oikeustason huoneessa tasosta %2 tasoon %3. Uudet käyttäjät voivat nyt lähettää muutoin rajoittamattomia tapahtumia.</t>
         </is>
       </c>
       <c r="D743" t="inlineStr"/>
       <c r="E743" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F743" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="G743" t="inlineStr"/>
       <c r="H743" t="inlineStr"/>
     </row>
     <row r="744">
       <c r="A744" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21830</t>
+          <t>../../src/timeline/TimelineModel.cpp:21871</t>
         </is>
       </c>
       <c r="B744" t="inlineStr">
         <is>
-          <t>%1 has downgraded %2 to moderator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C744" t="inlineStr">
         <is>
-          <t>%1 on alentanut käyttäjän %2 tämän huoneen moderaattoriksi.</t>
+          <t>%1 on muuttanut events_default -tapahtuman oikeustason huoneessa tasosta %2 tasoon %3.</t>
         </is>
       </c>
       <c r="D744" t="inlineStr"/>
       <c r="E744" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F744" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G744" t="inlineStr"/>
       <c r="H744" t="inlineStr"/>
     </row>
     <row r="745">
       <c r="A745" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21833</t>
+          <t>../../src/timeline/TimelineModel.cpp:21883</t>
         </is>
       </c>
       <c r="B745" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="C745" t="inlineStr">
         <is>
-          <t>%1 on muuttanut käyttäjän %2 oikeustason tasosta %3 tasoon %4.</t>
+          <t>%1 on tehnyt käyttäjästä %2 tämän huoneen ylläpitäjän.</t>
         </is>
       </c>
       <c r="D745" t="inlineStr"/>
       <c r="E745" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F745" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="G745" t="inlineStr"/>
       <c r="H745" t="inlineStr"/>
     </row>
     <row r="746">
       <c r="A746" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21849</t>
+          <t>../../src/timeline/TimelineModel.cpp:21887</t>
         </is>
       </c>
       <c r="B746" t="inlineStr">
         <is>
-          <t>%1 allowed only administrators to send "%2".</t>
+          <t>%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="C746" t="inlineStr">
         <is>
-          <t>%1 salli vain ylläpitäjien lähettää tyypin"%2" tapahtumia.</t>
+          <t>%1 on tehnyt käyttäjästä %2 tämän huoneen moderaattorin.</t>
         </is>
       </c>
       <c r="D746" t="inlineStr"/>
       <c r="E746" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F746" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
+          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="G746" t="inlineStr"/>
       <c r="H746" t="inlineStr"/>
     </row>
     <row r="747">
       <c r="A747" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21852</t>
+          <t>../../src/timeline/TimelineModel.cpp:21891</t>
         </is>
       </c>
       <c r="B747" t="inlineStr">
         <is>
-          <t>%1 allowed only moderators to send "%2".</t>
+          <t>%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="C747" t="inlineStr">
         <is>
-          <t>%1 salli vain moderaattorien lähettää tyypin"%2" tapahtumia.</t>
+          <t>%1 on alentanut käyttäjän %2 tämän huoneen moderaattoriksi.</t>
         </is>
       </c>
       <c r="D747" t="inlineStr"/>
       <c r="E747" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F747" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
+          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="G747" t="inlineStr"/>
       <c r="H747" t="inlineStr"/>
     </row>
     <row r="748">
       <c r="A748" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21855</t>
+          <t>../../src/timeline/TimelineModel.cpp:21895</t>
         </is>
       </c>
       <c r="B748" t="inlineStr">
         <is>
-          <t>%1 allowed everyone to send "%2".</t>
+          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="C748" t="inlineStr">
         <is>
-          <t>%1 salli kaikkien lähettää tyypin"%2" tapahtumia.</t>
+          <t>%1 on muuttanut käyttäjän %2 oikeustason tasosta %3 tasoon %4.</t>
         </is>
       </c>
       <c r="D748" t="inlineStr"/>
       <c r="E748" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F748" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed everyone to send "%2".</t>
+          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="G748" t="inlineStr"/>
       <c r="H748" t="inlineStr"/>
     </row>
     <row r="749">
       <c r="A749" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21859</t>
+          <t>../../src/timeline/TimelineModel.cpp:21911</t>
         </is>
       </c>
       <c r="B749" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="C749" t="inlineStr">
         <is>
-          <t>%1 on muuttanut tyypin "%2" tapahtuman oikeustason huoneessa oletustasosta tasoon %3.</t>
+          <t>%1 salli vain ylläpitäjien lähettää tyypin"%2" tapahtumia.</t>
         </is>
       </c>
       <c r="D749" t="inlineStr"/>
       <c r="E749" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F749" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="G749" t="inlineStr"/>
       <c r="H749" t="inlineStr"/>
     </row>
     <row r="750">
       <c r="A750" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21865</t>
+          <t>../../src/timeline/TimelineModel.cpp:21914</t>
         </is>
       </c>
       <c r="B750" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="C750" t="inlineStr">
         <is>
-          <t>%1 on muuttanut tyypin "%2" tapahtuman oikeustason huoneessa tasosta %2 tasoon %3.</t>
+          <t>%1 salli vain moderaattorien lähettää tyypin"%2" tapahtumia.</t>
         </is>
       </c>
       <c r="D750" t="inlineStr"/>
       <c r="E750" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F750" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="G750" t="inlineStr"/>
       <c r="H750" t="inlineStr"/>
     </row>
     <row r="751">
       <c r="A751" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21924</t>
+          <t>../../src/timeline/TimelineModel.cpp:21917</t>
         </is>
       </c>
       <c r="B751" t="inlineStr">
         <is>
-          <t>(empty)</t>
+          <t>%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="C751" t="inlineStr">
         <is>
-          <t>(tyhjä)</t>
+          <t>%1 salli kaikkien lähettää tyypin"%2" tapahtumia.</t>
         </is>
       </c>
       <c r="D751" t="inlineStr"/>
       <c r="E751" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F751" t="inlineStr">
         <is>
-          <t>TimelineModel(empty)</t>
+          <t>TimelineModel%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="G751" t="inlineStr"/>
       <c r="H751" t="inlineStr"/>
     </row>
     <row r="752">
       <c r="A752" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21930</t>
+          <t>../../src/timeline/TimelineModel.cpp:21921</t>
         </is>
       </c>
       <c r="B752" t="inlineStr">
         <is>
-          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="C752" t="inlineStr">
         <is>
-          <t>%1 poisti paketista %2 seuraavat kuvat:&lt;br&gt;%3</t>
+          <t>%1 on muuttanut tyypin "%2" tapahtuman oikeustason huoneessa oletustasosta tasoon %3.</t>
         </is>
       </c>
       <c r="D752" t="inlineStr"/>
       <c r="E752" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F752" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="G752" t="inlineStr"/>
       <c r="H752" t="inlineStr"/>
     </row>
     <row r="753">
       <c r="A753" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21936</t>
+          <t>../../src/timeline/TimelineModel.cpp:21927</t>
         </is>
       </c>
       <c r="B753" t="inlineStr">
         <is>
-          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="C753" t="inlineStr">
         <is>
-          <t>%1 lisäsi pakettiin %2 seuraavat kuvat:&lt;br&gt;%3</t>
+          <t>%1 on muuttanut tyypin "%2" tapahtuman oikeustason huoneessa tasosta %2 tasoon %3.</t>
         </is>
       </c>
       <c r="D753" t="inlineStr"/>
       <c r="E753" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F753" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="G753" t="inlineStr"/>
       <c r="H753" t="inlineStr"/>
     </row>
     <row r="754">
       <c r="A754" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21941</t>
+          <t>../../src/timeline/TimelineModel.cpp:21986</t>
         </is>
       </c>
       <c r="B754" t="inlineStr">
         <is>
-          <t>%1 changed the sticker and emotes in this room.</t>
+          <t>(empty)</t>
         </is>
       </c>
       <c r="C754" t="inlineStr">
         <is>
-          <t>%1 muutti tämän huoneen tarroja ja hymiöitä.</t>
+          <t>(tyhjä)</t>
         </is>
       </c>
       <c r="D754" t="inlineStr"/>
       <c r="E754" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F754" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
+          <t>TimelineModel(empty)</t>
         </is>
       </c>
       <c r="G754" t="inlineStr"/>
       <c r="H754" t="inlineStr"/>
     </row>
     <row r="755">
       <c r="A755" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21976</t>
+          <t>../../src/timeline/TimelineModel.cpp:21992</t>
         </is>
       </c>
       <c r="B755" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban users matching %2.</t>
+          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C755" t="inlineStr">
         <is>
-          <t>%1 poisti käytöstä käytännön antaa porttikielto sääntöön %2 täsmääville käyttäjille.</t>
+          <t>%1 poisti paketista %2 seuraavat kuvat:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="D755" t="inlineStr"/>
       <c r="E755" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F755" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
+          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G755" t="inlineStr"/>
       <c r="H755" t="inlineStr"/>
     </row>
     <row r="756">
       <c r="A756" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21979</t>
+          <t>../../src/timeline/TimelineModel.cpp:21998</t>
         </is>
       </c>
       <c r="B756" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C756" t="inlineStr">
         <is>
-          <t>%1 lisäsi käytännön antaa porttikielto sääntöön %2 täsmääville käyttäjille syystä "%3".</t>
+          <t>%1 lisäsi pakettiin %2 seuraavat kuvat:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="D756" t="inlineStr"/>
       <c r="E756" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F756" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G756" t="inlineStr"/>
       <c r="H756" t="inlineStr"/>
     </row>
     <row r="757">
       <c r="A757" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22001</t>
+          <t>../../src/timeline/TimelineModel.cpp:22003</t>
         </is>
       </c>
       <c r="B757" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban rooms matching %2.</t>
+          <t>%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="C757" t="inlineStr">
         <is>
-          <t>%1 poisti käytöstä käytännön antaa porttikielto sääntöön %2 täsmääville huoneille.</t>
+          <t>%1 muutti tämän huoneen tarroja ja hymiöitä.</t>
         </is>
       </c>
       <c r="D757" t="inlineStr"/>
       <c r="E757" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F757" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
+          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="G757" t="inlineStr"/>
       <c r="H757" t="inlineStr"/>
     </row>
     <row r="758">
       <c r="A758" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22004</t>
+          <t>../../src/timeline/TimelineModel.cpp:22038</t>
         </is>
       </c>
       <c r="B758" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="C758" t="inlineStr">
         <is>
-          <t>%1 lisäsi käytännön antaa porttikielto sääntöön %2 täsmääville huoneille syystä "%3".</t>
+          <t>%1 poisti käytöstä käytännön antaa porttikielto sääntöön %2 täsmääville käyttäjille.</t>
         </is>
       </c>
       <c r="D758" t="inlineStr"/>
       <c r="E758" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F758" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="G758" t="inlineStr"/>
       <c r="H758" t="inlineStr"/>
     </row>
     <row r="759">
       <c r="A759" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22026</t>
+          <t>../../src/timeline/TimelineModel.cpp:22041</t>
         </is>
       </c>
       <c r="B759" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban servers matching %2.</t>
+          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C759" t="inlineStr">
         <is>
-          <t>%1 poisti käytöstä käytännön antaa porttikielto sääntöön %2 täsmääville palvelimille.</t>
+          <t>%1 lisäsi käytännön antaa porttikielto sääntöön %2 täsmääville käyttäjille syystä "%3".</t>
         </is>
       </c>
       <c r="D759" t="inlineStr"/>
       <c r="E759" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F759" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
+          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G759" t="inlineStr"/>
       <c r="H759" t="inlineStr"/>
     </row>
     <row r="760">
       <c r="A760" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22029</t>
+          <t>../../src/timeline/TimelineModel.cpp:22063</t>
         </is>
       </c>
       <c r="B760" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="C760" t="inlineStr">
         <is>
-          <t>%1 lisäsi käytännön antaa porttikielto sääntöön %2 täsmääville palvelimille syystä "%3".</t>
+          <t>%1 poisti käytöstä käytännön antaa porttikielto sääntöön %2 täsmääville huoneille.</t>
         </is>
       </c>
       <c r="D760" t="inlineStr"/>
       <c r="E760" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F760" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="G760" t="inlineStr"/>
       <c r="H760" t="inlineStr"/>
     </row>
     <row r="761">
       <c r="A761" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22063</t>
+          <t>../../src/timeline/TimelineModel.cpp:22066</t>
         </is>
       </c>
       <c r="B761" t="inlineStr">
         <is>
-          <t>Removed by %1</t>
+          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C761" t="inlineStr">
         <is>
-          <t>Poistanut %1</t>
+          <t>%1 lisäsi käytännön antaa porttikielto sääntöön %2 täsmääville huoneille syystä "%3".</t>
         </is>
       </c>
       <c r="D761" t="inlineStr"/>
       <c r="E761" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F761" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1</t>
+          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G761" t="inlineStr"/>
       <c r="H761" t="inlineStr"/>
     </row>
     <row r="762">
       <c r="A762" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22065</t>
+          <t>../../src/timeline/TimelineModel.cpp:22088</t>
         </is>
       </c>
       <c r="B762" t="inlineStr">
         <is>
-          <t>%1 (%2) removed this message at %3</t>
+          <t>%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="C762" t="inlineStr">
         <is>
-          <t>%1 (%2) poisti tämän viestin ajankohtana %3</t>
+          <t>%1 poisti käytöstä käytännön antaa porttikielto sääntöön %2 täsmääville palvelimille.</t>
         </is>
       </c>
       <c r="D762" t="inlineStr"/>
       <c r="E762" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F762" t="inlineStr">
         <is>
-          <t>TimelineModel%1 (%2) removed this message at %3</t>
+          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="G762" t="inlineStr"/>
       <c r="H762" t="inlineStr"/>
     </row>
     <row r="763">
       <c r="A763" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22067</t>
+          <t>../../src/timeline/TimelineModel.cpp:22091</t>
         </is>
       </c>
       <c r="B763" t="inlineStr">
         <is>
-          <t>Removed by %1 because: %2</t>
+          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C763" t="inlineStr">
         <is>
-          <t>Poistanut %1 syystä: %2</t>
+          <t>%1 lisäsi käytännön antaa porttikielto sääntöön %2 täsmääville palvelimille syystä "%3".</t>
         </is>
       </c>
       <c r="D763" t="inlineStr"/>
       <c r="E763" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F763" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1 because: %2</t>
+          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G763" t="inlineStr"/>
       <c r="H763" t="inlineStr"/>
     </row>
     <row r="764">
       <c r="A764" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22068</t>
+          <t>../../src/timeline/TimelineModel.cpp:22125</t>
         </is>
       </c>
       <c r="B764" t="inlineStr">
+        <is>
+          <t>Removed by %1</t>
+        </is>
+      </c>
+      <c r="C764" t="inlineStr">
+        <is>
+          <t>Poistanut %1</t>
+        </is>
+      </c>
+      <c r="D764" t="inlineStr"/>
+      <c r="E764" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F764" t="inlineStr">
+        <is>
+          <t>TimelineModelRemoved by %1</t>
+        </is>
+      </c>
+      <c r="G764" t="inlineStr"/>
+      <c r="H764" t="inlineStr"/>
+    </row>
+    <row r="765">
+      <c r="A765" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22127</t>
+        </is>
+      </c>
+      <c r="B765" t="inlineStr">
+        <is>
+          <t>%1 (%2) removed this message at %3</t>
+        </is>
+      </c>
+      <c r="C765" t="inlineStr">
+        <is>
+          <t>%1 (%2) poisti tämän viestin ajankohtana %3</t>
+        </is>
+      </c>
+      <c r="D765" t="inlineStr"/>
+      <c r="E765" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F765" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 (%2) removed this message at %3</t>
+        </is>
+      </c>
+      <c r="G765" t="inlineStr"/>
+      <c r="H765" t="inlineStr"/>
+    </row>
+    <row r="766">
+      <c r="A766" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22129</t>
+        </is>
+      </c>
+      <c r="B766" t="inlineStr">
+        <is>
+          <t>Removed by %1 because: %2</t>
+        </is>
+      </c>
+      <c r="C766" t="inlineStr">
+        <is>
+          <t>Poistanut %1 syystä: %2</t>
+        </is>
+      </c>
+      <c r="D766" t="inlineStr"/>
+      <c r="E766" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F766" t="inlineStr">
+        <is>
+          <t>TimelineModelRemoved by %1 because: %2</t>
+        </is>
+      </c>
+      <c r="G766" t="inlineStr"/>
+      <c r="H766" t="inlineStr"/>
+    </row>
+    <row r="767">
+      <c r="A767" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22130</t>
+        </is>
+      </c>
+      <c r="B767" t="inlineStr">
         <is>
           <t>%1 (%2) removed this message at %3
 Reason: %4</t>
         </is>
       </c>
-      <c r="C764" t="inlineStr">
+      <c r="C767" t="inlineStr">
         <is>
           <t>%1 (%2) poisti tämän viestin ajankohtana %3
 Syy: %4</t>
         </is>
       </c>
-      <c r="D764" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F764" t="inlineStr">
+      <c r="D767" t="inlineStr"/>
+      <c r="E767" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F767" t="inlineStr">
         <is>
           <t>TimelineModel%1 (%2) removed this message at %3
 Reason: %4</t>
         </is>
       </c>
-      <c r="G764" t="inlineStr"/>
-[...92 lines deleted...]
-      </c>
       <c r="G767" t="inlineStr"/>
       <c r="H767" t="inlineStr"/>
     </row>
     <row r="768">
       <c r="A768" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22219</t>
+          <t>../../src/timeline/TimelineModel.cpp:22274</t>
         </is>
       </c>
       <c r="B768" t="inlineStr">
         <is>
-          <t>%2 rejected the knock from %1.</t>
+          <t>%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="C768" t="inlineStr">
         <is>
-          <t>%2 hylkäsi käyttäjän %1 koputuksen.</t>
+          <t>%2 perui käyttäjän %1 kutsun.</t>
         </is>
       </c>
       <c r="D768" t="inlineStr"/>
       <c r="E768" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F768" t="inlineStr">
         <is>
-          <t>TimelineModel%2 rejected the knock from %1.</t>
-[...2 lines deleted...]
-      <c r="G768" t="inlineStr"/>
+          <t>TimelineModel%2 revoked the invite to %1.</t>
+        </is>
+      </c>
+      <c r="G768" t="inlineStr">
+        <is>
+          <t>I presume this means like `MXID cancelled the invite to @MXID-that-was-invited` and not that `MXID cancelled the invite to room %1`. It seems a bit unclear and I guess could also mean that someone rejected the invite, but I hope that would be more clear language anyway.</t>
+        </is>
+      </c>
       <c r="H768" t="inlineStr"/>
     </row>
     <row r="769">
       <c r="A769" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22187</t>
+          <t>../../src/timeline/TimelineModel.cpp:22269</t>
         </is>
       </c>
       <c r="B769" t="inlineStr">
         <is>
-          <t>%1 changed their avatar.</t>
+          <t>%2 kicked %1.</t>
         </is>
       </c>
       <c r="C769" t="inlineStr">
         <is>
-          <t>%1 muutti avatariaan.</t>
+          <t>%2 potkaisi käyttäjän %1.</t>
         </is>
       </c>
       <c r="D769" t="inlineStr"/>
       <c r="E769" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F769" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed their avatar.</t>
+          <t>TimelineModel%2 kicked %1.</t>
         </is>
       </c>
       <c r="G769" t="inlineStr"/>
       <c r="H769" t="inlineStr"/>
     </row>
     <row r="770">
       <c r="A770" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22189</t>
+          <t>../../src/timeline/TimelineModel.cpp:22276</t>
         </is>
       </c>
       <c r="B770" t="inlineStr">
         <is>
-          <t>%1 changed some profile info.</t>
+          <t>%2 unbanned %1.</t>
         </is>
       </c>
       <c r="C770" t="inlineStr">
         <is>
-          <t>%1 muutti joitain tietoja profiilistaan.</t>
+          <t>%2 poisti käyttäjän %1 porttikiellon.</t>
         </is>
       </c>
       <c r="D770" t="inlineStr"/>
       <c r="E770" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F770" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed some profile info.</t>
+          <t>TimelineModel%2 unbanned %1.</t>
         </is>
       </c>
       <c r="G770" t="inlineStr"/>
       <c r="H770" t="inlineStr"/>
     </row>
     <row r="771">
       <c r="A771" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22194</t>
+          <t>../../src/timeline/TimelineModel.cpp:22281</t>
         </is>
       </c>
       <c r="B771" t="inlineStr">
         <is>
-          <t>%1 joined.</t>
+          <t>%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="C771" t="inlineStr">
         <is>
-          <t>%1 liittyi.</t>
+          <t>%2 hylkäsi käyttäjän %1 koputuksen.</t>
         </is>
       </c>
       <c r="D771" t="inlineStr"/>
       <c r="E771" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F771" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined.</t>
+          <t>TimelineModel%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="G771" t="inlineStr"/>
       <c r="H771" t="inlineStr"/>
     </row>
     <row r="772">
       <c r="A772" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22197</t>
+          <t>../../src/timeline/TimelineModel.cpp:22249</t>
         </is>
       </c>
       <c r="B772" t="inlineStr">
         <is>
-          <t>%1 joined via authorisation from %2's server.</t>
+          <t>%1 changed their avatar.</t>
         </is>
       </c>
       <c r="C772" t="inlineStr">
         <is>
-          <t>%1 liittyi käyttäjän %2 palvelimen suomalla vahvistuksella.</t>
+          <t>%1 muutti avatariaan.</t>
         </is>
       </c>
       <c r="D772" t="inlineStr"/>
       <c r="E772" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F772" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
+          <t>TimelineModel%1 changed their avatar.</t>
         </is>
       </c>
       <c r="G772" t="inlineStr"/>
       <c r="H772" t="inlineStr"/>
     </row>
     <row r="773">
       <c r="A773" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22210</t>
+          <t>../../src/timeline/TimelineModel.cpp:22251</t>
         </is>
       </c>
       <c r="B773" t="inlineStr">
         <is>
-          <t>%1 rejected their invite.</t>
+          <t>%1 changed some profile info.</t>
         </is>
       </c>
       <c r="C773" t="inlineStr">
         <is>
-          <t>%1 hylkäsi kutsunsa.</t>
+          <t>%1 muutti joitain tietoja profiilistaan.</t>
         </is>
       </c>
       <c r="D773" t="inlineStr"/>
       <c r="E773" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F773" t="inlineStr">
         <is>
-          <t>TimelineModel%1 rejected their invite.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%1 changed some profile info.</t>
+        </is>
+      </c>
+      <c r="G773" t="inlineStr"/>
       <c r="H773" t="inlineStr"/>
     </row>
     <row r="774">
       <c r="A774" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22205</t>
+          <t>../../src/timeline/TimelineModel.cpp:22256</t>
         </is>
       </c>
       <c r="B774" t="inlineStr">
         <is>
-          <t>%1 left the room.</t>
+          <t>%1 joined.</t>
         </is>
       </c>
       <c r="C774" t="inlineStr">
         <is>
-          <t>%1 poistui huoneesta.</t>
+          <t>%1 liittyi.</t>
         </is>
       </c>
       <c r="D774" t="inlineStr"/>
       <c r="E774" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F774" t="inlineStr">
         <is>
-          <t>TimelineModel%1 left the room.</t>
+          <t>TimelineModel%1 joined.</t>
         </is>
       </c>
       <c r="G774" t="inlineStr"/>
       <c r="H774" t="inlineStr"/>
     </row>
     <row r="775">
       <c r="A775" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22236</t>
+          <t>../../src/timeline/TimelineModel.cpp:22259</t>
         </is>
       </c>
       <c r="B775" t="inlineStr">
         <is>
-          <t>Reason: %1</t>
+          <t>%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="C775" t="inlineStr">
         <is>
-          <t>Syy: %1</t>
+          <t>%1 liittyi käyttäjän %2 palvelimen suomalla vahvistuksella.</t>
         </is>
       </c>
       <c r="D775" t="inlineStr"/>
       <c r="E775" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F775" t="inlineStr">
         <is>
-          <t>TimelineModelReason: %1</t>
+          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="G775" t="inlineStr"/>
       <c r="H775" t="inlineStr"/>
     </row>
     <row r="776">
       <c r="A776" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22217</t>
+          <t>../../src/timeline/TimelineModel.cpp:22272</t>
         </is>
       </c>
       <c r="B776" t="inlineStr">
         <is>
-          <t>%1 redacted their knock.</t>
+          <t>%1 rejected their invite.</t>
         </is>
       </c>
       <c r="C776" t="inlineStr">
         <is>
-          <t>%1 perui koputuksensa.</t>
+          <t>%1 hylkäsi kutsunsa.</t>
         </is>
       </c>
       <c r="D776" t="inlineStr"/>
       <c r="E776" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F776" t="inlineStr">
         <is>
-          <t>TimelineModel%1 redacted their knock.</t>
-[...2 lines deleted...]
-      <c r="G776" t="inlineStr"/>
+          <t>TimelineModel%1 rejected their invite.</t>
+        </is>
+      </c>
+      <c r="G776" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 kieltäytyi kutsustaan.</t>
+        </is>
+      </c>
       <c r="H776" t="inlineStr"/>
     </row>
     <row r="777">
       <c r="A777" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19907</t>
+          <t>../../src/timeline/TimelineModel.cpp:22267</t>
         </is>
       </c>
       <c r="B777" t="inlineStr">
         <is>
-          <t>%1 changed which servers are allowed in this room.</t>
+          <t>%1 left the room.</t>
         </is>
       </c>
       <c r="C777" t="inlineStr">
         <is>
-          <t>%1 muutti tähän huoneeseen sallittuja palvelimia.</t>
+          <t>%1 poistui huoneesta.</t>
         </is>
       </c>
       <c r="D777" t="inlineStr"/>
       <c r="E777" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F777" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
+          <t>TimelineModel%1 left the room.</t>
         </is>
       </c>
       <c r="G777" t="inlineStr"/>
       <c r="H777" t="inlineStr"/>
     </row>
     <row r="778">
       <c r="A778" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19911</t>
+          <t>../../src/timeline/TimelineModel.cpp:22298</t>
         </is>
       </c>
       <c r="B778" t="inlineStr">
         <is>
-          <t>%1 removed the room name.</t>
-[...2 lines deleted...]
-      <c r="C778" t="inlineStr"/>
+          <t>Reason: %1</t>
+        </is>
+      </c>
+      <c r="C778" t="inlineStr">
+        <is>
+          <t>Syy: %1</t>
+        </is>
+      </c>
       <c r="D778" t="inlineStr"/>
       <c r="E778" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F778" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room name.</t>
+          <t>TimelineModelReason: %1</t>
         </is>
       </c>
       <c r="G778" t="inlineStr"/>
       <c r="H778" t="inlineStr"/>
     </row>
     <row r="779">
       <c r="A779" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19914</t>
+          <t>../../src/timeline/TimelineModel.cpp:22279</t>
         </is>
       </c>
       <c r="B779" t="inlineStr">
         <is>
-          <t>%1 changed the room name to: %2</t>
+          <t>%1 redacted their knock.</t>
         </is>
       </c>
       <c r="C779" t="inlineStr">
         <is>
-          <t>%2 vaihtoi huoneen nimeksi: %2 {1 ?}</t>
+          <t>%1 perui koputuksensa.</t>
         </is>
       </c>
       <c r="D779" t="inlineStr"/>
       <c r="E779" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F779" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room name to: %2</t>
+          <t>TimelineModel%1 redacted their knock.</t>
         </is>
       </c>
       <c r="G779" t="inlineStr"/>
       <c r="H779" t="inlineStr"/>
     </row>
     <row r="780">
       <c r="A780" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19919</t>
+          <t>../../src/timeline/TimelineModel.cpp:19967</t>
         </is>
       </c>
       <c r="B780" t="inlineStr">
         <is>
-          <t>%1 removed the topic.</t>
-[...2 lines deleted...]
-      <c r="C780" t="inlineStr"/>
+          <t>%1 changed which servers are allowed in this room.</t>
+        </is>
+      </c>
+      <c r="C780" t="inlineStr">
+        <is>
+          <t>%1 muutti tähän huoneeseen sallittuja palvelimia.</t>
+        </is>
+      </c>
       <c r="D780" t="inlineStr"/>
       <c r="E780" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F780" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the topic.</t>
+          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="G780" t="inlineStr"/>
       <c r="H780" t="inlineStr"/>
     </row>
     <row r="781">
       <c r="A781" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19922</t>
+          <t>../../src/timeline/TimelineModel.cpp:19971</t>
         </is>
       </c>
       <c r="B781" t="inlineStr">
         <is>
-          <t>%1 changed the topic to: %2</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 removed the room name.</t>
+        </is>
+      </c>
+      <c r="C781" t="inlineStr"/>
       <c r="D781" t="inlineStr"/>
       <c r="E781" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F781" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the topic to: %2</t>
+          <t>TimelineModel%1 removed the room name.</t>
         </is>
       </c>
       <c r="G781" t="inlineStr"/>
       <c r="H781" t="inlineStr"/>
     </row>
     <row r="782">
       <c r="A782" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19927</t>
+          <t>../../src/timeline/TimelineModel.cpp:19974</t>
         </is>
       </c>
       <c r="B782" t="inlineStr">
         <is>
-          <t>%1 changed the room avatar to: %2</t>
-[...2 lines deleted...]
-      <c r="C782" t="inlineStr"/>
+          <t>%1 changed the room name to: %2</t>
+        </is>
+      </c>
+      <c r="C782" t="inlineStr">
+        <is>
+          <t>%2 vaihtoi huoneen nimeksi: %2 {1 ?}</t>
+        </is>
+      </c>
       <c r="D782" t="inlineStr"/>
       <c r="E782" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F782" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room avatar to: %2</t>
+          <t>TimelineModel%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="G782" t="inlineStr"/>
       <c r="H782" t="inlineStr"/>
     </row>
     <row r="783">
       <c r="A783" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19935</t>
+          <t>../../src/timeline/TimelineModel.cpp:19979</t>
         </is>
       </c>
       <c r="B783" t="inlineStr">
         <is>
-          <t>%1 removed the room avatar.</t>
+          <t>%1 removed the topic.</t>
         </is>
       </c>
       <c r="C783" t="inlineStr"/>
       <c r="D783" t="inlineStr"/>
       <c r="E783" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F783" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room avatar.</t>
+          <t>TimelineModel%1 removed the topic.</t>
         </is>
       </c>
       <c r="G783" t="inlineStr"/>
       <c r="H783" t="inlineStr"/>
     </row>
     <row r="784">
       <c r="A784" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19938</t>
+          <t>../../src/timeline/TimelineModel.cpp:19982</t>
         </is>
       </c>
       <c r="B784" t="inlineStr">
         <is>
-          <t>%1 changed the pinned messages.</t>
+          <t>%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="C784" t="inlineStr">
         <is>
-          <t>%1 muutti kiinnitettyjä viestejä.</t>
+          <t>%2 vaihtoi aiheeksi: %2 {1 ?}</t>
         </is>
       </c>
       <c r="D784" t="inlineStr"/>
       <c r="E784" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F784" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the pinned messages.</t>
+          <t>TimelineModel%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="G784" t="inlineStr"/>
       <c r="H784" t="inlineStr"/>
     </row>
     <row r="785">
       <c r="A785" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19945</t>
+          <t>../../src/timeline/TimelineModel.cpp:19987</t>
         </is>
       </c>
       <c r="B785" t="inlineStr">
         <is>
-          <t>%1 changed the addresses for this room.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 changed the room avatar to: %2</t>
+        </is>
+      </c>
+      <c r="C785" t="inlineStr"/>
       <c r="D785" t="inlineStr"/>
       <c r="E785" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F785" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the addresses for this room.</t>
+          <t>TimelineModel%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="G785" t="inlineStr"/>
       <c r="H785" t="inlineStr"/>
     </row>
     <row r="786">
       <c r="A786" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19948</t>
+          <t>../../src/timeline/TimelineModel.cpp:19995</t>
         </is>
       </c>
       <c r="B786" t="inlineStr">
         <is>
-          <t>%1 changed the parent communities for this room.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 removed the room avatar.</t>
+        </is>
+      </c>
+      <c r="C786" t="inlineStr"/>
       <c r="D786" t="inlineStr"/>
       <c r="E786" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F786" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the parent communities for this room.</t>
+          <t>TimelineModel%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="G786" t="inlineStr"/>
       <c r="H786" t="inlineStr"/>
     </row>
     <row r="787">
       <c r="A787" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19951</t>
+          <t>../../src/timeline/TimelineModel.cpp:19998</t>
         </is>
       </c>
       <c r="B787" t="inlineStr">
         <is>
-          <t>%1 created and configured room: %2</t>
+          <t>%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="C787" t="inlineStr">
         <is>
-          <t>%1 loi ja sääti huoneen: %2</t>
+          <t>%1 muutti kiinnitettyjä viestejä.</t>
         </is>
       </c>
       <c r="D787" t="inlineStr"/>
       <c r="E787" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F787" t="inlineStr">
         <is>
-          <t>TimelineModel%1 created and configured room: %2</t>
+          <t>TimelineModel%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="G787" t="inlineStr"/>
       <c r="H787" t="inlineStr"/>
     </row>
     <row r="788">
       <c r="A788" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19969</t>
+          <t>../../src/timeline/TimelineModel.cpp:20005</t>
         </is>
       </c>
       <c r="B788" t="inlineStr">
         <is>
-          <t>%1 changed unknown state event %2.</t>
-[...2 lines deleted...]
-      <c r="C788" t="inlineStr"/>
+          <t>%1 changed the addresses for this room.</t>
+        </is>
+      </c>
+      <c r="C788" t="inlineStr">
+        <is>
+          <t>%1 muutti tämän huoneen osoitteita.</t>
+        </is>
+      </c>
       <c r="D788" t="inlineStr"/>
       <c r="E788" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F788" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed unknown state event %2.</t>
+          <t>TimelineModel%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="G788" t="inlineStr"/>
       <c r="H788" t="inlineStr"/>
     </row>
     <row r="789">
       <c r="A789" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20525</t>
+          <t>../../src/timeline/TimelineModel.cpp:20008</t>
         </is>
       </c>
       <c r="B789" t="inlineStr">
         <is>
-          <t>You joined this room.</t>
+          <t>%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="C789" t="inlineStr">
         <is>
-          <t>Liityit tähän huoneeseen.</t>
+          <t>%1 muutti tämän huoneen yhteisövanhempia.</t>
         </is>
       </c>
       <c r="D789" t="inlineStr"/>
       <c r="E789" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F789" t="inlineStr">
         <is>
-          <t>TimelineModelYou joined this room.</t>
+          <t>TimelineModel%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="G789" t="inlineStr"/>
       <c r="H789" t="inlineStr"/>
     </row>
     <row r="790">
       <c r="A790" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20640</t>
+          <t>../../src/timeline/TimelineModel.cpp:20011</t>
         </is>
       </c>
       <c r="B790" t="inlineStr">
         <is>
-          <t>%n hour later</t>
-[...2 lines deleted...]
-      <c r="C790" t="inlineStr"/>
+          <t>%1 created and configured room: %2</t>
+        </is>
+      </c>
+      <c r="C790" t="inlineStr">
+        <is>
+          <t>%1 loi ja sääti huoneen: %2</t>
+        </is>
+      </c>
       <c r="D790" t="inlineStr"/>
       <c r="E790" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F790" t="inlineStr">
         <is>
-          <t>TimelineModel%n hour(s) later</t>
+          <t>TimelineModel%1 created and configured room: %2</t>
         </is>
       </c>
       <c r="G790" t="inlineStr"/>
       <c r="H790" t="inlineStr"/>
     </row>
     <row r="791">
       <c r="A791" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21552</t>
+          <t>../../src/timeline/TimelineModel.cpp:20029</t>
         </is>
       </c>
       <c r="B791" t="inlineStr">
         <is>
-          <t>%1 made this room require an invitation to join.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 changed unknown state event %2.</t>
+        </is>
+      </c>
+      <c r="C791" t="inlineStr"/>
       <c r="D791" t="inlineStr"/>
       <c r="E791" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F791" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made this room require an invitation to join.</t>
+          <t>TimelineModel%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="G791" t="inlineStr"/>
       <c r="H791" t="inlineStr"/>
     </row>
     <row r="792">
       <c r="A792" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22170</t>
+          <t>../../src/timeline/TimelineModel.cpp:20584</t>
         </is>
       </c>
       <c r="B792" t="inlineStr">
         <is>
-          <t>%1 invited %2.</t>
+          <t>You joined this room.</t>
         </is>
       </c>
       <c r="C792" t="inlineStr">
         <is>
-          <t>%1 kutsui käyttäjän %2.</t>
+          <t>Liityit tähän huoneeseen.</t>
         </is>
       </c>
       <c r="D792" t="inlineStr"/>
       <c r="E792" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F792" t="inlineStr">
         <is>
-          <t>TimelineModel%1 invited %2.</t>
+          <t>TimelineModelYou joined this room.</t>
         </is>
       </c>
       <c r="G792" t="inlineStr"/>
       <c r="H792" t="inlineStr"/>
     </row>
     <row r="793">
       <c r="A793" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22181</t>
+          <t>../../src/timeline/TimelineModel.cpp:20699</t>
         </is>
       </c>
       <c r="B793" t="inlineStr">
         <is>
-          <t>%1 has changed their avatar and changed their display name to %2.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%n hour later</t>
+        </is>
+      </c>
+      <c r="C793" t="inlineStr"/>
       <c r="D793" t="inlineStr"/>
       <c r="E793" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F793" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
+          <t>TimelineModel%n hour(s) later</t>
         </is>
       </c>
       <c r="G793" t="inlineStr"/>
       <c r="H793" t="inlineStr"/>
     </row>
     <row r="794">
       <c r="A794" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22185</t>
+          <t>../../src/timeline/TimelineModel.cpp:21612</t>
         </is>
       </c>
       <c r="B794" t="inlineStr">
         <is>
-          <t>%1 has changed their display name to %2.</t>
+          <t>%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="C794" t="inlineStr">
         <is>
-          <t>%1 vaihtoi näyttönimekseen %2.</t>
+          <t>%1 teki tämän huoneen vaatimaan kutsun liittymiseen.</t>
         </is>
       </c>
       <c r="D794" t="inlineStr"/>
       <c r="E794" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F794" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their display name to %2.</t>
+          <t>TimelineModel%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="G794" t="inlineStr"/>
       <c r="H794" t="inlineStr"/>
     </row>
     <row r="795">
       <c r="A795" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22221</t>
+          <t>../../src/timeline/TimelineModel.cpp:22232</t>
         </is>
       </c>
       <c r="B795" t="inlineStr">
         <is>
-          <t>%1 left after having already left!</t>
+          <t>%1 invited %2.</t>
         </is>
       </c>
       <c r="C795" t="inlineStr">
         <is>
-          <t>%1 lähti vaikka lähti jo aiemmin!</t>
+          <t>%1 kutsui käyttäjän %2.</t>
         </is>
       </c>
       <c r="D795" t="inlineStr"/>
       <c r="E795" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F795" t="inlineStr">
         <is>
+          <t>TimelineModel%1 invited %2.</t>
+        </is>
+      </c>
+      <c r="G795" t="inlineStr"/>
+      <c r="H795" t="inlineStr"/>
+    </row>
+    <row r="796">
+      <c r="A796" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22243</t>
+        </is>
+      </c>
+      <c r="B796" t="inlineStr">
+        <is>
+          <t>%1 has changed their avatar and changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="C796" t="inlineStr">
+        <is>
+          <t>%1 vaihtoi avatariaan ja vaihtoi näyttönimekseen %2.</t>
+        </is>
+      </c>
+      <c r="D796" t="inlineStr"/>
+      <c r="E796" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F796" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="G796" t="inlineStr"/>
+      <c r="H796" t="inlineStr"/>
+    </row>
+    <row r="797">
+      <c r="A797" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22247</t>
+        </is>
+      </c>
+      <c r="B797" t="inlineStr">
+        <is>
+          <t>%1 has changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="C797" t="inlineStr">
+        <is>
+          <t>%1 vaihtoi näyttönimekseen %2.</t>
+        </is>
+      </c>
+      <c r="D797" t="inlineStr"/>
+      <c r="E797" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F797" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 has changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="G797" t="inlineStr"/>
+      <c r="H797" t="inlineStr"/>
+    </row>
+    <row r="798">
+      <c r="A798" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22283</t>
+        </is>
+      </c>
+      <c r="B798" t="inlineStr">
+        <is>
+          <t>%1 left after having already left!</t>
+        </is>
+      </c>
+      <c r="C798" t="inlineStr">
+        <is>
+          <t>%1 lähti vaikka lähti jo aiemmin!</t>
+        </is>
+      </c>
+      <c r="D798" t="inlineStr"/>
+      <c r="E798" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F798" t="inlineStr">
+        <is>
           <t>TimelineModel
 This is a leave event after the user already left and shouldn't happen apart from state resets%1 left after having already left!</t>
         </is>
       </c>
-      <c r="G795" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G798" t="inlineStr"/>
       <c r="H798" t="inlineStr"/>
     </row>
     <row r="799">
       <c r="A799" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22421</t>
+          <t>../../src/timeline/TimelineModel.cpp:22290</t>
         </is>
       </c>
       <c r="B799" t="inlineStr">
         <is>
-          <t>No room open</t>
+          <t>%1 banned %2</t>
         </is>
       </c>
       <c r="C799" t="inlineStr">
         <is>
-          <t>Yhtäkään huonetta ei ole avattu</t>
+          <t>%1 antoi porttikiellon käyttäjälle %2</t>
         </is>
       </c>
       <c r="D799" t="inlineStr"/>
       <c r="E799" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F799" t="inlineStr">
         <is>
-          <t>TimelineViewNo room open</t>
+          <t>TimelineModel%1 banned %2</t>
         </is>
       </c>
       <c r="G799" t="inlineStr"/>
       <c r="H799" t="inlineStr"/>
     </row>
     <row r="800">
       <c r="A800" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../../src/timeline/TimelineModel.cpp:22293</t>
         </is>
       </c>
       <c r="B800" t="inlineStr">
         <is>
-          <t>You are about to notify the whole room</t>
+          <t>%1 knocked.</t>
         </is>
       </c>
       <c r="C800" t="inlineStr">
         <is>
-          <t>Aiot ilmoittaa kaikkia huoneessa olevia</t>
+          <t>%1 koputti.</t>
         </is>
       </c>
       <c r="D800" t="inlineStr"/>
       <c r="E800" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F800" t="inlineStr">
         <is>
-          <t>TimelineViewYou are about to notify the whole room</t>
+          <t>TimelineModel%1 knocked.</t>
         </is>
       </c>
       <c r="G800" t="inlineStr"/>
       <c r="H800" t="inlineStr"/>
     </row>
     <row r="801">
       <c r="A801" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../qml/TimelineSectionHeader.qml:22432</t>
         </is>
       </c>
       <c r="B801" t="inlineStr">
         <is>
-          <t>You will be mentioning %1</t>
-[...2 lines deleted...]
-      <c r="C801" t="inlineStr"/>
+          <t>%1's status message</t>
+        </is>
+      </c>
+      <c r="C801" t="inlineStr">
+        <is>
+          <t>Käyttäjän %1 tilaviesti</t>
+        </is>
+      </c>
       <c r="D801" t="inlineStr"/>
       <c r="E801" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F801" t="inlineStr">
         <is>
-          <t>TimelineViewYou will be mentioning %1</t>
+          <t>TimelineSectionHeader%1's status message</t>
         </is>
       </c>
       <c r="G801" t="inlineStr"/>
       <c r="H801" t="inlineStr"/>
     </row>
     <row r="802">
       <c r="A802" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22535</t>
+          <t>../qml/TimelineView.qml:22483</t>
         </is>
       </c>
       <c r="B802" t="inlineStr">
         <is>
-          <t>The command /%1 is not recognized and will be sent as part of your message</t>
+          <t>No room open</t>
         </is>
       </c>
       <c r="C802" t="inlineStr">
         <is>
-          <t>Komentoa /%1 ei tunneta, ja se lähetetään osana viestiäsi</t>
+          <t>Yhtäkään huonetta ei ole avattu</t>
         </is>
       </c>
       <c r="D802" t="inlineStr"/>
       <c r="E802" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F802" t="inlineStr">
         <is>
-          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
+          <t>TimelineViewNo room open</t>
         </is>
       </c>
       <c r="G802" t="inlineStr"/>
       <c r="H802" t="inlineStr"/>
     </row>
     <row r="803">
       <c r="A803" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22540</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B803" t="inlineStr">
         <is>
-          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>You are about to notify the whole room</t>
         </is>
       </c>
       <c r="C803" t="inlineStr">
         <is>
-          <t>/%1 vaikuttaa puutteeliselta komennolta. Lähettääksesi sen silti, lisää välilyönti viestin perään.</t>
+          <t>Aiot ilmoittaa kaikkia huoneessa olevia</t>
         </is>
       </c>
       <c r="D803" t="inlineStr"/>
       <c r="E803" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F803" t="inlineStr">
         <is>
-          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>TimelineViewYou are about to notify the whole room</t>
         </is>
       </c>
       <c r="G803" t="inlineStr"/>
       <c r="H803" t="inlineStr"/>
     </row>
     <row r="804">
       <c r="A804" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22581</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B804" t="inlineStr">
         <is>
-          <t>No preview available</t>
-[...6 lines deleted...]
-      </c>
+          <t>You will be mentioning %1</t>
+        </is>
+      </c>
+      <c r="C804" t="inlineStr"/>
       <c r="D804" t="inlineStr"/>
       <c r="E804" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F804" t="inlineStr">
         <is>
-          <t>TimelineViewNo preview available</t>
+          <t>TimelineViewYou will be mentioning %1</t>
         </is>
       </c>
       <c r="G804" t="inlineStr"/>
       <c r="H804" t="inlineStr"/>
     </row>
     <row r="805">
       <c r="A805" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22586</t>
+          <t>../qml/TimelineView.qml:22598</t>
         </is>
       </c>
       <c r="B805" t="inlineStr">
         <is>
-          <t>Settings</t>
+          <t>The command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="C805" t="inlineStr">
         <is>
-          <t>Asetukset</t>
+          <t>Komentoa /%1 ei tunneta, ja se lähetetään osana viestiäsi</t>
         </is>
       </c>
       <c r="D805" t="inlineStr"/>
       <c r="E805" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F805" t="inlineStr">
         <is>
-          <t>TimelineViewSettings</t>
+          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="G805" t="inlineStr"/>
       <c r="H805" t="inlineStr"/>
     </row>
     <row r="806">
       <c r="A806" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22605</t>
+          <t>../qml/TimelineView.qml:22603</t>
         </is>
       </c>
       <c r="B806" t="inlineStr">
         <is>
-          <t>%n member</t>
+          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="C806" t="inlineStr">
         <is>
-          <t>%n jäsen</t>
+          <t>/%1 vaikuttaa puutteeliselta komennolta. Lähettääksesi sen silti, lisää välilyönti viestin perään.</t>
         </is>
       </c>
       <c r="D806" t="inlineStr"/>
       <c r="E806" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F806" t="inlineStr">
         <is>
-          <t>TimelineView%n member(s)</t>
+          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="G806" t="inlineStr"/>
       <c r="H806" t="inlineStr"/>
     </row>
     <row r="807">
       <c r="A807" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22608</t>
+          <t>../qml/TimelineView.qml:22644</t>
         </is>
       </c>
       <c r="B807" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C807" t="inlineStr">
         <is>
-          <t>Näytä huoneen %1 jäsenet</t>
+          <t>Esikatselua ei saatavilla</t>
         </is>
       </c>
       <c r="D807" t="inlineStr"/>
       <c r="E807" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F807" t="inlineStr">
         <is>
-          <t>TimelineViewView members of %1</t>
+          <t>TimelineViewNo preview available</t>
         </is>
       </c>
       <c r="G807" t="inlineStr"/>
       <c r="H807" t="inlineStr"/>
     </row>
     <row r="808">
       <c r="A808" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22626</t>
+          <t>../qml/TimelineView.qml:22649</t>
         </is>
       </c>
       <c r="B808" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
-[...2 lines deleted...]
-      <c r="C808" t="inlineStr"/>
+          <t>Settings</t>
+        </is>
+      </c>
+      <c r="C808" t="inlineStr">
+        <is>
+          <t>Asetukset</t>
+        </is>
+      </c>
       <c r="D808" t="inlineStr"/>
       <c r="E808" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F808" t="inlineStr">
         <is>
-          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>TimelineViewSettings</t>
         </is>
       </c>
       <c r="G808" t="inlineStr"/>
       <c r="H808" t="inlineStr"/>
     </row>
     <row r="809">
       <c r="A809" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22632</t>
+          <t>../qml/TimelineView.qml:22668</t>
         </is>
       </c>
       <c r="B809" t="inlineStr">
         <is>
-          <t>join the conversation</t>
+          <t>%n member</t>
         </is>
       </c>
       <c r="C809" t="inlineStr">
         <is>
-          <t>liity keskusteluun</t>
+          <t>%n jäsen</t>
         </is>
       </c>
       <c r="D809" t="inlineStr"/>
       <c r="E809" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F809" t="inlineStr">
         <is>
-          <t>TimelineViewjoin the conversation</t>
+          <t>TimelineView%n member(s)</t>
         </is>
       </c>
       <c r="G809" t="inlineStr"/>
       <c r="H809" t="inlineStr"/>
     </row>
     <row r="810">
       <c r="A810" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22639</t>
+          <t>../qml/TimelineView.qml:22671</t>
         </is>
       </c>
       <c r="B810" t="inlineStr">
         <is>
-          <t>accept invite</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C810" t="inlineStr">
         <is>
-          <t>hyväksy kutsu</t>
+          <t>Näytä huoneen %1 jäsenet</t>
         </is>
       </c>
       <c r="D810" t="inlineStr"/>
       <c r="E810" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F810" t="inlineStr">
         <is>
-          <t>TimelineViewaccept invite</t>
+          <t>TimelineViewView members of %1</t>
         </is>
       </c>
       <c r="G810" t="inlineStr"/>
       <c r="H810" t="inlineStr"/>
     </row>
     <row r="811">
       <c r="A811" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22646</t>
+          <t>../qml/TimelineView.qml:22689</t>
         </is>
       </c>
       <c r="B811" t="inlineStr">
         <is>
-          <t>decline invite</t>
-[...6 lines deleted...]
-      </c>
+          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+        </is>
+      </c>
+      <c r="C811" t="inlineStr"/>
       <c r="D811" t="inlineStr"/>
       <c r="E811" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F811" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite</t>
+          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="G811" t="inlineStr"/>
       <c r="H811" t="inlineStr"/>
     </row>
     <row r="812">
       <c r="A812" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22653</t>
+          <t>../qml/TimelineView.qml:22695</t>
         </is>
       </c>
       <c r="B812" t="inlineStr">
         <is>
-          <t>decline invite and ignore user</t>
-[...2 lines deleted...]
-      <c r="C812" t="inlineStr"/>
+          <t>join the conversation</t>
+        </is>
+      </c>
+      <c r="C812" t="inlineStr">
+        <is>
+          <t>liity keskusteluun</t>
+        </is>
+      </c>
       <c r="D812" t="inlineStr"/>
       <c r="E812" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F812" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite and ignore user</t>
+          <t>TimelineViewjoin the conversation</t>
         </is>
       </c>
       <c r="G812" t="inlineStr"/>
       <c r="H812" t="inlineStr"/>
     </row>
     <row r="813">
       <c r="A813" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22663</t>
+          <t>../qml/TimelineView.qml:22702</t>
         </is>
       </c>
       <c r="B813" t="inlineStr">
         <is>
-          <t>leave</t>
+          <t>accept invite</t>
         </is>
       </c>
       <c r="C813" t="inlineStr">
         <is>
-          <t>lähde</t>
+          <t>hyväksy kutsu</t>
         </is>
       </c>
       <c r="D813" t="inlineStr"/>
       <c r="E813" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F813" t="inlineStr">
         <is>
-          <t>TimelineViewleave</t>
+          <t>TimelineViewaccept invite</t>
         </is>
       </c>
       <c r="G813" t="inlineStr"/>
       <c r="H813" t="inlineStr"/>
     </row>
     <row r="814">
       <c r="A814" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22678</t>
+          <t>../qml/TimelineView.qml:22709</t>
         </is>
       </c>
       <c r="B814" t="inlineStr">
         <is>
-          <t>Invited by %1 (%2)</t>
-[...2 lines deleted...]
-      <c r="C814" t="inlineStr"/>
+          <t>decline invite</t>
+        </is>
+      </c>
+      <c r="C814" t="inlineStr">
+        <is>
+          <t>kieltäydy kutsusta</t>
+        </is>
+      </c>
       <c r="D814" t="inlineStr"/>
       <c r="E814" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F814" t="inlineStr">
         <is>
-          <t>TimelineViewInvited by %1 (%2)</t>
+          <t>TimelineViewdecline invite</t>
         </is>
       </c>
       <c r="G814" t="inlineStr"/>
       <c r="H814" t="inlineStr"/>
     </row>
     <row r="815">
       <c r="A815" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22716</t>
         </is>
       </c>
       <c r="B815" t="inlineStr">
         <is>
-          <t>Hide invite reason</t>
-[...6 lines deleted...]
-      </c>
+          <t>decline invite and ignore user</t>
+        </is>
+      </c>
+      <c r="C815" t="inlineStr"/>
       <c r="D815" t="inlineStr"/>
       <c r="E815" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F815" t="inlineStr">
         <is>
-          <t>TimelineViewHide invite reason</t>
+          <t>TimelineViewdecline invite and ignore user</t>
         </is>
       </c>
       <c r="G815" t="inlineStr"/>
       <c r="H815" t="inlineStr"/>
     </row>
     <row r="816">
       <c r="A816" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22726</t>
         </is>
       </c>
       <c r="B816" t="inlineStr">
         <is>
-          <t>Show invite reason</t>
+          <t>leave</t>
         </is>
       </c>
       <c r="C816" t="inlineStr">
         <is>
-          <t>Näytä kutsun syy</t>
+          <t>lähde</t>
         </is>
       </c>
       <c r="D816" t="inlineStr"/>
       <c r="E816" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F816" t="inlineStr">
         <is>
-          <t>TimelineViewShow invite reason</t>
+          <t>TimelineViewleave</t>
         </is>
       </c>
       <c r="G816" t="inlineStr"/>
       <c r="H816" t="inlineStr"/>
     </row>
     <row r="817">
       <c r="A817" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22740</t>
+          <t>../qml/TimelineView.qml:22741</t>
         </is>
       </c>
       <c r="B817" t="inlineStr">
         <is>
-          <t>Back to room list</t>
-[...6 lines deleted...]
-      </c>
+          <t>Invited by %1 (%2)</t>
+        </is>
+      </c>
+      <c r="C817" t="inlineStr"/>
       <c r="D817" t="inlineStr"/>
       <c r="E817" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F817" t="inlineStr">
         <is>
-          <t>TimelineViewBack to room list</t>
+          <t>TimelineViewInvited by %1 (%2)</t>
         </is>
       </c>
       <c r="G817" t="inlineStr"/>
       <c r="H817" t="inlineStr"/>
     </row>
     <row r="818">
       <c r="A818" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22760</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B818" t="inlineStr">
         <is>
-          <t>No room selected</t>
+          <t>Hide invite reason</t>
         </is>
       </c>
       <c r="C818" t="inlineStr">
         <is>
-          <t>Ei valittua huonetta</t>
+          <t>Piilota kutsun syy</t>
         </is>
       </c>
       <c r="D818" t="inlineStr"/>
       <c r="E818" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F818" t="inlineStr">
         <is>
-          <t>TopBarNo room selected</t>
+          <t>TimelineViewHide invite reason</t>
         </is>
       </c>
       <c r="G818" t="inlineStr"/>
       <c r="H818" t="inlineStr"/>
     </row>
     <row r="819">
       <c r="A819" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22813</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B819" t="inlineStr">
         <is>
-          <t>In %1</t>
+          <t>Show invite reason</t>
         </is>
       </c>
       <c r="C819" t="inlineStr">
         <is>
-          <t>Osa yhteisöä %1</t>
+          <t>Näytä kutsun syy</t>
         </is>
       </c>
       <c r="D819" t="inlineStr"/>
       <c r="E819" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F819" t="inlineStr">
         <is>
-          <t>TopBarIn %1</t>
+          <t>TimelineViewShow invite reason</t>
         </is>
       </c>
       <c r="G819" t="inlineStr"/>
       <c r="H819" t="inlineStr"/>
     </row>
     <row r="820">
       <c r="A820" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22826</t>
+          <t>../qml/TimelineView.qml:22803</t>
         </is>
       </c>
       <c r="B820" t="inlineStr">
         <is>
           <t>Back to room list</t>
         </is>
       </c>
       <c r="C820" t="inlineStr">
         <is>
           <t>Takaisin huonelistaan</t>
         </is>
       </c>
       <c r="D820" t="inlineStr"/>
       <c r="E820" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F820" t="inlineStr">
         <is>
-          <t>TopBarBack to room list</t>
+          <t>TimelineViewBack to room list</t>
         </is>
       </c>
       <c r="G820" t="inlineStr"/>
       <c r="H820" t="inlineStr"/>
     </row>
     <row r="821">
       <c r="A821" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22883</t>
+          <t>../qml/TopBar.qml:22823</t>
         </is>
       </c>
       <c r="B821" t="inlineStr">
         <is>
-          <t>Show or hide pinned messages</t>
+          <t>No room selected</t>
         </is>
       </c>
       <c r="C821" t="inlineStr">
         <is>
-          <t>Näytä tai piilota kiinnitetyt viestit</t>
+          <t>Ei valittua huonetta</t>
         </is>
       </c>
       <c r="D821" t="inlineStr"/>
       <c r="E821" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F821" t="inlineStr">
         <is>
-          <t>TopBarShow or hide pinned messages</t>
+          <t>TopBarNo room selected</t>
         </is>
       </c>
       <c r="G821" t="inlineStr"/>
       <c r="H821" t="inlineStr"/>
     </row>
     <row r="822">
       <c r="A822" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22914</t>
+          <t>../qml/TopBar.qml:22877</t>
         </is>
       </c>
       <c r="B822" t="inlineStr">
         <is>
-          <t>Show room members.</t>
+          <t>In %1</t>
         </is>
       </c>
       <c r="C822" t="inlineStr">
         <is>
-          <t>Näytä huoneen jäsenet.</t>
+          <t>Osa yhteisöä %1</t>
         </is>
       </c>
       <c r="D822" t="inlineStr"/>
       <c r="E822" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F822" t="inlineStr">
         <is>
-          <t>TopBarShow room members.</t>
+          <t>TopBarIn %1</t>
         </is>
       </c>
       <c r="G822" t="inlineStr"/>
       <c r="H822" t="inlineStr"/>
     </row>
     <row r="823">
       <c r="A823" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22917</t>
+          <t>../qml/TopBar.qml:22890</t>
         </is>
       </c>
       <c r="B823" t="inlineStr">
         <is>
-          <t>This room contains only verified devices.</t>
+          <t>Back to room list</t>
         </is>
       </c>
       <c r="C823" t="inlineStr">
         <is>
-          <t>Tämä huone sisältää vain vahvistettuja laitteita.</t>
+          <t>Takaisin huonelistaan</t>
         </is>
       </c>
       <c r="D823" t="inlineStr"/>
       <c r="E823" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F823" t="inlineStr">
         <is>
-          <t>TopBarThis room contains only verified devices.</t>
+          <t>TopBarBack to room list</t>
         </is>
       </c>
       <c r="G823" t="inlineStr"/>
       <c r="H823" t="inlineStr"/>
     </row>
     <row r="824">
       <c r="A824" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22919</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/TopBar.qml:22945</t>
+        </is>
+      </c>
+      <c r="B824" t="inlineStr"/>
+      <c r="C824" t="inlineStr"/>
       <c r="D824" t="inlineStr"/>
       <c r="E824" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F824" t="inlineStr">
         <is>
-          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
+          <t>TopBarShow only notifications</t>
         </is>
       </c>
       <c r="G824" t="inlineStr"/>
       <c r="H824" t="inlineStr"/>
     </row>
     <row r="825">
       <c r="A825" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22921</t>
+          <t>../qml/TopBar.qml:22964</t>
         </is>
       </c>
       <c r="B825" t="inlineStr">
         <is>
-          <t>This room contains unverified devices!</t>
+          <t>Show or hide pinned messages</t>
         </is>
       </c>
       <c r="C825" t="inlineStr">
         <is>
-          <t>Tämä huone sisältää varmentamattomia laitteita!</t>
+          <t>Näytä tai piilota kiinnitetyt viestit</t>
         </is>
       </c>
       <c r="D825" t="inlineStr"/>
       <c r="E825" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F825" t="inlineStr">
         <is>
-          <t>TopBarThis room contains unverified devices!</t>
+          <t>TopBarShow or hide pinned messages</t>
         </is>
       </c>
       <c r="G825" t="inlineStr"/>
       <c r="H825" t="inlineStr"/>
     </row>
     <row r="826">
       <c r="A826" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22948</t>
+          <t>../qml/TopBar.qml:22995</t>
         </is>
       </c>
       <c r="B826" t="inlineStr">
         <is>
-          <t>Search this room</t>
+          <t>Show room members.</t>
         </is>
       </c>
       <c r="C826" t="inlineStr">
         <is>
-          <t>Etsi tästä huoneesta</t>
+          <t>Näytä huoneen jäsenet.</t>
         </is>
       </c>
       <c r="D826" t="inlineStr"/>
       <c r="E826" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F826" t="inlineStr">
         <is>
-          <t>TopBarSearch this room</t>
+          <t>TopBarShow room members.</t>
         </is>
       </c>
       <c r="G826" t="inlineStr"/>
       <c r="H826" t="inlineStr"/>
     </row>
     <row r="827">
       <c r="A827" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22972</t>
+          <t>../qml/TopBar.qml:22998</t>
         </is>
       </c>
       <c r="B827" t="inlineStr">
         <is>
-          <t>Room options</t>
+          <t>This room contains only verified devices.</t>
         </is>
       </c>
       <c r="C827" t="inlineStr">
         <is>
-          <t>Huoneen asetukset</t>
+          <t>Tämä huone sisältää vain vahvistettuja laitteita.</t>
         </is>
       </c>
       <c r="D827" t="inlineStr"/>
       <c r="E827" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F827" t="inlineStr">
         <is>
-          <t>TopBarRoom options</t>
+          <t>TopBarThis room contains only verified devices.</t>
         </is>
       </c>
       <c r="G827" t="inlineStr"/>
       <c r="H827" t="inlineStr"/>
     </row>
     <row r="828">
       <c r="A828" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22990</t>
+          <t>../qml/TopBar.qml:23000</t>
         </is>
       </c>
       <c r="B828" t="inlineStr">
         <is>
-          <t>Invite users</t>
+          <t>This room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="C828" t="inlineStr">
         <is>
-          <t>Kutsu käyttäjiä</t>
+          <t>Tämä huone sisältää vahvistettuja laitteita ja laitteita, jotka eivät ole koskaan vaihtaneet pääavainta.</t>
         </is>
       </c>
       <c r="D828" t="inlineStr"/>
       <c r="E828" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F828" t="inlineStr">
         <is>
-          <t>TopBarInvite users</t>
+          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="G828" t="inlineStr"/>
       <c r="H828" t="inlineStr"/>
     </row>
     <row r="829">
       <c r="A829" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22996</t>
+          <t>../qml/TopBar.qml:23002</t>
         </is>
       </c>
       <c r="B829" t="inlineStr">
         <is>
-          <t>Members</t>
+          <t>This room contains unverified devices!</t>
         </is>
       </c>
       <c r="C829" t="inlineStr">
         <is>
-          <t>Jäsenet</t>
+          <t>Tämä huone sisältää varmentamattomia laitteita!</t>
         </is>
       </c>
       <c r="D829" t="inlineStr"/>
       <c r="E829" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F829" t="inlineStr">
         <is>
-          <t>TopBarMembers</t>
+          <t>TopBarThis room contains unverified devices!</t>
         </is>
       </c>
       <c r="G829" t="inlineStr"/>
       <c r="H829" t="inlineStr"/>
     </row>
     <row r="830">
       <c r="A830" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23001</t>
+          <t>../qml/TopBar.qml:23029</t>
         </is>
       </c>
       <c r="B830" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Search this room</t>
         </is>
       </c>
       <c r="C830" t="inlineStr">
         <is>
-          <t>Poistu huoneesta</t>
+          <t>Etsi tästä huoneesta</t>
         </is>
       </c>
       <c r="D830" t="inlineStr"/>
       <c r="E830" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F830" t="inlineStr">
         <is>
-          <t>TopBarLeave room</t>
+          <t>TopBarSearch this room</t>
         </is>
       </c>
       <c r="G830" t="inlineStr"/>
       <c r="H830" t="inlineStr"/>
     </row>
     <row r="831">
       <c r="A831" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23006</t>
+          <t>../qml/TopBar.qml:23053</t>
         </is>
       </c>
       <c r="B831" t="inlineStr">
         <is>
-          <t>Settings</t>
+          <t>Room options</t>
         </is>
       </c>
       <c r="C831" t="inlineStr">
         <is>
-          <t>Asetukset</t>
+          <t>Huoneen asetukset</t>
         </is>
       </c>
       <c r="D831" t="inlineStr"/>
       <c r="E831" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F831" t="inlineStr">
         <is>
-          <t>TopBarSettings</t>
+          <t>TopBarRoom options</t>
         </is>
       </c>
       <c r="G831" t="inlineStr"/>
       <c r="H831" t="inlineStr"/>
     </row>
     <row r="832">
       <c r="A832" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23058</t>
+          <t>../qml/TopBar.qml:23071</t>
         </is>
       </c>
       <c r="B832" t="inlineStr">
         <is>
-          <t>Unpin</t>
+          <t>Invite users</t>
         </is>
       </c>
       <c r="C832" t="inlineStr">
         <is>
-          <t>Poista kiinnitys</t>
+          <t>Kutsu käyttäjiä</t>
         </is>
       </c>
       <c r="D832" t="inlineStr"/>
       <c r="E832" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F832" t="inlineStr">
         <is>
-          <t>TopBarUnpin</t>
+          <t>TopBarInvite users</t>
         </is>
       </c>
       <c r="G832" t="inlineStr"/>
       <c r="H832" t="inlineStr"/>
     </row>
     <row r="833">
       <c r="A833" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23104</t>
+          <t>../qml/TopBar.qml:23077</t>
         </is>
       </c>
       <c r="B833" t="inlineStr">
         <is>
-          <t>Enter search query</t>
+          <t>Members</t>
         </is>
       </c>
       <c r="C833" t="inlineStr">
         <is>
-          <t>Syötä hakutermi</t>
+          <t>Jäsenet</t>
         </is>
       </c>
       <c r="D833" t="inlineStr"/>
       <c r="E833" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F833" t="inlineStr">
         <is>
-          <t>TopBarEnter search query</t>
+          <t>TopBarMembers</t>
         </is>
       </c>
       <c r="G833" t="inlineStr"/>
       <c r="H833" t="inlineStr"/>
     </row>
     <row r="834">
       <c r="A834" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23214</t>
+          <t>../qml/TopBar.qml:23082</t>
         </is>
       </c>
       <c r="B834" t="inlineStr">
         <is>
-          <t>Show</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C834" t="inlineStr">
         <is>
-          <t>Näytä</t>
+          <t>Poistu huoneesta</t>
         </is>
       </c>
       <c r="D834" t="inlineStr"/>
       <c r="E834" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F834" t="inlineStr">
         <is>
-          <t>TrayIconShow</t>
+          <t>TopBarLeave room</t>
         </is>
       </c>
       <c r="G834" t="inlineStr"/>
       <c r="H834" t="inlineStr"/>
     </row>
     <row r="835">
       <c r="A835" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23215</t>
+          <t>../qml/TopBar.qml:23087</t>
         </is>
       </c>
       <c r="B835" t="inlineStr">
         <is>
-          <t>Quit</t>
+          <t>Settings</t>
         </is>
       </c>
       <c r="C835" t="inlineStr">
         <is>
-          <t>Lopeta</t>
+          <t>Asetukset</t>
         </is>
       </c>
       <c r="D835" t="inlineStr"/>
       <c r="E835" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F835" t="inlineStr">
         <is>
-          <t>TrayIconQuit</t>
+          <t>TopBarSettings</t>
         </is>
       </c>
       <c r="G835" t="inlineStr"/>
       <c r="H835" t="inlineStr"/>
     </row>
     <row r="836">
       <c r="A836" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23242</t>
+          <t>../qml/TopBar.qml:23139</t>
         </is>
       </c>
       <c r="B836" t="inlineStr">
+        <is>
+          <t>Unpin</t>
+        </is>
+      </c>
+      <c r="C836" t="inlineStr">
+        <is>
+          <t>Poista kiinnitys</t>
+        </is>
+      </c>
+      <c r="D836" t="inlineStr"/>
+      <c r="E836" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F836" t="inlineStr">
+        <is>
+          <t>TopBarUnpin</t>
+        </is>
+      </c>
+      <c r="G836" t="inlineStr"/>
+      <c r="H836" t="inlineStr"/>
+    </row>
+    <row r="837">
+      <c r="A837" t="inlineStr">
+        <is>
+          <t>../qml/TopBar.qml:23185</t>
+        </is>
+      </c>
+      <c r="B837" t="inlineStr">
+        <is>
+          <t>Enter search query</t>
+        </is>
+      </c>
+      <c r="C837" t="inlineStr">
+        <is>
+          <t>Syötä hakutermi</t>
+        </is>
+      </c>
+      <c r="D837" t="inlineStr"/>
+      <c r="E837" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F837" t="inlineStr">
+        <is>
+          <t>TopBarEnter search query</t>
+        </is>
+      </c>
+      <c r="G837" t="inlineStr"/>
+      <c r="H837" t="inlineStr"/>
+    </row>
+    <row r="838">
+      <c r="A838" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23295</t>
+        </is>
+      </c>
+      <c r="B838" t="inlineStr">
+        <is>
+          <t>Show</t>
+        </is>
+      </c>
+      <c r="C838" t="inlineStr">
+        <is>
+          <t>Näytä</t>
+        </is>
+      </c>
+      <c r="D838" t="inlineStr"/>
+      <c r="E838" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F838" t="inlineStr">
+        <is>
+          <t>TrayIconShow</t>
+        </is>
+      </c>
+      <c r="G838" t="inlineStr"/>
+      <c r="H838" t="inlineStr"/>
+    </row>
+    <row r="839">
+      <c r="A839" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23296</t>
+        </is>
+      </c>
+      <c r="B839" t="inlineStr">
+        <is>
+          <t>Quit</t>
+        </is>
+      </c>
+      <c r="C839" t="inlineStr">
+        <is>
+          <t>Lopeta</t>
+        </is>
+      </c>
+      <c r="D839" t="inlineStr"/>
+      <c r="E839" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F839" t="inlineStr">
+        <is>
+          <t>TrayIconQuit</t>
+        </is>
+      </c>
+      <c r="G839" t="inlineStr"/>
+      <c r="H839" t="inlineStr"/>
+    </row>
+    <row r="840">
+      <c r="A840" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23328</t>
+        </is>
+      </c>
+      <c r="B840" t="inlineStr">
         <is>
           <t xml:space="preserve">
 %n unread message</t>
         </is>
       </c>
-      <c r="C836" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F836" t="inlineStr">
+      <c r="C840" t="inlineStr"/>
+      <c r="D840" t="inlineStr"/>
+      <c r="E840" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F840" t="inlineStr">
         <is>
           <t>TrayIcon
 %n unread message(s)</t>
         </is>
       </c>
-      <c r="G836" t="inlineStr"/>
-[...118 lines deleted...]
-      </c>
       <c r="G840" t="inlineStr"/>
       <c r="H840" t="inlineStr"/>
     </row>
     <row r="841">
       <c r="A841" t="inlineStr">
         <is>
-          <t>../qml/UploadBox.qml:23612</t>
+          <t>../../src/ui/UIA.cpp:23386</t>
         </is>
       </c>
       <c r="B841" t="inlineStr">
         <is>
-          <t>Upload file</t>
+          <t>No available registration flows!</t>
         </is>
       </c>
       <c r="C841" t="inlineStr">
         <is>
-          <t>Lähetä tiedosto</t>
+          <t>Rekisteröitymistapoja ei ole saatavilla!</t>
         </is>
       </c>
       <c r="D841" t="inlineStr"/>
       <c r="E841" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F841" t="inlineStr">
         <is>
-          <t>UploadBoxUpload %n file(s)</t>
+          <t>UIANo available registration flows!</t>
         </is>
       </c>
       <c r="G841" t="inlineStr"/>
       <c r="H841" t="inlineStr"/>
     </row>
     <row r="842">
       <c r="A842" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23830</t>
+          <t>../../src/ui/UIA.cpp:23471</t>
         </is>
       </c>
       <c r="B842" t="inlineStr">
         <is>
-          <t>Sign out device %1</t>
+          <t>Registration aborted</t>
         </is>
       </c>
       <c r="C842" t="inlineStr">
         <is>
-          <t>Kirjaudu ulos laitteelta %1</t>
+          <t>Rekisteröinti keskeytetty</t>
         </is>
       </c>
       <c r="D842" t="inlineStr"/>
       <c r="E842" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F842" t="inlineStr">
         <is>
-          <t>UserProfileSign out device %1</t>
+          <t>UIARegistration aborted</t>
         </is>
       </c>
       <c r="G842" t="inlineStr"/>
       <c r="H842" t="inlineStr"/>
     </row>
     <row r="843">
       <c r="A843" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23840</t>
+          <t>../../src/ui/UIA.cpp:23448</t>
         </is>
       </c>
       <c r="B843" t="inlineStr">
         <is>
-          <t>You signed out this device.</t>
+          <t>Please enter a valid registration token.</t>
         </is>
       </c>
       <c r="C843" t="inlineStr">
         <is>
-          <t>Kirjauduit ulos tältä laitteelta.</t>
+          <t>Anna kelvollinen rekisteröitymistunnisteväline.</t>
         </is>
       </c>
       <c r="D843" t="inlineStr"/>
       <c r="E843" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F843" t="inlineStr">
         <is>
-          <t>UserProfileYou signed out this device.</t>
+          <t>UIAPlease enter a valid registration token.</t>
         </is>
       </c>
       <c r="G843" t="inlineStr"/>
       <c r="H843" t="inlineStr"/>
     </row>
     <row r="844">
       <c r="A844" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23890</t>
+          <t>../../src/ui/UIA.cpp:23608</t>
         </is>
       </c>
       <c r="B844" t="inlineStr">
         <is>
-          <t>Failed to ignore "%1": %2</t>
-[...2 lines deleted...]
-      <c r="C844" t="inlineStr"/>
+          <t>Invalid token</t>
+        </is>
+      </c>
+      <c r="C844" t="inlineStr">
+        <is>
+          <t>Virheellinen tunnisteväline</t>
+        </is>
+      </c>
       <c r="D844" t="inlineStr"/>
       <c r="E844" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F844" t="inlineStr">
         <is>
-          <t>UserProfileFailed to ignore "%1": %2</t>
+          <t>UIAInvalid token</t>
         </is>
       </c>
       <c r="G844" t="inlineStr"/>
       <c r="H844" t="inlineStr"/>
     </row>
     <row r="845">
       <c r="A845" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../qml/UploadBox.qml:23698</t>
         </is>
       </c>
       <c r="B845" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>Upload file</t>
         </is>
       </c>
       <c r="C845" t="inlineStr">
         <is>
-          <t>Valitse profiilikuva</t>
+          <t>Lähetä tiedosto</t>
         </is>
       </c>
       <c r="D845" t="inlineStr"/>
       <c r="E845" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F845" t="inlineStr">
         <is>
-          <t>UserProfileSelect an avatar</t>
+          <t>UploadBoxUpload %n file(s)</t>
         </is>
       </c>
       <c r="G845" t="inlineStr"/>
       <c r="H845" t="inlineStr"/>
     </row>
     <row r="846">
       <c r="A846" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../../src/ui/UserProfile.cpp:23916</t>
         </is>
       </c>
       <c r="B846" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Sign out device %1</t>
         </is>
       </c>
       <c r="C846" t="inlineStr">
         <is>
-          <t>Kaikki Tiedostot (*)</t>
+          <t>Kirjaudu ulos laitteelta %1</t>
         </is>
       </c>
       <c r="D846" t="inlineStr"/>
       <c r="E846" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F846" t="inlineStr">
         <is>
-          <t>UserProfileAll Files (*)</t>
+          <t>UserProfileSign out device %1</t>
         </is>
       </c>
       <c r="G846" t="inlineStr"/>
       <c r="H846" t="inlineStr"/>
     </row>
     <row r="847">
       <c r="A847" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24124</t>
+          <t>../../src/ui/UserProfile.cpp:23926</t>
         </is>
       </c>
       <c r="B847" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>You signed out this device.</t>
         </is>
       </c>
       <c r="C847" t="inlineStr">
         <is>
-          <t>Valittu tiedosto ei ole kuva</t>
+          <t>Kirjauduit ulos tältä laitteelta.</t>
         </is>
       </c>
       <c r="D847" t="inlineStr"/>
       <c r="E847" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F847" t="inlineStr">
         <is>
-          <t>UserProfileThe selected file is not an image</t>
+          <t>UserProfileYou signed out this device.</t>
         </is>
       </c>
       <c r="G847" t="inlineStr"/>
       <c r="H847" t="inlineStr"/>
     </row>
     <row r="848">
       <c r="A848" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24129</t>
+          <t>../../src/ui/UserProfile.cpp:23976</t>
         </is>
       </c>
       <c r="B848" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>Failed to ignore "%1": %2</t>
+        </is>
+      </c>
+      <c r="C848" t="inlineStr"/>
       <c r="D848" t="inlineStr"/>
       <c r="E848" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F848" t="inlineStr">
         <is>
-          <t>UserProfileError while reading file: %1</t>
+          <t>UserProfileFailed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="G848" t="inlineStr"/>
       <c r="H848" t="inlineStr"/>
     </row>
     <row r="849">
       <c r="A849" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B849" t="inlineStr">
         <is>
-          <t>Global User Profile</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C849" t="inlineStr">
         <is>
-          <t>Yleinen käyttäjäprofiili</t>
+          <t>Valitse profiilikuva</t>
         </is>
       </c>
       <c r="D849" t="inlineStr"/>
       <c r="E849" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F849" t="inlineStr">
         <is>
-          <t>UserProfileGlobal User Profile</t>
+          <t>UserProfileSelect an avatar</t>
         </is>
       </c>
       <c r="G849" t="inlineStr"/>
       <c r="H849" t="inlineStr"/>
     </row>
     <row r="850">
       <c r="A850" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B850" t="inlineStr">
         <is>
-          <t>Room User Profile</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C850" t="inlineStr">
         <is>
-          <t>Huoneen käyttäjäprofiili</t>
+          <t>Kaikki Tiedostot (*)</t>
         </is>
       </c>
       <c r="D850" t="inlineStr"/>
       <c r="E850" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F850" t="inlineStr">
         <is>
-          <t>UserProfileRoom User Profile</t>
+          <t>UserProfileAll Files (*)</t>
         </is>
       </c>
       <c r="G850" t="inlineStr"/>
       <c r="H850" t="inlineStr"/>
     </row>
     <row r="851">
       <c r="A851" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../../src/ui/UserProfile.cpp:24210</t>
         </is>
       </c>
       <c r="B851" t="inlineStr">
         <is>
-          <t>Change avatar globally.</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C851" t="inlineStr">
         <is>
-          <t>Vaihda avataria kaikkialla.</t>
+          <t>Valittu tiedosto ei ole kuva</t>
         </is>
       </c>
       <c r="D851" t="inlineStr"/>
       <c r="E851" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F851" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar globally.</t>
+          <t>UserProfileThe selected file is not an image</t>
         </is>
       </c>
       <c r="G851" t="inlineStr"/>
       <c r="H851" t="inlineStr"/>
     </row>
     <row r="852">
       <c r="A852" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../../src/ui/UserProfile.cpp:24215</t>
         </is>
       </c>
       <c r="B852" t="inlineStr">
         <is>
-          <t>Change avatar. Will only apply to this room.</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C852" t="inlineStr">
         <is>
-          <t>Muuta avataria. Koskee vain tätä huonetta.</t>
+          <t>Virhe lukiessa tiedostoa: %1</t>
         </is>
       </c>
       <c r="D852" t="inlineStr"/>
       <c r="E852" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F852" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar. Will only apply to this room.</t>
+          <t>UserProfileError while reading file: %1</t>
         </is>
       </c>
       <c r="G852" t="inlineStr"/>
       <c r="H852" t="inlineStr"/>
     </row>
     <row r="853">
       <c r="A853" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B853" t="inlineStr">
         <is>
-          <t>Change display name globally.</t>
+          <t>Global User Profile</t>
         </is>
       </c>
       <c r="C853" t="inlineStr">
         <is>
-          <t>Muuta näyttönimeä kaikkialla.</t>
+          <t>Yleinen käyttäjäprofiili</t>
         </is>
       </c>
       <c r="D853" t="inlineStr"/>
       <c r="E853" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F853" t="inlineStr">
         <is>
-          <t>UserProfileChange display name globally.</t>
+          <t>UserProfileGlobal User Profile</t>
         </is>
       </c>
       <c r="G853" t="inlineStr"/>
       <c r="H853" t="inlineStr"/>
     </row>
     <row r="854">
       <c r="A854" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B854" t="inlineStr">
         <is>
-          <t>Change display name. Will only apply to this room.</t>
+          <t>Room User Profile</t>
         </is>
       </c>
       <c r="C854" t="inlineStr">
         <is>
-          <t>Muuta näyttönimeä. Koskee vain tätä huonetta.</t>
+          <t>Huoneen käyttäjäprofiili</t>
         </is>
       </c>
       <c r="D854" t="inlineStr"/>
       <c r="E854" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F854" t="inlineStr">
         <is>
-          <t>UserProfileChange display name. Will only apply to this room.</t>
+          <t>UserProfileRoom User Profile</t>
         </is>
       </c>
       <c r="G854" t="inlineStr"/>
       <c r="H854" t="inlineStr"/>
     </row>
     <row r="855">
       <c r="A855" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24304</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B855" t="inlineStr">
         <is>
-          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
-[...2 lines deleted...]
-      <c r="C855" t="inlineStr"/>
+          <t>Change avatar globally.</t>
+        </is>
+      </c>
+      <c r="C855" t="inlineStr">
+        <is>
+          <t>Vaihda avataria kaikkialla.</t>
+        </is>
+      </c>
       <c r="D855" t="inlineStr"/>
       <c r="E855" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F855" t="inlineStr">
         <is>
-          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>UserProfileChange avatar globally.</t>
         </is>
       </c>
       <c r="G855" t="inlineStr"/>
       <c r="H855" t="inlineStr"/>
     </row>
     <row r="856">
       <c r="A856" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24329</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B856" t="inlineStr">
         <is>
-          <t>Room: %1</t>
+          <t>Change avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C856" t="inlineStr">
         <is>
-          <t>Huone: %1</t>
+          <t>Muuta avataria. Koskee vain tätä huonetta.</t>
         </is>
       </c>
       <c r="D856" t="inlineStr"/>
       <c r="E856" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F856" t="inlineStr">
         <is>
-          <t>UserProfileRoom: %1</t>
+          <t>UserProfileChange avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G856" t="inlineStr"/>
       <c r="H856" t="inlineStr"/>
     </row>
     <row r="857">
       <c r="A857" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24330</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B857" t="inlineStr">
         <is>
-          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>Change display name globally.</t>
         </is>
       </c>
       <c r="C857" t="inlineStr">
         <is>
-          <t>Tämä on huoneelle erityinen profiili. Käyttäjän nimi ja avatar voivat erota niiden kaikkialla käytössä olevista versioista.</t>
+          <t>Muuta näyttönimeä kaikkialla.</t>
         </is>
       </c>
       <c r="D857" t="inlineStr"/>
       <c r="E857" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F857" t="inlineStr">
         <is>
-          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>UserProfileChange display name globally.</t>
         </is>
       </c>
       <c r="G857" t="inlineStr"/>
       <c r="H857" t="inlineStr"/>
     </row>
     <row r="858">
       <c r="A858" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24345</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B858" t="inlineStr">
         <is>
-          <t>Open the global profile for this user.</t>
+          <t>Change display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C858" t="inlineStr">
         <is>
-          <t>Avaa tämän käyttäjän yleinen profiili.</t>
+          <t>Muuta näyttönimeä. Koskee vain tätä huonetta.</t>
         </is>
       </c>
       <c r="D858" t="inlineStr"/>
       <c r="E858" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F858" t="inlineStr">
         <is>
-          <t>UserProfileOpen the global profile for this user.</t>
+          <t>UserProfileChange display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G858" t="inlineStr"/>
       <c r="H858" t="inlineStr"/>
     </row>
     <row r="859">
       <c r="A859" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24390</t>
         </is>
       </c>
       <c r="B859" t="inlineStr">
         <is>
-          <t>Verify</t>
-[...6 lines deleted...]
-      </c>
+          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+        </is>
+      </c>
+      <c r="C859" t="inlineStr"/>
       <c r="D859" t="inlineStr"/>
       <c r="E859" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F859" t="inlineStr">
         <is>
-          <t>UserProfileVerify</t>
+          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="G859" t="inlineStr"/>
       <c r="H859" t="inlineStr"/>
     </row>
     <row r="860">
       <c r="A860" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24396</t>
+          <t>../qml/dialogs/UserProfile.qml:24415</t>
         </is>
       </c>
       <c r="B860" t="inlineStr">
         <is>
-          <t>Start a private chat.</t>
+          <t>Room: %1</t>
         </is>
       </c>
       <c r="C860" t="inlineStr">
         <is>
-          <t>Aloita yksityinen keskustelu.</t>
+          <t>Huone: %1</t>
         </is>
       </c>
       <c r="D860" t="inlineStr"/>
       <c r="E860" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F860" t="inlineStr">
         <is>
-          <t>UserProfileStart a private chat.</t>
+          <t>UserProfileRoom: %1</t>
         </is>
       </c>
       <c r="G860" t="inlineStr"/>
       <c r="H860" t="inlineStr"/>
     </row>
     <row r="861">
       <c r="A861" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24406</t>
+          <t>../qml/dialogs/UserProfile.qml:24416</t>
         </is>
       </c>
       <c r="B861" t="inlineStr">
         <is>
-          <t>Kick the user.</t>
+          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="C861" t="inlineStr">
         <is>
-          <t>Potki käyttäjä.</t>
+          <t>Tämä on huoneelle erityinen profiili. Käyttäjän nimi ja avatar voivat erota niiden kaikkialla käytössä olevista versioista.</t>
         </is>
       </c>
       <c r="D861" t="inlineStr"/>
       <c r="E861" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F861" t="inlineStr">
         <is>
-          <t>UserProfileKick the user.</t>
+          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="G861" t="inlineStr"/>
       <c r="H861" t="inlineStr"/>
     </row>
     <row r="862">
       <c r="A862" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24417</t>
+          <t>../qml/dialogs/UserProfile.qml:24431</t>
         </is>
       </c>
       <c r="B862" t="inlineStr">
         <is>
-          <t>Ban the user.</t>
+          <t>Open the global profile for this user.</t>
         </is>
       </c>
       <c r="C862" t="inlineStr">
         <is>
-          <t>Anna käyttäjälle porttikielto.</t>
+          <t>Avaa tämän käyttäjän yleinen profiili.</t>
         </is>
       </c>
       <c r="D862" t="inlineStr"/>
       <c r="E862" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F862" t="inlineStr">
         <is>
-          <t>UserProfileBan the user.</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileOpen the global profile for this user.</t>
+        </is>
+      </c>
+      <c r="G862" t="inlineStr"/>
       <c r="H862" t="inlineStr"/>
     </row>
     <row r="863">
       <c r="A863" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B863" t="inlineStr">
         <is>
-          <t>Unignore the user.</t>
-[...2 lines deleted...]
-      <c r="C863" t="inlineStr"/>
+          <t>Verify</t>
+        </is>
+      </c>
+      <c r="C863" t="inlineStr">
+        <is>
+          <t>Vahvista</t>
+        </is>
+      </c>
       <c r="D863" t="inlineStr"/>
       <c r="E863" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F863" t="inlineStr">
         <is>
-          <t>UserProfileUnignore the user.</t>
+          <t>UserProfileVerify</t>
         </is>
       </c>
       <c r="G863" t="inlineStr"/>
       <c r="H863" t="inlineStr"/>
     </row>
     <row r="864">
       <c r="A864" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24482</t>
         </is>
       </c>
       <c r="B864" t="inlineStr">
         <is>
-          <t>Ignore the user.</t>
-[...2 lines deleted...]
-      <c r="C864" t="inlineStr"/>
+          <t>Start a private chat.</t>
+        </is>
+      </c>
+      <c r="C864" t="inlineStr">
+        <is>
+          <t>Aloita yksityinen keskustelu.</t>
+        </is>
+      </c>
       <c r="D864" t="inlineStr"/>
       <c r="E864" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F864" t="inlineStr">
         <is>
-          <t>UserProfileIgnore the user.</t>
+          <t>UserProfileStart a private chat.</t>
         </is>
       </c>
       <c r="G864" t="inlineStr"/>
       <c r="H864" t="inlineStr"/>
     </row>
     <row r="865">
       <c r="A865" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24440</t>
+          <t>../qml/dialogs/UserProfile.qml:24492</t>
         </is>
       </c>
       <c r="B865" t="inlineStr">
         <is>
-          <t>Refresh device list.</t>
+          <t>Kick the user.</t>
         </is>
       </c>
       <c r="C865" t="inlineStr">
         <is>
-          <t>Päivitä laitelista.</t>
+          <t>Potki käyttäjä.</t>
         </is>
       </c>
       <c r="D865" t="inlineStr"/>
       <c r="E865" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F865" t="inlineStr">
         <is>
-          <t>UserProfileRefresh device list.</t>
+          <t>UserProfileKick the user.</t>
         </is>
       </c>
       <c r="G865" t="inlineStr"/>
       <c r="H865" t="inlineStr"/>
     </row>
     <row r="866">
       <c r="A866" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24454</t>
+          <t>../qml/dialogs/UserProfile.qml:24503</t>
         </is>
       </c>
       <c r="B866" t="inlineStr">
         <is>
-          <t>Devices</t>
+          <t>Ban the user.</t>
         </is>
       </c>
       <c r="C866" t="inlineStr">
         <is>
-          <t>Laitteet</t>
+          <t>Anna käyttäjälle porttikielto.</t>
         </is>
       </c>
       <c r="D866" t="inlineStr"/>
       <c r="E866" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F866" t="inlineStr">
         <is>
-          <t>UserProfileDevices</t>
-[...2 lines deleted...]
-      <c r="G866" t="inlineStr"/>
+          <t>UserProfileBan the user.</t>
+        </is>
+      </c>
+      <c r="G866" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Anna porttikieltoja toisille käyttäjille</t>
+        </is>
+      </c>
       <c r="H866" t="inlineStr"/>
     </row>
     <row r="867">
       <c r="A867" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24457</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B867" t="inlineStr">
         <is>
-          <t>Shared Rooms</t>
-[...6 lines deleted...]
-      </c>
+          <t>Unignore the user.</t>
+        </is>
+      </c>
+      <c r="C867" t="inlineStr"/>
       <c r="D867" t="inlineStr"/>
       <c r="E867" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F867" t="inlineStr">
         <is>
-          <t>UserProfileShared Rooms</t>
+          <t>UserProfileUnignore the user.</t>
         </is>
       </c>
       <c r="G867" t="inlineStr"/>
       <c r="H867" t="inlineStr"/>
     </row>
     <row r="868">
       <c r="A868" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24519</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B868" t="inlineStr">
         <is>
-          <t>Sign out this device.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ignore the user.</t>
+        </is>
+      </c>
+      <c r="C868" t="inlineStr"/>
       <c r="D868" t="inlineStr"/>
       <c r="E868" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F868" t="inlineStr">
         <is>
-          <t>UserProfileSign out this device.</t>
+          <t>UserProfileIgnore the user.</t>
         </is>
       </c>
       <c r="G868" t="inlineStr"/>
       <c r="H868" t="inlineStr"/>
     </row>
     <row r="869">
       <c r="A869" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24550</t>
+          <t>../qml/dialogs/UserProfile.qml:24526</t>
         </is>
       </c>
       <c r="B869" t="inlineStr">
         <is>
-          <t>Change device name.</t>
+          <t>Refresh device list.</t>
         </is>
       </c>
       <c r="C869" t="inlineStr">
         <is>
-          <t>Muuta laitteen nimeä.</t>
+          <t>Päivitä laitelista.</t>
         </is>
       </c>
       <c r="D869" t="inlineStr"/>
       <c r="E869" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F869" t="inlineStr">
         <is>
-          <t>UserProfileChange device name.</t>
+          <t>UserProfileRefresh device list.</t>
         </is>
       </c>
       <c r="G869" t="inlineStr"/>
       <c r="H869" t="inlineStr"/>
     </row>
     <row r="870">
       <c r="A870" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24572</t>
+          <t>../qml/dialogs/UserProfile.qml:24540</t>
         </is>
       </c>
       <c r="B870" t="inlineStr">
         <is>
-          <t>Last seen %1 from %2</t>
+          <t>Devices</t>
         </is>
       </c>
       <c r="C870" t="inlineStr">
         <is>
-          <t>Nähty viimeksi %1 osoitteesta %2</t>
+          <t>Laitteet</t>
         </is>
       </c>
       <c r="D870" t="inlineStr"/>
       <c r="E870" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F870" t="inlineStr">
         <is>
-          <t>UserProfileLast seen %1 from %2</t>
+          <t>UserProfileDevices</t>
         </is>
       </c>
       <c r="G870" t="inlineStr"/>
       <c r="H870" t="inlineStr"/>
     </row>
     <row r="871">
       <c r="A871" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24543</t>
         </is>
       </c>
       <c r="B871" t="inlineStr">
         <is>
-          <t>Unverify</t>
+          <t>Shared Rooms</t>
         </is>
       </c>
       <c r="C871" t="inlineStr">
         <is>
-          <t>Peru vahvistus</t>
+          <t>Yhteiset huoneet</t>
         </is>
       </c>
       <c r="D871" t="inlineStr"/>
       <c r="E871" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F871" t="inlineStr">
         <is>
-          <t>UserProfileUnverify</t>
+          <t>UserProfileShared Rooms</t>
         </is>
       </c>
       <c r="G871" t="inlineStr"/>
       <c r="H871" t="inlineStr"/>
     </row>
     <row r="872">
       <c r="A872" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.h:24881</t>
+          <t>../qml/dialogs/UserProfile.qml:24605</t>
         </is>
       </c>
       <c r="B872" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Sign out this device.</t>
         </is>
       </c>
       <c r="C872" t="inlineStr">
         <is>
-          <t>Oletus</t>
+          <t>Kirjaudu ulos tältä laitteelta.</t>
         </is>
       </c>
       <c r="D872" t="inlineStr"/>
       <c r="E872" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F872" t="inlineStr">
         <is>
-          <t>UserSettingsDefault</t>
+          <t>UserProfileSign out this device.</t>
         </is>
       </c>
       <c r="G872" t="inlineStr"/>
       <c r="H872" t="inlineStr"/>
     </row>
     <row r="873">
       <c r="A873" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25911</t>
+          <t>../qml/dialogs/UserProfile.qml:24636</t>
         </is>
       </c>
       <c r="B873" t="inlineStr">
         <is>
-          <t>Theme</t>
+          <t>Change device name.</t>
         </is>
       </c>
       <c r="C873" t="inlineStr">
         <is>
-          <t>Teema</t>
+          <t>Muuta laitteen nimeä.</t>
         </is>
       </c>
       <c r="D873" t="inlineStr"/>
       <c r="E873" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F873" t="inlineStr">
         <is>
-          <t>UserSettingsModelTheme</t>
+          <t>UserProfileChange device name.</t>
         </is>
       </c>
       <c r="G873" t="inlineStr"/>
       <c r="H873" t="inlineStr"/>
     </row>
     <row r="874">
       <c r="A874" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25913</t>
+          <t>../qml/dialogs/UserProfile.qml:24658</t>
         </is>
       </c>
       <c r="B874" t="inlineStr">
         <is>
-          <t>Scale factor</t>
+          <t>Last seen %1 from %2</t>
         </is>
       </c>
       <c r="C874" t="inlineStr">
         <is>
-          <t>Mittakerroin</t>
+          <t>Nähty viimeksi %1 osoitteesta %2</t>
         </is>
       </c>
       <c r="D874" t="inlineStr"/>
       <c r="E874" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F874" t="inlineStr">
         <is>
-          <t>UserSettingsModelScale factor</t>
+          <t>UserProfileLast seen %1 from %2</t>
         </is>
       </c>
       <c r="G874" t="inlineStr"/>
       <c r="H874" t="inlineStr"/>
     </row>
     <row r="875">
       <c r="A875" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25915</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B875" t="inlineStr">
         <is>
-          <t>Highlight message on hover</t>
+          <t>Unverify</t>
         </is>
       </c>
       <c r="C875" t="inlineStr">
         <is>
-          <t>Korosta viestiä kun kohdistin on päällä</t>
+          <t>Peru vahvistus</t>
         </is>
       </c>
       <c r="D875" t="inlineStr"/>
       <c r="E875" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F875" t="inlineStr">
         <is>
-          <t>UserSettingsModelHighlight message on hover</t>
+          <t>UserProfileUnverify</t>
         </is>
       </c>
       <c r="G875" t="inlineStr"/>
       <c r="H875" t="inlineStr"/>
     </row>
     <row r="876">
       <c r="A876" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25917</t>
+          <t>../../src/UserSettingsPage.h:24975</t>
         </is>
       </c>
       <c r="B876" t="inlineStr">
         <is>
-          <t>Large Emoji in timeline</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C876" t="inlineStr">
         <is>
-          <t>Iso emoji aikajanalla</t>
+          <t>Oletus</t>
         </is>
       </c>
       <c r="D876" t="inlineStr"/>
       <c r="E876" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F876" t="inlineStr">
         <is>
-          <t>UserSettingsModelLarge Emoji in timeline</t>
+          <t>UserSettingsDefault</t>
         </is>
       </c>
       <c r="G876" t="inlineStr"/>
       <c r="H876" t="inlineStr"/>
     </row>
     <row r="877">
       <c r="A877" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25919</t>
+          <t>../../src/UserSettingsPage.cpp:26023</t>
         </is>
       </c>
       <c r="B877" t="inlineStr">
         <is>
-          <t>Minimize to tray</t>
+          <t>Theme</t>
         </is>
       </c>
       <c r="C877" t="inlineStr">
         <is>
-          <t>Pienennä ilmoitusalueelle</t>
+          <t>Teema</t>
         </is>
       </c>
       <c r="D877" t="inlineStr"/>
       <c r="E877" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F877" t="inlineStr">
         <is>
-          <t>UserSettingsModelMinimize to tray</t>
+          <t>UserSettingsModelTheme</t>
         </is>
       </c>
       <c r="G877" t="inlineStr"/>
       <c r="H877" t="inlineStr"/>
     </row>
     <row r="878">
       <c r="A878" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25921</t>
+          <t>../../src/UserSettingsPage.cpp:26025</t>
         </is>
       </c>
       <c r="B878" t="inlineStr">
         <is>
-          <t>Start in tray</t>
+          <t>Scale factor</t>
         </is>
       </c>
       <c r="C878" t="inlineStr">
         <is>
-          <t>Aloita ilmoitusalueella</t>
+          <t>Mittakerroin</t>
         </is>
       </c>
       <c r="D878" t="inlineStr"/>
       <c r="E878" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F878" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart in tray</t>
+          <t>UserSettingsModelScale factor</t>
         </is>
       </c>
       <c r="G878" t="inlineStr"/>
       <c r="H878" t="inlineStr"/>
     </row>
     <row r="879">
       <c r="A879" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25925</t>
+          <t>../../src/UserSettingsPage.cpp:26027</t>
         </is>
       </c>
       <c r="B879" t="inlineStr">
         <is>
-          <t>Scrollbars in room list</t>
+          <t>Highlight message on hover</t>
         </is>
       </c>
       <c r="C879" t="inlineStr">
         <is>
-          <t>Vierityspalkit huoneluettelossa</t>
+          <t>Korosta viestiä kun kohdistin on päällä</t>
         </is>
       </c>
       <c r="D879" t="inlineStr"/>
       <c r="E879" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F879" t="inlineStr">
         <is>
-          <t>UserSettingsModelScrollbars in room list</t>
+          <t>UserSettingsModelHighlight message on hover</t>
         </is>
       </c>
       <c r="G879" t="inlineStr"/>
       <c r="H879" t="inlineStr"/>
     </row>
     <row r="880">
       <c r="A880" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25927</t>
+          <t>../../src/UserSettingsPage.cpp:26029</t>
         </is>
       </c>
       <c r="B880" t="inlineStr">
         <is>
-          <t>Send messages as Markdown</t>
+          <t>Large Emoji in timeline</t>
         </is>
       </c>
       <c r="C880" t="inlineStr">
         <is>
-          <t>Lähetä viestit Markdownina</t>
+          <t>Iso emoji aikajanalla</t>
         </is>
       </c>
       <c r="D880" t="inlineStr"/>
       <c r="E880" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F880" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend messages as Markdown</t>
+          <t>UserSettingsModelLarge Emoji in timeline</t>
         </is>
       </c>
       <c r="G880" t="inlineStr"/>
       <c r="H880" t="inlineStr"/>
     </row>
     <row r="881">
       <c r="A881" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25929</t>
+          <t>../../src/UserSettingsPage.cpp:26031</t>
         </is>
       </c>
       <c r="B881" t="inlineStr">
         <is>
-          <t>Use shift+enter to send and enter to start a new line</t>
+          <t>Minimize to tray</t>
         </is>
       </c>
       <c r="C881" t="inlineStr">
         <is>
-          <t>Käytä VAIHTO+SYÖTTÖÄ lähettämiseen ja SYÖTTÖÄ aloittaaksesi uuden rivin</t>
+          <t>Pienennä ilmoitusalueelle</t>
         </is>
       </c>
       <c r="D881" t="inlineStr"/>
       <c r="E881" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F881" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse shift+enter to send and enter to start a new line</t>
+          <t>UserSettingsModelMinimize to tray</t>
         </is>
       </c>
       <c r="G881" t="inlineStr"/>
       <c r="H881" t="inlineStr"/>
     </row>
     <row r="882">
       <c r="A882" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25931</t>
+          <t>../../src/UserSettingsPage.cpp:26033</t>
         </is>
       </c>
       <c r="B882" t="inlineStr">
         <is>
-          <t>Enable message bubbles</t>
+          <t>Start in tray</t>
         </is>
       </c>
       <c r="C882" t="inlineStr">
         <is>
-          <t>Käytä viestikuplia</t>
+          <t>Aloita ilmoitusalueella</t>
         </is>
       </c>
       <c r="D882" t="inlineStr"/>
       <c r="E882" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F882" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable message bubbles</t>
+          <t>UserSettingsModelStart in tray</t>
         </is>
       </c>
       <c r="G882" t="inlineStr"/>
       <c r="H882" t="inlineStr"/>
     </row>
     <row r="883">
       <c r="A883" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25933</t>
+          <t>../../src/UserSettingsPage.cpp:26037</t>
         </is>
       </c>
       <c r="B883" t="inlineStr">
         <is>
-          <t>Enable small Avatars</t>
+          <t>Scrollbars in room list</t>
         </is>
       </c>
       <c r="C883" t="inlineStr">
         <is>
-          <t>Ota pienet avarit käyttöön</t>
+          <t>Vierityspalkit huoneluettelossa</t>
         </is>
       </c>
       <c r="D883" t="inlineStr"/>
       <c r="E883" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F883" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable small Avatars</t>
+          <t>UserSettingsModelScrollbars in room list</t>
         </is>
       </c>
       <c r="G883" t="inlineStr"/>
       <c r="H883" t="inlineStr"/>
     </row>
     <row r="884">
       <c r="A884" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25935</t>
+          <t>../../src/UserSettingsPage.cpp:26039</t>
         </is>
       </c>
       <c r="B884" t="inlineStr">
         <is>
-          <t>Play animated images only on hover</t>
+          <t>Send messages as Markdown</t>
         </is>
       </c>
       <c r="C884" t="inlineStr">
         <is>
-          <t>Toista animoidut kuvat vain kun kohdistin on niiden päällä</t>
+          <t>Lähetä viestit Markdownina</t>
         </is>
       </c>
       <c r="D884" t="inlineStr"/>
       <c r="E884" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F884" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlay animated images only on hover</t>
+          <t>UserSettingsModelSend messages as Markdown</t>
         </is>
       </c>
       <c r="G884" t="inlineStr"/>
       <c r="H884" t="inlineStr"/>
     </row>
     <row r="885">
       <c r="A885" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25937</t>
+          <t>../../src/UserSettingsPage.cpp:26043</t>
         </is>
       </c>
       <c r="B885" t="inlineStr">
         <is>
-          <t>Show images automatically</t>
-[...2 lines deleted...]
-      <c r="C885" t="inlineStr"/>
+          <t>Enable message bubbles</t>
+        </is>
+      </c>
+      <c r="C885" t="inlineStr">
+        <is>
+          <t>Käytä viestikuplia</t>
+        </is>
+      </c>
       <c r="D885" t="inlineStr"/>
       <c r="E885" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F885" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow images automatically</t>
+          <t>UserSettingsModelEnable message bubbles</t>
         </is>
       </c>
       <c r="G885" t="inlineStr"/>
       <c r="H885" t="inlineStr"/>
     </row>
     <row r="886">
       <c r="A886" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25939</t>
+          <t>../../src/UserSettingsPage.cpp:26045</t>
         </is>
       </c>
       <c r="B886" t="inlineStr">
         <is>
-          <t>Typing notifications</t>
+          <t>Enable small Avatars</t>
         </is>
       </c>
       <c r="C886" t="inlineStr">
         <is>
-          <t>Kirjoitusilmoitukset</t>
+          <t>Ota pienet avarit käyttöön</t>
         </is>
       </c>
       <c r="D886" t="inlineStr"/>
       <c r="E886" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F886" t="inlineStr">
         <is>
-          <t>UserSettingsModelTyping notifications</t>
+          <t>UserSettingsModelEnable small Avatars</t>
         </is>
       </c>
       <c r="G886" t="inlineStr"/>
       <c r="H886" t="inlineStr"/>
     </row>
     <row r="887">
       <c r="A887" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25941</t>
+          <t>../../src/UserSettingsPage.cpp:26047</t>
         </is>
       </c>
       <c r="B887" t="inlineStr">
         <is>
-          <t>Sort rooms by unreads</t>
+          <t>Play animated images only on hover</t>
         </is>
       </c>
       <c r="C887" t="inlineStr">
         <is>
-          <t>Lajittele huoneet lukemattomien mukaan</t>
+          <t>Toista animoidut kuvat vain kun kohdistin on niiden päällä</t>
         </is>
       </c>
       <c r="D887" t="inlineStr"/>
       <c r="E887" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F887" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms by unreads</t>
+          <t>UserSettingsModelPlay animated images only on hover</t>
         </is>
       </c>
       <c r="G887" t="inlineStr"/>
       <c r="H887" t="inlineStr"/>
     </row>
     <row r="888">
       <c r="A888" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25943</t>
+          <t>../../src/UserSettingsPage.cpp:26049</t>
         </is>
       </c>
       <c r="B888" t="inlineStr">
         <is>
-          <t>Sort rooms alphabetically</t>
-[...6 lines deleted...]
-      </c>
+          <t>Show images automatically</t>
+        </is>
+      </c>
+      <c r="C888" t="inlineStr"/>
       <c r="D888" t="inlineStr"/>
       <c r="E888" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F888" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms alphabetically</t>
+          <t>UserSettingsModelShow images automatically</t>
         </is>
       </c>
       <c r="G888" t="inlineStr"/>
       <c r="H888" t="inlineStr"/>
     </row>
     <row r="889">
       <c r="A889" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25945</t>
+          <t>../../src/UserSettingsPage.cpp:26051</t>
         </is>
       </c>
       <c r="B889" t="inlineStr">
         <is>
-          <t>Show buttons in timeline</t>
+          <t>Typing notifications</t>
         </is>
       </c>
       <c r="C889" t="inlineStr">
         <is>
-          <t>Näytä painikkeet aikajanalla</t>
+          <t>Kirjoitusilmoitukset</t>
         </is>
       </c>
       <c r="D889" t="inlineStr"/>
       <c r="E889" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F889" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow buttons in timeline</t>
+          <t>UserSettingsModelTyping notifications</t>
         </is>
       </c>
       <c r="G889" t="inlineStr"/>
       <c r="H889" t="inlineStr"/>
     </row>
     <row r="890">
       <c r="A890" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25947</t>
+          <t>../../src/UserSettingsPage.cpp:26053</t>
         </is>
       </c>
       <c r="B890" t="inlineStr">
         <is>
-          <t>Limit width of timeline</t>
+          <t>Sort rooms by unreads</t>
         </is>
       </c>
       <c r="C890" t="inlineStr">
         <is>
-          <t>Rajoita aikajanan leveyttä</t>
+          <t>Lajittele huoneet lukemattomien mukaan</t>
         </is>
       </c>
       <c r="D890" t="inlineStr"/>
       <c r="E890" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F890" t="inlineStr">
         <is>
-          <t>UserSettingsModelLimit width of timeline</t>
+          <t>UserSettingsModelSort rooms by unreads</t>
         </is>
       </c>
       <c r="G890" t="inlineStr"/>
       <c r="H890" t="inlineStr"/>
     </row>
     <row r="891">
       <c r="A891" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25949</t>
+          <t>../../src/UserSettingsPage.cpp:26055</t>
         </is>
       </c>
       <c r="B891" t="inlineStr">
         <is>
-          <t>Read receipts</t>
+          <t>Sort rooms alphabetically</t>
         </is>
       </c>
       <c r="C891" t="inlineStr">
         <is>
-          <t>Lukukuittaukset</t>
+          <t>Järjestele huoneet aakkosellisesti</t>
         </is>
       </c>
       <c r="D891" t="inlineStr"/>
       <c r="E891" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F891" t="inlineStr">
         <is>
-          <t>UserSettingsModelRead receipts</t>
+          <t>UserSettingsModelSort rooms alphabetically</t>
         </is>
       </c>
       <c r="G891" t="inlineStr"/>
       <c r="H891" t="inlineStr"/>
     </row>
     <row r="892">
       <c r="A892" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25951</t>
+          <t>../../src/UserSettingsPage.cpp:26057</t>
         </is>
       </c>
       <c r="B892" t="inlineStr">
         <is>
-          <t>Hidden events</t>
+          <t>Show buttons in timeline</t>
         </is>
       </c>
       <c r="C892" t="inlineStr">
         <is>
-          <t>Piilotetut tapahtumat</t>
+          <t>Näytä painikkeet aikajanalla</t>
         </is>
       </c>
       <c r="D892" t="inlineStr"/>
       <c r="E892" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F892" t="inlineStr">
         <is>
-          <t>UserSettingsModelHidden events</t>
+          <t>UserSettingsModelShow buttons in timeline</t>
         </is>
       </c>
       <c r="G892" t="inlineStr"/>
       <c r="H892" t="inlineStr"/>
     </row>
     <row r="893">
       <c r="A893" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25953</t>
+          <t>../../src/UserSettingsPage.cpp:26059</t>
         </is>
       </c>
       <c r="B893" t="inlineStr">
         <is>
-          <t>Ignored users</t>
-[...2 lines deleted...]
-      <c r="C893" t="inlineStr"/>
+          <t>Limit width of timeline</t>
+        </is>
+      </c>
+      <c r="C893" t="inlineStr">
+        <is>
+          <t>Rajoita aikajanan leveyttä</t>
+        </is>
+      </c>
       <c r="D893" t="inlineStr"/>
       <c r="E893" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F893" t="inlineStr">
         <is>
-          <t>UserSettingsModelIgnored users</t>
+          <t>UserSettingsModelLimit width of timeline</t>
         </is>
       </c>
       <c r="G893" t="inlineStr"/>
       <c r="H893" t="inlineStr"/>
     </row>
     <row r="894">
       <c r="A894" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25955</t>
+          <t>../../src/UserSettingsPage.cpp:26061</t>
         </is>
       </c>
       <c r="B894" t="inlineStr">
         <is>
-          <t>Desktop notifications</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C894" t="inlineStr">
         <is>
-          <t>Työpöytäilmoitukset</t>
+          <t>Lukukuittaukset</t>
         </is>
       </c>
       <c r="D894" t="inlineStr"/>
       <c r="E894" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F894" t="inlineStr">
         <is>
-          <t>UserSettingsModelDesktop notifications</t>
+          <t>UserSettingsModelRead receipts</t>
         </is>
       </c>
       <c r="G894" t="inlineStr"/>
       <c r="H894" t="inlineStr"/>
     </row>
     <row r="895">
       <c r="A895" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25957</t>
+          <t>../../src/UserSettingsPage.cpp:26063</t>
         </is>
       </c>
       <c r="B895" t="inlineStr">
         <is>
-          <t>Alert on notification</t>
+          <t>Hidden events</t>
         </is>
       </c>
       <c r="C895" t="inlineStr">
         <is>
-          <t>Hälytä ilmoituksesta</t>
+          <t>Piilotetut tapahtumat</t>
         </is>
       </c>
       <c r="D895" t="inlineStr"/>
       <c r="E895" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F895" t="inlineStr">
         <is>
-          <t>UserSettingsModelAlert on notification</t>
+          <t>UserSettingsModelHidden events</t>
         </is>
       </c>
       <c r="G895" t="inlineStr"/>
       <c r="H895" t="inlineStr"/>
     </row>
     <row r="896">
       <c r="A896" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25959</t>
+          <t>../../src/UserSettingsPage.cpp:26065</t>
         </is>
       </c>
       <c r="B896" t="inlineStr">
         <is>
-          <t>Circular Avatars</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ignored users</t>
+        </is>
+      </c>
+      <c r="C896" t="inlineStr"/>
       <c r="D896" t="inlineStr"/>
       <c r="E896" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F896" t="inlineStr">
         <is>
-          <t>UserSettingsModelCircular Avatars</t>
+          <t>UserSettingsModelIgnored users</t>
         </is>
       </c>
       <c r="G896" t="inlineStr"/>
       <c r="H896" t="inlineStr"/>
     </row>
     <row r="897">
       <c r="A897" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25961</t>
+          <t>../../src/UserSettingsPage.cpp:26067</t>
         </is>
       </c>
       <c r="B897" t="inlineStr">
         <is>
-          <t>Use identicons</t>
+          <t>Desktop notifications</t>
         </is>
       </c>
       <c r="C897" t="inlineStr">
         <is>
-          <t>Käytä identikoneja</t>
+          <t>Työpöytäilmoitukset</t>
         </is>
       </c>
       <c r="D897" t="inlineStr"/>
       <c r="E897" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F897" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse identicons</t>
+          <t>UserSettingsModelDesktop notifications</t>
         </is>
       </c>
       <c r="G897" t="inlineStr"/>
       <c r="H897" t="inlineStr"/>
     </row>
     <row r="898">
       <c r="A898" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25963</t>
+          <t>../../src/UserSettingsPage.cpp:26069</t>
         </is>
       </c>
       <c r="B898" t="inlineStr">
         <is>
-          <t>Open images with external program</t>
+          <t>Alert on notification</t>
         </is>
       </c>
       <c r="C898" t="inlineStr">
         <is>
-          <t>Avaa kuvat ulkoisella ohjelmalla</t>
+          <t>Hälytä ilmoituksesta</t>
         </is>
       </c>
       <c r="D898" t="inlineStr"/>
       <c r="E898" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F898" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen images with external program</t>
+          <t>UserSettingsModelAlert on notification</t>
         </is>
       </c>
       <c r="G898" t="inlineStr"/>
       <c r="H898" t="inlineStr"/>
     </row>
     <row r="899">
       <c r="A899" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25965</t>
+          <t>../../src/UserSettingsPage.cpp:26071</t>
         </is>
       </c>
       <c r="B899" t="inlineStr">
         <is>
-          <t>Open videos with external program</t>
+          <t>Circular Avatars</t>
         </is>
       </c>
       <c r="C899" t="inlineStr">
         <is>
-          <t>Avaa videot ulkoisella ohjelmalla</t>
+          <t>Pyöreät avatarit</t>
         </is>
       </c>
       <c r="D899" t="inlineStr"/>
       <c r="E899" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F899" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen videos with external program</t>
+          <t>UserSettingsModelCircular Avatars</t>
         </is>
       </c>
       <c r="G899" t="inlineStr"/>
       <c r="H899" t="inlineStr"/>
     </row>
     <row r="900">
       <c r="A900" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25967</t>
+          <t>../../src/UserSettingsPage.cpp:26073</t>
         </is>
       </c>
       <c r="B900" t="inlineStr">
         <is>
-          <t>Decrypt messages in sidebar</t>
+          <t>Use identicons</t>
         </is>
       </c>
       <c r="C900" t="inlineStr">
         <is>
-          <t>Pura viestien salaus sivupalkissa</t>
+          <t>Käytä identikoneja</t>
         </is>
       </c>
       <c r="D900" t="inlineStr"/>
       <c r="E900" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F900" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt messages in sidebar</t>
+          <t>UserSettingsModelUse identicons</t>
         </is>
       </c>
       <c r="G900" t="inlineStr"/>
       <c r="H900" t="inlineStr"/>
     </row>
     <row r="901">
       <c r="A901" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25969</t>
+          <t>../../src/UserSettingsPage.cpp:26075</t>
         </is>
       </c>
       <c r="B901" t="inlineStr">
         <is>
-          <t>Decrypt notifications</t>
+          <t>Open images with external program</t>
         </is>
       </c>
       <c r="C901" t="inlineStr">
         <is>
-          <t>Pura salaus ilmoituksissa</t>
+          <t>Avaa kuvat ulkoisella ohjelmalla</t>
         </is>
       </c>
       <c r="D901" t="inlineStr"/>
       <c r="E901" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F901" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt notifications</t>
+          <t>UserSettingsModelOpen images with external program</t>
         </is>
       </c>
       <c r="G901" t="inlineStr"/>
       <c r="H901" t="inlineStr"/>
     </row>
     <row r="902">
       <c r="A902" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25973</t>
+          <t>../../src/UserSettingsPage.cpp:26077</t>
         </is>
       </c>
       <c r="B902" t="inlineStr">
         <is>
-          <t>Display fancy effects such as confetti</t>
+          <t>Open videos with external program</t>
         </is>
       </c>
       <c r="C902" t="inlineStr">
         <is>
-          <t>Näytä hienoja tehosteita, kuten konfetti</t>
+          <t>Avaa videot ulkoisella ohjelmalla</t>
         </is>
       </c>
       <c r="D902" t="inlineStr"/>
       <c r="E902" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F902" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
+          <t>UserSettingsModelOpen videos with external program</t>
         </is>
       </c>
       <c r="G902" t="inlineStr"/>
       <c r="H902" t="inlineStr"/>
     </row>
     <row r="903">
       <c r="A903" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25975</t>
+          <t>../../src/UserSettingsPage.cpp:26079</t>
         </is>
       </c>
       <c r="B903" t="inlineStr">
         <is>
-          <t>Reduce or disable animations</t>
-[...2 lines deleted...]
-      <c r="C903" t="inlineStr"/>
+          <t>Decrypt messages in sidebar</t>
+        </is>
+      </c>
+      <c r="C903" t="inlineStr">
+        <is>
+          <t>Pura viestien salaus sivupalkissa</t>
+        </is>
+      </c>
       <c r="D903" t="inlineStr"/>
       <c r="E903" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F903" t="inlineStr">
         <is>
-          <t>UserSettingsModelReduce or disable animations</t>
+          <t>UserSettingsModelDecrypt messages in sidebar</t>
         </is>
       </c>
       <c r="G903" t="inlineStr"/>
       <c r="H903" t="inlineStr"/>
     </row>
     <row r="904">
       <c r="A904" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25977</t>
+          <t>../../src/UserSettingsPage.cpp:26081</t>
         </is>
       </c>
       <c r="B904" t="inlineStr">
         <is>
-          <t>Privacy Screen</t>
+          <t>Decrypt notifications</t>
         </is>
       </c>
       <c r="C904" t="inlineStr">
         <is>
-          <t>Yksityisyysnäkymä</t>
+          <t>Pura salaus ilmoituksissa</t>
         </is>
       </c>
       <c r="D904" t="inlineStr"/>
       <c r="E904" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F904" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy Screen</t>
+          <t>UserSettingsModelDecrypt notifications</t>
         </is>
       </c>
       <c r="G904" t="inlineStr"/>
       <c r="H904" t="inlineStr"/>
     </row>
     <row r="905">
       <c r="A905" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25979</t>
+          <t>../../src/UserSettingsPage.cpp:26085</t>
         </is>
       </c>
       <c r="B905" t="inlineStr">
         <is>
-          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
+          <t>Display fancy effects such as confetti</t>
         </is>
       </c>
       <c r="C905" t="inlineStr">
         <is>
-          <t>Yksityisyysnäkymän aikakatkaisu (sekunneissa [0-3600])</t>
+          <t>Näytä hienoja tehosteita, kuten konfetti</t>
         </is>
       </c>
       <c r="D905" t="inlineStr"/>
       <c r="E905" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F905" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
+          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
         </is>
       </c>
       <c r="G905" t="inlineStr"/>
       <c r="H905" t="inlineStr"/>
     </row>
     <row r="906">
       <c r="A906" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25981</t>
+          <t>../../src/UserSettingsPage.cpp:26087</t>
         </is>
       </c>
       <c r="B906" t="inlineStr">
         <is>
-          <t>Touchscreen mode</t>
-[...6 lines deleted...]
-      </c>
+          <t>Reduce or disable animations</t>
+        </is>
+      </c>
+      <c r="C906" t="inlineStr"/>
       <c r="D906" t="inlineStr"/>
       <c r="E906" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F906" t="inlineStr">
         <is>
-          <t>UserSettingsModelTouchscreen mode</t>
+          <t>UserSettingsModelReduce or disable animations</t>
         </is>
       </c>
       <c r="G906" t="inlineStr"/>
       <c r="H906" t="inlineStr"/>
     </row>
     <row r="907">
       <c r="A907" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25983</t>
+          <t>../../src/UserSettingsPage.cpp:26089</t>
         </is>
       </c>
       <c r="B907" t="inlineStr">
         <is>
-          <t>Disable swipe motions</t>
-[...2 lines deleted...]
-      <c r="C907" t="inlineStr"/>
+          <t>Privacy Screen</t>
+        </is>
+      </c>
+      <c r="C907" t="inlineStr">
+        <is>
+          <t>Yksityisyysnäkymä</t>
+        </is>
+      </c>
       <c r="D907" t="inlineStr"/>
       <c r="E907" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F907" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisable swipe motions</t>
+          <t>UserSettingsModelPrivacy Screen</t>
         </is>
       </c>
       <c r="G907" t="inlineStr"/>
       <c r="H907" t="inlineStr"/>
     </row>
     <row r="908">
       <c r="A908" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25985</t>
+          <t>../../src/UserSettingsPage.cpp:26091</t>
         </is>
       </c>
       <c r="B908" t="inlineStr">
         <is>
-          <t>Font size</t>
+          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="C908" t="inlineStr">
         <is>
-          <t>Fonttikoko</t>
+          <t>Yksityisyysnäkymän aikakatkaisu (sekunneissa [0-3600])</t>
         </is>
       </c>
       <c r="D908" t="inlineStr"/>
       <c r="E908" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F908" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont size</t>
+          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="G908" t="inlineStr"/>
       <c r="H908" t="inlineStr"/>
     </row>
     <row r="909">
       <c r="A909" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25987</t>
+          <t>../../src/UserSettingsPage.cpp:26093</t>
         </is>
       </c>
       <c r="B909" t="inlineStr">
         <is>
-          <t>Font Family</t>
+          <t>Touchscreen mode</t>
         </is>
       </c>
       <c r="C909" t="inlineStr">
         <is>
-          <t>Fonttiperhe</t>
+          <t>Kosketusnäyttötila</t>
         </is>
       </c>
       <c r="D909" t="inlineStr"/>
       <c r="E909" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F909" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont Family</t>
+          <t>UserSettingsModelTouchscreen mode</t>
         </is>
       </c>
       <c r="G909" t="inlineStr"/>
       <c r="H909" t="inlineStr"/>
     </row>
     <row r="910">
       <c r="A910" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25989</t>
+          <t>../../src/UserSettingsPage.cpp:26095</t>
         </is>
       </c>
       <c r="B910" t="inlineStr">
         <is>
-          <t>Emoji Font Family</t>
-[...6 lines deleted...]
-      </c>
+          <t>Disable swipe motions</t>
+        </is>
+      </c>
+      <c r="C910" t="inlineStr"/>
       <c r="D910" t="inlineStr"/>
       <c r="E910" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F910" t="inlineStr">
         <is>
-          <t>UserSettingsModelEmoji Font Family</t>
+          <t>UserSettingsModelDisable swipe motions</t>
         </is>
       </c>
       <c r="G910" t="inlineStr"/>
       <c r="H910" t="inlineStr"/>
     </row>
     <row r="911">
       <c r="A911" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25991</t>
+          <t>../../src/UserSettingsPage.cpp:26097</t>
         </is>
       </c>
       <c r="B911" t="inlineStr">
         <is>
-          <t>Ringtone</t>
+          <t>Font size</t>
         </is>
       </c>
       <c r="C911" t="inlineStr">
         <is>
-          <t>Soittoääni</t>
+          <t>Fonttikoko</t>
         </is>
       </c>
       <c r="D911" t="inlineStr"/>
       <c r="E911" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F911" t="inlineStr">
         <is>
-          <t>UserSettingsModelRingtone</t>
+          <t>UserSettingsModelFont size</t>
         </is>
       </c>
       <c r="G911" t="inlineStr"/>
       <c r="H911" t="inlineStr"/>
     </row>
     <row r="912">
       <c r="A912" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25993</t>
+          <t>../../src/UserSettingsPage.cpp:26099</t>
         </is>
       </c>
       <c r="B912" t="inlineStr">
         <is>
-          <t>Microphone</t>
+          <t>Font Family</t>
         </is>
       </c>
       <c r="C912" t="inlineStr">
         <is>
-          <t>Mikrofoni</t>
+          <t>Fonttiperhe</t>
         </is>
       </c>
       <c r="D912" t="inlineStr"/>
       <c r="E912" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F912" t="inlineStr">
         <is>
-          <t>UserSettingsModelMicrophone</t>
+          <t>UserSettingsModelFont Family</t>
         </is>
       </c>
       <c r="G912" t="inlineStr"/>
       <c r="H912" t="inlineStr"/>
     </row>
     <row r="913">
       <c r="A913" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25995</t>
+          <t>../../src/UserSettingsPage.cpp:26101</t>
         </is>
       </c>
       <c r="B913" t="inlineStr">
         <is>
-          <t>Camera</t>
+          <t>Emoji Font Family</t>
         </is>
       </c>
       <c r="C913" t="inlineStr">
         <is>
-          <t>Kamera</t>
+          <t>Emojien fonttiperhe</t>
         </is>
       </c>
       <c r="D913" t="inlineStr"/>
       <c r="E913" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F913" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera</t>
+          <t>UserSettingsModelEmoji Font Family</t>
         </is>
       </c>
       <c r="G913" t="inlineStr"/>
       <c r="H913" t="inlineStr"/>
     </row>
     <row r="914">
       <c r="A914" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25997</t>
+          <t>../../src/UserSettingsPage.cpp:26103</t>
         </is>
       </c>
       <c r="B914" t="inlineStr">
         <is>
-          <t>Camera resolution</t>
+          <t>Ringtone</t>
         </is>
       </c>
       <c r="C914" t="inlineStr">
         <is>
-          <t>Kameran resoluutio</t>
+          <t>Soittoääni</t>
         </is>
       </c>
       <c r="D914" t="inlineStr"/>
       <c r="E914" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F914" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera resolution</t>
+          <t>UserSettingsModelRingtone</t>
         </is>
       </c>
       <c r="G914" t="inlineStr"/>
       <c r="H914" t="inlineStr"/>
     </row>
     <row r="915">
       <c r="A915" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25999</t>
+          <t>../../src/UserSettingsPage.cpp:26105</t>
         </is>
       </c>
       <c r="B915" t="inlineStr">
         <is>
-          <t>Camera frame rate</t>
+          <t>Microphone</t>
         </is>
       </c>
       <c r="C915" t="inlineStr">
         <is>
-          <t>Kameran ruutunopeus</t>
+          <t>Mikrofoni</t>
         </is>
       </c>
       <c r="D915" t="inlineStr"/>
       <c r="E915" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F915" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera frame rate</t>
+          <t>UserSettingsModelMicrophone</t>
         </is>
       </c>
       <c r="G915" t="inlineStr"/>
       <c r="H915" t="inlineStr"/>
     </row>
     <row r="916">
       <c r="A916" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26001</t>
+          <t>../../src/UserSettingsPage.cpp:26107</t>
         </is>
       </c>
       <c r="B916" t="inlineStr">
         <is>
-          <t>Allow fallback call assist server</t>
+          <t>Camera</t>
         </is>
       </c>
       <c r="C916" t="inlineStr">
         <is>
-          <t>Salli varajärjestelynä toimiva puhelua avustava palvelin</t>
+          <t>Kamera</t>
         </is>
       </c>
       <c r="D916" t="inlineStr"/>
       <c r="E916" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F916" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow fallback call assist server</t>
+          <t>UserSettingsModelCamera</t>
         </is>
       </c>
       <c r="G916" t="inlineStr"/>
       <c r="H916" t="inlineStr"/>
     </row>
     <row r="917">
       <c r="A917" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26003</t>
+          <t>../../src/UserSettingsPage.cpp:26109</t>
         </is>
       </c>
       <c r="B917" t="inlineStr">
         <is>
-          <t>Send encrypted messages to verified users only</t>
+          <t>Camera resolution</t>
         </is>
       </c>
       <c r="C917" t="inlineStr">
         <is>
-          <t>Lähetä salatut viestit vain vahvistetuille käyttäjille</t>
+          <t>Kameran resoluutio</t>
         </is>
       </c>
       <c r="D917" t="inlineStr"/>
       <c r="E917" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F917" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend encrypted messages to verified users only</t>
+          <t>UserSettingsModelCamera resolution</t>
         </is>
       </c>
       <c r="G917" t="inlineStr"/>
       <c r="H917" t="inlineStr"/>
     </row>
     <row r="918">
       <c r="A918" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26005</t>
+          <t>../../src/UserSettingsPage.cpp:26111</t>
         </is>
       </c>
       <c r="B918" t="inlineStr">
         <is>
-          <t>Share keys with verified users and devices</t>
+          <t>Camera frame rate</t>
         </is>
       </c>
       <c r="C918" t="inlineStr">
         <is>
-          <t>Jaa avaimet vahvistettujen käyttäjien ja laitteiden kanssa</t>
+          <t>Kameran ruutunopeus</t>
         </is>
       </c>
       <c r="D918" t="inlineStr"/>
       <c r="E918" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F918" t="inlineStr">
         <is>
-          <t>UserSettingsModelShare keys with verified users and devices</t>
+          <t>UserSettingsModelCamera frame rate</t>
         </is>
       </c>
       <c r="G918" t="inlineStr"/>
       <c r="H918" t="inlineStr"/>
     </row>
     <row r="919">
       <c r="A919" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26007</t>
+          <t>../../src/UserSettingsPage.cpp:26113</t>
         </is>
       </c>
       <c r="B919" t="inlineStr">
         <is>
-          <t>Online Key Backup</t>
+          <t>Allow fallback call assist server</t>
         </is>
       </c>
       <c r="C919" t="inlineStr">
         <is>
-          <t>Avaimen varmuuskopiointi verkkoon</t>
+          <t>Salli varajärjestelynä toimiva puhelua avustava palvelin</t>
         </is>
       </c>
       <c r="D919" t="inlineStr"/>
       <c r="E919" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F919" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline Key Backup</t>
+          <t>UserSettingsModelAllow fallback call assist server</t>
         </is>
       </c>
       <c r="G919" t="inlineStr"/>
       <c r="H919" t="inlineStr"/>
     </row>
     <row r="920">
       <c r="A920" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26009</t>
+          <t>../../src/UserSettingsPage.cpp:26115</t>
         </is>
       </c>
       <c r="B920" t="inlineStr">
         <is>
-          <t>Profile</t>
+          <t>Send encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="C920" t="inlineStr">
         <is>
-          <t>Profiili</t>
+          <t>Lähetä salatut viestit vain vahvistetuille käyttäjille</t>
         </is>
       </c>
       <c r="D920" t="inlineStr"/>
       <c r="E920" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F920" t="inlineStr">
         <is>
-          <t>UserSettingsModelProfile</t>
+          <t>UserSettingsModelSend encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="G920" t="inlineStr"/>
       <c r="H920" t="inlineStr"/>
     </row>
     <row r="921">
       <c r="A921" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26011</t>
+          <t>../../src/UserSettingsPage.cpp:26117</t>
         </is>
       </c>
       <c r="B921" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Share keys with verified users and devices</t>
         </is>
       </c>
       <c r="C921" t="inlineStr">
         <is>
-          <t>Käyttäjätunnus</t>
+          <t>Jaa avaimet vahvistettujen käyttäjien ja laitteiden kanssa</t>
         </is>
       </c>
       <c r="D921" t="inlineStr"/>
       <c r="E921" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F921" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser ID</t>
+          <t>UserSettingsModelShare keys with verified users and devices</t>
         </is>
       </c>
       <c r="G921" t="inlineStr"/>
       <c r="H921" t="inlineStr"/>
     </row>
     <row r="922">
       <c r="A922" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26013</t>
+          <t>../../src/UserSettingsPage.cpp:26119</t>
         </is>
       </c>
       <c r="B922" t="inlineStr">
         <is>
-          <t>Accesstoken</t>
+          <t>Online Key Backup</t>
         </is>
       </c>
       <c r="C922" t="inlineStr">
         <is>
-          <t>Pääsytunnisteväline</t>
+          <t>Avaimen varmuuskopiointi verkkoon</t>
         </is>
       </c>
       <c r="D922" t="inlineStr"/>
       <c r="E922" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F922" t="inlineStr">
         <is>
-          <t>UserSettingsModelAccesstoken</t>
+          <t>UserSettingsModelOnline Key Backup</t>
         </is>
       </c>
       <c r="G922" t="inlineStr"/>
       <c r="H922" t="inlineStr"/>
     </row>
     <row r="923">
       <c r="A923" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26015</t>
+          <t>../../src/UserSettingsPage.cpp:26121</t>
         </is>
       </c>
       <c r="B923" t="inlineStr">
         <is>
-          <t>Device ID</t>
+          <t>Profile</t>
         </is>
       </c>
       <c r="C923" t="inlineStr">
         <is>
-          <t>Laitteen tunnus</t>
+          <t>Profiili</t>
         </is>
       </c>
       <c r="D923" t="inlineStr"/>
       <c r="E923" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F923" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice ID</t>
+          <t>UserSettingsModelProfile</t>
         </is>
       </c>
       <c r="G923" t="inlineStr"/>
       <c r="H923" t="inlineStr"/>
     </row>
     <row r="924">
       <c r="A924" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26017</t>
+          <t>../../src/UserSettingsPage.cpp:26123</t>
         </is>
       </c>
       <c r="B924" t="inlineStr">
         <is>
-          <t>Device Fingerprint</t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C924" t="inlineStr">
         <is>
-          <t>Laitteen sormenjälki</t>
+          <t>Käyttäjätunnus</t>
         </is>
       </c>
       <c r="D924" t="inlineStr"/>
       <c r="E924" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F924" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice Fingerprint</t>
+          <t>UserSettingsModelUser ID</t>
         </is>
       </c>
       <c r="G924" t="inlineStr"/>
       <c r="H924" t="inlineStr"/>
     </row>
     <row r="925">
       <c r="A925" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26019</t>
+          <t>../../src/UserSettingsPage.cpp:26125</t>
         </is>
       </c>
       <c r="B925" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Accesstoken</t>
         </is>
       </c>
       <c r="C925" t="inlineStr">
         <is>
-          <t>Kotipalvelin</t>
+          <t>Pääsytunnisteväline</t>
         </is>
       </c>
       <c r="D925" t="inlineStr"/>
       <c r="E925" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F925" t="inlineStr">
         <is>
-          <t>UserSettingsModelHomeserver</t>
+          <t>UserSettingsModelAccesstoken</t>
         </is>
       </c>
       <c r="G925" t="inlineStr"/>
       <c r="H925" t="inlineStr"/>
     </row>
     <row r="926">
       <c r="A926" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26021</t>
+          <t>../../src/UserSettingsPage.cpp:26127</t>
         </is>
       </c>
       <c r="B926" t="inlineStr">
         <is>
-          <t>Version</t>
+          <t>Device ID</t>
         </is>
       </c>
       <c r="C926" t="inlineStr">
         <is>
-          <t>Versio</t>
+          <t>Laitteen tunnus</t>
         </is>
       </c>
       <c r="D926" t="inlineStr"/>
       <c r="E926" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F926" t="inlineStr">
         <is>
-          <t>UserSettingsModelVersion</t>
+          <t>UserSettingsModelDevice ID</t>
         </is>
       </c>
       <c r="G926" t="inlineStr"/>
       <c r="H926" t="inlineStr"/>
     </row>
     <row r="927">
       <c r="A927" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26023</t>
+          <t>../../src/UserSettingsPage.cpp:26129</t>
         </is>
       </c>
       <c r="B927" t="inlineStr">
         <is>
-          <t>Platform</t>
+          <t>Device Fingerprint</t>
         </is>
       </c>
       <c r="C927" t="inlineStr">
         <is>
-          <t>Alusta</t>
+          <t>Laitteen sormenjälki</t>
         </is>
       </c>
       <c r="D927" t="inlineStr"/>
       <c r="E927" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F927" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlatform</t>
+          <t>UserSettingsModelDevice Fingerprint</t>
         </is>
       </c>
       <c r="G927" t="inlineStr"/>
       <c r="H927" t="inlineStr"/>
     </row>
     <row r="928">
       <c r="A928" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26025</t>
+          <t>../../src/UserSettingsPage.cpp:26131</t>
         </is>
       </c>
       <c r="B928" t="inlineStr">
         <is>
-          <t>GENERAL</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C928" t="inlineStr">
         <is>
-          <t>YLEISET ASETUKSET</t>
+          <t>Kotipalvelin</t>
         </is>
       </c>
       <c r="D928" t="inlineStr"/>
       <c r="E928" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F928" t="inlineStr">
         <is>
-          <t>UserSettingsModelGENERAL</t>
+          <t>UserSettingsModelHomeserver</t>
         </is>
       </c>
       <c r="G928" t="inlineStr"/>
       <c r="H928" t="inlineStr"/>
     </row>
     <row r="929">
       <c r="A929" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26027</t>
+          <t>../../src/UserSettingsPage.cpp:26133</t>
         </is>
       </c>
       <c r="B929" t="inlineStr">
         <is>
-          <t>ACCESSIBILITY</t>
+          <t>Version</t>
         </is>
       </c>
       <c r="C929" t="inlineStr">
         <is>
-          <t>SAAVUTETTAVUUS</t>
+          <t>Versio</t>
         </is>
       </c>
       <c r="D929" t="inlineStr"/>
       <c r="E929" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F929" t="inlineStr">
         <is>
-          <t>UserSettingsModelACCESSIBILITY</t>
+          <t>UserSettingsModelVersion</t>
         </is>
       </c>
       <c r="G929" t="inlineStr"/>
       <c r="H929" t="inlineStr"/>
     </row>
     <row r="930">
       <c r="A930" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26029</t>
+          <t>../../src/UserSettingsPage.cpp:26135</t>
         </is>
       </c>
       <c r="B930" t="inlineStr">
         <is>
-          <t>TIMELINE</t>
+          <t>Platform</t>
         </is>
       </c>
       <c r="C930" t="inlineStr">
         <is>
-          <t>AIKAJANA</t>
+          <t>Alusta</t>
         </is>
       </c>
       <c r="D930" t="inlineStr"/>
       <c r="E930" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F930" t="inlineStr">
         <is>
-          <t>UserSettingsModelTIMELINE</t>
+          <t>UserSettingsModelPlatform</t>
         </is>
       </c>
       <c r="G930" t="inlineStr"/>
       <c r="H930" t="inlineStr"/>
     </row>
     <row r="931">
       <c r="A931" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26031</t>
+          <t>../../src/UserSettingsPage.cpp:26137</t>
         </is>
       </c>
       <c r="B931" t="inlineStr">
         <is>
-          <t>SIDEBAR</t>
+          <t>GENERAL</t>
         </is>
       </c>
       <c r="C931" t="inlineStr">
         <is>
-          <t>SIVUPALKKI</t>
+          <t>YLEISET ASETUKSET</t>
         </is>
       </c>
       <c r="D931" t="inlineStr"/>
       <c r="E931" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F931" t="inlineStr">
         <is>
-          <t>UserSettingsModelSIDEBAR</t>
+          <t>UserSettingsModelGENERAL</t>
         </is>
       </c>
       <c r="G931" t="inlineStr"/>
       <c r="H931" t="inlineStr"/>
     </row>
     <row r="932">
       <c r="A932" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26033</t>
+          <t>../../src/UserSettingsPage.cpp:26139</t>
         </is>
       </c>
       <c r="B932" t="inlineStr">
         <is>
-          <t>TRAY</t>
+          <t>ACCESSIBILITY</t>
         </is>
       </c>
       <c r="C932" t="inlineStr">
         <is>
-          <t>ILMOITUSALUE</t>
+          <t>SAAVUTETTAVUUS</t>
         </is>
       </c>
       <c r="D932" t="inlineStr"/>
       <c r="E932" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F932" t="inlineStr">
         <is>
-          <t>UserSettingsModelTRAY</t>
+          <t>UserSettingsModelACCESSIBILITY</t>
         </is>
       </c>
       <c r="G932" t="inlineStr"/>
       <c r="H932" t="inlineStr"/>
     </row>
     <row r="933">
       <c r="A933" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26035</t>
+          <t>../../src/UserSettingsPage.cpp:26141</t>
         </is>
       </c>
       <c r="B933" t="inlineStr">
         <is>
-          <t>GLOBAL MESSAGE VISIBILITY</t>
-[...2 lines deleted...]
-      <c r="C933" t="inlineStr"/>
+          <t>TIMELINE</t>
+        </is>
+      </c>
+      <c r="C933" t="inlineStr">
+        <is>
+          <t>AIKAJANA</t>
+        </is>
+      </c>
       <c r="D933" t="inlineStr"/>
       <c r="E933" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F933" t="inlineStr">
         <is>
-          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
+          <t>UserSettingsModelTIMELINE</t>
         </is>
       </c>
       <c r="G933" t="inlineStr"/>
       <c r="H933" t="inlineStr"/>
     </row>
     <row r="934">
       <c r="A934" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26037</t>
+          <t>../../src/UserSettingsPage.cpp:26143</t>
         </is>
       </c>
       <c r="B934" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>SIDEBAR</t>
         </is>
       </c>
       <c r="C934" t="inlineStr">
         <is>
-          <t>ILMOITUKSET</t>
+          <t>SIVUPALKKI</t>
         </is>
       </c>
       <c r="D934" t="inlineStr"/>
       <c r="E934" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F934" t="inlineStr">
         <is>
-          <t>UserSettingsModelNOTIFICATIONS</t>
+          <t>UserSettingsModelSIDEBAR</t>
         </is>
       </c>
       <c r="G934" t="inlineStr"/>
       <c r="H934" t="inlineStr"/>
     </row>
     <row r="935">
       <c r="A935" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26039</t>
+          <t>../../src/UserSettingsPage.cpp:26145</t>
         </is>
       </c>
       <c r="B935" t="inlineStr">
         <is>
-          <t>CALLS</t>
+          <t>TRAY</t>
         </is>
       </c>
       <c r="C935" t="inlineStr">
         <is>
-          <t>PUHELUT</t>
+          <t>ILMOITUSALUE</t>
         </is>
       </c>
       <c r="D935" t="inlineStr"/>
       <c r="E935" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F935" t="inlineStr">
         <is>
-          <t>UserSettingsModelCALLS</t>
+          <t>UserSettingsModelTRAY</t>
         </is>
       </c>
       <c r="G935" t="inlineStr"/>
       <c r="H935" t="inlineStr"/>
     </row>
     <row r="936">
       <c r="A936" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26041</t>
+          <t>../../src/UserSettingsPage.cpp:26147</t>
         </is>
       </c>
       <c r="B936" t="inlineStr">
         <is>
-          <t>ENCRYPTION</t>
-[...6 lines deleted...]
-      </c>
+          <t>GLOBAL MESSAGE VISIBILITY</t>
+        </is>
+      </c>
+      <c r="C936" t="inlineStr"/>
       <c r="D936" t="inlineStr"/>
       <c r="E936" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F936" t="inlineStr">
         <is>
-          <t>UserSettingsModelENCRYPTION</t>
+          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G936" t="inlineStr"/>
       <c r="H936" t="inlineStr"/>
     </row>
     <row r="937">
       <c r="A937" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26043</t>
+          <t>../../src/UserSettingsPage.cpp:26149</t>
         </is>
       </c>
       <c r="B937" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C937" t="inlineStr">
         <is>
-          <t>TIETOA</t>
+          <t>ILMOITUKSET</t>
         </is>
       </c>
       <c r="D937" t="inlineStr"/>
       <c r="E937" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F937" t="inlineStr">
         <is>
-          <t>UserSettingsModelINFO</t>
+          <t>UserSettingsModelNOTIFICATIONS</t>
         </is>
       </c>
       <c r="G937" t="inlineStr"/>
       <c r="H937" t="inlineStr"/>
     </row>
     <row r="938">
       <c r="A938" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26045</t>
+          <t>../../src/UserSettingsPage.cpp:26151</t>
         </is>
       </c>
       <c r="B938" t="inlineStr">
         <is>
-          <t>Session Keys</t>
+          <t>CALLS</t>
         </is>
       </c>
       <c r="C938" t="inlineStr">
         <is>
-          <t>Istunnon avaimet</t>
+          <t>PUHELUT</t>
         </is>
       </c>
       <c r="D938" t="inlineStr"/>
       <c r="E938" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F938" t="inlineStr">
         <is>
-          <t>UserSettingsModelSession Keys</t>
+          <t>UserSettingsModelCALLS</t>
         </is>
       </c>
       <c r="G938" t="inlineStr"/>
       <c r="H938" t="inlineStr"/>
     </row>
     <row r="939">
       <c r="A939" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26047</t>
+          <t>../../src/UserSettingsPage.cpp:26153</t>
         </is>
       </c>
       <c r="B939" t="inlineStr">
         <is>
-          <t>Cross Signing Secrets</t>
+          <t>ENCRYPTION</t>
         </is>
       </c>
       <c r="C939" t="inlineStr">
         <is>
-          <t>Ristiinvarmennuksen salaisuudet</t>
+          <t>SALAUS</t>
         </is>
       </c>
       <c r="D939" t="inlineStr"/>
       <c r="E939" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F939" t="inlineStr">
         <is>
-          <t>UserSettingsModelCross Signing Secrets</t>
+          <t>UserSettingsModelENCRYPTION</t>
         </is>
       </c>
       <c r="G939" t="inlineStr"/>
       <c r="H939" t="inlineStr"/>
     </row>
     <row r="940">
       <c r="A940" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26049</t>
+          <t>../../src/UserSettingsPage.cpp:26155</t>
         </is>
       </c>
       <c r="B940" t="inlineStr">
         <is>
-          <t>Online backup key</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C940" t="inlineStr">
         <is>
-          <t>Verkkovara-avain</t>
+          <t>TIETOA</t>
         </is>
       </c>
       <c r="D940" t="inlineStr"/>
       <c r="E940" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F940" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline backup key</t>
+          <t>UserSettingsModelINFO</t>
         </is>
       </c>
       <c r="G940" t="inlineStr"/>
       <c r="H940" t="inlineStr"/>
     </row>
     <row r="941">
       <c r="A941" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26051</t>
+          <t>../../src/UserSettingsPage.cpp:26157</t>
         </is>
       </c>
       <c r="B941" t="inlineStr">
         <is>
-          <t>Self signing key</t>
+          <t>Session Keys</t>
         </is>
       </c>
       <c r="C941" t="inlineStr">
         <is>
-          <t>Itsensä allekirjoittava avain</t>
+          <t>Istunnon avaimet</t>
         </is>
       </c>
       <c r="D941" t="inlineStr"/>
       <c r="E941" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F941" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelf signing key</t>
+          <t>UserSettingsModelSession Keys</t>
         </is>
       </c>
       <c r="G941" t="inlineStr"/>
       <c r="H941" t="inlineStr"/>
     </row>
     <row r="942">
       <c r="A942" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26053</t>
+          <t>../../src/UserSettingsPage.cpp:26159</t>
         </is>
       </c>
       <c r="B942" t="inlineStr">
         <is>
-          <t>User signing key</t>
+          <t>Cross Signing Secrets</t>
         </is>
       </c>
       <c r="C942" t="inlineStr">
         <is>
-          <t>Käyttäjän allekirjoittava avain</t>
+          <t>Ristiinvarmennuksen salaisuudet</t>
         </is>
       </c>
       <c r="D942" t="inlineStr"/>
       <c r="E942" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F942" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser signing key</t>
+          <t>UserSettingsModelCross Signing Secrets</t>
         </is>
       </c>
       <c r="G942" t="inlineStr"/>
       <c r="H942" t="inlineStr"/>
     </row>
     <row r="943">
       <c r="A943" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26055</t>
+          <t>../../src/UserSettingsPage.cpp:26161</t>
         </is>
       </c>
       <c r="B943" t="inlineStr">
         <is>
-          <t>Master signing key</t>
+          <t>Online backup key</t>
         </is>
       </c>
       <c r="C943" t="inlineStr">
         <is>
-          <t>Päätason allekirjoittava avain</t>
+          <t>Verkkovara-avain</t>
         </is>
       </c>
       <c r="D943" t="inlineStr"/>
       <c r="E943" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F943" t="inlineStr">
         <is>
-          <t>UserSettingsModelMaster signing key</t>
+          <t>UserSettingsModelOnline backup key</t>
         </is>
       </c>
       <c r="G943" t="inlineStr"/>
       <c r="H943" t="inlineStr"/>
     </row>
     <row r="944">
       <c r="A944" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26057</t>
+          <t>../../src/UserSettingsPage.cpp:26163</t>
         </is>
       </c>
       <c r="B944" t="inlineStr">
         <is>
-          <t>Expose room information via D-Bus</t>
+          <t>Self signing key</t>
         </is>
       </c>
       <c r="C944" t="inlineStr">
         <is>
-          <t>Paljasta huonetiedot D-Bus:in kautta</t>
+          <t>Itsensä allekirjoittava avain</t>
         </is>
       </c>
       <c r="D944" t="inlineStr"/>
       <c r="E944" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F944" t="inlineStr">
         <is>
-          <t>UserSettingsModelExpose room information via D-Bus</t>
+          <t>UserSettingsModelSelf signing key</t>
         </is>
       </c>
       <c r="G944" t="inlineStr"/>
       <c r="H944" t="inlineStr"/>
     </row>
     <row r="945">
       <c r="A945" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26059</t>
+          <t>../../src/UserSettingsPage.cpp:26165</t>
         </is>
       </c>
       <c r="B945" t="inlineStr">
         <is>
-          <t>Periodically update community routing information</t>
-[...2 lines deleted...]
-      <c r="C945" t="inlineStr"/>
+          <t>User signing key</t>
+        </is>
+      </c>
+      <c r="C945" t="inlineStr">
+        <is>
+          <t>Käyttäjän allekirjoittava avain</t>
+        </is>
+      </c>
       <c r="D945" t="inlineStr"/>
       <c r="E945" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F945" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically update community routing information</t>
+          <t>UserSettingsModelUser signing key</t>
         </is>
       </c>
       <c r="G945" t="inlineStr"/>
       <c r="H945" t="inlineStr"/>
     </row>
     <row r="946">
       <c r="A946" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26061</t>
+          <t>../../src/UserSettingsPage.cpp:26167</t>
         </is>
       </c>
       <c r="B946" t="inlineStr">
         <is>
-          <t>Periodically delete expired events</t>
-[...2 lines deleted...]
-      <c r="C946" t="inlineStr"/>
+          <t>Master signing key</t>
+        </is>
+      </c>
+      <c r="C946" t="inlineStr">
+        <is>
+          <t>Päätason allekirjoittava avain</t>
+        </is>
+      </c>
       <c r="D946" t="inlineStr"/>
       <c r="E946" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F946" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically delete expired events</t>
+          <t>UserSettingsModelMaster signing key</t>
         </is>
       </c>
       <c r="G946" t="inlineStr"/>
       <c r="H946" t="inlineStr"/>
     </row>
     <row r="947">
       <c r="A947" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26182</t>
+          <t>../../src/UserSettingsPage.cpp:26169</t>
         </is>
       </c>
       <c r="B947" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Expose room information via D-Bus</t>
         </is>
       </c>
       <c r="C947" t="inlineStr">
         <is>
-          <t>Oletus</t>
+          <t>Paljasta huonetiedot D-Bus:in kautta</t>
         </is>
       </c>
       <c r="D947" t="inlineStr"/>
       <c r="E947" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F947" t="inlineStr">
         <is>
-          <t>UserSettingsModelDefault</t>
+          <t>UserSettingsModelExpose room information via D-Bus</t>
         </is>
       </c>
       <c r="G947" t="inlineStr"/>
       <c r="H947" t="inlineStr"/>
     </row>
     <row r="948">
       <c r="A948" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26221</t>
+          <t>../../src/UserSettingsPage.cpp:26171</t>
         </is>
       </c>
       <c r="B948" t="inlineStr">
         <is>
-          <t>Set the notification sound to play when a call invite arrives</t>
-[...6 lines deleted...]
-      </c>
+          <t>Periodically update community routing information</t>
+        </is>
+      </c>
+      <c r="C948" t="inlineStr"/>
       <c r="D948" t="inlineStr"/>
       <c r="E948" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F948" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
+          <t>UserSettingsModelPeriodically update community routing information</t>
         </is>
       </c>
       <c r="G948" t="inlineStr"/>
       <c r="H948" t="inlineStr"/>
     </row>
     <row r="949">
       <c r="A949" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26231</t>
+          <t>../../src/UserSettingsPage.cpp:26173</t>
         </is>
       </c>
       <c r="B949" t="inlineStr">
+        <is>
+          <t>Periodically delete expired events</t>
+        </is>
+      </c>
+      <c r="C949" t="inlineStr"/>
+      <c r="D949" t="inlineStr"/>
+      <c r="E949" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F949" t="inlineStr">
+        <is>
+          <t>UserSettingsModelPeriodically delete expired events</t>
+        </is>
+      </c>
+      <c r="G949" t="inlineStr"/>
+      <c r="H949" t="inlineStr"/>
+    </row>
+    <row r="950">
+      <c r="A950" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26289</t>
+        </is>
+      </c>
+      <c r="B950" t="inlineStr">
+        <is>
+          <t>Default</t>
+        </is>
+      </c>
+      <c r="C950" t="inlineStr">
+        <is>
+          <t>Oletus</t>
+        </is>
+      </c>
+      <c r="D950" t="inlineStr"/>
+      <c r="E950" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F950" t="inlineStr">
+        <is>
+          <t>UserSettingsModelDefault</t>
+        </is>
+      </c>
+      <c r="G950" t="inlineStr"/>
+      <c r="H950" t="inlineStr"/>
+    </row>
+    <row r="951">
+      <c r="A951" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26328</t>
+        </is>
+      </c>
+      <c r="B951" t="inlineStr">
+        <is>
+          <t>Set the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="C951" t="inlineStr">
+        <is>
+          <t>Aseta ilmoitusääni puhelukutsujen saapumiselle</t>
+        </is>
+      </c>
+      <c r="D951" t="inlineStr"/>
+      <c r="E951" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F951" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="G951" t="inlineStr"/>
+      <c r="H951" t="inlineStr"/>
+    </row>
+    <row r="952">
+      <c r="A952" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26338</t>
+        </is>
+      </c>
+      <c r="B952" t="inlineStr">
         <is>
           <t>Set timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="C949" t="inlineStr">
+      <c r="C952" t="inlineStr">
         <is>
           <t>Aseta aikakatkaisu (sekunteina) ikkunan kohdistuksen kadottamiselle
 ennen kuin näkymä sumennetaan.
 Aseta nollaan, jotta sumennetaan heti kohdistus kadotetaan. Suurin arvo 1 tunti (3600 sekuntia)</t>
         </is>
       </c>
-      <c r="D949" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F949" t="inlineStr">
+      <c r="D952" t="inlineStr"/>
+      <c r="E952" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F952" t="inlineStr">
         <is>
           <t>UserSettingsModelSet timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="G949" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G952" t="inlineStr"/>
       <c r="H952" t="inlineStr"/>
     </row>
     <row r="953">
       <c r="A953" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26245</t>
+          <t>../../src/UserSettingsPage.cpp:26345</t>
         </is>
       </c>
       <c r="B953" t="inlineStr">
         <is>
-          <t>Start the application in the background without showing the client window.</t>
+          <t>Change the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="C953" t="inlineStr">
         <is>
-          <t>Aloita sovellus taustalla näyttämättä asiakasohjelman ikkunaa.</t>
+          <t>Muuta viestien taustaväriä kun kohdistimesi liikkuu niiden yli.</t>
         </is>
       </c>
       <c r="D953" t="inlineStr"/>
       <c r="E953" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F953" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+          <t>UserSettingsModelChange the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="G953" t="inlineStr"/>
       <c r="H953" t="inlineStr"/>
     </row>
     <row r="954">
       <c r="A954" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26249</t>
+          <t>../../src/UserSettingsPage.cpp:26347</t>
         </is>
       </c>
       <c r="B954" t="inlineStr">
         <is>
-          <t>Shows scrollbars in the room list and communities list.</t>
+          <t>Make font size larger if messages with only a few emojis are displayed.</t>
         </is>
       </c>
       <c r="C954" t="inlineStr">
         <is>
-          <t>Näytä vierityspalkit huone- ja yhteisöluetteloissa.</t>
+          <t>Suurenna fonttikokoa näyttäessä vain muutamia emojeja sisältäviä viestejä.</t>
         </is>
       </c>
       <c r="D954" t="inlineStr"/>
       <c r="E954" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F954" t="inlineStr">
         <is>
-          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
+          <t>UserSettingsModelMake font size larger if messages with only a few emojis are displayed.</t>
         </is>
       </c>
       <c r="G954" t="inlineStr"/>
       <c r="H954" t="inlineStr"/>
     </row>
     <row r="955">
       <c r="A955" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26251</t>
+          <t>../../src/UserSettingsPage.cpp:26349</t>
         </is>
       </c>
       <c r="B955" t="inlineStr">
+        <is>
+          <t>Keep the application running in the background after closing the client window.</t>
+        </is>
+      </c>
+      <c r="C955" t="inlineStr">
+        <is>
+          <t>Anna sovelluksen pyöriä taustalla asiakasohjelman ikkunan sulkemisen jälkeen.</t>
+        </is>
+      </c>
+      <c r="D955" t="inlineStr"/>
+      <c r="E955" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F955" t="inlineStr">
+        <is>
+          <t>UserSettingsModelKeep the application running in the background after closing the client window.</t>
+        </is>
+      </c>
+      <c r="G955" t="inlineStr"/>
+      <c r="H955" t="inlineStr"/>
+    </row>
+    <row r="956">
+      <c r="A956" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26352</t>
+        </is>
+      </c>
+      <c r="B956" t="inlineStr">
+        <is>
+          <t>Start the application in the background without showing the client window.</t>
+        </is>
+      </c>
+      <c r="C956" t="inlineStr">
+        <is>
+          <t>Aloita sovellus taustalla näyttämättä asiakasohjelman ikkunaa.</t>
+        </is>
+      </c>
+      <c r="D956" t="inlineStr"/>
+      <c r="E956" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F956" t="inlineStr">
+        <is>
+          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+        </is>
+      </c>
+      <c r="G956" t="inlineStr"/>
+      <c r="H956" t="inlineStr"/>
+    </row>
+    <row r="957">
+      <c r="A957" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26356</t>
+        </is>
+      </c>
+      <c r="B957" t="inlineStr">
+        <is>
+          <t>Shows scrollbars in the room list and communities list.</t>
+        </is>
+      </c>
+      <c r="C957" t="inlineStr">
+        <is>
+          <t>Näytä vierityspalkit huone- ja yhteisöluetteloissa.</t>
+        </is>
+      </c>
+      <c r="D957" t="inlineStr"/>
+      <c r="E957" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F957" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
+        </is>
+      </c>
+      <c r="G957" t="inlineStr"/>
+      <c r="H957" t="inlineStr"/>
+    </row>
+    <row r="958">
+      <c r="A958" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26358</t>
+        </is>
+      </c>
+      <c r="B958" t="inlineStr">
         <is>
           <t>Allow using markdown in messages.
 When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
-      <c r="C955" t="inlineStr">
+      <c r="C958" t="inlineStr">
         <is>
           <t>Salli Markdownin käyttö viesteissä.
 Kun poissa päältä, kaikki viestit lähetetään tavallisena tekstinä.</t>
         </is>
       </c>
-      <c r="D955" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F955" t="inlineStr">
+      <c r="D958" t="inlineStr"/>
+      <c r="E958" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F958" t="inlineStr">
         <is>
           <t>UserSettingsModelAllow using markdown in messages.
 When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
-      <c r="G955" t="inlineStr"/>
-[...84 lines deleted...]
-      </c>
       <c r="G958" t="inlineStr"/>
       <c r="H958" t="inlineStr"/>
     </row>
     <row r="959">
       <c r="A959" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26264</t>
+          <t>../../src/UserSettingsPage.cpp:26367</t>
         </is>
       </c>
       <c r="B959" t="inlineStr">
         <is>
-          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>Messages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="C959" t="inlineStr">
         <is>
-          <t>Toistaa mediaa kuten GIF- ja WEBP-tiedostoja vain kursorin ollessa niiden kohdalla.</t>
+          <t>Viestit saavat kuplan muotoisen taustan. Aiheuttaa myös asettelumuutoksia (työn alla).</t>
         </is>
       </c>
       <c r="D959" t="inlineStr"/>
       <c r="E959" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F959" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>UserSettingsModelMessages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="G959" t="inlineStr"/>
       <c r="H959" t="inlineStr"/>
     </row>
     <row r="960">
       <c r="A960" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26266</t>
+          <t>../../src/UserSettingsPage.cpp:26370</t>
         </is>
       </c>
       <c r="B960" t="inlineStr">
         <is>
-          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
-[...2 lines deleted...]
-      <c r="C960" t="inlineStr"/>
+          <t>Avatars are resized to fit above the message.</t>
+        </is>
+      </c>
+      <c r="C960" t="inlineStr">
+        <is>
+          <t>Avatarit sovitetaan mahtumaan viestin yläpuolelle.</t>
+        </is>
+      </c>
       <c r="D960" t="inlineStr"/>
       <c r="E960" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F960" t="inlineStr">
         <is>
-          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>UserSettingsModelAvatars are resized to fit above the message.</t>
         </is>
       </c>
       <c r="G960" t="inlineStr"/>
       <c r="H960" t="inlineStr"/>
     </row>
     <row r="961">
       <c r="A961" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26270</t>
+          <t>../../src/UserSettingsPage.cpp:26372</t>
         </is>
       </c>
       <c r="B961" t="inlineStr">
+        <is>
+          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+        </is>
+      </c>
+      <c r="C961" t="inlineStr">
+        <is>
+          <t>Toistaa mediaa kuten GIF- ja WEBP-tiedostoja vain kursorin ollessa niiden kohdalla.</t>
+        </is>
+      </c>
+      <c r="D961" t="inlineStr"/>
+      <c r="E961" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F961" t="inlineStr">
+        <is>
+          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+        </is>
+      </c>
+      <c r="G961" t="inlineStr"/>
+      <c r="H961" t="inlineStr"/>
+    </row>
+    <row r="962">
+      <c r="A962" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26374</t>
+        </is>
+      </c>
+      <c r="B962" t="inlineStr">
+        <is>
+          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="C962" t="inlineStr"/>
+      <c r="D962" t="inlineStr"/>
+      <c r="E962" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F962" t="inlineStr">
+        <is>
+          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="G962" t="inlineStr"/>
+      <c r="H962" t="inlineStr"/>
+    </row>
+    <row r="963">
+      <c r="A963" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26378</t>
+        </is>
+      </c>
+      <c r="B963" t="inlineStr">
         <is>
           <t>Show who is typing in a room.
 This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
-      <c r="C961" t="inlineStr">
+      <c r="C963" t="inlineStr">
         <is>
           <t>Näytä kuka kirjoittaa huoneessa.
 Tämä myös sallii tai evää kirjoitusilmoitusten lähettämisen muille.</t>
         </is>
       </c>
-      <c r="D961" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F961" t="inlineStr">
+      <c r="D963" t="inlineStr"/>
+      <c r="E963" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F963" t="inlineStr">
         <is>
           <t>UserSettingsModelShow who is typing in a room.
 This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
-      <c r="G961" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B962" t="inlineStr">
+      <c r="G963" t="inlineStr"/>
+      <c r="H963" t="inlineStr"/>
+    </row>
+    <row r="964">
+      <c r="A964" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26382</t>
+        </is>
+      </c>
+      <c r="B964" t="inlineStr">
         <is>
           <t>Display rooms with new messages first.
 If this is off, the list of rooms will only be sorted by the preferred sorting order.
 If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
-      <c r="C962" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F962" t="inlineStr">
+      <c r="C964" t="inlineStr"/>
+      <c r="D964" t="inlineStr"/>
+      <c r="E964" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F964" t="inlineStr">
         <is>
           <t>UserSettingsModelDisplay rooms with new messages first.
 If this is off, the list of rooms will only be sorted by the preferred sorting order.
 If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
-      <c r="G962" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B963" t="inlineStr">
+      <c r="G964" t="inlineStr"/>
+      <c r="H964" t="inlineStr"/>
+    </row>
+    <row r="965">
+      <c r="A965" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26391</t>
+        </is>
+      </c>
+      <c r="B965" t="inlineStr">
         <is>
           <t>Sort rooms alphabetically.
 If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
 If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
-      <c r="C963" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F963" t="inlineStr">
+      <c r="C965" t="inlineStr"/>
+      <c r="D965" t="inlineStr"/>
+      <c r="E965" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F965" t="inlineStr">
         <is>
           <t>UserSettingsModelSort rooms alphabetically.
 If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
 If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
-      <c r="G963" t="inlineStr"/>
-[...54 lines deleted...]
-      </c>
       <c r="G965" t="inlineStr"/>
       <c r="H965" t="inlineStr"/>
     </row>
     <row r="966">
       <c r="A966" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26299</t>
+          <t>../../src/UserSettingsPage.cpp:26397</t>
         </is>
       </c>
       <c r="B966" t="inlineStr">
         <is>
-          <t>Notify about received messages when the client is not currently focused.</t>
+          <t>Show buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
       <c r="C966" t="inlineStr">
         <is>
-          <t>Ilmoita vastaanotetuista viesteistä, kun ohjelma ei ole korostettu.</t>
+          <t>Näytä painikkeet vastataksesi nopeasti, reagoidaksesi tai päästäksesi lisätoimintoihin joka viestin vieressä.</t>
         </is>
       </c>
       <c r="D966" t="inlineStr"/>
       <c r="E966" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F966" t="inlineStr">
         <is>
-          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
+          <t>UserSettingsModelShow buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
       <c r="G966" t="inlineStr"/>
       <c r="H966" t="inlineStr"/>
     </row>
     <row r="967">
       <c r="A967" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26305</t>
+          <t>../../src/UserSettingsPage.cpp:26405</t>
         </is>
       </c>
       <c r="B967" t="inlineStr">
+        <is>
+          <t>Configure whether to show or hide certain events like room joins.</t>
+        </is>
+      </c>
+      <c r="C967" t="inlineStr"/>
+      <c r="D967" t="inlineStr"/>
+      <c r="E967" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F967" t="inlineStr">
+        <is>
+          <t>UserSettingsModelConfigure whether to show or hide certain events like room joins.</t>
+        </is>
+      </c>
+      <c r="G967" t="inlineStr"/>
+      <c r="H967" t="inlineStr"/>
+    </row>
+    <row r="968">
+      <c r="A968" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26407</t>
+        </is>
+      </c>
+      <c r="B968" t="inlineStr">
+        <is>
+          <t>Notify about received messages when the client is not currently focused.</t>
+        </is>
+      </c>
+      <c r="C968" t="inlineStr">
+        <is>
+          <t>Ilmoita vastaanotetuista viesteistä, kun ohjelma ei ole korostettu.</t>
+        </is>
+      </c>
+      <c r="D968" t="inlineStr"/>
+      <c r="E968" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F968" t="inlineStr">
+        <is>
+          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
+        </is>
+      </c>
+      <c r="G968" t="inlineStr"/>
+      <c r="H968" t="inlineStr"/>
+    </row>
+    <row r="969">
+      <c r="A969" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26413</t>
+        </is>
+      </c>
+      <c r="B969" t="inlineStr">
         <is>
           <t>Change the appearance of user avatars in chats.
 OFF - square, ON - circle.</t>
         </is>
       </c>
-      <c r="C967" t="inlineStr">
+      <c r="C969" t="inlineStr">
         <is>
           <t>Muuta käyttäjäavatarien ulkoasua keskusteluissa.
 POIS - neliö, PÄÄLLÄ - ympyrä.</t>
         </is>
       </c>
-      <c r="D967" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F967" t="inlineStr">
+      <c r="D969" t="inlineStr"/>
+      <c r="E969" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F969" t="inlineStr">
         <is>
           <t>UserSettingsModelChange the appearance of user avatars in chats.
 OFF - square, ON - circle.</t>
         </is>
       </c>
-      <c r="G967" t="inlineStr"/>
-[...58 lines deleted...]
-      </c>
       <c r="G969" t="inlineStr"/>
       <c r="H969" t="inlineStr"/>
     </row>
     <row r="970">
       <c r="A970" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26326</t>
+          <t>../../src/UserSettingsPage.cpp:26429</t>
         </is>
       </c>
       <c r="B970" t="inlineStr">
         <is>
-          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
-[...2 lines deleted...]
-      <c r="C970" t="inlineStr"/>
+          <t>Decrypt messages shown in notifications for encrypted chats.</t>
+        </is>
+      </c>
+      <c r="C970" t="inlineStr">
+        <is>
+          <t>Pura salatuista keskusteluista tulevien ilmoitusten salaus.</t>
+        </is>
+      </c>
       <c r="D970" t="inlineStr"/>
       <c r="E970" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F970" t="inlineStr">
         <is>
-          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>UserSettingsModelDecrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="G970" t="inlineStr"/>
       <c r="H970" t="inlineStr"/>
     </row>
     <row r="971">
       <c r="A971" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26329</t>
+          <t>../../src/UserSettingsPage.cpp:26431</t>
         </is>
       </c>
       <c r="B971" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Choose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="C971" t="inlineStr">
         <is>
-          <t>Nheko käyttää animaatioita useissa paikoissa tehden asioista nättejä. Tämä asetus sallii niiden poistamisen käytöstä jos ne aiheuttavat huonovointisuutta.</t>
+          <t>Valitse, missä yhteisön tai tagin ilmoitusten kokonaismäärä näytetään.</t>
         </is>
       </c>
       <c r="D971" t="inlineStr"/>
       <c r="E971" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F971" t="inlineStr">
         <is>
-          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelChoose where to show the total number of notifications contained within a community or tag.</t>
+        </is>
+      </c>
+      <c r="G971" t="inlineStr"/>
       <c r="H971" t="inlineStr"/>
     </row>
     <row r="972">
       <c r="A972" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26337</t>
+          <t>../../src/UserSettingsPage.cpp:26434</t>
         </is>
       </c>
       <c r="B972" t="inlineStr">
         <is>
-          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="C972" t="inlineStr"/>
       <c r="D972" t="inlineStr"/>
       <c r="E972" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F972" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="G972" t="inlineStr"/>
       <c r="H972" t="inlineStr"/>
     </row>
     <row r="973">
       <c r="A973" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26340</t>
+          <t>../../src/UserSettingsPage.cpp:26437</t>
         </is>
       </c>
       <c r="B973" t="inlineStr">
         <is>
-          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
-[...2 lines deleted...]
-      <c r="C973" t="inlineStr"/>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+        </is>
+      </c>
+      <c r="C973" t="inlineStr">
+        <is>
+          <t>Nheko käyttää animaatioita useissa paikoissa tehden asioista nättejä. Tämä asetus sallii niiden poistamisen käytöstä jos ne aiheuttavat huonovointisuutta.</t>
+        </is>
+      </c>
       <c r="D973" t="inlineStr"/>
       <c r="E973" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F973" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
-[...2 lines deleted...]
-      <c r="G973" t="inlineStr"/>
+          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+        </is>
+      </c>
+      <c r="G973" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Nheko käyttää animaatioita useissa paikoissa tehden asioista nättejä. Tämä asetus sallii niiden poistamisen käytöstä jos ne aiheuttavat huonovointisuutta.</t>
+        </is>
+      </c>
       <c r="H973" t="inlineStr"/>
     </row>
     <row r="974">
       <c r="A974" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26349</t>
+          <t>../../src/UserSettingsPage.cpp:26445</t>
         </is>
       </c>
       <c r="B974" t="inlineStr">
         <is>
-          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+        </is>
+      </c>
+      <c r="C974" t="inlineStr"/>
       <c r="D974" t="inlineStr"/>
       <c r="E974" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F974" t="inlineStr">
         <is>
-          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="G974" t="inlineStr"/>
       <c r="H974" t="inlineStr"/>
     </row>
     <row r="975">
       <c r="A975" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26382</t>
+          <t>../../src/UserSettingsPage.cpp:26448</t>
         </is>
       </c>
       <c r="B975" t="inlineStr">
         <is>
-          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
+        </is>
+      </c>
+      <c r="C975" t="inlineStr"/>
       <c r="D975" t="inlineStr"/>
       <c r="E975" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F975" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="G975" t="inlineStr"/>
       <c r="H975" t="inlineStr"/>
     </row>
     <row r="976">
       <c r="A976" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26301</t>
+          <t>../../src/UserSettingsPage.cpp:26457</t>
         </is>
       </c>
       <c r="B976" t="inlineStr">
+        <is>
+          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+        </is>
+      </c>
+      <c r="C976" t="inlineStr">
+        <is>
+          <t>Vastaa automaattisesti muiden vahvistettujen käyttäjien avainpyyntöihin, vaikka kyseisellä laitteella ei muuten pitäisi olla pääsyä avaimiin.</t>
+        </is>
+      </c>
+      <c r="D976" t="inlineStr"/>
+      <c r="E976" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F976" t="inlineStr">
+        <is>
+          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+        </is>
+      </c>
+      <c r="G976" t="inlineStr"/>
+      <c r="H976" t="inlineStr"/>
+    </row>
+    <row r="977">
+      <c r="A977" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26490</t>
+        </is>
+      </c>
+      <c r="B977" t="inlineStr">
+        <is>
+          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+        </is>
+      </c>
+      <c r="C977" t="inlineStr">
+        <is>
+          <t>Omien laitteidesi vahvistamiseen käytettävä avain. Jos avain on välimuistissa, jonkun laitteesi vahvistus tekee siitä vahvistetun kaikille muille laitteillesi, ja käyttäjille, jotka ovat vahvistaneet sinut.</t>
+        </is>
+      </c>
+      <c r="D977" t="inlineStr"/>
+      <c r="E977" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F977" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+        </is>
+      </c>
+      <c r="G977" t="inlineStr"/>
+      <c r="H977" t="inlineStr"/>
+    </row>
+    <row r="978">
+      <c r="A978" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26409</t>
+        </is>
+      </c>
+      <c r="B978" t="inlineStr">
         <is>
           <t>Show an alert when a message is received.
 This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
-      <c r="C976" t="inlineStr">
+      <c r="C978" t="inlineStr">
         <is>
           <t>Näytä hälytys kun viesti on vastaanotettu.
 Tämä yleensä saa sovelluksen kuvakkeen liikkumaan jollain tapaa tehtäväpalkissa.</t>
         </is>
       </c>
-      <c r="D976" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F976" t="inlineStr">
+      <c r="D978" t="inlineStr"/>
+      <c r="E978" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F978" t="inlineStr">
         <is>
           <t>UserSettingsModelShow an alert when a message is received.
 This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
-      <c r="G976" t="inlineStr"/>
-[...58 lines deleted...]
-      </c>
       <c r="G978" t="inlineStr"/>
       <c r="H978" t="inlineStr"/>
     </row>
     <row r="979">
       <c r="A979" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26228</t>
+          <t>../../src/UserSettingsPage.cpp:26035</t>
         </is>
       </c>
       <c r="B979" t="inlineStr">
         <is>
-          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>Communities sidebar</t>
         </is>
       </c>
       <c r="C979" t="inlineStr">
         <is>
-          <t>Aseta viestien maksimileveys aikajanalla (pikseleinä). Voi auttaa luettavuudessa, kun Nheko on suurennettuna</t>
+          <t>Yhteisösivupalkki</t>
         </is>
       </c>
       <c r="D979" t="inlineStr"/>
       <c r="E979" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F979" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>UserSettingsModelCommunities sidebar</t>
         </is>
       </c>
       <c r="G979" t="inlineStr"/>
       <c r="H979" t="inlineStr"/>
     </row>
     <row r="980">
       <c r="A980" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26247</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26041</t>
+        </is>
+      </c>
+      <c r="B980" t="inlineStr"/>
+      <c r="C980" t="inlineStr"/>
       <c r="D980" t="inlineStr"/>
       <c r="E980" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F980" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+          <t>UserSettingsModelSend messages with a shortcut</t>
         </is>
       </c>
       <c r="G980" t="inlineStr"/>
       <c r="H980" t="inlineStr"/>
     </row>
     <row r="981">
       <c r="A981" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26293</t>
+          <t>../../src/UserSettingsPage.cpp:26083</t>
         </is>
       </c>
       <c r="B981" t="inlineStr">
+        <is>
+          <t>Show message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="C981" t="inlineStr">
+        <is>
+          <t>Näytä yhteisöjen ja tagien viestimäärät</t>
+        </is>
+      </c>
+      <c r="D981" t="inlineStr"/>
+      <c r="E981" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F981" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShow message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="G981" t="inlineStr"/>
+      <c r="H981" t="inlineStr"/>
+    </row>
+    <row r="982">
+      <c r="A982" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26335</t>
+        </is>
+      </c>
+      <c r="B982" t="inlineStr">
+        <is>
+          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="C982" t="inlineStr">
+        <is>
+          <t>Aseta viestien maksimileveys aikajanalla (pikseleinä). Voi auttaa luettavuudessa, kun Nheko on suurennettuna</t>
+        </is>
+      </c>
+      <c r="D982" t="inlineStr"/>
+      <c r="E982" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F982" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="G982" t="inlineStr"/>
+      <c r="H982" t="inlineStr"/>
+    </row>
+    <row r="983">
+      <c r="A983" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26354</t>
+        </is>
+      </c>
+      <c r="B983" t="inlineStr">
+        <is>
+          <t>Show a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="C983" t="inlineStr">
+        <is>
+          <t>Näytä yhteisöt ja tagit sisältävä sarake huonelistan vieressä.</t>
+        </is>
+      </c>
+      <c r="D983" t="inlineStr"/>
+      <c r="E983" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F983" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="G983" t="inlineStr"/>
+      <c r="H983" t="inlineStr"/>
+    </row>
+    <row r="984">
+      <c r="A984" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26362</t>
+        </is>
+      </c>
+      <c r="B984" t="inlineStr"/>
+      <c r="C984" t="inlineStr"/>
+      <c r="D984" t="inlineStr"/>
+      <c r="E984" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F984" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSelect what Enter key combination sends the message. Shift+Enter adds a new line, unless it has been selected, in which case Enter adds a new line instead.
+If an emoji picker or a mention picker is open, it is always handled first.</t>
+        </is>
+      </c>
+      <c r="G984" t="inlineStr"/>
+      <c r="H984" t="inlineStr"/>
+    </row>
+    <row r="985">
+      <c r="A985" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26401</t>
+        </is>
+      </c>
+      <c r="B985" t="inlineStr">
         <is>
           <t>Show if your message was read.
 Status is displayed next to timestamps.
 Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
-      <c r="C981" t="inlineStr">
+      <c r="C985" t="inlineStr">
         <is>
           <t>Näyttää onko viestisi luettu.
 Viestin tila näytetään aikaleimojen vieressä.
 Varoitus: Jos kotipalvelimesi ei tue tätä, huoneitasi ei ikinä merkitä luetuksi!</t>
         </is>
       </c>
-      <c r="D981" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F981" t="inlineStr">
+      <c r="D985" t="inlineStr"/>
+      <c r="E985" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F985" t="inlineStr">
         <is>
           <t>UserSettingsModelShow if your message was read.
 Status is displayed next to timestamps.
 Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
-      <c r="G981" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B982" t="inlineStr">
+      <c r="G985" t="inlineStr"/>
+      <c r="H985" t="inlineStr"/>
+    </row>
+    <row r="986">
+      <c r="A986" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26416</t>
+        </is>
+      </c>
+      <c r="B986" t="inlineStr">
         <is>
           <t>Display an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
-      <c r="C982" t="inlineStr">
+      <c r="C986" t="inlineStr">
         <is>
           <t>Näytä identikoni kirjaimen sijaan, kun avataria ei ole valittu.</t>
         </is>
       </c>
-      <c r="D982" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F982" t="inlineStr">
+      <c r="D986" t="inlineStr"/>
+      <c r="E986" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F986" t="inlineStr">
         <is>
           <t>UserSettingsModelDisplay an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
-      <c r="G982" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B983" t="inlineStr">
+      <c r="G986" t="inlineStr"/>
+      <c r="H986" t="inlineStr"/>
+    </row>
+    <row r="987">
+      <c r="A987" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26418</t>
+        </is>
+      </c>
+      <c r="B987" t="inlineStr">
         <is>
           <t>Opens images with an external program when tapping the image.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="C983" t="inlineStr">
+      <c r="C987" t="inlineStr">
         <is>
           <t>Avaa kuvat ulkoisella ohjelmalla kuvia napsauttaessa.
 Huomaa, että avatut tiedostot jätetään salaamattomana levylle ja on poistettava manuaalisesti tämän asetuksen ollessa PÄÄLLÄ.</t>
         </is>
       </c>
-      <c r="D983" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F983" t="inlineStr">
+      <c r="D987" t="inlineStr"/>
+      <c r="E987" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F987" t="inlineStr">
         <is>
           <t>UserSettingsModelOpens images with an external program when tapping the image.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="G983" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B984" t="inlineStr">
+      <c r="G987" t="inlineStr"/>
+      <c r="H987" t="inlineStr"/>
+    </row>
+    <row r="988">
+      <c r="A988" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26422</t>
+        </is>
+      </c>
+      <c r="B988" t="inlineStr">
         <is>
           <t>Opens videos with an external program when tapping the video.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="C984" t="inlineStr">
+      <c r="C988" t="inlineStr">
         <is>
           <t>Avaa videot ulkoisella ohjelmalla videoita napsauttaessa.
 Huomaa, että avatut tiedostot jätetään salaamattomana levylle ja on poistettava manuaalisesti tämän asetuksen ollessa PÄÄLLÄ.</t>
         </is>
       </c>
-      <c r="D984" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F984" t="inlineStr">
+      <c r="D988" t="inlineStr"/>
+      <c r="E988" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F988" t="inlineStr">
         <is>
           <t>UserSettingsModelOpens videos with an external program when tapping the video.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="G984" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B985" t="inlineStr">
+      <c r="G988" t="inlineStr"/>
+      <c r="H988" t="inlineStr"/>
+    </row>
+    <row r="989">
+      <c r="A989" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26426</t>
+        </is>
+      </c>
+      <c r="B989" t="inlineStr">
         <is>
           <t>Decrypt the messages shown in the sidebar.
 Only affects messages in encrypted chats.</t>
         </is>
       </c>
-      <c r="C985" t="inlineStr">
+      <c r="C989" t="inlineStr">
         <is>
           <t>Pura sivupalkissa näkyvien viestien salaus
 Vaikuttaa vain salattujen keskustelujen viesteihin.</t>
         </is>
       </c>
-      <c r="D985" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F985" t="inlineStr">
+      <c r="D989" t="inlineStr"/>
+      <c r="E989" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F989" t="inlineStr">
         <is>
           <t>UserSettingsModelDecrypt the messages shown in the sidebar.
 Only affects messages in encrypted chats.</t>
         </is>
       </c>
-      <c r="G985" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B986" t="inlineStr">
+      <c r="G989" t="inlineStr"/>
+      <c r="H989" t="inlineStr"/>
+    </row>
+    <row r="990">
+      <c r="A990" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26440</t>
+        </is>
+      </c>
+      <c r="B990" t="inlineStr">
         <is>
           <t>When the window loses focus, the timeline will
 be blurred.</t>
         </is>
       </c>
-      <c r="C986" t="inlineStr">
+      <c r="C990" t="inlineStr">
         <is>
           <t>Kun ikkuna ei ole kohdistettuna, tämä aikajana
 sumennetaan.</t>
         </is>
       </c>
-      <c r="D986" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F986" t="inlineStr">
+      <c r="D990" t="inlineStr"/>
+      <c r="E990" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F990" t="inlineStr">
         <is>
           <t>UserSettingsModelWhen the window loses focus, the timeline will
 be blurred.</t>
         </is>
       </c>
-      <c r="G986" t="inlineStr"/>
-[...118 lines deleted...]
-      </c>
       <c r="G990" t="inlineStr"/>
       <c r="H990" t="inlineStr"/>
     </row>
     <row r="991">
       <c r="A991" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26378</t>
+          <t>../../src/UserSettingsPage.cpp:26442</t>
         </is>
       </c>
       <c r="B991" t="inlineStr">
         <is>
-          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>Will prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="C991" t="inlineStr">
         <is>
-          <t>Avain purkamaan avainten varmuuskopioita verkossa. Jos se laitetaan välimuistiin, voit sallia avainten varmuuskopioinnin verkossa säilöäksesi salausavaimet, jotka ovat turvallisesti salattuja palvelimella.</t>
+          <t>Estää tekstin valitsemisen aikajanalla, jotta koskettamalla vierittäminen on helpompaa.</t>
         </is>
       </c>
       <c r="D991" t="inlineStr"/>
       <c r="E991" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F991" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>UserSettingsModelWill prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="G991" t="inlineStr"/>
       <c r="H991" t="inlineStr"/>
     </row>
     <row r="992">
       <c r="A992" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26387</t>
+          <t>../../src/UserSettingsPage.cpp:26451</t>
         </is>
       </c>
       <c r="B992" t="inlineStr">
         <is>
-          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>Will use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="C992" t="inlineStr">
         <is>
-          <t>Avain vahvistamaan muita käyttäjiä. Jos se on välimuistissa, käyttäjän varmistaminen varmistaa hänen kaikki laitteensa.</t>
+          <t>Käyttää apuna palvelinta turn.matrix.org silloin kun kotipalvelimesi ei sellaista tarjoa.</t>
         </is>
       </c>
       <c r="D992" t="inlineStr"/>
       <c r="E992" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F992" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>UserSettingsModelWill use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="G992" t="inlineStr"/>
       <c r="H992" t="inlineStr"/>
     </row>
     <row r="993">
       <c r="A993" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26391</t>
+          <t>../../src/UserSettingsPage.cpp:26454</t>
         </is>
       </c>
       <c r="B993" t="inlineStr">
         <is>
-          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>Requires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="C993" t="inlineStr">
         <is>
-          <t>Kaikkein tärkein avaimesi. Sinun ei tarvitse laittaa sitä välimuistiin, koska silloin sen varastaminen on epätodennäköistä ja sitä vaaditaan vain kierrättämään muita allekirjoittavia avaimiasi.</t>
+          <t>Vaatii käyttäjän olevan vahvistettu, jotta hänelle voi lähettää salattuja viestejä. Tämä parantaa turvallisuutta, mutta tekee päästä-päähän -salauksen hankalammaksi.</t>
         </is>
       </c>
       <c r="D993" t="inlineStr"/>
       <c r="E993" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F993" t="inlineStr">
         <is>
-          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>UserSettingsModelRequires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="G993" t="inlineStr"/>
       <c r="H993" t="inlineStr"/>
     </row>
     <row r="994">
       <c r="A994" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26396</t>
+          <t>../../src/UserSettingsPage.cpp:26461</t>
         </is>
       </c>
       <c r="B994" t="inlineStr">
+        <is>
+          <t>Download message encryption keys from and upload to the encrypted online key backup.</t>
+        </is>
+      </c>
+      <c r="C994" t="inlineStr">
+        <is>
+          <t>Lataa viestien salausavaimet salatusta verkkoavainvarmuuskopiosta ja lähetä avaimet sinne.</t>
+        </is>
+      </c>
+      <c r="D994" t="inlineStr"/>
+      <c r="E994" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F994" t="inlineStr">
+        <is>
+          <t>UserSettingsModelDownload message encryption keys from and upload to the encrypted online key backup.</t>
+        </is>
+      </c>
+      <c r="G994" t="inlineStr"/>
+      <c r="H994" t="inlineStr"/>
+    </row>
+    <row r="995">
+      <c r="A995" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26486</t>
+        </is>
+      </c>
+      <c r="B995" t="inlineStr">
+        <is>
+          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+        </is>
+      </c>
+      <c r="C995" t="inlineStr">
+        <is>
+          <t>Avain purkamaan avainten varmuuskopioita verkossa. Jos se laitetaan välimuistiin, voit sallia avainten varmuuskopioinnin verkossa säilöäksesi salausavaimet, jotka ovat turvallisesti salattuja palvelimella.</t>
+        </is>
+      </c>
+      <c r="D995" t="inlineStr"/>
+      <c r="E995" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F995" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+        </is>
+      </c>
+      <c r="G995" t="inlineStr"/>
+      <c r="H995" t="inlineStr"/>
+    </row>
+    <row r="996">
+      <c r="A996" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26495</t>
+        </is>
+      </c>
+      <c r="B996" t="inlineStr">
+        <is>
+          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+        </is>
+      </c>
+      <c r="C996" t="inlineStr">
+        <is>
+          <t>Avain vahvistamaan muita käyttäjiä. Jos se on välimuistissa, käyttäjän varmistaminen varmistaa hänen kaikki laitteensa.</t>
+        </is>
+      </c>
+      <c r="D996" t="inlineStr"/>
+      <c r="E996" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F996" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+        </is>
+      </c>
+      <c r="G996" t="inlineStr"/>
+      <c r="H996" t="inlineStr"/>
+    </row>
+    <row r="997">
+      <c r="A997" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26499</t>
+        </is>
+      </c>
+      <c r="B997" t="inlineStr">
+        <is>
+          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+        </is>
+      </c>
+      <c r="C997" t="inlineStr">
+        <is>
+          <t>Kaikkein tärkein avaimesi. Sinun ei tarvitse laittaa sitä välimuistiin, koska silloin sen varastaminen on epätodennäköistä ja sitä vaaditaan vain kierrättämään muita allekirjoittavia avaimiasi.</t>
+        </is>
+      </c>
+      <c r="D997" t="inlineStr"/>
+      <c r="E997" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F997" t="inlineStr">
+        <is>
+          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+        </is>
+      </c>
+      <c r="G997" t="inlineStr"/>
+      <c r="H997" t="inlineStr"/>
+    </row>
+    <row r="998">
+      <c r="A998" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26504</t>
+        </is>
+      </c>
+      <c r="B998" t="inlineStr">
         <is>
           <t>Allow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
 This setting will take effect upon restart.</t>
         </is>
       </c>
-      <c r="C994" t="inlineStr">
+      <c r="C998" t="inlineStr">
         <is>
           <t>Salli ulkopuolisten liitännäisten ja sovellusten kerätä D-Bus:in kautta tietoa huoneista, joihin olet liittynyt. Tällä voi olla hyödyllisiä käyttötarkoituksia, mutta tätä voi myös käyttää pahantahtoisesti. Ota käyttöön omalla vastuulla.
 Tämä asetus tulee voimaan uudelleenkäynnistyksen jälkeen.</t>
         </is>
       </c>
-      <c r="D994" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F994" t="inlineStr">
+      <c r="D998" t="inlineStr"/>
+      <c r="E998" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F998" t="inlineStr">
         <is>
           <t>UserSettingsModelAllow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
 This setting will take effect upon restart.</t>
         </is>
       </c>
-      <c r="G994" t="inlineStr"/>
-[...102 lines deleted...]
-      </c>
       <c r="G998" t="inlineStr"/>
       <c r="H998" t="inlineStr"/>
     </row>
     <row r="999">
       <c r="A999" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26555</t>
+          <t>../../src/UserSettingsPage.cpp:26510</t>
         </is>
       </c>
       <c r="B999" t="inlineStr">
         <is>
-          <t>Only in private rooms</t>
+          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="C999" t="inlineStr"/>
       <c r="D999" t="inlineStr"/>
       <c r="E999" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F999" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnly in private rooms</t>
+          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="G999" t="inlineStr"/>
       <c r="H999" t="inlineStr"/>
     </row>
     <row r="1000">
       <c r="A1000" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26556</t>
+          <t>../../src/UserSettingsPage.cpp:26516</t>
         </is>
       </c>
       <c r="B1000" t="inlineStr">
         <is>
-          <t>Never</t>
+          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="C1000" t="inlineStr"/>
       <c r="D1000" t="inlineStr"/>
       <c r="E1000" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1000" t="inlineStr">
         <is>
-          <t>UserSettingsModelNever</t>
+          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="G1000" t="inlineStr"/>
       <c r="H1000" t="inlineStr"/>
     </row>
     <row r="1001">
       <c r="A1001" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26570</t>
+          <t>../../src/UserSettingsPage.cpp:26520</t>
         </is>
       </c>
       <c r="B1001" t="inlineStr">
         <is>
-          <t>System font</t>
+          <t>Manage your ignored users.</t>
         </is>
       </c>
       <c r="C1001" t="inlineStr"/>
       <c r="D1001" t="inlineStr"/>
       <c r="E1001" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1001" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem font</t>
+          <t>UserSettingsModelManage your ignored users.</t>
         </is>
       </c>
       <c r="G1001" t="inlineStr"/>
       <c r="H1001" t="inlineStr"/>
     </row>
     <row r="1002">
       <c r="A1002" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26575</t>
+          <t>../../src/UserSettingsPage.cpp:26662</t>
         </is>
       </c>
       <c r="B1002" t="inlineStr">
         <is>
-          <t>System emoji font</t>
+          <t>Always</t>
         </is>
       </c>
       <c r="C1002" t="inlineStr"/>
       <c r="D1002" t="inlineStr"/>
       <c r="E1002" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1002" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem emoji font</t>
+          <t>UserSettingsModelAlways</t>
         </is>
       </c>
       <c r="G1002" t="inlineStr"/>
       <c r="H1002" t="inlineStr"/>
     </row>
     <row r="1003">
       <c r="A1003" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:26663</t>
         </is>
       </c>
       <c r="B1003" t="inlineStr">
         <is>
-          <t>Select a file</t>
-[...6 lines deleted...]
-      </c>
+          <t>Only in private rooms</t>
+        </is>
+      </c>
+      <c r="C1003" t="inlineStr"/>
       <c r="D1003" t="inlineStr"/>
       <c r="E1003" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1003" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelect a file</t>
+          <t>UserSettingsModelOnly in private rooms</t>
         </is>
       </c>
       <c r="G1003" t="inlineStr"/>
       <c r="H1003" t="inlineStr"/>
     </row>
     <row r="1004">
       <c r="A1004" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:26664</t>
         </is>
       </c>
       <c r="B1004" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
-[...6 lines deleted...]
-      </c>
+          <t>Never</t>
+        </is>
+      </c>
+      <c r="C1004" t="inlineStr"/>
       <c r="D1004" t="inlineStr"/>
       <c r="E1004" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1004" t="inlineStr">
         <is>
-          <t>UserSettingsModelAll Files (*)</t>
+          <t>UserSettingsModelNever</t>
         </is>
       </c>
       <c r="G1004" t="inlineStr"/>
       <c r="H1004" t="inlineStr"/>
     </row>
     <row r="1005">
       <c r="A1005" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27018</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26668</t>
+        </is>
+      </c>
+      <c r="B1005" t="inlineStr"/>
+      <c r="C1005" t="inlineStr"/>
       <c r="D1005" t="inlineStr"/>
       <c r="E1005" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1005" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen Sessions File</t>
+          <t>UserSettingsModelEnter</t>
         </is>
       </c>
       <c r="G1005" t="inlineStr"/>
       <c r="H1005" t="inlineStr"/>
     </row>
     <row r="1006">
       <c r="A1006" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27109</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26669</t>
+        </is>
+      </c>
+      <c r="B1006" t="inlineStr"/>
+      <c r="C1006" t="inlineStr"/>
       <c r="D1006" t="inlineStr"/>
       <c r="E1006" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1006" t="inlineStr">
         <is>
-          <t>UserSettingsModelError</t>
+          <t>UserSettingsModelShift+Enter</t>
         </is>
       </c>
       <c r="G1006" t="inlineStr"/>
       <c r="H1006" t="inlineStr"/>
     </row>
     <row r="1007">
       <c r="A1007" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27057</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26670</t>
+        </is>
+      </c>
+      <c r="B1007" t="inlineStr"/>
+      <c r="C1007" t="inlineStr"/>
       <c r="D1007" t="inlineStr"/>
       <c r="E1007" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1007" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile Password</t>
+          <t>UserSettingsModelCtrl+Enter</t>
         </is>
       </c>
       <c r="G1007" t="inlineStr"/>
       <c r="H1007" t="inlineStr"/>
     </row>
     <row r="1008">
       <c r="A1008" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27032</t>
+          <t>../../src/UserSettingsPage.cpp:26684</t>
         </is>
       </c>
       <c r="B1008" t="inlineStr">
         <is>
-          <t>Enter the passphrase to decrypt the file:</t>
-[...6 lines deleted...]
-      </c>
+          <t>System font</t>
+        </is>
+      </c>
+      <c r="C1008" t="inlineStr"/>
       <c r="D1008" t="inlineStr"/>
       <c r="E1008" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1008" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
+          <t>UserSettingsModelSystem font</t>
         </is>
       </c>
       <c r="G1008" t="inlineStr"/>
       <c r="H1008" t="inlineStr"/>
     </row>
     <row r="1009">
       <c r="A1009" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27066</t>
+          <t>../../src/UserSettingsPage.cpp:26689</t>
         </is>
       </c>
       <c r="B1009" t="inlineStr">
         <is>
-          <t>The password cannot be empty</t>
-[...6 lines deleted...]
-      </c>
+          <t>System emoji font</t>
+        </is>
+      </c>
+      <c r="C1009" t="inlineStr"/>
       <c r="D1009" t="inlineStr"/>
       <c r="E1009" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1009" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe password cannot be empty</t>
+          <t>UserSettingsModelSystem emoji font</t>
         </is>
       </c>
       <c r="G1009" t="inlineStr"/>
       <c r="H1009" t="inlineStr"/>
     </row>
     <row r="1010">
       <c r="A1010" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27058</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B1010" t="inlineStr">
         <is>
-          <t>Enter passphrase to encrypt your session keys:</t>
+          <t>Select a file</t>
         </is>
       </c>
       <c r="C1010" t="inlineStr">
         <is>
-          <t>Anna salasana istuntoavaimien salaamiseksi:</t>
+          <t>Valitse tiedosto</t>
         </is>
       </c>
       <c r="D1010" t="inlineStr"/>
       <c r="E1010" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1010" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
+          <t>UserSettingsModelSelect a file</t>
         </is>
       </c>
       <c r="G1010" t="inlineStr"/>
       <c r="H1010" t="inlineStr"/>
     </row>
     <row r="1011">
       <c r="A1011" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27071</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B1011" t="inlineStr">
         <is>
-          <t>Repeat File Password</t>
-[...2 lines deleted...]
-      <c r="C1011" t="inlineStr"/>
+          <t>All Files (*)</t>
+        </is>
+      </c>
+      <c r="C1011" t="inlineStr">
+        <is>
+          <t>Kaikki Tiedostot (*)</t>
+        </is>
+      </c>
       <c r="D1011" t="inlineStr"/>
       <c r="E1011" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1011" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat File Password</t>
+          <t>UserSettingsModelAll Files (*)</t>
         </is>
       </c>
       <c r="G1011" t="inlineStr"/>
       <c r="H1011" t="inlineStr"/>
     </row>
     <row r="1012">
       <c r="A1012" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27072</t>
+          <t>../../src/UserSettingsPage.cpp:27130</t>
         </is>
       </c>
       <c r="B1012" t="inlineStr">
         <is>
-          <t>Repeat the passphrase:</t>
-[...2 lines deleted...]
-      <c r="C1012" t="inlineStr"/>
+          <t>Open Sessions File</t>
+        </is>
+      </c>
+      <c r="C1012" t="inlineStr">
+        <is>
+          <t>Avaa Istuntoavaintiedosto</t>
+        </is>
+      </c>
       <c r="D1012" t="inlineStr"/>
       <c r="E1012" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1012" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat the passphrase:</t>
+          <t>UserSettingsModelOpen Sessions File</t>
         </is>
       </c>
       <c r="G1012" t="inlineStr"/>
       <c r="H1012" t="inlineStr"/>
     </row>
     <row r="1013">
       <c r="A1013" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27080</t>
+          <t>../../src/UserSettingsPage.cpp:27221</t>
         </is>
       </c>
       <c r="B1013" t="inlineStr">
         <is>
-          <t>Passwords don't match</t>
-[...2 lines deleted...]
-      <c r="C1013" t="inlineStr"/>
+          <t>Error</t>
+        </is>
+      </c>
+      <c r="C1013" t="inlineStr">
+        <is>
+          <t>Virhe</t>
+        </is>
+      </c>
       <c r="D1013" t="inlineStr"/>
       <c r="E1013" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1013" t="inlineStr">
         <is>
-          <t>UserSettingsModelPasswords don't match</t>
+          <t>UserSettingsModelError</t>
         </is>
       </c>
       <c r="G1013" t="inlineStr"/>
       <c r="H1013" t="inlineStr"/>
     </row>
     <row r="1014">
       <c r="A1014" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27087</t>
+          <t>../../src/UserSettingsPage.cpp:27169</t>
         </is>
       </c>
       <c r="B1014" t="inlineStr">
         <is>
-          <t>File to save the exported session keys</t>
+          <t>File Password</t>
         </is>
       </c>
       <c r="C1014" t="inlineStr">
         <is>
-          <t>Tiedosto, johon viedyt istuntoavaimet tallennetaan</t>
+          <t>Tiedoston salasana</t>
         </is>
       </c>
       <c r="D1014" t="inlineStr"/>
       <c r="E1014" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1014" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile to save the exported session keys</t>
+          <t>UserSettingsModelFile Password</t>
         </is>
       </c>
       <c r="G1014" t="inlineStr"/>
       <c r="H1014" t="inlineStr"/>
     </row>
     <row r="1015">
       <c r="A1015" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../../src/UserSettingsPage.cpp:27144</t>
         </is>
       </c>
       <c r="B1015" t="inlineStr">
         <is>
-          <t>CACHED</t>
+          <t>Enter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="C1015" t="inlineStr">
         <is>
-          <t>VÄLIMUISTISSA</t>
+          <t>Anna salasana tiedoston salauksen purkamiseksi:</t>
         </is>
       </c>
       <c r="D1015" t="inlineStr"/>
       <c r="E1015" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1015" t="inlineStr">
         <is>
-          <t>UserSettingsPageCACHED</t>
+          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="G1015" t="inlineStr"/>
       <c r="H1015" t="inlineStr"/>
     </row>
     <row r="1016">
       <c r="A1016" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../../src/UserSettingsPage.cpp:27178</t>
         </is>
       </c>
       <c r="B1016" t="inlineStr">
         <is>
-          <t>NOT CACHED</t>
+          <t>The password cannot be empty</t>
         </is>
       </c>
       <c r="C1016" t="inlineStr">
         <is>
-          <t>EI VÄLIMUISTISSA</t>
+          <t>Salasana ei voi olla tyhjä</t>
         </is>
       </c>
       <c r="D1016" t="inlineStr"/>
       <c r="E1016" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1016" t="inlineStr">
         <is>
-          <t>UserSettingsPageNOT CACHED</t>
+          <t>UserSettingsModelThe password cannot be empty</t>
         </is>
       </c>
       <c r="G1016" t="inlineStr"/>
       <c r="H1016" t="inlineStr"/>
     </row>
     <row r="1017">
       <c r="A1017" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27281</t>
+          <t>../../src/UserSettingsPage.cpp:27170</t>
         </is>
       </c>
       <c r="B1017" t="inlineStr">
         <is>
-          <t>IMPORT</t>
+          <t>Enter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="C1017" t="inlineStr">
         <is>
-          <t>TUO</t>
+          <t>Anna salasana istuntoavaimien salaamiseksi:</t>
         </is>
       </c>
       <c r="D1017" t="inlineStr"/>
       <c r="E1017" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1017" t="inlineStr">
         <is>
-          <t>UserSettingsPageIMPORT</t>
+          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="G1017" t="inlineStr"/>
       <c r="H1017" t="inlineStr"/>
     </row>
     <row r="1018">
       <c r="A1018" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27285</t>
+          <t>../../src/UserSettingsPage.cpp:27183</t>
         </is>
       </c>
       <c r="B1018" t="inlineStr">
         <is>
-          <t>EXPORT</t>
-[...6 lines deleted...]
-      </c>
+          <t>Repeat File Password</t>
+        </is>
+      </c>
+      <c r="C1018" t="inlineStr"/>
       <c r="D1018" t="inlineStr"/>
       <c r="E1018" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1018" t="inlineStr">
         <is>
-          <t>UserSettingsPageEXPORT</t>
+          <t>UserSettingsModelRepeat File Password</t>
         </is>
       </c>
       <c r="G1018" t="inlineStr"/>
       <c r="H1018" t="inlineStr"/>
     </row>
     <row r="1019">
       <c r="A1019" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27294</t>
+          <t>../../src/UserSettingsPage.cpp:27184</t>
         </is>
       </c>
       <c r="B1019" t="inlineStr">
         <is>
-          <t>DOWNLOAD</t>
-[...6 lines deleted...]
-      </c>
+          <t>Repeat the passphrase:</t>
+        </is>
+      </c>
+      <c r="C1019" t="inlineStr"/>
       <c r="D1019" t="inlineStr"/>
       <c r="E1019" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1019" t="inlineStr">
         <is>
-          <t>UserSettingsPageDOWNLOAD</t>
+          <t>UserSettingsModelRepeat the passphrase:</t>
         </is>
       </c>
       <c r="G1019" t="inlineStr"/>
       <c r="H1019" t="inlineStr"/>
     </row>
     <row r="1020">
       <c r="A1020" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27298</t>
+          <t>../../src/UserSettingsPage.cpp:27192</t>
         </is>
       </c>
       <c r="B1020" t="inlineStr">
         <is>
-          <t>REQUEST</t>
-[...6 lines deleted...]
-      </c>
+          <t>Passwords don't match</t>
+        </is>
+      </c>
+      <c r="C1020" t="inlineStr"/>
       <c r="D1020" t="inlineStr"/>
       <c r="E1020" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1020" t="inlineStr">
         <is>
-          <t>UserSettingsPageREQUEST</t>
+          <t>UserSettingsModelPasswords don't match</t>
         </is>
       </c>
       <c r="G1020" t="inlineStr"/>
       <c r="H1020" t="inlineStr"/>
     </row>
     <row r="1021">
       <c r="A1021" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27306</t>
+          <t>../../src/UserSettingsPage.cpp:27199</t>
         </is>
       </c>
       <c r="B1021" t="inlineStr">
         <is>
-          <t>CONFIGURE</t>
-[...2 lines deleted...]
-      <c r="C1021" t="inlineStr"/>
+          <t>File to save the exported session keys</t>
+        </is>
+      </c>
+      <c r="C1021" t="inlineStr">
+        <is>
+          <t>Tiedosto, johon viedyt istuntoavaimet tallennetaan</t>
+        </is>
+      </c>
       <c r="D1021" t="inlineStr"/>
       <c r="E1021" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1021" t="inlineStr">
         <is>
-          <t>UserSettingsPageCONFIGURE</t>
+          <t>UserSettingsModelFile to save the exported session keys</t>
         </is>
       </c>
       <c r="G1021" t="inlineStr"/>
       <c r="H1021" t="inlineStr"/>
     </row>
     <row r="1022">
       <c r="A1022" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27324</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B1022" t="inlineStr">
         <is>
-          <t>MANAGE</t>
-[...2 lines deleted...]
-      <c r="C1022" t="inlineStr"/>
+          <t>CACHED</t>
+        </is>
+      </c>
+      <c r="C1022" t="inlineStr">
+        <is>
+          <t>VÄLIMUISTISSA</t>
+        </is>
+      </c>
       <c r="D1022" t="inlineStr"/>
       <c r="E1022" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1022" t="inlineStr">
         <is>
-          <t>UserSettingsPageMANAGE</t>
+          <t>UserSettingsPageCACHED</t>
         </is>
       </c>
       <c r="G1022" t="inlineStr"/>
       <c r="H1022" t="inlineStr"/>
     </row>
     <row r="1023">
       <c r="A1023" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27359</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B1023" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>NOT CACHED</t>
         </is>
       </c>
       <c r="C1023" t="inlineStr">
         <is>
-          <t>Takaisin</t>
+          <t>EI VÄLIMUISTISSA</t>
         </is>
       </c>
       <c r="D1023" t="inlineStr"/>
       <c r="E1023" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1023" t="inlineStr">
         <is>
-          <t>UserSettingsPageBack</t>
+          <t>UserSettingsPageNOT CACHED</t>
         </is>
       </c>
       <c r="G1023" t="inlineStr"/>
       <c r="H1023" t="inlineStr"/>
     </row>
     <row r="1024">
       <c r="A1024" t="inlineStr">
         <is>
-          <t>../../src/encryption/VerificationManager.cpp:27502</t>
+          <t>../qml/pages/UserSettingsPage.qml:27396</t>
         </is>
       </c>
       <c r="B1024" t="inlineStr">
         <is>
-          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>IMPORT</t>
         </is>
       </c>
       <c r="C1024" t="inlineStr">
         <is>
-          <t>Salattua keskustelua ei löydetty tälle käyttäjälle. Luo salattu yksityiskeskustelu tämän käyttäjän kanssa ja yritä uudestaan.</t>
+          <t>TUO</t>
         </is>
       </c>
       <c r="D1024" t="inlineStr"/>
       <c r="E1024" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1024" t="inlineStr">
         <is>
-          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>UserSettingsPageIMPORT</t>
         </is>
       </c>
       <c r="G1024" t="inlineStr"/>
       <c r="H1024" t="inlineStr"/>
     </row>
     <row r="1025">
       <c r="A1025" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27514</t>
+          <t>../qml/pages/UserSettingsPage.qml:27400</t>
         </is>
       </c>
       <c r="B1025" t="inlineStr">
         <is>
-          <t>Waiting for other party…</t>
+          <t>EXPORT</t>
         </is>
       </c>
       <c r="C1025" t="inlineStr">
         <is>
-          <t>Odotetaan toista osapuolta…</t>
+          <t>VIE</t>
         </is>
       </c>
       <c r="D1025" t="inlineStr"/>
       <c r="E1025" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1025" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other party…</t>
+          <t>UserSettingsPageEXPORT</t>
         </is>
       </c>
       <c r="G1025" t="inlineStr"/>
       <c r="H1025" t="inlineStr"/>
     </row>
     <row r="1026">
       <c r="A1026" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27526</t>
+          <t>../qml/pages/UserSettingsPage.qml:27409</t>
         </is>
       </c>
       <c r="B1026" t="inlineStr">
         <is>
-          <t>Waiting for other side to accept the verification request.</t>
+          <t>DOWNLOAD</t>
         </is>
       </c>
       <c r="C1026" t="inlineStr">
         <is>
-          <t>Odotetaan toista osapuolta hyväksymään vahvistuspyyntö.</t>
+          <t>LATAA</t>
         </is>
       </c>
       <c r="D1026" t="inlineStr"/>
       <c r="E1026" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1026" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to accept the verification request.</t>
+          <t>UserSettingsPageDOWNLOAD</t>
         </is>
       </c>
       <c r="G1026" t="inlineStr"/>
       <c r="H1026" t="inlineStr"/>
     </row>
     <row r="1027">
       <c r="A1027" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27528</t>
+          <t>../qml/pages/UserSettingsPage.qml:27413</t>
         </is>
       </c>
       <c r="B1027" t="inlineStr">
         <is>
-          <t>Waiting for other side to continue the verification process.</t>
+          <t>REQUEST</t>
         </is>
       </c>
       <c r="C1027" t="inlineStr">
         <is>
-          <t>Odotetaan toista puolta jatkamaan vahvistusta.</t>
+          <t>PYYDÄ</t>
         </is>
       </c>
       <c r="D1027" t="inlineStr"/>
       <c r="E1027" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1027" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to continue the verification process.</t>
+          <t>UserSettingsPageREQUEST</t>
         </is>
       </c>
       <c r="G1027" t="inlineStr"/>
       <c r="H1027" t="inlineStr"/>
     </row>
     <row r="1028">
       <c r="A1028" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27530</t>
+          <t>../qml/pages/UserSettingsPage.qml:27421</t>
         </is>
       </c>
       <c r="B1028" t="inlineStr">
         <is>
-          <t>Waiting for other side to complete the verification process.</t>
-[...6 lines deleted...]
-      </c>
+          <t>CONFIGURE</t>
+        </is>
+      </c>
+      <c r="C1028" t="inlineStr"/>
       <c r="D1028" t="inlineStr"/>
       <c r="E1028" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1028" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to complete the verification process.</t>
+          <t>UserSettingsPageCONFIGURE</t>
         </is>
       </c>
       <c r="G1028" t="inlineStr"/>
       <c r="H1028" t="inlineStr"/>
     </row>
     <row r="1029">
       <c r="A1029" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27549</t>
+          <t>../qml/pages/UserSettingsPage.qml:27439</t>
         </is>
       </c>
       <c r="B1029" t="inlineStr">
         <is>
-          <t>Cancel</t>
-[...6 lines deleted...]
-      </c>
+          <t>MANAGE</t>
+        </is>
+      </c>
+      <c r="C1029" t="inlineStr"/>
       <c r="D1029" t="inlineStr"/>
       <c r="E1029" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1029" t="inlineStr">
         <is>
-          <t>WaitingCancel</t>
+          <t>UserSettingsPageMANAGE</t>
         </is>
       </c>
       <c r="G1029" t="inlineStr"/>
       <c r="H1029" t="inlineStr"/>
     </row>
     <row r="1030">
       <c r="A1030" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27579</t>
+          <t>../qml/pages/UserSettingsPage.qml:27474</t>
         </is>
       </c>
       <c r="B1030" t="inlineStr">
         <is>
-          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C1030" t="inlineStr">
         <is>
-          <t>Tervetuloa Nhekoon! Työpöytäsovellus Matrix-protokollalle.</t>
+          <t>Takaisin</t>
         </is>
       </c>
       <c r="D1030" t="inlineStr"/>
       <c r="E1030" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1030" t="inlineStr">
         <is>
-          <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
+          <t>UserSettingsPageBack</t>
         </is>
       </c>
       <c r="G1030" t="inlineStr"/>
       <c r="H1030" t="inlineStr"/>
     </row>
     <row r="1031">
       <c r="A1031" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27589</t>
+          <t>../../src/encryption/VerificationManager.cpp:27617</t>
         </is>
       </c>
       <c r="B1031" t="inlineStr">
         <is>
-          <t>Enjoy your stay!</t>
+          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="C1031" t="inlineStr">
         <is>
-          <t>Nauti vierailustasi!</t>
+          <t>Salattua keskustelua ei löydetty tälle käyttäjälle. Luo salattu yksityiskeskustelu tämän käyttäjän kanssa ja yritä uudestaan.</t>
         </is>
       </c>
       <c r="D1031" t="inlineStr"/>
       <c r="E1031" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1031" t="inlineStr">
         <is>
-          <t>WelcomePageEnjoy your stay!</t>
+          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="G1031" t="inlineStr"/>
       <c r="H1031" t="inlineStr"/>
     </row>
     <row r="1032">
       <c r="A1032" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27603</t>
+          <t>../qml/device-verification/Waiting.qml:27629</t>
         </is>
       </c>
       <c r="B1032" t="inlineStr">
         <is>
-          <t>REGISTER</t>
+          <t>Waiting for other party…</t>
         </is>
       </c>
       <c r="C1032" t="inlineStr">
         <is>
-          <t>REKISTERÖIDY</t>
+          <t>Odotetaan toista osapuolta…</t>
         </is>
       </c>
       <c r="D1032" t="inlineStr"/>
       <c r="E1032" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1032" t="inlineStr">
         <is>
-          <t>WelcomePageREGISTER</t>
+          <t>WaitingWaiting for other party…</t>
         </is>
       </c>
       <c r="G1032" t="inlineStr"/>
       <c r="H1032" t="inlineStr"/>
     </row>
     <row r="1033">
       <c r="A1033" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27611</t>
+          <t>../qml/device-verification/Waiting.qml:27641</t>
         </is>
       </c>
       <c r="B1033" t="inlineStr">
         <is>
-          <t>LOGIN</t>
+          <t>Waiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="C1033" t="inlineStr">
         <is>
-          <t>KIRJAUDU</t>
+          <t>Odotetaan toista osapuolta hyväksymään vahvistuspyyntö.</t>
         </is>
       </c>
       <c r="D1033" t="inlineStr"/>
       <c r="E1033" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1033" t="inlineStr">
         <is>
-          <t>WelcomePageLOGIN</t>
+          <t>WaitingWaiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="G1033" t="inlineStr"/>
       <c r="H1033" t="inlineStr"/>
     </row>
     <row r="1034">
       <c r="A1034" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27637</t>
+          <t>../qml/device-verification/Waiting.qml:27643</t>
         </is>
       </c>
       <c r="B1034" t="inlineStr">
         <is>
-          <t>Reduce animations</t>
+          <t>Waiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="C1034" t="inlineStr">
         <is>
-          <t>Vähennä animaatioita</t>
+          <t>Odotetaan toista puolta jatkamaan vahvistusta.</t>
         </is>
       </c>
       <c r="D1034" t="inlineStr"/>
       <c r="E1034" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1034" t="inlineStr">
         <is>
-          <t>WelcomePageReduce animations</t>
+          <t>WaitingWaiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="G1034" t="inlineStr"/>
       <c r="H1034" t="inlineStr"/>
     </row>
     <row r="1035">
       <c r="A1035" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27644</t>
+          <t>../qml/device-verification/Waiting.qml:27645</t>
         </is>
       </c>
       <c r="B1035" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Waiting for other side to complete the verification process.</t>
         </is>
       </c>
       <c r="C1035" t="inlineStr">
         <is>
-          <t>Nheko käyttää animaatioita useissa paikoissa tehden asioista nättejä. Tämä asetus sallii niiden poistamisen käytöstä jos ne aiheuttavat huonovointisuutta.</t>
+          <t>Odotetaan toista puolta saamaan vahvistus valmiiksi.</t>
         </is>
       </c>
       <c r="D1035" t="inlineStr"/>
       <c r="E1035" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1035" t="inlineStr">
         <is>
-          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>WaitingWaiting for other side to complete the verification process.</t>
         </is>
       </c>
       <c r="G1035" t="inlineStr"/>
       <c r="H1035" t="inlineStr"/>
     </row>
     <row r="1036">
       <c r="A1036" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:28027</t>
+          <t>../qml/device-verification/Waiting.qml:27664</t>
         </is>
       </c>
       <c r="B1036" t="inlineStr">
         <is>
-          <t>Yesterday</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C1036" t="inlineStr">
         <is>
-          <t>Eilen</t>
+          <t>Peruuta</t>
         </is>
       </c>
       <c r="D1036" t="inlineStr"/>
       <c r="E1036" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1036" t="inlineStr">
         <is>
-          <t>descriptiveTimeYesterday</t>
+          <t>WaitingCancel</t>
         </is>
       </c>
       <c r="G1036" t="inlineStr"/>
       <c r="H1036" t="inlineStr"/>
     </row>
     <row r="1037">
       <c r="A1037" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28040</t>
+          <t>../qml/pages/WelcomePage.qml:27694</t>
         </is>
       </c>
       <c r="B1037" t="inlineStr">
         <is>
-          <t>People</t>
+          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
         </is>
       </c>
       <c r="C1037" t="inlineStr">
         <is>
-          <t>Ihmiset</t>
+          <t>Tervetuloa Nhekoon! Työpöytäsovellus Matrix-protokollalle.</t>
         </is>
       </c>
       <c r="D1037" t="inlineStr"/>
       <c r="E1037" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1037" t="inlineStr">
         <is>
-          <t>emoji-catagoryPeople</t>
+          <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
         </is>
       </c>
       <c r="G1037" t="inlineStr"/>
       <c r="H1037" t="inlineStr"/>
     </row>
     <row r="1038">
       <c r="A1038" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28042</t>
+          <t>../qml/pages/WelcomePage.qml:27704</t>
         </is>
       </c>
       <c r="B1038" t="inlineStr">
         <is>
-          <t>Nature</t>
+          <t>Enjoy your stay!</t>
         </is>
       </c>
       <c r="C1038" t="inlineStr">
         <is>
-          <t>Luonto</t>
+          <t>Nauti vierailustasi!</t>
         </is>
       </c>
       <c r="D1038" t="inlineStr"/>
       <c r="E1038" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1038" t="inlineStr">
         <is>
-          <t>emoji-catagoryNature</t>
+          <t>WelcomePageEnjoy your stay!</t>
         </is>
       </c>
       <c r="G1038" t="inlineStr"/>
       <c r="H1038" t="inlineStr"/>
     </row>
     <row r="1039">
       <c r="A1039" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28044</t>
+          <t>../qml/pages/WelcomePage.qml:27718</t>
         </is>
       </c>
       <c r="B1039" t="inlineStr">
         <is>
-          <t>Food</t>
+          <t>REGISTER</t>
         </is>
       </c>
       <c r="C1039" t="inlineStr">
         <is>
-          <t>Ruoka</t>
+          <t>REKISTERÖIDY</t>
         </is>
       </c>
       <c r="D1039" t="inlineStr"/>
       <c r="E1039" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1039" t="inlineStr">
         <is>
-          <t>emoji-catagoryFood</t>
+          <t>WelcomePageREGISTER</t>
         </is>
       </c>
       <c r="G1039" t="inlineStr"/>
       <c r="H1039" t="inlineStr"/>
     </row>
     <row r="1040">
       <c r="A1040" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28046</t>
+          <t>../qml/pages/WelcomePage.qml:27726</t>
         </is>
       </c>
       <c r="B1040" t="inlineStr">
         <is>
-          <t>Activity</t>
+          <t>LOGIN</t>
         </is>
       </c>
       <c r="C1040" t="inlineStr">
         <is>
-          <t>Aktiviteetti</t>
+          <t>KIRJAUDU</t>
         </is>
       </c>
       <c r="D1040" t="inlineStr"/>
       <c r="E1040" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1040" t="inlineStr">
         <is>
-          <t>emoji-catagoryActivity</t>
+          <t>WelcomePageLOGIN</t>
         </is>
       </c>
       <c r="G1040" t="inlineStr"/>
       <c r="H1040" t="inlineStr"/>
     </row>
     <row r="1041">
       <c r="A1041" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28048</t>
+          <t>../qml/pages/WelcomePage.qml:27752</t>
         </is>
       </c>
       <c r="B1041" t="inlineStr">
         <is>
-          <t>Travel</t>
+          <t>Reduce animations</t>
         </is>
       </c>
       <c r="C1041" t="inlineStr">
         <is>
-          <t>Matkustaminen</t>
+          <t>Vähennä animaatioita</t>
         </is>
       </c>
       <c r="D1041" t="inlineStr"/>
       <c r="E1041" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1041" t="inlineStr">
         <is>
-          <t>emoji-catagoryTravel</t>
+          <t>WelcomePageReduce animations</t>
         </is>
       </c>
       <c r="G1041" t="inlineStr"/>
       <c r="H1041" t="inlineStr"/>
     </row>
     <row r="1042">
       <c r="A1042" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28050</t>
+          <t>../qml/pages/WelcomePage.qml:27759</t>
         </is>
       </c>
       <c r="B1042" t="inlineStr">
         <is>
-          <t>Objects</t>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="C1042" t="inlineStr">
         <is>
-          <t>Esineet</t>
+          <t>Nheko käyttää animaatioita useissa paikoissa tehden asioista nättejä. Tämä asetus sallii niiden poistamisen käytöstä jos ne aiheuttavat huonovointisuutta.</t>
         </is>
       </c>
       <c r="D1042" t="inlineStr"/>
       <c r="E1042" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1042" t="inlineStr">
         <is>
-          <t>emoji-catagoryObjects</t>
+          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="G1042" t="inlineStr"/>
       <c r="H1042" t="inlineStr"/>
     </row>
     <row r="1043">
       <c r="A1043" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28052</t>
+          <t>../../src/Utils.cpp:28143</t>
         </is>
       </c>
       <c r="B1043" t="inlineStr">
         <is>
-          <t>Symbols</t>
+          <t>Yesterday</t>
         </is>
       </c>
       <c r="C1043" t="inlineStr">
         <is>
-          <t>Symbolit</t>
+          <t>Eilen</t>
         </is>
       </c>
       <c r="D1043" t="inlineStr"/>
       <c r="E1043" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1043" t="inlineStr">
         <is>
-          <t>emoji-catagorySymbols</t>
+          <t>descriptiveTimeYesterday</t>
         </is>
       </c>
       <c r="G1043" t="inlineStr"/>
       <c r="H1043" t="inlineStr"/>
     </row>
     <row r="1044">
       <c r="A1044" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28054</t>
+          <t>../../src/emoji/Emoji.cpp:28156</t>
         </is>
       </c>
       <c r="B1044" t="inlineStr">
         <is>
-          <t>Flags</t>
+          <t>People</t>
         </is>
       </c>
       <c r="C1044" t="inlineStr">
         <is>
-          <t>Liput</t>
+          <t>Ihmiset</t>
         </is>
       </c>
       <c r="D1044" t="inlineStr"/>
       <c r="E1044" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1044" t="inlineStr">
         <is>
-          <t>emoji-catagoryFlags</t>
+          <t>emoji-catagoryPeople</t>
         </is>
       </c>
       <c r="G1044" t="inlineStr"/>
       <c r="H1044" t="inlineStr"/>
     </row>
     <row r="1045">
       <c r="A1045" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:28042</t>
+          <t>../../src/emoji/Emoji.cpp:28158</t>
         </is>
       </c>
       <c r="B1045" t="inlineStr">
         <is>
-          <t>Message contains spoiler.</t>
-[...2 lines deleted...]
-      <c r="C1045" t="inlineStr"/>
+          <t>Nature</t>
+        </is>
+      </c>
+      <c r="C1045" t="inlineStr">
+        <is>
+          <t>Luonto</t>
+        </is>
+      </c>
       <c r="D1045" t="inlineStr"/>
       <c r="E1045" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1045" t="inlineStr">
         <is>
-          <t>macosNotificationMessage contains spoiler.</t>
+          <t>emoji-catagoryNature</t>
         </is>
       </c>
       <c r="G1045" t="inlineStr"/>
       <c r="H1045" t="inlineStr"/>
     </row>
     <row r="1046">
       <c r="A1046" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27734</t>
+          <t>../../src/emoji/Emoji.cpp:28160</t>
         </is>
       </c>
       <c r="B1046" t="inlineStr">
         <is>
-          <t>You sent an audio clip</t>
+          <t>Food</t>
         </is>
       </c>
       <c r="C1046" t="inlineStr">
         <is>
-          <t>Lähetit äänileikkeen</t>
+          <t>Ruoka</t>
         </is>
       </c>
       <c r="D1046" t="inlineStr"/>
       <c r="E1046" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1046" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an audio clip</t>
+          <t>emoji-catagoryFood</t>
         </is>
       </c>
       <c r="G1046" t="inlineStr"/>
       <c r="H1046" t="inlineStr"/>
     </row>
     <row r="1047">
       <c r="A1047" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27737</t>
+          <t>../../src/emoji/Emoji.cpp:28162</t>
         </is>
       </c>
       <c r="B1047" t="inlineStr">
         <is>
-          <t>%1 sent an audio clip</t>
+          <t>Activity</t>
         </is>
       </c>
       <c r="C1047" t="inlineStr">
         <is>
-          <t>%1 lähetti äänileikkeen</t>
+          <t>Aktiviteetti</t>
         </is>
       </c>
       <c r="D1047" t="inlineStr"/>
       <c r="E1047" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1047" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an audio clip</t>
+          <t>emoji-catagoryActivity</t>
         </is>
       </c>
       <c r="G1047" t="inlineStr"/>
       <c r="H1047" t="inlineStr"/>
     </row>
     <row r="1048">
       <c r="A1048" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27741</t>
+          <t>../../src/emoji/Emoji.cpp:28164</t>
         </is>
       </c>
       <c r="B1048" t="inlineStr">
         <is>
-          <t>You sent an image</t>
+          <t>Travel</t>
         </is>
       </c>
       <c r="C1048" t="inlineStr">
         <is>
-          <t>Lähetit kuvan</t>
+          <t>Matkustaminen</t>
         </is>
       </c>
       <c r="D1048" t="inlineStr"/>
       <c r="E1048" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1048" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an image</t>
+          <t>emoji-catagoryTravel</t>
         </is>
       </c>
       <c r="G1048" t="inlineStr"/>
       <c r="H1048" t="inlineStr"/>
     </row>
     <row r="1049">
       <c r="A1049" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27743</t>
+          <t>../../src/emoji/Emoji.cpp:28166</t>
         </is>
       </c>
       <c r="B1049" t="inlineStr">
         <is>
-          <t>%1 sent an image</t>
+          <t>Objects</t>
         </is>
       </c>
       <c r="C1049" t="inlineStr">
         <is>
-          <t>%1 lähetti kuvan</t>
+          <t>Esineet</t>
         </is>
       </c>
       <c r="D1049" t="inlineStr"/>
       <c r="E1049" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1049" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an image</t>
+          <t>emoji-catagoryObjects</t>
         </is>
       </c>
       <c r="G1049" t="inlineStr"/>
       <c r="H1049" t="inlineStr"/>
     </row>
     <row r="1050">
       <c r="A1050" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27747</t>
+          <t>../../src/emoji/Emoji.cpp:28168</t>
         </is>
       </c>
       <c r="B1050" t="inlineStr">
         <is>
-          <t>You sent a file</t>
+          <t>Symbols</t>
         </is>
       </c>
       <c r="C1050" t="inlineStr">
         <is>
-          <t>Lähetit tiedoston</t>
+          <t>Symbolit</t>
         </is>
       </c>
       <c r="D1050" t="inlineStr"/>
       <c r="E1050" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1050" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a file</t>
+          <t>emoji-catagorySymbols</t>
         </is>
       </c>
       <c r="G1050" t="inlineStr"/>
       <c r="H1050" t="inlineStr"/>
     </row>
     <row r="1051">
       <c r="A1051" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27749</t>
+          <t>../../src/emoji/Emoji.cpp:28170</t>
         </is>
       </c>
       <c r="B1051" t="inlineStr">
         <is>
-          <t>%1 sent a file</t>
+          <t>Flags</t>
         </is>
       </c>
       <c r="C1051" t="inlineStr">
         <is>
-          <t>%1 lähetti tiedoston</t>
+          <t>Liput</t>
         </is>
       </c>
       <c r="D1051" t="inlineStr"/>
       <c r="E1051" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1051" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a file</t>
+          <t>emoji-catagoryFlags</t>
         </is>
       </c>
       <c r="G1051" t="inlineStr"/>
       <c r="H1051" t="inlineStr"/>
     </row>
     <row r="1052">
       <c r="A1052" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27753</t>
+          <t>../../src/notifications/ManagerMac.cpp:28158</t>
         </is>
       </c>
       <c r="B1052" t="inlineStr">
         <is>
-          <t>You sent a video</t>
-[...6 lines deleted...]
-      </c>
+          <t>Message contains spoiler.</t>
+        </is>
+      </c>
+      <c r="C1052" t="inlineStr"/>
       <c r="D1052" t="inlineStr"/>
       <c r="E1052" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1052" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a video</t>
+          <t>macosNotificationMessage contains spoiler.</t>
         </is>
       </c>
       <c r="G1052" t="inlineStr"/>
       <c r="H1052" t="inlineStr"/>
     </row>
     <row r="1053">
       <c r="A1053" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27755</t>
+          <t>../../src/Utils.cpp:27850</t>
         </is>
       </c>
       <c r="B1053" t="inlineStr">
         <is>
-          <t>%1 sent a video</t>
+          <t>You sent an audio clip</t>
         </is>
       </c>
       <c r="C1053" t="inlineStr">
         <is>
-          <t>%1 lähetti videotiedoston</t>
+          <t>Lähetit äänileikkeen</t>
         </is>
       </c>
       <c r="D1053" t="inlineStr"/>
       <c r="E1053" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1053" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a video</t>
+          <t>message-description sent:You sent an audio clip</t>
         </is>
       </c>
       <c r="G1053" t="inlineStr"/>
       <c r="H1053" t="inlineStr"/>
     </row>
     <row r="1054">
       <c r="A1054" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27759</t>
+          <t>../../src/Utils.cpp:27853</t>
         </is>
       </c>
       <c r="B1054" t="inlineStr">
         <is>
-          <t>You sent a sticker</t>
+          <t>%1 sent an audio clip</t>
         </is>
       </c>
       <c r="C1054" t="inlineStr">
         <is>
-          <t>Lähetit tarran</t>
+          <t>%1 lähetti äänileikkeen</t>
         </is>
       </c>
       <c r="D1054" t="inlineStr"/>
       <c r="E1054" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1054" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a sticker</t>
+          <t>message-description sent:%1 sent an audio clip</t>
         </is>
       </c>
       <c r="G1054" t="inlineStr"/>
       <c r="H1054" t="inlineStr"/>
     </row>
     <row r="1055">
       <c r="A1055" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27761</t>
+          <t>../../src/Utils.cpp:27857</t>
         </is>
       </c>
       <c r="B1055" t="inlineStr">
         <is>
-          <t>%1 sent a sticker</t>
+          <t>You sent an image</t>
         </is>
       </c>
       <c r="C1055" t="inlineStr">
         <is>
-          <t>%1 lähetti tarran</t>
+          <t>Lähetit kuvan</t>
         </is>
       </c>
       <c r="D1055" t="inlineStr"/>
       <c r="E1055" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1055" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a sticker</t>
+          <t>message-description sent:You sent an image</t>
         </is>
       </c>
       <c r="G1055" t="inlineStr"/>
       <c r="H1055" t="inlineStr"/>
     </row>
     <row r="1056">
       <c r="A1056" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27765</t>
+          <t>../../src/Utils.cpp:27859</t>
         </is>
       </c>
       <c r="B1056" t="inlineStr">
         <is>
-          <t>You sent a notification</t>
+          <t>%1 sent an image</t>
         </is>
       </c>
       <c r="C1056" t="inlineStr">
         <is>
-          <t>Lähetit ilmoituksen</t>
+          <t>%1 lähetti kuvan</t>
         </is>
       </c>
       <c r="D1056" t="inlineStr"/>
       <c r="E1056" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1056" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a notification</t>
+          <t>message-description sent:%1 sent an image</t>
         </is>
       </c>
       <c r="G1056" t="inlineStr"/>
       <c r="H1056" t="inlineStr"/>
     </row>
     <row r="1057">
       <c r="A1057" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27768</t>
+          <t>../../src/Utils.cpp:27863</t>
         </is>
       </c>
       <c r="B1057" t="inlineStr">
         <is>
-          <t>%1 sent a notification</t>
+          <t>You sent a file</t>
         </is>
       </c>
       <c r="C1057" t="inlineStr">
         <is>
-          <t>%1 lähetti ilmoituksen</t>
+          <t>Lähetit tiedoston</t>
         </is>
       </c>
       <c r="D1057" t="inlineStr"/>
       <c r="E1057" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1057" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a notification</t>
+          <t>message-description sent:You sent a file</t>
         </is>
       </c>
       <c r="G1057" t="inlineStr"/>
       <c r="H1057" t="inlineStr"/>
     </row>
     <row r="1058">
       <c r="A1058" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27800</t>
+          <t>../../src/Utils.cpp:27865</t>
         </is>
       </c>
       <c r="B1058" t="inlineStr">
         <is>
-          <t>You sent a spoiler.</t>
-[...2 lines deleted...]
-      <c r="C1058" t="inlineStr"/>
+          <t>%1 sent a file</t>
+        </is>
+      </c>
+      <c r="C1058" t="inlineStr">
+        <is>
+          <t>%1 lähetti tiedoston</t>
+        </is>
+      </c>
       <c r="D1058" t="inlineStr"/>
       <c r="E1058" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1058" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a spoiler.</t>
+          <t>message-description sent:%1 sent a file</t>
         </is>
       </c>
       <c r="G1058" t="inlineStr"/>
       <c r="H1058" t="inlineStr"/>
     </row>
     <row r="1059">
       <c r="A1059" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27803</t>
+          <t>../../src/Utils.cpp:27869</t>
         </is>
       </c>
       <c r="B1059" t="inlineStr">
         <is>
-          <t>%1 sent a spoiler.</t>
-[...2 lines deleted...]
-      <c r="C1059" t="inlineStr"/>
+          <t>You sent a video</t>
+        </is>
+      </c>
+      <c r="C1059" t="inlineStr">
+        <is>
+          <t>Lähetit videotiedoston</t>
+        </is>
+      </c>
       <c r="D1059" t="inlineStr"/>
       <c r="E1059" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1059" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a spoiler.</t>
+          <t>message-description sent:You sent a video</t>
         </is>
       </c>
       <c r="G1059" t="inlineStr"/>
       <c r="H1059" t="inlineStr"/>
     </row>
     <row r="1060">
       <c r="A1060" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27809</t>
+          <t>../../src/Utils.cpp:27871</t>
         </is>
       </c>
       <c r="B1060" t="inlineStr">
         <is>
-          <t>You: %1</t>
+          <t>%1 sent a video</t>
         </is>
       </c>
       <c r="C1060" t="inlineStr">
         <is>
-          <t>Sinä: %1</t>
+          <t>%1 lähetti videotiedoston</t>
         </is>
       </c>
       <c r="D1060" t="inlineStr"/>
       <c r="E1060" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1060" t="inlineStr">
         <is>
-          <t>message-description sent:You: %1</t>
+          <t>message-description sent:%1 sent a video</t>
         </is>
       </c>
       <c r="G1060" t="inlineStr"/>
       <c r="H1060" t="inlineStr"/>
     </row>
     <row r="1061">
       <c r="A1061" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27812</t>
+          <t>../../src/Utils.cpp:27875</t>
         </is>
       </c>
       <c r="B1061" t="inlineStr">
         <is>
-          <t>%1: %2</t>
+          <t>You sent a sticker</t>
         </is>
       </c>
       <c r="C1061" t="inlineStr">
         <is>
-          <t>%1: %2</t>
+          <t>Lähetit tarran</t>
         </is>
       </c>
       <c r="D1061" t="inlineStr"/>
       <c r="E1061" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1061" t="inlineStr">
         <is>
-          <t>message-description sent:%1: %2</t>
+          <t>message-description sent:You sent a sticker</t>
         </is>
       </c>
       <c r="G1061" t="inlineStr"/>
       <c r="H1061" t="inlineStr"/>
     </row>
     <row r="1062">
       <c r="A1062" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27791</t>
+          <t>../../src/Utils.cpp:27877</t>
         </is>
       </c>
       <c r="B1062" t="inlineStr">
         <is>
-          <t>You sent a chat effect</t>
-[...2 lines deleted...]
-      <c r="C1062" t="inlineStr"/>
+          <t>%1 sent a sticker</t>
+        </is>
+      </c>
+      <c r="C1062" t="inlineStr">
+        <is>
+          <t>%1 lähetti tarran</t>
+        </is>
+      </c>
       <c r="D1062" t="inlineStr"/>
       <c r="E1062" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1062" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a chat effect</t>
+          <t>message-description sent:%1 sent a sticker</t>
         </is>
       </c>
       <c r="G1062" t="inlineStr"/>
       <c r="H1062" t="inlineStr"/>
     </row>
     <row r="1063">
       <c r="A1063" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27794</t>
+          <t>../../src/Utils.cpp:27881</t>
         </is>
       </c>
       <c r="B1063" t="inlineStr">
         <is>
-          <t>%1 sent a chat effect</t>
-[...2 lines deleted...]
-      <c r="C1063" t="inlineStr"/>
+          <t>You sent a notification</t>
+        </is>
+      </c>
+      <c r="C1063" t="inlineStr">
+        <is>
+          <t>Lähetit ilmoituksen</t>
+        </is>
+      </c>
       <c r="D1063" t="inlineStr"/>
       <c r="E1063" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1063" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a chat effect</t>
+          <t>message-description sent:You sent a notification</t>
         </is>
       </c>
       <c r="G1063" t="inlineStr"/>
       <c r="H1063" t="inlineStr"/>
     </row>
     <row r="1064">
       <c r="A1064" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27817</t>
+          <t>../../src/Utils.cpp:27884</t>
         </is>
       </c>
       <c r="B1064" t="inlineStr">
         <is>
-          <t>* %1 spoils something.</t>
-[...2 lines deleted...]
-      <c r="C1064" t="inlineStr"/>
+          <t>%1 sent a notification</t>
+        </is>
+      </c>
+      <c r="C1064" t="inlineStr">
+        <is>
+          <t>%1 lähetti ilmoituksen</t>
+        </is>
+      </c>
       <c r="D1064" t="inlineStr"/>
       <c r="E1064" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1064" t="inlineStr">
         <is>
-          <t>message-description sent:* %1 spoils something.</t>
+          <t>message-description sent:%1 sent a notification</t>
         </is>
       </c>
       <c r="G1064" t="inlineStr"/>
       <c r="H1064" t="inlineStr"/>
     </row>
     <row r="1065">
       <c r="A1065" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27825</t>
+          <t>../../src/Utils.cpp:27916</t>
         </is>
       </c>
       <c r="B1065" t="inlineStr">
         <is>
-          <t>You sent an encrypted message</t>
-[...6 lines deleted...]
-      </c>
+          <t>You sent a spoiler.</t>
+        </is>
+      </c>
+      <c r="C1065" t="inlineStr"/>
       <c r="D1065" t="inlineStr"/>
       <c r="E1065" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1065" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an encrypted message</t>
+          <t>message-description sent:You sent a spoiler.</t>
         </is>
       </c>
       <c r="G1065" t="inlineStr"/>
       <c r="H1065" t="inlineStr"/>
     </row>
     <row r="1066">
       <c r="A1066" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27828</t>
+          <t>../../src/Utils.cpp:27919</t>
         </is>
       </c>
       <c r="B1066" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 sent a spoiler.</t>
+        </is>
+      </c>
+      <c r="C1066" t="inlineStr"/>
       <c r="D1066" t="inlineStr"/>
       <c r="E1066" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1066" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an encrypted message</t>
+          <t>message-description sent:%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="G1066" t="inlineStr"/>
       <c r="H1066" t="inlineStr"/>
     </row>
     <row r="1067">
       <c r="A1067" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27833</t>
+          <t>../../src/Utils.cpp:27925</t>
         </is>
       </c>
       <c r="B1067" t="inlineStr">
         <is>
-          <t>You placed a call</t>
+          <t>You: %1</t>
         </is>
       </c>
       <c r="C1067" t="inlineStr">
         <is>
-          <t>Soitit puhelun</t>
+          <t>Sinä: %1</t>
         </is>
       </c>
       <c r="D1067" t="inlineStr"/>
       <c r="E1067" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1067" t="inlineStr">
         <is>
-          <t>message-description sent:You placed a call</t>
+          <t>message-description sent:You: %1</t>
         </is>
       </c>
       <c r="G1067" t="inlineStr"/>
       <c r="H1067" t="inlineStr"/>
     </row>
     <row r="1068">
       <c r="A1068" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27835</t>
+          <t>../../src/Utils.cpp:27928</t>
         </is>
       </c>
       <c r="B1068" t="inlineStr">
         <is>
-          <t>%1 placed a call</t>
+          <t>%1: %2</t>
         </is>
       </c>
       <c r="C1068" t="inlineStr">
         <is>
-          <t>%1 soitti puhelun</t>
+          <t>%1: %2</t>
         </is>
       </c>
       <c r="D1068" t="inlineStr"/>
       <c r="E1068" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1068" t="inlineStr">
         <is>
-          <t>message-description sent:%1 placed a call</t>
+          <t>message-description sent:%1: %2</t>
         </is>
       </c>
       <c r="G1068" t="inlineStr"/>
       <c r="H1068" t="inlineStr"/>
     </row>
     <row r="1069">
       <c r="A1069" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27839</t>
+          <t>../../src/Utils.cpp:27907</t>
         </is>
       </c>
       <c r="B1069" t="inlineStr">
         <is>
-          <t>You answered a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>You sent a chat effect</t>
+        </is>
+      </c>
+      <c r="C1069" t="inlineStr"/>
       <c r="D1069" t="inlineStr"/>
       <c r="E1069" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1069" t="inlineStr">
         <is>
-          <t>message-description sent:You answered a call</t>
+          <t>message-description sent:You sent a chat effect</t>
         </is>
       </c>
       <c r="G1069" t="inlineStr"/>
       <c r="H1069" t="inlineStr"/>
     </row>
     <row r="1070">
       <c r="A1070" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27841</t>
+          <t>../../src/Utils.cpp:27910</t>
         </is>
       </c>
       <c r="B1070" t="inlineStr">
         <is>
-          <t>%1 answered a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 sent a chat effect</t>
+        </is>
+      </c>
+      <c r="C1070" t="inlineStr"/>
       <c r="D1070" t="inlineStr"/>
       <c r="E1070" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1070" t="inlineStr">
         <is>
-          <t>message-description sent:%1 answered a call</t>
+          <t>message-description sent:%1 sent a chat effect</t>
         </is>
       </c>
       <c r="G1070" t="inlineStr"/>
       <c r="H1070" t="inlineStr"/>
     </row>
     <row r="1071">
       <c r="A1071" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27845</t>
+          <t>../../src/Utils.cpp:27933</t>
         </is>
       </c>
       <c r="B1071" t="inlineStr">
         <is>
-          <t>You ended a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>* %1 spoils something.</t>
+        </is>
+      </c>
+      <c r="C1071" t="inlineStr"/>
       <c r="D1071" t="inlineStr"/>
       <c r="E1071" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1071" t="inlineStr">
         <is>
-          <t>message-description sent:You ended a call</t>
+          <t>message-description sent:* %1 spoils something.</t>
         </is>
       </c>
       <c r="G1071" t="inlineStr"/>
       <c r="H1071" t="inlineStr"/>
     </row>
     <row r="1072">
       <c r="A1072" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27847</t>
+          <t>../../src/Utils.cpp:27941</t>
         </is>
       </c>
       <c r="B1072" t="inlineStr">
         <is>
-          <t>%1 ended a call</t>
+          <t>You sent an encrypted message</t>
         </is>
       </c>
       <c r="C1072" t="inlineStr">
         <is>
-          <t>%1 lopetti puhelun</t>
+          <t>Lähetit salatun viestin</t>
         </is>
       </c>
       <c r="D1072" t="inlineStr"/>
       <c r="E1072" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1072" t="inlineStr">
         <is>
-          <t>message-description sent:%1 ended a call</t>
+          <t>message-description sent:You sent an encrypted message</t>
         </is>
       </c>
       <c r="G1072" t="inlineStr"/>
       <c r="H1072" t="inlineStr"/>
     </row>
     <row r="1073">
       <c r="A1073" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27851</t>
+          <t>../../src/Utils.cpp:27944</t>
         </is>
       </c>
       <c r="B1073" t="inlineStr">
         <is>
-          <t>You rejected a call</t>
+          <t>%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="C1073" t="inlineStr">
         <is>
-          <t>Hylkäsit puhelun</t>
+          <t>%1 lähetti salatun viestin</t>
         </is>
       </c>
       <c r="D1073" t="inlineStr"/>
       <c r="E1073" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1073" t="inlineStr">
         <is>
-          <t>message-description sent:You rejected a call</t>
+          <t>message-description sent:%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="G1073" t="inlineStr"/>
       <c r="H1073" t="inlineStr"/>
     </row>
     <row r="1074">
       <c r="A1074" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27853</t>
+          <t>../../src/Utils.cpp:27949</t>
         </is>
       </c>
       <c r="B1074" t="inlineStr">
         <is>
-          <t>%1 rejected a call</t>
+          <t>You placed a call</t>
         </is>
       </c>
       <c r="C1074" t="inlineStr">
         <is>
-          <t>%1 hylkäsi puhelun</t>
+          <t>Soitit puhelun</t>
         </is>
       </c>
       <c r="D1074" t="inlineStr"/>
       <c r="E1074" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1074" t="inlineStr">
         <is>
-          <t>message-description sent:%1 rejected a call</t>
+          <t>message-description sent:You placed a call</t>
         </is>
       </c>
       <c r="G1074" t="inlineStr"/>
       <c r="H1074" t="inlineStr"/>
     </row>
     <row r="1075">
       <c r="A1075" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27856</t>
+          <t>../../src/Utils.cpp:27951</t>
         </is>
       </c>
       <c r="B1075" t="inlineStr">
         <is>
-          <t>Unknown Message Type</t>
+          <t>%1 placed a call</t>
         </is>
       </c>
       <c r="C1075" t="inlineStr">
         <is>
-          <t>Tuntematon viestityyppi</t>
+          <t>%1 soitti puhelun</t>
         </is>
       </c>
       <c r="D1075" t="inlineStr"/>
       <c r="E1075" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1075" t="inlineStr">
         <is>
-          <t>utilsUnknown Message Type</t>
+          <t>message-description sent:%1 placed a call</t>
         </is>
       </c>
       <c r="G1075" t="inlineStr"/>
       <c r="H1075" t="inlineStr"/>
+    </row>
+    <row r="1076">
+      <c r="A1076" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27955</t>
+        </is>
+      </c>
+      <c r="B1076" t="inlineStr">
+        <is>
+          <t>You answered a call</t>
+        </is>
+      </c>
+      <c r="C1076" t="inlineStr">
+        <is>
+          <t>Vastasit puheluun</t>
+        </is>
+      </c>
+      <c r="D1076" t="inlineStr"/>
+      <c r="E1076" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1076" t="inlineStr">
+        <is>
+          <t>message-description sent:You answered a call</t>
+        </is>
+      </c>
+      <c r="G1076" t="inlineStr"/>
+      <c r="H1076" t="inlineStr"/>
+    </row>
+    <row r="1077">
+      <c r="A1077" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27957</t>
+        </is>
+      </c>
+      <c r="B1077" t="inlineStr">
+        <is>
+          <t>%1 answered a call</t>
+        </is>
+      </c>
+      <c r="C1077" t="inlineStr">
+        <is>
+          <t>%1 vastasi puheluun</t>
+        </is>
+      </c>
+      <c r="D1077" t="inlineStr"/>
+      <c r="E1077" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1077" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 answered a call</t>
+        </is>
+      </c>
+      <c r="G1077" t="inlineStr"/>
+      <c r="H1077" t="inlineStr"/>
+    </row>
+    <row r="1078">
+      <c r="A1078" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27961</t>
+        </is>
+      </c>
+      <c r="B1078" t="inlineStr">
+        <is>
+          <t>You ended a call</t>
+        </is>
+      </c>
+      <c r="C1078" t="inlineStr">
+        <is>
+          <t>Lopetit puhelun</t>
+        </is>
+      </c>
+      <c r="D1078" t="inlineStr"/>
+      <c r="E1078" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1078" t="inlineStr">
+        <is>
+          <t>message-description sent:You ended a call</t>
+        </is>
+      </c>
+      <c r="G1078" t="inlineStr"/>
+      <c r="H1078" t="inlineStr"/>
+    </row>
+    <row r="1079">
+      <c r="A1079" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27963</t>
+        </is>
+      </c>
+      <c r="B1079" t="inlineStr">
+        <is>
+          <t>%1 ended a call</t>
+        </is>
+      </c>
+      <c r="C1079" t="inlineStr">
+        <is>
+          <t>%1 lopetti puhelun</t>
+        </is>
+      </c>
+      <c r="D1079" t="inlineStr"/>
+      <c r="E1079" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1079" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 ended a call</t>
+        </is>
+      </c>
+      <c r="G1079" t="inlineStr"/>
+      <c r="H1079" t="inlineStr"/>
+    </row>
+    <row r="1080">
+      <c r="A1080" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27967</t>
+        </is>
+      </c>
+      <c r="B1080" t="inlineStr">
+        <is>
+          <t>You rejected a call</t>
+        </is>
+      </c>
+      <c r="C1080" t="inlineStr">
+        <is>
+          <t>Hylkäsit puhelun</t>
+        </is>
+      </c>
+      <c r="D1080" t="inlineStr"/>
+      <c r="E1080" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1080" t="inlineStr">
+        <is>
+          <t>message-description sent:You rejected a call</t>
+        </is>
+      </c>
+      <c r="G1080" t="inlineStr"/>
+      <c r="H1080" t="inlineStr"/>
+    </row>
+    <row r="1081">
+      <c r="A1081" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27969</t>
+        </is>
+      </c>
+      <c r="B1081" t="inlineStr">
+        <is>
+          <t>%1 rejected a call</t>
+        </is>
+      </c>
+      <c r="C1081" t="inlineStr">
+        <is>
+          <t>%1 hylkäsi puhelun</t>
+        </is>
+      </c>
+      <c r="D1081" t="inlineStr"/>
+      <c r="E1081" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1081" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 rejected a call</t>
+        </is>
+      </c>
+      <c r="G1081" t="inlineStr"/>
+      <c r="H1081" t="inlineStr"/>
+    </row>
+    <row r="1082">
+      <c r="A1082" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27972</t>
+        </is>
+      </c>
+      <c r="B1082" t="inlineStr">
+        <is>
+          <t>Unknown Message Type</t>
+        </is>
+      </c>
+      <c r="C1082" t="inlineStr">
+        <is>
+          <t>Tuntematon viestityyppi</t>
+        </is>
+      </c>
+      <c r="D1082" t="inlineStr"/>
+      <c r="E1082" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1082" t="inlineStr">
+        <is>
+          <t>utilsUnknown Message Type</t>
+        </is>
+      </c>
+      <c r="G1082" t="inlineStr"/>
+      <c r="H1082" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>