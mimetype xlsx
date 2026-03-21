--- v0 (2025-12-06)
+++ v1 (2026-03-21)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H196"/>
+  <dimension ref="A1:H194"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -463,5457 +463,5397 @@
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>fuzzy</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>context</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>translator_comments</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>developer_comments</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7085</t>
+          <t>../../src/CommandCompleter.cpp:7086</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Kick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="C2" t="inlineStr"/>
       <c r="D2" t="inlineStr"/>
       <c r="E2" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>CommandCompleterKick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="G2" t="inlineStr"/>
       <c r="H2" t="inlineStr"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7088</t>
+          <t>../../src/CommandCompleter.cpp:7089</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Ban a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C3" t="inlineStr"/>
       <c r="D3" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>CommandCompleterBan a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G3" t="inlineStr"/>
       <c r="H3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7091</t>
+          <t>../../src/CommandCompleter.cpp:7092</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Unban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C4" t="inlineStr"/>
       <c r="D4" t="inlineStr"/>
       <c r="E4" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>CommandCompleterUnban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G4" t="inlineStr"/>
       <c r="H4" t="inlineStr"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7094</t>
+          <t>../../src/CommandCompleter.cpp:7095</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Redact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="C5" t="inlineStr"/>
       <c r="D5" t="inlineStr"/>
       <c r="E5" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>CommandCompleterRedact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="G5" t="inlineStr"/>
       <c r="H5" t="inlineStr"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7111</t>
+          <t>../../src/CommandCompleter.cpp:7112</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Rotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="C6" t="inlineStr"/>
       <c r="D6" t="inlineStr"/>
       <c r="E6" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>CommandCompleterRotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="G6" t="inlineStr"/>
       <c r="H6" t="inlineStr"/>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7132</t>
+          <t>../../src/CommandCompleter.cpp:7133</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Send a message with rain.</t>
         </is>
       </c>
       <c r="C7" t="inlineStr"/>
       <c r="D7" t="inlineStr"/>
       <c r="E7" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with rain.</t>
         </is>
       </c>
       <c r="G7" t="inlineStr"/>
       <c r="H7" t="inlineStr"/>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7134</t>
+          <t>../../src/CommandCompleter.cpp:7135</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Send a message with a custom message type.</t>
         </is>
       </c>
       <c r="C8" t="inlineStr"/>
       <c r="D8" t="inlineStr"/>
       <c r="E8" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a custom message type.</t>
         </is>
       </c>
       <c r="G8" t="inlineStr"/>
       <c r="H8" t="inlineStr"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7136</t>
+          <t>../../src/CommandCompleter.cpp:7137</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Send a message with a glitch effect.</t>
         </is>
       </c>
       <c r="C9" t="inlineStr"/>
       <c r="D9" t="inlineStr"/>
       <c r="E9" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a glitch effect.</t>
         </is>
       </c>
       <c r="G9" t="inlineStr"/>
       <c r="H9" t="inlineStr"/>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7138</t>
+          <t>../../src/CommandCompleter.cpp:7139</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Send a message that gradually glitches.</t>
         </is>
       </c>
       <c r="C10" t="inlineStr"/>
       <c r="D10" t="inlineStr"/>
       <c r="E10" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message that gradually glitches.</t>
         </is>
       </c>
       <c r="G10" t="inlineStr"/>
       <c r="H10" t="inlineStr"/>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7146</t>
+          <t>../../src/CommandCompleter.cpp:7147</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Ignore a user.</t>
         </is>
       </c>
       <c r="C11" t="inlineStr"/>
       <c r="D11" t="inlineStr"/>
       <c r="E11" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>CommandCompleterIgnore a user.</t>
         </is>
       </c>
       <c r="G11" t="inlineStr"/>
       <c r="H11" t="inlineStr"/>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7148</t>
+          <t>../../src/CommandCompleter.cpp:7149</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Stop ignoring a user.</t>
         </is>
       </c>
       <c r="C12" t="inlineStr"/>
       <c r="D12" t="inlineStr"/>
       <c r="E12" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>CommandCompleterStop ignoring a user.</t>
         </is>
       </c>
       <c r="G12" t="inlineStr"/>
       <c r="H12" t="inlineStr"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7150</t>
+          <t>../../src/CommandCompleter.cpp:7151</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Block all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C13" t="inlineStr"/>
       <c r="D13" t="inlineStr"/>
       <c r="E13" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>CommandCompleterBlock all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G13" t="inlineStr"/>
       <c r="H13" t="inlineStr"/>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7153</t>
+          <t>../../src/CommandCompleter.cpp:7154</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Allow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C14" t="inlineStr"/>
       <c r="D14" t="inlineStr"/>
       <c r="E14" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>CommandCompleterAllow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G14" t="inlineStr"/>
       <c r="H14" t="inlineStr"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9674</t>
+          <t>../qml/EncryptionIndicator.qml:9675</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Key is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="C15" t="inlineStr"/>
       <c r="D15" t="inlineStr"/>
       <c r="E15" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
           <t>EncryptionIndicatorKey is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="G15" t="inlineStr"/>
       <c r="H15" t="inlineStr"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9709</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9710</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Event expiration for %1</t>
         </is>
       </c>
       <c r="C16" t="inlineStr"/>
       <c r="D16" t="inlineStr"/>
       <c r="E16" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration for %1</t>
         </is>
       </c>
       <c r="G16" t="inlineStr"/>
       <c r="H16" t="inlineStr"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9712</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9713</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Event expiration</t>
         </is>
       </c>
       <c r="C17" t="inlineStr"/>
       <c r="D17" t="inlineStr"/>
       <c r="E17" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration</t>
         </is>
       </c>
       <c r="G17" t="inlineStr"/>
       <c r="H17" t="inlineStr"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9730</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9731</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C18" t="inlineStr"/>
       <c r="D18" t="inlineStr"/>
       <c r="E18" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G18" t="inlineStr"/>
       <c r="H18" t="inlineStr"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9733</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9734</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C19" t="inlineStr"/>
       <c r="D19" t="inlineStr"/>
       <c r="E19" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G19" t="inlineStr"/>
       <c r="H19" t="inlineStr"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9748</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Expire events after X days</t>
         </is>
       </c>
       <c r="C20" t="inlineStr"/>
       <c r="D20" t="inlineStr"/>
       <c r="E20" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>EventExpirationDialogExpire events after X days</t>
         </is>
       </c>
       <c r="G20" t="inlineStr"/>
       <c r="H20" t="inlineStr"/>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9750</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Automatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C21" t="inlineStr"/>
       <c r="D21" t="inlineStr"/>
       <c r="E21" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>EventExpirationDialogAutomatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G21" t="inlineStr"/>
       <c r="H21" t="inlineStr"/>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9769</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Only keep latest X events</t>
         </is>
       </c>
       <c r="C22" t="inlineStr"/>
       <c r="D22" t="inlineStr"/>
       <c r="E22" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>EventExpirationDialogOnly keep latest X events</t>
         </is>
       </c>
       <c r="G22" t="inlineStr"/>
       <c r="H22" t="inlineStr"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9771</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Deletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C23" t="inlineStr"/>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>EventExpirationDialogDeletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G23" t="inlineStr"/>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9791</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Always keep latest X events</t>
         </is>
       </c>
       <c r="C24" t="inlineStr"/>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>EventExpirationDialogAlways keep latest X events</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9793</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>This prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="C25" t="inlineStr"/>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>EventExpirationDialogThis prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="G25" t="inlineStr"/>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9815</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>If this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="C26" t="inlineStr"/>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>EventExpirationDialogIf this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9907</t>
+          <t>../qml/device-verification/Failed.qml:9908</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>The verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="C27" t="inlineStr"/>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>FailedThe verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9952</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9953</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Fallback authentication</t>
         </is>
       </c>
       <c r="C28" t="inlineStr"/>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>FallbackAuthDialogFallback authentication</t>
         </is>
       </c>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9967</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9968</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Open the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Avaa varajärjestely, seuraa ohjeita, ja vahvista ne suoritettuasi.</t>
         </is>
       </c>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9975</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9976</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Open Fallback in Browser</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Avaa varajärjestely selaimessa</t>
         </is>
       </c>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen Fallback in Browser</t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>../../src/GridImagePackModel.cpp:10322</t>
+          <t>../../src/GridImagePackModel.cpp:10323</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Account Pack</t>
         </is>
       </c>
       <c r="C31" t="inlineStr"/>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>GridImagePackModelAccount Pack</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10546</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10558</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Ignored users</t>
         </is>
       </c>
       <c r="C32" t="inlineStr"/>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>IgnoredUsersIgnored users</t>
         </is>
       </c>
       <c r="G32" t="inlineStr"/>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10566</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10578</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Ignoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="C33" t="inlineStr"/>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10597</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10609</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Stop Ignoring.</t>
         </is>
       </c>
       <c r="C34" t="inlineStr"/>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>IgnoredUsersStop Ignoring.</t>
         </is>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>../qml/delegates/ImageMessage.qml:10788</t>
+          <t>../qml/delegates/ImageMessage.qml:10800</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Show</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>Näytä</t>
         </is>
       </c>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>ImageMessageShow</t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Näytä</t>
         </is>
       </c>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10802</t>
+          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10814</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Are you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="C36" t="inlineStr"/>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11317</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11329</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Remove</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>Poista</t>
         </is>
       </c>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogRemove</t>
         </is>
       </c>
       <c r="G37" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Poista</t>
         </is>
       </c>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12424</t>
+          <t>../../src/timeline/InputBar.cpp:12436</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="C38" t="inlineStr"/>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12431</t>
+          <t>../../src/timeline/InputBar.cpp:12443</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Failed to fetch user %1</t>
         </is>
       </c>
       <c r="C39" t="inlineStr"/>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>InputBarFailed to fetch user %1</t>
         </is>
       </c>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12946</t>
+          <t>../qml/dialogs/InviteDialog.qml:12958</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>@user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C40" t="inlineStr"/>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>InviteDialog
 Example user id. The name 'user' can be localized however you want.@user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13443</t>
+          <t>../../src/LoginPage.cpp:13455</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C41" t="inlineStr"/>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13354</t>
+          <t>../../src/LoginPage.cpp:13366</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="C42" t="inlineStr"/>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13564</t>
+          <t>../qml/pages/LoginPage.qml:13576</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>e.g @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C43" t="inlineStr"/>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t>LoginPagee.g @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13567</t>
+          <t>../qml/pages/LoginPage.qml:13579</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Your login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
       <c r="C44" t="inlineStr"/>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>LoginPageYour login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13638</t>
+          <t>../qml/pages/LoginPage.qml:13650</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>yourserver.example.com:8787</t>
         </is>
       </c>
       <c r="C45" t="inlineStr"/>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>LoginPageyourserver.example.com:8787</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13641</t>
+          <t>../qml/pages/LoginPage.qml:13653</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>The address that can be used to contact your homeserver's client API.
 Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
       <c r="C46" t="inlineStr"/>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>LoginPageThe address that can be used to contact your homeserver's client API.
 Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>../qml/MessageInputWarning.qml:14137</t>
+          <t>../qml/MessageInputWarning.qml:14159</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Don't mention them in this message</t>
         </is>
       </c>
       <c r="C47" t="inlineStr"/>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>MessageInputWarningDon't mention them in this message</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14728</t>
+          <t>../qml/MessageView.qml:14754</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Report message</t>
         </is>
       </c>
       <c r="C48" t="inlineStr"/>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>MessageViewReport message</t>
         </is>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15021</t>
+          <t>../../src/notifications/ManagerMac.cpp:15047</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>%1 replied with a spoiler.</t>
         </is>
       </c>
       <c r="C49" t="inlineStr"/>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender.%1 replied with a spoiler.</t>
         </is>
       </c>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16293</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16363</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>Administrator: %1</t>
+          <t>Moderator: %1</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>Ylläpitäjä: %1</t>
+          <t>Moderaattori: %1</t>
         </is>
       </c>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorAdministrator: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowerlevelIndicatorModerator: %1</t>
+        </is>
+      </c>
+      <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16295</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16365</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>Moderator: %1</t>
+          <t>User: %1</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>Moderaattori: %1</t>
+          <t>Käyttäjä: %1</t>
         </is>
       </c>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorModerator: %1</t>
+          <t>PowerlevelIndicatorUser: %1</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16297</t>
+          <t>../../src/main.cpp:16388</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t>User: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>Recompacts the database which might improve performance.</t>
+        </is>
+      </c>
+      <c r="C52" t="inlineStr"/>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorUser: %1</t>
+          <t>QObjectRecompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16332</t>
+          <t>../../src/RegisterPage.cpp:16689</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>Recompacts the database which might improve performance.</t>
+          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="C53" t="inlineStr"/>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
-          <t>QObjectRecompacts the database which might improve performance.</t>
+          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="G53" t="inlineStr"/>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16633</t>
+          <t>../qml/dialogs/ReportMessage.qml:17022</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>Report message</t>
         </is>
       </c>
       <c r="C54" t="inlineStr"/>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
-          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>ReportMessageReport message</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16966</t>
+          <t>../qml/dialogs/ReportMessage.qml:17037</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>Report message</t>
+          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="C55" t="inlineStr"/>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
-          <t>ReportMessageReport message</t>
+          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="G55" t="inlineStr"/>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16981</t>
+          <t>../qml/dialogs/ReportMessage.qml:17041</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>Enter your reason for reporting:</t>
         </is>
       </c>
       <c r="C56" t="inlineStr"/>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
-          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>ReportMessageEnter your reason for reporting:</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16985</t>
+          <t>../qml/dialogs/ReportMessage.qml:17051</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>Enter your reason for reporting:</t>
+          <t>How bad is the message?</t>
         </is>
       </c>
       <c r="C57" t="inlineStr"/>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
-          <t>ReportMessageEnter your reason for reporting:</t>
+          <t>ReportMessageHow bad is the message?</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16995</t>
+          <t>../qml/dialogs/ReportMessage.qml:17069</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
-          <t>How bad is the message?</t>
+          <t>Not bad</t>
         </is>
       </c>
       <c r="C58" t="inlineStr"/>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
-          <t>ReportMessageHow bad is the message?</t>
+          <t>ReportMessageNot bad</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17013</t>
+          <t>../qml/dialogs/ReportMessage.qml:17071</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t>Not bad</t>
+          <t>Mild</t>
         </is>
       </c>
       <c r="C59" t="inlineStr"/>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
-          <t>ReportMessageNot bad</t>
+          <t>ReportMessageMild</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17015</t>
+          <t>../qml/dialogs/ReportMessage.qml:17073</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t>Mild</t>
+          <t>Bad</t>
         </is>
       </c>
       <c r="C60" t="inlineStr"/>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
-          <t>ReportMessageMild</t>
+          <t>ReportMessageBad</t>
         </is>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17017</t>
+          <t>../qml/dialogs/ReportMessage.qml:17075</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>Bad</t>
+          <t>Serious</t>
         </is>
       </c>
       <c r="C61" t="inlineStr"/>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
-          <t>ReportMessageBad</t>
+          <t>ReportMessageSerious</t>
         </is>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17019</t>
+          <t>../qml/dialogs/ReportMessage.qml:17077</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>Serious</t>
+          <t>Extremely serious</t>
         </is>
       </c>
       <c r="C62" t="inlineStr"/>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
-          <t>ReportMessageSerious</t>
+          <t>ReportMessageExtremely serious</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17021</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>Extremely serious</t>
+          <t>Open</t>
         </is>
       </c>
       <c r="C63" t="inlineStr"/>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
-          <t>ReportMessageExtremely serious</t>
+          <t>RoomDirectoryOpen</t>
         </is>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17277</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>Open</t>
-[...2 lines deleted...]
-      <c r="C64" t="inlineStr"/>
+          <t>Close</t>
+        </is>
+      </c>
+      <c r="C64" t="inlineStr">
+        <is>
+          <t>Sulje</t>
+        </is>
+      </c>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
-          <t>RoomDirectoryOpen</t>
-[...2 lines deleted...]
-      <c r="G64" t="inlineStr"/>
+          <t>RoomDirectoryClose</t>
+        </is>
+      </c>
+      <c r="G64" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Sulje</t>
+        </is>
+      </c>
       <c r="H64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17221</t>
+          <t>../qml/RoomList.qml:19633</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>Close</t>
-[...6 lines deleted...]
-      </c>
+          <t>Automatic online status</t>
+        </is>
+      </c>
+      <c r="C65" t="inlineStr"/>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
-          <t>RoomDirectoryClose</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomListAutomatic online status</t>
+        </is>
+      </c>
+      <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19579</t>
+          <t>../qml/RoomList.qml:19640</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>Automatic online status</t>
+          <t>Online</t>
         </is>
       </c>
       <c r="C66" t="inlineStr"/>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
-          <t>RoomListAutomatic online status</t>
+          <t>RoomListOnline</t>
         </is>
       </c>
       <c r="G66" t="inlineStr"/>
       <c r="H66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19586</t>
+          <t>../qml/RoomList.qml:19647</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>Online</t>
+          <t>Unavailable</t>
         </is>
       </c>
       <c r="C67" t="inlineStr"/>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
-          <t>RoomListOnline</t>
+          <t>RoomListUnavailable</t>
         </is>
       </c>
       <c r="G67" t="inlineStr"/>
       <c r="H67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19593</t>
+          <t>../qml/RoomList.qml:19654</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>Unavailable</t>
+          <t>Offline</t>
         </is>
       </c>
       <c r="C68" t="inlineStr"/>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
-          <t>RoomListUnavailable</t>
+          <t>RoomListOffline</t>
         </is>
       </c>
       <c r="G68" t="inlineStr"/>
       <c r="H68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19600</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21151</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>Offline</t>
-[...2 lines deleted...]
-      <c r="C69" t="inlineStr"/>
+          <t>Change room avatar.</t>
+        </is>
+      </c>
+      <c r="C69" t="inlineStr">
+        <is>
+          <t>Muuta huoneen avataria.</t>
+        </is>
+      </c>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
-          <t>RoomListOffline</t>
+          <t>RoomSettingsDialogChange room avatar.</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21097</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21248</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>Change room avatar.</t>
+          <t>Change name of this room</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>Muuta huoneen avataria.</t>
+          <t>Muuta tämän huoneen nimeä</t>
         </is>
       </c>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange room avatar.</t>
+          <t>RoomSettingsDialogChange name of this room</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21194</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21271</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>Change name of this room</t>
-[...6 lines deleted...]
-      </c>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+        </is>
+      </c>
+      <c r="C71" t="inlineStr"/>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange name of this room</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21217</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21282</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
-[...2 lines deleted...]
-      <c r="C72" t="inlineStr"/>
+          <t>%n member</t>
+        </is>
+      </c>
+      <c r="C72" t="inlineStr">
+        <is>
+          <t>%n jäsen</t>
+        </is>
+      </c>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
-[...2 lines deleted...]
-      <c r="G72" t="inlineStr"/>
+          <t>RoomSettingsDialog%n member(s)</t>
+        </is>
+      </c>
+      <c r="G72" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %n jäsen, %n jäsen</t>
+        </is>
+      </c>
       <c r="H72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21228</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21290</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>%n member</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>%n jäsen</t>
+          <t>Näytä huoneen %1 jäsenet</t>
         </is>
       </c>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
-          <t>RoomSettingsDialog%n member(s)</t>
+          <t>RoomSettingsDialogView members of %1</t>
         </is>
       </c>
       <c r="G73" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %n jäsen, %n jäsen</t>
+          <t>Suggested in Weblate: Näytä huoneen %1 jäsenet</t>
         </is>
       </c>
       <c r="H73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21236</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21314</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>No topic set</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>Näytä huoneen %1 jäsenet</t>
+          <t>Aihetta ei ole asetettu</t>
         </is>
       </c>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView members of %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogNo topic set</t>
+        </is>
+      </c>
+      <c r="G74" t="inlineStr"/>
       <c r="H74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21260</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21338</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
-          <t>No topic set</t>
+          <t>Change topic of this room</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>Aihetta ei ole asetettu</t>
+          <t>Muuta tämän huoneen aihetta</t>
         </is>
       </c>
       <c r="D75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNo topic set</t>
+          <t>RoomSettingsDialogChange topic of this room</t>
         </is>
       </c>
       <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21284</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21362</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
-          <t>Change topic of this room</t>
-[...6 lines deleted...]
-      </c>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+        </is>
+      </c>
+      <c r="C76" t="inlineStr"/>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange topic of this room</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21308</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21390</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
-[...2 lines deleted...]
-      <c r="C77" t="inlineStr"/>
+          <t>Notifications</t>
+        </is>
+      </c>
+      <c r="C77" t="inlineStr">
+        <is>
+          <t>Ilmoitukset</t>
+        </is>
+      </c>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+          <t>RoomSettingsDialogNotifications</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21336</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Muted</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>Ilmoitukset</t>
+          <t>Mykistetty</t>
         </is>
       </c>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNotifications</t>
+          <t>RoomSettingsDialogMuted</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t>Muted</t>
+          <t>Mentions only</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>Mykistetty</t>
+          <t>Vain maininnat</t>
         </is>
       </c>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMuted</t>
+          <t>RoomSettingsDialogMentions only</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
-          <t>Mentions only</t>
+          <t>All messages</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>Vain maininnat</t>
+          <t>Kaikki viestit</t>
         </is>
       </c>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMentions only</t>
+          <t>RoomSettingsDialogAll messages</t>
         </is>
       </c>
       <c r="G80" t="inlineStr"/>
       <c r="H80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21409</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
-          <t>All messages</t>
-[...6 lines deleted...]
-      </c>
+          <t>ENTRY PERMISSIONS</t>
+        </is>
+      </c>
+      <c r="C81" t="inlineStr"/>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAll messages</t>
+          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="G81" t="inlineStr"/>
       <c r="H81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21352</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21418</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
-          <t>ENTRY PERMISSIONS</t>
-[...2 lines deleted...]
-      <c r="C82" t="inlineStr"/>
+          <t>Anyone can join</t>
+        </is>
+      </c>
+      <c r="C82" t="inlineStr">
+        <is>
+          <t>Kuka tahansa voi liittyä</t>
+        </is>
+      </c>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
+          <t>RoomSettingsDialogAnyone can join</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21361</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
-          <t>Anyone can join</t>
+          <t>Allow knocking</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>Kuka tahansa voi liittyä</t>
+          <t>Salli koputtaminen</t>
         </is>
       </c>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAnyone can join</t>
+          <t>RoomSettingsDialogAllow knocking</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21375</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21451</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t>Allow knocking</t>
+          <t>Allow joining via other rooms</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>Salli koputtaminen</t>
+          <t>Salli liittyminen muiden huoneiden kautta</t>
         </is>
       </c>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow knocking</t>
+          <t>RoomSettingsDialogAllow joining via other rooms</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21394</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21470</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
-          <t>Allow joining via other rooms</t>
+          <t>Rooms to join via</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>Salli liittyminen muiden huoneiden kautta</t>
+          <t>Huoneet, joiden kautta voi liittyä</t>
         </is>
       </c>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow joining via other rooms</t>
+          <t>RoomSettingsDialogRooms to join via</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21413</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21724</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t>Rooms to join via</t>
+          <t>Change</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>Huoneet, joiden kautta voi liittyä</t>
+          <t>Muuta</t>
         </is>
       </c>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRooms to join via</t>
+          <t>RoomSettingsDialogChange</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21667</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21483</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
-          <t>Change</t>
+          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>Muuta</t>
+          <t>Muuta listaa huoneista, joiden kautta tähän huoneeseen voi liittyä. Se on yleensä tämän huoneen virallinen yhteisö.</t>
         </is>
       </c>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange</t>
+          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21426</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21489</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
-          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>Allow guests to join</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
-          <t>Muuta listaa huoneista, joiden kautta tähän huoneeseen voi liittyä. Se on yleensä tämän huoneen virallinen yhteisö.</t>
+          <t>Salli vieraiden liittyminen</t>
         </is>
       </c>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>RoomSettingsDialogAllow guests to join</t>
         </is>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21506</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
-          <t>Allow guests to join</t>
+          <t>Apply access rules</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
-          <t>Salli vieraiden liittyminen</t>
+          <t>Saata pääsysäännöt voimaan</t>
         </is>
       </c>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow guests to join</t>
+          <t>RoomSettingsDialogApply access rules</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21449</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21513</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
-          <t>Apply access rules</t>
-[...6 lines deleted...]
-      </c>
+          <t>MESSAGE VISIBILITY</t>
+        </is>
+      </c>
+      <c r="C90" t="inlineStr"/>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply access rules</t>
+          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21456</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21522</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
-          <t>MESSAGE VISIBILITY</t>
-[...2 lines deleted...]
-      <c r="C91" t="inlineStr"/>
+          <t>Allow viewing history without joining</t>
+        </is>
+      </c>
+      <c r="C91" t="inlineStr">
+        <is>
+          <t>Salli historian selaaminen liittymättä</t>
+        </is>
+      </c>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
+          <t>RoomSettingsDialogAllow viewing history without joining</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21465</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21525</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
-          <t>Allow viewing history without joining</t>
-[...6 lines deleted...]
-      </c>
+          <t>This is useful to see previews of the room or view it on public websites.</t>
+        </is>
+      </c>
+      <c r="C92" t="inlineStr"/>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow viewing history without joining</t>
+          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21468</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21545</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
-          <t>This is useful to see previews of the room or view it on public websites.</t>
+          <t>Members can see messages since</t>
         </is>
       </c>
       <c r="C93" t="inlineStr"/>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
+          <t>RoomSettingsDialogMembers can see messages since</t>
         </is>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21488</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21549</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
-          <t>Members can see messages since</t>
+          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="C94" t="inlineStr"/>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can see messages since</t>
+          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21492</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21568</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
-          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
-[...2 lines deleted...]
-      <c r="C95" t="inlineStr"/>
+          <t>Everything</t>
+        </is>
+      </c>
+      <c r="C95" t="inlineStr">
+        <is>
+          <t>Kaikki</t>
+        </is>
+      </c>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>RoomSettingsDialogEverything</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21511</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21569</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
-          <t>Everything</t>
-[...6 lines deleted...]
-      </c>
+          <t>As long as the user joined, they can see all previous messages.</t>
+        </is>
+      </c>
+      <c r="C96" t="inlineStr"/>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEverything</t>
+          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21512</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21576</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
-          <t>As long as the user joined, they can see all previous messages.</t>
+          <t>They got invited</t>
         </is>
       </c>
       <c r="C97" t="inlineStr"/>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
+          <t>RoomSettingsDialogThey got invited</t>
         </is>
       </c>
       <c r="G97" t="inlineStr"/>
       <c r="H97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21519</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21577</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t>They got invited</t>
+          <t>Members can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="C98" t="inlineStr"/>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey got invited</t>
+          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21520</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
-          <t>Members can only see messages from when they got invited going forward.</t>
+          <t>They joined</t>
         </is>
       </c>
       <c r="C99" t="inlineStr"/>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
+          <t>RoomSettingsDialogThey joined</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21527</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21585</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
-          <t>They joined</t>
+          <t>Members can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="C100" t="inlineStr"/>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey joined</t>
+          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21528</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21595</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
-          <t>Members can only see messages since after they joined.</t>
-[...2 lines deleted...]
-      <c r="C101" t="inlineStr"/>
+          <t>Apply visibility changes</t>
+        </is>
+      </c>
+      <c r="C101" t="inlineStr">
+        <is>
+          <t>Toteuta näkyvyysmuutokset</t>
+        </is>
+      </c>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
+          <t>RoomSettingsDialogApply visibility changes</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21538</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21611</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
-          <t>Apply visibility changes</t>
+          <t>Locally hidden events</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>Toteuta näkyvyysmuutokset</t>
+          <t>Paikallisesti piilotetut tapahtumat</t>
         </is>
       </c>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply visibility changes</t>
+          <t>RoomSettingsDialogLocally hidden events</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21554</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21712</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t>Locally hidden events</t>
+          <t>Configure</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>Paikallisesti piilotetut tapahtumat</t>
+          <t>Määritä</t>
         </is>
       </c>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogLocally hidden events</t>
+          <t>RoomSettingsDialogConfigure</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21655</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21623</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
-          <t>Configure</t>
+          <t>Select events to hide in this room</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>Määritä</t>
+          <t>Valitse huoneesta piilotettavat tapahtumat</t>
         </is>
       </c>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogConfigure</t>
+          <t>RoomSettingsDialogSelect events to hide in this room</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21566</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21629</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
-          <t>Select events to hide in this room</t>
-[...6 lines deleted...]
-      </c>
+          <t>Automatic event deletion</t>
+        </is>
+      </c>
+      <c r="C105" t="inlineStr"/>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect events to hide in this room</t>
+          <t>RoomSettingsDialogAutomatic event deletion</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21572</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21641</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
-          <t>Automatic event deletion</t>
+          <t>Select if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="C106" t="inlineStr"/>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAutomatic event deletion</t>
+          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21647</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
-          <t>Select if your events get automatically deleted in this room.</t>
-[...2 lines deleted...]
-      <c r="C107" t="inlineStr"/>
+          <t>GENERAL SETTINGS</t>
+        </is>
+      </c>
+      <c r="C107" t="inlineStr">
+        <is>
+          <t>YLEISASETUKSET</t>
+        </is>
+      </c>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
+          <t>RoomSettingsDialogGENERAL SETTINGS</t>
         </is>
       </c>
       <c r="G107" t="inlineStr"/>
       <c r="H107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21590</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21678</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
-          <t>GENERAL SETTINGS</t>
+          <t>End-to-End Encryption</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>YLEISASETUKSET</t>
+          <t>Päästä-päähän-salaus</t>
         </is>
       </c>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogGENERAL SETTINGS</t>
+          <t>RoomSettingsDialogEnd-to-End Encryption</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21621</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21679</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
-          <t>End-to-End Encryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
+                                Please take note that it can't be disabled afterwards.</t>
+        </is>
+      </c>
+      <c r="C109" t="inlineStr"/>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEnd-to-End Encryption</t>
+          <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
+                                Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21622</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21695</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
-          <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
-[...3 lines deleted...]
-      <c r="C110" t="inlineStr"/>
+          <t>Permissions</t>
+        </is>
+      </c>
+      <c r="C110" t="inlineStr">
+        <is>
+          <t>Oikeudet</t>
+        </is>
+      </c>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
-                                Please take note that it can't be disabled afterwards.</t>
+          <t>RoomSettingsDialogPermission</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21638</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21701</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
-          <t>Permissions</t>
+          <t>View and change the permissions in this room</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
-          <t>Oikeudet</t>
+          <t>Näytä ja muuta oikeuksia tässä huoneessa</t>
         </is>
       </c>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogPermission</t>
+          <t>RoomSettingsDialogView and change the permissions in this room</t>
         </is>
       </c>
       <c r="G111" t="inlineStr"/>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21644</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21707</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
-          <t>View and change the permissions in this room</t>
+          <t>Aliases</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t>Näytä ja muuta oikeuksia tässä huoneessa</t>
+          <t>Aliakset</t>
         </is>
       </c>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the permissions in this room</t>
+          <t>RoomSettingsDialogAliases</t>
         </is>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21650</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21713</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
-          <t>Aliases</t>
+          <t>View and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
-          <t>Aliakset</t>
+          <t>Näytä ja muuta tämän huoneen osoitteita ja aliaksia</t>
         </is>
       </c>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAliases</t>
+          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="G113" t="inlineStr"/>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21719</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
-          <t>View and change the addresses/aliases of this room</t>
+          <t>Sticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
-          <t>Näytä ja muuta tämän huoneen osoitteita ja aliaksia</t>
+          <t>Tarra- ja emojiasetukset</t>
         </is>
       </c>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
+          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="G114" t="inlineStr"/>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21662</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21725</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
-          <t>Sticker &amp; Emote Settings</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>Tarra- ja emojiasetukset</t>
+          <t>Muuta käytössä olevia paketteja, poista tai luo uusia paketteja</t>
         </is>
       </c>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
-[...2 lines deleted...]
-      <c r="G115" t="inlineStr"/>
+          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
+        </is>
+      </c>
+      <c r="G115" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Muuta käytössä olevia paketteja, poista tai luo uusia paketteja</t>
+        </is>
+      </c>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21668</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21731</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>Muuta käytössä olevia paketteja, poista tai luo uusia paketteja</t>
+          <t>TIETOA</t>
         </is>
       </c>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
+          <t>RoomSettingsDialogINFO</t>
         </is>
       </c>
       <c r="G116" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Muuta käytössä olevia paketteja, poista tai luo uusia paketteja</t>
+          <t>Suggested in Weblate: TIETOA</t>
         </is>
       </c>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21674</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21740</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>Internal ID</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>TIETOA</t>
+          <t>Sisäinen ID</t>
         </is>
       </c>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogINFO</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogInternal ID</t>
+        </is>
+      </c>
+      <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21683</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21757</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
-          <t>Internal ID</t>
+          <t>Copied to clipboard</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>Sisäinen ID</t>
+          <t>Kopioitu leikepöydälle</t>
         </is>
       </c>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogInternal ID</t>
+          <t>RoomSettingsDialogCopied to clipboard</t>
         </is>
       </c>
       <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21699</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21777</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
-          <t>Copied to clipboard</t>
+          <t>Room Version</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>Kopioitu leikepöydälle</t>
+          <t>Huoneen versio</t>
         </is>
       </c>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogCopied to clipboard</t>
+          <t>RoomSettingsDialogRoom Version</t>
         </is>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21718</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
-          <t>Room Version</t>
+          <t>show less</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>Huoneen versio</t>
+          <t>näytä vähemmän</t>
         </is>
       </c>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Version</t>
+          <t>RoomSettingsDialogshow less</t>
         </is>
       </c>
       <c r="G120" t="inlineStr"/>
       <c r="H120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
-          <t>show less</t>
+          <t>show more</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>näytä vähemmän</t>
+          <t>näytä enemmän</t>
         </is>
       </c>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow less</t>
+          <t>RoomSettingsDialogshow more</t>
         </is>
       </c>
       <c r="G121" t="inlineStr"/>
       <c r="H121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22019</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
-          <t>show more</t>
-[...6 lines deleted...]
-      </c>
+          <t>This room is possibly inaccessible</t>
+        </is>
+      </c>
+      <c r="C122" t="inlineStr"/>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow more</t>
+          <t>RoomlistModelThis room is possibly inaccessible</t>
         </is>
       </c>
       <c r="G122" t="inlineStr"/>
       <c r="H122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21960</t>
+          <t>../qml/components/SpaceMenu.qml:18408</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible</t>
-[...2 lines deleted...]
-      <c r="C123" t="inlineStr"/>
+          <t>Add or remove from community...</t>
+        </is>
+      </c>
+      <c r="C123" t="inlineStr">
+        <is>
+          <t>Lisää tai poista yhteisöstä...</t>
+        </is>
+      </c>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
-          <t>RoomlistModelThis room is possibly inaccessible</t>
+          <t>SpaceMenuAdd or remove from community...</t>
         </is>
       </c>
       <c r="G123" t="inlineStr"/>
       <c r="H123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenu.qml:18348</t>
+          <t>../qml/TimelineDefaultMessageStyle.qml:18951</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
-          <t>Add or remove from community...</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
-          <t>Lisää tai poista yhteisöstä...</t>
+          <t>Osa viestiketjua</t>
         </is>
       </c>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
-          <t>SpaceMenuAdd or remove from community...</t>
+          <t>TimelineDefaultMessageStylePart of a thread</t>
         </is>
       </c>
       <c r="G124" t="inlineStr"/>
       <c r="H124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>../qml/TimelineDefaultMessageStyle.qml:18891</t>
+          <t>../qml/TimelineEvent.qml:19039</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>%1 placed a voice call.</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
-          <t>Osa viestiketjua</t>
+          <t>%1 asetti äänipuhelun.</t>
         </is>
       </c>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
-          <t>TimelineDefaultMessageStylePart of a thread</t>
+          <t>TimelineEvent%1 placed a voice call.</t>
         </is>
       </c>
       <c r="G125" t="inlineStr"/>
       <c r="H125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18979</t>
+          <t>../qml/TimelineEvent.qml:19041</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
-          <t>%1 placed a voice call.</t>
+          <t>%1 placed a video call.</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
-          <t>%1 asetti äänipuhelun.</t>
+          <t>%1 laittoi videopuhelun.</t>
         </is>
       </c>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a voice call.</t>
+          <t>TimelineEvent%1 placed a video call.</t>
         </is>
       </c>
       <c r="G126" t="inlineStr"/>
       <c r="H126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18981</t>
+          <t>../qml/TimelineEvent.qml:19043</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t>%1 placed a video call.</t>
+          <t>%1 placed a call.</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
-          <t>%1 laittoi videopuhelun.</t>
+          <t>%1 soitti puhelun.</t>
         </is>
       </c>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a video call.</t>
-[...2 lines deleted...]
-      <c r="G127" t="inlineStr"/>
+          <t>TimelineEvent%1 placed a call.</t>
+        </is>
+      </c>
+      <c r="G127" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 soitti puhelun</t>
+        </is>
+      </c>
       <c r="H127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18983</t>
+          <t>../qml/TimelineEvent.qml:19065</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t>%1 placed a call.</t>
+          <t>%1 answered the call.</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
-          <t>%1 soitti puhelun.</t>
+          <t>%1 vastasi puheluun.</t>
         </is>
       </c>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a call.</t>
+          <t>TimelineEvent%1 answered the call.</t>
         </is>
       </c>
       <c r="G128" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 soitti puhelun</t>
+          <t>Suggested in Weblate: %1 vastasi puheluun</t>
         </is>
       </c>
       <c r="H128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19005</t>
+          <t>../qml/TimelineEvent.qml:19067</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
-          <t>%1 answered the call.</t>
+          <t>%1 rejected the call.</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
-          <t>%1 vastasi puheluun.</t>
+          <t>%1 hylkäsi puhelun.</t>
         </is>
       </c>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 answered the call.</t>
+          <t>TimelineEvent%1 rejected the call.</t>
         </is>
       </c>
       <c r="G129" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: %1 vastasi puheluun</t>
+          <t>Suggested in Weblate: %1 hylkäsi puhelun</t>
         </is>
       </c>
       <c r="H129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19007</t>
+          <t>../qml/TimelineEvent.qml:19069</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
-          <t>%1 rejected the call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 selected answer.</t>
+        </is>
+      </c>
+      <c r="C130" t="inlineStr"/>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 rejected the call.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineEvent%1 selected answer.</t>
+        </is>
+      </c>
+      <c r="G130" t="inlineStr"/>
       <c r="H130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19009</t>
+          <t>../qml/TimelineEvent.qml:19071</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
-          <t>%1 selected answer.</t>
-[...2 lines deleted...]
-      <c r="C131" t="inlineStr"/>
+          <t>%1 ended the call.</t>
+        </is>
+      </c>
+      <c r="C131" t="inlineStr">
+        <is>
+          <t>%1 päätti puhelun.</t>
+        </is>
+      </c>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 selected answer.</t>
+          <t>TimelineEvent%1 ended the call.</t>
         </is>
       </c>
       <c r="G131" t="inlineStr"/>
       <c r="H131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19011</t>
+          <t>../qml/TimelineEvent.qml:19075</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
-          <t>%1 ended the call.</t>
+          <t>%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
-          <t>%1 päätti puhelun.</t>
+          <t>%1 neuvottelee puhelua...</t>
         </is>
       </c>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 ended the call.</t>
+          <t>TimelineEvent%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="G132" t="inlineStr"/>
       <c r="H132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19015</t>
+          <t>../qml/TimelineEvent.qml:19166</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
-          <t>%1 is negotiating the call...</t>
+          <t>Allow them in</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
-          <t>%1 neuvottelee puhelua...</t>
+          <t>Päästä hänet sisään</t>
         </is>
       </c>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 is negotiating the call...</t>
+          <t>TimelineEventAllow them in</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19106</t>
+          <t>../qml/TimelineEvent.qml:19188</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
-          <t>Allow them in</t>
+          <t>This room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
-          <t>Päästä hänet sisään</t>
+          <t>Tämä huone korvattiin seuraavasta syystä: %1</t>
         </is>
       </c>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
-          <t>TimelineEventAllow them in</t>
+          <t>TimelineEventThis room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19128</t>
+          <t>../qml/TimelineEvent.qml:19196</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
-          <t>This room was replaced for the following reason: %1</t>
+          <t>Go to replacement room</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
-          <t>Tämä huone korvattiin seuraavasta syystä: %1</t>
+          <t>Siirry korvaavaan huoneeseen</t>
         </is>
       </c>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
-          <t>TimelineEventThis room was replaced for the following reason: %1</t>
+          <t>TimelineEventGo to replacement room</t>
         </is>
       </c>
       <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19136</t>
+          <t>../qml/TimelineMetadata.qml:19236</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
-          <t>Go to replacement room</t>
+          <t>Edited</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
-          <t>Siirry korvaavaan huoneeseen</t>
+          <t>Muokattu</t>
         </is>
       </c>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
-          <t>TimelineEventGo to replacement room</t>
+          <t>TimelineMetadataEdited</t>
         </is>
       </c>
       <c r="G136" t="inlineStr"/>
       <c r="H136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19176</t>
+          <t>../qml/TimelineMetadata.qml:19252</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
-          <t>Edited</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
-          <t>Muokattu</t>
+          <t>Osa viestiketjua</t>
         </is>
       </c>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
-          <t>TimelineMetadataEdited</t>
+          <t>TimelineMetadataPart of a thread</t>
         </is>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19192</t>
+          <t>../../src/timeline/TimelineModel.cpp:19967</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
-          <t>Osa viestiketjua</t>
+          <t>%1 muutti tähän huoneeseen sallittuja palvelimia.</t>
         </is>
       </c>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
-          <t>TimelineMetadataPart of a thread</t>
+          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="G138" t="inlineStr"/>
       <c r="H138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19907</t>
+          <t>../../src/timeline/TimelineModel.cpp:19971</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
-          <t>%1 changed which servers are allowed in this room.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 removed the room name.</t>
+        </is>
+      </c>
+      <c r="C139" t="inlineStr"/>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
+          <t>TimelineModel%1 removed the room name.</t>
         </is>
       </c>
       <c r="G139" t="inlineStr"/>
       <c r="H139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19911</t>
+          <t>../../src/timeline/TimelineModel.cpp:19974</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
-          <t>%1 removed the room name.</t>
-[...2 lines deleted...]
-      <c r="C140" t="inlineStr"/>
+          <t>%1 changed the room name to: %2</t>
+        </is>
+      </c>
+      <c r="C140" t="inlineStr">
+        <is>
+          <t>%2 vaihtoi huoneen nimeksi: %2 {1 ?}</t>
+        </is>
+      </c>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room name.</t>
+          <t>TimelineModel%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19914</t>
+          <t>../../src/timeline/TimelineModel.cpp:19979</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
-          <t>%1 changed the room name to: %2</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 removed the topic.</t>
+        </is>
+      </c>
+      <c r="C141" t="inlineStr"/>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room name to: %2</t>
+          <t>TimelineModel%1 removed the topic.</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19919</t>
+          <t>../../src/timeline/TimelineModel.cpp:19982</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
-          <t>%1 removed the topic.</t>
-[...2 lines deleted...]
-      <c r="C142" t="inlineStr"/>
+          <t>%1 changed the topic to: %2</t>
+        </is>
+      </c>
+      <c r="C142" t="inlineStr">
+        <is>
+          <t>%2 vaihtoi aiheeksi: %2 {1 ?}</t>
+        </is>
+      </c>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the topic.</t>
+          <t>TimelineModel%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="G142" t="inlineStr"/>
       <c r="H142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19922</t>
+          <t>../../src/timeline/TimelineModel.cpp:19987</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
-          <t>%1 changed the topic to: %2</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 changed the room avatar to: %2</t>
+        </is>
+      </c>
+      <c r="C143" t="inlineStr"/>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the topic to: %2</t>
+          <t>TimelineModel%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19927</t>
+          <t>../../src/timeline/TimelineModel.cpp:19995</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
-          <t>%1 changed the room avatar to: %2</t>
+          <t>%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="C144" t="inlineStr"/>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room avatar to: %2</t>
+          <t>TimelineModel%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19935</t>
+          <t>../../src/timeline/TimelineModel.cpp:19998</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
-          <t>%1 removed the room avatar.</t>
-[...2 lines deleted...]
-      <c r="C145" t="inlineStr"/>
+          <t>%1 changed the pinned messages.</t>
+        </is>
+      </c>
+      <c r="C145" t="inlineStr">
+        <is>
+          <t>%1 muutti kiinnitettyjä viestejä.</t>
+        </is>
+      </c>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room avatar.</t>
+          <t>TimelineModel%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19938</t>
+          <t>../../src/timeline/TimelineModel.cpp:20005</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
-          <t>%1 changed the pinned messages.</t>
+          <t>%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>%1 muutti kiinnitettyjä viestejä.</t>
+          <t>%1 muutti tämän huoneen osoitteita.</t>
         </is>
       </c>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the pinned messages.</t>
+          <t>TimelineModel%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19945</t>
+          <t>../../src/timeline/TimelineModel.cpp:20008</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
-          <t>%1 changed the addresses for this room.</t>
+          <t>%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>%1 muutti tämän huoneen osoitteita.</t>
+          <t>%1 muutti tämän huoneen yhteisövanhempia.</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the addresses for this room.</t>
+          <t>TimelineModel%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19948</t>
+          <t>../../src/timeline/TimelineModel.cpp:20011</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
-          <t>%1 changed the parent communities for this room.</t>
+          <t>%1 created and configured room: %2</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>%1 muutti tämän huoneen yhteisövanhempia.</t>
+          <t>%1 loi ja sääti huoneen: %2</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the parent communities for this room.</t>
+          <t>TimelineModel%1 created and configured room: %2</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19951</t>
+          <t>../../src/timeline/TimelineModel.cpp:20029</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
-          <t>%1 created and configured room: %2</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 changed unknown state event %2.</t>
+        </is>
+      </c>
+      <c r="C149" t="inlineStr"/>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>TimelineModel%1 created and configured room: %2</t>
+          <t>TimelineModel%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19969</t>
+          <t>../../src/timeline/TimelineModel.cpp:20699</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
-          <t>%1 changed unknown state event %2.</t>
+          <t>%n hour later</t>
         </is>
       </c>
       <c r="C150" t="inlineStr"/>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed unknown state event %2.</t>
+          <t>TimelineModel%n hour(s) later</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20640</t>
+          <t>../qml/TimelineSectionHeader.qml:22432</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
-          <t>%n hour later</t>
-[...2 lines deleted...]
-      <c r="C151" t="inlineStr"/>
+          <t>%1's status message</t>
+        </is>
+      </c>
+      <c r="C151" t="inlineStr">
+        <is>
+          <t>Käyttäjän %1 tilaviesti</t>
+        </is>
+      </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>TimelineModel%n hour(s) later</t>
+          <t>TimelineSectionHeader%1's status message</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>../qml/TimelineSectionHeader.qml:22370</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
-          <t>%1's status message</t>
-[...6 lines deleted...]
-      </c>
+          <t>You will be mentioning %1</t>
+        </is>
+      </c>
+      <c r="C152" t="inlineStr"/>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>TimelineSectionHeader%1's status message</t>
+          <t>TimelineViewYou will be mentioning %1</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../qml/TimelineView.qml:22689</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
-          <t>You will be mentioning %1</t>
+          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="C153" t="inlineStr"/>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>TimelineViewYou will be mentioning %1</t>
+          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22626</t>
+          <t>../qml/TimelineView.qml:22716</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>decline invite and ignore user</t>
         </is>
       </c>
       <c r="C154" t="inlineStr"/>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>TimelineViewdecline invite and ignore user</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22653</t>
+          <t>../qml/TimelineView.qml:22741</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>decline invite and ignore user</t>
+          <t>Invited by %1 (%2)</t>
         </is>
       </c>
       <c r="C155" t="inlineStr"/>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite and ignore user</t>
+          <t>TimelineViewInvited by %1 (%2)</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22678</t>
+          <t>../../src/TrayIcon.cpp:23328</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
-          <t>Invited by %1 (%2)</t>
+          <t xml:space="preserve">
+%n unread message</t>
         </is>
       </c>
       <c r="C156" t="inlineStr"/>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>TimelineViewInvited by %1 (%2)</t>
+          <t>TrayIcon
+%n unread message(s)</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23242</t>
+          <t>../../src/ui/UserProfile.cpp:23976</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
-          <t xml:space="preserve">
-%n unread message</t>
+          <t>Failed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="C157" t="inlineStr"/>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>TrayIcon
-%n unread message(s)</t>
+          <t>UserProfileFailed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23890</t>
+          <t>../qml/dialogs/UserProfile.qml:24390</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
-          <t>Failed to ignore "%1": %2</t>
+          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="C158" t="inlineStr"/>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>UserProfileFailed to ignore "%1": %2</t>
+          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24304</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>Unignore the user.</t>
         </is>
       </c>
       <c r="C159" t="inlineStr"/>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>UserProfileUnignore the user.</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Unignore the user.</t>
+          <t>Ignore the user.</t>
         </is>
       </c>
       <c r="C160" t="inlineStr"/>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>UserProfileUnignore the user.</t>
+          <t>UserProfileIgnore the user.</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../../src/UserSettingsPage.cpp:26049</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
-          <t>Ignore the user.</t>
+          <t>Show images automatically</t>
         </is>
       </c>
       <c r="C161" t="inlineStr"/>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>UserProfileIgnore the user.</t>
+          <t>UserSettingsModelShow images automatically</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25937</t>
+          <t>../../src/UserSettingsPage.cpp:26065</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t>Show images automatically</t>
+          <t>Ignored users</t>
         </is>
       </c>
       <c r="C162" t="inlineStr"/>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow images automatically</t>
+          <t>UserSettingsModelIgnored users</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25953</t>
+          <t>../../src/UserSettingsPage.cpp:26087</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Ignored users</t>
+          <t>Reduce or disable animations</t>
         </is>
       </c>
       <c r="C163" t="inlineStr"/>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>UserSettingsModelIgnored users</t>
+          <t>UserSettingsModelReduce or disable animations</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25975</t>
+          <t>../../src/UserSettingsPage.cpp:26095</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Reduce or disable animations</t>
+          <t>Disable swipe motions</t>
         </is>
       </c>
       <c r="C164" t="inlineStr"/>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>UserSettingsModelReduce or disable animations</t>
+          <t>UserSettingsModelDisable swipe motions</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25983</t>
+          <t>../../src/UserSettingsPage.cpp:26147</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
-          <t>Disable swipe motions</t>
+          <t>GLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C165" t="inlineStr"/>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisable swipe motions</t>
+          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26035</t>
+          <t>../../src/UserSettingsPage.cpp:26171</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
-          <t>GLOBAL MESSAGE VISIBILITY</t>
+          <t>Periodically update community routing information</t>
         </is>
       </c>
       <c r="C166" t="inlineStr"/>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
+          <t>UserSettingsModelPeriodically update community routing information</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26059</t>
+          <t>../../src/UserSettingsPage.cpp:26173</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
-          <t>Periodically update community routing information</t>
+          <t>Periodically delete expired events</t>
         </is>
       </c>
       <c r="C167" t="inlineStr"/>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically update community routing information</t>
+          <t>UserSettingsModelPeriodically delete expired events</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26061</t>
+          <t>../../src/UserSettingsPage.cpp:26374</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
-          <t>Periodically delete expired events</t>
+          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
         </is>
       </c>
       <c r="C168" t="inlineStr"/>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically delete expired events</t>
+          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26255</t>
+          <t>../../src/UserSettingsPage.cpp:26382</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
-          <t>Invert the behavior of the enter key in the text input, making it send the message when shift+enter is pressed and starting a new line when enter is pressed.</t>
+          <t>Display rooms with new messages first.
+If this is off, the list of rooms will only be sorted by the preferred sorting order.
+If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
       <c r="C169" t="inlineStr"/>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
-          <t>UserSettingsModelInvert the behavior of the enter key in the text input, making it send the message when shift+enter is pressed and starting a new line when enter is pressed.</t>
+          <t>UserSettingsModelDisplay rooms with new messages first.
+If this is off, the list of rooms will only be sorted by the preferred sorting order.
+If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26266</t>
+          <t>../../src/UserSettingsPage.cpp:26391</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
-          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>Sort rooms alphabetically.
+If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
+If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
       <c r="C170" t="inlineStr"/>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
-          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>UserSettingsModelSort rooms alphabetically.
+If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
+If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26274</t>
+          <t>../../src/UserSettingsPage.cpp:26405</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
-          <t>Display rooms with new messages first.
-[...1 lines deleted...]
-If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
+          <t>Configure whether to show or hide certain events like room joins.</t>
         </is>
       </c>
       <c r="C171" t="inlineStr"/>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisplay rooms with new messages first.
-[...1 lines deleted...]
-If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
+          <t>UserSettingsModelConfigure whether to show or hide certain events like room joins.</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26283</t>
+          <t>../../src/UserSettingsPage.cpp:26434</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>Sort rooms alphabetically.
-[...1 lines deleted...]
-If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
+          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="C172" t="inlineStr"/>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms alphabetically.
-[...1 lines deleted...]
-If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
+          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26297</t>
+          <t>../../src/UserSettingsPage.cpp:26437</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
-          <t>Configure whether to show or hide certain events like room joins.</t>
-[...2 lines deleted...]
-      <c r="C173" t="inlineStr"/>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+        </is>
+      </c>
+      <c r="C173" t="inlineStr">
+        <is>
+          <t>Nheko käyttää animaatioita useissa paikoissa tehden asioista nättejä. Tämä asetus sallii niiden poistamisen käytöstä jos ne aiheuttavat huonovointisuutta.</t>
+        </is>
+      </c>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
-          <t>UserSettingsModelConfigure whether to show or hide certain events like room joins.</t>
-[...2 lines deleted...]
-      <c r="G173" t="inlineStr"/>
+          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+        </is>
+      </c>
+      <c r="G173" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Nheko käyttää animaatioita useissa paikoissa tehden asioista nättejä. Tämä asetus sallii niiden poistamisen käytöstä jos ne aiheuttavat huonovointisuutta.</t>
+        </is>
+      </c>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26326</t>
+          <t>../../src/UserSettingsPage.cpp:26445</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
-          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="C174" t="inlineStr"/>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
-          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26329</t>
+          <t>../../src/UserSettingsPage.cpp:26448</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
+        </is>
+      </c>
+      <c r="C175" t="inlineStr"/>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
-          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
+        </is>
+      </c>
+      <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26337</t>
+          <t>../../src/UserSettingsPage.cpp:26510</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
-          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="C176" t="inlineStr"/>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26340</t>
+          <t>../../src/UserSettingsPage.cpp:26516</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
-          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="C177" t="inlineStr"/>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26402</t>
+          <t>../../src/UserSettingsPage.cpp:26520</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
-          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
+          <t>Manage your ignored users.</t>
         </is>
       </c>
       <c r="C178" t="inlineStr"/>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
-          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
+          <t>UserSettingsModelManage your ignored users.</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26408</t>
+          <t>../../src/UserSettingsPage.cpp:26662</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
-          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
+          <t>Always</t>
         </is>
       </c>
       <c r="C179" t="inlineStr"/>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
-          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
+          <t>UserSettingsModelAlways</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26412</t>
+          <t>../../src/UserSettingsPage.cpp:26663</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
-          <t>Manage your ignored users.</t>
+          <t>Only in private rooms</t>
         </is>
       </c>
       <c r="C180" t="inlineStr"/>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
-          <t>UserSettingsModelManage your ignored users.</t>
+          <t>UserSettingsModelOnly in private rooms</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26554</t>
+          <t>../../src/UserSettingsPage.cpp:26664</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
-          <t>Always</t>
+          <t>Never</t>
         </is>
       </c>
       <c r="C181" t="inlineStr"/>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
-          <t>UserSettingsModelAlways</t>
+          <t>UserSettingsModelNever</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26555</t>
+          <t>../../src/UserSettingsPage.cpp:26684</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
-          <t>Only in private rooms</t>
+          <t>System font</t>
         </is>
       </c>
       <c r="C182" t="inlineStr"/>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnly in private rooms</t>
+          <t>UserSettingsModelSystem font</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26556</t>
+          <t>../../src/UserSettingsPage.cpp:26689</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
-          <t>Never</t>
+          <t>System emoji font</t>
         </is>
       </c>
       <c r="C183" t="inlineStr"/>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
-          <t>UserSettingsModelNever</t>
+          <t>UserSettingsModelSystem emoji font</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26570</t>
+          <t>../../src/UserSettingsPage.cpp:27183</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
-          <t>System font</t>
+          <t>Repeat File Password</t>
         </is>
       </c>
       <c r="C184" t="inlineStr"/>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem font</t>
+          <t>UserSettingsModelRepeat File Password</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26575</t>
+          <t>../../src/UserSettingsPage.cpp:27184</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
-          <t>System emoji font</t>
+          <t>Repeat the passphrase:</t>
         </is>
       </c>
       <c r="C185" t="inlineStr"/>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem emoji font</t>
+          <t>UserSettingsModelRepeat the passphrase:</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27071</t>
+          <t>../../src/UserSettingsPage.cpp:27192</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
-          <t>Repeat File Password</t>
+          <t>Passwords don't match</t>
         </is>
       </c>
       <c r="C186" t="inlineStr"/>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat File Password</t>
+          <t>UserSettingsModelPasswords don't match</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27072</t>
+          <t>../qml/pages/UserSettingsPage.qml:27421</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
-          <t>Repeat the passphrase:</t>
+          <t>CONFIGURE</t>
         </is>
       </c>
       <c r="C187" t="inlineStr"/>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat the passphrase:</t>
+          <t>UserSettingsPageCONFIGURE</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27080</t>
+          <t>../qml/pages/UserSettingsPage.qml:27439</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
-          <t>Passwords don't match</t>
+          <t>MANAGE</t>
         </is>
       </c>
       <c r="C188" t="inlineStr"/>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>UserSettingsModelPasswords don't match</t>
+          <t>UserSettingsPageMANAGE</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27306</t>
+          <t>../../src/notifications/ManagerMac.cpp:28158</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
-          <t>CONFIGURE</t>
+          <t>Message contains spoiler.</t>
         </is>
       </c>
       <c r="C189" t="inlineStr"/>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
-          <t>UserSettingsPageCONFIGURE</t>
+          <t>macosNotificationMessage contains spoiler.</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27324</t>
+          <t>../../src/Utils.cpp:27916</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
-          <t>MANAGE</t>
+          <t>You sent a spoiler.</t>
         </is>
       </c>
       <c r="C190" t="inlineStr"/>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>UserSettingsPageMANAGE</t>
+          <t>message-description sent:You sent a spoiler.</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:28042</t>
+          <t>../../src/Utils.cpp:27919</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
-          <t>Message contains spoiler.</t>
+          <t>%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="C191" t="inlineStr"/>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
-          <t>macosNotificationMessage contains spoiler.</t>
+          <t>message-description sent:%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27800</t>
+          <t>../../src/Utils.cpp:27907</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
-          <t>You sent a spoiler.</t>
+          <t>You sent a chat effect</t>
         </is>
       </c>
       <c r="C192" t="inlineStr"/>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a spoiler.</t>
+          <t>message-description sent:You sent a chat effect</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27803</t>
+          <t>../../src/Utils.cpp:27910</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
-          <t>%1 sent a spoiler.</t>
+          <t>%1 sent a chat effect</t>
         </is>
       </c>
       <c r="C193" t="inlineStr"/>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a spoiler.</t>
+          <t>message-description sent:%1 sent a chat effect</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27791</t>
+          <t>../../src/Utils.cpp:27933</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
-          <t>You sent a chat effect</t>
+          <t>* %1 spoils something.</t>
         </is>
       </c>
       <c r="C194" t="inlineStr"/>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a chat effect</t>
+          <t>message-description sent:* %1 spoils something.</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
-    </row>
-[...50 lines deleted...]
-      <c r="H196" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>