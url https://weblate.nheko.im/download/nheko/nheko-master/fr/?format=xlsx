--- v0 (2025-12-05)
+++ v1 (2026-03-25)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H1075"/>
+  <dimension ref="A1:H1082"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -533,51 +533,51 @@
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>ActiveCallBarConnecting...</t>
         </is>
       </c>
       <c r="G3" t="inlineStr"/>
       <c r="H3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>../qml/voip/ActiveCallBar.qml:194</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>You are screen sharing.</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>Vous êtes en train de partager votre écran.</t>
+          <t>Vous êtes en train de partager votre écran</t>
         </is>
       </c>
       <c r="D4" t="inlineStr"/>
       <c r="E4" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>ActiveCallBarYou are screen sharing</t>
         </is>
       </c>
       <c r="G4" t="inlineStr"/>
       <c r="H4" t="inlineStr"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>../qml/voip/ActiveCallBar.qml:211</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Hide/Show Picture-in-Picture</t>
@@ -1123,31703 +1123,31860 @@
           <t>Enter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Entrez d'autres salons qui ne sont pas encore dans la liste…</t>
         </is>
       </c>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>AllowedRoomsSettingsDialogEnter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="G23" t="inlineStr"/>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4321</t>
+          <t>../../src/Cache.cpp:4322</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>%1 and %2</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>%1 et %2</t>
         </is>
       </c>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Cache
 RoomName%1 and %2</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4323</t>
+          <t>../../src/Cache.cpp:4324</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>%1 and %n other</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>%1 et %n autre</t>
         </is>
       </c>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>Cache%1 and %n other(s)</t>
         </is>
       </c>
       <c r="G25" t="inlineStr"/>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4500</t>
+          <t>../../src/Cache.cpp:4501</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Empty Room</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Salon vide</t>
         </is>
       </c>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>CacheEmpty Room</t>
         </is>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Appel vidéo</t>
         </is>
       </c>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>CallInviteVideo Call</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Voice Call</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Appel audio</t>
         </is>
       </c>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>CallInviteVoice Call</t>
         </is>
       </c>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4637</t>
+          <t>../qml/voip/CallInvite.qml:4638</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Aucun microphone trouvé.</t>
         </is>
       </c>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>CallInviteNo microphone found.</t>
         </is>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Appel vidéo</t>
         </is>
       </c>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>CallInviteBarVideo Call</t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Voice Call</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>Appel vocal</t>
         </is>
       </c>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>CallInviteBarVoice Call</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4718</t>
+          <t>../qml/voip/CallInviteBar.qml:4719</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Devices</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>Appareils</t>
         </is>
       </c>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>CallInviteBarDevices</t>
         </is>
       </c>
       <c r="G32" t="inlineStr"/>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4729</t>
+          <t>../qml/voip/CallInviteBar.qml:4730</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Accept</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>Décrocher</t>
         </is>
       </c>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>CallInviteBarAccept</t>
         </is>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4733</t>
+          <t>../qml/voip/CallInviteBar.qml:4734</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Aucun microphone trouvé.</t>
         </is>
       </c>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>CallInviteBarNo microphone found.</t>
         </is>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4741</t>
+          <t>../qml/voip/CallInviteBar.qml:4742</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Unknown microphone: %1</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>Microphone inconnu : %1</t>
         </is>
       </c>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>CallInviteBarUnknown microphone: %1</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4750</t>
+          <t>../qml/voip/CallInviteBar.qml:4751</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Unknown camera: %1</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>Caméra inconnue : %1</t>
         </is>
       </c>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>CallInviteBarUnknown camera: %1</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4764</t>
+          <t>../qml/voip/CallInviteBar.qml:4765</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Decline</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>Rejeter</t>
         </is>
       </c>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>CallInviteBarDecline</t>
         </is>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5659</t>
+          <t>../../src/voip/CallManager.cpp:5660</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>CallManagerX11</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5665</t>
+          <t>../../src/voip/CallManager.cpp:5666</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>CallManagerPipeWire</t>
         </is>
       </c>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5684</t>
+          <t>../../src/voip/CallManager.cpp:5685</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Entire screen</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Tout l'écran</t>
         </is>
       </c>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>CallManagerEntire screen</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:5802</t>
+          <t>../../src/ChatPage.cpp:5803</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Failed to invite user: %1</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>Échec lors de l'invitation de %1</t>
         </is>
       </c>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>ChatPageFailed to invite user: %1</t>
         </is>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6791</t>
+          <t>../../src/ChatPage.cpp:6792</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Invited user: %1</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>Utilisateur(rice) invité(e) : %1</t>
         </is>
       </c>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>ChatPageInvited user: %1</t>
         </is>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6054</t>
+          <t>../../src/ChatPage.cpp:6055</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t xml:space="preserve">%n unread message in room %1
 </t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t xml:space="preserve">%n message non lu dans le salon %1
 </t>
         </is>
       </c>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t xml:space="preserve">ChatPage%n unread message(s) in room %1
 </t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6138</t>
+          <t>../../src/ChatPage.cpp:6139</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Confirm logout</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>Confirmer la déconnexion</t>
         </is>
       </c>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>ChatPageConfirm logout</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6240</t>
+          <t>../../src/ChatPage.cpp:6241</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>The cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>Le cache sur votre disque a été créé avec une version de Nheko plus récente que la vôtre. Veuillez mettre Nheko à jour ou vider votre cache.</t>
         </is>
       </c>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>ChatPageThe cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6281</t>
+          <t>../../src/ChatPage.cpp:6282</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Failed to open database, logging out!</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>Impossible d'ouvrir la base de données, déconnexion !</t>
         </is>
       </c>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>ChatPageFailed to open database, logging out!</t>
         </is>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6619</t>
+          <t>../../src/ChatPage.cpp:6620</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Knock on room</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>Frapper à la porte</t>
         </is>
       </c>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>ChatPageKnock on room</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6623</t>
+          <t>../../src/ChatPage.cpp:6624</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Do you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>Voulez-vous vraiment frapper à %1 ? Vous pouvez donner une raison aux membres actuels de vous accepter :</t>
         </is>
       </c>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6638</t>
+          <t>../../src/ChatPage.cpp:6639</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Failed to knock room: %1</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>Impossible de frapper à la porte : %1</t>
         </is>
       </c>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>ChatPageFailed to knock room: %1</t>
         </is>
       </c>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6697</t>
+          <t>../../src/ChatPage.cpp:6698</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Room creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>Impossible de créer le salon : mauvais alias</t>
         </is>
       </c>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6732</t>
+          <t>../../src/ChatPage.cpp:6733</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Room %1 created.</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>Salon %1 créé.</t>
         </is>
       </c>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>ChatPageRoom %1 created.</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7273</t>
+          <t>../../src/ChatPage.cpp:7274</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Confirm invite</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>Confirmer l'invitation</t>
         </is>
       </c>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>ChatPageConfirm invite</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6776</t>
+          <t>../../src/ChatPage.cpp:6777</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Do you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>Voulez-vous vraiment inviter %1 (%2) ?</t>
         </is>
       </c>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="G53" t="inlineStr"/>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6788</t>
+          <t>../../src/ChatPage.cpp:6789</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Failed to invite %1 to %2: %3</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>Échec de l'invitation de %1 dans %2 : %3</t>
         </is>
       </c>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>ChatPageFailed to invite %1 to %2: %3</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6820</t>
+          <t>../../src/ChatPage.cpp:6821</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Kicked user: %1</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>L'utilisateur %1 a été expulsé.</t>
+          <t>L'utilisateur %1 a été expulsé</t>
         </is>
       </c>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>ChatPageKicked user: %1</t>
         </is>
       </c>
-      <c r="G55" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G55" t="inlineStr"/>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6846</t>
+          <t>../../src/ChatPage.cpp:6847</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Failed to ban %1 in %2: %3</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>Échec du bannissement de %1 de %2 : %3</t>
         </is>
       </c>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>ChatPageFailed to ban %1 in %2: %3</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6849</t>
+          <t>../../src/ChatPage.cpp:6850</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Banned user: %1</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>L'utilisateur %1 a été banni.</t>
+          <t>L'utilisateur %1 a été banni</t>
         </is>
       </c>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>ChatPageBanned user: %1</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6857</t>
+          <t>../../src/ChatPage.cpp:6858</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Confirm unban</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>Confirmer l'annulation du bannissement</t>
         </is>
       </c>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>ChatPageConfirm unban</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6858</t>
+          <t>../../src/ChatPage.cpp:6859</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Do you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>Voulez-vous vraiment annuler le bannissement de %1 (%2) ?</t>
         </is>
       </c>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6869</t>
+          <t>../../src/ChatPage.cpp:6870</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Failed to unban %1 in %2: %3</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>Échec de l'annulation du bannissement de %1 dans %2 : %3</t>
         </is>
       </c>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>ChatPageFailed to unban %1 in %2: %3</t>
         </is>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6872</t>
+          <t>../../src/ChatPage.cpp:6873</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Unbanned user: %1</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>%1 n'est plus banni(e)</t>
         </is>
       </c>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>ChatPageUnbanned user: %1</t>
         </is>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7274</t>
+          <t>../../src/ChatPage.cpp:7275</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Do you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>Voulez-vous vraiment commencer une discussion privée avec %1 ?</t>
         </is>
       </c>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6226</t>
+          <t>../../src/ChatPage.cpp:6227</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Cache migration failed!</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>Échec de la migration du cache !</t>
         </is>
       </c>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>ChatPageCache migration failed!</t>
         </is>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6139</t>
+          <t>../../src/ChatPage.cpp:6140</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Because of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>Nheko veut vous renvoyer à la page de connexion pour cette raison :
 %1
 Si vous pensez qu'il s'agit d'une erreur, vous pouvez plutôt fermer Nheko pour essayer de récupérer vos clés de chiffrement. De retour à la page de connexion, vous pourrez vous reconnecter par vos méthodes habituelles.</t>
         </is>
       </c>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>ChatPageBecause of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="G64" t="inlineStr"/>
       <c r="H64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6227</t>
+          <t>../../src/ChatPage.cpp:6228</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Migrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>La migration du cache vers la version actuelle a échoué. Plusieurs causes sont possibles. Merci d'ouvrir un rapport d'anomalie sur https://github.com/Nheko-Reborn/nheko et essayez d'utiliser une version antérieure entretemps. Vous pouvez également tenter d'effacer le cache manuellement.</t>
         </is>
       </c>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>ChatPageMigrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6239</t>
+          <t>../../src/ChatPage.cpp:6240</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Incompatible cache version</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>Version du cache incompatible</t>
         </is>
       </c>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>ChatPageIncompatible cache version</t>
         </is>
       </c>
       <c r="G66" t="inlineStr"/>
       <c r="H66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6303</t>
+          <t>../../src/ChatPage.cpp:6304</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Failed to restore OLM account. Please login again.</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>Échec de la restauration du compte OLM. Veuillez vous reconnecter.</t>
         </is>
       </c>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>ChatPageFailed to restore OLM account. Please login again.</t>
         </is>
       </c>
       <c r="G67" t="inlineStr"/>
       <c r="H67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6315</t>
+          <t>../../src/ChatPage.cpp:6316</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Failed to restore saved data. Please login again.</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>Échec de la restauration des données sauvegardées. Veuillez vous reconnecter.</t>
         </is>
       </c>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>ChatPageFailed to restore save data. Please login again.</t>
         </is>
       </c>
       <c r="G68" t="inlineStr"/>
       <c r="H68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6369</t>
+          <t>../../src/ChatPage.cpp:6370</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Failed to setup encryption keys. Server response: %1 %2. Please try again later.</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>Échec de la configuration des clés de chiffrement. Réponse du serveur : %1 %2. Veuillez réessayer plus tard.</t>
         </is>
       </c>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>ChatPageFailed to setup encryption keys. Server response: %1 %2. Please try again later.</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6588</t>
+          <t>../../src/ChatPage.cpp:6589</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Please try to login again: %1</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>Veuillez re-tenter vous reconnecter : %1</t>
         </is>
       </c>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>ChatPagePlease try to login again: %1</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6622</t>
+          <t>../../src/ChatPage.cpp:6623</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>You failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>Vous avez échoué à rejoindre %1. Vous pouvez essayer de toquer afin que d'autres membres vous invitent. Souhaitez-vous le faire ?
 Eventuellement, vous pouvez fournir une explication de votre demande aux autres membres :</t>
         </is>
       </c>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>ChatPageYou failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6674</t>
+          <t>../../src/ChatPage.cpp:6675</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Failed to join room: %1</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>Impossible de rejoindre le salon : %1</t>
         </is>
       </c>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>ChatPageFailed to join room: %1</t>
         </is>
       </c>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6683</t>
+          <t>../../src/ChatPage.cpp:6684</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Failed to remove invite: %1</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>Impossible de supprimer l'invitation : %1</t>
         </is>
       </c>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>ChatPageFailed to remove invite: %1</t>
         </is>
       </c>
       <c r="G73" t="inlineStr"/>
       <c r="H73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6717</t>
+          <t>../../src/ChatPage.cpp:6718</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Room creation failed: %1</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>Échec de la création du salon : %1</t>
         </is>
       </c>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: %1</t>
         </is>
       </c>
       <c r="G74" t="inlineStr"/>
       <c r="H74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6745</t>
+          <t>../../src/ChatPage.cpp:6746</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Failed to leave room: %1</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>Impossible de quitter le salon : %1</t>
         </is>
       </c>
       <c r="D75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>ChatPageFailed to leave room: %1</t>
         </is>
       </c>
       <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6801</t>
+          <t>../../src/ChatPage.cpp:6802</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Reason for the kick</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>Motif de l’expulsion</t>
         </is>
       </c>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>ChatPageReason for the kick</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6802</t>
+          <t>../../src/ChatPage.cpp:6803</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Enter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>Saisissez un motif pour expulser %1 (%2) ou appuyer sur entrée pour ne pas mettre de motif :</t>
         </is>
       </c>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6817</t>
+          <t>../../src/ChatPage.cpp:6818</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Failed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>Échec de l'expulsion de %1 de %2  : %3</t>
         </is>
       </c>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>ChatPageFailed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6830</t>
+          <t>../../src/ChatPage.cpp:6831</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Reason for the ban</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>Motif du bannissement</t>
         </is>
       </c>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>ChatPageReason for the ban</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6831</t>
+          <t>../../src/ChatPage.cpp:6832</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Enter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>Saisissez un motif pour bannir %1 (%2) ou appuyez sur entrée pour ne pas mettre de motif :</t>
         </is>
       </c>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G80" t="inlineStr"/>
       <c r="H80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>../qml/ChatPage.qml:6867</t>
+          <t>../qml/ChatPage.qml:6868</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>No network connection</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>Pas de connexion réseau</t>
         </is>
       </c>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>ChatPageNo network connection</t>
         </is>
       </c>
       <c r="G81" t="inlineStr"/>
       <c r="H81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6987</t>
+          <t>../../src/CommandCompleter.cpp:6988</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>CommandCompleter/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6989</t>
+          <t>../../src/CommandCompleter.cpp:6990</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>/react &lt;text&gt;</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>/react &lt;texte&gt;</t>
         </is>
       </c>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>CommandCompleter/react &lt;text&gt;</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6991</t>
+          <t>../../src/CommandCompleter.cpp:6992</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>/join &lt;!idsalon|#alias&gt; [raison]</t>
         </is>
       </c>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>CommandCompleter/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6993</t>
+          <t>../../src/CommandCompleter.cpp:6994</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>/knock &lt;!idsalon|#alias&gt; [raison]</t>
         </is>
       </c>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>CommandCompleter/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6995</t>
+          <t>../../src/CommandCompleter.cpp:6996</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>/part [reason]</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>/part [raison]</t>
         </is>
       </c>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>CommandCompleter/part [reason]</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6997</t>
+          <t>../../src/CommandCompleter.cpp:6998</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>/leave [reason]</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>/leave [raison]</t>
         </is>
       </c>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>CommandCompleter/leave [reason]</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7007</t>
+          <t>../../src/CommandCompleter.cpp:7008</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>/redact &lt;$idévènement|@idutilisateur&gt;</t>
         </is>
       </c>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>CommandCompleter/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7009</t>
+          <t>../../src/CommandCompleter.cpp:7010</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>/roomnick &lt;nomaffiché&gt;</t>
         </is>
       </c>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>CommandCompleter/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7011</t>
+          <t>../../src/CommandCompleter.cpp:7012</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>/shrug [message]</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>/shrug [message]</t>
         </is>
       </c>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>CommandCompleter/shrug [message]</t>
         </is>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7025</t>
+          <t>../../src/CommandCompleter.cpp:7026</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <t>CommandCompleter/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7027</t>
+          <t>../../src/CommandCompleter.cpp:7028</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>CommandCompleter/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7029</t>
+          <t>../../src/CommandCompleter.cpp:7030</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <t>CommandCompleter/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7031</t>
+          <t>../../src/CommandCompleter.cpp:7032</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7033</t>
+          <t>../../src/CommandCompleter.cpp:7034</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7035</t>
+          <t>../../src/CommandCompleter.cpp:7036</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
           <t>CommandCompleter/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7037</t>
+          <t>../../src/CommandCompleter.cpp:7038</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G97" t="inlineStr"/>
       <c r="H97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7039</t>
+          <t>../../src/CommandCompleter.cpp:7040</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>/confetti [message]</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>/confetti [message]</t>
         </is>
       </c>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>CommandCompleter/confetti [message]</t>
         </is>
       </c>
       <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7041</t>
+          <t>../../src/CommandCompleter.cpp:7042</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6999</t>
+          <t>../../src/CommandCompleter.cpp:7000</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>/inviter &lt;@userid&gt; [raison]</t>
         </is>
       </c>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
           <t>CommandCompleter/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7001</t>
+          <t>../../src/CommandCompleter.cpp:7002</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>/kick &lt;@userid&gt; [raison]</t>
         </is>
       </c>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
           <t>CommandCompleter/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7003</t>
+          <t>../../src/CommandCompleter.cpp:7004</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>/ban &lt;@userid&gt; [raison]</t>
         </is>
       </c>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
           <t>CommandCompleter/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7005</t>
+          <t>../../src/CommandCompleter.cpp:7006</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>/unban &lt;@userid&gt; [raison]</t>
         </is>
       </c>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
           <t>CommandCompleter/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7043</t>
+          <t>../../src/CommandCompleter.cpp:7044</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>/rainfall [message]</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>/rainfall [message]</t>
         </is>
       </c>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
           <t>CommandCompleter/rainfall [message]</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7045</t>
+          <t>../../src/CommandCompleter.cpp:7046</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>/msgtype &lt;typemessage&gt; [message]</t>
         </is>
       </c>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
           <t>CommandCompleter/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7047</t>
+          <t>../../src/CommandCompleter.cpp:7048</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
           <t>CommandCompleter/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7049</t>
+          <t>../../src/CommandCompleter.cpp:7050</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <t>/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
           <t>CommandCompleter/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G107" t="inlineStr"/>
       <c r="H107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7051</t>
+          <t>../../src/CommandCompleter.cpp:7052</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>/goto &lt;référence du message&gt;</t>
         </is>
       </c>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
           <t>CommandCompleter/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7071</t>
+          <t>../../src/CommandCompleter.cpp:7072</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>Send a message expressing an action.</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>Envoyer un message exprimant une action.</t>
         </is>
       </c>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message expressing an action.</t>
         </is>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7073</t>
+          <t>../../src/CommandCompleter.cpp:7074</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>Send &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>Envoyer &lt;text&gt; comme réaction au message auquel vous répondez.</t>
         </is>
       </c>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
           <t>CommandCompleterSend &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7075</t>
+          <t>../../src/CommandCompleter.cpp:7076</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>Joins un salon. La raison est optionnelle.</t>
         </is>
       </c>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
           <t>CommandCompleterJoin a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G111" t="inlineStr"/>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7077</t>
+          <t>../../src/CommandCompleter.cpp:7078</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Ask to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>Demande de rejoindre un salon. La raison est optionnelle.</t>
         </is>
       </c>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
           <t>CommandCompleterAsk to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7081</t>
+          <t>../../src/CommandCompleter.cpp:7082</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>Leave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>Quitte un salon. La raison est optionnelle.</t>
         </is>
       </c>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
           <t>CommandCompleterLeave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G113" t="inlineStr"/>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7083</t>
+          <t>../../src/CommandCompleter.cpp:7084</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Invite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>Invite un utilisateur dans le salon actuel. La raison est optionnelle.</t>
         </is>
       </c>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
           <t>CommandCompleterInvite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="G114" t="inlineStr"/>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7085</t>
+          <t>../../src/CommandCompleter.cpp:7086</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>Kick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
-      <c r="C115" t="inlineStr"/>
+      <c r="C115" t="inlineStr">
+        <is>
+          <t>Expulser un utilisateur de la salle actuelle. La raison est optionnelle. Si l'utilisateur est exclu, une tentative d'expulsion de l'utilisateur auquel vous êtes en train de répondre sera effectuée.</t>
+        </is>
+      </c>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
           <t>CommandCompleterKick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
-      <c r="G115" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G115" t="inlineStr"/>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7088</t>
+          <t>../../src/CommandCompleter.cpp:7089</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>Ban a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
-      <c r="C116" t="inlineStr"/>
+      <c r="C116" t="inlineStr">
+        <is>
+          <t>Bannir un utilisateur de la salle actuelle. La raison est optionnelle. Si l'utilisateur est exclu, une tentative de bannissement de l'utilisateur auquel vous êtes en train de répondre sera effectuée.</t>
+        </is>
+      </c>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
           <t>CommandCompleterBan a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
-      <c r="G116" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7091</t>
+          <t>../../src/CommandCompleter.cpp:7092</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>Unban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
-      <c r="C117" t="inlineStr"/>
+      <c r="C117" t="inlineStr">
+        <is>
+          <t>Annuler le banissement d'un utilisateur dans le salon actuel. La raison est optionnelle. Si l'utilisateur est exclu, une tentative d'annulation du bannissement de l'utilisateur auquel vous êtes en train de répondre sera effectuée.</t>
+        </is>
+      </c>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
           <t>CommandCompleterUnban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7094</t>
+          <t>../../src/CommandCompleter.cpp:7095</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Redact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
-      <c r="C118" t="inlineStr"/>
+      <c r="C118" t="inlineStr">
+        <is>
+          <t>Rédiger un événement grâce à un identifiant événement, ou celui auquel vous êtes en train de répondre, ou tous les messages de l'utilisateur mis en cache localement.</t>
+        </is>
+      </c>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
           <t>CommandCompleterRedact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
-      <c r="G118" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7097</t>
+          <t>../../src/CommandCompleter.cpp:7098</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Change your displayname in this room.</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
           <t>Change votre nom affiché dans ce salon.</t>
         </is>
       </c>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
           <t>CommandCompleterChange your displayname in this room.</t>
         </is>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7099</t>
+          <t>../../src/CommandCompleter.cpp:7100</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>¯\_(ツ)_/¯ avec un message optionnel.</t>
         </is>
       </c>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
           <t>CommandCompleter¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="G120" t="inlineStr"/>
       <c r="H120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7101</t>
+          <t>../../src/CommandCompleter.cpp:7102</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
           <t>CommandCompleter(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="G121" t="inlineStr"/>
       <c r="H121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7103</t>
+          <t>../../src/CommandCompleter.cpp:7104</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
           <t>┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
           <t>CommandCompleter┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="G122" t="inlineStr"/>
       <c r="H122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7105</t>
+          <t>../../src/CommandCompleter.cpp:7106</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
           <t>CommandCompleterノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="G123" t="inlineStr"/>
       <c r="H123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7107</t>
+          <t>../../src/CommandCompleter.cpp:7108</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>Clear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>Efface les messages en cache dans ce salon.</t>
         </is>
       </c>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
           <t>CommandCompleterClear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="G124" t="inlineStr"/>
       <c r="H124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7109</t>
+          <t>../../src/CommandCompleter.cpp:7110</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>Refetch the state in this room.</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>Récupérer à nouveau l'état de ce salon.</t>
         </is>
       </c>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
           <t>CommandCompleterRefetch the state in this room.</t>
         </is>
       </c>
       <c r="G125" t="inlineStr"/>
       <c r="H125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7111</t>
+          <t>../../src/CommandCompleter.cpp:7112</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>Rotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>Pivoter les clés de chiffrements symétriques actuelles.</t>
         </is>
       </c>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
           <t>CommandCompleterRotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="G126" t="inlineStr"/>
       <c r="H126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7113</t>
+          <t>../../src/CommandCompleter.cpp:7114</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>Send a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>Envoyer un message au format markdown (ignorant la configuration globale).</t>
         </is>
       </c>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
           <t>CommandCompleterSend a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G127" t="inlineStr"/>
       <c r="H127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7115</t>
+          <t>../../src/CommandCompleter.cpp:7116</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>Send a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>Envoyer un message au format commonmark en désactivant la majorités des extensions contrairement à /md.</t>
         </is>
       </c>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
           <t>CommandCompleterSend a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="G128" t="inlineStr"/>
       <c r="H128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7118</t>
+          <t>../../src/CommandCompleter.cpp:7119</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Send an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>Envoyer un message non formaté (ignorant la configuration globale).</t>
         </is>
       </c>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
           <t>CommandCompleterSend an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G129" t="inlineStr"/>
       <c r="H129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7120</t>
+          <t>../../src/CommandCompleter.cpp:7121</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors.</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>Envoie un message aux couleurs de l'arc-en-ciel.</t>
         </is>
       </c>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors.</t>
         </is>
       </c>
       <c r="G130" t="inlineStr"/>
       <c r="H130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7122</t>
+          <t>../../src/CommandCompleter.cpp:7123</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>Send /me in rainbow colors.</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <t>Envoie /me aux couleurs de l'arc-en-ciel.</t>
         </is>
       </c>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
           <t>CommandCompleterSend /me in rainbow colors.</t>
         </is>
       </c>
       <c r="G131" t="inlineStr"/>
       <c r="H131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7124</t>
+          <t>../../src/CommandCompleter.cpp:7125</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>Send a bot message.</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
           <t>Envoie un message de robot.</t>
         </is>
       </c>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message.</t>
         </is>
       </c>
       <c r="G132" t="inlineStr"/>
       <c r="H132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7126</t>
+          <t>../../src/CommandCompleter.cpp:7127</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Send a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
           <t>Envoie un message de robot aux couleurs de l'arc-en-ciel.</t>
         </is>
       </c>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7128</t>
+          <t>../../src/CommandCompleter.cpp:7129</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Send a message with confetti.</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
           <t>Envoie un message avec des confettis.</t>
         </is>
       </c>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with confetti.</t>
         </is>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7130</t>
+          <t>../../src/CommandCompleter.cpp:7131</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
           <t>Envoie des confettis avec un message aux couleurs de l'arc-en-ciel.</t>
         </is>
       </c>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7132</t>
+          <t>../../src/CommandCompleter.cpp:7133</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>Send a message with rain.</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>Envoyer un message avec de la pluie.</t>
         </is>
       </c>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with rain.</t>
         </is>
       </c>
       <c r="G136" t="inlineStr"/>
       <c r="H136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7134</t>
+          <t>../../src/CommandCompleter.cpp:7135</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>Send a message with a custom message type.</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <t>Envoyer un message avec un type spécifique.</t>
         </is>
       </c>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a custom message type.</t>
         </is>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7136</t>
+          <t>../../src/CommandCompleter.cpp:7137</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Send a message with a glitch effect.</t>
         </is>
       </c>
-      <c r="C138" t="inlineStr"/>
+      <c r="C138" t="inlineStr">
+        <is>
+          <t>Envoyer un message avec un effet de déformation.</t>
+        </is>
+      </c>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a glitch effect.</t>
         </is>
       </c>
       <c r="G138" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Envoyer un message en donnant un aspect corrompu au texte.
-Suggested in Weblate: Envoyer un message avec des défauts.</t>
+          <t>Suggested in Weblate: Envoyer un message avec des défauts.</t>
         </is>
       </c>
       <c r="H138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7138</t>
+          <t>../../src/CommandCompleter.cpp:7139</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Send a message that gradually glitches.</t>
         </is>
       </c>
-      <c r="C139" t="inlineStr"/>
+      <c r="C139" t="inlineStr">
+        <is>
+          <t>Envoyer un message qui se déforme progressivement.</t>
+        </is>
+      </c>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message that gradually glitches.</t>
         </is>
       </c>
       <c r="G139" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: Envoyer in message avec du texts de plus en plus corrompu.
-Suggested in Weblate: Envoyer un message avec des défauts progressifs.</t>
+          <t>Suggested in Weblate: Envoyer un message avec des défauts progressifs.</t>
         </is>
       </c>
       <c r="H139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7140</t>
+          <t>../../src/CommandCompleter.cpp:7141</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>Go to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <t>Aller à un message spécifique grâce à un identifiant événement, un indice, ou un lien matrix:</t>
         </is>
       </c>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
           <t>CommandCompleterGo to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7142</t>
+          <t>../../src/CommandCompleter.cpp:7143</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Convert this room to a direct chat.</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>Convertir ce salon en chat direct.</t>
         </is>
       </c>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this room to a direct chat.</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7144</t>
+          <t>../../src/CommandCompleter.cpp:7145</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Convert this direct chat into a room.</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>Convertir ce chat direct en salon.</t>
         </is>
       </c>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this direct chat into a room.</t>
         </is>
       </c>
       <c r="G142" t="inlineStr"/>
       <c r="H142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7146</t>
+          <t>../../src/CommandCompleter.cpp:7147</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>Ignore a user.</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
           <t>Ignorer un(e) utilisateur(rice).</t>
         </is>
       </c>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
           <t>CommandCompleterIgnore a user.</t>
         </is>
       </c>
       <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7148</t>
+          <t>../../src/CommandCompleter.cpp:7149</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>Stop ignoring a user.</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
           <t>Arrêter d'ignorer un(e) utilisateur(rice).</t>
         </is>
       </c>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
           <t>CommandCompleterStop ignoring a user.</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7150</t>
+          <t>../../src/CommandCompleter.cpp:7151</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>Block all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
-      <c r="C145" t="inlineStr"/>
+      <c r="C145" t="inlineStr">
+        <is>
+          <t>Bloquer toutes les invitations en provenance d'un utilisateur ou d'un serveur pour un salon spécifique, ou bien définir le comportement par défaut.</t>
+        </is>
+      </c>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>CommandCompleterBlock all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7153</t>
+          <t>../../src/CommandCompleter.cpp:7154</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>Allow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
-      <c r="C146" t="inlineStr"/>
+      <c r="C146" t="inlineStr">
+        <is>
+          <t>Autoriser toutes les invitations en provenance d'un utilisateur ou d'un serveur pour un salon spécifique, ou bien définir le comportement par défaut.</t>
+        </is>
+      </c>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
           <t>CommandCompleterAllow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>Expand</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
           <t>Développer</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
           <t>CommunitiesListExpand</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>Collapse</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <t>Réduire</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
           <t>CommunitiesListCollapse</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7375</t>
+          <t>../qml/CommunitiesList.qml:7376</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>Do not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>Ne pas afficher le compteur de notifications pour cette communauté ou cette étiquette.</t>
         </is>
       </c>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
           <t>CommunitiesListDo not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7382</t>
+          <t>../qml/CommunitiesList.qml:7383</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>Hide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>Cache par défaut les salons avec cette étiquette ou provenant de cette communauté.</t>
         </is>
       </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
           <t>CommunitiesListHide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7459</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7460</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>All rooms</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>Tous les salons</t>
         </is>
       </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
           <t>CommunitiesModelAll rooms</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7461</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7462</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>Shows all rooms without filtering.</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>Montre tous les salons sans filtrer.</t>
         </is>
       </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
           <t>CommunitiesModelShows all rooms without filtering.</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7484</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7485</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Direct Chats</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>Message Privé</t>
         </is>
       </c>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
           <t>CommunitiesModelDirect Chats</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7486</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7487</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Show direct chats.</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>Montrer les messages privés.</t>
         </is>
       </c>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
           <t>CommunitiesModelShow direct chats.</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7553</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7554</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Favourites</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>Favoris</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
           <t>CommunitiesModelFavourites</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7555</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7556</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Rooms you have favourited.</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <t>Vos salons favoris.</t>
         </is>
       </c>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms you have favourited.</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7562</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7563</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>Low Priority</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <t>Priorité basse</t>
         </is>
       </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
           <t>CommunitiesModelLow Priority</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7564</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7565</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>Rooms with low priority.</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <t>Salons à priorité basse.</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms with low priority.</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7571</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7572</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>Server Notices</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
           <t>Notifications du serveur</t>
         </is>
       </c>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
           <t>CommunitiesModelServer Notices</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7573</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7574</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>Messages from your server or administrator.</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
           <t>Messages de votre serveur ou administrateur.</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
           <t>CommunitiesModelMessages from your server or administrator.</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8251</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8252</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>Failed to update community: %1</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
           <t>Erreur lors du raffraîchissement de la communauté : %1</t>
         </is>
       </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community: %1</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8269</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8270</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>Failed to delete room from community: %1</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>Echec de la suppression du salon de la communauté : %1</t>
         </is>
       </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to delete room from community: %1</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8292</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8293</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>Failed to update community for room: %1</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>Échec de la mise à jour de la communauté du salon : %1</t>
         </is>
       </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community for room: %1</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8310</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8311</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>Failed to remove community from room: %1</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>Échec de la suppression de la communauté du salon : %1</t>
         </is>
       </c>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to remove community from room: %1</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>Confirm community join</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <t>Confirmer l'action de rejoindre la communauté</t>
         </is>
       </c>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm community join</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>Confirm room join</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
           <t>Confirmer l'action de rejoindre le salon</t>
         </is>
       </c>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm room join</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8394</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8395</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>%n member</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>%n membre</t>
         </is>
       </c>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialog%n member(s)</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>This room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <t>Ce salon ne peut être rejoint directement. Vous pouvez frapper à la porte du salon et les membres peuvent accepter ou non votre requête. Optionnellement vous pouvez fournir une motivation :</t>
         </is>
       </c>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogThis room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>Do you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
           <t>Voulez-vous rejoindre ce salon ? Optionnellement vous pouvez fournir une motivation :</t>
         </is>
       </c>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogDo you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>Knock</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <t>Frapper</t>
         </is>
       </c>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogKnock</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>Join</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
           <t>Rejoindre</t>
         </is>
       </c>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8465</t>
+          <t>../qml/dialogs/CreateDirect.qml:8466</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>Create Direct Chat</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
           <t>Créer une conversation privée</t>
         </is>
       </c>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
           <t>CreateDirectCreate Direct Chat</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8525</t>
+          <t>../qml/dialogs/CreateDirect.qml:8526</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>User to invite</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <t>Utilisateur à inviter</t>
         </is>
       </c>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
           <t>CreateDirectUser to invite</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8526</t>
+          <t>../qml/dialogs/CreateDirect.qml:8527</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>@user:server.tld</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
           <t>@utilisateur:serveur.tld</t>
         </is>
       </c>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
           <t>CreateDirect@user:server.tld</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8541</t>
+          <t>../qml/dialogs/CreateDirect.qml:8542</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>Chiffrement</t>
         </is>
       </c>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
           <t>CreateDirectEncryption</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>New community</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>Nouvelle communauté</t>
         </is>
       </c>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
           <t>CreateRoomNew community</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>New Room</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>Nouveau salon</t>
         </is>
       </c>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
           <t>CreateRoomNew Room</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8585</t>
+          <t>../qml/dialogs/CreateRoom.qml:8586</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>Name</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
           <t>CreateRoomName</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8586</t>
+          <t>../qml/dialogs/CreateRoom.qml:8587</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>No name</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>Sans nom</t>
         </is>
       </c>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
           <t>CreateRoomNo name</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8594</t>
+          <t>../qml/dialogs/CreateRoom.qml:8595</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>Topic</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>Sujet</t>
         </is>
       </c>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
           <t>CreateRoomTopic</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8595</t>
+          <t>../qml/dialogs/CreateRoom.qml:8596</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>No topic</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>Sans sujet</t>
         </is>
       </c>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
           <t>CreateRoomNo topic</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8613</t>
+          <t>../qml/dialogs/CreateRoom.qml:8614</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>Alias</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>Alias</t>
         </is>
       </c>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
           <t>CreateRoomAlias</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8625</t>
+          <t>../qml/dialogs/CreateRoom.qml:8626</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>Public</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
           <t>Public</t>
         </is>
       </c>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
           <t>CreateRoomPublic</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8631</t>
+          <t>../qml/dialogs/CreateRoom.qml:8632</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>Public rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
           <t>Un salon public est libre d'accès ; un salon privé nécessite une invitation explicite.</t>
         </is>
       </c>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
           <t>CreateRoomPublic rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8644</t>
+          <t>../qml/dialogs/CreateRoom.qml:8645</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>Trusted</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
           <t>Vérifié</t>
         </is>
       </c>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
           <t>CreateRoomTrusted</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8650</t>
+          <t>../qml/dialogs/CreateRoom.qml:8651</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>All invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
           <t>Les utilisateurs invités auront les mêmes permissions que le créateur</t>
         </is>
       </c>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
           <t>CreateRoomAll invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8665</t>
+          <t>../qml/dialogs/CreateRoom.qml:8666</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
           <t>Chiffrement</t>
         </is>
       </c>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
           <t>CreateRoomEncryption</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8671</t>
+          <t>../qml/dialogs/CreateRoom.qml:8672</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>Caution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>Attention, le chiffrement ne peut pas être désactivé</t>
         </is>
       </c>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
           <t>CreateRoomCaution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8687</t>
+          <t>../qml/dialogs/CreateRoom.qml:8688</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>Create Room</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
           <t>Créer un salon</t>
         </is>
       </c>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
           <t>CreateRoomCreate Room</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:8999</t>
+          <t>../../src/ChatPage.cpp:9000</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>Decrypt secrets</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
           <t>Déchiffrer les secrets</t>
         </is>
       </c>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecrypt secrets</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9001</t>
+          <t>../../src/ChatPage.cpp:9002</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>Entrez votre clé de récupération ou phrase de passe pour déchiffrer vos secrets :</t>
         </is>
       </c>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9003</t>
+          <t>../../src/ChatPage.cpp:9004</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>Entrez votre clé de récupération ou votre phrase de passe nommée %1 pour déchiffrer vos secrets :</t>
         </is>
       </c>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9031</t>
+          <t>../../src/ChatPage.cpp:9032</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>Decryption failed</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>Échec du déchiffrement</t>
         </is>
       </c>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecryption failed</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9032</t>
+          <t>../../src/ChatPage.cpp:9033</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>Failed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>Échec du déchiffrement des secrets avec la clé de récupération ou phrase de passe fournie</t>
         </is>
       </c>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
           <t>CrossSigningSecretsFailed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9042</t>
+          <t>../qml/device-verification/DigitVerification.qml:9043</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
           <t>Code de vérification</t>
         </is>
       </c>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
           <t>DigitVerificationVerification Code</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9050</t>
+          <t>../qml/device-verification/DigitVerification.qml:9051</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>Please verify the following digits.  You should see the same numbers on both sides.  If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>Veuillez vérifier les chiffres suivants. Vous devriez voir les mêmes chiffres des deux côtés. Si ceux-ci diffèrent, veuillez choisir « Ils sont différents ! » pour annuler la vérification !</t>
         </is>
       </c>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
           <t>DigitVerificationPlease verify the following digits. You should see the same numbers on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9083</t>
+          <t>../qml/device-verification/DigitVerification.qml:9084</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>Ils sont différents !</t>
         </is>
       </c>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
           <t>DigitVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9096</t>
+          <t>../qml/device-verification/DigitVerification.qml:9097</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <t>Ils sont identiques !</t>
         </is>
       </c>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
           <t>DigitVerificationThey match!</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9107</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9108</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
           <t>Code de vérification</t>
         </is>
       </c>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
           <t>EmojiVerificationVerification Code</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9115</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9116</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>Please verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
           <t>Veuillez vérifier les émoji suivants. Vous devriez voir les mêmes émoji des deux côtés. S'ils diffèrent, veuillez choisir « Ils sont différents ! » pour annuler la vérification !</t>
         </is>
       </c>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
           <t>EmojiVerificationPlease verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9494</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9495</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>The displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
           <t>Les émojis présentés peuvent avoir l'air différents en fonction des polices ou clients utilisés. Ils peuvent être traduit de façon similaire dans d'autres langues. Néanmoins, ils doivent présenter l'un des 64 différents objets ou animaux. Par exemple, un lion et un chat sont différents, mais un chat est le même que l'on présente sa tête sur un client ou son corps entier sur un autre.</t>
         </is>
       </c>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
           <t>EmojiVerificationThe displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9504</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9505</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <t>Ils sont différents !</t>
         </is>
       </c>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
           <t>EmojiVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9517</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9518</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
           <t>Ils sont identiques !</t>
         </is>
       </c>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
           <t>EmojiVerificationThey match!</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9559</t>
+          <t>../qml/delegates/Encrypted.qml:9560</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>There is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
           <t>Il n'y a pas de clé pour déverrouiller ce message. Nous avons demandé la clé automatiquement, mais vous pouvez tenter de la demander à nouveau si vous êtes impatient.</t>
         </is>
       </c>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
           <t>EncryptedThere is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9561</t>
+          <t>../qml/delegates/Encrypted.qml:9562</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>This message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>Ce message n'a pas pu être déchiffré, car nous n'avons une clef que pour des messages plus récents. Vous pouvez demander l'accès à ce message.</t>
         </is>
       </c>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
           <t>EncryptedThis message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9563</t>
+          <t>../qml/delegates/Encrypted.qml:9564</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>There was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>Une erreur interne s'est produite durant la lecture de la clef de déchiffrement depuis la base de données.</t>
         </is>
       </c>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
           <t>EncryptedThere was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9565</t>
+          <t>../qml/delegates/Encrypted.qml:9566</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>There was an error decrypting this message.</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
           <t>Une erreur s'est produite durant le déchiffrement de ce message.</t>
         </is>
       </c>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
           <t>EncryptedThere was an error decrypting this message.</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9567</t>
+          <t>../qml/delegates/Encrypted.qml:9568</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>The message couldn't be parsed.</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
           <t>Le message n'a pas pu être traité.</t>
         </is>
       </c>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
           <t>EncryptedThe message couldn't be parsed.</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9569</t>
+          <t>../qml/delegates/Encrypted.qml:9570</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>The encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
           <t>La clef de chiffrement a été réutilisée ! Quelqu'un essaye peut-être d'insérer de faux messages dans ce chat !</t>
         </is>
       </c>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
           <t>EncryptedThe encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9571</t>
+          <t>../qml/delegates/Encrypted.qml:9572</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>Unknown decryption error</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
           <t>Erreur de déchiffrement inconnue</t>
         </is>
       </c>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
           <t>EncryptedUnknown decryption error</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9583</t>
+          <t>../qml/delegates/Encrypted.qml:9584</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>Request key</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
           <t>Demander la clé</t>
         </is>
       </c>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
           <t>EncryptedRequest key</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9621</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9622</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
           <t>%1 a activé le chiffrement de bout en bout</t>
         </is>
       </c>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
           <t>EncryptionEnabled%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9630</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9631</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>Encryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
           <t>Le chiffrement permet de garder votre communication sécurisée en autorisant uniquement les personnes à qui vous destinez les messages de les lire. Pour plus de sécurité, si vous voulez garantir que vous discuter avec les bonnes personnes, vous pouvez aussi effectuer une vérification dans la vie réelle.</t>
         </is>
       </c>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
           <t>EncryptionEnabledEncryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9667</t>
+          <t>../qml/EncryptionIndicator.qml:9668</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>This message is not encrypted!</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
           <t>Ce message n'est pas chiffré !</t>
         </is>
       </c>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
           <t>EncryptionIndicatorThis message is not encrypted!</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9670</t>
+          <t>../qml/EncryptionIndicator.qml:9671</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>Encrypted by a verified device</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>Chiffré par un appareil vérifié</t>
         </is>
       </c>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by a verified device</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9672</t>
+          <t>../qml/EncryptionIndicator.qml:9673</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
           <t>Chiffré par un appareil non vérifié, mais vous avez déjà fait confiance à ce contact.</t>
         </is>
       </c>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9674</t>
+          <t>../qml/EncryptionIndicator.qml:9675</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>Key is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
           <t>La clé de chiffrement ne provient pas d'une source de confiance, potentiellement transférée depuis un autre utilisateur ou la sauvegarde en ligne. Pour cette raison, nous ne pouvons vérifier qui a envoyé le message.</t>
         </is>
       </c>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
           <t>EncryptionIndicatorKey is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9676</t>
+          <t>../qml/EncryptionIndicator.qml:9677</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device.</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
           <t>Chiffré par un appareil non vérifié.</t>
         </is>
       </c>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device.</t>
         </is>
       </c>
       <c r="G218" t="inlineStr"/>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9709</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9710</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>Event expiration for %1</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
           <t>Expiration d'évènement pour %1</t>
         </is>
       </c>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration for %1</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9712</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9713</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>Event expiration</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
           <t>Expiration d'évènement</t>
         </is>
       </c>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9730</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9731</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
           <t>Vous pouvez configurer quand vos messages seront effacés dans %1. Ceci ne fonctionnement que lorsque Nheko est ouvert et a les permissions d'effacer les messages jusqu'à ce que les serveurs Matrix supportent cette fonctionnalité nativement. En général 0 signifie désactivé.</t>
         </is>
       </c>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9733</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9734</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
           <t>Vous pouvez configurer quand vos messages seront effacer de tous salons (sauf si configuré autrement). Ceci ne fonctionnement que lorsque Nheko est ouvert et a les permissions d'effacer les messages jusqu'à ce que les serveurs Matrix supportent cette fonctionnalité nativement. En général 0 signifie désactivé.</t>
         </is>
       </c>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9748</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>Expire events after X days</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
           <t>Faire expirer les évènements après X jours</t>
         </is>
       </c>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
           <t>EventExpirationDialogExpire events after X days</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9750</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>Automatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
           <t>Automatiquement effacer les messages après X jours . Choisir 0 pour désactiver.</t>
         </is>
       </c>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
           <t>EventExpirationDialogAutomatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9769</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>Only keep latest X events</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
           <t>Garder uniquement les X derniers évènements</t>
         </is>
       </c>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
           <t>EventExpirationDialogOnly keep latest X events</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9771</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>Deletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
           <t>Si possible, efface vos évènements dans ce salon s'il y a plus de X nouveaux messages. Choisir 0 pour désactiver.</t>
         </is>
       </c>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
           <t>EventExpirationDialogDeletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9791</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>Always keep latest X events</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
           <t>Toujours garder les X derniers évènements</t>
         </is>
       </c>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
           <t>EventExpirationDialogAlways keep latest X events</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9793</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>This prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
           <t>Ceci empêche les évènements d'être effacés par les deux configurations ci-dessus s'ils sont vos X derniers messages dans ce salon.</t>
         </is>
       </c>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
           <t>EventExpirationDialogThis prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9813</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>Include state events</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
           <t>Inclure les évènements d'état</t>
         </is>
       </c>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
           <t>EventExpirationDialogInclude state events</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9815</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>If this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
           <t>Si ceci est activé, les vieux évènements d'états seront effacés. Le dernier évènement d'état de n'importe quel combinaison type+clé sera exclu de la suppression pour ne pas perdre le nom du salon ou un évènement similaire par accident.</t>
         </is>
       </c>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
           <t>EventExpirationDialogIf this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>../../src/ui/EventExpiry.cpp:9874</t>
+          <t>../../src/ui/EventExpiry.cpp:9875</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
           <t>Impossible de modifier les évènements cachés : %1</t>
         </is>
       </c>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
           <t>EventExpiryFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9885</t>
+          <t>../qml/device-verification/Failed.qml:9886</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>Verification failed</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
           <t>Échec de la vérification</t>
         </is>
       </c>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
           <t>FailedVerification failed</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9897</t>
+          <t>../qml/device-verification/Failed.qml:9898</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>Other client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
           <t>L'autre client ne supporte pas notre protocole de vérification.</t>
         </is>
       </c>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
           <t>FailedOther client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9901</t>
+          <t>../qml/device-verification/Failed.qml:9902</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>Key mismatch detected!</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
           <t>Clés non correspondantes détectées !</t>
         </is>
       </c>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
           <t>FailedKey mismatch detected!</t>
         </is>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9903</t>
+          <t>../qml/device-verification/Failed.qml:9904</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>Device verification timed out.</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
           <t>Délai dépassé pour la vérification de l'appareil.</t>
         </is>
       </c>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
           <t>FailedDevice verification timed out.</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9905</t>
+          <t>../qml/device-verification/Failed.qml:9906</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>Other party canceled the verification.</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
           <t>Le correspondant a annulé la vérification.</t>
         </is>
       </c>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
           <t>FailedOther party canceled the verification.</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9907</t>
+          <t>../qml/device-verification/Failed.qml:9908</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>The verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
           <t>La vérification a été acceptée par un autre appareil.</t>
         </is>
       </c>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
           <t>FailedThe verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="G237" t="inlineStr"/>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9909</t>
+          <t>../qml/device-verification/Failed.qml:9910</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>Verification messages received out of order!</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
           <t>Messages de vérification reçus dans le désordre !</t>
         </is>
       </c>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
           <t>FailedVerification messages received out of order!</t>
         </is>
       </c>
       <c r="G238" t="inlineStr"/>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9911</t>
+          <t>../qml/device-verification/Failed.qml:9912</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>Unknown verification error.</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
           <t>Erreur de vérification inconnue.</t>
         </is>
       </c>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
           <t>FailedUnknown verification error.</t>
         </is>
       </c>
       <c r="G239" t="inlineStr"/>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9927</t>
+          <t>../qml/device-verification/Failed.qml:9928</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <t>Close</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>Fermer</t>
         </is>
       </c>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
           <t>FailedClose</t>
         </is>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9952</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9953</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>Fallback authentication</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
           <t>Authentification alternative</t>
         </is>
       </c>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
           <t>FallbackAuthDialogFallback authentication</t>
         </is>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9967</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9968</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>Open the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
           <t>Ouvrir l'alternative, suivre les étapes et confirmer après avoir terminé.</t>
         </is>
       </c>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9975</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9976</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>Open Fallback in Browser</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
           <t>Ouvrir la solution alternative dans le navigateur</t>
         </is>
       </c>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen Fallback in Browser</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9980</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9981</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>Cancel</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
           <t>Annuler</t>
         </is>
       </c>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
           <t>FallbackAuthDialogCancel</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9985</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9986</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>Confirm</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
           <t>Confirmer</t>
         </is>
       </c>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
           <t>FallbackAuthDialogConfirm</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>../qml/ForwardCompleter.qml:10037</t>
+          <t>../qml/ForwardCompleter.qml:10038</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>Forward Message</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
           <t>Transférer le message</t>
         </is>
       </c>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
           <t>ForwardCompleterForward Message</t>
         </is>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>../../src/GridImagePackModel.cpp:10322</t>
+          <t>../../src/GridImagePackModel.cpp:10323</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>Account Pack</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
           <t>Paquet de compte</t>
         </is>
       </c>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
           <t>GridImagePackModelAccount Pack</t>
         </is>
       </c>
       <c r="G247" t="inlineStr"/>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>../../src/ui/HiddenEvents.cpp:10424</t>
+          <t>../../src/ui/HiddenEvents.cpp:10425</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
           <t>Impossible de modifier les évènements cachés : %1</t>
         </is>
       </c>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
           <t>HiddenEventsFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10457</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10458</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
           <t>Hidden events for %1</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
           <t>Évènements cachés pour %1</t>
         </is>
       </c>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events for %1</t>
         </is>
       </c>
       <c r="G249" t="inlineStr"/>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10460</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10461</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>Hidden events</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
           <t>Évènements cachés</t>
         </is>
       </c>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events</t>
         </is>
       </c>
       <c r="G250" t="inlineStr"/>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10478</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10479</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
           <t>Ces évènements seront &lt;b&gt;affichés&lt;/b&gt; dans %1 :</t>
         </is>
       </c>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10481</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10482</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
           <t>Ces évènements seront &lt;b&gt;affichés&lt;/b&gt; dans tous les salons :</t>
         </is>
       </c>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="G252" t="inlineStr"/>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10496</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>User events</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
           <t>Évènements utilisateur</t>
         </is>
       </c>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
           <t>HiddenEventsDialogUser events</t>
         </is>
       </c>
       <c r="G253" t="inlineStr"/>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10498</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
           <t>Joins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
           <t>Arrivées, départs, changements d'avatar et de nom, bannissements, …</t>
         </is>
       </c>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
           <t>HiddenEventsDialogJoins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="G254" t="inlineStr"/>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10513</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
           <t>Power level changes</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
           <t>Changements de niveau de puissance</t>
         </is>
       </c>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
           <t>HiddenEventsDialogPower level changes</t>
         </is>
       </c>
       <c r="G255" t="inlineStr"/>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10515</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <t>Sent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
           <t>Envoyés quand un modérateur est ajouté/supprimé ou les permissions d'un salon ont changé.</t>
         </is>
       </c>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
           <t>HiddenEventsDialogSent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="G256" t="inlineStr"/>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10530</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10531</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <t>Stickers</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
           <t>Autocollants</t>
         </is>
       </c>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
           <t>HiddenEventsDialogStickers</t>
         </is>
       </c>
       <c r="G257" t="inlineStr"/>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10546</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10542</t>
+        </is>
+      </c>
+      <c r="B258" t="inlineStr"/>
+      <c r="C258" t="inlineStr"/>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnored users</t>
+          <t>HiddenEventsDialogAllowed server changes</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10566</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10558</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Ignoring a user hides their messages (they can still see yours!).</t>
+          <t>Ignored users</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>Ignorer un utilisateur masque ses messages (ils pourront toujours voir les vôtres).</t>
+          <t>Utilisateurs(rices) ignoré(e)s</t>
         </is>
       </c>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
+          <t>IgnoredUsersIgnored users</t>
         </is>
       </c>
       <c r="G259" t="inlineStr"/>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10597</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10578</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Stop Ignoring.</t>
+          <t>Ignoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>Arrêter d'ignorer.</t>
+          <t>Ignorer un utilisateur masque ses messages (ils pourront toujours voir les vôtres).</t>
         </is>
       </c>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>IgnoredUsersStop Ignoring.</t>
+          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="G260" t="inlineStr"/>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>../qml/delegates/ImageMessage.qml:10788</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10609</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>Show</t>
+          <t>Stop Ignoring.</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>Montrer</t>
+          <t>Arrêter d'ignorer.</t>
         </is>
       </c>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>ImageMessageShow</t>
+          <t>IgnoredUsersStop Ignoring.</t>
         </is>
       </c>
       <c r="G261" t="inlineStr"/>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10802</t>
+          <t>../qml/delegates/ImageMessage.qml:10800</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
+          <t>Show</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>Êtes-vous sûr(e) de vouloir effacer le paquet d'autocollants '%1' ?</t>
+          <t>Montrer</t>
         </is>
       </c>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
+          <t>ImageMessageShow</t>
         </is>
       </c>
       <c r="G262" t="inlineStr"/>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10824</t>
+          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10814</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Editing image pack</t>
+          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>Modification du paquet d'images</t>
+          <t>Êtes-vous sûr(e) de vouloir effacer le paquet d'autocollants '%1' ?</t>
         </is>
       </c>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogEditing image pack</t>
+          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="G263" t="inlineStr"/>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10880</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10836</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>Add images</t>
+          <t>Editing image pack</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>Ajouter des images</t>
+          <t>Modification du paquet d'images</t>
         </is>
       </c>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAdd images</t>
+          <t>ImagePackEditorDialogEditing image pack</t>
         </is>
       </c>
       <c r="G264" t="inlineStr"/>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10887</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10892</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>Add images</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>Ajouter des images</t>
         </is>
       </c>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>ImagePackEditorDialogAdd images</t>
         </is>
       </c>
       <c r="G265" t="inlineStr"/>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10888</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10899</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>Select images for pack</t>
+          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>Sélectionner des images pour le paquet</t>
+          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogSelect images for pack</t>
+          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G266" t="inlineStr"/>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10889</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10900</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>Add to pack</t>
+          <t>Select images for pack</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>Ajouter au paquet</t>
+          <t>Sélectionner des images pour le paquet</t>
         </is>
       </c>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAdd to pack</t>
+          <t>ImagePackEditorDialogSelect images for pack</t>
         </is>
       </c>
       <c r="G267" t="inlineStr"/>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10950</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10901</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Change the overview image for this pack</t>
+          <t>Add to pack</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>Changer l'image d'aperçu pour le paquet</t>
+          <t>Ajouter au paquet</t>
         </is>
       </c>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogChange the overview image for this pack</t>
+          <t>ImagePackEditorDialogAdd to pack</t>
         </is>
       </c>
       <c r="G268" t="inlineStr"/>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10963</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10962</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
+          <t>Change the overview image for this pack</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>Image d'aperçu (*.png *.webp *.jpg *.jpeg)</t>
+          <t>Changer l'image d'aperçu pour le paquet</t>
         </is>
       </c>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
+          <t>ImagePackEditorDialogChange the overview image for this pack</t>
         </is>
       </c>
       <c r="G269" t="inlineStr"/>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10964</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10975</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Select overview image for pack</t>
+          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>Sélectionner l'image d'aperçu pour le paquet</t>
+          <t>Image d'aperçu (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogSelect overview image for pack</t>
+          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
           <t>../qml/dialogs/ImagePackEditorDialog.qml:10976</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t>State key</t>
+          <t>Select overview image for pack</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>Clef d'état</t>
+          <t>Sélectionner l'image d'aperçu pour le paquet</t>
         </is>
       </c>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogState key</t>
+          <t>ImagePackEditorDialogSelect overview image for pack</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10984</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10988</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Packname</t>
+          <t>State key</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>Nom de paquet</t>
+          <t>Clef d'état</t>
         </is>
       </c>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogPackname</t>
+          <t>ImagePackEditorDialogState key</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10992</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10996</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Attribution</t>
+          <t>Packname</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>Attribution</t>
+          <t>Nom de paquet</t>
         </is>
       </c>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAttribution</t>
+          <t>ImagePackEditorDialogPackname</t>
         </is>
       </c>
       <c r="G273" t="inlineStr"/>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11076</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11004</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Use as Emoji</t>
+          <t>Attribution</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>Utiliser en tant qu'émoji</t>
+          <t>Attribution</t>
         </is>
       </c>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogUse as Emoji</t>
+          <t>ImagePackEditorDialogAttribution</t>
         </is>
       </c>
       <c r="G274" t="inlineStr"/>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11089</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11088</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>Use as Sticker</t>
+          <t>Use as Emoji</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>Utiliser en tant qu'autocollant</t>
+          <t>Utiliser en tant qu'émoji</t>
         </is>
       </c>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogUse as Sticker</t>
+          <t>ImagePackEditorDialogUse as Emoji</t>
         </is>
       </c>
       <c r="G275" t="inlineStr"/>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11052</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11101</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t>Shortcode</t>
+          <t>Use as Sticker</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>Petit code</t>
+          <t>Utiliser en tant qu'autocollant</t>
         </is>
       </c>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogShortcode</t>
+          <t>ImagePackEditorDialogUse as Sticker</t>
         </is>
       </c>
       <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11067</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11064</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t>Body</t>
+          <t>Shortcode</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>Corps</t>
+          <t>Petit code</t>
         </is>
       </c>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogBody</t>
+          <t>ImagePackEditorDialogShortcode</t>
         </is>
       </c>
       <c r="G277" t="inlineStr"/>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11102</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11079</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Remove from pack</t>
+          <t>Body</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>Retirer du paquet</t>
+          <t>Corps</t>
         </is>
       </c>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogRemove from pack</t>
+          <t>ImagePackEditorDialogBody</t>
         </is>
       </c>
       <c r="G278" t="inlineStr"/>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11106</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11114</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Remove</t>
+          <t>Remove from pack</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>Retirer</t>
+          <t>Retirer du paquet</t>
         </is>
       </c>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogRemove</t>
+          <t>ImagePackEditorDialogRemove from pack</t>
         </is>
       </c>
       <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11129</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11118</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Image pack settings</t>
+          <t>Remove</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>Paramètres des paquets d'images</t>
+          <t>Retirer</t>
         </is>
       </c>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogImage pack settings</t>
+          <t>ImagePackEditorDialogRemove</t>
         </is>
       </c>
       <c r="G280" t="inlineStr"/>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11181</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11141</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>Create account pack</t>
+          <t>Image pack settings</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>Créer un paquet de compte</t>
+          <t>Paramètres des paquets d'images</t>
         </is>
       </c>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogCreate account pack</t>
+          <t>ImagePackSettingsDialogImage pack settings</t>
         </is>
       </c>
       <c r="G281" t="inlineStr"/>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11194</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11193</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>New room pack</t>
+          <t>Create account pack</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>Nouveau paquet de salle</t>
+          <t>Créer un paquet de compte</t>
         </is>
       </c>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogNew room pack</t>
+          <t>ImagePackSettingsDialogCreate account pack</t>
         </is>
       </c>
       <c r="G282" t="inlineStr"/>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11216</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11206</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t>Private pack</t>
+          <t>New room pack</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>Paquet privé</t>
+          <t>Nouveau paquet de salle</t>
         </is>
       </c>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPrivate pack</t>
+          <t>ImagePackSettingsDialogNew room pack</t>
         </is>
       </c>
       <c r="G283" t="inlineStr"/>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11218</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11228</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Pack from this room</t>
+          <t>Private pack</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>Paquet de cette salle</t>
+          <t>Paquet privé</t>
         </is>
       </c>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from this room</t>
+          <t>ImagePackSettingsDialogPrivate pack</t>
         </is>
       </c>
       <c r="G284" t="inlineStr"/>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11220</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11230</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>Pack from parent community</t>
+          <t>Pack from this room</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>Paquet de la communauté parente</t>
+          <t>Paquet de cette salle</t>
         </is>
       </c>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from parent community</t>
+          <t>ImagePackSettingsDialogPack from this room</t>
         </is>
       </c>
       <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11222</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11232</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Globally enabled pack</t>
+          <t>Pack from parent community</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>Paquet activé partout</t>
+          <t>Paquet de la communauté parente</t>
         </is>
       </c>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogGlobally enabled pack</t>
+          <t>ImagePackSettingsDialogPack from parent community</t>
         </is>
       </c>
       <c r="G286" t="inlineStr"/>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11290</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11234</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Enable globally</t>
+          <t>Globally enabled pack</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>Activer partout</t>
+          <t>Paquet activé partout</t>
         </is>
       </c>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEnable globally</t>
+          <t>ImagePackSettingsDialogGlobally enabled pack</t>
         </is>
       </c>
       <c r="G287" t="inlineStr"/>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11294</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11302</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t>Enables this pack to be used in all rooms</t>
+          <t>Enable globally</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>Permet d'utiliser ce paquet dans tous les salons</t>
+          <t>Activer partout</t>
         </is>
       </c>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
+          <t>ImagePackSettingsDialogEnable globally</t>
         </is>
       </c>
       <c r="G288" t="inlineStr"/>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
           <t>../qml/dialogs/ImagePackSettingsDialog.qml:11306</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Edit</t>
+          <t>Enables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>Modifier</t>
+          <t>Permet d'utiliser ce paquet dans tous les salons</t>
         </is>
       </c>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEdit</t>
+          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="G289" t="inlineStr"/>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11317</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11318</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>Remove</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>Retirer</t>
+          <t>Modifier</t>
         </is>
       </c>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogRemove</t>
+          <t>ImagePackSettingsDialogEdit</t>
         </is>
       </c>
       <c r="G290" t="inlineStr"/>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11378</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11329</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Remove</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>Fermer</t>
+          <t>Retirer</t>
         </is>
       </c>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogClose</t>
+          <t>ImagePackSettingsDialogRemove</t>
         </is>
       </c>
       <c r="G291" t="inlineStr"/>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11390</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Select file(s)</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>Choisir fichier(s)</t>
+          <t>Fermer</t>
         </is>
       </c>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>InputBarSelect file(s)</t>
+          <t>ImagePackSettingsDialogClose</t>
         </is>
       </c>
       <c r="G292" t="inlineStr"/>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Select file(s)</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>Tous les types de fichiers (*)</t>
+          <t>Choisir fichier(s)</t>
         </is>
       </c>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>InputBarAll Files (*)</t>
+          <t>InputBarSelect file(s)</t>
         </is>
       </c>
       <c r="G293" t="inlineStr"/>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12424</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>Vous devez fournir un identifiant matrix valide pour ignorer un utilisateur. '%1' n'est pas un identifiant d'utilisateur valide.</t>
+          <t>Tous les types de fichiers (*)</t>
         </is>
       </c>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
+          <t>InputBarAll Files (*)</t>
         </is>
       </c>
       <c r="G294" t="inlineStr"/>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12431</t>
+          <t>../../src/timeline/InputBar.cpp:12436</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>Failed to fetch user %1</t>
+          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>La récupération de l'utilisateur %1 a échoué</t>
+          <t>Vous devez fournir un identifiant matrix valide pour ignorer un utilisateur. '%1' n'est pas un identifiant d'utilisateur valide.</t>
         </is>
       </c>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>InputBarFailed to fetch user %1</t>
+          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="G295" t="inlineStr"/>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12843</t>
+          <t>../../src/timeline/InputBar.cpp:12443</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Upload of '%1' failed</t>
+          <t>Failed to fetch user %1</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>La mise en ligne de '%1' n'a pas réussi</t>
+          <t>La récupération de l'utilisateur %1 a échoué</t>
         </is>
       </c>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>InputBarUpload of '%1' failed</t>
+          <t>InputBarFailed to fetch user %1</t>
         </is>
       </c>
       <c r="G296" t="inlineStr"/>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12883</t>
+          <t>../../src/timeline/InputBar.cpp:12855</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Invite users to %1</t>
+          <t>Upload of '%1' failed</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>Inviter des utilisateurs dans %1</t>
+          <t>La mise en ligne de '%1' n'a pas réussi</t>
         </is>
       </c>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>InviteDialogInvite users to %1</t>
+          <t>InputBarUpload of '%1' failed</t>
         </is>
       </c>
       <c r="G297" t="inlineStr"/>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12933</t>
+          <t>../qml/dialogs/InviteDialog.qml:12895</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Search user</t>
+          <t>Invite users to %1</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>Chercher un utilisateur</t>
+          <t>Inviter des utilisateurs dans %1</t>
         </is>
       </c>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>InviteDialogSearch user</t>
+          <t>InviteDialogInvite users to %1</t>
         </is>
       </c>
       <c r="G298" t="inlineStr"/>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12946</t>
+          <t>../qml/dialogs/InviteDialog.qml:12945</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>@user:yourserver.example.com</t>
+          <t>Search user</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>@utilisateur:serveur.domaine.extension</t>
+          <t>Chercher un utilisateur</t>
         </is>
       </c>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
+          <t>InviteDialogSearch user</t>
+        </is>
+      </c>
+      <c r="G299" t="inlineStr"/>
+      <c r="H299" t="inlineStr"/>
+    </row>
+    <row r="300">
+      <c r="A300" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/InviteDialog.qml:12958</t>
+        </is>
+      </c>
+      <c r="B300" t="inlineStr">
+        <is>
+          <t>@user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C300" t="inlineStr">
+        <is>
+          <t>@utilisateur:serveur.domaine.extension</t>
+        </is>
+      </c>
+      <c r="D300" t="inlineStr"/>
+      <c r="E300" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F300" t="inlineStr">
+        <is>
           <t>InviteDialog
 Example user id. The name 'user' can be localized however you want.@user:yourserver.example.com</t>
         </is>
       </c>
-      <c r="G299" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G300" t="inlineStr"/>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13074</t>
+          <t>../qml/dialogs/InviteDialog.qml:13000</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Invite</t>
+          <t>Search on Server</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>Inviter</t>
+          <t>Chercher sur le serveur</t>
         </is>
       </c>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>InviteDialogInvite</t>
+          <t>InviteDialogSearch on Server</t>
         </is>
       </c>
       <c r="G301" t="inlineStr"/>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13081</t>
+          <t>../qml/dialogs/InviteDialog.qml:13086</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Invite</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>Annuler</t>
+          <t>Inviter</t>
         </is>
       </c>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>InviteDialogCancel</t>
+          <t>InviteDialogInvite</t>
         </is>
       </c>
       <c r="G302" t="inlineStr"/>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13095</t>
+          <t>../qml/dialogs/InviteDialog.qml:13093</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Join room</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>Rejoindre le salon</t>
+          <t>Annuler</t>
         </is>
       </c>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>JoinRoomDialogJoin room</t>
+          <t>InviteDialogCancel</t>
         </is>
       </c>
       <c r="G303" t="inlineStr"/>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13115</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13107</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Room ID or alias</t>
+          <t>Join room</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>Identifiant ou alias du salon</t>
+          <t>Rejoindre le salon</t>
         </is>
       </c>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>JoinRoomDialogRoom ID or alias</t>
+          <t>JoinRoomDialogJoin room</t>
         </is>
       </c>
       <c r="G304" t="inlineStr"/>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13146</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13127</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Join</t>
+          <t>Room ID or alias</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>Rejoindre</t>
+          <t>Identifiant ou alias du salon</t>
         </is>
       </c>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>JoinRoomDialogJoin</t>
+          <t>JoinRoomDialogRoom ID or alias</t>
         </is>
       </c>
       <c r="G305" t="inlineStr"/>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13161</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13158</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Join</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>Quitter le salon</t>
+          <t>Rejoindre</t>
         </is>
       </c>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>LeaveRoomDialogLeave room</t>
+          <t>JoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G306" t="inlineStr"/>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13162</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13173</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Are you sure you want to leave?</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>Voulez-vous vraiment quitter ?</t>
+          <t>Quitter le salon</t>
         </is>
       </c>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>LeaveRoomDialogAre you sure you want to leave?</t>
+          <t>LeaveRoomDialogLeave room</t>
         </is>
       </c>
       <c r="G307" t="inlineStr"/>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13443</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13174</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
-          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+          <t>Are you sure you want to leave?</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>Vous avez entré un identifiant Matrix invalide (ex : @utilisateur:serveur.domaine.extension)</t>
+          <t>Voulez-vous vraiment quitter ?</t>
         </is>
       </c>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+          <t>LeaveRoomDialogAre you sure you want to leave?</t>
         </is>
       </c>
       <c r="G308" t="inlineStr"/>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13280</t>
+          <t>../../src/LoginPage.cpp:13455</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
+          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>Échec de la découverte automatique. Réponse mal formée reçue.</t>
+          <t>Vous avez entré un identifiant Matrix invalide (ex : @utilisateur:serveur.domaine.extension)</t>
         </is>
       </c>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>LoginPageAutodiscovery failed. Received malformed response.</t>
+          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G309" t="inlineStr"/>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13286</t>
+          <t>../../src/LoginPage.cpp:13292</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>Échec de la découverte automatique. Erreur inconnue lors de la demande de .well-known.</t>
+          <t>Échec de la découverte automatique. Réponse mal formée reçue.</t>
         </is>
       </c>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>LoginPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G310" t="inlineStr"/>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13319</t>
+          <t>../../src/LoginPage.cpp:13298</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>Les endpoints requis n'ont pas été trouvés. Ce n'est peut-être pas un serveur Matrix.</t>
+          <t>Échec de la découverte automatique. Erreur inconnue lors de la demande de .well-known.</t>
         </is>
       </c>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G311" t="inlineStr"/>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13325</t>
+          <t>../../src/LoginPage.cpp:13331</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
-          <t>Réponse mal formée reçue. Vérifiez que le nom de domaine du serveur est valide.</t>
+          <t>Les endpoints requis n'ont pas été trouvés. Ce n'est peut-être pas un serveur Matrix.</t>
         </is>
       </c>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G312" t="inlineStr"/>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13333</t>
+          <t>../../src/LoginPage.cpp:13337</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>Une erreur inconnue est survenue. Vérifiez que le nom de domaine du serveur est valide.</t>
+          <t>Réponse mal formée reçue. Vérifiez que le nom de domaine du serveur est valide.</t>
         </is>
       </c>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G313" t="inlineStr"/>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13354</t>
+          <t>../../src/LoginPage.cpp:13345</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>Le serveur sélectionné ne supporte pas une version du protocole Matrix que ce client supporte (%1 à %2). Vous ne pouvez pas vous connecter.</t>
+          <t>Une erreur inconnue est survenue. Vérifiez que le nom de domaine du serveur est valide.</t>
         </is>
       </c>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+          <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G314" t="inlineStr"/>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13375</t>
+          <t>../../src/LoginPage.cpp:13366</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Sign in with Apple</t>
+          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
-          <t>Se connecter avec Apple</t>
+          <t>Le serveur sélectionné ne supporte pas une version du protocole Matrix que ce client supporte (%1 à %2). Vous ne pouvez pas vous connecter.</t>
         </is>
       </c>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Apple</t>
+          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="G315" t="inlineStr"/>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13377</t>
+          <t>../../src/LoginPage.cpp:13387</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Continue with Facebook</t>
+          <t>Sign in with Apple</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>Continuer avec Facebook</t>
+          <t>Se connecter avec Apple</t>
         </is>
       </c>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>LoginPageContinue with Facebook</t>
+          <t>LoginPageSign in with Apple</t>
         </is>
       </c>
       <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13379</t>
+          <t>../../src/LoginPage.cpp:13389</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Sign in with Google</t>
+          <t>Continue with Facebook</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>Connexion avec Google</t>
+          <t>Continuer avec Facebook</t>
         </is>
       </c>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Google</t>
+          <t>LoginPageContinue with Facebook</t>
         </is>
       </c>
       <c r="G317" t="inlineStr"/>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13381</t>
+          <t>../../src/LoginPage.cpp:13391</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Sign in with Twitter</t>
+          <t>Sign in with Google</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>Connexion avec Twitter</t>
+          <t>Connexion avec Google</t>
         </is>
       </c>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Twitter</t>
+          <t>LoginPageSign in with Google</t>
         </is>
       </c>
       <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13383</t>
+          <t>../../src/LoginPage.cpp:13393</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Login using %1</t>
+          <t>Sign in with Twitter</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>Connexion avec %1</t>
+          <t>Connexion avec Twitter</t>
         </is>
       </c>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>LoginPageLogin using %1</t>
+          <t>LoginPageSign in with Twitter</t>
         </is>
       </c>
       <c r="G319" t="inlineStr"/>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13392</t>
+          <t>../../src/LoginPage.cpp:13395</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
-          <t>SSO LOGIN</t>
+          <t>Login using %1</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>CONNEXION SSO</t>
+          <t>Connexion avec %1</t>
         </is>
       </c>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>LoginPageSSO LOGIN</t>
+          <t>LoginPageLogin using %1</t>
         </is>
       </c>
       <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13450</t>
+          <t>../../src/LoginPage.cpp:13404</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Empty password</t>
+          <t>SSO LOGIN</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>Mot de passe vide</t>
+          <t>CONNEXION SSO</t>
         </is>
       </c>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>LoginPageEmpty password</t>
+          <t>LoginPageSSO LOGIN</t>
         </is>
       </c>
       <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13505</t>
+          <t>../../src/LoginPage.cpp:13462</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>SSO login failed</t>
+          <t>Empty password</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>Échec de la connexion SSO</t>
+          <t>Mot de passe vide</t>
         </is>
       </c>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>LoginPageSSO login failed</t>
+          <t>LoginPageEmpty password</t>
         </is>
       </c>
       <c r="G322" t="inlineStr"/>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13563</t>
+          <t>../../src/LoginPage.cpp:13517</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Matrix ID</t>
+          <t>SSO login failed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>Identifiant Matrix</t>
+          <t>Échec de la connexion SSO</t>
         </is>
       </c>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>LoginPageMatrix ID</t>
+          <t>LoginPageSSO login failed</t>
         </is>
       </c>
       <c r="G323" t="inlineStr"/>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13564</t>
+          <t>../qml/pages/LoginPage.qml:13575</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
-          <t>e.g @user:yourserver.example.com</t>
+          <t>Matrix ID</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>ex : @utilisateur:serveur.domaine.extension</t>
+          <t>Identifiant Matrix</t>
         </is>
       </c>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>LoginPagee.g @user:yourserver.example.com</t>
+          <t>LoginPageMatrix ID</t>
         </is>
       </c>
       <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13567</t>
+          <t>../qml/pages/LoginPage.qml:13576</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
+        <is>
+          <t>e.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C325" t="inlineStr">
+        <is>
+          <t>ex : @utilisateur:serveur.domaine.extension</t>
+        </is>
+      </c>
+      <c r="D325" t="inlineStr"/>
+      <c r="E325" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F325" t="inlineStr">
+        <is>
+          <t>LoginPagee.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="G325" t="inlineStr"/>
+      <c r="H325" t="inlineStr"/>
+    </row>
+    <row r="326">
+      <c r="A326" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13579</t>
+        </is>
+      </c>
+      <c r="B326" t="inlineStr">
         <is>
           <t>Your login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="C325" t="inlineStr">
+      <c r="C326" t="inlineStr">
         <is>
           <t>Votre identifiant, un mxid, doit commencer par un @ suivi d'un identifiant utilisateur. Après cet
 identifiant vous devrez inclure votre serveur précédé par un :.
 Vous pouvez aussi insérer l'adresse de votre serveur si celui-ci ne supporte pas le recherche .well-known.
 Example : @utilisateur:serveur.domaine.extension
 Si Nheko n'arrive pas à découvrir votre serveur, il vous présentera un champ serveur à remplir manuellement.</t>
         </is>
       </c>
-      <c r="D325" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F325" t="inlineStr">
+      <c r="D326" t="inlineStr"/>
+      <c r="E326" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F326" t="inlineStr">
         <is>
           <t>LoginPageYour login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="G325" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G326" t="inlineStr"/>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13597</t>
+          <t>../qml/pages/LoginPage.qml:13607</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
-          <t>Your password.</t>
+          <t>Password</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>Votre mot de passe.</t>
+          <t>Mot de passe</t>
         </is>
       </c>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>LoginPageYour password.</t>
+          <t>LoginPagePassword</t>
         </is>
       </c>
       <c r="G327" t="inlineStr"/>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13610</t>
+          <t>../qml/pages/LoginPage.qml:13609</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
-          <t>Show/Hide Password</t>
+          <t>Your password.</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>Montrer/masquer le mot de passe</t>
+          <t>Votre mot de passe.</t>
         </is>
       </c>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>LoginPageShow/Hide Password</t>
+          <t>LoginPageYour password.</t>
         </is>
       </c>
       <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13625</t>
+          <t>../qml/pages/LoginPage.qml:13622</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Device name</t>
+          <t>Show/Hide Password</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>Nom de l'appareil</t>
+          <t>Montrer/masquer le mot de passe</t>
         </is>
       </c>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>LoginPageDevice name</t>
+          <t>LoginPageShow/Hide Password</t>
         </is>
       </c>
       <c r="G329" t="inlineStr"/>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13627</t>
+          <t>../qml/pages/LoginPage.qml:13637</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>Device name</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>Un nom pour cet appareil qui sera visible pour les autres lorsqu'ils vérifieront votre appareil. Si rien n'est fourni, un nom par défaut sera utilisé.</t>
+          <t>Nom de l'appareil</t>
         </is>
       </c>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>LoginPageDevice name</t>
         </is>
       </c>
       <c r="G330" t="inlineStr"/>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13637</t>
+          <t>../qml/pages/LoginPage.qml:13639</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Homeserver address</t>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>Adresse du serveur</t>
+          <t>Un nom pour cet appareil qui sera visible pour les autres lorsqu'ils vérifieront votre appareil. Si rien n'est fourni, un nom par défaut sera utilisé.</t>
         </is>
       </c>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>LoginPageHomeserver address</t>
+          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="G331" t="inlineStr"/>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13638</t>
+          <t>../qml/pages/LoginPage.qml:13649</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
-          <t>yourserver.example.com:8787</t>
+          <t>Homeserver address</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>serveur.domaine.extension:8787</t>
+          <t>Adresse du serveur</t>
         </is>
       </c>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>LoginPageyourserver.example.com:8787</t>
+          <t>LoginPageHomeserver address</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13641</t>
+          <t>../qml/pages/LoginPage.qml:13650</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
+        <is>
+          <t>yourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="C333" t="inlineStr">
+        <is>
+          <t>serveur.domaine.extension:8787</t>
+        </is>
+      </c>
+      <c r="D333" t="inlineStr"/>
+      <c r="E333" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F333" t="inlineStr">
+        <is>
+          <t>LoginPageyourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="G333" t="inlineStr"/>
+      <c r="H333" t="inlineStr"/>
+    </row>
+    <row r="334">
+      <c r="A334" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13653</t>
+        </is>
+      </c>
+      <c r="B334" t="inlineStr">
         <is>
           <t>The address that can be used to contact your homeserver's client API.
 Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
-      <c r="C333" t="inlineStr">
+      <c r="C334" t="inlineStr">
         <is>
           <t>L'adresse qui est utilisée pour contacter l'api client votre serveur.
 Exemple : https://serveur.domaine.extension:8787</t>
         </is>
       </c>
-      <c r="D333" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F333" t="inlineStr">
+      <c r="D334" t="inlineStr"/>
+      <c r="E334" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F334" t="inlineStr">
         <is>
           <t>LoginPageThe address that can be used to contact your homeserver's client API.
 Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
-      <c r="G333" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G334" t="inlineStr"/>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13715</t>
+          <t>../qml/pages/LoginPage.qml:13685</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>LOGIN</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>Retour</t>
+          <t>CONNEXION</t>
         </is>
       </c>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>LoginPageBack</t>
+          <t>LoginPageLOGIN</t>
         </is>
       </c>
       <c r="G335" t="inlineStr"/>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13727</t>
+          <t>../qml/pages/LoginPage.qml:13727</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>Se déconnecter</t>
+          <t>Retour</t>
         </is>
       </c>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>LogoutDialogLog out</t>
+          <t>LoginPageBack</t>
         </is>
       </c>
       <c r="G336" t="inlineStr"/>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13739</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t>A call is in progress. Log out?</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>Un appel est en cours. Se déconnecter ?</t>
+          <t>Se déconnecter</t>
         </is>
       </c>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>LogoutDialogA call is in progress. Log out?</t>
+          <t>LogoutDialogLog out</t>
         </is>
       </c>
       <c r="G337" t="inlineStr"/>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Are you sure you want to log out?</t>
+          <t>A call is in progress. Log out?</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>Êtes-vous certain de vouloir vous déconnecter ?</t>
+          <t>Un appel est en cours. Se déconnecter ?</t>
         </is>
       </c>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>LogoutDialogAre you sure you want to log out?</t>
+          <t>LogoutDialogA call is in progress. Log out?</t>
         </is>
       </c>
       <c r="G338" t="inlineStr"/>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:13609</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Failed to upload media. Please try again.</t>
+          <t>Are you sure you want to log out?</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>Échec de l'envoi du média. Veuillez réessayer.</t>
+          <t>Êtes-vous certain de vouloir vous déconnecter ?</t>
         </is>
       </c>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>MediaUploadFailed to upload media. Please try again.</t>
+          <t>LogoutDialogAre you sure you want to log out?</t>
         </is>
       </c>
       <c r="G339" t="inlineStr"/>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../../src/timeline/InputBar.cpp:13621</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
-          <t>Hang up</t>
+          <t>Failed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>Raccrocher</t>
+          <t>Échec de l'envoi du média. Veuillez réessayer.</t>
         </is>
       </c>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>MessageInputHang up</t>
+          <t>MediaUploadFailed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Already on a call</t>
+          <t>Hang up</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>Déjà dans un appel</t>
+          <t>Raccrocher</t>
         </is>
       </c>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>MessageInputAlready on a call</t>
+          <t>MessageInputHang up</t>
         </is>
       </c>
       <c r="G341" t="inlineStr"/>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Place a call</t>
+          <t>Already on a call</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>Appeler</t>
+          <t>Déjà dans un appel</t>
         </is>
       </c>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>MessageInputPlace a call</t>
+          <t>MessageInputAlready on a call</t>
         </is>
       </c>
       <c r="G342" t="inlineStr"/>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13684</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Send a file</t>
+          <t>Place a call</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>Envoyer un fichier</t>
+          <t>Appeler</t>
         </is>
       </c>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>MessageInputSend a file</t>
+          <t>MessageInputPlace a call</t>
         </is>
       </c>
       <c r="G343" t="inlineStr"/>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13752</t>
+          <t>../qml/MessageInput.qml:13696</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t>Write a message…</t>
+          <t>Send a file</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>Écrivez un message…</t>
+          <t>Envoyer un fichier</t>
         </is>
       </c>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>MessageInputWrite a message...</t>
+          <t>MessageInputSend a file</t>
         </is>
       </c>
       <c r="G344" t="inlineStr"/>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14015</t>
+          <t>../qml/MessageInput.qml:13764</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
-          <t>Stickers</t>
+          <t>Write a message…</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>Autocollants</t>
+          <t>Écrivez un message…</t>
         </is>
       </c>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>MessageInputStickers</t>
+          <t>MessageInputWrite a message...</t>
         </is>
       </c>
       <c r="G345" t="inlineStr"/>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14039</t>
+          <t>../qml/MessageInput.qml:14037</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
-          <t>Emoji</t>
+          <t>Stickers</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>Émoji</t>
+          <t>Autocollants</t>
         </is>
       </c>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>MessageInputEmoji</t>
+          <t>MessageInputStickers</t>
         </is>
       </c>
       <c r="G346" t="inlineStr"/>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
           <t>../qml/MessageInput.qml:14061</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>Emoji</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>Envoyer</t>
+          <t>Émoji</t>
         </is>
       </c>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>MessageInputSend</t>
+          <t>MessageInputEmoji</t>
         </is>
       </c>
       <c r="G347" t="inlineStr"/>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14076</t>
+          <t>../qml/MessageInput.qml:14083</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>You don't have permission to send messages in this room</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>Vous n'avez pas l'autorisation d'envoyer des messages dans ce salon</t>
+          <t>Envoyer</t>
         </is>
       </c>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>MessageInputYou don't have permission to send messages in this room</t>
+          <t>MessageInputSend</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
-          <t>../qml/MessageInputWarning.qml:14137</t>
+          <t>../qml/MessageInput.qml:14098</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Don't mention them in this message</t>
+          <t>You don't have permission to send messages in this room</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>Ne les mentionnez pas dans ce message</t>
+          <t>Vous n'avez pas l'autorisation d'envoyer des messages dans ce salon</t>
         </is>
       </c>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>MessageInputWarningDon't mention them in this message</t>
+          <t>MessageInputYou don't have permission to send messages in this room</t>
         </is>
       </c>
       <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14372</t>
+          <t>../qml/MessageInputWarning.qml:14159</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Edit</t>
+          <t>Don't mention them in this message</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>Modifier</t>
+          <t>Ne les mentionnez pas dans ce message</t>
         </is>
       </c>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>MessageViewEdit</t>
+          <t>MessageInputWarningDon't mention them in this message</t>
         </is>
       </c>
       <c r="G350" t="inlineStr"/>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14389</t>
+          <t>../qml/MessageView.qml:14396</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>React</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>Réagir</t>
+          <t>Modifier</t>
         </is>
       </c>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>MessageViewReact</t>
+          <t>MessageViewEdit</t>
         </is>
       </c>
       <c r="G351" t="inlineStr"/>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14413</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>Reply in thread</t>
+          <t>React</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>Répondre dans un fil</t>
+          <t>Réagir</t>
         </is>
       </c>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>MessageViewReply in thread</t>
+          <t>MessageViewReact</t>
         </is>
       </c>
       <c r="G352" t="inlineStr"/>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>New thread</t>
+          <t>Reply in thread</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>Nouveau fil</t>
+          <t>Répondre dans un fil</t>
         </is>
       </c>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>MessageViewNew thread</t>
+          <t>MessageViewReply in thread</t>
         </is>
       </c>
       <c r="G353" t="inlineStr"/>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14415</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
-          <t>Reply</t>
+          <t>New thread</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>Répondre</t>
+          <t>Nouveau fil</t>
         </is>
       </c>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>MessageViewReply</t>
+          <t>MessageViewNew thread</t>
         </is>
       </c>
       <c r="G354" t="inlineStr"/>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14426</t>
+          <t>../qml/MessageView.qml:14439</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Go to message</t>
+          <t>Reply</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>Aller au message</t>
+          <t>Répondre</t>
         </is>
       </c>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>MessageViewGo to message</t>
+          <t>MessageViewReply</t>
         </is>
       </c>
       <c r="G355" t="inlineStr"/>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14443</t>
+          <t>../qml/MessageView.qml:14450</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
-          <t>Options</t>
+          <t>Go to message</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>Options</t>
+          <t>Aller au message</t>
         </is>
       </c>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>MessageViewOptions</t>
+          <t>MessageViewGo to message</t>
         </is>
       </c>
       <c r="G356" t="inlineStr"/>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14576</t>
+          <t>../qml/MessageView.qml:14467</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
-          <t>Enter reason for removal or hit enter for no reason:</t>
+          <t>Options</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>Entrez la raison de la suppression, ou appuyez sur entrée pour l'omettre :</t>
+          <t>Options</t>
         </is>
       </c>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
+          <t>MessageViewOptions</t>
         </is>
       </c>
       <c r="G357" t="inlineStr"/>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14577</t>
+          <t>../qml/MessageView.qml:14600</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
-          <t>Reason for removal</t>
+          <t>Enter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>Raison de la suppression</t>
+          <t>Entrez la raison de la suppression, ou appuyez sur entrée pour l'omettre :</t>
         </is>
       </c>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>MessageViewReason for removal</t>
+          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G358" t="inlineStr"/>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
           <t>../qml/MessageView.qml:14601</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
-          <t>Go to &amp;message</t>
+          <t>Reason for removal</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>Aller au &amp;message</t>
+          <t>Raison de la suppression</t>
         </is>
       </c>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>MessageViewGo to &amp;message</t>
+          <t>MessageViewReason for removal</t>
         </is>
       </c>
       <c r="G359" t="inlineStr"/>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14797</t>
+          <t>../qml/MessageView.qml:14625</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
-          <t>&amp;Copy</t>
+          <t>Go to &amp;message</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>&amp;Copier</t>
+          <t>Aller au &amp;message</t>
         </is>
       </c>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>MessageView&amp;Copy</t>
+          <t>MessageViewGo to &amp;message</t>
         </is>
       </c>
       <c r="G360" t="inlineStr"/>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14805</t>
+          <t>../qml/MessageView.qml:14823</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Copy &amp;link location</t>
+          <t>&amp;Copy</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>Copier l'adresse du &amp;lien</t>
+          <t>&amp;Copier</t>
         </is>
       </c>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>MessageViewCopy &amp;link location</t>
+          <t>MessageView&amp;Copy</t>
         </is>
       </c>
       <c r="G361" t="inlineStr"/>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14630</t>
+          <t>../qml/MessageView.qml:14831</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
-          <t>Re&amp;act</t>
+          <t>Copy &amp;link location</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>Ré&amp;agir</t>
+          <t>Copier l'adresse du &amp;lien</t>
         </is>
       </c>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>MessageViewRe&amp;act</t>
+          <t>MessageViewCopy &amp;link location</t>
         </is>
       </c>
       <c r="G362" t="inlineStr"/>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14641</t>
+          <t>../qml/MessageView.qml:14654</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
-          <t>Repl&amp;y</t>
+          <t>Re&amp;act</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>&amp;Y répondre</t>
+          <t>Ré&amp;agir</t>
         </is>
       </c>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>MessageViewRepl&amp;y</t>
+          <t>MessageViewRe&amp;act</t>
         </is>
       </c>
       <c r="G363" t="inlineStr"/>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14649</t>
+          <t>../qml/MessageView.qml:14665</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
-          <t>&amp;Edit</t>
+          <t>Repl&amp;y</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>&amp;Modifier</t>
+          <t>&amp;Y répondre</t>
         </is>
       </c>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>MessageView&amp;Edit</t>
+          <t>MessageViewRepl&amp;y</t>
         </is>
       </c>
       <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14657</t>
+          <t>../qml/MessageView.qml:14673</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
-          <t>&amp;Thread</t>
+          <t>&amp;Edit</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>&amp;Fil</t>
+          <t>&amp;Modifier</t>
         </is>
       </c>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>MessageView&amp;Thread</t>
+          <t>MessageView&amp;Edit</t>
         </is>
       </c>
       <c r="G365" t="inlineStr"/>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14681</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Un&amp;pin</t>
+          <t>&amp;Thread</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>Désé&amp;pingler</t>
+          <t>&amp;Fil</t>
         </is>
       </c>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>MessageViewUn&amp;pin</t>
+          <t>MessageView&amp;Thread</t>
         </is>
       </c>
       <c r="G366" t="inlineStr"/>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
-          <t>&amp;Pin</t>
+          <t>Un&amp;pin</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>É&amp;pingler</t>
+          <t>Désé&amp;pingler</t>
         </is>
       </c>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>MessageView&amp;Pin</t>
+          <t>MessageViewUn&amp;pin</t>
         </is>
       </c>
       <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14673</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
-          <t>&amp;Read receipts</t>
+          <t>&amp;Pin</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>&amp;Accusés de lecture</t>
+          <t>É&amp;pingler</t>
         </is>
       </c>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>MessageView&amp;Read receipts</t>
+          <t>MessageView&amp;Pin</t>
         </is>
       </c>
       <c r="G368" t="inlineStr"/>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14680</t>
+          <t>../qml/MessageView.qml:14697</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
-          <t>&amp;Forward</t>
+          <t>&amp;Read receipts</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>&amp;Faire suivre</t>
+          <t>&amp;Accusés de lecture</t>
         </is>
       </c>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>MessageView&amp;Forward</t>
+          <t>MessageView&amp;Read receipts</t>
         </is>
       </c>
       <c r="G369" t="inlineStr"/>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14693</t>
+          <t>../qml/MessageView.qml:14704</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
-          <t>&amp;Mark as read</t>
+          <t>&amp;Forward</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>&amp;Marquer comme lu</t>
+          <t>&amp;Faire suivre</t>
         </is>
       </c>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>MessageView&amp;Mark as read</t>
+          <t>MessageView&amp;Forward</t>
         </is>
       </c>
       <c r="G370" t="inlineStr"/>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14698</t>
+          <t>../qml/MessageView.qml:14717</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
-          <t>View raw message</t>
+          <t>&amp;Mark as read</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>Voir le message brut</t>
+          <t>&amp;Marquer comme lu</t>
         </is>
       </c>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>MessageViewView raw message</t>
+          <t>MessageView&amp;Mark as read</t>
         </is>
       </c>
       <c r="G371" t="inlineStr"/>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14705</t>
+          <t>../qml/MessageView.qml:14724</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
-          <t>View decrypted raw message</t>
+          <t>View raw message</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>Voir le message déchiffré brut</t>
+          <t>Voir le message brut</t>
         </is>
       </c>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>MessageViewView decrypted raw message</t>
+          <t>MessageViewView raw message</t>
         </is>
       </c>
       <c r="G372" t="inlineStr"/>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14714</t>
+          <t>../qml/MessageView.qml:14731</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Remo&amp;ve message</t>
+          <t>View decrypted raw message</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>Enle&amp;ver le message</t>
+          <t>Voir le message déchiffré brut</t>
         </is>
       </c>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>MessageViewRemo&amp;ve message</t>
+          <t>MessageViewView decrypted raw message</t>
         </is>
       </c>
       <c r="G373" t="inlineStr"/>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14728</t>
+          <t>../qml/MessageView.qml:14740</t>
         </is>
       </c>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Report message</t>
+          <t>Remo&amp;ve message</t>
         </is>
       </c>
       <c r="C374" t="inlineStr">
         <is>
-          <t>Signaler le message</t>
+          <t>Enle&amp;ver le message</t>
         </is>
       </c>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>MessageViewReport message</t>
+          <t>MessageViewRemo&amp;ve message</t>
         </is>
       </c>
       <c r="G374" t="inlineStr"/>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14739</t>
+          <t>../qml/MessageView.qml:14754</t>
         </is>
       </c>
       <c r="B375" t="inlineStr">
         <is>
-          <t>&amp;Save as</t>
+          <t>Report message</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>Enregistrer &amp;sous</t>
+          <t>Signaler le message</t>
         </is>
       </c>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>MessageView&amp;Save as</t>
+          <t>MessageViewReport message</t>
         </is>
       </c>
       <c r="G375" t="inlineStr"/>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14747</t>
+          <t>../qml/MessageView.qml:14765</t>
         </is>
       </c>
       <c r="B376" t="inlineStr">
         <is>
-          <t>&amp;Open in external program</t>
+          <t>&amp;Save as</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>&amp;Ouvrir dans un programme externe</t>
+          <t>Enregistrer &amp;sous</t>
         </is>
       </c>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>MessageView&amp;Open in external program</t>
+          <t>MessageView&amp;Save as</t>
         </is>
       </c>
       <c r="G376" t="inlineStr"/>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14755</t>
+          <t>../qml/MessageView.qml:14773</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Copy link to eve&amp;nt</t>
+          <t>&amp;Open in external program</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>Copier le lien vers l'évène&amp;nement</t>
+          <t>&amp;Ouvrir dans un programme externe</t>
         </is>
       </c>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>MessageViewCopy link to eve&amp;nt</t>
+          <t>MessageView&amp;Open in external program</t>
         </is>
       </c>
       <c r="G377" t="inlineStr"/>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14813</t>
+          <t>../qml/MessageView.qml:14781</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
-          <t>&amp;Go to quoted message</t>
+          <t>Copy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>Aller au messa&amp;ge cité</t>
+          <t>Copier le lien vers l'évène&amp;nement</t>
         </is>
       </c>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>MessageView&amp;Go to quoted message</t>
+          <t>MessageViewCopy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="G378" t="inlineStr"/>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/MessageView.qml:14839</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Send Verification Request</t>
+          <t>&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>Envoyer la demande de vérification</t>
+          <t>Aller au messa&amp;ge cité</t>
         </is>
       </c>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>NewVerificationRequestSend Verification Request</t>
+          <t>MessageView&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
-          <t>Received Verification Request</t>
+          <t>Send Verification Request</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>Demande de vérification reçue</t>
+          <t>Envoyer la demande de vérification</t>
         </is>
       </c>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>NewVerificationRequestReceived Verification Request</t>
+          <t>NewVerificationRequestSend Verification Request</t>
         </is>
       </c>
       <c r="G380" t="inlineStr"/>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14837</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B381" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>Received Verification Request</t>
         </is>
       </c>
       <c r="C381" t="inlineStr">
         <is>
-          <t>Pour permettre aux utilisateurs de voir quels appareils vous appartiennent, vous pouvez les vérifier avec eux. Ceci permets au sauvegarde de clé de chiffrement de fonctionner automatiquement. Vérifier un appareil maintenant ? (Merci de vérifier que vous avez l'un de ces appareils disponible à proximité.)</t>
+          <t>Demande de vérification reçue</t>
         </is>
       </c>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>NewVerificationRequestReceived Verification Request</t>
         </is>
       </c>
       <c r="G381" t="inlineStr"/>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14839</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14863</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>Pour permettre aux utilisateurs de voir quels appareils vous appartiennent, vous pouvez les vérifier avec eux. Ceci permets au sauvegarde de clé de chiffrement de fonctionner automatiquement. Vérifier %1 maintenant ?</t>
+          <t>Pour permettre aux utilisateurs de voir quels appareils vous appartiennent, vous pouvez les vérifier avec eux. Ceci permets au sauvegarde de clé de chiffrement de fonctionner automatiquement. Vérifier un appareil maintenant ? (Merci de vérifier que vous avez l'un de ces appareils disponible à proximité.)</t>
         </is>
       </c>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="G382" t="inlineStr"/>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14841</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14865</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
-          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>Pour vous assurer que personne ne puisse intercepter vos communications chiffrées, vous pouvez vérifier le correspondant.</t>
+          <t>Pour permettre aux utilisateurs de voir quels appareils vous appartiennent, vous pouvez les vérifier avec eux. Ceci permets au sauvegarde de clé de chiffrement de fonctionner automatiquement. Vérifier %1 maintenant ?</t>
         </is>
       </c>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="G383" t="inlineStr"/>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14844</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14867</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
-          <t>%1 has requested to verify their device %2.</t>
+          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>%1 a demandé à vérifier leur appareil %2.</t>
+          <t>Pour vous assurer que personne ne puisse intercepter vos communications chiffrées, vous pouvez vérifier le correspondant.</t>
         </is>
       </c>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
+          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="G384" t="inlineStr"/>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14846</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14870</t>
         </is>
       </c>
       <c r="B385" t="inlineStr">
         <is>
-          <t>%1 using the device %2 has requested to be verified.</t>
+          <t>%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
-          <t>%1 a utilisé l'appareil %2 pour demander à être vérifié.</t>
+          <t>%1 a demandé à vérifier leur appareil %2.</t>
         </is>
       </c>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
+          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="G385" t="inlineStr"/>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14848</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14872</t>
         </is>
       </c>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Your device (%1) has requested to be verified.</t>
+          <t>%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>Votre appareil (%1) a demandé à être vérifié.</t>
+          <t>%1 a utilisé l'appareil %2 pour demander à être vérifié.</t>
         </is>
       </c>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
+          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="G386" t="inlineStr"/>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14874</t>
         </is>
       </c>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Your device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>Annuler</t>
+          <t>Votre appareil (%1) a demandé à être vérifié.</t>
         </is>
       </c>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>NewVerificationRequestCancel</t>
+          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="G387" t="inlineStr"/>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Deny</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>Refuser</t>
+          <t>Annuler</t>
         </is>
       </c>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>NewVerificationRequestDeny</t>
+          <t>NewVerificationRequestCancel</t>
         </is>
       </c>
       <c r="G388" t="inlineStr"/>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Start verification</t>
+          <t>Deny</t>
         </is>
       </c>
       <c r="C389" t="inlineStr">
         <is>
-          <t>Démarrer la vérification</t>
+          <t>Refuser</t>
         </is>
       </c>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>NewVerificationRequestStart verification</t>
+          <t>NewVerificationRequestDeny</t>
         </is>
       </c>
       <c r="G389" t="inlineStr"/>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Accept</t>
+          <t>Start verification</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
-          <t>Accepter</t>
+          <t>Démarrer la vérification</t>
         </is>
       </c>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>NewVerificationRequestAccept</t>
+          <t>NewVerificationRequestStart verification</t>
         </is>
       </c>
       <c r="G390" t="inlineStr"/>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15009</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B391" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
+          <t>Accept</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>%1 a envoyé un message chiffré</t>
+          <t>Accepter</t>
         </is>
       </c>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 sent an encrypted message</t>
+          <t>NewVerificationRequestAccept</t>
         </is>
       </c>
       <c r="G391" t="inlineStr"/>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15021</t>
+          <t>../../src/notifications/ManagerMac.cpp:15035</t>
         </is>
       </c>
       <c r="B392" t="inlineStr">
         <is>
-          <t>%1 replied with a spoiler.</t>
+          <t>%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="C392" t="inlineStr">
         <is>
-          <t>%1 a répondu avec un spoiler.</t>
+          <t>%1 a envoyé un message chiffré</t>
         </is>
       </c>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
+          <t>NotificationsManager%1 sent an encrypted message</t>
+        </is>
+      </c>
+      <c r="G392" t="inlineStr"/>
+      <c r="H392" t="inlineStr"/>
+    </row>
+    <row r="393">
+      <c r="A393" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:15047</t>
+        </is>
+      </c>
+      <c r="B393" t="inlineStr">
+        <is>
+          <t>%1 replied with a spoiler.</t>
+        </is>
+      </c>
+      <c r="C393" t="inlineStr">
+        <is>
+          <t>%1 a répondu avec un spoiler.</t>
+        </is>
+      </c>
+      <c r="D393" t="inlineStr"/>
+      <c r="E393" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F393" t="inlineStr">
+        <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender.%1 replied with a spoiler.</t>
         </is>
       </c>
-      <c r="G392" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B393" t="inlineStr">
+      <c r="G393" t="inlineStr"/>
+      <c r="H393" t="inlineStr"/>
+    </row>
+    <row r="394">
+      <c r="A394" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:15057</t>
+        </is>
+      </c>
+      <c r="B394" t="inlineStr">
         <is>
           <t>%1 replied: %2</t>
         </is>
       </c>
-      <c r="C393" t="inlineStr">
+      <c r="C394" t="inlineStr">
         <is>
           <t>%1 a répondu : %2</t>
         </is>
       </c>
-      <c r="D393" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F393" t="inlineStr">
+      <c r="D394" t="inlineStr"/>
+      <c r="E394" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F394" t="inlineStr">
         <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender, %2 the message%1 replied: %2</t>
         </is>
       </c>
-      <c r="G393" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G394" t="inlineStr"/>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15056</t>
         </is>
       </c>
       <c r="B395" t="inlineStr">
         <is>
-          <t>%1 replied to a message</t>
+          <t>%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="C395" t="inlineStr">
         <is>
-          <t>%1 a répondu à un message</t>
+          <t>%1 a répondu avec un message chiffré</t>
         </is>
       </c>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 replied to a message</t>
+          <t>NotificationsManager%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="G395" t="inlineStr"/>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B396" t="inlineStr">
         <is>
-          <t>%1 sent a message</t>
+          <t>%1 replied to a message</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>%1 a envoyé un message</t>
+          <t>%1 a répondu à un message</t>
         </is>
       </c>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 sent a message</t>
+          <t>NotificationsManager%1 replied to a message</t>
         </is>
       </c>
       <c r="G396" t="inlineStr"/>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15075</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Place a call to %1?</t>
+          <t>%1 sent a message</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>Appeler %1 ?</t>
+          <t>%1 a envoyé un message</t>
         </is>
       </c>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>PlaceCallPlace a call to %1?</t>
+          <t>NotificationsManager%1 sent a message</t>
         </is>
       </c>
       <c r="G397" t="inlineStr"/>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15091</t>
+          <t>../qml/voip/PlaceCall.qml:15101</t>
         </is>
       </c>
       <c r="B398" t="inlineStr">
         <is>
-          <t>No microphone found.</t>
+          <t>Place a call to %1?</t>
         </is>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>Pas de microphone trouvé.</t>
+          <t>Appeler %1 ?</t>
         </is>
       </c>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>PlaceCallNo microphone found.</t>
+          <t>PlaceCallPlace a call to %1?</t>
         </is>
       </c>
       <c r="G398" t="inlineStr"/>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15115</t>
+          <t>../qml/voip/PlaceCall.qml:15117</t>
         </is>
       </c>
       <c r="B399" t="inlineStr">
         <is>
-          <t>Voice</t>
+          <t>No microphone found.</t>
         </is>
       </c>
       <c r="C399" t="inlineStr">
         <is>
-          <t>Vocal</t>
+          <t>Pas de microphone trouvé.</t>
         </is>
       </c>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>PlaceCallVoice</t>
+          <t>PlaceCallNo microphone found.</t>
         </is>
       </c>
       <c r="G399" t="inlineStr"/>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15128</t>
+          <t>../qml/voip/PlaceCall.qml:15141</t>
         </is>
       </c>
       <c r="B400" t="inlineStr">
         <is>
-          <t>Video</t>
+          <t>Voice</t>
         </is>
       </c>
       <c r="C400" t="inlineStr">
         <is>
-          <t>Vidéo</t>
+          <t>Vocal</t>
         </is>
       </c>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>PlaceCallVideo</t>
+          <t>PlaceCallVoice</t>
         </is>
       </c>
       <c r="G400" t="inlineStr"/>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15141</t>
+          <t>../qml/voip/PlaceCall.qml:15154</t>
         </is>
       </c>
       <c r="B401" t="inlineStr">
         <is>
-          <t>Screen</t>
+          <t>Video</t>
         </is>
       </c>
       <c r="C401" t="inlineStr">
         <is>
-          <t>Écran</t>
+          <t>Vidéo</t>
         </is>
       </c>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>PlaceCallScreen</t>
+          <t>PlaceCallVideo</t>
         </is>
       </c>
       <c r="G401" t="inlineStr"/>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15157</t>
+          <t>../qml/voip/PlaceCall.qml:15167</t>
         </is>
       </c>
       <c r="B402" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Screen</t>
         </is>
       </c>
       <c r="C402" t="inlineStr">
         <is>
-          <t>Annuler</t>
+          <t>Écran</t>
         </is>
       </c>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>PlaceCallCancel</t>
+          <t>PlaceCallScreen</t>
         </is>
       </c>
       <c r="G402" t="inlineStr"/>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr">
         <is>
-          <t>../qml/delegates/Placeholder.qml:15168</t>
+          <t>../qml/voip/PlaceCall.qml:15183</t>
         </is>
       </c>
       <c r="B403" t="inlineStr">
         <is>
-          <t xml:space="preserve">unimplemented event: </t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C403" t="inlineStr">
         <is>
-          <t xml:space="preserve">Évènement non implémenté : </t>
+          <t>Annuler</t>
         </is>
       </c>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t xml:space="preserve">Placeholderunimplemented event: </t>
+          <t>PlaceCallCancel</t>
         </is>
       </c>
       <c r="G403" t="inlineStr"/>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15194</t>
+          <t>../qml/delegates/Placeholder.qml:15194</t>
         </is>
       </c>
       <c r="B404" t="inlineStr">
         <is>
-          <t>Permissions in %1</t>
+          <t xml:space="preserve">unimplemented event: </t>
         </is>
       </c>
       <c r="C404" t="inlineStr">
         <is>
-          <t>Permissions dans %1</t>
+          <t xml:space="preserve">Évènement non implémenté : </t>
         </is>
       </c>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>PowerLevelEditorPermissions in %1</t>
+          <t xml:space="preserve">Placeholderunimplemented event: </t>
         </is>
       </c>
       <c r="G404" t="inlineStr"/>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15208</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15220</t>
         </is>
       </c>
       <c r="B405" t="inlineStr">
         <is>
-          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>Permissions in %1</t>
         </is>
       </c>
       <c r="C405" t="inlineStr">
         <is>
-          <t>Soyez prudent(e) en modifiant les permissions. Vous ne pouvez réduire les permissions de personnes d'un niveau plus grand ou équivalent au vôtre. Soyez prudent en élevant les permissions d'autres personnes.</t>
+          <t>Permissions dans %1</t>
         </is>
       </c>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>PowerLevelEditorPermissions in %1</t>
         </is>
       </c>
       <c r="G405" t="inlineStr"/>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15221</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15234</t>
         </is>
       </c>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Roles</t>
+          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="C406" t="inlineStr">
         <is>
-          <t>Rôles</t>
+          <t>Soyez prudent(e) en modifiant les permissions. Vous ne pouvez réduire les permissions de personnes d'un niveau plus grand ou équivalent au vôtre. Soyez prudent en élevant les permissions d'autres personnes.</t>
         </is>
       </c>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRoles</t>
+          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="G406" t="inlineStr"/>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15224</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15247</t>
         </is>
       </c>
       <c r="B407" t="inlineStr">
         <is>
-          <t>Users</t>
+          <t>Roles</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>Utilisateurs</t>
+          <t>Rôles</t>
         </is>
       </c>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUsers</t>
+          <t>PowerLevelEditorRoles</t>
         </is>
       </c>
       <c r="G407" t="inlineStr"/>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15244</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15250</t>
         </is>
       </c>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Move permissions between roles to change them</t>
+          <t>Users</t>
         </is>
       </c>
       <c r="C408" t="inlineStr">
         <is>
-          <t>Déplacer les permissions entre les rôles pour les changer</t>
+          <t>Utilisateurs</t>
         </is>
       </c>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove permissions between roles to change them</t>
+          <t>PowerLevelEditorUsers</t>
         </is>
       </c>
       <c r="G408" t="inlineStr"/>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15506</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
         </is>
       </c>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Administrator (%1)</t>
+          <t>Move permissions between roles to change them</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
-          <t>Administrateur (%1)</t>
+          <t>Déplacer les permissions entre les rôles pour les changer</t>
         </is>
       </c>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdministrator (%1)</t>
+          <t>PowerLevelEditorMove permissions between roles to change them</t>
         </is>
       </c>
       <c r="G409" t="inlineStr"/>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15508</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15536</t>
+        </is>
+      </c>
+      <c r="B410" t="inlineStr"/>
+      <c r="C410" t="inlineStr"/>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>PowerLevelEditorModerator (%1)</t>
+          <t>PowerLevelEditorCreator</t>
         </is>
       </c>
       <c r="G410" t="inlineStr"/>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15538</t>
         </is>
       </c>
       <c r="B411" t="inlineStr">
         <is>
-          <t>User (%1)</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>Utilisateur (%)</t>
+          <t>Administrateur (%1)</t>
         </is>
       </c>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUser (%1)</t>
+          <t>PowerLevelEditorAdministrator (%1)</t>
         </is>
       </c>
       <c r="G411" t="inlineStr"/>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15510</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15540</t>
         </is>
       </c>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Custom (%1)</t>
+          <t>Moderator (%1)</t>
         </is>
       </c>
       <c r="C412" t="inlineStr">
         <is>
-          <t>Personnalisé (%1)</t>
+          <t>Modérateur (%1)</t>
         </is>
       </c>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>PowerLevelEditorCustom (%1)</t>
+          <t>PowerLevelEditorModerator (%1)</t>
         </is>
       </c>
       <c r="G412" t="inlineStr"/>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15542</t>
         </is>
       </c>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Remove event type</t>
+          <t>User (%1)</t>
         </is>
       </c>
       <c r="C413" t="inlineStr">
         <is>
-          <t>Supprimer le type d'évènement</t>
+          <t>Utilisateur (%1)</t>
         </is>
       </c>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove event type</t>
+          <t>PowerLevelEditorUser (%1)</t>
         </is>
       </c>
       <c r="G413" t="inlineStr"/>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15544</t>
         </is>
       </c>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Add event type</t>
+          <t>Custom (%1)</t>
         </is>
       </c>
       <c r="C414" t="inlineStr">
         <is>
-          <t>Ajouter le type d'évènement</t>
+          <t>Personnalisé (%1)</t>
         </is>
       </c>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd event type</t>
+          <t>PowerLevelEditorCustom (%1)</t>
         </is>
       </c>
       <c r="G414" t="inlineStr"/>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15327</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B415" t="inlineStr">
         <is>
-          <t>Add new role</t>
+          <t>Remove event type</t>
         </is>
       </c>
       <c r="C415" t="inlineStr">
         <is>
-          <t>Ajouter un nouveau rôle</t>
+          <t>Supprimer le type d'évènement</t>
         </is>
       </c>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd new role</t>
+          <t>PowerLevelEditorRemove event type</t>
         </is>
       </c>
       <c r="G415" t="inlineStr"/>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15365</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B416" t="inlineStr">
         <is>
-          <t>Add</t>
+          <t>Add event type</t>
         </is>
       </c>
       <c r="C416" t="inlineStr">
         <is>
-          <t>Ajouter</t>
+          <t>Ajouter le type d'évènement</t>
         </is>
       </c>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd</t>
+          <t>PowerLevelEditorAdd event type</t>
         </is>
       </c>
       <c r="G416" t="inlineStr"/>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15381</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15356</t>
         </is>
       </c>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Move users up or down to change their permissions</t>
+          <t>Add new role</t>
         </is>
       </c>
       <c r="C417" t="inlineStr">
         <is>
-          <t>Déplacez les utilisateurs pour changer leurs permissions</t>
+          <t>Ajouter un nouveau rôle</t>
         </is>
       </c>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove users up or down to change their permissions</t>
+          <t>PowerLevelEditorAdd new role</t>
         </is>
       </c>
       <c r="G417" t="inlineStr"/>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15394</t>
         </is>
       </c>
       <c r="B418" t="inlineStr">
         <is>
-          <t>Remove user</t>
+          <t>Add</t>
         </is>
       </c>
       <c r="C418" t="inlineStr">
         <is>
-          <t>Retirer un utilisateur</t>
+          <t>Ajouter</t>
         </is>
       </c>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove user</t>
+          <t>PowerLevelEditorAdd</t>
         </is>
       </c>
       <c r="G418" t="inlineStr"/>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15410</t>
         </is>
       </c>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Add user</t>
+          <t>Move users up or down to change their permissions</t>
         </is>
       </c>
       <c r="C419" t="inlineStr">
         <is>
-          <t>Ajouter un utilisateur</t>
+          <t>Déplacez les utilisateurs pour changer leurs permissions</t>
         </is>
       </c>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd user</t>
+          <t>PowerLevelEditorMove users up or down to change their permissions</t>
         </is>
       </c>
       <c r="G419" t="inlineStr"/>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15548</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Apply permission changes</t>
+          <t>Remove user</t>
         </is>
       </c>
       <c r="C420" t="inlineStr">
         <is>
-          <t>Appliquer les changements de permissions</t>
+          <t>Retirer un utilisateur</t>
         </is>
       </c>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
+          <t>PowerLevelEditorRemove user</t>
         </is>
       </c>
       <c r="G420" t="inlineStr"/>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15562</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>Add user</t>
         </is>
       </c>
       <c r="C421" t="inlineStr">
         <is>
-          <t>Auxquelles de ces sous-communautés et salons devraient ces permissions être appliquées ?</t>
+          <t>Ajouter un utilisateur</t>
         </is>
       </c>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>PowerLevelEditorAdd user</t>
         </is>
       </c>
       <c r="G421" t="inlineStr"/>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15576</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15582</t>
         </is>
       </c>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Apply permissions recursively</t>
+          <t>Apply permission changes</t>
         </is>
       </c>
       <c r="C422" t="inlineStr">
         <is>
-          <t>Appliquer les permissions récursivement</t>
+          <t>Appliquer les changements de permissions</t>
         </is>
       </c>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
+          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
         </is>
       </c>
       <c r="G422" t="inlineStr"/>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15588</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15596</t>
         </is>
       </c>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Overwrite exisiting modifications in rooms</t>
+          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="C423" t="inlineStr">
         <is>
-          <t>Écraser les modifications existantes dans les salons</t>
+          <t>Auxquelles de ces sous-communautés et salons devraient ces permissions être appliquées ?</t>
         </is>
       </c>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
+          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="G423" t="inlineStr"/>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15629</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15610</t>
         </is>
       </c>
       <c r="B424" t="inlineStr">
         <is>
-          <t>No permissions to apply the new permissions here</t>
+          <t>Apply permissions recursively</t>
         </is>
       </c>
       <c r="C424" t="inlineStr">
         <is>
-          <t>Pas autorisé(e) à appliquer les nouvelles permissions ici</t>
+          <t>Appliquer les permissions récursivement</t>
         </is>
       </c>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
+          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
         </is>
       </c>
       <c r="G424" t="inlineStr"/>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15630</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15622</t>
         </is>
       </c>
       <c r="B425" t="inlineStr">
         <is>
-          <t>No changes needed</t>
+          <t>Overwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="C425" t="inlineStr">
         <is>
-          <t>Pas de changement nécessaire</t>
+          <t>Écraser les modifications existantes dans les salons</t>
         </is>
       </c>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
+          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="G425" t="inlineStr"/>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15631</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15663</t>
         </is>
       </c>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Existing modifications to the permissions in this room will be overwritten</t>
+          <t>No permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="C426" t="inlineStr">
         <is>
-          <t>Les modifications existantes de ce salon seront écrasées</t>
+          <t>Pas autorisé(e) à appliquer les nouvelles permissions ici</t>
         </is>
       </c>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
+          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="G426" t="inlineStr"/>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15632</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15664</t>
         </is>
       </c>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Permissions synchronized with community</t>
+          <t>No changes needed</t>
         </is>
       </c>
       <c r="C427" t="inlineStr">
         <is>
-          <t>Permissions synchronisées avec la communauté</t>
+          <t>Pas de changement nécessaire</t>
         </is>
       </c>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
+          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
         </is>
       </c>
       <c r="G427" t="inlineStr"/>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16382</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15665</t>
         </is>
       </c>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
+          <t>Existing modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="C428" t="inlineStr">
         <is>
-          <t>Impossible de mettre à jour le niveau de permissions : %1</t>
+          <t>Les modifications existantes de ce salon seront écrasées</t>
         </is>
       </c>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>PowerLevelsFailed to update powerlevel: %1</t>
+          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="G428" t="inlineStr"/>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16263</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15666</t>
         </is>
       </c>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
+          <t>Permissions synchronized with community</t>
         </is>
       </c>
       <c r="C429" t="inlineStr">
         <is>
-          <t>Impossible de mettre à jour le niveau de permissions : %1</t>
+          <t>Permissions synchronisées avec la communauté</t>
         </is>
       </c>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
+          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
         </is>
       </c>
       <c r="G429" t="inlineStr"/>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16293</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16454</t>
         </is>
       </c>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Administrator: %1</t>
+          <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C430" t="inlineStr">
         <is>
-          <t>Administrateur : %1</t>
+          <t>Impossible de mettre à jour le niveau de permissions : %1</t>
         </is>
       </c>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorAdministrator: %1</t>
+          <t>PowerLevelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G430" t="inlineStr"/>
       <c r="H430" t="inlineStr"/>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16295</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16327</t>
         </is>
       </c>
       <c r="B431" t="inlineStr">
         <is>
-          <t>Moderator: %1</t>
+          <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C431" t="inlineStr">
         <is>
-          <t>Modérateur : %1</t>
+          <t>Impossible de mettre à jour le niveau de permissions : %1</t>
         </is>
       </c>
       <c r="D431" t="inlineStr"/>
       <c r="E431" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F431" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorModerator: %1</t>
+          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G431" t="inlineStr"/>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16297</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/components/PowerlevelIndicator.qml:16359</t>
+        </is>
+      </c>
+      <c r="B432" t="inlineStr"/>
+      <c r="C432" t="inlineStr"/>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorUser: %1</t>
+          <t>PowerlevelIndicatorCreator</t>
         </is>
       </c>
       <c r="G432" t="inlineStr"/>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15829</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16361</t>
         </is>
       </c>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Other events</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C433" t="inlineStr">
         <is>
-          <t>Autres événements</t>
+          <t>Administrateur (%1)</t>
         </is>
       </c>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther events</t>
+          <t>PowerlevelIndicatorAdministrator (%1)</t>
         </is>
       </c>
       <c r="G433" t="inlineStr"/>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15831</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16363</t>
         </is>
       </c>
       <c r="B434" t="inlineStr">
         <is>
-          <t>Other state events</t>
+          <t>Moderator: %1</t>
         </is>
       </c>
       <c r="C434" t="inlineStr">
         <is>
-          <t>Autres évènements d'état</t>
+          <t>Modérateur : %1</t>
         </is>
       </c>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther state events</t>
+          <t>PowerlevelIndicatorModerator: %1</t>
         </is>
       </c>
       <c r="G434" t="inlineStr"/>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15833</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16365</t>
         </is>
       </c>
       <c r="B435" t="inlineStr">
         <is>
-          <t>Remove other users</t>
+          <t>User: %1</t>
         </is>
       </c>
       <c r="C435" t="inlineStr">
         <is>
-          <t>Retirer les autres utilisateurs</t>
+          <t>Utilisateur : %1</t>
         </is>
       </c>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRemove other users</t>
+          <t>PowerlevelIndicatorUser: %1</t>
         </is>
       </c>
       <c r="G435" t="inlineStr"/>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15835</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
         </is>
       </c>
       <c r="B436" t="inlineStr">
         <is>
-          <t>Ban other users</t>
+          <t>Other events</t>
         </is>
       </c>
       <c r="C436" t="inlineStr">
         <is>
-          <t>Bannir les autres utilisateurs</t>
+          <t>Autres événements</t>
         </is>
       </c>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan other users</t>
+          <t>PowerlevelsTypeListModelOther events</t>
         </is>
       </c>
       <c r="G436" t="inlineStr"/>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15837</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
         </is>
       </c>
       <c r="B437" t="inlineStr">
         <is>
-          <t>Invite other users</t>
+          <t>Other state events</t>
         </is>
       </c>
       <c r="C437" t="inlineStr">
         <is>
-          <t>Inviter des utilisateurs</t>
+          <t>Autres évènements d'état</t>
         </is>
       </c>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelInvite other users</t>
+          <t>PowerlevelsTypeListModelOther state events</t>
         </is>
       </c>
       <c r="G437" t="inlineStr"/>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15839</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
         </is>
       </c>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Redact events sent by others</t>
+          <t>Remove other users</t>
         </is>
       </c>
       <c r="C438" t="inlineStr">
         <is>
-          <t>Effacer les événements des autres</t>
+          <t>Retirer les autres utilisateurs</t>
         </is>
       </c>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact events sent by others</t>
+          <t>PowerlevelsTypeListModelRemove other users</t>
         </is>
       </c>
       <c r="G438" t="inlineStr"/>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15841</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15879</t>
         </is>
       </c>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Reactions</t>
+          <t>Ban other users</t>
         </is>
       </c>
       <c r="C439" t="inlineStr">
         <is>
-          <t>Réactions</t>
+          <t>Bannir les autres utilisateurs</t>
         </is>
       </c>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReactions</t>
+          <t>PowerlevelsTypeListModelBan other users</t>
         </is>
       </c>
       <c r="G439" t="inlineStr"/>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15843</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15881</t>
         </is>
       </c>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Deprecated aliases events</t>
+          <t>Invite other users</t>
         </is>
       </c>
       <c r="C440" t="inlineStr">
         <is>
-          <t>Évènements alias dépréciés</t>
+          <t>Inviter des utilisateurs</t>
         </is>
       </c>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
+          <t>PowerlevelsTypeListModelInvite other users</t>
         </is>
       </c>
       <c r="G440" t="inlineStr"/>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15845</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15883</t>
         </is>
       </c>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Change the room avatar</t>
+          <t>Redact events sent by others</t>
         </is>
       </c>
       <c r="C441" t="inlineStr">
         <is>
-          <t>Changer l'image du salon</t>
+          <t>Effacer les événements des autres</t>
         </is>
       </c>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room avatar</t>
+          <t>PowerlevelsTypeListModelRedact events sent by others</t>
         </is>
       </c>
       <c r="G441" t="inlineStr"/>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15847</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15885</t>
         </is>
       </c>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Change the room addresses</t>
+          <t>Reactions</t>
         </is>
       </c>
       <c r="C442" t="inlineStr">
         <is>
-          <t>Changer les adresses du salon</t>
+          <t>Réactions</t>
         </is>
       </c>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room addresses</t>
+          <t>PowerlevelsTypeListModelReactions</t>
         </is>
       </c>
       <c r="G442" t="inlineStr"/>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15849</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
         </is>
       </c>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Send encrypted messages</t>
+          <t>Deprecated aliases events</t>
         </is>
       </c>
       <c r="C443" t="inlineStr">
         <is>
-          <t>Envoyer des messages chiffrés</t>
+          <t>Évènements alias dépréciés</t>
         </is>
       </c>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend encrypted messages</t>
+          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
         </is>
       </c>
       <c r="G443" t="inlineStr"/>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15851</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
         </is>
       </c>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Enable encryption</t>
+          <t>Change the room avatar</t>
         </is>
       </c>
       <c r="C444" t="inlineStr">
         <is>
-          <t>Activer le chiffrement</t>
+          <t>Changer l'image du salon</t>
         </is>
       </c>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEnable encryption</t>
+          <t>PowerlevelsTypeListModelChange the room avatar</t>
         </is>
       </c>
       <c r="G444" t="inlineStr"/>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15853</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15891</t>
         </is>
       </c>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Change guest access</t>
+          <t>Change the room addresses</t>
         </is>
       </c>
       <c r="C445" t="inlineStr">
         <is>
-          <t>Changer l'accès des invités</t>
+          <t>Changer les adresses du salon</t>
         </is>
       </c>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange guest access</t>
+          <t>PowerlevelsTypeListModelChange the room addresses</t>
         </is>
       </c>
       <c r="G445" t="inlineStr"/>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15855</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15893</t>
         </is>
       </c>
       <c r="B446" t="inlineStr">
         <is>
-          <t>Change history visibility</t>
+          <t>Send encrypted messages</t>
         </is>
       </c>
       <c r="C446" t="inlineStr">
         <is>
-          <t>Changer la visibilité de l'historique</t>
+          <t>Envoyer des messages chiffrés</t>
         </is>
       </c>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange history visibility</t>
+          <t>PowerlevelsTypeListModelSend encrypted messages</t>
         </is>
       </c>
       <c r="G446" t="inlineStr"/>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15857</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15895</t>
         </is>
       </c>
       <c r="B447" t="inlineStr">
         <is>
-          <t>Change who can join</t>
+          <t>Enable encryption</t>
         </is>
       </c>
       <c r="C447" t="inlineStr">
         <is>
-          <t>Changer qui peut rejoindre le salon</t>
+          <t>Activer le chiffrement</t>
         </is>
       </c>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange who can join</t>
+          <t>PowerlevelsTypeListModelEnable encryption</t>
         </is>
       </c>
       <c r="G447" t="inlineStr"/>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15859</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15897</t>
         </is>
       </c>
       <c r="B448" t="inlineStr">
         <is>
-          <t>Send messages</t>
+          <t>Change guest access</t>
         </is>
       </c>
       <c r="C448" t="inlineStr">
         <is>
-          <t>Envoyer des messages</t>
+          <t>Changer l'accès des invités</t>
         </is>
       </c>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend messages</t>
+          <t>PowerlevelsTypeListModelChange guest access</t>
         </is>
       </c>
       <c r="G448" t="inlineStr"/>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15861</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15899</t>
         </is>
       </c>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Change the room name</t>
+          <t>Change history visibility</t>
         </is>
       </c>
       <c r="C449" t="inlineStr">
         <is>
-          <t>Changer le nom du salon</t>
+          <t>Changer la visibilité de l'historique</t>
         </is>
       </c>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room name</t>
+          <t>PowerlevelsTypeListModelChange history visibility</t>
         </is>
       </c>
       <c r="G449" t="inlineStr"/>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15863</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15901</t>
         </is>
       </c>
       <c r="B450" t="inlineStr">
         <is>
-          <t>Change the room permissions</t>
+          <t>Change who can join</t>
         </is>
       </c>
       <c r="C450" t="inlineStr">
         <is>
-          <t>Changer les permissions du salon</t>
+          <t>Changer qui peut rejoindre le salon</t>
         </is>
       </c>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room permissions</t>
+          <t>PowerlevelsTypeListModelChange who can join</t>
         </is>
       </c>
       <c r="G450" t="inlineStr"/>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15865</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15903</t>
         </is>
       </c>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Change the rooms topic</t>
+          <t>Send messages</t>
         </is>
       </c>
       <c r="C451" t="inlineStr">
         <is>
-          <t>Changer le sujet du salon</t>
+          <t>Envoyer des messages</t>
         </is>
       </c>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the rooms topic</t>
+          <t>PowerlevelsTypeListModelSend messages</t>
         </is>
       </c>
       <c r="G451" t="inlineStr"/>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15867</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15905</t>
         </is>
       </c>
       <c r="B452" t="inlineStr">
         <is>
-          <t>Change the widgets</t>
+          <t>Change the room name</t>
         </is>
       </c>
       <c r="C452" t="inlineStr">
         <is>
-          <t>Changer les widgets</t>
+          <t>Changer le nom du salon</t>
         </is>
       </c>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets</t>
+          <t>PowerlevelsTypeListModelChange the room name</t>
         </is>
       </c>
       <c r="G452" t="inlineStr"/>
       <c r="H452" t="inlineStr"/>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15869</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15907</t>
         </is>
       </c>
       <c r="B453" t="inlineStr">
         <is>
-          <t>Change the widgets (experimental)</t>
+          <t>Change the room permissions</t>
         </is>
       </c>
       <c r="C453" t="inlineStr">
         <is>
-          <t>Changer les widgets (expérimental)</t>
+          <t>Changer les permissions du salon</t>
         </is>
       </c>
       <c r="D453" t="inlineStr"/>
       <c r="E453" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
+          <t>PowerlevelsTypeListModelChange the room permissions</t>
         </is>
       </c>
       <c r="G453" t="inlineStr"/>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15871</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15909</t>
         </is>
       </c>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Redact own events</t>
+          <t>Change the rooms topic</t>
         </is>
       </c>
       <c r="C454" t="inlineStr">
         <is>
-          <t>Effacer ses propres événements</t>
+          <t>Changer le sujet du salon</t>
         </is>
       </c>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact own events</t>
+          <t>PowerlevelsTypeListModelChange the rooms topic</t>
         </is>
       </c>
       <c r="G454" t="inlineStr"/>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15911</t>
         </is>
       </c>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Change the pinned events</t>
+          <t>Change the widgets</t>
         </is>
       </c>
       <c r="C455" t="inlineStr">
         <is>
-          <t>Épingler ou désépingler des événements</t>
+          <t>Changer les widgets</t>
         </is>
       </c>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the pinned events</t>
+          <t>PowerlevelsTypeListModelChange the widgets</t>
         </is>
       </c>
       <c r="G455" t="inlineStr"/>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15913</t>
         </is>
       </c>
       <c r="B456" t="inlineStr">
         <is>
-          <t>Upgrade the room</t>
+          <t>Change the widgets (experimental)</t>
         </is>
       </c>
       <c r="C456" t="inlineStr">
         <is>
-          <t>Mettre à jour le salon</t>
+          <t>Changer les widgets (expérimental)</t>
         </is>
       </c>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelUpgrade the room</t>
+          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
         </is>
       </c>
       <c r="G456" t="inlineStr"/>
-      <c r="H456" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H456" t="inlineStr"/>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15915</t>
         </is>
       </c>
       <c r="B457" t="inlineStr">
         <is>
-          <t>Send stickers</t>
+          <t>Redact own events</t>
         </is>
       </c>
       <c r="C457" t="inlineStr">
         <is>
-          <t>Envoyer des autocollants</t>
+          <t>Effacer ses propres événements</t>
         </is>
       </c>
       <c r="D457" t="inlineStr"/>
       <c r="E457" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F457" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend stickers</t>
+          <t>PowerlevelsTypeListModelRedact own events</t>
         </is>
       </c>
       <c r="G457" t="inlineStr"/>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15880</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15917</t>
         </is>
       </c>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Ban users using policy rules</t>
+          <t>Change the pinned events</t>
         </is>
       </c>
       <c r="C458" t="inlineStr">
         <is>
-          <t>Bannir les utilisateurs en utilisant les règles de police</t>
+          <t>Épingler ou désépingler des événements</t>
         </is>
       </c>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan users using policy rules</t>
+          <t>PowerlevelsTypeListModelChange the pinned events</t>
         </is>
       </c>
       <c r="G458" t="inlineStr"/>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15882</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15919</t>
         </is>
       </c>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Ban rooms using policy rules</t>
+          <t>Upgrade the room</t>
         </is>
       </c>
       <c r="C459" t="inlineStr">
         <is>
-          <t>Bannir les salons en utilisant les règles de police</t>
+          <t>Mettre à jour le salon</t>
         </is>
       </c>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
+          <t>PowerlevelsTypeListModelUpgrade the room</t>
         </is>
       </c>
       <c r="G459" t="inlineStr"/>
-      <c r="H459" t="inlineStr"/>
+      <c r="H459" t="inlineStr">
+        <is>
+          <t>Means upgrading to a new room version</t>
+        </is>
+      </c>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15884</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15921</t>
         </is>
       </c>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Ban servers using policy rules</t>
+          <t>Send stickers</t>
         </is>
       </c>
       <c r="C460" t="inlineStr">
         <is>
-          <t>Bannir les serveurs en utilisant les règles de police</t>
+          <t>Envoyer des autocollants</t>
         </is>
       </c>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
+          <t>PowerlevelsTypeListModelSend stickers</t>
         </is>
       </c>
       <c r="G460" t="inlineStr"/>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15924</t>
         </is>
       </c>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Edit child communities and rooms</t>
+          <t>Ban users using policy rules</t>
         </is>
       </c>
       <c r="C461" t="inlineStr">
         <is>
-          <t>Éditer les sous-communautées et salons</t>
+          <t>Bannir les utilisateurs en utilisant les règles de police</t>
         </is>
       </c>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
+          <t>PowerlevelsTypeListModelBan users using policy rules</t>
         </is>
       </c>
       <c r="G461" t="inlineStr"/>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15926</t>
         </is>
       </c>
       <c r="B462" t="inlineStr">
         <is>
-          <t>Change parent communities</t>
+          <t>Ban rooms using policy rules</t>
         </is>
       </c>
       <c r="C462" t="inlineStr">
         <is>
-          <t>Modifier les communautés parentes</t>
+          <t>Bannir les salons en utilisant les règles de police</t>
         </is>
       </c>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange parent communities</t>
+          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
         </is>
       </c>
       <c r="G462" t="inlineStr"/>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15892</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15928</t>
         </is>
       </c>
       <c r="B463" t="inlineStr">
         <is>
-          <t>Start a call</t>
+          <t>Ban servers using policy rules</t>
         </is>
       </c>
       <c r="C463" t="inlineStr">
         <is>
-          <t>Faire un appel</t>
+          <t>Bannir les serveurs en utilisant les règles de police</t>
         </is>
       </c>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelStart a call</t>
+          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
         </is>
       </c>
       <c r="G463" t="inlineStr"/>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15894</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15931</t>
         </is>
       </c>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Negotiate a call</t>
+          <t>Edit child communities and rooms</t>
         </is>
       </c>
       <c r="C464" t="inlineStr">
         <is>
-          <t>Négocier un appel</t>
+          <t>Éditer les sous-communautées et salons</t>
         </is>
       </c>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelNegotiate a call</t>
+          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
         </is>
       </c>
       <c r="G464" t="inlineStr"/>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15896</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15933</t>
         </is>
       </c>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Answer a call</t>
+          <t>Change parent communities</t>
         </is>
       </c>
       <c r="C465" t="inlineStr">
         <is>
-          <t>Répondre à un appel</t>
+          <t>Modifier les communautés parentes</t>
         </is>
       </c>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelAnswer a call</t>
+          <t>PowerlevelsTypeListModelChange parent communities</t>
         </is>
       </c>
       <c r="G465" t="inlineStr"/>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15898</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15936</t>
         </is>
       </c>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Hang up a call</t>
+          <t>Start a call</t>
         </is>
       </c>
       <c r="C466" t="inlineStr">
         <is>
-          <t>Raccrocher un appel</t>
+          <t>Faire un appel</t>
         </is>
       </c>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelHang up a call</t>
+          <t>PowerlevelsTypeListModelStart a call</t>
         </is>
       </c>
       <c r="G466" t="inlineStr"/>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15900</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15938</t>
         </is>
       </c>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Reject a call</t>
+          <t>Negotiate a call</t>
         </is>
       </c>
       <c r="C467" t="inlineStr">
         <is>
-          <t>Rejeter un appel</t>
+          <t>Négocier un appel</t>
         </is>
       </c>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReject a call</t>
+          <t>PowerlevelsTypeListModelNegotiate a call</t>
         </is>
       </c>
       <c r="G467" t="inlineStr"/>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15902</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15940</t>
         </is>
       </c>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Change the room emotes</t>
+          <t>Answer a call</t>
         </is>
       </c>
       <c r="C468" t="inlineStr">
         <is>
-          <t>Changer les émotes du salon</t>
+          <t>Répondre à un appel</t>
         </is>
       </c>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room emotes</t>
+          <t>PowerlevelsTypeListModelAnswer a call</t>
         </is>
       </c>
       <c r="G468" t="inlineStr"/>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16119</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15942</t>
         </is>
       </c>
       <c r="B469" t="inlineStr">
         <is>
-          <t>Other users</t>
+          <t>Hang up a call</t>
         </is>
       </c>
       <c r="C469" t="inlineStr">
         <is>
-          <t>Autres utilisateurs</t>
+          <t>Raccrocher un appel</t>
         </is>
       </c>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>PowerlevelsUserListModelOther users</t>
+          <t>PowerlevelsTypeListModelHang up a call</t>
         </is>
       </c>
       <c r="G469" t="inlineStr"/>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16340</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15944</t>
         </is>
       </c>
       <c r="B470" t="inlineStr">
         <is>
-          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>Reject a call</t>
         </is>
       </c>
       <c r="C470" t="inlineStr">
         <is>
-          <t>Créer un profile unique qui vous permettra de vous connecter sur plusieurs compte en même temps et démarrer plusieurs instances de Nheko.</t>
+          <t>Rejeter un appel</t>
         </is>
       </c>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>PowerlevelsTypeListModelReject a call</t>
         </is>
       </c>
       <c r="G470" t="inlineStr"/>
       <c r="H470" t="inlineStr"/>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16342</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15946</t>
         </is>
       </c>
       <c r="B471" t="inlineStr">
         <is>
-          <t>profile</t>
+          <t>Change the room emotes</t>
         </is>
       </c>
       <c r="C471" t="inlineStr">
         <is>
-          <t>profil</t>
+          <t>Changer les émotes du salon</t>
         </is>
       </c>
       <c r="D471" t="inlineStr"/>
       <c r="E471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F471" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile</t>
+          <t>PowerlevelsTypeListModelChange the room emotes</t>
         </is>
       </c>
       <c r="G471" t="inlineStr"/>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16343</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16176</t>
         </is>
       </c>
       <c r="B472" t="inlineStr">
         <is>
-          <t>profile name</t>
+          <t>Other users</t>
         </is>
       </c>
       <c r="C472" t="inlineStr">
         <is>
-          <t>nom du profil</t>
+          <t>Autres utilisateurs</t>
         </is>
       </c>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile name</t>
+          <t>PowerlevelsUserListModelOther users</t>
         </is>
       </c>
       <c r="G472" t="inlineStr"/>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16313</t>
+          <t>../../src/main.cpp:16396</t>
         </is>
       </c>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Alias for '--log-level trace'.</t>
+          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="C473" t="inlineStr">
         <is>
-          <t>Alias pour '--log-level trace'.</t>
+          <t>Créer un profile unique qui vous permettra de vous connecter sur plusieurs compte en même temps et démarrer plusieurs instances de Nheko.</t>
         </is>
       </c>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>QObjectAlias for '--log-level trace'.</t>
+          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="G473" t="inlineStr"/>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16317</t>
+          <t>../../src/main.cpp:16398</t>
         </is>
       </c>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>profile</t>
         </is>
       </c>
       <c r="C474" t="inlineStr">
         <is>
-          <t>Définir le niveau de log global, our une liste séparée par des virgules de paires &lt;composant&gt;=&lt;niveau&gt;, ou les deux. Par exemple, définir le niveau par défaut à 'warn' mais désactiver le niveau pour le composant 'ui', e.g. 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>profil</t>
         </is>
       </c>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>QCoreApplicationprofile</t>
         </is>
       </c>
       <c r="G474" t="inlineStr"/>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16322</t>
+          <t>../../src/main.cpp:16399</t>
         </is>
       </c>
       <c r="B475" t="inlineStr">
         <is>
-          <t>level</t>
+          <t>profile name</t>
         </is>
       </c>
       <c r="C475" t="inlineStr">
         <is>
-          <t>niveau</t>
+          <t>nom du profil</t>
         </is>
       </c>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>QObjectlevel</t>
+          <t>QCoreApplicationprofile name</t>
         </is>
       </c>
       <c r="G475" t="inlineStr"/>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16326</t>
+          <t>../../src/main.cpp:16369</t>
         </is>
       </c>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>Alias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="C476" t="inlineStr">
         <is>
-          <t>Définir le type de sortie pour les logs. Une liste de valeurs séparées par des virgules est possible. La valeur par défaut est 'file,stderr'. Types :{file,stderr,none}</t>
+          <t>Alias pour '--log-level trace'.</t>
         </is>
       </c>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>QObjectAlias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="G476" t="inlineStr"/>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16328</t>
+          <t>../../src/main.cpp:16373</t>
         </is>
       </c>
       <c r="B477" t="inlineStr">
         <is>
-          <t>type</t>
+          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="C477" t="inlineStr">
         <is>
-          <t>type</t>
+          <t>Définir le niveau de log global, our une liste séparée par des virgules de paires &lt;composant&gt;=&lt;niveau&gt;, ou les deux. Par exemple, définir le niveau par défaut à 'warn' mais désactiver le niveau pour le composant 'ui', e.g. 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>QObjecttype</t>
+          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="G477" t="inlineStr"/>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16332</t>
+          <t>../../src/main.cpp:16378</t>
         </is>
       </c>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Recompacts the database which might improve performance.</t>
+          <t>level</t>
         </is>
       </c>
       <c r="C478" t="inlineStr">
         <is>
-          <t>Compacter la base de donnée pour tenter d'améliorer les performances.</t>
+          <t>niveau</t>
         </is>
       </c>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>QObjectRecompacts the database which might improve performance.</t>
+          <t>QObjectlevel</t>
         </is>
       </c>
       <c r="G478" t="inlineStr"/>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16274</t>
+          <t>../../src/main.cpp:16382</t>
         </is>
       </c>
       <c r="B479" t="inlineStr">
         <is>
-          <t>Respond</t>
+          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="C479" t="inlineStr">
         <is>
-          <t>Répondre</t>
+          <t>Définir le type de sortie pour les logs. Une liste de valeurs séparées par des virgules est possible. La valeur par défaut est 'file,stderr'. Types :{file,stderr,none}</t>
         </is>
       </c>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>QObjectRespond</t>
+          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="G479" t="inlineStr"/>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16275</t>
+          <t>../../src/main.cpp:16384</t>
         </is>
       </c>
       <c r="B480" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>type</t>
         </is>
       </c>
       <c r="C480" t="inlineStr">
         <is>
-          <t>Envoyer</t>
+          <t>type</t>
         </is>
       </c>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>QObjectSend</t>
+          <t>QObjecttype</t>
         </is>
       </c>
       <c r="G480" t="inlineStr"/>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16276</t>
+          <t>../../src/main.cpp:16388</t>
         </is>
       </c>
       <c r="B481" t="inlineStr">
         <is>
-          <t>Write a message…</t>
+          <t>Recompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="C481" t="inlineStr">
         <is>
-          <t>Écrivez un message…</t>
+          <t>Compacter la base de donnée pour tenter d'améliorer les performances.</t>
         </is>
       </c>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>QObjectWrite a message...</t>
+          <t>QObjectRecompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="G481" t="inlineStr"/>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16316</t>
+          <t>../../src/notifications/ManagerMac.cpp:16330</t>
         </is>
       </c>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Solve the reCAPTCHA and press the confirm button</t>
+          <t>Respond</t>
         </is>
       </c>
       <c r="C482" t="inlineStr">
         <is>
-          <t>Résolvez le reCAPTCHA puis appuyez sur le bouton de confirmation</t>
+          <t>Répondre</t>
         </is>
       </c>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
+          <t>QObjectRespond</t>
         </is>
       </c>
       <c r="G482" t="inlineStr"/>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16324</t>
+          <t>../../src/notifications/ManagerMac.cpp:16331</t>
         </is>
       </c>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Open reCAPTCHA</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="C483" t="inlineStr">
         <is>
-          <t>Ouvrir reCAPTCHA</t>
+          <t>Envoyer</t>
         </is>
       </c>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogOpen reCAPTCHA</t>
+          <t>QObjectSend</t>
         </is>
       </c>
       <c r="G483" t="inlineStr"/>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16329</t>
+          <t>../../src/notifications/ManagerMac.cpp:16332</t>
         </is>
       </c>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Write a message…</t>
         </is>
       </c>
       <c r="C484" t="inlineStr">
         <is>
-          <t>Annuler</t>
+          <t>Écrivez un message…</t>
         </is>
       </c>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogCancel</t>
+          <t>QObjectWrite a message...</t>
         </is>
       </c>
       <c r="G484" t="inlineStr"/>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16334</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16372</t>
         </is>
       </c>
       <c r="B485" t="inlineStr">
         <is>
-          <t>Confirm</t>
+          <t>Solve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="C485" t="inlineStr">
         <is>
-          <t>Confirmer</t>
+          <t>Résolvez le reCAPTCHA puis appuyez sur le bouton de confirmation</t>
         </is>
       </c>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogConfirm</t>
+          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="G485" t="inlineStr"/>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReadReceipts.qml:16373</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16380</t>
         </is>
       </c>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Read receipts</t>
+          <t>Open reCAPTCHA</t>
         </is>
       </c>
       <c r="C486" t="inlineStr">
         <is>
-          <t>Accusés de lecture</t>
+          <t>Ouvrir reCAPTCHA</t>
         </is>
       </c>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>ReadReceiptsRead receipts</t>
+          <t>ReCaptchaDialogOpen reCAPTCHA</t>
         </is>
       </c>
       <c r="G486" t="inlineStr"/>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr">
         <is>
-          <t>../../src/ReadReceiptsModel.cpp:16484</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16385</t>
         </is>
       </c>
       <c r="B487" t="inlineStr">
         <is>
-          <t>Yesterday, %1</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C487" t="inlineStr">
         <is>
-          <t>Hier, %1</t>
+          <t>Annuler</t>
         </is>
       </c>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>ReadReceiptsModelYesterday, %1</t>
+          <t>ReCaptchaDialogCancel</t>
         </is>
       </c>
       <c r="G487" t="inlineStr"/>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16567</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16390</t>
         </is>
       </c>
       <c r="B488" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
+          <t>Confirm</t>
         </is>
       </c>
       <c r="C488" t="inlineStr">
         <is>
-          <t>Échec de la découverte automatique. Réponse mal formée reçue.</t>
+          <t>Confirmer</t>
         </is>
       </c>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
+          <t>ReCaptchaDialogConfirm</t>
         </is>
       </c>
       <c r="G488" t="inlineStr"/>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16574</t>
+          <t>../qml/dialogs/ReadReceipts.qml:16429</t>
         </is>
       </c>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C489" t="inlineStr">
         <is>
-          <t>Échec de la découverte automatique. Erreur inconnue lors de la demande de .well-known.</t>
+          <t>Accusés de lecture</t>
         </is>
       </c>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>ReadReceiptsRead receipts</t>
         </is>
       </c>
       <c r="G489" t="inlineStr"/>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16599</t>
+          <t>../../src/ReadReceiptsModel.cpp:16540</t>
         </is>
       </c>
       <c r="B490" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Yesterday, %1</t>
         </is>
       </c>
       <c r="C490" t="inlineStr">
         <is>
-          <t>Les endpoints requis n'ont pas été trouvés. Ce n'est peut-être pas un serveur Matrix.</t>
+          <t>Hier, %1</t>
         </is>
       </c>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>ReadReceiptsModelYesterday, %1</t>
         </is>
       </c>
       <c r="G490" t="inlineStr"/>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16606</t>
+          <t>../../src/RegisterPage.cpp:16623</t>
         </is>
       </c>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C491" t="inlineStr">
         <is>
-          <t>Réponse mal formée reçue. Vérifiez que le nom de domaine du serveur est valide.</t>
+          <t>Échec de la découverte automatique. Réponse mal formée reçue.</t>
         </is>
       </c>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G491" t="inlineStr"/>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16611</t>
+          <t>../../src/RegisterPage.cpp:16630</t>
         </is>
       </c>
       <c r="B492" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C492" t="inlineStr">
         <is>
-          <t>Une erreur inconnue est survenue. Vérifiez que le nom de domaine du serveur est valide.</t>
+          <t>Échec de la découverte automatique. Erreur inconnue lors de la demande de .well-known.</t>
         </is>
       </c>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G492" t="inlineStr"/>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16633</t>
+          <t>../../src/RegisterPage.cpp:16655</t>
         </is>
       </c>
       <c r="B493" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="C493" t="inlineStr">
         <is>
-          <t>Le serveur sélectionné ne supporte pas une version du protocole Matrix que ce client supporte (%1 à %2). Vous ne pouvez pas vous enregistrer.</t>
+          <t>Les endpoints requis n'ont pas été trouvés. Ce n'est peut-être pas un serveur Matrix.</t>
         </is>
       </c>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G493" t="inlineStr"/>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16645</t>
+          <t>../../src/RegisterPage.cpp:16662</t>
         </is>
       </c>
       <c r="B494" t="inlineStr">
         <is>
-          <t>Server does not support querying registration flows!</t>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C494" t="inlineStr">
         <is>
-          <t>Le serveur ne supporte pas d'interroger les méthodes d'enregistrement !</t>
+          <t>Réponse mal formée reçue. Vérifiez que le nom de domaine du serveur est valide.</t>
         </is>
       </c>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support querying registration flows!</t>
+          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G494" t="inlineStr"/>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16650</t>
+          <t>../../src/RegisterPage.cpp:16667</t>
         </is>
       </c>
       <c r="B495" t="inlineStr">
         <is>
-          <t>Server does not support registration.</t>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C495" t="inlineStr">
         <is>
-          <t>Le serveur ne supporte pas l'enregistrement.</t>
+          <t>Une erreur inconnue est survenue. Vérifiez que le nom de domaine du serveur est valide.</t>
         </is>
       </c>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support registration.</t>
+          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G495" t="inlineStr"/>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16678</t>
+          <t>../../src/RegisterPage.cpp:16689</t>
         </is>
       </c>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Invalid username.</t>
+          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="C496" t="inlineStr">
         <is>
-          <t>Nom d'utilisateur invalide.</t>
+          <t>Le serveur sélectionné ne supporte pas une version du protocole Matrix que ce client supporte (%1 à %2). Vous ne pouvez pas vous enregistrer.</t>
         </is>
       </c>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>RegisterPageInvalid username.</t>
+          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="G496" t="inlineStr"/>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16680</t>
+          <t>../../src/RegisterPage.cpp:16701</t>
         </is>
       </c>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Name already in use.</t>
+          <t>Server does not support querying registration flows!</t>
         </is>
       </c>
       <c r="C497" t="inlineStr">
         <is>
-          <t>Nom déjà utilisé.</t>
+          <t>Le serveur ne supporte pas d'interroger les méthodes d'enregistrement !</t>
         </is>
       </c>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>RegisterPageName already in use.</t>
+          <t>RegisterPageServer does not support querying registration flows!</t>
         </is>
       </c>
       <c r="G497" t="inlineStr"/>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16682</t>
+          <t>../../src/RegisterPage.cpp:16706</t>
         </is>
       </c>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Part of the reserved namespace.</t>
+          <t>Server does not support registration.</t>
         </is>
       </c>
       <c r="C498" t="inlineStr">
         <is>
-          <t>Fait partie de l'espace de noms réservé.</t>
+          <t>Le serveur ne supporte pas l'enregistrement.</t>
         </is>
       </c>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>RegisterPagePart of the reserved namespace.</t>
+          <t>RegisterPageServer does not support registration.</t>
         </is>
       </c>
       <c r="G498" t="inlineStr"/>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16740</t>
+          <t>../../src/RegisterPage.cpp:16734</t>
         </is>
       </c>
       <c r="B499" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Invalid username.</t>
         </is>
       </c>
       <c r="C499" t="inlineStr">
         <is>
-          <t>Serveur</t>
+          <t>Nom d'utilisateur invalide.</t>
         </is>
       </c>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>RegisterPageHomeserver</t>
+          <t>RegisterPageInvalid username.</t>
         </is>
       </c>
       <c r="G499" t="inlineStr"/>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16741</t>
+          <t>../../src/RegisterPage.cpp:16736</t>
         </is>
       </c>
       <c r="B500" t="inlineStr">
         <is>
-          <t>your.server</t>
+          <t>Name already in use.</t>
         </is>
       </c>
       <c r="C500" t="inlineStr">
         <is>
-          <t>votre.serveur.example.com</t>
+          <t>Nom déjà utilisé.</t>
         </is>
       </c>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>RegisterPageyour.server</t>
+          <t>RegisterPageName already in use.</t>
         </is>
       </c>
       <c r="G500" t="inlineStr"/>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16744</t>
+          <t>../../src/RegisterPage.cpp:16738</t>
         </is>
       </c>
       <c r="B501" t="inlineStr">
         <is>
-          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>Part of the reserved namespace.</t>
         </is>
       </c>
       <c r="C501" t="inlineStr">
         <is>
-          <t>Un serveur qui autorise les créations de compte. Matrix étant décentralisé, vous devez tout d'abord trouver un serveur sur lequel vous pouvez vous inscrire, ou bien héberger le vôtre.</t>
+          <t>Fait partie de l'espace de noms réservé.</t>
         </is>
       </c>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>RegisterPagePart of the reserved namespace.</t>
         </is>
       </c>
       <c r="G501" t="inlineStr"/>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16776</t>
+          <t>../qml/pages/RegisterPage.qml:16796</t>
         </is>
       </c>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Username</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C502" t="inlineStr">
         <is>
-          <t>Nom d'utilisateur</t>
+          <t>Serveur</t>
         </is>
       </c>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>RegisterPageUsername</t>
+          <t>RegisterPageHomeserver</t>
         </is>
       </c>
       <c r="G502" t="inlineStr"/>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16777</t>
+          <t>../qml/pages/RegisterPage.qml:16797</t>
         </is>
       </c>
       <c r="B503" t="inlineStr">
         <is>
-          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>your.server</t>
         </is>
       </c>
       <c r="C503" t="inlineStr">
         <is>
-          <t>Le nom d'utilisateur ne doit pas être vide, et ne peut contenir que les caractères a-z, 0-9, ., _, =, -, et /.</t>
+          <t>votre.serveur.example.com</t>
         </is>
       </c>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>RegisterPageyour.server</t>
         </is>
       </c>
       <c r="G503" t="inlineStr"/>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16898</t>
+          <t>../qml/pages/RegisterPage.qml:16800</t>
         </is>
       </c>
       <c r="B504" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="C504" t="inlineStr">
         <is>
-          <t>Retour</t>
+          <t>Un serveur qui autorise les créations de compte. Matrix étant décentralisé, vous devez tout d'abord trouver un serveur sur lequel vous pouvez vous inscrire, ou bien héberger le vôtre.</t>
         </is>
       </c>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>RegisterPageBack</t>
+          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="G504" t="inlineStr"/>
       <c r="H504" t="inlineStr"/>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16819</t>
+          <t>../qml/pages/RegisterPage.qml:16832</t>
         </is>
       </c>
       <c r="B505" t="inlineStr">
         <is>
-          <t>Password</t>
+          <t>Username</t>
         </is>
       </c>
       <c r="C505" t="inlineStr">
         <is>
-          <t>Mot de passe</t>
+          <t>Nom d'utilisateur</t>
         </is>
       </c>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>RegisterPagePassword</t>
+          <t>RegisterPageUsername</t>
         </is>
       </c>
       <c r="G505" t="inlineStr"/>
       <c r="H505" t="inlineStr"/>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16821</t>
+          <t>../qml/pages/RegisterPage.qml:16833</t>
         </is>
       </c>
       <c r="B506" t="inlineStr">
         <is>
-          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="C506" t="inlineStr">
         <is>
-          <t>Veuillez choisir un mot de passe fort. Les demandes exactes sur la robustesse du mot de passe peuvent dépendre de votre serveur.</t>
+          <t>Le nom d'utilisateur ne doit pas être vide, et ne peut contenir que les caractères a-z, 0-9, ., _, =, -, et /.</t>
         </is>
       </c>
       <c r="D506" t="inlineStr"/>
       <c r="E506" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F506" t="inlineStr">
         <is>
-          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="G506" t="inlineStr"/>
       <c r="H506" t="inlineStr"/>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16828</t>
+          <t>../qml/pages/RegisterPage.qml:16954</t>
         </is>
       </c>
       <c r="B507" t="inlineStr">
         <is>
-          <t>Password confirmation</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C507" t="inlineStr">
         <is>
-          <t>Confirmation du mot de passe</t>
+          <t>Retour</t>
         </is>
       </c>
       <c r="D507" t="inlineStr"/>
       <c r="E507" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F507" t="inlineStr">
         <is>
-          <t>RegisterPagePassword confirmation</t>
+          <t>RegisterPageBack</t>
         </is>
       </c>
       <c r="G507" t="inlineStr"/>
       <c r="H507" t="inlineStr"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16837</t>
+          <t>../qml/pages/RegisterPage.qml:16875</t>
         </is>
       </c>
       <c r="B508" t="inlineStr">
         <is>
-          <t>Your passwords do not match!</t>
+          <t>Password</t>
         </is>
       </c>
       <c r="C508" t="inlineStr">
         <is>
-          <t>Vos mots de passe ne correspondent pas !</t>
+          <t>Mot de passe</t>
         </is>
       </c>
       <c r="D508" t="inlineStr"/>
       <c r="E508" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F508" t="inlineStr">
         <is>
-          <t>RegisterPageYour passwords do not match!</t>
+          <t>RegisterPagePassword</t>
         </is>
       </c>
       <c r="G508" t="inlineStr"/>
       <c r="H508" t="inlineStr"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16845</t>
+          <t>../qml/pages/RegisterPage.qml:16877</t>
         </is>
       </c>
       <c r="B509" t="inlineStr">
         <is>
-          <t>Device name</t>
+          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="C509" t="inlineStr">
         <is>
-          <t>Nom de l'appareil</t>
+          <t>Veuillez choisir un mot de passe fort. Les demandes exactes sur la robustesse du mot de passe peuvent dépendre de votre serveur.</t>
         </is>
       </c>
       <c r="D509" t="inlineStr"/>
       <c r="E509" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F509" t="inlineStr">
         <is>
-          <t>RegisterPageDevice name</t>
+          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="G509" t="inlineStr"/>
       <c r="H509" t="inlineStr"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16847</t>
+          <t>../qml/pages/RegisterPage.qml:16884</t>
         </is>
       </c>
       <c r="B510" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>Password confirmation</t>
         </is>
       </c>
       <c r="C510" t="inlineStr">
         <is>
-          <t>Un nom pour cet appareil qui sera présenté aux autres lorsqu'ils vérifieront vos appareils. Si rien n'est fourni, une valeur par défaut sera utilisée.</t>
+          <t>Confirmation du mot de passe</t>
         </is>
       </c>
       <c r="D510" t="inlineStr"/>
       <c r="E510" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F510" t="inlineStr">
         <is>
-          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>RegisterPagePassword confirmation</t>
         </is>
       </c>
       <c r="G510" t="inlineStr"/>
       <c r="H510" t="inlineStr"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16878</t>
+          <t>../qml/pages/RegisterPage.qml:16893</t>
         </is>
       </c>
       <c r="B511" t="inlineStr">
         <is>
-          <t>REGISTER</t>
+          <t>Your passwords do not match!</t>
         </is>
       </c>
       <c r="C511" t="inlineStr">
         <is>
-          <t>S'ENREGISTRER</t>
+          <t>Vos mots de passe ne correspondent pas !</t>
         </is>
       </c>
       <c r="D511" t="inlineStr"/>
       <c r="E511" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F511" t="inlineStr">
         <is>
-          <t>RegisterPageREGISTER</t>
+          <t>RegisterPageYour passwords do not match!</t>
         </is>
       </c>
       <c r="G511" t="inlineStr"/>
       <c r="H511" t="inlineStr"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16919</t>
+          <t>../qml/pages/RegisterPage.qml:16901</t>
         </is>
       </c>
       <c r="B512" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Device name</t>
         </is>
       </c>
       <c r="C512" t="inlineStr">
         <is>
-          <t>Fermer</t>
+          <t>Nom de l'appareil</t>
         </is>
       </c>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>ReplyPopupClose</t>
+          <t>RegisterPageDevice name</t>
         </is>
       </c>
       <c r="G512" t="inlineStr"/>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16935</t>
+          <t>../qml/pages/RegisterPage.qml:16903</t>
         </is>
       </c>
       <c r="B513" t="inlineStr">
         <is>
-          <t>Cancel Edit</t>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="C513" t="inlineStr">
         <is>
-          <t>Annuler les modifications</t>
+          <t>Un nom pour cet appareil qui sera présenté aux autres lorsqu'ils vérifieront vos appareils. Si rien n'est fourni, une valeur par défaut sera utilisée.</t>
         </is>
       </c>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Edit</t>
+          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="G513" t="inlineStr"/>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16951</t>
+          <t>../qml/pages/RegisterPage.qml:16934</t>
         </is>
       </c>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Cancel Thread</t>
+          <t>REGISTER</t>
         </is>
       </c>
       <c r="C514" t="inlineStr">
         <is>
-          <t>Annuler Fil</t>
+          <t>S'ENREGISTRER</t>
         </is>
       </c>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Thread</t>
+          <t>RegisterPageREGISTER</t>
         </is>
       </c>
       <c r="G514" t="inlineStr"/>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16966</t>
+          <t>../qml/ReplyPopup.qml:16975</t>
         </is>
       </c>
       <c r="B515" t="inlineStr">
         <is>
-          <t>Report message</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C515" t="inlineStr">
         <is>
-          <t>Signaler le message</t>
+          <t>Fermer</t>
         </is>
       </c>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>ReportMessageReport message</t>
+          <t>ReplyPopupClose</t>
         </is>
       </c>
       <c r="G515" t="inlineStr"/>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16981</t>
+          <t>../qml/ReplyPopup.qml:16991</t>
         </is>
       </c>
       <c r="B516" t="inlineStr">
         <is>
-          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>Cancel Edit</t>
         </is>
       </c>
       <c r="C516" t="inlineStr">
         <is>
-          <t>Ce message que vous signalez sera envoyé à un administrateur serveur pour revue. Veuillez noter que certains administrateurs serveur ne regardent pas les messages signalés. Vous devriez aussi demander à un modérateur du salon de retirer le contenu si nécessaire.</t>
+          <t>Annuler les modifications</t>
         </is>
       </c>
       <c r="D516" t="inlineStr"/>
       <c r="E516" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F516" t="inlineStr">
         <is>
-          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>ReplyPopupCancel Edit</t>
         </is>
       </c>
       <c r="G516" t="inlineStr"/>
       <c r="H516" t="inlineStr"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16985</t>
+          <t>../qml/ReplyPopup.qml:17007</t>
         </is>
       </c>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Enter your reason for reporting:</t>
+          <t>Cancel Thread</t>
         </is>
       </c>
       <c r="C517" t="inlineStr">
         <is>
-          <t>Entrez la raison de votre signalement :</t>
+          <t>Annuler Fil</t>
         </is>
       </c>
       <c r="D517" t="inlineStr"/>
       <c r="E517" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F517" t="inlineStr">
         <is>
-          <t>ReportMessageEnter your reason for reporting:</t>
+          <t>ReplyPopupCancel Thread</t>
         </is>
       </c>
       <c r="G517" t="inlineStr"/>
       <c r="H517" t="inlineStr"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16995</t>
+          <t>../qml/dialogs/ReportMessage.qml:17022</t>
         </is>
       </c>
       <c r="B518" t="inlineStr">
         <is>
-          <t>How bad is the message?</t>
+          <t>Report message</t>
         </is>
       </c>
       <c r="C518" t="inlineStr">
         <is>
-          <t>En quoi ce message est-il mauvais ?</t>
+          <t>Signaler le message</t>
         </is>
       </c>
       <c r="D518" t="inlineStr"/>
       <c r="E518" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F518" t="inlineStr">
         <is>
-          <t>ReportMessageHow bad is the message?</t>
+          <t>ReportMessageReport message</t>
         </is>
       </c>
       <c r="G518" t="inlineStr"/>
       <c r="H518" t="inlineStr"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17013</t>
+          <t>../qml/dialogs/ReportMessage.qml:17037</t>
         </is>
       </c>
       <c r="B519" t="inlineStr">
         <is>
-          <t>Not bad</t>
+          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="C519" t="inlineStr">
         <is>
-          <t>Pas mauvais</t>
+          <t>Ce message que vous signalez sera envoyé à un administrateur serveur pour revue. Veuillez noter que certains administrateurs serveur ne regardent pas les messages signalés. Vous devriez aussi demander à un modérateur du salon de retirer le contenu si nécessaire.</t>
         </is>
       </c>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>ReportMessageNot bad</t>
+          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="G519" t="inlineStr"/>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17015</t>
+          <t>../qml/dialogs/ReportMessage.qml:17041</t>
         </is>
       </c>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Mild</t>
+          <t>Enter your reason for reporting:</t>
         </is>
       </c>
       <c r="C520" t="inlineStr">
         <is>
-          <t>Moyen</t>
+          <t>Entrez la raison de votre signalement :</t>
         </is>
       </c>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>ReportMessageMild</t>
+          <t>ReportMessageEnter your reason for reporting:</t>
         </is>
       </c>
       <c r="G520" t="inlineStr"/>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17017</t>
+          <t>../qml/dialogs/ReportMessage.qml:17051</t>
         </is>
       </c>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Bad</t>
+          <t>How bad is the message?</t>
         </is>
       </c>
       <c r="C521" t="inlineStr">
         <is>
-          <t>Mauvais</t>
+          <t>En quoi ce message est-il mauvais ?</t>
         </is>
       </c>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>ReportMessageBad</t>
+          <t>ReportMessageHow bad is the message?</t>
         </is>
       </c>
       <c r="G521" t="inlineStr"/>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17019</t>
+          <t>../qml/dialogs/ReportMessage.qml:17069</t>
         </is>
       </c>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Serious</t>
+          <t>Not bad</t>
         </is>
       </c>
       <c r="C522" t="inlineStr">
         <is>
-          <t>Sérieux</t>
+          <t>Pas mauvais</t>
         </is>
       </c>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>ReportMessageSerious</t>
+          <t>ReportMessageNot bad</t>
         </is>
       </c>
       <c r="G522" t="inlineStr"/>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17021</t>
+          <t>../qml/dialogs/ReportMessage.qml:17071</t>
         </is>
       </c>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Extremely serious</t>
+          <t>Mild</t>
         </is>
       </c>
       <c r="C523" t="inlineStr">
         <is>
-          <t>Extrêmement sérieux</t>
+          <t>Moyen</t>
         </is>
       </c>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>ReportMessageExtremely serious</t>
+          <t>ReportMessageMild</t>
         </is>
       </c>
       <c r="G523" t="inlineStr"/>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17045</t>
+          <t>../qml/dialogs/ReportMessage.qml:17073</t>
         </is>
       </c>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Explore Public Rooms</t>
+          <t>Bad</t>
         </is>
       </c>
       <c r="C524" t="inlineStr">
         <is>
-          <t>Explorer les salons publics</t>
+          <t>Mauvais</t>
         </is>
       </c>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>RoomDirectoryExplore Public Rooms</t>
+          <t>ReportMessageBad</t>
         </is>
       </c>
       <c r="G524" t="inlineStr"/>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/ReportMessage.qml:17075</t>
         </is>
       </c>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Join</t>
+          <t>Serious</t>
         </is>
       </c>
       <c r="C525" t="inlineStr">
         <is>
-          <t>Rejoindre</t>
+          <t>Sérieux</t>
         </is>
       </c>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t>RoomDirectoryJoin</t>
+          <t>ReportMessageSerious</t>
         </is>
       </c>
       <c r="G525" t="inlineStr"/>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/ReportMessage.qml:17077</t>
         </is>
       </c>
       <c r="B526" t="inlineStr">
         <is>
-          <t>Open</t>
+          <t>Extremely serious</t>
         </is>
       </c>
       <c r="C526" t="inlineStr">
         <is>
-          <t>Ouvrir</t>
+          <t>Extrêmement sérieux</t>
         </is>
       </c>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>RoomDirectoryOpen</t>
+          <t>ReportMessageExtremely serious</t>
         </is>
       </c>
       <c r="G526" t="inlineStr"/>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17191</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17101</t>
         </is>
       </c>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Search for public rooms</t>
+          <t>Explore Public Rooms</t>
         </is>
       </c>
       <c r="C527" t="inlineStr">
         <is>
-          <t>Rechercher des salons publics</t>
+          <t>Explorer les salons publics</t>
         </is>
       </c>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>RoomDirectorySearch for public rooms</t>
+          <t>RoomDirectoryExplore Public Rooms</t>
         </is>
       </c>
       <c r="G527" t="inlineStr"/>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17203</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B528" t="inlineStr">
         <is>
-          <t>Choose custom homeserver</t>
+          <t>Join</t>
         </is>
       </c>
       <c r="C528" t="inlineStr">
         <is>
-          <t>Choisir un serveur personnalisé</t>
+          <t>Rejoindre</t>
         </is>
       </c>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>RoomDirectoryChoose custom homeserver</t>
+          <t>RoomDirectoryJoin</t>
         </is>
       </c>
       <c r="G528" t="inlineStr"/>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17221</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Open</t>
         </is>
       </c>
       <c r="C529" t="inlineStr">
         <is>
-          <t>Fermer</t>
+          <t>Ouvrir</t>
         </is>
       </c>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>RoomDirectoryClose</t>
+          <t>RoomDirectoryOpen</t>
         </is>
       </c>
       <c r="G529" t="inlineStr"/>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:19301</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17247</t>
         </is>
       </c>
       <c r="B530" t="inlineStr">
         <is>
-          <t>no version stored</t>
+          <t>Search for public rooms</t>
         </is>
       </c>
       <c r="C530" t="inlineStr">
         <is>
-          <t>pas de version enregistrée</t>
+          <t>Rechercher des salons publics</t>
         </is>
       </c>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>RoomInfono version stored</t>
+          <t>RoomDirectorySearch for public rooms</t>
         </is>
       </c>
       <c r="G530" t="inlineStr"/>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19350</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17259</t>
         </is>
       </c>
       <c r="B531" t="inlineStr">
         <is>
-          <t>Start a new chat</t>
+          <t>Choose custom homeserver</t>
         </is>
       </c>
       <c r="C531" t="inlineStr">
         <is>
-          <t>Commencer une nouvelle discussion</t>
+          <t>Choisir un serveur personnalisé</t>
         </is>
       </c>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>RoomListStart a new chat</t>
+          <t>RoomDirectoryChoose custom homeserver</t>
         </is>
       </c>
       <c r="G531" t="inlineStr"/>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19363</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17277</t>
         </is>
       </c>
       <c r="B532" t="inlineStr">
         <is>
-          <t>Join a room</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C532" t="inlineStr">
         <is>
-          <t>Rejoindre un salon</t>
+          <t>Fermer</t>
         </is>
       </c>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>RoomListJoin a room</t>
+          <t>RoomDirectoryClose</t>
         </is>
       </c>
       <c r="G532" t="inlineStr"/>
       <c r="H532" t="inlineStr"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19368</t>
+          <t>../../src/Cache.cpp:19355</t>
         </is>
       </c>
       <c r="B533" t="inlineStr">
         <is>
-          <t>Create a new room</t>
+          <t>no version stored</t>
         </is>
       </c>
       <c r="C533" t="inlineStr">
         <is>
-          <t>Créer un nouveau salon</t>
+          <t>pas de version enregistrée</t>
         </is>
       </c>
       <c r="D533" t="inlineStr"/>
       <c r="E533" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F533" t="inlineStr">
         <is>
-          <t>RoomListCreate a new room</t>
+          <t>RoomInfono version stored</t>
         </is>
       </c>
       <c r="G533" t="inlineStr"/>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19377</t>
+          <t>../qml/RoomList.qml:19404</t>
         </is>
       </c>
       <c r="B534" t="inlineStr">
         <is>
-          <t>Start a direct chat</t>
+          <t>Start a new chat</t>
         </is>
       </c>
       <c r="C534" t="inlineStr">
         <is>
-          <t>Démarrer un chat direct</t>
+          <t>Commencer une nouvelle discussion</t>
         </is>
       </c>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>RoomListStart a direct chat</t>
+          <t>RoomListStart a new chat</t>
         </is>
       </c>
       <c r="G534" t="inlineStr"/>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19386</t>
+          <t>../qml/RoomList.qml:19417</t>
         </is>
       </c>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Create a new community</t>
+          <t>Join a room</t>
         </is>
       </c>
       <c r="C535" t="inlineStr">
         <is>
-          <t>Créer une nouvelle communauté</t>
+          <t>Rejoindre un salon</t>
         </is>
       </c>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>RoomListCreate a new community</t>
+          <t>RoomListJoin a room</t>
         </is>
       </c>
       <c r="G535" t="inlineStr"/>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19402</t>
+          <t>../qml/RoomList.qml:19422</t>
         </is>
       </c>
       <c r="B536" t="inlineStr">
         <is>
-          <t>Room directory</t>
+          <t>Create a new room</t>
         </is>
       </c>
       <c r="C536" t="inlineStr">
         <is>
-          <t>Annuaire des salons</t>
+          <t>Créer un nouveau salon</t>
         </is>
       </c>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>RoomListRoom directory</t>
+          <t>RoomListCreate a new room</t>
         </is>
       </c>
       <c r="G536" t="inlineStr"/>
       <c r="H536" t="inlineStr"/>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19420</t>
+          <t>../qml/RoomList.qml:19431</t>
         </is>
       </c>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Search rooms (Ctrl+K)</t>
+          <t>Start a direct chat</t>
         </is>
       </c>
       <c r="C537" t="inlineStr">
         <is>
-          <t>Rechercher un salon (Ctrl+K)</t>
+          <t>Démarrer un chat direct</t>
         </is>
       </c>
       <c r="D537" t="inlineStr"/>
       <c r="E537" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F537" t="inlineStr">
         <is>
-          <t>RoomListSearch rooms (Ctrl+K)</t>
+          <t>RoomListStart a direct chat</t>
         </is>
       </c>
       <c r="G537" t="inlineStr"/>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19444</t>
+          <t>../qml/RoomList.qml:19440</t>
         </is>
       </c>
       <c r="B538" t="inlineStr">
         <is>
-          <t>User settings</t>
+          <t>Create a new community</t>
         </is>
       </c>
       <c r="C538" t="inlineStr">
         <is>
-          <t>Paramètres utilisateur</t>
+          <t>Créer une nouvelle communauté</t>
         </is>
       </c>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>RoomListUser settings</t>
+          <t>RoomListCreate a new community</t>
         </is>
       </c>
       <c r="G538" t="inlineStr"/>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19538</t>
+          <t>../qml/RoomList.qml:19456</t>
         </is>
       </c>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Logout</t>
+          <t>Room directory</t>
         </is>
       </c>
       <c r="C539" t="inlineStr">
         <is>
-          <t>Déconnexion</t>
+          <t>Annuaire des salons</t>
         </is>
       </c>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>RoomListLogout</t>
+          <t>RoomListRoom directory</t>
         </is>
       </c>
       <c r="G539" t="inlineStr"/>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19550</t>
+          <t>../qml/RoomList.qml:19474</t>
         </is>
       </c>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Enter your status message:</t>
+          <t>Search rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="C540" t="inlineStr">
         <is>
-          <t>Entrez votre message de statut :</t>
+          <t>Rechercher un salon (Ctrl+K)</t>
         </is>
       </c>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>RoomListEnter your status message:</t>
+          <t>RoomListSearch rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="G540" t="inlineStr"/>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19551</t>
+          <t>../qml/RoomList.qml:19498</t>
         </is>
       </c>
       <c r="B541" t="inlineStr">
         <is>
-          <t>Status Message</t>
+          <t>User settings</t>
         </is>
       </c>
       <c r="C541" t="inlineStr">
         <is>
-          <t>Message de statut</t>
+          <t>Paramètres utilisateur</t>
         </is>
       </c>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>RoomListStatus Message</t>
+          <t>RoomListUser settings</t>
         </is>
       </c>
       <c r="G541" t="inlineStr"/>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19563</t>
+          <t>../qml/RoomList.qml:19592</t>
         </is>
       </c>
       <c r="B542" t="inlineStr">
         <is>
-          <t>Profile settings</t>
+          <t>Logout</t>
         </is>
       </c>
       <c r="C542" t="inlineStr">
         <is>
-          <t>Paramètres de profil</t>
+          <t>Déconnexion</t>
         </is>
       </c>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>RoomListProfile settings</t>
+          <t>RoomListLogout</t>
         </is>
       </c>
       <c r="G542" t="inlineStr"/>
       <c r="H542" t="inlineStr"/>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19568</t>
+          <t>../qml/RoomList.qml:19604</t>
         </is>
       </c>
       <c r="B543" t="inlineStr">
         <is>
-          <t>Set status message</t>
+          <t>Enter your status message:</t>
         </is>
       </c>
       <c r="C543" t="inlineStr">
         <is>
-          <t>Changer le message de statut</t>
+          <t>Entrez votre message de statut :</t>
         </is>
       </c>
       <c r="D543" t="inlineStr"/>
       <c r="E543" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F543" t="inlineStr">
         <is>
-          <t>RoomListSet status message</t>
+          <t>RoomListEnter your status message:</t>
         </is>
       </c>
       <c r="G543" t="inlineStr"/>
       <c r="H543" t="inlineStr"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19579</t>
+          <t>../qml/RoomList.qml:19605</t>
         </is>
       </c>
       <c r="B544" t="inlineStr">
         <is>
-          <t>Automatic online status</t>
+          <t>Status Message</t>
         </is>
       </c>
       <c r="C544" t="inlineStr">
         <is>
-          <t>Statut en ligne automatique</t>
+          <t>Message de statut</t>
         </is>
       </c>
       <c r="D544" t="inlineStr"/>
       <c r="E544" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F544" t="inlineStr">
         <is>
-          <t>RoomListAutomatic online status</t>
+          <t>RoomListStatus Message</t>
         </is>
       </c>
       <c r="G544" t="inlineStr"/>
       <c r="H544" t="inlineStr"/>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19586</t>
+          <t>../qml/RoomList.qml:19617</t>
         </is>
       </c>
       <c r="B545" t="inlineStr">
         <is>
-          <t>Online</t>
+          <t>Profile settings</t>
         </is>
       </c>
       <c r="C545" t="inlineStr">
         <is>
-          <t>En ligne</t>
+          <t>Paramètres de profil</t>
         </is>
       </c>
       <c r="D545" t="inlineStr"/>
       <c r="E545" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F545" t="inlineStr">
         <is>
-          <t>RoomListOnline</t>
+          <t>RoomListProfile settings</t>
         </is>
       </c>
       <c r="G545" t="inlineStr"/>
       <c r="H545" t="inlineStr"/>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19593</t>
+          <t>../qml/RoomList.qml:19622</t>
         </is>
       </c>
       <c r="B546" t="inlineStr">
         <is>
-          <t>Unavailable</t>
+          <t>Set status message</t>
         </is>
       </c>
       <c r="C546" t="inlineStr">
         <is>
-          <t>Indisponible</t>
+          <t>Changer le message de statut</t>
         </is>
       </c>
       <c r="D546" t="inlineStr"/>
       <c r="E546" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F546" t="inlineStr">
         <is>
-          <t>RoomListUnavailable</t>
+          <t>RoomListSet status message</t>
         </is>
       </c>
       <c r="G546" t="inlineStr"/>
       <c r="H546" t="inlineStr"/>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19600</t>
+          <t>../qml/RoomList.qml:19633</t>
         </is>
       </c>
       <c r="B547" t="inlineStr">
         <is>
-          <t>Offline</t>
+          <t>Automatic online status</t>
         </is>
       </c>
       <c r="C547" t="inlineStr">
         <is>
-          <t>Hors ligne</t>
+          <t>Statut en ligne automatique</t>
         </is>
       </c>
       <c r="D547" t="inlineStr"/>
       <c r="E547" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F547" t="inlineStr">
         <is>
-          <t>RoomListOffline</t>
+          <t>RoomListAutomatic online status</t>
         </is>
       </c>
       <c r="G547" t="inlineStr"/>
       <c r="H547" t="inlineStr"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19654</t>
+          <t>../qml/RoomList.qml:19640</t>
         </is>
       </c>
       <c r="B548" t="inlineStr">
         <is>
-          <t>Encryption not set up</t>
+          <t>Online</t>
         </is>
       </c>
       <c r="C548" t="inlineStr">
         <is>
-          <t>Chiffrement non configuré</t>
+          <t>En ligne</t>
         </is>
       </c>
       <c r="D548" t="inlineStr"/>
       <c r="E548" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F548" t="inlineStr">
         <is>
-          <t>RoomListEncryption not set up</t>
+          <t>RoomListOnline</t>
         </is>
       </c>
       <c r="G548" t="inlineStr"/>
-      <c r="H548" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H548" t="inlineStr"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19657</t>
+          <t>../qml/RoomList.qml:19647</t>
         </is>
       </c>
       <c r="B549" t="inlineStr">
         <is>
-          <t>Unverified login</t>
+          <t>Unavailable</t>
         </is>
       </c>
       <c r="C549" t="inlineStr">
         <is>
-          <t>Appareil non vérifié</t>
+          <t>Indisponible</t>
         </is>
       </c>
       <c r="D549" t="inlineStr"/>
       <c r="E549" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F549" t="inlineStr">
         <is>
-          <t>RoomListUnverified login</t>
+          <t>RoomListUnavailable</t>
         </is>
       </c>
       <c r="G549" t="inlineStr"/>
-      <c r="H549" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H549" t="inlineStr"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19660</t>
+          <t>../qml/RoomList.qml:19654</t>
         </is>
       </c>
       <c r="B550" t="inlineStr">
         <is>
-          <t>Please verify your other devices</t>
+          <t>Offline</t>
         </is>
       </c>
       <c r="C550" t="inlineStr">
         <is>
-          <t>Veuillez vérifier vos autres appareils</t>
+          <t>Hors ligne</t>
         </is>
       </c>
       <c r="D550" t="inlineStr"/>
       <c r="E550" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F550" t="inlineStr">
         <is>
-          <t>RoomListPlease verify your other devices</t>
+          <t>RoomListOffline</t>
         </is>
       </c>
       <c r="G550" t="inlineStr"/>
-      <c r="H550" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H550" t="inlineStr"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19674</t>
+          <t>../qml/RoomList.qml:19708</t>
         </is>
       </c>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Encryption not set up</t>
         </is>
       </c>
       <c r="C551" t="inlineStr">
         <is>
-          <t>Fermer</t>
+          <t>Chiffrement non configuré</t>
         </is>
       </c>
       <c r="D551" t="inlineStr"/>
       <c r="E551" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F551" t="inlineStr">
         <is>
-          <t>RoomListClose</t>
+          <t>RoomListEncryption not set up</t>
         </is>
       </c>
       <c r="G551" t="inlineStr"/>
-      <c r="H551" t="inlineStr"/>
+      <c r="H551" t="inlineStr">
+        <is>
+          <t>Cross-signing setup has not run yet.</t>
+        </is>
+      </c>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20053</t>
+          <t>../qml/RoomList.qml:19711</t>
         </is>
       </c>
       <c r="B552" t="inlineStr">
         <is>
-          <t>Enter the tag you want to use:</t>
+          <t>Unverified login</t>
         </is>
       </c>
       <c r="C552" t="inlineStr">
         <is>
-          <t>Entrez l'étiquette que vous voulez utiliser :</t>
+          <t>Appareil non vérifié</t>
         </is>
       </c>
       <c r="D552" t="inlineStr"/>
       <c r="E552" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F552" t="inlineStr">
         <is>
-          <t>RoomListEnter the tag you want to use:</t>
+          <t>RoomListUnverified login</t>
         </is>
       </c>
       <c r="G552" t="inlineStr"/>
-      <c r="H552" t="inlineStr"/>
+      <c r="H552" t="inlineStr">
+        <is>
+          <t>The user just signed in with this device and hasn't verified their master key.</t>
+        </is>
+      </c>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20054</t>
+          <t>../qml/RoomList.qml:19714</t>
         </is>
       </c>
       <c r="B553" t="inlineStr">
         <is>
-          <t>New tag</t>
+          <t>Please verify your other devices</t>
         </is>
       </c>
       <c r="C553" t="inlineStr">
         <is>
-          <t>Nouvelle étiquette</t>
+          <t>Veuillez vérifier vos autres appareils</t>
         </is>
       </c>
       <c r="D553" t="inlineStr"/>
       <c r="E553" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F553" t="inlineStr">
         <is>
-          <t>RoomListNew tag</t>
+          <t>RoomListPlease verify your other devices</t>
         </is>
       </c>
       <c r="G553" t="inlineStr"/>
-      <c r="H553" t="inlineStr"/>
+      <c r="H553" t="inlineStr">
+        <is>
+          <t>There are unverified devices signed in to this account.</t>
+        </is>
+      </c>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20061</t>
+          <t>../qml/RoomList.qml:19728</t>
         </is>
       </c>
       <c r="B554" t="inlineStr">
         <is>
-          <t>Open separately</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C554" t="inlineStr">
         <is>
-          <t>Ouvrir séparément</t>
+          <t>Fermer</t>
         </is>
       </c>
       <c r="D554" t="inlineStr"/>
       <c r="E554" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F554" t="inlineStr">
         <is>
-          <t>RoomListOpen separately</t>
+          <t>RoomListClose</t>
         </is>
       </c>
       <c r="G554" t="inlineStr"/>
       <c r="H554" t="inlineStr"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20073</t>
+          <t>../qml/RoomList.qml:20107</t>
         </is>
       </c>
       <c r="B555" t="inlineStr">
         <is>
-          <t>Mark as read</t>
+          <t>Enter the tag you want to use:</t>
         </is>
       </c>
       <c r="C555" t="inlineStr">
         <is>
-          <t>Marquer comme lu</t>
+          <t>Entrez l'étiquette que vous voulez utiliser :</t>
         </is>
       </c>
       <c r="D555" t="inlineStr"/>
       <c r="E555" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F555" t="inlineStr">
         <is>
-          <t>RoomListMark as read</t>
+          <t>RoomListEnter the tag you want to use:</t>
         </is>
       </c>
       <c r="G555" t="inlineStr"/>
       <c r="H555" t="inlineStr"/>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20078</t>
+          <t>../qml/RoomList.qml:20108</t>
         </is>
       </c>
       <c r="B556" t="inlineStr">
         <is>
-          <t>Room settings</t>
+          <t>New tag</t>
         </is>
       </c>
       <c r="C556" t="inlineStr">
         <is>
-          <t>Configuration du salon</t>
+          <t>Nouvelle étiquette</t>
         </is>
       </c>
       <c r="D556" t="inlineStr"/>
       <c r="E556" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F556" t="inlineStr">
         <is>
-          <t>RoomListRoom settings</t>
+          <t>RoomListNew tag</t>
         </is>
       </c>
       <c r="G556" t="inlineStr"/>
       <c r="H556" t="inlineStr"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20083</t>
+          <t>../qml/RoomList.qml:20115</t>
         </is>
       </c>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Open separately</t>
         </is>
       </c>
       <c r="C557" t="inlineStr">
         <is>
-          <t>Quitter le salon</t>
+          <t>Ouvrir séparément</t>
         </is>
       </c>
       <c r="D557" t="inlineStr"/>
       <c r="E557" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F557" t="inlineStr">
         <is>
-          <t>RoomListLeave room</t>
+          <t>RoomListOpen separately</t>
         </is>
       </c>
       <c r="G557" t="inlineStr"/>
       <c r="H557" t="inlineStr"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20088</t>
+          <t>../qml/RoomList.qml:20127</t>
         </is>
       </c>
       <c r="B558" t="inlineStr">
         <is>
-          <t>Copy room link</t>
+          <t>Mark as read</t>
         </is>
       </c>
       <c r="C558" t="inlineStr">
         <is>
-          <t>Copier le lien de ce salon</t>
+          <t>Marquer comme lu</t>
         </is>
       </c>
       <c r="D558" t="inlineStr"/>
       <c r="E558" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F558" t="inlineStr">
         <is>
-          <t>RoomListCopy room link</t>
+          <t>RoomListMark as read</t>
         </is>
       </c>
       <c r="G558" t="inlineStr"/>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20095</t>
+          <t>../qml/RoomList.qml:20132</t>
         </is>
       </c>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Tag room as:</t>
+          <t>Room settings</t>
         </is>
       </c>
       <c r="C559" t="inlineStr">
         <is>
-          <t>Étiqueter le salon comme :</t>
+          <t>Configuration du salon</t>
         </is>
       </c>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>RoomListTag room as:</t>
+          <t>RoomListRoom settings</t>
         </is>
       </c>
       <c r="G559" t="inlineStr"/>
       <c r="H559" t="inlineStr"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20108</t>
+          <t>../qml/RoomList.qml:20137</t>
         </is>
       </c>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Favourite</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C560" t="inlineStr">
         <is>
-          <t>Favori</t>
+          <t>Quitter le salon</t>
         </is>
       </c>
       <c r="D560" t="inlineStr"/>
       <c r="E560" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F560" t="inlineStr">
         <is>
-          <t>RoomListFavourite</t>
+          <t>RoomListLeave room</t>
         </is>
       </c>
       <c r="G560" t="inlineStr"/>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20110</t>
+          <t>../qml/RoomList.qml:20142</t>
         </is>
       </c>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Low priority</t>
+          <t>Copy room link</t>
         </is>
       </c>
       <c r="C561" t="inlineStr">
         <is>
-          <t>Priorité basse</t>
+          <t>Copier le lien de ce salon</t>
         </is>
       </c>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>RoomListLow priority</t>
+          <t>RoomListCopy room link</t>
         </is>
       </c>
       <c r="G561" t="inlineStr"/>
       <c r="H561" t="inlineStr"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20112</t>
+          <t>../qml/RoomList.qml:20149</t>
         </is>
       </c>
       <c r="B562" t="inlineStr">
         <is>
-          <t>Server notice</t>
+          <t>Tag room as:</t>
         </is>
       </c>
       <c r="C562" t="inlineStr">
         <is>
-          <t>Notification du serveur</t>
+          <t>Étiqueter le salon comme :</t>
         </is>
       </c>
       <c r="D562" t="inlineStr"/>
       <c r="E562" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F562" t="inlineStr">
         <is>
-          <t>RoomListServer notice</t>
+          <t>RoomListTag room as:</t>
         </is>
       </c>
       <c r="G562" t="inlineStr"/>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20125</t>
+          <t>../qml/RoomList.qml:20162</t>
         </is>
       </c>
       <c r="B563" t="inlineStr">
         <is>
-          <t>Create new tag…</t>
+          <t>Favourite</t>
         </is>
       </c>
       <c r="C563" t="inlineStr">
         <is>
-          <t>Créer une nouvelle étiquette…</t>
+          <t>Favori</t>
         </is>
       </c>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>RoomListCreate new tag...</t>
+          <t>RoomListFavourite</t>
         </is>
       </c>
       <c r="G563" t="inlineStr"/>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20145</t>
+          <t>../qml/RoomList.qml:20164</t>
         </is>
       </c>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Members of %1</t>
+          <t>Low priority</t>
         </is>
       </c>
       <c r="C564" t="inlineStr">
         <is>
-          <t>Membres de %1</t>
+          <t>Priorité basse</t>
         </is>
       </c>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>RoomMembersMembers of %1</t>
+          <t>RoomListLow priority</t>
         </is>
       </c>
       <c r="G564" t="inlineStr"/>
       <c r="H564" t="inlineStr"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20177</t>
+          <t>../qml/RoomList.qml:20166</t>
         </is>
       </c>
       <c r="B565" t="inlineStr">
         <is>
-          <t>%n person in %1</t>
+          <t>Server notice</t>
         </is>
       </c>
       <c r="C565" t="inlineStr">
         <is>
-          <t>%n personne dans %1</t>
+          <t>Notification du serveur</t>
         </is>
       </c>
       <c r="D565" t="inlineStr"/>
       <c r="E565" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F565" t="inlineStr">
         <is>
+          <t>RoomListServer notice</t>
+        </is>
+      </c>
+      <c r="G565" t="inlineStr"/>
+      <c r="H565" t="inlineStr"/>
+    </row>
+    <row r="566">
+      <c r="A566" t="inlineStr">
+        <is>
+          <t>../qml/RoomList.qml:20179</t>
+        </is>
+      </c>
+      <c r="B566" t="inlineStr">
+        <is>
+          <t>Create new tag…</t>
+        </is>
+      </c>
+      <c r="C566" t="inlineStr">
+        <is>
+          <t>Créer une nouvelle étiquette…</t>
+        </is>
+      </c>
+      <c r="D566" t="inlineStr"/>
+      <c r="E566" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F566" t="inlineStr">
+        <is>
+          <t>RoomListCreate new tag...</t>
+        </is>
+      </c>
+      <c r="G566" t="inlineStr"/>
+      <c r="H566" t="inlineStr"/>
+    </row>
+    <row r="567">
+      <c r="A567" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomMembers.qml:20199</t>
+        </is>
+      </c>
+      <c r="B567" t="inlineStr">
+        <is>
+          <t>Members of %1</t>
+        </is>
+      </c>
+      <c r="C567" t="inlineStr">
+        <is>
+          <t>Membres de %1</t>
+        </is>
+      </c>
+      <c r="D567" t="inlineStr"/>
+      <c r="E567" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F567" t="inlineStr">
+        <is>
+          <t>RoomMembersMembers of %1</t>
+        </is>
+      </c>
+      <c r="G567" t="inlineStr"/>
+      <c r="H567" t="inlineStr"/>
+    </row>
+    <row r="568">
+      <c r="A568" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomMembers.qml:20231</t>
+        </is>
+      </c>
+      <c r="B568" t="inlineStr">
+        <is>
+          <t>%n person in %1</t>
+        </is>
+      </c>
+      <c r="C568" t="inlineStr">
+        <is>
+          <t>%n personne dans %1</t>
+        </is>
+      </c>
+      <c r="D568" t="inlineStr"/>
+      <c r="E568" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F568" t="inlineStr">
+        <is>
           <t>RoomMembers
 Summary above list of members%n people in %1</t>
         </is>
       </c>
-      <c r="G565" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G568" t="inlineStr"/>
       <c r="H568" t="inlineStr"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20211</t>
+          <t>../qml/dialogs/RoomMembers.qml:20241</t>
         </is>
       </c>
       <c r="B569" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Invite more people</t>
         </is>
       </c>
       <c r="C569" t="inlineStr">
         <is>
-          <t>Identifiant de l'utilisateur</t>
+          <t>Inviter plus de personnes</t>
         </is>
       </c>
       <c r="D569" t="inlineStr"/>
       <c r="E569" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F569" t="inlineStr">
         <is>
-          <t>RoomMembersUser ID</t>
+          <t>RoomMembersInvite more people</t>
         </is>
       </c>
       <c r="G569" t="inlineStr"/>
       <c r="H569" t="inlineStr"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20212</t>
+          <t>../qml/dialogs/RoomMembers.qml:20249</t>
         </is>
       </c>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Display name</t>
+          <t>Search...</t>
         </is>
       </c>
       <c r="C570" t="inlineStr">
         <is>
-          <t>Nom d'affichage</t>
+          <t>Rechercher...</t>
         </is>
       </c>
       <c r="D570" t="inlineStr"/>
       <c r="E570" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F570" t="inlineStr">
         <is>
-          <t>RoomMembersDisplay name</t>
+          <t>RoomMembersSearch...</t>
         </is>
       </c>
       <c r="G570" t="inlineStr"/>
       <c r="H570" t="inlineStr"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20213</t>
+          <t>../qml/dialogs/RoomMembers.qml:20259</t>
         </is>
       </c>
       <c r="B571" t="inlineStr">
         <is>
-          <t>Power level</t>
+          <t xml:space="preserve">Sort by: </t>
         </is>
       </c>
       <c r="C571" t="inlineStr">
         <is>
-          <t>Niveau de permissions</t>
+          <t xml:space="preserve">Trier par : </t>
         </is>
       </c>
       <c r="D571" t="inlineStr"/>
       <c r="E571" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F571" t="inlineStr">
         <is>
-          <t>RoomMembersPower level</t>
+          <t xml:space="preserve">RoomMembersSort by: </t>
         </is>
       </c>
       <c r="G571" t="inlineStr"/>
       <c r="H571" t="inlineStr"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20311</t>
+          <t>../qml/dialogs/RoomMembers.qml:20265</t>
         </is>
       </c>
       <c r="B572" t="inlineStr">
         <is>
-          <t>This room is not encrypted!</t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C572" t="inlineStr">
         <is>
-          <t>Ce salon n'est pas chiffré !</t>
+          <t>Identifiant de l'utilisateur</t>
         </is>
       </c>
       <c r="D572" t="inlineStr"/>
       <c r="E572" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F572" t="inlineStr">
         <is>
-          <t>RoomMembersThis room is not encrypted!</t>
+          <t>RoomMembersUser ID</t>
         </is>
       </c>
       <c r="G572" t="inlineStr"/>
       <c r="H572" t="inlineStr"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20315</t>
+          <t>../qml/dialogs/RoomMembers.qml:20266</t>
         </is>
       </c>
       <c r="B573" t="inlineStr">
         <is>
-          <t>This user is verified.</t>
+          <t>Display name</t>
         </is>
       </c>
       <c r="C573" t="inlineStr">
         <is>
-          <t>Cet utilisateur est vérifié.</t>
+          <t>Nom d'affichage</t>
         </is>
       </c>
       <c r="D573" t="inlineStr"/>
       <c r="E573" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F573" t="inlineStr">
         <is>
-          <t>RoomMembersThis user is verified.</t>
+          <t>RoomMembersDisplay name</t>
         </is>
       </c>
       <c r="G573" t="inlineStr"/>
       <c r="H573" t="inlineStr"/>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20317</t>
+          <t>../qml/dialogs/RoomMembers.qml:20267</t>
         </is>
       </c>
       <c r="B574" t="inlineStr">
         <is>
-          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
+          <t>Power level</t>
         </is>
       </c>
       <c r="C574" t="inlineStr">
         <is>
-          <t>Cet utilisateur n'est pas vérifié, mais utilise toujours la même clef maîtresse que la première fois que vous vous êtes rencontrés.</t>
+          <t>Niveau de permissions</t>
         </is>
       </c>
       <c r="D574" t="inlineStr"/>
       <c r="E574" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F574" t="inlineStr">
         <is>
-          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
+          <t>RoomMembersPower level</t>
         </is>
       </c>
       <c r="G574" t="inlineStr"/>
       <c r="H574" t="inlineStr"/>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20319</t>
+          <t>../qml/dialogs/RoomMembers.qml:20365</t>
         </is>
       </c>
       <c r="B575" t="inlineStr">
         <is>
-          <t>This user has unverified devices!</t>
+          <t>This room is not encrypted!</t>
         </is>
       </c>
       <c r="C575" t="inlineStr">
         <is>
-          <t>Cet utilisateur a des appareils non vérifiés !</t>
+          <t>Ce salon n'est pas chiffré !</t>
         </is>
       </c>
       <c r="D575" t="inlineStr"/>
       <c r="E575" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F575" t="inlineStr">
         <is>
-          <t>RoomMembersThis user has unverified devices!</t>
+          <t>RoomMembersThis room is not encrypted!</t>
         </is>
       </c>
       <c r="G575" t="inlineStr"/>
       <c r="H575" t="inlineStr"/>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20563</t>
+          <t>../qml/dialogs/RoomMembers.qml:20369</t>
         </is>
       </c>
       <c r="B576" t="inlineStr">
         <is>
-          <t>Failed to enable encryption: %1</t>
+          <t>This user is verified.</t>
         </is>
       </c>
       <c r="C576" t="inlineStr">
         <is>
-          <t>Échec de l'activation du chiffrement : %1</t>
+          <t>Cet utilisateur est vérifié.</t>
         </is>
       </c>
       <c r="D576" t="inlineStr"/>
       <c r="E576" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F576" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to enable encryption: %1</t>
+          <t>RoomMembersThis user is verified.</t>
         </is>
       </c>
       <c r="G576" t="inlineStr"/>
       <c r="H576" t="inlineStr"/>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../qml/dialogs/RoomMembers.qml:20371</t>
         </is>
       </c>
       <c r="B577" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="C577" t="inlineStr">
         <is>
-          <t>Sélectionner un avatar</t>
+          <t>Cet utilisateur n'est pas vérifié, mais utilise toujours la même clef maîtresse que la première fois que vous vous êtes rencontrés.</t>
         </is>
       </c>
       <c r="D577" t="inlineStr"/>
       <c r="E577" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F577" t="inlineStr">
         <is>
-          <t>RoomSettingsSelect an avatar</t>
+          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="G577" t="inlineStr"/>
       <c r="H577" t="inlineStr"/>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../qml/dialogs/RoomMembers.qml:20373</t>
         </is>
       </c>
       <c r="B578" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>This user has unverified devices!</t>
         </is>
       </c>
       <c r="C578" t="inlineStr">
         <is>
-          <t>Tous les types de fichiers (*)</t>
+          <t>Cet utilisateur a des appareils non vérifiés !</t>
         </is>
       </c>
       <c r="D578" t="inlineStr"/>
       <c r="E578" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F578" t="inlineStr">
         <is>
-          <t>RoomSettingsAll Files (*)</t>
+          <t>RoomMembersThis user has unverified devices!</t>
         </is>
       </c>
       <c r="G578" t="inlineStr"/>
       <c r="H578" t="inlineStr"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20979</t>
+          <t>../../src/ui/RoomSettings.cpp:20617</t>
         </is>
       </c>
       <c r="B579" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>Failed to enable encryption: %1</t>
         </is>
       </c>
       <c r="C579" t="inlineStr">
         <is>
-          <t>Le fichier sélectionné n'est pas une image</t>
+          <t>Échec de l'activation du chiffrement : %1</t>
         </is>
       </c>
       <c r="D579" t="inlineStr"/>
       <c r="E579" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F579" t="inlineStr">
         <is>
-          <t>RoomSettingsThe selected file is not an image</t>
+          <t>RoomSettingsFailed to enable encryption: %1</t>
         </is>
       </c>
       <c r="G579" t="inlineStr"/>
       <c r="H579" t="inlineStr"/>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20984</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C580" t="inlineStr">
         <is>
-          <t>Erreur lors de la lecture du fichier : %1</t>
+          <t>Sélectionner un avatar</t>
         </is>
       </c>
       <c r="D580" t="inlineStr"/>
       <c r="E580" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F580" t="inlineStr">
         <is>
-          <t>RoomSettingsError while reading file: %1</t>
+          <t>RoomSettingsSelect an avatar</t>
         </is>
       </c>
       <c r="G580" t="inlineStr"/>
       <c r="H580" t="inlineStr"/>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:21035</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B581" t="inlineStr">
         <is>
-          <t>Failed to upload image: %s</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C581" t="inlineStr">
         <is>
-          <t>Échec de l'envoi de l'image : %s</t>
+          <t>Tous les types de fichiers (*)</t>
         </is>
       </c>
       <c r="D581" t="inlineStr"/>
       <c r="E581" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F581" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to upload image: %s</t>
+          <t>RoomSettingsAll Files (*)</t>
         </is>
       </c>
       <c r="G581" t="inlineStr"/>
       <c r="H581" t="inlineStr"/>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21062</t>
+          <t>../../src/ui/RoomSettings.cpp:21033</t>
         </is>
       </c>
       <c r="B582" t="inlineStr">
         <is>
-          <t>Room Settings</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C582" t="inlineStr">
         <is>
-          <t>Configuration du salon</t>
+          <t>Le fichier sélectionné n'est pas une image</t>
         </is>
       </c>
       <c r="D582" t="inlineStr"/>
       <c r="E582" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F582" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Settings</t>
+          <t>RoomSettingsThe selected file is not an image</t>
         </is>
       </c>
       <c r="G582" t="inlineStr"/>
       <c r="H582" t="inlineStr"/>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21097</t>
+          <t>../../src/ui/RoomSettings.cpp:21038</t>
         </is>
       </c>
       <c r="B583" t="inlineStr">
         <is>
-          <t>Change room avatar.</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C583" t="inlineStr">
         <is>
-          <t>Changer l'image de ce salon.</t>
+          <t>Erreur lors de la lecture du fichier : %1</t>
         </is>
       </c>
       <c r="D583" t="inlineStr"/>
       <c r="E583" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F583" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange room avatar.</t>
+          <t>RoomSettingsError while reading file: %1</t>
         </is>
       </c>
       <c r="G583" t="inlineStr"/>
       <c r="H583" t="inlineStr"/>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21194</t>
+          <t>../../src/ui/RoomSettings.cpp:21089</t>
         </is>
       </c>
       <c r="B584" t="inlineStr">
         <is>
-          <t>Change name of this room</t>
+          <t>Failed to upload image: %s</t>
         </is>
       </c>
       <c r="C584" t="inlineStr">
         <is>
-          <t>Changer le nom de ce salon</t>
+          <t>Échec de l'envoi de l'image : %s</t>
         </is>
       </c>
       <c r="D584" t="inlineStr"/>
       <c r="E584" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F584" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange name of this room</t>
+          <t>RoomSettingsFailed to upload image: %s</t>
         </is>
       </c>
       <c r="G584" t="inlineStr"/>
       <c r="H584" t="inlineStr"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21217</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21116</t>
         </is>
       </c>
       <c r="B585" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+          <t>Room Settings</t>
         </is>
       </c>
       <c r="C585" t="inlineStr">
         <is>
-          <t>L'état d'un salon ne peut être chiffré, faites attention à ne pas mettre d'informations confidentielles dans le nom du salon !</t>
+          <t>Configuration du salon</t>
         </is>
       </c>
       <c r="D585" t="inlineStr"/>
       <c r="E585" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F585" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+          <t>RoomSettingsDialogRoom Settings</t>
         </is>
       </c>
       <c r="G585" t="inlineStr"/>
       <c r="H585" t="inlineStr"/>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21228</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21151</t>
         </is>
       </c>
       <c r="B586" t="inlineStr">
         <is>
-          <t>%n member</t>
+          <t>Change room avatar.</t>
         </is>
       </c>
       <c r="C586" t="inlineStr">
         <is>
-          <t>%n membre</t>
+          <t>Changer l'image de ce salon.</t>
         </is>
       </c>
       <c r="D586" t="inlineStr"/>
       <c r="E586" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F586" t="inlineStr">
         <is>
-          <t>RoomSettingsDialog%n member(s)</t>
+          <t>RoomSettingsDialogChange room avatar.</t>
         </is>
       </c>
       <c r="G586" t="inlineStr"/>
       <c r="H586" t="inlineStr"/>
     </row>
     <row r="587">
       <c r="A587" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21236</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21248</t>
         </is>
       </c>
       <c r="B587" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>Change name of this room</t>
         </is>
       </c>
       <c r="C587" t="inlineStr">
         <is>
-          <t>Voir les membres de %1</t>
+          <t>Changer le nom de ce salon</t>
         </is>
       </c>
       <c r="D587" t="inlineStr"/>
       <c r="E587" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F587" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView members of %1</t>
+          <t>RoomSettingsDialogChange name of this room</t>
         </is>
       </c>
       <c r="G587" t="inlineStr"/>
       <c r="H587" t="inlineStr"/>
     </row>
     <row r="588">
       <c r="A588" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21260</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21271</t>
         </is>
       </c>
       <c r="B588" t="inlineStr">
         <is>
-          <t>No topic set</t>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="C588" t="inlineStr">
         <is>
-          <t>Pas de sujet défini</t>
+          <t>L'état d'un salon ne peut être chiffré, faites attention à ne pas mettre d'informations confidentielles dans le nom du salon !</t>
         </is>
       </c>
       <c r="D588" t="inlineStr"/>
       <c r="E588" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F588" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNo topic set</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="G588" t="inlineStr"/>
       <c r="H588" t="inlineStr"/>
     </row>
     <row r="589">
       <c r="A589" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21284</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21282</t>
         </is>
       </c>
       <c r="B589" t="inlineStr">
         <is>
-          <t>Change topic of this room</t>
+          <t>%n member</t>
         </is>
       </c>
       <c r="C589" t="inlineStr">
         <is>
-          <t>Changer le sujet de ce salon</t>
+          <t>%n membre</t>
         </is>
       </c>
       <c r="D589" t="inlineStr"/>
       <c r="E589" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F589" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange topic of this room</t>
+          <t>RoomSettingsDialog%n member(s)</t>
         </is>
       </c>
       <c r="G589" t="inlineStr"/>
       <c r="H589" t="inlineStr"/>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21308</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21290</t>
         </is>
       </c>
       <c r="B590" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C590" t="inlineStr">
         <is>
-          <t>L'état d'un salon ne peut être chiffré, faites attention à ne pas mettre d'informations confidentielles dans le sujet du salon !</t>
+          <t>Voir les membres de %1</t>
         </is>
       </c>
       <c r="D590" t="inlineStr"/>
       <c r="E590" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F590" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+          <t>RoomSettingsDialogView members of %1</t>
         </is>
       </c>
       <c r="G590" t="inlineStr"/>
       <c r="H590" t="inlineStr"/>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21327</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21314</t>
         </is>
       </c>
       <c r="B591" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>No topic set</t>
         </is>
       </c>
       <c r="C591" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>Pas de sujet défini</t>
         </is>
       </c>
       <c r="D591" t="inlineStr"/>
       <c r="E591" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F591" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNOTIFICATIONS</t>
+          <t>RoomSettingsDialogNo topic set</t>
         </is>
       </c>
       <c r="G591" t="inlineStr"/>
       <c r="H591" t="inlineStr"/>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21336</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21338</t>
         </is>
       </c>
       <c r="B592" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Change topic of this room</t>
         </is>
       </c>
       <c r="C592" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Changer le sujet de ce salon</t>
         </is>
       </c>
       <c r="D592" t="inlineStr"/>
       <c r="E592" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F592" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNotifications</t>
+          <t>RoomSettingsDialogChange topic of this room</t>
         </is>
       </c>
       <c r="G592" t="inlineStr"/>
       <c r="H592" t="inlineStr"/>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21362</t>
         </is>
       </c>
       <c r="B593" t="inlineStr">
         <is>
-          <t>Muted</t>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="C593" t="inlineStr">
         <is>
-          <t>En sourdine</t>
+          <t>L'état d'un salon ne peut être chiffré, faites attention à ne pas mettre d'informations confidentielles dans le sujet du salon !</t>
         </is>
       </c>
       <c r="D593" t="inlineStr"/>
       <c r="E593" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F593" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMuted</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="G593" t="inlineStr"/>
       <c r="H593" t="inlineStr"/>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21381</t>
         </is>
       </c>
       <c r="B594" t="inlineStr">
         <is>
-          <t>Mentions only</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C594" t="inlineStr">
         <is>
-          <t>Seulement les mentions</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="D594" t="inlineStr"/>
       <c r="E594" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F594" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMentions only</t>
+          <t>RoomSettingsDialogNOTIFICATIONS</t>
         </is>
       </c>
       <c r="G594" t="inlineStr"/>
       <c r="H594" t="inlineStr"/>
     </row>
     <row r="595">
       <c r="A595" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21390</t>
         </is>
       </c>
       <c r="B595" t="inlineStr">
         <is>
-          <t>All messages</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="C595" t="inlineStr">
         <is>
-          <t>Tous les messages</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="D595" t="inlineStr"/>
       <c r="E595" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F595" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAll messages</t>
+          <t>RoomSettingsDialogNotifications</t>
         </is>
       </c>
       <c r="G595" t="inlineStr"/>
       <c r="H595" t="inlineStr"/>
     </row>
     <row r="596">
       <c r="A596" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21352</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B596" t="inlineStr">
         <is>
-          <t>ENTRY PERMISSIONS</t>
+          <t>Muted</t>
         </is>
       </c>
       <c r="C596" t="inlineStr">
         <is>
-          <t>PERMISSIONS D'ENTRÉE</t>
+          <t>En sourdine</t>
         </is>
       </c>
       <c r="D596" t="inlineStr"/>
       <c r="E596" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F596" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
+          <t>RoomSettingsDialogMuted</t>
         </is>
       </c>
       <c r="G596" t="inlineStr"/>
       <c r="H596" t="inlineStr"/>
     </row>
     <row r="597">
       <c r="A597" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21361</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B597" t="inlineStr">
         <is>
-          <t>Anyone can join</t>
+          <t>Mentions only</t>
         </is>
       </c>
       <c r="C597" t="inlineStr">
         <is>
-          <t>Libre d'accès</t>
+          <t>Seulement les mentions</t>
         </is>
       </c>
       <c r="D597" t="inlineStr"/>
       <c r="E597" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F597" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAnyone can join</t>
+          <t>RoomSettingsDialogMentions only</t>
         </is>
       </c>
       <c r="G597" t="inlineStr"/>
       <c r="H597" t="inlineStr"/>
     </row>
     <row r="598">
       <c r="A598" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21375</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B598" t="inlineStr">
         <is>
-          <t>Allow knocking</t>
+          <t>All messages</t>
         </is>
       </c>
       <c r="C598" t="inlineStr">
         <is>
-          <t>Autoriser frapper à la porte</t>
+          <t>Tous les messages</t>
         </is>
       </c>
       <c r="D598" t="inlineStr"/>
       <c r="E598" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F598" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow knocking</t>
+          <t>RoomSettingsDialogAll messages</t>
         </is>
       </c>
       <c r="G598" t="inlineStr"/>
       <c r="H598" t="inlineStr"/>
     </row>
     <row r="599">
       <c r="A599" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21394</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21409</t>
         </is>
       </c>
       <c r="B599" t="inlineStr">
         <is>
-          <t>Allow joining via other rooms</t>
+          <t>ENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="C599" t="inlineStr">
         <is>
-          <t>Autoriser de rejoindre via d'autres salons</t>
+          <t>PERMISSIONS D'ENTRÉE</t>
         </is>
       </c>
       <c r="D599" t="inlineStr"/>
       <c r="E599" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F599" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow joining via other rooms</t>
+          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="G599" t="inlineStr"/>
       <c r="H599" t="inlineStr"/>
     </row>
     <row r="600">
       <c r="A600" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21413</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21418</t>
         </is>
       </c>
       <c r="B600" t="inlineStr">
         <is>
-          <t>Rooms to join via</t>
+          <t>Anyone can join</t>
         </is>
       </c>
       <c r="C600" t="inlineStr">
         <is>
-          <t>Salons à rejoindre via</t>
+          <t>Libre d'accès</t>
         </is>
       </c>
       <c r="D600" t="inlineStr"/>
       <c r="E600" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F600" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRooms to join via</t>
+          <t>RoomSettingsDialogAnyone can join</t>
         </is>
       </c>
       <c r="G600" t="inlineStr"/>
       <c r="H600" t="inlineStr"/>
     </row>
     <row r="601">
       <c r="A601" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21667</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
         </is>
       </c>
       <c r="B601" t="inlineStr">
         <is>
-          <t>Change</t>
+          <t>Allow knocking</t>
         </is>
       </c>
       <c r="C601" t="inlineStr">
         <is>
-          <t>Modifier</t>
+          <t>Autoriser frapper à la porte</t>
         </is>
       </c>
       <c r="D601" t="inlineStr"/>
       <c r="E601" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F601" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange</t>
+          <t>RoomSettingsDialogAllow knocking</t>
         </is>
       </c>
       <c r="G601" t="inlineStr"/>
       <c r="H601" t="inlineStr"/>
     </row>
     <row r="602">
       <c r="A602" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21426</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21451</t>
         </is>
       </c>
       <c r="B602" t="inlineStr">
         <is>
-          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>Allow joining via other rooms</t>
         </is>
       </c>
       <c r="C602" t="inlineStr">
         <is>
-          <t>Changer la liste des salons que les utilisateurs peuvent emprunter pour rejoindre ce salon. En général, il s'agit de la communauté officielle de ce salon.</t>
+          <t>Autoriser de rejoindre via d'autres salons</t>
         </is>
       </c>
       <c r="D602" t="inlineStr"/>
       <c r="E602" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F602" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>RoomSettingsDialogAllow joining via other rooms</t>
         </is>
       </c>
       <c r="G602" t="inlineStr"/>
       <c r="H602" t="inlineStr"/>
     </row>
     <row r="603">
       <c r="A603" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21470</t>
         </is>
       </c>
       <c r="B603" t="inlineStr">
         <is>
-          <t>Allow guests to join</t>
+          <t>Rooms to join via</t>
         </is>
       </c>
       <c r="C603" t="inlineStr">
         <is>
-          <t>Autoriser les invités à rejoindre</t>
+          <t>Salons à rejoindre via</t>
         </is>
       </c>
       <c r="D603" t="inlineStr"/>
       <c r="E603" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F603" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow guests to join</t>
+          <t>RoomSettingsDialogRooms to join via</t>
         </is>
       </c>
       <c r="G603" t="inlineStr"/>
       <c r="H603" t="inlineStr"/>
     </row>
     <row r="604">
       <c r="A604" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21449</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21724</t>
         </is>
       </c>
       <c r="B604" t="inlineStr">
         <is>
-          <t>Apply access rules</t>
+          <t>Change</t>
         </is>
       </c>
       <c r="C604" t="inlineStr">
         <is>
-          <t>Appliquer les règles d'accès</t>
+          <t>Modifier</t>
         </is>
       </c>
       <c r="D604" t="inlineStr"/>
       <c r="E604" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F604" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply access rules</t>
+          <t>RoomSettingsDialogChange</t>
         </is>
       </c>
       <c r="G604" t="inlineStr"/>
       <c r="H604" t="inlineStr"/>
     </row>
     <row r="605">
       <c r="A605" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21456</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21483</t>
         </is>
       </c>
       <c r="B605" t="inlineStr">
         <is>
-          <t>MESSAGE VISIBILITY</t>
+          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="C605" t="inlineStr">
         <is>
-          <t>VISIBILITÉ DES MESSAGES</t>
+          <t>Changer la liste des salons que les utilisateurs peuvent emprunter pour rejoindre ce salon. En général, il s'agit de la communauté officielle de ce salon.</t>
         </is>
       </c>
       <c r="D605" t="inlineStr"/>
       <c r="E605" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F605" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
+          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="G605" t="inlineStr"/>
       <c r="H605" t="inlineStr"/>
     </row>
     <row r="606">
       <c r="A606" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21465</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21489</t>
         </is>
       </c>
       <c r="B606" t="inlineStr">
         <is>
-          <t>Allow viewing history without joining</t>
+          <t>Allow guests to join</t>
         </is>
       </c>
       <c r="C606" t="inlineStr">
         <is>
-          <t>Autoriser la lecture de l'historique sans rejoindre</t>
+          <t>Autoriser les invités à rejoindre</t>
         </is>
       </c>
       <c r="D606" t="inlineStr"/>
       <c r="E606" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F606" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow viewing history without joining</t>
+          <t>RoomSettingsDialogAllow guests to join</t>
         </is>
       </c>
       <c r="G606" t="inlineStr"/>
       <c r="H606" t="inlineStr"/>
     </row>
     <row r="607">
       <c r="A607" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21468</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21506</t>
         </is>
       </c>
       <c r="B607" t="inlineStr">
         <is>
-          <t>This is useful to see previews of the room or view it on public websites.</t>
+          <t>Apply access rules</t>
         </is>
       </c>
       <c r="C607" t="inlineStr">
         <is>
-          <t>Ceci est utile pour prévisualiser un salon ou le lire depuis un site public.</t>
+          <t>Appliquer les règles d'accès</t>
         </is>
       </c>
       <c r="D607" t="inlineStr"/>
       <c r="E607" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F607" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
+          <t>RoomSettingsDialogApply access rules</t>
         </is>
       </c>
       <c r="G607" t="inlineStr"/>
       <c r="H607" t="inlineStr"/>
     </row>
     <row r="608">
       <c r="A608" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21488</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21513</t>
         </is>
       </c>
       <c r="B608" t="inlineStr">
         <is>
-          <t>Members can see messages since</t>
+          <t>MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C608" t="inlineStr">
         <is>
-          <t>Les membres peuvent voir les messages depuis</t>
+          <t>VISIBILITÉ DES MESSAGES</t>
         </is>
       </c>
       <c r="D608" t="inlineStr"/>
       <c r="E608" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F608" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can see messages since</t>
+          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G608" t="inlineStr"/>
       <c r="H608" t="inlineStr"/>
     </row>
     <row r="609">
       <c r="A609" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21492</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21522</t>
         </is>
       </c>
       <c r="B609" t="inlineStr">
         <is>
-          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>Allow viewing history without joining</t>
         </is>
       </c>
       <c r="C609" t="inlineStr">
         <is>
-          <t>Quel quantité d'historique est visible pour les membres ayant rejoint le salon. Les changements n'auront pas d'effet sur les messages déjà envoyés. S'applique uniquement aux nouveaux messages.</t>
+          <t>Autoriser la lecture de l'historique sans rejoindre</t>
         </is>
       </c>
       <c r="D609" t="inlineStr"/>
       <c r="E609" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F609" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>RoomSettingsDialogAllow viewing history without joining</t>
         </is>
       </c>
       <c r="G609" t="inlineStr"/>
       <c r="H609" t="inlineStr"/>
     </row>
     <row r="610">
       <c r="A610" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21511</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21525</t>
         </is>
       </c>
       <c r="B610" t="inlineStr">
         <is>
-          <t>Everything</t>
+          <t>This is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="C610" t="inlineStr">
         <is>
-          <t>Tout</t>
+          <t>Ceci est utile pour prévisualiser un salon ou le lire depuis un site public.</t>
         </is>
       </c>
       <c r="D610" t="inlineStr"/>
       <c r="E610" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F610" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEverything</t>
+          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="G610" t="inlineStr"/>
       <c r="H610" t="inlineStr"/>
     </row>
     <row r="611">
       <c r="A611" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21512</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21545</t>
         </is>
       </c>
       <c r="B611" t="inlineStr">
         <is>
-          <t>As long as the user joined, they can see all previous messages.</t>
+          <t>Members can see messages since</t>
         </is>
       </c>
       <c r="C611" t="inlineStr">
         <is>
-          <t>Si l'utilisateur a rejoint le salon, il/elle pourra voir tous les messages précédents.</t>
+          <t>Les membres peuvent voir les messages depuis</t>
         </is>
       </c>
       <c r="D611" t="inlineStr"/>
       <c r="E611" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F611" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
+          <t>RoomSettingsDialogMembers can see messages since</t>
         </is>
       </c>
       <c r="G611" t="inlineStr"/>
       <c r="H611" t="inlineStr"/>
     </row>
     <row r="612">
       <c r="A612" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21519</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21549</t>
         </is>
       </c>
       <c r="B612" t="inlineStr">
         <is>
-          <t>They got invited</t>
+          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="C612" t="inlineStr">
         <is>
-          <t>Ils/elles ont été invité(e)s</t>
+          <t>Quel quantité d'historique est visible pour les membres ayant rejoint le salon. Les changements n'auront pas d'effet sur les messages déjà envoyés. S'applique uniquement aux nouveaux messages.</t>
         </is>
       </c>
       <c r="D612" t="inlineStr"/>
       <c r="E612" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F612" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey got invited</t>
+          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="G612" t="inlineStr"/>
       <c r="H612" t="inlineStr"/>
     </row>
     <row r="613">
       <c r="A613" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21520</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21568</t>
         </is>
       </c>
       <c r="B613" t="inlineStr">
         <is>
-          <t>Members can only see messages from when they got invited going forward.</t>
+          <t>Everything</t>
         </is>
       </c>
       <c r="C613" t="inlineStr">
         <is>
-          <t>Les membres pourront lires les messages émis après le moment de leur invitation.</t>
+          <t>Tout</t>
         </is>
       </c>
       <c r="D613" t="inlineStr"/>
       <c r="E613" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F613" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
+          <t>RoomSettingsDialogEverything</t>
         </is>
       </c>
       <c r="G613" t="inlineStr"/>
       <c r="H613" t="inlineStr"/>
     </row>
     <row r="614">
       <c r="A614" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21527</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21569</t>
         </is>
       </c>
       <c r="B614" t="inlineStr">
         <is>
-          <t>They joined</t>
+          <t>As long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="C614" t="inlineStr">
         <is>
-          <t>Ils/elles ont rejoint</t>
+          <t>Si l'utilisateur a rejoint le salon, il/elle pourra voir tous les messages précédents.</t>
         </is>
       </c>
       <c r="D614" t="inlineStr"/>
       <c r="E614" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F614" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey joined</t>
+          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="G614" t="inlineStr"/>
       <c r="H614" t="inlineStr"/>
     </row>
     <row r="615">
       <c r="A615" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21528</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21576</t>
         </is>
       </c>
       <c r="B615" t="inlineStr">
         <is>
-          <t>Members can only see messages since after they joined.</t>
+          <t>They got invited</t>
         </is>
       </c>
       <c r="C615" t="inlineStr">
         <is>
-          <t>Les membres pourront lire les messages émis après le moment où ils ont rejoint le salon.</t>
+          <t>Ils/elles ont été invité(e)s</t>
         </is>
       </c>
       <c r="D615" t="inlineStr"/>
       <c r="E615" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F615" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
+          <t>RoomSettingsDialogThey got invited</t>
         </is>
       </c>
       <c r="G615" t="inlineStr"/>
       <c r="H615" t="inlineStr"/>
     </row>
     <row r="616">
       <c r="A616" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21538</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21577</t>
         </is>
       </c>
       <c r="B616" t="inlineStr">
         <is>
-          <t>Apply visibility changes</t>
+          <t>Members can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="C616" t="inlineStr">
         <is>
-          <t>Appliquer les changements de visibilité</t>
+          <t>Les membres pourront lires les messages émis après le moment de leur invitation.</t>
         </is>
       </c>
       <c r="D616" t="inlineStr"/>
       <c r="E616" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F616" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply visibility changes</t>
+          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="G616" t="inlineStr"/>
       <c r="H616" t="inlineStr"/>
     </row>
     <row r="617">
       <c r="A617" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21554</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
         </is>
       </c>
       <c r="B617" t="inlineStr">
         <is>
-          <t>Locally hidden events</t>
+          <t>They joined</t>
         </is>
       </c>
       <c r="C617" t="inlineStr">
         <is>
-          <t>Évènements masqués localement</t>
+          <t>Ils/elles ont rejoint</t>
         </is>
       </c>
       <c r="D617" t="inlineStr"/>
       <c r="E617" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F617" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogLocally hidden events</t>
+          <t>RoomSettingsDialogThey joined</t>
         </is>
       </c>
       <c r="G617" t="inlineStr"/>
       <c r="H617" t="inlineStr"/>
     </row>
     <row r="618">
       <c r="A618" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21655</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21585</t>
         </is>
       </c>
       <c r="B618" t="inlineStr">
         <is>
-          <t>Configure</t>
+          <t>Members can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="C618" t="inlineStr">
         <is>
-          <t>Configurer</t>
+          <t>Les membres pourront lire les messages émis après le moment où ils ont rejoint le salon.</t>
         </is>
       </c>
       <c r="D618" t="inlineStr"/>
       <c r="E618" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F618" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogConfigure</t>
+          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="G618" t="inlineStr"/>
       <c r="H618" t="inlineStr"/>
     </row>
     <row r="619">
       <c r="A619" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21566</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21595</t>
         </is>
       </c>
       <c r="B619" t="inlineStr">
         <is>
-          <t>Select events to hide in this room</t>
+          <t>Apply visibility changes</t>
         </is>
       </c>
       <c r="C619" t="inlineStr">
         <is>
-          <t>Sélectionner les évènements à cacher dans ce salon</t>
+          <t>Appliquer les changements de visibilité</t>
         </is>
       </c>
       <c r="D619" t="inlineStr"/>
       <c r="E619" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F619" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect events to hide in this room</t>
+          <t>RoomSettingsDialogApply visibility changes</t>
         </is>
       </c>
       <c r="G619" t="inlineStr"/>
       <c r="H619" t="inlineStr"/>
     </row>
     <row r="620">
       <c r="A620" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21572</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21611</t>
         </is>
       </c>
       <c r="B620" t="inlineStr">
         <is>
-          <t>Automatic event deletion</t>
+          <t>Locally hidden events</t>
         </is>
       </c>
       <c r="C620" t="inlineStr">
         <is>
-          <t>Suppression automatique d'évènement</t>
+          <t>Évènements masqués localement</t>
         </is>
       </c>
       <c r="D620" t="inlineStr"/>
       <c r="E620" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F620" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAutomatic event deletion</t>
+          <t>RoomSettingsDialogLocally hidden events</t>
         </is>
       </c>
       <c r="G620" t="inlineStr"/>
       <c r="H620" t="inlineStr"/>
     </row>
     <row r="621">
       <c r="A621" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21712</t>
         </is>
       </c>
       <c r="B621" t="inlineStr">
         <is>
-          <t>Select if your events get automatically deleted in this room.</t>
+          <t>Configure</t>
         </is>
       </c>
       <c r="C621" t="inlineStr">
         <is>
-          <t>Choisir si vos évènements sont effacés automatiquement dans ce salon.</t>
+          <t>Configurer</t>
         </is>
       </c>
       <c r="D621" t="inlineStr"/>
       <c r="E621" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F621" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
+          <t>RoomSettingsDialogConfigure</t>
         </is>
       </c>
       <c r="G621" t="inlineStr"/>
       <c r="H621" t="inlineStr"/>
     </row>
     <row r="622">
       <c r="A622" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21590</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21623</t>
         </is>
       </c>
       <c r="B622" t="inlineStr">
         <is>
-          <t>GENERAL SETTINGS</t>
+          <t>Select events to hide in this room</t>
         </is>
       </c>
       <c r="C622" t="inlineStr">
         <is>
-          <t>CONFIGURATION GÉNÉRALE</t>
+          <t>Sélectionner les évènements à cacher dans ce salon</t>
         </is>
       </c>
       <c r="D622" t="inlineStr"/>
       <c r="E622" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F622" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogGENERAL SETTINGS</t>
+          <t>RoomSettingsDialogSelect events to hide in this room</t>
         </is>
       </c>
       <c r="G622" t="inlineStr"/>
       <c r="H622" t="inlineStr"/>
     </row>
     <row r="623">
       <c r="A623" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21599</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21629</t>
         </is>
       </c>
       <c r="B623" t="inlineStr">
         <is>
-          <t>Encryption</t>
+          <t>Automatic event deletion</t>
         </is>
       </c>
       <c r="C623" t="inlineStr">
         <is>
-          <t>Chiffrement</t>
+          <t>Suppression automatique d'évènement</t>
         </is>
       </c>
       <c r="D623" t="inlineStr"/>
       <c r="E623" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F623" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption</t>
+          <t>RoomSettingsDialogAutomatic event deletion</t>
         </is>
       </c>
       <c r="G623" t="inlineStr"/>
       <c r="H623" t="inlineStr"/>
     </row>
     <row r="624">
       <c r="A624" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21621</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21641</t>
         </is>
       </c>
       <c r="B624" t="inlineStr">
         <is>
-          <t>End-to-End Encryption</t>
+          <t>Select if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="C624" t="inlineStr">
         <is>
-          <t>Chiffrement bout en bout</t>
+          <t>Choisir si vos évènements sont effacés automatiquement dans ce salon.</t>
         </is>
       </c>
       <c r="D624" t="inlineStr"/>
       <c r="E624" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F624" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEnd-to-End Encryption</t>
+          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="G624" t="inlineStr"/>
       <c r="H624" t="inlineStr"/>
     </row>
     <row r="625">
       <c r="A625" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21622</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21647</t>
         </is>
       </c>
       <c r="B625" t="inlineStr">
+        <is>
+          <t>GENERAL SETTINGS</t>
+        </is>
+      </c>
+      <c r="C625" t="inlineStr">
+        <is>
+          <t>CONFIGURATION GÉNÉRALE</t>
+        </is>
+      </c>
+      <c r="D625" t="inlineStr"/>
+      <c r="E625" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F625" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogGENERAL SETTINGS</t>
+        </is>
+      </c>
+      <c r="G625" t="inlineStr"/>
+      <c r="H625" t="inlineStr"/>
+    </row>
+    <row r="626">
+      <c r="A626" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+        </is>
+      </c>
+      <c r="B626" t="inlineStr">
+        <is>
+          <t>Encryption</t>
+        </is>
+      </c>
+      <c r="C626" t="inlineStr">
+        <is>
+          <t>Chiffrement</t>
+        </is>
+      </c>
+      <c r="D626" t="inlineStr"/>
+      <c r="E626" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F626" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogEncryption</t>
+        </is>
+      </c>
+      <c r="G626" t="inlineStr"/>
+      <c r="H626" t="inlineStr"/>
+    </row>
+    <row r="627">
+      <c r="A627" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21678</t>
+        </is>
+      </c>
+      <c r="B627" t="inlineStr">
+        <is>
+          <t>End-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="C627" t="inlineStr">
+        <is>
+          <t>Chiffrement bout en bout</t>
+        </is>
+      </c>
+      <c r="D627" t="inlineStr"/>
+      <c r="E627" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F627" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogEnd-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="G627" t="inlineStr"/>
+      <c r="H627" t="inlineStr"/>
+    </row>
+    <row r="628">
+      <c r="A628" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21679</t>
+        </is>
+      </c>
+      <c r="B628" t="inlineStr">
         <is>
           <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
                                 Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
-      <c r="C625" t="inlineStr">
+      <c r="C628" t="inlineStr">
         <is>
           <t>Le chiffrement est actuellement expérimental, certainse choses peuvent casser de manière imprévues. &lt;br/&gt;
                                 Veuillez noter que cela ne peut être désactivé plus tard.</t>
         </is>
       </c>
-      <c r="D625" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F625" t="inlineStr">
+      <c r="D628" t="inlineStr"/>
+      <c r="E628" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F628" t="inlineStr">
         <is>
           <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
                                 Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
-      <c r="G625" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G628" t="inlineStr"/>
       <c r="H628" t="inlineStr"/>
     </row>
     <row r="629">
       <c r="A629" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21695</t>
         </is>
       </c>
       <c r="B629" t="inlineStr">
         <is>
-          <t>View and change the addresses/aliases of this room</t>
+          <t>Permissions</t>
         </is>
       </c>
       <c r="C629" t="inlineStr">
         <is>
-          <t>Voir et modifier les adresses/alias de ce salon</t>
+          <t>Permissions</t>
         </is>
       </c>
       <c r="D629" t="inlineStr"/>
       <c r="E629" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F629" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
+          <t>RoomSettingsDialogPermission</t>
         </is>
       </c>
       <c r="G629" t="inlineStr"/>
       <c r="H629" t="inlineStr"/>
     </row>
     <row r="630">
       <c r="A630" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21662</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21701</t>
         </is>
       </c>
       <c r="B630" t="inlineStr">
         <is>
-          <t>Sticker &amp; Emote Settings</t>
+          <t>View and change the permissions in this room</t>
         </is>
       </c>
       <c r="C630" t="inlineStr">
         <is>
-          <t>Paramètres des autocollants &amp; emotes</t>
+          <t>Voir et modifier les permissions de ce salon</t>
         </is>
       </c>
       <c r="D630" t="inlineStr"/>
       <c r="E630" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F630" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
+          <t>RoomSettingsDialogView and change the permissions in this room</t>
         </is>
       </c>
       <c r="G630" t="inlineStr"/>
       <c r="H630" t="inlineStr"/>
     </row>
     <row r="631">
       <c r="A631" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21668</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21707</t>
         </is>
       </c>
       <c r="B631" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>Aliases</t>
         </is>
       </c>
       <c r="C631" t="inlineStr">
         <is>
-          <t>Modifier les paquets actifs, supprimer des paquets ou créer de nouveaux</t>
+          <t>Alias</t>
         </is>
       </c>
       <c r="D631" t="inlineStr"/>
       <c r="E631" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F631" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
+          <t>RoomSettingsDialogAliases</t>
         </is>
       </c>
       <c r="G631" t="inlineStr"/>
       <c r="H631" t="inlineStr"/>
     </row>
     <row r="632">
       <c r="A632" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21674</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21713</t>
         </is>
       </c>
       <c r="B632" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>View and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="C632" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>Voir et modifier les adresses/alias de ce salon</t>
         </is>
       </c>
       <c r="D632" t="inlineStr"/>
       <c r="E632" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F632" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogINFO</t>
+          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="G632" t="inlineStr"/>
       <c r="H632" t="inlineStr"/>
     </row>
     <row r="633">
       <c r="A633" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21683</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21719</t>
         </is>
       </c>
       <c r="B633" t="inlineStr">
         <is>
-          <t>Internal ID</t>
+          <t>Sticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="C633" t="inlineStr">
         <is>
-          <t>Identifiant interne</t>
+          <t>Paramètres des autocollants &amp; emotes</t>
         </is>
       </c>
       <c r="D633" t="inlineStr"/>
       <c r="E633" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F633" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogInternal ID</t>
+          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="G633" t="inlineStr"/>
       <c r="H633" t="inlineStr"/>
     </row>
     <row r="634">
       <c r="A634" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21699</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21725</t>
         </is>
       </c>
       <c r="B634" t="inlineStr">
         <is>
-          <t>Copied to clipboard</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C634" t="inlineStr">
         <is>
-          <t>Copié dans le presse-papiers</t>
+          <t>Modifier les paquets actifs, supprimer des paquets ou créer de nouveaux</t>
         </is>
       </c>
       <c r="D634" t="inlineStr"/>
       <c r="E634" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F634" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogCopied to clipboard</t>
+          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="G634" t="inlineStr"/>
       <c r="H634" t="inlineStr"/>
     </row>
     <row r="635">
       <c r="A635" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21718</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21731</t>
         </is>
       </c>
       <c r="B635" t="inlineStr">
         <is>
-          <t>Room Version</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C635" t="inlineStr">
         <is>
-          <t>Version du salon</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="D635" t="inlineStr"/>
       <c r="E635" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F635" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Version</t>
+          <t>RoomSettingsDialogINFO</t>
         </is>
       </c>
       <c r="G635" t="inlineStr"/>
       <c r="H635" t="inlineStr"/>
     </row>
     <row r="636">
       <c r="A636" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21740</t>
         </is>
       </c>
       <c r="B636" t="inlineStr">
         <is>
-          <t>show less</t>
+          <t>Internal ID</t>
         </is>
       </c>
       <c r="C636" t="inlineStr">
         <is>
-          <t>montrer moins</t>
+          <t>Identifiant interne</t>
         </is>
       </c>
       <c r="D636" t="inlineStr"/>
       <c r="E636" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F636" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow less</t>
+          <t>RoomSettingsDialogInternal ID</t>
         </is>
       </c>
       <c r="G636" t="inlineStr"/>
       <c r="H636" t="inlineStr"/>
     </row>
     <row r="637">
       <c r="A637" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21757</t>
         </is>
       </c>
       <c r="B637" t="inlineStr">
         <is>
-          <t>show more</t>
+          <t>Copied to clipboard</t>
         </is>
       </c>
       <c r="C637" t="inlineStr">
         <is>
-          <t>montrer plus</t>
+          <t>Copié dans le presse-papiers</t>
         </is>
       </c>
       <c r="D637" t="inlineStr"/>
       <c r="E637" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F637" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow more</t>
+          <t>RoomSettingsDialogCopied to clipboard</t>
         </is>
       </c>
       <c r="G637" t="inlineStr"/>
       <c r="H637" t="inlineStr"/>
     </row>
     <row r="638">
       <c r="A638" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21896</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21777</t>
         </is>
       </c>
       <c r="B638" t="inlineStr">
         <is>
-          <t>Pending invite.</t>
+          <t>Room Version</t>
         </is>
       </c>
       <c r="C638" t="inlineStr">
         <is>
-          <t>Invitation en attente.</t>
+          <t>Version du salon</t>
         </is>
       </c>
       <c r="D638" t="inlineStr"/>
       <c r="E638" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F638" t="inlineStr">
         <is>
-          <t>RoomlistModelPending invite.</t>
+          <t>RoomSettingsDialogRoom Version</t>
         </is>
       </c>
       <c r="G638" t="inlineStr"/>
       <c r="H638" t="inlineStr"/>
     </row>
     <row r="639">
       <c r="A639" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21925</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B639" t="inlineStr">
         <is>
-          <t>Previewing this room</t>
+          <t>show less</t>
         </is>
       </c>
       <c r="C639" t="inlineStr">
         <is>
-          <t>Prévisualisation du salon</t>
+          <t>montrer moins</t>
         </is>
       </c>
       <c r="D639" t="inlineStr"/>
       <c r="E639" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F639" t="inlineStr">
         <is>
-          <t>RoomlistModelPreviewing this room</t>
+          <t>RoomSettingsDialogshow less</t>
         </is>
       </c>
       <c r="G639" t="inlineStr"/>
       <c r="H639" t="inlineStr"/>
     </row>
     <row r="640">
       <c r="A640" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21958</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B640" t="inlineStr">
         <is>
-          <t>No preview available</t>
+          <t>show more</t>
         </is>
       </c>
       <c r="C640" t="inlineStr">
         <is>
-          <t>Aucune prévisualisation disponible</t>
+          <t>montrer plus</t>
         </is>
       </c>
       <c r="D640" t="inlineStr"/>
       <c r="E640" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F640" t="inlineStr">
         <is>
-          <t>RoomlistModelNo preview available</t>
+          <t>RoomSettingsDialogshow more</t>
         </is>
       </c>
       <c r="G640" t="inlineStr"/>
       <c r="H640" t="inlineStr"/>
     </row>
     <row r="641">
       <c r="A641" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21960</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21955</t>
         </is>
       </c>
       <c r="B641" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible</t>
+          <t>Pending invite.</t>
         </is>
       </c>
       <c r="C641" t="inlineStr">
         <is>
-          <t>Ce salon est peut-être inaccessible</t>
+          <t>Invitation en attente.</t>
         </is>
       </c>
       <c r="D641" t="inlineStr"/>
       <c r="E641" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F641" t="inlineStr">
         <is>
-          <t>RoomlistModelThis room is possibly inaccessible</t>
+          <t>RoomlistModelPending invite.</t>
         </is>
       </c>
       <c r="G641" t="inlineStr"/>
       <c r="H641" t="inlineStr"/>
     </row>
     <row r="642">
       <c r="A642" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22268</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21984</t>
         </is>
       </c>
       <c r="B642" t="inlineStr">
         <is>
-          <t>Please enter your login password to continue:</t>
+          <t>Previewing this room</t>
         </is>
       </c>
       <c r="C642" t="inlineStr">
         <is>
-          <t>Veuillez saisir votre mot de passe pour continuer :</t>
+          <t>Prévisualisation du salon</t>
         </is>
       </c>
       <c r="D642" t="inlineStr"/>
       <c r="E642" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F642" t="inlineStr">
         <is>
-          <t>RootPlease enter your login password to continue:</t>
+          <t>RoomlistModelPreviewing this room</t>
         </is>
       </c>
       <c r="G642" t="inlineStr"/>
       <c r="H642" t="inlineStr"/>
     </row>
     <row r="643">
       <c r="A643" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22278</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22017</t>
         </is>
       </c>
       <c r="B643" t="inlineStr">
         <is>
-          <t>Please enter a valid email address to continue:</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C643" t="inlineStr">
         <is>
-          <t>Veuillez saisir un courriel valide pour continuer :</t>
+          <t>Aucune prévisualisation disponible</t>
         </is>
       </c>
       <c r="D643" t="inlineStr"/>
       <c r="E643" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F643" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid email address to continue:</t>
+          <t>RoomlistModelNo preview available</t>
         </is>
       </c>
       <c r="G643" t="inlineStr"/>
       <c r="H643" t="inlineStr"/>
     </row>
     <row r="644">
       <c r="A644" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22288</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22019</t>
         </is>
       </c>
       <c r="B644" t="inlineStr">
         <is>
-          <t>Please enter a valid phone number to continue:</t>
+          <t>This room is possibly inaccessible</t>
         </is>
       </c>
       <c r="C644" t="inlineStr">
         <is>
-          <t>Veuillez saisir un numéro de téléphone valide pour continuer :</t>
+          <t>Ce salon est peut-être inaccessible</t>
         </is>
       </c>
       <c r="D644" t="inlineStr"/>
       <c r="E644" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F644" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid phone number to continue:</t>
+          <t>RoomlistModelThis room is possibly inaccessible</t>
         </is>
       </c>
       <c r="G644" t="inlineStr"/>
       <c r="H644" t="inlineStr"/>
     </row>
     <row r="645">
       <c r="A645" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22298</t>
+          <t>../qml/Root.qml:22327</t>
         </is>
       </c>
       <c r="B645" t="inlineStr">
         <is>
-          <t>Please enter the token which has been sent to you:</t>
+          <t>Please enter your login password to continue:</t>
         </is>
       </c>
       <c r="C645" t="inlineStr">
         <is>
-          <t>Veuillez entrer le jeton qui vous a été envoyé :</t>
+          <t>Veuillez saisir votre mot de passe pour continuer :</t>
         </is>
       </c>
       <c r="D645" t="inlineStr"/>
       <c r="E645" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F645" t="inlineStr">
         <is>
-          <t>RootPlease enter the token which has been sent to you:</t>
+          <t>RootPlease enter your login password to continue:</t>
         </is>
       </c>
       <c r="G645" t="inlineStr"/>
       <c r="H645" t="inlineStr"/>
     </row>
     <row r="646">
       <c r="A646" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22309</t>
+          <t>../qml/Root.qml:22337</t>
         </is>
       </c>
       <c r="B646" t="inlineStr">
         <is>
-          <t>Wait for the confirmation link to arrive, then continue.</t>
+          <t>Please enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="C646" t="inlineStr">
         <is>
-          <t>Attendez que le lien de confirmation vous parvienne, puis continuez.</t>
+          <t>Veuillez saisir un courriel valide pour continuer :</t>
         </is>
       </c>
       <c r="D646" t="inlineStr"/>
       <c r="E646" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F646" t="inlineStr">
         <is>
-          <t>RootWait for the confirmation link to arrive, then continue.</t>
+          <t>RootPlease enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="G646" t="inlineStr"/>
       <c r="H646" t="inlineStr"/>
     </row>
     <row r="647">
       <c r="A647" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22339</t>
+          <t>../qml/Root.qml:22347</t>
         </is>
       </c>
       <c r="B647" t="inlineStr">
         <is>
-          <t>Share desktop with %1?</t>
+          <t>Please enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="C647" t="inlineStr">
         <is>
-          <t>Partager le bureau avec %1  ?</t>
+          <t>Veuillez saisir un numéro de téléphone valide pour continuer :</t>
         </is>
       </c>
       <c r="D647" t="inlineStr"/>
       <c r="E647" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F647" t="inlineStr">
         <is>
-          <t>ScreenShareShare desktop with %1?</t>
+          <t>RootPlease enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="G647" t="inlineStr"/>
       <c r="H647" t="inlineStr"/>
     </row>
     <row r="648">
       <c r="A648" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22350</t>
+          <t>../qml/Root.qml:22357</t>
         </is>
       </c>
       <c r="B648" t="inlineStr">
         <is>
-          <t>Method:</t>
+          <t>Please enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="C648" t="inlineStr">
         <is>
-          <t>Méthode :</t>
+          <t>Veuillez entrer le jeton qui vous a été envoyé :</t>
         </is>
       </c>
       <c r="D648" t="inlineStr"/>
       <c r="E648" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F648" t="inlineStr">
         <is>
-          <t>ScreenShareMethod:</t>
+          <t>RootPlease enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="G648" t="inlineStr"/>
       <c r="H648" t="inlineStr"/>
     </row>
     <row r="649">
       <c r="A649" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22370</t>
+          <t>../qml/Root.qml:22368</t>
         </is>
       </c>
       <c r="B649" t="inlineStr">
         <is>
-          <t>Window:</t>
+          <t>Wait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="C649" t="inlineStr">
         <is>
-          <t>Fenêtre :</t>
+          <t>Attendez que le lien de confirmation vous parvienne, puis continuez.</t>
         </is>
       </c>
       <c r="D649" t="inlineStr"/>
       <c r="E649" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F649" t="inlineStr">
         <is>
-          <t>ScreenShareWindow:</t>
+          <t>RootWait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="G649" t="inlineStr"/>
       <c r="H649" t="inlineStr"/>
     </row>
     <row r="650">
       <c r="A650" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22385</t>
+          <t>../qml/voip/ScreenShare.qml:22398</t>
         </is>
       </c>
       <c r="B650" t="inlineStr">
         <is>
-          <t>Request screencast</t>
+          <t>Share desktop with %1?</t>
         </is>
       </c>
       <c r="C650" t="inlineStr">
         <is>
-          <t>Demander un partage d'écran</t>
+          <t>Partager le bureau avec %1  ?</t>
         </is>
       </c>
       <c r="D650" t="inlineStr"/>
       <c r="E650" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F650" t="inlineStr">
         <is>
-          <t>ScreenShareRequest screencast</t>
+          <t>ScreenShareShare desktop with %1?</t>
         </is>
       </c>
       <c r="G650" t="inlineStr"/>
       <c r="H650" t="inlineStr"/>
     </row>
     <row r="651">
       <c r="A651" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22401</t>
+          <t>../qml/voip/ScreenShare.qml:22409</t>
         </is>
       </c>
       <c r="B651" t="inlineStr">
         <is>
-          <t>Frame rate:</t>
+          <t>Method:</t>
         </is>
       </c>
       <c r="C651" t="inlineStr">
         <is>
-          <t>Fréquence d'images :</t>
+          <t>Méthode :</t>
         </is>
       </c>
       <c r="D651" t="inlineStr"/>
       <c r="E651" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F651" t="inlineStr">
         <is>
-          <t>ScreenShareFrame rate:</t>
+          <t>ScreenShareMethod:</t>
         </is>
       </c>
       <c r="G651" t="inlineStr"/>
       <c r="H651" t="inlineStr"/>
     </row>
     <row r="652">
       <c r="A652" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22420</t>
+          <t>../qml/voip/ScreenShare.qml:22429</t>
         </is>
       </c>
       <c r="B652" t="inlineStr">
         <is>
-          <t>Include your camera picture-in-picture</t>
+          <t>Window:</t>
         </is>
       </c>
       <c r="C652" t="inlineStr">
         <is>
-          <t>Incruster votre caméra dans la vidéo</t>
+          <t>Fenêtre :</t>
         </is>
       </c>
       <c r="D652" t="inlineStr"/>
       <c r="E652" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F652" t="inlineStr">
         <is>
-          <t>ScreenShareInclude your camera picture-in-picture</t>
+          <t>ScreenShareWindow:</t>
         </is>
       </c>
       <c r="G652" t="inlineStr"/>
       <c r="H652" t="inlineStr"/>
     </row>
     <row r="653">
       <c r="A653" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22432</t>
+          <t>../qml/voip/ScreenShare.qml:22444</t>
         </is>
       </c>
       <c r="B653" t="inlineStr">
         <is>
-          <t>Request remote camera</t>
+          <t>Request screencast</t>
         </is>
       </c>
       <c r="C653" t="inlineStr">
         <is>
-          <t>Demander la caméra distante</t>
+          <t>Demander un partage d'écran</t>
         </is>
       </c>
       <c r="D653" t="inlineStr"/>
       <c r="E653" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F653" t="inlineStr">
         <is>
-          <t>ScreenShareRequest remote camera</t>
+          <t>ScreenShareRequest screencast</t>
         </is>
       </c>
       <c r="G653" t="inlineStr"/>
       <c r="H653" t="inlineStr"/>
     </row>
     <row r="654">
       <c r="A654" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22442</t>
+          <t>../qml/voip/ScreenShare.qml:22460</t>
         </is>
       </c>
       <c r="B654" t="inlineStr">
         <is>
-          <t>View your callee's camera like a regular video call</t>
+          <t>Frame rate:</t>
         </is>
       </c>
       <c r="C654" t="inlineStr">
         <is>
-          <t>Voir la caméra de votre destinataire comme pour un appel vidéo standard</t>
+          <t>Fréquence d'images :</t>
         </is>
       </c>
       <c r="D654" t="inlineStr"/>
       <c r="E654" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F654" t="inlineStr">
         <is>
-          <t>ScreenShareView your callee's camera like a regular video call</t>
+          <t>ScreenShareFrame rate:</t>
         </is>
       </c>
       <c r="G654" t="inlineStr"/>
       <c r="H654" t="inlineStr"/>
     </row>
     <row r="655">
       <c r="A655" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22447</t>
+          <t>../qml/voip/ScreenShare.qml:22479</t>
         </is>
       </c>
       <c r="B655" t="inlineStr">
         <is>
-          <t>Hide mouse cursor</t>
+          <t>Include your camera picture-in-picture</t>
         </is>
       </c>
       <c r="C655" t="inlineStr">
         <is>
-          <t>Cacher le pointeur de la souris</t>
+          <t>Incruster votre caméra dans la vidéo</t>
         </is>
       </c>
       <c r="D655" t="inlineStr"/>
       <c r="E655" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F655" t="inlineStr">
         <is>
-          <t>ScreenShareHide mouse cursor</t>
+          <t>ScreenShareInclude your camera picture-in-picture</t>
         </is>
       </c>
       <c r="G655" t="inlineStr"/>
       <c r="H655" t="inlineStr"/>
     </row>
     <row r="656">
       <c r="A656" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22468</t>
+          <t>../qml/voip/ScreenShare.qml:22491</t>
         </is>
       </c>
       <c r="B656" t="inlineStr">
         <is>
-          <t>Share</t>
+          <t>Request remote camera</t>
         </is>
       </c>
       <c r="C656" t="inlineStr">
         <is>
-          <t>Partager</t>
+          <t>Demander la caméra distante</t>
         </is>
       </c>
       <c r="D656" t="inlineStr"/>
       <c r="E656" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F656" t="inlineStr">
         <is>
-          <t>ScreenShareShare</t>
+          <t>ScreenShareRequest remote camera</t>
         </is>
       </c>
       <c r="G656" t="inlineStr"/>
       <c r="H656" t="inlineStr"/>
     </row>
     <row r="657">
       <c r="A657" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22484</t>
+          <t>../qml/voip/ScreenShare.qml:22501</t>
         </is>
       </c>
       <c r="B657" t="inlineStr">
         <is>
-          <t>Preview</t>
+          <t>View your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="C657" t="inlineStr">
         <is>
-          <t>Prévisualiser</t>
+          <t>Voir la caméra de votre destinataire comme pour un appel vidéo standard</t>
         </is>
       </c>
       <c r="D657" t="inlineStr"/>
       <c r="E657" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F657" t="inlineStr">
         <is>
-          <t>ScreenSharePreview</t>
+          <t>ScreenShareView your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="G657" t="inlineStr"/>
       <c r="H657" t="inlineStr"/>
     </row>
     <row r="658">
       <c r="A658" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22491</t>
+          <t>../qml/voip/ScreenShare.qml:22506</t>
         </is>
       </c>
       <c r="B658" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Hide mouse cursor</t>
         </is>
       </c>
       <c r="C658" t="inlineStr">
         <is>
-          <t>Annuler</t>
+          <t>Cacher le pointeur de la souris</t>
         </is>
       </c>
       <c r="D658" t="inlineStr"/>
       <c r="E658" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F658" t="inlineStr">
         <is>
-          <t>ScreenShareCancel</t>
+          <t>ScreenShareHide mouse cursor</t>
         </is>
       </c>
       <c r="G658" t="inlineStr"/>
       <c r="H658" t="inlineStr"/>
     </row>
     <row r="659">
       <c r="A659" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17370</t>
+          <t>../qml/voip/ScreenShare.qml:22527</t>
         </is>
       </c>
       <c r="B659" t="inlineStr">
         <is>
-          <t>Failed to connect to secret storage</t>
+          <t>Share</t>
         </is>
       </c>
       <c r="C659" t="inlineStr">
         <is>
-          <t>Échec de la connexion au stockage des secrets</t>
+          <t>Partager</t>
         </is>
       </c>
       <c r="D659" t="inlineStr"/>
       <c r="E659" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F659" t="inlineStr">
         <is>
-          <t>SecretStorageFailed to connect to secret storage</t>
+          <t>ScreenShareShare</t>
         </is>
       </c>
       <c r="G659" t="inlineStr"/>
       <c r="H659" t="inlineStr"/>
     </row>
     <row r="660">
       <c r="A660" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17371</t>
+          <t>../qml/voip/ScreenShare.qml:22543</t>
         </is>
       </c>
       <c r="B660" t="inlineStr">
         <is>
-          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>Preview</t>
         </is>
       </c>
       <c r="C660" t="inlineStr">
         <is>
-          <t>Nheko n'a pas pu se connecter au stockage sécurisé afin d'y sauvegarder les clés de chiffrement. Cela peut avoir différentes causes. Vérifiez si votre service D-Bus est lancé, et si vous avez configuré un service tel que KWallet ; Gnome Keyring ; KeePassXC ou l'équivalent pour votre système. Si vous n'arrivez pas à résoudre le problème, n'hésitez pas à nous en faire part ici : https ://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>Prévisualiser</t>
         </is>
       </c>
       <c r="D660" t="inlineStr"/>
       <c r="E660" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F660" t="inlineStr">
         <is>
-          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>ScreenSharePreview</t>
         </is>
       </c>
       <c r="G660" t="inlineStr"/>
       <c r="H660" t="inlineStr"/>
     </row>
     <row r="661">
       <c r="A661" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17421</t>
+          <t>../qml/voip/ScreenShare.qml:22550</t>
         </is>
       </c>
       <c r="B661" t="inlineStr">
         <is>
-          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C661" t="inlineStr">
         <is>
-          <t>Ceci est votre clé de récupération. Vous en aurez besoin afin de restaurer l'accès à vos messages chiffrés et à vos clés de vérification. Gardez cette clé en sûreté. Ne la partagez pas avec qui que ce soit et ne la perdez pas ! Ne passez pas par la case départ et ne recevez pas 20 000 francs !</t>
+          <t>Annuler</t>
         </is>
       </c>
       <c r="D661" t="inlineStr"/>
       <c r="E661" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F661" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>ScreenShareCancel</t>
         </is>
       </c>
       <c r="G661" t="inlineStr"/>
       <c r="H661" t="inlineStr"/>
     </row>
     <row r="662">
       <c r="A662" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17442</t>
+          <t>../../src/Cache.cpp:17430</t>
         </is>
       </c>
       <c r="B662" t="inlineStr">
         <is>
-          <t>Encryption setup successfully</t>
+          <t>Failed to connect to secret storage</t>
         </is>
       </c>
       <c r="C662" t="inlineStr">
         <is>
-          <t>Chiffrement configuré avec succès</t>
+          <t>Échec de la connexion au stockage des secrets</t>
         </is>
       </c>
       <c r="D662" t="inlineStr"/>
       <c r="E662" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F662" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckEncryption setup successfully</t>
+          <t>SecretStorageFailed to connect to secret storage</t>
         </is>
       </c>
       <c r="G662" t="inlineStr"/>
       <c r="H662" t="inlineStr"/>
     </row>
     <row r="663">
       <c r="A663" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17450</t>
+          <t>../../src/Cache.cpp:17431</t>
         </is>
       </c>
       <c r="B663" t="inlineStr">
         <is>
-          <t>Failed to setup encryption: %1</t>
+          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="C663" t="inlineStr">
         <is>
-          <t>Échec de la configuration du chiffrement : %1</t>
+          <t>Nheko n'a pas pu se connecter au stockage sécurisé afin d'y sauvegarder les clés de chiffrement. Cela peut avoir différentes causes. Vérifiez si votre service D-Bus est lancé, et si vous avez configuré un service tel que KWallet ; Gnome Keyring ; KeePassXC ou l'équivalent pour votre système. Si vous n'arrivez pas à résoudre le problème, n'hésitez pas à nous en faire part ici : https ://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="D663" t="inlineStr"/>
       <c r="E663" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F663" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
+          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="G663" t="inlineStr"/>
       <c r="H663" t="inlineStr"/>
     </row>
     <row r="664">
       <c r="A664" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17482</t>
+          <t>../qml/SelfVerificationCheck.qml:17481</t>
         </is>
       </c>
       <c r="B664" t="inlineStr">
         <is>
-          <t>Setup Encryption</t>
+          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="C664" t="inlineStr">
         <is>
-          <t>Configuration du chiffrement</t>
+          <t>Ceci est votre clé de récupération. Vous en aurez besoin afin de restaurer l'accès à vos messages chiffrés et à vos clés de vérification. Gardez cette clé en sûreté. Ne la partagez pas avec qui que ce soit et ne la perdez pas ! Ne passez pas par la case départ et ne recevez pas 20 000 francs !</t>
         </is>
       </c>
       <c r="D664" t="inlineStr"/>
       <c r="E664" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F664" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckSetup Encryption</t>
+          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="G664" t="inlineStr"/>
       <c r="H664" t="inlineStr"/>
     </row>
     <row r="665">
       <c r="A665" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17491</t>
+          <t>../qml/SelfVerificationCheck.qml:17502</t>
         </is>
       </c>
       <c r="B665" t="inlineStr">
+        <is>
+          <t>Encryption setup successfully</t>
+        </is>
+      </c>
+      <c r="C665" t="inlineStr">
+        <is>
+          <t>Chiffrement configuré avec succès</t>
+        </is>
+      </c>
+      <c r="D665" t="inlineStr"/>
+      <c r="E665" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F665" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckEncryption setup successfully</t>
+        </is>
+      </c>
+      <c r="G665" t="inlineStr"/>
+      <c r="H665" t="inlineStr"/>
+    </row>
+    <row r="666">
+      <c r="A666" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17510</t>
+        </is>
+      </c>
+      <c r="B666" t="inlineStr">
+        <is>
+          <t>Failed to setup encryption: %1</t>
+        </is>
+      </c>
+      <c r="C666" t="inlineStr">
+        <is>
+          <t>Échec de la configuration du chiffrement : %1</t>
+        </is>
+      </c>
+      <c r="D666" t="inlineStr"/>
+      <c r="E666" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F666" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
+        </is>
+      </c>
+      <c r="G666" t="inlineStr"/>
+      <c r="H666" t="inlineStr"/>
+    </row>
+    <row r="667">
+      <c r="A667" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17542</t>
+        </is>
+      </c>
+      <c r="B667" t="inlineStr">
+        <is>
+          <t>Setup Encryption</t>
+        </is>
+      </c>
+      <c r="C667" t="inlineStr">
+        <is>
+          <t>Configuration du chiffrement</t>
+        </is>
+      </c>
+      <c r="D667" t="inlineStr"/>
+      <c r="E667" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F667" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckSetup Encryption</t>
+        </is>
+      </c>
+      <c r="G667" t="inlineStr"/>
+      <c r="H667" t="inlineStr"/>
+    </row>
+    <row r="668">
+      <c r="A668" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17551</t>
+        </is>
+      </c>
+      <c r="B668" t="inlineStr">
         <is>
           <t>Hello and welcome to Matrix!
 It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
-      <c r="C665" t="inlineStr">
+      <c r="C668" t="inlineStr">
         <is>
           <t>Bonjour et bienvenue sur le réseau Matrix !
 Il semblerait que ce soit votre première fois ici. Avant de pouvoir chiffrer vos messages de manière sécurisée, nous devons configurer quelques détails. Vous pouvez soit accepter immédiatement, soit ajuster quelques options basiques. Nous essayons également d'expliquer le fonctionnement de certains mécanismes. Vous pouvez sauter ces étapes, mais celles-ci pourraient se montrer utiles par la suite !</t>
         </is>
       </c>
-      <c r="D665" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F665" t="inlineStr">
+      <c r="D668" t="inlineStr"/>
+      <c r="E668" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F668" t="inlineStr">
         <is>
           <t>SelfVerificationCheckHello and welcome to Matrix!
 It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
-      <c r="G665" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B666" t="inlineStr">
+      <c r="G668" t="inlineStr"/>
+      <c r="H668" t="inlineStr"/>
+    </row>
+    <row r="669">
+      <c r="A669" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17659</t>
+        </is>
+      </c>
+      <c r="B669" t="inlineStr">
         <is>
           <t>Activate Encryption</t>
         </is>
       </c>
-      <c r="C666" t="inlineStr">
+      <c r="C669" t="inlineStr">
         <is>
           <t>Activer le chiffrement</t>
         </is>
       </c>
-      <c r="D666" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F666" t="inlineStr">
+      <c r="D669" t="inlineStr"/>
+      <c r="E669" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F669" t="inlineStr">
         <is>
           <t>SelfVerificationCheckActivate Encryption</t>
         </is>
       </c>
-      <c r="G666" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B667" t="inlineStr">
+      <c r="G669" t="inlineStr"/>
+      <c r="H669" t="inlineStr"/>
+    </row>
+    <row r="670">
+      <c r="A670" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17668</t>
+        </is>
+      </c>
+      <c r="B670" t="inlineStr">
         <is>
           <t>It seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
 If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
-      <c r="C667" t="inlineStr">
+      <c r="C670" t="inlineStr">
         <is>
           <t>Il semblerait que le chiffrement soit déjà configuré pour ce compte. Afin de pouvoir accéder à vos messages chiffrer et confirmer que cet appareil vous appartient, vous pouvez soit le vérifier à l'aide d'un appareil déjà vérifié, ou (si vous en disposez) entrer votre mot de passe ou clé de récupération. Veuillez sélectionner l'une des options ci-dessous.
 Si vous choisissez de vérifier, vous aurez besoin de l'autre appareil. Si vous choisissez "entrer le mot de passe", vous aurez besoin de votre clé ou mot de passe de récupération. Si vous annulez maintenant, vous pourrez vérifier cet appareil vous-même plus tard.</t>
         </is>
       </c>
-      <c r="D667" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F667" t="inlineStr">
+      <c r="D670" t="inlineStr"/>
+      <c r="E670" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F670" t="inlineStr">
         <is>
           <t>SelfVerificationCheckIt seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
 If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
-      <c r="G667" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G670" t="inlineStr"/>
       <c r="H670" t="inlineStr"/>
     </row>
     <row r="671">
       <c r="A671" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17691</t>
+          <t>../qml/SelfVerificationCheck.qml:17673</t>
         </is>
       </c>
       <c r="B671" t="inlineStr">
         <is>
-          <t>Failed to create keys for online key backup!</t>
+          <t>verify</t>
         </is>
       </c>
       <c r="C671" t="inlineStr">
         <is>
-          <t>Échec de la création de clés pour la sauvegarde en ligne !</t>
+          <t>Vérifier</t>
         </is>
       </c>
       <c r="D671" t="inlineStr"/>
       <c r="E671" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F671" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
+          <t>SelfVerificationCheckverify</t>
         </is>
       </c>
       <c r="G671" t="inlineStr"/>
       <c r="H671" t="inlineStr"/>
     </row>
     <row r="672">
       <c r="A672" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17720</t>
+          <t>../qml/SelfVerificationCheck.qml:17682</t>
         </is>
       </c>
       <c r="B672" t="inlineStr">
         <is>
-          <t>Failed to create keys for secure server side secret storage!</t>
+          <t>enter passphrase</t>
         </is>
       </c>
       <c r="C672" t="inlineStr">
         <is>
-          <t>Échec de la création des clés pour le stockage sécurisé côté serveur !</t>
+          <t>Entrer le mot de passe de récupération</t>
         </is>
       </c>
       <c r="D672" t="inlineStr"/>
       <c r="E672" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F672" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
+          <t>SelfVerificationCheckenter passphrase</t>
         </is>
       </c>
       <c r="G672" t="inlineStr"/>
       <c r="H672" t="inlineStr"/>
     </row>
     <row r="673">
       <c r="A673" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17764</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17735</t>
         </is>
       </c>
       <c r="B673" t="inlineStr">
         <is>
-          <t>Encryption Setup</t>
+          <t>Failed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="C673" t="inlineStr">
         <is>
-          <t>Configuration du chiffrement</t>
+          <t>Échec de la création des clés pour l'auto-vérification (cross-signing) !</t>
         </is>
       </c>
       <c r="D673" t="inlineStr"/>
       <c r="E673" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F673" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption Setup</t>
+          <t>SelfVerificationStatusFailed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="G673" t="inlineStr"/>
       <c r="H673" t="inlineStr"/>
     </row>
     <row r="674">
       <c r="A674" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17770</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17751</t>
         </is>
       </c>
       <c r="B674" t="inlineStr">
         <is>
-          <t>Encryption setup failed: %1</t>
+          <t>Failed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="C674" t="inlineStr">
         <is>
-          <t>Échec de la configuration du chiffrement : %1</t>
+          <t>Échec de la création de clés pour la sauvegarde en ligne !</t>
         </is>
       </c>
       <c r="D674" t="inlineStr"/>
       <c r="E674" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F674" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption setup failed: %1</t>
+          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="G674" t="inlineStr"/>
       <c r="H674" t="inlineStr"/>
     </row>
     <row r="675">
       <c r="A675" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17928</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17780</t>
         </is>
       </c>
       <c r="B675" t="inlineStr">
         <is>
-          <t>Identity key changed. This breaks E2EE, so logging out.</t>
+          <t>Failed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="C675" t="inlineStr">
         <is>
-          <t>La clé d'identité a changé. Cela casse le chiffrement bout-à-bout, donc Nheko va se déconnecter de votre compte.</t>
+          <t>Échec de la création des clés pour le stockage sécurisé côté serveur !</t>
         </is>
       </c>
       <c r="D675" t="inlineStr"/>
       <c r="E675" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F675" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
+          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="G675" t="inlineStr"/>
       <c r="H675" t="inlineStr"/>
     </row>
     <row r="676">
       <c r="A676" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18246</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17824</t>
         </is>
       </c>
       <c r="B676" t="inlineStr">
         <is>
-          <t>Failed to update image pack: %1</t>
+          <t>Encryption Setup</t>
         </is>
       </c>
       <c r="C676" t="inlineStr">
         <is>
-          <t>Échec de la mise à jour du paquet d'images : %1</t>
+          <t>Configuration du chiffrement</t>
         </is>
       </c>
       <c r="D676" t="inlineStr"/>
       <c r="E676" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F676" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to update image pack: %1</t>
+          <t>SelfVerificationStatusEncryption Setup</t>
         </is>
       </c>
       <c r="G676" t="inlineStr"/>
       <c r="H676" t="inlineStr"/>
     </row>
     <row r="677">
       <c r="A677" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18260</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17830</t>
         </is>
       </c>
       <c r="B677" t="inlineStr">
         <is>
-          <t>Failed to delete old image pack: %1</t>
+          <t>Encryption setup failed: %1</t>
         </is>
       </c>
       <c r="C677" t="inlineStr">
         <is>
-          <t>Échec de l'effacement de l'ancien paquet d'images : %1</t>
+          <t>Échec de la configuration du chiffrement : %1</t>
         </is>
       </c>
       <c r="D677" t="inlineStr"/>
       <c r="E677" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F677" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
+          <t>SelfVerificationStatusEncryption setup failed: %1</t>
         </is>
       </c>
       <c r="G677" t="inlineStr"/>
       <c r="H677" t="inlineStr"/>
     </row>
     <row r="678">
       <c r="A678" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18318</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17988</t>
         </is>
       </c>
       <c r="B678" t="inlineStr">
         <is>
-          <t>Failed to open image: %1</t>
+          <t>Identity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="C678" t="inlineStr">
         <is>
-          <t>Échec de l'ouverture de l'image : %1</t>
+          <t>La clé d'identité a changé. Cela casse le chiffrement bout-à-bout, donc Nheko va se déconnecter de votre compte.</t>
         </is>
       </c>
       <c r="D678" t="inlineStr"/>
       <c r="E678" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F678" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to open image: %1</t>
+          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="G678" t="inlineStr"/>
       <c r="H678" t="inlineStr"/>
     </row>
     <row r="679">
       <c r="A679" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18332</t>
+          <t>../../src/SingleImagePackModel.cpp:18306</t>
         </is>
       </c>
       <c r="B679" t="inlineStr">
         <is>
-          <t>Failed to upload image: %1</t>
+          <t>Failed to update image pack: %1</t>
         </is>
       </c>
       <c r="C679" t="inlineStr">
         <is>
-          <t>Échec de l'envoi de l'image : %1</t>
+          <t>Échec de la mise à jour du paquet d'images : %1</t>
         </is>
       </c>
       <c r="D679" t="inlineStr"/>
       <c r="E679" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F679" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to upload image: %1</t>
+          <t>SingleImagePackModelFailed to update image pack: %1</t>
         </is>
       </c>
       <c r="G679" t="inlineStr"/>
       <c r="H679" t="inlineStr"/>
     </row>
     <row r="680">
       <c r="A680" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenu.qml:18348</t>
+          <t>../../src/SingleImagePackModel.cpp:18320</t>
         </is>
       </c>
       <c r="B680" t="inlineStr">
         <is>
-          <t>Add or remove from community...</t>
+          <t>Failed to delete old image pack: %1</t>
         </is>
       </c>
       <c r="C680" t="inlineStr">
         <is>
-          <t>Ajouter ou retirer de la communauté...</t>
+          <t>Échec de l'effacement de l'ancien paquet d'images : %1</t>
         </is>
       </c>
       <c r="D680" t="inlineStr"/>
       <c r="E680" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F680" t="inlineStr">
         <is>
-          <t>SpaceMenuAdd or remove from community...</t>
+          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
         </is>
       </c>
       <c r="G680" t="inlineStr"/>
       <c r="H680" t="inlineStr"/>
     </row>
     <row r="681">
       <c r="A681" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18376</t>
+          <t>../../src/SingleImagePackModel.cpp:18378</t>
         </is>
       </c>
       <c r="B681" t="inlineStr">
         <is>
-          <t>Official community for this room</t>
+          <t>Failed to open image: %1</t>
         </is>
       </c>
       <c r="C681" t="inlineStr">
         <is>
-          <t>Communauté officielle de ce salon</t>
+          <t>Échec de l'ouverture de l'image : %1</t>
         </is>
       </c>
       <c r="D681" t="inlineStr"/>
       <c r="E681" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F681" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelOfficial community for this room</t>
+          <t>SingleImagePackModelFailed to open image: %1</t>
         </is>
       </c>
       <c r="G681" t="inlineStr"/>
       <c r="H681" t="inlineStr"/>
     </row>
     <row r="682">
       <c r="A682" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18384</t>
+          <t>../../src/SingleImagePackModel.cpp:18392</t>
         </is>
       </c>
       <c r="B682" t="inlineStr">
         <is>
-          <t>Affiliated community for this room</t>
+          <t>Failed to upload image: %1</t>
         </is>
       </c>
       <c r="C682" t="inlineStr">
         <is>
-          <t>Communautées affiliées à ce salon</t>
+          <t>Échec de l'envoi de l'image : %1</t>
         </is>
       </c>
       <c r="D682" t="inlineStr"/>
       <c r="E682" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F682" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelAffiliated community for this room</t>
+          <t>SingleImagePackModelFailed to upload image: %1</t>
         </is>
       </c>
       <c r="G682" t="inlineStr"/>
       <c r="H682" t="inlineStr"/>
     </row>
     <row r="683">
       <c r="A683" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18392</t>
+          <t>../qml/components/SpaceMenu.qml:18408</t>
         </is>
       </c>
       <c r="B683" t="inlineStr">
         <is>
-          <t>Listed only for community members</t>
+          <t>Add or remove from community...</t>
         </is>
       </c>
       <c r="C683" t="inlineStr">
         <is>
-          <t>Listé uniquement pour les membres de la communauté</t>
+          <t>Ajouter ou retirer de la communauté...</t>
         </is>
       </c>
       <c r="D683" t="inlineStr"/>
       <c r="E683" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F683" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for community members</t>
+          <t>SpaceMenuAdd or remove from community...</t>
         </is>
       </c>
       <c r="G683" t="inlineStr"/>
       <c r="H683" t="inlineStr"/>
     </row>
     <row r="684">
       <c r="A684" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18400</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18436</t>
         </is>
       </c>
       <c r="B684" t="inlineStr">
         <is>
-          <t>Listed only for room members</t>
+          <t>Official community for this room</t>
         </is>
       </c>
       <c r="C684" t="inlineStr">
         <is>
-          <t>Listé uniquement pour les membres du salon</t>
+          <t>Communauté officielle de ce salon</t>
         </is>
       </c>
       <c r="D684" t="inlineStr"/>
       <c r="E684" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F684" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for room members</t>
+          <t>SpaceMenuLevelOfficial community for this room</t>
         </is>
       </c>
       <c r="G684" t="inlineStr"/>
       <c r="H684" t="inlineStr"/>
     </row>
     <row r="685">
       <c r="A685" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18408</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18444</t>
         </is>
       </c>
       <c r="B685" t="inlineStr">
         <is>
-          <t>Not related</t>
+          <t>Affiliated community for this room</t>
         </is>
       </c>
       <c r="C685" t="inlineStr">
         <is>
-          <t>Sans lien</t>
+          <t>Communautées affiliées à ce salon</t>
         </is>
       </c>
       <c r="D685" t="inlineStr"/>
       <c r="E685" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F685" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelNot related</t>
+          <t>SpaceMenuLevelAffiliated community for this room</t>
         </is>
       </c>
       <c r="G685" t="inlineStr"/>
       <c r="H685" t="inlineStr"/>
     </row>
     <row r="686">
       <c r="A686" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18426</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18452</t>
         </is>
       </c>
       <c r="B686" t="inlineStr">
         <is>
-          <t>Failed</t>
+          <t>Listed only for community members</t>
         </is>
       </c>
       <c r="C686" t="inlineStr">
         <is>
-          <t>Échec</t>
+          <t>Listé uniquement pour les membres de la communauté</t>
         </is>
       </c>
       <c r="D686" t="inlineStr"/>
       <c r="E686" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F686" t="inlineStr">
         <is>
-          <t>StatusIndicatorFailed</t>
+          <t>SpaceMenuLevelListed only for community members</t>
         </is>
       </c>
       <c r="G686" t="inlineStr"/>
       <c r="H686" t="inlineStr"/>
     </row>
     <row r="687">
       <c r="A687" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18428</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18460</t>
         </is>
       </c>
       <c r="B687" t="inlineStr">
         <is>
-          <t>Sent</t>
+          <t>Listed only for room members</t>
         </is>
       </c>
       <c r="C687" t="inlineStr">
         <is>
-          <t>Envoyé</t>
+          <t>Listé uniquement pour les membres du salon</t>
         </is>
       </c>
       <c r="D687" t="inlineStr"/>
       <c r="E687" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F687" t="inlineStr">
         <is>
-          <t>StatusIndicatorSent</t>
+          <t>SpaceMenuLevelListed only for room members</t>
         </is>
       </c>
       <c r="G687" t="inlineStr"/>
       <c r="H687" t="inlineStr"/>
     </row>
     <row r="688">
       <c r="A688" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18430</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18468</t>
         </is>
       </c>
       <c r="B688" t="inlineStr">
         <is>
-          <t>Received</t>
+          <t>Not related</t>
         </is>
       </c>
       <c r="C688" t="inlineStr">
         <is>
-          <t>Reçu</t>
+          <t>Sans lien</t>
         </is>
       </c>
       <c r="D688" t="inlineStr"/>
       <c r="E688" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F688" t="inlineStr">
         <is>
-          <t>StatusIndicatorReceived</t>
+          <t>SpaceMenuLevelNot related</t>
         </is>
       </c>
       <c r="G688" t="inlineStr"/>
       <c r="H688" t="inlineStr"/>
     </row>
     <row r="689">
       <c r="A689" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18432</t>
+          <t>../qml/StatusIndicator.qml:18486</t>
         </is>
       </c>
       <c r="B689" t="inlineStr">
         <is>
-          <t>Read</t>
+          <t>Failed</t>
         </is>
       </c>
       <c r="C689" t="inlineStr">
         <is>
-          <t>Lu</t>
+          <t>Échec</t>
         </is>
       </c>
       <c r="D689" t="inlineStr"/>
       <c r="E689" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F689" t="inlineStr">
         <is>
-          <t>StatusIndicatorRead</t>
+          <t>StatusIndicatorFailed</t>
         </is>
       </c>
       <c r="G689" t="inlineStr"/>
       <c r="H689" t="inlineStr"/>
     </row>
     <row r="690">
       <c r="A690" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18501</t>
+          <t>../qml/StatusIndicator.qml:18488</t>
         </is>
       </c>
       <c r="B690" t="inlineStr">
         <is>
-          <t>Search</t>
+          <t>Sent</t>
         </is>
       </c>
       <c r="C690" t="inlineStr">
         <is>
-          <t>Rechercher</t>
+          <t>Envoyé</t>
         </is>
       </c>
       <c r="D690" t="inlineStr"/>
       <c r="E690" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F690" t="inlineStr">
         <is>
-          <t>StickerPickerSearch</t>
+          <t>StatusIndicatorSent</t>
         </is>
       </c>
       <c r="G690" t="inlineStr"/>
       <c r="H690" t="inlineStr"/>
     </row>
     <row r="691">
       <c r="A691" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18690</t>
+          <t>../qml/StatusIndicator.qml:18490</t>
         </is>
       </c>
       <c r="B691" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>Received</t>
         </is>
       </c>
       <c r="C691" t="inlineStr">
         <is>
-          <t>Changer les paquets actifs, supprimer des paquets ou créer de nouveaux</t>
+          <t>Reçu</t>
         </is>
       </c>
       <c r="D691" t="inlineStr"/>
       <c r="E691" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F691" t="inlineStr">
         <is>
-          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
+          <t>StatusIndicatorReceived</t>
         </is>
       </c>
       <c r="G691" t="inlineStr"/>
       <c r="H691" t="inlineStr"/>
     </row>
     <row r="692">
       <c r="A692" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18700</t>
+          <t>../qml/StatusIndicator.qml:18492</t>
         </is>
       </c>
       <c r="B692" t="inlineStr">
         <is>
-          <t>Successful Verification</t>
+          <t>Read</t>
         </is>
       </c>
       <c r="C692" t="inlineStr">
         <is>
-          <t>Vérification réussie</t>
+          <t>Lu</t>
         </is>
       </c>
       <c r="D692" t="inlineStr"/>
       <c r="E692" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F692" t="inlineStr">
         <is>
-          <t>SuccessSuccessful Verification</t>
+          <t>StatusIndicatorRead</t>
         </is>
       </c>
       <c r="G692" t="inlineStr"/>
       <c r="H692" t="inlineStr"/>
     </row>
     <row r="693">
       <c r="A693" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18710</t>
+          <t>../qml/emoji/StickerPicker.qml:18561</t>
         </is>
       </c>
       <c r="B693" t="inlineStr">
         <is>
-          <t>Verification successful!  Both sides verified their devices!</t>
+          <t>Search</t>
         </is>
       </c>
       <c r="C693" t="inlineStr">
         <is>
-          <t>Vérification réussie !  Les deux côtés ont vérifié leur appareil !</t>
+          <t>Rechercher</t>
         </is>
       </c>
       <c r="D693" t="inlineStr"/>
       <c r="E693" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F693" t="inlineStr">
         <is>
-          <t>SuccessVerification successful! Both sides verified their devices!</t>
+          <t>StickerPickerSearch</t>
         </is>
       </c>
       <c r="G693" t="inlineStr"/>
       <c r="H693" t="inlineStr"/>
     </row>
     <row r="694">
       <c r="A694" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18724</t>
+          <t>../qml/emoji/StickerPicker.qml:18750</t>
         </is>
       </c>
       <c r="B694" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C694" t="inlineStr">
         <is>
-          <t>Fermer</t>
+          <t>Changer les paquets actifs, supprimer des paquets ou créer de nouveaux</t>
         </is>
       </c>
       <c r="D694" t="inlineStr"/>
       <c r="E694" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F694" t="inlineStr">
         <is>
-          <t>SuccessClose</t>
+          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="G694" t="inlineStr"/>
       <c r="H694" t="inlineStr"/>
     </row>
     <row r="695">
       <c r="A695" t="inlineStr">
         <is>
-          <t>../qml/TimelineDefaultMessageStyle.qml:18891</t>
+          <t>../qml/device-verification/Success.qml:18760</t>
         </is>
       </c>
       <c r="B695" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>Successful Verification</t>
         </is>
       </c>
       <c r="C695" t="inlineStr">
         <is>
-          <t>Partie d'un fil</t>
+          <t>Vérification réussie</t>
         </is>
       </c>
       <c r="D695" t="inlineStr"/>
       <c r="E695" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F695" t="inlineStr">
         <is>
-          <t>TimelineDefaultMessageStylePart of a thread</t>
+          <t>SuccessSuccessful Verification</t>
         </is>
       </c>
       <c r="G695" t="inlineStr"/>
       <c r="H695" t="inlineStr"/>
     </row>
     <row r="696">
       <c r="A696" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18979</t>
+          <t>../qml/device-verification/Success.qml:18770</t>
         </is>
       </c>
       <c r="B696" t="inlineStr">
         <is>
-          <t>%1 placed a voice call.</t>
+          <t>Verification successful!  Both sides verified their devices!</t>
         </is>
       </c>
       <c r="C696" t="inlineStr">
         <is>
-          <t>%1 a effectué un appel vocal.</t>
+          <t>Vérification réussie !  Les deux côtés ont vérifié leur appareil !</t>
         </is>
       </c>
       <c r="D696" t="inlineStr"/>
       <c r="E696" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F696" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a voice call.</t>
+          <t>SuccessVerification successful! Both sides verified their devices!</t>
         </is>
       </c>
       <c r="G696" t="inlineStr"/>
       <c r="H696" t="inlineStr"/>
     </row>
     <row r="697">
       <c r="A697" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18981</t>
+          <t>../qml/device-verification/Success.qml:18784</t>
         </is>
       </c>
       <c r="B697" t="inlineStr">
         <is>
-          <t>%1 placed a video call.</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C697" t="inlineStr">
         <is>
-          <t>%1 a effectué un appel vidéo.</t>
+          <t>Fermer</t>
         </is>
       </c>
       <c r="D697" t="inlineStr"/>
       <c r="E697" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F697" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a video call.</t>
+          <t>SuccessClose</t>
         </is>
       </c>
       <c r="G697" t="inlineStr"/>
       <c r="H697" t="inlineStr"/>
     </row>
     <row r="698">
       <c r="A698" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18983</t>
+          <t>../qml/TimelineDefaultMessageStyle.qml:18951</t>
         </is>
       </c>
       <c r="B698" t="inlineStr">
         <is>
-          <t>%1 placed a call.</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C698" t="inlineStr">
         <is>
-          <t>%1 a appelé.</t>
+          <t>Partie d'un fil</t>
         </is>
       </c>
       <c r="D698" t="inlineStr"/>
       <c r="E698" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F698" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a call.</t>
+          <t>TimelineDefaultMessageStylePart of a thread</t>
         </is>
       </c>
       <c r="G698" t="inlineStr"/>
       <c r="H698" t="inlineStr"/>
     </row>
     <row r="699">
       <c r="A699" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19005</t>
+          <t>../qml/TimelineEvent.qml:19039</t>
         </is>
       </c>
       <c r="B699" t="inlineStr">
         <is>
-          <t>%1 answered the call.</t>
+          <t>%1 placed a voice call.</t>
         </is>
       </c>
       <c r="C699" t="inlineStr">
         <is>
-          <t>%1 a répondu à l'appel.</t>
+          <t>%1 a effectué un appel vocal.</t>
         </is>
       </c>
       <c r="D699" t="inlineStr"/>
       <c r="E699" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F699" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 answered the call.</t>
+          <t>TimelineEvent%1 placed a voice call.</t>
         </is>
       </c>
       <c r="G699" t="inlineStr"/>
       <c r="H699" t="inlineStr"/>
     </row>
     <row r="700">
       <c r="A700" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19007</t>
+          <t>../qml/TimelineEvent.qml:19041</t>
         </is>
       </c>
       <c r="B700" t="inlineStr">
         <is>
-          <t>%1 rejected the call.</t>
+          <t>%1 placed a video call.</t>
         </is>
       </c>
       <c r="C700" t="inlineStr">
         <is>
-          <t>%1 a rejeté l'appel.</t>
+          <t>%1 a effectué un appel vidéo.</t>
         </is>
       </c>
       <c r="D700" t="inlineStr"/>
       <c r="E700" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F700" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 rejected the call.</t>
+          <t>TimelineEvent%1 placed a video call.</t>
         </is>
       </c>
       <c r="G700" t="inlineStr"/>
       <c r="H700" t="inlineStr"/>
     </row>
     <row r="701">
       <c r="A701" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19009</t>
+          <t>../qml/TimelineEvent.qml:19043</t>
         </is>
       </c>
       <c r="B701" t="inlineStr">
         <is>
-          <t>%1 selected answer.</t>
+          <t>%1 placed a call.</t>
         </is>
       </c>
       <c r="C701" t="inlineStr">
         <is>
-          <t>%1 a répondu.</t>
+          <t>%1 a appelé.</t>
         </is>
       </c>
       <c r="D701" t="inlineStr"/>
       <c r="E701" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F701" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 selected answer.</t>
+          <t>TimelineEvent%1 placed a call.</t>
         </is>
       </c>
       <c r="G701" t="inlineStr"/>
       <c r="H701" t="inlineStr"/>
     </row>
     <row r="702">
       <c r="A702" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19011</t>
+          <t>../qml/TimelineEvent.qml:19065</t>
         </is>
       </c>
       <c r="B702" t="inlineStr">
         <is>
-          <t>%1 ended the call.</t>
+          <t>%1 answered the call.</t>
         </is>
       </c>
       <c r="C702" t="inlineStr">
         <is>
-          <t>%1 a mis fin à l'appel.</t>
+          <t>%1 a répondu à l'appel.</t>
         </is>
       </c>
       <c r="D702" t="inlineStr"/>
       <c r="E702" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F702" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 ended the call.</t>
+          <t>TimelineEvent%1 answered the call.</t>
         </is>
       </c>
       <c r="G702" t="inlineStr"/>
       <c r="H702" t="inlineStr"/>
     </row>
     <row r="703">
       <c r="A703" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19015</t>
+          <t>../qml/TimelineEvent.qml:19067</t>
         </is>
       </c>
       <c r="B703" t="inlineStr">
         <is>
-          <t>%1 is negotiating the call...</t>
+          <t>%1 rejected the call.</t>
         </is>
       </c>
       <c r="C703" t="inlineStr">
         <is>
-          <t>%1 est en train de négocier l'appel...</t>
+          <t>%1 a rejeté l'appel.</t>
         </is>
       </c>
       <c r="D703" t="inlineStr"/>
       <c r="E703" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F703" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 is negotiating the call...</t>
+          <t>TimelineEvent%1 rejected the call.</t>
         </is>
       </c>
       <c r="G703" t="inlineStr"/>
       <c r="H703" t="inlineStr"/>
     </row>
     <row r="704">
       <c r="A704" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19106</t>
+          <t>../qml/TimelineEvent.qml:19069</t>
         </is>
       </c>
       <c r="B704" t="inlineStr">
         <is>
-          <t>Allow them in</t>
+          <t>%1 selected answer.</t>
         </is>
       </c>
       <c r="C704" t="inlineStr">
         <is>
-          <t>Les autoriser à entrer</t>
+          <t>%1 a répondu.</t>
         </is>
       </c>
       <c r="D704" t="inlineStr"/>
       <c r="E704" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F704" t="inlineStr">
         <is>
-          <t>TimelineEventAllow them in</t>
+          <t>TimelineEvent%1 selected answer.</t>
         </is>
       </c>
       <c r="G704" t="inlineStr"/>
       <c r="H704" t="inlineStr"/>
     </row>
     <row r="705">
       <c r="A705" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19128</t>
+          <t>../qml/TimelineEvent.qml:19071</t>
         </is>
       </c>
       <c r="B705" t="inlineStr">
         <is>
-          <t>This room was replaced for the following reason: %1</t>
+          <t>%1 ended the call.</t>
         </is>
       </c>
       <c r="C705" t="inlineStr">
         <is>
-          <t>Ce salon a été remplacé pour la raison suivante : %1</t>
+          <t>%1 a mis fin à l'appel.</t>
         </is>
       </c>
       <c r="D705" t="inlineStr"/>
       <c r="E705" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F705" t="inlineStr">
         <is>
-          <t>TimelineEventThis room was replaced for the following reason: %1</t>
+          <t>TimelineEvent%1 ended the call.</t>
         </is>
       </c>
       <c r="G705" t="inlineStr"/>
       <c r="H705" t="inlineStr"/>
     </row>
     <row r="706">
       <c r="A706" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19136</t>
+          <t>../qml/TimelineEvent.qml:19075</t>
         </is>
       </c>
       <c r="B706" t="inlineStr">
         <is>
-          <t>Go to replacement room</t>
+          <t>%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="C706" t="inlineStr">
         <is>
-          <t>Aller au salon de remplacement</t>
+          <t>%1 est en train de négocier l'appel...</t>
         </is>
       </c>
       <c r="D706" t="inlineStr"/>
       <c r="E706" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F706" t="inlineStr">
         <is>
-          <t>TimelineEventGo to replacement room</t>
+          <t>TimelineEvent%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="G706" t="inlineStr"/>
       <c r="H706" t="inlineStr"/>
     </row>
     <row r="707">
       <c r="A707" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19176</t>
+          <t>../qml/TimelineEvent.qml:19166</t>
         </is>
       </c>
       <c r="B707" t="inlineStr">
         <is>
-          <t>Edited</t>
+          <t>Allow them in</t>
         </is>
       </c>
       <c r="C707" t="inlineStr">
         <is>
-          <t>Modifié</t>
+          <t>Les autoriser à entrer</t>
         </is>
       </c>
       <c r="D707" t="inlineStr"/>
       <c r="E707" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F707" t="inlineStr">
         <is>
-          <t>TimelineMetadataEdited</t>
+          <t>TimelineEventAllow them in</t>
         </is>
       </c>
       <c r="G707" t="inlineStr"/>
       <c r="H707" t="inlineStr"/>
     </row>
     <row r="708">
       <c r="A708" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19192</t>
+          <t>../qml/TimelineEvent.qml:19188</t>
         </is>
       </c>
       <c r="B708" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>This room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="C708" t="inlineStr">
         <is>
-          <t>Partie d'un fil</t>
+          <t>Ce salon a été remplacé pour la raison suivante : %1</t>
         </is>
       </c>
       <c r="D708" t="inlineStr"/>
       <c r="E708" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F708" t="inlineStr">
         <is>
-          <t>TimelineMetadataPart of a thread</t>
+          <t>TimelineEventThis room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="G708" t="inlineStr"/>
       <c r="H708" t="inlineStr"/>
     </row>
     <row r="709">
       <c r="A709" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20814</t>
+          <t>../qml/TimelineEvent.qml:19196</t>
         </is>
       </c>
       <c r="B709" t="inlineStr">
         <is>
-          <t>Message redaction failed: %1</t>
+          <t>Go to replacement room</t>
         </is>
       </c>
       <c r="C709" t="inlineStr">
         <is>
-          <t>Échec de la suppression du message : %1</t>
+          <t>Aller au salon de remplacement</t>
         </is>
       </c>
       <c r="D709" t="inlineStr"/>
       <c r="E709" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F709" t="inlineStr">
         <is>
-          <t>TimelineModelMessage redaction failed: %1</t>
+          <t>TimelineEventGo to replacement room</t>
         </is>
       </c>
       <c r="G709" t="inlineStr"/>
       <c r="H709" t="inlineStr"/>
     </row>
     <row r="710">
       <c r="A710" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20941</t>
+          <t>../qml/TimelineMetadata.qml:19236</t>
         </is>
       </c>
       <c r="B710" t="inlineStr">
         <is>
-          <t>Failed to encrypt event, sending aborted!</t>
+          <t>Edited</t>
         </is>
       </c>
       <c r="C710" t="inlineStr">
         <is>
-          <t>Échec du chiffrement de l'évènement, envoi abandonné !</t>
+          <t>Modifié</t>
         </is>
       </c>
       <c r="D710" t="inlineStr"/>
       <c r="E710" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F710" t="inlineStr">
         <is>
-          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
+          <t>TimelineMetadataEdited</t>
         </is>
       </c>
       <c r="G710" t="inlineStr"/>
       <c r="H710" t="inlineStr"/>
     </row>
     <row r="711">
       <c r="A711" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21137</t>
+          <t>../qml/TimelineMetadata.qml:19252</t>
         </is>
       </c>
       <c r="B711" t="inlineStr">
         <is>
-          <t>Save image</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C711" t="inlineStr">
         <is>
-          <t>Enregistrer l'image</t>
+          <t>Partie d'un fil</t>
         </is>
       </c>
       <c r="D711" t="inlineStr"/>
       <c r="E711" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F711" t="inlineStr">
         <is>
-          <t>TimelineModelSave image</t>
+          <t>TimelineMetadataPart of a thread</t>
         </is>
       </c>
       <c r="G711" t="inlineStr"/>
       <c r="H711" t="inlineStr"/>
     </row>
     <row r="712">
       <c r="A712" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21139</t>
+          <t>../../src/timeline/TimelineModel.cpp:20873</t>
         </is>
       </c>
       <c r="B712" t="inlineStr">
         <is>
-          <t>Save video</t>
+          <t>Message redaction failed: %1</t>
         </is>
       </c>
       <c r="C712" t="inlineStr">
         <is>
-          <t>Enregistrer la vidéo</t>
+          <t>Échec de la suppression du message : %1</t>
         </is>
       </c>
       <c r="D712" t="inlineStr"/>
       <c r="E712" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F712" t="inlineStr">
         <is>
-          <t>TimelineModelSave video</t>
+          <t>TimelineModelMessage redaction failed: %1</t>
         </is>
       </c>
       <c r="G712" t="inlineStr"/>
       <c r="H712" t="inlineStr"/>
     </row>
     <row r="713">
       <c r="A713" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21141</t>
+          <t>../../src/timeline/TimelineModel.cpp:21000</t>
         </is>
       </c>
       <c r="B713" t="inlineStr">
         <is>
-          <t>Save audio</t>
+          <t>Failed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="C713" t="inlineStr">
         <is>
-          <t>Enregistrer l'audio</t>
+          <t>Échec du chiffrement de l'évènement, envoi abandonné !</t>
         </is>
       </c>
       <c r="D713" t="inlineStr"/>
       <c r="E713" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F713" t="inlineStr">
         <is>
-          <t>TimelineModelSave audio</t>
+          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="G713" t="inlineStr"/>
       <c r="H713" t="inlineStr"/>
     </row>
     <row r="714">
       <c r="A714" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21143</t>
+          <t>../../src/timeline/TimelineModel.cpp:21196</t>
         </is>
       </c>
       <c r="B714" t="inlineStr">
         <is>
-          <t>Save file</t>
+          <t>Save image</t>
         </is>
       </c>
       <c r="C714" t="inlineStr">
         <is>
-          <t>Enregistrer le fichier</t>
+          <t>Enregistrer l'image</t>
         </is>
       </c>
       <c r="D714" t="inlineStr"/>
       <c r="E714" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F714" t="inlineStr">
         <is>
-          <t>TimelineModelSave file</t>
+          <t>TimelineModelSave image</t>
         </is>
       </c>
       <c r="G714" t="inlineStr"/>
       <c r="H714" t="inlineStr"/>
     </row>
     <row r="715">
       <c r="A715" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21490</t>
+          <t>../../src/timeline/TimelineModel.cpp:21198</t>
         </is>
       </c>
       <c r="B715" t="inlineStr">
         <is>
-          <t>%1%2 is typing.</t>
+          <t>Save video</t>
         </is>
       </c>
       <c r="C715" t="inlineStr">
         <is>
-          <t>%1%2 est en train d'écrire.</t>
+          <t>Enregistrer la vidéo</t>
         </is>
       </c>
       <c r="D715" t="inlineStr"/>
       <c r="E715" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F715" t="inlineStr">
         <is>
+          <t>TimelineModelSave video</t>
+        </is>
+      </c>
+      <c r="G715" t="inlineStr"/>
+      <c r="H715" t="inlineStr"/>
+    </row>
+    <row r="716">
+      <c r="A716" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21200</t>
+        </is>
+      </c>
+      <c r="B716" t="inlineStr">
+        <is>
+          <t>Save audio</t>
+        </is>
+      </c>
+      <c r="C716" t="inlineStr">
+        <is>
+          <t>Enregistrer l'audio</t>
+        </is>
+      </c>
+      <c r="D716" t="inlineStr"/>
+      <c r="E716" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F716" t="inlineStr">
+        <is>
+          <t>TimelineModelSave audio</t>
+        </is>
+      </c>
+      <c r="G716" t="inlineStr"/>
+      <c r="H716" t="inlineStr"/>
+    </row>
+    <row r="717">
+      <c r="A717" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21202</t>
+        </is>
+      </c>
+      <c r="B717" t="inlineStr">
+        <is>
+          <t>Save file</t>
+        </is>
+      </c>
+      <c r="C717" t="inlineStr">
+        <is>
+          <t>Enregistrer le fichier</t>
+        </is>
+      </c>
+      <c r="D717" t="inlineStr"/>
+      <c r="E717" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F717" t="inlineStr">
+        <is>
+          <t>TimelineModelSave file</t>
+        </is>
+      </c>
+      <c r="G717" t="inlineStr"/>
+      <c r="H717" t="inlineStr"/>
+    </row>
+    <row r="718">
+      <c r="A718" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21550</t>
+        </is>
+      </c>
+      <c r="B718" t="inlineStr">
+        <is>
+          <t>%1%2 is typing.</t>
+        </is>
+      </c>
+      <c r="C718" t="inlineStr">
+        <is>
+          <t>%1%2 est en train d'écrire.</t>
+        </is>
+      </c>
+      <c r="D718" t="inlineStr"/>
+      <c r="E718" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F718" t="inlineStr">
+        <is>
           <t>TimelineModel
 Multiple users are typing. First argument is a comma separated list of potentially multiple users. Second argument is the last user of that list. (If only one user is typing, %1 is empty. You should still use it in your string though to silence Qt warnings.)%1 and %2 are typing.</t>
         </is>
       </c>
-      <c r="G715" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G718" t="inlineStr"/>
       <c r="H718" t="inlineStr"/>
     </row>
     <row r="719">
       <c r="A719" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21580</t>
+          <t>../../src/timeline/TimelineModel.cpp:21610</t>
         </is>
       </c>
       <c r="B719" t="inlineStr">
         <is>
-          <t>%1 made the room open to guests.</t>
+          <t>%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="C719" t="inlineStr">
         <is>
-          <t>%1 a rendu le salon ouvert aux invités.</t>
+          <t>%1 a ouvert le salon au public.</t>
         </is>
       </c>
       <c r="D719" t="inlineStr"/>
       <c r="E719" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F719" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room open to guests.</t>
+          <t>TimelineModel%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="G719" t="inlineStr"/>
       <c r="H719" t="inlineStr"/>
     </row>
     <row r="720">
       <c r="A720" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21582</t>
+          <t>../../src/timeline/TimelineModel.cpp:21614</t>
         </is>
       </c>
       <c r="B720" t="inlineStr">
         <is>
-          <t>%1 has closed the room to guest access.</t>
+          <t>%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="C720" t="inlineStr">
         <is>
-          <t>%1 a fermé le salon aux invités.</t>
+          <t>%1 a permis de rejoindre ce salon en toquant.</t>
         </is>
       </c>
       <c r="D720" t="inlineStr"/>
       <c r="E720" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F720" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has closed the room to guest access.</t>
+          <t>TimelineModel%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="G720" t="inlineStr"/>
       <c r="H720" t="inlineStr"/>
     </row>
     <row r="721">
       <c r="A721" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21597</t>
+          <t>../../src/timeline/TimelineModel.cpp:21621</t>
         </is>
       </c>
       <c r="B721" t="inlineStr">
         <is>
-          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="C721" t="inlineStr">
         <is>
-          <t>%1 a rendu l'historique du salon lisible par tout le monde. Les évènements peuvent maintenant être lus par des personnes externes au salon.</t>
+          <t>%1 a permis aux membres des salons suivants de rejoindre automatiquement ce salon : %2</t>
         </is>
       </c>
       <c r="D721" t="inlineStr"/>
       <c r="E721" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F721" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>TimelineModel%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="G721" t="inlineStr"/>
       <c r="H721" t="inlineStr"/>
     </row>
     <row r="722">
       <c r="A722" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21601</t>
+          <t>../../src/timeline/TimelineModel.cpp:21640</t>
         </is>
       </c>
       <c r="B722" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members from this point on.</t>
+          <t>%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="C722" t="inlineStr">
         <is>
-          <t>%1 a rendu l'historique du salon visible aux membre à partir de cet instant.</t>
+          <t>%1 a rendu le salon ouvert aux invités.</t>
         </is>
       </c>
       <c r="D722" t="inlineStr"/>
       <c r="E722" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F722" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
+          <t>TimelineModel%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="G722" t="inlineStr"/>
       <c r="H722" t="inlineStr"/>
     </row>
     <row r="723">
       <c r="A723" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21603</t>
+          <t>../../src/timeline/TimelineModel.cpp:21642</t>
         </is>
       </c>
       <c r="B723" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they were invited.</t>
+          <t>%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="C723" t="inlineStr">
         <is>
-          <t>%1 a rendu l'historique visible aux membres à partir de leur invitation.</t>
+          <t>%1 a fermé le salon aux invités.</t>
         </is>
       </c>
       <c r="D723" t="inlineStr"/>
       <c r="E723" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F723" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
+          <t>TimelineModel%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="G723" t="inlineStr"/>
       <c r="H723" t="inlineStr"/>
     </row>
     <row r="724">
       <c r="A724" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21605</t>
+          <t>../../src/timeline/TimelineModel.cpp:21657</t>
         </is>
       </c>
       <c r="B724" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they joined the room.</t>
+          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="C724" t="inlineStr">
         <is>
-          <t>%1 a rendu l'historique du salon visible aux membres à partir de l'instant où ils le rejoignent.</t>
+          <t>%1 a rendu l'historique du salon lisible par tout le monde. Les évènements peuvent maintenant être lus par des personnes externes au salon.</t>
         </is>
       </c>
       <c r="D724" t="inlineStr"/>
       <c r="E724" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F724" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
+          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="G724" t="inlineStr"/>
       <c r="H724" t="inlineStr"/>
     </row>
     <row r="725">
       <c r="A725" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21877</t>
+          <t>../../src/timeline/TimelineModel.cpp:21661</t>
         </is>
       </c>
       <c r="B725" t="inlineStr">
         <is>
-          <t>%1 has changed the room's permissions.</t>
+          <t>%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="C725" t="inlineStr">
         <is>
-          <t>%1 a changé les permissions du salon.</t>
+          <t>%1 a rendu l'historique du salon visible aux membre à partir de cet instant.</t>
         </is>
       </c>
       <c r="D725" t="inlineStr"/>
       <c r="E725" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F725" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's permissions.</t>
+          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="G725" t="inlineStr"/>
       <c r="H725" t="inlineStr"/>
     </row>
     <row r="726">
       <c r="A726" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21656</t>
+          <t>../../src/timeline/TimelineModel.cpp:21663</t>
         </is>
       </c>
       <c r="B726" t="inlineStr">
         <is>
-          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
       <c r="C726" t="inlineStr">
         <is>
-          <t>%1 a changé le niveau de permission d'expulsion de %2 à %3.</t>
+          <t>%1 a rendu l'historique visible aux membres à partir de leur invitation.</t>
         </is>
       </c>
       <c r="D726" t="inlineStr"/>
       <c r="E726" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F726" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
       <c r="G726" t="inlineStr"/>
       <c r="H726" t="inlineStr"/>
     </row>
     <row r="727">
       <c r="A727" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21671</t>
+          <t>../../src/timeline/TimelineModel.cpp:21665</t>
         </is>
       </c>
       <c r="B727" t="inlineStr">
         <is>
-          <t>%n member can now kick room members.</t>
+          <t>%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
       <c r="C727" t="inlineStr">
         <is>
-          <t>%n membre peut maintenant expulser les membres du salon.</t>
+          <t>%1 a rendu l'historique du salon visible aux membres à partir de l'instant où ils le rejoignent.</t>
         </is>
       </c>
       <c r="D727" t="inlineStr"/>
       <c r="E727" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F727" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now kick room members.</t>
+          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
       <c r="G727" t="inlineStr"/>
       <c r="H727" t="inlineStr"/>
     </row>
     <row r="728">
       <c r="A728" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21675</t>
+          <t>../../src/timeline/TimelineModel.cpp:21939</t>
         </is>
       </c>
       <c r="B728" t="inlineStr">
         <is>
-          <t>%1 can now kick room members.</t>
+          <t>%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="C728" t="inlineStr">
         <is>
-          <t>%1 peut maintenant expulser les membres du salon.</t>
+          <t>%1 a changé les permissions du salon.</t>
         </is>
       </c>
       <c r="D728" t="inlineStr"/>
       <c r="E728" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F728" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now kick room members.</t>
+          <t>TimelineModel%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="G728" t="inlineStr"/>
       <c r="H728" t="inlineStr"/>
     </row>
     <row r="729">
       <c r="A729" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21687</t>
+          <t>../../src/timeline/TimelineModel.cpp:21717</t>
         </is>
       </c>
       <c r="B729" t="inlineStr">
         <is>
-          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C729" t="inlineStr">
         <is>
-          <t>%1 a changé le niveau de permission d'effacement de messages du salon de %2 à %3.</t>
+          <t>%1 a changé le niveau de permission d'expulsion de %2 à %3.</t>
         </is>
       </c>
       <c r="D729" t="inlineStr"/>
       <c r="E729" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F729" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G729" t="inlineStr"/>
       <c r="H729" t="inlineStr"/>
     </row>
     <row r="730">
       <c r="A730" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21701</t>
+          <t>../../src/timeline/TimelineModel.cpp:21732</t>
         </is>
       </c>
       <c r="B730" t="inlineStr">
         <is>
-          <t>%n member can now redact room messages.</t>
+          <t>%n member can now kick room members.</t>
         </is>
       </c>
       <c r="C730" t="inlineStr">
         <is>
-          <t>%n membre peut maintenant effacer les messages du salon.</t>
+          <t>%n membre peut maintenant expulser les membres du salon.</t>
         </is>
       </c>
       <c r="D730" t="inlineStr"/>
       <c r="E730" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F730" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now redact room messages.</t>
+          <t>TimelineModel%n member(s) can now kick room members.</t>
         </is>
       </c>
       <c r="G730" t="inlineStr"/>
       <c r="H730" t="inlineStr"/>
     </row>
     <row r="731">
       <c r="A731" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21707</t>
+          <t>../../src/timeline/TimelineModel.cpp:21736</t>
         </is>
       </c>
       <c r="B731" t="inlineStr">
         <is>
-          <t>%1 can now redact room messages.</t>
+          <t>%1 can now kick room members.</t>
         </is>
       </c>
       <c r="C731" t="inlineStr">
         <is>
-          <t>%1 peut maintenant effacer les messages du salon.</t>
+          <t>%1 peut maintenant expulser les membres du salon.</t>
         </is>
       </c>
       <c r="D731" t="inlineStr"/>
       <c r="E731" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F731" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now redact room messages.</t>
+          <t>TimelineModel%1 can now kick room members.</t>
         </is>
       </c>
       <c r="G731" t="inlineStr"/>
       <c r="H731" t="inlineStr"/>
     </row>
     <row r="732">
       <c r="A732" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21719</t>
+          <t>../../src/timeline/TimelineModel.cpp:21748</t>
         </is>
       </c>
       <c r="B732" t="inlineStr">
         <is>
-          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C732" t="inlineStr">
         <is>
-          <t>%1 a changé le niveau de permission de bannissement du salon de %2 à %3.</t>
+          <t>%1 a changé le niveau de permission d'effacement de messages du salon de %2 à %3.</t>
         </is>
       </c>
       <c r="D732" t="inlineStr"/>
       <c r="E732" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F732" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G732" t="inlineStr"/>
       <c r="H732" t="inlineStr"/>
     </row>
     <row r="733">
       <c r="A733" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21734</t>
+          <t>../../src/timeline/TimelineModel.cpp:21762</t>
         </is>
       </c>
       <c r="B733" t="inlineStr">
         <is>
-          <t>%n member can now ban room members.</t>
+          <t>%n member can now redact room messages.</t>
         </is>
       </c>
       <c r="C733" t="inlineStr">
         <is>
-          <t>%n membre peut maintenant bannir les membres du salon.</t>
+          <t>%n membre peut maintenant effacer les messages du salon.</t>
         </is>
       </c>
       <c r="D733" t="inlineStr"/>
       <c r="E733" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F733" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now ban room members.</t>
+          <t>TimelineModel%n member(s) can now redact room messages.</t>
         </is>
       </c>
       <c r="G733" t="inlineStr"/>
       <c r="H733" t="inlineStr"/>
     </row>
     <row r="734">
       <c r="A734" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21738</t>
+          <t>../../src/timeline/TimelineModel.cpp:21768</t>
         </is>
       </c>
       <c r="B734" t="inlineStr">
         <is>
-          <t>%1 can now ban room members.</t>
+          <t>%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="C734" t="inlineStr">
         <is>
-          <t>%1 peut maintenant bannir les membres du salon.</t>
+          <t>%1 peut maintenant effacer les messages du salon.</t>
         </is>
       </c>
       <c r="D734" t="inlineStr"/>
       <c r="E734" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F734" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now ban room members.</t>
+          <t>TimelineModel%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="G734" t="inlineStr"/>
       <c r="H734" t="inlineStr"/>
     </row>
     <row r="735">
       <c r="A735" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21751</t>
+          <t>../../src/timeline/TimelineModel.cpp:21780</t>
         </is>
       </c>
       <c r="B735" t="inlineStr">
         <is>
-          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C735" t="inlineStr">
         <is>
-          <t>%1 a changé le niveau de permission state_default du salon de %2 à %3.</t>
+          <t>%1 a changé le niveau de permission de bannissement du salon de %2 à %3.</t>
         </is>
       </c>
       <c r="D735" t="inlineStr"/>
       <c r="E735" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F735" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G735" t="inlineStr"/>
       <c r="H735" t="inlineStr"/>
     </row>
     <row r="736">
       <c r="A736" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21766</t>
+          <t>../../src/timeline/TimelineModel.cpp:21795</t>
         </is>
       </c>
       <c r="B736" t="inlineStr">
         <is>
-          <t>%n member can now send state events.</t>
+          <t>%n member can now ban room members.</t>
         </is>
       </c>
       <c r="C736" t="inlineStr">
         <is>
-          <t>%n membre peut maintenant envoyer des évènements d'état.</t>
+          <t>%n membre peut maintenant bannir les membres du salon.</t>
         </is>
       </c>
       <c r="D736" t="inlineStr"/>
       <c r="E736" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F736" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now send state events.</t>
+          <t>TimelineModel%n member(s) can now ban room members.</t>
         </is>
       </c>
       <c r="G736" t="inlineStr"/>
       <c r="H736" t="inlineStr"/>
     </row>
     <row r="737">
       <c r="A737" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21770</t>
+          <t>../../src/timeline/TimelineModel.cpp:21799</t>
         </is>
       </c>
       <c r="B737" t="inlineStr">
         <is>
-          <t>%1 can now send state events.</t>
+          <t>%1 can now ban room members.</t>
         </is>
       </c>
       <c r="C737" t="inlineStr">
         <is>
-          <t>%1 peut maintenant envoyer des évènements d'état.</t>
+          <t>%1 peut maintenant bannir les membres du salon.</t>
         </is>
       </c>
       <c r="D737" t="inlineStr"/>
       <c r="E737" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F737" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now send state events.</t>
+          <t>TimelineModel%1 can now ban room members.</t>
         </is>
       </c>
       <c r="G737" t="inlineStr"/>
       <c r="H737" t="inlineStr"/>
     </row>
     <row r="738">
       <c r="A738" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21784</t>
+          <t>../../src/timeline/TimelineModel.cpp:21812</t>
         </is>
       </c>
       <c r="B738" t="inlineStr">
         <is>
-          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C738" t="inlineStr">
         <is>
-          <t>%1 a changé le niveau de permission d'invitation du salon de %2 à %3.</t>
+          <t>%1 a changé le niveau de permission state_default du salon de %2 à %3.</t>
         </is>
       </c>
       <c r="D738" t="inlineStr"/>
       <c r="E738" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F738" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G738" t="inlineStr"/>
       <c r="H738" t="inlineStr"/>
     </row>
     <row r="739">
       <c r="A739" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21794</t>
+          <t>../../src/timeline/TimelineModel.cpp:21827</t>
         </is>
       </c>
       <c r="B739" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>%n member can now send state events.</t>
         </is>
       </c>
       <c r="C739" t="inlineStr">
         <is>
-          <t>%1 a changé le niveau de permission events_default du salon de %2 à %3. Les nouveaux utilisateurs ne peuvent maintenant plus envoyer d'évènements.</t>
+          <t>%n membre peut maintenant envoyer des évènements d'état.</t>
         </is>
       </c>
       <c r="D739" t="inlineStr"/>
       <c r="E739" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F739" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>TimelineModel%n member(s) can now send state events.</t>
         </is>
       </c>
       <c r="G739" t="inlineStr"/>
       <c r="H739" t="inlineStr"/>
     </row>
     <row r="740">
       <c r="A740" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21803</t>
+          <t>../../src/timeline/TimelineModel.cpp:21831</t>
         </is>
       </c>
       <c r="B740" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>%1 can now send state events.</t>
         </is>
       </c>
       <c r="C740" t="inlineStr">
         <is>
-          <t>%1 a changé le niveau de permission events_default du salon de %2 à %3. Les nouveaux utilisateurs peuvent maintenant envoyer des évènements qui ne sont pas autrement restreints.</t>
+          <t>%1 peut maintenant envoyer des évènements d'état.</t>
         </is>
       </c>
       <c r="D740" t="inlineStr"/>
       <c r="E740" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F740" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>TimelineModel%1 can now send state events.</t>
         </is>
       </c>
       <c r="G740" t="inlineStr"/>
       <c r="H740" t="inlineStr"/>
     </row>
     <row r="741">
       <c r="A741" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21810</t>
+          <t>../../src/timeline/TimelineModel.cpp:21845</t>
         </is>
       </c>
       <c r="B741" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C741" t="inlineStr">
         <is>
-          <t>%1 a changé le niveau de permission events_default du salon de %2 à %3.</t>
+          <t>%1 a changé le niveau de permission d'invitation du salon de %2 à %3.</t>
         </is>
       </c>
       <c r="D741" t="inlineStr"/>
       <c r="E741" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F741" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G741" t="inlineStr"/>
       <c r="H741" t="inlineStr"/>
     </row>
     <row r="742">
       <c r="A742" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21822</t>
+          <t>../../src/timeline/TimelineModel.cpp:21855</t>
         </is>
       </c>
       <c r="B742" t="inlineStr">
         <is>
-          <t>%1 has made %2 an administrator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="C742" t="inlineStr">
         <is>
-          <t>%1 a promu %2 au rang d'administrateur de ce salon.</t>
+          <t>%1 a changé le niveau de permission events_default du salon de %2 à %3. Les nouveaux utilisateurs ne peuvent maintenant plus envoyer d'évènements.</t>
         </is>
       </c>
       <c r="D742" t="inlineStr"/>
       <c r="E742" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F742" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="G742" t="inlineStr"/>
       <c r="H742" t="inlineStr"/>
     </row>
     <row r="743">
       <c r="A743" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21826</t>
+          <t>../../src/timeline/TimelineModel.cpp:21864</t>
         </is>
       </c>
       <c r="B743" t="inlineStr">
         <is>
-          <t>%1 has made %2 a moderator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="C743" t="inlineStr">
         <is>
-          <t>%1 a promu %2 au rang de modérateur de ce salon.</t>
+          <t>%1 a changé le niveau de permission events_default du salon de %2 à %3. Les nouveaux utilisateurs peuvent maintenant envoyer des évènements qui ne sont pas autrement restreints.</t>
         </is>
       </c>
       <c r="D743" t="inlineStr"/>
       <c r="E743" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F743" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="G743" t="inlineStr"/>
       <c r="H743" t="inlineStr"/>
     </row>
     <row r="744">
       <c r="A744" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21830</t>
+          <t>../../src/timeline/TimelineModel.cpp:21871</t>
         </is>
       </c>
       <c r="B744" t="inlineStr">
         <is>
-          <t>%1 has downgraded %2 to moderator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C744" t="inlineStr">
         <is>
-          <t>%1 a relégué %2 au rang de modérateur de ce salon.</t>
+          <t>%1 a changé le niveau de permission events_default du salon de %2 à %3.</t>
         </is>
       </c>
       <c r="D744" t="inlineStr"/>
       <c r="E744" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F744" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G744" t="inlineStr"/>
       <c r="H744" t="inlineStr"/>
     </row>
     <row r="745">
       <c r="A745" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21833</t>
+          <t>../../src/timeline/TimelineModel.cpp:21883</t>
         </is>
       </c>
       <c r="B745" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="C745" t="inlineStr">
         <is>
-          <t>%1 a changé le niveau de permission de %2 de %3 à %4.</t>
+          <t>%1 a promu %2 au rang d'administrateur de ce salon.</t>
         </is>
       </c>
       <c r="D745" t="inlineStr"/>
       <c r="E745" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F745" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="G745" t="inlineStr"/>
       <c r="H745" t="inlineStr"/>
     </row>
     <row r="746">
       <c r="A746" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21849</t>
+          <t>../../src/timeline/TimelineModel.cpp:21887</t>
         </is>
       </c>
       <c r="B746" t="inlineStr">
         <is>
-          <t>%1 allowed only administrators to send "%2".</t>
+          <t>%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="C746" t="inlineStr">
         <is>
-          <t>%1 n'a autorisé que les administrateurs à envoyer "%2".</t>
+          <t>%1 a promu %2 au rang de modérateur de ce salon.</t>
         </is>
       </c>
       <c r="D746" t="inlineStr"/>
       <c r="E746" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F746" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
+          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="G746" t="inlineStr"/>
       <c r="H746" t="inlineStr"/>
     </row>
     <row r="747">
       <c r="A747" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21852</t>
+          <t>../../src/timeline/TimelineModel.cpp:21891</t>
         </is>
       </c>
       <c r="B747" t="inlineStr">
         <is>
-          <t>%1 allowed only moderators to send "%2".</t>
+          <t>%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="C747" t="inlineStr">
         <is>
-          <t>%1 n'a autorisé que les modérateurs à envoyer "%2".</t>
+          <t>%1 a relégué %2 au rang de modérateur de ce salon.</t>
         </is>
       </c>
       <c r="D747" t="inlineStr"/>
       <c r="E747" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F747" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
+          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="G747" t="inlineStr"/>
       <c r="H747" t="inlineStr"/>
     </row>
     <row r="748">
       <c r="A748" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21855</t>
+          <t>../../src/timeline/TimelineModel.cpp:21895</t>
         </is>
       </c>
       <c r="B748" t="inlineStr">
         <is>
-          <t>%1 allowed everyone to send "%2".</t>
+          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="C748" t="inlineStr">
         <is>
-          <t>%1 a autorisé tout le monde à envoyer "%2".</t>
+          <t>%1 a changé le niveau de permission de %2 de %3 à %4.</t>
         </is>
       </c>
       <c r="D748" t="inlineStr"/>
       <c r="E748" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F748" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed everyone to send "%2".</t>
+          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="G748" t="inlineStr"/>
       <c r="H748" t="inlineStr"/>
     </row>
     <row r="749">
       <c r="A749" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21859</t>
+          <t>../../src/timeline/TimelineModel.cpp:21911</t>
         </is>
       </c>
       <c r="B749" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="C749" t="inlineStr">
         <is>
-          <t>%1 has changé le niveau de permission du type d'évènement "%2" de la valeur par défaut à %3.</t>
+          <t>%1 n'a autorisé que les administrateurs à envoyer "%2".</t>
         </is>
       </c>
       <c r="D749" t="inlineStr"/>
       <c r="E749" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F749" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="G749" t="inlineStr"/>
       <c r="H749" t="inlineStr"/>
     </row>
     <row r="750">
       <c r="A750" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21865</t>
+          <t>../../src/timeline/TimelineModel.cpp:21914</t>
         </is>
       </c>
       <c r="B750" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="C750" t="inlineStr">
         <is>
-          <t>%1 has changé le niveau de permission du type d'évènement "%2" de %3 à %4.</t>
+          <t>%1 n'a autorisé que les modérateurs à envoyer "%2".</t>
         </is>
       </c>
       <c r="D750" t="inlineStr"/>
       <c r="E750" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F750" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="G750" t="inlineStr"/>
       <c r="H750" t="inlineStr"/>
     </row>
     <row r="751">
       <c r="A751" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21924</t>
+          <t>../../src/timeline/TimelineModel.cpp:21917</t>
         </is>
       </c>
       <c r="B751" t="inlineStr">
         <is>
-          <t>(empty)</t>
+          <t>%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="C751" t="inlineStr">
         <is>
-          <t>(vide)</t>
+          <t>%1 a autorisé tout le monde à envoyer "%2".</t>
         </is>
       </c>
       <c r="D751" t="inlineStr"/>
       <c r="E751" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F751" t="inlineStr">
         <is>
-          <t>TimelineModel(empty)</t>
+          <t>TimelineModel%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="G751" t="inlineStr"/>
       <c r="H751" t="inlineStr"/>
     </row>
     <row r="752">
       <c r="A752" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21930</t>
+          <t>../../src/timeline/TimelineModel.cpp:21921</t>
         </is>
       </c>
       <c r="B752" t="inlineStr">
         <is>
-          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="C752" t="inlineStr">
         <is>
-          <t>%1 a retiré les images suivantes du paquet %2 :&lt;br&gt;%3</t>
+          <t>%1 has changé le niveau de permission du type d'évènement "%2" de la valeur par défaut à %3.</t>
         </is>
       </c>
       <c r="D752" t="inlineStr"/>
       <c r="E752" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F752" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="G752" t="inlineStr"/>
       <c r="H752" t="inlineStr"/>
     </row>
     <row r="753">
       <c r="A753" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21936</t>
+          <t>../../src/timeline/TimelineModel.cpp:21927</t>
         </is>
       </c>
       <c r="B753" t="inlineStr">
         <is>
-          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="C753" t="inlineStr">
         <is>
-          <t>%1 a ajouté les images suivantes au paquet %2 :&lt;br&gt;%3</t>
+          <t>%1 has changé le niveau de permission du type d'évènement "%2" de %3 à %4.</t>
         </is>
       </c>
       <c r="D753" t="inlineStr"/>
       <c r="E753" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F753" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="G753" t="inlineStr"/>
       <c r="H753" t="inlineStr"/>
     </row>
     <row r="754">
       <c r="A754" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21941</t>
+          <t>../../src/timeline/TimelineModel.cpp:21986</t>
         </is>
       </c>
       <c r="B754" t="inlineStr">
         <is>
-          <t>%1 changed the sticker and emotes in this room.</t>
+          <t>(empty)</t>
         </is>
       </c>
       <c r="C754" t="inlineStr">
         <is>
-          <t>%1 a changé les autocollants et émotes de ce salon.</t>
+          <t>(vide)</t>
         </is>
       </c>
       <c r="D754" t="inlineStr"/>
       <c r="E754" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F754" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
+          <t>TimelineModel(empty)</t>
         </is>
       </c>
       <c r="G754" t="inlineStr"/>
       <c r="H754" t="inlineStr"/>
     </row>
     <row r="755">
       <c r="A755" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21976</t>
+          <t>../../src/timeline/TimelineModel.cpp:21992</t>
         </is>
       </c>
       <c r="B755" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban users matching %2.</t>
+          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C755" t="inlineStr">
         <is>
-          <t>%1 a désactivé la règle de bannissement d'utilisateurs correspondant à %2.</t>
+          <t>%1 a retiré les images suivantes du paquet %2 :&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="D755" t="inlineStr"/>
       <c r="E755" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F755" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
+          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G755" t="inlineStr"/>
       <c r="H755" t="inlineStr"/>
     </row>
     <row r="756">
       <c r="A756" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21979</t>
+          <t>../../src/timeline/TimelineModel.cpp:21998</t>
         </is>
       </c>
       <c r="B756" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C756" t="inlineStr">
         <is>
-          <t>%1 a ajouté la règle de bannissement d'utilisateurs correspondant à %2 pour '%3'.</t>
+          <t>%1 a ajouté les images suivantes au paquet %2 :&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="D756" t="inlineStr"/>
       <c r="E756" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F756" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G756" t="inlineStr"/>
       <c r="H756" t="inlineStr"/>
     </row>
     <row r="757">
       <c r="A757" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22001</t>
+          <t>../../src/timeline/TimelineModel.cpp:22003</t>
         </is>
       </c>
       <c r="B757" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban rooms matching %2.</t>
+          <t>%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="C757" t="inlineStr">
         <is>
-          <t>%1 a désactivé la règle de bannissement de salons correspondant à %2.</t>
+          <t>%1 a changé les autocollants et émotes de ce salon.</t>
         </is>
       </c>
       <c r="D757" t="inlineStr"/>
       <c r="E757" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F757" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
+          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="G757" t="inlineStr"/>
       <c r="H757" t="inlineStr"/>
     </row>
     <row r="758">
       <c r="A758" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22004</t>
+          <t>../../src/timeline/TimelineModel.cpp:22038</t>
         </is>
       </c>
       <c r="B758" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="C758" t="inlineStr">
         <is>
-          <t>%1 a ajouté la règle de bannissement de salons correspondant à %2 pour '%3'.</t>
+          <t>%1 a désactivé la règle de bannissement d'utilisateurs correspondant à %2.</t>
         </is>
       </c>
       <c r="D758" t="inlineStr"/>
       <c r="E758" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F758" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="G758" t="inlineStr"/>
       <c r="H758" t="inlineStr"/>
     </row>
     <row r="759">
       <c r="A759" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22026</t>
+          <t>../../src/timeline/TimelineModel.cpp:22041</t>
         </is>
       </c>
       <c r="B759" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban servers matching %2.</t>
+          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C759" t="inlineStr">
         <is>
-          <t>%1 a désactivé la règle de bannissement de serveurs correspondant à %2.</t>
+          <t>%1 a ajouté la règle de bannissement d'utilisateurs correspondant à %2 pour '%3'.</t>
         </is>
       </c>
       <c r="D759" t="inlineStr"/>
       <c r="E759" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F759" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
+          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G759" t="inlineStr"/>
       <c r="H759" t="inlineStr"/>
     </row>
     <row r="760">
       <c r="A760" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22029</t>
+          <t>../../src/timeline/TimelineModel.cpp:22063</t>
         </is>
       </c>
       <c r="B760" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="C760" t="inlineStr">
         <is>
-          <t>%1 a ajouté la règle de bannissement de serveurs correspondant à %2 pour '%3'.</t>
+          <t>%1 a désactivé la règle de bannissement de salons correspondant à %2.</t>
         </is>
       </c>
       <c r="D760" t="inlineStr"/>
       <c r="E760" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F760" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="G760" t="inlineStr"/>
       <c r="H760" t="inlineStr"/>
     </row>
     <row r="761">
       <c r="A761" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22063</t>
+          <t>../../src/timeline/TimelineModel.cpp:22066</t>
         </is>
       </c>
       <c r="B761" t="inlineStr">
         <is>
-          <t>Removed by %1</t>
+          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C761" t="inlineStr">
         <is>
-          <t>Effacé par %1</t>
+          <t>%1 a ajouté la règle de bannissement de salons correspondant à %2 pour '%3'.</t>
         </is>
       </c>
       <c r="D761" t="inlineStr"/>
       <c r="E761" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F761" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1</t>
+          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G761" t="inlineStr"/>
       <c r="H761" t="inlineStr"/>
     </row>
     <row r="762">
       <c r="A762" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22065</t>
+          <t>../../src/timeline/TimelineModel.cpp:22088</t>
         </is>
       </c>
       <c r="B762" t="inlineStr">
         <is>
-          <t>%1 (%2) removed this message at %3</t>
+          <t>%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="C762" t="inlineStr">
         <is>
-          <t>%1 (%2) a effacé ce message à %3</t>
+          <t>%1 a désactivé la règle de bannissement de serveurs correspondant à %2.</t>
         </is>
       </c>
       <c r="D762" t="inlineStr"/>
       <c r="E762" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F762" t="inlineStr">
         <is>
-          <t>TimelineModel%1 (%2) removed this message at %3</t>
+          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="G762" t="inlineStr"/>
       <c r="H762" t="inlineStr"/>
     </row>
     <row r="763">
       <c r="A763" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22067</t>
+          <t>../../src/timeline/TimelineModel.cpp:22091</t>
         </is>
       </c>
       <c r="B763" t="inlineStr">
         <is>
-          <t>Removed by %1 because: %2</t>
+          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C763" t="inlineStr">
         <is>
-          <t>Effacé par %1 car : %2</t>
+          <t>%1 a ajouté la règle de bannissement de serveurs correspondant à %2 pour '%3'.</t>
         </is>
       </c>
       <c r="D763" t="inlineStr"/>
       <c r="E763" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F763" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1 because: %2</t>
+          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G763" t="inlineStr"/>
       <c r="H763" t="inlineStr"/>
     </row>
     <row r="764">
       <c r="A764" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22068</t>
+          <t>../../src/timeline/TimelineModel.cpp:22125</t>
         </is>
       </c>
       <c r="B764" t="inlineStr">
+        <is>
+          <t>Removed by %1</t>
+        </is>
+      </c>
+      <c r="C764" t="inlineStr">
+        <is>
+          <t>Effacé par %1</t>
+        </is>
+      </c>
+      <c r="D764" t="inlineStr"/>
+      <c r="E764" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F764" t="inlineStr">
+        <is>
+          <t>TimelineModelRemoved by %1</t>
+        </is>
+      </c>
+      <c r="G764" t="inlineStr"/>
+      <c r="H764" t="inlineStr"/>
+    </row>
+    <row r="765">
+      <c r="A765" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22127</t>
+        </is>
+      </c>
+      <c r="B765" t="inlineStr">
+        <is>
+          <t>%1 (%2) removed this message at %3</t>
+        </is>
+      </c>
+      <c r="C765" t="inlineStr">
+        <is>
+          <t>%1 (%2) a effacé ce message à %3</t>
+        </is>
+      </c>
+      <c r="D765" t="inlineStr"/>
+      <c r="E765" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F765" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 (%2) removed this message at %3</t>
+        </is>
+      </c>
+      <c r="G765" t="inlineStr"/>
+      <c r="H765" t="inlineStr"/>
+    </row>
+    <row r="766">
+      <c r="A766" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22129</t>
+        </is>
+      </c>
+      <c r="B766" t="inlineStr">
+        <is>
+          <t>Removed by %1 because: %2</t>
+        </is>
+      </c>
+      <c r="C766" t="inlineStr">
+        <is>
+          <t>Effacé par %1 car : %2</t>
+        </is>
+      </c>
+      <c r="D766" t="inlineStr"/>
+      <c r="E766" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F766" t="inlineStr">
+        <is>
+          <t>TimelineModelRemoved by %1 because: %2</t>
+        </is>
+      </c>
+      <c r="G766" t="inlineStr"/>
+      <c r="H766" t="inlineStr"/>
+    </row>
+    <row r="767">
+      <c r="A767" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22130</t>
+        </is>
+      </c>
+      <c r="B767" t="inlineStr">
         <is>
           <t>%1 (%2) removed this message at %3
 Reason: %4</t>
         </is>
       </c>
-      <c r="C764" t="inlineStr">
+      <c r="C767" t="inlineStr">
         <is>
           <t>%1 (%2) a effacé ce message à %3
 Raison : %4</t>
         </is>
       </c>
-      <c r="D764" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F764" t="inlineStr">
+      <c r="D767" t="inlineStr"/>
+      <c r="E767" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F767" t="inlineStr">
         <is>
           <t>TimelineModel%1 (%2) removed this message at %3
 Reason: %4</t>
         </is>
       </c>
-      <c r="G764" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G767" t="inlineStr"/>
       <c r="H767" t="inlineStr"/>
     </row>
     <row r="768">
       <c r="A768" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22219</t>
+          <t>../../src/timeline/TimelineModel.cpp:22274</t>
         </is>
       </c>
       <c r="B768" t="inlineStr">
         <is>
-          <t>%2 rejected the knock from %1.</t>
+          <t>%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="C768" t="inlineStr">
         <is>
-          <t>%2 a rejeté le "toc-toc" de %1.</t>
+          <t>%2 a révoqué l'invitation à %1.</t>
         </is>
       </c>
       <c r="D768" t="inlineStr"/>
       <c r="E768" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F768" t="inlineStr">
         <is>
-          <t>TimelineModel%2 rejected the knock from %1.</t>
+          <t>TimelineModel%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="G768" t="inlineStr"/>
       <c r="H768" t="inlineStr"/>
     </row>
     <row r="769">
       <c r="A769" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22187</t>
+          <t>../../src/timeline/TimelineModel.cpp:22269</t>
         </is>
       </c>
       <c r="B769" t="inlineStr">
         <is>
-          <t>%1 changed their avatar.</t>
+          <t>%2 kicked %1.</t>
         </is>
       </c>
       <c r="C769" t="inlineStr">
         <is>
-          <t>%1 a changé son avatar.</t>
+          <t>%2 a expulsé %1.</t>
         </is>
       </c>
       <c r="D769" t="inlineStr"/>
       <c r="E769" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F769" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed their avatar.</t>
+          <t>TimelineModel%2 kicked %1.</t>
         </is>
       </c>
       <c r="G769" t="inlineStr"/>
       <c r="H769" t="inlineStr"/>
     </row>
     <row r="770">
       <c r="A770" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22189</t>
+          <t>../../src/timeline/TimelineModel.cpp:22276</t>
         </is>
       </c>
       <c r="B770" t="inlineStr">
         <is>
-          <t>%1 changed some profile info.</t>
+          <t>%2 unbanned %1.</t>
         </is>
       </c>
       <c r="C770" t="inlineStr">
         <is>
-          <t>%1 a changé des informations de profil.</t>
+          <t>%2 a dé-banni %1.</t>
         </is>
       </c>
       <c r="D770" t="inlineStr"/>
       <c r="E770" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F770" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed some profile info.</t>
+          <t>TimelineModel%2 unbanned %1.</t>
         </is>
       </c>
       <c r="G770" t="inlineStr"/>
       <c r="H770" t="inlineStr"/>
     </row>
     <row r="771">
       <c r="A771" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22194</t>
+          <t>../../src/timeline/TimelineModel.cpp:22281</t>
         </is>
       </c>
       <c r="B771" t="inlineStr">
         <is>
-          <t>%1 joined.</t>
+          <t>%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="C771" t="inlineStr">
         <is>
-          <t>%1 a rejoint le salon.</t>
+          <t>%2 a rejeté le "toc-toc" de %1.</t>
         </is>
       </c>
       <c r="D771" t="inlineStr"/>
       <c r="E771" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F771" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined.</t>
+          <t>TimelineModel%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="G771" t="inlineStr"/>
       <c r="H771" t="inlineStr"/>
     </row>
     <row r="772">
       <c r="A772" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22197</t>
+          <t>../../src/timeline/TimelineModel.cpp:22249</t>
         </is>
       </c>
       <c r="B772" t="inlineStr">
         <is>
-          <t>%1 joined via authorisation from %2's server.</t>
+          <t>%1 changed their avatar.</t>
         </is>
       </c>
       <c r="C772" t="inlineStr">
         <is>
-          <t>%1 a rejoint via une autorisation de la part du serveur de %2.</t>
+          <t>%1 a changé son avatar.</t>
         </is>
       </c>
       <c r="D772" t="inlineStr"/>
       <c r="E772" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F772" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
+          <t>TimelineModel%1 changed their avatar.</t>
         </is>
       </c>
       <c r="G772" t="inlineStr"/>
       <c r="H772" t="inlineStr"/>
     </row>
     <row r="773">
       <c r="A773" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22210</t>
+          <t>../../src/timeline/TimelineModel.cpp:22251</t>
         </is>
       </c>
       <c r="B773" t="inlineStr">
         <is>
-          <t>%1 rejected their invite.</t>
+          <t>%1 changed some profile info.</t>
         </is>
       </c>
       <c r="C773" t="inlineStr">
         <is>
-          <t>%1 a rejeté son invitation.</t>
+          <t>%1 a changé des informations de profil.</t>
         </is>
       </c>
       <c r="D773" t="inlineStr"/>
       <c r="E773" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F773" t="inlineStr">
         <is>
-          <t>TimelineModel%1 rejected their invite.</t>
+          <t>TimelineModel%1 changed some profile info.</t>
         </is>
       </c>
       <c r="G773" t="inlineStr"/>
       <c r="H773" t="inlineStr"/>
     </row>
     <row r="774">
       <c r="A774" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22205</t>
+          <t>../../src/timeline/TimelineModel.cpp:22256</t>
         </is>
       </c>
       <c r="B774" t="inlineStr">
         <is>
-          <t>%1 left the room.</t>
+          <t>%1 joined.</t>
         </is>
       </c>
       <c r="C774" t="inlineStr">
         <is>
-          <t>%1 a quitté le salon.</t>
+          <t>%1 a rejoint le salon.</t>
         </is>
       </c>
       <c r="D774" t="inlineStr"/>
       <c r="E774" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F774" t="inlineStr">
         <is>
-          <t>TimelineModel%1 left the room.</t>
+          <t>TimelineModel%1 joined.</t>
         </is>
       </c>
       <c r="G774" t="inlineStr"/>
       <c r="H774" t="inlineStr"/>
     </row>
     <row r="775">
       <c r="A775" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22236</t>
+          <t>../../src/timeline/TimelineModel.cpp:22259</t>
         </is>
       </c>
       <c r="B775" t="inlineStr">
         <is>
-          <t>Reason: %1</t>
+          <t>%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="C775" t="inlineStr">
         <is>
-          <t>Raison : %1</t>
+          <t>%1 a rejoint via une autorisation de la part du serveur de %2.</t>
         </is>
       </c>
       <c r="D775" t="inlineStr"/>
       <c r="E775" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F775" t="inlineStr">
         <is>
-          <t>TimelineModelReason: %1</t>
+          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="G775" t="inlineStr"/>
       <c r="H775" t="inlineStr"/>
     </row>
     <row r="776">
       <c r="A776" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22217</t>
+          <t>../../src/timeline/TimelineModel.cpp:22272</t>
         </is>
       </c>
       <c r="B776" t="inlineStr">
         <is>
-          <t>%1 redacted their knock.</t>
+          <t>%1 rejected their invite.</t>
         </is>
       </c>
       <c r="C776" t="inlineStr">
         <is>
-          <t>%1 a arrêté de toquer.</t>
+          <t>%1 a rejeté son invitation.</t>
         </is>
       </c>
       <c r="D776" t="inlineStr"/>
       <c r="E776" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F776" t="inlineStr">
         <is>
-          <t>TimelineModel%1 redacted their knock.</t>
+          <t>TimelineModel%1 rejected their invite.</t>
         </is>
       </c>
       <c r="G776" t="inlineStr"/>
       <c r="H776" t="inlineStr"/>
     </row>
     <row r="777">
       <c r="A777" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19907</t>
+          <t>../../src/timeline/TimelineModel.cpp:22267</t>
         </is>
       </c>
       <c r="B777" t="inlineStr">
         <is>
-          <t>%1 changed which servers are allowed in this room.</t>
+          <t>%1 left the room.</t>
         </is>
       </c>
       <c r="C777" t="inlineStr">
         <is>
-          <t>%1 a changé quels serveurs sont autorisés dans ce salon.</t>
+          <t>%1 a quitté le salon.</t>
         </is>
       </c>
       <c r="D777" t="inlineStr"/>
       <c r="E777" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F777" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
+          <t>TimelineModel%1 left the room.</t>
         </is>
       </c>
       <c r="G777" t="inlineStr"/>
       <c r="H777" t="inlineStr"/>
     </row>
     <row r="778">
       <c r="A778" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19911</t>
+          <t>../../src/timeline/TimelineModel.cpp:22298</t>
         </is>
       </c>
       <c r="B778" t="inlineStr">
         <is>
-          <t>%1 removed the room name.</t>
+          <t>Reason: %1</t>
         </is>
       </c>
       <c r="C778" t="inlineStr">
         <is>
-          <t>%1 a effacé le nom du salon.</t>
+          <t>Raison : %1</t>
         </is>
       </c>
       <c r="D778" t="inlineStr"/>
       <c r="E778" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F778" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room name.</t>
+          <t>TimelineModelReason: %1</t>
         </is>
       </c>
       <c r="G778" t="inlineStr"/>
       <c r="H778" t="inlineStr"/>
     </row>
     <row r="779">
       <c r="A779" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19914</t>
+          <t>../../src/timeline/TimelineModel.cpp:22279</t>
         </is>
       </c>
       <c r="B779" t="inlineStr">
         <is>
-          <t>%1 changed the room name to: %2</t>
+          <t>%1 redacted their knock.</t>
         </is>
       </c>
       <c r="C779" t="inlineStr">
         <is>
-          <t>%1 a changé le nom du salon en : %2</t>
+          <t>%1 a arrêté de toquer.</t>
         </is>
       </c>
       <c r="D779" t="inlineStr"/>
       <c r="E779" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F779" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room name to: %2</t>
+          <t>TimelineModel%1 redacted their knock.</t>
         </is>
       </c>
       <c r="G779" t="inlineStr"/>
       <c r="H779" t="inlineStr"/>
     </row>
     <row r="780">
       <c r="A780" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19919</t>
+          <t>../../src/timeline/TimelineModel.cpp:19967</t>
         </is>
       </c>
       <c r="B780" t="inlineStr">
         <is>
-          <t>%1 removed the topic.</t>
+          <t>%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="C780" t="inlineStr">
         <is>
-          <t>%1 a effacé le sujet.</t>
+          <t>%1 a changé quels serveurs sont autorisés dans ce salon.</t>
         </is>
       </c>
       <c r="D780" t="inlineStr"/>
       <c r="E780" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F780" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the topic.</t>
+          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="G780" t="inlineStr"/>
       <c r="H780" t="inlineStr"/>
     </row>
     <row r="781">
       <c r="A781" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19922</t>
+          <t>../../src/timeline/TimelineModel.cpp:19971</t>
         </is>
       </c>
       <c r="B781" t="inlineStr">
         <is>
-          <t>%1 changed the topic to: %2</t>
+          <t>%1 removed the room name.</t>
         </is>
       </c>
       <c r="C781" t="inlineStr">
         <is>
-          <t>%1 a changé le sujet du salon en : %2</t>
+          <t>%1 a effacé le nom du salon.</t>
         </is>
       </c>
       <c r="D781" t="inlineStr"/>
       <c r="E781" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F781" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the topic to: %2</t>
+          <t>TimelineModel%1 removed the room name.</t>
         </is>
       </c>
       <c r="G781" t="inlineStr"/>
       <c r="H781" t="inlineStr"/>
     </row>
     <row r="782">
       <c r="A782" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19927</t>
+          <t>../../src/timeline/TimelineModel.cpp:19974</t>
         </is>
       </c>
       <c r="B782" t="inlineStr">
         <is>
-          <t>%1 changed the room avatar to: %2</t>
+          <t>%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="C782" t="inlineStr">
         <is>
-          <t>%1 a changé l'image du salon en : %2</t>
+          <t>%1 a changé le nom du salon en : %2</t>
         </is>
       </c>
       <c r="D782" t="inlineStr"/>
       <c r="E782" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F782" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room avatar to: %2</t>
+          <t>TimelineModel%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="G782" t="inlineStr"/>
       <c r="H782" t="inlineStr"/>
     </row>
     <row r="783">
       <c r="A783" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19935</t>
+          <t>../../src/timeline/TimelineModel.cpp:19979</t>
         </is>
       </c>
       <c r="B783" t="inlineStr">
         <is>
-          <t>%1 removed the room avatar.</t>
+          <t>%1 removed the topic.</t>
         </is>
       </c>
       <c r="C783" t="inlineStr">
         <is>
-          <t>%1 a effacé l'image du salon.</t>
+          <t>%1 a effacé le sujet.</t>
         </is>
       </c>
       <c r="D783" t="inlineStr"/>
       <c r="E783" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F783" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room avatar.</t>
+          <t>TimelineModel%1 removed the topic.</t>
         </is>
       </c>
       <c r="G783" t="inlineStr"/>
       <c r="H783" t="inlineStr"/>
     </row>
     <row r="784">
       <c r="A784" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19938</t>
+          <t>../../src/timeline/TimelineModel.cpp:19982</t>
         </is>
       </c>
       <c r="B784" t="inlineStr">
         <is>
-          <t>%1 changed the pinned messages.</t>
+          <t>%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="C784" t="inlineStr">
         <is>
-          <t>%1 a changé les messages épinglés.</t>
+          <t>%1 a changé le sujet du salon en : %2</t>
         </is>
       </c>
       <c r="D784" t="inlineStr"/>
       <c r="E784" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F784" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the pinned messages.</t>
+          <t>TimelineModel%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="G784" t="inlineStr"/>
       <c r="H784" t="inlineStr"/>
     </row>
     <row r="785">
       <c r="A785" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19945</t>
+          <t>../../src/timeline/TimelineModel.cpp:19987</t>
         </is>
       </c>
       <c r="B785" t="inlineStr">
         <is>
-          <t>%1 changed the addresses for this room.</t>
+          <t>%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="C785" t="inlineStr">
         <is>
-          <t>%1 a changé les adresses de ce salon.</t>
+          <t>%1 a changé l'image du salon en : %2</t>
         </is>
       </c>
       <c r="D785" t="inlineStr"/>
       <c r="E785" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F785" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the addresses for this room.</t>
+          <t>TimelineModel%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="G785" t="inlineStr"/>
       <c r="H785" t="inlineStr"/>
     </row>
     <row r="786">
       <c r="A786" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19948</t>
+          <t>../../src/timeline/TimelineModel.cpp:19995</t>
         </is>
       </c>
       <c r="B786" t="inlineStr">
         <is>
-          <t>%1 changed the parent communities for this room.</t>
+          <t>%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="C786" t="inlineStr">
         <is>
-          <t>%1 a changé la communauté parente de ce salon.</t>
+          <t>%1 a effacé l'image du salon.</t>
         </is>
       </c>
       <c r="D786" t="inlineStr"/>
       <c r="E786" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F786" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the parent communities for this room.</t>
+          <t>TimelineModel%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="G786" t="inlineStr"/>
       <c r="H786" t="inlineStr"/>
     </row>
     <row r="787">
       <c r="A787" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19951</t>
+          <t>../../src/timeline/TimelineModel.cpp:19998</t>
         </is>
       </c>
       <c r="B787" t="inlineStr">
         <is>
-          <t>%1 created and configured room: %2</t>
+          <t>%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="C787" t="inlineStr">
         <is>
-          <t>%1 a créé et configuré le salon : %2</t>
+          <t>%1 a changé les messages épinglés.</t>
         </is>
       </c>
       <c r="D787" t="inlineStr"/>
       <c r="E787" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F787" t="inlineStr">
         <is>
-          <t>TimelineModel%1 created and configured room: %2</t>
+          <t>TimelineModel%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="G787" t="inlineStr"/>
       <c r="H787" t="inlineStr"/>
     </row>
     <row r="788">
       <c r="A788" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19969</t>
+          <t>../../src/timeline/TimelineModel.cpp:20005</t>
         </is>
       </c>
       <c r="B788" t="inlineStr">
         <is>
-          <t>%1 changed unknown state event %2.</t>
+          <t>%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="C788" t="inlineStr">
         <is>
-          <t>%1 a changé l'évènement d'état inconnu %2.</t>
+          <t>%1 a changé les adresses de ce salon.</t>
         </is>
       </c>
       <c r="D788" t="inlineStr"/>
       <c r="E788" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F788" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed unknown state event %2.</t>
+          <t>TimelineModel%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="G788" t="inlineStr"/>
       <c r="H788" t="inlineStr"/>
     </row>
     <row r="789">
       <c r="A789" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20525</t>
+          <t>../../src/timeline/TimelineModel.cpp:20008</t>
         </is>
       </c>
       <c r="B789" t="inlineStr">
         <is>
-          <t>You joined this room.</t>
+          <t>%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="C789" t="inlineStr">
         <is>
-          <t>Vous avez rejoint ce salon.</t>
+          <t>%1 a changé la communauté parente de ce salon.</t>
         </is>
       </c>
       <c r="D789" t="inlineStr"/>
       <c r="E789" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F789" t="inlineStr">
         <is>
-          <t>TimelineModelYou joined this room.</t>
+          <t>TimelineModel%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="G789" t="inlineStr"/>
       <c r="H789" t="inlineStr"/>
     </row>
     <row r="790">
       <c r="A790" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20640</t>
+          <t>../../src/timeline/TimelineModel.cpp:20011</t>
         </is>
       </c>
       <c r="B790" t="inlineStr">
         <is>
-          <t>%n hour later</t>
-[...2 lines deleted...]
-      <c r="C790" t="inlineStr"/>
+          <t>%1 created and configured room: %2</t>
+        </is>
+      </c>
+      <c r="C790" t="inlineStr">
+        <is>
+          <t>%1 a créé et configuré le salon : %2</t>
+        </is>
+      </c>
       <c r="D790" t="inlineStr"/>
       <c r="E790" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F790" t="inlineStr">
         <is>
-          <t>TimelineModel%n hour(s) later</t>
+          <t>TimelineModel%1 created and configured room: %2</t>
         </is>
       </c>
       <c r="G790" t="inlineStr"/>
       <c r="H790" t="inlineStr"/>
     </row>
     <row r="791">
       <c r="A791" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21552</t>
+          <t>../../src/timeline/TimelineModel.cpp:20029</t>
         </is>
       </c>
       <c r="B791" t="inlineStr">
         <is>
-          <t>%1 made this room require an invitation to join.</t>
+          <t>%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="C791" t="inlineStr">
         <is>
-          <t>%1 a rendu les invitations obligatoires pour rejoindre ce salon.</t>
+          <t>%1 a changé l'évènement d'état inconnu %2.</t>
         </is>
       </c>
       <c r="D791" t="inlineStr"/>
       <c r="E791" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F791" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made this room require an invitation to join.</t>
+          <t>TimelineModel%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="G791" t="inlineStr"/>
       <c r="H791" t="inlineStr"/>
     </row>
     <row r="792">
       <c r="A792" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22170</t>
+          <t>../../src/timeline/TimelineModel.cpp:20584</t>
         </is>
       </c>
       <c r="B792" t="inlineStr">
         <is>
-          <t>%1 invited %2.</t>
+          <t>You joined this room.</t>
         </is>
       </c>
       <c r="C792" t="inlineStr">
         <is>
-          <t>%1 a invité %2.</t>
+          <t>Vous avez rejoint ce salon.</t>
         </is>
       </c>
       <c r="D792" t="inlineStr"/>
       <c r="E792" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F792" t="inlineStr">
         <is>
-          <t>TimelineModel%1 invited %2.</t>
+          <t>TimelineModelYou joined this room.</t>
         </is>
       </c>
       <c r="G792" t="inlineStr"/>
       <c r="H792" t="inlineStr"/>
     </row>
     <row r="793">
       <c r="A793" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22181</t>
+          <t>../../src/timeline/TimelineModel.cpp:20699</t>
         </is>
       </c>
       <c r="B793" t="inlineStr">
         <is>
-          <t>%1 has changed their avatar and changed their display name to %2.</t>
+          <t>%n hour later</t>
         </is>
       </c>
       <c r="C793" t="inlineStr">
         <is>
-          <t>%1 a changé son avatar et changé son surnom en %2.</t>
+          <t>%n heure plus tard</t>
         </is>
       </c>
       <c r="D793" t="inlineStr"/>
       <c r="E793" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F793" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
+          <t>TimelineModel%n hour(s) later</t>
         </is>
       </c>
       <c r="G793" t="inlineStr"/>
       <c r="H793" t="inlineStr"/>
     </row>
     <row r="794">
       <c r="A794" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22185</t>
+          <t>../../src/timeline/TimelineModel.cpp:21612</t>
         </is>
       </c>
       <c r="B794" t="inlineStr">
         <is>
-          <t>%1 has changed their display name to %2.</t>
+          <t>%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="C794" t="inlineStr">
         <is>
-          <t>%1 a changé son surnom en %2.</t>
+          <t>%1 a rendu les invitations obligatoires pour rejoindre ce salon.</t>
         </is>
       </c>
       <c r="D794" t="inlineStr"/>
       <c r="E794" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F794" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their display name to %2.</t>
+          <t>TimelineModel%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="G794" t="inlineStr"/>
       <c r="H794" t="inlineStr"/>
     </row>
     <row r="795">
       <c r="A795" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22221</t>
+          <t>../../src/timeline/TimelineModel.cpp:22232</t>
         </is>
       </c>
       <c r="B795" t="inlineStr">
         <is>
-          <t>%1 left after having already left!</t>
+          <t>%1 invited %2.</t>
         </is>
       </c>
       <c r="C795" t="inlineStr">
         <is>
-          <t>%1 a quitté le salon après l'avoir déjà quitté !</t>
+          <t>%1 a invité %2.</t>
         </is>
       </c>
       <c r="D795" t="inlineStr"/>
       <c r="E795" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F795" t="inlineStr">
         <is>
+          <t>TimelineModel%1 invited %2.</t>
+        </is>
+      </c>
+      <c r="G795" t="inlineStr"/>
+      <c r="H795" t="inlineStr"/>
+    </row>
+    <row r="796">
+      <c r="A796" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22243</t>
+        </is>
+      </c>
+      <c r="B796" t="inlineStr">
+        <is>
+          <t>%1 has changed their avatar and changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="C796" t="inlineStr">
+        <is>
+          <t>%1 a changé son avatar et changé son surnom en %2.</t>
+        </is>
+      </c>
+      <c r="D796" t="inlineStr"/>
+      <c r="E796" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F796" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="G796" t="inlineStr"/>
+      <c r="H796" t="inlineStr"/>
+    </row>
+    <row r="797">
+      <c r="A797" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22247</t>
+        </is>
+      </c>
+      <c r="B797" t="inlineStr">
+        <is>
+          <t>%1 has changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="C797" t="inlineStr">
+        <is>
+          <t>%1 a changé son surnom en %2.</t>
+        </is>
+      </c>
+      <c r="D797" t="inlineStr"/>
+      <c r="E797" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F797" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 has changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="G797" t="inlineStr"/>
+      <c r="H797" t="inlineStr"/>
+    </row>
+    <row r="798">
+      <c r="A798" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22283</t>
+        </is>
+      </c>
+      <c r="B798" t="inlineStr">
+        <is>
+          <t>%1 left after having already left!</t>
+        </is>
+      </c>
+      <c r="C798" t="inlineStr">
+        <is>
+          <t>%1 a quitté le salon après l'avoir déjà quitté !</t>
+        </is>
+      </c>
+      <c r="D798" t="inlineStr"/>
+      <c r="E798" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F798" t="inlineStr">
+        <is>
           <t>TimelineModel
 This is a leave event after the user already left and shouldn't happen apart from state resets%1 left after having already left!</t>
         </is>
       </c>
-      <c r="G795" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G798" t="inlineStr"/>
       <c r="H798" t="inlineStr"/>
     </row>
     <row r="799">
       <c r="A799" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22421</t>
+          <t>../../src/timeline/TimelineModel.cpp:22290</t>
         </is>
       </c>
       <c r="B799" t="inlineStr">
         <is>
-          <t>No room open</t>
+          <t>%1 banned %2</t>
         </is>
       </c>
       <c r="C799" t="inlineStr">
         <is>
-          <t>Aucun salon ouvert</t>
+          <t>%1 a banni %2</t>
         </is>
       </c>
       <c r="D799" t="inlineStr"/>
       <c r="E799" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F799" t="inlineStr">
         <is>
-          <t>TimelineViewNo room open</t>
+          <t>TimelineModel%1 banned %2</t>
         </is>
       </c>
       <c r="G799" t="inlineStr"/>
       <c r="H799" t="inlineStr"/>
     </row>
     <row r="800">
       <c r="A800" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../../src/timeline/TimelineModel.cpp:22293</t>
         </is>
       </c>
       <c r="B800" t="inlineStr">
         <is>
-          <t>You are about to notify the whole room</t>
+          <t>%1 knocked.</t>
         </is>
       </c>
       <c r="C800" t="inlineStr">
         <is>
-          <t>Vous allez envoyer une notification à tous les membres du salon</t>
+          <t>%1 a toqué.</t>
         </is>
       </c>
       <c r="D800" t="inlineStr"/>
       <c r="E800" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F800" t="inlineStr">
         <is>
-          <t>TimelineViewYou are about to notify the whole room</t>
+          <t>TimelineModel%1 knocked.</t>
         </is>
       </c>
       <c r="G800" t="inlineStr"/>
       <c r="H800" t="inlineStr"/>
     </row>
     <row r="801">
       <c r="A801" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../qml/TimelineSectionHeader.qml:22432</t>
         </is>
       </c>
       <c r="B801" t="inlineStr">
         <is>
-          <t>You will be mentioning %1</t>
+          <t>%1's status message</t>
         </is>
       </c>
       <c r="C801" t="inlineStr">
         <is>
-          <t>Vous mentionnerez %1</t>
+          <t>Message de statut de %1</t>
         </is>
       </c>
       <c r="D801" t="inlineStr"/>
       <c r="E801" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F801" t="inlineStr">
         <is>
-          <t>TimelineViewYou will be mentioning %1</t>
+          <t>TimelineSectionHeader%1's status message</t>
         </is>
       </c>
       <c r="G801" t="inlineStr"/>
       <c r="H801" t="inlineStr"/>
     </row>
     <row r="802">
       <c r="A802" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22535</t>
+          <t>../qml/TimelineView.qml:22483</t>
         </is>
       </c>
       <c r="B802" t="inlineStr">
         <is>
-          <t>The command /%1 is not recognized and will be sent as part of your message</t>
+          <t>No room open</t>
         </is>
       </c>
       <c r="C802" t="inlineStr">
         <is>
-          <t>La commande /%1 n'est pas reconnue et sera envoyée comme partie intégrante de votre message</t>
+          <t>Aucun salon ouvert</t>
         </is>
       </c>
       <c r="D802" t="inlineStr"/>
       <c r="E802" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F802" t="inlineStr">
         <is>
-          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
+          <t>TimelineViewNo room open</t>
         </is>
       </c>
       <c r="G802" t="inlineStr"/>
       <c r="H802" t="inlineStr"/>
     </row>
     <row r="803">
       <c r="A803" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22540</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B803" t="inlineStr">
         <is>
-          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>You are about to notify the whole room</t>
         </is>
       </c>
       <c r="C803" t="inlineStr">
         <is>
-          <t>/%1 ressemble à une commande incomplète. Néanmoins, pour forcer l'envoi, ajoutez un espace à la fin de votre message.</t>
+          <t>Vous allez envoyer une notification à tous les membres du salon</t>
         </is>
       </c>
       <c r="D803" t="inlineStr"/>
       <c r="E803" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F803" t="inlineStr">
         <is>
-          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>TimelineViewYou are about to notify the whole room</t>
         </is>
       </c>
       <c r="G803" t="inlineStr"/>
       <c r="H803" t="inlineStr"/>
     </row>
     <row r="804">
       <c r="A804" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22581</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B804" t="inlineStr">
         <is>
-          <t>No preview available</t>
+          <t>You will be mentioning %1</t>
         </is>
       </c>
       <c r="C804" t="inlineStr">
         <is>
-          <t>Aucune prévisualisation disponible</t>
+          <t>Vous mentionnerez %1</t>
         </is>
       </c>
       <c r="D804" t="inlineStr"/>
       <c r="E804" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F804" t="inlineStr">
         <is>
-          <t>TimelineViewNo preview available</t>
+          <t>TimelineViewYou will be mentioning %1</t>
         </is>
       </c>
       <c r="G804" t="inlineStr"/>
       <c r="H804" t="inlineStr"/>
     </row>
     <row r="805">
       <c r="A805" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22586</t>
+          <t>../qml/TimelineView.qml:22598</t>
         </is>
       </c>
       <c r="B805" t="inlineStr">
         <is>
-          <t>Settings</t>
+          <t>The command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="C805" t="inlineStr">
         <is>
-          <t>Paramètres</t>
+          <t>La commande /%1 n'est pas reconnue et sera envoyée comme partie intégrante de votre message</t>
         </is>
       </c>
       <c r="D805" t="inlineStr"/>
       <c r="E805" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F805" t="inlineStr">
         <is>
-          <t>TimelineViewSettings</t>
+          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="G805" t="inlineStr"/>
       <c r="H805" t="inlineStr"/>
     </row>
     <row r="806">
       <c r="A806" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22605</t>
+          <t>../qml/TimelineView.qml:22603</t>
         </is>
       </c>
       <c r="B806" t="inlineStr">
         <is>
-          <t>%n member</t>
+          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="C806" t="inlineStr">
         <is>
-          <t>%n membre</t>
+          <t>/%1 ressemble à une commande incomplète. Néanmoins, pour forcer l'envoi, ajoutez un espace à la fin de votre message.</t>
         </is>
       </c>
       <c r="D806" t="inlineStr"/>
       <c r="E806" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F806" t="inlineStr">
         <is>
-          <t>TimelineView%n member(s)</t>
+          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="G806" t="inlineStr"/>
       <c r="H806" t="inlineStr"/>
     </row>
     <row r="807">
       <c r="A807" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22608</t>
+          <t>../qml/TimelineView.qml:22644</t>
         </is>
       </c>
       <c r="B807" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C807" t="inlineStr">
         <is>
-          <t>Voir les membres de %1</t>
+          <t>Aucune prévisualisation disponible</t>
         </is>
       </c>
       <c r="D807" t="inlineStr"/>
       <c r="E807" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F807" t="inlineStr">
         <is>
-          <t>TimelineViewView members of %1</t>
+          <t>TimelineViewNo preview available</t>
         </is>
       </c>
       <c r="G807" t="inlineStr"/>
       <c r="H807" t="inlineStr"/>
     </row>
     <row r="808">
       <c r="A808" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22626</t>
+          <t>../qml/TimelineView.qml:22649</t>
         </is>
       </c>
       <c r="B808" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>Settings</t>
         </is>
       </c>
       <c r="C808" t="inlineStr">
         <is>
-          <t>Ce salon est potentiellement inaccessible. Si ce salon est privé, vous devriez le retirer de cette communauté.</t>
+          <t>Paramètres</t>
         </is>
       </c>
       <c r="D808" t="inlineStr"/>
       <c r="E808" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F808" t="inlineStr">
         <is>
-          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>TimelineViewSettings</t>
         </is>
       </c>
       <c r="G808" t="inlineStr"/>
       <c r="H808" t="inlineStr"/>
     </row>
     <row r="809">
       <c r="A809" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22632</t>
+          <t>../qml/TimelineView.qml:22668</t>
         </is>
       </c>
       <c r="B809" t="inlineStr">
         <is>
-          <t>join the conversation</t>
+          <t>%n member</t>
         </is>
       </c>
       <c r="C809" t="inlineStr">
         <is>
-          <t>rejoindre la conversation</t>
+          <t>%n membre</t>
         </is>
       </c>
       <c r="D809" t="inlineStr"/>
       <c r="E809" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F809" t="inlineStr">
         <is>
-          <t>TimelineViewjoin the conversation</t>
+          <t>TimelineView%n member(s)</t>
         </is>
       </c>
       <c r="G809" t="inlineStr"/>
       <c r="H809" t="inlineStr"/>
     </row>
     <row r="810">
       <c r="A810" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22639</t>
+          <t>../qml/TimelineView.qml:22671</t>
         </is>
       </c>
       <c r="B810" t="inlineStr">
         <is>
-          <t>accept invite</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C810" t="inlineStr">
         <is>
-          <t>accepter l'invitation</t>
+          <t>Voir les membres de %1</t>
         </is>
       </c>
       <c r="D810" t="inlineStr"/>
       <c r="E810" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F810" t="inlineStr">
         <is>
-          <t>TimelineViewaccept invite</t>
+          <t>TimelineViewView members of %1</t>
         </is>
       </c>
       <c r="G810" t="inlineStr"/>
       <c r="H810" t="inlineStr"/>
     </row>
     <row r="811">
       <c r="A811" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22646</t>
+          <t>../qml/TimelineView.qml:22689</t>
         </is>
       </c>
       <c r="B811" t="inlineStr">
         <is>
-          <t>decline invite</t>
+          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="C811" t="inlineStr">
         <is>
-          <t>décliner l'invitation</t>
+          <t>Ce salon est potentiellement inaccessible. Si ce salon est privé, vous devriez le retirer de cette communauté.</t>
         </is>
       </c>
       <c r="D811" t="inlineStr"/>
       <c r="E811" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F811" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite</t>
+          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="G811" t="inlineStr"/>
       <c r="H811" t="inlineStr"/>
     </row>
     <row r="812">
       <c r="A812" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22653</t>
+          <t>../qml/TimelineView.qml:22695</t>
         </is>
       </c>
       <c r="B812" t="inlineStr">
         <is>
-          <t>decline invite and ignore user</t>
+          <t>join the conversation</t>
         </is>
       </c>
       <c r="C812" t="inlineStr">
         <is>
-          <t>Décliner l'invitation et ignorer l'utilisateur</t>
+          <t>rejoindre la conversation</t>
         </is>
       </c>
       <c r="D812" t="inlineStr"/>
       <c r="E812" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F812" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite and ignore user</t>
+          <t>TimelineViewjoin the conversation</t>
         </is>
       </c>
       <c r="G812" t="inlineStr"/>
       <c r="H812" t="inlineStr"/>
     </row>
     <row r="813">
       <c r="A813" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22663</t>
+          <t>../qml/TimelineView.qml:22702</t>
         </is>
       </c>
       <c r="B813" t="inlineStr">
         <is>
-          <t>leave</t>
+          <t>accept invite</t>
         </is>
       </c>
       <c r="C813" t="inlineStr">
         <is>
-          <t>quitter</t>
+          <t>accepter l'invitation</t>
         </is>
       </c>
       <c r="D813" t="inlineStr"/>
       <c r="E813" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F813" t="inlineStr">
         <is>
-          <t>TimelineViewleave</t>
+          <t>TimelineViewaccept invite</t>
         </is>
       </c>
       <c r="G813" t="inlineStr"/>
       <c r="H813" t="inlineStr"/>
     </row>
     <row r="814">
       <c r="A814" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22678</t>
+          <t>../qml/TimelineView.qml:22709</t>
         </is>
       </c>
       <c r="B814" t="inlineStr">
         <is>
-          <t>Invited by %1 (%2)</t>
+          <t>decline invite</t>
         </is>
       </c>
       <c r="C814" t="inlineStr">
         <is>
-          <t>Invité(e) par %1 (%2)</t>
+          <t>décliner l'invitation</t>
         </is>
       </c>
       <c r="D814" t="inlineStr"/>
       <c r="E814" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F814" t="inlineStr">
         <is>
-          <t>TimelineViewInvited by %1 (%2)</t>
+          <t>TimelineViewdecline invite</t>
         </is>
       </c>
       <c r="G814" t="inlineStr"/>
       <c r="H814" t="inlineStr"/>
     </row>
     <row r="815">
       <c r="A815" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22716</t>
         </is>
       </c>
       <c r="B815" t="inlineStr">
         <is>
-          <t>Hide invite reason</t>
+          <t>decline invite and ignore user</t>
         </is>
       </c>
       <c r="C815" t="inlineStr">
         <is>
-          <t>Masquer la raison de l'invitation</t>
+          <t>Décliner l'invitation et ignorer l'utilisateur</t>
         </is>
       </c>
       <c r="D815" t="inlineStr"/>
       <c r="E815" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F815" t="inlineStr">
         <is>
-          <t>TimelineViewHide invite reason</t>
+          <t>TimelineViewdecline invite and ignore user</t>
         </is>
       </c>
       <c r="G815" t="inlineStr"/>
       <c r="H815" t="inlineStr"/>
     </row>
     <row r="816">
       <c r="A816" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22726</t>
         </is>
       </c>
       <c r="B816" t="inlineStr">
         <is>
-          <t>Show invite reason</t>
+          <t>leave</t>
         </is>
       </c>
       <c r="C816" t="inlineStr">
         <is>
-          <t>Montrer la raison de l'invitation</t>
+          <t>quitter</t>
         </is>
       </c>
       <c r="D816" t="inlineStr"/>
       <c r="E816" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F816" t="inlineStr">
         <is>
-          <t>TimelineViewShow invite reason</t>
+          <t>TimelineViewleave</t>
         </is>
       </c>
       <c r="G816" t="inlineStr"/>
       <c r="H816" t="inlineStr"/>
     </row>
     <row r="817">
       <c r="A817" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22740</t>
+          <t>../qml/TimelineView.qml:22741</t>
         </is>
       </c>
       <c r="B817" t="inlineStr">
         <is>
-          <t>Back to room list</t>
+          <t>Invited by %1 (%2)</t>
         </is>
       </c>
       <c r="C817" t="inlineStr">
         <is>
-          <t>Revenir à la liste des salons</t>
+          <t>Invité(e) par %1 (%2)</t>
         </is>
       </c>
       <c r="D817" t="inlineStr"/>
       <c r="E817" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F817" t="inlineStr">
         <is>
-          <t>TimelineViewBack to room list</t>
+          <t>TimelineViewInvited by %1 (%2)</t>
         </is>
       </c>
       <c r="G817" t="inlineStr"/>
       <c r="H817" t="inlineStr"/>
     </row>
     <row r="818">
       <c r="A818" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22760</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B818" t="inlineStr">
         <is>
-          <t>No room selected</t>
+          <t>Hide invite reason</t>
         </is>
       </c>
       <c r="C818" t="inlineStr">
         <is>
-          <t>Pas de salon sélectionné</t>
+          <t>Masquer la raison de l'invitation</t>
         </is>
       </c>
       <c r="D818" t="inlineStr"/>
       <c r="E818" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F818" t="inlineStr">
         <is>
-          <t>TopBarNo room selected</t>
+          <t>TimelineViewHide invite reason</t>
         </is>
       </c>
       <c r="G818" t="inlineStr"/>
       <c r="H818" t="inlineStr"/>
     </row>
     <row r="819">
       <c r="A819" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22813</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B819" t="inlineStr">
         <is>
-          <t>In %1</t>
+          <t>Show invite reason</t>
         </is>
       </c>
       <c r="C819" t="inlineStr">
         <is>
-          <t>Dans %1</t>
+          <t>Montrer la raison de l'invitation</t>
         </is>
       </c>
       <c r="D819" t="inlineStr"/>
       <c r="E819" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F819" t="inlineStr">
         <is>
-          <t>TopBarIn %1</t>
+          <t>TimelineViewShow invite reason</t>
         </is>
       </c>
       <c r="G819" t="inlineStr"/>
       <c r="H819" t="inlineStr"/>
     </row>
     <row r="820">
       <c r="A820" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22826</t>
+          <t>../qml/TimelineView.qml:22803</t>
         </is>
       </c>
       <c r="B820" t="inlineStr">
         <is>
           <t>Back to room list</t>
         </is>
       </c>
       <c r="C820" t="inlineStr">
         <is>
           <t>Revenir à la liste des salons</t>
         </is>
       </c>
       <c r="D820" t="inlineStr"/>
       <c r="E820" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F820" t="inlineStr">
         <is>
-          <t>TopBarBack to room list</t>
+          <t>TimelineViewBack to room list</t>
         </is>
       </c>
       <c r="G820" t="inlineStr"/>
       <c r="H820" t="inlineStr"/>
     </row>
     <row r="821">
       <c r="A821" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22883</t>
+          <t>../qml/TopBar.qml:22823</t>
         </is>
       </c>
       <c r="B821" t="inlineStr">
         <is>
-          <t>Show or hide pinned messages</t>
+          <t>No room selected</t>
         </is>
       </c>
       <c r="C821" t="inlineStr">
         <is>
-          <t>Montrer ou cacher les messages épinglés</t>
+          <t>Pas de salon sélectionné</t>
         </is>
       </c>
       <c r="D821" t="inlineStr"/>
       <c r="E821" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F821" t="inlineStr">
         <is>
-          <t>TopBarShow or hide pinned messages</t>
+          <t>TopBarNo room selected</t>
         </is>
       </c>
       <c r="G821" t="inlineStr"/>
       <c r="H821" t="inlineStr"/>
     </row>
     <row r="822">
       <c r="A822" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22914</t>
+          <t>../qml/TopBar.qml:22877</t>
         </is>
       </c>
       <c r="B822" t="inlineStr">
         <is>
-          <t>Show room members.</t>
+          <t>In %1</t>
         </is>
       </c>
       <c r="C822" t="inlineStr">
         <is>
-          <t>Montrer les membres du salon.</t>
+          <t>Dans %1</t>
         </is>
       </c>
       <c r="D822" t="inlineStr"/>
       <c r="E822" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F822" t="inlineStr">
         <is>
-          <t>TopBarShow room members.</t>
+          <t>TopBarIn %1</t>
         </is>
       </c>
       <c r="G822" t="inlineStr"/>
       <c r="H822" t="inlineStr"/>
     </row>
     <row r="823">
       <c r="A823" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22917</t>
+          <t>../qml/TopBar.qml:22890</t>
         </is>
       </c>
       <c r="B823" t="inlineStr">
         <is>
-          <t>This room contains only verified devices.</t>
+          <t>Back to room list</t>
         </is>
       </c>
       <c r="C823" t="inlineStr">
         <is>
-          <t>Ce salon ne contient que des appareils vérifiés.</t>
+          <t>Revenir à la liste des salons</t>
         </is>
       </c>
       <c r="D823" t="inlineStr"/>
       <c r="E823" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F823" t="inlineStr">
         <is>
-          <t>TopBarThis room contains only verified devices.</t>
+          <t>TopBarBack to room list</t>
         </is>
       </c>
       <c r="G823" t="inlineStr"/>
       <c r="H823" t="inlineStr"/>
     </row>
     <row r="824">
       <c r="A824" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22919</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/TopBar.qml:22945</t>
+        </is>
+      </c>
+      <c r="B824" t="inlineStr"/>
+      <c r="C824" t="inlineStr"/>
       <c r="D824" t="inlineStr"/>
       <c r="E824" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F824" t="inlineStr">
         <is>
-          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
+          <t>TopBarShow only notifications</t>
         </is>
       </c>
       <c r="G824" t="inlineStr"/>
       <c r="H824" t="inlineStr"/>
     </row>
     <row r="825">
       <c r="A825" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22921</t>
+          <t>../qml/TopBar.qml:22964</t>
         </is>
       </c>
       <c r="B825" t="inlineStr">
         <is>
-          <t>This room contains unverified devices!</t>
+          <t>Show or hide pinned messages</t>
         </is>
       </c>
       <c r="C825" t="inlineStr">
         <is>
-          <t>Ce salon contient des appareils non vérifiés !</t>
+          <t>Montrer ou cacher les messages épinglés</t>
         </is>
       </c>
       <c r="D825" t="inlineStr"/>
       <c r="E825" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F825" t="inlineStr">
         <is>
-          <t>TopBarThis room contains unverified devices!</t>
+          <t>TopBarShow or hide pinned messages</t>
         </is>
       </c>
       <c r="G825" t="inlineStr"/>
       <c r="H825" t="inlineStr"/>
     </row>
     <row r="826">
       <c r="A826" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22948</t>
+          <t>../qml/TopBar.qml:22995</t>
         </is>
       </c>
       <c r="B826" t="inlineStr">
         <is>
-          <t>Search this room</t>
+          <t>Show room members.</t>
         </is>
       </c>
       <c r="C826" t="inlineStr">
         <is>
-          <t>Chercher dans ce salon</t>
+          <t>Montrer les membres du salon.</t>
         </is>
       </c>
       <c r="D826" t="inlineStr"/>
       <c r="E826" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F826" t="inlineStr">
         <is>
-          <t>TopBarSearch this room</t>
+          <t>TopBarShow room members.</t>
         </is>
       </c>
       <c r="G826" t="inlineStr"/>
       <c r="H826" t="inlineStr"/>
     </row>
     <row r="827">
       <c r="A827" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22972</t>
+          <t>../qml/TopBar.qml:22998</t>
         </is>
       </c>
       <c r="B827" t="inlineStr">
         <is>
-          <t>Room options</t>
+          <t>This room contains only verified devices.</t>
         </is>
       </c>
       <c r="C827" t="inlineStr">
         <is>
-          <t>Options du salon</t>
+          <t>Ce salon ne contient que des appareils vérifiés.</t>
         </is>
       </c>
       <c r="D827" t="inlineStr"/>
       <c r="E827" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F827" t="inlineStr">
         <is>
-          <t>TopBarRoom options</t>
+          <t>TopBarThis room contains only verified devices.</t>
         </is>
       </c>
       <c r="G827" t="inlineStr"/>
       <c r="H827" t="inlineStr"/>
     </row>
     <row r="828">
       <c r="A828" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22990</t>
+          <t>../qml/TopBar.qml:23000</t>
         </is>
       </c>
       <c r="B828" t="inlineStr">
         <is>
-          <t>Invite users</t>
+          <t>This room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="C828" t="inlineStr">
         <is>
-          <t>Inviter des utilisateurs</t>
+          <t>Ce salon contient des appareils non vérifiés et des appareils n'ayant jamais changé leur clé maîtresse.</t>
         </is>
       </c>
       <c r="D828" t="inlineStr"/>
       <c r="E828" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F828" t="inlineStr">
         <is>
-          <t>TopBarInvite users</t>
+          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="G828" t="inlineStr"/>
       <c r="H828" t="inlineStr"/>
     </row>
     <row r="829">
       <c r="A829" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22996</t>
+          <t>../qml/TopBar.qml:23002</t>
         </is>
       </c>
       <c r="B829" t="inlineStr">
         <is>
-          <t>Members</t>
+          <t>This room contains unverified devices!</t>
         </is>
       </c>
       <c r="C829" t="inlineStr">
         <is>
-          <t>Membres</t>
+          <t>Ce salon contient des appareils non vérifiés !</t>
         </is>
       </c>
       <c r="D829" t="inlineStr"/>
       <c r="E829" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F829" t="inlineStr">
         <is>
-          <t>TopBarMembers</t>
+          <t>TopBarThis room contains unverified devices!</t>
         </is>
       </c>
       <c r="G829" t="inlineStr"/>
       <c r="H829" t="inlineStr"/>
     </row>
     <row r="830">
       <c r="A830" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23001</t>
+          <t>../qml/TopBar.qml:23029</t>
         </is>
       </c>
       <c r="B830" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Search this room</t>
         </is>
       </c>
       <c r="C830" t="inlineStr">
         <is>
-          <t>Quitter le salon</t>
+          <t>Chercher dans ce salon</t>
         </is>
       </c>
       <c r="D830" t="inlineStr"/>
       <c r="E830" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F830" t="inlineStr">
         <is>
-          <t>TopBarLeave room</t>
+          <t>TopBarSearch this room</t>
         </is>
       </c>
       <c r="G830" t="inlineStr"/>
       <c r="H830" t="inlineStr"/>
     </row>
     <row r="831">
       <c r="A831" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23006</t>
+          <t>../qml/TopBar.qml:23053</t>
         </is>
       </c>
       <c r="B831" t="inlineStr">
         <is>
-          <t>Settings</t>
+          <t>Room options</t>
         </is>
       </c>
       <c r="C831" t="inlineStr">
         <is>
-          <t>Paramètres</t>
+          <t>Options du salon</t>
         </is>
       </c>
       <c r="D831" t="inlineStr"/>
       <c r="E831" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F831" t="inlineStr">
         <is>
-          <t>TopBarSettings</t>
+          <t>TopBarRoom options</t>
         </is>
       </c>
       <c r="G831" t="inlineStr"/>
       <c r="H831" t="inlineStr"/>
     </row>
     <row r="832">
       <c r="A832" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23058</t>
+          <t>../qml/TopBar.qml:23071</t>
         </is>
       </c>
       <c r="B832" t="inlineStr">
         <is>
-          <t>Unpin</t>
+          <t>Invite users</t>
         </is>
       </c>
       <c r="C832" t="inlineStr">
         <is>
-          <t>Désépingler</t>
+          <t>Inviter des utilisateurs</t>
         </is>
       </c>
       <c r="D832" t="inlineStr"/>
       <c r="E832" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F832" t="inlineStr">
         <is>
-          <t>TopBarUnpin</t>
+          <t>TopBarInvite users</t>
         </is>
       </c>
       <c r="G832" t="inlineStr"/>
       <c r="H832" t="inlineStr"/>
     </row>
     <row r="833">
       <c r="A833" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23104</t>
+          <t>../qml/TopBar.qml:23077</t>
         </is>
       </c>
       <c r="B833" t="inlineStr">
         <is>
-          <t>Enter search query</t>
+          <t>Members</t>
         </is>
       </c>
       <c r="C833" t="inlineStr">
         <is>
-          <t>Entrez votre recherche</t>
+          <t>Membres</t>
         </is>
       </c>
       <c r="D833" t="inlineStr"/>
       <c r="E833" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F833" t="inlineStr">
         <is>
-          <t>TopBarEnter search query</t>
+          <t>TopBarMembers</t>
         </is>
       </c>
       <c r="G833" t="inlineStr"/>
       <c r="H833" t="inlineStr"/>
     </row>
     <row r="834">
       <c r="A834" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23214</t>
+          <t>../qml/TopBar.qml:23082</t>
         </is>
       </c>
       <c r="B834" t="inlineStr">
         <is>
-          <t>Show</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C834" t="inlineStr">
         <is>
-          <t>Montrer</t>
+          <t>Quitter le salon</t>
         </is>
       </c>
       <c r="D834" t="inlineStr"/>
       <c r="E834" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F834" t="inlineStr">
         <is>
-          <t>TrayIconShow</t>
+          <t>TopBarLeave room</t>
         </is>
       </c>
       <c r="G834" t="inlineStr"/>
       <c r="H834" t="inlineStr"/>
     </row>
     <row r="835">
       <c r="A835" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23215</t>
+          <t>../qml/TopBar.qml:23087</t>
         </is>
       </c>
       <c r="B835" t="inlineStr">
         <is>
-          <t>Quit</t>
+          <t>Settings</t>
         </is>
       </c>
       <c r="C835" t="inlineStr">
         <is>
-          <t>Quitter</t>
+          <t>Paramètres</t>
         </is>
       </c>
       <c r="D835" t="inlineStr"/>
       <c r="E835" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F835" t="inlineStr">
         <is>
-          <t>TrayIconQuit</t>
+          <t>TopBarSettings</t>
         </is>
       </c>
       <c r="G835" t="inlineStr"/>
       <c r="H835" t="inlineStr"/>
     </row>
     <row r="836">
       <c r="A836" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23242</t>
+          <t>../qml/TopBar.qml:23139</t>
         </is>
       </c>
       <c r="B836" t="inlineStr">
+        <is>
+          <t>Unpin</t>
+        </is>
+      </c>
+      <c r="C836" t="inlineStr">
+        <is>
+          <t>Désépingler</t>
+        </is>
+      </c>
+      <c r="D836" t="inlineStr"/>
+      <c r="E836" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F836" t="inlineStr">
+        <is>
+          <t>TopBarUnpin</t>
+        </is>
+      </c>
+      <c r="G836" t="inlineStr"/>
+      <c r="H836" t="inlineStr"/>
+    </row>
+    <row r="837">
+      <c r="A837" t="inlineStr">
+        <is>
+          <t>../qml/TopBar.qml:23185</t>
+        </is>
+      </c>
+      <c r="B837" t="inlineStr">
+        <is>
+          <t>Enter search query</t>
+        </is>
+      </c>
+      <c r="C837" t="inlineStr">
+        <is>
+          <t>Entrez votre recherche</t>
+        </is>
+      </c>
+      <c r="D837" t="inlineStr"/>
+      <c r="E837" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F837" t="inlineStr">
+        <is>
+          <t>TopBarEnter search query</t>
+        </is>
+      </c>
+      <c r="G837" t="inlineStr"/>
+      <c r="H837" t="inlineStr"/>
+    </row>
+    <row r="838">
+      <c r="A838" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23295</t>
+        </is>
+      </c>
+      <c r="B838" t="inlineStr">
+        <is>
+          <t>Show</t>
+        </is>
+      </c>
+      <c r="C838" t="inlineStr">
+        <is>
+          <t>Montrer</t>
+        </is>
+      </c>
+      <c r="D838" t="inlineStr"/>
+      <c r="E838" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F838" t="inlineStr">
+        <is>
+          <t>TrayIconShow</t>
+        </is>
+      </c>
+      <c r="G838" t="inlineStr"/>
+      <c r="H838" t="inlineStr"/>
+    </row>
+    <row r="839">
+      <c r="A839" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23296</t>
+        </is>
+      </c>
+      <c r="B839" t="inlineStr">
+        <is>
+          <t>Quit</t>
+        </is>
+      </c>
+      <c r="C839" t="inlineStr">
+        <is>
+          <t>Quitter</t>
+        </is>
+      </c>
+      <c r="D839" t="inlineStr"/>
+      <c r="E839" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F839" t="inlineStr">
+        <is>
+          <t>TrayIconQuit</t>
+        </is>
+      </c>
+      <c r="G839" t="inlineStr"/>
+      <c r="H839" t="inlineStr"/>
+    </row>
+    <row r="840">
+      <c r="A840" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23328</t>
+        </is>
+      </c>
+      <c r="B840" t="inlineStr">
         <is>
           <t xml:space="preserve">
 %n unread message</t>
         </is>
       </c>
-      <c r="C836" t="inlineStr">
+      <c r="C840" t="inlineStr">
         <is>
           <t xml:space="preserve">
 %n message non lu</t>
         </is>
       </c>
-      <c r="D836" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F836" t="inlineStr">
+      <c r="D840" t="inlineStr"/>
+      <c r="E840" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F840" t="inlineStr">
         <is>
           <t>TrayIcon
 %n unread message(s)</t>
         </is>
       </c>
-      <c r="G836" t="inlineStr"/>
-[...118 lines deleted...]
-      </c>
       <c r="G840" t="inlineStr"/>
       <c r="H840" t="inlineStr"/>
     </row>
     <row r="841">
       <c r="A841" t="inlineStr">
         <is>
-          <t>../qml/UploadBox.qml:23612</t>
+          <t>../../src/ui/UIA.cpp:23386</t>
         </is>
       </c>
       <c r="B841" t="inlineStr">
         <is>
-          <t>Upload file</t>
+          <t>No available registration flows!</t>
         </is>
       </c>
       <c r="C841" t="inlineStr">
         <is>
-          <t>Mettre en ligne un fichier</t>
+          <t>Aucun mécanisme de création de compte disponible !</t>
         </is>
       </c>
       <c r="D841" t="inlineStr"/>
       <c r="E841" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F841" t="inlineStr">
         <is>
-          <t>UploadBoxUpload %n file(s)</t>
+          <t>UIANo available registration flows!</t>
         </is>
       </c>
       <c r="G841" t="inlineStr"/>
       <c r="H841" t="inlineStr"/>
     </row>
     <row r="842">
       <c r="A842" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23830</t>
+          <t>../../src/ui/UIA.cpp:23471</t>
         </is>
       </c>
       <c r="B842" t="inlineStr">
         <is>
-          <t>Sign out device %1</t>
+          <t>Registration aborted</t>
         </is>
       </c>
       <c r="C842" t="inlineStr">
         <is>
-          <t>Déconnecter l'appareil %1</t>
+          <t>Création de compte annulée</t>
         </is>
       </c>
       <c r="D842" t="inlineStr"/>
       <c r="E842" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F842" t="inlineStr">
         <is>
-          <t>UserProfileSign out device %1</t>
+          <t>UIARegistration aborted</t>
         </is>
       </c>
       <c r="G842" t="inlineStr"/>
       <c r="H842" t="inlineStr"/>
     </row>
     <row r="843">
       <c r="A843" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23840</t>
+          <t>../../src/ui/UIA.cpp:23448</t>
         </is>
       </c>
       <c r="B843" t="inlineStr">
         <is>
-          <t>You signed out this device.</t>
+          <t>Please enter a valid registration token.</t>
         </is>
       </c>
       <c r="C843" t="inlineStr">
         <is>
-          <t>Vous avez déconnecté cet appareil.</t>
+          <t>Veuillez entrer un jeton d'enregistrement valide.</t>
         </is>
       </c>
       <c r="D843" t="inlineStr"/>
       <c r="E843" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F843" t="inlineStr">
         <is>
-          <t>UserProfileYou signed out this device.</t>
+          <t>UIAPlease enter a valid registration token.</t>
         </is>
       </c>
       <c r="G843" t="inlineStr"/>
       <c r="H843" t="inlineStr"/>
     </row>
     <row r="844">
       <c r="A844" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23890</t>
+          <t>../../src/ui/UIA.cpp:23608</t>
         </is>
       </c>
       <c r="B844" t="inlineStr">
         <is>
-          <t>Failed to ignore "%1": %2</t>
+          <t>Invalid token</t>
         </is>
       </c>
       <c r="C844" t="inlineStr">
         <is>
-          <t>Impossible d'ignorer "%1" : %2</t>
+          <t>Jeton invalide</t>
         </is>
       </c>
       <c r="D844" t="inlineStr"/>
       <c r="E844" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F844" t="inlineStr">
         <is>
-          <t>UserProfileFailed to ignore "%1": %2</t>
+          <t>UIAInvalid token</t>
         </is>
       </c>
       <c r="G844" t="inlineStr"/>
       <c r="H844" t="inlineStr"/>
     </row>
     <row r="845">
       <c r="A845" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../qml/UploadBox.qml:23698</t>
         </is>
       </c>
       <c r="B845" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>Upload file</t>
         </is>
       </c>
       <c r="C845" t="inlineStr">
         <is>
-          <t>Sélectionnez un avatar</t>
+          <t>Mettre en ligne un fichier</t>
         </is>
       </c>
       <c r="D845" t="inlineStr"/>
       <c r="E845" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F845" t="inlineStr">
         <is>
-          <t>UserProfileSelect an avatar</t>
+          <t>UploadBoxUpload %n file(s)</t>
         </is>
       </c>
       <c r="G845" t="inlineStr"/>
       <c r="H845" t="inlineStr"/>
     </row>
     <row r="846">
       <c r="A846" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../../src/ui/UserProfile.cpp:23916</t>
         </is>
       </c>
       <c r="B846" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Sign out device %1</t>
         </is>
       </c>
       <c r="C846" t="inlineStr">
         <is>
-          <t>Tous les types de fichiers (*)</t>
+          <t>Déconnecter l'appareil %1</t>
         </is>
       </c>
       <c r="D846" t="inlineStr"/>
       <c r="E846" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F846" t="inlineStr">
         <is>
-          <t>UserProfileAll Files (*)</t>
+          <t>UserProfileSign out device %1</t>
         </is>
       </c>
       <c r="G846" t="inlineStr"/>
       <c r="H846" t="inlineStr"/>
     </row>
     <row r="847">
       <c r="A847" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24124</t>
+          <t>../../src/ui/UserProfile.cpp:23926</t>
         </is>
       </c>
       <c r="B847" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>You signed out this device.</t>
         </is>
       </c>
       <c r="C847" t="inlineStr">
         <is>
-          <t>Le fichier sélectionné n'est pas une image</t>
+          <t>Vous avez déconnecté cet appareil.</t>
         </is>
       </c>
       <c r="D847" t="inlineStr"/>
       <c r="E847" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F847" t="inlineStr">
         <is>
-          <t>UserProfileThe selected file is not an image</t>
+          <t>UserProfileYou signed out this device.</t>
         </is>
       </c>
       <c r="G847" t="inlineStr"/>
       <c r="H847" t="inlineStr"/>
     </row>
     <row r="848">
       <c r="A848" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24129</t>
+          <t>../../src/ui/UserProfile.cpp:23976</t>
         </is>
       </c>
       <c r="B848" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
+          <t>Failed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="C848" t="inlineStr">
         <is>
-          <t>Erreur lors de la lecture du fichier  : %1</t>
+          <t>Impossible d'ignorer "%1" : %2</t>
         </is>
       </c>
       <c r="D848" t="inlineStr"/>
       <c r="E848" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F848" t="inlineStr">
         <is>
-          <t>UserProfileError while reading file: %1</t>
+          <t>UserProfileFailed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="G848" t="inlineStr"/>
       <c r="H848" t="inlineStr"/>
     </row>
     <row r="849">
       <c r="A849" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B849" t="inlineStr">
         <is>
-          <t>Global User Profile</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C849" t="inlineStr">
         <is>
-          <t>Profil général de l'utilisateur</t>
+          <t>Sélectionnez un avatar</t>
         </is>
       </c>
       <c r="D849" t="inlineStr"/>
       <c r="E849" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F849" t="inlineStr">
         <is>
-          <t>UserProfileGlobal User Profile</t>
+          <t>UserProfileSelect an avatar</t>
         </is>
       </c>
       <c r="G849" t="inlineStr"/>
       <c r="H849" t="inlineStr"/>
     </row>
     <row r="850">
       <c r="A850" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B850" t="inlineStr">
         <is>
-          <t>Room User Profile</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C850" t="inlineStr">
         <is>
-          <t>Profil utilisateur spécifique au salon</t>
+          <t>Tous les types de fichiers (*)</t>
         </is>
       </c>
       <c r="D850" t="inlineStr"/>
       <c r="E850" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F850" t="inlineStr">
         <is>
-          <t>UserProfileRoom User Profile</t>
+          <t>UserProfileAll Files (*)</t>
         </is>
       </c>
       <c r="G850" t="inlineStr"/>
       <c r="H850" t="inlineStr"/>
     </row>
     <row r="851">
       <c r="A851" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../../src/ui/UserProfile.cpp:24210</t>
         </is>
       </c>
       <c r="B851" t="inlineStr">
         <is>
-          <t>Change avatar globally.</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C851" t="inlineStr">
         <is>
-          <t>Changer l'image de profil partout.</t>
+          <t>Le fichier sélectionné n'est pas une image</t>
         </is>
       </c>
       <c r="D851" t="inlineStr"/>
       <c r="E851" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F851" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar globally.</t>
+          <t>UserProfileThe selected file is not an image</t>
         </is>
       </c>
       <c r="G851" t="inlineStr"/>
       <c r="H851" t="inlineStr"/>
     </row>
     <row r="852">
       <c r="A852" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../../src/ui/UserProfile.cpp:24215</t>
         </is>
       </c>
       <c r="B852" t="inlineStr">
         <is>
-          <t>Change avatar. Will only apply to this room.</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C852" t="inlineStr">
         <is>
-          <t>Changer l'image de profil. Ne s'appliquera qu'à ce salon.</t>
+          <t>Erreur lors de la lecture du fichier  : %1</t>
         </is>
       </c>
       <c r="D852" t="inlineStr"/>
       <c r="E852" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F852" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar. Will only apply to this room.</t>
+          <t>UserProfileError while reading file: %1</t>
         </is>
       </c>
       <c r="G852" t="inlineStr"/>
       <c r="H852" t="inlineStr"/>
     </row>
     <row r="853">
       <c r="A853" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B853" t="inlineStr">
         <is>
-          <t>Change display name globally.</t>
+          <t>Global User Profile</t>
         </is>
       </c>
       <c r="C853" t="inlineStr">
         <is>
-          <t>Changer de surnom partout.</t>
+          <t>Profil général de l'utilisateur</t>
         </is>
       </c>
       <c r="D853" t="inlineStr"/>
       <c r="E853" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F853" t="inlineStr">
         <is>
-          <t>UserProfileChange display name globally.</t>
+          <t>UserProfileGlobal User Profile</t>
         </is>
       </c>
       <c r="G853" t="inlineStr"/>
       <c r="H853" t="inlineStr"/>
     </row>
     <row r="854">
       <c r="A854" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B854" t="inlineStr">
         <is>
-          <t>Change display name. Will only apply to this room.</t>
+          <t>Room User Profile</t>
         </is>
       </c>
       <c r="C854" t="inlineStr">
         <is>
-          <t>Changer de surnom. Ne s'appliquera qu'à ce salon.</t>
+          <t>Profil utilisateur spécifique au salon</t>
         </is>
       </c>
       <c r="D854" t="inlineStr"/>
       <c r="E854" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F854" t="inlineStr">
         <is>
-          <t>UserProfileChange display name. Will only apply to this room.</t>
+          <t>UserProfileRoom User Profile</t>
         </is>
       </c>
       <c r="G854" t="inlineStr"/>
       <c r="H854" t="inlineStr"/>
     </row>
     <row r="855">
       <c r="A855" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24304</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B855" t="inlineStr">
         <is>
-          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>Change avatar globally.</t>
         </is>
       </c>
       <c r="C855" t="inlineStr">
         <is>
-          <t>&lt;i&gt;&lt;b&gt;Statut:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>Changer l'image de profil partout.</t>
         </is>
       </c>
       <c r="D855" t="inlineStr"/>
       <c r="E855" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F855" t="inlineStr">
         <is>
-          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>UserProfileChange avatar globally.</t>
         </is>
       </c>
       <c r="G855" t="inlineStr"/>
       <c r="H855" t="inlineStr"/>
     </row>
     <row r="856">
       <c r="A856" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24329</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B856" t="inlineStr">
         <is>
-          <t>Room: %1</t>
+          <t>Change avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C856" t="inlineStr">
         <is>
-          <t>Salon : %1</t>
+          <t>Changer l'image de profil. Ne s'appliquera qu'à ce salon.</t>
         </is>
       </c>
       <c r="D856" t="inlineStr"/>
       <c r="E856" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F856" t="inlineStr">
         <is>
-          <t>UserProfileRoom: %1</t>
+          <t>UserProfileChange avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G856" t="inlineStr"/>
       <c r="H856" t="inlineStr"/>
     </row>
     <row r="857">
       <c r="A857" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24330</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B857" t="inlineStr">
         <is>
-          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>Change display name globally.</t>
         </is>
       </c>
       <c r="C857" t="inlineStr">
         <is>
-          <t>Ceci est un profil spécifique à un salon. Le surnom et l'image de profil peuvent être différents de leurs versions globales.</t>
+          <t>Changer de surnom partout.</t>
         </is>
       </c>
       <c r="D857" t="inlineStr"/>
       <c r="E857" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F857" t="inlineStr">
         <is>
-          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>UserProfileChange display name globally.</t>
         </is>
       </c>
       <c r="G857" t="inlineStr"/>
       <c r="H857" t="inlineStr"/>
     </row>
     <row r="858">
       <c r="A858" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24345</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B858" t="inlineStr">
         <is>
-          <t>Open the global profile for this user.</t>
+          <t>Change display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C858" t="inlineStr">
         <is>
-          <t>Ouvrir le profil global de cet utilisateur.</t>
+          <t>Changer de surnom. Ne s'appliquera qu'à ce salon.</t>
         </is>
       </c>
       <c r="D858" t="inlineStr"/>
       <c r="E858" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F858" t="inlineStr">
         <is>
-          <t>UserProfileOpen the global profile for this user.</t>
+          <t>UserProfileChange display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G858" t="inlineStr"/>
       <c r="H858" t="inlineStr"/>
     </row>
     <row r="859">
       <c r="A859" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24390</t>
         </is>
       </c>
       <c r="B859" t="inlineStr">
         <is>
-          <t>Verify</t>
+          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="C859" t="inlineStr">
         <is>
-          <t>Vérifier</t>
+          <t>&lt;i&gt;&lt;b&gt;Statut:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="D859" t="inlineStr"/>
       <c r="E859" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F859" t="inlineStr">
         <is>
-          <t>UserProfileVerify</t>
+          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="G859" t="inlineStr"/>
       <c r="H859" t="inlineStr"/>
     </row>
     <row r="860">
       <c r="A860" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24396</t>
+          <t>../qml/dialogs/UserProfile.qml:24415</t>
         </is>
       </c>
       <c r="B860" t="inlineStr">
         <is>
-          <t>Start a private chat.</t>
+          <t>Room: %1</t>
         </is>
       </c>
       <c r="C860" t="inlineStr">
         <is>
-          <t>Démarrer une discussion privée.</t>
+          <t>Salon : %1</t>
         </is>
       </c>
       <c r="D860" t="inlineStr"/>
       <c r="E860" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F860" t="inlineStr">
         <is>
-          <t>UserProfileStart a private chat.</t>
+          <t>UserProfileRoom: %1</t>
         </is>
       </c>
       <c r="G860" t="inlineStr"/>
       <c r="H860" t="inlineStr"/>
     </row>
     <row r="861">
       <c r="A861" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24406</t>
+          <t>../qml/dialogs/UserProfile.qml:24416</t>
         </is>
       </c>
       <c r="B861" t="inlineStr">
         <is>
-          <t>Kick the user.</t>
+          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="C861" t="inlineStr">
         <is>
-          <t>Expulser l'utilisateur.</t>
+          <t>Ceci est un profil spécifique à un salon. Le surnom et l'image de profil peuvent être différents de leurs versions globales.</t>
         </is>
       </c>
       <c r="D861" t="inlineStr"/>
       <c r="E861" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F861" t="inlineStr">
         <is>
-          <t>UserProfileKick the user.</t>
+          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="G861" t="inlineStr"/>
       <c r="H861" t="inlineStr"/>
     </row>
     <row r="862">
       <c r="A862" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24417</t>
+          <t>../qml/dialogs/UserProfile.qml:24431</t>
         </is>
       </c>
       <c r="B862" t="inlineStr">
         <is>
-          <t>Ban the user.</t>
+          <t>Open the global profile for this user.</t>
         </is>
       </c>
       <c r="C862" t="inlineStr">
         <is>
-          <t>Bannir l'utilisateur.</t>
+          <t>Ouvrir le profil global de cet utilisateur.</t>
         </is>
       </c>
       <c r="D862" t="inlineStr"/>
       <c r="E862" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F862" t="inlineStr">
         <is>
-          <t>UserProfileBan the user.</t>
+          <t>UserProfileOpen the global profile for this user.</t>
         </is>
       </c>
       <c r="G862" t="inlineStr"/>
       <c r="H862" t="inlineStr"/>
     </row>
     <row r="863">
       <c r="A863" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B863" t="inlineStr">
         <is>
-          <t>Unignore the user.</t>
+          <t>Verify</t>
         </is>
       </c>
       <c r="C863" t="inlineStr">
         <is>
-          <t>Dés-ignorer l'utilisateur.</t>
+          <t>Vérifier</t>
         </is>
       </c>
       <c r="D863" t="inlineStr"/>
       <c r="E863" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F863" t="inlineStr">
         <is>
-          <t>UserProfileUnignore the user.</t>
+          <t>UserProfileVerify</t>
         </is>
       </c>
       <c r="G863" t="inlineStr"/>
       <c r="H863" t="inlineStr"/>
     </row>
     <row r="864">
       <c r="A864" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24482</t>
         </is>
       </c>
       <c r="B864" t="inlineStr">
         <is>
-          <t>Ignore the user.</t>
+          <t>Start a private chat.</t>
         </is>
       </c>
       <c r="C864" t="inlineStr">
         <is>
-          <t>Ignorer l'utilisateur.</t>
+          <t>Démarrer une discussion privée.</t>
         </is>
       </c>
       <c r="D864" t="inlineStr"/>
       <c r="E864" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F864" t="inlineStr">
         <is>
-          <t>UserProfileIgnore the user.</t>
+          <t>UserProfileStart a private chat.</t>
         </is>
       </c>
       <c r="G864" t="inlineStr"/>
       <c r="H864" t="inlineStr"/>
     </row>
     <row r="865">
       <c r="A865" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24440</t>
+          <t>../qml/dialogs/UserProfile.qml:24492</t>
         </is>
       </c>
       <c r="B865" t="inlineStr">
         <is>
-          <t>Refresh device list.</t>
+          <t>Kick the user.</t>
         </is>
       </c>
       <c r="C865" t="inlineStr">
         <is>
-          <t>Rafraichir la liste des appareils.</t>
+          <t>Expulser l'utilisateur.</t>
         </is>
       </c>
       <c r="D865" t="inlineStr"/>
       <c r="E865" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F865" t="inlineStr">
         <is>
-          <t>UserProfileRefresh device list.</t>
+          <t>UserProfileKick the user.</t>
         </is>
       </c>
       <c r="G865" t="inlineStr"/>
       <c r="H865" t="inlineStr"/>
     </row>
     <row r="866">
       <c r="A866" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24454</t>
+          <t>../qml/dialogs/UserProfile.qml:24503</t>
         </is>
       </c>
       <c r="B866" t="inlineStr">
         <is>
-          <t>Devices</t>
+          <t>Ban the user.</t>
         </is>
       </c>
       <c r="C866" t="inlineStr">
         <is>
-          <t>Appareils</t>
+          <t>Bannir l'utilisateur.</t>
         </is>
       </c>
       <c r="D866" t="inlineStr"/>
       <c r="E866" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F866" t="inlineStr">
         <is>
-          <t>UserProfileDevices</t>
+          <t>UserProfileBan the user.</t>
         </is>
       </c>
       <c r="G866" t="inlineStr"/>
       <c r="H866" t="inlineStr"/>
     </row>
     <row r="867">
       <c r="A867" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24457</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B867" t="inlineStr">
         <is>
-          <t>Shared Rooms</t>
+          <t>Unignore the user.</t>
         </is>
       </c>
       <c r="C867" t="inlineStr">
         <is>
-          <t>Salons en commun</t>
+          <t>Dés-ignorer l'utilisateur.</t>
         </is>
       </c>
       <c r="D867" t="inlineStr"/>
       <c r="E867" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F867" t="inlineStr">
         <is>
-          <t>UserProfileShared Rooms</t>
+          <t>UserProfileUnignore the user.</t>
         </is>
       </c>
       <c r="G867" t="inlineStr"/>
       <c r="H867" t="inlineStr"/>
     </row>
     <row r="868">
       <c r="A868" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24519</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B868" t="inlineStr">
         <is>
-          <t>Sign out this device.</t>
+          <t>Ignore the user.</t>
         </is>
       </c>
       <c r="C868" t="inlineStr">
         <is>
-          <t>Déconnecter cet appareil.</t>
+          <t>Ignorer l'utilisateur.</t>
         </is>
       </c>
       <c r="D868" t="inlineStr"/>
       <c r="E868" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F868" t="inlineStr">
         <is>
-          <t>UserProfileSign out this device.</t>
+          <t>UserProfileIgnore the user.</t>
         </is>
       </c>
       <c r="G868" t="inlineStr"/>
       <c r="H868" t="inlineStr"/>
     </row>
     <row r="869">
       <c r="A869" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24550</t>
+          <t>../qml/dialogs/UserProfile.qml:24526</t>
         </is>
       </c>
       <c r="B869" t="inlineStr">
         <is>
-          <t>Change device name.</t>
+          <t>Refresh device list.</t>
         </is>
       </c>
       <c r="C869" t="inlineStr">
         <is>
-          <t>Changer le nom de l'appareil.</t>
+          <t>Rafraichir la liste des appareils.</t>
         </is>
       </c>
       <c r="D869" t="inlineStr"/>
       <c r="E869" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F869" t="inlineStr">
         <is>
-          <t>UserProfileChange device name.</t>
+          <t>UserProfileRefresh device list.</t>
         </is>
       </c>
       <c r="G869" t="inlineStr"/>
       <c r="H869" t="inlineStr"/>
     </row>
     <row r="870">
       <c r="A870" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24572</t>
+          <t>../qml/dialogs/UserProfile.qml:24540</t>
         </is>
       </c>
       <c r="B870" t="inlineStr">
         <is>
-          <t>Last seen %1 from %2</t>
+          <t>Devices</t>
         </is>
       </c>
       <c r="C870" t="inlineStr">
         <is>
-          <t>%1 vu pour la dernière fois depuis %2</t>
+          <t>Appareils</t>
         </is>
       </c>
       <c r="D870" t="inlineStr"/>
       <c r="E870" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F870" t="inlineStr">
         <is>
-          <t>UserProfileLast seen %1 from %2</t>
+          <t>UserProfileDevices</t>
         </is>
       </c>
       <c r="G870" t="inlineStr"/>
       <c r="H870" t="inlineStr"/>
     </row>
     <row r="871">
       <c r="A871" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24543</t>
         </is>
       </c>
       <c r="B871" t="inlineStr">
         <is>
-          <t>Unverify</t>
+          <t>Shared Rooms</t>
         </is>
       </c>
       <c r="C871" t="inlineStr">
         <is>
-          <t>Dé-vérifier</t>
+          <t>Salons en commun</t>
         </is>
       </c>
       <c r="D871" t="inlineStr"/>
       <c r="E871" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F871" t="inlineStr">
         <is>
-          <t>UserProfileUnverify</t>
+          <t>UserProfileShared Rooms</t>
         </is>
       </c>
       <c r="G871" t="inlineStr"/>
       <c r="H871" t="inlineStr"/>
     </row>
     <row r="872">
       <c r="A872" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.h:24881</t>
+          <t>../qml/dialogs/UserProfile.qml:24605</t>
         </is>
       </c>
       <c r="B872" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Sign out this device.</t>
         </is>
       </c>
       <c r="C872" t="inlineStr">
         <is>
-          <t>Défaut</t>
+          <t>Déconnecter cet appareil.</t>
         </is>
       </c>
       <c r="D872" t="inlineStr"/>
       <c r="E872" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F872" t="inlineStr">
         <is>
-          <t>UserSettingsDefault</t>
+          <t>UserProfileSign out this device.</t>
         </is>
       </c>
       <c r="G872" t="inlineStr"/>
       <c r="H872" t="inlineStr"/>
     </row>
     <row r="873">
       <c r="A873" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25911</t>
+          <t>../qml/dialogs/UserProfile.qml:24636</t>
         </is>
       </c>
       <c r="B873" t="inlineStr">
         <is>
-          <t>Theme</t>
+          <t>Change device name.</t>
         </is>
       </c>
       <c r="C873" t="inlineStr">
         <is>
-          <t>Thème</t>
+          <t>Changer le nom de l'appareil.</t>
         </is>
       </c>
       <c r="D873" t="inlineStr"/>
       <c r="E873" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F873" t="inlineStr">
         <is>
-          <t>UserSettingsModelTheme</t>
+          <t>UserProfileChange device name.</t>
         </is>
       </c>
       <c r="G873" t="inlineStr"/>
       <c r="H873" t="inlineStr"/>
     </row>
     <row r="874">
       <c r="A874" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25913</t>
+          <t>../qml/dialogs/UserProfile.qml:24658</t>
         </is>
       </c>
       <c r="B874" t="inlineStr">
         <is>
-          <t>Scale factor</t>
+          <t>Last seen %1 from %2</t>
         </is>
       </c>
       <c r="C874" t="inlineStr">
         <is>
-          <t>Facteur de grossissement</t>
+          <t>%1 vu pour la dernière fois depuis %2</t>
         </is>
       </c>
       <c r="D874" t="inlineStr"/>
       <c r="E874" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F874" t="inlineStr">
         <is>
-          <t>UserSettingsModelScale factor</t>
+          <t>UserProfileLast seen %1 from %2</t>
         </is>
       </c>
       <c r="G874" t="inlineStr"/>
       <c r="H874" t="inlineStr"/>
     </row>
     <row r="875">
       <c r="A875" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25915</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B875" t="inlineStr">
         <is>
-          <t>Highlight message on hover</t>
+          <t>Unverify</t>
         </is>
       </c>
       <c r="C875" t="inlineStr">
         <is>
-          <t>Surligner les messages survolés</t>
+          <t>Dé-vérifier</t>
         </is>
       </c>
       <c r="D875" t="inlineStr"/>
       <c r="E875" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F875" t="inlineStr">
         <is>
-          <t>UserSettingsModelHighlight message on hover</t>
+          <t>UserProfileUnverify</t>
         </is>
       </c>
       <c r="G875" t="inlineStr"/>
       <c r="H875" t="inlineStr"/>
     </row>
     <row r="876">
       <c r="A876" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25917</t>
+          <t>../../src/UserSettingsPage.h:24975</t>
         </is>
       </c>
       <c r="B876" t="inlineStr">
         <is>
-          <t>Large Emoji in timeline</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C876" t="inlineStr">
         <is>
-          <t>Grands émojis dans la discussion</t>
+          <t>Défaut</t>
         </is>
       </c>
       <c r="D876" t="inlineStr"/>
       <c r="E876" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F876" t="inlineStr">
         <is>
-          <t>UserSettingsModelLarge Emoji in timeline</t>
+          <t>UserSettingsDefault</t>
         </is>
       </c>
       <c r="G876" t="inlineStr"/>
       <c r="H876" t="inlineStr"/>
     </row>
     <row r="877">
       <c r="A877" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25919</t>
+          <t>../../src/UserSettingsPage.cpp:26023</t>
         </is>
       </c>
       <c r="B877" t="inlineStr">
         <is>
-          <t>Minimize to tray</t>
+          <t>Theme</t>
         </is>
       </c>
       <c r="C877" t="inlineStr">
         <is>
-          <t>Réduire dans la barre des tâches</t>
+          <t>Thème</t>
         </is>
       </c>
       <c r="D877" t="inlineStr"/>
       <c r="E877" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F877" t="inlineStr">
         <is>
-          <t>UserSettingsModelMinimize to tray</t>
+          <t>UserSettingsModelTheme</t>
         </is>
       </c>
       <c r="G877" t="inlineStr"/>
       <c r="H877" t="inlineStr"/>
     </row>
     <row r="878">
       <c r="A878" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25921</t>
+          <t>../../src/UserSettingsPage.cpp:26025</t>
         </is>
       </c>
       <c r="B878" t="inlineStr">
         <is>
-          <t>Start in tray</t>
+          <t>Scale factor</t>
         </is>
       </c>
       <c r="C878" t="inlineStr">
         <is>
-          <t>Démarrer dans la barre des tâches</t>
+          <t>Facteur de grossissement</t>
         </is>
       </c>
       <c r="D878" t="inlineStr"/>
       <c r="E878" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F878" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart in tray</t>
+          <t>UserSettingsModelScale factor</t>
         </is>
       </c>
       <c r="G878" t="inlineStr"/>
       <c r="H878" t="inlineStr"/>
     </row>
     <row r="879">
       <c r="A879" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25925</t>
+          <t>../../src/UserSettingsPage.cpp:26027</t>
         </is>
       </c>
       <c r="B879" t="inlineStr">
         <is>
-          <t>Scrollbars in room list</t>
+          <t>Highlight message on hover</t>
         </is>
       </c>
       <c r="C879" t="inlineStr">
         <is>
-          <t>Barre de défilement dans la liste de salons</t>
+          <t>Surligner les messages survolés</t>
         </is>
       </c>
       <c r="D879" t="inlineStr"/>
       <c r="E879" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F879" t="inlineStr">
         <is>
-          <t>UserSettingsModelScrollbars in room list</t>
+          <t>UserSettingsModelHighlight message on hover</t>
         </is>
       </c>
       <c r="G879" t="inlineStr"/>
       <c r="H879" t="inlineStr"/>
     </row>
     <row r="880">
       <c r="A880" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25927</t>
+          <t>../../src/UserSettingsPage.cpp:26029</t>
         </is>
       </c>
       <c r="B880" t="inlineStr">
         <is>
-          <t>Send messages as Markdown</t>
+          <t>Large Emoji in timeline</t>
         </is>
       </c>
       <c r="C880" t="inlineStr">
         <is>
-          <t>Composer les messages au format Markdown</t>
+          <t>Grands émojis dans la discussion</t>
         </is>
       </c>
       <c r="D880" t="inlineStr"/>
       <c r="E880" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F880" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend messages as Markdown</t>
+          <t>UserSettingsModelLarge Emoji in timeline</t>
         </is>
       </c>
       <c r="G880" t="inlineStr"/>
       <c r="H880" t="inlineStr"/>
     </row>
     <row r="881">
       <c r="A881" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25929</t>
+          <t>../../src/UserSettingsPage.cpp:26031</t>
         </is>
       </c>
       <c r="B881" t="inlineStr">
         <is>
-          <t>Use shift+enter to send and enter to start a new line</t>
+          <t>Minimize to tray</t>
         </is>
       </c>
       <c r="C881" t="inlineStr">
         <is>
-          <t>Utiliser majuscule+entrée pour envoyer et entrée pour démarrer une nouvelle ligne</t>
+          <t>Réduire dans la barre des tâches</t>
         </is>
       </c>
       <c r="D881" t="inlineStr"/>
       <c r="E881" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F881" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse shift+enter to send and enter to start a new line</t>
+          <t>UserSettingsModelMinimize to tray</t>
         </is>
       </c>
       <c r="G881" t="inlineStr"/>
       <c r="H881" t="inlineStr"/>
     </row>
     <row r="882">
       <c r="A882" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25931</t>
+          <t>../../src/UserSettingsPage.cpp:26033</t>
         </is>
       </c>
       <c r="B882" t="inlineStr">
         <is>
-          <t>Enable message bubbles</t>
+          <t>Start in tray</t>
         </is>
       </c>
       <c r="C882" t="inlineStr">
         <is>
-          <t>Activer les bulles de message</t>
+          <t>Démarrer dans la barre des tâches</t>
         </is>
       </c>
       <c r="D882" t="inlineStr"/>
       <c r="E882" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F882" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable message bubbles</t>
+          <t>UserSettingsModelStart in tray</t>
         </is>
       </c>
       <c r="G882" t="inlineStr"/>
       <c r="H882" t="inlineStr"/>
     </row>
     <row r="883">
       <c r="A883" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25933</t>
+          <t>../../src/UserSettingsPage.cpp:26037</t>
         </is>
       </c>
       <c r="B883" t="inlineStr">
         <is>
-          <t>Enable small Avatars</t>
+          <t>Scrollbars in room list</t>
         </is>
       </c>
       <c r="C883" t="inlineStr">
         <is>
-          <t>Activer les petites images de profil</t>
+          <t>Barre de défilement dans la liste de salons</t>
         </is>
       </c>
       <c r="D883" t="inlineStr"/>
       <c r="E883" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F883" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable small Avatars</t>
+          <t>UserSettingsModelScrollbars in room list</t>
         </is>
       </c>
       <c r="G883" t="inlineStr"/>
       <c r="H883" t="inlineStr"/>
     </row>
     <row r="884">
       <c r="A884" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25935</t>
+          <t>../../src/UserSettingsPage.cpp:26039</t>
         </is>
       </c>
       <c r="B884" t="inlineStr">
         <is>
-          <t>Play animated images only on hover</t>
+          <t>Send messages as Markdown</t>
         </is>
       </c>
       <c r="C884" t="inlineStr">
         <is>
-          <t>Ne jouer les images animées qu'au survol</t>
+          <t>Composer les messages au format Markdown</t>
         </is>
       </c>
       <c r="D884" t="inlineStr"/>
       <c r="E884" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F884" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlay animated images only on hover</t>
+          <t>UserSettingsModelSend messages as Markdown</t>
         </is>
       </c>
       <c r="G884" t="inlineStr"/>
       <c r="H884" t="inlineStr"/>
     </row>
     <row r="885">
       <c r="A885" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25937</t>
+          <t>../../src/UserSettingsPage.cpp:26043</t>
         </is>
       </c>
       <c r="B885" t="inlineStr">
         <is>
-          <t>Show images automatically</t>
+          <t>Enable message bubbles</t>
         </is>
       </c>
       <c r="C885" t="inlineStr">
         <is>
-          <t>Montrer les images automatiquement</t>
+          <t>Activer les bulles de message</t>
         </is>
       </c>
       <c r="D885" t="inlineStr"/>
       <c r="E885" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F885" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow images automatically</t>
+          <t>UserSettingsModelEnable message bubbles</t>
         </is>
       </c>
       <c r="G885" t="inlineStr"/>
       <c r="H885" t="inlineStr"/>
     </row>
     <row r="886">
       <c r="A886" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25939</t>
+          <t>../../src/UserSettingsPage.cpp:26045</t>
         </is>
       </c>
       <c r="B886" t="inlineStr">
         <is>
-          <t>Typing notifications</t>
+          <t>Enable small Avatars</t>
         </is>
       </c>
       <c r="C886" t="inlineStr">
         <is>
-          <t>Notifications de frappe</t>
+          <t>Activer les petites images de profil</t>
         </is>
       </c>
       <c r="D886" t="inlineStr"/>
       <c r="E886" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F886" t="inlineStr">
         <is>
-          <t>UserSettingsModelTyping notifications</t>
+          <t>UserSettingsModelEnable small Avatars</t>
         </is>
       </c>
       <c r="G886" t="inlineStr"/>
       <c r="H886" t="inlineStr"/>
     </row>
     <row r="887">
       <c r="A887" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25941</t>
+          <t>../../src/UserSettingsPage.cpp:26047</t>
         </is>
       </c>
       <c r="B887" t="inlineStr">
         <is>
-          <t>Sort rooms by unreads</t>
+          <t>Play animated images only on hover</t>
         </is>
       </c>
       <c r="C887" t="inlineStr">
         <is>
-          <t>Trier les salons par messages non lus</t>
+          <t>Ne jouer les images animées qu'au survol</t>
         </is>
       </c>
       <c r="D887" t="inlineStr"/>
       <c r="E887" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F887" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms by unreads</t>
+          <t>UserSettingsModelPlay animated images only on hover</t>
         </is>
       </c>
       <c r="G887" t="inlineStr"/>
       <c r="H887" t="inlineStr"/>
     </row>
     <row r="888">
       <c r="A888" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25943</t>
+          <t>../../src/UserSettingsPage.cpp:26049</t>
         </is>
       </c>
       <c r="B888" t="inlineStr">
         <is>
-          <t>Sort rooms alphabetically</t>
+          <t>Show images automatically</t>
         </is>
       </c>
       <c r="C888" t="inlineStr">
         <is>
-          <t>Trier les salons alphabétiquement</t>
+          <t>Montrer les images automatiquement</t>
         </is>
       </c>
       <c r="D888" t="inlineStr"/>
       <c r="E888" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F888" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms alphabetically</t>
+          <t>UserSettingsModelShow images automatically</t>
         </is>
       </c>
       <c r="G888" t="inlineStr"/>
       <c r="H888" t="inlineStr"/>
     </row>
     <row r="889">
       <c r="A889" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25945</t>
+          <t>../../src/UserSettingsPage.cpp:26051</t>
         </is>
       </c>
       <c r="B889" t="inlineStr">
         <is>
-          <t>Show buttons in timeline</t>
+          <t>Typing notifications</t>
         </is>
       </c>
       <c r="C889" t="inlineStr">
         <is>
-          <t>Montrer les boutons dans la discussion</t>
+          <t>Notifications de frappe</t>
         </is>
       </c>
       <c r="D889" t="inlineStr"/>
       <c r="E889" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F889" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow buttons in timeline</t>
+          <t>UserSettingsModelTyping notifications</t>
         </is>
       </c>
       <c r="G889" t="inlineStr"/>
       <c r="H889" t="inlineStr"/>
     </row>
     <row r="890">
       <c r="A890" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25947</t>
+          <t>../../src/UserSettingsPage.cpp:26053</t>
         </is>
       </c>
       <c r="B890" t="inlineStr">
         <is>
-          <t>Limit width of timeline</t>
+          <t>Sort rooms by unreads</t>
         </is>
       </c>
       <c r="C890" t="inlineStr">
         <is>
-          <t>Limiter la largeur de la discussion</t>
+          <t>Trier les salons par messages non lus</t>
         </is>
       </c>
       <c r="D890" t="inlineStr"/>
       <c r="E890" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F890" t="inlineStr">
         <is>
-          <t>UserSettingsModelLimit width of timeline</t>
+          <t>UserSettingsModelSort rooms by unreads</t>
         </is>
       </c>
       <c r="G890" t="inlineStr"/>
       <c r="H890" t="inlineStr"/>
     </row>
     <row r="891">
       <c r="A891" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25949</t>
+          <t>../../src/UserSettingsPage.cpp:26055</t>
         </is>
       </c>
       <c r="B891" t="inlineStr">
         <is>
-          <t>Read receipts</t>
+          <t>Sort rooms alphabetically</t>
         </is>
       </c>
       <c r="C891" t="inlineStr">
         <is>
-          <t>Accusés de lecture</t>
+          <t>Trier les salons alphabétiquement</t>
         </is>
       </c>
       <c r="D891" t="inlineStr"/>
       <c r="E891" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F891" t="inlineStr">
         <is>
-          <t>UserSettingsModelRead receipts</t>
+          <t>UserSettingsModelSort rooms alphabetically</t>
         </is>
       </c>
       <c r="G891" t="inlineStr"/>
       <c r="H891" t="inlineStr"/>
     </row>
     <row r="892">
       <c r="A892" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25951</t>
+          <t>../../src/UserSettingsPage.cpp:26057</t>
         </is>
       </c>
       <c r="B892" t="inlineStr">
         <is>
-          <t>Hidden events</t>
+          <t>Show buttons in timeline</t>
         </is>
       </c>
       <c r="C892" t="inlineStr">
         <is>
-          <t>Évènements cachés</t>
+          <t>Montrer les boutons dans la discussion</t>
         </is>
       </c>
       <c r="D892" t="inlineStr"/>
       <c r="E892" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F892" t="inlineStr">
         <is>
-          <t>UserSettingsModelHidden events</t>
+          <t>UserSettingsModelShow buttons in timeline</t>
         </is>
       </c>
       <c r="G892" t="inlineStr"/>
       <c r="H892" t="inlineStr"/>
     </row>
     <row r="893">
       <c r="A893" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25953</t>
+          <t>../../src/UserSettingsPage.cpp:26059</t>
         </is>
       </c>
       <c r="B893" t="inlineStr">
         <is>
-          <t>Ignored users</t>
+          <t>Limit width of timeline</t>
         </is>
       </c>
       <c r="C893" t="inlineStr">
         <is>
-          <t>Utilisateurs ignorés</t>
+          <t>Limiter la largeur de la discussion</t>
         </is>
       </c>
       <c r="D893" t="inlineStr"/>
       <c r="E893" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F893" t="inlineStr">
         <is>
-          <t>UserSettingsModelIgnored users</t>
+          <t>UserSettingsModelLimit width of timeline</t>
         </is>
       </c>
       <c r="G893" t="inlineStr"/>
       <c r="H893" t="inlineStr"/>
     </row>
     <row r="894">
       <c r="A894" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25955</t>
+          <t>../../src/UserSettingsPage.cpp:26061</t>
         </is>
       </c>
       <c r="B894" t="inlineStr">
         <is>
-          <t>Desktop notifications</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C894" t="inlineStr">
         <is>
-          <t>Notifications sur le bureau</t>
+          <t>Accusés de lecture</t>
         </is>
       </c>
       <c r="D894" t="inlineStr"/>
       <c r="E894" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F894" t="inlineStr">
         <is>
-          <t>UserSettingsModelDesktop notifications</t>
+          <t>UserSettingsModelRead receipts</t>
         </is>
       </c>
       <c r="G894" t="inlineStr"/>
       <c r="H894" t="inlineStr"/>
     </row>
     <row r="895">
       <c r="A895" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25957</t>
+          <t>../../src/UserSettingsPage.cpp:26063</t>
         </is>
       </c>
       <c r="B895" t="inlineStr">
         <is>
-          <t>Alert on notification</t>
+          <t>Hidden events</t>
         </is>
       </c>
       <c r="C895" t="inlineStr">
         <is>
-          <t>Alerter des notifications</t>
+          <t>Évènements cachés</t>
         </is>
       </c>
       <c r="D895" t="inlineStr"/>
       <c r="E895" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F895" t="inlineStr">
         <is>
-          <t>UserSettingsModelAlert on notification</t>
+          <t>UserSettingsModelHidden events</t>
         </is>
       </c>
       <c r="G895" t="inlineStr"/>
       <c r="H895" t="inlineStr"/>
     </row>
     <row r="896">
       <c r="A896" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25959</t>
+          <t>../../src/UserSettingsPage.cpp:26065</t>
         </is>
       </c>
       <c r="B896" t="inlineStr">
         <is>
-          <t>Circular Avatars</t>
+          <t>Ignored users</t>
         </is>
       </c>
       <c r="C896" t="inlineStr">
         <is>
-          <t>Avatars circulaires</t>
+          <t>Utilisateurs ignorés</t>
         </is>
       </c>
       <c r="D896" t="inlineStr"/>
       <c r="E896" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F896" t="inlineStr">
         <is>
-          <t>UserSettingsModelCircular Avatars</t>
+          <t>UserSettingsModelIgnored users</t>
         </is>
       </c>
       <c r="G896" t="inlineStr"/>
       <c r="H896" t="inlineStr"/>
     </row>
     <row r="897">
       <c r="A897" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25961</t>
+          <t>../../src/UserSettingsPage.cpp:26067</t>
         </is>
       </c>
       <c r="B897" t="inlineStr">
         <is>
-          <t>Use identicons</t>
+          <t>Desktop notifications</t>
         </is>
       </c>
       <c r="C897" t="inlineStr">
         <is>
-          <t>Utiliser des identicônes</t>
+          <t>Notifications sur le bureau</t>
         </is>
       </c>
       <c r="D897" t="inlineStr"/>
       <c r="E897" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F897" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse identicons</t>
+          <t>UserSettingsModelDesktop notifications</t>
         </is>
       </c>
       <c r="G897" t="inlineStr"/>
       <c r="H897" t="inlineStr"/>
     </row>
     <row r="898">
       <c r="A898" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25963</t>
+          <t>../../src/UserSettingsPage.cpp:26069</t>
         </is>
       </c>
       <c r="B898" t="inlineStr">
         <is>
-          <t>Open images with external program</t>
+          <t>Alert on notification</t>
         </is>
       </c>
       <c r="C898" t="inlineStr">
         <is>
-          <t>Ouvrir les images avec un programme externe</t>
+          <t>Alerter des notifications</t>
         </is>
       </c>
       <c r="D898" t="inlineStr"/>
       <c r="E898" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F898" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen images with external program</t>
+          <t>UserSettingsModelAlert on notification</t>
         </is>
       </c>
       <c r="G898" t="inlineStr"/>
       <c r="H898" t="inlineStr"/>
     </row>
     <row r="899">
       <c r="A899" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25965</t>
+          <t>../../src/UserSettingsPage.cpp:26071</t>
         </is>
       </c>
       <c r="B899" t="inlineStr">
         <is>
-          <t>Open videos with external program</t>
+          <t>Circular Avatars</t>
         </is>
       </c>
       <c r="C899" t="inlineStr">
         <is>
-          <t>Ouvrir les vidéos avec un programme externe</t>
+          <t>Avatars circulaires</t>
         </is>
       </c>
       <c r="D899" t="inlineStr"/>
       <c r="E899" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F899" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen videos with external program</t>
+          <t>UserSettingsModelCircular Avatars</t>
         </is>
       </c>
       <c r="G899" t="inlineStr"/>
       <c r="H899" t="inlineStr"/>
     </row>
     <row r="900">
       <c r="A900" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25967</t>
+          <t>../../src/UserSettingsPage.cpp:26073</t>
         </is>
       </c>
       <c r="B900" t="inlineStr">
         <is>
-          <t>Decrypt messages in sidebar</t>
+          <t>Use identicons</t>
         </is>
       </c>
       <c r="C900" t="inlineStr">
         <is>
-          <t>Déchiffrer les messages dans la liste des salons</t>
+          <t>Utiliser des identicônes</t>
         </is>
       </c>
       <c r="D900" t="inlineStr"/>
       <c r="E900" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F900" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt messages in sidebar</t>
+          <t>UserSettingsModelUse identicons</t>
         </is>
       </c>
       <c r="G900" t="inlineStr"/>
       <c r="H900" t="inlineStr"/>
     </row>
     <row r="901">
       <c r="A901" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25969</t>
+          <t>../../src/UserSettingsPage.cpp:26075</t>
         </is>
       </c>
       <c r="B901" t="inlineStr">
         <is>
-          <t>Decrypt notifications</t>
+          <t>Open images with external program</t>
         </is>
       </c>
       <c r="C901" t="inlineStr">
         <is>
-          <t>Déchiffrer les notifications</t>
+          <t>Ouvrir les images avec un programme externe</t>
         </is>
       </c>
       <c r="D901" t="inlineStr"/>
       <c r="E901" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F901" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt notifications</t>
+          <t>UserSettingsModelOpen images with external program</t>
         </is>
       </c>
       <c r="G901" t="inlineStr"/>
       <c r="H901" t="inlineStr"/>
     </row>
     <row r="902">
       <c r="A902" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25973</t>
+          <t>../../src/UserSettingsPage.cpp:26077</t>
         </is>
       </c>
       <c r="B902" t="inlineStr">
         <is>
-          <t>Display fancy effects such as confetti</t>
+          <t>Open videos with external program</t>
         </is>
       </c>
       <c r="C902" t="inlineStr">
         <is>
-          <t>Afficher des effets tels que les confettis</t>
+          <t>Ouvrir les vidéos avec un programme externe</t>
         </is>
       </c>
       <c r="D902" t="inlineStr"/>
       <c r="E902" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F902" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
+          <t>UserSettingsModelOpen videos with external program</t>
         </is>
       </c>
       <c r="G902" t="inlineStr"/>
       <c r="H902" t="inlineStr"/>
     </row>
     <row r="903">
       <c r="A903" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25975</t>
+          <t>../../src/UserSettingsPage.cpp:26079</t>
         </is>
       </c>
       <c r="B903" t="inlineStr">
         <is>
-          <t>Reduce or disable animations</t>
+          <t>Decrypt messages in sidebar</t>
         </is>
       </c>
       <c r="C903" t="inlineStr">
         <is>
-          <t>Réduire ou désactiver les animations</t>
+          <t>Déchiffrer les messages dans la liste des salons</t>
         </is>
       </c>
       <c r="D903" t="inlineStr"/>
       <c r="E903" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F903" t="inlineStr">
         <is>
-          <t>UserSettingsModelReduce or disable animations</t>
+          <t>UserSettingsModelDecrypt messages in sidebar</t>
         </is>
       </c>
       <c r="G903" t="inlineStr"/>
       <c r="H903" t="inlineStr"/>
     </row>
     <row r="904">
       <c r="A904" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25977</t>
+          <t>../../src/UserSettingsPage.cpp:26081</t>
         </is>
       </c>
       <c r="B904" t="inlineStr">
         <is>
-          <t>Privacy Screen</t>
+          <t>Decrypt notifications</t>
         </is>
       </c>
       <c r="C904" t="inlineStr">
         <is>
-          <t>Protection anti-indiscrétion</t>
+          <t>Déchiffrer les notifications</t>
         </is>
       </c>
       <c r="D904" t="inlineStr"/>
       <c r="E904" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F904" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy Screen</t>
+          <t>UserSettingsModelDecrypt notifications</t>
         </is>
       </c>
       <c r="G904" t="inlineStr"/>
       <c r="H904" t="inlineStr"/>
     </row>
     <row r="905">
       <c r="A905" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25979</t>
+          <t>../../src/UserSettingsPage.cpp:26085</t>
         </is>
       </c>
       <c r="B905" t="inlineStr">
         <is>
-          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
+          <t>Display fancy effects such as confetti</t>
         </is>
       </c>
       <c r="C905" t="inlineStr">
         <is>
-          <t>Délai d'activation de la protection anti-indiscrétion (en secondes, 0 à 3600)</t>
+          <t>Afficher des effets tels que les confettis</t>
         </is>
       </c>
       <c r="D905" t="inlineStr"/>
       <c r="E905" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F905" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
+          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
         </is>
       </c>
       <c r="G905" t="inlineStr"/>
       <c r="H905" t="inlineStr"/>
     </row>
     <row r="906">
       <c r="A906" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25981</t>
+          <t>../../src/UserSettingsPage.cpp:26087</t>
         </is>
       </c>
       <c r="B906" t="inlineStr">
         <is>
-          <t>Touchscreen mode</t>
+          <t>Reduce or disable animations</t>
         </is>
       </c>
       <c r="C906" t="inlineStr">
         <is>
-          <t>Mode écran tactile</t>
+          <t>Réduire ou désactiver les animations</t>
         </is>
       </c>
       <c r="D906" t="inlineStr"/>
       <c r="E906" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F906" t="inlineStr">
         <is>
-          <t>UserSettingsModelTouchscreen mode</t>
+          <t>UserSettingsModelReduce or disable animations</t>
         </is>
       </c>
       <c r="G906" t="inlineStr"/>
       <c r="H906" t="inlineStr"/>
     </row>
     <row r="907">
       <c r="A907" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25983</t>
+          <t>../../src/UserSettingsPage.cpp:26089</t>
         </is>
       </c>
       <c r="B907" t="inlineStr">
         <is>
-          <t>Disable swipe motions</t>
+          <t>Privacy Screen</t>
         </is>
       </c>
       <c r="C907" t="inlineStr">
         <is>
-          <t>Désactiver les mouvements glissés</t>
+          <t>Protection anti-indiscrétion</t>
         </is>
       </c>
       <c r="D907" t="inlineStr"/>
       <c r="E907" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F907" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisable swipe motions</t>
+          <t>UserSettingsModelPrivacy Screen</t>
         </is>
       </c>
       <c r="G907" t="inlineStr"/>
       <c r="H907" t="inlineStr"/>
     </row>
     <row r="908">
       <c r="A908" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25985</t>
+          <t>../../src/UserSettingsPage.cpp:26091</t>
         </is>
       </c>
       <c r="B908" t="inlineStr">
         <is>
-          <t>Font size</t>
+          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="C908" t="inlineStr">
         <is>
-          <t>Taille de police</t>
+          <t>Délai d'activation de la protection anti-indiscrétion (en secondes, 0 à 3600)</t>
         </is>
       </c>
       <c r="D908" t="inlineStr"/>
       <c r="E908" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F908" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont size</t>
+          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="G908" t="inlineStr"/>
       <c r="H908" t="inlineStr"/>
     </row>
     <row r="909">
       <c r="A909" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25987</t>
+          <t>../../src/UserSettingsPage.cpp:26093</t>
         </is>
       </c>
       <c r="B909" t="inlineStr">
         <is>
-          <t>Font Family</t>
+          <t>Touchscreen mode</t>
         </is>
       </c>
       <c r="C909" t="inlineStr">
         <is>
-          <t>Police de caractères</t>
+          <t>Mode écran tactile</t>
         </is>
       </c>
       <c r="D909" t="inlineStr"/>
       <c r="E909" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F909" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont Family</t>
+          <t>UserSettingsModelTouchscreen mode</t>
         </is>
       </c>
       <c r="G909" t="inlineStr"/>
       <c r="H909" t="inlineStr"/>
     </row>
     <row r="910">
       <c r="A910" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25989</t>
+          <t>../../src/UserSettingsPage.cpp:26095</t>
         </is>
       </c>
       <c r="B910" t="inlineStr">
         <is>
-          <t>Emoji Font Family</t>
+          <t>Disable swipe motions</t>
         </is>
       </c>
       <c r="C910" t="inlineStr">
         <is>
-          <t>Police de caractères pour émoji</t>
+          <t>Désactiver les mouvements glissés</t>
         </is>
       </c>
       <c r="D910" t="inlineStr"/>
       <c r="E910" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F910" t="inlineStr">
         <is>
-          <t>UserSettingsModelEmoji Font Family</t>
+          <t>UserSettingsModelDisable swipe motions</t>
         </is>
       </c>
       <c r="G910" t="inlineStr"/>
       <c r="H910" t="inlineStr"/>
     </row>
     <row r="911">
       <c r="A911" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25991</t>
+          <t>../../src/UserSettingsPage.cpp:26097</t>
         </is>
       </c>
       <c r="B911" t="inlineStr">
         <is>
-          <t>Ringtone</t>
+          <t>Font size</t>
         </is>
       </c>
       <c r="C911" t="inlineStr">
         <is>
-          <t>Sonnerie</t>
+          <t>Taille de police</t>
         </is>
       </c>
       <c r="D911" t="inlineStr"/>
       <c r="E911" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F911" t="inlineStr">
         <is>
-          <t>UserSettingsModelRingtone</t>
+          <t>UserSettingsModelFont size</t>
         </is>
       </c>
       <c r="G911" t="inlineStr"/>
       <c r="H911" t="inlineStr"/>
     </row>
     <row r="912">
       <c r="A912" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25993</t>
+          <t>../../src/UserSettingsPage.cpp:26099</t>
         </is>
       </c>
       <c r="B912" t="inlineStr">
         <is>
-          <t>Microphone</t>
+          <t>Font Family</t>
         </is>
       </c>
       <c r="C912" t="inlineStr">
         <is>
-          <t>Microphone</t>
+          <t>Police de caractères</t>
         </is>
       </c>
       <c r="D912" t="inlineStr"/>
       <c r="E912" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F912" t="inlineStr">
         <is>
-          <t>UserSettingsModelMicrophone</t>
+          <t>UserSettingsModelFont Family</t>
         </is>
       </c>
       <c r="G912" t="inlineStr"/>
       <c r="H912" t="inlineStr"/>
     </row>
     <row r="913">
       <c r="A913" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25995</t>
+          <t>../../src/UserSettingsPage.cpp:26101</t>
         </is>
       </c>
       <c r="B913" t="inlineStr">
         <is>
-          <t>Camera</t>
+          <t>Emoji Font Family</t>
         </is>
       </c>
       <c r="C913" t="inlineStr">
         <is>
-          <t>Caméra</t>
+          <t>Police de caractères pour émoji</t>
         </is>
       </c>
       <c r="D913" t="inlineStr"/>
       <c r="E913" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F913" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera</t>
+          <t>UserSettingsModelEmoji Font Family</t>
         </is>
       </c>
       <c r="G913" t="inlineStr"/>
       <c r="H913" t="inlineStr"/>
     </row>
     <row r="914">
       <c r="A914" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25997</t>
+          <t>../../src/UserSettingsPage.cpp:26103</t>
         </is>
       </c>
       <c r="B914" t="inlineStr">
         <is>
-          <t>Camera resolution</t>
+          <t>Ringtone</t>
         </is>
       </c>
       <c r="C914" t="inlineStr">
         <is>
-          <t>Résolution de la caméra</t>
+          <t>Sonnerie</t>
         </is>
       </c>
       <c r="D914" t="inlineStr"/>
       <c r="E914" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F914" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera resolution</t>
+          <t>UserSettingsModelRingtone</t>
         </is>
       </c>
       <c r="G914" t="inlineStr"/>
       <c r="H914" t="inlineStr"/>
     </row>
     <row r="915">
       <c r="A915" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25999</t>
+          <t>../../src/UserSettingsPage.cpp:26105</t>
         </is>
       </c>
       <c r="B915" t="inlineStr">
         <is>
-          <t>Camera frame rate</t>
+          <t>Microphone</t>
         </is>
       </c>
       <c r="C915" t="inlineStr">
         <is>
-          <t>Fréquence d’acquisition de la caméra</t>
+          <t>Microphone</t>
         </is>
       </c>
       <c r="D915" t="inlineStr"/>
       <c r="E915" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F915" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera frame rate</t>
+          <t>UserSettingsModelMicrophone</t>
         </is>
       </c>
       <c r="G915" t="inlineStr"/>
       <c r="H915" t="inlineStr"/>
     </row>
     <row r="916">
       <c r="A916" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26001</t>
+          <t>../../src/UserSettingsPage.cpp:26107</t>
         </is>
       </c>
       <c r="B916" t="inlineStr">
         <is>
-          <t>Allow fallback call assist server</t>
+          <t>Camera</t>
         </is>
       </c>
       <c r="C916" t="inlineStr">
         <is>
-          <t>Autoriser le serveur de secours pour les appels</t>
+          <t>Caméra</t>
         </is>
       </c>
       <c r="D916" t="inlineStr"/>
       <c r="E916" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F916" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow fallback call assist server</t>
+          <t>UserSettingsModelCamera</t>
         </is>
       </c>
       <c r="G916" t="inlineStr"/>
       <c r="H916" t="inlineStr"/>
     </row>
     <row r="917">
       <c r="A917" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26003</t>
+          <t>../../src/UserSettingsPage.cpp:26109</t>
         </is>
       </c>
       <c r="B917" t="inlineStr">
         <is>
-          <t>Send encrypted messages to verified users only</t>
+          <t>Camera resolution</t>
         </is>
       </c>
       <c r="C917" t="inlineStr">
         <is>
-          <t>N'envoyer des messages chiffrés qu'aux utilisateurs vérifiés</t>
+          <t>Résolution de la caméra</t>
         </is>
       </c>
       <c r="D917" t="inlineStr"/>
       <c r="E917" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F917" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend encrypted messages to verified users only</t>
+          <t>UserSettingsModelCamera resolution</t>
         </is>
       </c>
       <c r="G917" t="inlineStr"/>
       <c r="H917" t="inlineStr"/>
     </row>
     <row r="918">
       <c r="A918" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26005</t>
+          <t>../../src/UserSettingsPage.cpp:26111</t>
         </is>
       </c>
       <c r="B918" t="inlineStr">
         <is>
-          <t>Share keys with verified users and devices</t>
+          <t>Camera frame rate</t>
         </is>
       </c>
       <c r="C918" t="inlineStr">
         <is>
-          <t>Partager vos clés avec les utilisateurs et appareils vérifiés</t>
+          <t>Fréquence d’acquisition de la caméra</t>
         </is>
       </c>
       <c r="D918" t="inlineStr"/>
       <c r="E918" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F918" t="inlineStr">
         <is>
-          <t>UserSettingsModelShare keys with verified users and devices</t>
+          <t>UserSettingsModelCamera frame rate</t>
         </is>
       </c>
       <c r="G918" t="inlineStr"/>
       <c r="H918" t="inlineStr"/>
     </row>
     <row r="919">
       <c r="A919" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26007</t>
+          <t>../../src/UserSettingsPage.cpp:26113</t>
         </is>
       </c>
       <c r="B919" t="inlineStr">
         <is>
-          <t>Online Key Backup</t>
+          <t>Allow fallback call assist server</t>
         </is>
       </c>
       <c r="C919" t="inlineStr">
         <is>
-          <t>Sauvegarde des clefs en ligne</t>
+          <t>Autoriser le serveur de secours pour les appels</t>
         </is>
       </c>
       <c r="D919" t="inlineStr"/>
       <c r="E919" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F919" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline Key Backup</t>
+          <t>UserSettingsModelAllow fallback call assist server</t>
         </is>
       </c>
       <c r="G919" t="inlineStr"/>
       <c r="H919" t="inlineStr"/>
     </row>
     <row r="920">
       <c r="A920" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26009</t>
+          <t>../../src/UserSettingsPage.cpp:26115</t>
         </is>
       </c>
       <c r="B920" t="inlineStr">
         <is>
-          <t>Profile</t>
+          <t>Send encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="C920" t="inlineStr">
         <is>
-          <t>Profil</t>
+          <t>N'envoyer des messages chiffrés qu'aux utilisateurs vérifiés</t>
         </is>
       </c>
       <c r="D920" t="inlineStr"/>
       <c r="E920" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F920" t="inlineStr">
         <is>
-          <t>UserSettingsModelProfile</t>
+          <t>UserSettingsModelSend encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="G920" t="inlineStr"/>
       <c r="H920" t="inlineStr"/>
     </row>
     <row r="921">
       <c r="A921" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26011</t>
+          <t>../../src/UserSettingsPage.cpp:26117</t>
         </is>
       </c>
       <c r="B921" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Share keys with verified users and devices</t>
         </is>
       </c>
       <c r="C921" t="inlineStr">
         <is>
-          <t>Identifiant de l'utilisateur</t>
+          <t>Partager vos clés avec les utilisateurs et appareils vérifiés</t>
         </is>
       </c>
       <c r="D921" t="inlineStr"/>
       <c r="E921" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F921" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser ID</t>
+          <t>UserSettingsModelShare keys with verified users and devices</t>
         </is>
       </c>
       <c r="G921" t="inlineStr"/>
       <c r="H921" t="inlineStr"/>
     </row>
     <row r="922">
       <c r="A922" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26013</t>
+          <t>../../src/UserSettingsPage.cpp:26119</t>
         </is>
       </c>
       <c r="B922" t="inlineStr">
         <is>
-          <t>Accesstoken</t>
+          <t>Online Key Backup</t>
         </is>
       </c>
       <c r="C922" t="inlineStr">
         <is>
-          <t>Jeton d'accès</t>
+          <t>Sauvegarde des clefs en ligne</t>
         </is>
       </c>
       <c r="D922" t="inlineStr"/>
       <c r="E922" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F922" t="inlineStr">
         <is>
-          <t>UserSettingsModelAccesstoken</t>
+          <t>UserSettingsModelOnline Key Backup</t>
         </is>
       </c>
       <c r="G922" t="inlineStr"/>
       <c r="H922" t="inlineStr"/>
     </row>
     <row r="923">
       <c r="A923" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26015</t>
+          <t>../../src/UserSettingsPage.cpp:26121</t>
         </is>
       </c>
       <c r="B923" t="inlineStr">
         <is>
-          <t>Device ID</t>
+          <t>Profile</t>
         </is>
       </c>
       <c r="C923" t="inlineStr">
         <is>
-          <t>Identifiant de l'appareil</t>
+          <t>Profil</t>
         </is>
       </c>
       <c r="D923" t="inlineStr"/>
       <c r="E923" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F923" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice ID</t>
+          <t>UserSettingsModelProfile</t>
         </is>
       </c>
       <c r="G923" t="inlineStr"/>
       <c r="H923" t="inlineStr"/>
     </row>
     <row r="924">
       <c r="A924" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26017</t>
+          <t>../../src/UserSettingsPage.cpp:26123</t>
         </is>
       </c>
       <c r="B924" t="inlineStr">
         <is>
-          <t>Device Fingerprint</t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C924" t="inlineStr">
         <is>
-          <t>Empreinte de l'appareil</t>
+          <t>Identifiant de l'utilisateur</t>
         </is>
       </c>
       <c r="D924" t="inlineStr"/>
       <c r="E924" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F924" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice Fingerprint</t>
+          <t>UserSettingsModelUser ID</t>
         </is>
       </c>
       <c r="G924" t="inlineStr"/>
       <c r="H924" t="inlineStr"/>
     </row>
     <row r="925">
       <c r="A925" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26019</t>
+          <t>../../src/UserSettingsPage.cpp:26125</t>
         </is>
       </c>
       <c r="B925" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Accesstoken</t>
         </is>
       </c>
       <c r="C925" t="inlineStr">
         <is>
-          <t>Serveur</t>
+          <t>Jeton d'accès</t>
         </is>
       </c>
       <c r="D925" t="inlineStr"/>
       <c r="E925" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F925" t="inlineStr">
         <is>
-          <t>UserSettingsModelHomeserver</t>
+          <t>UserSettingsModelAccesstoken</t>
         </is>
       </c>
       <c r="G925" t="inlineStr"/>
       <c r="H925" t="inlineStr"/>
     </row>
     <row r="926">
       <c r="A926" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26021</t>
+          <t>../../src/UserSettingsPage.cpp:26127</t>
         </is>
       </c>
       <c r="B926" t="inlineStr">
         <is>
-          <t>Version</t>
+          <t>Device ID</t>
         </is>
       </c>
       <c r="C926" t="inlineStr">
         <is>
-          <t>Version</t>
+          <t>Identifiant de l'appareil</t>
         </is>
       </c>
       <c r="D926" t="inlineStr"/>
       <c r="E926" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F926" t="inlineStr">
         <is>
-          <t>UserSettingsModelVersion</t>
+          <t>UserSettingsModelDevice ID</t>
         </is>
       </c>
       <c r="G926" t="inlineStr"/>
       <c r="H926" t="inlineStr"/>
     </row>
     <row r="927">
       <c r="A927" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26023</t>
+          <t>../../src/UserSettingsPage.cpp:26129</t>
         </is>
       </c>
       <c r="B927" t="inlineStr">
         <is>
-          <t>Platform</t>
+          <t>Device Fingerprint</t>
         </is>
       </c>
       <c r="C927" t="inlineStr">
         <is>
-          <t>Plate-forme</t>
+          <t>Empreinte de l'appareil</t>
         </is>
       </c>
       <c r="D927" t="inlineStr"/>
       <c r="E927" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F927" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlatform</t>
+          <t>UserSettingsModelDevice Fingerprint</t>
         </is>
       </c>
       <c r="G927" t="inlineStr"/>
       <c r="H927" t="inlineStr"/>
     </row>
     <row r="928">
       <c r="A928" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26025</t>
+          <t>../../src/UserSettingsPage.cpp:26131</t>
         </is>
       </c>
       <c r="B928" t="inlineStr">
         <is>
-          <t>GENERAL</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C928" t="inlineStr">
         <is>
-          <t>GÉNÉRAL</t>
+          <t>Serveur</t>
         </is>
       </c>
       <c r="D928" t="inlineStr"/>
       <c r="E928" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F928" t="inlineStr">
         <is>
-          <t>UserSettingsModelGENERAL</t>
+          <t>UserSettingsModelHomeserver</t>
         </is>
       </c>
       <c r="G928" t="inlineStr"/>
       <c r="H928" t="inlineStr"/>
     </row>
     <row r="929">
       <c r="A929" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26027</t>
+          <t>../../src/UserSettingsPage.cpp:26133</t>
         </is>
       </c>
       <c r="B929" t="inlineStr">
         <is>
-          <t>ACCESSIBILITY</t>
+          <t>Version</t>
         </is>
       </c>
       <c r="C929" t="inlineStr">
         <is>
-          <t>ACCESSIBILITÉ</t>
+          <t>Version</t>
         </is>
       </c>
       <c r="D929" t="inlineStr"/>
       <c r="E929" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F929" t="inlineStr">
         <is>
-          <t>UserSettingsModelACCESSIBILITY</t>
+          <t>UserSettingsModelVersion</t>
         </is>
       </c>
       <c r="G929" t="inlineStr"/>
       <c r="H929" t="inlineStr"/>
     </row>
     <row r="930">
       <c r="A930" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26029</t>
+          <t>../../src/UserSettingsPage.cpp:26135</t>
         </is>
       </c>
       <c r="B930" t="inlineStr">
         <is>
-          <t>TIMELINE</t>
+          <t>Platform</t>
         </is>
       </c>
       <c r="C930" t="inlineStr">
         <is>
-          <t>DISCUSSION</t>
+          <t>Plate-forme</t>
         </is>
       </c>
       <c r="D930" t="inlineStr"/>
       <c r="E930" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F930" t="inlineStr">
         <is>
-          <t>UserSettingsModelTIMELINE</t>
+          <t>UserSettingsModelPlatform</t>
         </is>
       </c>
       <c r="G930" t="inlineStr"/>
       <c r="H930" t="inlineStr"/>
     </row>
     <row r="931">
       <c r="A931" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26031</t>
+          <t>../../src/UserSettingsPage.cpp:26137</t>
         </is>
       </c>
       <c r="B931" t="inlineStr">
         <is>
-          <t>SIDEBAR</t>
+          <t>GENERAL</t>
         </is>
       </c>
       <c r="C931" t="inlineStr">
         <is>
-          <t>BARRE LATÉRALE</t>
+          <t>GÉNÉRAL</t>
         </is>
       </c>
       <c r="D931" t="inlineStr"/>
       <c r="E931" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F931" t="inlineStr">
         <is>
-          <t>UserSettingsModelSIDEBAR</t>
+          <t>UserSettingsModelGENERAL</t>
         </is>
       </c>
       <c r="G931" t="inlineStr"/>
       <c r="H931" t="inlineStr"/>
     </row>
     <row r="932">
       <c r="A932" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26033</t>
+          <t>../../src/UserSettingsPage.cpp:26139</t>
         </is>
       </c>
       <c r="B932" t="inlineStr">
         <is>
-          <t>TRAY</t>
+          <t>ACCESSIBILITY</t>
         </is>
       </c>
       <c r="C932" t="inlineStr">
         <is>
-          <t>BARRE DES TÂCHES</t>
+          <t>ACCESSIBILITÉ</t>
         </is>
       </c>
       <c r="D932" t="inlineStr"/>
       <c r="E932" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F932" t="inlineStr">
         <is>
-          <t>UserSettingsModelTRAY</t>
+          <t>UserSettingsModelACCESSIBILITY</t>
         </is>
       </c>
       <c r="G932" t="inlineStr"/>
       <c r="H932" t="inlineStr"/>
     </row>
     <row r="933">
       <c r="A933" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26035</t>
+          <t>../../src/UserSettingsPage.cpp:26141</t>
         </is>
       </c>
       <c r="B933" t="inlineStr">
         <is>
-          <t>GLOBAL MESSAGE VISIBILITY</t>
+          <t>TIMELINE</t>
         </is>
       </c>
       <c r="C933" t="inlineStr">
         <is>
-          <t>VISIBILITÉ GLOBALE DES MESSAGES</t>
+          <t>DISCUSSION</t>
         </is>
       </c>
       <c r="D933" t="inlineStr"/>
       <c r="E933" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F933" t="inlineStr">
         <is>
-          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
+          <t>UserSettingsModelTIMELINE</t>
         </is>
       </c>
       <c r="G933" t="inlineStr"/>
       <c r="H933" t="inlineStr"/>
     </row>
     <row r="934">
       <c r="A934" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26037</t>
+          <t>../../src/UserSettingsPage.cpp:26143</t>
         </is>
       </c>
       <c r="B934" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>SIDEBAR</t>
         </is>
       </c>
       <c r="C934" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>BARRE LATÉRALE</t>
         </is>
       </c>
       <c r="D934" t="inlineStr"/>
       <c r="E934" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F934" t="inlineStr">
         <is>
-          <t>UserSettingsModelNOTIFICATIONS</t>
+          <t>UserSettingsModelSIDEBAR</t>
         </is>
       </c>
       <c r="G934" t="inlineStr"/>
       <c r="H934" t="inlineStr"/>
     </row>
     <row r="935">
       <c r="A935" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26039</t>
+          <t>../../src/UserSettingsPage.cpp:26145</t>
         </is>
       </c>
       <c r="B935" t="inlineStr">
         <is>
-          <t>CALLS</t>
+          <t>TRAY</t>
         </is>
       </c>
       <c r="C935" t="inlineStr">
         <is>
-          <t>APPELS</t>
+          <t>BARRE DES TÂCHES</t>
         </is>
       </c>
       <c r="D935" t="inlineStr"/>
       <c r="E935" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F935" t="inlineStr">
         <is>
-          <t>UserSettingsModelCALLS</t>
+          <t>UserSettingsModelTRAY</t>
         </is>
       </c>
       <c r="G935" t="inlineStr"/>
       <c r="H935" t="inlineStr"/>
     </row>
     <row r="936">
       <c r="A936" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26041</t>
+          <t>../../src/UserSettingsPage.cpp:26147</t>
         </is>
       </c>
       <c r="B936" t="inlineStr">
         <is>
-          <t>ENCRYPTION</t>
+          <t>GLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C936" t="inlineStr">
         <is>
-          <t>CHIFFREMENT</t>
+          <t>VISIBILITÉ GLOBALE DES MESSAGES</t>
         </is>
       </c>
       <c r="D936" t="inlineStr"/>
       <c r="E936" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F936" t="inlineStr">
         <is>
-          <t>UserSettingsModelENCRYPTION</t>
+          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G936" t="inlineStr"/>
       <c r="H936" t="inlineStr"/>
     </row>
     <row r="937">
       <c r="A937" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26043</t>
+          <t>../../src/UserSettingsPage.cpp:26149</t>
         </is>
       </c>
       <c r="B937" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C937" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="D937" t="inlineStr"/>
       <c r="E937" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F937" t="inlineStr">
         <is>
-          <t>UserSettingsModelINFO</t>
+          <t>UserSettingsModelNOTIFICATIONS</t>
         </is>
       </c>
       <c r="G937" t="inlineStr"/>
       <c r="H937" t="inlineStr"/>
     </row>
     <row r="938">
       <c r="A938" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26045</t>
+          <t>../../src/UserSettingsPage.cpp:26151</t>
         </is>
       </c>
       <c r="B938" t="inlineStr">
         <is>
-          <t>Session Keys</t>
+          <t>CALLS</t>
         </is>
       </c>
       <c r="C938" t="inlineStr">
         <is>
-          <t>Clés de session</t>
+          <t>APPELS</t>
         </is>
       </c>
       <c r="D938" t="inlineStr"/>
       <c r="E938" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F938" t="inlineStr">
         <is>
-          <t>UserSettingsModelSession Keys</t>
+          <t>UserSettingsModelCALLS</t>
         </is>
       </c>
       <c r="G938" t="inlineStr"/>
       <c r="H938" t="inlineStr"/>
     </row>
     <row r="939">
       <c r="A939" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26047</t>
+          <t>../../src/UserSettingsPage.cpp:26153</t>
         </is>
       </c>
       <c r="B939" t="inlineStr">
         <is>
-          <t>Cross Signing Secrets</t>
+          <t>ENCRYPTION</t>
         </is>
       </c>
       <c r="C939" t="inlineStr">
         <is>
-          <t>Secrets de vérification croisée</t>
+          <t>CHIFFREMENT</t>
         </is>
       </c>
       <c r="D939" t="inlineStr"/>
       <c r="E939" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F939" t="inlineStr">
         <is>
-          <t>UserSettingsModelCross Signing Secrets</t>
+          <t>UserSettingsModelENCRYPTION</t>
         </is>
       </c>
       <c r="G939" t="inlineStr"/>
       <c r="H939" t="inlineStr"/>
     </row>
     <row r="940">
       <c r="A940" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26049</t>
+          <t>../../src/UserSettingsPage.cpp:26155</t>
         </is>
       </c>
       <c r="B940" t="inlineStr">
         <is>
-          <t>Online backup key</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C940" t="inlineStr">
         <is>
-          <t>Clé de backup en ligne</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="D940" t="inlineStr"/>
       <c r="E940" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F940" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline backup key</t>
+          <t>UserSettingsModelINFO</t>
         </is>
       </c>
       <c r="G940" t="inlineStr"/>
       <c r="H940" t="inlineStr"/>
     </row>
     <row r="941">
       <c r="A941" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26051</t>
+          <t>../../src/UserSettingsPage.cpp:26157</t>
         </is>
       </c>
       <c r="B941" t="inlineStr">
         <is>
-          <t>Self signing key</t>
+          <t>Session Keys</t>
         </is>
       </c>
       <c r="C941" t="inlineStr">
         <is>
-          <t>Clé d'auto-vérification</t>
+          <t>Clés de session</t>
         </is>
       </c>
       <c r="D941" t="inlineStr"/>
       <c r="E941" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F941" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelf signing key</t>
+          <t>UserSettingsModelSession Keys</t>
         </is>
       </c>
       <c r="G941" t="inlineStr"/>
       <c r="H941" t="inlineStr"/>
     </row>
     <row r="942">
       <c r="A942" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26053</t>
+          <t>../../src/UserSettingsPage.cpp:26159</t>
         </is>
       </c>
       <c r="B942" t="inlineStr">
         <is>
-          <t>User signing key</t>
+          <t>Cross Signing Secrets</t>
         </is>
       </c>
       <c r="C942" t="inlineStr">
         <is>
-          <t>Clé de signature de l'utilisateur</t>
+          <t>Secrets de vérification croisée</t>
         </is>
       </c>
       <c r="D942" t="inlineStr"/>
       <c r="E942" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F942" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser signing key</t>
+          <t>UserSettingsModelCross Signing Secrets</t>
         </is>
       </c>
       <c r="G942" t="inlineStr"/>
       <c r="H942" t="inlineStr"/>
     </row>
     <row r="943">
       <c r="A943" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26055</t>
+          <t>../../src/UserSettingsPage.cpp:26161</t>
         </is>
       </c>
       <c r="B943" t="inlineStr">
         <is>
-          <t>Master signing key</t>
+          <t>Online backup key</t>
         </is>
       </c>
       <c r="C943" t="inlineStr">
         <is>
-          <t>Clé de signature maîtresse de l'utilisateur</t>
+          <t>Clé de backup en ligne</t>
         </is>
       </c>
       <c r="D943" t="inlineStr"/>
       <c r="E943" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F943" t="inlineStr">
         <is>
-          <t>UserSettingsModelMaster signing key</t>
+          <t>UserSettingsModelOnline backup key</t>
         </is>
       </c>
       <c r="G943" t="inlineStr"/>
       <c r="H943" t="inlineStr"/>
     </row>
     <row r="944">
       <c r="A944" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26057</t>
+          <t>../../src/UserSettingsPage.cpp:26163</t>
         </is>
       </c>
       <c r="B944" t="inlineStr">
         <is>
-          <t>Expose room information via D-Bus</t>
+          <t>Self signing key</t>
         </is>
       </c>
       <c r="C944" t="inlineStr">
         <is>
-          <t>Exposer les informations des salons via D-Bus</t>
+          <t>Clé d'auto-vérification</t>
         </is>
       </c>
       <c r="D944" t="inlineStr"/>
       <c r="E944" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F944" t="inlineStr">
         <is>
-          <t>UserSettingsModelExpose room information via D-Bus</t>
+          <t>UserSettingsModelSelf signing key</t>
         </is>
       </c>
       <c r="G944" t="inlineStr"/>
       <c r="H944" t="inlineStr"/>
     </row>
     <row r="945">
       <c r="A945" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26059</t>
+          <t>../../src/UserSettingsPage.cpp:26165</t>
         </is>
       </c>
       <c r="B945" t="inlineStr">
         <is>
-          <t>Periodically update community routing information</t>
+          <t>User signing key</t>
         </is>
       </c>
       <c r="C945" t="inlineStr">
         <is>
-          <t>Périodiquement mettre à jour l'information de routage des communautés</t>
+          <t>Clé de signature de l'utilisateur</t>
         </is>
       </c>
       <c r="D945" t="inlineStr"/>
       <c r="E945" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F945" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically update community routing information</t>
+          <t>UserSettingsModelUser signing key</t>
         </is>
       </c>
       <c r="G945" t="inlineStr"/>
       <c r="H945" t="inlineStr"/>
     </row>
     <row r="946">
       <c r="A946" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26061</t>
+          <t>../../src/UserSettingsPage.cpp:26167</t>
         </is>
       </c>
       <c r="B946" t="inlineStr">
         <is>
-          <t>Periodically delete expired events</t>
+          <t>Master signing key</t>
         </is>
       </c>
       <c r="C946" t="inlineStr">
         <is>
-          <t>Périodiquement effacer les évènements expirés</t>
+          <t>Clé de signature maîtresse de l'utilisateur</t>
         </is>
       </c>
       <c r="D946" t="inlineStr"/>
       <c r="E946" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F946" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically delete expired events</t>
+          <t>UserSettingsModelMaster signing key</t>
         </is>
       </c>
       <c r="G946" t="inlineStr"/>
       <c r="H946" t="inlineStr"/>
     </row>
     <row r="947">
       <c r="A947" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26182</t>
+          <t>../../src/UserSettingsPage.cpp:26169</t>
         </is>
       </c>
       <c r="B947" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Expose room information via D-Bus</t>
         </is>
       </c>
       <c r="C947" t="inlineStr">
         <is>
-          <t>Défaut</t>
+          <t>Exposer les informations des salons via D-Bus</t>
         </is>
       </c>
       <c r="D947" t="inlineStr"/>
       <c r="E947" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F947" t="inlineStr">
         <is>
-          <t>UserSettingsModelDefault</t>
+          <t>UserSettingsModelExpose room information via D-Bus</t>
         </is>
       </c>
       <c r="G947" t="inlineStr"/>
       <c r="H947" t="inlineStr"/>
     </row>
     <row r="948">
       <c r="A948" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26221</t>
+          <t>../../src/UserSettingsPage.cpp:26171</t>
         </is>
       </c>
       <c r="B948" t="inlineStr">
         <is>
-          <t>Set the notification sound to play when a call invite arrives</t>
+          <t>Periodically update community routing information</t>
         </is>
       </c>
       <c r="C948" t="inlineStr">
         <is>
-          <t>Choisit le son de notification lors de la réception d'un appel</t>
+          <t>Périodiquement mettre à jour l'information de routage des communautés</t>
         </is>
       </c>
       <c r="D948" t="inlineStr"/>
       <c r="E948" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F948" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
+          <t>UserSettingsModelPeriodically update community routing information</t>
         </is>
       </c>
       <c r="G948" t="inlineStr"/>
       <c r="H948" t="inlineStr"/>
     </row>
     <row r="949">
       <c r="A949" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26231</t>
+          <t>../../src/UserSettingsPage.cpp:26173</t>
         </is>
       </c>
       <c r="B949" t="inlineStr">
+        <is>
+          <t>Periodically delete expired events</t>
+        </is>
+      </c>
+      <c r="C949" t="inlineStr">
+        <is>
+          <t>Périodiquement effacer les évènements expirés</t>
+        </is>
+      </c>
+      <c r="D949" t="inlineStr"/>
+      <c r="E949" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F949" t="inlineStr">
+        <is>
+          <t>UserSettingsModelPeriodically delete expired events</t>
+        </is>
+      </c>
+      <c r="G949" t="inlineStr"/>
+      <c r="H949" t="inlineStr"/>
+    </row>
+    <row r="950">
+      <c r="A950" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26289</t>
+        </is>
+      </c>
+      <c r="B950" t="inlineStr">
+        <is>
+          <t>Default</t>
+        </is>
+      </c>
+      <c r="C950" t="inlineStr">
+        <is>
+          <t>Défaut</t>
+        </is>
+      </c>
+      <c r="D950" t="inlineStr"/>
+      <c r="E950" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F950" t="inlineStr">
+        <is>
+          <t>UserSettingsModelDefault</t>
+        </is>
+      </c>
+      <c r="G950" t="inlineStr"/>
+      <c r="H950" t="inlineStr"/>
+    </row>
+    <row r="951">
+      <c r="A951" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26328</t>
+        </is>
+      </c>
+      <c r="B951" t="inlineStr">
+        <is>
+          <t>Set the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="C951" t="inlineStr">
+        <is>
+          <t>Choisit le son de notification lors de la réception d'un appel</t>
+        </is>
+      </c>
+      <c r="D951" t="inlineStr"/>
+      <c r="E951" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F951" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="G951" t="inlineStr"/>
+      <c r="H951" t="inlineStr"/>
+    </row>
+    <row r="952">
+      <c r="A952" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26338</t>
+        </is>
+      </c>
+      <c r="B952" t="inlineStr">
         <is>
           <t>Set timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="C949" t="inlineStr">
+      <c r="C952" t="inlineStr">
         <is>
           <t>Temps d'attente (en secondes) avant le floutage des conversations lorsque la fenêtre n'est plus active.
 Régler à 0 pour flouter immédiatement lorsque la fenêtre devient inactive. Valeur maximale d'une heure (3600 secondes)</t>
         </is>
       </c>
-      <c r="D949" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F949" t="inlineStr">
+      <c r="D952" t="inlineStr"/>
+      <c r="E952" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F952" t="inlineStr">
         <is>
           <t>UserSettingsModelSet timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="G949" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G952" t="inlineStr"/>
       <c r="H952" t="inlineStr"/>
     </row>
     <row r="953">
       <c r="A953" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26245</t>
+          <t>../../src/UserSettingsPage.cpp:26345</t>
         </is>
       </c>
       <c r="B953" t="inlineStr">
         <is>
-          <t>Start the application in the background without showing the client window.</t>
+          <t>Change the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="C953" t="inlineStr">
         <is>
-          <t>Démarrer l'application en arrière-plan sans montrer la fenêtre du client.</t>
+          <t>Change la couleur d'arrière plan des messages lorsqu'ils sont survolés avec la souris.</t>
         </is>
       </c>
       <c r="D953" t="inlineStr"/>
       <c r="E953" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F953" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+          <t>UserSettingsModelChange the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="G953" t="inlineStr"/>
       <c r="H953" t="inlineStr"/>
     </row>
     <row r="954">
       <c r="A954" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26249</t>
+          <t>../../src/UserSettingsPage.cpp:26347</t>
         </is>
       </c>
       <c r="B954" t="inlineStr">
         <is>
-          <t>Shows scrollbars in the room list and communities list.</t>
+          <t>Make font size larger if messages with only a few emojis are displayed.</t>
         </is>
       </c>
       <c r="C954" t="inlineStr">
         <is>
-          <t>Montrer la barre de défilement dans la liste de salons et communautés.</t>
+          <t>Augmente la taille de la police des messages contenant uniquement quelques émojis.</t>
         </is>
       </c>
       <c r="D954" t="inlineStr"/>
       <c r="E954" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F954" t="inlineStr">
         <is>
-          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
+          <t>UserSettingsModelMake font size larger if messages with only a few emojis are displayed.</t>
         </is>
       </c>
       <c r="G954" t="inlineStr"/>
       <c r="H954" t="inlineStr"/>
     </row>
     <row r="955">
       <c r="A955" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26251</t>
+          <t>../../src/UserSettingsPage.cpp:26349</t>
         </is>
       </c>
       <c r="B955" t="inlineStr">
+        <is>
+          <t>Keep the application running in the background after closing the client window.</t>
+        </is>
+      </c>
+      <c r="C955" t="inlineStr">
+        <is>
+          <t>Conserver l'application en arrière-plan après avoir fermé la fenêtre du client.</t>
+        </is>
+      </c>
+      <c r="D955" t="inlineStr"/>
+      <c r="E955" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F955" t="inlineStr">
+        <is>
+          <t>UserSettingsModelKeep the application running in the background after closing the client window.</t>
+        </is>
+      </c>
+      <c r="G955" t="inlineStr"/>
+      <c r="H955" t="inlineStr"/>
+    </row>
+    <row r="956">
+      <c r="A956" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26352</t>
+        </is>
+      </c>
+      <c r="B956" t="inlineStr">
+        <is>
+          <t>Start the application in the background without showing the client window.</t>
+        </is>
+      </c>
+      <c r="C956" t="inlineStr">
+        <is>
+          <t>Démarrer l'application en arrière-plan sans montrer la fenêtre du client.</t>
+        </is>
+      </c>
+      <c r="D956" t="inlineStr"/>
+      <c r="E956" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F956" t="inlineStr">
+        <is>
+          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+        </is>
+      </c>
+      <c r="G956" t="inlineStr"/>
+      <c r="H956" t="inlineStr"/>
+    </row>
+    <row r="957">
+      <c r="A957" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26356</t>
+        </is>
+      </c>
+      <c r="B957" t="inlineStr">
+        <is>
+          <t>Shows scrollbars in the room list and communities list.</t>
+        </is>
+      </c>
+      <c r="C957" t="inlineStr">
+        <is>
+          <t>Montrer la barre de défilement dans la liste de salons et communautés.</t>
+        </is>
+      </c>
+      <c r="D957" t="inlineStr"/>
+      <c r="E957" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F957" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
+        </is>
+      </c>
+      <c r="G957" t="inlineStr"/>
+      <c r="H957" t="inlineStr"/>
+    </row>
+    <row r="958">
+      <c r="A958" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26358</t>
+        </is>
+      </c>
+      <c r="B958" t="inlineStr">
         <is>
           <t>Allow using markdown in messages.
 When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
-      <c r="C955" t="inlineStr">
+      <c r="C958" t="inlineStr">
         <is>
           <t>Permet l'utilisation de Markdown dans les messages.
 Si désactivé, tous les messages sont envoyés comme texte brut.</t>
         </is>
       </c>
-      <c r="D955" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F955" t="inlineStr">
+      <c r="D958" t="inlineStr"/>
+      <c r="E958" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F958" t="inlineStr">
         <is>
           <t>UserSettingsModelAllow using markdown in messages.
 When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
-      <c r="G955" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G958" t="inlineStr"/>
       <c r="H958" t="inlineStr"/>
     </row>
     <row r="959">
       <c r="A959" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26264</t>
+          <t>../../src/UserSettingsPage.cpp:26367</t>
         </is>
       </c>
       <c r="B959" t="inlineStr">
         <is>
-          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>Messages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="C959" t="inlineStr">
         <is>
-          <t>Joue les images comme les GIFs ou WEBPs uniquement quand la souris est au-dessus.</t>
+          <t>L'arrière-plan des messages devient une "bulle". La disposition change un peu (non abouti).</t>
         </is>
       </c>
       <c r="D959" t="inlineStr"/>
       <c r="E959" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F959" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>UserSettingsModelMessages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="G959" t="inlineStr"/>
       <c r="H959" t="inlineStr"/>
     </row>
     <row r="960">
       <c r="A960" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26266</t>
+          <t>../../src/UserSettingsPage.cpp:26370</t>
         </is>
       </c>
       <c r="B960" t="inlineStr">
         <is>
-          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>Avatars are resized to fit above the message.</t>
         </is>
       </c>
       <c r="C960" t="inlineStr">
         <is>
-          <t>Si les images devraient être présentées automatiquement. Vous pouvez choisir de les présenter par défaut, uniquement par défaut dans les salons privés ou toujours recourir à une interraction pour présenter les images.</t>
+          <t>Redimensionner les images de profil pour rentrer au-dessus du message.</t>
         </is>
       </c>
       <c r="D960" t="inlineStr"/>
       <c r="E960" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F960" t="inlineStr">
         <is>
-          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>UserSettingsModelAvatars are resized to fit above the message.</t>
         </is>
       </c>
       <c r="G960" t="inlineStr"/>
       <c r="H960" t="inlineStr"/>
     </row>
     <row r="961">
       <c r="A961" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26270</t>
+          <t>../../src/UserSettingsPage.cpp:26372</t>
         </is>
       </c>
       <c r="B961" t="inlineStr">
+        <is>
+          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+        </is>
+      </c>
+      <c r="C961" t="inlineStr">
+        <is>
+          <t>Joue les images comme les GIFs ou WEBPs uniquement quand la souris est au-dessus.</t>
+        </is>
+      </c>
+      <c r="D961" t="inlineStr"/>
+      <c r="E961" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F961" t="inlineStr">
+        <is>
+          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+        </is>
+      </c>
+      <c r="G961" t="inlineStr"/>
+      <c r="H961" t="inlineStr"/>
+    </row>
+    <row r="962">
+      <c r="A962" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26374</t>
+        </is>
+      </c>
+      <c r="B962" t="inlineStr">
+        <is>
+          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="C962" t="inlineStr">
+        <is>
+          <t>Si les images devraient être présentées automatiquement. Vous pouvez choisir de les présenter par défaut, uniquement par défaut dans les salons privés ou toujours recourir à une interraction pour présenter les images.</t>
+        </is>
+      </c>
+      <c r="D962" t="inlineStr"/>
+      <c r="E962" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F962" t="inlineStr">
+        <is>
+          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="G962" t="inlineStr"/>
+      <c r="H962" t="inlineStr"/>
+    </row>
+    <row r="963">
+      <c r="A963" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26378</t>
+        </is>
+      </c>
+      <c r="B963" t="inlineStr">
         <is>
           <t>Show who is typing in a room.
 This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
-      <c r="C961" t="inlineStr">
+      <c r="C963" t="inlineStr">
         <is>
           <t>Montre qui est en train d'écrire un message dans un salon.
 Ceci active ou désactive également l'envoi de telles notifications de votre part.</t>
         </is>
       </c>
-      <c r="D961" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F961" t="inlineStr">
+      <c r="D963" t="inlineStr"/>
+      <c r="E963" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F963" t="inlineStr">
         <is>
           <t>UserSettingsModelShow who is typing in a room.
 This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
-      <c r="G961" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B962" t="inlineStr">
+      <c r="G963" t="inlineStr"/>
+      <c r="H963" t="inlineStr"/>
+    </row>
+    <row r="964">
+      <c r="A964" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26382</t>
+        </is>
+      </c>
+      <c r="B964" t="inlineStr">
         <is>
           <t>Display rooms with new messages first.
 If this is off, the list of rooms will only be sorted by the preferred sorting order.
 If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
-      <c r="C962" t="inlineStr">
+      <c r="C964" t="inlineStr">
         <is>
           <t>Afficher les salons avec des nouveaux messages en premier.
 Si ce choix est « off », la liste des salons sera uniquement trié par l'ordre de tri préféré.
 Si ce choix est « on », les salons ayant des notifications actives (le petit cercle avec un nombre) seront présenté en haut. Les salons que vous avez mutés seront toujours triés par l'ordre de tri choisi car vous les considérez comme moins importants que d'autres salons.</t>
         </is>
       </c>
-      <c r="D962" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F962" t="inlineStr">
+      <c r="D964" t="inlineStr"/>
+      <c r="E964" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F964" t="inlineStr">
         <is>
           <t>UserSettingsModelDisplay rooms with new messages first.
 If this is off, the list of rooms will only be sorted by the preferred sorting order.
 If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
-      <c r="G962" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B963" t="inlineStr">
+      <c r="G964" t="inlineStr"/>
+      <c r="H964" t="inlineStr"/>
+    </row>
+    <row r="965">
+      <c r="A965" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26391</t>
+        </is>
+      </c>
+      <c r="B965" t="inlineStr">
         <is>
           <t>Sort rooms alphabetically.
 If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
 If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
-      <c r="C963" t="inlineStr">
+      <c r="C965" t="inlineStr">
         <is>
           <t>Afficher les salons par ordre alphabétique.
 Si ce choix est « off », la liste des salons sera triée en fonction de la date du dernier message de ce salon.
 Si ce choix est « on », les salons seront triés alphabétiquement.</t>
         </is>
       </c>
-      <c r="D963" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F963" t="inlineStr">
+      <c r="D965" t="inlineStr"/>
+      <c r="E965" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F965" t="inlineStr">
         <is>
           <t>UserSettingsModelSort rooms alphabetically.
 If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
 If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
-      <c r="G963" t="inlineStr"/>
-[...58 lines deleted...]
-      </c>
       <c r="G965" t="inlineStr"/>
       <c r="H965" t="inlineStr"/>
     </row>
     <row r="966">
       <c r="A966" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26299</t>
+          <t>../../src/UserSettingsPage.cpp:26397</t>
         </is>
       </c>
       <c r="B966" t="inlineStr">
         <is>
-          <t>Notify about received messages when the client is not currently focused.</t>
+          <t>Show buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
       <c r="C966" t="inlineStr">
         <is>
-          <t>Notifier des messages reçus quand le client n'est pas la fenêtre active.</t>
+          <t>Afficher des boutons pour rapidement répondre, réagir et accéder à d'autres options près de chaque message.</t>
         </is>
       </c>
       <c r="D966" t="inlineStr"/>
       <c r="E966" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F966" t="inlineStr">
         <is>
-          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
+          <t>UserSettingsModelShow buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
       <c r="G966" t="inlineStr"/>
       <c r="H966" t="inlineStr"/>
     </row>
     <row r="967">
       <c r="A967" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26305</t>
+          <t>../../src/UserSettingsPage.cpp:26405</t>
         </is>
       </c>
       <c r="B967" t="inlineStr">
+        <is>
+          <t>Configure whether to show or hide certain events like room joins.</t>
+        </is>
+      </c>
+      <c r="C967" t="inlineStr">
+        <is>
+          <t>Configurer la visibilité de certains évènements comme « a rejoint le salon ».</t>
+        </is>
+      </c>
+      <c r="D967" t="inlineStr"/>
+      <c r="E967" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F967" t="inlineStr">
+        <is>
+          <t>UserSettingsModelConfigure whether to show or hide certain events like room joins.</t>
+        </is>
+      </c>
+      <c r="G967" t="inlineStr"/>
+      <c r="H967" t="inlineStr"/>
+    </row>
+    <row r="968">
+      <c r="A968" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26407</t>
+        </is>
+      </c>
+      <c r="B968" t="inlineStr">
+        <is>
+          <t>Notify about received messages when the client is not currently focused.</t>
+        </is>
+      </c>
+      <c r="C968" t="inlineStr">
+        <is>
+          <t>Notifier des messages reçus quand le client n'est pas la fenêtre active.</t>
+        </is>
+      </c>
+      <c r="D968" t="inlineStr"/>
+      <c r="E968" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F968" t="inlineStr">
+        <is>
+          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
+        </is>
+      </c>
+      <c r="G968" t="inlineStr"/>
+      <c r="H968" t="inlineStr"/>
+    </row>
+    <row r="969">
+      <c r="A969" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26413</t>
+        </is>
+      </c>
+      <c r="B969" t="inlineStr">
         <is>
           <t>Change the appearance of user avatars in chats.
 OFF - square, ON - circle.</t>
         </is>
       </c>
-      <c r="C967" t="inlineStr">
+      <c r="C969" t="inlineStr">
         <is>
           <t>Changer l'apparence des images de profil dans les discussions.
 OFF - carré, ON - circulaire.</t>
         </is>
       </c>
-      <c r="D967" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F967" t="inlineStr">
+      <c r="D969" t="inlineStr"/>
+      <c r="E969" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F969" t="inlineStr">
         <is>
           <t>UserSettingsModelChange the appearance of user avatars in chats.
 OFF - square, ON - circle.</t>
         </is>
       </c>
-      <c r="G967" t="inlineStr"/>
-[...58 lines deleted...]
-      </c>
       <c r="G969" t="inlineStr"/>
       <c r="H969" t="inlineStr"/>
     </row>
     <row r="970">
       <c r="A970" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26326</t>
+          <t>../../src/UserSettingsPage.cpp:26429</t>
         </is>
       </c>
       <c r="B970" t="inlineStr">
         <is>
-          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>Decrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="C970" t="inlineStr">
         <is>
-          <t>Certains messages peuvent être envoyé avec des effets fantaisistes. Par exemple, le message '/confetti' affichera des confettis à l'écran.</t>
+          <t>Déchiffrer les messages présentés dans les notifications pour les conversations chiffrées.</t>
         </is>
       </c>
       <c r="D970" t="inlineStr"/>
       <c r="E970" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F970" t="inlineStr">
         <is>
-          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>UserSettingsModelDecrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="G970" t="inlineStr"/>
       <c r="H970" t="inlineStr"/>
     </row>
     <row r="971">
       <c r="A971" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26329</t>
+          <t>../../src/UserSettingsPage.cpp:26431</t>
         </is>
       </c>
       <c r="B971" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Choose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="C971" t="inlineStr">
         <is>
-          <t>Nheko utilise des animations en divers endroits. Ceci vous permets de désactiver cette fonctionnalité si cela vous dérange.</t>
+          <t>Choisir où montrer le nombre total de notifications d'une communauté ou tag.</t>
         </is>
       </c>
       <c r="D971" t="inlineStr"/>
       <c r="E971" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F971" t="inlineStr">
         <is>
-          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>UserSettingsModelChoose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="G971" t="inlineStr"/>
       <c r="H971" t="inlineStr"/>
     </row>
     <row r="972">
       <c r="A972" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26337</t>
+          <t>../../src/UserSettingsPage.cpp:26434</t>
         </is>
       </c>
       <c r="B972" t="inlineStr">
         <is>
-          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="C972" t="inlineStr">
         <is>
-          <t>Désactivera les mouvements glissés (swipe gauche/droite) entre salons et ligne du temps ou glissé d'un message pour y répondre directement.</t>
+          <t>Certains messages peuvent être envoyé avec des effets fantaisistes. Par exemple, le message '/confetti' affichera des confettis à l'écran.</t>
         </is>
       </c>
       <c r="D972" t="inlineStr"/>
       <c r="E972" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F972" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="G972" t="inlineStr"/>
       <c r="H972" t="inlineStr"/>
     </row>
     <row r="973">
       <c r="A973" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26340</t>
+          <t>../../src/UserSettingsPage.cpp:26437</t>
         </is>
       </c>
       <c r="B973" t="inlineStr">
         <is>
-          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="C973" t="inlineStr">
         <is>
-          <t>Changer l'échelle de toute l'interface utilisateur. Requiert un redémarrage pour prendre effet.</t>
+          <t>Nheko utilise des animations en divers endroits. Ceci vous permets de désactiver cette fonctionnalité si cela vous dérange.</t>
         </is>
       </c>
       <c r="D973" t="inlineStr"/>
       <c r="E973" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F973" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="G973" t="inlineStr"/>
       <c r="H973" t="inlineStr"/>
     </row>
     <row r="974">
       <c r="A974" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26349</t>
+          <t>../../src/UserSettingsPage.cpp:26445</t>
         </is>
       </c>
       <c r="B974" t="inlineStr">
         <is>
-          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="C974" t="inlineStr">
         <is>
-          <t>Automatiquement répondre aux demandes de clés d'autres utilisateurs s'ils sont vérifiés, même si cet appareil ne devrait autrement pas avoir accès à ces clés.</t>
+          <t>Désactivera les mouvements glissés (swipe gauche/droite) entre salons et ligne du temps ou glissé d'un message pour y répondre directement.</t>
         </is>
       </c>
       <c r="D974" t="inlineStr"/>
       <c r="E974" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F974" t="inlineStr">
         <is>
-          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="G974" t="inlineStr"/>
       <c r="H974" t="inlineStr"/>
     </row>
     <row r="975">
       <c r="A975" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26382</t>
+          <t>../../src/UserSettingsPage.cpp:26448</t>
         </is>
       </c>
       <c r="B975" t="inlineStr">
         <is>
-          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="C975" t="inlineStr">
         <is>
-          <t>La clef pour vérifier vos propres appareils. Si elle est en cache, vérifier un de vos appareils le marquera comme vérifié pour tous vos autres appareils et pour les utilisateurs qui vous ont vérifié.</t>
+          <t>Changer l'échelle de toute l'interface utilisateur. Requiert un redémarrage pour prendre effet.</t>
         </is>
       </c>
       <c r="D975" t="inlineStr"/>
       <c r="E975" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F975" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="G975" t="inlineStr"/>
       <c r="H975" t="inlineStr"/>
     </row>
     <row r="976">
       <c r="A976" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26301</t>
+          <t>../../src/UserSettingsPage.cpp:26457</t>
         </is>
       </c>
       <c r="B976" t="inlineStr">
+        <is>
+          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+        </is>
+      </c>
+      <c r="C976" t="inlineStr">
+        <is>
+          <t>Automatiquement répondre aux demandes de clés d'autres utilisateurs s'ils sont vérifiés, même si cet appareil ne devrait autrement pas avoir accès à ces clés.</t>
+        </is>
+      </c>
+      <c r="D976" t="inlineStr"/>
+      <c r="E976" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F976" t="inlineStr">
+        <is>
+          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+        </is>
+      </c>
+      <c r="G976" t="inlineStr"/>
+      <c r="H976" t="inlineStr"/>
+    </row>
+    <row r="977">
+      <c r="A977" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26490</t>
+        </is>
+      </c>
+      <c r="B977" t="inlineStr">
+        <is>
+          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+        </is>
+      </c>
+      <c r="C977" t="inlineStr">
+        <is>
+          <t>La clef pour vérifier vos propres appareils. Si elle est en cache, vérifier un de vos appareils le marquera comme vérifié pour tous vos autres appareils et pour les utilisateurs qui vous ont vérifié.</t>
+        </is>
+      </c>
+      <c r="D977" t="inlineStr"/>
+      <c r="E977" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F977" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+        </is>
+      </c>
+      <c r="G977" t="inlineStr"/>
+      <c r="H977" t="inlineStr"/>
+    </row>
+    <row r="978">
+      <c r="A978" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26409</t>
+        </is>
+      </c>
+      <c r="B978" t="inlineStr">
         <is>
           <t>Show an alert when a message is received.
 This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
-      <c r="C976" t="inlineStr">
+      <c r="C978" t="inlineStr">
         <is>
           <t>Alerte lorsqu'un message est reçu.
 Typiquement, l'icône de l'application est mise en évidence dans la barre des tâches.</t>
         </is>
       </c>
-      <c r="D976" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F976" t="inlineStr">
+      <c r="D978" t="inlineStr"/>
+      <c r="E978" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F978" t="inlineStr">
         <is>
           <t>UserSettingsModelShow an alert when a message is received.
 This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
-      <c r="G976" t="inlineStr"/>
-[...58 lines deleted...]
-      </c>
       <c r="G978" t="inlineStr"/>
       <c r="H978" t="inlineStr"/>
     </row>
     <row r="979">
       <c r="A979" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26228</t>
+          <t>../../src/UserSettingsPage.cpp:26035</t>
         </is>
       </c>
       <c r="B979" t="inlineStr">
         <is>
-          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>Communities sidebar</t>
         </is>
       </c>
       <c r="C979" t="inlineStr">
         <is>
-          <t>Définir la largeur maximale de l'historique (en pixels). Aide à la lecture sur les écrans larges lorsque Nheko est maximisé</t>
+          <t>Barre latérale de communautées</t>
         </is>
       </c>
       <c r="D979" t="inlineStr"/>
       <c r="E979" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F979" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>UserSettingsModelCommunities sidebar</t>
         </is>
       </c>
       <c r="G979" t="inlineStr"/>
       <c r="H979" t="inlineStr"/>
     </row>
     <row r="980">
       <c r="A980" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26247</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26041</t>
+        </is>
+      </c>
+      <c r="B980" t="inlineStr"/>
+      <c r="C980" t="inlineStr"/>
       <c r="D980" t="inlineStr"/>
       <c r="E980" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F980" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+          <t>UserSettingsModelSend messages with a shortcut</t>
         </is>
       </c>
       <c r="G980" t="inlineStr"/>
       <c r="H980" t="inlineStr"/>
     </row>
     <row r="981">
       <c r="A981" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26293</t>
+          <t>../../src/UserSettingsPage.cpp:26083</t>
         </is>
       </c>
       <c r="B981" t="inlineStr">
+        <is>
+          <t>Show message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="C981" t="inlineStr">
+        <is>
+          <t>Afficher le nombre de messages des communautés et tags</t>
+        </is>
+      </c>
+      <c r="D981" t="inlineStr"/>
+      <c r="E981" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F981" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShow message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="G981" t="inlineStr"/>
+      <c r="H981" t="inlineStr"/>
+    </row>
+    <row r="982">
+      <c r="A982" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26335</t>
+        </is>
+      </c>
+      <c r="B982" t="inlineStr">
+        <is>
+          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="C982" t="inlineStr">
+        <is>
+          <t>Définir la largeur maximale de l'historique (en pixels). Aide à la lecture sur les écrans larges lorsque Nheko est maximisé</t>
+        </is>
+      </c>
+      <c r="D982" t="inlineStr"/>
+      <c r="E982" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F982" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="G982" t="inlineStr"/>
+      <c r="H982" t="inlineStr"/>
+    </row>
+    <row r="983">
+      <c r="A983" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26354</t>
+        </is>
+      </c>
+      <c r="B983" t="inlineStr">
+        <is>
+          <t>Show a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="C983" t="inlineStr">
+        <is>
+          <t>Montrer une colonne avec les communautés et tags à côté de la liste des salons.</t>
+        </is>
+      </c>
+      <c r="D983" t="inlineStr"/>
+      <c r="E983" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F983" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="G983" t="inlineStr"/>
+      <c r="H983" t="inlineStr"/>
+    </row>
+    <row r="984">
+      <c r="A984" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26362</t>
+        </is>
+      </c>
+      <c r="B984" t="inlineStr"/>
+      <c r="C984" t="inlineStr"/>
+      <c r="D984" t="inlineStr"/>
+      <c r="E984" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F984" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSelect what Enter key combination sends the message. Shift+Enter adds a new line, unless it has been selected, in which case Enter adds a new line instead.
+If an emoji picker or a mention picker is open, it is always handled first.</t>
+        </is>
+      </c>
+      <c r="G984" t="inlineStr"/>
+      <c r="H984" t="inlineStr"/>
+    </row>
+    <row r="985">
+      <c r="A985" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26401</t>
+        </is>
+      </c>
+      <c r="B985" t="inlineStr">
         <is>
           <t>Show if your message was read.
 Status is displayed next to timestamps.
 Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
-      <c r="C981" t="inlineStr">
+      <c r="C985" t="inlineStr">
         <is>
           <t>Indique si votre message a été lu.
 Statut présenté à côté de la date.
 Attention : si votre serveur ne supporte cette fonctionnalité, vos salons ne seront jamais marqué comme lus !</t>
         </is>
       </c>
-      <c r="D981" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F981" t="inlineStr">
+      <c r="D985" t="inlineStr"/>
+      <c r="E985" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F985" t="inlineStr">
         <is>
           <t>UserSettingsModelShow if your message was read.
 Status is displayed next to timestamps.
 Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
-      <c r="G981" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B982" t="inlineStr">
+      <c r="G985" t="inlineStr"/>
+      <c r="H985" t="inlineStr"/>
+    </row>
+    <row r="986">
+      <c r="A986" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26416</t>
+        </is>
+      </c>
+      <c r="B986" t="inlineStr">
         <is>
           <t>Display an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
-      <c r="C982" t="inlineStr">
+      <c r="C986" t="inlineStr">
         <is>
           <t>Montre une image générée (identicône) au lieu d'une lettre lorsqu'aucun avatar n'est présent.</t>
         </is>
       </c>
-      <c r="D982" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F982" t="inlineStr">
+      <c r="D986" t="inlineStr"/>
+      <c r="E986" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F986" t="inlineStr">
         <is>
           <t>UserSettingsModelDisplay an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
-      <c r="G982" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B983" t="inlineStr">
+      <c r="G986" t="inlineStr"/>
+      <c r="H986" t="inlineStr"/>
+    </row>
+    <row r="987">
+      <c r="A987" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26418</t>
+        </is>
+      </c>
+      <c r="B987" t="inlineStr">
         <is>
           <t>Opens images with an external program when tapping the image.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="C983" t="inlineStr">
+      <c r="C987" t="inlineStr">
         <is>
           <t>Ouvre les images avec un programme externe au clic de l'image.
 Notez que si cette option est activée, les fichiers sont laissés déchiffrés sur le disque et doivent être supprimés manuellement.</t>
         </is>
       </c>
-      <c r="D983" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F983" t="inlineStr">
+      <c r="D987" t="inlineStr"/>
+      <c r="E987" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F987" t="inlineStr">
         <is>
           <t>UserSettingsModelOpens images with an external program when tapping the image.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="G983" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B984" t="inlineStr">
+      <c r="G987" t="inlineStr"/>
+      <c r="H987" t="inlineStr"/>
+    </row>
+    <row r="988">
+      <c r="A988" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26422</t>
+        </is>
+      </c>
+      <c r="B988" t="inlineStr">
         <is>
           <t>Opens videos with an external program when tapping the video.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="C984" t="inlineStr">
+      <c r="C988" t="inlineStr">
         <is>
           <t>Ouvre les vidéos avec un programme externe au clic de la vidéo.
 Notez que si cette option est activée, les fichiers sont laissés déchiffrés sur le disque et doivent être supprimés manuellement.</t>
         </is>
       </c>
-      <c r="D984" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F984" t="inlineStr">
+      <c r="D988" t="inlineStr"/>
+      <c r="E988" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F988" t="inlineStr">
         <is>
           <t>UserSettingsModelOpens videos with an external program when tapping the video.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="G984" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B985" t="inlineStr">
+      <c r="G988" t="inlineStr"/>
+      <c r="H988" t="inlineStr"/>
+    </row>
+    <row r="989">
+      <c r="A989" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26426</t>
+        </is>
+      </c>
+      <c r="B989" t="inlineStr">
         <is>
           <t>Decrypt the messages shown in the sidebar.
 Only affects messages in encrypted chats.</t>
         </is>
       </c>
-      <c r="C985" t="inlineStr">
+      <c r="C989" t="inlineStr">
         <is>
           <t>Déchiffre les messages affichés dans la liste des salons.
 Cela n'affecte que les messages des salons chiffrés.</t>
         </is>
       </c>
-      <c r="D985" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F985" t="inlineStr">
+      <c r="D989" t="inlineStr"/>
+      <c r="E989" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F989" t="inlineStr">
         <is>
           <t>UserSettingsModelDecrypt the messages shown in the sidebar.
 Only affects messages in encrypted chats.</t>
         </is>
       </c>
-      <c r="G985" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B986" t="inlineStr">
+      <c r="G989" t="inlineStr"/>
+      <c r="H989" t="inlineStr"/>
+    </row>
+    <row r="990">
+      <c r="A990" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26440</t>
+        </is>
+      </c>
+      <c r="B990" t="inlineStr">
         <is>
           <t>When the window loses focus, the timeline will
 be blurred.</t>
         </is>
       </c>
-      <c r="C986" t="inlineStr">
+      <c r="C990" t="inlineStr">
         <is>
           <t>Lorsque la fenêtre devient inactive, la discussion devient floutée.</t>
         </is>
       </c>
-      <c r="D986" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F986" t="inlineStr">
+      <c r="D990" t="inlineStr"/>
+      <c r="E990" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F990" t="inlineStr">
         <is>
           <t>UserSettingsModelWhen the window loses focus, the timeline will
 be blurred.</t>
         </is>
       </c>
-      <c r="G986" t="inlineStr"/>
-[...118 lines deleted...]
-      </c>
       <c r="G990" t="inlineStr"/>
       <c r="H990" t="inlineStr"/>
     </row>
     <row r="991">
       <c r="A991" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26378</t>
+          <t>../../src/UserSettingsPage.cpp:26442</t>
         </is>
       </c>
       <c r="B991" t="inlineStr">
         <is>
-          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>Will prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="C991" t="inlineStr">
         <is>
-          <t>La clé utilisée pour déchiffrer les sauvegardes de clé stockées en ligne. Si celle-ci est dans le cache, vous pouvez activer la sauvegarde de vos clés en ligne afin d'en conserver une copie chiffrée sur le serveur en toute sécurité.</t>
+          <t>Empêche la sélection de texte dans la discussion pour faciliter le défilement tactile.</t>
         </is>
       </c>
       <c r="D991" t="inlineStr"/>
       <c r="E991" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F991" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>UserSettingsModelWill prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="G991" t="inlineStr"/>
       <c r="H991" t="inlineStr"/>
     </row>
     <row r="992">
       <c r="A992" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26387</t>
+          <t>../../src/UserSettingsPage.cpp:26451</t>
         </is>
       </c>
       <c r="B992" t="inlineStr">
         <is>
-          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>Will use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="C992" t="inlineStr">
         <is>
-          <t>La clé utilisée pour vérifier d'autres utilisateurs. Si celle-ci est dans le cache, vérifier un utilisateur vérifiera tous ses appareils.</t>
+          <t>Utiliser le serveur turn.matrix.org pour vous aider à rejoindre les appels si votre serveur ne propose pas la fonctionnalité TURN.</t>
         </is>
       </c>
       <c r="D992" t="inlineStr"/>
       <c r="E992" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F992" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>UserSettingsModelWill use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="G992" t="inlineStr"/>
       <c r="H992" t="inlineStr"/>
     </row>
     <row r="993">
       <c r="A993" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26391</t>
+          <t>../../src/UserSettingsPage.cpp:26454</t>
         </is>
       </c>
       <c r="B993" t="inlineStr">
         <is>
-          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>Requires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="C993" t="inlineStr">
         <is>
-          <t>Votre clé la plus importante. Vous n'avez pas besoin de la conserver dans le cache, car ne pas la conserver rend son vol plus difficile, et celle-ci n'est nécessaire qu'afin de renouveler vos autres clés de signature.</t>
+          <t>Requiert qu'un utilisateur soit vérifié pour lui envoyer des messages chiffrés. La sécurité en est améliorée, mais le chiffrement de bout en bout devient plus fastidieux.</t>
         </is>
       </c>
       <c r="D993" t="inlineStr"/>
       <c r="E993" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F993" t="inlineStr">
         <is>
-          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>UserSettingsModelRequires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="G993" t="inlineStr"/>
       <c r="H993" t="inlineStr"/>
     </row>
     <row r="994">
       <c r="A994" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26396</t>
+          <t>../../src/UserSettingsPage.cpp:26461</t>
         </is>
       </c>
       <c r="B994" t="inlineStr">
+        <is>
+          <t>Download message encryption keys from and upload to the encrypted online key backup.</t>
+        </is>
+      </c>
+      <c r="C994" t="inlineStr">
+        <is>
+          <t>Télécharger les clefs de chiffrement de message depuis et envoie vers la sauvegarde chiffrée en ligne de clefs.</t>
+        </is>
+      </c>
+      <c r="D994" t="inlineStr"/>
+      <c r="E994" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F994" t="inlineStr">
+        <is>
+          <t>UserSettingsModelDownload message encryption keys from and upload to the encrypted online key backup.</t>
+        </is>
+      </c>
+      <c r="G994" t="inlineStr"/>
+      <c r="H994" t="inlineStr"/>
+    </row>
+    <row r="995">
+      <c r="A995" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26486</t>
+        </is>
+      </c>
+      <c r="B995" t="inlineStr">
+        <is>
+          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+        </is>
+      </c>
+      <c r="C995" t="inlineStr">
+        <is>
+          <t>La clé utilisée pour déchiffrer les sauvegardes de clé stockées en ligne. Si celle-ci est dans le cache, vous pouvez activer la sauvegarde de vos clés en ligne afin d'en conserver une copie chiffrée sur le serveur en toute sécurité.</t>
+        </is>
+      </c>
+      <c r="D995" t="inlineStr"/>
+      <c r="E995" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F995" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+        </is>
+      </c>
+      <c r="G995" t="inlineStr"/>
+      <c r="H995" t="inlineStr"/>
+    </row>
+    <row r="996">
+      <c r="A996" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26495</t>
+        </is>
+      </c>
+      <c r="B996" t="inlineStr">
+        <is>
+          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+        </is>
+      </c>
+      <c r="C996" t="inlineStr">
+        <is>
+          <t>La clé utilisée pour vérifier d'autres utilisateurs. Si celle-ci est dans le cache, vérifier un utilisateur vérifiera tous ses appareils.</t>
+        </is>
+      </c>
+      <c r="D996" t="inlineStr"/>
+      <c r="E996" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F996" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+        </is>
+      </c>
+      <c r="G996" t="inlineStr"/>
+      <c r="H996" t="inlineStr"/>
+    </row>
+    <row r="997">
+      <c r="A997" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26499</t>
+        </is>
+      </c>
+      <c r="B997" t="inlineStr">
+        <is>
+          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+        </is>
+      </c>
+      <c r="C997" t="inlineStr">
+        <is>
+          <t>Votre clé la plus importante. Vous n'avez pas besoin de la conserver dans le cache, car ne pas la conserver rend son vol plus difficile, et celle-ci n'est nécessaire qu'afin de renouveler vos autres clés de signature.</t>
+        </is>
+      </c>
+      <c r="D997" t="inlineStr"/>
+      <c r="E997" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F997" t="inlineStr">
+        <is>
+          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+        </is>
+      </c>
+      <c r="G997" t="inlineStr"/>
+      <c r="H997" t="inlineStr"/>
+    </row>
+    <row r="998">
+      <c r="A998" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26504</t>
+        </is>
+      </c>
+      <c r="B998" t="inlineStr">
         <is>
           <t>Allow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
 This setting will take effect upon restart.</t>
         </is>
       </c>
-      <c r="C994" t="inlineStr">
+      <c r="C998" t="inlineStr">
         <is>
           <t>Autoriser les extensions et applications tierces à récupérer les informations des salons dans lesquels vous êtes présent via D-Bus. Ceci peut fournir un avantage pour certaines applications comme être utilisés à des buts néfastes. Activez en connaissance de cause.
 Cette fonctionnalité prendra effet au prochain redémarrage de l'application.</t>
         </is>
       </c>
-      <c r="D994" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F994" t="inlineStr">
+      <c r="D998" t="inlineStr"/>
+      <c r="E998" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F998" t="inlineStr">
         <is>
           <t>UserSettingsModelAllow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
 This setting will take effect upon restart.</t>
         </is>
       </c>
-      <c r="G994" t="inlineStr"/>
-[...118 lines deleted...]
-      </c>
       <c r="G998" t="inlineStr"/>
       <c r="H998" t="inlineStr"/>
     </row>
     <row r="999">
       <c r="A999" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26555</t>
+          <t>../../src/UserSettingsPage.cpp:26510</t>
         </is>
       </c>
       <c r="B999" t="inlineStr">
         <is>
-          <t>Only in private rooms</t>
+          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="C999" t="inlineStr">
         <is>
-          <t>Seulement pour les salons privés</t>
+          <t>Afin de permettre à de nouveaux utilisateurs de rejoindre une communauté, la communauté doit exposer des informations à propos des serveurs participant à ses membres. Comme les membres d'un salon évoluent au cours du temps, ceci doit être mis à jour de temps à autre. Cette configuration active une tâche de fond pour effectuer cette action automatiquement.</t>
         </is>
       </c>
       <c r="D999" t="inlineStr"/>
       <c r="E999" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F999" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnly in private rooms</t>
+          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="G999" t="inlineStr"/>
       <c r="H999" t="inlineStr"/>
     </row>
     <row r="1000">
       <c r="A1000" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26556</t>
+          <t>../../src/UserSettingsPage.cpp:26516</t>
         </is>
       </c>
       <c r="B1000" t="inlineStr">
         <is>
-          <t>Never</t>
+          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="C1000" t="inlineStr">
         <is>
-          <t>Jamais</t>
+          <t>Efface régulièrement les évènements expirés comme spécifié dans la configuration d'expiration d'évènements. Cette fonctionnalité nécessite d'avoir un client actif afin d'exécuter cette tâche régulièrement.</t>
         </is>
       </c>
       <c r="D1000" t="inlineStr"/>
       <c r="E1000" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1000" t="inlineStr">
         <is>
-          <t>UserSettingsModelNever</t>
+          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="G1000" t="inlineStr"/>
       <c r="H1000" t="inlineStr"/>
     </row>
     <row r="1001">
       <c r="A1001" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26570</t>
+          <t>../../src/UserSettingsPage.cpp:26520</t>
         </is>
       </c>
       <c r="B1001" t="inlineStr">
         <is>
-          <t>System font</t>
+          <t>Manage your ignored users.</t>
         </is>
       </c>
       <c r="C1001" t="inlineStr">
         <is>
-          <t>Police système</t>
+          <t>Gérer vos utilisateurs ignorés.</t>
         </is>
       </c>
       <c r="D1001" t="inlineStr"/>
       <c r="E1001" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1001" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem font</t>
+          <t>UserSettingsModelManage your ignored users.</t>
         </is>
       </c>
       <c r="G1001" t="inlineStr"/>
       <c r="H1001" t="inlineStr"/>
     </row>
     <row r="1002">
       <c r="A1002" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26575</t>
+          <t>../../src/UserSettingsPage.cpp:26662</t>
         </is>
       </c>
       <c r="B1002" t="inlineStr">
         <is>
-          <t>System emoji font</t>
+          <t>Always</t>
         </is>
       </c>
       <c r="C1002" t="inlineStr">
         <is>
-          <t>Police d'emoji système</t>
+          <t>Toujours</t>
         </is>
       </c>
       <c r="D1002" t="inlineStr"/>
       <c r="E1002" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1002" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem emoji font</t>
+          <t>UserSettingsModelAlways</t>
         </is>
       </c>
       <c r="G1002" t="inlineStr"/>
       <c r="H1002" t="inlineStr"/>
     </row>
     <row r="1003">
       <c r="A1003" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:26663</t>
         </is>
       </c>
       <c r="B1003" t="inlineStr">
         <is>
-          <t>Select a file</t>
+          <t>Only in private rooms</t>
         </is>
       </c>
       <c r="C1003" t="inlineStr">
         <is>
-          <t>Sélectionnez un fichier</t>
+          <t>Seulement pour les salons privés</t>
         </is>
       </c>
       <c r="D1003" t="inlineStr"/>
       <c r="E1003" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1003" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelect a file</t>
+          <t>UserSettingsModelOnly in private rooms</t>
         </is>
       </c>
       <c r="G1003" t="inlineStr"/>
       <c r="H1003" t="inlineStr"/>
     </row>
     <row r="1004">
       <c r="A1004" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:26664</t>
         </is>
       </c>
       <c r="B1004" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Never</t>
         </is>
       </c>
       <c r="C1004" t="inlineStr">
         <is>
-          <t>Tous les types de fichiers (*)</t>
+          <t>Jamais</t>
         </is>
       </c>
       <c r="D1004" t="inlineStr"/>
       <c r="E1004" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1004" t="inlineStr">
         <is>
-          <t>UserSettingsModelAll Files (*)</t>
+          <t>UserSettingsModelNever</t>
         </is>
       </c>
       <c r="G1004" t="inlineStr"/>
       <c r="H1004" t="inlineStr"/>
     </row>
     <row r="1005">
       <c r="A1005" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27018</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26668</t>
+        </is>
+      </c>
+      <c r="B1005" t="inlineStr"/>
+      <c r="C1005" t="inlineStr"/>
       <c r="D1005" t="inlineStr"/>
       <c r="E1005" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1005" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen Sessions File</t>
+          <t>UserSettingsModelEnter</t>
         </is>
       </c>
       <c r="G1005" t="inlineStr"/>
       <c r="H1005" t="inlineStr"/>
     </row>
     <row r="1006">
       <c r="A1006" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27109</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26669</t>
+        </is>
+      </c>
+      <c r="B1006" t="inlineStr"/>
+      <c r="C1006" t="inlineStr"/>
       <c r="D1006" t="inlineStr"/>
       <c r="E1006" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1006" t="inlineStr">
         <is>
-          <t>UserSettingsModelError</t>
+          <t>UserSettingsModelShift+Enter</t>
         </is>
       </c>
       <c r="G1006" t="inlineStr"/>
       <c r="H1006" t="inlineStr"/>
     </row>
     <row r="1007">
       <c r="A1007" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27057</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26670</t>
+        </is>
+      </c>
+      <c r="B1007" t="inlineStr"/>
+      <c r="C1007" t="inlineStr"/>
       <c r="D1007" t="inlineStr"/>
       <c r="E1007" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1007" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile Password</t>
+          <t>UserSettingsModelCtrl+Enter</t>
         </is>
       </c>
       <c r="G1007" t="inlineStr"/>
       <c r="H1007" t="inlineStr"/>
     </row>
     <row r="1008">
       <c r="A1008" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27032</t>
+          <t>../../src/UserSettingsPage.cpp:26684</t>
         </is>
       </c>
       <c r="B1008" t="inlineStr">
         <is>
-          <t>Enter the passphrase to decrypt the file:</t>
+          <t>System font</t>
         </is>
       </c>
       <c r="C1008" t="inlineStr">
         <is>
-          <t>Entrez la phrase de passe pour déchiffrer le fichier :</t>
+          <t>Police système</t>
         </is>
       </c>
       <c r="D1008" t="inlineStr"/>
       <c r="E1008" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1008" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
+          <t>UserSettingsModelSystem font</t>
         </is>
       </c>
       <c r="G1008" t="inlineStr"/>
       <c r="H1008" t="inlineStr"/>
     </row>
     <row r="1009">
       <c r="A1009" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27066</t>
+          <t>../../src/UserSettingsPage.cpp:26689</t>
         </is>
       </c>
       <c r="B1009" t="inlineStr">
         <is>
-          <t>The password cannot be empty</t>
+          <t>System emoji font</t>
         </is>
       </c>
       <c r="C1009" t="inlineStr">
         <is>
-          <t>Le mot de passe ne peut pas être vide</t>
+          <t>Police d'emoji système</t>
         </is>
       </c>
       <c r="D1009" t="inlineStr"/>
       <c r="E1009" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1009" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe password cannot be empty</t>
+          <t>UserSettingsModelSystem emoji font</t>
         </is>
       </c>
       <c r="G1009" t="inlineStr"/>
       <c r="H1009" t="inlineStr"/>
     </row>
     <row r="1010">
       <c r="A1010" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27058</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B1010" t="inlineStr">
         <is>
-          <t>Enter passphrase to encrypt your session keys:</t>
+          <t>Select a file</t>
         </is>
       </c>
       <c r="C1010" t="inlineStr">
         <is>
-          <t>Entrez une phrase de passe pour chiffrer vos clés de session :</t>
+          <t>Sélectionnez un fichier</t>
         </is>
       </c>
       <c r="D1010" t="inlineStr"/>
       <c r="E1010" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1010" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
+          <t>UserSettingsModelSelect a file</t>
         </is>
       </c>
       <c r="G1010" t="inlineStr"/>
       <c r="H1010" t="inlineStr"/>
     </row>
     <row r="1011">
       <c r="A1011" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27071</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B1011" t="inlineStr">
         <is>
-          <t>Repeat File Password</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C1011" t="inlineStr">
         <is>
-          <t>Répéter le mot de passe du fichier</t>
+          <t>Tous les types de fichiers (*)</t>
         </is>
       </c>
       <c r="D1011" t="inlineStr"/>
       <c r="E1011" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1011" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat File Password</t>
+          <t>UserSettingsModelAll Files (*)</t>
         </is>
       </c>
       <c r="G1011" t="inlineStr"/>
       <c r="H1011" t="inlineStr"/>
     </row>
     <row r="1012">
       <c r="A1012" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27072</t>
+          <t>../../src/UserSettingsPage.cpp:27130</t>
         </is>
       </c>
       <c r="B1012" t="inlineStr">
         <is>
-          <t>Repeat the passphrase:</t>
+          <t>Open Sessions File</t>
         </is>
       </c>
       <c r="C1012" t="inlineStr">
         <is>
-          <t>Répéter la phrase secrète :</t>
+          <t>Ouvrir le fichier de sessions</t>
         </is>
       </c>
       <c r="D1012" t="inlineStr"/>
       <c r="E1012" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1012" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat the passphrase:</t>
+          <t>UserSettingsModelOpen Sessions File</t>
         </is>
       </c>
       <c r="G1012" t="inlineStr"/>
       <c r="H1012" t="inlineStr"/>
     </row>
     <row r="1013">
       <c r="A1013" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27080</t>
+          <t>../../src/UserSettingsPage.cpp:27221</t>
         </is>
       </c>
       <c r="B1013" t="inlineStr">
         <is>
-          <t>Passwords don't match</t>
+          <t>Error</t>
         </is>
       </c>
       <c r="C1013" t="inlineStr">
         <is>
-          <t>Les mots de passes ne correspondent pas</t>
+          <t>Erreur</t>
         </is>
       </c>
       <c r="D1013" t="inlineStr"/>
       <c r="E1013" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1013" t="inlineStr">
         <is>
-          <t>UserSettingsModelPasswords don't match</t>
+          <t>UserSettingsModelError</t>
         </is>
       </c>
       <c r="G1013" t="inlineStr"/>
       <c r="H1013" t="inlineStr"/>
     </row>
     <row r="1014">
       <c r="A1014" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27087</t>
+          <t>../../src/UserSettingsPage.cpp:27169</t>
         </is>
       </c>
       <c r="B1014" t="inlineStr">
         <is>
-          <t>File to save the exported session keys</t>
+          <t>File Password</t>
         </is>
       </c>
       <c r="C1014" t="inlineStr">
         <is>
-          <t>Fichier où sauvegarder les clés de session exportées</t>
+          <t>Mot de passe du fichier</t>
         </is>
       </c>
       <c r="D1014" t="inlineStr"/>
       <c r="E1014" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1014" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile to save the exported session keys</t>
+          <t>UserSettingsModelFile Password</t>
         </is>
       </c>
       <c r="G1014" t="inlineStr"/>
       <c r="H1014" t="inlineStr"/>
     </row>
     <row r="1015">
       <c r="A1015" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../../src/UserSettingsPage.cpp:27144</t>
         </is>
       </c>
       <c r="B1015" t="inlineStr">
         <is>
-          <t>CACHED</t>
+          <t>Enter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="C1015" t="inlineStr">
         <is>
-          <t>EN CACHE</t>
+          <t>Entrez la phrase de passe pour déchiffrer le fichier :</t>
         </is>
       </c>
       <c r="D1015" t="inlineStr"/>
       <c r="E1015" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1015" t="inlineStr">
         <is>
-          <t>UserSettingsPageCACHED</t>
+          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="G1015" t="inlineStr"/>
       <c r="H1015" t="inlineStr"/>
     </row>
     <row r="1016">
       <c r="A1016" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../../src/UserSettingsPage.cpp:27178</t>
         </is>
       </c>
       <c r="B1016" t="inlineStr">
         <is>
-          <t>NOT CACHED</t>
+          <t>The password cannot be empty</t>
         </is>
       </c>
       <c r="C1016" t="inlineStr">
         <is>
-          <t>PAS DANS LE CACHE</t>
+          <t>Le mot de passe ne peut pas être vide</t>
         </is>
       </c>
       <c r="D1016" t="inlineStr"/>
       <c r="E1016" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1016" t="inlineStr">
         <is>
-          <t>UserSettingsPageNOT CACHED</t>
+          <t>UserSettingsModelThe password cannot be empty</t>
         </is>
       </c>
       <c r="G1016" t="inlineStr"/>
       <c r="H1016" t="inlineStr"/>
     </row>
     <row r="1017">
       <c r="A1017" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27281</t>
+          <t>../../src/UserSettingsPage.cpp:27170</t>
         </is>
       </c>
       <c r="B1017" t="inlineStr">
         <is>
-          <t>IMPORT</t>
+          <t>Enter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="C1017" t="inlineStr">
         <is>
-          <t>IMPORTER</t>
+          <t>Entrez une phrase de passe pour chiffrer vos clés de session :</t>
         </is>
       </c>
       <c r="D1017" t="inlineStr"/>
       <c r="E1017" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1017" t="inlineStr">
         <is>
-          <t>UserSettingsPageIMPORT</t>
+          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="G1017" t="inlineStr"/>
       <c r="H1017" t="inlineStr"/>
     </row>
     <row r="1018">
       <c r="A1018" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27285</t>
+          <t>../../src/UserSettingsPage.cpp:27183</t>
         </is>
       </c>
       <c r="B1018" t="inlineStr">
         <is>
-          <t>EXPORT</t>
+          <t>Repeat File Password</t>
         </is>
       </c>
       <c r="C1018" t="inlineStr">
         <is>
-          <t>EXPORTER</t>
+          <t>Répéter le mot de passe du fichier</t>
         </is>
       </c>
       <c r="D1018" t="inlineStr"/>
       <c r="E1018" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1018" t="inlineStr">
         <is>
-          <t>UserSettingsPageEXPORT</t>
+          <t>UserSettingsModelRepeat File Password</t>
         </is>
       </c>
       <c r="G1018" t="inlineStr"/>
       <c r="H1018" t="inlineStr"/>
     </row>
     <row r="1019">
       <c r="A1019" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27294</t>
+          <t>../../src/UserSettingsPage.cpp:27184</t>
         </is>
       </c>
       <c r="B1019" t="inlineStr">
         <is>
-          <t>DOWNLOAD</t>
+          <t>Repeat the passphrase:</t>
         </is>
       </c>
       <c r="C1019" t="inlineStr">
         <is>
-          <t>TÉLÉCHARGER</t>
+          <t>Répéter la phrase secrète :</t>
         </is>
       </c>
       <c r="D1019" t="inlineStr"/>
       <c r="E1019" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1019" t="inlineStr">
         <is>
-          <t>UserSettingsPageDOWNLOAD</t>
+          <t>UserSettingsModelRepeat the passphrase:</t>
         </is>
       </c>
       <c r="G1019" t="inlineStr"/>
       <c r="H1019" t="inlineStr"/>
     </row>
     <row r="1020">
       <c r="A1020" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27298</t>
+          <t>../../src/UserSettingsPage.cpp:27192</t>
         </is>
       </c>
       <c r="B1020" t="inlineStr">
         <is>
-          <t>REQUEST</t>
+          <t>Passwords don't match</t>
         </is>
       </c>
       <c r="C1020" t="inlineStr">
         <is>
-          <t>DEMANDER</t>
+          <t>Les mots de passes ne correspondent pas</t>
         </is>
       </c>
       <c r="D1020" t="inlineStr"/>
       <c r="E1020" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1020" t="inlineStr">
         <is>
-          <t>UserSettingsPageREQUEST</t>
+          <t>UserSettingsModelPasswords don't match</t>
         </is>
       </c>
       <c r="G1020" t="inlineStr"/>
       <c r="H1020" t="inlineStr"/>
     </row>
     <row r="1021">
       <c r="A1021" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27306</t>
+          <t>../../src/UserSettingsPage.cpp:27199</t>
         </is>
       </c>
       <c r="B1021" t="inlineStr">
         <is>
-          <t>CONFIGURE</t>
+          <t>File to save the exported session keys</t>
         </is>
       </c>
       <c r="C1021" t="inlineStr">
         <is>
-          <t>CONFIGURER</t>
+          <t>Fichier où sauvegarder les clés de session exportées</t>
         </is>
       </c>
       <c r="D1021" t="inlineStr"/>
       <c r="E1021" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1021" t="inlineStr">
         <is>
-          <t>UserSettingsPageCONFIGURE</t>
+          <t>UserSettingsModelFile to save the exported session keys</t>
         </is>
       </c>
       <c r="G1021" t="inlineStr"/>
       <c r="H1021" t="inlineStr"/>
     </row>
     <row r="1022">
       <c r="A1022" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27324</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B1022" t="inlineStr">
         <is>
-          <t>MANAGE</t>
+          <t>CACHED</t>
         </is>
       </c>
       <c r="C1022" t="inlineStr">
         <is>
-          <t>GÉRER</t>
+          <t>EN CACHE</t>
         </is>
       </c>
       <c r="D1022" t="inlineStr"/>
       <c r="E1022" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1022" t="inlineStr">
         <is>
-          <t>UserSettingsPageMANAGE</t>
+          <t>UserSettingsPageCACHED</t>
         </is>
       </c>
       <c r="G1022" t="inlineStr"/>
       <c r="H1022" t="inlineStr"/>
     </row>
     <row r="1023">
       <c r="A1023" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27359</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B1023" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>NOT CACHED</t>
         </is>
       </c>
       <c r="C1023" t="inlineStr">
         <is>
-          <t>Retour</t>
+          <t>PAS DANS LE CACHE</t>
         </is>
       </c>
       <c r="D1023" t="inlineStr"/>
       <c r="E1023" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1023" t="inlineStr">
         <is>
-          <t>UserSettingsPageBack</t>
+          <t>UserSettingsPageNOT CACHED</t>
         </is>
       </c>
       <c r="G1023" t="inlineStr"/>
       <c r="H1023" t="inlineStr"/>
     </row>
     <row r="1024">
       <c r="A1024" t="inlineStr">
         <is>
-          <t>../../src/encryption/VerificationManager.cpp:27502</t>
+          <t>../qml/pages/UserSettingsPage.qml:27396</t>
         </is>
       </c>
       <c r="B1024" t="inlineStr">
         <is>
-          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>IMPORT</t>
         </is>
       </c>
       <c r="C1024" t="inlineStr">
         <is>
-          <t>Aucune discussion privée chiffrée trouvée avec cet utilisateur. Créez-en une et réessayez.</t>
+          <t>IMPORTER</t>
         </is>
       </c>
       <c r="D1024" t="inlineStr"/>
       <c r="E1024" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1024" t="inlineStr">
         <is>
-          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>UserSettingsPageIMPORT</t>
         </is>
       </c>
       <c r="G1024" t="inlineStr"/>
       <c r="H1024" t="inlineStr"/>
     </row>
     <row r="1025">
       <c r="A1025" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27514</t>
+          <t>../qml/pages/UserSettingsPage.qml:27400</t>
         </is>
       </c>
       <c r="B1025" t="inlineStr">
         <is>
-          <t>Waiting for other party…</t>
+          <t>EXPORT</t>
         </is>
       </c>
       <c r="C1025" t="inlineStr">
         <is>
-          <t>Attente du correspondant…</t>
+          <t>EXPORTER</t>
         </is>
       </c>
       <c r="D1025" t="inlineStr"/>
       <c r="E1025" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1025" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other party…</t>
+          <t>UserSettingsPageEXPORT</t>
         </is>
       </c>
       <c r="G1025" t="inlineStr"/>
       <c r="H1025" t="inlineStr"/>
     </row>
     <row r="1026">
       <c r="A1026" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27526</t>
+          <t>../qml/pages/UserSettingsPage.qml:27409</t>
         </is>
       </c>
       <c r="B1026" t="inlineStr">
         <is>
-          <t>Waiting for other side to accept the verification request.</t>
+          <t>DOWNLOAD</t>
         </is>
       </c>
       <c r="C1026" t="inlineStr">
         <is>
-          <t>Attente d'acceptation de la demande de vérification par le correspondant.</t>
+          <t>TÉLÉCHARGER</t>
         </is>
       </c>
       <c r="D1026" t="inlineStr"/>
       <c r="E1026" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1026" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to accept the verification request.</t>
+          <t>UserSettingsPageDOWNLOAD</t>
         </is>
       </c>
       <c r="G1026" t="inlineStr"/>
       <c r="H1026" t="inlineStr"/>
     </row>
     <row r="1027">
       <c r="A1027" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27528</t>
+          <t>../qml/pages/UserSettingsPage.qml:27413</t>
         </is>
       </c>
       <c r="B1027" t="inlineStr">
         <is>
-          <t>Waiting for other side to continue the verification process.</t>
+          <t>REQUEST</t>
         </is>
       </c>
       <c r="C1027" t="inlineStr">
         <is>
-          <t>Attente de la poursuite du processus de vérification par le correspondant.</t>
+          <t>DEMANDER</t>
         </is>
       </c>
       <c r="D1027" t="inlineStr"/>
       <c r="E1027" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1027" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to continue the verification process.</t>
+          <t>UserSettingsPageREQUEST</t>
         </is>
       </c>
       <c r="G1027" t="inlineStr"/>
       <c r="H1027" t="inlineStr"/>
     </row>
     <row r="1028">
       <c r="A1028" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27530</t>
+          <t>../qml/pages/UserSettingsPage.qml:27421</t>
         </is>
       </c>
       <c r="B1028" t="inlineStr">
         <is>
-          <t>Waiting for other side to complete the verification process.</t>
+          <t>CONFIGURE</t>
         </is>
       </c>
       <c r="C1028" t="inlineStr">
         <is>
-          <t>Attente de la fin du processus de vérification par le correspondant.</t>
+          <t>CONFIGURER</t>
         </is>
       </c>
       <c r="D1028" t="inlineStr"/>
       <c r="E1028" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1028" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to complete the verification process.</t>
+          <t>UserSettingsPageCONFIGURE</t>
         </is>
       </c>
       <c r="G1028" t="inlineStr"/>
       <c r="H1028" t="inlineStr"/>
     </row>
     <row r="1029">
       <c r="A1029" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27549</t>
+          <t>../qml/pages/UserSettingsPage.qml:27439</t>
         </is>
       </c>
       <c r="B1029" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>MANAGE</t>
         </is>
       </c>
       <c r="C1029" t="inlineStr">
         <is>
-          <t>Annuler</t>
+          <t>GÉRER</t>
         </is>
       </c>
       <c r="D1029" t="inlineStr"/>
       <c r="E1029" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1029" t="inlineStr">
         <is>
-          <t>WaitingCancel</t>
+          <t>UserSettingsPageMANAGE</t>
         </is>
       </c>
       <c r="G1029" t="inlineStr"/>
       <c r="H1029" t="inlineStr"/>
     </row>
     <row r="1030">
       <c r="A1030" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27579</t>
+          <t>../qml/pages/UserSettingsPage.qml:27474</t>
         </is>
       </c>
       <c r="B1030" t="inlineStr">
         <is>
-          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C1030" t="inlineStr">
         <is>
-          <t>Bienvenue sur Nheko ! Le client de bureau pour le protocole Matrix.</t>
+          <t>Retour</t>
         </is>
       </c>
       <c r="D1030" t="inlineStr"/>
       <c r="E1030" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1030" t="inlineStr">
         <is>
-          <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
+          <t>UserSettingsPageBack</t>
         </is>
       </c>
       <c r="G1030" t="inlineStr"/>
       <c r="H1030" t="inlineStr"/>
     </row>
     <row r="1031">
       <c r="A1031" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27589</t>
+          <t>../../src/encryption/VerificationManager.cpp:27617</t>
         </is>
       </c>
       <c r="B1031" t="inlineStr">
         <is>
-          <t>Enjoy your stay!</t>
+          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="C1031" t="inlineStr">
         <is>
-          <t>Bon séjour !</t>
+          <t>Aucune discussion privée chiffrée trouvée avec cet utilisateur. Créez-en une et réessayez.</t>
         </is>
       </c>
       <c r="D1031" t="inlineStr"/>
       <c r="E1031" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1031" t="inlineStr">
         <is>
-          <t>WelcomePageEnjoy your stay!</t>
+          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="G1031" t="inlineStr"/>
       <c r="H1031" t="inlineStr"/>
     </row>
     <row r="1032">
       <c r="A1032" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27603</t>
+          <t>../qml/device-verification/Waiting.qml:27629</t>
         </is>
       </c>
       <c r="B1032" t="inlineStr">
         <is>
-          <t>REGISTER</t>
+          <t>Waiting for other party…</t>
         </is>
       </c>
       <c r="C1032" t="inlineStr">
         <is>
-          <t>S'ENREGISTRER</t>
+          <t>Attente du correspondant…</t>
         </is>
       </c>
       <c r="D1032" t="inlineStr"/>
       <c r="E1032" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1032" t="inlineStr">
         <is>
-          <t>WelcomePageREGISTER</t>
+          <t>WaitingWaiting for other party…</t>
         </is>
       </c>
       <c r="G1032" t="inlineStr"/>
       <c r="H1032" t="inlineStr"/>
     </row>
     <row r="1033">
       <c r="A1033" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27611</t>
+          <t>../qml/device-verification/Waiting.qml:27641</t>
         </is>
       </c>
       <c r="B1033" t="inlineStr">
         <is>
-          <t>LOGIN</t>
+          <t>Waiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="C1033" t="inlineStr">
         <is>
-          <t>CONNEXION</t>
+          <t>Attente d'acceptation de la demande de vérification par le correspondant.</t>
         </is>
       </c>
       <c r="D1033" t="inlineStr"/>
       <c r="E1033" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1033" t="inlineStr">
         <is>
-          <t>WelcomePageLOGIN</t>
+          <t>WaitingWaiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="G1033" t="inlineStr"/>
       <c r="H1033" t="inlineStr"/>
     </row>
     <row r="1034">
       <c r="A1034" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27637</t>
+          <t>../qml/device-verification/Waiting.qml:27643</t>
         </is>
       </c>
       <c r="B1034" t="inlineStr">
         <is>
-          <t>Reduce animations</t>
+          <t>Waiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="C1034" t="inlineStr">
         <is>
-          <t>Réduire les animations</t>
+          <t>Attente de la poursuite du processus de vérification par le correspondant.</t>
         </is>
       </c>
       <c r="D1034" t="inlineStr"/>
       <c r="E1034" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1034" t="inlineStr">
         <is>
-          <t>WelcomePageReduce animations</t>
+          <t>WaitingWaiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="G1034" t="inlineStr"/>
       <c r="H1034" t="inlineStr"/>
     </row>
     <row r="1035">
       <c r="A1035" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27644</t>
+          <t>../qml/device-verification/Waiting.qml:27645</t>
         </is>
       </c>
       <c r="B1035" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Waiting for other side to complete the verification process.</t>
         </is>
       </c>
       <c r="C1035" t="inlineStr">
         <is>
-          <t>Nheko utilise des animations en divers endroits. Ceci vous permet de désactiver cette fonctionnalité si cela vous dérange.</t>
+          <t>Attente de la fin du processus de vérification par le correspondant.</t>
         </is>
       </c>
       <c r="D1035" t="inlineStr"/>
       <c r="E1035" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1035" t="inlineStr">
         <is>
-          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>WaitingWaiting for other side to complete the verification process.</t>
         </is>
       </c>
       <c r="G1035" t="inlineStr"/>
       <c r="H1035" t="inlineStr"/>
     </row>
     <row r="1036">
       <c r="A1036" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:28027</t>
+          <t>../qml/device-verification/Waiting.qml:27664</t>
         </is>
       </c>
       <c r="B1036" t="inlineStr">
         <is>
-          <t>Yesterday</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C1036" t="inlineStr">
         <is>
-          <t>Hier</t>
+          <t>Annuler</t>
         </is>
       </c>
       <c r="D1036" t="inlineStr"/>
       <c r="E1036" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1036" t="inlineStr">
         <is>
-          <t>descriptiveTimeYesterday</t>
+          <t>WaitingCancel</t>
         </is>
       </c>
       <c r="G1036" t="inlineStr"/>
       <c r="H1036" t="inlineStr"/>
     </row>
     <row r="1037">
       <c r="A1037" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28040</t>
+          <t>../qml/pages/WelcomePage.qml:27694</t>
         </is>
       </c>
       <c r="B1037" t="inlineStr">
         <is>
-          <t>People</t>
+          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
         </is>
       </c>
       <c r="C1037" t="inlineStr">
         <is>
-          <t>Personnes</t>
+          <t>Bienvenue sur Nheko ! Le client de bureau pour le protocole Matrix.</t>
         </is>
       </c>
       <c r="D1037" t="inlineStr"/>
       <c r="E1037" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1037" t="inlineStr">
         <is>
-          <t>emoji-catagoryPeople</t>
+          <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
         </is>
       </c>
       <c r="G1037" t="inlineStr"/>
       <c r="H1037" t="inlineStr"/>
     </row>
     <row r="1038">
       <c r="A1038" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28042</t>
+          <t>../qml/pages/WelcomePage.qml:27704</t>
         </is>
       </c>
       <c r="B1038" t="inlineStr">
         <is>
-          <t>Nature</t>
+          <t>Enjoy your stay!</t>
         </is>
       </c>
       <c r="C1038" t="inlineStr">
         <is>
-          <t>Nature</t>
+          <t>Bon séjour !</t>
         </is>
       </c>
       <c r="D1038" t="inlineStr"/>
       <c r="E1038" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1038" t="inlineStr">
         <is>
-          <t>emoji-catagoryNature</t>
+          <t>WelcomePageEnjoy your stay!</t>
         </is>
       </c>
       <c r="G1038" t="inlineStr"/>
       <c r="H1038" t="inlineStr"/>
     </row>
     <row r="1039">
       <c r="A1039" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28044</t>
+          <t>../qml/pages/WelcomePage.qml:27718</t>
         </is>
       </c>
       <c r="B1039" t="inlineStr">
         <is>
-          <t>Food</t>
+          <t>REGISTER</t>
         </is>
       </c>
       <c r="C1039" t="inlineStr">
         <is>
-          <t>Nourriture</t>
+          <t>S'ENREGISTRER</t>
         </is>
       </c>
       <c r="D1039" t="inlineStr"/>
       <c r="E1039" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1039" t="inlineStr">
         <is>
-          <t>emoji-catagoryFood</t>
+          <t>WelcomePageREGISTER</t>
         </is>
       </c>
       <c r="G1039" t="inlineStr"/>
       <c r="H1039" t="inlineStr"/>
     </row>
     <row r="1040">
       <c r="A1040" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28046</t>
+          <t>../qml/pages/WelcomePage.qml:27726</t>
         </is>
       </c>
       <c r="B1040" t="inlineStr">
         <is>
-          <t>Activity</t>
+          <t>LOGIN</t>
         </is>
       </c>
       <c r="C1040" t="inlineStr">
         <is>
-          <t>Activités</t>
+          <t>CONNEXION</t>
         </is>
       </c>
       <c r="D1040" t="inlineStr"/>
       <c r="E1040" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1040" t="inlineStr">
         <is>
-          <t>emoji-catagoryActivity</t>
+          <t>WelcomePageLOGIN</t>
         </is>
       </c>
       <c r="G1040" t="inlineStr"/>
       <c r="H1040" t="inlineStr"/>
     </row>
     <row r="1041">
       <c r="A1041" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28048</t>
+          <t>../qml/pages/WelcomePage.qml:27752</t>
         </is>
       </c>
       <c r="B1041" t="inlineStr">
         <is>
-          <t>Travel</t>
+          <t>Reduce animations</t>
         </is>
       </c>
       <c r="C1041" t="inlineStr">
         <is>
-          <t>Voyage</t>
+          <t>Réduire les animations</t>
         </is>
       </c>
       <c r="D1041" t="inlineStr"/>
       <c r="E1041" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1041" t="inlineStr">
         <is>
-          <t>emoji-catagoryTravel</t>
+          <t>WelcomePageReduce animations</t>
         </is>
       </c>
       <c r="G1041" t="inlineStr"/>
       <c r="H1041" t="inlineStr"/>
     </row>
     <row r="1042">
       <c r="A1042" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28050</t>
+          <t>../qml/pages/WelcomePage.qml:27759</t>
         </is>
       </c>
       <c r="B1042" t="inlineStr">
         <is>
-          <t>Objects</t>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="C1042" t="inlineStr">
         <is>
-          <t>Objets</t>
+          <t>Nheko utilise des animations en divers endroits. Ceci vous permet de désactiver cette fonctionnalité si cela vous dérange.</t>
         </is>
       </c>
       <c r="D1042" t="inlineStr"/>
       <c r="E1042" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1042" t="inlineStr">
         <is>
-          <t>emoji-catagoryObjects</t>
+          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="G1042" t="inlineStr"/>
       <c r="H1042" t="inlineStr"/>
     </row>
     <row r="1043">
       <c r="A1043" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28052</t>
+          <t>../../src/Utils.cpp:28143</t>
         </is>
       </c>
       <c r="B1043" t="inlineStr">
         <is>
-          <t>Symbols</t>
+          <t>Yesterday</t>
         </is>
       </c>
       <c r="C1043" t="inlineStr">
         <is>
-          <t>Symboles</t>
+          <t>Hier</t>
         </is>
       </c>
       <c r="D1043" t="inlineStr"/>
       <c r="E1043" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1043" t="inlineStr">
         <is>
-          <t>emoji-catagorySymbols</t>
+          <t>descriptiveTimeYesterday</t>
         </is>
       </c>
       <c r="G1043" t="inlineStr"/>
       <c r="H1043" t="inlineStr"/>
     </row>
     <row r="1044">
       <c r="A1044" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28054</t>
+          <t>../../src/emoji/Emoji.cpp:28156</t>
         </is>
       </c>
       <c r="B1044" t="inlineStr">
         <is>
-          <t>Flags</t>
+          <t>People</t>
         </is>
       </c>
       <c r="C1044" t="inlineStr">
         <is>
-          <t>Drapeaux</t>
+          <t>Personnes</t>
         </is>
       </c>
       <c r="D1044" t="inlineStr"/>
       <c r="E1044" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1044" t="inlineStr">
         <is>
-          <t>emoji-catagoryFlags</t>
+          <t>emoji-catagoryPeople</t>
         </is>
       </c>
       <c r="G1044" t="inlineStr"/>
       <c r="H1044" t="inlineStr"/>
     </row>
     <row r="1045">
       <c r="A1045" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:28042</t>
+          <t>../../src/emoji/Emoji.cpp:28158</t>
         </is>
       </c>
       <c r="B1045" t="inlineStr">
         <is>
-          <t>Message contains spoiler.</t>
+          <t>Nature</t>
         </is>
       </c>
       <c r="C1045" t="inlineStr">
         <is>
-          <t>Le message contient un spoiler.</t>
+          <t>Nature</t>
         </is>
       </c>
       <c r="D1045" t="inlineStr"/>
       <c r="E1045" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1045" t="inlineStr">
         <is>
-          <t>macosNotificationMessage contains spoiler.</t>
+          <t>emoji-catagoryNature</t>
         </is>
       </c>
       <c r="G1045" t="inlineStr"/>
       <c r="H1045" t="inlineStr"/>
     </row>
     <row r="1046">
       <c r="A1046" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27734</t>
+          <t>../../src/emoji/Emoji.cpp:28160</t>
         </is>
       </c>
       <c r="B1046" t="inlineStr">
         <is>
-          <t>You sent an audio clip</t>
+          <t>Food</t>
         </is>
       </c>
       <c r="C1046" t="inlineStr">
         <is>
-          <t>Vous avez envoyé un message audio</t>
+          <t>Nourriture</t>
         </is>
       </c>
       <c r="D1046" t="inlineStr"/>
       <c r="E1046" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1046" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an audio clip</t>
+          <t>emoji-catagoryFood</t>
         </is>
       </c>
       <c r="G1046" t="inlineStr"/>
       <c r="H1046" t="inlineStr"/>
     </row>
     <row r="1047">
       <c r="A1047" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27737</t>
+          <t>../../src/emoji/Emoji.cpp:28162</t>
         </is>
       </c>
       <c r="B1047" t="inlineStr">
         <is>
-          <t>%1 sent an audio clip</t>
+          <t>Activity</t>
         </is>
       </c>
       <c r="C1047" t="inlineStr">
         <is>
-          <t>%1 a envoyé un message audio</t>
+          <t>Activités</t>
         </is>
       </c>
       <c r="D1047" t="inlineStr"/>
       <c r="E1047" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1047" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an audio clip</t>
+          <t>emoji-catagoryActivity</t>
         </is>
       </c>
       <c r="G1047" t="inlineStr"/>
       <c r="H1047" t="inlineStr"/>
     </row>
     <row r="1048">
       <c r="A1048" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27741</t>
+          <t>../../src/emoji/Emoji.cpp:28164</t>
         </is>
       </c>
       <c r="B1048" t="inlineStr">
         <is>
-          <t>You sent an image</t>
+          <t>Travel</t>
         </is>
       </c>
       <c r="C1048" t="inlineStr">
         <is>
-          <t>Vous avez envoyé une image</t>
+          <t>Voyage</t>
         </is>
       </c>
       <c r="D1048" t="inlineStr"/>
       <c r="E1048" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1048" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an image</t>
+          <t>emoji-catagoryTravel</t>
         </is>
       </c>
       <c r="G1048" t="inlineStr"/>
       <c r="H1048" t="inlineStr"/>
     </row>
     <row r="1049">
       <c r="A1049" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27743</t>
+          <t>../../src/emoji/Emoji.cpp:28166</t>
         </is>
       </c>
       <c r="B1049" t="inlineStr">
         <is>
-          <t>%1 sent an image</t>
+          <t>Objects</t>
         </is>
       </c>
       <c r="C1049" t="inlineStr">
         <is>
-          <t>%1 a envoyé une image</t>
+          <t>Objets</t>
         </is>
       </c>
       <c r="D1049" t="inlineStr"/>
       <c r="E1049" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1049" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an image</t>
+          <t>emoji-catagoryObjects</t>
         </is>
       </c>
       <c r="G1049" t="inlineStr"/>
       <c r="H1049" t="inlineStr"/>
     </row>
     <row r="1050">
       <c r="A1050" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27747</t>
+          <t>../../src/emoji/Emoji.cpp:28168</t>
         </is>
       </c>
       <c r="B1050" t="inlineStr">
         <is>
-          <t>You sent a file</t>
+          <t>Symbols</t>
         </is>
       </c>
       <c r="C1050" t="inlineStr">
         <is>
-          <t>Vous avez envoyé un fichier</t>
+          <t>Symboles</t>
         </is>
       </c>
       <c r="D1050" t="inlineStr"/>
       <c r="E1050" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1050" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a file</t>
+          <t>emoji-catagorySymbols</t>
         </is>
       </c>
       <c r="G1050" t="inlineStr"/>
       <c r="H1050" t="inlineStr"/>
     </row>
     <row r="1051">
       <c r="A1051" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27749</t>
+          <t>../../src/emoji/Emoji.cpp:28170</t>
         </is>
       </c>
       <c r="B1051" t="inlineStr">
         <is>
-          <t>%1 sent a file</t>
+          <t>Flags</t>
         </is>
       </c>
       <c r="C1051" t="inlineStr">
         <is>
-          <t>%1 a envoyé un fichier</t>
+          <t>Drapeaux</t>
         </is>
       </c>
       <c r="D1051" t="inlineStr"/>
       <c r="E1051" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1051" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a file</t>
+          <t>emoji-catagoryFlags</t>
         </is>
       </c>
       <c r="G1051" t="inlineStr"/>
       <c r="H1051" t="inlineStr"/>
     </row>
     <row r="1052">
       <c r="A1052" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27753</t>
+          <t>../../src/notifications/ManagerMac.cpp:28158</t>
         </is>
       </c>
       <c r="B1052" t="inlineStr">
         <is>
-          <t>You sent a video</t>
+          <t>Message contains spoiler.</t>
         </is>
       </c>
       <c r="C1052" t="inlineStr">
         <is>
-          <t>Vous avez envoyé une vidéo</t>
+          <t>Le message contient un spoiler.</t>
         </is>
       </c>
       <c r="D1052" t="inlineStr"/>
       <c r="E1052" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1052" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a video</t>
+          <t>macosNotificationMessage contains spoiler.</t>
         </is>
       </c>
       <c r="G1052" t="inlineStr"/>
       <c r="H1052" t="inlineStr"/>
     </row>
     <row r="1053">
       <c r="A1053" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27755</t>
+          <t>../../src/Utils.cpp:27850</t>
         </is>
       </c>
       <c r="B1053" t="inlineStr">
         <is>
-          <t>%1 sent a video</t>
+          <t>You sent an audio clip</t>
         </is>
       </c>
       <c r="C1053" t="inlineStr">
         <is>
-          <t>%1 a envoyé une vidéo</t>
+          <t>Vous avez envoyé un message audio</t>
         </is>
       </c>
       <c r="D1053" t="inlineStr"/>
       <c r="E1053" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1053" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a video</t>
+          <t>message-description sent:You sent an audio clip</t>
         </is>
       </c>
       <c r="G1053" t="inlineStr"/>
       <c r="H1053" t="inlineStr"/>
     </row>
     <row r="1054">
       <c r="A1054" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27759</t>
+          <t>../../src/Utils.cpp:27853</t>
         </is>
       </c>
       <c r="B1054" t="inlineStr">
         <is>
-          <t>You sent a sticker</t>
+          <t>%1 sent an audio clip</t>
         </is>
       </c>
       <c r="C1054" t="inlineStr">
         <is>
-          <t>Vous avez envoyé un autocollant</t>
+          <t>%1 a envoyé un message audio</t>
         </is>
       </c>
       <c r="D1054" t="inlineStr"/>
       <c r="E1054" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1054" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a sticker</t>
+          <t>message-description sent:%1 sent an audio clip</t>
         </is>
       </c>
       <c r="G1054" t="inlineStr"/>
       <c r="H1054" t="inlineStr"/>
     </row>
     <row r="1055">
       <c r="A1055" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27761</t>
+          <t>../../src/Utils.cpp:27857</t>
         </is>
       </c>
       <c r="B1055" t="inlineStr">
         <is>
-          <t>%1 sent a sticker</t>
+          <t>You sent an image</t>
         </is>
       </c>
       <c r="C1055" t="inlineStr">
         <is>
-          <t>%1 a envoyé un autocollant</t>
+          <t>Vous avez envoyé une image</t>
         </is>
       </c>
       <c r="D1055" t="inlineStr"/>
       <c r="E1055" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1055" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a sticker</t>
+          <t>message-description sent:You sent an image</t>
         </is>
       </c>
       <c r="G1055" t="inlineStr"/>
       <c r="H1055" t="inlineStr"/>
     </row>
     <row r="1056">
       <c r="A1056" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27765</t>
+          <t>../../src/Utils.cpp:27859</t>
         </is>
       </c>
       <c r="B1056" t="inlineStr">
         <is>
-          <t>You sent a notification</t>
+          <t>%1 sent an image</t>
         </is>
       </c>
       <c r="C1056" t="inlineStr">
         <is>
-          <t>Vous avez envoyé une notification</t>
+          <t>%1 a envoyé une image</t>
         </is>
       </c>
       <c r="D1056" t="inlineStr"/>
       <c r="E1056" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1056" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a notification</t>
+          <t>message-description sent:%1 sent an image</t>
         </is>
       </c>
       <c r="G1056" t="inlineStr"/>
       <c r="H1056" t="inlineStr"/>
     </row>
     <row r="1057">
       <c r="A1057" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27768</t>
+          <t>../../src/Utils.cpp:27863</t>
         </is>
       </c>
       <c r="B1057" t="inlineStr">
         <is>
-          <t>%1 sent a notification</t>
+          <t>You sent a file</t>
         </is>
       </c>
       <c r="C1057" t="inlineStr">
         <is>
-          <t>%1 a envoyé une notification</t>
+          <t>Vous avez envoyé un fichier</t>
         </is>
       </c>
       <c r="D1057" t="inlineStr"/>
       <c r="E1057" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1057" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a notification</t>
+          <t>message-description sent:You sent a file</t>
         </is>
       </c>
       <c r="G1057" t="inlineStr"/>
       <c r="H1057" t="inlineStr"/>
     </row>
     <row r="1058">
       <c r="A1058" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27800</t>
+          <t>../../src/Utils.cpp:27865</t>
         </is>
       </c>
       <c r="B1058" t="inlineStr">
         <is>
-          <t>You sent a spoiler.</t>
+          <t>%1 sent a file</t>
         </is>
       </c>
       <c r="C1058" t="inlineStr">
         <is>
-          <t>Vous avez envoyé un spoiler.</t>
+          <t>%1 a envoyé un fichier</t>
         </is>
       </c>
       <c r="D1058" t="inlineStr"/>
       <c r="E1058" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1058" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a spoiler.</t>
+          <t>message-description sent:%1 sent a file</t>
         </is>
       </c>
       <c r="G1058" t="inlineStr"/>
       <c r="H1058" t="inlineStr"/>
     </row>
     <row r="1059">
       <c r="A1059" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27803</t>
+          <t>../../src/Utils.cpp:27869</t>
         </is>
       </c>
       <c r="B1059" t="inlineStr">
         <is>
-          <t>%1 sent a spoiler.</t>
+          <t>You sent a video</t>
         </is>
       </c>
       <c r="C1059" t="inlineStr">
         <is>
-          <t>%1 a envoyé un spoiler.</t>
+          <t>Vous avez envoyé une vidéo</t>
         </is>
       </c>
       <c r="D1059" t="inlineStr"/>
       <c r="E1059" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1059" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a spoiler.</t>
+          <t>message-description sent:You sent a video</t>
         </is>
       </c>
       <c r="G1059" t="inlineStr"/>
       <c r="H1059" t="inlineStr"/>
     </row>
     <row r="1060">
       <c r="A1060" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27809</t>
+          <t>../../src/Utils.cpp:27871</t>
         </is>
       </c>
       <c r="B1060" t="inlineStr">
         <is>
-          <t>You: %1</t>
+          <t>%1 sent a video</t>
         </is>
       </c>
       <c r="C1060" t="inlineStr">
         <is>
-          <t>Vous : %1</t>
+          <t>%1 a envoyé une vidéo</t>
         </is>
       </c>
       <c r="D1060" t="inlineStr"/>
       <c r="E1060" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1060" t="inlineStr">
         <is>
-          <t>message-description sent:You: %1</t>
+          <t>message-description sent:%1 sent a video</t>
         </is>
       </c>
       <c r="G1060" t="inlineStr"/>
       <c r="H1060" t="inlineStr"/>
     </row>
     <row r="1061">
       <c r="A1061" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27812</t>
+          <t>../../src/Utils.cpp:27875</t>
         </is>
       </c>
       <c r="B1061" t="inlineStr">
         <is>
-          <t>%1: %2</t>
+          <t>You sent a sticker</t>
         </is>
       </c>
       <c r="C1061" t="inlineStr">
         <is>
-          <t>%1 : %2</t>
+          <t>Vous avez envoyé un autocollant</t>
         </is>
       </c>
       <c r="D1061" t="inlineStr"/>
       <c r="E1061" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1061" t="inlineStr">
         <is>
-          <t>message-description sent:%1: %2</t>
+          <t>message-description sent:You sent a sticker</t>
         </is>
       </c>
       <c r="G1061" t="inlineStr"/>
       <c r="H1061" t="inlineStr"/>
     </row>
     <row r="1062">
       <c r="A1062" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27791</t>
+          <t>../../src/Utils.cpp:27877</t>
         </is>
       </c>
       <c r="B1062" t="inlineStr">
         <is>
-          <t>You sent a chat effect</t>
+          <t>%1 sent a sticker</t>
         </is>
       </c>
       <c r="C1062" t="inlineStr">
         <is>
-          <t>Vous avez envoyé un effet dans la discussion</t>
+          <t>%1 a envoyé un autocollant</t>
         </is>
       </c>
       <c r="D1062" t="inlineStr"/>
       <c r="E1062" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1062" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a chat effect</t>
+          <t>message-description sent:%1 sent a sticker</t>
         </is>
       </c>
       <c r="G1062" t="inlineStr"/>
       <c r="H1062" t="inlineStr"/>
     </row>
     <row r="1063">
       <c r="A1063" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27794</t>
+          <t>../../src/Utils.cpp:27881</t>
         </is>
       </c>
       <c r="B1063" t="inlineStr">
         <is>
-          <t>%1 sent a chat effect</t>
+          <t>You sent a notification</t>
         </is>
       </c>
       <c r="C1063" t="inlineStr">
         <is>
-          <t>%1 a envoyé un effet dans la discussion</t>
+          <t>Vous avez envoyé une notification</t>
         </is>
       </c>
       <c r="D1063" t="inlineStr"/>
       <c r="E1063" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1063" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a chat effect</t>
+          <t>message-description sent:You sent a notification</t>
         </is>
       </c>
       <c r="G1063" t="inlineStr"/>
       <c r="H1063" t="inlineStr"/>
     </row>
     <row r="1064">
       <c r="A1064" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27817</t>
+          <t>../../src/Utils.cpp:27884</t>
         </is>
       </c>
       <c r="B1064" t="inlineStr">
         <is>
-          <t>* %1 spoils something.</t>
+          <t>%1 sent a notification</t>
         </is>
       </c>
       <c r="C1064" t="inlineStr">
         <is>
-          <t>* %1 spoil quelque chose.</t>
+          <t>%1 a envoyé une notification</t>
         </is>
       </c>
       <c r="D1064" t="inlineStr"/>
       <c r="E1064" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1064" t="inlineStr">
         <is>
-          <t>message-description sent:* %1 spoils something.</t>
+          <t>message-description sent:%1 sent a notification</t>
         </is>
       </c>
       <c r="G1064" t="inlineStr"/>
       <c r="H1064" t="inlineStr"/>
     </row>
     <row r="1065">
       <c r="A1065" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27825</t>
+          <t>../../src/Utils.cpp:27916</t>
         </is>
       </c>
       <c r="B1065" t="inlineStr">
         <is>
-          <t>You sent an encrypted message</t>
+          <t>You sent a spoiler.</t>
         </is>
       </c>
       <c r="C1065" t="inlineStr">
         <is>
-          <t>Vous avez envoyé un message chiffré</t>
+          <t>Vous avez envoyé un spoiler.</t>
         </is>
       </c>
       <c r="D1065" t="inlineStr"/>
       <c r="E1065" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1065" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an encrypted message</t>
+          <t>message-description sent:You sent a spoiler.</t>
         </is>
       </c>
       <c r="G1065" t="inlineStr"/>
       <c r="H1065" t="inlineStr"/>
     </row>
     <row r="1066">
       <c r="A1066" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27828</t>
+          <t>../../src/Utils.cpp:27919</t>
         </is>
       </c>
       <c r="B1066" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
+          <t>%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="C1066" t="inlineStr">
         <is>
-          <t>%1 a envoyé un message chiffré</t>
+          <t>%1 a envoyé un spoiler.</t>
         </is>
       </c>
       <c r="D1066" t="inlineStr"/>
       <c r="E1066" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1066" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an encrypted message</t>
+          <t>message-description sent:%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="G1066" t="inlineStr"/>
       <c r="H1066" t="inlineStr"/>
     </row>
     <row r="1067">
       <c r="A1067" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27833</t>
+          <t>../../src/Utils.cpp:27925</t>
         </is>
       </c>
       <c r="B1067" t="inlineStr">
         <is>
-          <t>You placed a call</t>
+          <t>You: %1</t>
         </is>
       </c>
       <c r="C1067" t="inlineStr">
         <is>
-          <t>Vous avez appelé</t>
+          <t>Vous : %1</t>
         </is>
       </c>
       <c r="D1067" t="inlineStr"/>
       <c r="E1067" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1067" t="inlineStr">
         <is>
-          <t>message-description sent:You placed a call</t>
+          <t>message-description sent:You: %1</t>
         </is>
       </c>
       <c r="G1067" t="inlineStr"/>
       <c r="H1067" t="inlineStr"/>
     </row>
     <row r="1068">
       <c r="A1068" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27835</t>
+          <t>../../src/Utils.cpp:27928</t>
         </is>
       </c>
       <c r="B1068" t="inlineStr">
         <is>
-          <t>%1 placed a call</t>
+          <t>%1: %2</t>
         </is>
       </c>
       <c r="C1068" t="inlineStr">
         <is>
-          <t>%1 a appelé</t>
+          <t>%1 : %2</t>
         </is>
       </c>
       <c r="D1068" t="inlineStr"/>
       <c r="E1068" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1068" t="inlineStr">
         <is>
-          <t>message-description sent:%1 placed a call</t>
+          <t>message-description sent:%1: %2</t>
         </is>
       </c>
       <c r="G1068" t="inlineStr"/>
       <c r="H1068" t="inlineStr"/>
     </row>
     <row r="1069">
       <c r="A1069" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27839</t>
+          <t>../../src/Utils.cpp:27907</t>
         </is>
       </c>
       <c r="B1069" t="inlineStr">
         <is>
-          <t>You answered a call</t>
+          <t>You sent a chat effect</t>
         </is>
       </c>
       <c r="C1069" t="inlineStr">
         <is>
-          <t>Vous avez répondu à un appel</t>
+          <t>Vous avez envoyé un effet dans la discussion</t>
         </is>
       </c>
       <c r="D1069" t="inlineStr"/>
       <c r="E1069" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1069" t="inlineStr">
         <is>
-          <t>message-description sent:You answered a call</t>
+          <t>message-description sent:You sent a chat effect</t>
         </is>
       </c>
       <c r="G1069" t="inlineStr"/>
       <c r="H1069" t="inlineStr"/>
     </row>
     <row r="1070">
       <c r="A1070" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27841</t>
+          <t>../../src/Utils.cpp:27910</t>
         </is>
       </c>
       <c r="B1070" t="inlineStr">
         <is>
-          <t>%1 answered a call</t>
+          <t>%1 sent a chat effect</t>
         </is>
       </c>
       <c r="C1070" t="inlineStr">
         <is>
-          <t>%1 a répondu à un appel</t>
+          <t>%1 a envoyé un effet dans la discussion</t>
         </is>
       </c>
       <c r="D1070" t="inlineStr"/>
       <c r="E1070" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1070" t="inlineStr">
         <is>
-          <t>message-description sent:%1 answered a call</t>
+          <t>message-description sent:%1 sent a chat effect</t>
         </is>
       </c>
       <c r="G1070" t="inlineStr"/>
       <c r="H1070" t="inlineStr"/>
     </row>
     <row r="1071">
       <c r="A1071" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27845</t>
+          <t>../../src/Utils.cpp:27933</t>
         </is>
       </c>
       <c r="B1071" t="inlineStr">
         <is>
-          <t>You ended a call</t>
+          <t>* %1 spoils something.</t>
         </is>
       </c>
       <c r="C1071" t="inlineStr">
         <is>
-          <t>Vous avez terminé un appel</t>
+          <t>* %1 a spoilé quelque chose.</t>
         </is>
       </c>
       <c r="D1071" t="inlineStr"/>
       <c r="E1071" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1071" t="inlineStr">
         <is>
-          <t>message-description sent:You ended a call</t>
+          <t>message-description sent:* %1 spoils something.</t>
         </is>
       </c>
       <c r="G1071" t="inlineStr"/>
       <c r="H1071" t="inlineStr"/>
     </row>
     <row r="1072">
       <c r="A1072" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27847</t>
+          <t>../../src/Utils.cpp:27941</t>
         </is>
       </c>
       <c r="B1072" t="inlineStr">
         <is>
-          <t>%1 ended a call</t>
+          <t>You sent an encrypted message</t>
         </is>
       </c>
       <c r="C1072" t="inlineStr">
         <is>
-          <t>%1 a terminé un appel</t>
+          <t>Vous avez envoyé un message chiffré</t>
         </is>
       </c>
       <c r="D1072" t="inlineStr"/>
       <c r="E1072" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1072" t="inlineStr">
         <is>
-          <t>message-description sent:%1 ended a call</t>
+          <t>message-description sent:You sent an encrypted message</t>
         </is>
       </c>
       <c r="G1072" t="inlineStr"/>
       <c r="H1072" t="inlineStr"/>
     </row>
     <row r="1073">
       <c r="A1073" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27851</t>
+          <t>../../src/Utils.cpp:27944</t>
         </is>
       </c>
       <c r="B1073" t="inlineStr">
         <is>
-          <t>You rejected a call</t>
+          <t>%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="C1073" t="inlineStr">
         <is>
-          <t>You avez rejeté un appel</t>
+          <t>%1 a envoyé un message chiffré</t>
         </is>
       </c>
       <c r="D1073" t="inlineStr"/>
       <c r="E1073" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1073" t="inlineStr">
         <is>
-          <t>message-description sent:You rejected a call</t>
+          <t>message-description sent:%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="G1073" t="inlineStr"/>
       <c r="H1073" t="inlineStr"/>
     </row>
     <row r="1074">
       <c r="A1074" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27853</t>
+          <t>../../src/Utils.cpp:27949</t>
         </is>
       </c>
       <c r="B1074" t="inlineStr">
         <is>
-          <t>%1 rejected a call</t>
+          <t>You placed a call</t>
         </is>
       </c>
       <c r="C1074" t="inlineStr">
         <is>
-          <t>%1 a rejeté un appel</t>
+          <t>Vous avez appelé</t>
         </is>
       </c>
       <c r="D1074" t="inlineStr"/>
       <c r="E1074" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1074" t="inlineStr">
         <is>
-          <t>message-description sent:%1 rejected a call</t>
+          <t>message-description sent:You placed a call</t>
         </is>
       </c>
       <c r="G1074" t="inlineStr"/>
       <c r="H1074" t="inlineStr"/>
     </row>
     <row r="1075">
       <c r="A1075" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27856</t>
+          <t>../../src/Utils.cpp:27951</t>
         </is>
       </c>
       <c r="B1075" t="inlineStr">
         <is>
-          <t>Unknown Message Type</t>
+          <t>%1 placed a call</t>
         </is>
       </c>
       <c r="C1075" t="inlineStr">
         <is>
-          <t>Type du message inconnu</t>
+          <t>%1 a appelé</t>
         </is>
       </c>
       <c r="D1075" t="inlineStr"/>
       <c r="E1075" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1075" t="inlineStr">
         <is>
-          <t>utilsUnknown Message Type</t>
+          <t>message-description sent:%1 placed a call</t>
         </is>
       </c>
       <c r="G1075" t="inlineStr"/>
       <c r="H1075" t="inlineStr"/>
+    </row>
+    <row r="1076">
+      <c r="A1076" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27955</t>
+        </is>
+      </c>
+      <c r="B1076" t="inlineStr">
+        <is>
+          <t>You answered a call</t>
+        </is>
+      </c>
+      <c r="C1076" t="inlineStr">
+        <is>
+          <t>Vous avez répondu à un appel</t>
+        </is>
+      </c>
+      <c r="D1076" t="inlineStr"/>
+      <c r="E1076" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1076" t="inlineStr">
+        <is>
+          <t>message-description sent:You answered a call</t>
+        </is>
+      </c>
+      <c r="G1076" t="inlineStr"/>
+      <c r="H1076" t="inlineStr"/>
+    </row>
+    <row r="1077">
+      <c r="A1077" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27957</t>
+        </is>
+      </c>
+      <c r="B1077" t="inlineStr">
+        <is>
+          <t>%1 answered a call</t>
+        </is>
+      </c>
+      <c r="C1077" t="inlineStr">
+        <is>
+          <t>%1 a répondu à un appel</t>
+        </is>
+      </c>
+      <c r="D1077" t="inlineStr"/>
+      <c r="E1077" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1077" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 answered a call</t>
+        </is>
+      </c>
+      <c r="G1077" t="inlineStr"/>
+      <c r="H1077" t="inlineStr"/>
+    </row>
+    <row r="1078">
+      <c r="A1078" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27961</t>
+        </is>
+      </c>
+      <c r="B1078" t="inlineStr">
+        <is>
+          <t>You ended a call</t>
+        </is>
+      </c>
+      <c r="C1078" t="inlineStr">
+        <is>
+          <t>Vous avez terminé un appel</t>
+        </is>
+      </c>
+      <c r="D1078" t="inlineStr"/>
+      <c r="E1078" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1078" t="inlineStr">
+        <is>
+          <t>message-description sent:You ended a call</t>
+        </is>
+      </c>
+      <c r="G1078" t="inlineStr"/>
+      <c r="H1078" t="inlineStr"/>
+    </row>
+    <row r="1079">
+      <c r="A1079" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27963</t>
+        </is>
+      </c>
+      <c r="B1079" t="inlineStr">
+        <is>
+          <t>%1 ended a call</t>
+        </is>
+      </c>
+      <c r="C1079" t="inlineStr">
+        <is>
+          <t>%1 a terminé un appel</t>
+        </is>
+      </c>
+      <c r="D1079" t="inlineStr"/>
+      <c r="E1079" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1079" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 ended a call</t>
+        </is>
+      </c>
+      <c r="G1079" t="inlineStr"/>
+      <c r="H1079" t="inlineStr"/>
+    </row>
+    <row r="1080">
+      <c r="A1080" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27967</t>
+        </is>
+      </c>
+      <c r="B1080" t="inlineStr">
+        <is>
+          <t>You rejected a call</t>
+        </is>
+      </c>
+      <c r="C1080" t="inlineStr">
+        <is>
+          <t>You avez rejeté un appel</t>
+        </is>
+      </c>
+      <c r="D1080" t="inlineStr"/>
+      <c r="E1080" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1080" t="inlineStr">
+        <is>
+          <t>message-description sent:You rejected a call</t>
+        </is>
+      </c>
+      <c r="G1080" t="inlineStr"/>
+      <c r="H1080" t="inlineStr"/>
+    </row>
+    <row r="1081">
+      <c r="A1081" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27969</t>
+        </is>
+      </c>
+      <c r="B1081" t="inlineStr">
+        <is>
+          <t>%1 rejected a call</t>
+        </is>
+      </c>
+      <c r="C1081" t="inlineStr">
+        <is>
+          <t>%1 a rejeté un appel</t>
+        </is>
+      </c>
+      <c r="D1081" t="inlineStr"/>
+      <c r="E1081" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1081" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 rejected a call</t>
+        </is>
+      </c>
+      <c r="G1081" t="inlineStr"/>
+      <c r="H1081" t="inlineStr"/>
+    </row>
+    <row r="1082">
+      <c r="A1082" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27972</t>
+        </is>
+      </c>
+      <c r="B1082" t="inlineStr">
+        <is>
+          <t>Unknown Message Type</t>
+        </is>
+      </c>
+      <c r="C1082" t="inlineStr">
+        <is>
+          <t>Type du message inconnu</t>
+        </is>
+      </c>
+      <c r="D1082" t="inlineStr"/>
+      <c r="E1082" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1082" t="inlineStr">
+        <is>
+          <t>utilsUnknown Message Type</t>
+        </is>
+      </c>
+      <c r="G1082" t="inlineStr"/>
+      <c r="H1082" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>