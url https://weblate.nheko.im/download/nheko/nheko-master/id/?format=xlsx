--- v0 (2025-12-05)
+++ v1 (2026-03-19)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H1075"/>
+  <dimension ref="A1:H1082"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -1123,31686 +1123,31825 @@
           <t>Enter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Masukkan ruangan tambahan yang belum ada di daftar ini...</t>
         </is>
       </c>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>AllowedRoomsSettingsDialogEnter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="G23" t="inlineStr"/>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4321</t>
+          <t>../../src/Cache.cpp:4322</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>%1 and %2</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>%1 dan %2</t>
         </is>
       </c>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Cache
 RoomName%1 and %2</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4323</t>
+          <t>../../src/Cache.cpp:4324</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>%1 and %n other</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>%1 dan %n lainnya</t>
         </is>
       </c>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>Cache%1 and %n other(s)</t>
         </is>
       </c>
       <c r="G25" t="inlineStr"/>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4500</t>
+          <t>../../src/Cache.cpp:4501</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Empty Room</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Ruangan Kosong</t>
         </is>
       </c>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>CacheEmpty Room</t>
         </is>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Panggilan Video</t>
         </is>
       </c>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>CallInviteVideo Call</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Voice Call</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Panggilan Suara</t>
         </is>
       </c>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>CallInviteVoice Call</t>
         </is>
       </c>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4637</t>
+          <t>../qml/voip/CallInvite.qml:4638</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Tidak ada mikrofon yang ditemukan.</t>
         </is>
       </c>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>CallInviteNo microphone found.</t>
         </is>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Panggilan Video</t>
         </is>
       </c>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>CallInviteBarVideo Call</t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Voice Call</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>Panggilan Suara</t>
         </is>
       </c>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>CallInviteBarVoice Call</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4718</t>
+          <t>../qml/voip/CallInviteBar.qml:4719</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Devices</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>Perangkat</t>
         </is>
       </c>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>CallInviteBarDevices</t>
         </is>
       </c>
       <c r="G32" t="inlineStr"/>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4729</t>
+          <t>../qml/voip/CallInviteBar.qml:4730</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Accept</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>Terima</t>
         </is>
       </c>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>CallInviteBarAccept</t>
         </is>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4733</t>
+          <t>../qml/voip/CallInviteBar.qml:4734</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Tidak ada mikrofon yang ditemukan.</t>
         </is>
       </c>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>CallInviteBarNo microphone found.</t>
         </is>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4741</t>
+          <t>../qml/voip/CallInviteBar.qml:4742</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Unknown microphone: %1</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>Mikrofon tidak dikenal: %1</t>
         </is>
       </c>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>CallInviteBarUnknown microphone: %1</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4750</t>
+          <t>../qml/voip/CallInviteBar.qml:4751</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Unknown camera: %1</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>Kamera tidak dikenal: %1</t>
         </is>
       </c>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>CallInviteBarUnknown camera: %1</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4764</t>
+          <t>../qml/voip/CallInviteBar.qml:4765</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Decline</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>Tolak</t>
         </is>
       </c>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>CallInviteBarDecline</t>
         </is>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5659</t>
+          <t>../../src/voip/CallManager.cpp:5660</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>CallManagerX11</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5665</t>
+          <t>../../src/voip/CallManager.cpp:5666</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>CallManagerPipeWire</t>
         </is>
       </c>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5684</t>
+          <t>../../src/voip/CallManager.cpp:5685</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Entire screen</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Semua layar</t>
         </is>
       </c>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>CallManagerEntire screen</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:5802</t>
+          <t>../../src/ChatPage.cpp:5803</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Failed to invite user: %1</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>Gagal mengundang pengguna: %1</t>
         </is>
       </c>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>ChatPageFailed to invite user: %1</t>
         </is>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6791</t>
+          <t>../../src/ChatPage.cpp:6792</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Invited user: %1</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>Pengguna yang diundang: %1</t>
         </is>
       </c>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>ChatPageInvited user: %1</t>
         </is>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6054</t>
+          <t>../../src/ChatPage.cpp:6055</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t xml:space="preserve">%n unread message in room %1
 </t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t xml:space="preserve">%n pesan yang belum dibaca dalam ruangan %1
 </t>
         </is>
       </c>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t xml:space="preserve">ChatPage%n unread message(s) in room %1
 </t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6138</t>
+          <t>../../src/ChatPage.cpp:6139</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Confirm logout</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>Konfirmasi keluar dari akun</t>
         </is>
       </c>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>ChatPageConfirm logout</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6240</t>
+          <t>../../src/ChatPage.cpp:6241</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>The cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>Tembolok pada diskmu lebih baru daripada versi yang didukung Nheko ini. Harap perbarui Nheko atau bersihkan tembolokmu.</t>
         </is>
       </c>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>ChatPageThe cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6281</t>
+          <t>../../src/ChatPage.cpp:6282</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Failed to open database, logging out!</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>Gagal untuk membuka basisdata, kamu telah dikeluarkan!</t>
         </is>
       </c>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>ChatPageFailed to open database, logging out!</t>
         </is>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6619</t>
+          <t>../../src/ChatPage.cpp:6620</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Knock on room</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>Ketuk pada ruangan</t>
         </is>
       </c>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>ChatPageKnock on room</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6623</t>
+          <t>../../src/ChatPage.cpp:6624</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Do you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>Apakah kamu ingin mengetuk pada %1? Kamu dapat memberikan alasan secara opsional supaya lainnya dapat menerima ketukan kamu:</t>
         </is>
       </c>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6638</t>
+          <t>../../src/ChatPage.cpp:6639</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Failed to knock room: %1</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>Gagal mengetuk ruangan: %1</t>
         </is>
       </c>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>ChatPageFailed to knock room: %1</t>
         </is>
       </c>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6697</t>
+          <t>../../src/ChatPage.cpp:6698</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Room creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>Pembuatan ruangan gagal: Alias Tidak Benar</t>
         </is>
       </c>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6732</t>
+          <t>../../src/ChatPage.cpp:6733</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Room %1 created.</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>Ruangan %1 telah dibuat.</t>
         </is>
       </c>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>ChatPageRoom %1 created.</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7273</t>
+          <t>../../src/ChatPage.cpp:7274</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Confirm invite</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>Konfirmasi undangan</t>
         </is>
       </c>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>ChatPageConfirm invite</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6776</t>
+          <t>../../src/ChatPage.cpp:6777</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Do you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>Apakah kamu ingin mengundang %1 (%2)?</t>
         </is>
       </c>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="G53" t="inlineStr"/>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6788</t>
+          <t>../../src/ChatPage.cpp:6789</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Failed to invite %1 to %2: %3</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>Gagal mengundang %1 ke %2: %3</t>
         </is>
       </c>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>ChatPageFailed to invite %1 to %2: %3</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6820</t>
+          <t>../../src/ChatPage.cpp:6821</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Kicked user: %1</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>Pengguna yang dikeluarkan: %1</t>
         </is>
       </c>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>ChatPageKicked user: %1</t>
         </is>
       </c>
       <c r="G55" t="inlineStr"/>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6846</t>
+          <t>../../src/ChatPage.cpp:6847</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Failed to ban %1 in %2: %3</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>Gagal mencekal %1 di %2: %3</t>
         </is>
       </c>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>ChatPageFailed to ban %1 in %2: %3</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6849</t>
+          <t>../../src/ChatPage.cpp:6850</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Banned user: %1</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>Pengguna yang dicekal: %1</t>
         </is>
       </c>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>ChatPageBanned user: %1</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6857</t>
+          <t>../../src/ChatPage.cpp:6858</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Confirm unban</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>Konfirmasi menghilangkan cekalan</t>
         </is>
       </c>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>ChatPageConfirm unban</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6858</t>
+          <t>../../src/ChatPage.cpp:6859</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Do you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>Apakah kamu ingin menghilangkan cekalan %1 (%2)?</t>
         </is>
       </c>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6869</t>
+          <t>../../src/ChatPage.cpp:6870</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Failed to unban %1 in %2: %3</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>Gagal menghilangkan pencekalan %1 di %2: %3</t>
         </is>
       </c>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>ChatPageFailed to unban %1 in %2: %3</t>
         </is>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6872</t>
+          <t>../../src/ChatPage.cpp:6873</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Unbanned user: %1</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>Menghilangkan cekalan pengguna: %1</t>
         </is>
       </c>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>ChatPageUnbanned user: %1</t>
         </is>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7274</t>
+          <t>../../src/ChatPage.cpp:7275</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Do you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>Apakah kamu ingin memulai chat privat dengan %1?</t>
         </is>
       </c>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6226</t>
+          <t>../../src/ChatPage.cpp:6227</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Cache migration failed!</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>Migrasi tembolok gagal!</t>
         </is>
       </c>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>ChatPageCache migration failed!</t>
         </is>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6139</t>
+          <t>../../src/ChatPage.cpp:6140</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Because of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>Karena alasan berikut Nheko ingin kamu kembali ke laman masuk:
 %1
 Jika kamu pikir bahwa ini adalah kesalahan, kamu bisa menutup Nheko untuk memulihkan kunci enkripsimu. Setelah kamu berada di laman masuk, kamu bisa masuk lagi menggunakan metode biasanya.</t>
         </is>
       </c>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>ChatPageBecause of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="G64" t="inlineStr"/>
       <c r="H64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6227</t>
+          <t>../../src/ChatPage.cpp:6228</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Migrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>Migrasi tembolok ke versi saat ini gagal. Ini dapat memiliki alasan yang berbeda. Silakan buka sebuah masalah di https://github.com/Nheko-Reborn/nheko dan coba menggunakan versi yang lama untuk saat ini. Secara alternatif kamu bisa menghapus tembolok secara manual.</t>
         </is>
       </c>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>ChatPageMigrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6239</t>
+          <t>../../src/ChatPage.cpp:6240</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Incompatible cache version</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>Versi tembolok tidak kompatibel</t>
         </is>
       </c>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>ChatPageIncompatible cache version</t>
         </is>
       </c>
       <c r="G66" t="inlineStr"/>
       <c r="H66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6303</t>
+          <t>../../src/ChatPage.cpp:6304</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Failed to restore OLM account. Please login again.</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>Gagal memulihkan akun OLM. Mohon masuk lagi.</t>
         </is>
       </c>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>ChatPageFailed to restore OLM account. Please login again.</t>
         </is>
       </c>
       <c r="G67" t="inlineStr"/>
       <c r="H67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6315</t>
+          <t>../../src/ChatPage.cpp:6316</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Failed to restore saved data. Please login again.</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>Gagal memulihkan data yang tersimpan. Mohon masuk lagi.</t>
         </is>
       </c>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>ChatPageFailed to restore save data. Please login again.</t>
         </is>
       </c>
       <c r="G68" t="inlineStr"/>
       <c r="H68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6369</t>
+          <t>../../src/ChatPage.cpp:6370</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Failed to setup encryption keys. Server response: %1 %2. Please try again later.</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>Gagal menyiapkan kunci enkripsi. Respons server: %1 %2. Silakan coba lagi nanti.</t>
         </is>
       </c>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>ChatPageFailed to setup encryption keys. Server response: %1 %2. Please try again later.</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6588</t>
+          <t>../../src/ChatPage.cpp:6589</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Please try to login again: %1</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>Mohon mencoba masuk lagi: %1</t>
         </is>
       </c>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>ChatPagePlease try to login again: %1</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6622</t>
+          <t>../../src/ChatPage.cpp:6623</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>You failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>Kamu gagal bergabung %1. Kamu bisa mengetuk supaya yang lain bisa mengundangmu. Apakah kamu ingin melakukannya?
 Kamu dapat memberikan alasan untuk orang lain untuk menerima ketukanmu:</t>
         </is>
       </c>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>ChatPageYou failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6674</t>
+          <t>../../src/ChatPage.cpp:6675</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Failed to join room: %1</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>Gagal bergabung ruangan: %1</t>
         </is>
       </c>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>ChatPageFailed to join room: %1</t>
         </is>
       </c>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6683</t>
+          <t>../../src/ChatPage.cpp:6684</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Failed to remove invite: %1</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>Gagal menghapus undangan: %1</t>
         </is>
       </c>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>ChatPageFailed to remove invite: %1</t>
         </is>
       </c>
       <c r="G73" t="inlineStr"/>
       <c r="H73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6717</t>
+          <t>../../src/ChatPage.cpp:6718</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Room creation failed: %1</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>Pembuatan ruangan gagal: %1</t>
         </is>
       </c>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: %1</t>
         </is>
       </c>
       <c r="G74" t="inlineStr"/>
       <c r="H74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6745</t>
+          <t>../../src/ChatPage.cpp:6746</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Failed to leave room: %1</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>Gagal meninggalkan ruangan: %1</t>
         </is>
       </c>
       <c r="D75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>ChatPageFailed to leave room: %1</t>
         </is>
       </c>
       <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6801</t>
+          <t>../../src/ChatPage.cpp:6802</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Reason for the kick</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>Alasan untuk mengeluarkan</t>
         </is>
       </c>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>ChatPageReason for the kick</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6802</t>
+          <t>../../src/ChatPage.cpp:6803</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Enter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>Masukkan alasan untuk mengeluarkan %1 (%2) atau tekan enter untuk mengeluarkan tanpa alasan:</t>
         </is>
       </c>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6817</t>
+          <t>../../src/ChatPage.cpp:6818</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Failed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>Gagal mengeluarkan %1 dari %2: %3</t>
         </is>
       </c>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>ChatPageFailed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6830</t>
+          <t>../../src/ChatPage.cpp:6831</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Reason for the ban</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>Alasan untuk mencekal</t>
         </is>
       </c>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>ChatPageReason for the ban</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6831</t>
+          <t>../../src/ChatPage.cpp:6832</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Enter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>Masukkan alasan untuk mencekal %1 (%2) atau tekan enter untuk mencekal tanpa alasan:</t>
         </is>
       </c>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G80" t="inlineStr"/>
       <c r="H80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>../qml/ChatPage.qml:6867</t>
+          <t>../qml/ChatPage.qml:6868</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>No network connection</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>Tidak ada koneksi jaringan</t>
         </is>
       </c>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>ChatPageNo network connection</t>
         </is>
       </c>
       <c r="G81" t="inlineStr"/>
       <c r="H81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6987</t>
+          <t>../../src/CommandCompleter.cpp:6988</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>/me &lt;pesan&gt;</t>
         </is>
       </c>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>CommandCompleter/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6989</t>
+          <t>../../src/CommandCompleter.cpp:6990</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>/react &lt;text&gt;</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>/react &lt;teks&gt;</t>
         </is>
       </c>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>CommandCompleter/react &lt;text&gt;</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6991</t>
+          <t>../../src/CommandCompleter.cpp:6992</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>/join &lt;!idruangan|#alias&gt; [alasan]</t>
         </is>
       </c>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>CommandCompleter/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6993</t>
+          <t>../../src/CommandCompleter.cpp:6994</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>/knock &lt;!idruangan|#alias&gt; [alasan]</t>
         </is>
       </c>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>CommandCompleter/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6995</t>
+          <t>../../src/CommandCompleter.cpp:6996</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>/part [reason]</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>/part [alasan]</t>
         </is>
       </c>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>CommandCompleter/part [reason]</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6997</t>
+          <t>../../src/CommandCompleter.cpp:6998</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>/leave [reason]</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>/leave [alasan]</t>
         </is>
       </c>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>CommandCompleter/leave [reason]</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7007</t>
+          <t>../../src/CommandCompleter.cpp:7008</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>/redact &lt;$idperistiwa|@idpengguna&gt;</t>
         </is>
       </c>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>CommandCompleter/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7009</t>
+          <t>../../src/CommandCompleter.cpp:7010</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>/roomnick &lt;namatampilan&gt;</t>
         </is>
       </c>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>CommandCompleter/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7011</t>
+          <t>../../src/CommandCompleter.cpp:7012</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>/shrug [message]</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>/shrug [pesan]</t>
         </is>
       </c>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>CommandCompleter/shrug [message]</t>
         </is>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7025</t>
+          <t>../../src/CommandCompleter.cpp:7026</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>/md &lt;pesan&gt;</t>
         </is>
       </c>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <t>CommandCompleter/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7027</t>
+          <t>../../src/CommandCompleter.cpp:7028</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>/cmark &lt;pesan&gt;</t>
         </is>
       </c>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>CommandCompleter/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7029</t>
+          <t>../../src/CommandCompleter.cpp:7030</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>/plain &lt;pesan&gt;</t>
         </is>
       </c>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <t>CommandCompleter/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7031</t>
+          <t>../../src/CommandCompleter.cpp:7032</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>/rainbow &lt;pesan&gt;</t>
         </is>
       </c>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7033</t>
+          <t>../../src/CommandCompleter.cpp:7034</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>/rainbowme &lt;pesan&gt;</t>
         </is>
       </c>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7035</t>
+          <t>../../src/CommandCompleter.cpp:7036</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>/notice &lt;pesan&gt;</t>
         </is>
       </c>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
           <t>CommandCompleter/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7037</t>
+          <t>../../src/CommandCompleter.cpp:7038</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>/rainbownotice &lt;pesan&gt;</t>
         </is>
       </c>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G97" t="inlineStr"/>
       <c r="H97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7039</t>
+          <t>../../src/CommandCompleter.cpp:7040</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>/confetti [message]</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>/confetti [pesan]</t>
         </is>
       </c>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>CommandCompleter/confetti [message]</t>
         </is>
       </c>
       <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7041</t>
+          <t>../../src/CommandCompleter.cpp:7042</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>/rainbowconfetti [pesan]</t>
         </is>
       </c>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6999</t>
+          <t>../../src/CommandCompleter.cpp:7000</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>/invite &lt;@idpengguna&gt; [alasan]</t>
         </is>
       </c>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
           <t>CommandCompleter/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7001</t>
+          <t>../../src/CommandCompleter.cpp:7002</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>/kick &lt;@idpengguna&gt; [alasan]</t>
         </is>
       </c>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
           <t>CommandCompleter/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7003</t>
+          <t>../../src/CommandCompleter.cpp:7004</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>/ban &lt;@idpengguna&gt; [alasan]</t>
         </is>
       </c>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
           <t>CommandCompleter/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7005</t>
+          <t>../../src/CommandCompleter.cpp:7006</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>/unban &lt;@idpengguna&gt; [alasan]</t>
         </is>
       </c>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
           <t>CommandCompleter/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7043</t>
+          <t>../../src/CommandCompleter.cpp:7044</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>/rainfall [message]</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>/rainfall [pesan]</t>
         </is>
       </c>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
           <t>CommandCompleter/rainfall [message]</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7045</t>
+          <t>../../src/CommandCompleter.cpp:7046</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>/msgtype &lt;jenis pesan&gt; [pesan]</t>
         </is>
       </c>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
           <t>CommandCompleter/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7047</t>
+          <t>../../src/CommandCompleter.cpp:7048</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>/glitch &lt;pesan&gt;</t>
         </is>
       </c>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
           <t>CommandCompleter/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7049</t>
+          <t>../../src/CommandCompleter.cpp:7050</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <t>/gradualglitch &lt;pesan&gt;</t>
         </is>
       </c>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
           <t>CommandCompleter/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G107" t="inlineStr"/>
       <c r="H107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7051</t>
+          <t>../../src/CommandCompleter.cpp:7052</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>/goto &lt;referensi pesan&gt;</t>
         </is>
       </c>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
           <t>CommandCompleter/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7071</t>
+          <t>../../src/CommandCompleter.cpp:7072</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>Send a message expressing an action.</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>Kirim pesan mengekspresikan sebuah tindakan.</t>
         </is>
       </c>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message expressing an action.</t>
         </is>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7073</t>
+          <t>../../src/CommandCompleter.cpp:7074</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>Send &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>Kirim &lt;teks&gt; sebagai reaksi ketika kamu membalas ke sebuah pesan.</t>
         </is>
       </c>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
           <t>CommandCompleterSend &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7075</t>
+          <t>../../src/CommandCompleter.cpp:7076</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>Bergabung dengan sebuah ruangan. Alasan opsional.</t>
         </is>
       </c>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
           <t>CommandCompleterJoin a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G111" t="inlineStr"/>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7077</t>
+          <t>../../src/CommandCompleter.cpp:7078</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Ask to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>Bertanya untuk bergabung dengan sebuah ruangan. Alasan opsional.</t>
         </is>
       </c>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
           <t>CommandCompleterAsk to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7081</t>
+          <t>../../src/CommandCompleter.cpp:7082</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>Leave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>Tinggalkan sebuah ruangan. Alasan opsional.</t>
         </is>
       </c>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
           <t>CommandCompleterLeave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G113" t="inlineStr"/>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7083</t>
+          <t>../../src/CommandCompleter.cpp:7084</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Invite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>Undang seorang pengguna ke ruangan saat ini. Alasan opsional.</t>
         </is>
       </c>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
           <t>CommandCompleterInvite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="G114" t="inlineStr"/>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7085</t>
+          <t>../../src/CommandCompleter.cpp:7086</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>Kick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="C115" t="inlineStr"/>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
           <t>CommandCompleterKick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7088</t>
+          <t>../../src/CommandCompleter.cpp:7089</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>Ban a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C116" t="inlineStr"/>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
           <t>CommandCompleterBan a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7091</t>
+          <t>../../src/CommandCompleter.cpp:7092</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>Unban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C117" t="inlineStr"/>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
           <t>CommandCompleterUnban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7094</t>
+          <t>../../src/CommandCompleter.cpp:7095</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Redact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="C118" t="inlineStr"/>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
           <t>CommandCompleterRedact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7097</t>
+          <t>../../src/CommandCompleter.cpp:7098</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Change your displayname in this room.</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
           <t>Ubah nama tampilanmu dalam ruangan ini.</t>
         </is>
       </c>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
           <t>CommandCompleterChange your displayname in this room.</t>
         </is>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7099</t>
+          <t>../../src/CommandCompleter.cpp:7100</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>¯\_(ツ)_/¯ dengan pesan opsional.</t>
         </is>
       </c>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
           <t>CommandCompleter¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="G120" t="inlineStr"/>
       <c r="H120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7101</t>
+          <t>../../src/CommandCompleter.cpp:7102</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
           <t>CommandCompleter(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="G121" t="inlineStr"/>
       <c r="H121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7103</t>
+          <t>../../src/CommandCompleter.cpp:7104</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
           <t>┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
           <t>CommandCompleter┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="G122" t="inlineStr"/>
       <c r="H122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7105</t>
+          <t>../../src/CommandCompleter.cpp:7106</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
           <t>CommandCompleterノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="G123" t="inlineStr"/>
       <c r="H123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7107</t>
+          <t>../../src/CommandCompleter.cpp:7108</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>Clear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>Hapus pesan yang saat ini ditembolok dalam ruangan ini.</t>
         </is>
       </c>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
           <t>CommandCompleterClear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="G124" t="inlineStr"/>
       <c r="H124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7109</t>
+          <t>../../src/CommandCompleter.cpp:7110</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>Refetch the state in this room.</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>Dapatkan ulang keadaan di ruangan ini.</t>
         </is>
       </c>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
           <t>CommandCompleterRefetch the state in this room.</t>
         </is>
       </c>
       <c r="G125" t="inlineStr"/>
       <c r="H125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7111</t>
+          <t>../../src/CommandCompleter.cpp:7112</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>Rotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>Putar kunci enkripsi simetris saat ini.</t>
         </is>
       </c>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
           <t>CommandCompleterRotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="G126" t="inlineStr"/>
       <c r="H126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7113</t>
+          <t>../../src/CommandCompleter.cpp:7114</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>Send a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>Kirim pesan dengan format markdown (mengabaikan pengaturan global).</t>
         </is>
       </c>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
           <t>CommandCompleterSend a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G127" t="inlineStr"/>
       <c r="H127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7115</t>
+          <t>../../src/CommandCompleter.cpp:7116</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>Send a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>Kirim pesan yang diformat dengan CommonMark, menonaktifkan banyak ekstensi dibandingkan /md.</t>
         </is>
       </c>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
           <t>CommandCompleterSend a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="G128" t="inlineStr"/>
       <c r="H128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7118</t>
+          <t>../../src/CommandCompleter.cpp:7119</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Send an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>Kirim pesan tanpa format (mengabaikan pengaturan global).</t>
         </is>
       </c>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
           <t>CommandCompleterSend an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G129" t="inlineStr"/>
       <c r="H129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7120</t>
+          <t>../../src/CommandCompleter.cpp:7121</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors.</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>Kirim pesan dengan warna pelangi.</t>
         </is>
       </c>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors.</t>
         </is>
       </c>
       <c r="G130" t="inlineStr"/>
       <c r="H130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7122</t>
+          <t>../../src/CommandCompleter.cpp:7123</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>Send /me in rainbow colors.</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <t>Kirim /me dengan warna pelangi.</t>
         </is>
       </c>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
           <t>CommandCompleterSend /me in rainbow colors.</t>
         </is>
       </c>
       <c r="G131" t="inlineStr"/>
       <c r="H131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7124</t>
+          <t>../../src/CommandCompleter.cpp:7125</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>Send a bot message.</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
           <t>Kirim pesan bot.</t>
         </is>
       </c>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message.</t>
         </is>
       </c>
       <c r="G132" t="inlineStr"/>
       <c r="H132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7126</t>
+          <t>../../src/CommandCompleter.cpp:7127</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Send a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
           <t>Kirim pesan bot dengan warna pelangi.</t>
         </is>
       </c>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7128</t>
+          <t>../../src/CommandCompleter.cpp:7129</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Send a message with confetti.</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
           <t>Kirim pesan dengan konfeti.</t>
         </is>
       </c>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with confetti.</t>
         </is>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7130</t>
+          <t>../../src/CommandCompleter.cpp:7131</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
           <t>Kirim pesan dengan warna pelangi dengan konfeti.</t>
         </is>
       </c>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7132</t>
+          <t>../../src/CommandCompleter.cpp:7133</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>Send a message with rain.</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>Kirim pesan dengan hujan.</t>
         </is>
       </c>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with rain.</t>
         </is>
       </c>
       <c r="G136" t="inlineStr"/>
       <c r="H136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7134</t>
+          <t>../../src/CommandCompleter.cpp:7135</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>Send a message with a custom message type.</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <t>Kirim pesan dengan jenis pesan khusus.</t>
         </is>
       </c>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a custom message type.</t>
         </is>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7136</t>
+          <t>../../src/CommandCompleter.cpp:7137</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Send a message with a glitch effect.</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
           <t>Kirim pesan dengan efek glitch.</t>
         </is>
       </c>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a glitch effect.</t>
         </is>
       </c>
       <c r="G138" t="inlineStr"/>
       <c r="H138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7138</t>
+          <t>../../src/CommandCompleter.cpp:7139</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Send a message that gradually glitches.</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
           <t>Kirim pesan yang akan glitch secara berkala.</t>
         </is>
       </c>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message that gradually glitches.</t>
         </is>
       </c>
       <c r="G139" t="inlineStr"/>
       <c r="H139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7140</t>
+          <t>../../src/CommandCompleter.cpp:7141</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>Go to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <t>Pergi ke pesan spesifik menggunakan sebuah ID peristiwa, indeks, atau tautan matrix:</t>
         </is>
       </c>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
           <t>CommandCompleterGo to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7142</t>
+          <t>../../src/CommandCompleter.cpp:7143</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Convert this room to a direct chat.</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>Ubah ruangan ini ke obrolan langsung.</t>
         </is>
       </c>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this room to a direct chat.</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7144</t>
+          <t>../../src/CommandCompleter.cpp:7145</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Convert this direct chat into a room.</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>Ubah obrolan langsung ini ke sebuah ruangan.</t>
         </is>
       </c>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this direct chat into a room.</t>
         </is>
       </c>
       <c r="G142" t="inlineStr"/>
       <c r="H142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7146</t>
+          <t>../../src/CommandCompleter.cpp:7147</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>Ignore a user.</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
           <t>Abaikan pengguna.</t>
         </is>
       </c>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
           <t>CommandCompleterIgnore a user.</t>
         </is>
       </c>
       <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7148</t>
+          <t>../../src/CommandCompleter.cpp:7149</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>Stop ignoring a user.</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
           <t>Berhenti mengabaikan pengguna.</t>
         </is>
       </c>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
           <t>CommandCompleterStop ignoring a user.</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7150</t>
+          <t>../../src/CommandCompleter.cpp:7151</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>Block all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C145" t="inlineStr"/>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>CommandCompleterBlock all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7153</t>
+          <t>../../src/CommandCompleter.cpp:7154</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>Allow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C146" t="inlineStr"/>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
           <t>CommandCompleterAllow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>Expand</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
           <t>Besarkan</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
           <t>CommunitiesListExpand</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>Collapse</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <t>Kecilkan</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
           <t>CommunitiesListCollapse</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7375</t>
+          <t>../qml/CommunitiesList.qml:7376</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>Do not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>Jangan tampilkan jumlah notifikasi untuk komunitas atau tag ini.</t>
         </is>
       </c>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
           <t>CommunitiesListDo not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7382</t>
+          <t>../qml/CommunitiesList.qml:7383</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>Hide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>Sembunyikan ruangan dengan tag atau komunitas ini secara bawaan.</t>
         </is>
       </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
           <t>CommunitiesListHide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7459</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7460</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>All rooms</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>Semua ruangan</t>
         </is>
       </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
           <t>CommunitiesModelAll rooms</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7461</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7462</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>Shows all rooms without filtering.</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>Menampilkan semua ruangan tanpa penyaringan.</t>
         </is>
       </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
           <t>CommunitiesModelShows all rooms without filtering.</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7484</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7485</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Direct Chats</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>Pesan Langsung</t>
         </is>
       </c>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
           <t>CommunitiesModelDirect Chats</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7486</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7487</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Show direct chats.</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>Tampilkan pesan langsung.</t>
         </is>
       </c>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
           <t>CommunitiesModelShow direct chats.</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7553</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7554</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Favourites</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>Favorit</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
           <t>CommunitiesModelFavourites</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7555</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7556</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Rooms you have favourited.</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <t>Ruangan yang kamu favoritkan.</t>
         </is>
       </c>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms you have favourited.</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7562</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7563</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>Low Priority</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <t>Prioritas Rendah</t>
         </is>
       </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
           <t>CommunitiesModelLow Priority</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7564</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7565</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>Rooms with low priority.</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <t>Ruangan dengan prioritas rendah.</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms with low priority.</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7571</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7572</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>Server Notices</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
           <t>Pemberitahuan Server</t>
         </is>
       </c>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
           <t>CommunitiesModelServer Notices</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7573</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7574</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>Messages from your server or administrator.</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
           <t>Pesan dari servermu atau administratormu.</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
           <t>CommunitiesModelMessages from your server or administrator.</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8251</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8252</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>Failed to update community: %1</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
           <t>Gagal memperbarui komunitas: %1</t>
         </is>
       </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community: %1</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8269</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8270</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>Failed to delete room from community: %1</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>Gagal menghapus ruangan dari komunitas: %1</t>
         </is>
       </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to delete room from community: %1</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8292</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8293</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>Failed to update community for room: %1</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>Gagal memperbarui komunitas untuk ruangan: %1</t>
         </is>
       </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community for room: %1</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8310</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8311</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>Failed to remove community from room: %1</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>Gagal menghapus komunitas dari ruangan: %1</t>
         </is>
       </c>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to remove community from room: %1</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>Confirm community join</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <t>Konfirmasi pergabungan komunitas</t>
         </is>
       </c>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm community join</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>Confirm room join</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
           <t>Konfirmasi pergabungan ruangan</t>
         </is>
       </c>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm room join</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8394</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8395</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>%n member</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>%n anggota</t>
         </is>
       </c>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialog%n member(s)</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>This room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <t>Ruangan ini tidak bisa digabung secara langsung. Kamu dapat mengetuk pada ruangan dan anggota ruangan dapat menerima atau menolak permintaan bergabungan ini. Kamu bisa menambahkan alasan untuk mereka untuk menambahkan kamu di bawah:</t>
         </is>
       </c>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogThis room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>Do you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
           <t>Apakah kamu ingin bergabung ke ruangan ini? Kamu bisa menambahkan alasan secara opsional di bawah:</t>
         </is>
       </c>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogDo you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>Knock</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <t>Ketuk</t>
         </is>
       </c>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogKnock</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>Join</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
           <t>Bergabung</t>
         </is>
       </c>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8465</t>
+          <t>../qml/dialogs/CreateDirect.qml:8466</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>Create Direct Chat</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
           <t>Buat Obrolan Langsung</t>
         </is>
       </c>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
           <t>CreateDirectCreate Direct Chat</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8525</t>
+          <t>../qml/dialogs/CreateDirect.qml:8526</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>User to invite</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <t>Pengguna untuk diundang</t>
         </is>
       </c>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
           <t>CreateDirectUser to invite</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8526</t>
+          <t>../qml/dialogs/CreateDirect.qml:8527</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>@user:server.tld</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
           <t>@pengguna:server.tld</t>
         </is>
       </c>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
           <t>CreateDirect@user:server.tld</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8541</t>
+          <t>../qml/dialogs/CreateDirect.qml:8542</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>Enkripsi</t>
         </is>
       </c>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
           <t>CreateDirectEncryption</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>New community</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>Komunitas baru</t>
         </is>
       </c>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
           <t>CreateRoomNew community</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>New Room</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>Ruangan baru</t>
         </is>
       </c>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
           <t>CreateRoomNew Room</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8585</t>
+          <t>../qml/dialogs/CreateRoom.qml:8586</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>Name</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>Nama</t>
         </is>
       </c>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
           <t>CreateRoomName</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8586</t>
+          <t>../qml/dialogs/CreateRoom.qml:8587</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>No name</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>Tidak ada nama</t>
         </is>
       </c>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
           <t>CreateRoomNo name</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8594</t>
+          <t>../qml/dialogs/CreateRoom.qml:8595</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>Topic</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>Topik</t>
         </is>
       </c>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
           <t>CreateRoomTopic</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8595</t>
+          <t>../qml/dialogs/CreateRoom.qml:8596</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>No topic</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>Tidak ada topik</t>
         </is>
       </c>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
           <t>CreateRoomNo topic</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8613</t>
+          <t>../qml/dialogs/CreateRoom.qml:8614</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>Alias</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>Alias</t>
         </is>
       </c>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
           <t>CreateRoomAlias</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8625</t>
+          <t>../qml/dialogs/CreateRoom.qml:8626</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>Public</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
           <t>Publik</t>
         </is>
       </c>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
           <t>CreateRoomPublic</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8631</t>
+          <t>../qml/dialogs/CreateRoom.qml:8632</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>Public rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
           <t>Ruangan publik dapat digabung oleh siapa pun; ruangan privat membutuhkan undangan eksplisit.</t>
         </is>
       </c>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
           <t>CreateRoomPublic rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8644</t>
+          <t>../qml/dialogs/CreateRoom.qml:8645</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>Trusted</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
           <t>Dipercayai</t>
         </is>
       </c>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
           <t>CreateRoomTrusted</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8650</t>
+          <t>../qml/dialogs/CreateRoom.qml:8651</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>All invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
           <t>Semua yang diundang akan diberikan tingkat daya yang sama sebagai pembuat</t>
         </is>
       </c>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
           <t>CreateRoomAll invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8665</t>
+          <t>../qml/dialogs/CreateRoom.qml:8666</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
           <t>Enkripsi</t>
         </is>
       </c>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
           <t>CreateRoomEncryption</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8671</t>
+          <t>../qml/dialogs/CreateRoom.qml:8672</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>Caution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>Peringatan: Enkripsi tidak dapat dinonaktifkan</t>
         </is>
       </c>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
           <t>CreateRoomCaution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8687</t>
+          <t>../qml/dialogs/CreateRoom.qml:8688</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>Create Room</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
           <t>Buat Ruangan</t>
         </is>
       </c>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
           <t>CreateRoomCreate Room</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:8999</t>
+          <t>../../src/ChatPage.cpp:9000</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>Decrypt secrets</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
           <t>Dekripsi rahasia</t>
         </is>
       </c>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecrypt secrets</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9001</t>
+          <t>../../src/ChatPage.cpp:9002</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>Masukkan kunci pemulihanmu atau frasa sandi untuk mendekripsikan rahasiamu:</t>
         </is>
       </c>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9003</t>
+          <t>../../src/ChatPage.cpp:9004</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>Masukkan kunci pemulihanmu atau frasa sandi yang bernama %1 untuk mendekripsikan rahasiamu:</t>
         </is>
       </c>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9031</t>
+          <t>../../src/ChatPage.cpp:9032</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>Decryption failed</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>Gagal mendekripsi</t>
         </is>
       </c>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecryption failed</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9032</t>
+          <t>../../src/ChatPage.cpp:9033</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>Failed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>Gagal mendekripsi rahasia dengan kunci pemulihan atau frasa sandi yang diberikan</t>
         </is>
       </c>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
           <t>CrossSigningSecretsFailed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9042</t>
+          <t>../qml/device-verification/DigitVerification.qml:9043</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
           <t>Kode Verifikasi</t>
         </is>
       </c>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
           <t>DigitVerificationVerification Code</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9050</t>
+          <t>../qml/device-verification/DigitVerification.qml:9051</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>Please verify the following digits.  You should see the same numbers on both sides.  If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>Harap verifikasi digit berikut.  Kamu seharusnya melihat angka yang sama di kedua sisi.  Jika mereka berbeda, mohon tekan 'Mereka tidak cocok!' untuk membatalkan verifikasi!</t>
         </is>
       </c>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
           <t>DigitVerificationPlease verify the following digits. You should see the same numbers on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9083</t>
+          <t>../qml/device-verification/DigitVerification.qml:9084</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>Mereka tidak cocok!</t>
         </is>
       </c>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
           <t>DigitVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9096</t>
+          <t>../qml/device-verification/DigitVerification.qml:9097</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <t>Mereka cocok!</t>
         </is>
       </c>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
           <t>DigitVerificationThey match!</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9107</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9108</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
           <t>Kode Verifikasi</t>
         </is>
       </c>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
           <t>EmojiVerificationVerification Code</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9115</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9116</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>Please verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
           <t>Mohon verifikasi emoji berikut. Kamu seharusnya melihat emoji yang sama di kedua sisi. Jika mereka berbeda, mohon tekan 'Mereka tidak cocok!' untuk membatalkan verifikasi!</t>
         </is>
       </c>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
           <t>EmojiVerificationPlease verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9494</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9495</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>The displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
           <t>Emoji yang ditampilkan mungkin terlihat berbeda dalam klien yang lain jika font lain digunakan. Mereka mungkin juga diterjemahkan ke bahasa yang berbeda. Mereka seharusnya menampilkan salah satu dari 64 objek atau binatang yang berbeda. Sebagai contoh, seekor singa dan kucing berbeda, tetapi seekor kucing masih sama bahkan jika satu klien menampilkan wajah kucing, dan klien yang lain menampilkan seluruh badan kucing.</t>
         </is>
       </c>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
           <t>EmojiVerificationThe displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9504</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9505</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <t>Mereka tidak cocok!</t>
         </is>
       </c>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
           <t>EmojiVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9517</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9518</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
           <t>Mereka cocok!</t>
         </is>
       </c>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
           <t>EmojiVerificationThey match!</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9559</t>
+          <t>../qml/delegates/Encrypted.qml:9560</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>There is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
           <t>Tidak ada kunci untuk mengakses pesan ini. Kami telah meminta untuk kunci secara otomatis, tetapi kamu bisa meminta lagi jika kamu tidak sabar.</t>
         </is>
       </c>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
           <t>EncryptedThere is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9561</t>
+          <t>../qml/delegates/Encrypted.qml:9562</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>This message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>Pesan ini tidak bisa didekripsikan, karena kami hanya memiliki kunci untuk pesan baru. Kamu bisa meminta akses ke pesan ini.</t>
         </is>
       </c>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
           <t>EncryptedThis message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9563</t>
+          <t>../qml/delegates/Encrypted.qml:9564</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>There was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>Sebuah kesalahan internal terjadi saat membaca kunci dekripsi dari basis data.</t>
         </is>
       </c>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
           <t>EncryptedThere was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9565</t>
+          <t>../qml/delegates/Encrypted.qml:9566</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>There was an error decrypting this message.</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
           <t>Sebuah error terjadi saat mendekripsikan pesan ini.</t>
         </is>
       </c>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
           <t>EncryptedThere was an error decrypting this message.</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9567</t>
+          <t>../qml/delegates/Encrypted.qml:9568</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>The message couldn't be parsed.</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
           <t>Pesan ini tidak dapat diuraikan.</t>
         </is>
       </c>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
           <t>EncryptedThe message couldn't be parsed.</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9569</t>
+          <t>../qml/delegates/Encrypted.qml:9570</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>The encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
           <t>Kunci enkripsi telah digunakan lagi! Seseorang mungkin mencoba memasukkan pesan palsu ke chat ini!</t>
         </is>
       </c>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
           <t>EncryptedThe encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9571</t>
+          <t>../qml/delegates/Encrypted.qml:9572</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>Unknown decryption error</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
           <t>Error dekripsi yang tidak dikenal</t>
         </is>
       </c>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
           <t>EncryptedUnknown decryption error</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9583</t>
+          <t>../qml/delegates/Encrypted.qml:9584</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>Request key</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
           <t>Minta kunci</t>
         </is>
       </c>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
           <t>EncryptedRequest key</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9621</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9622</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
           <t>%1 mengaktifkan enkripsi ujung ke ujung</t>
         </is>
       </c>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
           <t>EncryptionEnabled%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9630</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9631</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>Encryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
           <t>Enkripsi membuat pesanmu aman dengan hanya memperbolehkan orang-orang yang kamu kirim pesannya untuk mereka baca. Untuk keamanan lebih, jika kamu ingin yakin kamu berbicara ke orang-orang yang benar, kamu bisa memverifikasi secara langsung.</t>
         </is>
       </c>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
           <t>EncryptionEnabledEncryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9667</t>
+          <t>../qml/EncryptionIndicator.qml:9668</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>This message is not encrypted!</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
           <t>Pesan ini tidak terenkripsi!</t>
         </is>
       </c>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
           <t>EncryptionIndicatorThis message is not encrypted!</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9670</t>
+          <t>../qml/EncryptionIndicator.qml:9671</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>Encrypted by a verified device</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>Terenkripsi oleh perangkat yang terverifikasi</t>
         </is>
       </c>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by a verified device</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9672</t>
+          <t>../qml/EncryptionIndicator.qml:9673</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
           <t>Terenkripsi oleh perangkat yang tidak diverifikasi, tetapi kamu mempercayai pengguna itu sejauh ini.</t>
         </is>
       </c>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9674</t>
+          <t>../qml/EncryptionIndicator.qml:9675</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>Key is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
           <t>Kunci dari sumber yang tidak dipercayai, kemungkinan diteruskan dari pengguna lain atau pencadangan kunci daring. Untuk alasan ini kami tidak dapat memverifikasi siapa yang mengirim pesan.</t>
         </is>
       </c>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
           <t>EncryptionIndicatorKey is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9676</t>
+          <t>../qml/EncryptionIndicator.qml:9677</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device.</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
           <t>Terenkripsi oleh perangkat yang belum diverifikasi.</t>
         </is>
       </c>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device.</t>
         </is>
       </c>
       <c r="G218" t="inlineStr"/>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9709</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9710</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>Event expiration for %1</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
           <t>Kedaluwarsa peristiwa untuk</t>
         </is>
       </c>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration for %1</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9712</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9713</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>Event expiration</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
           <t>Kedaluwarsa peristiwa</t>
         </is>
       </c>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9730</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9731</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
           <t>Kamu dapat mengonfigurasi kapan pesan kamu akan dihapus di %1. Ini hanya terjadi ketika Nheko terbuka dan memiliki izin untuk menghapus pesan sampai server Matrix mendukung fitur ini secara native. Secara umum 0 berarti menonaktifkan.</t>
         </is>
       </c>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9733</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9734</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
           <t>Kamu dapat mengonfigurasi kapan pesan kamu akan dihapus di semua ruangan kecuali jika dikonfigurasi sebaliknya. Ini hanya terjadi ketika Nheko terbuka dan memiliki izin untuk menghapus pesan sampai server Matrix mendukung fitur ini secara native. Secara umum 0 berarti menonaktifkan.</t>
         </is>
       </c>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9748</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>Expire events after X days</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
           <t>Kedaluwarsa peristiwa setelah X hari</t>
         </is>
       </c>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
           <t>EventExpirationDialogExpire events after X days</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9750</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>Automatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
           <t>Secara otomatis menghapus pesan setelah X hari, kecuali jika dilindungi. Atur ke 0 untuk menonaktifkan.</t>
         </is>
       </c>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
           <t>EventExpirationDialogAutomatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9769</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>Only keep latest X events</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
           <t>Hanya simpan X peristiwa terbaru</t>
         </is>
       </c>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
           <t>EventExpirationDialogOnly keep latest X events</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9771</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>Deletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
           <t>Menghapus peristiwa kamu di ruangan ini jika ada lebih dari X pesan baru kecuali jika dilindungi. Atur ke 0 untuk menonaktifkan.</t>
         </is>
       </c>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
           <t>EventExpirationDialogDeletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9791</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>Always keep latest X events</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
           <t>Selalu simpan X peristiwa terbaru</t>
         </is>
       </c>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
           <t>EventExpirationDialogAlways keep latest X events</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9793</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>This prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
           <t>Hal ini mencegah peristiwa dihapus oleh 2 pengaturan di atas jika peristiwa tersebut adalah pesan X terbaru dari kamu di dalam ruangan.</t>
         </is>
       </c>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
           <t>EventExpirationDialogThis prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9813</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>Include state events</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
           <t>Termasuk peristiwa keadaan</t>
         </is>
       </c>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
           <t>EventExpirationDialogInclude state events</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9815</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>If this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
           <t>Jika ini diaktifkan, peristiwa keadaan lama juga akan dihapus. Peristiwa keadaan terbaru dari jenis apa pun+kombinasi tombol dikecualikan dari penyuntingan agar tidak menghapus nama ruangan dan keadaan serupa secara tidak sengaja.</t>
         </is>
       </c>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
           <t>EventExpirationDialogIf this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>../../src/ui/EventExpiry.cpp:9874</t>
+          <t>../../src/ui/EventExpiry.cpp:9875</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
           <t>Gagal menetapkan peristiwa tersembunyi: %1</t>
         </is>
       </c>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
           <t>EventExpiryFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9885</t>
+          <t>../qml/device-verification/Failed.qml:9886</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>Verification failed</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
           <t>Verifikasi gagal</t>
         </is>
       </c>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
           <t>FailedVerification failed</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9897</t>
+          <t>../qml/device-verification/Failed.qml:9898</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>Other client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
           <t>Client yang lain tidak mendukung protokol verifikasi kami.</t>
         </is>
       </c>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
           <t>FailedOther client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9901</t>
+          <t>../qml/device-verification/Failed.qml:9902</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>Key mismatch detected!</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
           <t>Ketidakcocokan kunci terdeteksi!</t>
         </is>
       </c>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
           <t>FailedKey mismatch detected!</t>
         </is>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9903</t>
+          <t>../qml/device-verification/Failed.qml:9904</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>Device verification timed out.</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
           <t>Waktu verifikasi perangkat habis.</t>
         </is>
       </c>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
           <t>FailedDevice verification timed out.</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9905</t>
+          <t>../qml/device-verification/Failed.qml:9906</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>Other party canceled the verification.</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
           <t>Pengguna yang lain membatalkan proses verifikasi ini.</t>
         </is>
       </c>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
           <t>FailedOther party canceled the verification.</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9907</t>
+          <t>../qml/device-verification/Failed.qml:9908</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>The verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
           <t>Verifikasi telah diterima di perangkat lain.</t>
         </is>
       </c>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
           <t>FailedThe verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="G237" t="inlineStr"/>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9909</t>
+          <t>../qml/device-verification/Failed.qml:9910</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>Verification messages received out of order!</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
           <t>Pesan verifikasi diterima secara tidak berurutan!</t>
         </is>
       </c>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
           <t>FailedVerification messages received out of order!</t>
         </is>
       </c>
       <c r="G238" t="inlineStr"/>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9911</t>
+          <t>../qml/device-verification/Failed.qml:9912</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>Unknown verification error.</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
           <t>Kesalahan verifikasi yang tidak diketahui.</t>
         </is>
       </c>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
           <t>FailedUnknown verification error.</t>
         </is>
       </c>
       <c r="G239" t="inlineStr"/>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9927</t>
+          <t>../qml/device-verification/Failed.qml:9928</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <t>Close</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>Tutup</t>
         </is>
       </c>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
           <t>FailedClose</t>
         </is>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9952</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9953</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>Fallback authentication</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
           <t>Autentikasi cadangan</t>
         </is>
       </c>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
           <t>FallbackAuthDialogFallback authentication</t>
         </is>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9967</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9968</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>Open the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
           <t>Buka cadangan, ikuti petunjuknya, dan konfirmasi setelah menyelesaikannya.</t>
         </is>
       </c>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9975</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9976</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>Open Fallback in Browser</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
           <t>Buka Fallback di Peramban</t>
         </is>
       </c>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen Fallback in Browser</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9980</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9981</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>Cancel</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
           <t>Batalkan</t>
         </is>
       </c>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
           <t>FallbackAuthDialogCancel</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9985</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9986</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>Confirm</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
           <t>Konfirmasi</t>
         </is>
       </c>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
           <t>FallbackAuthDialogConfirm</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>../qml/ForwardCompleter.qml:10037</t>
+          <t>../qml/ForwardCompleter.qml:10038</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>Forward Message</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
           <t>Teruskan Pesan</t>
         </is>
       </c>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
           <t>ForwardCompleterForward Message</t>
         </is>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>../../src/GridImagePackModel.cpp:10322</t>
+          <t>../../src/GridImagePackModel.cpp:10323</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>Account Pack</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
           <t>Paket Akun</t>
         </is>
       </c>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
           <t>GridImagePackModelAccount Pack</t>
         </is>
       </c>
       <c r="G247" t="inlineStr"/>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>../../src/ui/HiddenEvents.cpp:10424</t>
+          <t>../../src/ui/HiddenEvents.cpp:10425</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
           <t>Gagal menetapkan peristiwa tersembunyi: %1</t>
         </is>
       </c>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
           <t>HiddenEventsFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10457</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10458</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
           <t>Hidden events for %1</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
           <t>Peristiwa tersembunyi untuk %1</t>
         </is>
       </c>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events for %1</t>
         </is>
       </c>
       <c r="G249" t="inlineStr"/>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10460</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10461</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>Hidden events</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
           <t>Peristiwa tersembunyi</t>
         </is>
       </c>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events</t>
         </is>
       </c>
       <c r="G250" t="inlineStr"/>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10478</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10479</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
           <t>Peristiwa berikut ini akan &lt;b&gt;ditampilkan&lt;/b&gt; di %1:</t>
         </is>
       </c>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10481</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10482</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
           <t>Peristiwa berikut ini akan &lt;b&gt;ditampilkan&lt;/b&gt; di semua ruangan:</t>
         </is>
       </c>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="G252" t="inlineStr"/>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10496</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>User events</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
           <t>Peristiwa pengguna</t>
         </is>
       </c>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
           <t>HiddenEventsDialogUser events</t>
         </is>
       </c>
       <c r="G253" t="inlineStr"/>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10498</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
           <t>Joins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
           <t>Gabungan, keluaran, perubahan avatar dan nama, cekalan, …</t>
         </is>
       </c>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
           <t>HiddenEventsDialogJoins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="G254" t="inlineStr"/>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10513</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
           <t>Power level changes</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
           <t>Perubahan tingkat daya</t>
         </is>
       </c>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
           <t>HiddenEventsDialogPower level changes</t>
         </is>
       </c>
       <c r="G255" t="inlineStr"/>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10515</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <t>Sent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
           <t>Terkirim ketika seorang moderator ditambahkan/dikeluarkan atau izin ruangan telah diubah.</t>
         </is>
       </c>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
           <t>HiddenEventsDialogSent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="G256" t="inlineStr"/>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10530</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10531</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <t>Stickers</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
           <t>Stiker</t>
         </is>
       </c>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
           <t>HiddenEventsDialogStickers</t>
         </is>
       </c>
       <c r="G257" t="inlineStr"/>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10546</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10542</t>
+        </is>
+      </c>
+      <c r="B258" t="inlineStr"/>
+      <c r="C258" t="inlineStr"/>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnored users</t>
+          <t>HiddenEventsDialogAllowed server changes</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10566</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10558</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Ignoring a user hides their messages (they can still see yours!).</t>
+          <t>Ignored users</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>Mengabaikan pengguna menyembunyikan pesannya (tetapi mereka masih dapat melihat pesan Anda!).</t>
+          <t>Pengguna yang diabaikan</t>
         </is>
       </c>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
+          <t>IgnoredUsersIgnored users</t>
         </is>
       </c>
       <c r="G259" t="inlineStr"/>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10597</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10578</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Stop Ignoring.</t>
+          <t>Ignoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>Berhenti Mengabaikan.</t>
+          <t>Mengabaikan pengguna menyembunyikan pesannya (tetapi mereka masih dapat melihat pesan Anda!).</t>
         </is>
       </c>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>IgnoredUsersStop Ignoring.</t>
+          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="G260" t="inlineStr"/>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>../qml/delegates/ImageMessage.qml:10788</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10609</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>Show</t>
+          <t>Stop Ignoring.</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>Tampilkan</t>
+          <t>Berhenti Mengabaikan.</t>
         </is>
       </c>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>ImageMessageShow</t>
+          <t>IgnoredUsersStop Ignoring.</t>
         </is>
       </c>
       <c r="G261" t="inlineStr"/>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10802</t>
+          <t>../qml/delegates/ImageMessage.qml:10800</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
+          <t>Show</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>Apakah kamu yakin ingin menghapus paket stiker '%1'?</t>
+          <t>Tampilkan</t>
         </is>
       </c>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
+          <t>ImageMessageShow</t>
         </is>
       </c>
       <c r="G262" t="inlineStr"/>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10824</t>
+          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10814</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Editing image pack</t>
+          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>Mengedit paket gambar</t>
+          <t>Apakah kamu yakin ingin menghapus paket stiker '%1'?</t>
         </is>
       </c>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogEditing image pack</t>
+          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="G263" t="inlineStr"/>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10880</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10836</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>Add images</t>
+          <t>Editing image pack</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>Tambahkan gambar</t>
+          <t>Mengedit paket gambar</t>
         </is>
       </c>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAdd images</t>
+          <t>ImagePackEditorDialogEditing image pack</t>
         </is>
       </c>
       <c r="G264" t="inlineStr"/>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10887</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10892</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>Add images</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>Gambar (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>Tambahkan gambar</t>
         </is>
       </c>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>ImagePackEditorDialogAdd images</t>
         </is>
       </c>
       <c r="G265" t="inlineStr"/>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10888</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10899</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>Select images for pack</t>
+          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>PIlih gambar untuk paket</t>
+          <t>Gambar (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogSelect images for pack</t>
+          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G266" t="inlineStr"/>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10889</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10900</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>Add to pack</t>
+          <t>Select images for pack</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>Tambahkan ke paket</t>
+          <t>PIlih gambar untuk paket</t>
         </is>
       </c>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAdd to pack</t>
+          <t>ImagePackEditorDialogSelect images for pack</t>
         </is>
       </c>
       <c r="G267" t="inlineStr"/>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10950</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10901</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Change the overview image for this pack</t>
+          <t>Add to pack</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>Ubah gambar ikhtisar untuk paket ini</t>
+          <t>Tambahkan ke paket</t>
         </is>
       </c>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogChange the overview image for this pack</t>
+          <t>ImagePackEditorDialogAdd to pack</t>
         </is>
       </c>
       <c r="G268" t="inlineStr"/>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10963</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10962</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
+          <t>Change the overview image for this pack</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>Gambar ikhtisar (*.png *.webp *.jpg *.jpeg)</t>
+          <t>Ubah gambar ikhtisar untuk paket ini</t>
         </is>
       </c>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
+          <t>ImagePackEditorDialogChange the overview image for this pack</t>
         </is>
       </c>
       <c r="G269" t="inlineStr"/>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10964</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10975</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Select overview image for pack</t>
+          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>Pilih gambar ikhtisar untuk paket</t>
+          <t>Gambar ikhtisar (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogSelect overview image for pack</t>
+          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
           <t>../qml/dialogs/ImagePackEditorDialog.qml:10976</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t>State key</t>
+          <t>Select overview image for pack</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>Kunci keadaan</t>
+          <t>Pilih gambar ikhtisar untuk paket</t>
         </is>
       </c>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogState key</t>
+          <t>ImagePackEditorDialogSelect overview image for pack</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10984</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10988</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Packname</t>
+          <t>State key</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>Nama Paket</t>
+          <t>Kunci keadaan</t>
         </is>
       </c>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogPackname</t>
+          <t>ImagePackEditorDialogState key</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10992</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10996</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Attribution</t>
+          <t>Packname</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>Atribusi</t>
+          <t>Nama Paket</t>
         </is>
       </c>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAttribution</t>
+          <t>ImagePackEditorDialogPackname</t>
         </is>
       </c>
       <c r="G273" t="inlineStr"/>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11076</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11004</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Use as Emoji</t>
+          <t>Attribution</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>Gunakan sebagai Emoji</t>
+          <t>Atribusi</t>
         </is>
       </c>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogUse as Emoji</t>
+          <t>ImagePackEditorDialogAttribution</t>
         </is>
       </c>
       <c r="G274" t="inlineStr"/>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11089</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11088</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>Use as Sticker</t>
+          <t>Use as Emoji</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>Gunakan sebagai Stiker</t>
+          <t>Gunakan sebagai Emoji</t>
         </is>
       </c>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogUse as Sticker</t>
+          <t>ImagePackEditorDialogUse as Emoji</t>
         </is>
       </c>
       <c r="G275" t="inlineStr"/>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11052</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11101</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t>Shortcode</t>
+          <t>Use as Sticker</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>Kode Pendek</t>
+          <t>Gunakan sebagai Stiker</t>
         </is>
       </c>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogShortcode</t>
+          <t>ImagePackEditorDialogUse as Sticker</t>
         </is>
       </c>
       <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11067</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11064</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t>Body</t>
+          <t>Shortcode</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>Bodi</t>
+          <t>Kode Pendek</t>
         </is>
       </c>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogBody</t>
+          <t>ImagePackEditorDialogShortcode</t>
         </is>
       </c>
       <c r="G277" t="inlineStr"/>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11102</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11079</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Remove from pack</t>
+          <t>Body</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>Hapus dari paket</t>
+          <t>Bodi</t>
         </is>
       </c>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogRemove from pack</t>
+          <t>ImagePackEditorDialogBody</t>
         </is>
       </c>
       <c r="G278" t="inlineStr"/>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11106</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11114</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Remove</t>
+          <t>Remove from pack</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>Hapus</t>
+          <t>Hapus dari paket</t>
         </is>
       </c>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogRemove</t>
+          <t>ImagePackEditorDialogRemove from pack</t>
         </is>
       </c>
       <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11129</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11118</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Image pack settings</t>
+          <t>Remove</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>Pengaturan paket gambar</t>
+          <t>Hapus</t>
         </is>
       </c>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogImage pack settings</t>
+          <t>ImagePackEditorDialogRemove</t>
         </is>
       </c>
       <c r="G280" t="inlineStr"/>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11181</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11141</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>Create account pack</t>
+          <t>Image pack settings</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>Buat paket untuk akun</t>
+          <t>Pengaturan paket gambar</t>
         </is>
       </c>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogCreate account pack</t>
+          <t>ImagePackSettingsDialogImage pack settings</t>
         </is>
       </c>
       <c r="G281" t="inlineStr"/>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11194</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11193</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>New room pack</t>
+          <t>Create account pack</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>Paket ruangan baru</t>
+          <t>Buat paket untuk akun</t>
         </is>
       </c>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogNew room pack</t>
+          <t>ImagePackSettingsDialogCreate account pack</t>
         </is>
       </c>
       <c r="G282" t="inlineStr"/>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11216</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11206</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t>Private pack</t>
+          <t>New room pack</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>Paket privat</t>
+          <t>Paket ruangan baru</t>
         </is>
       </c>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPrivate pack</t>
+          <t>ImagePackSettingsDialogNew room pack</t>
         </is>
       </c>
       <c r="G283" t="inlineStr"/>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11218</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11228</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Pack from this room</t>
+          <t>Private pack</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>Paket dari ruangan ini</t>
+          <t>Paket privat</t>
         </is>
       </c>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from this room</t>
+          <t>ImagePackSettingsDialogPrivate pack</t>
         </is>
       </c>
       <c r="G284" t="inlineStr"/>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11220</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11230</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>Pack from parent community</t>
+          <t>Pack from this room</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>Paket dari induk komunitas</t>
+          <t>Paket dari ruangan ini</t>
         </is>
       </c>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from parent community</t>
+          <t>ImagePackSettingsDialogPack from this room</t>
         </is>
       </c>
       <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11222</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11232</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Globally enabled pack</t>
+          <t>Pack from parent community</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>Paket yang diaktifkan secara global</t>
+          <t>Paket dari induk komunitas</t>
         </is>
       </c>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogGlobally enabled pack</t>
+          <t>ImagePackSettingsDialogPack from parent community</t>
         </is>
       </c>
       <c r="G286" t="inlineStr"/>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11290</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11234</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Enable globally</t>
+          <t>Globally enabled pack</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>Aktifkan secara global</t>
+          <t>Paket yang diaktifkan secara global</t>
         </is>
       </c>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEnable globally</t>
+          <t>ImagePackSettingsDialogGlobally enabled pack</t>
         </is>
       </c>
       <c r="G287" t="inlineStr"/>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11294</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11302</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t>Enables this pack to be used in all rooms</t>
+          <t>Enable globally</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>Mengaktifkan paket ini untuk digunakan di semua ruangan</t>
+          <t>Aktifkan secara global</t>
         </is>
       </c>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
+          <t>ImagePackSettingsDialogEnable globally</t>
         </is>
       </c>
       <c r="G288" t="inlineStr"/>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
           <t>../qml/dialogs/ImagePackSettingsDialog.qml:11306</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Edit</t>
+          <t>Enables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>Sunting</t>
+          <t>Mengaktifkan paket ini untuk digunakan di semua ruangan</t>
         </is>
       </c>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEdit</t>
+          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="G289" t="inlineStr"/>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11317</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11318</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>Remove</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>Hapus</t>
+          <t>Sunting</t>
         </is>
       </c>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogRemove</t>
+          <t>ImagePackSettingsDialogEdit</t>
         </is>
       </c>
       <c r="G290" t="inlineStr"/>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11378</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11329</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Remove</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>Tutup</t>
+          <t>Hapus</t>
         </is>
       </c>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogClose</t>
+          <t>ImagePackSettingsDialogRemove</t>
         </is>
       </c>
       <c r="G291" t="inlineStr"/>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11390</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Select file(s)</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>Pilih berkas</t>
+          <t>Tutup</t>
         </is>
       </c>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>InputBarSelect file(s)</t>
+          <t>ImagePackSettingsDialogClose</t>
         </is>
       </c>
       <c r="G292" t="inlineStr"/>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Select file(s)</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>Semua File (*)</t>
+          <t>Pilih berkas</t>
         </is>
       </c>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>InputBarAll Files (*)</t>
+          <t>InputBarSelect file(s)</t>
         </is>
       </c>
       <c r="G293" t="inlineStr"/>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12424</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>Anda perlu mxid yang valid saat mengabaikan pengguna. '%1' bukan userid yang valid.</t>
+          <t>Semua File (*)</t>
         </is>
       </c>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
+          <t>InputBarAll Files (*)</t>
         </is>
       </c>
       <c r="G294" t="inlineStr"/>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12431</t>
+          <t>../../src/timeline/InputBar.cpp:12436</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>Failed to fetch user %1</t>
+          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>Gagal mendapatkan pengguna %1</t>
+          <t>Anda perlu mxid yang valid saat mengabaikan pengguna. '%1' bukan userid yang valid.</t>
         </is>
       </c>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>InputBarFailed to fetch user %1</t>
+          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="G295" t="inlineStr"/>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12843</t>
+          <t>../../src/timeline/InputBar.cpp:12443</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Upload of '%1' failed</t>
+          <t>Failed to fetch user %1</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>Pengunggahan '%1' gagal</t>
+          <t>Gagal mendapatkan pengguna %1</t>
         </is>
       </c>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>InputBarUpload of '%1' failed</t>
+          <t>InputBarFailed to fetch user %1</t>
         </is>
       </c>
       <c r="G296" t="inlineStr"/>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12883</t>
+          <t>../../src/timeline/InputBar.cpp:12855</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Invite users to %1</t>
+          <t>Upload of '%1' failed</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>Undang pengguna ke %1</t>
+          <t>Pengunggahan '%1' gagal</t>
         </is>
       </c>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>InviteDialogInvite users to %1</t>
+          <t>InputBarUpload of '%1' failed</t>
         </is>
       </c>
       <c r="G297" t="inlineStr"/>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12933</t>
+          <t>../qml/dialogs/InviteDialog.qml:12895</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Search user</t>
+          <t>Invite users to %1</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>Cari pengguna</t>
+          <t>Undang pengguna ke %1</t>
         </is>
       </c>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>InviteDialogSearch user</t>
+          <t>InviteDialogInvite users to %1</t>
         </is>
       </c>
       <c r="G298" t="inlineStr"/>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12946</t>
+          <t>../qml/dialogs/InviteDialog.qml:12945</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>@user:yourserver.example.com</t>
+          <t>Search user</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>@pengguna:serveranda.contoh.id</t>
+          <t>Cari pengguna</t>
         </is>
       </c>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
+          <t>InviteDialogSearch user</t>
+        </is>
+      </c>
+      <c r="G299" t="inlineStr"/>
+      <c r="H299" t="inlineStr"/>
+    </row>
+    <row r="300">
+      <c r="A300" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/InviteDialog.qml:12958</t>
+        </is>
+      </c>
+      <c r="B300" t="inlineStr">
+        <is>
+          <t>@user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C300" t="inlineStr">
+        <is>
+          <t>@pengguna:serveranda.contoh.id</t>
+        </is>
+      </c>
+      <c r="D300" t="inlineStr"/>
+      <c r="E300" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F300" t="inlineStr">
+        <is>
           <t>InviteDialog
 Example user id. The name 'user' can be localized however you want.@user:yourserver.example.com</t>
         </is>
       </c>
-      <c r="G299" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G300" t="inlineStr"/>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13074</t>
+          <t>../qml/dialogs/InviteDialog.qml:13000</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Invite</t>
+          <t>Search on Server</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>Undang</t>
+          <t>Cari di Server</t>
         </is>
       </c>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>InviteDialogInvite</t>
+          <t>InviteDialogSearch on Server</t>
         </is>
       </c>
       <c r="G301" t="inlineStr"/>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13081</t>
+          <t>../qml/dialogs/InviteDialog.qml:13086</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Invite</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>Batalkan</t>
+          <t>Undang</t>
         </is>
       </c>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>InviteDialogCancel</t>
+          <t>InviteDialogInvite</t>
         </is>
       </c>
       <c r="G302" t="inlineStr"/>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13095</t>
+          <t>../qml/dialogs/InviteDialog.qml:13093</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Join room</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>Gabung ruangan</t>
+          <t>Batalkan</t>
         </is>
       </c>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>JoinRoomDialogJoin room</t>
+          <t>InviteDialogCancel</t>
         </is>
       </c>
       <c r="G303" t="inlineStr"/>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13115</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13107</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Room ID or alias</t>
+          <t>Join room</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>ID ruangan atau alias</t>
+          <t>Gabung ruangan</t>
         </is>
       </c>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>JoinRoomDialogRoom ID or alias</t>
+          <t>JoinRoomDialogJoin room</t>
         </is>
       </c>
       <c r="G304" t="inlineStr"/>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13146</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13127</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Join</t>
+          <t>Room ID or alias</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>Bergabung</t>
+          <t>ID ruangan atau alias</t>
         </is>
       </c>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>JoinRoomDialogJoin</t>
+          <t>JoinRoomDialogRoom ID or alias</t>
         </is>
       </c>
       <c r="G305" t="inlineStr"/>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13161</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13158</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Join</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>Tinggalkan ruangan</t>
+          <t>Bergabung</t>
         </is>
       </c>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>LeaveRoomDialogLeave room</t>
+          <t>JoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G306" t="inlineStr"/>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13162</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13173</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Are you sure you want to leave?</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>Apakah kamu yakin untuk keluar?</t>
+          <t>Tinggalkan ruangan</t>
         </is>
       </c>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>LeaveRoomDialogAre you sure you want to leave?</t>
+          <t>LeaveRoomDialogLeave room</t>
         </is>
       </c>
       <c r="G307" t="inlineStr"/>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13443</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13174</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
-          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+          <t>Are you sure you want to leave?</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>Anda telah memasukkan ID Matrix yang tidak valid, misalnya @pengguna:serveranda.contoh.id</t>
+          <t>Apakah kamu yakin untuk keluar?</t>
         </is>
       </c>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+          <t>LeaveRoomDialogAre you sure you want to leave?</t>
         </is>
       </c>
       <c r="G308" t="inlineStr"/>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13280</t>
+          <t>../../src/LoginPage.cpp:13455</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
+          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>Penemuan otomatis gagal. Menerima respons cacat.</t>
+          <t>Anda telah memasukkan ID Matrix yang tidak valid, misalnya @pengguna:serveranda.contoh.id</t>
         </is>
       </c>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>LoginPageAutodiscovery failed. Received malformed response.</t>
+          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G309" t="inlineStr"/>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13286</t>
+          <t>../../src/LoginPage.cpp:13292</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>Penemuan otomatis gagal. Kesalahan tidak diketahui saat meminta .well-known.</t>
+          <t>Penemuan otomatis gagal. Menerima respons cacat.</t>
         </is>
       </c>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>LoginPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G310" t="inlineStr"/>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13319</t>
+          <t>../../src/LoginPage.cpp:13298</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>Titik akhir yang dibutuhkan tidak dapat ditemukan. Kemungkinan bukan server Matrix.</t>
+          <t>Penemuan otomatis gagal. Kesalahan tidak diketahui saat meminta .well-known.</t>
         </is>
       </c>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G311" t="inlineStr"/>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13325</t>
+          <t>../../src/LoginPage.cpp:13331</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
-          <t>Menerima respons cacat. Pastikan domain homeservernya valid.</t>
+          <t>Titik akhir yang dibutuhkan tidak dapat ditemukan. Kemungkinan bukan server Matrix.</t>
         </is>
       </c>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G312" t="inlineStr"/>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13333</t>
+          <t>../../src/LoginPage.cpp:13337</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>Terjadi kesalahan yang tidak diketahui. Pastikan domain homeservernya valid.</t>
+          <t>Menerima respons cacat. Pastikan domain homeservernya valid.</t>
         </is>
       </c>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G313" t="inlineStr"/>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13354</t>
+          <t>../../src/LoginPage.cpp:13345</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>Server yang dipilih tidak mendukung versi protokol Matrix yang diketahui oleh klien ini (%1 sampai %2). Kamu tidak bisa masuk.</t>
+          <t>Terjadi kesalahan yang tidak diketahui. Pastikan domain homeservernya valid.</t>
         </is>
       </c>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+          <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G314" t="inlineStr"/>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13375</t>
+          <t>../../src/LoginPage.cpp:13366</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Sign in with Apple</t>
+          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
-          <t>Masuk dengan Apple</t>
+          <t>Server yang dipilih tidak mendukung versi protokol Matrix yang diketahui oleh klien ini (%1 sampai %2). Kamu tidak bisa masuk.</t>
         </is>
       </c>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Apple</t>
+          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="G315" t="inlineStr"/>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13377</t>
+          <t>../../src/LoginPage.cpp:13387</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Continue with Facebook</t>
+          <t>Sign in with Apple</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>Lanjutkan dengan Facebook</t>
+          <t>Masuk dengan Apple</t>
         </is>
       </c>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>LoginPageContinue with Facebook</t>
+          <t>LoginPageSign in with Apple</t>
         </is>
       </c>
       <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13379</t>
+          <t>../../src/LoginPage.cpp:13389</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Sign in with Google</t>
+          <t>Continue with Facebook</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>Masuk dengan Google</t>
+          <t>Lanjutkan dengan Facebook</t>
         </is>
       </c>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Google</t>
+          <t>LoginPageContinue with Facebook</t>
         </is>
       </c>
       <c r="G317" t="inlineStr"/>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13381</t>
+          <t>../../src/LoginPage.cpp:13391</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Sign in with Twitter</t>
+          <t>Sign in with Google</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>Masuk dengan Twitter</t>
+          <t>Masuk dengan Google</t>
         </is>
       </c>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Twitter</t>
+          <t>LoginPageSign in with Google</t>
         </is>
       </c>
       <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13383</t>
+          <t>../../src/LoginPage.cpp:13393</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Login using %1</t>
+          <t>Sign in with Twitter</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>Masuk menggunakan %1</t>
+          <t>Masuk dengan Twitter</t>
         </is>
       </c>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>LoginPageLogin using %1</t>
+          <t>LoginPageSign in with Twitter</t>
         </is>
       </c>
       <c r="G319" t="inlineStr"/>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13392</t>
+          <t>../../src/LoginPage.cpp:13395</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
-          <t>SSO LOGIN</t>
+          <t>Login using %1</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>LOGIN SSO</t>
+          <t>Masuk menggunakan %1</t>
         </is>
       </c>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>LoginPageSSO LOGIN</t>
+          <t>LoginPageLogin using %1</t>
         </is>
       </c>
       <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13450</t>
+          <t>../../src/LoginPage.cpp:13404</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Empty password</t>
+          <t>SSO LOGIN</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>Kata sandi kosong</t>
+          <t>LOGIN SSO</t>
         </is>
       </c>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>LoginPageEmpty password</t>
+          <t>LoginPageSSO LOGIN</t>
         </is>
       </c>
       <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13505</t>
+          <t>../../src/LoginPage.cpp:13462</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>SSO login failed</t>
+          <t>Empty password</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>Login SSO gagal</t>
+          <t>Kata sandi kosong</t>
         </is>
       </c>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>LoginPageSSO login failed</t>
+          <t>LoginPageEmpty password</t>
         </is>
       </c>
       <c r="G322" t="inlineStr"/>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13563</t>
+          <t>../../src/LoginPage.cpp:13517</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Matrix ID</t>
+          <t>SSO login failed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>ID Matrix</t>
+          <t>Login SSO gagal</t>
         </is>
       </c>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>LoginPageMatrix ID</t>
+          <t>LoginPageSSO login failed</t>
         </is>
       </c>
       <c r="G323" t="inlineStr"/>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13564</t>
+          <t>../qml/pages/LoginPage.qml:13575</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
-          <t>e.g @user:yourserver.example.com</t>
+          <t>Matrix ID</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>misalnya @pengguna:serveranda.contoh.com</t>
+          <t>ID Matrix</t>
         </is>
       </c>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>LoginPagee.g @user:yourserver.example.com</t>
+          <t>LoginPageMatrix ID</t>
         </is>
       </c>
       <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13567</t>
+          <t>../qml/pages/LoginPage.qml:13576</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
+        <is>
+          <t>e.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C325" t="inlineStr">
+        <is>
+          <t>misalnya @pengguna:serveranda.contoh.com</t>
+        </is>
+      </c>
+      <c r="D325" t="inlineStr"/>
+      <c r="E325" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F325" t="inlineStr">
+        <is>
+          <t>LoginPagee.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="G325" t="inlineStr"/>
+      <c r="H325" t="inlineStr"/>
+    </row>
+    <row r="326">
+      <c r="A326" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13579</t>
+        </is>
+      </c>
+      <c r="B326" t="inlineStr">
         <is>
           <t>Your login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="C325" t="inlineStr">
+      <c r="C326" t="inlineStr">
         <is>
           <t>Nama login Anda. Sebuah ID Matrix seharusnya berawalan dengan @ beserta ID penggunanya. Setelah ID pengguna, Anda perlu memasukkan nama server Anda setelah tanda titik dua (:).
 Anda juga dapat memasukkan alamat homeserver Anda jika server tidam mendukung pengecekan .well-known.
 Contoh: @pengguna:serveranda.contoh.id
 Jika Nheko gagal menjelajahi homeserver Anda, maka akan ditampilkan kolom untuk memasukkan server secara manual.</t>
         </is>
       </c>
-      <c r="D325" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F325" t="inlineStr">
+      <c r="D326" t="inlineStr"/>
+      <c r="E326" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F326" t="inlineStr">
         <is>
           <t>LoginPageYour login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="G325" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G326" t="inlineStr"/>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13597</t>
+          <t>../qml/pages/LoginPage.qml:13607</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
-          <t>Your password.</t>
+          <t>Password</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>Kata sandimu.</t>
+          <t>Kata Sandi</t>
         </is>
       </c>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>LoginPageYour password.</t>
+          <t>LoginPagePassword</t>
         </is>
       </c>
       <c r="G327" t="inlineStr"/>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13610</t>
+          <t>../qml/pages/LoginPage.qml:13609</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
-          <t>Show/Hide Password</t>
+          <t>Your password.</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>Tampilkan/Sembunyikan Kata Sandi</t>
+          <t>Kata sandimu.</t>
         </is>
       </c>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>LoginPageShow/Hide Password</t>
+          <t>LoginPageYour password.</t>
         </is>
       </c>
       <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13625</t>
+          <t>../qml/pages/LoginPage.qml:13622</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Device name</t>
+          <t>Show/Hide Password</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>Nama perangkat</t>
+          <t>Tampilkan/Sembunyikan Kata Sandi</t>
         </is>
       </c>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>LoginPageDevice name</t>
+          <t>LoginPageShow/Hide Password</t>
         </is>
       </c>
       <c r="G329" t="inlineStr"/>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13627</t>
+          <t>../qml/pages/LoginPage.qml:13637</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>Device name</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>Sebuah nama untuk perangkat ini yang akan ditampilkan kepada orang lain ketika memverifikasi perangkatmu. Jika tidak ada yang disediakan, sebuah bawaan akan digunakan.</t>
+          <t>Nama perangkat</t>
         </is>
       </c>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>LoginPageDevice name</t>
         </is>
       </c>
       <c r="G330" t="inlineStr"/>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13637</t>
+          <t>../qml/pages/LoginPage.qml:13639</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Homeserver address</t>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>Alamat homeserver</t>
+          <t>Sebuah nama untuk perangkat ini yang akan ditampilkan kepada orang lain ketika memverifikasi perangkatmu. Jika tidak ada yang disediakan, sebuah bawaan akan digunakan.</t>
         </is>
       </c>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>LoginPageHomeserver address</t>
+          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="G331" t="inlineStr"/>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13638</t>
+          <t>../qml/pages/LoginPage.qml:13649</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
-          <t>yourserver.example.com:8787</t>
+          <t>Homeserver address</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>serveranda.contoh.id:8787</t>
+          <t>Alamat homeserver</t>
         </is>
       </c>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>LoginPageyourserver.example.com:8787</t>
+          <t>LoginPageHomeserver address</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13641</t>
+          <t>../qml/pages/LoginPage.qml:13650</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
+        <is>
+          <t>yourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="C333" t="inlineStr">
+        <is>
+          <t>serveranda.contoh.id:8787</t>
+        </is>
+      </c>
+      <c r="D333" t="inlineStr"/>
+      <c r="E333" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F333" t="inlineStr">
+        <is>
+          <t>LoginPageyourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="G333" t="inlineStr"/>
+      <c r="H333" t="inlineStr"/>
+    </row>
+    <row r="334">
+      <c r="A334" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13653</t>
+        </is>
+      </c>
+      <c r="B334" t="inlineStr">
         <is>
           <t>The address that can be used to contact your homeserver's client API.
 Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
-      <c r="C333" t="inlineStr">
+      <c r="C334" t="inlineStr">
         <is>
           <t>Alamat yang dapat digunakan untuk menghubungi API klien homeserver Anda.
 Contoh: https://serveranda.contoh.id:8787</t>
         </is>
       </c>
-      <c r="D333" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F333" t="inlineStr">
+      <c r="D334" t="inlineStr"/>
+      <c r="E334" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F334" t="inlineStr">
         <is>
           <t>LoginPageThe address that can be used to contact your homeserver's client API.
 Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
-      <c r="G333" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G334" t="inlineStr"/>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13715</t>
+          <t>../qml/pages/LoginPage.qml:13685</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>LOGIN</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>Kembali</t>
+          <t>MASUK</t>
         </is>
       </c>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>LoginPageBack</t>
+          <t>LoginPageLOGIN</t>
         </is>
       </c>
       <c r="G335" t="inlineStr"/>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13727</t>
+          <t>../qml/pages/LoginPage.qml:13727</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>Keluar</t>
+          <t>Kembali</t>
         </is>
       </c>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>LogoutDialogLog out</t>
+          <t>LoginPageBack</t>
         </is>
       </c>
       <c r="G336" t="inlineStr"/>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13739</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t>A call is in progress. Log out?</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>Sebuah panggilan sedang berjalan. Keluar?</t>
+          <t>Keluar</t>
         </is>
       </c>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>LogoutDialogA call is in progress. Log out?</t>
+          <t>LogoutDialogLog out</t>
         </is>
       </c>
       <c r="G337" t="inlineStr"/>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Are you sure you want to log out?</t>
+          <t>A call is in progress. Log out?</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>Apakah kamu ingin keluar?</t>
+          <t>Sebuah panggilan sedang berjalan. Keluar?</t>
         </is>
       </c>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>LogoutDialogAre you sure you want to log out?</t>
+          <t>LogoutDialogA call is in progress. Log out?</t>
         </is>
       </c>
       <c r="G338" t="inlineStr"/>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:13609</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Failed to upload media. Please try again.</t>
+          <t>Are you sure you want to log out?</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>Gagal untuk mengunggah media. Silakan coba lagi.</t>
+          <t>Apakah kamu ingin keluar?</t>
         </is>
       </c>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>MediaUploadFailed to upload media. Please try again.</t>
+          <t>LogoutDialogAre you sure you want to log out?</t>
         </is>
       </c>
       <c r="G339" t="inlineStr"/>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../../src/timeline/InputBar.cpp:13621</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
-          <t>Hang up</t>
+          <t>Failed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>Tutup panggilan</t>
+          <t>Gagal untuk mengunggah media. Silakan coba lagi.</t>
         </is>
       </c>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>MessageInputHang up</t>
+          <t>MediaUploadFailed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Already on a call</t>
+          <t>Hang up</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>Sudah ada dalam panggilan</t>
+          <t>Tutup panggilan</t>
         </is>
       </c>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>MessageInputAlready on a call</t>
+          <t>MessageInputHang up</t>
         </is>
       </c>
       <c r="G341" t="inlineStr"/>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Place a call</t>
+          <t>Already on a call</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>Lakukan panggilan</t>
+          <t>Sudah ada dalam panggilan</t>
         </is>
       </c>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>MessageInputPlace a call</t>
+          <t>MessageInputAlready on a call</t>
         </is>
       </c>
       <c r="G342" t="inlineStr"/>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13684</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Send a file</t>
+          <t>Place a call</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>Kirim sebuah file</t>
+          <t>Lakukan panggilan</t>
         </is>
       </c>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>MessageInputSend a file</t>
+          <t>MessageInputPlace a call</t>
         </is>
       </c>
       <c r="G343" t="inlineStr"/>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13752</t>
+          <t>../qml/MessageInput.qml:13696</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t>Write a message…</t>
+          <t>Send a file</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>Ketik pesan…</t>
+          <t>Kirim sebuah file</t>
         </is>
       </c>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>MessageInputWrite a message...</t>
+          <t>MessageInputSend a file</t>
         </is>
       </c>
       <c r="G344" t="inlineStr"/>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14015</t>
+          <t>../qml/MessageInput.qml:13764</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
-          <t>Stickers</t>
+          <t>Write a message…</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>Stiker</t>
+          <t>Ketik pesan…</t>
         </is>
       </c>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>MessageInputStickers</t>
+          <t>MessageInputWrite a message...</t>
         </is>
       </c>
       <c r="G345" t="inlineStr"/>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14039</t>
+          <t>../qml/MessageInput.qml:14037</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
-          <t>Emoji</t>
+          <t>Stickers</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>Emoji</t>
+          <t>Stiker</t>
         </is>
       </c>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>MessageInputEmoji</t>
+          <t>MessageInputStickers</t>
         </is>
       </c>
       <c r="G346" t="inlineStr"/>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
           <t>../qml/MessageInput.qml:14061</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>Emoji</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>Kirim</t>
+          <t>Emoji</t>
         </is>
       </c>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>MessageInputSend</t>
+          <t>MessageInputEmoji</t>
         </is>
       </c>
       <c r="G347" t="inlineStr"/>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14076</t>
+          <t>../qml/MessageInput.qml:14083</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>You don't have permission to send messages in this room</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>Kamu tidak memiliki izin untuk mengirim pesan di ruangan ini</t>
+          <t>Kirim</t>
         </is>
       </c>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>MessageInputYou don't have permission to send messages in this room</t>
+          <t>MessageInputSend</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
-          <t>../qml/MessageInputWarning.qml:14137</t>
+          <t>../qml/MessageInput.qml:14098</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Don't mention them in this message</t>
+          <t>You don't have permission to send messages in this room</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>Jangan menyebutkan mereka dalam pesan ini</t>
+          <t>Kamu tidak memiliki izin untuk mengirim pesan di ruangan ini</t>
         </is>
       </c>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>MessageInputWarningDon't mention them in this message</t>
+          <t>MessageInputYou don't have permission to send messages in this room</t>
         </is>
       </c>
       <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14372</t>
+          <t>../qml/MessageInputWarning.qml:14159</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Edit</t>
+          <t>Don't mention them in this message</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>Sunting</t>
+          <t>Jangan menyebutkan mereka dalam pesan ini</t>
         </is>
       </c>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>MessageViewEdit</t>
+          <t>MessageInputWarningDon't mention them in this message</t>
         </is>
       </c>
       <c r="G350" t="inlineStr"/>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14389</t>
+          <t>../qml/MessageView.qml:14396</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>React</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>Reaksi</t>
+          <t>Sunting</t>
         </is>
       </c>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>MessageViewReact</t>
+          <t>MessageViewEdit</t>
         </is>
       </c>
       <c r="G351" t="inlineStr"/>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14413</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>Reply in thread</t>
+          <t>React</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>Balas dalam utasan</t>
+          <t>Reaksi</t>
         </is>
       </c>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>MessageViewReply in thread</t>
+          <t>MessageViewReact</t>
         </is>
       </c>
       <c r="G352" t="inlineStr"/>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>New thread</t>
+          <t>Reply in thread</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>Utasan baru</t>
+          <t>Balas dalam utasan</t>
         </is>
       </c>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>MessageViewNew thread</t>
+          <t>MessageViewReply in thread</t>
         </is>
       </c>
       <c r="G353" t="inlineStr"/>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14415</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
-          <t>Reply</t>
+          <t>New thread</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>Balas</t>
+          <t>Utasan baru</t>
         </is>
       </c>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>MessageViewReply</t>
+          <t>MessageViewNew thread</t>
         </is>
       </c>
       <c r="G354" t="inlineStr"/>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14426</t>
+          <t>../qml/MessageView.qml:14439</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Go to message</t>
+          <t>Reply</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>Pergi ke pesan</t>
+          <t>Balas</t>
         </is>
       </c>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>MessageViewGo to message</t>
+          <t>MessageViewReply</t>
         </is>
       </c>
       <c r="G355" t="inlineStr"/>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14443</t>
+          <t>../qml/MessageView.qml:14450</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
-          <t>Options</t>
+          <t>Go to message</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>Opsi</t>
+          <t>Pergi ke pesan</t>
         </is>
       </c>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>MessageViewOptions</t>
+          <t>MessageViewGo to message</t>
         </is>
       </c>
       <c r="G356" t="inlineStr"/>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14576</t>
+          <t>../qml/MessageView.qml:14467</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
-          <t>Enter reason for removal or hit enter for no reason:</t>
+          <t>Options</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>Masukkan alasan untuk menghapus atau tekan enter untuk menghapus tanpa alasan:</t>
+          <t>Opsi</t>
         </is>
       </c>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
+          <t>MessageViewOptions</t>
         </is>
       </c>
       <c r="G357" t="inlineStr"/>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14577</t>
+          <t>../qml/MessageView.qml:14600</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
-          <t>Reason for removal</t>
+          <t>Enter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>Alasan untuk menghapus</t>
+          <t>Masukkan alasan untuk menghapus atau tekan enter untuk menghapus tanpa alasan:</t>
         </is>
       </c>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>MessageViewReason for removal</t>
+          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G358" t="inlineStr"/>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
           <t>../qml/MessageView.qml:14601</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
-          <t>Go to &amp;message</t>
+          <t>Reason for removal</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>Pergi ke &amp;pesan</t>
+          <t>Alasan untuk menghapus</t>
         </is>
       </c>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>MessageViewGo to &amp;message</t>
+          <t>MessageViewReason for removal</t>
         </is>
       </c>
       <c r="G359" t="inlineStr"/>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14797</t>
+          <t>../qml/MessageView.qml:14625</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
-          <t>&amp;Copy</t>
+          <t>Go to &amp;message</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>&amp;Salin</t>
+          <t>Pergi ke &amp;pesan</t>
         </is>
       </c>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>MessageView&amp;Copy</t>
+          <t>MessageViewGo to &amp;message</t>
         </is>
       </c>
       <c r="G360" t="inlineStr"/>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14805</t>
+          <t>../qml/MessageView.qml:14823</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Copy &amp;link location</t>
+          <t>&amp;Copy</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>Salin lokasi &amp;tautan</t>
+          <t>&amp;Salin</t>
         </is>
       </c>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>MessageViewCopy &amp;link location</t>
+          <t>MessageView&amp;Copy</t>
         </is>
       </c>
       <c r="G361" t="inlineStr"/>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14630</t>
+          <t>../qml/MessageView.qml:14831</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
-          <t>Re&amp;act</t>
+          <t>Copy &amp;link location</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>Re&amp;aksi</t>
+          <t>Salin lokasi &amp;tautan</t>
         </is>
       </c>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>MessageViewRe&amp;act</t>
+          <t>MessageViewCopy &amp;link location</t>
         </is>
       </c>
       <c r="G362" t="inlineStr"/>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14641</t>
+          <t>../qml/MessageView.qml:14654</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
-          <t>Repl&amp;y</t>
+          <t>Re&amp;act</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>Bala&amp;s</t>
+          <t>Re&amp;aksi</t>
         </is>
       </c>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>MessageViewRepl&amp;y</t>
+          <t>MessageViewRe&amp;act</t>
         </is>
       </c>
       <c r="G363" t="inlineStr"/>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14649</t>
+          <t>../qml/MessageView.qml:14665</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
-          <t>&amp;Edit</t>
+          <t>Repl&amp;y</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>&amp;Sunting</t>
+          <t>Bala&amp;s</t>
         </is>
       </c>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>MessageView&amp;Edit</t>
+          <t>MessageViewRepl&amp;y</t>
         </is>
       </c>
       <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14657</t>
+          <t>../qml/MessageView.qml:14673</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
-          <t>&amp;Thread</t>
+          <t>&amp;Edit</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>&amp;Utasan</t>
+          <t>&amp;Sunting</t>
         </is>
       </c>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>MessageView&amp;Thread</t>
+          <t>MessageView&amp;Edit</t>
         </is>
       </c>
       <c r="G365" t="inlineStr"/>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14681</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Un&amp;pin</t>
+          <t>&amp;Thread</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>Lepaska&amp;n pin</t>
+          <t>&amp;Utasan</t>
         </is>
       </c>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>MessageViewUn&amp;pin</t>
+          <t>MessageView&amp;Thread</t>
         </is>
       </c>
       <c r="G366" t="inlineStr"/>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
-          <t>&amp;Pin</t>
+          <t>Un&amp;pin</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>&amp;Pasangi pin</t>
+          <t>Lepaska&amp;n pin</t>
         </is>
       </c>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>MessageView&amp;Pin</t>
+          <t>MessageViewUn&amp;pin</t>
         </is>
       </c>
       <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14673</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
-          <t>&amp;Read receipts</t>
+          <t>&amp;Pin</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>&amp;Laporan dibaca</t>
+          <t>&amp;Pasangi pin</t>
         </is>
       </c>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>MessageView&amp;Read receipts</t>
+          <t>MessageView&amp;Pin</t>
         </is>
       </c>
       <c r="G368" t="inlineStr"/>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14680</t>
+          <t>../qml/MessageView.qml:14697</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
-          <t>&amp;Forward</t>
+          <t>&amp;Read receipts</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>&amp;Teruskan</t>
+          <t>&amp;Laporan dibaca</t>
         </is>
       </c>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>MessageView&amp;Forward</t>
+          <t>MessageView&amp;Read receipts</t>
         </is>
       </c>
       <c r="G369" t="inlineStr"/>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14693</t>
+          <t>../qml/MessageView.qml:14704</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
-          <t>&amp;Mark as read</t>
+          <t>&amp;Forward</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>&amp;Tandai sebagai dibaca</t>
+          <t>&amp;Teruskan</t>
         </is>
       </c>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>MessageView&amp;Mark as read</t>
+          <t>MessageView&amp;Forward</t>
         </is>
       </c>
       <c r="G370" t="inlineStr"/>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14698</t>
+          <t>../qml/MessageView.qml:14717</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
-          <t>View raw message</t>
+          <t>&amp;Mark as read</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>Tampilkan pesan mentah</t>
+          <t>&amp;Tandai sebagai dibaca</t>
         </is>
       </c>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>MessageViewView raw message</t>
+          <t>MessageView&amp;Mark as read</t>
         </is>
       </c>
       <c r="G371" t="inlineStr"/>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14705</t>
+          <t>../qml/MessageView.qml:14724</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
-          <t>View decrypted raw message</t>
+          <t>View raw message</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>Tampilkan pesan terdekripsi mentah</t>
+          <t>Tampilkan pesan mentah</t>
         </is>
       </c>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>MessageViewView decrypted raw message</t>
+          <t>MessageViewView raw message</t>
         </is>
       </c>
       <c r="G372" t="inlineStr"/>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14714</t>
+          <t>../qml/MessageView.qml:14731</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Remo&amp;ve message</t>
+          <t>View decrypted raw message</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>Hap&amp;us pesan</t>
+          <t>Tampilkan pesan terdekripsi mentah</t>
         </is>
       </c>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>MessageViewRemo&amp;ve message</t>
+          <t>MessageViewView decrypted raw message</t>
         </is>
       </c>
       <c r="G373" t="inlineStr"/>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14728</t>
+          <t>../qml/MessageView.qml:14740</t>
         </is>
       </c>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Report message</t>
+          <t>Remo&amp;ve message</t>
         </is>
       </c>
       <c r="C374" t="inlineStr">
         <is>
-          <t>Laporkan pesan</t>
+          <t>Hap&amp;us pesan</t>
         </is>
       </c>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>MessageViewReport message</t>
+          <t>MessageViewRemo&amp;ve message</t>
         </is>
       </c>
       <c r="G374" t="inlineStr"/>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14739</t>
+          <t>../qml/MessageView.qml:14754</t>
         </is>
       </c>
       <c r="B375" t="inlineStr">
         <is>
-          <t>&amp;Save as</t>
+          <t>Report message</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>&amp;Simpan sebagai</t>
+          <t>Laporkan pesan</t>
         </is>
       </c>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>MessageView&amp;Save as</t>
+          <t>MessageViewReport message</t>
         </is>
       </c>
       <c r="G375" t="inlineStr"/>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14747</t>
+          <t>../qml/MessageView.qml:14765</t>
         </is>
       </c>
       <c r="B376" t="inlineStr">
         <is>
-          <t>&amp;Open in external program</t>
+          <t>&amp;Save as</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>&amp;Buka di program eksternal</t>
+          <t>&amp;Simpan sebagai</t>
         </is>
       </c>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>MessageView&amp;Open in external program</t>
+          <t>MessageView&amp;Save as</t>
         </is>
       </c>
       <c r="G376" t="inlineStr"/>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14755</t>
+          <t>../qml/MessageView.qml:14773</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Copy link to eve&amp;nt</t>
+          <t>&amp;Open in external program</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>Salin tautan ke peristi&amp;wa</t>
+          <t>&amp;Buka di program eksternal</t>
         </is>
       </c>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>MessageViewCopy link to eve&amp;nt</t>
+          <t>MessageView&amp;Open in external program</t>
         </is>
       </c>
       <c r="G377" t="inlineStr"/>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14813</t>
+          <t>../qml/MessageView.qml:14781</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
-          <t>&amp;Go to quoted message</t>
+          <t>Copy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>&amp;Pergi ke pesan yang dikutip</t>
+          <t>Salin tautan ke peristi&amp;wa</t>
         </is>
       </c>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>MessageView&amp;Go to quoted message</t>
+          <t>MessageViewCopy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="G378" t="inlineStr"/>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/MessageView.qml:14839</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Send Verification Request</t>
+          <t>&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>Kirim Permintaan Verifikasi</t>
+          <t>&amp;Pergi ke pesan yang dikutip</t>
         </is>
       </c>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>NewVerificationRequestSend Verification Request</t>
+          <t>MessageView&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
-          <t>Received Verification Request</t>
+          <t>Send Verification Request</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>Menerima Permintaan Verifikasi</t>
+          <t>Kirim Permintaan Verifikasi</t>
         </is>
       </c>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>NewVerificationRequestReceived Verification Request</t>
+          <t>NewVerificationRequestSend Verification Request</t>
         </is>
       </c>
       <c r="G380" t="inlineStr"/>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14837</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B381" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>Received Verification Request</t>
         </is>
       </c>
       <c r="C381" t="inlineStr">
         <is>
-          <t>Untuk memungkinkan pengguna lain melihat perangkat apa saja yang sebenarnya milikmu, kamu bisa memverifikasinya. Ini juga memungkinkan pencadangan kunci untuk bekerja secara otomatis. Verifikasi sebuah perangkat yang belum diverifikasi? (Pastikan kamu memiliki salah satu perangkat tersedia.)</t>
+          <t>Menerima Permintaan Verifikasi</t>
         </is>
       </c>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>NewVerificationRequestReceived Verification Request</t>
         </is>
       </c>
       <c r="G381" t="inlineStr"/>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14839</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14863</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>Untuk memungkinkan pengguna lain untuk melihat perangkat apa saja yang sebenarnya milikmu, kamu bisa memverifikasinya. Ini juga memungkinkan pencadangan kunci untuk bekerja secara otomatis. Verifikasi %1 sekarang?</t>
+          <t>Untuk memungkinkan pengguna lain melihat perangkat apa saja yang sebenarnya milikmu, kamu bisa memverifikasinya. Ini juga memungkinkan pencadangan kunci untuk bekerja secara otomatis. Verifikasi sebuah perangkat yang belum diverifikasi? (Pastikan kamu memiliki salah satu perangkat tersedia.)</t>
         </is>
       </c>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="G382" t="inlineStr"/>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14841</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14865</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
-          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>Supaya tidak ada pengguna yang jahat yang bisa melihat komunikasi yang terenkripsi kamu bisa memverifikasi pengguna yang lain.</t>
+          <t>Untuk memungkinkan pengguna lain untuk melihat perangkat apa saja yang sebenarnya milikmu, kamu bisa memverifikasinya. Ini juga memungkinkan pencadangan kunci untuk bekerja secara otomatis. Verifikasi %1 sekarang?</t>
         </is>
       </c>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="G383" t="inlineStr"/>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14844</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14867</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
-          <t>%1 has requested to verify their device %2.</t>
+          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>%1 telah meminta untuk memverifikasi perangkat %2 mereka.</t>
+          <t>Supaya tidak ada pengguna yang jahat yang bisa melihat komunikasi yang terenkripsi kamu bisa memverifikasi pengguna yang lain.</t>
         </is>
       </c>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
+          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="G384" t="inlineStr"/>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14846</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14870</t>
         </is>
       </c>
       <c r="B385" t="inlineStr">
         <is>
-          <t>%1 using the device %2 has requested to be verified.</t>
+          <t>%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
-          <t>%1 yang menggunakan perangkat %2 meminta untuk diverifikasi.</t>
+          <t>%1 telah meminta untuk memverifikasi perangkat %2 mereka.</t>
         </is>
       </c>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
+          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="G385" t="inlineStr"/>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14848</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14872</t>
         </is>
       </c>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Your device (%1) has requested to be verified.</t>
+          <t>%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>Perangkatmu (%1) meminta untuk diverifikasi.</t>
+          <t>%1 yang menggunakan perangkat %2 meminta untuk diverifikasi.</t>
         </is>
       </c>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
+          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="G386" t="inlineStr"/>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14874</t>
         </is>
       </c>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Your device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>Batalkan</t>
+          <t>Perangkatmu (%1) meminta untuk diverifikasi.</t>
         </is>
       </c>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>NewVerificationRequestCancel</t>
+          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="G387" t="inlineStr"/>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Deny</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>Tolak</t>
+          <t>Batalkan</t>
         </is>
       </c>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>NewVerificationRequestDeny</t>
+          <t>NewVerificationRequestCancel</t>
         </is>
       </c>
       <c r="G388" t="inlineStr"/>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Start verification</t>
+          <t>Deny</t>
         </is>
       </c>
       <c r="C389" t="inlineStr">
         <is>
-          <t>Mulai verifikasi</t>
+          <t>Tolak</t>
         </is>
       </c>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>NewVerificationRequestStart verification</t>
+          <t>NewVerificationRequestDeny</t>
         </is>
       </c>
       <c r="G389" t="inlineStr"/>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Accept</t>
+          <t>Start verification</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
-          <t>Terima</t>
+          <t>Mulai verifikasi</t>
         </is>
       </c>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>NewVerificationRequestAccept</t>
+          <t>NewVerificationRequestStart verification</t>
         </is>
       </c>
       <c r="G390" t="inlineStr"/>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15009</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B391" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
+          <t>Accept</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>%1 mengirim pesan terenkripsi</t>
+          <t>Terima</t>
         </is>
       </c>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 sent an encrypted message</t>
+          <t>NewVerificationRequestAccept</t>
         </is>
       </c>
       <c r="G391" t="inlineStr"/>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15021</t>
+          <t>../../src/notifications/ManagerMac.cpp:15035</t>
         </is>
       </c>
       <c r="B392" t="inlineStr">
         <is>
-          <t>%1 replied with a spoiler.</t>
+          <t>%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="C392" t="inlineStr">
         <is>
-          <t>%1 membalas dengan bocoran.</t>
+          <t>%1 mengirim pesan terenkripsi</t>
         </is>
       </c>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
+          <t>NotificationsManager%1 sent an encrypted message</t>
+        </is>
+      </c>
+      <c r="G392" t="inlineStr"/>
+      <c r="H392" t="inlineStr"/>
+    </row>
+    <row r="393">
+      <c r="A393" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:15047</t>
+        </is>
+      </c>
+      <c r="B393" t="inlineStr">
+        <is>
+          <t>%1 replied with a spoiler.</t>
+        </is>
+      </c>
+      <c r="C393" t="inlineStr">
+        <is>
+          <t>%1 membalas dengan bocoran.</t>
+        </is>
+      </c>
+      <c r="D393" t="inlineStr"/>
+      <c r="E393" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F393" t="inlineStr">
+        <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender.%1 replied with a spoiler.</t>
         </is>
       </c>
-      <c r="G392" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B393" t="inlineStr">
+      <c r="G393" t="inlineStr"/>
+      <c r="H393" t="inlineStr"/>
+    </row>
+    <row r="394">
+      <c r="A394" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:15057</t>
+        </is>
+      </c>
+      <c r="B394" t="inlineStr">
         <is>
           <t>%1 replied: %2</t>
         </is>
       </c>
-      <c r="C393" t="inlineStr">
+      <c r="C394" t="inlineStr">
         <is>
           <t>%1 membalas: %2</t>
         </is>
       </c>
-      <c r="D393" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F393" t="inlineStr">
+      <c r="D394" t="inlineStr"/>
+      <c r="E394" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F394" t="inlineStr">
         <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender, %2 the message%1 replied: %2</t>
         </is>
       </c>
-      <c r="G393" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G394" t="inlineStr"/>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15056</t>
         </is>
       </c>
       <c r="B395" t="inlineStr">
         <is>
-          <t>%1 replied to a message</t>
+          <t>%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="C395" t="inlineStr">
         <is>
-          <t>%1 membalas pesan</t>
+          <t>%1 membalas dengan pesan terenkripsi</t>
         </is>
       </c>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 replied to a message</t>
+          <t>NotificationsManager%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="G395" t="inlineStr"/>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B396" t="inlineStr">
         <is>
-          <t>%1 sent a message</t>
+          <t>%1 replied to a message</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>%1 mengirim gambar</t>
+          <t>%1 membalas pesan</t>
         </is>
       </c>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 sent a message</t>
+          <t>NotificationsManager%1 replied to a message</t>
         </is>
       </c>
       <c r="G396" t="inlineStr"/>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15075</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Place a call to %1?</t>
+          <t>%1 sent a message</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>Lakukan panggilan ke %1?</t>
+          <t>%1 mengirim gambar</t>
         </is>
       </c>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>PlaceCallPlace a call to %1?</t>
+          <t>NotificationsManager%1 sent a message</t>
         </is>
       </c>
       <c r="G397" t="inlineStr"/>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15091</t>
+          <t>../qml/voip/PlaceCall.qml:15101</t>
         </is>
       </c>
       <c r="B398" t="inlineStr">
         <is>
-          <t>No microphone found.</t>
+          <t>Place a call to %1?</t>
         </is>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>Tidak ada mikrofon yang ditemukan.</t>
+          <t>Lakukan panggilan ke %1?</t>
         </is>
       </c>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>PlaceCallNo microphone found.</t>
+          <t>PlaceCallPlace a call to %1?</t>
         </is>
       </c>
       <c r="G398" t="inlineStr"/>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15115</t>
+          <t>../qml/voip/PlaceCall.qml:15117</t>
         </is>
       </c>
       <c r="B399" t="inlineStr">
         <is>
-          <t>Voice</t>
+          <t>No microphone found.</t>
         </is>
       </c>
       <c r="C399" t="inlineStr">
         <is>
-          <t>Suara</t>
+          <t>Tidak ada mikrofon yang ditemukan.</t>
         </is>
       </c>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>PlaceCallVoice</t>
+          <t>PlaceCallNo microphone found.</t>
         </is>
       </c>
       <c r="G399" t="inlineStr"/>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15128</t>
+          <t>../qml/voip/PlaceCall.qml:15141</t>
         </is>
       </c>
       <c r="B400" t="inlineStr">
         <is>
-          <t>Video</t>
+          <t>Voice</t>
         </is>
       </c>
       <c r="C400" t="inlineStr">
         <is>
-          <t>Video</t>
+          <t>Suara</t>
         </is>
       </c>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>PlaceCallVideo</t>
+          <t>PlaceCallVoice</t>
         </is>
       </c>
       <c r="G400" t="inlineStr"/>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15141</t>
+          <t>../qml/voip/PlaceCall.qml:15154</t>
         </is>
       </c>
       <c r="B401" t="inlineStr">
         <is>
-          <t>Screen</t>
+          <t>Video</t>
         </is>
       </c>
       <c r="C401" t="inlineStr">
         <is>
-          <t>Layar</t>
+          <t>Video</t>
         </is>
       </c>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>PlaceCallScreen</t>
+          <t>PlaceCallVideo</t>
         </is>
       </c>
       <c r="G401" t="inlineStr"/>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15157</t>
+          <t>../qml/voip/PlaceCall.qml:15167</t>
         </is>
       </c>
       <c r="B402" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Screen</t>
         </is>
       </c>
       <c r="C402" t="inlineStr">
         <is>
-          <t>Batalkan</t>
+          <t>Layar</t>
         </is>
       </c>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>PlaceCallCancel</t>
+          <t>PlaceCallScreen</t>
         </is>
       </c>
       <c r="G402" t="inlineStr"/>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr">
         <is>
-          <t>../qml/delegates/Placeholder.qml:15168</t>
+          <t>../qml/voip/PlaceCall.qml:15183</t>
         </is>
       </c>
       <c r="B403" t="inlineStr">
         <is>
-          <t xml:space="preserve">unimplemented event: </t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C403" t="inlineStr">
         <is>
-          <t xml:space="preserve">peristiwa yang belum diimplementasikan: </t>
+          <t>Batalkan</t>
         </is>
       </c>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t xml:space="preserve">Placeholderunimplemented event: </t>
+          <t>PlaceCallCancel</t>
         </is>
       </c>
       <c r="G403" t="inlineStr"/>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15194</t>
+          <t>../qml/delegates/Placeholder.qml:15194</t>
         </is>
       </c>
       <c r="B404" t="inlineStr">
         <is>
-          <t>Permissions in %1</t>
+          <t xml:space="preserve">unimplemented event: </t>
         </is>
       </c>
       <c r="C404" t="inlineStr">
         <is>
-          <t>Perizinan di %1</t>
+          <t xml:space="preserve">peristiwa yang belum diimplementasikan: </t>
         </is>
       </c>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>PowerLevelEditorPermissions in %1</t>
+          <t xml:space="preserve">Placeholderunimplemented event: </t>
         </is>
       </c>
       <c r="G404" t="inlineStr"/>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15208</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15220</t>
         </is>
       </c>
       <c r="B405" t="inlineStr">
         <is>
-          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>Permissions in %1</t>
         </is>
       </c>
       <c r="C405" t="inlineStr">
         <is>
-          <t>Hati-hati ketika mengedit perizinan. Kamu tidak dapat mengubah tingkat izin orang dengan tingkat yang sama atau tingkat yang lebih tinggi daripada kamu. Hati-hati ketika mempromosikan yang lain.</t>
+          <t>Perizinan di %1</t>
         </is>
       </c>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>PowerLevelEditorPermissions in %1</t>
         </is>
       </c>
       <c r="G405" t="inlineStr"/>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15221</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15234</t>
         </is>
       </c>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Roles</t>
+          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="C406" t="inlineStr">
         <is>
-          <t>Peran</t>
+          <t>Hati-hati ketika mengedit perizinan. Kamu tidak dapat mengubah tingkat izin orang dengan tingkat yang sama atau tingkat yang lebih tinggi daripada kamu. Hati-hati ketika mempromosikan yang lain.</t>
         </is>
       </c>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRoles</t>
+          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="G406" t="inlineStr"/>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15224</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15247</t>
         </is>
       </c>
       <c r="B407" t="inlineStr">
         <is>
-          <t>Users</t>
+          <t>Roles</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>Pengguna</t>
+          <t>Peran</t>
         </is>
       </c>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUsers</t>
+          <t>PowerLevelEditorRoles</t>
         </is>
       </c>
       <c r="G407" t="inlineStr"/>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15244</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15250</t>
         </is>
       </c>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Move permissions between roles to change them</t>
+          <t>Users</t>
         </is>
       </c>
       <c r="C408" t="inlineStr">
         <is>
-          <t>Pindahkan izin antara peran untuk mengubahnya</t>
+          <t>Pengguna</t>
         </is>
       </c>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove permissions between roles to change them</t>
+          <t>PowerLevelEditorUsers</t>
         </is>
       </c>
       <c r="G408" t="inlineStr"/>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15506</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
         </is>
       </c>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Administrator (%1)</t>
+          <t>Move permissions between roles to change them</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
-          <t>Administrator (%1)</t>
+          <t>Pindahkan izin antara peran untuk mengubahnya</t>
         </is>
       </c>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdministrator (%1)</t>
+          <t>PowerLevelEditorMove permissions between roles to change them</t>
         </is>
       </c>
       <c r="G409" t="inlineStr"/>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15508</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15536</t>
+        </is>
+      </c>
+      <c r="B410" t="inlineStr"/>
+      <c r="C410" t="inlineStr"/>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>PowerLevelEditorModerator (%1)</t>
+          <t>PowerLevelEditorCreator</t>
         </is>
       </c>
       <c r="G410" t="inlineStr"/>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15538</t>
         </is>
       </c>
       <c r="B411" t="inlineStr">
         <is>
-          <t>User (%1)</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>Pengguna (%1)</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUser (%1)</t>
+          <t>PowerLevelEditorAdministrator (%1)</t>
         </is>
       </c>
       <c r="G411" t="inlineStr"/>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15510</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15540</t>
         </is>
       </c>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Custom (%1)</t>
+          <t>Moderator (%1)</t>
         </is>
       </c>
       <c r="C412" t="inlineStr">
         <is>
-          <t>Kustom (%1)</t>
+          <t>Moderator (%1)</t>
         </is>
       </c>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>PowerLevelEditorCustom (%1)</t>
+          <t>PowerLevelEditorModerator (%1)</t>
         </is>
       </c>
       <c r="G412" t="inlineStr"/>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15542</t>
         </is>
       </c>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Remove event type</t>
+          <t>User (%1)</t>
         </is>
       </c>
       <c r="C413" t="inlineStr">
         <is>
-          <t>Hapus tipe peristiwa</t>
+          <t>Pengguna (%1)</t>
         </is>
       </c>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove event type</t>
+          <t>PowerLevelEditorUser (%1)</t>
         </is>
       </c>
       <c r="G413" t="inlineStr"/>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15544</t>
         </is>
       </c>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Add event type</t>
+          <t>Custom (%1)</t>
         </is>
       </c>
       <c r="C414" t="inlineStr">
         <is>
-          <t>Tambahkan tipe peristiwa</t>
+          <t>Kustom (%1)</t>
         </is>
       </c>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd event type</t>
+          <t>PowerLevelEditorCustom (%1)</t>
         </is>
       </c>
       <c r="G414" t="inlineStr"/>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15327</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B415" t="inlineStr">
         <is>
-          <t>Add new role</t>
+          <t>Remove event type</t>
         </is>
       </c>
       <c r="C415" t="inlineStr">
         <is>
-          <t>Tambahkan peran baru</t>
+          <t>Hapus tipe peristiwa</t>
         </is>
       </c>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd new role</t>
+          <t>PowerLevelEditorRemove event type</t>
         </is>
       </c>
       <c r="G415" t="inlineStr"/>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15365</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B416" t="inlineStr">
         <is>
-          <t>Add</t>
+          <t>Add event type</t>
         </is>
       </c>
       <c r="C416" t="inlineStr">
         <is>
-          <t>Tambahkan</t>
+          <t>Tambahkan tipe peristiwa</t>
         </is>
       </c>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd</t>
+          <t>PowerLevelEditorAdd event type</t>
         </is>
       </c>
       <c r="G416" t="inlineStr"/>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15381</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15356</t>
         </is>
       </c>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Move users up or down to change their permissions</t>
+          <t>Add new role</t>
         </is>
       </c>
       <c r="C417" t="inlineStr">
         <is>
-          <t>Pindahkan pengguna ke atas atau ke bawah untuk mengubah izin mereka</t>
+          <t>Tambahkan peran baru</t>
         </is>
       </c>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove users up or down to change their permissions</t>
+          <t>PowerLevelEditorAdd new role</t>
         </is>
       </c>
       <c r="G417" t="inlineStr"/>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15394</t>
         </is>
       </c>
       <c r="B418" t="inlineStr">
         <is>
-          <t>Remove user</t>
+          <t>Add</t>
         </is>
       </c>
       <c r="C418" t="inlineStr">
         <is>
-          <t>Hapus pengguna</t>
+          <t>Tambahkan</t>
         </is>
       </c>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove user</t>
+          <t>PowerLevelEditorAdd</t>
         </is>
       </c>
       <c r="G418" t="inlineStr"/>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15410</t>
         </is>
       </c>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Add user</t>
+          <t>Move users up or down to change their permissions</t>
         </is>
       </c>
       <c r="C419" t="inlineStr">
         <is>
-          <t>Tambahkan pengguna</t>
+          <t>Pindahkan pengguna ke atas atau ke bawah untuk mengubah izin mereka</t>
         </is>
       </c>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd user</t>
+          <t>PowerLevelEditorMove users up or down to change their permissions</t>
         </is>
       </c>
       <c r="G419" t="inlineStr"/>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15548</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Apply permission changes</t>
+          <t>Remove user</t>
         </is>
       </c>
       <c r="C420" t="inlineStr">
         <is>
-          <t>Terapkan perubahan izin</t>
+          <t>Hapus pengguna</t>
         </is>
       </c>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
+          <t>PowerLevelEditorRemove user</t>
         </is>
       </c>
       <c r="G420" t="inlineStr"/>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15562</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>Add user</t>
         </is>
       </c>
       <c r="C421" t="inlineStr">
         <is>
-          <t>Subkomunitas dan ruangan apa saja yang seharusnya diterapkan oleh izin ini?</t>
+          <t>Tambahkan pengguna</t>
         </is>
       </c>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>PowerLevelEditorAdd user</t>
         </is>
       </c>
       <c r="G421" t="inlineStr"/>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15576</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15582</t>
         </is>
       </c>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Apply permissions recursively</t>
+          <t>Apply permission changes</t>
         </is>
       </c>
       <c r="C422" t="inlineStr">
         <is>
-          <t>Terapkan izin secara rekursif</t>
+          <t>Terapkan perubahan izin</t>
         </is>
       </c>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
+          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
         </is>
       </c>
       <c r="G422" t="inlineStr"/>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15588</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15596</t>
         </is>
       </c>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Overwrite exisiting modifications in rooms</t>
+          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="C423" t="inlineStr">
         <is>
-          <t>Timpa perubahan yang sudah ada dalam ruangan</t>
+          <t>Subkomunitas dan ruangan apa saja yang seharusnya diterapkan oleh izin ini?</t>
         </is>
       </c>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
+          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="G423" t="inlineStr"/>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15629</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15610</t>
         </is>
       </c>
       <c r="B424" t="inlineStr">
         <is>
-          <t>No permissions to apply the new permissions here</t>
+          <t>Apply permissions recursively</t>
         </is>
       </c>
       <c r="C424" t="inlineStr">
         <is>
-          <t>Tidak ada izin untuk diterapkan ke izin yang baru di sini</t>
+          <t>Terapkan izin secara rekursif</t>
         </is>
       </c>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
+          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
         </is>
       </c>
       <c r="G424" t="inlineStr"/>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15630</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15622</t>
         </is>
       </c>
       <c r="B425" t="inlineStr">
         <is>
-          <t>No changes needed</t>
+          <t>Overwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="C425" t="inlineStr">
         <is>
-          <t>Tidak ada perubahan yang dibutuhkan</t>
+          <t>Timpa perubahan yang sudah ada dalam ruangan</t>
         </is>
       </c>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
+          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="G425" t="inlineStr"/>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15631</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15663</t>
         </is>
       </c>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Existing modifications to the permissions in this room will be overwritten</t>
+          <t>No permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="C426" t="inlineStr">
         <is>
-          <t>Perubahan yang sudah ada ke izin di ruangan ini akan ditimpa</t>
+          <t>Tidak ada izin untuk diterapkan ke izin yang baru di sini</t>
         </is>
       </c>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
+          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="G426" t="inlineStr"/>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15632</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15664</t>
         </is>
       </c>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Permissions synchronized with community</t>
+          <t>No changes needed</t>
         </is>
       </c>
       <c r="C427" t="inlineStr">
         <is>
-          <t>Izin disinkronkan dengan komunitas</t>
+          <t>Tidak ada perubahan yang dibutuhkan</t>
         </is>
       </c>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
+          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
         </is>
       </c>
       <c r="G427" t="inlineStr"/>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16382</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15665</t>
         </is>
       </c>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
+          <t>Existing modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="C428" t="inlineStr">
         <is>
-          <t>Gagal memperbarui tingkat daya: %1</t>
+          <t>Perubahan yang sudah ada ke izin di ruangan ini akan ditimpa</t>
         </is>
       </c>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>PowerLevelsFailed to update powerlevel: %1</t>
+          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="G428" t="inlineStr"/>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16263</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15666</t>
         </is>
       </c>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
+          <t>Permissions synchronized with community</t>
         </is>
       </c>
       <c r="C429" t="inlineStr">
         <is>
-          <t>Gagal memperbarui tingkat daya: %1</t>
+          <t>Izin disinkronkan dengan komunitas</t>
         </is>
       </c>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
+          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
         </is>
       </c>
       <c r="G429" t="inlineStr"/>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16293</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16454</t>
         </is>
       </c>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Administrator: %1</t>
+          <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C430" t="inlineStr">
         <is>
-          <t>Administrator: %1</t>
+          <t>Gagal memperbarui tingkat daya: %1</t>
         </is>
       </c>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorAdministrator: %1</t>
+          <t>PowerLevelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G430" t="inlineStr"/>
       <c r="H430" t="inlineStr"/>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16295</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16327</t>
         </is>
       </c>
       <c r="B431" t="inlineStr">
         <is>
-          <t>Moderator: %1</t>
+          <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C431" t="inlineStr">
         <is>
-          <t>Moderator: %1</t>
+          <t>Gagal memperbarui tingkat daya: %1</t>
         </is>
       </c>
       <c r="D431" t="inlineStr"/>
       <c r="E431" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F431" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorModerator: %1</t>
+          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G431" t="inlineStr"/>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16297</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/components/PowerlevelIndicator.qml:16359</t>
+        </is>
+      </c>
+      <c r="B432" t="inlineStr"/>
+      <c r="C432" t="inlineStr"/>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorUser: %1</t>
+          <t>PowerlevelIndicatorCreator</t>
         </is>
       </c>
       <c r="G432" t="inlineStr"/>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15829</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16361</t>
         </is>
       </c>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Other events</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C433" t="inlineStr">
         <is>
-          <t>Peristiwa lainnya</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther events</t>
+          <t>PowerlevelIndicatorAdministrator (%1)</t>
         </is>
       </c>
       <c r="G433" t="inlineStr"/>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15831</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16363</t>
         </is>
       </c>
       <c r="B434" t="inlineStr">
         <is>
-          <t>Other state events</t>
+          <t>Moderator: %1</t>
         </is>
       </c>
       <c r="C434" t="inlineStr">
         <is>
-          <t>Peristiwa status lain</t>
+          <t>Moderator: %1</t>
         </is>
       </c>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther state events</t>
+          <t>PowerlevelIndicatorModerator: %1</t>
         </is>
       </c>
       <c r="G434" t="inlineStr"/>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15833</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16365</t>
         </is>
       </c>
       <c r="B435" t="inlineStr">
         <is>
-          <t>Remove other users</t>
+          <t>User: %1</t>
         </is>
       </c>
       <c r="C435" t="inlineStr">
         <is>
-          <t>Menghapus pengguna lainnya</t>
+          <t>Pengguna: %1</t>
         </is>
       </c>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRemove other users</t>
+          <t>PowerlevelIndicatorUser: %1</t>
         </is>
       </c>
       <c r="G435" t="inlineStr"/>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15835</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
         </is>
       </c>
       <c r="B436" t="inlineStr">
         <is>
-          <t>Ban other users</t>
+          <t>Other events</t>
         </is>
       </c>
       <c r="C436" t="inlineStr">
         <is>
-          <t>Cekal pengguna lain</t>
+          <t>Peristiwa lainnya</t>
         </is>
       </c>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan other users</t>
+          <t>PowerlevelsTypeListModelOther events</t>
         </is>
       </c>
       <c r="G436" t="inlineStr"/>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15837</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
         </is>
       </c>
       <c r="B437" t="inlineStr">
         <is>
-          <t>Invite other users</t>
+          <t>Other state events</t>
         </is>
       </c>
       <c r="C437" t="inlineStr">
         <is>
-          <t>Mengundang pengguna lainnya</t>
+          <t>Peristiwa status lain</t>
         </is>
       </c>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelInvite other users</t>
+          <t>PowerlevelsTypeListModelOther state events</t>
         </is>
       </c>
       <c r="G437" t="inlineStr"/>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15839</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
         </is>
       </c>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Redact events sent by others</t>
+          <t>Remove other users</t>
         </is>
       </c>
       <c r="C438" t="inlineStr">
         <is>
-          <t>Meredaksi peristiwa terkirim dari lainnya</t>
+          <t>Menghapus pengguna lainnya</t>
         </is>
       </c>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact events sent by others</t>
+          <t>PowerlevelsTypeListModelRemove other users</t>
         </is>
       </c>
       <c r="G438" t="inlineStr"/>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15841</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15879</t>
         </is>
       </c>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Reactions</t>
+          <t>Ban other users</t>
         </is>
       </c>
       <c r="C439" t="inlineStr">
         <is>
-          <t>Reaksi</t>
+          <t>Cekal pengguna lain</t>
         </is>
       </c>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReactions</t>
+          <t>PowerlevelsTypeListModelBan other users</t>
         </is>
       </c>
       <c r="G439" t="inlineStr"/>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15843</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15881</t>
         </is>
       </c>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Deprecated aliases events</t>
+          <t>Invite other users</t>
         </is>
       </c>
       <c r="C440" t="inlineStr">
         <is>
-          <t>Peristiwa alias yang usang</t>
+          <t>Mengundang pengguna lainnya</t>
         </is>
       </c>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
+          <t>PowerlevelsTypeListModelInvite other users</t>
         </is>
       </c>
       <c r="G440" t="inlineStr"/>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15845</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15883</t>
         </is>
       </c>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Change the room avatar</t>
+          <t>Redact events sent by others</t>
         </is>
       </c>
       <c r="C441" t="inlineStr">
         <is>
-          <t>Ubah avatar ruangan</t>
+          <t>Meredaksi peristiwa terkirim dari lainnya</t>
         </is>
       </c>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room avatar</t>
+          <t>PowerlevelsTypeListModelRedact events sent by others</t>
         </is>
       </c>
       <c r="G441" t="inlineStr"/>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15847</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15885</t>
         </is>
       </c>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Change the room addresses</t>
+          <t>Reactions</t>
         </is>
       </c>
       <c r="C442" t="inlineStr">
         <is>
-          <t>Ubah alamat ruangan</t>
+          <t>Reaksi</t>
         </is>
       </c>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room addresses</t>
+          <t>PowerlevelsTypeListModelReactions</t>
         </is>
       </c>
       <c r="G442" t="inlineStr"/>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15849</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
         </is>
       </c>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Send encrypted messages</t>
+          <t>Deprecated aliases events</t>
         </is>
       </c>
       <c r="C443" t="inlineStr">
         <is>
-          <t>Kirim pesan terenkripsi</t>
+          <t>Peristiwa alias yang usang</t>
         </is>
       </c>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend encrypted messages</t>
+          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
         </is>
       </c>
       <c r="G443" t="inlineStr"/>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15851</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
         </is>
       </c>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Enable encryption</t>
+          <t>Change the room avatar</t>
         </is>
       </c>
       <c r="C444" t="inlineStr">
         <is>
-          <t>Mengaktifkan enkripsi</t>
+          <t>Ubah avatar ruangan</t>
         </is>
       </c>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEnable encryption</t>
+          <t>PowerlevelsTypeListModelChange the room avatar</t>
         </is>
       </c>
       <c r="G444" t="inlineStr"/>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15853</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15891</t>
         </is>
       </c>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Change guest access</t>
+          <t>Change the room addresses</t>
         </is>
       </c>
       <c r="C445" t="inlineStr">
         <is>
-          <t>Mengubah akses tamu</t>
+          <t>Ubah alamat ruangan</t>
         </is>
       </c>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange guest access</t>
+          <t>PowerlevelsTypeListModelChange the room addresses</t>
         </is>
       </c>
       <c r="G445" t="inlineStr"/>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15855</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15893</t>
         </is>
       </c>
       <c r="B446" t="inlineStr">
         <is>
-          <t>Change history visibility</t>
+          <t>Send encrypted messages</t>
         </is>
       </c>
       <c r="C446" t="inlineStr">
         <is>
-          <t>Mengubah visibilitas riwayat</t>
+          <t>Kirim pesan terenkripsi</t>
         </is>
       </c>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange history visibility</t>
+          <t>PowerlevelsTypeListModelSend encrypted messages</t>
         </is>
       </c>
       <c r="G446" t="inlineStr"/>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15857</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15895</t>
         </is>
       </c>
       <c r="B447" t="inlineStr">
         <is>
-          <t>Change who can join</t>
+          <t>Enable encryption</t>
         </is>
       </c>
       <c r="C447" t="inlineStr">
         <is>
-          <t>Mengubah siapa saja yang dapat bergabung</t>
+          <t>Mengaktifkan enkripsi</t>
         </is>
       </c>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange who can join</t>
+          <t>PowerlevelsTypeListModelEnable encryption</t>
         </is>
       </c>
       <c r="G447" t="inlineStr"/>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15859</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15897</t>
         </is>
       </c>
       <c r="B448" t="inlineStr">
         <is>
-          <t>Send messages</t>
+          <t>Change guest access</t>
         </is>
       </c>
       <c r="C448" t="inlineStr">
         <is>
-          <t>Kirim pesan</t>
+          <t>Mengubah akses tamu</t>
         </is>
       </c>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend messages</t>
+          <t>PowerlevelsTypeListModelChange guest access</t>
         </is>
       </c>
       <c r="G448" t="inlineStr"/>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15861</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15899</t>
         </is>
       </c>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Change the room name</t>
+          <t>Change history visibility</t>
         </is>
       </c>
       <c r="C449" t="inlineStr">
         <is>
-          <t>Mengubah nama ruangan</t>
+          <t>Mengubah visibilitas riwayat</t>
         </is>
       </c>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room name</t>
+          <t>PowerlevelsTypeListModelChange history visibility</t>
         </is>
       </c>
       <c r="G449" t="inlineStr"/>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15863</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15901</t>
         </is>
       </c>
       <c r="B450" t="inlineStr">
         <is>
-          <t>Change the room permissions</t>
+          <t>Change who can join</t>
         </is>
       </c>
       <c r="C450" t="inlineStr">
         <is>
-          <t>Mengubah izin ruangan</t>
+          <t>Mengubah siapa saja yang dapat bergabung</t>
         </is>
       </c>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room permissions</t>
+          <t>PowerlevelsTypeListModelChange who can join</t>
         </is>
       </c>
       <c r="G450" t="inlineStr"/>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15865</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15903</t>
         </is>
       </c>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Change the rooms topic</t>
+          <t>Send messages</t>
         </is>
       </c>
       <c r="C451" t="inlineStr">
         <is>
-          <t>Mengubah topik ruangan</t>
+          <t>Kirim pesan</t>
         </is>
       </c>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the rooms topic</t>
+          <t>PowerlevelsTypeListModelSend messages</t>
         </is>
       </c>
       <c r="G451" t="inlineStr"/>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15867</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15905</t>
         </is>
       </c>
       <c r="B452" t="inlineStr">
         <is>
-          <t>Change the widgets</t>
+          <t>Change the room name</t>
         </is>
       </c>
       <c r="C452" t="inlineStr">
         <is>
-          <t>Mengubah widget</t>
+          <t>Mengubah nama ruangan</t>
         </is>
       </c>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets</t>
+          <t>PowerlevelsTypeListModelChange the room name</t>
         </is>
       </c>
       <c r="G452" t="inlineStr"/>
       <c r="H452" t="inlineStr"/>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15869</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15907</t>
         </is>
       </c>
       <c r="B453" t="inlineStr">
         <is>
-          <t>Change the widgets (experimental)</t>
+          <t>Change the room permissions</t>
         </is>
       </c>
       <c r="C453" t="inlineStr">
         <is>
-          <t>Mengubah widget (eksperimental)</t>
+          <t>Mengubah izin ruangan</t>
         </is>
       </c>
       <c r="D453" t="inlineStr"/>
       <c r="E453" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
+          <t>PowerlevelsTypeListModelChange the room permissions</t>
         </is>
       </c>
       <c r="G453" t="inlineStr"/>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15871</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15909</t>
         </is>
       </c>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Redact own events</t>
+          <t>Change the rooms topic</t>
         </is>
       </c>
       <c r="C454" t="inlineStr">
         <is>
-          <t>Meredaksi peristiwa sendiri</t>
+          <t>Mengubah topik ruangan</t>
         </is>
       </c>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact own events</t>
+          <t>PowerlevelsTypeListModelChange the rooms topic</t>
         </is>
       </c>
       <c r="G454" t="inlineStr"/>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15911</t>
         </is>
       </c>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Change the pinned events</t>
+          <t>Change the widgets</t>
         </is>
       </c>
       <c r="C455" t="inlineStr">
         <is>
-          <t>Mengubah peristiwa yang tersemat</t>
+          <t>Mengubah widget</t>
         </is>
       </c>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the pinned events</t>
+          <t>PowerlevelsTypeListModelChange the widgets</t>
         </is>
       </c>
       <c r="G455" t="inlineStr"/>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15913</t>
         </is>
       </c>
       <c r="B456" t="inlineStr">
         <is>
-          <t>Upgrade the room</t>
+          <t>Change the widgets (experimental)</t>
         </is>
       </c>
       <c r="C456" t="inlineStr">
         <is>
-          <t>Meningkatkan ruangan</t>
+          <t>Mengubah widget (eksperimental)</t>
         </is>
       </c>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelUpgrade the room</t>
+          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
         </is>
       </c>
       <c r="G456" t="inlineStr"/>
-      <c r="H456" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H456" t="inlineStr"/>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15915</t>
         </is>
       </c>
       <c r="B457" t="inlineStr">
         <is>
-          <t>Send stickers</t>
+          <t>Redact own events</t>
         </is>
       </c>
       <c r="C457" t="inlineStr">
         <is>
-          <t>Kirim stiker</t>
+          <t>Meredaksi peristiwa sendiri</t>
         </is>
       </c>
       <c r="D457" t="inlineStr"/>
       <c r="E457" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F457" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend stickers</t>
+          <t>PowerlevelsTypeListModelRedact own events</t>
         </is>
       </c>
       <c r="G457" t="inlineStr"/>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15880</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15917</t>
         </is>
       </c>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Ban users using policy rules</t>
+          <t>Change the pinned events</t>
         </is>
       </c>
       <c r="C458" t="inlineStr">
         <is>
-          <t>Cekal pengguna menggunakan aturan kebijakan</t>
+          <t>Mengubah peristiwa yang tersemat</t>
         </is>
       </c>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan users using policy rules</t>
+          <t>PowerlevelsTypeListModelChange the pinned events</t>
         </is>
       </c>
       <c r="G458" t="inlineStr"/>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15882</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15919</t>
         </is>
       </c>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Ban rooms using policy rules</t>
+          <t>Upgrade the room</t>
         </is>
       </c>
       <c r="C459" t="inlineStr">
         <is>
-          <t>Cekal ruangan menggunakan aturan kebijakan</t>
+          <t>Meningkatkan ruangan</t>
         </is>
       </c>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
+          <t>PowerlevelsTypeListModelUpgrade the room</t>
         </is>
       </c>
       <c r="G459" t="inlineStr"/>
-      <c r="H459" t="inlineStr"/>
+      <c r="H459" t="inlineStr">
+        <is>
+          <t>Means upgrading to a new room version</t>
+        </is>
+      </c>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15884</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15921</t>
         </is>
       </c>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Ban servers using policy rules</t>
+          <t>Send stickers</t>
         </is>
       </c>
       <c r="C460" t="inlineStr">
         <is>
-          <t>Cekal server menggunakan aturan kebijakan</t>
+          <t>Kirim stiker</t>
         </is>
       </c>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
+          <t>PowerlevelsTypeListModelSend stickers</t>
         </is>
       </c>
       <c r="G460" t="inlineStr"/>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15924</t>
         </is>
       </c>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Edit child communities and rooms</t>
+          <t>Ban users using policy rules</t>
         </is>
       </c>
       <c r="C461" t="inlineStr">
         <is>
-          <t>Edit komunitas dan ruangan anak</t>
+          <t>Cekal pengguna menggunakan aturan kebijakan</t>
         </is>
       </c>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
+          <t>PowerlevelsTypeListModelBan users using policy rules</t>
         </is>
       </c>
       <c r="G461" t="inlineStr"/>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15926</t>
         </is>
       </c>
       <c r="B462" t="inlineStr">
         <is>
-          <t>Change parent communities</t>
+          <t>Ban rooms using policy rules</t>
         </is>
       </c>
       <c r="C462" t="inlineStr">
         <is>
-          <t>Ubah induk komunitas</t>
+          <t>Cekal ruangan menggunakan aturan kebijakan</t>
         </is>
       </c>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange parent communities</t>
+          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
         </is>
       </c>
       <c r="G462" t="inlineStr"/>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15892</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15928</t>
         </is>
       </c>
       <c r="B463" t="inlineStr">
         <is>
-          <t>Start a call</t>
+          <t>Ban servers using policy rules</t>
         </is>
       </c>
       <c r="C463" t="inlineStr">
         <is>
-          <t>Memulai sebuah panggilan</t>
+          <t>Cekal server menggunakan aturan kebijakan</t>
         </is>
       </c>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelStart a call</t>
+          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
         </is>
       </c>
       <c r="G463" t="inlineStr"/>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15894</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15931</t>
         </is>
       </c>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Negotiate a call</t>
+          <t>Edit child communities and rooms</t>
         </is>
       </c>
       <c r="C464" t="inlineStr">
         <is>
-          <t>Menegosiasi sebuah panggilan</t>
+          <t>Edit komunitas dan ruangan anak</t>
         </is>
       </c>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelNegotiate a call</t>
+          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
         </is>
       </c>
       <c r="G464" t="inlineStr"/>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15896</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15933</t>
         </is>
       </c>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Answer a call</t>
+          <t>Change parent communities</t>
         </is>
       </c>
       <c r="C465" t="inlineStr">
         <is>
-          <t>Menjawab sebuah panggilan</t>
+          <t>Ubah induk komunitas</t>
         </is>
       </c>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelAnswer a call</t>
+          <t>PowerlevelsTypeListModelChange parent communities</t>
         </is>
       </c>
       <c r="G465" t="inlineStr"/>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15898</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15936</t>
         </is>
       </c>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Hang up a call</t>
+          <t>Start a call</t>
         </is>
       </c>
       <c r="C466" t="inlineStr">
         <is>
-          <t>Mengakhiri sebuah panggilan</t>
+          <t>Memulai sebuah panggilan</t>
         </is>
       </c>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelHang up a call</t>
+          <t>PowerlevelsTypeListModelStart a call</t>
         </is>
       </c>
       <c r="G466" t="inlineStr"/>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15900</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15938</t>
         </is>
       </c>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Reject a call</t>
+          <t>Negotiate a call</t>
         </is>
       </c>
       <c r="C467" t="inlineStr">
         <is>
-          <t>Tolak panggilan</t>
+          <t>Menegosiasi sebuah panggilan</t>
         </is>
       </c>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReject a call</t>
+          <t>PowerlevelsTypeListModelNegotiate a call</t>
         </is>
       </c>
       <c r="G467" t="inlineStr"/>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15902</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15940</t>
         </is>
       </c>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Change the room emotes</t>
+          <t>Answer a call</t>
         </is>
       </c>
       <c r="C468" t="inlineStr">
         <is>
-          <t>Mengubah emoji ruangan</t>
+          <t>Menjawab sebuah panggilan</t>
         </is>
       </c>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room emotes</t>
+          <t>PowerlevelsTypeListModelAnswer a call</t>
         </is>
       </c>
       <c r="G468" t="inlineStr"/>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16119</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15942</t>
         </is>
       </c>
       <c r="B469" t="inlineStr">
         <is>
-          <t>Other users</t>
+          <t>Hang up a call</t>
         </is>
       </c>
       <c r="C469" t="inlineStr">
         <is>
-          <t>Pengguna lain</t>
+          <t>Mengakhiri sebuah panggilan</t>
         </is>
       </c>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>PowerlevelsUserListModelOther users</t>
+          <t>PowerlevelsTypeListModelHang up a call</t>
         </is>
       </c>
       <c r="G469" t="inlineStr"/>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16340</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15944</t>
         </is>
       </c>
       <c r="B470" t="inlineStr">
         <is>
-          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>Reject a call</t>
         </is>
       </c>
       <c r="C470" t="inlineStr">
         <is>
-          <t>Buat sebuah profil unik yang memungkinkan kamu untuk masuk ke beberapa akun secara bersamaan dan mulai beberapa instansi Nheko.</t>
+          <t>Tolak panggilan</t>
         </is>
       </c>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>PowerlevelsTypeListModelReject a call</t>
         </is>
       </c>
       <c r="G470" t="inlineStr"/>
       <c r="H470" t="inlineStr"/>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16342</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15946</t>
         </is>
       </c>
       <c r="B471" t="inlineStr">
         <is>
-          <t>profile</t>
+          <t>Change the room emotes</t>
         </is>
       </c>
       <c r="C471" t="inlineStr">
         <is>
-          <t>profil</t>
+          <t>Mengubah emoji ruangan</t>
         </is>
       </c>
       <c r="D471" t="inlineStr"/>
       <c r="E471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F471" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile</t>
+          <t>PowerlevelsTypeListModelChange the room emotes</t>
         </is>
       </c>
       <c r="G471" t="inlineStr"/>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16343</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16176</t>
         </is>
       </c>
       <c r="B472" t="inlineStr">
         <is>
-          <t>profile name</t>
+          <t>Other users</t>
         </is>
       </c>
       <c r="C472" t="inlineStr">
         <is>
-          <t>nama profil</t>
+          <t>Pengguna lain</t>
         </is>
       </c>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile name</t>
+          <t>PowerlevelsUserListModelOther users</t>
         </is>
       </c>
       <c r="G472" t="inlineStr"/>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16313</t>
+          <t>../../src/main.cpp:16396</t>
         </is>
       </c>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Alias for '--log-level trace'.</t>
+          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="C473" t="inlineStr">
         <is>
-          <t>Alias untuk '--log-level trace'.</t>
+          <t>Buat sebuah profil unik yang memungkinkan kamu untuk masuk ke beberapa akun secara bersamaan dan mulai beberapa instansi Nheko.</t>
         </is>
       </c>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>QObjectAlias for '--log-level trace'.</t>
+          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="G473" t="inlineStr"/>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16317</t>
+          <t>../../src/main.cpp:16398</t>
         </is>
       </c>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>profile</t>
         </is>
       </c>
       <c r="C474" t="inlineStr">
         <is>
-          <t>Tetapkan tingkat pencatatan global, atau daftar &lt;komponen&gt;=&lt;tingkat&gt; yang dipisahkan oleh koma, atau keduanya. Misalnya, untuk menetapkan tingkat pencatatan ke 'warn' tetapi menonaktifkan pencatatan untuk komponen 'ui', tambahkan 'warn,ui=off'. tingkat={trace,debug,info,warning,error,critical,off} komponen:[crypto,db,mtx,net,qml,ui}</t>
+          <t>profil</t>
         </is>
       </c>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>QCoreApplicationprofile</t>
         </is>
       </c>
       <c r="G474" t="inlineStr"/>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16322</t>
+          <t>../../src/main.cpp:16399</t>
         </is>
       </c>
       <c r="B475" t="inlineStr">
         <is>
-          <t>level</t>
+          <t>profile name</t>
         </is>
       </c>
       <c r="C475" t="inlineStr">
         <is>
-          <t>tingkat</t>
+          <t>nama profil</t>
         </is>
       </c>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>QObjectlevel</t>
+          <t>QCoreApplicationprofile name</t>
         </is>
       </c>
       <c r="G475" t="inlineStr"/>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16326</t>
+          <t>../../src/main.cpp:16369</t>
         </is>
       </c>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>Alias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="C476" t="inlineStr">
         <is>
-          <t>Tetapkan jenis keluaran catatan. Daftar yang dipisahkan oleh koma diperbolehkan. Bawaan adalah 'file,stderr'. tipe:{file,stderr,none}</t>
+          <t>Alias untuk '--log-level trace'.</t>
         </is>
       </c>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>QObjectAlias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="G476" t="inlineStr"/>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16328</t>
+          <t>../../src/main.cpp:16373</t>
         </is>
       </c>
       <c r="B477" t="inlineStr">
         <is>
-          <t>type</t>
+          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="C477" t="inlineStr">
         <is>
-          <t>jenis</t>
+          <t>Tetapkan tingkat pencatatan global, atau daftar &lt;komponen&gt;=&lt;tingkat&gt; yang dipisahkan oleh koma, atau keduanya. Misalnya, untuk menetapkan tingkat pencatatan ke 'warn' tetapi menonaktifkan pencatatan untuk komponen 'ui', tambahkan 'warn,ui=off'. tingkat={trace,debug,info,warning,error,critical,off} komponen:[crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>QObjecttype</t>
+          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="G477" t="inlineStr"/>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16332</t>
+          <t>../../src/main.cpp:16378</t>
         </is>
       </c>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Recompacts the database which might improve performance.</t>
+          <t>level</t>
         </is>
       </c>
       <c r="C478" t="inlineStr">
         <is>
-          <t>Mengompak ulang basis data yang dapat meningkatkan performa.</t>
+          <t>tingkat</t>
         </is>
       </c>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>QObjectRecompacts the database which might improve performance.</t>
+          <t>QObjectlevel</t>
         </is>
       </c>
       <c r="G478" t="inlineStr"/>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16274</t>
+          <t>../../src/main.cpp:16382</t>
         </is>
       </c>
       <c r="B479" t="inlineStr">
         <is>
-          <t>Respond</t>
+          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="C479" t="inlineStr">
         <is>
-          <t>Tanggapi</t>
+          <t>Tetapkan jenis keluaran catatan. Daftar yang dipisahkan oleh koma diperbolehkan. Bawaan adalah 'file,stderr'. tipe:{file,stderr,none}</t>
         </is>
       </c>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>QObjectRespond</t>
+          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="G479" t="inlineStr"/>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16275</t>
+          <t>../../src/main.cpp:16384</t>
         </is>
       </c>
       <c r="B480" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>type</t>
         </is>
       </c>
       <c r="C480" t="inlineStr">
         <is>
-          <t>Kirim</t>
+          <t>jenis</t>
         </is>
       </c>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>QObjectSend</t>
+          <t>QObjecttype</t>
         </is>
       </c>
       <c r="G480" t="inlineStr"/>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16276</t>
+          <t>../../src/main.cpp:16388</t>
         </is>
       </c>
       <c r="B481" t="inlineStr">
         <is>
-          <t>Write a message…</t>
+          <t>Recompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="C481" t="inlineStr">
         <is>
-          <t>Ketik pesan…</t>
+          <t>Mengompak ulang basis data yang dapat meningkatkan performa.</t>
         </is>
       </c>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>QObjectWrite a message...</t>
+          <t>QObjectRecompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="G481" t="inlineStr"/>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16316</t>
+          <t>../../src/notifications/ManagerMac.cpp:16330</t>
         </is>
       </c>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Solve the reCAPTCHA and press the confirm button</t>
+          <t>Respond</t>
         </is>
       </c>
       <c r="C482" t="inlineStr">
         <is>
-          <t>Selesaikan reCAPTCHAnya dan tekan tombol konfirmasi</t>
+          <t>Tanggapi</t>
         </is>
       </c>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
+          <t>QObjectRespond</t>
         </is>
       </c>
       <c r="G482" t="inlineStr"/>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16324</t>
+          <t>../../src/notifications/ManagerMac.cpp:16331</t>
         </is>
       </c>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Open reCAPTCHA</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="C483" t="inlineStr">
         <is>
-          <t>Buka reCAPTCHA</t>
+          <t>Kirim</t>
         </is>
       </c>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogOpen reCAPTCHA</t>
+          <t>QObjectSend</t>
         </is>
       </c>
       <c r="G483" t="inlineStr"/>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16329</t>
+          <t>../../src/notifications/ManagerMac.cpp:16332</t>
         </is>
       </c>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Write a message…</t>
         </is>
       </c>
       <c r="C484" t="inlineStr">
         <is>
-          <t>Batalkan</t>
+          <t>Ketik pesan…</t>
         </is>
       </c>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogCancel</t>
+          <t>QObjectWrite a message...</t>
         </is>
       </c>
       <c r="G484" t="inlineStr"/>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16334</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16372</t>
         </is>
       </c>
       <c r="B485" t="inlineStr">
         <is>
-          <t>Confirm</t>
+          <t>Solve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="C485" t="inlineStr">
         <is>
-          <t>Konfirmasi</t>
+          <t>Selesaikan reCAPTCHAnya dan tekan tombol konfirmasi</t>
         </is>
       </c>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogConfirm</t>
+          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="G485" t="inlineStr"/>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReadReceipts.qml:16373</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16380</t>
         </is>
       </c>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Read receipts</t>
+          <t>Open reCAPTCHA</t>
         </is>
       </c>
       <c r="C486" t="inlineStr">
         <is>
-          <t>Laporan dibaca</t>
+          <t>Buka reCAPTCHA</t>
         </is>
       </c>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>ReadReceiptsRead receipts</t>
+          <t>ReCaptchaDialogOpen reCAPTCHA</t>
         </is>
       </c>
       <c r="G486" t="inlineStr"/>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr">
         <is>
-          <t>../../src/ReadReceiptsModel.cpp:16484</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16385</t>
         </is>
       </c>
       <c r="B487" t="inlineStr">
         <is>
-          <t>Yesterday, %1</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C487" t="inlineStr">
         <is>
-          <t>Kemarin, %1</t>
+          <t>Batalkan</t>
         </is>
       </c>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>ReadReceiptsModelYesterday, %1</t>
+          <t>ReCaptchaDialogCancel</t>
         </is>
       </c>
       <c r="G487" t="inlineStr"/>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16567</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16390</t>
         </is>
       </c>
       <c r="B488" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
+          <t>Confirm</t>
         </is>
       </c>
       <c r="C488" t="inlineStr">
         <is>
-          <t>Penemuan otomatis gagal. Menerima respons cacat.</t>
+          <t>Konfirmasi</t>
         </is>
       </c>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
+          <t>ReCaptchaDialogConfirm</t>
         </is>
       </c>
       <c r="G488" t="inlineStr"/>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16574</t>
+          <t>../qml/dialogs/ReadReceipts.qml:16429</t>
         </is>
       </c>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C489" t="inlineStr">
         <is>
-          <t>Penemuan otomatis gagal. Terjadi kesalahan yang tidak diketahui saat meminta .well-known.</t>
+          <t>Laporan dibaca</t>
         </is>
       </c>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>ReadReceiptsRead receipts</t>
         </is>
       </c>
       <c r="G489" t="inlineStr"/>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16599</t>
+          <t>../../src/ReadReceiptsModel.cpp:16540</t>
         </is>
       </c>
       <c r="B490" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Yesterday, %1</t>
         </is>
       </c>
       <c r="C490" t="inlineStr">
         <is>
-          <t>Titik akhir yang dibutuhkan tidak dapat ditemukan. Kemungkinan bukan server Matrix.</t>
+          <t>Kemarin, %1</t>
         </is>
       </c>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>ReadReceiptsModelYesterday, %1</t>
         </is>
       </c>
       <c r="G490" t="inlineStr"/>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16606</t>
+          <t>../../src/RegisterPage.cpp:16623</t>
         </is>
       </c>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C491" t="inlineStr">
         <is>
-          <t>Menerima respons cacat. Pastikan domain homeservernya valid.</t>
+          <t>Penemuan otomatis gagal. Menerima respons cacat.</t>
         </is>
       </c>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G491" t="inlineStr"/>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16611</t>
+          <t>../../src/RegisterPage.cpp:16630</t>
         </is>
       </c>
       <c r="B492" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C492" t="inlineStr">
         <is>
-          <t>Terjadi kesalahan yang tidak diketahui. Pastikan domain homeservernya valid.</t>
+          <t>Penemuan otomatis gagal. Terjadi kesalahan yang tidak diketahui saat meminta .well-known.</t>
         </is>
       </c>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G492" t="inlineStr"/>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16633</t>
+          <t>../../src/RegisterPage.cpp:16655</t>
         </is>
       </c>
       <c r="B493" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="C493" t="inlineStr">
         <is>
-          <t>Server yang dipilih tidak mendukung versi protokol Matrix yang diketahui oleh klien ini (%1 sampai %2). Kamu tidak bisa mendaftar.</t>
+          <t>Titik akhir yang dibutuhkan tidak dapat ditemukan. Kemungkinan bukan server Matrix.</t>
         </is>
       </c>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G493" t="inlineStr"/>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16645</t>
+          <t>../../src/RegisterPage.cpp:16662</t>
         </is>
       </c>
       <c r="B494" t="inlineStr">
         <is>
-          <t>Server does not support querying registration flows!</t>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C494" t="inlineStr">
         <is>
-          <t>Server tidak mendukung kueri alur pendaftaran!</t>
+          <t>Menerima respons cacat. Pastikan domain homeservernya valid.</t>
         </is>
       </c>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support querying registration flows!</t>
+          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G494" t="inlineStr"/>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16650</t>
+          <t>../../src/RegisterPage.cpp:16667</t>
         </is>
       </c>
       <c r="B495" t="inlineStr">
         <is>
-          <t>Server does not support registration.</t>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C495" t="inlineStr">
         <is>
-          <t>Server tidak mendukung pendaftaran.</t>
+          <t>Terjadi kesalahan yang tidak diketahui. Pastikan domain homeservernya valid.</t>
         </is>
       </c>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support registration.</t>
+          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G495" t="inlineStr"/>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16678</t>
+          <t>../../src/RegisterPage.cpp:16689</t>
         </is>
       </c>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Invalid username.</t>
+          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="C496" t="inlineStr">
         <is>
-          <t>Nama pengguna tidak valid.</t>
+          <t>Server yang dipilih tidak mendukung versi protokol Matrix yang diketahui oleh klien ini (%1 sampai %2). Kamu tidak bisa mendaftar.</t>
         </is>
       </c>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>RegisterPageInvalid username.</t>
+          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="G496" t="inlineStr"/>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16680</t>
+          <t>../../src/RegisterPage.cpp:16701</t>
         </is>
       </c>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Name already in use.</t>
+          <t>Server does not support querying registration flows!</t>
         </is>
       </c>
       <c r="C497" t="inlineStr">
         <is>
-          <t>Nama sudah digunakan.</t>
+          <t>Server tidak mendukung kueri alur pendaftaran!</t>
         </is>
       </c>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>RegisterPageName already in use.</t>
+          <t>RegisterPageServer does not support querying registration flows!</t>
         </is>
       </c>
       <c r="G497" t="inlineStr"/>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16682</t>
+          <t>../../src/RegisterPage.cpp:16706</t>
         </is>
       </c>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Part of the reserved namespace.</t>
+          <t>Server does not support registration.</t>
         </is>
       </c>
       <c r="C498" t="inlineStr">
         <is>
-          <t>Bagian oleh namespace yang direservasikan.</t>
+          <t>Server tidak mendukung pendaftaran.</t>
         </is>
       </c>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>RegisterPagePart of the reserved namespace.</t>
+          <t>RegisterPageServer does not support registration.</t>
         </is>
       </c>
       <c r="G498" t="inlineStr"/>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16740</t>
+          <t>../../src/RegisterPage.cpp:16734</t>
         </is>
       </c>
       <c r="B499" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Invalid username.</t>
         </is>
       </c>
       <c r="C499" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Nama pengguna tidak valid.</t>
         </is>
       </c>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>RegisterPageHomeserver</t>
+          <t>RegisterPageInvalid username.</t>
         </is>
       </c>
       <c r="G499" t="inlineStr"/>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16741</t>
+          <t>../../src/RegisterPage.cpp:16736</t>
         </is>
       </c>
       <c r="B500" t="inlineStr">
         <is>
-          <t>your.server</t>
+          <t>Name already in use.</t>
         </is>
       </c>
       <c r="C500" t="inlineStr">
         <is>
-          <t>server.mu</t>
+          <t>Nama sudah digunakan.</t>
         </is>
       </c>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>RegisterPageyour.server</t>
+          <t>RegisterPageName already in use.</t>
         </is>
       </c>
       <c r="G500" t="inlineStr"/>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16744</t>
+          <t>../../src/RegisterPage.cpp:16738</t>
         </is>
       </c>
       <c r="B501" t="inlineStr">
         <is>
-          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>Part of the reserved namespace.</t>
         </is>
       </c>
       <c r="C501" t="inlineStr">
         <is>
-          <t>Sebuah server yang mengizinkan pendaftaran. Karena Matrix itu terdecentralisasi, kamu pertama harus mencari server yang kamu daftar atau host servermu sendiri.</t>
+          <t>Bagian oleh namespace yang direservasikan.</t>
         </is>
       </c>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>RegisterPagePart of the reserved namespace.</t>
         </is>
       </c>
       <c r="G501" t="inlineStr"/>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16776</t>
+          <t>../qml/pages/RegisterPage.qml:16796</t>
         </is>
       </c>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Username</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C502" t="inlineStr">
         <is>
-          <t>Nama pengguna</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>RegisterPageUsername</t>
+          <t>RegisterPageHomeserver</t>
         </is>
       </c>
       <c r="G502" t="inlineStr"/>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16777</t>
+          <t>../qml/pages/RegisterPage.qml:16797</t>
         </is>
       </c>
       <c r="B503" t="inlineStr">
         <is>
-          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>your.server</t>
         </is>
       </c>
       <c r="C503" t="inlineStr">
         <is>
-          <t>Nama pengguna tidak boleh kosong, dan hanya mengandung karakter a-z, 0-9, ., _, =, -, dan /.</t>
+          <t>server.mu</t>
         </is>
       </c>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>RegisterPageyour.server</t>
         </is>
       </c>
       <c r="G503" t="inlineStr"/>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16898</t>
+          <t>../qml/pages/RegisterPage.qml:16800</t>
         </is>
       </c>
       <c r="B504" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="C504" t="inlineStr">
         <is>
-          <t>Kembali</t>
+          <t>Sebuah server yang mengizinkan pendaftaran. Karena Matrix itu terdecentralisasi, kamu pertama harus mencari server yang kamu daftar atau host servermu sendiri.</t>
         </is>
       </c>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>RegisterPageBack</t>
+          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="G504" t="inlineStr"/>
       <c r="H504" t="inlineStr"/>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16819</t>
+          <t>../qml/pages/RegisterPage.qml:16832</t>
         </is>
       </c>
       <c r="B505" t="inlineStr">
         <is>
-          <t>Password</t>
+          <t>Username</t>
         </is>
       </c>
       <c r="C505" t="inlineStr">
         <is>
-          <t>Kata sandi</t>
+          <t>Nama pengguna</t>
         </is>
       </c>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>RegisterPagePassword</t>
+          <t>RegisterPageUsername</t>
         </is>
       </c>
       <c r="G505" t="inlineStr"/>
       <c r="H505" t="inlineStr"/>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16821</t>
+          <t>../qml/pages/RegisterPage.qml:16833</t>
         </is>
       </c>
       <c r="B506" t="inlineStr">
         <is>
-          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="C506" t="inlineStr">
         <is>
-          <t>Mohon memilih kata sandi yang aman. Persyaratan untuk kekuatan sandi mungkin bergantung pada servermu.</t>
+          <t>Nama pengguna tidak boleh kosong, dan hanya mengandung karakter a-z, 0-9, ., _, =, -, dan /.</t>
         </is>
       </c>
       <c r="D506" t="inlineStr"/>
       <c r="E506" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F506" t="inlineStr">
         <is>
-          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="G506" t="inlineStr"/>
       <c r="H506" t="inlineStr"/>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16828</t>
+          <t>../qml/pages/RegisterPage.qml:16954</t>
         </is>
       </c>
       <c r="B507" t="inlineStr">
         <is>
-          <t>Password confirmation</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C507" t="inlineStr">
         <is>
-          <t>Konfirmasi kata sandi</t>
+          <t>Kembali</t>
         </is>
       </c>
       <c r="D507" t="inlineStr"/>
       <c r="E507" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F507" t="inlineStr">
         <is>
-          <t>RegisterPagePassword confirmation</t>
+          <t>RegisterPageBack</t>
         </is>
       </c>
       <c r="G507" t="inlineStr"/>
       <c r="H507" t="inlineStr"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16837</t>
+          <t>../qml/pages/RegisterPage.qml:16875</t>
         </is>
       </c>
       <c r="B508" t="inlineStr">
         <is>
-          <t>Your passwords do not match!</t>
+          <t>Password</t>
         </is>
       </c>
       <c r="C508" t="inlineStr">
         <is>
-          <t>Kata sandimu tidak cocok!</t>
+          <t>Kata sandi</t>
         </is>
       </c>
       <c r="D508" t="inlineStr"/>
       <c r="E508" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F508" t="inlineStr">
         <is>
-          <t>RegisterPageYour passwords do not match!</t>
+          <t>RegisterPagePassword</t>
         </is>
       </c>
       <c r="G508" t="inlineStr"/>
       <c r="H508" t="inlineStr"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16845</t>
+          <t>../qml/pages/RegisterPage.qml:16877</t>
         </is>
       </c>
       <c r="B509" t="inlineStr">
         <is>
-          <t>Device name</t>
+          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="C509" t="inlineStr">
         <is>
-          <t>Nama perangkat</t>
+          <t>Mohon memilih kata sandi yang aman. Persyaratan untuk kekuatan sandi mungkin bergantung pada servermu.</t>
         </is>
       </c>
       <c r="D509" t="inlineStr"/>
       <c r="E509" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F509" t="inlineStr">
         <is>
-          <t>RegisterPageDevice name</t>
+          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="G509" t="inlineStr"/>
       <c r="H509" t="inlineStr"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16847</t>
+          <t>../qml/pages/RegisterPage.qml:16884</t>
         </is>
       </c>
       <c r="B510" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>Password confirmation</t>
         </is>
       </c>
       <c r="C510" t="inlineStr">
         <is>
-          <t>Sebuah nama untuk perangkat ini yang akan ditampilkan kepada orang lain ketika memverifikasi perangkatmu. Jika tidak ada, bawaan akan digunakan.</t>
+          <t>Konfirmasi kata sandi</t>
         </is>
       </c>
       <c r="D510" t="inlineStr"/>
       <c r="E510" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F510" t="inlineStr">
         <is>
-          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>RegisterPagePassword confirmation</t>
         </is>
       </c>
       <c r="G510" t="inlineStr"/>
       <c r="H510" t="inlineStr"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16878</t>
+          <t>../qml/pages/RegisterPage.qml:16893</t>
         </is>
       </c>
       <c r="B511" t="inlineStr">
         <is>
-          <t>REGISTER</t>
+          <t>Your passwords do not match!</t>
         </is>
       </c>
       <c r="C511" t="inlineStr">
         <is>
-          <t>DAFTAR</t>
+          <t>Kata sandimu tidak cocok!</t>
         </is>
       </c>
       <c r="D511" t="inlineStr"/>
       <c r="E511" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F511" t="inlineStr">
         <is>
-          <t>RegisterPageREGISTER</t>
+          <t>RegisterPageYour passwords do not match!</t>
         </is>
       </c>
       <c r="G511" t="inlineStr"/>
       <c r="H511" t="inlineStr"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16919</t>
+          <t>../qml/pages/RegisterPage.qml:16901</t>
         </is>
       </c>
       <c r="B512" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Device name</t>
         </is>
       </c>
       <c r="C512" t="inlineStr">
         <is>
-          <t>Tutup</t>
+          <t>Nama perangkat</t>
         </is>
       </c>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>ReplyPopupClose</t>
+          <t>RegisterPageDevice name</t>
         </is>
       </c>
       <c r="G512" t="inlineStr"/>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16935</t>
+          <t>../qml/pages/RegisterPage.qml:16903</t>
         </is>
       </c>
       <c r="B513" t="inlineStr">
         <is>
-          <t>Cancel Edit</t>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="C513" t="inlineStr">
         <is>
-          <t>Batalkan Pengeditan</t>
+          <t>Sebuah nama untuk perangkat ini yang akan ditampilkan kepada orang lain ketika memverifikasi perangkatmu. Jika tidak ada, bawaan akan digunakan.</t>
         </is>
       </c>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Edit</t>
+          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="G513" t="inlineStr"/>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16951</t>
+          <t>../qml/pages/RegisterPage.qml:16934</t>
         </is>
       </c>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Cancel Thread</t>
+          <t>REGISTER</t>
         </is>
       </c>
       <c r="C514" t="inlineStr">
         <is>
-          <t>Batalkan Utasan</t>
+          <t>DAFTAR</t>
         </is>
       </c>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Thread</t>
+          <t>RegisterPageREGISTER</t>
         </is>
       </c>
       <c r="G514" t="inlineStr"/>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16966</t>
+          <t>../qml/ReplyPopup.qml:16975</t>
         </is>
       </c>
       <c r="B515" t="inlineStr">
         <is>
-          <t>Report message</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C515" t="inlineStr">
         <is>
-          <t>Laporkan pesan</t>
+          <t>Tutup</t>
         </is>
       </c>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>ReportMessageReport message</t>
+          <t>ReplyPopupClose</t>
         </is>
       </c>
       <c r="G515" t="inlineStr"/>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16981</t>
+          <t>../qml/ReplyPopup.qml:16991</t>
         </is>
       </c>
       <c r="B516" t="inlineStr">
         <is>
-          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>Cancel Edit</t>
         </is>
       </c>
       <c r="C516" t="inlineStr">
         <is>
-          <t>Pesan ini yang akan dilaporkan akan dikirim ke administrator server Anda untuk ditinjau. Perlu dicatat bahwa tidak semua administrator meninjau konten yang dilaporkan. Anda seharusnya juga bertanya kepada moderator ruangan untuk menghapus konten tersebut jika diperlukan.</t>
+          <t>Batalkan Pengeditan</t>
         </is>
       </c>
       <c r="D516" t="inlineStr"/>
       <c r="E516" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F516" t="inlineStr">
         <is>
-          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>ReplyPopupCancel Edit</t>
         </is>
       </c>
       <c r="G516" t="inlineStr"/>
       <c r="H516" t="inlineStr"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16985</t>
+          <t>../qml/ReplyPopup.qml:17007</t>
         </is>
       </c>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Enter your reason for reporting:</t>
+          <t>Cancel Thread</t>
         </is>
       </c>
       <c r="C517" t="inlineStr">
         <is>
-          <t>Masukkan alasan Anda melaporkan:</t>
+          <t>Batalkan Utasan</t>
         </is>
       </c>
       <c r="D517" t="inlineStr"/>
       <c r="E517" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F517" t="inlineStr">
         <is>
-          <t>ReportMessageEnter your reason for reporting:</t>
+          <t>ReplyPopupCancel Thread</t>
         </is>
       </c>
       <c r="G517" t="inlineStr"/>
       <c r="H517" t="inlineStr"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16995</t>
+          <t>../qml/dialogs/ReportMessage.qml:17022</t>
         </is>
       </c>
       <c r="B518" t="inlineStr">
         <is>
-          <t>How bad is the message?</t>
+          <t>Report message</t>
         </is>
       </c>
       <c r="C518" t="inlineStr">
         <is>
-          <t>Seberapa buruk pesan tersebut?</t>
+          <t>Laporkan pesan</t>
         </is>
       </c>
       <c r="D518" t="inlineStr"/>
       <c r="E518" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F518" t="inlineStr">
         <is>
-          <t>ReportMessageHow bad is the message?</t>
+          <t>ReportMessageReport message</t>
         </is>
       </c>
       <c r="G518" t="inlineStr"/>
       <c r="H518" t="inlineStr"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17013</t>
+          <t>../qml/dialogs/ReportMessage.qml:17037</t>
         </is>
       </c>
       <c r="B519" t="inlineStr">
         <is>
-          <t>Not bad</t>
+          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="C519" t="inlineStr">
         <is>
-          <t>Tidak terlalu buruk</t>
+          <t>Pesan ini yang akan dilaporkan akan dikirim ke administrator server Anda untuk ditinjau. Perlu dicatat bahwa tidak semua administrator meninjau konten yang dilaporkan. Anda seharusnya juga bertanya kepada moderator ruangan untuk menghapus konten tersebut jika diperlukan.</t>
         </is>
       </c>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>ReportMessageNot bad</t>
+          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="G519" t="inlineStr"/>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17015</t>
+          <t>../qml/dialogs/ReportMessage.qml:17041</t>
         </is>
       </c>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Mild</t>
+          <t>Enter your reason for reporting:</t>
         </is>
       </c>
       <c r="C520" t="inlineStr">
         <is>
-          <t>Sedikit buruk</t>
+          <t>Masukkan alasan Anda melaporkan:</t>
         </is>
       </c>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>ReportMessageMild</t>
+          <t>ReportMessageEnter your reason for reporting:</t>
         </is>
       </c>
       <c r="G520" t="inlineStr"/>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17017</t>
+          <t>../qml/dialogs/ReportMessage.qml:17051</t>
         </is>
       </c>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Bad</t>
+          <t>How bad is the message?</t>
         </is>
       </c>
       <c r="C521" t="inlineStr">
         <is>
-          <t>Buruk</t>
+          <t>Seberapa buruk pesan tersebut?</t>
         </is>
       </c>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>ReportMessageBad</t>
+          <t>ReportMessageHow bad is the message?</t>
         </is>
       </c>
       <c r="G521" t="inlineStr"/>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17019</t>
+          <t>../qml/dialogs/ReportMessage.qml:17069</t>
         </is>
       </c>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Serious</t>
+          <t>Not bad</t>
         </is>
       </c>
       <c r="C522" t="inlineStr">
         <is>
-          <t>Sangat buruk</t>
+          <t>Tidak terlalu buruk</t>
         </is>
       </c>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>ReportMessageSerious</t>
+          <t>ReportMessageNot bad</t>
         </is>
       </c>
       <c r="G522" t="inlineStr"/>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17021</t>
+          <t>../qml/dialogs/ReportMessage.qml:17071</t>
         </is>
       </c>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Extremely serious</t>
+          <t>Mild</t>
         </is>
       </c>
       <c r="C523" t="inlineStr">
         <is>
-          <t>Terlalu buruk</t>
+          <t>Sedikit buruk</t>
         </is>
       </c>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>ReportMessageExtremely serious</t>
+          <t>ReportMessageMild</t>
         </is>
       </c>
       <c r="G523" t="inlineStr"/>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17045</t>
+          <t>../qml/dialogs/ReportMessage.qml:17073</t>
         </is>
       </c>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Explore Public Rooms</t>
+          <t>Bad</t>
         </is>
       </c>
       <c r="C524" t="inlineStr">
         <is>
-          <t>Temukan Ruangan Publik</t>
+          <t>Buruk</t>
         </is>
       </c>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>RoomDirectoryExplore Public Rooms</t>
+          <t>ReportMessageBad</t>
         </is>
       </c>
       <c r="G524" t="inlineStr"/>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/ReportMessage.qml:17075</t>
         </is>
       </c>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Join</t>
+          <t>Serious</t>
         </is>
       </c>
       <c r="C525" t="inlineStr">
         <is>
-          <t>Bergabung</t>
+          <t>Sangat buruk</t>
         </is>
       </c>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t>RoomDirectoryJoin</t>
+          <t>ReportMessageSerious</t>
         </is>
       </c>
       <c r="G525" t="inlineStr"/>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/ReportMessage.qml:17077</t>
         </is>
       </c>
       <c r="B526" t="inlineStr">
         <is>
-          <t>Open</t>
+          <t>Extremely serious</t>
         </is>
       </c>
       <c r="C526" t="inlineStr">
         <is>
-          <t>Buka</t>
+          <t>Terlalu buruk</t>
         </is>
       </c>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>RoomDirectoryOpen</t>
+          <t>ReportMessageExtremely serious</t>
         </is>
       </c>
       <c r="G526" t="inlineStr"/>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17191</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17101</t>
         </is>
       </c>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Search for public rooms</t>
+          <t>Explore Public Rooms</t>
         </is>
       </c>
       <c r="C527" t="inlineStr">
         <is>
-          <t>Cari ruangan publik</t>
+          <t>Temukan Ruangan Publik</t>
         </is>
       </c>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>RoomDirectorySearch for public rooms</t>
+          <t>RoomDirectoryExplore Public Rooms</t>
         </is>
       </c>
       <c r="G527" t="inlineStr"/>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17203</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B528" t="inlineStr">
         <is>
-          <t>Choose custom homeserver</t>
+          <t>Join</t>
         </is>
       </c>
       <c r="C528" t="inlineStr">
         <is>
-          <t>Pilih homeserver kustom</t>
+          <t>Bergabung</t>
         </is>
       </c>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>RoomDirectoryChoose custom homeserver</t>
+          <t>RoomDirectoryJoin</t>
         </is>
       </c>
       <c r="G528" t="inlineStr"/>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17221</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Open</t>
         </is>
       </c>
       <c r="C529" t="inlineStr">
         <is>
-          <t>Tutup</t>
+          <t>Buka</t>
         </is>
       </c>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>RoomDirectoryClose</t>
+          <t>RoomDirectoryOpen</t>
         </is>
       </c>
       <c r="G529" t="inlineStr"/>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:19301</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17247</t>
         </is>
       </c>
       <c r="B530" t="inlineStr">
         <is>
-          <t>no version stored</t>
+          <t>Search for public rooms</t>
         </is>
       </c>
       <c r="C530" t="inlineStr">
         <is>
-          <t>tidak ada versi yang disimpan</t>
+          <t>Cari ruangan publik</t>
         </is>
       </c>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>RoomInfono version stored</t>
+          <t>RoomDirectorySearch for public rooms</t>
         </is>
       </c>
       <c r="G530" t="inlineStr"/>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19350</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17259</t>
         </is>
       </c>
       <c r="B531" t="inlineStr">
         <is>
-          <t>Start a new chat</t>
+          <t>Choose custom homeserver</t>
         </is>
       </c>
       <c r="C531" t="inlineStr">
         <is>
-          <t>Mulai chat baru</t>
+          <t>Pilih homeserver kustom</t>
         </is>
       </c>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>RoomListStart a new chat</t>
+          <t>RoomDirectoryChoose custom homeserver</t>
         </is>
       </c>
       <c r="G531" t="inlineStr"/>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19363</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17277</t>
         </is>
       </c>
       <c r="B532" t="inlineStr">
         <is>
-          <t>Join a room</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C532" t="inlineStr">
         <is>
-          <t>Bergabung sebuah ruangan</t>
+          <t>Tutup</t>
         </is>
       </c>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>RoomListJoin a room</t>
+          <t>RoomDirectoryClose</t>
         </is>
       </c>
       <c r="G532" t="inlineStr"/>
       <c r="H532" t="inlineStr"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19368</t>
+          <t>../../src/Cache.cpp:19355</t>
         </is>
       </c>
       <c r="B533" t="inlineStr">
         <is>
-          <t>Create a new room</t>
+          <t>no version stored</t>
         </is>
       </c>
       <c r="C533" t="inlineStr">
         <is>
-          <t>Buat ruangan baru</t>
+          <t>tidak ada versi yang disimpan</t>
         </is>
       </c>
       <c r="D533" t="inlineStr"/>
       <c r="E533" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F533" t="inlineStr">
         <is>
-          <t>RoomListCreate a new room</t>
+          <t>RoomInfono version stored</t>
         </is>
       </c>
       <c r="G533" t="inlineStr"/>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19377</t>
+          <t>../qml/RoomList.qml:19404</t>
         </is>
       </c>
       <c r="B534" t="inlineStr">
         <is>
-          <t>Start a direct chat</t>
+          <t>Start a new chat</t>
         </is>
       </c>
       <c r="C534" t="inlineStr">
         <is>
-          <t>Mulai sebuah obrolan langsung</t>
+          <t>Mulai chat baru</t>
         </is>
       </c>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>RoomListStart a direct chat</t>
+          <t>RoomListStart a new chat</t>
         </is>
       </c>
       <c r="G534" t="inlineStr"/>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19386</t>
+          <t>../qml/RoomList.qml:19417</t>
         </is>
       </c>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Create a new community</t>
+          <t>Join a room</t>
         </is>
       </c>
       <c r="C535" t="inlineStr">
         <is>
-          <t>Buat sebuah komunitas baru</t>
+          <t>Bergabung sebuah ruangan</t>
         </is>
       </c>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>RoomListCreate a new community</t>
+          <t>RoomListJoin a room</t>
         </is>
       </c>
       <c r="G535" t="inlineStr"/>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19402</t>
+          <t>../qml/RoomList.qml:19422</t>
         </is>
       </c>
       <c r="B536" t="inlineStr">
         <is>
-          <t>Room directory</t>
+          <t>Create a new room</t>
         </is>
       </c>
       <c r="C536" t="inlineStr">
         <is>
-          <t>Direktori ruangan</t>
+          <t>Buat ruangan baru</t>
         </is>
       </c>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>RoomListRoom directory</t>
+          <t>RoomListCreate a new room</t>
         </is>
       </c>
       <c r="G536" t="inlineStr"/>
       <c r="H536" t="inlineStr"/>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19420</t>
+          <t>../qml/RoomList.qml:19431</t>
         </is>
       </c>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Search rooms (Ctrl+K)</t>
+          <t>Start a direct chat</t>
         </is>
       </c>
       <c r="C537" t="inlineStr">
         <is>
-          <t>Cari ruangan (Ctrl+K)</t>
+          <t>Mulai sebuah obrolan langsung</t>
         </is>
       </c>
       <c r="D537" t="inlineStr"/>
       <c r="E537" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F537" t="inlineStr">
         <is>
-          <t>RoomListSearch rooms (Ctrl+K)</t>
+          <t>RoomListStart a direct chat</t>
         </is>
       </c>
       <c r="G537" t="inlineStr"/>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19444</t>
+          <t>../qml/RoomList.qml:19440</t>
         </is>
       </c>
       <c r="B538" t="inlineStr">
         <is>
-          <t>User settings</t>
+          <t>Create a new community</t>
         </is>
       </c>
       <c r="C538" t="inlineStr">
         <is>
-          <t>Pengaturan pengguna</t>
+          <t>Buat sebuah komunitas baru</t>
         </is>
       </c>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>RoomListUser settings</t>
+          <t>RoomListCreate a new community</t>
         </is>
       </c>
       <c r="G538" t="inlineStr"/>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19538</t>
+          <t>../qml/RoomList.qml:19456</t>
         </is>
       </c>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Logout</t>
+          <t>Room directory</t>
         </is>
       </c>
       <c r="C539" t="inlineStr">
         <is>
-          <t>Keluar</t>
+          <t>Direktori ruangan</t>
         </is>
       </c>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>RoomListLogout</t>
+          <t>RoomListRoom directory</t>
         </is>
       </c>
       <c r="G539" t="inlineStr"/>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19550</t>
+          <t>../qml/RoomList.qml:19474</t>
         </is>
       </c>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Enter your status message:</t>
+          <t>Search rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="C540" t="inlineStr">
         <is>
-          <t>Masukkan pesan statusmu:</t>
+          <t>Cari ruangan (Ctrl+K)</t>
         </is>
       </c>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>RoomListEnter your status message:</t>
+          <t>RoomListSearch rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="G540" t="inlineStr"/>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19551</t>
+          <t>../qml/RoomList.qml:19498</t>
         </is>
       </c>
       <c r="B541" t="inlineStr">
         <is>
-          <t>Status Message</t>
+          <t>User settings</t>
         </is>
       </c>
       <c r="C541" t="inlineStr">
         <is>
-          <t>Pesan Status</t>
+          <t>Pengaturan pengguna</t>
         </is>
       </c>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>RoomListStatus Message</t>
+          <t>RoomListUser settings</t>
         </is>
       </c>
       <c r="G541" t="inlineStr"/>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19563</t>
+          <t>../qml/RoomList.qml:19592</t>
         </is>
       </c>
       <c r="B542" t="inlineStr">
         <is>
-          <t>Profile settings</t>
+          <t>Logout</t>
         </is>
       </c>
       <c r="C542" t="inlineStr">
         <is>
-          <t>Pengaturan profil</t>
+          <t>Keluar</t>
         </is>
       </c>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>RoomListProfile settings</t>
+          <t>RoomListLogout</t>
         </is>
       </c>
       <c r="G542" t="inlineStr"/>
       <c r="H542" t="inlineStr"/>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19568</t>
+          <t>../qml/RoomList.qml:19604</t>
         </is>
       </c>
       <c r="B543" t="inlineStr">
         <is>
-          <t>Set status message</t>
+          <t>Enter your status message:</t>
         </is>
       </c>
       <c r="C543" t="inlineStr">
         <is>
-          <t>Tetapkan pesan status</t>
+          <t>Masukkan pesan statusmu:</t>
         </is>
       </c>
       <c r="D543" t="inlineStr"/>
       <c r="E543" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F543" t="inlineStr">
         <is>
-          <t>RoomListSet status message</t>
+          <t>RoomListEnter your status message:</t>
         </is>
       </c>
       <c r="G543" t="inlineStr"/>
       <c r="H543" t="inlineStr"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19579</t>
+          <t>../qml/RoomList.qml:19605</t>
         </is>
       </c>
       <c r="B544" t="inlineStr">
         <is>
-          <t>Automatic online status</t>
+          <t>Status Message</t>
         </is>
       </c>
       <c r="C544" t="inlineStr">
         <is>
-          <t>Status daring otomatis</t>
+          <t>Pesan Status</t>
         </is>
       </c>
       <c r="D544" t="inlineStr"/>
       <c r="E544" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F544" t="inlineStr">
         <is>
-          <t>RoomListAutomatic online status</t>
+          <t>RoomListStatus Message</t>
         </is>
       </c>
       <c r="G544" t="inlineStr"/>
       <c r="H544" t="inlineStr"/>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19586</t>
+          <t>../qml/RoomList.qml:19617</t>
         </is>
       </c>
       <c r="B545" t="inlineStr">
         <is>
-          <t>Online</t>
+          <t>Profile settings</t>
         </is>
       </c>
       <c r="C545" t="inlineStr">
         <is>
-          <t>Daring</t>
+          <t>Pengaturan profil</t>
         </is>
       </c>
       <c r="D545" t="inlineStr"/>
       <c r="E545" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F545" t="inlineStr">
         <is>
-          <t>RoomListOnline</t>
+          <t>RoomListProfile settings</t>
         </is>
       </c>
       <c r="G545" t="inlineStr"/>
       <c r="H545" t="inlineStr"/>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19593</t>
+          <t>../qml/RoomList.qml:19622</t>
         </is>
       </c>
       <c r="B546" t="inlineStr">
         <is>
-          <t>Unavailable</t>
+          <t>Set status message</t>
         </is>
       </c>
       <c r="C546" t="inlineStr">
         <is>
-          <t>Tidak tersedia</t>
+          <t>Tetapkan pesan status</t>
         </is>
       </c>
       <c r="D546" t="inlineStr"/>
       <c r="E546" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F546" t="inlineStr">
         <is>
-          <t>RoomListUnavailable</t>
+          <t>RoomListSet status message</t>
         </is>
       </c>
       <c r="G546" t="inlineStr"/>
       <c r="H546" t="inlineStr"/>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19600</t>
+          <t>../qml/RoomList.qml:19633</t>
         </is>
       </c>
       <c r="B547" t="inlineStr">
         <is>
-          <t>Offline</t>
+          <t>Automatic online status</t>
         </is>
       </c>
       <c r="C547" t="inlineStr">
         <is>
-          <t>Luring</t>
+          <t>Status daring otomatis</t>
         </is>
       </c>
       <c r="D547" t="inlineStr"/>
       <c r="E547" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F547" t="inlineStr">
         <is>
-          <t>RoomListOffline</t>
+          <t>RoomListAutomatic online status</t>
         </is>
       </c>
       <c r="G547" t="inlineStr"/>
       <c r="H547" t="inlineStr"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19654</t>
+          <t>../qml/RoomList.qml:19640</t>
         </is>
       </c>
       <c r="B548" t="inlineStr">
         <is>
-          <t>Encryption not set up</t>
+          <t>Online</t>
         </is>
       </c>
       <c r="C548" t="inlineStr">
         <is>
-          <t>Enkripsi belum disiapkan</t>
+          <t>Daring</t>
         </is>
       </c>
       <c r="D548" t="inlineStr"/>
       <c r="E548" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F548" t="inlineStr">
         <is>
-          <t>RoomListEncryption not set up</t>
+          <t>RoomListOnline</t>
         </is>
       </c>
       <c r="G548" t="inlineStr"/>
-      <c r="H548" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H548" t="inlineStr"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19657</t>
+          <t>../qml/RoomList.qml:19647</t>
         </is>
       </c>
       <c r="B549" t="inlineStr">
         <is>
-          <t>Unverified login</t>
+          <t>Unavailable</t>
         </is>
       </c>
       <c r="C549" t="inlineStr">
         <is>
-          <t>Login belum diverifikasi</t>
+          <t>Tidak tersedia</t>
         </is>
       </c>
       <c r="D549" t="inlineStr"/>
       <c r="E549" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F549" t="inlineStr">
         <is>
-          <t>RoomListUnverified login</t>
+          <t>RoomListUnavailable</t>
         </is>
       </c>
       <c r="G549" t="inlineStr"/>
-      <c r="H549" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H549" t="inlineStr"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19660</t>
+          <t>../qml/RoomList.qml:19654</t>
         </is>
       </c>
       <c r="B550" t="inlineStr">
         <is>
-          <t>Please verify your other devices</t>
+          <t>Offline</t>
         </is>
       </c>
       <c r="C550" t="inlineStr">
         <is>
-          <t>Mohon verifikasi perangkatmu yang lain</t>
+          <t>Luring</t>
         </is>
       </c>
       <c r="D550" t="inlineStr"/>
       <c r="E550" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F550" t="inlineStr">
         <is>
-          <t>RoomListPlease verify your other devices</t>
+          <t>RoomListOffline</t>
         </is>
       </c>
       <c r="G550" t="inlineStr"/>
-      <c r="H550" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H550" t="inlineStr"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19674</t>
+          <t>../qml/RoomList.qml:19708</t>
         </is>
       </c>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Encryption not set up</t>
         </is>
       </c>
       <c r="C551" t="inlineStr">
         <is>
-          <t>Tutup</t>
+          <t>Enkripsi belum disiapkan</t>
         </is>
       </c>
       <c r="D551" t="inlineStr"/>
       <c r="E551" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F551" t="inlineStr">
         <is>
-          <t>RoomListClose</t>
+          <t>RoomListEncryption not set up</t>
         </is>
       </c>
       <c r="G551" t="inlineStr"/>
-      <c r="H551" t="inlineStr"/>
+      <c r="H551" t="inlineStr">
+        <is>
+          <t>Cross-signing setup has not run yet.</t>
+        </is>
+      </c>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20053</t>
+          <t>../qml/RoomList.qml:19711</t>
         </is>
       </c>
       <c r="B552" t="inlineStr">
         <is>
-          <t>Enter the tag you want to use:</t>
+          <t>Unverified login</t>
         </is>
       </c>
       <c r="C552" t="inlineStr">
         <is>
-          <t>Masukkan tag yang kamu ingin gunakan:</t>
+          <t>Login belum diverifikasi</t>
         </is>
       </c>
       <c r="D552" t="inlineStr"/>
       <c r="E552" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F552" t="inlineStr">
         <is>
-          <t>RoomListEnter the tag you want to use:</t>
+          <t>RoomListUnverified login</t>
         </is>
       </c>
       <c r="G552" t="inlineStr"/>
-      <c r="H552" t="inlineStr"/>
+      <c r="H552" t="inlineStr">
+        <is>
+          <t>The user just signed in with this device and hasn't verified their master key.</t>
+        </is>
+      </c>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20054</t>
+          <t>../qml/RoomList.qml:19714</t>
         </is>
       </c>
       <c r="B553" t="inlineStr">
         <is>
-          <t>New tag</t>
+          <t>Please verify your other devices</t>
         </is>
       </c>
       <c r="C553" t="inlineStr">
         <is>
-          <t>Tag baru</t>
+          <t>Mohon verifikasi perangkatmu yang lain</t>
         </is>
       </c>
       <c r="D553" t="inlineStr"/>
       <c r="E553" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F553" t="inlineStr">
         <is>
-          <t>RoomListNew tag</t>
+          <t>RoomListPlease verify your other devices</t>
         </is>
       </c>
       <c r="G553" t="inlineStr"/>
-      <c r="H553" t="inlineStr"/>
+      <c r="H553" t="inlineStr">
+        <is>
+          <t>There are unverified devices signed in to this account.</t>
+        </is>
+      </c>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20061</t>
+          <t>../qml/RoomList.qml:19728</t>
         </is>
       </c>
       <c r="B554" t="inlineStr">
         <is>
-          <t>Open separately</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C554" t="inlineStr">
         <is>
-          <t>Buka terpisah</t>
+          <t>Tutup</t>
         </is>
       </c>
       <c r="D554" t="inlineStr"/>
       <c r="E554" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F554" t="inlineStr">
         <is>
-          <t>RoomListOpen separately</t>
+          <t>RoomListClose</t>
         </is>
       </c>
       <c r="G554" t="inlineStr"/>
       <c r="H554" t="inlineStr"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20073</t>
+          <t>../qml/RoomList.qml:20107</t>
         </is>
       </c>
       <c r="B555" t="inlineStr">
         <is>
-          <t>Mark as read</t>
+          <t>Enter the tag you want to use:</t>
         </is>
       </c>
       <c r="C555" t="inlineStr">
         <is>
-          <t>Tandai sebagai dibaca</t>
+          <t>Masukkan tag yang kamu ingin gunakan:</t>
         </is>
       </c>
       <c r="D555" t="inlineStr"/>
       <c r="E555" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F555" t="inlineStr">
         <is>
-          <t>RoomListMark as read</t>
+          <t>RoomListEnter the tag you want to use:</t>
         </is>
       </c>
       <c r="G555" t="inlineStr"/>
       <c r="H555" t="inlineStr"/>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20078</t>
+          <t>../qml/RoomList.qml:20108</t>
         </is>
       </c>
       <c r="B556" t="inlineStr">
         <is>
-          <t>Room settings</t>
+          <t>New tag</t>
         </is>
       </c>
       <c r="C556" t="inlineStr">
         <is>
-          <t>Pengaturan ruangan</t>
+          <t>Tag baru</t>
         </is>
       </c>
       <c r="D556" t="inlineStr"/>
       <c r="E556" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F556" t="inlineStr">
         <is>
-          <t>RoomListRoom settings</t>
+          <t>RoomListNew tag</t>
         </is>
       </c>
       <c r="G556" t="inlineStr"/>
       <c r="H556" t="inlineStr"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20083</t>
+          <t>../qml/RoomList.qml:20115</t>
         </is>
       </c>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Open separately</t>
         </is>
       </c>
       <c r="C557" t="inlineStr">
         <is>
-          <t>Tinggalkan ruangan</t>
+          <t>Buka terpisah</t>
         </is>
       </c>
       <c r="D557" t="inlineStr"/>
       <c r="E557" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F557" t="inlineStr">
         <is>
-          <t>RoomListLeave room</t>
+          <t>RoomListOpen separately</t>
         </is>
       </c>
       <c r="G557" t="inlineStr"/>
       <c r="H557" t="inlineStr"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20088</t>
+          <t>../qml/RoomList.qml:20127</t>
         </is>
       </c>
       <c r="B558" t="inlineStr">
         <is>
-          <t>Copy room link</t>
+          <t>Mark as read</t>
         </is>
       </c>
       <c r="C558" t="inlineStr">
         <is>
-          <t>Salin tautan ruangan</t>
+          <t>Tandai sebagai dibaca</t>
         </is>
       </c>
       <c r="D558" t="inlineStr"/>
       <c r="E558" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F558" t="inlineStr">
         <is>
-          <t>RoomListCopy room link</t>
+          <t>RoomListMark as read</t>
         </is>
       </c>
       <c r="G558" t="inlineStr"/>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20095</t>
+          <t>../qml/RoomList.qml:20132</t>
         </is>
       </c>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Tag room as:</t>
+          <t>Room settings</t>
         </is>
       </c>
       <c r="C559" t="inlineStr">
         <is>
-          <t>Tandai ruangan sebagai:</t>
+          <t>Pengaturan ruangan</t>
         </is>
       </c>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>RoomListTag room as:</t>
+          <t>RoomListRoom settings</t>
         </is>
       </c>
       <c r="G559" t="inlineStr"/>
       <c r="H559" t="inlineStr"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20108</t>
+          <t>../qml/RoomList.qml:20137</t>
         </is>
       </c>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Favourite</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C560" t="inlineStr">
         <is>
-          <t>Favorit</t>
+          <t>Tinggalkan ruangan</t>
         </is>
       </c>
       <c r="D560" t="inlineStr"/>
       <c r="E560" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F560" t="inlineStr">
         <is>
-          <t>RoomListFavourite</t>
+          <t>RoomListLeave room</t>
         </is>
       </c>
       <c r="G560" t="inlineStr"/>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20110</t>
+          <t>../qml/RoomList.qml:20142</t>
         </is>
       </c>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Low priority</t>
+          <t>Copy room link</t>
         </is>
       </c>
       <c r="C561" t="inlineStr">
         <is>
-          <t>Prioritas rendah</t>
+          <t>Salin tautan ruangan</t>
         </is>
       </c>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>RoomListLow priority</t>
+          <t>RoomListCopy room link</t>
         </is>
       </c>
       <c r="G561" t="inlineStr"/>
       <c r="H561" t="inlineStr"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20112</t>
+          <t>../qml/RoomList.qml:20149</t>
         </is>
       </c>
       <c r="B562" t="inlineStr">
         <is>
-          <t>Server notice</t>
+          <t>Tag room as:</t>
         </is>
       </c>
       <c r="C562" t="inlineStr">
         <is>
-          <t>Pemberitahuan server</t>
+          <t>Tandai ruangan sebagai:</t>
         </is>
       </c>
       <c r="D562" t="inlineStr"/>
       <c r="E562" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F562" t="inlineStr">
         <is>
-          <t>RoomListServer notice</t>
+          <t>RoomListTag room as:</t>
         </is>
       </c>
       <c r="G562" t="inlineStr"/>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20125</t>
+          <t>../qml/RoomList.qml:20162</t>
         </is>
       </c>
       <c r="B563" t="inlineStr">
         <is>
-          <t>Create new tag…</t>
+          <t>Favourite</t>
         </is>
       </c>
       <c r="C563" t="inlineStr">
         <is>
-          <t>Buat tag baru…</t>
+          <t>Favorit</t>
         </is>
       </c>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>RoomListCreate new tag...</t>
+          <t>RoomListFavourite</t>
         </is>
       </c>
       <c r="G563" t="inlineStr"/>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20145</t>
+          <t>../qml/RoomList.qml:20164</t>
         </is>
       </c>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Members of %1</t>
+          <t>Low priority</t>
         </is>
       </c>
       <c r="C564" t="inlineStr">
         <is>
-          <t>Anggota dari %1</t>
+          <t>Prioritas rendah</t>
         </is>
       </c>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>RoomMembersMembers of %1</t>
+          <t>RoomListLow priority</t>
         </is>
       </c>
       <c r="G564" t="inlineStr"/>
       <c r="H564" t="inlineStr"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20177</t>
+          <t>../qml/RoomList.qml:20166</t>
         </is>
       </c>
       <c r="B565" t="inlineStr">
         <is>
-          <t>%n person in %1</t>
+          <t>Server notice</t>
         </is>
       </c>
       <c r="C565" t="inlineStr">
         <is>
-          <t>%n orang di %1</t>
+          <t>Pemberitahuan server</t>
         </is>
       </c>
       <c r="D565" t="inlineStr"/>
       <c r="E565" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F565" t="inlineStr">
         <is>
+          <t>RoomListServer notice</t>
+        </is>
+      </c>
+      <c r="G565" t="inlineStr"/>
+      <c r="H565" t="inlineStr"/>
+    </row>
+    <row r="566">
+      <c r="A566" t="inlineStr">
+        <is>
+          <t>../qml/RoomList.qml:20179</t>
+        </is>
+      </c>
+      <c r="B566" t="inlineStr">
+        <is>
+          <t>Create new tag…</t>
+        </is>
+      </c>
+      <c r="C566" t="inlineStr">
+        <is>
+          <t>Buat tag baru…</t>
+        </is>
+      </c>
+      <c r="D566" t="inlineStr"/>
+      <c r="E566" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F566" t="inlineStr">
+        <is>
+          <t>RoomListCreate new tag...</t>
+        </is>
+      </c>
+      <c r="G566" t="inlineStr"/>
+      <c r="H566" t="inlineStr"/>
+    </row>
+    <row r="567">
+      <c r="A567" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomMembers.qml:20199</t>
+        </is>
+      </c>
+      <c r="B567" t="inlineStr">
+        <is>
+          <t>Members of %1</t>
+        </is>
+      </c>
+      <c r="C567" t="inlineStr">
+        <is>
+          <t>Anggota dari %1</t>
+        </is>
+      </c>
+      <c r="D567" t="inlineStr"/>
+      <c r="E567" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F567" t="inlineStr">
+        <is>
+          <t>RoomMembersMembers of %1</t>
+        </is>
+      </c>
+      <c r="G567" t="inlineStr"/>
+      <c r="H567" t="inlineStr"/>
+    </row>
+    <row r="568">
+      <c r="A568" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomMembers.qml:20231</t>
+        </is>
+      </c>
+      <c r="B568" t="inlineStr">
+        <is>
+          <t>%n person in %1</t>
+        </is>
+      </c>
+      <c r="C568" t="inlineStr">
+        <is>
+          <t>%n orang di %1</t>
+        </is>
+      </c>
+      <c r="D568" t="inlineStr"/>
+      <c r="E568" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F568" t="inlineStr">
+        <is>
           <t>RoomMembers
 Summary above list of members%n people in %1</t>
         </is>
       </c>
-      <c r="G565" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G568" t="inlineStr"/>
       <c r="H568" t="inlineStr"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20211</t>
+          <t>../qml/dialogs/RoomMembers.qml:20241</t>
         </is>
       </c>
       <c r="B569" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Invite more people</t>
         </is>
       </c>
       <c r="C569" t="inlineStr">
         <is>
-          <t>ID Pengguna</t>
+          <t>Undang banyak orang</t>
         </is>
       </c>
       <c r="D569" t="inlineStr"/>
       <c r="E569" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F569" t="inlineStr">
         <is>
-          <t>RoomMembersUser ID</t>
+          <t>RoomMembersInvite more people</t>
         </is>
       </c>
       <c r="G569" t="inlineStr"/>
       <c r="H569" t="inlineStr"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20212</t>
+          <t>../qml/dialogs/RoomMembers.qml:20249</t>
         </is>
       </c>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Display name</t>
+          <t>Search...</t>
         </is>
       </c>
       <c r="C570" t="inlineStr">
         <is>
-          <t>Nama tampilan</t>
+          <t>Cari...</t>
         </is>
       </c>
       <c r="D570" t="inlineStr"/>
       <c r="E570" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F570" t="inlineStr">
         <is>
-          <t>RoomMembersDisplay name</t>
+          <t>RoomMembersSearch...</t>
         </is>
       </c>
       <c r="G570" t="inlineStr"/>
       <c r="H570" t="inlineStr"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20213</t>
+          <t>../qml/dialogs/RoomMembers.qml:20259</t>
         </is>
       </c>
       <c r="B571" t="inlineStr">
         <is>
-          <t>Power level</t>
+          <t xml:space="preserve">Sort by: </t>
         </is>
       </c>
       <c r="C571" t="inlineStr">
         <is>
-          <t>Tingkat daya</t>
+          <t xml:space="preserve">Urutkan berdasarkan: </t>
         </is>
       </c>
       <c r="D571" t="inlineStr"/>
       <c r="E571" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F571" t="inlineStr">
         <is>
-          <t>RoomMembersPower level</t>
+          <t xml:space="preserve">RoomMembersSort by: </t>
         </is>
       </c>
       <c r="G571" t="inlineStr"/>
       <c r="H571" t="inlineStr"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20311</t>
+          <t>../qml/dialogs/RoomMembers.qml:20265</t>
         </is>
       </c>
       <c r="B572" t="inlineStr">
         <is>
-          <t>This room is not encrypted!</t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C572" t="inlineStr">
         <is>
-          <t>Ruangan ini tidak terenkripsi!</t>
+          <t>ID Pengguna</t>
         </is>
       </c>
       <c r="D572" t="inlineStr"/>
       <c r="E572" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F572" t="inlineStr">
         <is>
-          <t>RoomMembersThis room is not encrypted!</t>
+          <t>RoomMembersUser ID</t>
         </is>
       </c>
       <c r="G572" t="inlineStr"/>
       <c r="H572" t="inlineStr"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20315</t>
+          <t>../qml/dialogs/RoomMembers.qml:20266</t>
         </is>
       </c>
       <c r="B573" t="inlineStr">
         <is>
-          <t>This user is verified.</t>
+          <t>Display name</t>
         </is>
       </c>
       <c r="C573" t="inlineStr">
         <is>
-          <t>Pengguna ini sudah diverifikasi.</t>
+          <t>Nama tampilan</t>
         </is>
       </c>
       <c r="D573" t="inlineStr"/>
       <c r="E573" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F573" t="inlineStr">
         <is>
-          <t>RoomMembersThis user is verified.</t>
+          <t>RoomMembersDisplay name</t>
         </is>
       </c>
       <c r="G573" t="inlineStr"/>
       <c r="H573" t="inlineStr"/>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20317</t>
+          <t>../qml/dialogs/RoomMembers.qml:20267</t>
         </is>
       </c>
       <c r="B574" t="inlineStr">
         <is>
-          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
+          <t>Power level</t>
         </is>
       </c>
       <c r="C574" t="inlineStr">
         <is>
-          <t>Pengguna ini belum diverifikasi, tetapi masih menggunakan kunci utama dari pertama kali kamu bertemu.</t>
+          <t>Tingkat daya</t>
         </is>
       </c>
       <c r="D574" t="inlineStr"/>
       <c r="E574" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F574" t="inlineStr">
         <is>
-          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
+          <t>RoomMembersPower level</t>
         </is>
       </c>
       <c r="G574" t="inlineStr"/>
       <c r="H574" t="inlineStr"/>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20319</t>
+          <t>../qml/dialogs/RoomMembers.qml:20365</t>
         </is>
       </c>
       <c r="B575" t="inlineStr">
         <is>
-          <t>This user has unverified devices!</t>
+          <t>This room is not encrypted!</t>
         </is>
       </c>
       <c r="C575" t="inlineStr">
         <is>
-          <t>Pengguna ini memiliki perangkat yang belum diverifikasi!</t>
+          <t>Ruangan ini tidak terenkripsi!</t>
         </is>
       </c>
       <c r="D575" t="inlineStr"/>
       <c r="E575" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F575" t="inlineStr">
         <is>
-          <t>RoomMembersThis user has unverified devices!</t>
+          <t>RoomMembersThis room is not encrypted!</t>
         </is>
       </c>
       <c r="G575" t="inlineStr"/>
       <c r="H575" t="inlineStr"/>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20563</t>
+          <t>../qml/dialogs/RoomMembers.qml:20369</t>
         </is>
       </c>
       <c r="B576" t="inlineStr">
         <is>
-          <t>Failed to enable encryption: %1</t>
+          <t>This user is verified.</t>
         </is>
       </c>
       <c r="C576" t="inlineStr">
         <is>
-          <t>Gagal mengaktifkan enkripsi: %1</t>
+          <t>Pengguna ini sudah diverifikasi.</t>
         </is>
       </c>
       <c r="D576" t="inlineStr"/>
       <c r="E576" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F576" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to enable encryption: %1</t>
+          <t>RoomMembersThis user is verified.</t>
         </is>
       </c>
       <c r="G576" t="inlineStr"/>
       <c r="H576" t="inlineStr"/>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../qml/dialogs/RoomMembers.qml:20371</t>
         </is>
       </c>
       <c r="B577" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="C577" t="inlineStr">
         <is>
-          <t>Pilih sebuah avatar</t>
+          <t>Pengguna ini belum diverifikasi, tetapi masih menggunakan kunci utama dari pertama kali kamu bertemu.</t>
         </is>
       </c>
       <c r="D577" t="inlineStr"/>
       <c r="E577" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F577" t="inlineStr">
         <is>
-          <t>RoomSettingsSelect an avatar</t>
+          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="G577" t="inlineStr"/>
       <c r="H577" t="inlineStr"/>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../qml/dialogs/RoomMembers.qml:20373</t>
         </is>
       </c>
       <c r="B578" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>This user has unverified devices!</t>
         </is>
       </c>
       <c r="C578" t="inlineStr">
         <is>
-          <t>Semua File (*)</t>
+          <t>Pengguna ini memiliki perangkat yang belum diverifikasi!</t>
         </is>
       </c>
       <c r="D578" t="inlineStr"/>
       <c r="E578" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F578" t="inlineStr">
         <is>
-          <t>RoomSettingsAll Files (*)</t>
+          <t>RoomMembersThis user has unverified devices!</t>
         </is>
       </c>
       <c r="G578" t="inlineStr"/>
       <c r="H578" t="inlineStr"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20979</t>
+          <t>../../src/ui/RoomSettings.cpp:20617</t>
         </is>
       </c>
       <c r="B579" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>Failed to enable encryption: %1</t>
         </is>
       </c>
       <c r="C579" t="inlineStr">
         <is>
-          <t>File yang dipilih bukan sebuah gambar</t>
+          <t>Gagal mengaktifkan enkripsi: %1</t>
         </is>
       </c>
       <c r="D579" t="inlineStr"/>
       <c r="E579" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F579" t="inlineStr">
         <is>
-          <t>RoomSettingsThe selected file is not an image</t>
+          <t>RoomSettingsFailed to enable encryption: %1</t>
         </is>
       </c>
       <c r="G579" t="inlineStr"/>
       <c r="H579" t="inlineStr"/>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20984</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C580" t="inlineStr">
         <is>
-          <t>Terjadi kesalahan saat membaca file: %1</t>
+          <t>Pilih sebuah avatar</t>
         </is>
       </c>
       <c r="D580" t="inlineStr"/>
       <c r="E580" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F580" t="inlineStr">
         <is>
-          <t>RoomSettingsError while reading file: %1</t>
+          <t>RoomSettingsSelect an avatar</t>
         </is>
       </c>
       <c r="G580" t="inlineStr"/>
       <c r="H580" t="inlineStr"/>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:21035</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B581" t="inlineStr">
         <is>
-          <t>Failed to upload image: %s</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C581" t="inlineStr">
         <is>
-          <t>Gagal mengunggah gambar: %s</t>
+          <t>Semua File (*)</t>
         </is>
       </c>
       <c r="D581" t="inlineStr"/>
       <c r="E581" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F581" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to upload image: %s</t>
+          <t>RoomSettingsAll Files (*)</t>
         </is>
       </c>
       <c r="G581" t="inlineStr"/>
       <c r="H581" t="inlineStr"/>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21062</t>
+          <t>../../src/ui/RoomSettings.cpp:21033</t>
         </is>
       </c>
       <c r="B582" t="inlineStr">
         <is>
-          <t>Room Settings</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C582" t="inlineStr">
         <is>
-          <t>Pengaturan Ruangan</t>
+          <t>File yang dipilih bukan sebuah gambar</t>
         </is>
       </c>
       <c r="D582" t="inlineStr"/>
       <c r="E582" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F582" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Settings</t>
+          <t>RoomSettingsThe selected file is not an image</t>
         </is>
       </c>
       <c r="G582" t="inlineStr"/>
       <c r="H582" t="inlineStr"/>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21097</t>
+          <t>../../src/ui/RoomSettings.cpp:21038</t>
         </is>
       </c>
       <c r="B583" t="inlineStr">
         <is>
-          <t>Change room avatar.</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C583" t="inlineStr">
         <is>
-          <t>Ubah avatar ruangan.</t>
+          <t>Terjadi kesalahan saat membaca file: %1</t>
         </is>
       </c>
       <c r="D583" t="inlineStr"/>
       <c r="E583" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F583" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange room avatar.</t>
+          <t>RoomSettingsError while reading file: %1</t>
         </is>
       </c>
       <c r="G583" t="inlineStr"/>
       <c r="H583" t="inlineStr"/>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21194</t>
+          <t>../../src/ui/RoomSettings.cpp:21089</t>
         </is>
       </c>
       <c r="B584" t="inlineStr">
         <is>
-          <t>Change name of this room</t>
+          <t>Failed to upload image: %s</t>
         </is>
       </c>
       <c r="C584" t="inlineStr">
         <is>
-          <t>Ubah nama ruangan</t>
+          <t>Gagal mengunggah gambar: %s</t>
         </is>
       </c>
       <c r="D584" t="inlineStr"/>
       <c r="E584" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F584" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange name of this room</t>
+          <t>RoomSettingsFailed to upload image: %s</t>
         </is>
       </c>
       <c r="G584" t="inlineStr"/>
       <c r="H584" t="inlineStr"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21217</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21116</t>
         </is>
       </c>
       <c r="B585" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+          <t>Room Settings</t>
         </is>
       </c>
       <c r="C585" t="inlineStr">
         <is>
-          <t>Karena keadaan ruangan tidak dapat dienkripsi, pastikan tidak ada informasi rahasia yang disimpan dalam nama ruangan!</t>
+          <t>Pengaturan Ruangan</t>
         </is>
       </c>
       <c r="D585" t="inlineStr"/>
       <c r="E585" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F585" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+          <t>RoomSettingsDialogRoom Settings</t>
         </is>
       </c>
       <c r="G585" t="inlineStr"/>
       <c r="H585" t="inlineStr"/>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21228</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21151</t>
         </is>
       </c>
       <c r="B586" t="inlineStr">
         <is>
-          <t>%n member</t>
+          <t>Change room avatar.</t>
         </is>
       </c>
       <c r="C586" t="inlineStr">
         <is>
-          <t>%n anggota</t>
+          <t>Ubah avatar ruangan.</t>
         </is>
       </c>
       <c r="D586" t="inlineStr"/>
       <c r="E586" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F586" t="inlineStr">
         <is>
-          <t>RoomSettingsDialog%n member(s)</t>
+          <t>RoomSettingsDialogChange room avatar.</t>
         </is>
       </c>
       <c r="G586" t="inlineStr"/>
       <c r="H586" t="inlineStr"/>
     </row>
     <row r="587">
       <c r="A587" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21236</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21248</t>
         </is>
       </c>
       <c r="B587" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>Change name of this room</t>
         </is>
       </c>
       <c r="C587" t="inlineStr">
         <is>
-          <t>Tampilkan anggota %1</t>
+          <t>Ubah nama ruangan</t>
         </is>
       </c>
       <c r="D587" t="inlineStr"/>
       <c r="E587" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F587" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView members of %1</t>
+          <t>RoomSettingsDialogChange name of this room</t>
         </is>
       </c>
       <c r="G587" t="inlineStr"/>
       <c r="H587" t="inlineStr"/>
     </row>
     <row r="588">
       <c r="A588" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21260</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21271</t>
         </is>
       </c>
       <c r="B588" t="inlineStr">
         <is>
-          <t>No topic set</t>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="C588" t="inlineStr">
         <is>
-          <t>Tidak ada topik yang ditetapkan</t>
+          <t>Karena keadaan ruangan tidak dapat dienkripsi, pastikan tidak ada informasi rahasia yang disimpan dalam nama ruangan!</t>
         </is>
       </c>
       <c r="D588" t="inlineStr"/>
       <c r="E588" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F588" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNo topic set</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="G588" t="inlineStr"/>
       <c r="H588" t="inlineStr"/>
     </row>
     <row r="589">
       <c r="A589" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21284</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21282</t>
         </is>
       </c>
       <c r="B589" t="inlineStr">
         <is>
-          <t>Change topic of this room</t>
+          <t>%n member</t>
         </is>
       </c>
       <c r="C589" t="inlineStr">
         <is>
-          <t>Ubah topik ruangan</t>
+          <t>%n anggota</t>
         </is>
       </c>
       <c r="D589" t="inlineStr"/>
       <c r="E589" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F589" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange topic of this room</t>
+          <t>RoomSettingsDialog%n member(s)</t>
         </is>
       </c>
       <c r="G589" t="inlineStr"/>
       <c r="H589" t="inlineStr"/>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21308</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21290</t>
         </is>
       </c>
       <c r="B590" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C590" t="inlineStr">
         <is>
-          <t>Karena keadaan ruangan tidak dapat dienkripsi, pastikan tidak ada informasi rahasia yang disimpan dalam topik ruangan!</t>
+          <t>Tampilkan anggota %1</t>
         </is>
       </c>
       <c r="D590" t="inlineStr"/>
       <c r="E590" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F590" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+          <t>RoomSettingsDialogView members of %1</t>
         </is>
       </c>
       <c r="G590" t="inlineStr"/>
       <c r="H590" t="inlineStr"/>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21327</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21314</t>
         </is>
       </c>
       <c r="B591" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>No topic set</t>
         </is>
       </c>
       <c r="C591" t="inlineStr">
         <is>
-          <t>NOTIFIKASI</t>
+          <t>Tidak ada topik yang ditetapkan</t>
         </is>
       </c>
       <c r="D591" t="inlineStr"/>
       <c r="E591" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F591" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNOTIFICATIONS</t>
+          <t>RoomSettingsDialogNo topic set</t>
         </is>
       </c>
       <c r="G591" t="inlineStr"/>
       <c r="H591" t="inlineStr"/>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21336</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21338</t>
         </is>
       </c>
       <c r="B592" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Change topic of this room</t>
         </is>
       </c>
       <c r="C592" t="inlineStr">
         <is>
-          <t>Notifikasi</t>
+          <t>Ubah topik ruangan</t>
         </is>
       </c>
       <c r="D592" t="inlineStr"/>
       <c r="E592" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F592" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNotifications</t>
+          <t>RoomSettingsDialogChange topic of this room</t>
         </is>
       </c>
       <c r="G592" t="inlineStr"/>
       <c r="H592" t="inlineStr"/>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21362</t>
         </is>
       </c>
       <c r="B593" t="inlineStr">
         <is>
-          <t>Muted</t>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="C593" t="inlineStr">
         <is>
-          <t>Bisukan</t>
+          <t>Karena keadaan ruangan tidak dapat dienkripsi, pastikan tidak ada informasi rahasia yang disimpan dalam topik ruangan!</t>
         </is>
       </c>
       <c r="D593" t="inlineStr"/>
       <c r="E593" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F593" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMuted</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="G593" t="inlineStr"/>
       <c r="H593" t="inlineStr"/>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21381</t>
         </is>
       </c>
       <c r="B594" t="inlineStr">
         <is>
-          <t>Mentions only</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C594" t="inlineStr">
         <is>
-          <t>Sebutan saja</t>
+          <t>NOTIFIKASI</t>
         </is>
       </c>
       <c r="D594" t="inlineStr"/>
       <c r="E594" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F594" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMentions only</t>
+          <t>RoomSettingsDialogNOTIFICATIONS</t>
         </is>
       </c>
       <c r="G594" t="inlineStr"/>
       <c r="H594" t="inlineStr"/>
     </row>
     <row r="595">
       <c r="A595" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21390</t>
         </is>
       </c>
       <c r="B595" t="inlineStr">
         <is>
-          <t>All messages</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="C595" t="inlineStr">
         <is>
-          <t>Semua pesan</t>
+          <t>Notifikasi</t>
         </is>
       </c>
       <c r="D595" t="inlineStr"/>
       <c r="E595" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F595" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAll messages</t>
+          <t>RoomSettingsDialogNotifications</t>
         </is>
       </c>
       <c r="G595" t="inlineStr"/>
       <c r="H595" t="inlineStr"/>
     </row>
     <row r="596">
       <c r="A596" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21352</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B596" t="inlineStr">
         <is>
-          <t>ENTRY PERMISSIONS</t>
+          <t>Muted</t>
         </is>
       </c>
       <c r="C596" t="inlineStr">
         <is>
-          <t>IZIN MASUK</t>
+          <t>Bisukan</t>
         </is>
       </c>
       <c r="D596" t="inlineStr"/>
       <c r="E596" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F596" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
+          <t>RoomSettingsDialogMuted</t>
         </is>
       </c>
       <c r="G596" t="inlineStr"/>
       <c r="H596" t="inlineStr"/>
     </row>
     <row r="597">
       <c r="A597" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21361</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B597" t="inlineStr">
         <is>
-          <t>Anyone can join</t>
+          <t>Mentions only</t>
         </is>
       </c>
       <c r="C597" t="inlineStr">
         <is>
-          <t>Siapa pun dapat bergabung</t>
+          <t>Sebutan saja</t>
         </is>
       </c>
       <c r="D597" t="inlineStr"/>
       <c r="E597" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F597" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAnyone can join</t>
+          <t>RoomSettingsDialogMentions only</t>
         </is>
       </c>
       <c r="G597" t="inlineStr"/>
       <c r="H597" t="inlineStr"/>
     </row>
     <row r="598">
       <c r="A598" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21375</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B598" t="inlineStr">
         <is>
-          <t>Allow knocking</t>
+          <t>All messages</t>
         </is>
       </c>
       <c r="C598" t="inlineStr">
         <is>
-          <t>Perbolehkan pengetukan</t>
+          <t>Semua pesan</t>
         </is>
       </c>
       <c r="D598" t="inlineStr"/>
       <c r="E598" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F598" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow knocking</t>
+          <t>RoomSettingsDialogAll messages</t>
         </is>
       </c>
       <c r="G598" t="inlineStr"/>
       <c r="H598" t="inlineStr"/>
     </row>
     <row r="599">
       <c r="A599" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21394</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21409</t>
         </is>
       </c>
       <c r="B599" t="inlineStr">
         <is>
-          <t>Allow joining via other rooms</t>
+          <t>ENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="C599" t="inlineStr">
         <is>
-          <t>Perbolehkan bergabung dari ruangan lain</t>
+          <t>IZIN MASUK</t>
         </is>
       </c>
       <c r="D599" t="inlineStr"/>
       <c r="E599" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F599" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow joining via other rooms</t>
+          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="G599" t="inlineStr"/>
       <c r="H599" t="inlineStr"/>
     </row>
     <row r="600">
       <c r="A600" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21413</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21418</t>
         </is>
       </c>
       <c r="B600" t="inlineStr">
         <is>
-          <t>Rooms to join via</t>
+          <t>Anyone can join</t>
         </is>
       </c>
       <c r="C600" t="inlineStr">
         <is>
-          <t>Ruangan untuk digabung dari</t>
+          <t>Siapa pun dapat bergabung</t>
         </is>
       </c>
       <c r="D600" t="inlineStr"/>
       <c r="E600" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F600" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRooms to join via</t>
+          <t>RoomSettingsDialogAnyone can join</t>
         </is>
       </c>
       <c r="G600" t="inlineStr"/>
       <c r="H600" t="inlineStr"/>
     </row>
     <row r="601">
       <c r="A601" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21667</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
         </is>
       </c>
       <c r="B601" t="inlineStr">
         <is>
-          <t>Change</t>
+          <t>Allow knocking</t>
         </is>
       </c>
       <c r="C601" t="inlineStr">
         <is>
-          <t>Ubah</t>
+          <t>Perbolehkan pengetukan</t>
         </is>
       </c>
       <c r="D601" t="inlineStr"/>
       <c r="E601" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F601" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange</t>
+          <t>RoomSettingsDialogAllow knocking</t>
         </is>
       </c>
       <c r="G601" t="inlineStr"/>
       <c r="H601" t="inlineStr"/>
     </row>
     <row r="602">
       <c r="A602" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21426</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21451</t>
         </is>
       </c>
       <c r="B602" t="inlineStr">
         <is>
-          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>Allow joining via other rooms</t>
         </is>
       </c>
       <c r="C602" t="inlineStr">
         <is>
-          <t>Ubah daftar ruangan yang bisa digabung dari ruangan mana. Biasanya ini adalah komunitas resmi dari ruangan ini.</t>
+          <t>Perbolehkan bergabung dari ruangan lain</t>
         </is>
       </c>
       <c r="D602" t="inlineStr"/>
       <c r="E602" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F602" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>RoomSettingsDialogAllow joining via other rooms</t>
         </is>
       </c>
       <c r="G602" t="inlineStr"/>
       <c r="H602" t="inlineStr"/>
     </row>
     <row r="603">
       <c r="A603" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21470</t>
         </is>
       </c>
       <c r="B603" t="inlineStr">
         <is>
-          <t>Allow guests to join</t>
+          <t>Rooms to join via</t>
         </is>
       </c>
       <c r="C603" t="inlineStr">
         <is>
-          <t>Perbolehkan tamu untuk bergabung</t>
+          <t>Ruangan untuk digabung dari</t>
         </is>
       </c>
       <c r="D603" t="inlineStr"/>
       <c r="E603" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F603" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow guests to join</t>
+          <t>RoomSettingsDialogRooms to join via</t>
         </is>
       </c>
       <c r="G603" t="inlineStr"/>
       <c r="H603" t="inlineStr"/>
     </row>
     <row r="604">
       <c r="A604" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21449</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21724</t>
         </is>
       </c>
       <c r="B604" t="inlineStr">
         <is>
-          <t>Apply access rules</t>
+          <t>Change</t>
         </is>
       </c>
       <c r="C604" t="inlineStr">
         <is>
-          <t>Terapkan aturan pengaksesan</t>
+          <t>Ubah</t>
         </is>
       </c>
       <c r="D604" t="inlineStr"/>
       <c r="E604" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F604" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply access rules</t>
+          <t>RoomSettingsDialogChange</t>
         </is>
       </c>
       <c r="G604" t="inlineStr"/>
       <c r="H604" t="inlineStr"/>
     </row>
     <row r="605">
       <c r="A605" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21456</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21483</t>
         </is>
       </c>
       <c r="B605" t="inlineStr">
         <is>
-          <t>MESSAGE VISIBILITY</t>
+          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="C605" t="inlineStr">
         <is>
-          <t>KETERLIHATAN PESAN</t>
+          <t>Ubah daftar ruangan yang bisa digabung dari ruangan mana. Biasanya ini adalah komunitas resmi dari ruangan ini.</t>
         </is>
       </c>
       <c r="D605" t="inlineStr"/>
       <c r="E605" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F605" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
+          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="G605" t="inlineStr"/>
       <c r="H605" t="inlineStr"/>
     </row>
     <row r="606">
       <c r="A606" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21465</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21489</t>
         </is>
       </c>
       <c r="B606" t="inlineStr">
         <is>
-          <t>Allow viewing history without joining</t>
+          <t>Allow guests to join</t>
         </is>
       </c>
       <c r="C606" t="inlineStr">
         <is>
-          <t>Perbolehkan melihat riwayat tanpa bergabung</t>
+          <t>Perbolehkan tamu untuk bergabung</t>
         </is>
       </c>
       <c r="D606" t="inlineStr"/>
       <c r="E606" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F606" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow viewing history without joining</t>
+          <t>RoomSettingsDialogAllow guests to join</t>
         </is>
       </c>
       <c r="G606" t="inlineStr"/>
       <c r="H606" t="inlineStr"/>
     </row>
     <row r="607">
       <c r="A607" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21468</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21506</t>
         </is>
       </c>
       <c r="B607" t="inlineStr">
         <is>
-          <t>This is useful to see previews of the room or view it on public websites.</t>
+          <t>Apply access rules</t>
         </is>
       </c>
       <c r="C607" t="inlineStr">
         <is>
-          <t>Ini berguna untuk melihat pratinjau ruangan atau melihatnya di situs web publik.</t>
+          <t>Terapkan aturan pengaksesan</t>
         </is>
       </c>
       <c r="D607" t="inlineStr"/>
       <c r="E607" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F607" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
+          <t>RoomSettingsDialogApply access rules</t>
         </is>
       </c>
       <c r="G607" t="inlineStr"/>
       <c r="H607" t="inlineStr"/>
     </row>
     <row r="608">
       <c r="A608" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21488</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21513</t>
         </is>
       </c>
       <c r="B608" t="inlineStr">
         <is>
-          <t>Members can see messages since</t>
+          <t>MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C608" t="inlineStr">
         <is>
-          <t>Anggota dapat melihat pesan sejak</t>
+          <t>KETERLIHATAN PESAN</t>
         </is>
       </c>
       <c r="D608" t="inlineStr"/>
       <c r="E608" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F608" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can see messages since</t>
+          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G608" t="inlineStr"/>
       <c r="H608" t="inlineStr"/>
     </row>
     <row r="609">
       <c r="A609" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21492</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21522</t>
         </is>
       </c>
       <c r="B609" t="inlineStr">
         <is>
-          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>Allow viewing history without joining</t>
         </is>
       </c>
       <c r="C609" t="inlineStr">
         <is>
-          <t>Seberapa banyak riwayat yang dapat dilihat oleh anggota yang bergabung. Mengubahnya tidak akan memengaruhi keterlihatan pesan yang sudah terkirim. Ini hanya berlaku untuk pesan baru.</t>
+          <t>Perbolehkan melihat riwayat tanpa bergabung</t>
         </is>
       </c>
       <c r="D609" t="inlineStr"/>
       <c r="E609" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F609" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>RoomSettingsDialogAllow viewing history without joining</t>
         </is>
       </c>
       <c r="G609" t="inlineStr"/>
       <c r="H609" t="inlineStr"/>
     </row>
     <row r="610">
       <c r="A610" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21511</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21525</t>
         </is>
       </c>
       <c r="B610" t="inlineStr">
         <is>
-          <t>Everything</t>
+          <t>This is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="C610" t="inlineStr">
         <is>
-          <t>Semuanya</t>
+          <t>Ini berguna untuk melihat pratinjau ruangan atau melihatnya di situs web publik.</t>
         </is>
       </c>
       <c r="D610" t="inlineStr"/>
       <c r="E610" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F610" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEverything</t>
+          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="G610" t="inlineStr"/>
       <c r="H610" t="inlineStr"/>
     </row>
     <row r="611">
       <c r="A611" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21512</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21545</t>
         </is>
       </c>
       <c r="B611" t="inlineStr">
         <is>
-          <t>As long as the user joined, they can see all previous messages.</t>
+          <t>Members can see messages since</t>
         </is>
       </c>
       <c r="C611" t="inlineStr">
         <is>
-          <t>Selama pengguna bergabung, mereka dapat melihat semua pesan sebelumnya.</t>
+          <t>Anggota dapat melihat pesan sejak</t>
         </is>
       </c>
       <c r="D611" t="inlineStr"/>
       <c r="E611" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F611" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
+          <t>RoomSettingsDialogMembers can see messages since</t>
         </is>
       </c>
       <c r="G611" t="inlineStr"/>
       <c r="H611" t="inlineStr"/>
     </row>
     <row r="612">
       <c r="A612" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21519</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21549</t>
         </is>
       </c>
       <c r="B612" t="inlineStr">
         <is>
-          <t>They got invited</t>
+          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="C612" t="inlineStr">
         <is>
-          <t>Mereka diundang</t>
+          <t>Seberapa banyak riwayat yang dapat dilihat oleh anggota yang bergabung. Mengubahnya tidak akan memengaruhi keterlihatan pesan yang sudah terkirim. Ini hanya berlaku untuk pesan baru.</t>
         </is>
       </c>
       <c r="D612" t="inlineStr"/>
       <c r="E612" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F612" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey got invited</t>
+          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="G612" t="inlineStr"/>
       <c r="H612" t="inlineStr"/>
     </row>
     <row r="613">
       <c r="A613" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21520</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21568</t>
         </is>
       </c>
       <c r="B613" t="inlineStr">
         <is>
-          <t>Members can only see messages from when they got invited going forward.</t>
+          <t>Everything</t>
         </is>
       </c>
       <c r="C613" t="inlineStr">
         <is>
-          <t>Anggota hanya dapat melihat pesan dari saat mereka diundang ke depan.</t>
+          <t>Semuanya</t>
         </is>
       </c>
       <c r="D613" t="inlineStr"/>
       <c r="E613" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F613" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
+          <t>RoomSettingsDialogEverything</t>
         </is>
       </c>
       <c r="G613" t="inlineStr"/>
       <c r="H613" t="inlineStr"/>
     </row>
     <row r="614">
       <c r="A614" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21527</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21569</t>
         </is>
       </c>
       <c r="B614" t="inlineStr">
         <is>
-          <t>They joined</t>
+          <t>As long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="C614" t="inlineStr">
         <is>
-          <t>Mereka bergabung</t>
+          <t>Selama pengguna bergabung, mereka dapat melihat semua pesan sebelumnya.</t>
         </is>
       </c>
       <c r="D614" t="inlineStr"/>
       <c r="E614" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F614" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey joined</t>
+          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="G614" t="inlineStr"/>
       <c r="H614" t="inlineStr"/>
     </row>
     <row r="615">
       <c r="A615" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21528</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21576</t>
         </is>
       </c>
       <c r="B615" t="inlineStr">
         <is>
-          <t>Members can only see messages since after they joined.</t>
+          <t>They got invited</t>
         </is>
       </c>
       <c r="C615" t="inlineStr">
         <is>
-          <t>Anggota hanya dapat melihat pesan sejak mereka bergabung.</t>
+          <t>Mereka diundang</t>
         </is>
       </c>
       <c r="D615" t="inlineStr"/>
       <c r="E615" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F615" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
+          <t>RoomSettingsDialogThey got invited</t>
         </is>
       </c>
       <c r="G615" t="inlineStr"/>
       <c r="H615" t="inlineStr"/>
     </row>
     <row r="616">
       <c r="A616" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21538</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21577</t>
         </is>
       </c>
       <c r="B616" t="inlineStr">
         <is>
-          <t>Apply visibility changes</t>
+          <t>Members can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="C616" t="inlineStr">
         <is>
-          <t>Terapkan perubahan keterlihatan</t>
+          <t>Anggota hanya dapat melihat pesan dari saat mereka diundang ke depan.</t>
         </is>
       </c>
       <c r="D616" t="inlineStr"/>
       <c r="E616" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F616" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply visibility changes</t>
+          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="G616" t="inlineStr"/>
       <c r="H616" t="inlineStr"/>
     </row>
     <row r="617">
       <c r="A617" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21554</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
         </is>
       </c>
       <c r="B617" t="inlineStr">
         <is>
-          <t>Locally hidden events</t>
+          <t>They joined</t>
         </is>
       </c>
       <c r="C617" t="inlineStr">
         <is>
-          <t>Peristiwa tersembunyi secara lokal</t>
+          <t>Mereka bergabung</t>
         </is>
       </c>
       <c r="D617" t="inlineStr"/>
       <c r="E617" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F617" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogLocally hidden events</t>
+          <t>RoomSettingsDialogThey joined</t>
         </is>
       </c>
       <c r="G617" t="inlineStr"/>
       <c r="H617" t="inlineStr"/>
     </row>
     <row r="618">
       <c r="A618" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21655</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21585</t>
         </is>
       </c>
       <c r="B618" t="inlineStr">
         <is>
-          <t>Configure</t>
+          <t>Members can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="C618" t="inlineStr">
         <is>
-          <t>Konfigurasi</t>
+          <t>Anggota hanya dapat melihat pesan sejak mereka bergabung.</t>
         </is>
       </c>
       <c r="D618" t="inlineStr"/>
       <c r="E618" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F618" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogConfigure</t>
+          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="G618" t="inlineStr"/>
       <c r="H618" t="inlineStr"/>
     </row>
     <row r="619">
       <c r="A619" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21566</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21595</t>
         </is>
       </c>
       <c r="B619" t="inlineStr">
         <is>
-          <t>Select events to hide in this room</t>
+          <t>Apply visibility changes</t>
         </is>
       </c>
       <c r="C619" t="inlineStr">
         <is>
-          <t>Pilih peristiwa untuk disembunyikan di ruangan ini</t>
+          <t>Terapkan perubahan keterlihatan</t>
         </is>
       </c>
       <c r="D619" t="inlineStr"/>
       <c r="E619" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F619" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect events to hide in this room</t>
+          <t>RoomSettingsDialogApply visibility changes</t>
         </is>
       </c>
       <c r="G619" t="inlineStr"/>
       <c r="H619" t="inlineStr"/>
     </row>
     <row r="620">
       <c r="A620" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21572</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21611</t>
         </is>
       </c>
       <c r="B620" t="inlineStr">
         <is>
-          <t>Automatic event deletion</t>
+          <t>Locally hidden events</t>
         </is>
       </c>
       <c r="C620" t="inlineStr">
         <is>
-          <t>Penghapusan peristiwa otomatis</t>
+          <t>Peristiwa tersembunyi secara lokal</t>
         </is>
       </c>
       <c r="D620" t="inlineStr"/>
       <c r="E620" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F620" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAutomatic event deletion</t>
+          <t>RoomSettingsDialogLocally hidden events</t>
         </is>
       </c>
       <c r="G620" t="inlineStr"/>
       <c r="H620" t="inlineStr"/>
     </row>
     <row r="621">
       <c r="A621" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21712</t>
         </is>
       </c>
       <c r="B621" t="inlineStr">
         <is>
-          <t>Select if your events get automatically deleted in this room.</t>
+          <t>Configure</t>
         </is>
       </c>
       <c r="C621" t="inlineStr">
         <is>
-          <t>Pilih jika peristiwa kamu akan dihapus secara otomatis di ruangan ini.</t>
+          <t>Konfigurasi</t>
         </is>
       </c>
       <c r="D621" t="inlineStr"/>
       <c r="E621" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F621" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
+          <t>RoomSettingsDialogConfigure</t>
         </is>
       </c>
       <c r="G621" t="inlineStr"/>
       <c r="H621" t="inlineStr"/>
     </row>
     <row r="622">
       <c r="A622" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21590</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21623</t>
         </is>
       </c>
       <c r="B622" t="inlineStr">
         <is>
-          <t>GENERAL SETTINGS</t>
+          <t>Select events to hide in this room</t>
         </is>
       </c>
       <c r="C622" t="inlineStr">
         <is>
-          <t>PENGATURAN UMUM</t>
+          <t>Pilih peristiwa untuk disembunyikan di ruangan ini</t>
         </is>
       </c>
       <c r="D622" t="inlineStr"/>
       <c r="E622" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F622" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogGENERAL SETTINGS</t>
+          <t>RoomSettingsDialogSelect events to hide in this room</t>
         </is>
       </c>
       <c r="G622" t="inlineStr"/>
       <c r="H622" t="inlineStr"/>
     </row>
     <row r="623">
       <c r="A623" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21599</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21629</t>
         </is>
       </c>
       <c r="B623" t="inlineStr">
         <is>
-          <t>Encryption</t>
+          <t>Automatic event deletion</t>
         </is>
       </c>
       <c r="C623" t="inlineStr">
         <is>
-          <t>Enkripsi</t>
+          <t>Penghapusan peristiwa otomatis</t>
         </is>
       </c>
       <c r="D623" t="inlineStr"/>
       <c r="E623" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F623" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption</t>
+          <t>RoomSettingsDialogAutomatic event deletion</t>
         </is>
       </c>
       <c r="G623" t="inlineStr"/>
       <c r="H623" t="inlineStr"/>
     </row>
     <row r="624">
       <c r="A624" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21621</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21641</t>
         </is>
       </c>
       <c r="B624" t="inlineStr">
         <is>
-          <t>End-to-End Encryption</t>
+          <t>Select if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="C624" t="inlineStr">
         <is>
-          <t>Enkripsi Ujung ke Ujung</t>
+          <t>Pilih jika peristiwa kamu akan dihapus secara otomatis di ruangan ini.</t>
         </is>
       </c>
       <c r="D624" t="inlineStr"/>
       <c r="E624" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F624" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEnd-to-End Encryption</t>
+          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="G624" t="inlineStr"/>
       <c r="H624" t="inlineStr"/>
     </row>
     <row r="625">
       <c r="A625" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21622</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21647</t>
         </is>
       </c>
       <c r="B625" t="inlineStr">
+        <is>
+          <t>GENERAL SETTINGS</t>
+        </is>
+      </c>
+      <c r="C625" t="inlineStr">
+        <is>
+          <t>PENGATURAN UMUM</t>
+        </is>
+      </c>
+      <c r="D625" t="inlineStr"/>
+      <c r="E625" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F625" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogGENERAL SETTINGS</t>
+        </is>
+      </c>
+      <c r="G625" t="inlineStr"/>
+      <c r="H625" t="inlineStr"/>
+    </row>
+    <row r="626">
+      <c r="A626" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+        </is>
+      </c>
+      <c r="B626" t="inlineStr">
+        <is>
+          <t>Encryption</t>
+        </is>
+      </c>
+      <c r="C626" t="inlineStr">
+        <is>
+          <t>Enkripsi</t>
+        </is>
+      </c>
+      <c r="D626" t="inlineStr"/>
+      <c r="E626" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F626" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogEncryption</t>
+        </is>
+      </c>
+      <c r="G626" t="inlineStr"/>
+      <c r="H626" t="inlineStr"/>
+    </row>
+    <row r="627">
+      <c r="A627" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21678</t>
+        </is>
+      </c>
+      <c r="B627" t="inlineStr">
+        <is>
+          <t>End-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="C627" t="inlineStr">
+        <is>
+          <t>Enkripsi Ujung ke Ujung</t>
+        </is>
+      </c>
+      <c r="D627" t="inlineStr"/>
+      <c r="E627" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F627" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogEnd-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="G627" t="inlineStr"/>
+      <c r="H627" t="inlineStr"/>
+    </row>
+    <row r="628">
+      <c r="A628" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21679</t>
+        </is>
+      </c>
+      <c r="B628" t="inlineStr">
         <is>
           <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
                                 Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
-      <c r="C625" t="inlineStr">
+      <c r="C628" t="inlineStr">
         <is>
           <t>Enkripsi saat ini bersifat eksperimental dan dapat rusak secara tidak terduga. &lt;br&gt;
 Mohon diingat bahwa ini tidak dapat dinonaktifkan setelah diaktifkan.</t>
         </is>
       </c>
-      <c r="D625" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F625" t="inlineStr">
+      <c r="D628" t="inlineStr"/>
+      <c r="E628" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F628" t="inlineStr">
         <is>
           <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
                                 Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
-      <c r="G625" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G628" t="inlineStr"/>
       <c r="H628" t="inlineStr"/>
     </row>
     <row r="629">
       <c r="A629" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21695</t>
         </is>
       </c>
       <c r="B629" t="inlineStr">
         <is>
-          <t>View and change the addresses/aliases of this room</t>
+          <t>Permissions</t>
         </is>
       </c>
       <c r="C629" t="inlineStr">
         <is>
-          <t>Tampilkan dan ubah alamat/alias ruangan ini</t>
+          <t>Izin</t>
         </is>
       </c>
       <c r="D629" t="inlineStr"/>
       <c r="E629" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F629" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
+          <t>RoomSettingsDialogPermission</t>
         </is>
       </c>
       <c r="G629" t="inlineStr"/>
       <c r="H629" t="inlineStr"/>
     </row>
     <row r="630">
       <c r="A630" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21662</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21701</t>
         </is>
       </c>
       <c r="B630" t="inlineStr">
         <is>
-          <t>Sticker &amp; Emote Settings</t>
+          <t>View and change the permissions in this room</t>
         </is>
       </c>
       <c r="C630" t="inlineStr">
         <is>
-          <t>Pengaturan Stiker &amp; Emote</t>
+          <t>Lihat dan ubah izin di ruangan ini</t>
         </is>
       </c>
       <c r="D630" t="inlineStr"/>
       <c r="E630" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F630" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
+          <t>RoomSettingsDialogView and change the permissions in this room</t>
         </is>
       </c>
       <c r="G630" t="inlineStr"/>
       <c r="H630" t="inlineStr"/>
     </row>
     <row r="631">
       <c r="A631" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21668</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21707</t>
         </is>
       </c>
       <c r="B631" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>Aliases</t>
         </is>
       </c>
       <c r="C631" t="inlineStr">
         <is>
-          <t>Ubah paket apa yang diaktifkan, hapus paket, atau buat yang baru</t>
+          <t>Alias</t>
         </is>
       </c>
       <c r="D631" t="inlineStr"/>
       <c r="E631" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F631" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
+          <t>RoomSettingsDialogAliases</t>
         </is>
       </c>
       <c r="G631" t="inlineStr"/>
       <c r="H631" t="inlineStr"/>
     </row>
     <row r="632">
       <c r="A632" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21674</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21713</t>
         </is>
       </c>
       <c r="B632" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>View and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="C632" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>Tampilkan dan ubah alamat/alias ruangan ini</t>
         </is>
       </c>
       <c r="D632" t="inlineStr"/>
       <c r="E632" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F632" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogINFO</t>
+          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="G632" t="inlineStr"/>
       <c r="H632" t="inlineStr"/>
     </row>
     <row r="633">
       <c r="A633" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21683</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21719</t>
         </is>
       </c>
       <c r="B633" t="inlineStr">
         <is>
-          <t>Internal ID</t>
+          <t>Sticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="C633" t="inlineStr">
         <is>
-          <t>ID Internal</t>
+          <t>Pengaturan Stiker &amp; Emote</t>
         </is>
       </c>
       <c r="D633" t="inlineStr"/>
       <c r="E633" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F633" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogInternal ID</t>
+          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="G633" t="inlineStr"/>
       <c r="H633" t="inlineStr"/>
     </row>
     <row r="634">
       <c r="A634" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21699</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21725</t>
         </is>
       </c>
       <c r="B634" t="inlineStr">
         <is>
-          <t>Copied to clipboard</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C634" t="inlineStr">
         <is>
-          <t>Tersalin ke papan klip</t>
+          <t>Ubah paket apa yang diaktifkan, hapus paket, atau buat yang baru</t>
         </is>
       </c>
       <c r="D634" t="inlineStr"/>
       <c r="E634" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F634" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogCopied to clipboard</t>
+          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="G634" t="inlineStr"/>
       <c r="H634" t="inlineStr"/>
     </row>
     <row r="635">
       <c r="A635" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21718</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21731</t>
         </is>
       </c>
       <c r="B635" t="inlineStr">
         <is>
-          <t>Room Version</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C635" t="inlineStr">
         <is>
-          <t>Versi Ruangan</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="D635" t="inlineStr"/>
       <c r="E635" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F635" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Version</t>
+          <t>RoomSettingsDialogINFO</t>
         </is>
       </c>
       <c r="G635" t="inlineStr"/>
       <c r="H635" t="inlineStr"/>
     </row>
     <row r="636">
       <c r="A636" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21740</t>
         </is>
       </c>
       <c r="B636" t="inlineStr">
         <is>
-          <t>show less</t>
+          <t>Internal ID</t>
         </is>
       </c>
       <c r="C636" t="inlineStr">
         <is>
-          <t>sembunyikan</t>
+          <t>ID Internal</t>
         </is>
       </c>
       <c r="D636" t="inlineStr"/>
       <c r="E636" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F636" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow less</t>
+          <t>RoomSettingsDialogInternal ID</t>
         </is>
       </c>
       <c r="G636" t="inlineStr"/>
       <c r="H636" t="inlineStr"/>
     </row>
     <row r="637">
       <c r="A637" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21757</t>
         </is>
       </c>
       <c r="B637" t="inlineStr">
         <is>
-          <t>show more</t>
+          <t>Copied to clipboard</t>
         </is>
       </c>
       <c r="C637" t="inlineStr">
         <is>
-          <t>tampilkan</t>
+          <t>Tersalin ke papan klip</t>
         </is>
       </c>
       <c r="D637" t="inlineStr"/>
       <c r="E637" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F637" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow more</t>
+          <t>RoomSettingsDialogCopied to clipboard</t>
         </is>
       </c>
       <c r="G637" t="inlineStr"/>
       <c r="H637" t="inlineStr"/>
     </row>
     <row r="638">
       <c r="A638" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21896</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21777</t>
         </is>
       </c>
       <c r="B638" t="inlineStr">
         <is>
-          <t>Pending invite.</t>
+          <t>Room Version</t>
         </is>
       </c>
       <c r="C638" t="inlineStr">
         <is>
-          <t>Undangan tertunda.</t>
+          <t>Versi Ruangan</t>
         </is>
       </c>
       <c r="D638" t="inlineStr"/>
       <c r="E638" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F638" t="inlineStr">
         <is>
-          <t>RoomlistModelPending invite.</t>
+          <t>RoomSettingsDialogRoom Version</t>
         </is>
       </c>
       <c r="G638" t="inlineStr"/>
       <c r="H638" t="inlineStr"/>
     </row>
     <row r="639">
       <c r="A639" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21925</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B639" t="inlineStr">
         <is>
-          <t>Previewing this room</t>
+          <t>show less</t>
         </is>
       </c>
       <c r="C639" t="inlineStr">
         <is>
-          <t>Menampilkan ruangan ini</t>
+          <t>sembunyikan</t>
         </is>
       </c>
       <c r="D639" t="inlineStr"/>
       <c r="E639" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F639" t="inlineStr">
         <is>
-          <t>RoomlistModelPreviewing this room</t>
+          <t>RoomSettingsDialogshow less</t>
         </is>
       </c>
       <c r="G639" t="inlineStr"/>
       <c r="H639" t="inlineStr"/>
     </row>
     <row r="640">
       <c r="A640" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21958</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B640" t="inlineStr">
         <is>
-          <t>No preview available</t>
+          <t>show more</t>
         </is>
       </c>
       <c r="C640" t="inlineStr">
         <is>
-          <t>Tidak ada tampilan yang tersedia</t>
+          <t>tampilkan</t>
         </is>
       </c>
       <c r="D640" t="inlineStr"/>
       <c r="E640" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F640" t="inlineStr">
         <is>
-          <t>RoomlistModelNo preview available</t>
+          <t>RoomSettingsDialogshow more</t>
         </is>
       </c>
       <c r="G640" t="inlineStr"/>
       <c r="H640" t="inlineStr"/>
     </row>
     <row r="641">
       <c r="A641" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21960</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21955</t>
         </is>
       </c>
       <c r="B641" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible</t>
+          <t>Pending invite.</t>
         </is>
       </c>
       <c r="C641" t="inlineStr">
         <is>
-          <t>Ruangan ini mungkin tidak dapat diakses</t>
+          <t>Undangan tertunda.</t>
         </is>
       </c>
       <c r="D641" t="inlineStr"/>
       <c r="E641" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F641" t="inlineStr">
         <is>
-          <t>RoomlistModelThis room is possibly inaccessible</t>
+          <t>RoomlistModelPending invite.</t>
         </is>
       </c>
       <c r="G641" t="inlineStr"/>
       <c r="H641" t="inlineStr"/>
     </row>
     <row r="642">
       <c r="A642" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22268</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21984</t>
         </is>
       </c>
       <c r="B642" t="inlineStr">
         <is>
-          <t>Please enter your login password to continue:</t>
+          <t>Previewing this room</t>
         </is>
       </c>
       <c r="C642" t="inlineStr">
         <is>
-          <t>Mohon masukkan kata sandi loginmu untuk melanjutkan:</t>
+          <t>Menampilkan ruangan ini</t>
         </is>
       </c>
       <c r="D642" t="inlineStr"/>
       <c r="E642" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F642" t="inlineStr">
         <is>
-          <t>RootPlease enter your login password to continue:</t>
+          <t>RoomlistModelPreviewing this room</t>
         </is>
       </c>
       <c r="G642" t="inlineStr"/>
       <c r="H642" t="inlineStr"/>
     </row>
     <row r="643">
       <c r="A643" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22278</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22017</t>
         </is>
       </c>
       <c r="B643" t="inlineStr">
         <is>
-          <t>Please enter a valid email address to continue:</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C643" t="inlineStr">
         <is>
-          <t>Mohon masukkan sebuah alamat email yang valid untuk melanjutkan:</t>
+          <t>Tidak ada tampilan yang tersedia</t>
         </is>
       </c>
       <c r="D643" t="inlineStr"/>
       <c r="E643" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F643" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid email address to continue:</t>
+          <t>RoomlistModelNo preview available</t>
         </is>
       </c>
       <c r="G643" t="inlineStr"/>
       <c r="H643" t="inlineStr"/>
     </row>
     <row r="644">
       <c r="A644" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22288</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22019</t>
         </is>
       </c>
       <c r="B644" t="inlineStr">
         <is>
-          <t>Please enter a valid phone number to continue:</t>
+          <t>This room is possibly inaccessible</t>
         </is>
       </c>
       <c r="C644" t="inlineStr">
         <is>
-          <t>Mohon masukkan sebuah nomor telepon yang valid untuk melanjutkan:</t>
+          <t>Ruangan ini mungkin tidak dapat diakses</t>
         </is>
       </c>
       <c r="D644" t="inlineStr"/>
       <c r="E644" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F644" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid phone number to continue:</t>
+          <t>RoomlistModelThis room is possibly inaccessible</t>
         </is>
       </c>
       <c r="G644" t="inlineStr"/>
       <c r="H644" t="inlineStr"/>
     </row>
     <row r="645">
       <c r="A645" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22298</t>
+          <t>../qml/Root.qml:22327</t>
         </is>
       </c>
       <c r="B645" t="inlineStr">
         <is>
-          <t>Please enter the token which has been sent to you:</t>
+          <t>Please enter your login password to continue:</t>
         </is>
       </c>
       <c r="C645" t="inlineStr">
         <is>
-          <t>Silakan masukkan token yang dikirim ke kamu:</t>
+          <t>Mohon masukkan kata sandi loginmu untuk melanjutkan:</t>
         </is>
       </c>
       <c r="D645" t="inlineStr"/>
       <c r="E645" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F645" t="inlineStr">
         <is>
-          <t>RootPlease enter the token which has been sent to you:</t>
+          <t>RootPlease enter your login password to continue:</t>
         </is>
       </c>
       <c r="G645" t="inlineStr"/>
       <c r="H645" t="inlineStr"/>
     </row>
     <row r="646">
       <c r="A646" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22309</t>
+          <t>../qml/Root.qml:22337</t>
         </is>
       </c>
       <c r="B646" t="inlineStr">
         <is>
-          <t>Wait for the confirmation link to arrive, then continue.</t>
+          <t>Please enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="C646" t="inlineStr">
         <is>
-          <t>Tunggu untuk tautan konfirmasinya, lalu lanjutkan.</t>
+          <t>Mohon masukkan sebuah alamat email yang valid untuk melanjutkan:</t>
         </is>
       </c>
       <c r="D646" t="inlineStr"/>
       <c r="E646" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F646" t="inlineStr">
         <is>
-          <t>RootWait for the confirmation link to arrive, then continue.</t>
+          <t>RootPlease enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="G646" t="inlineStr"/>
       <c r="H646" t="inlineStr"/>
     </row>
     <row r="647">
       <c r="A647" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22339</t>
+          <t>../qml/Root.qml:22347</t>
         </is>
       </c>
       <c r="B647" t="inlineStr">
         <is>
-          <t>Share desktop with %1?</t>
+          <t>Please enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="C647" t="inlineStr">
         <is>
-          <t>Bagikan desktop dengan %1?</t>
+          <t>Mohon masukkan sebuah nomor telepon yang valid untuk melanjutkan:</t>
         </is>
       </c>
       <c r="D647" t="inlineStr"/>
       <c r="E647" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F647" t="inlineStr">
         <is>
-          <t>ScreenShareShare desktop with %1?</t>
+          <t>RootPlease enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="G647" t="inlineStr"/>
       <c r="H647" t="inlineStr"/>
     </row>
     <row r="648">
       <c r="A648" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22350</t>
+          <t>../qml/Root.qml:22357</t>
         </is>
       </c>
       <c r="B648" t="inlineStr">
         <is>
-          <t>Method:</t>
+          <t>Please enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="C648" t="inlineStr">
         <is>
-          <t>Metode:</t>
+          <t>Silakan masukkan token yang dikirim ke kamu:</t>
         </is>
       </c>
       <c r="D648" t="inlineStr"/>
       <c r="E648" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F648" t="inlineStr">
         <is>
-          <t>ScreenShareMethod:</t>
+          <t>RootPlease enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="G648" t="inlineStr"/>
       <c r="H648" t="inlineStr"/>
     </row>
     <row r="649">
       <c r="A649" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22370</t>
+          <t>../qml/Root.qml:22368</t>
         </is>
       </c>
       <c r="B649" t="inlineStr">
         <is>
-          <t>Window:</t>
+          <t>Wait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="C649" t="inlineStr">
         <is>
-          <t>Jendela:</t>
+          <t>Tunggu untuk tautan konfirmasinya, lalu lanjutkan.</t>
         </is>
       </c>
       <c r="D649" t="inlineStr"/>
       <c r="E649" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F649" t="inlineStr">
         <is>
-          <t>ScreenShareWindow:</t>
+          <t>RootWait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="G649" t="inlineStr"/>
       <c r="H649" t="inlineStr"/>
     </row>
     <row r="650">
       <c r="A650" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22385</t>
+          <t>../qml/voip/ScreenShare.qml:22398</t>
         </is>
       </c>
       <c r="B650" t="inlineStr">
         <is>
-          <t>Request screencast</t>
+          <t>Share desktop with %1?</t>
         </is>
       </c>
       <c r="C650" t="inlineStr">
         <is>
-          <t>Minta penyiaran layar</t>
+          <t>Bagikan desktop dengan %1?</t>
         </is>
       </c>
       <c r="D650" t="inlineStr"/>
       <c r="E650" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F650" t="inlineStr">
         <is>
-          <t>ScreenShareRequest screencast</t>
+          <t>ScreenShareShare desktop with %1?</t>
         </is>
       </c>
       <c r="G650" t="inlineStr"/>
       <c r="H650" t="inlineStr"/>
     </row>
     <row r="651">
       <c r="A651" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22401</t>
+          <t>../qml/voip/ScreenShare.qml:22409</t>
         </is>
       </c>
       <c r="B651" t="inlineStr">
         <is>
-          <t>Frame rate:</t>
+          <t>Method:</t>
         </is>
       </c>
       <c r="C651" t="inlineStr">
         <is>
-          <t>Laju bingkai:</t>
+          <t>Metode:</t>
         </is>
       </c>
       <c r="D651" t="inlineStr"/>
       <c r="E651" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F651" t="inlineStr">
         <is>
-          <t>ScreenShareFrame rate:</t>
+          <t>ScreenShareMethod:</t>
         </is>
       </c>
       <c r="G651" t="inlineStr"/>
       <c r="H651" t="inlineStr"/>
     </row>
     <row r="652">
       <c r="A652" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22420</t>
+          <t>../qml/voip/ScreenShare.qml:22429</t>
         </is>
       </c>
       <c r="B652" t="inlineStr">
         <is>
-          <t>Include your camera picture-in-picture</t>
+          <t>Window:</t>
         </is>
       </c>
       <c r="C652" t="inlineStr">
         <is>
-          <t>Tambahkan kameramu dalam gambar-dalam-gambar</t>
+          <t>Jendela:</t>
         </is>
       </c>
       <c r="D652" t="inlineStr"/>
       <c r="E652" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F652" t="inlineStr">
         <is>
-          <t>ScreenShareInclude your camera picture-in-picture</t>
+          <t>ScreenShareWindow:</t>
         </is>
       </c>
       <c r="G652" t="inlineStr"/>
       <c r="H652" t="inlineStr"/>
     </row>
     <row r="653">
       <c r="A653" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22432</t>
+          <t>../qml/voip/ScreenShare.qml:22444</t>
         </is>
       </c>
       <c r="B653" t="inlineStr">
         <is>
-          <t>Request remote camera</t>
+          <t>Request screencast</t>
         </is>
       </c>
       <c r="C653" t="inlineStr">
         <is>
-          <t>Minta kamera jarak jauh</t>
+          <t>Minta penyiaran layar</t>
         </is>
       </c>
       <c r="D653" t="inlineStr"/>
       <c r="E653" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F653" t="inlineStr">
         <is>
-          <t>ScreenShareRequest remote camera</t>
+          <t>ScreenShareRequest screencast</t>
         </is>
       </c>
       <c r="G653" t="inlineStr"/>
       <c r="H653" t="inlineStr"/>
     </row>
     <row r="654">
       <c r="A654" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22442</t>
+          <t>../qml/voip/ScreenShare.qml:22460</t>
         </is>
       </c>
       <c r="B654" t="inlineStr">
         <is>
-          <t>View your callee's camera like a regular video call</t>
+          <t>Frame rate:</t>
         </is>
       </c>
       <c r="C654" t="inlineStr">
         <is>
-          <t>Tampilkan kamera pengguna yang menerima panggilan seperti panggilan video biasa</t>
+          <t>Laju bingkai:</t>
         </is>
       </c>
       <c r="D654" t="inlineStr"/>
       <c r="E654" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F654" t="inlineStr">
         <is>
-          <t>ScreenShareView your callee's camera like a regular video call</t>
+          <t>ScreenShareFrame rate:</t>
         </is>
       </c>
       <c r="G654" t="inlineStr"/>
       <c r="H654" t="inlineStr"/>
     </row>
     <row r="655">
       <c r="A655" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22447</t>
+          <t>../qml/voip/ScreenShare.qml:22479</t>
         </is>
       </c>
       <c r="B655" t="inlineStr">
         <is>
-          <t>Hide mouse cursor</t>
+          <t>Include your camera picture-in-picture</t>
         </is>
       </c>
       <c r="C655" t="inlineStr">
         <is>
-          <t>Sembunyikan kursor mouse</t>
+          <t>Tambahkan kameramu dalam gambar-dalam-gambar</t>
         </is>
       </c>
       <c r="D655" t="inlineStr"/>
       <c r="E655" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F655" t="inlineStr">
         <is>
-          <t>ScreenShareHide mouse cursor</t>
+          <t>ScreenShareInclude your camera picture-in-picture</t>
         </is>
       </c>
       <c r="G655" t="inlineStr"/>
       <c r="H655" t="inlineStr"/>
     </row>
     <row r="656">
       <c r="A656" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22468</t>
+          <t>../qml/voip/ScreenShare.qml:22491</t>
         </is>
       </c>
       <c r="B656" t="inlineStr">
         <is>
-          <t>Share</t>
+          <t>Request remote camera</t>
         </is>
       </c>
       <c r="C656" t="inlineStr">
         <is>
-          <t>Bagikan</t>
+          <t>Minta kamera jarak jauh</t>
         </is>
       </c>
       <c r="D656" t="inlineStr"/>
       <c r="E656" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F656" t="inlineStr">
         <is>
-          <t>ScreenShareShare</t>
+          <t>ScreenShareRequest remote camera</t>
         </is>
       </c>
       <c r="G656" t="inlineStr"/>
       <c r="H656" t="inlineStr"/>
     </row>
     <row r="657">
       <c r="A657" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22484</t>
+          <t>../qml/voip/ScreenShare.qml:22501</t>
         </is>
       </c>
       <c r="B657" t="inlineStr">
         <is>
-          <t>Preview</t>
+          <t>View your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="C657" t="inlineStr">
         <is>
-          <t>Tampilkan</t>
+          <t>Tampilkan kamera pengguna yang menerima panggilan seperti panggilan video biasa</t>
         </is>
       </c>
       <c r="D657" t="inlineStr"/>
       <c r="E657" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F657" t="inlineStr">
         <is>
-          <t>ScreenSharePreview</t>
+          <t>ScreenShareView your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="G657" t="inlineStr"/>
       <c r="H657" t="inlineStr"/>
     </row>
     <row r="658">
       <c r="A658" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22491</t>
+          <t>../qml/voip/ScreenShare.qml:22506</t>
         </is>
       </c>
       <c r="B658" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Hide mouse cursor</t>
         </is>
       </c>
       <c r="C658" t="inlineStr">
         <is>
-          <t>Batalkan</t>
+          <t>Sembunyikan kursor mouse</t>
         </is>
       </c>
       <c r="D658" t="inlineStr"/>
       <c r="E658" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F658" t="inlineStr">
         <is>
-          <t>ScreenShareCancel</t>
+          <t>ScreenShareHide mouse cursor</t>
         </is>
       </c>
       <c r="G658" t="inlineStr"/>
       <c r="H658" t="inlineStr"/>
     </row>
     <row r="659">
       <c r="A659" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17370</t>
+          <t>../qml/voip/ScreenShare.qml:22527</t>
         </is>
       </c>
       <c r="B659" t="inlineStr">
         <is>
-          <t>Failed to connect to secret storage</t>
+          <t>Share</t>
         </is>
       </c>
       <c r="C659" t="inlineStr">
         <is>
-          <t>Gagal menghubungkan ke penyimpanan rahasia</t>
+          <t>Bagikan</t>
         </is>
       </c>
       <c r="D659" t="inlineStr"/>
       <c r="E659" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F659" t="inlineStr">
         <is>
-          <t>SecretStorageFailed to connect to secret storage</t>
+          <t>ScreenShareShare</t>
         </is>
       </c>
       <c r="G659" t="inlineStr"/>
       <c r="H659" t="inlineStr"/>
     </row>
     <row r="660">
       <c r="A660" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17371</t>
+          <t>../qml/voip/ScreenShare.qml:22543</t>
         </is>
       </c>
       <c r="B660" t="inlineStr">
         <is>
-          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>Preview</t>
         </is>
       </c>
       <c r="C660" t="inlineStr">
         <is>
-          <t>Nheko tidak bisa terhubung ke penyimpanan aman untuk menyimpan rahasia enkripsi. Ini dapat memiliki beberapa alasan. Periksa apakah layanan D-Bus kamu berjalan dan kamu telah mengkonfigurasi layanan seperti KWallet, Gnome Keyring, KeePassXC atau yang setara untuk platform kamu. Jika kamu mengalami masalah, jangan ragu untuk membuka masalah di sini: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>Tampilkan</t>
         </is>
       </c>
       <c r="D660" t="inlineStr"/>
       <c r="E660" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F660" t="inlineStr">
         <is>
-          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>ScreenSharePreview</t>
         </is>
       </c>
       <c r="G660" t="inlineStr"/>
       <c r="H660" t="inlineStr"/>
     </row>
     <row r="661">
       <c r="A661" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17421</t>
+          <t>../qml/voip/ScreenShare.qml:22550</t>
         </is>
       </c>
       <c r="B661" t="inlineStr">
         <is>
-          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C661" t="inlineStr">
         <is>
-          <t>Ini kunci pemulihanmu. Kamu akan membutuhkannya untuk memulihkan akses ke pesan terenkripsi dan kunci verifikasimu. Simpan dengan aman. Jangan bagikan dengan siapa pun dan jangan sampai hilang! Jangan lewat! Jangan mengumpulkan Rp 200.000!</t>
+          <t>Batalkan</t>
         </is>
       </c>
       <c r="D661" t="inlineStr"/>
       <c r="E661" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F661" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>ScreenShareCancel</t>
         </is>
       </c>
       <c r="G661" t="inlineStr"/>
       <c r="H661" t="inlineStr"/>
     </row>
     <row r="662">
       <c r="A662" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17442</t>
+          <t>../../src/Cache.cpp:17430</t>
         </is>
       </c>
       <c r="B662" t="inlineStr">
         <is>
-          <t>Encryption setup successfully</t>
+          <t>Failed to connect to secret storage</t>
         </is>
       </c>
       <c r="C662" t="inlineStr">
         <is>
-          <t>Penyiapan enkripsi berhasil</t>
+          <t>Gagal menghubungkan ke penyimpanan rahasia</t>
         </is>
       </c>
       <c r="D662" t="inlineStr"/>
       <c r="E662" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F662" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckEncryption setup successfully</t>
+          <t>SecretStorageFailed to connect to secret storage</t>
         </is>
       </c>
       <c r="G662" t="inlineStr"/>
       <c r="H662" t="inlineStr"/>
     </row>
     <row r="663">
       <c r="A663" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17450</t>
+          <t>../../src/Cache.cpp:17431</t>
         </is>
       </c>
       <c r="B663" t="inlineStr">
         <is>
-          <t>Failed to setup encryption: %1</t>
+          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="C663" t="inlineStr">
         <is>
-          <t>Gagal untuk menyiapkan enkripsi: %1</t>
+          <t>Nheko tidak bisa terhubung ke penyimpanan aman untuk menyimpan rahasia enkripsi. Ini dapat memiliki beberapa alasan. Periksa apakah layanan D-Bus kamu berjalan dan kamu telah mengkonfigurasi layanan seperti KWallet, Gnome Keyring, KeePassXC atau yang setara untuk platform kamu. Jika kamu mengalami masalah, jangan ragu untuk membuka masalah di sini: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="D663" t="inlineStr"/>
       <c r="E663" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F663" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
+          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="G663" t="inlineStr"/>
       <c r="H663" t="inlineStr"/>
     </row>
     <row r="664">
       <c r="A664" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17482</t>
+          <t>../qml/SelfVerificationCheck.qml:17481</t>
         </is>
       </c>
       <c r="B664" t="inlineStr">
         <is>
-          <t>Setup Encryption</t>
+          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="C664" t="inlineStr">
         <is>
-          <t>Siapkan Enkripsi</t>
+          <t>Ini kunci pemulihanmu. Kamu akan membutuhkannya untuk memulihkan akses ke pesan terenkripsi dan kunci verifikasimu. Simpan dengan aman. Jangan bagikan dengan siapa pun dan jangan sampai hilang! Jangan lewat! Jangan mengumpulkan Rp 200.000!</t>
         </is>
       </c>
       <c r="D664" t="inlineStr"/>
       <c r="E664" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F664" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckSetup Encryption</t>
+          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="G664" t="inlineStr"/>
       <c r="H664" t="inlineStr"/>
     </row>
     <row r="665">
       <c r="A665" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17491</t>
+          <t>../qml/SelfVerificationCheck.qml:17502</t>
         </is>
       </c>
       <c r="B665" t="inlineStr">
+        <is>
+          <t>Encryption setup successfully</t>
+        </is>
+      </c>
+      <c r="C665" t="inlineStr">
+        <is>
+          <t>Penyiapan enkripsi berhasil</t>
+        </is>
+      </c>
+      <c r="D665" t="inlineStr"/>
+      <c r="E665" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F665" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckEncryption setup successfully</t>
+        </is>
+      </c>
+      <c r="G665" t="inlineStr"/>
+      <c r="H665" t="inlineStr"/>
+    </row>
+    <row r="666">
+      <c r="A666" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17510</t>
+        </is>
+      </c>
+      <c r="B666" t="inlineStr">
+        <is>
+          <t>Failed to setup encryption: %1</t>
+        </is>
+      </c>
+      <c r="C666" t="inlineStr">
+        <is>
+          <t>Gagal untuk menyiapkan enkripsi: %1</t>
+        </is>
+      </c>
+      <c r="D666" t="inlineStr"/>
+      <c r="E666" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F666" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
+        </is>
+      </c>
+      <c r="G666" t="inlineStr"/>
+      <c r="H666" t="inlineStr"/>
+    </row>
+    <row r="667">
+      <c r="A667" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17542</t>
+        </is>
+      </c>
+      <c r="B667" t="inlineStr">
+        <is>
+          <t>Setup Encryption</t>
+        </is>
+      </c>
+      <c r="C667" t="inlineStr">
+        <is>
+          <t>Siapkan Enkripsi</t>
+        </is>
+      </c>
+      <c r="D667" t="inlineStr"/>
+      <c r="E667" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F667" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckSetup Encryption</t>
+        </is>
+      </c>
+      <c r="G667" t="inlineStr"/>
+      <c r="H667" t="inlineStr"/>
+    </row>
+    <row r="668">
+      <c r="A668" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17551</t>
+        </is>
+      </c>
+      <c r="B668" t="inlineStr">
         <is>
           <t>Hello and welcome to Matrix!
 It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
-      <c r="C665" t="inlineStr">
+      <c r="C668" t="inlineStr">
         <is>
           <t>Halo dan selamat datang di Matrix!
 Sepertinya kamu baru di sini. Sebelum kamu dapat mengenkripsi pesanmu dengan aman, kami perlu menyiapkan beberapa hal. Kamu bisa langsung menekan terima atau menyesuaikan beberapa opsi dasar. Kami juga mencoba menjelaskan beberapa dasar-dasarnya. Kamu bisa melewatkan bagian-bagiannya, tetapi mereka mungkin terbukti membantu!</t>
         </is>
       </c>
-      <c r="D665" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F665" t="inlineStr">
+      <c r="D668" t="inlineStr"/>
+      <c r="E668" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F668" t="inlineStr">
         <is>
           <t>SelfVerificationCheckHello and welcome to Matrix!
 It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
-      <c r="G665" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B666" t="inlineStr">
+      <c r="G668" t="inlineStr"/>
+      <c r="H668" t="inlineStr"/>
+    </row>
+    <row r="669">
+      <c r="A669" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17659</t>
+        </is>
+      </c>
+      <c r="B669" t="inlineStr">
         <is>
           <t>Activate Encryption</t>
         </is>
       </c>
-      <c r="C666" t="inlineStr">
+      <c r="C669" t="inlineStr">
         <is>
           <t>Aktifkan Enkripsi</t>
         </is>
       </c>
-      <c r="D666" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F666" t="inlineStr">
+      <c r="D669" t="inlineStr"/>
+      <c r="E669" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F669" t="inlineStr">
         <is>
           <t>SelfVerificationCheckActivate Encryption</t>
         </is>
       </c>
-      <c r="G666" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B667" t="inlineStr">
+      <c r="G669" t="inlineStr"/>
+      <c r="H669" t="inlineStr"/>
+    </row>
+    <row r="670">
+      <c r="A670" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17668</t>
+        </is>
+      </c>
+      <c r="B670" t="inlineStr">
         <is>
           <t>It seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
 If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
-      <c r="C667" t="inlineStr">
+      <c r="C670" t="inlineStr">
         <is>
           <t>Sepertinya kamu telah mengkonfigurasi enkripsi untuk akun ini. Agar dapat mengakses pesan terenkripsi dan membuat perangkat ini tepercaya, kamu bisa memverifikasi perangkat yang ada atau (jika punya) memasukkan frasa sandi pemulihan. Silakan pilih salah satu opsi di bawah ini.
 Jika kamu memilih verifikasi, kamu harus memiliki perangkat lain yang tersedia. Jika kamu memilih "masukkan frasa sandi", kamu memerlukan kunci pemulihan atau frasa sandi. Jika kamu mengklik batal, kamu dapat memilih untuk memverifikasi dirimu di lain waktu.</t>
         </is>
       </c>
-      <c r="D667" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F667" t="inlineStr">
+      <c r="D670" t="inlineStr"/>
+      <c r="E670" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F670" t="inlineStr">
         <is>
           <t>SelfVerificationCheckIt seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
 If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
-      <c r="G667" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G670" t="inlineStr"/>
       <c r="H670" t="inlineStr"/>
     </row>
     <row r="671">
       <c r="A671" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17691</t>
+          <t>../qml/SelfVerificationCheck.qml:17673</t>
         </is>
       </c>
       <c r="B671" t="inlineStr">
         <is>
-          <t>Failed to create keys for online key backup!</t>
+          <t>verify</t>
         </is>
       </c>
       <c r="C671" t="inlineStr">
         <is>
-          <t>Gagal untuk membuat kunci untuk cadangan kunci daring!</t>
+          <t>verifikasi</t>
         </is>
       </c>
       <c r="D671" t="inlineStr"/>
       <c r="E671" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F671" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
+          <t>SelfVerificationCheckverify</t>
         </is>
       </c>
       <c r="G671" t="inlineStr"/>
       <c r="H671" t="inlineStr"/>
     </row>
     <row r="672">
       <c r="A672" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17720</t>
+          <t>../qml/SelfVerificationCheck.qml:17682</t>
         </is>
       </c>
       <c r="B672" t="inlineStr">
         <is>
-          <t>Failed to create keys for secure server side secret storage!</t>
+          <t>enter passphrase</t>
         </is>
       </c>
       <c r="C672" t="inlineStr">
         <is>
-          <t>Gagal untuk membuat kunci untuk penyimpanan rahasia aman di server!</t>
+          <t>masukkan frasa sandi</t>
         </is>
       </c>
       <c r="D672" t="inlineStr"/>
       <c r="E672" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F672" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
+          <t>SelfVerificationCheckenter passphrase</t>
         </is>
       </c>
       <c r="G672" t="inlineStr"/>
       <c r="H672" t="inlineStr"/>
     </row>
     <row r="673">
       <c r="A673" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17764</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17735</t>
         </is>
       </c>
       <c r="B673" t="inlineStr">
         <is>
-          <t>Encryption Setup</t>
+          <t>Failed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="C673" t="inlineStr">
         <is>
-          <t>Penyiapan Enkripsi</t>
+          <t>Gagal membuat kunci untuk penandatanganan silang!</t>
         </is>
       </c>
       <c r="D673" t="inlineStr"/>
       <c r="E673" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F673" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption Setup</t>
+          <t>SelfVerificationStatusFailed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="G673" t="inlineStr"/>
       <c r="H673" t="inlineStr"/>
     </row>
     <row r="674">
       <c r="A674" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17770</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17751</t>
         </is>
       </c>
       <c r="B674" t="inlineStr">
         <is>
-          <t>Encryption setup failed: %1</t>
+          <t>Failed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="C674" t="inlineStr">
         <is>
-          <t>Penyiapan enkripsi gagal: %1</t>
+          <t>Gagal untuk membuat kunci untuk cadangan kunci daring!</t>
         </is>
       </c>
       <c r="D674" t="inlineStr"/>
       <c r="E674" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F674" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption setup failed: %1</t>
+          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="G674" t="inlineStr"/>
       <c r="H674" t="inlineStr"/>
     </row>
     <row r="675">
       <c r="A675" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17928</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17780</t>
         </is>
       </c>
       <c r="B675" t="inlineStr">
         <is>
-          <t>Identity key changed. This breaks E2EE, so logging out.</t>
+          <t>Failed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="C675" t="inlineStr">
         <is>
-          <t>Kunci identitas telah berubah. Ini merusak enkripsi ujung-ke-ujung, jadi kamu dikeluarkan.</t>
+          <t>Gagal untuk membuat kunci untuk penyimpanan rahasia aman di server!</t>
         </is>
       </c>
       <c r="D675" t="inlineStr"/>
       <c r="E675" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F675" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
+          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="G675" t="inlineStr"/>
       <c r="H675" t="inlineStr"/>
     </row>
     <row r="676">
       <c r="A676" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18246</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17824</t>
         </is>
       </c>
       <c r="B676" t="inlineStr">
         <is>
-          <t>Failed to update image pack: %1</t>
+          <t>Encryption Setup</t>
         </is>
       </c>
       <c r="C676" t="inlineStr">
         <is>
-          <t>Gagal memperbarui paket gambar: %1</t>
+          <t>Penyiapan Enkripsi</t>
         </is>
       </c>
       <c r="D676" t="inlineStr"/>
       <c r="E676" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F676" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to update image pack: %1</t>
+          <t>SelfVerificationStatusEncryption Setup</t>
         </is>
       </c>
       <c r="G676" t="inlineStr"/>
       <c r="H676" t="inlineStr"/>
     </row>
     <row r="677">
       <c r="A677" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18260</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17830</t>
         </is>
       </c>
       <c r="B677" t="inlineStr">
         <is>
-          <t>Failed to delete old image pack: %1</t>
+          <t>Encryption setup failed: %1</t>
         </is>
       </c>
       <c r="C677" t="inlineStr">
         <is>
-          <t>Gagal menghapus paket gambar yang lama: %1</t>
+          <t>Penyiapan enkripsi gagal: %1</t>
         </is>
       </c>
       <c r="D677" t="inlineStr"/>
       <c r="E677" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F677" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
+          <t>SelfVerificationStatusEncryption setup failed: %1</t>
         </is>
       </c>
       <c r="G677" t="inlineStr"/>
       <c r="H677" t="inlineStr"/>
     </row>
     <row r="678">
       <c r="A678" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18318</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17988</t>
         </is>
       </c>
       <c r="B678" t="inlineStr">
         <is>
-          <t>Failed to open image: %1</t>
+          <t>Identity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="C678" t="inlineStr">
         <is>
-          <t>Gagal membuka gambar: %1</t>
+          <t>Kunci identitas telah berubah. Ini merusak enkripsi ujung-ke-ujung, jadi kamu dikeluarkan.</t>
         </is>
       </c>
       <c r="D678" t="inlineStr"/>
       <c r="E678" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F678" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to open image: %1</t>
+          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="G678" t="inlineStr"/>
       <c r="H678" t="inlineStr"/>
     </row>
     <row r="679">
       <c r="A679" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18332</t>
+          <t>../../src/SingleImagePackModel.cpp:18306</t>
         </is>
       </c>
       <c r="B679" t="inlineStr">
         <is>
-          <t>Failed to upload image: %1</t>
+          <t>Failed to update image pack: %1</t>
         </is>
       </c>
       <c r="C679" t="inlineStr">
         <is>
-          <t>Gagal mengunggah gambar: %1</t>
+          <t>Gagal memperbarui paket gambar: %1</t>
         </is>
       </c>
       <c r="D679" t="inlineStr"/>
       <c r="E679" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F679" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to upload image: %1</t>
+          <t>SingleImagePackModelFailed to update image pack: %1</t>
         </is>
       </c>
       <c r="G679" t="inlineStr"/>
       <c r="H679" t="inlineStr"/>
     </row>
     <row r="680">
       <c r="A680" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenu.qml:18348</t>
+          <t>../../src/SingleImagePackModel.cpp:18320</t>
         </is>
       </c>
       <c r="B680" t="inlineStr">
         <is>
-          <t>Add or remove from community...</t>
+          <t>Failed to delete old image pack: %1</t>
         </is>
       </c>
       <c r="C680" t="inlineStr">
         <is>
-          <t>Tambahkan atau hapus dari komunitas...</t>
+          <t>Gagal menghapus paket gambar yang lama: %1</t>
         </is>
       </c>
       <c r="D680" t="inlineStr"/>
       <c r="E680" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F680" t="inlineStr">
         <is>
-          <t>SpaceMenuAdd or remove from community...</t>
+          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
         </is>
       </c>
       <c r="G680" t="inlineStr"/>
       <c r="H680" t="inlineStr"/>
     </row>
     <row r="681">
       <c r="A681" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18376</t>
+          <t>../../src/SingleImagePackModel.cpp:18378</t>
         </is>
       </c>
       <c r="B681" t="inlineStr">
         <is>
-          <t>Official community for this room</t>
+          <t>Failed to open image: %1</t>
         </is>
       </c>
       <c r="C681" t="inlineStr">
         <is>
-          <t>Komunitas resmi untuk ruangan ini</t>
+          <t>Gagal membuka gambar: %1</t>
         </is>
       </c>
       <c r="D681" t="inlineStr"/>
       <c r="E681" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F681" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelOfficial community for this room</t>
+          <t>SingleImagePackModelFailed to open image: %1</t>
         </is>
       </c>
       <c r="G681" t="inlineStr"/>
       <c r="H681" t="inlineStr"/>
     </row>
     <row r="682">
       <c r="A682" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18384</t>
+          <t>../../src/SingleImagePackModel.cpp:18392</t>
         </is>
       </c>
       <c r="B682" t="inlineStr">
         <is>
-          <t>Affiliated community for this room</t>
+          <t>Failed to upload image: %1</t>
         </is>
       </c>
       <c r="C682" t="inlineStr">
         <is>
-          <t>Komunitas berafiliasi untuk ruangan ini</t>
+          <t>Gagal mengunggah gambar: %1</t>
         </is>
       </c>
       <c r="D682" t="inlineStr"/>
       <c r="E682" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F682" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelAffiliated community for this room</t>
+          <t>SingleImagePackModelFailed to upload image: %1</t>
         </is>
       </c>
       <c r="G682" t="inlineStr"/>
       <c r="H682" t="inlineStr"/>
     </row>
     <row r="683">
       <c r="A683" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18392</t>
+          <t>../qml/components/SpaceMenu.qml:18408</t>
         </is>
       </c>
       <c r="B683" t="inlineStr">
         <is>
-          <t>Listed only for community members</t>
+          <t>Add or remove from community...</t>
         </is>
       </c>
       <c r="C683" t="inlineStr">
         <is>
-          <t>Hanya didaftarkan untuk anggota komunitas</t>
+          <t>Tambahkan atau hapus dari komunitas...</t>
         </is>
       </c>
       <c r="D683" t="inlineStr"/>
       <c r="E683" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F683" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for community members</t>
+          <t>SpaceMenuAdd or remove from community...</t>
         </is>
       </c>
       <c r="G683" t="inlineStr"/>
       <c r="H683" t="inlineStr"/>
     </row>
     <row r="684">
       <c r="A684" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18400</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18436</t>
         </is>
       </c>
       <c r="B684" t="inlineStr">
         <is>
-          <t>Listed only for room members</t>
+          <t>Official community for this room</t>
         </is>
       </c>
       <c r="C684" t="inlineStr">
         <is>
-          <t>Hanya didaftarkan untuk anggota ruangan</t>
+          <t>Komunitas resmi untuk ruangan ini</t>
         </is>
       </c>
       <c r="D684" t="inlineStr"/>
       <c r="E684" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F684" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for room members</t>
+          <t>SpaceMenuLevelOfficial community for this room</t>
         </is>
       </c>
       <c r="G684" t="inlineStr"/>
       <c r="H684" t="inlineStr"/>
     </row>
     <row r="685">
       <c r="A685" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18408</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18444</t>
         </is>
       </c>
       <c r="B685" t="inlineStr">
         <is>
-          <t>Not related</t>
+          <t>Affiliated community for this room</t>
         </is>
       </c>
       <c r="C685" t="inlineStr">
         <is>
-          <t>Tidak terkait</t>
+          <t>Komunitas berafiliasi untuk ruangan ini</t>
         </is>
       </c>
       <c r="D685" t="inlineStr"/>
       <c r="E685" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F685" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelNot related</t>
+          <t>SpaceMenuLevelAffiliated community for this room</t>
         </is>
       </c>
       <c r="G685" t="inlineStr"/>
       <c r="H685" t="inlineStr"/>
     </row>
     <row r="686">
       <c r="A686" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18426</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18452</t>
         </is>
       </c>
       <c r="B686" t="inlineStr">
         <is>
-          <t>Failed</t>
+          <t>Listed only for community members</t>
         </is>
       </c>
       <c r="C686" t="inlineStr">
         <is>
-          <t>Gagal</t>
+          <t>Hanya didaftarkan untuk anggota komunitas</t>
         </is>
       </c>
       <c r="D686" t="inlineStr"/>
       <c r="E686" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F686" t="inlineStr">
         <is>
-          <t>StatusIndicatorFailed</t>
+          <t>SpaceMenuLevelListed only for community members</t>
         </is>
       </c>
       <c r="G686" t="inlineStr"/>
       <c r="H686" t="inlineStr"/>
     </row>
     <row r="687">
       <c r="A687" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18428</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18460</t>
         </is>
       </c>
       <c r="B687" t="inlineStr">
         <is>
-          <t>Sent</t>
+          <t>Listed only for room members</t>
         </is>
       </c>
       <c r="C687" t="inlineStr">
         <is>
-          <t>Terkirim</t>
+          <t>Hanya didaftarkan untuk anggota ruangan</t>
         </is>
       </c>
       <c r="D687" t="inlineStr"/>
       <c r="E687" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F687" t="inlineStr">
         <is>
-          <t>StatusIndicatorSent</t>
+          <t>SpaceMenuLevelListed only for room members</t>
         </is>
       </c>
       <c r="G687" t="inlineStr"/>
       <c r="H687" t="inlineStr"/>
     </row>
     <row r="688">
       <c r="A688" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18430</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18468</t>
         </is>
       </c>
       <c r="B688" t="inlineStr">
         <is>
-          <t>Received</t>
+          <t>Not related</t>
         </is>
       </c>
       <c r="C688" t="inlineStr">
         <is>
-          <t>Diterima</t>
+          <t>Tidak terkait</t>
         </is>
       </c>
       <c r="D688" t="inlineStr"/>
       <c r="E688" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F688" t="inlineStr">
         <is>
-          <t>StatusIndicatorReceived</t>
+          <t>SpaceMenuLevelNot related</t>
         </is>
       </c>
       <c r="G688" t="inlineStr"/>
       <c r="H688" t="inlineStr"/>
     </row>
     <row r="689">
       <c r="A689" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18432</t>
+          <t>../qml/StatusIndicator.qml:18486</t>
         </is>
       </c>
       <c r="B689" t="inlineStr">
         <is>
-          <t>Read</t>
+          <t>Failed</t>
         </is>
       </c>
       <c r="C689" t="inlineStr">
         <is>
-          <t>Dibaca</t>
+          <t>Gagal</t>
         </is>
       </c>
       <c r="D689" t="inlineStr"/>
       <c r="E689" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F689" t="inlineStr">
         <is>
-          <t>StatusIndicatorRead</t>
+          <t>StatusIndicatorFailed</t>
         </is>
       </c>
       <c r="G689" t="inlineStr"/>
       <c r="H689" t="inlineStr"/>
     </row>
     <row r="690">
       <c r="A690" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18501</t>
+          <t>../qml/StatusIndicator.qml:18488</t>
         </is>
       </c>
       <c r="B690" t="inlineStr">
         <is>
-          <t>Search</t>
+          <t>Sent</t>
         </is>
       </c>
       <c r="C690" t="inlineStr">
         <is>
-          <t>Cari</t>
+          <t>Terkirim</t>
         </is>
       </c>
       <c r="D690" t="inlineStr"/>
       <c r="E690" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F690" t="inlineStr">
         <is>
-          <t>StickerPickerSearch</t>
+          <t>StatusIndicatorSent</t>
         </is>
       </c>
       <c r="G690" t="inlineStr"/>
       <c r="H690" t="inlineStr"/>
     </row>
     <row r="691">
       <c r="A691" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18690</t>
+          <t>../qml/StatusIndicator.qml:18490</t>
         </is>
       </c>
       <c r="B691" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>Received</t>
         </is>
       </c>
       <c r="C691" t="inlineStr">
         <is>
-          <t>Ubah paket apa yang diaktifkan, hapus paket, atau buat yang baru</t>
+          <t>Diterima</t>
         </is>
       </c>
       <c r="D691" t="inlineStr"/>
       <c r="E691" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F691" t="inlineStr">
         <is>
-          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
+          <t>StatusIndicatorReceived</t>
         </is>
       </c>
       <c r="G691" t="inlineStr"/>
       <c r="H691" t="inlineStr"/>
     </row>
     <row r="692">
       <c r="A692" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18700</t>
+          <t>../qml/StatusIndicator.qml:18492</t>
         </is>
       </c>
       <c r="B692" t="inlineStr">
         <is>
-          <t>Successful Verification</t>
+          <t>Read</t>
         </is>
       </c>
       <c r="C692" t="inlineStr">
         <is>
-          <t>Verifikasi Berhasil</t>
+          <t>Dibaca</t>
         </is>
       </c>
       <c r="D692" t="inlineStr"/>
       <c r="E692" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F692" t="inlineStr">
         <is>
-          <t>SuccessSuccessful Verification</t>
+          <t>StatusIndicatorRead</t>
         </is>
       </c>
       <c r="G692" t="inlineStr"/>
       <c r="H692" t="inlineStr"/>
     </row>
     <row r="693">
       <c r="A693" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18710</t>
+          <t>../qml/emoji/StickerPicker.qml:18561</t>
         </is>
       </c>
       <c r="B693" t="inlineStr">
         <is>
-          <t>Verification successful!  Both sides verified their devices!</t>
+          <t>Search</t>
         </is>
       </c>
       <c r="C693" t="inlineStr">
         <is>
-          <t>Verifikasi berhasil!  Kedua sisi telah memverifikasi perangkat mereka!</t>
+          <t>Cari</t>
         </is>
       </c>
       <c r="D693" t="inlineStr"/>
       <c r="E693" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F693" t="inlineStr">
         <is>
-          <t>SuccessVerification successful! Both sides verified their devices!</t>
+          <t>StickerPickerSearch</t>
         </is>
       </c>
       <c r="G693" t="inlineStr"/>
       <c r="H693" t="inlineStr"/>
     </row>
     <row r="694">
       <c r="A694" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18724</t>
+          <t>../qml/emoji/StickerPicker.qml:18750</t>
         </is>
       </c>
       <c r="B694" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C694" t="inlineStr">
         <is>
-          <t>Tutup</t>
+          <t>Ubah paket apa yang diaktifkan, hapus paket, atau buat yang baru</t>
         </is>
       </c>
       <c r="D694" t="inlineStr"/>
       <c r="E694" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F694" t="inlineStr">
         <is>
-          <t>SuccessClose</t>
+          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="G694" t="inlineStr"/>
       <c r="H694" t="inlineStr"/>
     </row>
     <row r="695">
       <c r="A695" t="inlineStr">
         <is>
-          <t>../qml/TimelineDefaultMessageStyle.qml:18891</t>
+          <t>../qml/device-verification/Success.qml:18760</t>
         </is>
       </c>
       <c r="B695" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>Successful Verification</t>
         </is>
       </c>
       <c r="C695" t="inlineStr">
         <is>
-          <t>Bagian dari sebuah utas</t>
+          <t>Verifikasi Berhasil</t>
         </is>
       </c>
       <c r="D695" t="inlineStr"/>
       <c r="E695" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F695" t="inlineStr">
         <is>
-          <t>TimelineDefaultMessageStylePart of a thread</t>
+          <t>SuccessSuccessful Verification</t>
         </is>
       </c>
       <c r="G695" t="inlineStr"/>
       <c r="H695" t="inlineStr"/>
     </row>
     <row r="696">
       <c r="A696" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18979</t>
+          <t>../qml/device-verification/Success.qml:18770</t>
         </is>
       </c>
       <c r="B696" t="inlineStr">
         <is>
-          <t>%1 placed a voice call.</t>
+          <t>Verification successful!  Both sides verified their devices!</t>
         </is>
       </c>
       <c r="C696" t="inlineStr">
         <is>
-          <t>%1 melakukan panggilan suara.</t>
+          <t>Verifikasi berhasil!  Kedua sisi telah memverifikasi perangkat mereka!</t>
         </is>
       </c>
       <c r="D696" t="inlineStr"/>
       <c r="E696" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F696" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a voice call.</t>
+          <t>SuccessVerification successful! Both sides verified their devices!</t>
         </is>
       </c>
       <c r="G696" t="inlineStr"/>
       <c r="H696" t="inlineStr"/>
     </row>
     <row r="697">
       <c r="A697" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18981</t>
+          <t>../qml/device-verification/Success.qml:18784</t>
         </is>
       </c>
       <c r="B697" t="inlineStr">
         <is>
-          <t>%1 placed a video call.</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C697" t="inlineStr">
         <is>
-          <t>%1 melakukan panggilan suara.</t>
+          <t>Tutup</t>
         </is>
       </c>
       <c r="D697" t="inlineStr"/>
       <c r="E697" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F697" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a video call.</t>
+          <t>SuccessClose</t>
         </is>
       </c>
       <c r="G697" t="inlineStr"/>
       <c r="H697" t="inlineStr"/>
     </row>
     <row r="698">
       <c r="A698" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18983</t>
+          <t>../qml/TimelineDefaultMessageStyle.qml:18951</t>
         </is>
       </c>
       <c r="B698" t="inlineStr">
         <is>
-          <t>%1 placed a call.</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C698" t="inlineStr">
         <is>
-          <t>%1 melakukan panggilan.</t>
+          <t>Bagian dari sebuah utas</t>
         </is>
       </c>
       <c r="D698" t="inlineStr"/>
       <c r="E698" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F698" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a call.</t>
+          <t>TimelineDefaultMessageStylePart of a thread</t>
         </is>
       </c>
       <c r="G698" t="inlineStr"/>
       <c r="H698" t="inlineStr"/>
     </row>
     <row r="699">
       <c r="A699" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19005</t>
+          <t>../qml/TimelineEvent.qml:19039</t>
         </is>
       </c>
       <c r="B699" t="inlineStr">
         <is>
-          <t>%1 answered the call.</t>
+          <t>%1 placed a voice call.</t>
         </is>
       </c>
       <c r="C699" t="inlineStr">
         <is>
-          <t>%1 menjawab panggilan.</t>
+          <t>%1 melakukan panggilan suara.</t>
         </is>
       </c>
       <c r="D699" t="inlineStr"/>
       <c r="E699" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F699" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 answered the call.</t>
+          <t>TimelineEvent%1 placed a voice call.</t>
         </is>
       </c>
       <c r="G699" t="inlineStr"/>
       <c r="H699" t="inlineStr"/>
     </row>
     <row r="700">
       <c r="A700" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19007</t>
+          <t>../qml/TimelineEvent.qml:19041</t>
         </is>
       </c>
       <c r="B700" t="inlineStr">
         <is>
-          <t>%1 rejected the call.</t>
+          <t>%1 placed a video call.</t>
         </is>
       </c>
       <c r="C700" t="inlineStr">
         <is>
-          <t>%1 menolak panggilan.</t>
+          <t>%1 melakukan panggilan suara.</t>
         </is>
       </c>
       <c r="D700" t="inlineStr"/>
       <c r="E700" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F700" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 rejected the call.</t>
+          <t>TimelineEvent%1 placed a video call.</t>
         </is>
       </c>
       <c r="G700" t="inlineStr"/>
       <c r="H700" t="inlineStr"/>
     </row>
     <row r="701">
       <c r="A701" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19009</t>
+          <t>../qml/TimelineEvent.qml:19043</t>
         </is>
       </c>
       <c r="B701" t="inlineStr">
         <is>
-          <t>%1 selected answer.</t>
+          <t>%1 placed a call.</t>
         </is>
       </c>
       <c r="C701" t="inlineStr">
         <is>
-          <t>%1 memilih untuk menjawab.</t>
+          <t>%1 melakukan panggilan.</t>
         </is>
       </c>
       <c r="D701" t="inlineStr"/>
       <c r="E701" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F701" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 selected answer.</t>
+          <t>TimelineEvent%1 placed a call.</t>
         </is>
       </c>
       <c r="G701" t="inlineStr"/>
       <c r="H701" t="inlineStr"/>
     </row>
     <row r="702">
       <c r="A702" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19011</t>
+          <t>../qml/TimelineEvent.qml:19065</t>
         </is>
       </c>
       <c r="B702" t="inlineStr">
         <is>
-          <t>%1 ended the call.</t>
+          <t>%1 answered the call.</t>
         </is>
       </c>
       <c r="C702" t="inlineStr">
         <is>
-          <t>%1 mengakhir panggilan.</t>
+          <t>%1 menjawab panggilan.</t>
         </is>
       </c>
       <c r="D702" t="inlineStr"/>
       <c r="E702" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F702" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 ended the call.</t>
+          <t>TimelineEvent%1 answered the call.</t>
         </is>
       </c>
       <c r="G702" t="inlineStr"/>
       <c r="H702" t="inlineStr"/>
     </row>
     <row r="703">
       <c r="A703" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19015</t>
+          <t>../qml/TimelineEvent.qml:19067</t>
         </is>
       </c>
       <c r="B703" t="inlineStr">
         <is>
-          <t>%1 is negotiating the call...</t>
+          <t>%1 rejected the call.</t>
         </is>
       </c>
       <c r="C703" t="inlineStr">
         <is>
-          <t>%1 sedang melakukan panggilan...</t>
+          <t>%1 menolak panggilan.</t>
         </is>
       </c>
       <c r="D703" t="inlineStr"/>
       <c r="E703" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F703" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 is negotiating the call...</t>
+          <t>TimelineEvent%1 rejected the call.</t>
         </is>
       </c>
       <c r="G703" t="inlineStr"/>
       <c r="H703" t="inlineStr"/>
     </row>
     <row r="704">
       <c r="A704" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19106</t>
+          <t>../qml/TimelineEvent.qml:19069</t>
         </is>
       </c>
       <c r="B704" t="inlineStr">
         <is>
-          <t>Allow them in</t>
+          <t>%1 selected answer.</t>
         </is>
       </c>
       <c r="C704" t="inlineStr">
         <is>
-          <t>Izinkan mereka untuk masuk</t>
+          <t>%1 memilih untuk menjawab.</t>
         </is>
       </c>
       <c r="D704" t="inlineStr"/>
       <c r="E704" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F704" t="inlineStr">
         <is>
-          <t>TimelineEventAllow them in</t>
+          <t>TimelineEvent%1 selected answer.</t>
         </is>
       </c>
       <c r="G704" t="inlineStr"/>
       <c r="H704" t="inlineStr"/>
     </row>
     <row r="705">
       <c r="A705" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19128</t>
+          <t>../qml/TimelineEvent.qml:19071</t>
         </is>
       </c>
       <c r="B705" t="inlineStr">
         <is>
-          <t>This room was replaced for the following reason: %1</t>
+          <t>%1 ended the call.</t>
         </is>
       </c>
       <c r="C705" t="inlineStr">
         <is>
-          <t>Ruangan ini digantikan karena alasan berikut: %1</t>
+          <t>%1 mengakhir panggilan.</t>
         </is>
       </c>
       <c r="D705" t="inlineStr"/>
       <c r="E705" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F705" t="inlineStr">
         <is>
-          <t>TimelineEventThis room was replaced for the following reason: %1</t>
+          <t>TimelineEvent%1 ended the call.</t>
         </is>
       </c>
       <c r="G705" t="inlineStr"/>
       <c r="H705" t="inlineStr"/>
     </row>
     <row r="706">
       <c r="A706" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19136</t>
+          <t>../qml/TimelineEvent.qml:19075</t>
         </is>
       </c>
       <c r="B706" t="inlineStr">
         <is>
-          <t>Go to replacement room</t>
+          <t>%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="C706" t="inlineStr">
         <is>
-          <t>Pergi ke ruangan baru</t>
+          <t>%1 sedang melakukan panggilan...</t>
         </is>
       </c>
       <c r="D706" t="inlineStr"/>
       <c r="E706" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F706" t="inlineStr">
         <is>
-          <t>TimelineEventGo to replacement room</t>
+          <t>TimelineEvent%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="G706" t="inlineStr"/>
       <c r="H706" t="inlineStr"/>
     </row>
     <row r="707">
       <c r="A707" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19176</t>
+          <t>../qml/TimelineEvent.qml:19166</t>
         </is>
       </c>
       <c r="B707" t="inlineStr">
         <is>
-          <t>Edited</t>
+          <t>Allow them in</t>
         </is>
       </c>
       <c r="C707" t="inlineStr">
         <is>
-          <t>Disunting</t>
+          <t>Izinkan mereka untuk masuk</t>
         </is>
       </c>
       <c r="D707" t="inlineStr"/>
       <c r="E707" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F707" t="inlineStr">
         <is>
-          <t>TimelineMetadataEdited</t>
+          <t>TimelineEventAllow them in</t>
         </is>
       </c>
       <c r="G707" t="inlineStr"/>
       <c r="H707" t="inlineStr"/>
     </row>
     <row r="708">
       <c r="A708" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19192</t>
+          <t>../qml/TimelineEvent.qml:19188</t>
         </is>
       </c>
       <c r="B708" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>This room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="C708" t="inlineStr">
         <is>
-          <t>Bagian dari sebuah utas</t>
+          <t>Ruangan ini digantikan karena alasan berikut: %1</t>
         </is>
       </c>
       <c r="D708" t="inlineStr"/>
       <c r="E708" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F708" t="inlineStr">
         <is>
-          <t>TimelineMetadataPart of a thread</t>
+          <t>TimelineEventThis room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="G708" t="inlineStr"/>
       <c r="H708" t="inlineStr"/>
     </row>
     <row r="709">
       <c r="A709" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20814</t>
+          <t>../qml/TimelineEvent.qml:19196</t>
         </is>
       </c>
       <c r="B709" t="inlineStr">
         <is>
-          <t>Message redaction failed: %1</t>
+          <t>Go to replacement room</t>
         </is>
       </c>
       <c r="C709" t="inlineStr">
         <is>
-          <t>Reaksi pesan gagal: %1</t>
+          <t>Pergi ke ruangan baru</t>
         </is>
       </c>
       <c r="D709" t="inlineStr"/>
       <c r="E709" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F709" t="inlineStr">
         <is>
-          <t>TimelineModelMessage redaction failed: %1</t>
+          <t>TimelineEventGo to replacement room</t>
         </is>
       </c>
       <c r="G709" t="inlineStr"/>
       <c r="H709" t="inlineStr"/>
     </row>
     <row r="710">
       <c r="A710" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20941</t>
+          <t>../qml/TimelineMetadata.qml:19236</t>
         </is>
       </c>
       <c r="B710" t="inlineStr">
         <is>
-          <t>Failed to encrypt event, sending aborted!</t>
+          <t>Edited</t>
         </is>
       </c>
       <c r="C710" t="inlineStr">
         <is>
-          <t>Gagal mendekripsikan peristiwa, pengiriman dihentikan!</t>
+          <t>Disunting</t>
         </is>
       </c>
       <c r="D710" t="inlineStr"/>
       <c r="E710" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F710" t="inlineStr">
         <is>
-          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
+          <t>TimelineMetadataEdited</t>
         </is>
       </c>
       <c r="G710" t="inlineStr"/>
       <c r="H710" t="inlineStr"/>
     </row>
     <row r="711">
       <c r="A711" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21137</t>
+          <t>../qml/TimelineMetadata.qml:19252</t>
         </is>
       </c>
       <c r="B711" t="inlineStr">
         <is>
-          <t>Save image</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C711" t="inlineStr">
         <is>
-          <t>Simpan gambar</t>
+          <t>Bagian dari sebuah utas</t>
         </is>
       </c>
       <c r="D711" t="inlineStr"/>
       <c r="E711" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F711" t="inlineStr">
         <is>
-          <t>TimelineModelSave image</t>
+          <t>TimelineMetadataPart of a thread</t>
         </is>
       </c>
       <c r="G711" t="inlineStr"/>
       <c r="H711" t="inlineStr"/>
     </row>
     <row r="712">
       <c r="A712" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21139</t>
+          <t>../../src/timeline/TimelineModel.cpp:20873</t>
         </is>
       </c>
       <c r="B712" t="inlineStr">
         <is>
-          <t>Save video</t>
+          <t>Message redaction failed: %1</t>
         </is>
       </c>
       <c r="C712" t="inlineStr">
         <is>
-          <t>Simpan video</t>
+          <t>Reaksi pesan gagal: %1</t>
         </is>
       </c>
       <c r="D712" t="inlineStr"/>
       <c r="E712" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F712" t="inlineStr">
         <is>
-          <t>TimelineModelSave video</t>
+          <t>TimelineModelMessage redaction failed: %1</t>
         </is>
       </c>
       <c r="G712" t="inlineStr"/>
       <c r="H712" t="inlineStr"/>
     </row>
     <row r="713">
       <c r="A713" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21141</t>
+          <t>../../src/timeline/TimelineModel.cpp:21000</t>
         </is>
       </c>
       <c r="B713" t="inlineStr">
         <is>
-          <t>Save audio</t>
+          <t>Failed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="C713" t="inlineStr">
         <is>
-          <t>Simpan audio</t>
+          <t>Gagal mendekripsikan peristiwa, pengiriman dihentikan!</t>
         </is>
       </c>
       <c r="D713" t="inlineStr"/>
       <c r="E713" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F713" t="inlineStr">
         <is>
-          <t>TimelineModelSave audio</t>
+          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="G713" t="inlineStr"/>
       <c r="H713" t="inlineStr"/>
     </row>
     <row r="714">
       <c r="A714" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21143</t>
+          <t>../../src/timeline/TimelineModel.cpp:21196</t>
         </is>
       </c>
       <c r="B714" t="inlineStr">
         <is>
-          <t>Save file</t>
+          <t>Save image</t>
         </is>
       </c>
       <c r="C714" t="inlineStr">
         <is>
-          <t>Simpan file</t>
+          <t>Simpan gambar</t>
         </is>
       </c>
       <c r="D714" t="inlineStr"/>
       <c r="E714" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F714" t="inlineStr">
         <is>
-          <t>TimelineModelSave file</t>
+          <t>TimelineModelSave image</t>
         </is>
       </c>
       <c r="G714" t="inlineStr"/>
       <c r="H714" t="inlineStr"/>
     </row>
     <row r="715">
       <c r="A715" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21490</t>
+          <t>../../src/timeline/TimelineModel.cpp:21198</t>
         </is>
       </c>
       <c r="B715" t="inlineStr">
         <is>
-          <t>%1%2 is typing.</t>
+          <t>Save video</t>
         </is>
       </c>
       <c r="C715" t="inlineStr">
         <is>
-          <t>%1 dan %2 sedang mengetik.</t>
+          <t>Simpan video</t>
         </is>
       </c>
       <c r="D715" t="inlineStr"/>
       <c r="E715" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F715" t="inlineStr">
         <is>
+          <t>TimelineModelSave video</t>
+        </is>
+      </c>
+      <c r="G715" t="inlineStr"/>
+      <c r="H715" t="inlineStr"/>
+    </row>
+    <row r="716">
+      <c r="A716" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21200</t>
+        </is>
+      </c>
+      <c r="B716" t="inlineStr">
+        <is>
+          <t>Save audio</t>
+        </is>
+      </c>
+      <c r="C716" t="inlineStr">
+        <is>
+          <t>Simpan audio</t>
+        </is>
+      </c>
+      <c r="D716" t="inlineStr"/>
+      <c r="E716" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F716" t="inlineStr">
+        <is>
+          <t>TimelineModelSave audio</t>
+        </is>
+      </c>
+      <c r="G716" t="inlineStr"/>
+      <c r="H716" t="inlineStr"/>
+    </row>
+    <row r="717">
+      <c r="A717" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21202</t>
+        </is>
+      </c>
+      <c r="B717" t="inlineStr">
+        <is>
+          <t>Save file</t>
+        </is>
+      </c>
+      <c r="C717" t="inlineStr">
+        <is>
+          <t>Simpan file</t>
+        </is>
+      </c>
+      <c r="D717" t="inlineStr"/>
+      <c r="E717" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F717" t="inlineStr">
+        <is>
+          <t>TimelineModelSave file</t>
+        </is>
+      </c>
+      <c r="G717" t="inlineStr"/>
+      <c r="H717" t="inlineStr"/>
+    </row>
+    <row r="718">
+      <c r="A718" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21550</t>
+        </is>
+      </c>
+      <c r="B718" t="inlineStr">
+        <is>
+          <t>%1%2 is typing.</t>
+        </is>
+      </c>
+      <c r="C718" t="inlineStr">
+        <is>
+          <t>%1 dan %2 sedang mengetik.</t>
+        </is>
+      </c>
+      <c r="D718" t="inlineStr"/>
+      <c r="E718" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F718" t="inlineStr">
+        <is>
           <t>TimelineModel
 Multiple users are typing. First argument is a comma separated list of potentially multiple users. Second argument is the last user of that list. (If only one user is typing, %1 is empty. You should still use it in your string though to silence Qt warnings.)%1 and %2 are typing.</t>
         </is>
       </c>
-      <c r="G715" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G718" t="inlineStr"/>
       <c r="H718" t="inlineStr"/>
     </row>
     <row r="719">
       <c r="A719" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21580</t>
+          <t>../../src/timeline/TimelineModel.cpp:21610</t>
         </is>
       </c>
       <c r="B719" t="inlineStr">
         <is>
-          <t>%1 made the room open to guests.</t>
+          <t>%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="C719" t="inlineStr">
         <is>
-          <t>%1 membuat ruangan ini terbuka ke tamu.</t>
+          <t>%1 membuka ruangan ke publik.</t>
         </is>
       </c>
       <c r="D719" t="inlineStr"/>
       <c r="E719" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F719" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room open to guests.</t>
+          <t>TimelineModel%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="G719" t="inlineStr"/>
       <c r="H719" t="inlineStr"/>
     </row>
     <row r="720">
       <c r="A720" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21582</t>
+          <t>../../src/timeline/TimelineModel.cpp:21614</t>
         </is>
       </c>
       <c r="B720" t="inlineStr">
         <is>
-          <t>%1 has closed the room to guest access.</t>
+          <t>%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="C720" t="inlineStr">
         <is>
-          <t>%1 telah menutup ruangan ke akses tamu.</t>
+          <t>%1 mengizinkan siapa saja untuk bergabung ke ruangan ini dengan mengetuk.</t>
         </is>
       </c>
       <c r="D720" t="inlineStr"/>
       <c r="E720" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F720" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has closed the room to guest access.</t>
+          <t>TimelineModel%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="G720" t="inlineStr"/>
       <c r="H720" t="inlineStr"/>
     </row>
     <row r="721">
       <c r="A721" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21597</t>
+          <t>../../src/timeline/TimelineModel.cpp:21621</t>
         </is>
       </c>
       <c r="B721" t="inlineStr">
         <is>
-          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="C721" t="inlineStr">
         <is>
-          <t>%1 membuat sejarah ruangan dibaca oleh siapa saja. Peristiwa mungkin bisa dibaca oleh orang yang tidak bergabung.</t>
+          <t>%1 mengizinkan anggota dari ruangan berikut untuk bergabung ke ruangan ini secara otomatis: %2</t>
         </is>
       </c>
       <c r="D721" t="inlineStr"/>
       <c r="E721" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F721" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>TimelineModel%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="G721" t="inlineStr"/>
       <c r="H721" t="inlineStr"/>
     </row>
     <row r="722">
       <c r="A722" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21601</t>
+          <t>../../src/timeline/TimelineModel.cpp:21640</t>
         </is>
       </c>
       <c r="B722" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members from this point on.</t>
+          <t>%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="C722" t="inlineStr">
         <is>
-          <t>%1 membuat sejarah ruangan bisa dilihat oleh anggota dari titik sekarang.</t>
+          <t>%1 membuat ruangan ini terbuka ke tamu.</t>
         </is>
       </c>
       <c r="D722" t="inlineStr"/>
       <c r="E722" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F722" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
+          <t>TimelineModel%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="G722" t="inlineStr"/>
       <c r="H722" t="inlineStr"/>
     </row>
     <row r="723">
       <c r="A723" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21603</t>
+          <t>../../src/timeline/TimelineModel.cpp:21642</t>
         </is>
       </c>
       <c r="B723" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they were invited.</t>
+          <t>%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="C723" t="inlineStr">
         <is>
-          <t>%1 membuat sejarah ruangan bisa dilihat oleh anggota yang telah diundang.</t>
+          <t>%1 telah menutup ruangan ke akses tamu.</t>
         </is>
       </c>
       <c r="D723" t="inlineStr"/>
       <c r="E723" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F723" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
+          <t>TimelineModel%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="G723" t="inlineStr"/>
       <c r="H723" t="inlineStr"/>
     </row>
     <row r="724">
       <c r="A724" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21605</t>
+          <t>../../src/timeline/TimelineModel.cpp:21657</t>
         </is>
       </c>
       <c r="B724" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they joined the room.</t>
+          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="C724" t="inlineStr">
         <is>
-          <t>%1 membuat sejarah ruangan bisa dilihat oleh anggota yang telah bergabung ke ruangan ini.</t>
+          <t>%1 membuat sejarah ruangan dibaca oleh siapa saja. Peristiwa mungkin bisa dibaca oleh orang yang tidak bergabung.</t>
         </is>
       </c>
       <c r="D724" t="inlineStr"/>
       <c r="E724" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F724" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
+          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="G724" t="inlineStr"/>
       <c r="H724" t="inlineStr"/>
     </row>
     <row r="725">
       <c r="A725" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21877</t>
+          <t>../../src/timeline/TimelineModel.cpp:21661</t>
         </is>
       </c>
       <c r="B725" t="inlineStr">
         <is>
-          <t>%1 has changed the room's permissions.</t>
+          <t>%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="C725" t="inlineStr">
         <is>
-          <t>%1 telah mengubah izin ruangan.</t>
+          <t>%1 membuat sejarah ruangan bisa dilihat oleh anggota dari titik sekarang.</t>
         </is>
       </c>
       <c r="D725" t="inlineStr"/>
       <c r="E725" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F725" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's permissions.</t>
+          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="G725" t="inlineStr"/>
       <c r="H725" t="inlineStr"/>
     </row>
     <row r="726">
       <c r="A726" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21656</t>
+          <t>../../src/timeline/TimelineModel.cpp:21663</t>
         </is>
       </c>
       <c r="B726" t="inlineStr">
         <is>
-          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
       <c r="C726" t="inlineStr">
         <is>
-          <t>%1 telah mengubah tingkat daya pengeluaran ruangan dari %2 ke %3.</t>
+          <t>%1 membuat sejarah ruangan bisa dilihat oleh anggota yang telah diundang.</t>
         </is>
       </c>
       <c r="D726" t="inlineStr"/>
       <c r="E726" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F726" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
       <c r="G726" t="inlineStr"/>
       <c r="H726" t="inlineStr"/>
     </row>
     <row r="727">
       <c r="A727" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21671</t>
+          <t>../../src/timeline/TimelineModel.cpp:21665</t>
         </is>
       </c>
       <c r="B727" t="inlineStr">
         <is>
-          <t>%n member can now kick room members.</t>
+          <t>%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
       <c r="C727" t="inlineStr">
         <is>
-          <t>%n anggota sekarang dapat mengeluarkan anggota ruangan.</t>
+          <t>%1 membuat sejarah ruangan bisa dilihat oleh anggota yang telah bergabung ke ruangan ini.</t>
         </is>
       </c>
       <c r="D727" t="inlineStr"/>
       <c r="E727" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F727" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now kick room members.</t>
+          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
       <c r="G727" t="inlineStr"/>
       <c r="H727" t="inlineStr"/>
     </row>
     <row r="728">
       <c r="A728" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21675</t>
+          <t>../../src/timeline/TimelineModel.cpp:21939</t>
         </is>
       </c>
       <c r="B728" t="inlineStr">
         <is>
-          <t>%1 can now kick room members.</t>
+          <t>%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="C728" t="inlineStr">
         <is>
-          <t>%1 sekarang dapat mengeluarkan anggota ruangan.</t>
+          <t>%1 telah mengubah izin ruangan.</t>
         </is>
       </c>
       <c r="D728" t="inlineStr"/>
       <c r="E728" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F728" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now kick room members.</t>
+          <t>TimelineModel%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="G728" t="inlineStr"/>
       <c r="H728" t="inlineStr"/>
     </row>
     <row r="729">
       <c r="A729" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21687</t>
+          <t>../../src/timeline/TimelineModel.cpp:21717</t>
         </is>
       </c>
       <c r="B729" t="inlineStr">
         <is>
-          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C729" t="inlineStr">
         <is>
-          <t>%1 telah mengubah tingkat daya redaksi ruangan dari %2 ke %3.</t>
+          <t>%1 telah mengubah tingkat daya pengeluaran ruangan dari %2 ke %3.</t>
         </is>
       </c>
       <c r="D729" t="inlineStr"/>
       <c r="E729" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F729" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G729" t="inlineStr"/>
       <c r="H729" t="inlineStr"/>
     </row>
     <row r="730">
       <c r="A730" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21701</t>
+          <t>../../src/timeline/TimelineModel.cpp:21732</t>
         </is>
       </c>
       <c r="B730" t="inlineStr">
         <is>
-          <t>%n member can now redact room messages.</t>
+          <t>%n member can now kick room members.</t>
         </is>
       </c>
       <c r="C730" t="inlineStr">
         <is>
-          <t>%n anggota sekarang dapat meredaksikan pesan ruangan.</t>
+          <t>%n anggota sekarang dapat mengeluarkan anggota ruangan.</t>
         </is>
       </c>
       <c r="D730" t="inlineStr"/>
       <c r="E730" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F730" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now redact room messages.</t>
+          <t>TimelineModel%n member(s) can now kick room members.</t>
         </is>
       </c>
       <c r="G730" t="inlineStr"/>
       <c r="H730" t="inlineStr"/>
     </row>
     <row r="731">
       <c r="A731" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21707</t>
+          <t>../../src/timeline/TimelineModel.cpp:21736</t>
         </is>
       </c>
       <c r="B731" t="inlineStr">
         <is>
-          <t>%1 can now redact room messages.</t>
+          <t>%1 can now kick room members.</t>
         </is>
       </c>
       <c r="C731" t="inlineStr">
         <is>
-          <t>%1 sekarang dapat meredaksikan pesan ruangan.</t>
+          <t>%1 sekarang dapat mengeluarkan anggota ruangan.</t>
         </is>
       </c>
       <c r="D731" t="inlineStr"/>
       <c r="E731" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F731" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now redact room messages.</t>
+          <t>TimelineModel%1 can now kick room members.</t>
         </is>
       </c>
       <c r="G731" t="inlineStr"/>
       <c r="H731" t="inlineStr"/>
     </row>
     <row r="732">
       <c r="A732" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21719</t>
+          <t>../../src/timeline/TimelineModel.cpp:21748</t>
         </is>
       </c>
       <c r="B732" t="inlineStr">
         <is>
-          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C732" t="inlineStr">
         <is>
-          <t>%1 telah mengubah tingkat daya pencekalan ruangan dari %2 ke %3.</t>
+          <t>%1 telah mengubah tingkat daya redaksi ruangan dari %2 ke %3.</t>
         </is>
       </c>
       <c r="D732" t="inlineStr"/>
       <c r="E732" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F732" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G732" t="inlineStr"/>
       <c r="H732" t="inlineStr"/>
     </row>
     <row r="733">
       <c r="A733" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21734</t>
+          <t>../../src/timeline/TimelineModel.cpp:21762</t>
         </is>
       </c>
       <c r="B733" t="inlineStr">
         <is>
-          <t>%n member can now ban room members.</t>
+          <t>%n member can now redact room messages.</t>
         </is>
       </c>
       <c r="C733" t="inlineStr">
         <is>
-          <t>%n anggota sekarang dapat mencekal anggota ruangan.</t>
+          <t>%n anggota sekarang dapat meredaksikan pesan ruangan.</t>
         </is>
       </c>
       <c r="D733" t="inlineStr"/>
       <c r="E733" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F733" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now ban room members.</t>
+          <t>TimelineModel%n member(s) can now redact room messages.</t>
         </is>
       </c>
       <c r="G733" t="inlineStr"/>
       <c r="H733" t="inlineStr"/>
     </row>
     <row r="734">
       <c r="A734" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21738</t>
+          <t>../../src/timeline/TimelineModel.cpp:21768</t>
         </is>
       </c>
       <c r="B734" t="inlineStr">
         <is>
-          <t>%1 can now ban room members.</t>
+          <t>%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="C734" t="inlineStr">
         <is>
-          <t>%1 sekarang dapat mencekal anggota ruangan.</t>
+          <t>%1 sekarang dapat meredaksikan pesan ruangan.</t>
         </is>
       </c>
       <c r="D734" t="inlineStr"/>
       <c r="E734" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F734" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now ban room members.</t>
+          <t>TimelineModel%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="G734" t="inlineStr"/>
       <c r="H734" t="inlineStr"/>
     </row>
     <row r="735">
       <c r="A735" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21751</t>
+          <t>../../src/timeline/TimelineModel.cpp:21780</t>
         </is>
       </c>
       <c r="B735" t="inlineStr">
         <is>
-          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C735" t="inlineStr">
         <is>
-          <t>%1 telah mengubah tingkat daya state_default ruangan dari %2 ke %3.</t>
+          <t>%1 telah mengubah tingkat daya pencekalan ruangan dari %2 ke %3.</t>
         </is>
       </c>
       <c r="D735" t="inlineStr"/>
       <c r="E735" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F735" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G735" t="inlineStr"/>
       <c r="H735" t="inlineStr"/>
     </row>
     <row r="736">
       <c r="A736" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21766</t>
+          <t>../../src/timeline/TimelineModel.cpp:21795</t>
         </is>
       </c>
       <c r="B736" t="inlineStr">
         <is>
-          <t>%n member can now send state events.</t>
+          <t>%n member can now ban room members.</t>
         </is>
       </c>
       <c r="C736" t="inlineStr">
         <is>
-          <t>%n anggota sekarang dapat mengirim peristiwa status.</t>
+          <t>%n anggota sekarang dapat mencekal anggota ruangan.</t>
         </is>
       </c>
       <c r="D736" t="inlineStr"/>
       <c r="E736" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F736" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now send state events.</t>
+          <t>TimelineModel%n member(s) can now ban room members.</t>
         </is>
       </c>
       <c r="G736" t="inlineStr"/>
       <c r="H736" t="inlineStr"/>
     </row>
     <row r="737">
       <c r="A737" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21770</t>
+          <t>../../src/timeline/TimelineModel.cpp:21799</t>
         </is>
       </c>
       <c r="B737" t="inlineStr">
         <is>
-          <t>%1 can now send state events.</t>
+          <t>%1 can now ban room members.</t>
         </is>
       </c>
       <c r="C737" t="inlineStr">
         <is>
-          <t>%1 sekarang dapat mengirim peristiwa status.</t>
+          <t>%1 sekarang dapat mencekal anggota ruangan.</t>
         </is>
       </c>
       <c r="D737" t="inlineStr"/>
       <c r="E737" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F737" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now send state events.</t>
+          <t>TimelineModel%1 can now ban room members.</t>
         </is>
       </c>
       <c r="G737" t="inlineStr"/>
       <c r="H737" t="inlineStr"/>
     </row>
     <row r="738">
       <c r="A738" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21784</t>
+          <t>../../src/timeline/TimelineModel.cpp:21812</t>
         </is>
       </c>
       <c r="B738" t="inlineStr">
         <is>
-          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C738" t="inlineStr">
         <is>
-          <t>%1 telah mengubah tingkat daya undangan ruangan dari %2 ke %3.</t>
+          <t>%1 telah mengubah tingkat daya state_default ruangan dari %2 ke %3.</t>
         </is>
       </c>
       <c r="D738" t="inlineStr"/>
       <c r="E738" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F738" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G738" t="inlineStr"/>
       <c r="H738" t="inlineStr"/>
     </row>
     <row r="739">
       <c r="A739" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21794</t>
+          <t>../../src/timeline/TimelineModel.cpp:21827</t>
         </is>
       </c>
       <c r="B739" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>%n member can now send state events.</t>
         </is>
       </c>
       <c r="C739" t="inlineStr">
         <is>
-          <t>%1 telah mengubah tingkat daya events_default ruangan dari %2 ke %3. Pengguna baru sekarang tidak dapat mengirim peristiwa apa pun.</t>
+          <t>%n anggota sekarang dapat mengirim peristiwa status.</t>
         </is>
       </c>
       <c r="D739" t="inlineStr"/>
       <c r="E739" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F739" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>TimelineModel%n member(s) can now send state events.</t>
         </is>
       </c>
       <c r="G739" t="inlineStr"/>
       <c r="H739" t="inlineStr"/>
     </row>
     <row r="740">
       <c r="A740" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21803</t>
+          <t>../../src/timeline/TimelineModel.cpp:21831</t>
         </is>
       </c>
       <c r="B740" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>%1 can now send state events.</t>
         </is>
       </c>
       <c r="C740" t="inlineStr">
         <is>
-          <t>%1 telah mengubah tingkat daya events_default ruangan dari %2 ke %3. Pengguna baru sekarang dapat mengirim peristiwa yang tidak dibatasi.</t>
+          <t>%1 sekarang dapat mengirim peristiwa status.</t>
         </is>
       </c>
       <c r="D740" t="inlineStr"/>
       <c r="E740" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F740" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>TimelineModel%1 can now send state events.</t>
         </is>
       </c>
       <c r="G740" t="inlineStr"/>
       <c r="H740" t="inlineStr"/>
     </row>
     <row r="741">
       <c r="A741" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21810</t>
+          <t>../../src/timeline/TimelineModel.cpp:21845</t>
         </is>
       </c>
       <c r="B741" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C741" t="inlineStr">
         <is>
-          <t>%1 telah mengubah tingkat daya events_default ruangan dari %2 ke %3.</t>
+          <t>%1 telah mengubah tingkat daya undangan ruangan dari %2 ke %3.</t>
         </is>
       </c>
       <c r="D741" t="inlineStr"/>
       <c r="E741" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F741" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G741" t="inlineStr"/>
       <c r="H741" t="inlineStr"/>
     </row>
     <row r="742">
       <c r="A742" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21822</t>
+          <t>../../src/timeline/TimelineModel.cpp:21855</t>
         </is>
       </c>
       <c r="B742" t="inlineStr">
         <is>
-          <t>%1 has made %2 an administrator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="C742" t="inlineStr">
         <is>
-          <t>%1 telah membuat %2 sebagai seorang administrator di ruangan ini.</t>
+          <t>%1 telah mengubah tingkat daya events_default ruangan dari %2 ke %3. Pengguna baru sekarang tidak dapat mengirim peristiwa apa pun.</t>
         </is>
       </c>
       <c r="D742" t="inlineStr"/>
       <c r="E742" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F742" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="G742" t="inlineStr"/>
       <c r="H742" t="inlineStr"/>
     </row>
     <row r="743">
       <c r="A743" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21826</t>
+          <t>../../src/timeline/TimelineModel.cpp:21864</t>
         </is>
       </c>
       <c r="B743" t="inlineStr">
         <is>
-          <t>%1 has made %2 a moderator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="C743" t="inlineStr">
         <is>
-          <t>%1 telah membuat %2 sebagai seorang moderator di ruangan ini.</t>
+          <t>%1 telah mengubah tingkat daya events_default ruangan dari %2 ke %3. Pengguna baru sekarang dapat mengirim peristiwa yang tidak dibatasi.</t>
         </is>
       </c>
       <c r="D743" t="inlineStr"/>
       <c r="E743" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F743" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="G743" t="inlineStr"/>
       <c r="H743" t="inlineStr"/>
     </row>
     <row r="744">
       <c r="A744" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21830</t>
+          <t>../../src/timeline/TimelineModel.cpp:21871</t>
         </is>
       </c>
       <c r="B744" t="inlineStr">
         <is>
-          <t>%1 has downgraded %2 to moderator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C744" t="inlineStr">
         <is>
-          <t>%1 telah menurunkan %2 sebagai moderator di ruangan ini.</t>
+          <t>%1 telah mengubah tingkat daya events_default ruangan dari %2 ke %3.</t>
         </is>
       </c>
       <c r="D744" t="inlineStr"/>
       <c r="E744" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F744" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G744" t="inlineStr"/>
       <c r="H744" t="inlineStr"/>
     </row>
     <row r="745">
       <c r="A745" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21833</t>
+          <t>../../src/timeline/TimelineModel.cpp:21883</t>
         </is>
       </c>
       <c r="B745" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="C745" t="inlineStr">
         <is>
-          <t>%1 telah mengubah tingkat daya %2 dari %3 ke %4.</t>
+          <t>%1 telah membuat %2 sebagai seorang administrator di ruangan ini.</t>
         </is>
       </c>
       <c r="D745" t="inlineStr"/>
       <c r="E745" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F745" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="G745" t="inlineStr"/>
       <c r="H745" t="inlineStr"/>
     </row>
     <row r="746">
       <c r="A746" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21849</t>
+          <t>../../src/timeline/TimelineModel.cpp:21887</t>
         </is>
       </c>
       <c r="B746" t="inlineStr">
         <is>
-          <t>%1 allowed only administrators to send "%2".</t>
+          <t>%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="C746" t="inlineStr">
         <is>
-          <t>%1 hanya memperbolehkan para administrator untuk mengirim "%2".</t>
+          <t>%1 telah membuat %2 sebagai seorang moderator di ruangan ini.</t>
         </is>
       </c>
       <c r="D746" t="inlineStr"/>
       <c r="E746" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F746" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
+          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="G746" t="inlineStr"/>
       <c r="H746" t="inlineStr"/>
     </row>
     <row r="747">
       <c r="A747" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21852</t>
+          <t>../../src/timeline/TimelineModel.cpp:21891</t>
         </is>
       </c>
       <c r="B747" t="inlineStr">
         <is>
-          <t>%1 allowed only moderators to send "%2".</t>
+          <t>%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="C747" t="inlineStr">
         <is>
-          <t>%1 hanya memperbolehkan para moderator untuk mengirim "%2".</t>
+          <t>%1 telah menurunkan %2 sebagai moderator di ruangan ini.</t>
         </is>
       </c>
       <c r="D747" t="inlineStr"/>
       <c r="E747" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F747" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
+          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="G747" t="inlineStr"/>
       <c r="H747" t="inlineStr"/>
     </row>
     <row r="748">
       <c r="A748" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21855</t>
+          <t>../../src/timeline/TimelineModel.cpp:21895</t>
         </is>
       </c>
       <c r="B748" t="inlineStr">
         <is>
-          <t>%1 allowed everyone to send "%2".</t>
+          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="C748" t="inlineStr">
         <is>
-          <t>%1 memperbolehkan semuanya untuk mengirim "%2".</t>
+          <t>%1 telah mengubah tingkat daya %2 dari %3 ke %4.</t>
         </is>
       </c>
       <c r="D748" t="inlineStr"/>
       <c r="E748" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F748" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed everyone to send "%2".</t>
+          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="G748" t="inlineStr"/>
       <c r="H748" t="inlineStr"/>
     </row>
     <row r="749">
       <c r="A749" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21859</t>
+          <t>../../src/timeline/TimelineModel.cpp:21911</t>
         </is>
       </c>
       <c r="B749" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="C749" t="inlineStr">
         <is>
-          <t>%1 telah mengubah tingkat daya tipe peristiwa "%2" dari bawaan ke %3.</t>
+          <t>%1 hanya memperbolehkan para administrator untuk mengirim "%2".</t>
         </is>
       </c>
       <c r="D749" t="inlineStr"/>
       <c r="E749" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F749" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="G749" t="inlineStr"/>
       <c r="H749" t="inlineStr"/>
     </row>
     <row r="750">
       <c r="A750" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21865</t>
+          <t>../../src/timeline/TimelineModel.cpp:21914</t>
         </is>
       </c>
       <c r="B750" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="C750" t="inlineStr">
         <is>
-          <t>%1 telah mengubah tingkat daya tipe peristiwa "%2" dari %3 ke %4.</t>
+          <t>%1 hanya memperbolehkan para moderator untuk mengirim "%2".</t>
         </is>
       </c>
       <c r="D750" t="inlineStr"/>
       <c r="E750" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F750" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="G750" t="inlineStr"/>
       <c r="H750" t="inlineStr"/>
     </row>
     <row r="751">
       <c r="A751" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21924</t>
+          <t>../../src/timeline/TimelineModel.cpp:21917</t>
         </is>
       </c>
       <c r="B751" t="inlineStr">
         <is>
-          <t>(empty)</t>
+          <t>%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="C751" t="inlineStr">
         <is>
-          <t>(kosong)</t>
+          <t>%1 memperbolehkan semuanya untuk mengirim "%2".</t>
         </is>
       </c>
       <c r="D751" t="inlineStr"/>
       <c r="E751" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F751" t="inlineStr">
         <is>
-          <t>TimelineModel(empty)</t>
+          <t>TimelineModel%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="G751" t="inlineStr"/>
       <c r="H751" t="inlineStr"/>
     </row>
     <row r="752">
       <c r="A752" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21930</t>
+          <t>../../src/timeline/TimelineModel.cpp:21921</t>
         </is>
       </c>
       <c r="B752" t="inlineStr">
         <is>
-          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="C752" t="inlineStr">
         <is>
-          <t>%1 menghapus gambar berikut ini dari paket %2:&lt;br&gt;%3</t>
+          <t>%1 telah mengubah tingkat daya tipe peristiwa "%2" dari bawaan ke %3.</t>
         </is>
       </c>
       <c r="D752" t="inlineStr"/>
       <c r="E752" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F752" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="G752" t="inlineStr"/>
       <c r="H752" t="inlineStr"/>
     </row>
     <row r="753">
       <c r="A753" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21936</t>
+          <t>../../src/timeline/TimelineModel.cpp:21927</t>
         </is>
       </c>
       <c r="B753" t="inlineStr">
         <is>
-          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="C753" t="inlineStr">
         <is>
-          <t>%1 menambahkan gambar berikut ini dari paket %2:&lt;br&gt;%3</t>
+          <t>%1 telah mengubah tingkat daya tipe peristiwa "%2" dari %3 ke %4.</t>
         </is>
       </c>
       <c r="D753" t="inlineStr"/>
       <c r="E753" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F753" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="G753" t="inlineStr"/>
       <c r="H753" t="inlineStr"/>
     </row>
     <row r="754">
       <c r="A754" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21941</t>
+          <t>../../src/timeline/TimelineModel.cpp:21986</t>
         </is>
       </c>
       <c r="B754" t="inlineStr">
         <is>
-          <t>%1 changed the sticker and emotes in this room.</t>
+          <t>(empty)</t>
         </is>
       </c>
       <c r="C754" t="inlineStr">
         <is>
-          <t>%1 mengubah stiker dan emoji di ruangan ini.</t>
+          <t>(kosong)</t>
         </is>
       </c>
       <c r="D754" t="inlineStr"/>
       <c r="E754" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F754" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
+          <t>TimelineModel(empty)</t>
         </is>
       </c>
       <c r="G754" t="inlineStr"/>
       <c r="H754" t="inlineStr"/>
     </row>
     <row r="755">
       <c r="A755" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21976</t>
+          <t>../../src/timeline/TimelineModel.cpp:21992</t>
         </is>
       </c>
       <c r="B755" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban users matching %2.</t>
+          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C755" t="inlineStr">
         <is>
-          <t>%1 menonaktifkan aturan untuk mencekal pengguna bercocokan dengan %2.</t>
+          <t>%1 menghapus gambar berikut ini dari paket %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="D755" t="inlineStr"/>
       <c r="E755" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F755" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
+          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G755" t="inlineStr"/>
       <c r="H755" t="inlineStr"/>
     </row>
     <row r="756">
       <c r="A756" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21979</t>
+          <t>../../src/timeline/TimelineModel.cpp:21998</t>
         </is>
       </c>
       <c r="B756" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C756" t="inlineStr">
         <is>
-          <t>%1 menambahkan sebuah aturan untuk mencekal pengguna bercocokan dengan %2 untuk '%3'.</t>
+          <t>%1 menambahkan gambar berikut ini dari paket %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="D756" t="inlineStr"/>
       <c r="E756" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F756" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G756" t="inlineStr"/>
       <c r="H756" t="inlineStr"/>
     </row>
     <row r="757">
       <c r="A757" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22001</t>
+          <t>../../src/timeline/TimelineModel.cpp:22003</t>
         </is>
       </c>
       <c r="B757" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban rooms matching %2.</t>
+          <t>%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="C757" t="inlineStr">
         <is>
-          <t>%1 menonaktifkan peraturan ini untuk mencekal ruangan bercocokan dengan %2.</t>
+          <t>%1 mengubah stiker dan emoji di ruangan ini.</t>
         </is>
       </c>
       <c r="D757" t="inlineStr"/>
       <c r="E757" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F757" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
+          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="G757" t="inlineStr"/>
       <c r="H757" t="inlineStr"/>
     </row>
     <row r="758">
       <c r="A758" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22004</t>
+          <t>../../src/timeline/TimelineModel.cpp:22038</t>
         </is>
       </c>
       <c r="B758" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="C758" t="inlineStr">
         <is>
-          <t>%1 menambahkan sebuah aturan untuk mencekal ruangan bercocokan dengan %2 untuk '%3'.</t>
+          <t>%1 menonaktifkan aturan untuk mencekal pengguna bercocokan dengan %2.</t>
         </is>
       </c>
       <c r="D758" t="inlineStr"/>
       <c r="E758" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F758" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="G758" t="inlineStr"/>
       <c r="H758" t="inlineStr"/>
     </row>
     <row r="759">
       <c r="A759" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22026</t>
+          <t>../../src/timeline/TimelineModel.cpp:22041</t>
         </is>
       </c>
       <c r="B759" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban servers matching %2.</t>
+          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C759" t="inlineStr">
         <is>
-          <t>%1 menonaktifkan aturan untuk mencekal ruangan bercocokan dengan %2.</t>
+          <t>%1 menambahkan sebuah aturan untuk mencekal pengguna bercocokan dengan %2 untuk '%3'.</t>
         </is>
       </c>
       <c r="D759" t="inlineStr"/>
       <c r="E759" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F759" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
+          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G759" t="inlineStr"/>
       <c r="H759" t="inlineStr"/>
     </row>
     <row r="760">
       <c r="A760" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22029</t>
+          <t>../../src/timeline/TimelineModel.cpp:22063</t>
         </is>
       </c>
       <c r="B760" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="C760" t="inlineStr">
         <is>
-          <t>%1 menambahkan sebuah aturan untuk mencekal server bercocokan dengan %2 untuk '%3'.</t>
+          <t>%1 menonaktifkan peraturan ini untuk mencekal ruangan bercocokan dengan %2.</t>
         </is>
       </c>
       <c r="D760" t="inlineStr"/>
       <c r="E760" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F760" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="G760" t="inlineStr"/>
       <c r="H760" t="inlineStr"/>
     </row>
     <row r="761">
       <c r="A761" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22063</t>
+          <t>../../src/timeline/TimelineModel.cpp:22066</t>
         </is>
       </c>
       <c r="B761" t="inlineStr">
         <is>
-          <t>Removed by %1</t>
+          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C761" t="inlineStr">
         <is>
-          <t>Dihapus oleh %1</t>
+          <t>%1 menambahkan sebuah aturan untuk mencekal ruangan bercocokan dengan %2 untuk '%3'.</t>
         </is>
       </c>
       <c r="D761" t="inlineStr"/>
       <c r="E761" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F761" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1</t>
+          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G761" t="inlineStr"/>
       <c r="H761" t="inlineStr"/>
     </row>
     <row r="762">
       <c r="A762" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22065</t>
+          <t>../../src/timeline/TimelineModel.cpp:22088</t>
         </is>
       </c>
       <c r="B762" t="inlineStr">
         <is>
-          <t>%1 (%2) removed this message at %3</t>
+          <t>%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="C762" t="inlineStr">
         <is>
-          <t>%1 (%2) menghapus pesan ini pada %3</t>
+          <t>%1 menonaktifkan aturan untuk mencekal ruangan bercocokan dengan %2.</t>
         </is>
       </c>
       <c r="D762" t="inlineStr"/>
       <c r="E762" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F762" t="inlineStr">
         <is>
-          <t>TimelineModel%1 (%2) removed this message at %3</t>
+          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="G762" t="inlineStr"/>
       <c r="H762" t="inlineStr"/>
     </row>
     <row r="763">
       <c r="A763" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22067</t>
+          <t>../../src/timeline/TimelineModel.cpp:22091</t>
         </is>
       </c>
       <c r="B763" t="inlineStr">
         <is>
-          <t>Removed by %1 because: %2</t>
+          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C763" t="inlineStr">
         <is>
-          <t>Dihapus oleh %1 karena: %2</t>
+          <t>%1 menambahkan sebuah aturan untuk mencekal server bercocokan dengan %2 untuk '%3'.</t>
         </is>
       </c>
       <c r="D763" t="inlineStr"/>
       <c r="E763" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F763" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1 because: %2</t>
+          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G763" t="inlineStr"/>
       <c r="H763" t="inlineStr"/>
     </row>
     <row r="764">
       <c r="A764" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22068</t>
+          <t>../../src/timeline/TimelineModel.cpp:22125</t>
         </is>
       </c>
       <c r="B764" t="inlineStr">
+        <is>
+          <t>Removed by %1</t>
+        </is>
+      </c>
+      <c r="C764" t="inlineStr">
+        <is>
+          <t>Dihapus oleh %1</t>
+        </is>
+      </c>
+      <c r="D764" t="inlineStr"/>
+      <c r="E764" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F764" t="inlineStr">
+        <is>
+          <t>TimelineModelRemoved by %1</t>
+        </is>
+      </c>
+      <c r="G764" t="inlineStr"/>
+      <c r="H764" t="inlineStr"/>
+    </row>
+    <row r="765">
+      <c r="A765" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22127</t>
+        </is>
+      </c>
+      <c r="B765" t="inlineStr">
+        <is>
+          <t>%1 (%2) removed this message at %3</t>
+        </is>
+      </c>
+      <c r="C765" t="inlineStr">
+        <is>
+          <t>%1 (%2) menghapus pesan ini pada %3</t>
+        </is>
+      </c>
+      <c r="D765" t="inlineStr"/>
+      <c r="E765" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F765" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 (%2) removed this message at %3</t>
+        </is>
+      </c>
+      <c r="G765" t="inlineStr"/>
+      <c r="H765" t="inlineStr"/>
+    </row>
+    <row r="766">
+      <c r="A766" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22129</t>
+        </is>
+      </c>
+      <c r="B766" t="inlineStr">
+        <is>
+          <t>Removed by %1 because: %2</t>
+        </is>
+      </c>
+      <c r="C766" t="inlineStr">
+        <is>
+          <t>Dihapus oleh %1 karena: %2</t>
+        </is>
+      </c>
+      <c r="D766" t="inlineStr"/>
+      <c r="E766" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F766" t="inlineStr">
+        <is>
+          <t>TimelineModelRemoved by %1 because: %2</t>
+        </is>
+      </c>
+      <c r="G766" t="inlineStr"/>
+      <c r="H766" t="inlineStr"/>
+    </row>
+    <row r="767">
+      <c r="A767" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22130</t>
+        </is>
+      </c>
+      <c r="B767" t="inlineStr">
         <is>
           <t>%1 (%2) removed this message at %3
 Reason: %4</t>
         </is>
       </c>
-      <c r="C764" t="inlineStr">
+      <c r="C767" t="inlineStr">
         <is>
           <t>%1 (%2) menghapus pesan ini pada %3
 Alasan: %4</t>
         </is>
       </c>
-      <c r="D764" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F764" t="inlineStr">
+      <c r="D767" t="inlineStr"/>
+      <c r="E767" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F767" t="inlineStr">
         <is>
           <t>TimelineModel%1 (%2) removed this message at %3
 Reason: %4</t>
         </is>
       </c>
-      <c r="G764" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G767" t="inlineStr"/>
       <c r="H767" t="inlineStr"/>
     </row>
     <row r="768">
       <c r="A768" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22219</t>
+          <t>../../src/timeline/TimelineModel.cpp:22274</t>
         </is>
       </c>
       <c r="B768" t="inlineStr">
         <is>
-          <t>%2 rejected the knock from %1.</t>
+          <t>%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="C768" t="inlineStr">
         <is>
-          <t>%2 menolak ketukan dari %1.</t>
+          <t>%2 membatalkan undangan ke %1.</t>
         </is>
       </c>
       <c r="D768" t="inlineStr"/>
       <c r="E768" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F768" t="inlineStr">
         <is>
-          <t>TimelineModel%2 rejected the knock from %1.</t>
+          <t>TimelineModel%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="G768" t="inlineStr"/>
       <c r="H768" t="inlineStr"/>
     </row>
     <row r="769">
       <c r="A769" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22187</t>
+          <t>../../src/timeline/TimelineModel.cpp:22269</t>
         </is>
       </c>
       <c r="B769" t="inlineStr">
         <is>
-          <t>%1 changed their avatar.</t>
+          <t>%2 kicked %1.</t>
         </is>
       </c>
       <c r="C769" t="inlineStr">
         <is>
-          <t>%1 mengubah avatarnya.</t>
+          <t>%2 mengeluarkan %1.</t>
         </is>
       </c>
       <c r="D769" t="inlineStr"/>
       <c r="E769" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F769" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed their avatar.</t>
+          <t>TimelineModel%2 kicked %1.</t>
         </is>
       </c>
       <c r="G769" t="inlineStr"/>
       <c r="H769" t="inlineStr"/>
     </row>
     <row r="770">
       <c r="A770" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22189</t>
+          <t>../../src/timeline/TimelineModel.cpp:22276</t>
         </is>
       </c>
       <c r="B770" t="inlineStr">
         <is>
-          <t>%1 changed some profile info.</t>
+          <t>%2 unbanned %1.</t>
         </is>
       </c>
       <c r="C770" t="inlineStr">
         <is>
-          <t>%1 mengubah beberapa info profil.</t>
+          <t>%2 membatalkan cekalan %1.</t>
         </is>
       </c>
       <c r="D770" t="inlineStr"/>
       <c r="E770" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F770" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed some profile info.</t>
+          <t>TimelineModel%2 unbanned %1.</t>
         </is>
       </c>
       <c r="G770" t="inlineStr"/>
       <c r="H770" t="inlineStr"/>
     </row>
     <row r="771">
       <c r="A771" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22194</t>
+          <t>../../src/timeline/TimelineModel.cpp:22281</t>
         </is>
       </c>
       <c r="B771" t="inlineStr">
         <is>
-          <t>%1 joined.</t>
+          <t>%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="C771" t="inlineStr">
         <is>
-          <t>%1 bergabung.</t>
+          <t>%2 menolak ketukan dari %1.</t>
         </is>
       </c>
       <c r="D771" t="inlineStr"/>
       <c r="E771" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F771" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined.</t>
+          <t>TimelineModel%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="G771" t="inlineStr"/>
       <c r="H771" t="inlineStr"/>
     </row>
     <row r="772">
       <c r="A772" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22197</t>
+          <t>../../src/timeline/TimelineModel.cpp:22249</t>
         </is>
       </c>
       <c r="B772" t="inlineStr">
         <is>
-          <t>%1 joined via authorisation from %2's server.</t>
+          <t>%1 changed their avatar.</t>
         </is>
       </c>
       <c r="C772" t="inlineStr">
         <is>
-          <t>%1 bergabung via otorisasi dari servernya %2.</t>
+          <t>%1 mengubah avatarnya.</t>
         </is>
       </c>
       <c r="D772" t="inlineStr"/>
       <c r="E772" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F772" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
+          <t>TimelineModel%1 changed their avatar.</t>
         </is>
       </c>
       <c r="G772" t="inlineStr"/>
       <c r="H772" t="inlineStr"/>
     </row>
     <row r="773">
       <c r="A773" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22210</t>
+          <t>../../src/timeline/TimelineModel.cpp:22251</t>
         </is>
       </c>
       <c r="B773" t="inlineStr">
         <is>
-          <t>%1 rejected their invite.</t>
+          <t>%1 changed some profile info.</t>
         </is>
       </c>
       <c r="C773" t="inlineStr">
         <is>
-          <t>%1 menolak undangannya.</t>
+          <t>%1 mengubah beberapa info profil.</t>
         </is>
       </c>
       <c r="D773" t="inlineStr"/>
       <c r="E773" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F773" t="inlineStr">
         <is>
-          <t>TimelineModel%1 rejected their invite.</t>
+          <t>TimelineModel%1 changed some profile info.</t>
         </is>
       </c>
       <c r="G773" t="inlineStr"/>
       <c r="H773" t="inlineStr"/>
     </row>
     <row r="774">
       <c r="A774" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22205</t>
+          <t>../../src/timeline/TimelineModel.cpp:22256</t>
         </is>
       </c>
       <c r="B774" t="inlineStr">
         <is>
-          <t>%1 left the room.</t>
+          <t>%1 joined.</t>
         </is>
       </c>
       <c r="C774" t="inlineStr">
         <is>
-          <t>%1 meninggalkan ruangan.</t>
+          <t>%1 bergabung.</t>
         </is>
       </c>
       <c r="D774" t="inlineStr"/>
       <c r="E774" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F774" t="inlineStr">
         <is>
-          <t>TimelineModel%1 left the room.</t>
+          <t>TimelineModel%1 joined.</t>
         </is>
       </c>
       <c r="G774" t="inlineStr"/>
       <c r="H774" t="inlineStr"/>
     </row>
     <row r="775">
       <c r="A775" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22236</t>
+          <t>../../src/timeline/TimelineModel.cpp:22259</t>
         </is>
       </c>
       <c r="B775" t="inlineStr">
         <is>
-          <t>Reason: %1</t>
+          <t>%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="C775" t="inlineStr">
         <is>
-          <t>Alasan: %1</t>
+          <t>%1 bergabung via otorisasi dari servernya %2.</t>
         </is>
       </c>
       <c r="D775" t="inlineStr"/>
       <c r="E775" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F775" t="inlineStr">
         <is>
-          <t>TimelineModelReason: %1</t>
+          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="G775" t="inlineStr"/>
       <c r="H775" t="inlineStr"/>
     </row>
     <row r="776">
       <c r="A776" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22217</t>
+          <t>../../src/timeline/TimelineModel.cpp:22272</t>
         </is>
       </c>
       <c r="B776" t="inlineStr">
         <is>
-          <t>%1 redacted their knock.</t>
+          <t>%1 rejected their invite.</t>
         </is>
       </c>
       <c r="C776" t="inlineStr">
         <is>
-          <t>%1 menolak ketukannya.</t>
+          <t>%1 menolak undangannya.</t>
         </is>
       </c>
       <c r="D776" t="inlineStr"/>
       <c r="E776" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F776" t="inlineStr">
         <is>
-          <t>TimelineModel%1 redacted their knock.</t>
+          <t>TimelineModel%1 rejected their invite.</t>
         </is>
       </c>
       <c r="G776" t="inlineStr"/>
       <c r="H776" t="inlineStr"/>
     </row>
     <row r="777">
       <c r="A777" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19907</t>
+          <t>../../src/timeline/TimelineModel.cpp:22267</t>
         </is>
       </c>
       <c r="B777" t="inlineStr">
         <is>
-          <t>%1 changed which servers are allowed in this room.</t>
+          <t>%1 left the room.</t>
         </is>
       </c>
       <c r="C777" t="inlineStr">
         <is>
-          <t>%1 mengubah server mana yang diizinkan di ruangan ini.</t>
+          <t>%1 meninggalkan ruangan.</t>
         </is>
       </c>
       <c r="D777" t="inlineStr"/>
       <c r="E777" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F777" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
+          <t>TimelineModel%1 left the room.</t>
         </is>
       </c>
       <c r="G777" t="inlineStr"/>
       <c r="H777" t="inlineStr"/>
     </row>
     <row r="778">
       <c r="A778" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19911</t>
+          <t>../../src/timeline/TimelineModel.cpp:22298</t>
         </is>
       </c>
       <c r="B778" t="inlineStr">
         <is>
-          <t>%1 removed the room name.</t>
+          <t>Reason: %1</t>
         </is>
       </c>
       <c r="C778" t="inlineStr">
         <is>
-          <t>%1 menghapus nama ruangan.</t>
+          <t>Alasan: %1</t>
         </is>
       </c>
       <c r="D778" t="inlineStr"/>
       <c r="E778" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F778" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room name.</t>
+          <t>TimelineModelReason: %1</t>
         </is>
       </c>
       <c r="G778" t="inlineStr"/>
       <c r="H778" t="inlineStr"/>
     </row>
     <row r="779">
       <c r="A779" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19914</t>
+          <t>../../src/timeline/TimelineModel.cpp:22279</t>
         </is>
       </c>
       <c r="B779" t="inlineStr">
         <is>
-          <t>%1 changed the room name to: %2</t>
+          <t>%1 redacted their knock.</t>
         </is>
       </c>
       <c r="C779" t="inlineStr">
         <is>
-          <t>%1 mengubah nama ruangan ke: %2</t>
+          <t>%1 menolak ketukannya.</t>
         </is>
       </c>
       <c r="D779" t="inlineStr"/>
       <c r="E779" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F779" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room name to: %2</t>
+          <t>TimelineModel%1 redacted their knock.</t>
         </is>
       </c>
       <c r="G779" t="inlineStr"/>
       <c r="H779" t="inlineStr"/>
     </row>
     <row r="780">
       <c r="A780" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19919</t>
+          <t>../../src/timeline/TimelineModel.cpp:19967</t>
         </is>
       </c>
       <c r="B780" t="inlineStr">
         <is>
-          <t>%1 removed the topic.</t>
+          <t>%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="C780" t="inlineStr">
         <is>
-          <t>%1 menghapus topik.</t>
+          <t>%1 mengubah server mana yang diizinkan di ruangan ini.</t>
         </is>
       </c>
       <c r="D780" t="inlineStr"/>
       <c r="E780" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F780" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the topic.</t>
+          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="G780" t="inlineStr"/>
       <c r="H780" t="inlineStr"/>
     </row>
     <row r="781">
       <c r="A781" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19922</t>
+          <t>../../src/timeline/TimelineModel.cpp:19971</t>
         </is>
       </c>
       <c r="B781" t="inlineStr">
         <is>
-          <t>%1 changed the topic to: %2</t>
+          <t>%1 removed the room name.</t>
         </is>
       </c>
       <c r="C781" t="inlineStr">
         <is>
-          <t>%1 mengubah topik ke: %2</t>
+          <t>%1 menghapus nama ruangan.</t>
         </is>
       </c>
       <c r="D781" t="inlineStr"/>
       <c r="E781" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F781" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the topic to: %2</t>
+          <t>TimelineModel%1 removed the room name.</t>
         </is>
       </c>
       <c r="G781" t="inlineStr"/>
       <c r="H781" t="inlineStr"/>
     </row>
     <row r="782">
       <c r="A782" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19927</t>
+          <t>../../src/timeline/TimelineModel.cpp:19974</t>
         </is>
       </c>
       <c r="B782" t="inlineStr">
         <is>
-          <t>%1 changed the room avatar to: %2</t>
+          <t>%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="C782" t="inlineStr">
         <is>
-          <t>%1 mengubah avatar ruangan ke: %2</t>
+          <t>%1 mengubah nama ruangan ke: %2</t>
         </is>
       </c>
       <c r="D782" t="inlineStr"/>
       <c r="E782" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F782" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room avatar to: %2</t>
+          <t>TimelineModel%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="G782" t="inlineStr"/>
       <c r="H782" t="inlineStr"/>
     </row>
     <row r="783">
       <c r="A783" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19935</t>
+          <t>../../src/timeline/TimelineModel.cpp:19979</t>
         </is>
       </c>
       <c r="B783" t="inlineStr">
         <is>
-          <t>%1 removed the room avatar.</t>
+          <t>%1 removed the topic.</t>
         </is>
       </c>
       <c r="C783" t="inlineStr">
         <is>
-          <t>%1 menghapus avatar ruangan.</t>
+          <t>%1 menghapus topik.</t>
         </is>
       </c>
       <c r="D783" t="inlineStr"/>
       <c r="E783" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F783" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room avatar.</t>
+          <t>TimelineModel%1 removed the topic.</t>
         </is>
       </c>
       <c r="G783" t="inlineStr"/>
       <c r="H783" t="inlineStr"/>
     </row>
     <row r="784">
       <c r="A784" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19938</t>
+          <t>../../src/timeline/TimelineModel.cpp:19982</t>
         </is>
       </c>
       <c r="B784" t="inlineStr">
         <is>
-          <t>%1 changed the pinned messages.</t>
+          <t>%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="C784" t="inlineStr">
         <is>
-          <t>%1 mengubah pesan-pesan yang disematkan.</t>
+          <t>%1 mengubah topik ke: %2</t>
         </is>
       </c>
       <c r="D784" t="inlineStr"/>
       <c r="E784" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F784" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the pinned messages.</t>
+          <t>TimelineModel%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="G784" t="inlineStr"/>
       <c r="H784" t="inlineStr"/>
     </row>
     <row r="785">
       <c r="A785" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19945</t>
+          <t>../../src/timeline/TimelineModel.cpp:19987</t>
         </is>
       </c>
       <c r="B785" t="inlineStr">
         <is>
-          <t>%1 changed the addresses for this room.</t>
+          <t>%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="C785" t="inlineStr">
         <is>
-          <t>%1 mengubah alamat-alamat untuk ruangan ini.</t>
+          <t>%1 mengubah avatar ruangan ke: %2</t>
         </is>
       </c>
       <c r="D785" t="inlineStr"/>
       <c r="E785" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F785" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the addresses for this room.</t>
+          <t>TimelineModel%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="G785" t="inlineStr"/>
       <c r="H785" t="inlineStr"/>
     </row>
     <row r="786">
       <c r="A786" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19948</t>
+          <t>../../src/timeline/TimelineModel.cpp:19995</t>
         </is>
       </c>
       <c r="B786" t="inlineStr">
         <is>
-          <t>%1 changed the parent communities for this room.</t>
+          <t>%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="C786" t="inlineStr">
         <is>
-          <t>%1 mengubah komunitas induk untuk ruangan.</t>
+          <t>%1 menghapus avatar ruangan.</t>
         </is>
       </c>
       <c r="D786" t="inlineStr"/>
       <c r="E786" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F786" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the parent communities for this room.</t>
+          <t>TimelineModel%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="G786" t="inlineStr"/>
       <c r="H786" t="inlineStr"/>
     </row>
     <row r="787">
       <c r="A787" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19951</t>
+          <t>../../src/timeline/TimelineModel.cpp:19998</t>
         </is>
       </c>
       <c r="B787" t="inlineStr">
         <is>
-          <t>%1 created and configured room: %2</t>
+          <t>%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="C787" t="inlineStr">
         <is>
-          <t>%1 membuat dan mengkonfigurasikan ruangan: %2</t>
+          <t>%1 mengubah pesan-pesan yang disematkan.</t>
         </is>
       </c>
       <c r="D787" t="inlineStr"/>
       <c r="E787" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F787" t="inlineStr">
         <is>
-          <t>TimelineModel%1 created and configured room: %2</t>
+          <t>TimelineModel%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="G787" t="inlineStr"/>
       <c r="H787" t="inlineStr"/>
     </row>
     <row r="788">
       <c r="A788" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19969</t>
+          <t>../../src/timeline/TimelineModel.cpp:20005</t>
         </is>
       </c>
       <c r="B788" t="inlineStr">
         <is>
-          <t>%1 changed unknown state event %2.</t>
+          <t>%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="C788" t="inlineStr">
         <is>
-          <t>%1 mengubah keadaan peristiwa %2 yang tidak diketahui.</t>
+          <t>%1 mengubah alamat-alamat untuk ruangan ini.</t>
         </is>
       </c>
       <c r="D788" t="inlineStr"/>
       <c r="E788" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F788" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed unknown state event %2.</t>
+          <t>TimelineModel%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="G788" t="inlineStr"/>
       <c r="H788" t="inlineStr"/>
     </row>
     <row r="789">
       <c r="A789" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20525</t>
+          <t>../../src/timeline/TimelineModel.cpp:20008</t>
         </is>
       </c>
       <c r="B789" t="inlineStr">
         <is>
-          <t>You joined this room.</t>
+          <t>%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="C789" t="inlineStr">
         <is>
-          <t>Kamu bergabung ruangan ini.</t>
+          <t>%1 mengubah komunitas induk untuk ruangan.</t>
         </is>
       </c>
       <c r="D789" t="inlineStr"/>
       <c r="E789" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F789" t="inlineStr">
         <is>
-          <t>TimelineModelYou joined this room.</t>
+          <t>TimelineModel%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="G789" t="inlineStr"/>
       <c r="H789" t="inlineStr"/>
     </row>
     <row r="790">
       <c r="A790" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20640</t>
+          <t>../../src/timeline/TimelineModel.cpp:20011</t>
         </is>
       </c>
       <c r="B790" t="inlineStr">
         <is>
-          <t>%n hour later</t>
-[...2 lines deleted...]
-      <c r="C790" t="inlineStr"/>
+          <t>%1 created and configured room: %2</t>
+        </is>
+      </c>
+      <c r="C790" t="inlineStr">
+        <is>
+          <t>%1 membuat dan mengkonfigurasikan ruangan: %2</t>
+        </is>
+      </c>
       <c r="D790" t="inlineStr"/>
       <c r="E790" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F790" t="inlineStr">
         <is>
-          <t>TimelineModel%n hour(s) later</t>
+          <t>TimelineModel%1 created and configured room: %2</t>
         </is>
       </c>
       <c r="G790" t="inlineStr"/>
       <c r="H790" t="inlineStr"/>
     </row>
     <row r="791">
       <c r="A791" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21552</t>
+          <t>../../src/timeline/TimelineModel.cpp:20029</t>
         </is>
       </c>
       <c r="B791" t="inlineStr">
         <is>
-          <t>%1 made this room require an invitation to join.</t>
+          <t>%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="C791" t="inlineStr">
         <is>
-          <t>%1 membuat ruangan ini membutuhkan undangan untuk bergabung.</t>
+          <t>%1 mengubah keadaan peristiwa %2 yang tidak diketahui.</t>
         </is>
       </c>
       <c r="D791" t="inlineStr"/>
       <c r="E791" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F791" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made this room require an invitation to join.</t>
+          <t>TimelineModel%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="G791" t="inlineStr"/>
       <c r="H791" t="inlineStr"/>
     </row>
     <row r="792">
       <c r="A792" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22170</t>
+          <t>../../src/timeline/TimelineModel.cpp:20584</t>
         </is>
       </c>
       <c r="B792" t="inlineStr">
         <is>
-          <t>%1 invited %2.</t>
+          <t>You joined this room.</t>
         </is>
       </c>
       <c r="C792" t="inlineStr">
         <is>
-          <t>%1 mengundang %2.</t>
+          <t>Kamu bergabung ruangan ini.</t>
         </is>
       </c>
       <c r="D792" t="inlineStr"/>
       <c r="E792" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F792" t="inlineStr">
         <is>
-          <t>TimelineModel%1 invited %2.</t>
+          <t>TimelineModelYou joined this room.</t>
         </is>
       </c>
       <c r="G792" t="inlineStr"/>
       <c r="H792" t="inlineStr"/>
     </row>
     <row r="793">
       <c r="A793" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22181</t>
+          <t>../../src/timeline/TimelineModel.cpp:20699</t>
         </is>
       </c>
       <c r="B793" t="inlineStr">
         <is>
-          <t>%1 has changed their avatar and changed their display name to %2.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%n hour later</t>
+        </is>
+      </c>
+      <c r="C793" t="inlineStr"/>
       <c r="D793" t="inlineStr"/>
       <c r="E793" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F793" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
+          <t>TimelineModel%n hour(s) later</t>
         </is>
       </c>
       <c r="G793" t="inlineStr"/>
       <c r="H793" t="inlineStr"/>
     </row>
     <row r="794">
       <c r="A794" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22185</t>
+          <t>../../src/timeline/TimelineModel.cpp:21612</t>
         </is>
       </c>
       <c r="B794" t="inlineStr">
         <is>
-          <t>%1 has changed their display name to %2.</t>
+          <t>%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="C794" t="inlineStr">
         <is>
-          <t>%1 mengubah nama tampilannya ke %2.</t>
+          <t>%1 membuat ruangan ini membutuhkan undangan untuk bergabung.</t>
         </is>
       </c>
       <c r="D794" t="inlineStr"/>
       <c r="E794" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F794" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their display name to %2.</t>
+          <t>TimelineModel%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="G794" t="inlineStr"/>
       <c r="H794" t="inlineStr"/>
     </row>
     <row r="795">
       <c r="A795" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22221</t>
+          <t>../../src/timeline/TimelineModel.cpp:22232</t>
         </is>
       </c>
       <c r="B795" t="inlineStr">
         <is>
-          <t>%1 left after having already left!</t>
+          <t>%1 invited %2.</t>
         </is>
       </c>
       <c r="C795" t="inlineStr">
         <is>
-          <t>%1 keluar setelah sudah keluar!</t>
+          <t>%1 mengundang %2.</t>
         </is>
       </c>
       <c r="D795" t="inlineStr"/>
       <c r="E795" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F795" t="inlineStr">
         <is>
+          <t>TimelineModel%1 invited %2.</t>
+        </is>
+      </c>
+      <c r="G795" t="inlineStr"/>
+      <c r="H795" t="inlineStr"/>
+    </row>
+    <row r="796">
+      <c r="A796" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22243</t>
+        </is>
+      </c>
+      <c r="B796" t="inlineStr">
+        <is>
+          <t>%1 has changed their avatar and changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="C796" t="inlineStr">
+        <is>
+          <t>%1 mengubah avatarnya dan ubah nama tampilannya ke %2.</t>
+        </is>
+      </c>
+      <c r="D796" t="inlineStr"/>
+      <c r="E796" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F796" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="G796" t="inlineStr"/>
+      <c r="H796" t="inlineStr"/>
+    </row>
+    <row r="797">
+      <c r="A797" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22247</t>
+        </is>
+      </c>
+      <c r="B797" t="inlineStr">
+        <is>
+          <t>%1 has changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="C797" t="inlineStr">
+        <is>
+          <t>%1 mengubah nama tampilannya ke %2.</t>
+        </is>
+      </c>
+      <c r="D797" t="inlineStr"/>
+      <c r="E797" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F797" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 has changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="G797" t="inlineStr"/>
+      <c r="H797" t="inlineStr"/>
+    </row>
+    <row r="798">
+      <c r="A798" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22283</t>
+        </is>
+      </c>
+      <c r="B798" t="inlineStr">
+        <is>
+          <t>%1 left after having already left!</t>
+        </is>
+      </c>
+      <c r="C798" t="inlineStr">
+        <is>
+          <t>%1 keluar setelah sudah keluar!</t>
+        </is>
+      </c>
+      <c r="D798" t="inlineStr"/>
+      <c r="E798" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F798" t="inlineStr">
+        <is>
           <t>TimelineModel
 This is a leave event after the user already left and shouldn't happen apart from state resets%1 left after having already left!</t>
         </is>
       </c>
-      <c r="G795" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G798" t="inlineStr"/>
       <c r="H798" t="inlineStr"/>
     </row>
     <row r="799">
       <c r="A799" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22421</t>
+          <t>../../src/timeline/TimelineModel.cpp:22290</t>
         </is>
       </c>
       <c r="B799" t="inlineStr">
         <is>
-          <t>No room open</t>
+          <t>%1 banned %2</t>
         </is>
       </c>
       <c r="C799" t="inlineStr">
         <is>
-          <t>Tidak ada ruangan yang dibuka</t>
+          <t>%1 mencekal %2</t>
         </is>
       </c>
       <c r="D799" t="inlineStr"/>
       <c r="E799" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F799" t="inlineStr">
         <is>
-          <t>TimelineViewNo room open</t>
+          <t>TimelineModel%1 banned %2</t>
         </is>
       </c>
       <c r="G799" t="inlineStr"/>
       <c r="H799" t="inlineStr"/>
     </row>
     <row r="800">
       <c r="A800" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../../src/timeline/TimelineModel.cpp:22293</t>
         </is>
       </c>
       <c r="B800" t="inlineStr">
         <is>
-          <t>You are about to notify the whole room</t>
+          <t>%1 knocked.</t>
         </is>
       </c>
       <c r="C800" t="inlineStr">
         <is>
-          <t>Kamu akan memberi tahu seluruh ruangan</t>
+          <t>%1 mengetuk.</t>
         </is>
       </c>
       <c r="D800" t="inlineStr"/>
       <c r="E800" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F800" t="inlineStr">
         <is>
-          <t>TimelineViewYou are about to notify the whole room</t>
+          <t>TimelineModel%1 knocked.</t>
         </is>
       </c>
       <c r="G800" t="inlineStr"/>
       <c r="H800" t="inlineStr"/>
     </row>
     <row r="801">
       <c r="A801" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../qml/TimelineSectionHeader.qml:22432</t>
         </is>
       </c>
       <c r="B801" t="inlineStr">
         <is>
-          <t>You will be mentioning %1</t>
+          <t>%1's status message</t>
         </is>
       </c>
       <c r="C801" t="inlineStr">
         <is>
-          <t>Kamu akan menyebutkan %1</t>
+          <t>Pesan status %1</t>
         </is>
       </c>
       <c r="D801" t="inlineStr"/>
       <c r="E801" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F801" t="inlineStr">
         <is>
-          <t>TimelineViewYou will be mentioning %1</t>
+          <t>TimelineSectionHeader%1's status message</t>
         </is>
       </c>
       <c r="G801" t="inlineStr"/>
       <c r="H801" t="inlineStr"/>
     </row>
     <row r="802">
       <c r="A802" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22535</t>
+          <t>../qml/TimelineView.qml:22483</t>
         </is>
       </c>
       <c r="B802" t="inlineStr">
         <is>
-          <t>The command /%1 is not recognized and will be sent as part of your message</t>
+          <t>No room open</t>
         </is>
       </c>
       <c r="C802" t="inlineStr">
         <is>
-          <t>Perintah /%1 tidak dikenali dan akan dikirim sebagai bagian dari pesan kamu</t>
+          <t>Tidak ada ruangan yang dibuka</t>
         </is>
       </c>
       <c r="D802" t="inlineStr"/>
       <c r="E802" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F802" t="inlineStr">
         <is>
-          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
+          <t>TimelineViewNo room open</t>
         </is>
       </c>
       <c r="G802" t="inlineStr"/>
       <c r="H802" t="inlineStr"/>
     </row>
     <row r="803">
       <c r="A803" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22540</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B803" t="inlineStr">
         <is>
-          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>You are about to notify the whole room</t>
         </is>
       </c>
       <c r="C803" t="inlineStr">
         <is>
-          <t>/%1 terlihat seperti perintah yang tidak lengkap. Untuk tetap mengirimkannya, tambahkan spasi di akhir pesan kamu.</t>
+          <t>Kamu akan memberi tahu seluruh ruangan</t>
         </is>
       </c>
       <c r="D803" t="inlineStr"/>
       <c r="E803" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F803" t="inlineStr">
         <is>
-          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>TimelineViewYou are about to notify the whole room</t>
         </is>
       </c>
       <c r="G803" t="inlineStr"/>
       <c r="H803" t="inlineStr"/>
     </row>
     <row r="804">
       <c r="A804" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22581</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B804" t="inlineStr">
         <is>
-          <t>No preview available</t>
+          <t>You will be mentioning %1</t>
         </is>
       </c>
       <c r="C804" t="inlineStr">
         <is>
-          <t>Tidak ada tampilan yang tersedia</t>
+          <t>Kamu akan menyebutkan %1</t>
         </is>
       </c>
       <c r="D804" t="inlineStr"/>
       <c r="E804" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F804" t="inlineStr">
         <is>
-          <t>TimelineViewNo preview available</t>
+          <t>TimelineViewYou will be mentioning %1</t>
         </is>
       </c>
       <c r="G804" t="inlineStr"/>
       <c r="H804" t="inlineStr"/>
     </row>
     <row r="805">
       <c r="A805" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22586</t>
+          <t>../qml/TimelineView.qml:22598</t>
         </is>
       </c>
       <c r="B805" t="inlineStr">
         <is>
-          <t>Settings</t>
+          <t>The command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="C805" t="inlineStr">
         <is>
-          <t>Pengaturan</t>
+          <t>Perintah /%1 tidak dikenali dan akan dikirim sebagai bagian dari pesan kamu</t>
         </is>
       </c>
       <c r="D805" t="inlineStr"/>
       <c r="E805" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F805" t="inlineStr">
         <is>
-          <t>TimelineViewSettings</t>
+          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="G805" t="inlineStr"/>
       <c r="H805" t="inlineStr"/>
     </row>
     <row r="806">
       <c r="A806" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22605</t>
+          <t>../qml/TimelineView.qml:22603</t>
         </is>
       </c>
       <c r="B806" t="inlineStr">
         <is>
-          <t>%n member</t>
+          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="C806" t="inlineStr">
         <is>
-          <t>%n anggota</t>
+          <t>/%1 terlihat seperti perintah yang tidak lengkap. Untuk tetap mengirimkannya, tambahkan spasi di akhir pesan kamu.</t>
         </is>
       </c>
       <c r="D806" t="inlineStr"/>
       <c r="E806" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F806" t="inlineStr">
         <is>
-          <t>TimelineView%n member(s)</t>
+          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="G806" t="inlineStr"/>
       <c r="H806" t="inlineStr"/>
     </row>
     <row r="807">
       <c r="A807" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22608</t>
+          <t>../qml/TimelineView.qml:22644</t>
         </is>
       </c>
       <c r="B807" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C807" t="inlineStr">
         <is>
-          <t>Tampilkan anggota %1</t>
+          <t>Tidak ada tampilan yang tersedia</t>
         </is>
       </c>
       <c r="D807" t="inlineStr"/>
       <c r="E807" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F807" t="inlineStr">
         <is>
-          <t>TimelineViewView members of %1</t>
+          <t>TimelineViewNo preview available</t>
         </is>
       </c>
       <c r="G807" t="inlineStr"/>
       <c r="H807" t="inlineStr"/>
     </row>
     <row r="808">
       <c r="A808" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22626</t>
+          <t>../qml/TimelineView.qml:22649</t>
         </is>
       </c>
       <c r="B808" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>Settings</t>
         </is>
       </c>
       <c r="C808" t="inlineStr">
         <is>
-          <t>Ruangan ini mungkin tidak dapat diakses. Jika ruangan ini bersifat pribadi, kamu seharusnya menghapusnya dari komunitas ini.</t>
+          <t>Pengaturan</t>
         </is>
       </c>
       <c r="D808" t="inlineStr"/>
       <c r="E808" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F808" t="inlineStr">
         <is>
-          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>TimelineViewSettings</t>
         </is>
       </c>
       <c r="G808" t="inlineStr"/>
       <c r="H808" t="inlineStr"/>
     </row>
     <row r="809">
       <c r="A809" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22632</t>
+          <t>../qml/TimelineView.qml:22668</t>
         </is>
       </c>
       <c r="B809" t="inlineStr">
         <is>
-          <t>join the conversation</t>
+          <t>%n member</t>
         </is>
       </c>
       <c r="C809" t="inlineStr">
         <is>
-          <t>bergabung ke percakapan</t>
+          <t>%n anggota</t>
         </is>
       </c>
       <c r="D809" t="inlineStr"/>
       <c r="E809" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F809" t="inlineStr">
         <is>
-          <t>TimelineViewjoin the conversation</t>
+          <t>TimelineView%n member(s)</t>
         </is>
       </c>
       <c r="G809" t="inlineStr"/>
       <c r="H809" t="inlineStr"/>
     </row>
     <row r="810">
       <c r="A810" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22639</t>
+          <t>../qml/TimelineView.qml:22671</t>
         </is>
       </c>
       <c r="B810" t="inlineStr">
         <is>
-          <t>accept invite</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C810" t="inlineStr">
         <is>
-          <t>terima undangan</t>
+          <t>Tampilkan anggota %1</t>
         </is>
       </c>
       <c r="D810" t="inlineStr"/>
       <c r="E810" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F810" t="inlineStr">
         <is>
-          <t>TimelineViewaccept invite</t>
+          <t>TimelineViewView members of %1</t>
         </is>
       </c>
       <c r="G810" t="inlineStr"/>
       <c r="H810" t="inlineStr"/>
     </row>
     <row r="811">
       <c r="A811" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22646</t>
+          <t>../qml/TimelineView.qml:22689</t>
         </is>
       </c>
       <c r="B811" t="inlineStr">
         <is>
-          <t>decline invite</t>
+          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="C811" t="inlineStr">
         <is>
-          <t>tolak undangan</t>
+          <t>Ruangan ini mungkin tidak dapat diakses. Jika ruangan ini bersifat pribadi, kamu seharusnya menghapusnya dari komunitas ini.</t>
         </is>
       </c>
       <c r="D811" t="inlineStr"/>
       <c r="E811" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F811" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite</t>
+          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="G811" t="inlineStr"/>
       <c r="H811" t="inlineStr"/>
     </row>
     <row r="812">
       <c r="A812" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22653</t>
+          <t>../qml/TimelineView.qml:22695</t>
         </is>
       </c>
       <c r="B812" t="inlineStr">
         <is>
-          <t>decline invite and ignore user</t>
+          <t>join the conversation</t>
         </is>
       </c>
       <c r="C812" t="inlineStr">
         <is>
-          <t>tolak undangan dan abaikan pengguna</t>
+          <t>bergabung ke percakapan</t>
         </is>
       </c>
       <c r="D812" t="inlineStr"/>
       <c r="E812" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F812" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite and ignore user</t>
+          <t>TimelineViewjoin the conversation</t>
         </is>
       </c>
       <c r="G812" t="inlineStr"/>
       <c r="H812" t="inlineStr"/>
     </row>
     <row r="813">
       <c r="A813" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22663</t>
+          <t>../qml/TimelineView.qml:22702</t>
         </is>
       </c>
       <c r="B813" t="inlineStr">
         <is>
-          <t>leave</t>
+          <t>accept invite</t>
         </is>
       </c>
       <c r="C813" t="inlineStr">
         <is>
-          <t>tinggalkan</t>
+          <t>terima undangan</t>
         </is>
       </c>
       <c r="D813" t="inlineStr"/>
       <c r="E813" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F813" t="inlineStr">
         <is>
-          <t>TimelineViewleave</t>
+          <t>TimelineViewaccept invite</t>
         </is>
       </c>
       <c r="G813" t="inlineStr"/>
       <c r="H813" t="inlineStr"/>
     </row>
     <row r="814">
       <c r="A814" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22678</t>
+          <t>../qml/TimelineView.qml:22709</t>
         </is>
       </c>
       <c r="B814" t="inlineStr">
         <is>
-          <t>Invited by %1 (%2)</t>
+          <t>decline invite</t>
         </is>
       </c>
       <c r="C814" t="inlineStr">
         <is>
-          <t>Diundang oleh</t>
+          <t>tolak undangan</t>
         </is>
       </c>
       <c r="D814" t="inlineStr"/>
       <c r="E814" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F814" t="inlineStr">
         <is>
-          <t>TimelineViewInvited by %1 (%2)</t>
+          <t>TimelineViewdecline invite</t>
         </is>
       </c>
       <c r="G814" t="inlineStr"/>
       <c r="H814" t="inlineStr"/>
     </row>
     <row r="815">
       <c r="A815" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22716</t>
         </is>
       </c>
       <c r="B815" t="inlineStr">
         <is>
-          <t>Hide invite reason</t>
+          <t>decline invite and ignore user</t>
         </is>
       </c>
       <c r="C815" t="inlineStr">
         <is>
-          <t>Sembunyikan alasan undangan</t>
+          <t>tolak undangan dan abaikan pengguna</t>
         </is>
       </c>
       <c r="D815" t="inlineStr"/>
       <c r="E815" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F815" t="inlineStr">
         <is>
-          <t>TimelineViewHide invite reason</t>
+          <t>TimelineViewdecline invite and ignore user</t>
         </is>
       </c>
       <c r="G815" t="inlineStr"/>
       <c r="H815" t="inlineStr"/>
     </row>
     <row r="816">
       <c r="A816" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22726</t>
         </is>
       </c>
       <c r="B816" t="inlineStr">
         <is>
-          <t>Show invite reason</t>
+          <t>leave</t>
         </is>
       </c>
       <c r="C816" t="inlineStr">
         <is>
-          <t>Tampilkan alasan undangan</t>
+          <t>tinggalkan</t>
         </is>
       </c>
       <c r="D816" t="inlineStr"/>
       <c r="E816" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F816" t="inlineStr">
         <is>
-          <t>TimelineViewShow invite reason</t>
+          <t>TimelineViewleave</t>
         </is>
       </c>
       <c r="G816" t="inlineStr"/>
       <c r="H816" t="inlineStr"/>
     </row>
     <row r="817">
       <c r="A817" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22740</t>
+          <t>../qml/TimelineView.qml:22741</t>
         </is>
       </c>
       <c r="B817" t="inlineStr">
         <is>
-          <t>Back to room list</t>
+          <t>Invited by %1 (%2)</t>
         </is>
       </c>
       <c r="C817" t="inlineStr">
         <is>
-          <t>Kembali ke daftar ruangan</t>
+          <t>Diundang oleh</t>
         </is>
       </c>
       <c r="D817" t="inlineStr"/>
       <c r="E817" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F817" t="inlineStr">
         <is>
-          <t>TimelineViewBack to room list</t>
+          <t>TimelineViewInvited by %1 (%2)</t>
         </is>
       </c>
       <c r="G817" t="inlineStr"/>
       <c r="H817" t="inlineStr"/>
     </row>
     <row r="818">
       <c r="A818" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22760</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B818" t="inlineStr">
         <is>
-          <t>No room selected</t>
+          <t>Hide invite reason</t>
         </is>
       </c>
       <c r="C818" t="inlineStr">
         <is>
-          <t>Tidak ada ruangan yang dipilih</t>
+          <t>Sembunyikan alasan undangan</t>
         </is>
       </c>
       <c r="D818" t="inlineStr"/>
       <c r="E818" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F818" t="inlineStr">
         <is>
-          <t>TopBarNo room selected</t>
+          <t>TimelineViewHide invite reason</t>
         </is>
       </c>
       <c r="G818" t="inlineStr"/>
       <c r="H818" t="inlineStr"/>
     </row>
     <row r="819">
       <c r="A819" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22813</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B819" t="inlineStr">
         <is>
-          <t>In %1</t>
+          <t>Show invite reason</t>
         </is>
       </c>
       <c r="C819" t="inlineStr">
         <is>
-          <t>Dalam %1</t>
+          <t>Tampilkan alasan undangan</t>
         </is>
       </c>
       <c r="D819" t="inlineStr"/>
       <c r="E819" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F819" t="inlineStr">
         <is>
-          <t>TopBarIn %1</t>
+          <t>TimelineViewShow invite reason</t>
         </is>
       </c>
       <c r="G819" t="inlineStr"/>
       <c r="H819" t="inlineStr"/>
     </row>
     <row r="820">
       <c r="A820" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22826</t>
+          <t>../qml/TimelineView.qml:22803</t>
         </is>
       </c>
       <c r="B820" t="inlineStr">
         <is>
           <t>Back to room list</t>
         </is>
       </c>
       <c r="C820" t="inlineStr">
         <is>
           <t>Kembali ke daftar ruangan</t>
         </is>
       </c>
       <c r="D820" t="inlineStr"/>
       <c r="E820" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F820" t="inlineStr">
         <is>
-          <t>TopBarBack to room list</t>
+          <t>TimelineViewBack to room list</t>
         </is>
       </c>
       <c r="G820" t="inlineStr"/>
       <c r="H820" t="inlineStr"/>
     </row>
     <row r="821">
       <c r="A821" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22883</t>
+          <t>../qml/TopBar.qml:22823</t>
         </is>
       </c>
       <c r="B821" t="inlineStr">
         <is>
-          <t>Show or hide pinned messages</t>
+          <t>No room selected</t>
         </is>
       </c>
       <c r="C821" t="inlineStr">
         <is>
-          <t>Tampilkan atau sembunyikan pesan yang dipasangi pin</t>
+          <t>Tidak ada ruangan yang dipilih</t>
         </is>
       </c>
       <c r="D821" t="inlineStr"/>
       <c r="E821" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F821" t="inlineStr">
         <is>
-          <t>TopBarShow or hide pinned messages</t>
+          <t>TopBarNo room selected</t>
         </is>
       </c>
       <c r="G821" t="inlineStr"/>
       <c r="H821" t="inlineStr"/>
     </row>
     <row r="822">
       <c r="A822" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22914</t>
+          <t>../qml/TopBar.qml:22877</t>
         </is>
       </c>
       <c r="B822" t="inlineStr">
         <is>
-          <t>Show room members.</t>
+          <t>In %1</t>
         </is>
       </c>
       <c r="C822" t="inlineStr">
         <is>
-          <t>Tampilkan anggota ruangan.</t>
+          <t>Dalam %1</t>
         </is>
       </c>
       <c r="D822" t="inlineStr"/>
       <c r="E822" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F822" t="inlineStr">
         <is>
-          <t>TopBarShow room members.</t>
+          <t>TopBarIn %1</t>
         </is>
       </c>
       <c r="G822" t="inlineStr"/>
       <c r="H822" t="inlineStr"/>
     </row>
     <row r="823">
       <c r="A823" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22917</t>
+          <t>../qml/TopBar.qml:22890</t>
         </is>
       </c>
       <c r="B823" t="inlineStr">
         <is>
-          <t>This room contains only verified devices.</t>
+          <t>Back to room list</t>
         </is>
       </c>
       <c r="C823" t="inlineStr">
         <is>
-          <t>Ruangan ini hanya berisi perangkat yang telah diverifikasi.</t>
+          <t>Kembali ke daftar ruangan</t>
         </is>
       </c>
       <c r="D823" t="inlineStr"/>
       <c r="E823" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F823" t="inlineStr">
         <is>
-          <t>TopBarThis room contains only verified devices.</t>
+          <t>TopBarBack to room list</t>
         </is>
       </c>
       <c r="G823" t="inlineStr"/>
       <c r="H823" t="inlineStr"/>
     </row>
     <row r="824">
       <c r="A824" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22919</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/TopBar.qml:22945</t>
+        </is>
+      </c>
+      <c r="B824" t="inlineStr"/>
+      <c r="C824" t="inlineStr"/>
       <c r="D824" t="inlineStr"/>
       <c r="E824" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F824" t="inlineStr">
         <is>
-          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
+          <t>TopBarShow only notifications</t>
         </is>
       </c>
       <c r="G824" t="inlineStr"/>
       <c r="H824" t="inlineStr"/>
     </row>
     <row r="825">
       <c r="A825" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22921</t>
+          <t>../qml/TopBar.qml:22964</t>
         </is>
       </c>
       <c r="B825" t="inlineStr">
         <is>
-          <t>This room contains unverified devices!</t>
+          <t>Show or hide pinned messages</t>
         </is>
       </c>
       <c r="C825" t="inlineStr">
         <is>
-          <t>Ruangan ini berisi perangkat yang belum diverifikasi!</t>
+          <t>Tampilkan atau sembunyikan pesan yang dipasangi pin</t>
         </is>
       </c>
       <c r="D825" t="inlineStr"/>
       <c r="E825" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F825" t="inlineStr">
         <is>
-          <t>TopBarThis room contains unverified devices!</t>
+          <t>TopBarShow or hide pinned messages</t>
         </is>
       </c>
       <c r="G825" t="inlineStr"/>
       <c r="H825" t="inlineStr"/>
     </row>
     <row r="826">
       <c r="A826" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22948</t>
+          <t>../qml/TopBar.qml:22995</t>
         </is>
       </c>
       <c r="B826" t="inlineStr">
         <is>
-          <t>Search this room</t>
+          <t>Show room members.</t>
         </is>
       </c>
       <c r="C826" t="inlineStr">
         <is>
-          <t>Cari ruangan ini</t>
+          <t>Tampilkan anggota ruangan.</t>
         </is>
       </c>
       <c r="D826" t="inlineStr"/>
       <c r="E826" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F826" t="inlineStr">
         <is>
-          <t>TopBarSearch this room</t>
+          <t>TopBarShow room members.</t>
         </is>
       </c>
       <c r="G826" t="inlineStr"/>
       <c r="H826" t="inlineStr"/>
     </row>
     <row r="827">
       <c r="A827" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22972</t>
+          <t>../qml/TopBar.qml:22998</t>
         </is>
       </c>
       <c r="B827" t="inlineStr">
         <is>
-          <t>Room options</t>
+          <t>This room contains only verified devices.</t>
         </is>
       </c>
       <c r="C827" t="inlineStr">
         <is>
-          <t>Opsi ruangan</t>
+          <t>Ruangan ini hanya berisi perangkat yang telah diverifikasi.</t>
         </is>
       </c>
       <c r="D827" t="inlineStr"/>
       <c r="E827" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F827" t="inlineStr">
         <is>
-          <t>TopBarRoom options</t>
+          <t>TopBarThis room contains only verified devices.</t>
         </is>
       </c>
       <c r="G827" t="inlineStr"/>
       <c r="H827" t="inlineStr"/>
     </row>
     <row r="828">
       <c r="A828" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22990</t>
+          <t>../qml/TopBar.qml:23000</t>
         </is>
       </c>
       <c r="B828" t="inlineStr">
         <is>
-          <t>Invite users</t>
+          <t>This room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="C828" t="inlineStr">
         <is>
-          <t>Undang pengguna</t>
+          <t>Ruangan ini berisi perangkat yang telah diverifikasi dan perangkat yang belum ganti kunci utama mereka.</t>
         </is>
       </c>
       <c r="D828" t="inlineStr"/>
       <c r="E828" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F828" t="inlineStr">
         <is>
-          <t>TopBarInvite users</t>
+          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="G828" t="inlineStr"/>
       <c r="H828" t="inlineStr"/>
     </row>
     <row r="829">
       <c r="A829" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22996</t>
+          <t>../qml/TopBar.qml:23002</t>
         </is>
       </c>
       <c r="B829" t="inlineStr">
         <is>
-          <t>Members</t>
+          <t>This room contains unverified devices!</t>
         </is>
       </c>
       <c r="C829" t="inlineStr">
         <is>
-          <t>Anggota</t>
+          <t>Ruangan ini berisi perangkat yang belum diverifikasi!</t>
         </is>
       </c>
       <c r="D829" t="inlineStr"/>
       <c r="E829" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F829" t="inlineStr">
         <is>
-          <t>TopBarMembers</t>
+          <t>TopBarThis room contains unverified devices!</t>
         </is>
       </c>
       <c r="G829" t="inlineStr"/>
       <c r="H829" t="inlineStr"/>
     </row>
     <row r="830">
       <c r="A830" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23001</t>
+          <t>../qml/TopBar.qml:23029</t>
         </is>
       </c>
       <c r="B830" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Search this room</t>
         </is>
       </c>
       <c r="C830" t="inlineStr">
         <is>
-          <t>Tinggalkan ruangan</t>
+          <t>Cari ruangan ini</t>
         </is>
       </c>
       <c r="D830" t="inlineStr"/>
       <c r="E830" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F830" t="inlineStr">
         <is>
-          <t>TopBarLeave room</t>
+          <t>TopBarSearch this room</t>
         </is>
       </c>
       <c r="G830" t="inlineStr"/>
       <c r="H830" t="inlineStr"/>
     </row>
     <row r="831">
       <c r="A831" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23006</t>
+          <t>../qml/TopBar.qml:23053</t>
         </is>
       </c>
       <c r="B831" t="inlineStr">
         <is>
-          <t>Settings</t>
+          <t>Room options</t>
         </is>
       </c>
       <c r="C831" t="inlineStr">
         <is>
-          <t>Pengaturan</t>
+          <t>Opsi ruangan</t>
         </is>
       </c>
       <c r="D831" t="inlineStr"/>
       <c r="E831" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F831" t="inlineStr">
         <is>
-          <t>TopBarSettings</t>
+          <t>TopBarRoom options</t>
         </is>
       </c>
       <c r="G831" t="inlineStr"/>
       <c r="H831" t="inlineStr"/>
     </row>
     <row r="832">
       <c r="A832" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23058</t>
+          <t>../qml/TopBar.qml:23071</t>
         </is>
       </c>
       <c r="B832" t="inlineStr">
         <is>
-          <t>Unpin</t>
+          <t>Invite users</t>
         </is>
       </c>
       <c r="C832" t="inlineStr">
         <is>
-          <t>Lepaskan pin</t>
+          <t>Undang pengguna</t>
         </is>
       </c>
       <c r="D832" t="inlineStr"/>
       <c r="E832" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F832" t="inlineStr">
         <is>
-          <t>TopBarUnpin</t>
+          <t>TopBarInvite users</t>
         </is>
       </c>
       <c r="G832" t="inlineStr"/>
       <c r="H832" t="inlineStr"/>
     </row>
     <row r="833">
       <c r="A833" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23104</t>
+          <t>../qml/TopBar.qml:23077</t>
         </is>
       </c>
       <c r="B833" t="inlineStr">
         <is>
-          <t>Enter search query</t>
+          <t>Members</t>
         </is>
       </c>
       <c r="C833" t="inlineStr">
         <is>
-          <t>Masukkan kueri pencarian</t>
+          <t>Anggota</t>
         </is>
       </c>
       <c r="D833" t="inlineStr"/>
       <c r="E833" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F833" t="inlineStr">
         <is>
-          <t>TopBarEnter search query</t>
+          <t>TopBarMembers</t>
         </is>
       </c>
       <c r="G833" t="inlineStr"/>
       <c r="H833" t="inlineStr"/>
     </row>
     <row r="834">
       <c r="A834" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23214</t>
+          <t>../qml/TopBar.qml:23082</t>
         </is>
       </c>
       <c r="B834" t="inlineStr">
         <is>
-          <t>Show</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C834" t="inlineStr">
         <is>
-          <t>Tampilkan</t>
+          <t>Tinggalkan ruangan</t>
         </is>
       </c>
       <c r="D834" t="inlineStr"/>
       <c r="E834" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F834" t="inlineStr">
         <is>
-          <t>TrayIconShow</t>
+          <t>TopBarLeave room</t>
         </is>
       </c>
       <c r="G834" t="inlineStr"/>
       <c r="H834" t="inlineStr"/>
     </row>
     <row r="835">
       <c r="A835" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23215</t>
+          <t>../qml/TopBar.qml:23087</t>
         </is>
       </c>
       <c r="B835" t="inlineStr">
         <is>
-          <t>Quit</t>
+          <t>Settings</t>
         </is>
       </c>
       <c r="C835" t="inlineStr">
         <is>
-          <t>Tutup</t>
+          <t>Pengaturan</t>
         </is>
       </c>
       <c r="D835" t="inlineStr"/>
       <c r="E835" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F835" t="inlineStr">
         <is>
-          <t>TrayIconQuit</t>
+          <t>TopBarSettings</t>
         </is>
       </c>
       <c r="G835" t="inlineStr"/>
       <c r="H835" t="inlineStr"/>
     </row>
     <row r="836">
       <c r="A836" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23242</t>
+          <t>../qml/TopBar.qml:23139</t>
         </is>
       </c>
       <c r="B836" t="inlineStr">
+        <is>
+          <t>Unpin</t>
+        </is>
+      </c>
+      <c r="C836" t="inlineStr">
+        <is>
+          <t>Lepaskan pin</t>
+        </is>
+      </c>
+      <c r="D836" t="inlineStr"/>
+      <c r="E836" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F836" t="inlineStr">
+        <is>
+          <t>TopBarUnpin</t>
+        </is>
+      </c>
+      <c r="G836" t="inlineStr"/>
+      <c r="H836" t="inlineStr"/>
+    </row>
+    <row r="837">
+      <c r="A837" t="inlineStr">
+        <is>
+          <t>../qml/TopBar.qml:23185</t>
+        </is>
+      </c>
+      <c r="B837" t="inlineStr">
+        <is>
+          <t>Enter search query</t>
+        </is>
+      </c>
+      <c r="C837" t="inlineStr">
+        <is>
+          <t>Masukkan kueri pencarian</t>
+        </is>
+      </c>
+      <c r="D837" t="inlineStr"/>
+      <c r="E837" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F837" t="inlineStr">
+        <is>
+          <t>TopBarEnter search query</t>
+        </is>
+      </c>
+      <c r="G837" t="inlineStr"/>
+      <c r="H837" t="inlineStr"/>
+    </row>
+    <row r="838">
+      <c r="A838" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23295</t>
+        </is>
+      </c>
+      <c r="B838" t="inlineStr">
+        <is>
+          <t>Show</t>
+        </is>
+      </c>
+      <c r="C838" t="inlineStr">
+        <is>
+          <t>Tampilkan</t>
+        </is>
+      </c>
+      <c r="D838" t="inlineStr"/>
+      <c r="E838" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F838" t="inlineStr">
+        <is>
+          <t>TrayIconShow</t>
+        </is>
+      </c>
+      <c r="G838" t="inlineStr"/>
+      <c r="H838" t="inlineStr"/>
+    </row>
+    <row r="839">
+      <c r="A839" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23296</t>
+        </is>
+      </c>
+      <c r="B839" t="inlineStr">
+        <is>
+          <t>Quit</t>
+        </is>
+      </c>
+      <c r="C839" t="inlineStr">
+        <is>
+          <t>Tutup</t>
+        </is>
+      </c>
+      <c r="D839" t="inlineStr"/>
+      <c r="E839" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F839" t="inlineStr">
+        <is>
+          <t>TrayIconQuit</t>
+        </is>
+      </c>
+      <c r="G839" t="inlineStr"/>
+      <c r="H839" t="inlineStr"/>
+    </row>
+    <row r="840">
+      <c r="A840" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23328</t>
+        </is>
+      </c>
+      <c r="B840" t="inlineStr">
         <is>
           <t xml:space="preserve">
 %n unread message</t>
         </is>
       </c>
-      <c r="C836" t="inlineStr">
+      <c r="C840" t="inlineStr">
         <is>
           <t xml:space="preserve">
 %n pesan belum dibaca</t>
         </is>
       </c>
-      <c r="D836" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F836" t="inlineStr">
+      <c r="D840" t="inlineStr"/>
+      <c r="E840" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F840" t="inlineStr">
         <is>
           <t>TrayIcon
 %n unread message(s)</t>
         </is>
       </c>
-      <c r="G836" t="inlineStr"/>
-[...118 lines deleted...]
-      </c>
       <c r="G840" t="inlineStr"/>
       <c r="H840" t="inlineStr"/>
     </row>
     <row r="841">
       <c r="A841" t="inlineStr">
         <is>
-          <t>../qml/UploadBox.qml:23612</t>
+          <t>../../src/ui/UIA.cpp:23386</t>
         </is>
       </c>
       <c r="B841" t="inlineStr">
         <is>
-          <t>Upload file</t>
+          <t>No available registration flows!</t>
         </is>
       </c>
       <c r="C841" t="inlineStr">
         <is>
-          <t>Unggah %n file</t>
+          <t>Tidak ada alur pendaftaran yang tersedia!</t>
         </is>
       </c>
       <c r="D841" t="inlineStr"/>
       <c r="E841" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F841" t="inlineStr">
         <is>
-          <t>UploadBoxUpload %n file(s)</t>
+          <t>UIANo available registration flows!</t>
         </is>
       </c>
       <c r="G841" t="inlineStr"/>
       <c r="H841" t="inlineStr"/>
     </row>
     <row r="842">
       <c r="A842" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23830</t>
+          <t>../../src/ui/UIA.cpp:23471</t>
         </is>
       </c>
       <c r="B842" t="inlineStr">
         <is>
-          <t>Sign out device %1</t>
+          <t>Registration aborted</t>
         </is>
       </c>
       <c r="C842" t="inlineStr">
         <is>
-          <t>Keluarkan perangkat %1</t>
+          <t>Pendaftaran dibatalkan</t>
         </is>
       </c>
       <c r="D842" t="inlineStr"/>
       <c r="E842" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F842" t="inlineStr">
         <is>
-          <t>UserProfileSign out device %1</t>
+          <t>UIARegistration aborted</t>
         </is>
       </c>
       <c r="G842" t="inlineStr"/>
       <c r="H842" t="inlineStr"/>
     </row>
     <row r="843">
       <c r="A843" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23840</t>
+          <t>../../src/ui/UIA.cpp:23448</t>
         </is>
       </c>
       <c r="B843" t="inlineStr">
         <is>
-          <t>You signed out this device.</t>
+          <t>Please enter a valid registration token.</t>
         </is>
       </c>
       <c r="C843" t="inlineStr">
         <is>
-          <t>Kamu mengeluarkan perangkat ini.</t>
+          <t>Mohon masukkan token pendaftaran yang valid.</t>
         </is>
       </c>
       <c r="D843" t="inlineStr"/>
       <c r="E843" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F843" t="inlineStr">
         <is>
-          <t>UserProfileYou signed out this device.</t>
+          <t>UIAPlease enter a valid registration token.</t>
         </is>
       </c>
       <c r="G843" t="inlineStr"/>
       <c r="H843" t="inlineStr"/>
     </row>
     <row r="844">
       <c r="A844" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23890</t>
+          <t>../../src/ui/UIA.cpp:23608</t>
         </is>
       </c>
       <c r="B844" t="inlineStr">
         <is>
-          <t>Failed to ignore "%1": %2</t>
+          <t>Invalid token</t>
         </is>
       </c>
       <c r="C844" t="inlineStr">
         <is>
-          <t>Gagal mengabaikan "%1": %2</t>
+          <t>Token tidak valid</t>
         </is>
       </c>
       <c r="D844" t="inlineStr"/>
       <c r="E844" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F844" t="inlineStr">
         <is>
-          <t>UserProfileFailed to ignore "%1": %2</t>
+          <t>UIAInvalid token</t>
         </is>
       </c>
       <c r="G844" t="inlineStr"/>
       <c r="H844" t="inlineStr"/>
     </row>
     <row r="845">
       <c r="A845" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../qml/UploadBox.qml:23698</t>
         </is>
       </c>
       <c r="B845" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>Upload file</t>
         </is>
       </c>
       <c r="C845" t="inlineStr">
         <is>
-          <t>Pilih sebuah avatar</t>
+          <t>Unggah %n file</t>
         </is>
       </c>
       <c r="D845" t="inlineStr"/>
       <c r="E845" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F845" t="inlineStr">
         <is>
-          <t>UserProfileSelect an avatar</t>
+          <t>UploadBoxUpload %n file(s)</t>
         </is>
       </c>
       <c r="G845" t="inlineStr"/>
       <c r="H845" t="inlineStr"/>
     </row>
     <row r="846">
       <c r="A846" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../../src/ui/UserProfile.cpp:23916</t>
         </is>
       </c>
       <c r="B846" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Sign out device %1</t>
         </is>
       </c>
       <c r="C846" t="inlineStr">
         <is>
-          <t>Semua File (*)</t>
+          <t>Keluarkan perangkat %1</t>
         </is>
       </c>
       <c r="D846" t="inlineStr"/>
       <c r="E846" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F846" t="inlineStr">
         <is>
-          <t>UserProfileAll Files (*)</t>
+          <t>UserProfileSign out device %1</t>
         </is>
       </c>
       <c r="G846" t="inlineStr"/>
       <c r="H846" t="inlineStr"/>
     </row>
     <row r="847">
       <c r="A847" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24124</t>
+          <t>../../src/ui/UserProfile.cpp:23926</t>
         </is>
       </c>
       <c r="B847" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>You signed out this device.</t>
         </is>
       </c>
       <c r="C847" t="inlineStr">
         <is>
-          <t>File yang dipilih bukan sebuah gambar</t>
+          <t>Kamu mengeluarkan perangkat ini.</t>
         </is>
       </c>
       <c r="D847" t="inlineStr"/>
       <c r="E847" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F847" t="inlineStr">
         <is>
-          <t>UserProfileThe selected file is not an image</t>
+          <t>UserProfileYou signed out this device.</t>
         </is>
       </c>
       <c r="G847" t="inlineStr"/>
       <c r="H847" t="inlineStr"/>
     </row>
     <row r="848">
       <c r="A848" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24129</t>
+          <t>../../src/ui/UserProfile.cpp:23976</t>
         </is>
       </c>
       <c r="B848" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
+          <t>Failed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="C848" t="inlineStr">
         <is>
-          <t>Terjadi kesalahan saat membaca file: %1</t>
+          <t>Gagal mengabaikan "%1": %2</t>
         </is>
       </c>
       <c r="D848" t="inlineStr"/>
       <c r="E848" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F848" t="inlineStr">
         <is>
-          <t>UserProfileError while reading file: %1</t>
+          <t>UserProfileFailed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="G848" t="inlineStr"/>
       <c r="H848" t="inlineStr"/>
     </row>
     <row r="849">
       <c r="A849" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B849" t="inlineStr">
         <is>
-          <t>Global User Profile</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C849" t="inlineStr">
         <is>
-          <t>Profil Pengguna Global</t>
+          <t>Pilih sebuah avatar</t>
         </is>
       </c>
       <c r="D849" t="inlineStr"/>
       <c r="E849" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F849" t="inlineStr">
         <is>
-          <t>UserProfileGlobal User Profile</t>
+          <t>UserProfileSelect an avatar</t>
         </is>
       </c>
       <c r="G849" t="inlineStr"/>
       <c r="H849" t="inlineStr"/>
     </row>
     <row r="850">
       <c r="A850" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B850" t="inlineStr">
         <is>
-          <t>Room User Profile</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C850" t="inlineStr">
         <is>
-          <t>Profil Pengguna di Ruangan</t>
+          <t>Semua File (*)</t>
         </is>
       </c>
       <c r="D850" t="inlineStr"/>
       <c r="E850" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F850" t="inlineStr">
         <is>
-          <t>UserProfileRoom User Profile</t>
+          <t>UserProfileAll Files (*)</t>
         </is>
       </c>
       <c r="G850" t="inlineStr"/>
       <c r="H850" t="inlineStr"/>
     </row>
     <row r="851">
       <c r="A851" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../../src/ui/UserProfile.cpp:24210</t>
         </is>
       </c>
       <c r="B851" t="inlineStr">
         <is>
-          <t>Change avatar globally.</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C851" t="inlineStr">
         <is>
-          <t>Ubah avatar secara global.</t>
+          <t>File yang dipilih bukan sebuah gambar</t>
         </is>
       </c>
       <c r="D851" t="inlineStr"/>
       <c r="E851" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F851" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar globally.</t>
+          <t>UserProfileThe selected file is not an image</t>
         </is>
       </c>
       <c r="G851" t="inlineStr"/>
       <c r="H851" t="inlineStr"/>
     </row>
     <row r="852">
       <c r="A852" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../../src/ui/UserProfile.cpp:24215</t>
         </is>
       </c>
       <c r="B852" t="inlineStr">
         <is>
-          <t>Change avatar. Will only apply to this room.</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C852" t="inlineStr">
         <is>
-          <t>Ubah avatar. Hanya diterapkan di ruangan ini.</t>
+          <t>Terjadi kesalahan saat membaca file: %1</t>
         </is>
       </c>
       <c r="D852" t="inlineStr"/>
       <c r="E852" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F852" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar. Will only apply to this room.</t>
+          <t>UserProfileError while reading file: %1</t>
         </is>
       </c>
       <c r="G852" t="inlineStr"/>
       <c r="H852" t="inlineStr"/>
     </row>
     <row r="853">
       <c r="A853" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B853" t="inlineStr">
         <is>
-          <t>Change display name globally.</t>
+          <t>Global User Profile</t>
         </is>
       </c>
       <c r="C853" t="inlineStr">
         <is>
-          <t>Ubah nama tampilan secara global.</t>
+          <t>Profil Pengguna Global</t>
         </is>
       </c>
       <c r="D853" t="inlineStr"/>
       <c r="E853" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F853" t="inlineStr">
         <is>
-          <t>UserProfileChange display name globally.</t>
+          <t>UserProfileGlobal User Profile</t>
         </is>
       </c>
       <c r="G853" t="inlineStr"/>
       <c r="H853" t="inlineStr"/>
     </row>
     <row r="854">
       <c r="A854" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B854" t="inlineStr">
         <is>
-          <t>Change display name. Will only apply to this room.</t>
+          <t>Room User Profile</t>
         </is>
       </c>
       <c r="C854" t="inlineStr">
         <is>
-          <t>Ubah nama tampilan. Hanya diterapkan di ruangan ini.</t>
+          <t>Profil Pengguna di Ruangan</t>
         </is>
       </c>
       <c r="D854" t="inlineStr"/>
       <c r="E854" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F854" t="inlineStr">
         <is>
-          <t>UserProfileChange display name. Will only apply to this room.</t>
+          <t>UserProfileRoom User Profile</t>
         </is>
       </c>
       <c r="G854" t="inlineStr"/>
       <c r="H854" t="inlineStr"/>
     </row>
     <row r="855">
       <c r="A855" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24304</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B855" t="inlineStr">
         <is>
-          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>Change avatar globally.</t>
         </is>
       </c>
       <c r="C855" t="inlineStr">
         <is>
-          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>Ubah avatar secara global.</t>
         </is>
       </c>
       <c r="D855" t="inlineStr"/>
       <c r="E855" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F855" t="inlineStr">
         <is>
-          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>UserProfileChange avatar globally.</t>
         </is>
       </c>
       <c r="G855" t="inlineStr"/>
       <c r="H855" t="inlineStr"/>
     </row>
     <row r="856">
       <c r="A856" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24329</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B856" t="inlineStr">
         <is>
-          <t>Room: %1</t>
+          <t>Change avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C856" t="inlineStr">
         <is>
-          <t>Ruangan: %1</t>
+          <t>Ubah avatar. Hanya diterapkan di ruangan ini.</t>
         </is>
       </c>
       <c r="D856" t="inlineStr"/>
       <c r="E856" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F856" t="inlineStr">
         <is>
-          <t>UserProfileRoom: %1</t>
+          <t>UserProfileChange avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G856" t="inlineStr"/>
       <c r="H856" t="inlineStr"/>
     </row>
     <row r="857">
       <c r="A857" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24330</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B857" t="inlineStr">
         <is>
-          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>Change display name globally.</t>
         </is>
       </c>
       <c r="C857" t="inlineStr">
         <is>
-          <t>Ini adalah profil spesifik ruangan. Nama pengguna dan avatar mungkin berbeda dari versi globalnya.</t>
+          <t>Ubah nama tampilan secara global.</t>
         </is>
       </c>
       <c r="D857" t="inlineStr"/>
       <c r="E857" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F857" t="inlineStr">
         <is>
-          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>UserProfileChange display name globally.</t>
         </is>
       </c>
       <c r="G857" t="inlineStr"/>
       <c r="H857" t="inlineStr"/>
     </row>
     <row r="858">
       <c r="A858" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24345</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B858" t="inlineStr">
         <is>
-          <t>Open the global profile for this user.</t>
+          <t>Change display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C858" t="inlineStr">
         <is>
-          <t>Buka profil global untuk pengguna ini.</t>
+          <t>Ubah nama tampilan. Hanya diterapkan di ruangan ini.</t>
         </is>
       </c>
       <c r="D858" t="inlineStr"/>
       <c r="E858" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F858" t="inlineStr">
         <is>
-          <t>UserProfileOpen the global profile for this user.</t>
+          <t>UserProfileChange display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G858" t="inlineStr"/>
       <c r="H858" t="inlineStr"/>
     </row>
     <row r="859">
       <c r="A859" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24390</t>
         </is>
       </c>
       <c r="B859" t="inlineStr">
         <is>
-          <t>Verify</t>
+          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="C859" t="inlineStr">
         <is>
-          <t>Lakukan verifikasi</t>
+          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="D859" t="inlineStr"/>
       <c r="E859" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F859" t="inlineStr">
         <is>
-          <t>UserProfileVerify</t>
+          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="G859" t="inlineStr"/>
       <c r="H859" t="inlineStr"/>
     </row>
     <row r="860">
       <c r="A860" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24396</t>
+          <t>../qml/dialogs/UserProfile.qml:24415</t>
         </is>
       </c>
       <c r="B860" t="inlineStr">
         <is>
-          <t>Start a private chat.</t>
+          <t>Room: %1</t>
         </is>
       </c>
       <c r="C860" t="inlineStr">
         <is>
-          <t>Mulai chat privat.</t>
+          <t>Ruangan: %1</t>
         </is>
       </c>
       <c r="D860" t="inlineStr"/>
       <c r="E860" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F860" t="inlineStr">
         <is>
-          <t>UserProfileStart a private chat.</t>
+          <t>UserProfileRoom: %1</t>
         </is>
       </c>
       <c r="G860" t="inlineStr"/>
       <c r="H860" t="inlineStr"/>
     </row>
     <row r="861">
       <c r="A861" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24406</t>
+          <t>../qml/dialogs/UserProfile.qml:24416</t>
         </is>
       </c>
       <c r="B861" t="inlineStr">
         <is>
-          <t>Kick the user.</t>
+          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="C861" t="inlineStr">
         <is>
-          <t>Keluarkan pengguna ini.</t>
+          <t>Ini adalah profil spesifik ruangan. Nama pengguna dan avatar mungkin berbeda dari versi globalnya.</t>
         </is>
       </c>
       <c r="D861" t="inlineStr"/>
       <c r="E861" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F861" t="inlineStr">
         <is>
-          <t>UserProfileKick the user.</t>
+          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="G861" t="inlineStr"/>
       <c r="H861" t="inlineStr"/>
     </row>
     <row r="862">
       <c r="A862" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24417</t>
+          <t>../qml/dialogs/UserProfile.qml:24431</t>
         </is>
       </c>
       <c r="B862" t="inlineStr">
         <is>
-          <t>Ban the user.</t>
+          <t>Open the global profile for this user.</t>
         </is>
       </c>
       <c r="C862" t="inlineStr">
         <is>
-          <t>Cekal pengguna ini.</t>
+          <t>Buka profil global untuk pengguna ini.</t>
         </is>
       </c>
       <c r="D862" t="inlineStr"/>
       <c r="E862" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F862" t="inlineStr">
         <is>
-          <t>UserProfileBan the user.</t>
+          <t>UserProfileOpen the global profile for this user.</t>
         </is>
       </c>
       <c r="G862" t="inlineStr"/>
       <c r="H862" t="inlineStr"/>
     </row>
     <row r="863">
       <c r="A863" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B863" t="inlineStr">
         <is>
-          <t>Unignore the user.</t>
+          <t>Verify</t>
         </is>
       </c>
       <c r="C863" t="inlineStr">
         <is>
-          <t>Batalkan pengabaian pengguna.</t>
+          <t>Lakukan verifikasi</t>
         </is>
       </c>
       <c r="D863" t="inlineStr"/>
       <c r="E863" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F863" t="inlineStr">
         <is>
-          <t>UserProfileUnignore the user.</t>
+          <t>UserProfileVerify</t>
         </is>
       </c>
       <c r="G863" t="inlineStr"/>
       <c r="H863" t="inlineStr"/>
     </row>
     <row r="864">
       <c r="A864" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24482</t>
         </is>
       </c>
       <c r="B864" t="inlineStr">
         <is>
-          <t>Ignore the user.</t>
+          <t>Start a private chat.</t>
         </is>
       </c>
       <c r="C864" t="inlineStr">
         <is>
-          <t>Abaikan pengguna.</t>
+          <t>Mulai chat privat.</t>
         </is>
       </c>
       <c r="D864" t="inlineStr"/>
       <c r="E864" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F864" t="inlineStr">
         <is>
-          <t>UserProfileIgnore the user.</t>
+          <t>UserProfileStart a private chat.</t>
         </is>
       </c>
       <c r="G864" t="inlineStr"/>
       <c r="H864" t="inlineStr"/>
     </row>
     <row r="865">
       <c r="A865" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24440</t>
+          <t>../qml/dialogs/UserProfile.qml:24492</t>
         </is>
       </c>
       <c r="B865" t="inlineStr">
         <is>
-          <t>Refresh device list.</t>
+          <t>Kick the user.</t>
         </is>
       </c>
       <c r="C865" t="inlineStr">
         <is>
-          <t>Muat ulang daftar perangkat.</t>
+          <t>Keluarkan pengguna ini.</t>
         </is>
       </c>
       <c r="D865" t="inlineStr"/>
       <c r="E865" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F865" t="inlineStr">
         <is>
-          <t>UserProfileRefresh device list.</t>
+          <t>UserProfileKick the user.</t>
         </is>
       </c>
       <c r="G865" t="inlineStr"/>
       <c r="H865" t="inlineStr"/>
     </row>
     <row r="866">
       <c r="A866" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24454</t>
+          <t>../qml/dialogs/UserProfile.qml:24503</t>
         </is>
       </c>
       <c r="B866" t="inlineStr">
         <is>
-          <t>Devices</t>
+          <t>Ban the user.</t>
         </is>
       </c>
       <c r="C866" t="inlineStr">
         <is>
-          <t>Perangkat</t>
+          <t>Cekal pengguna ini.</t>
         </is>
       </c>
       <c r="D866" t="inlineStr"/>
       <c r="E866" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F866" t="inlineStr">
         <is>
-          <t>UserProfileDevices</t>
+          <t>UserProfileBan the user.</t>
         </is>
       </c>
       <c r="G866" t="inlineStr"/>
       <c r="H866" t="inlineStr"/>
     </row>
     <row r="867">
       <c r="A867" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24457</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B867" t="inlineStr">
         <is>
-          <t>Shared Rooms</t>
+          <t>Unignore the user.</t>
         </is>
       </c>
       <c r="C867" t="inlineStr">
         <is>
-          <t>Ruangan Terbagi</t>
+          <t>Batalkan pengabaian pengguna.</t>
         </is>
       </c>
       <c r="D867" t="inlineStr"/>
       <c r="E867" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F867" t="inlineStr">
         <is>
-          <t>UserProfileShared Rooms</t>
+          <t>UserProfileUnignore the user.</t>
         </is>
       </c>
       <c r="G867" t="inlineStr"/>
       <c r="H867" t="inlineStr"/>
     </row>
     <row r="868">
       <c r="A868" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24519</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B868" t="inlineStr">
         <is>
-          <t>Sign out this device.</t>
+          <t>Ignore the user.</t>
         </is>
       </c>
       <c r="C868" t="inlineStr">
         <is>
-          <t>Keluarkan perangkat ini.</t>
+          <t>Abaikan pengguna.</t>
         </is>
       </c>
       <c r="D868" t="inlineStr"/>
       <c r="E868" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F868" t="inlineStr">
         <is>
-          <t>UserProfileSign out this device.</t>
+          <t>UserProfileIgnore the user.</t>
         </is>
       </c>
       <c r="G868" t="inlineStr"/>
       <c r="H868" t="inlineStr"/>
     </row>
     <row r="869">
       <c r="A869" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24550</t>
+          <t>../qml/dialogs/UserProfile.qml:24526</t>
         </is>
       </c>
       <c r="B869" t="inlineStr">
         <is>
-          <t>Change device name.</t>
+          <t>Refresh device list.</t>
         </is>
       </c>
       <c r="C869" t="inlineStr">
         <is>
-          <t>Ubah nama perangkat.</t>
+          <t>Muat ulang daftar perangkat.</t>
         </is>
       </c>
       <c r="D869" t="inlineStr"/>
       <c r="E869" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F869" t="inlineStr">
         <is>
-          <t>UserProfileChange device name.</t>
+          <t>UserProfileRefresh device list.</t>
         </is>
       </c>
       <c r="G869" t="inlineStr"/>
       <c r="H869" t="inlineStr"/>
     </row>
     <row r="870">
       <c r="A870" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24572</t>
+          <t>../qml/dialogs/UserProfile.qml:24540</t>
         </is>
       </c>
       <c r="B870" t="inlineStr">
         <is>
-          <t>Last seen %1 from %2</t>
+          <t>Devices</t>
         </is>
       </c>
       <c r="C870" t="inlineStr">
         <is>
-          <t>Terakhir dilihat %1 dari %2</t>
+          <t>Perangkat</t>
         </is>
       </c>
       <c r="D870" t="inlineStr"/>
       <c r="E870" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F870" t="inlineStr">
         <is>
-          <t>UserProfileLast seen %1 from %2</t>
+          <t>UserProfileDevices</t>
         </is>
       </c>
       <c r="G870" t="inlineStr"/>
       <c r="H870" t="inlineStr"/>
     </row>
     <row r="871">
       <c r="A871" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24543</t>
         </is>
       </c>
       <c r="B871" t="inlineStr">
         <is>
-          <t>Unverify</t>
+          <t>Shared Rooms</t>
         </is>
       </c>
       <c r="C871" t="inlineStr">
         <is>
-          <t>Hapus verifikasi</t>
+          <t>Ruangan Terbagi</t>
         </is>
       </c>
       <c r="D871" t="inlineStr"/>
       <c r="E871" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F871" t="inlineStr">
         <is>
-          <t>UserProfileUnverify</t>
+          <t>UserProfileShared Rooms</t>
         </is>
       </c>
       <c r="G871" t="inlineStr"/>
       <c r="H871" t="inlineStr"/>
     </row>
     <row r="872">
       <c r="A872" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.h:24881</t>
+          <t>../qml/dialogs/UserProfile.qml:24605</t>
         </is>
       </c>
       <c r="B872" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Sign out this device.</t>
         </is>
       </c>
       <c r="C872" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Keluarkan perangkat ini.</t>
         </is>
       </c>
       <c r="D872" t="inlineStr"/>
       <c r="E872" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F872" t="inlineStr">
         <is>
-          <t>UserSettingsDefault</t>
+          <t>UserProfileSign out this device.</t>
         </is>
       </c>
       <c r="G872" t="inlineStr"/>
       <c r="H872" t="inlineStr"/>
     </row>
     <row r="873">
       <c r="A873" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25911</t>
+          <t>../qml/dialogs/UserProfile.qml:24636</t>
         </is>
       </c>
       <c r="B873" t="inlineStr">
         <is>
-          <t>Theme</t>
+          <t>Change device name.</t>
         </is>
       </c>
       <c r="C873" t="inlineStr">
         <is>
-          <t>Tema</t>
+          <t>Ubah nama perangkat.</t>
         </is>
       </c>
       <c r="D873" t="inlineStr"/>
       <c r="E873" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F873" t="inlineStr">
         <is>
-          <t>UserSettingsModelTheme</t>
+          <t>UserProfileChange device name.</t>
         </is>
       </c>
       <c r="G873" t="inlineStr"/>
       <c r="H873" t="inlineStr"/>
     </row>
     <row r="874">
       <c r="A874" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25913</t>
+          <t>../qml/dialogs/UserProfile.qml:24658</t>
         </is>
       </c>
       <c r="B874" t="inlineStr">
         <is>
-          <t>Scale factor</t>
+          <t>Last seen %1 from %2</t>
         </is>
       </c>
       <c r="C874" t="inlineStr">
         <is>
-          <t>Faktor skala</t>
+          <t>Terakhir dilihat %1 dari %2</t>
         </is>
       </c>
       <c r="D874" t="inlineStr"/>
       <c r="E874" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F874" t="inlineStr">
         <is>
-          <t>UserSettingsModelScale factor</t>
+          <t>UserProfileLast seen %1 from %2</t>
         </is>
       </c>
       <c r="G874" t="inlineStr"/>
       <c r="H874" t="inlineStr"/>
     </row>
     <row r="875">
       <c r="A875" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25915</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B875" t="inlineStr">
         <is>
-          <t>Highlight message on hover</t>
+          <t>Unverify</t>
         </is>
       </c>
       <c r="C875" t="inlineStr">
         <is>
-          <t>Highlight pesan saat kursor di atas pesan</t>
+          <t>Hapus verifikasi</t>
         </is>
       </c>
       <c r="D875" t="inlineStr"/>
       <c r="E875" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F875" t="inlineStr">
         <is>
-          <t>UserSettingsModelHighlight message on hover</t>
+          <t>UserProfileUnverify</t>
         </is>
       </c>
       <c r="G875" t="inlineStr"/>
       <c r="H875" t="inlineStr"/>
     </row>
     <row r="876">
       <c r="A876" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25917</t>
+          <t>../../src/UserSettingsPage.h:24975</t>
         </is>
       </c>
       <c r="B876" t="inlineStr">
         <is>
-          <t>Large Emoji in timeline</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C876" t="inlineStr">
         <is>
-          <t>Emoji besar di lini masa</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="D876" t="inlineStr"/>
       <c r="E876" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F876" t="inlineStr">
         <is>
-          <t>UserSettingsModelLarge Emoji in timeline</t>
+          <t>UserSettingsDefault</t>
         </is>
       </c>
       <c r="G876" t="inlineStr"/>
       <c r="H876" t="inlineStr"/>
     </row>
     <row r="877">
       <c r="A877" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25919</t>
+          <t>../../src/UserSettingsPage.cpp:26023</t>
         </is>
       </c>
       <c r="B877" t="inlineStr">
         <is>
-          <t>Minimize to tray</t>
+          <t>Theme</t>
         </is>
       </c>
       <c r="C877" t="inlineStr">
         <is>
-          <t>Perkecil ke baki</t>
+          <t>Tema</t>
         </is>
       </c>
       <c r="D877" t="inlineStr"/>
       <c r="E877" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F877" t="inlineStr">
         <is>
-          <t>UserSettingsModelMinimize to tray</t>
+          <t>UserSettingsModelTheme</t>
         </is>
       </c>
       <c r="G877" t="inlineStr"/>
       <c r="H877" t="inlineStr"/>
     </row>
     <row r="878">
       <c r="A878" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25921</t>
+          <t>../../src/UserSettingsPage.cpp:26025</t>
         </is>
       </c>
       <c r="B878" t="inlineStr">
         <is>
-          <t>Start in tray</t>
+          <t>Scale factor</t>
         </is>
       </c>
       <c r="C878" t="inlineStr">
         <is>
-          <t>Mulai di baki</t>
+          <t>Faktor skala</t>
         </is>
       </c>
       <c r="D878" t="inlineStr"/>
       <c r="E878" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F878" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart in tray</t>
+          <t>UserSettingsModelScale factor</t>
         </is>
       </c>
       <c r="G878" t="inlineStr"/>
       <c r="H878" t="inlineStr"/>
     </row>
     <row r="879">
       <c r="A879" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25925</t>
+          <t>../../src/UserSettingsPage.cpp:26027</t>
         </is>
       </c>
       <c r="B879" t="inlineStr">
         <is>
-          <t>Scrollbars in room list</t>
+          <t>Highlight message on hover</t>
         </is>
       </c>
       <c r="C879" t="inlineStr">
         <is>
-          <t>Bilah gulir dalam daftar ruangan</t>
+          <t>Highlight pesan saat kursor di atas pesan</t>
         </is>
       </c>
       <c r="D879" t="inlineStr"/>
       <c r="E879" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F879" t="inlineStr">
         <is>
-          <t>UserSettingsModelScrollbars in room list</t>
+          <t>UserSettingsModelHighlight message on hover</t>
         </is>
       </c>
       <c r="G879" t="inlineStr"/>
       <c r="H879" t="inlineStr"/>
     </row>
     <row r="880">
       <c r="A880" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25927</t>
+          <t>../../src/UserSettingsPage.cpp:26029</t>
         </is>
       </c>
       <c r="B880" t="inlineStr">
         <is>
-          <t>Send messages as Markdown</t>
+          <t>Large Emoji in timeline</t>
         </is>
       </c>
       <c r="C880" t="inlineStr">
         <is>
-          <t>Kirim pesan sebagai Markdown</t>
+          <t>Emoji besar di lini masa</t>
         </is>
       </c>
       <c r="D880" t="inlineStr"/>
       <c r="E880" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F880" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend messages as Markdown</t>
+          <t>UserSettingsModelLarge Emoji in timeline</t>
         </is>
       </c>
       <c r="G880" t="inlineStr"/>
       <c r="H880" t="inlineStr"/>
     </row>
     <row r="881">
       <c r="A881" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25929</t>
+          <t>../../src/UserSettingsPage.cpp:26031</t>
         </is>
       </c>
       <c r="B881" t="inlineStr">
         <is>
-          <t>Use shift+enter to send and enter to start a new line</t>
+          <t>Minimize to tray</t>
         </is>
       </c>
       <c r="C881" t="inlineStr">
         <is>
-          <t>Gunakan shift+enter untuk mengirim dan enter untuk memulai baris baru</t>
+          <t>Perkecil ke baki</t>
         </is>
       </c>
       <c r="D881" t="inlineStr"/>
       <c r="E881" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F881" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse shift+enter to send and enter to start a new line</t>
+          <t>UserSettingsModelMinimize to tray</t>
         </is>
       </c>
       <c r="G881" t="inlineStr"/>
       <c r="H881" t="inlineStr"/>
     </row>
     <row r="882">
       <c r="A882" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25931</t>
+          <t>../../src/UserSettingsPage.cpp:26033</t>
         </is>
       </c>
       <c r="B882" t="inlineStr">
         <is>
-          <t>Enable message bubbles</t>
+          <t>Start in tray</t>
         </is>
       </c>
       <c r="C882" t="inlineStr">
         <is>
-          <t>Aktifkan gelembung pesan</t>
+          <t>Mulai di baki</t>
         </is>
       </c>
       <c r="D882" t="inlineStr"/>
       <c r="E882" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F882" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable message bubbles</t>
+          <t>UserSettingsModelStart in tray</t>
         </is>
       </c>
       <c r="G882" t="inlineStr"/>
       <c r="H882" t="inlineStr"/>
     </row>
     <row r="883">
       <c r="A883" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25933</t>
+          <t>../../src/UserSettingsPage.cpp:26037</t>
         </is>
       </c>
       <c r="B883" t="inlineStr">
         <is>
-          <t>Enable small Avatars</t>
+          <t>Scrollbars in room list</t>
         </is>
       </c>
       <c r="C883" t="inlineStr">
         <is>
-          <t>Aktifkan avatar kecil</t>
+          <t>Bilah gulir dalam daftar ruangan</t>
         </is>
       </c>
       <c r="D883" t="inlineStr"/>
       <c r="E883" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F883" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable small Avatars</t>
+          <t>UserSettingsModelScrollbars in room list</t>
         </is>
       </c>
       <c r="G883" t="inlineStr"/>
       <c r="H883" t="inlineStr"/>
     </row>
     <row r="884">
       <c r="A884" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25935</t>
+          <t>../../src/UserSettingsPage.cpp:26039</t>
         </is>
       </c>
       <c r="B884" t="inlineStr">
         <is>
-          <t>Play animated images only on hover</t>
+          <t>Send messages as Markdown</t>
         </is>
       </c>
       <c r="C884" t="inlineStr">
         <is>
-          <t>Mainkan gambar beranimasi hanya saat kursor diarahkan ke gambar</t>
+          <t>Kirim pesan sebagai Markdown</t>
         </is>
       </c>
       <c r="D884" t="inlineStr"/>
       <c r="E884" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F884" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlay animated images only on hover</t>
+          <t>UserSettingsModelSend messages as Markdown</t>
         </is>
       </c>
       <c r="G884" t="inlineStr"/>
       <c r="H884" t="inlineStr"/>
     </row>
     <row r="885">
       <c r="A885" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25937</t>
+          <t>../../src/UserSettingsPage.cpp:26043</t>
         </is>
       </c>
       <c r="B885" t="inlineStr">
         <is>
-          <t>Show images automatically</t>
+          <t>Enable message bubbles</t>
         </is>
       </c>
       <c r="C885" t="inlineStr">
         <is>
-          <t>Tampilkan gambar secara otomatis</t>
+          <t>Aktifkan gelembung pesan</t>
         </is>
       </c>
       <c r="D885" t="inlineStr"/>
       <c r="E885" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F885" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow images automatically</t>
+          <t>UserSettingsModelEnable message bubbles</t>
         </is>
       </c>
       <c r="G885" t="inlineStr"/>
       <c r="H885" t="inlineStr"/>
     </row>
     <row r="886">
       <c r="A886" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25939</t>
+          <t>../../src/UserSettingsPage.cpp:26045</t>
         </is>
       </c>
       <c r="B886" t="inlineStr">
         <is>
-          <t>Typing notifications</t>
+          <t>Enable small Avatars</t>
         </is>
       </c>
       <c r="C886" t="inlineStr">
         <is>
-          <t>Notifikasi mengetik</t>
+          <t>Aktifkan avatar kecil</t>
         </is>
       </c>
       <c r="D886" t="inlineStr"/>
       <c r="E886" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F886" t="inlineStr">
         <is>
-          <t>UserSettingsModelTyping notifications</t>
+          <t>UserSettingsModelEnable small Avatars</t>
         </is>
       </c>
       <c r="G886" t="inlineStr"/>
       <c r="H886" t="inlineStr"/>
     </row>
     <row r="887">
       <c r="A887" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25941</t>
+          <t>../../src/UserSettingsPage.cpp:26047</t>
         </is>
       </c>
       <c r="B887" t="inlineStr">
         <is>
-          <t>Sort rooms by unreads</t>
+          <t>Play animated images only on hover</t>
         </is>
       </c>
       <c r="C887" t="inlineStr">
         <is>
-          <t>Urutkan ruangan bedasarkan yang belum dibaca</t>
+          <t>Mainkan gambar beranimasi hanya saat kursor diarahkan ke gambar</t>
         </is>
       </c>
       <c r="D887" t="inlineStr"/>
       <c r="E887" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F887" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms by unreads</t>
+          <t>UserSettingsModelPlay animated images only on hover</t>
         </is>
       </c>
       <c r="G887" t="inlineStr"/>
       <c r="H887" t="inlineStr"/>
     </row>
     <row r="888">
       <c r="A888" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25943</t>
+          <t>../../src/UserSettingsPage.cpp:26049</t>
         </is>
       </c>
       <c r="B888" t="inlineStr">
         <is>
-          <t>Sort rooms alphabetically</t>
+          <t>Show images automatically</t>
         </is>
       </c>
       <c r="C888" t="inlineStr">
         <is>
-          <t>Urutkan ruangan secara abjad</t>
+          <t>Tampilkan gambar secara otomatis</t>
         </is>
       </c>
       <c r="D888" t="inlineStr"/>
       <c r="E888" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F888" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms alphabetically</t>
+          <t>UserSettingsModelShow images automatically</t>
         </is>
       </c>
       <c r="G888" t="inlineStr"/>
       <c r="H888" t="inlineStr"/>
     </row>
     <row r="889">
       <c r="A889" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25945</t>
+          <t>../../src/UserSettingsPage.cpp:26051</t>
         </is>
       </c>
       <c r="B889" t="inlineStr">
         <is>
-          <t>Show buttons in timeline</t>
+          <t>Typing notifications</t>
         </is>
       </c>
       <c r="C889" t="inlineStr">
         <is>
-          <t>Tampilkan tombol di lini masa</t>
+          <t>Notifikasi mengetik</t>
         </is>
       </c>
       <c r="D889" t="inlineStr"/>
       <c r="E889" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F889" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow buttons in timeline</t>
+          <t>UserSettingsModelTyping notifications</t>
         </is>
       </c>
       <c r="G889" t="inlineStr"/>
       <c r="H889" t="inlineStr"/>
     </row>
     <row r="890">
       <c r="A890" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25947</t>
+          <t>../../src/UserSettingsPage.cpp:26053</t>
         </is>
       </c>
       <c r="B890" t="inlineStr">
         <is>
-          <t>Limit width of timeline</t>
+          <t>Sort rooms by unreads</t>
         </is>
       </c>
       <c r="C890" t="inlineStr">
         <is>
-          <t>Batasi lebar lini masa</t>
+          <t>Urutkan ruangan bedasarkan yang belum dibaca</t>
         </is>
       </c>
       <c r="D890" t="inlineStr"/>
       <c r="E890" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F890" t="inlineStr">
         <is>
-          <t>UserSettingsModelLimit width of timeline</t>
+          <t>UserSettingsModelSort rooms by unreads</t>
         </is>
       </c>
       <c r="G890" t="inlineStr"/>
       <c r="H890" t="inlineStr"/>
     </row>
     <row r="891">
       <c r="A891" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25949</t>
+          <t>../../src/UserSettingsPage.cpp:26055</t>
         </is>
       </c>
       <c r="B891" t="inlineStr">
         <is>
-          <t>Read receipts</t>
+          <t>Sort rooms alphabetically</t>
         </is>
       </c>
       <c r="C891" t="inlineStr">
         <is>
-          <t>Laporan dibaca</t>
+          <t>Urutkan ruangan secara abjad</t>
         </is>
       </c>
       <c r="D891" t="inlineStr"/>
       <c r="E891" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F891" t="inlineStr">
         <is>
-          <t>UserSettingsModelRead receipts</t>
+          <t>UserSettingsModelSort rooms alphabetically</t>
         </is>
       </c>
       <c r="G891" t="inlineStr"/>
       <c r="H891" t="inlineStr"/>
     </row>
     <row r="892">
       <c r="A892" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25951</t>
+          <t>../../src/UserSettingsPage.cpp:26057</t>
         </is>
       </c>
       <c r="B892" t="inlineStr">
         <is>
-          <t>Hidden events</t>
+          <t>Show buttons in timeline</t>
         </is>
       </c>
       <c r="C892" t="inlineStr">
         <is>
-          <t>Peristiwa tersembunyi</t>
+          <t>Tampilkan tombol di lini masa</t>
         </is>
       </c>
       <c r="D892" t="inlineStr"/>
       <c r="E892" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F892" t="inlineStr">
         <is>
-          <t>UserSettingsModelHidden events</t>
+          <t>UserSettingsModelShow buttons in timeline</t>
         </is>
       </c>
       <c r="G892" t="inlineStr"/>
       <c r="H892" t="inlineStr"/>
     </row>
     <row r="893">
       <c r="A893" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25953</t>
+          <t>../../src/UserSettingsPage.cpp:26059</t>
         </is>
       </c>
       <c r="B893" t="inlineStr">
         <is>
-          <t>Ignored users</t>
+          <t>Limit width of timeline</t>
         </is>
       </c>
       <c r="C893" t="inlineStr">
         <is>
-          <t>Pengguna yang diabaikan</t>
+          <t>Batasi lebar lini masa</t>
         </is>
       </c>
       <c r="D893" t="inlineStr"/>
       <c r="E893" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F893" t="inlineStr">
         <is>
-          <t>UserSettingsModelIgnored users</t>
+          <t>UserSettingsModelLimit width of timeline</t>
         </is>
       </c>
       <c r="G893" t="inlineStr"/>
       <c r="H893" t="inlineStr"/>
     </row>
     <row r="894">
       <c r="A894" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25955</t>
+          <t>../../src/UserSettingsPage.cpp:26061</t>
         </is>
       </c>
       <c r="B894" t="inlineStr">
         <is>
-          <t>Desktop notifications</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C894" t="inlineStr">
         <is>
-          <t>Notifikasi desktop</t>
+          <t>Laporan dibaca</t>
         </is>
       </c>
       <c r="D894" t="inlineStr"/>
       <c r="E894" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F894" t="inlineStr">
         <is>
-          <t>UserSettingsModelDesktop notifications</t>
+          <t>UserSettingsModelRead receipts</t>
         </is>
       </c>
       <c r="G894" t="inlineStr"/>
       <c r="H894" t="inlineStr"/>
     </row>
     <row r="895">
       <c r="A895" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25957</t>
+          <t>../../src/UserSettingsPage.cpp:26063</t>
         </is>
       </c>
       <c r="B895" t="inlineStr">
         <is>
-          <t>Alert on notification</t>
+          <t>Hidden events</t>
         </is>
       </c>
       <c r="C895" t="inlineStr">
         <is>
-          <t>Beri tahu saat ada notifikasi</t>
+          <t>Peristiwa tersembunyi</t>
         </is>
       </c>
       <c r="D895" t="inlineStr"/>
       <c r="E895" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F895" t="inlineStr">
         <is>
-          <t>UserSettingsModelAlert on notification</t>
+          <t>UserSettingsModelHidden events</t>
         </is>
       </c>
       <c r="G895" t="inlineStr"/>
       <c r="H895" t="inlineStr"/>
     </row>
     <row r="896">
       <c r="A896" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25959</t>
+          <t>../../src/UserSettingsPage.cpp:26065</t>
         </is>
       </c>
       <c r="B896" t="inlineStr">
         <is>
-          <t>Circular Avatars</t>
+          <t>Ignored users</t>
         </is>
       </c>
       <c r="C896" t="inlineStr">
         <is>
-          <t>Avatar Bundar</t>
+          <t>Pengguna yang diabaikan</t>
         </is>
       </c>
       <c r="D896" t="inlineStr"/>
       <c r="E896" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F896" t="inlineStr">
         <is>
-          <t>UserSettingsModelCircular Avatars</t>
+          <t>UserSettingsModelIgnored users</t>
         </is>
       </c>
       <c r="G896" t="inlineStr"/>
       <c r="H896" t="inlineStr"/>
     </row>
     <row r="897">
       <c r="A897" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25961</t>
+          <t>../../src/UserSettingsPage.cpp:26067</t>
         </is>
       </c>
       <c r="B897" t="inlineStr">
         <is>
-          <t>Use identicons</t>
+          <t>Desktop notifications</t>
         </is>
       </c>
       <c r="C897" t="inlineStr">
         <is>
-          <t>Gunakan identikon</t>
+          <t>Notifikasi desktop</t>
         </is>
       </c>
       <c r="D897" t="inlineStr"/>
       <c r="E897" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F897" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse identicons</t>
+          <t>UserSettingsModelDesktop notifications</t>
         </is>
       </c>
       <c r="G897" t="inlineStr"/>
       <c r="H897" t="inlineStr"/>
     </row>
     <row r="898">
       <c r="A898" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25963</t>
+          <t>../../src/UserSettingsPage.cpp:26069</t>
         </is>
       </c>
       <c r="B898" t="inlineStr">
         <is>
-          <t>Open images with external program</t>
+          <t>Alert on notification</t>
         </is>
       </c>
       <c r="C898" t="inlineStr">
         <is>
-          <t>Buka gambar dengan program eksternal</t>
+          <t>Beri tahu saat ada notifikasi</t>
         </is>
       </c>
       <c r="D898" t="inlineStr"/>
       <c r="E898" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F898" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen images with external program</t>
+          <t>UserSettingsModelAlert on notification</t>
         </is>
       </c>
       <c r="G898" t="inlineStr"/>
       <c r="H898" t="inlineStr"/>
     </row>
     <row r="899">
       <c r="A899" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25965</t>
+          <t>../../src/UserSettingsPage.cpp:26071</t>
         </is>
       </c>
       <c r="B899" t="inlineStr">
         <is>
-          <t>Open videos with external program</t>
+          <t>Circular Avatars</t>
         </is>
       </c>
       <c r="C899" t="inlineStr">
         <is>
-          <t>Buka video dengan program eksternal</t>
+          <t>Avatar Bundar</t>
         </is>
       </c>
       <c r="D899" t="inlineStr"/>
       <c r="E899" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F899" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen videos with external program</t>
+          <t>UserSettingsModelCircular Avatars</t>
         </is>
       </c>
       <c r="G899" t="inlineStr"/>
       <c r="H899" t="inlineStr"/>
     </row>
     <row r="900">
       <c r="A900" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25967</t>
+          <t>../../src/UserSettingsPage.cpp:26073</t>
         </is>
       </c>
       <c r="B900" t="inlineStr">
         <is>
-          <t>Decrypt messages in sidebar</t>
+          <t>Use identicons</t>
         </is>
       </c>
       <c r="C900" t="inlineStr">
         <is>
-          <t>Dekripsikan pesan di bilah samping</t>
+          <t>Gunakan identikon</t>
         </is>
       </c>
       <c r="D900" t="inlineStr"/>
       <c r="E900" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F900" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt messages in sidebar</t>
+          <t>UserSettingsModelUse identicons</t>
         </is>
       </c>
       <c r="G900" t="inlineStr"/>
       <c r="H900" t="inlineStr"/>
     </row>
     <row r="901">
       <c r="A901" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25969</t>
+          <t>../../src/UserSettingsPage.cpp:26075</t>
         </is>
       </c>
       <c r="B901" t="inlineStr">
         <is>
-          <t>Decrypt notifications</t>
+          <t>Open images with external program</t>
         </is>
       </c>
       <c r="C901" t="inlineStr">
         <is>
-          <t>Dekripsi notifikasi</t>
+          <t>Buka gambar dengan program eksternal</t>
         </is>
       </c>
       <c r="D901" t="inlineStr"/>
       <c r="E901" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F901" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt notifications</t>
+          <t>UserSettingsModelOpen images with external program</t>
         </is>
       </c>
       <c r="G901" t="inlineStr"/>
       <c r="H901" t="inlineStr"/>
     </row>
     <row r="902">
       <c r="A902" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25973</t>
+          <t>../../src/UserSettingsPage.cpp:26077</t>
         </is>
       </c>
       <c r="B902" t="inlineStr">
         <is>
-          <t>Display fancy effects such as confetti</t>
+          <t>Open videos with external program</t>
         </is>
       </c>
       <c r="C902" t="inlineStr">
         <is>
-          <t>Tampilkan efek mewah seperti konfeti</t>
+          <t>Buka video dengan program eksternal</t>
         </is>
       </c>
       <c r="D902" t="inlineStr"/>
       <c r="E902" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F902" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
+          <t>UserSettingsModelOpen videos with external program</t>
         </is>
       </c>
       <c r="G902" t="inlineStr"/>
       <c r="H902" t="inlineStr"/>
     </row>
     <row r="903">
       <c r="A903" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25975</t>
+          <t>../../src/UserSettingsPage.cpp:26079</t>
         </is>
       </c>
       <c r="B903" t="inlineStr">
         <is>
-          <t>Reduce or disable animations</t>
+          <t>Decrypt messages in sidebar</t>
         </is>
       </c>
       <c r="C903" t="inlineStr">
         <is>
-          <t>Kurangi atau nonaktifkan animasi</t>
+          <t>Dekripsikan pesan di bilah samping</t>
         </is>
       </c>
       <c r="D903" t="inlineStr"/>
       <c r="E903" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F903" t="inlineStr">
         <is>
-          <t>UserSettingsModelReduce or disable animations</t>
+          <t>UserSettingsModelDecrypt messages in sidebar</t>
         </is>
       </c>
       <c r="G903" t="inlineStr"/>
       <c r="H903" t="inlineStr"/>
     </row>
     <row r="904">
       <c r="A904" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25977</t>
+          <t>../../src/UserSettingsPage.cpp:26081</t>
         </is>
       </c>
       <c r="B904" t="inlineStr">
         <is>
-          <t>Privacy Screen</t>
+          <t>Decrypt notifications</t>
         </is>
       </c>
       <c r="C904" t="inlineStr">
         <is>
-          <t>Layar Privasi</t>
+          <t>Dekripsi notifikasi</t>
         </is>
       </c>
       <c r="D904" t="inlineStr"/>
       <c r="E904" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F904" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy Screen</t>
+          <t>UserSettingsModelDecrypt notifications</t>
         </is>
       </c>
       <c r="G904" t="inlineStr"/>
       <c r="H904" t="inlineStr"/>
     </row>
     <row r="905">
       <c r="A905" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25979</t>
+          <t>../../src/UserSettingsPage.cpp:26085</t>
         </is>
       </c>
       <c r="B905" t="inlineStr">
         <is>
-          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
+          <t>Display fancy effects such as confetti</t>
         </is>
       </c>
       <c r="C905" t="inlineStr">
         <is>
-          <t>Waktu kehabisan layar privasi (dalam detik [0 - 3600])</t>
+          <t>Tampilkan efek mewah seperti konfeti</t>
         </is>
       </c>
       <c r="D905" t="inlineStr"/>
       <c r="E905" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F905" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
+          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
         </is>
       </c>
       <c r="G905" t="inlineStr"/>
       <c r="H905" t="inlineStr"/>
     </row>
     <row r="906">
       <c r="A906" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25981</t>
+          <t>../../src/UserSettingsPage.cpp:26087</t>
         </is>
       </c>
       <c r="B906" t="inlineStr">
         <is>
-          <t>Touchscreen mode</t>
+          <t>Reduce or disable animations</t>
         </is>
       </c>
       <c r="C906" t="inlineStr">
         <is>
-          <t>Mode layar sentuh</t>
+          <t>Kurangi atau nonaktifkan animasi</t>
         </is>
       </c>
       <c r="D906" t="inlineStr"/>
       <c r="E906" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F906" t="inlineStr">
         <is>
-          <t>UserSettingsModelTouchscreen mode</t>
+          <t>UserSettingsModelReduce or disable animations</t>
         </is>
       </c>
       <c r="G906" t="inlineStr"/>
       <c r="H906" t="inlineStr"/>
     </row>
     <row r="907">
       <c r="A907" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25983</t>
+          <t>../../src/UserSettingsPage.cpp:26089</t>
         </is>
       </c>
       <c r="B907" t="inlineStr">
         <is>
-          <t>Disable swipe motions</t>
+          <t>Privacy Screen</t>
         </is>
       </c>
       <c r="C907" t="inlineStr">
         <is>
-          <t>Nonaktifkan gerakan usapan</t>
+          <t>Layar Privasi</t>
         </is>
       </c>
       <c r="D907" t="inlineStr"/>
       <c r="E907" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F907" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisable swipe motions</t>
+          <t>UserSettingsModelPrivacy Screen</t>
         </is>
       </c>
       <c r="G907" t="inlineStr"/>
       <c r="H907" t="inlineStr"/>
     </row>
     <row r="908">
       <c r="A908" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25985</t>
+          <t>../../src/UserSettingsPage.cpp:26091</t>
         </is>
       </c>
       <c r="B908" t="inlineStr">
         <is>
-          <t>Font size</t>
+          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="C908" t="inlineStr">
         <is>
-          <t>Ukuran font</t>
+          <t>Waktu kehabisan layar privasi (dalam detik [0 - 3600])</t>
         </is>
       </c>
       <c r="D908" t="inlineStr"/>
       <c r="E908" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F908" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont size</t>
+          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="G908" t="inlineStr"/>
       <c r="H908" t="inlineStr"/>
     </row>
     <row r="909">
       <c r="A909" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25987</t>
+          <t>../../src/UserSettingsPage.cpp:26093</t>
         </is>
       </c>
       <c r="B909" t="inlineStr">
         <is>
-          <t>Font Family</t>
+          <t>Touchscreen mode</t>
         </is>
       </c>
       <c r="C909" t="inlineStr">
         <is>
-          <t>Keluarga Font</t>
+          <t>Mode layar sentuh</t>
         </is>
       </c>
       <c r="D909" t="inlineStr"/>
       <c r="E909" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F909" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont Family</t>
+          <t>UserSettingsModelTouchscreen mode</t>
         </is>
       </c>
       <c r="G909" t="inlineStr"/>
       <c r="H909" t="inlineStr"/>
     </row>
     <row r="910">
       <c r="A910" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25989</t>
+          <t>../../src/UserSettingsPage.cpp:26095</t>
         </is>
       </c>
       <c r="B910" t="inlineStr">
         <is>
-          <t>Emoji Font Family</t>
+          <t>Disable swipe motions</t>
         </is>
       </c>
       <c r="C910" t="inlineStr">
         <is>
-          <t>Keluarga Font Emoji</t>
+          <t>Nonaktifkan gerakan usapan</t>
         </is>
       </c>
       <c r="D910" t="inlineStr"/>
       <c r="E910" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F910" t="inlineStr">
         <is>
-          <t>UserSettingsModelEmoji Font Family</t>
+          <t>UserSettingsModelDisable swipe motions</t>
         </is>
       </c>
       <c r="G910" t="inlineStr"/>
       <c r="H910" t="inlineStr"/>
     </row>
     <row r="911">
       <c r="A911" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25991</t>
+          <t>../../src/UserSettingsPage.cpp:26097</t>
         </is>
       </c>
       <c r="B911" t="inlineStr">
         <is>
-          <t>Ringtone</t>
+          <t>Font size</t>
         </is>
       </c>
       <c r="C911" t="inlineStr">
         <is>
-          <t>Nada Dering</t>
+          <t>Ukuran font</t>
         </is>
       </c>
       <c r="D911" t="inlineStr"/>
       <c r="E911" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F911" t="inlineStr">
         <is>
-          <t>UserSettingsModelRingtone</t>
+          <t>UserSettingsModelFont size</t>
         </is>
       </c>
       <c r="G911" t="inlineStr"/>
       <c r="H911" t="inlineStr"/>
     </row>
     <row r="912">
       <c r="A912" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25993</t>
+          <t>../../src/UserSettingsPage.cpp:26099</t>
         </is>
       </c>
       <c r="B912" t="inlineStr">
         <is>
-          <t>Microphone</t>
+          <t>Font Family</t>
         </is>
       </c>
       <c r="C912" t="inlineStr">
         <is>
-          <t>Mikrofon</t>
+          <t>Keluarga Font</t>
         </is>
       </c>
       <c r="D912" t="inlineStr"/>
       <c r="E912" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F912" t="inlineStr">
         <is>
-          <t>UserSettingsModelMicrophone</t>
+          <t>UserSettingsModelFont Family</t>
         </is>
       </c>
       <c r="G912" t="inlineStr"/>
       <c r="H912" t="inlineStr"/>
     </row>
     <row r="913">
       <c r="A913" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25995</t>
+          <t>../../src/UserSettingsPage.cpp:26101</t>
         </is>
       </c>
       <c r="B913" t="inlineStr">
         <is>
-          <t>Camera</t>
+          <t>Emoji Font Family</t>
         </is>
       </c>
       <c r="C913" t="inlineStr">
         <is>
-          <t>Kamera</t>
+          <t>Keluarga Font Emoji</t>
         </is>
       </c>
       <c r="D913" t="inlineStr"/>
       <c r="E913" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F913" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera</t>
+          <t>UserSettingsModelEmoji Font Family</t>
         </is>
       </c>
       <c r="G913" t="inlineStr"/>
       <c r="H913" t="inlineStr"/>
     </row>
     <row r="914">
       <c r="A914" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25997</t>
+          <t>../../src/UserSettingsPage.cpp:26103</t>
         </is>
       </c>
       <c r="B914" t="inlineStr">
         <is>
-          <t>Camera resolution</t>
+          <t>Ringtone</t>
         </is>
       </c>
       <c r="C914" t="inlineStr">
         <is>
-          <t>Resolusi kamera</t>
+          <t>Nada Dering</t>
         </is>
       </c>
       <c r="D914" t="inlineStr"/>
       <c r="E914" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F914" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera resolution</t>
+          <t>UserSettingsModelRingtone</t>
         </is>
       </c>
       <c r="G914" t="inlineStr"/>
       <c r="H914" t="inlineStr"/>
     </row>
     <row r="915">
       <c r="A915" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25999</t>
+          <t>../../src/UserSettingsPage.cpp:26105</t>
         </is>
       </c>
       <c r="B915" t="inlineStr">
         <is>
-          <t>Camera frame rate</t>
+          <t>Microphone</t>
         </is>
       </c>
       <c r="C915" t="inlineStr">
         <is>
-          <t>Frame rate kamera</t>
+          <t>Mikrofon</t>
         </is>
       </c>
       <c r="D915" t="inlineStr"/>
       <c r="E915" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F915" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera frame rate</t>
+          <t>UserSettingsModelMicrophone</t>
         </is>
       </c>
       <c r="G915" t="inlineStr"/>
       <c r="H915" t="inlineStr"/>
     </row>
     <row r="916">
       <c r="A916" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26001</t>
+          <t>../../src/UserSettingsPage.cpp:26107</t>
         </is>
       </c>
       <c r="B916" t="inlineStr">
         <is>
-          <t>Allow fallback call assist server</t>
+          <t>Camera</t>
         </is>
       </c>
       <c r="C916" t="inlineStr">
         <is>
-          <t>Izinkan panggilan menggunakan bantuan server sebagai cadangan</t>
+          <t>Kamera</t>
         </is>
       </c>
       <c r="D916" t="inlineStr"/>
       <c r="E916" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F916" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow fallback call assist server</t>
+          <t>UserSettingsModelCamera</t>
         </is>
       </c>
       <c r="G916" t="inlineStr"/>
       <c r="H916" t="inlineStr"/>
     </row>
     <row r="917">
       <c r="A917" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26003</t>
+          <t>../../src/UserSettingsPage.cpp:26109</t>
         </is>
       </c>
       <c r="B917" t="inlineStr">
         <is>
-          <t>Send encrypted messages to verified users only</t>
+          <t>Camera resolution</t>
         </is>
       </c>
       <c r="C917" t="inlineStr">
         <is>
-          <t>Kirim pesan terenkripsi ke pengguna yang telah diverifikasi saja</t>
+          <t>Resolusi kamera</t>
         </is>
       </c>
       <c r="D917" t="inlineStr"/>
       <c r="E917" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F917" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend encrypted messages to verified users only</t>
+          <t>UserSettingsModelCamera resolution</t>
         </is>
       </c>
       <c r="G917" t="inlineStr"/>
       <c r="H917" t="inlineStr"/>
     </row>
     <row r="918">
       <c r="A918" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26005</t>
+          <t>../../src/UserSettingsPage.cpp:26111</t>
         </is>
       </c>
       <c r="B918" t="inlineStr">
         <is>
-          <t>Share keys with verified users and devices</t>
+          <t>Camera frame rate</t>
         </is>
       </c>
       <c r="C918" t="inlineStr">
         <is>
-          <t>Bagikan kunci dengan pengguna dan perangkat yang telah diverifikasi</t>
+          <t>Frame rate kamera</t>
         </is>
       </c>
       <c r="D918" t="inlineStr"/>
       <c r="E918" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F918" t="inlineStr">
         <is>
-          <t>UserSettingsModelShare keys with verified users and devices</t>
+          <t>UserSettingsModelCamera frame rate</t>
         </is>
       </c>
       <c r="G918" t="inlineStr"/>
       <c r="H918" t="inlineStr"/>
     </row>
     <row r="919">
       <c r="A919" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26007</t>
+          <t>../../src/UserSettingsPage.cpp:26113</t>
         </is>
       </c>
       <c r="B919" t="inlineStr">
         <is>
-          <t>Online Key Backup</t>
+          <t>Allow fallback call assist server</t>
         </is>
       </c>
       <c r="C919" t="inlineStr">
         <is>
-          <t>Cadangan Kunci Daring</t>
+          <t>Izinkan panggilan menggunakan bantuan server sebagai cadangan</t>
         </is>
       </c>
       <c r="D919" t="inlineStr"/>
       <c r="E919" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F919" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline Key Backup</t>
+          <t>UserSettingsModelAllow fallback call assist server</t>
         </is>
       </c>
       <c r="G919" t="inlineStr"/>
       <c r="H919" t="inlineStr"/>
     </row>
     <row r="920">
       <c r="A920" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26009</t>
+          <t>../../src/UserSettingsPage.cpp:26115</t>
         </is>
       </c>
       <c r="B920" t="inlineStr">
         <is>
-          <t>Profile</t>
+          <t>Send encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="C920" t="inlineStr">
         <is>
-          <t>Profil</t>
+          <t>Kirim pesan terenkripsi ke pengguna yang telah diverifikasi saja</t>
         </is>
       </c>
       <c r="D920" t="inlineStr"/>
       <c r="E920" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F920" t="inlineStr">
         <is>
-          <t>UserSettingsModelProfile</t>
+          <t>UserSettingsModelSend encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="G920" t="inlineStr"/>
       <c r="H920" t="inlineStr"/>
     </row>
     <row r="921">
       <c r="A921" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26011</t>
+          <t>../../src/UserSettingsPage.cpp:26117</t>
         </is>
       </c>
       <c r="B921" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Share keys with verified users and devices</t>
         </is>
       </c>
       <c r="C921" t="inlineStr">
         <is>
-          <t>ID Pengguna</t>
+          <t>Bagikan kunci dengan pengguna dan perangkat yang telah diverifikasi</t>
         </is>
       </c>
       <c r="D921" t="inlineStr"/>
       <c r="E921" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F921" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser ID</t>
+          <t>UserSettingsModelShare keys with verified users and devices</t>
         </is>
       </c>
       <c r="G921" t="inlineStr"/>
       <c r="H921" t="inlineStr"/>
     </row>
     <row r="922">
       <c r="A922" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26013</t>
+          <t>../../src/UserSettingsPage.cpp:26119</t>
         </is>
       </c>
       <c r="B922" t="inlineStr">
         <is>
-          <t>Accesstoken</t>
+          <t>Online Key Backup</t>
         </is>
       </c>
       <c r="C922" t="inlineStr">
         <is>
-          <t>Tokenakses</t>
+          <t>Cadangan Kunci Daring</t>
         </is>
       </c>
       <c r="D922" t="inlineStr"/>
       <c r="E922" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F922" t="inlineStr">
         <is>
-          <t>UserSettingsModelAccesstoken</t>
+          <t>UserSettingsModelOnline Key Backup</t>
         </is>
       </c>
       <c r="G922" t="inlineStr"/>
       <c r="H922" t="inlineStr"/>
     </row>
     <row r="923">
       <c r="A923" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26015</t>
+          <t>../../src/UserSettingsPage.cpp:26121</t>
         </is>
       </c>
       <c r="B923" t="inlineStr">
         <is>
-          <t>Device ID</t>
+          <t>Profile</t>
         </is>
       </c>
       <c r="C923" t="inlineStr">
         <is>
-          <t>ID Perangkat</t>
+          <t>Profil</t>
         </is>
       </c>
       <c r="D923" t="inlineStr"/>
       <c r="E923" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F923" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice ID</t>
+          <t>UserSettingsModelProfile</t>
         </is>
       </c>
       <c r="G923" t="inlineStr"/>
       <c r="H923" t="inlineStr"/>
     </row>
     <row r="924">
       <c r="A924" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26017</t>
+          <t>../../src/UserSettingsPage.cpp:26123</t>
         </is>
       </c>
       <c r="B924" t="inlineStr">
         <is>
-          <t>Device Fingerprint</t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C924" t="inlineStr">
         <is>
-          <t>Sidik Jari Perangkat</t>
+          <t>ID Pengguna</t>
         </is>
       </c>
       <c r="D924" t="inlineStr"/>
       <c r="E924" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F924" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice Fingerprint</t>
+          <t>UserSettingsModelUser ID</t>
         </is>
       </c>
       <c r="G924" t="inlineStr"/>
       <c r="H924" t="inlineStr"/>
     </row>
     <row r="925">
       <c r="A925" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26019</t>
+          <t>../../src/UserSettingsPage.cpp:26125</t>
         </is>
       </c>
       <c r="B925" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Accesstoken</t>
         </is>
       </c>
       <c r="C925" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Tokenakses</t>
         </is>
       </c>
       <c r="D925" t="inlineStr"/>
       <c r="E925" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F925" t="inlineStr">
         <is>
-          <t>UserSettingsModelHomeserver</t>
+          <t>UserSettingsModelAccesstoken</t>
         </is>
       </c>
       <c r="G925" t="inlineStr"/>
       <c r="H925" t="inlineStr"/>
     </row>
     <row r="926">
       <c r="A926" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26021</t>
+          <t>../../src/UserSettingsPage.cpp:26127</t>
         </is>
       </c>
       <c r="B926" t="inlineStr">
         <is>
-          <t>Version</t>
+          <t>Device ID</t>
         </is>
       </c>
       <c r="C926" t="inlineStr">
         <is>
-          <t>Versi</t>
+          <t>ID Perangkat</t>
         </is>
       </c>
       <c r="D926" t="inlineStr"/>
       <c r="E926" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F926" t="inlineStr">
         <is>
-          <t>UserSettingsModelVersion</t>
+          <t>UserSettingsModelDevice ID</t>
         </is>
       </c>
       <c r="G926" t="inlineStr"/>
       <c r="H926" t="inlineStr"/>
     </row>
     <row r="927">
       <c r="A927" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26023</t>
+          <t>../../src/UserSettingsPage.cpp:26129</t>
         </is>
       </c>
       <c r="B927" t="inlineStr">
         <is>
-          <t>Platform</t>
+          <t>Device Fingerprint</t>
         </is>
       </c>
       <c r="C927" t="inlineStr">
         <is>
-          <t>Platform</t>
+          <t>Sidik Jari Perangkat</t>
         </is>
       </c>
       <c r="D927" t="inlineStr"/>
       <c r="E927" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F927" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlatform</t>
+          <t>UserSettingsModelDevice Fingerprint</t>
         </is>
       </c>
       <c r="G927" t="inlineStr"/>
       <c r="H927" t="inlineStr"/>
     </row>
     <row r="928">
       <c r="A928" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26025</t>
+          <t>../../src/UserSettingsPage.cpp:26131</t>
         </is>
       </c>
       <c r="B928" t="inlineStr">
         <is>
-          <t>GENERAL</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C928" t="inlineStr">
         <is>
-          <t>UMUM</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="D928" t="inlineStr"/>
       <c r="E928" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F928" t="inlineStr">
         <is>
-          <t>UserSettingsModelGENERAL</t>
+          <t>UserSettingsModelHomeserver</t>
         </is>
       </c>
       <c r="G928" t="inlineStr"/>
       <c r="H928" t="inlineStr"/>
     </row>
     <row r="929">
       <c r="A929" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26027</t>
+          <t>../../src/UserSettingsPage.cpp:26133</t>
         </is>
       </c>
       <c r="B929" t="inlineStr">
         <is>
-          <t>ACCESSIBILITY</t>
+          <t>Version</t>
         </is>
       </c>
       <c r="C929" t="inlineStr">
         <is>
-          <t>AKSESIBILITAS</t>
+          <t>Versi</t>
         </is>
       </c>
       <c r="D929" t="inlineStr"/>
       <c r="E929" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F929" t="inlineStr">
         <is>
-          <t>UserSettingsModelACCESSIBILITY</t>
+          <t>UserSettingsModelVersion</t>
         </is>
       </c>
       <c r="G929" t="inlineStr"/>
       <c r="H929" t="inlineStr"/>
     </row>
     <row r="930">
       <c r="A930" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26029</t>
+          <t>../../src/UserSettingsPage.cpp:26135</t>
         </is>
       </c>
       <c r="B930" t="inlineStr">
         <is>
-          <t>TIMELINE</t>
+          <t>Platform</t>
         </is>
       </c>
       <c r="C930" t="inlineStr">
         <is>
-          <t>LINI MASA</t>
+          <t>Platform</t>
         </is>
       </c>
       <c r="D930" t="inlineStr"/>
       <c r="E930" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F930" t="inlineStr">
         <is>
-          <t>UserSettingsModelTIMELINE</t>
+          <t>UserSettingsModelPlatform</t>
         </is>
       </c>
       <c r="G930" t="inlineStr"/>
       <c r="H930" t="inlineStr"/>
     </row>
     <row r="931">
       <c r="A931" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26031</t>
+          <t>../../src/UserSettingsPage.cpp:26137</t>
         </is>
       </c>
       <c r="B931" t="inlineStr">
         <is>
-          <t>SIDEBAR</t>
+          <t>GENERAL</t>
         </is>
       </c>
       <c r="C931" t="inlineStr">
         <is>
-          <t>BILAH SAMPING</t>
+          <t>UMUM</t>
         </is>
       </c>
       <c r="D931" t="inlineStr"/>
       <c r="E931" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F931" t="inlineStr">
         <is>
-          <t>UserSettingsModelSIDEBAR</t>
+          <t>UserSettingsModelGENERAL</t>
         </is>
       </c>
       <c r="G931" t="inlineStr"/>
       <c r="H931" t="inlineStr"/>
     </row>
     <row r="932">
       <c r="A932" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26033</t>
+          <t>../../src/UserSettingsPage.cpp:26139</t>
         </is>
       </c>
       <c r="B932" t="inlineStr">
         <is>
-          <t>TRAY</t>
+          <t>ACCESSIBILITY</t>
         </is>
       </c>
       <c r="C932" t="inlineStr">
         <is>
-          <t>BAKI</t>
+          <t>AKSESIBILITAS</t>
         </is>
       </c>
       <c r="D932" t="inlineStr"/>
       <c r="E932" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F932" t="inlineStr">
         <is>
-          <t>UserSettingsModelTRAY</t>
+          <t>UserSettingsModelACCESSIBILITY</t>
         </is>
       </c>
       <c r="G932" t="inlineStr"/>
       <c r="H932" t="inlineStr"/>
     </row>
     <row r="933">
       <c r="A933" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26035</t>
+          <t>../../src/UserSettingsPage.cpp:26141</t>
         </is>
       </c>
       <c r="B933" t="inlineStr">
         <is>
-          <t>GLOBAL MESSAGE VISIBILITY</t>
+          <t>TIMELINE</t>
         </is>
       </c>
       <c r="C933" t="inlineStr">
         <is>
-          <t>KETERLIHATAN PESAN GLOBAL</t>
+          <t>LINI MASA</t>
         </is>
       </c>
       <c r="D933" t="inlineStr"/>
       <c r="E933" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F933" t="inlineStr">
         <is>
-          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
+          <t>UserSettingsModelTIMELINE</t>
         </is>
       </c>
       <c r="G933" t="inlineStr"/>
       <c r="H933" t="inlineStr"/>
     </row>
     <row r="934">
       <c r="A934" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26037</t>
+          <t>../../src/UserSettingsPage.cpp:26143</t>
         </is>
       </c>
       <c r="B934" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>SIDEBAR</t>
         </is>
       </c>
       <c r="C934" t="inlineStr">
         <is>
-          <t>NOTIFIKASI</t>
+          <t>BILAH SAMPING</t>
         </is>
       </c>
       <c r="D934" t="inlineStr"/>
       <c r="E934" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F934" t="inlineStr">
         <is>
-          <t>UserSettingsModelNOTIFICATIONS</t>
+          <t>UserSettingsModelSIDEBAR</t>
         </is>
       </c>
       <c r="G934" t="inlineStr"/>
       <c r="H934" t="inlineStr"/>
     </row>
     <row r="935">
       <c r="A935" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26039</t>
+          <t>../../src/UserSettingsPage.cpp:26145</t>
         </is>
       </c>
       <c r="B935" t="inlineStr">
         <is>
-          <t>CALLS</t>
+          <t>TRAY</t>
         </is>
       </c>
       <c r="C935" t="inlineStr">
         <is>
-          <t>PANGGILAN</t>
+          <t>BAKI</t>
         </is>
       </c>
       <c r="D935" t="inlineStr"/>
       <c r="E935" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F935" t="inlineStr">
         <is>
-          <t>UserSettingsModelCALLS</t>
+          <t>UserSettingsModelTRAY</t>
         </is>
       </c>
       <c r="G935" t="inlineStr"/>
       <c r="H935" t="inlineStr"/>
     </row>
     <row r="936">
       <c r="A936" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26041</t>
+          <t>../../src/UserSettingsPage.cpp:26147</t>
         </is>
       </c>
       <c r="B936" t="inlineStr">
         <is>
-          <t>ENCRYPTION</t>
+          <t>GLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C936" t="inlineStr">
         <is>
-          <t>ENKRIPSI</t>
+          <t>KETERLIHATAN PESAN GLOBAL</t>
         </is>
       </c>
       <c r="D936" t="inlineStr"/>
       <c r="E936" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F936" t="inlineStr">
         <is>
-          <t>UserSettingsModelENCRYPTION</t>
+          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G936" t="inlineStr"/>
       <c r="H936" t="inlineStr"/>
     </row>
     <row r="937">
       <c r="A937" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26043</t>
+          <t>../../src/UserSettingsPage.cpp:26149</t>
         </is>
       </c>
       <c r="B937" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C937" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>NOTIFIKASI</t>
         </is>
       </c>
       <c r="D937" t="inlineStr"/>
       <c r="E937" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F937" t="inlineStr">
         <is>
-          <t>UserSettingsModelINFO</t>
+          <t>UserSettingsModelNOTIFICATIONS</t>
         </is>
       </c>
       <c r="G937" t="inlineStr"/>
       <c r="H937" t="inlineStr"/>
     </row>
     <row r="938">
       <c r="A938" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26045</t>
+          <t>../../src/UserSettingsPage.cpp:26151</t>
         </is>
       </c>
       <c r="B938" t="inlineStr">
         <is>
-          <t>Session Keys</t>
+          <t>CALLS</t>
         </is>
       </c>
       <c r="C938" t="inlineStr">
         <is>
-          <t>Kunci-Kunci Sesi</t>
+          <t>PANGGILAN</t>
         </is>
       </c>
       <c r="D938" t="inlineStr"/>
       <c r="E938" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F938" t="inlineStr">
         <is>
-          <t>UserSettingsModelSession Keys</t>
+          <t>UserSettingsModelCALLS</t>
         </is>
       </c>
       <c r="G938" t="inlineStr"/>
       <c r="H938" t="inlineStr"/>
     </row>
     <row r="939">
       <c r="A939" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26047</t>
+          <t>../../src/UserSettingsPage.cpp:26153</t>
         </is>
       </c>
       <c r="B939" t="inlineStr">
         <is>
-          <t>Cross Signing Secrets</t>
+          <t>ENCRYPTION</t>
         </is>
       </c>
       <c r="C939" t="inlineStr">
         <is>
-          <t>Rahasia Penandatanganan Silang</t>
+          <t>ENKRIPSI</t>
         </is>
       </c>
       <c r="D939" t="inlineStr"/>
       <c r="E939" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F939" t="inlineStr">
         <is>
-          <t>UserSettingsModelCross Signing Secrets</t>
+          <t>UserSettingsModelENCRYPTION</t>
         </is>
       </c>
       <c r="G939" t="inlineStr"/>
       <c r="H939" t="inlineStr"/>
     </row>
     <row r="940">
       <c r="A940" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26049</t>
+          <t>../../src/UserSettingsPage.cpp:26155</t>
         </is>
       </c>
       <c r="B940" t="inlineStr">
         <is>
-          <t>Online backup key</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C940" t="inlineStr">
         <is>
-          <t>Cadangan kunci daring</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="D940" t="inlineStr"/>
       <c r="E940" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F940" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline backup key</t>
+          <t>UserSettingsModelINFO</t>
         </is>
       </c>
       <c r="G940" t="inlineStr"/>
       <c r="H940" t="inlineStr"/>
     </row>
     <row r="941">
       <c r="A941" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26051</t>
+          <t>../../src/UserSettingsPage.cpp:26157</t>
         </is>
       </c>
       <c r="B941" t="inlineStr">
         <is>
-          <t>Self signing key</t>
+          <t>Session Keys</t>
         </is>
       </c>
       <c r="C941" t="inlineStr">
         <is>
-          <t>Kunci penandatanganan diri</t>
+          <t>Kunci-Kunci Sesi</t>
         </is>
       </c>
       <c r="D941" t="inlineStr"/>
       <c r="E941" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F941" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelf signing key</t>
+          <t>UserSettingsModelSession Keys</t>
         </is>
       </c>
       <c r="G941" t="inlineStr"/>
       <c r="H941" t="inlineStr"/>
     </row>
     <row r="942">
       <c r="A942" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26053</t>
+          <t>../../src/UserSettingsPage.cpp:26159</t>
         </is>
       </c>
       <c r="B942" t="inlineStr">
         <is>
-          <t>User signing key</t>
+          <t>Cross Signing Secrets</t>
         </is>
       </c>
       <c r="C942" t="inlineStr">
         <is>
-          <t>Kunci penandatanganan pengguna</t>
+          <t>Rahasia Penandatanganan Silang</t>
         </is>
       </c>
       <c r="D942" t="inlineStr"/>
       <c r="E942" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F942" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser signing key</t>
+          <t>UserSettingsModelCross Signing Secrets</t>
         </is>
       </c>
       <c r="G942" t="inlineStr"/>
       <c r="H942" t="inlineStr"/>
     </row>
     <row r="943">
       <c r="A943" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26055</t>
+          <t>../../src/UserSettingsPage.cpp:26161</t>
         </is>
       </c>
       <c r="B943" t="inlineStr">
         <is>
-          <t>Master signing key</t>
+          <t>Online backup key</t>
         </is>
       </c>
       <c r="C943" t="inlineStr">
         <is>
-          <t>Kunci penandatanganan utama</t>
+          <t>Cadangan kunci daring</t>
         </is>
       </c>
       <c r="D943" t="inlineStr"/>
       <c r="E943" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F943" t="inlineStr">
         <is>
-          <t>UserSettingsModelMaster signing key</t>
+          <t>UserSettingsModelOnline backup key</t>
         </is>
       </c>
       <c r="G943" t="inlineStr"/>
       <c r="H943" t="inlineStr"/>
     </row>
     <row r="944">
       <c r="A944" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26057</t>
+          <t>../../src/UserSettingsPage.cpp:26163</t>
         </is>
       </c>
       <c r="B944" t="inlineStr">
         <is>
-          <t>Expose room information via D-Bus</t>
+          <t>Self signing key</t>
         </is>
       </c>
       <c r="C944" t="inlineStr">
         <is>
-          <t>Ekspos informasi ruangan via D-Bus</t>
+          <t>Kunci penandatanganan diri</t>
         </is>
       </c>
       <c r="D944" t="inlineStr"/>
       <c r="E944" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F944" t="inlineStr">
         <is>
-          <t>UserSettingsModelExpose room information via D-Bus</t>
+          <t>UserSettingsModelSelf signing key</t>
         </is>
       </c>
       <c r="G944" t="inlineStr"/>
       <c r="H944" t="inlineStr"/>
     </row>
     <row r="945">
       <c r="A945" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26059</t>
+          <t>../../src/UserSettingsPage.cpp:26165</t>
         </is>
       </c>
       <c r="B945" t="inlineStr">
         <is>
-          <t>Periodically update community routing information</t>
+          <t>User signing key</t>
         </is>
       </c>
       <c r="C945" t="inlineStr">
         <is>
-          <t>Perbarui informasi perutean komunitas secara berkala</t>
+          <t>Kunci penandatanganan pengguna</t>
         </is>
       </c>
       <c r="D945" t="inlineStr"/>
       <c r="E945" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F945" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically update community routing information</t>
+          <t>UserSettingsModelUser signing key</t>
         </is>
       </c>
       <c r="G945" t="inlineStr"/>
       <c r="H945" t="inlineStr"/>
     </row>
     <row r="946">
       <c r="A946" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26061</t>
+          <t>../../src/UserSettingsPage.cpp:26167</t>
         </is>
       </c>
       <c r="B946" t="inlineStr">
         <is>
-          <t>Periodically delete expired events</t>
+          <t>Master signing key</t>
         </is>
       </c>
       <c r="C946" t="inlineStr">
         <is>
-          <t>Hapus peristiwa yang telah kedaluwarsa secara berkala</t>
+          <t>Kunci penandatanganan utama</t>
         </is>
       </c>
       <c r="D946" t="inlineStr"/>
       <c r="E946" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F946" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically delete expired events</t>
+          <t>UserSettingsModelMaster signing key</t>
         </is>
       </c>
       <c r="G946" t="inlineStr"/>
       <c r="H946" t="inlineStr"/>
     </row>
     <row r="947">
       <c r="A947" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26182</t>
+          <t>../../src/UserSettingsPage.cpp:26169</t>
         </is>
       </c>
       <c r="B947" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Expose room information via D-Bus</t>
         </is>
       </c>
       <c r="C947" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Ekspos informasi ruangan via D-Bus</t>
         </is>
       </c>
       <c r="D947" t="inlineStr"/>
       <c r="E947" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F947" t="inlineStr">
         <is>
-          <t>UserSettingsModelDefault</t>
+          <t>UserSettingsModelExpose room information via D-Bus</t>
         </is>
       </c>
       <c r="G947" t="inlineStr"/>
       <c r="H947" t="inlineStr"/>
     </row>
     <row r="948">
       <c r="A948" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26221</t>
+          <t>../../src/UserSettingsPage.cpp:26171</t>
         </is>
       </c>
       <c r="B948" t="inlineStr">
         <is>
-          <t>Set the notification sound to play when a call invite arrives</t>
+          <t>Periodically update community routing information</t>
         </is>
       </c>
       <c r="C948" t="inlineStr">
         <is>
-          <t>Tetapkan suara notifikasi untuk dimainkan ketika ada panggilan</t>
+          <t>Perbarui informasi perutean komunitas secara berkala</t>
         </is>
       </c>
       <c r="D948" t="inlineStr"/>
       <c r="E948" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F948" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
+          <t>UserSettingsModelPeriodically update community routing information</t>
         </is>
       </c>
       <c r="G948" t="inlineStr"/>
       <c r="H948" t="inlineStr"/>
     </row>
     <row r="949">
       <c r="A949" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26231</t>
+          <t>../../src/UserSettingsPage.cpp:26173</t>
         </is>
       </c>
       <c r="B949" t="inlineStr">
+        <is>
+          <t>Periodically delete expired events</t>
+        </is>
+      </c>
+      <c r="C949" t="inlineStr">
+        <is>
+          <t>Hapus peristiwa yang telah kedaluwarsa secara berkala</t>
+        </is>
+      </c>
+      <c r="D949" t="inlineStr"/>
+      <c r="E949" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F949" t="inlineStr">
+        <is>
+          <t>UserSettingsModelPeriodically delete expired events</t>
+        </is>
+      </c>
+      <c r="G949" t="inlineStr"/>
+      <c r="H949" t="inlineStr"/>
+    </row>
+    <row r="950">
+      <c r="A950" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26289</t>
+        </is>
+      </c>
+      <c r="B950" t="inlineStr">
+        <is>
+          <t>Default</t>
+        </is>
+      </c>
+      <c r="C950" t="inlineStr">
+        <is>
+          <t>Default</t>
+        </is>
+      </c>
+      <c r="D950" t="inlineStr"/>
+      <c r="E950" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F950" t="inlineStr">
+        <is>
+          <t>UserSettingsModelDefault</t>
+        </is>
+      </c>
+      <c r="G950" t="inlineStr"/>
+      <c r="H950" t="inlineStr"/>
+    </row>
+    <row r="951">
+      <c r="A951" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26328</t>
+        </is>
+      </c>
+      <c r="B951" t="inlineStr">
+        <is>
+          <t>Set the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="C951" t="inlineStr">
+        <is>
+          <t>Tetapkan suara notifikasi untuk dimainkan ketika ada panggilan</t>
+        </is>
+      </c>
+      <c r="D951" t="inlineStr"/>
+      <c r="E951" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F951" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="G951" t="inlineStr"/>
+      <c r="H951" t="inlineStr"/>
+    </row>
+    <row r="952">
+      <c r="A952" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26338</t>
+        </is>
+      </c>
+      <c r="B952" t="inlineStr">
         <is>
           <t>Set timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="C949" t="inlineStr">
+      <c r="C952" t="inlineStr">
         <is>
           <t>Tetapkan waktu kehabisan (dalam detik) untuk berapa lama setelah jendela kehilangan
 fokus sebelum layarnya akan diburamkan.
 Tetapkan ke 0 untuk memburamkan secara langsung setelah kehilangan fokus. Nilai maksimum adalah 1 jam (3600 detik)</t>
         </is>
       </c>
-      <c r="D949" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F949" t="inlineStr">
+      <c r="D952" t="inlineStr"/>
+      <c r="E952" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F952" t="inlineStr">
         <is>
           <t>UserSettingsModelSet timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="G949" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G952" t="inlineStr"/>
       <c r="H952" t="inlineStr"/>
     </row>
     <row r="953">
       <c r="A953" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26245</t>
+          <t>../../src/UserSettingsPage.cpp:26345</t>
         </is>
       </c>
       <c r="B953" t="inlineStr">
         <is>
-          <t>Start the application in the background without showing the client window.</t>
+          <t>Change the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="C953" t="inlineStr">
         <is>
-          <t>Mulai aplikasinya di latar belakang tanpa menunjukkan jendela kliennya.</t>
+          <t>Mengubah warna latar belakang pesan ketika kursor kamu di atas pesannya.</t>
         </is>
       </c>
       <c r="D953" t="inlineStr"/>
       <c r="E953" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F953" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+          <t>UserSettingsModelChange the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="G953" t="inlineStr"/>
       <c r="H953" t="inlineStr"/>
     </row>
     <row r="954">
       <c r="A954" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26249</t>
+          <t>../../src/UserSettingsPage.cpp:26347</t>
         </is>
       </c>
       <c r="B954" t="inlineStr">
         <is>
-          <t>Shows scrollbars in the room list and communities list.</t>
+          <t>Make font size larger if messages with only a few emojis are displayed.</t>
         </is>
       </c>
       <c r="C954" t="inlineStr">
         <is>
-          <t>Tampilkan bilah gulir dalam daftar ruangan dan daftar komunitas.</t>
+          <t>Membuat ukuran font lebih besar jika pesan dengan beberapa emoji ditampilkan.</t>
         </is>
       </c>
       <c r="D954" t="inlineStr"/>
       <c r="E954" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F954" t="inlineStr">
         <is>
-          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
+          <t>UserSettingsModelMake font size larger if messages with only a few emojis are displayed.</t>
         </is>
       </c>
       <c r="G954" t="inlineStr"/>
       <c r="H954" t="inlineStr"/>
     </row>
     <row r="955">
       <c r="A955" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26251</t>
+          <t>../../src/UserSettingsPage.cpp:26349</t>
         </is>
       </c>
       <c r="B955" t="inlineStr">
+        <is>
+          <t>Keep the application running in the background after closing the client window.</t>
+        </is>
+      </c>
+      <c r="C955" t="inlineStr">
+        <is>
+          <t>Membiarkan aplikasi berjalan di latar belakang setelah menutup jendela klien.</t>
+        </is>
+      </c>
+      <c r="D955" t="inlineStr"/>
+      <c r="E955" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F955" t="inlineStr">
+        <is>
+          <t>UserSettingsModelKeep the application running in the background after closing the client window.</t>
+        </is>
+      </c>
+      <c r="G955" t="inlineStr"/>
+      <c r="H955" t="inlineStr"/>
+    </row>
+    <row r="956">
+      <c r="A956" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26352</t>
+        </is>
+      </c>
+      <c r="B956" t="inlineStr">
+        <is>
+          <t>Start the application in the background without showing the client window.</t>
+        </is>
+      </c>
+      <c r="C956" t="inlineStr">
+        <is>
+          <t>Mulai aplikasinya di latar belakang tanpa menunjukkan jendela kliennya.</t>
+        </is>
+      </c>
+      <c r="D956" t="inlineStr"/>
+      <c r="E956" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F956" t="inlineStr">
+        <is>
+          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+        </is>
+      </c>
+      <c r="G956" t="inlineStr"/>
+      <c r="H956" t="inlineStr"/>
+    </row>
+    <row r="957">
+      <c r="A957" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26356</t>
+        </is>
+      </c>
+      <c r="B957" t="inlineStr">
+        <is>
+          <t>Shows scrollbars in the room list and communities list.</t>
+        </is>
+      </c>
+      <c r="C957" t="inlineStr">
+        <is>
+          <t>Tampilkan bilah gulir dalam daftar ruangan dan daftar komunitas.</t>
+        </is>
+      </c>
+      <c r="D957" t="inlineStr"/>
+      <c r="E957" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F957" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
+        </is>
+      </c>
+      <c r="G957" t="inlineStr"/>
+      <c r="H957" t="inlineStr"/>
+    </row>
+    <row r="958">
+      <c r="A958" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26358</t>
+        </is>
+      </c>
+      <c r="B958" t="inlineStr">
         <is>
           <t>Allow using markdown in messages.
 When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
-      <c r="C955" t="inlineStr">
+      <c r="C958" t="inlineStr">
         <is>
           <t>Memperbolehkan menggunakan Markdown di pesan.
 Ketika dinonaktifkan, semua pesan akan dikirim sebagai teks biasa.</t>
         </is>
       </c>
-      <c r="D955" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F955" t="inlineStr">
+      <c r="D958" t="inlineStr"/>
+      <c r="E958" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F958" t="inlineStr">
         <is>
           <t>UserSettingsModelAllow using markdown in messages.
 When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
-      <c r="G955" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G958" t="inlineStr"/>
       <c r="H958" t="inlineStr"/>
     </row>
     <row r="959">
       <c r="A959" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26264</t>
+          <t>../../src/UserSettingsPage.cpp:26367</t>
         </is>
       </c>
       <c r="B959" t="inlineStr">
         <is>
-          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>Messages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="C959" t="inlineStr">
         <is>
-          <t>Memainkan media seperti GIF atau WEBP ketika kursor di atas medianya.</t>
+          <t>Pesan-pesan akan mendapatkan latar belakang gelembung pesan. Ini juga melakukan perubahan layout (dalam pengembangan).</t>
         </is>
       </c>
       <c r="D959" t="inlineStr"/>
       <c r="E959" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F959" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>UserSettingsModelMessages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="G959" t="inlineStr"/>
       <c r="H959" t="inlineStr"/>
     </row>
     <row r="960">
       <c r="A960" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26266</t>
+          <t>../../src/UserSettingsPage.cpp:26370</t>
         </is>
       </c>
       <c r="B960" t="inlineStr">
         <is>
-          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>Avatars are resized to fit above the message.</t>
         </is>
       </c>
       <c r="C960" t="inlineStr">
         <is>
-          <t>Apakah gambar ditampilkan secara otomatis. Anda dapat memilih antara selalu menampilkan gambar secara bawaan, hanya tampilkan dalam ruangan pribadi secara bawaan atau selalu memerlukan interaksi untuk menampilkan gambar.</t>
+          <t>Avatar diubah ukurannya untuk muat di atas pesan.</t>
         </is>
       </c>
       <c r="D960" t="inlineStr"/>
       <c r="E960" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F960" t="inlineStr">
         <is>
-          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>UserSettingsModelAvatars are resized to fit above the message.</t>
         </is>
       </c>
       <c r="G960" t="inlineStr"/>
       <c r="H960" t="inlineStr"/>
     </row>
     <row r="961">
       <c r="A961" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26270</t>
+          <t>../../src/UserSettingsPage.cpp:26372</t>
         </is>
       </c>
       <c r="B961" t="inlineStr">
+        <is>
+          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+        </is>
+      </c>
+      <c r="C961" t="inlineStr">
+        <is>
+          <t>Memainkan media seperti GIF atau WEBP ketika kursor di atas medianya.</t>
+        </is>
+      </c>
+      <c r="D961" t="inlineStr"/>
+      <c r="E961" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F961" t="inlineStr">
+        <is>
+          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+        </is>
+      </c>
+      <c r="G961" t="inlineStr"/>
+      <c r="H961" t="inlineStr"/>
+    </row>
+    <row r="962">
+      <c r="A962" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26374</t>
+        </is>
+      </c>
+      <c r="B962" t="inlineStr">
+        <is>
+          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="C962" t="inlineStr">
+        <is>
+          <t>Apakah gambar ditampilkan secara otomatis. Anda dapat memilih antara selalu menampilkan gambar secara bawaan, hanya tampilkan dalam ruangan pribadi secara bawaan atau selalu memerlukan interaksi untuk menampilkan gambar.</t>
+        </is>
+      </c>
+      <c r="D962" t="inlineStr"/>
+      <c r="E962" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F962" t="inlineStr">
+        <is>
+          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="G962" t="inlineStr"/>
+      <c r="H962" t="inlineStr"/>
+    </row>
+    <row r="963">
+      <c r="A963" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26378</t>
+        </is>
+      </c>
+      <c r="B963" t="inlineStr">
         <is>
           <t>Show who is typing in a room.
 This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
-      <c r="C961" t="inlineStr">
+      <c r="C963" t="inlineStr">
         <is>
           <t>Tampilkan siapa yang sedang mengetik dalam ruangan.
 Ini akan mengaktifkan atau menonaktifkan pengiriman pemberitahuan pengetikan ke yang lain.</t>
         </is>
       </c>
-      <c r="D961" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F961" t="inlineStr">
+      <c r="D963" t="inlineStr"/>
+      <c r="E963" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F963" t="inlineStr">
         <is>
           <t>UserSettingsModelShow who is typing in a room.
 This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
-      <c r="G961" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B962" t="inlineStr">
+      <c r="G963" t="inlineStr"/>
+      <c r="H963" t="inlineStr"/>
+    </row>
+    <row r="964">
+      <c r="A964" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26382</t>
+        </is>
+      </c>
+      <c r="B964" t="inlineStr">
         <is>
           <t>Display rooms with new messages first.
 If this is off, the list of rooms will only be sorted by the preferred sorting order.
 If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
-      <c r="C962" t="inlineStr">
+      <c r="C964" t="inlineStr">
         <is>
           <t>Tampilkan ruangan dengan pesan baru terlebih dahulu.
 Jika tidak aktif, daftar ruangan hanya akan diurutkan berdasarkan urutan penyortiran yang diinginkan.
 Jika aktif, ruangan yang memiliki notifikasi aktif (lingkaran kecil dengan angka di dalamnya) akan diurutkan di atas. Ruangan yang telah kamu nonaktifkan masih akan disortir berdasarkan urutan pilihan, karena kamu tampaknya tidak menganggapnya sama pentingnya dengan ruangan lain.</t>
         </is>
       </c>
-      <c r="D962" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F962" t="inlineStr">
+      <c r="D964" t="inlineStr"/>
+      <c r="E964" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F964" t="inlineStr">
         <is>
           <t>UserSettingsModelDisplay rooms with new messages first.
 If this is off, the list of rooms will only be sorted by the preferred sorting order.
 If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
-      <c r="G962" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B963" t="inlineStr">
+      <c r="G964" t="inlineStr"/>
+      <c r="H964" t="inlineStr"/>
+    </row>
+    <row r="965">
+      <c r="A965" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26391</t>
+        </is>
+      </c>
+      <c r="B965" t="inlineStr">
         <is>
           <t>Sort rooms alphabetically.
 If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
 If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
-      <c r="C963" t="inlineStr">
+      <c r="C965" t="inlineStr">
         <is>
           <t>Urutkan kamar berdasarkan abjad.
 Jika tidak aktif, daftar ruangan akan diurutkan berdasarkan stempel waktu pesan terakhir di sebuah ruangan.
 Jika diaktifkan, ruangan yang datang lebih dulu menurut abjad akan diurutkan lebih awal dari yang datang belakangan.</t>
         </is>
       </c>
-      <c r="D963" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F963" t="inlineStr">
+      <c r="D965" t="inlineStr"/>
+      <c r="E965" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F965" t="inlineStr">
         <is>
           <t>UserSettingsModelSort rooms alphabetically.
 If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
 If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
-      <c r="G963" t="inlineStr"/>
-[...58 lines deleted...]
-      </c>
       <c r="G965" t="inlineStr"/>
       <c r="H965" t="inlineStr"/>
     </row>
     <row r="966">
       <c r="A966" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26299</t>
+          <t>../../src/UserSettingsPage.cpp:26397</t>
         </is>
       </c>
       <c r="B966" t="inlineStr">
         <is>
-          <t>Notify about received messages when the client is not currently focused.</t>
+          <t>Show buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
       <c r="C966" t="inlineStr">
         <is>
-          <t>Beri tahu tentang pesan yang diterima saat klien tidak difokuskan.</t>
+          <t>Tampilkan tombol untuk membalas, bereaksi, atau mengakses opsi tambahan di sebelah pesan dengan cepat.</t>
         </is>
       </c>
       <c r="D966" t="inlineStr"/>
       <c r="E966" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F966" t="inlineStr">
         <is>
-          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
+          <t>UserSettingsModelShow buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
       <c r="G966" t="inlineStr"/>
       <c r="H966" t="inlineStr"/>
     </row>
     <row r="967">
       <c r="A967" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26305</t>
+          <t>../../src/UserSettingsPage.cpp:26405</t>
         </is>
       </c>
       <c r="B967" t="inlineStr">
+        <is>
+          <t>Configure whether to show or hide certain events like room joins.</t>
+        </is>
+      </c>
+      <c r="C967" t="inlineStr">
+        <is>
+          <t>Konfigurasi apakah peristiwa tertentu seperti orang yang bergabung ke ruangan ditampilkan atau tidak.</t>
+        </is>
+      </c>
+      <c r="D967" t="inlineStr"/>
+      <c r="E967" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F967" t="inlineStr">
+        <is>
+          <t>UserSettingsModelConfigure whether to show or hide certain events like room joins.</t>
+        </is>
+      </c>
+      <c r="G967" t="inlineStr"/>
+      <c r="H967" t="inlineStr"/>
+    </row>
+    <row r="968">
+      <c r="A968" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26407</t>
+        </is>
+      </c>
+      <c r="B968" t="inlineStr">
+        <is>
+          <t>Notify about received messages when the client is not currently focused.</t>
+        </is>
+      </c>
+      <c r="C968" t="inlineStr">
+        <is>
+          <t>Beri tahu tentang pesan yang diterima saat klien tidak difokuskan.</t>
+        </is>
+      </c>
+      <c r="D968" t="inlineStr"/>
+      <c r="E968" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F968" t="inlineStr">
+        <is>
+          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
+        </is>
+      </c>
+      <c r="G968" t="inlineStr"/>
+      <c r="H968" t="inlineStr"/>
+    </row>
+    <row r="969">
+      <c r="A969" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26413</t>
+        </is>
+      </c>
+      <c r="B969" t="inlineStr">
         <is>
           <t>Change the appearance of user avatars in chats.
 OFF - square, ON - circle.</t>
         </is>
       </c>
-      <c r="C967" t="inlineStr">
+      <c r="C969" t="inlineStr">
         <is>
           <t>Mengubah penampilan avatar pengguna dalam obrolan.
 MATI - kotak, NYALA - bulat.</t>
         </is>
       </c>
-      <c r="D967" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F967" t="inlineStr">
+      <c r="D969" t="inlineStr"/>
+      <c r="E969" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F969" t="inlineStr">
         <is>
           <t>UserSettingsModelChange the appearance of user avatars in chats.
 OFF - square, ON - circle.</t>
         </is>
       </c>
-      <c r="G967" t="inlineStr"/>
-[...58 lines deleted...]
-      </c>
       <c r="G969" t="inlineStr"/>
       <c r="H969" t="inlineStr"/>
     </row>
     <row r="970">
       <c r="A970" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26326</t>
+          <t>../../src/UserSettingsPage.cpp:26429</t>
         </is>
       </c>
       <c r="B970" t="inlineStr">
         <is>
-          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>Decrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="C970" t="inlineStr">
         <is>
-          <t>Beberapa pesan dapat dikirim dengan efek mewah. Misalnya, pesan dikirim dengan '/confetti' akan menampilkan konfeti di layar.</t>
+          <t>Dekripsi pesan ditampilkan dalam notifikasi untuk obrolan terenkripsi.</t>
         </is>
       </c>
       <c r="D970" t="inlineStr"/>
       <c r="E970" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F970" t="inlineStr">
         <is>
-          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>UserSettingsModelDecrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="G970" t="inlineStr"/>
       <c r="H970" t="inlineStr"/>
     </row>
     <row r="971">
       <c r="A971" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26329</t>
+          <t>../../src/UserSettingsPage.cpp:26431</t>
         </is>
       </c>
       <c r="B971" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Choose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="C971" t="inlineStr">
         <is>
-          <t>Nheko menggunakan animasi di beberapa tempat untuk membuat hal-hal indah. Ini memungkinkanmu untuk menonaktifkannya jika mereka membuatmu pusing.</t>
+          <t>Pilih di mana untuk menampilkan jumlah notifikasi di dalam sebuah komunitas atau tag.</t>
         </is>
       </c>
       <c r="D971" t="inlineStr"/>
       <c r="E971" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F971" t="inlineStr">
         <is>
-          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>UserSettingsModelChoose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="G971" t="inlineStr"/>
       <c r="H971" t="inlineStr"/>
     </row>
     <row r="972">
       <c r="A972" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26337</t>
+          <t>../../src/UserSettingsPage.cpp:26434</t>
         </is>
       </c>
       <c r="B972" t="inlineStr">
         <is>
-          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="C972" t="inlineStr">
         <is>
-          <t>Akan mencegah gerakan usap seperti mengusap ke kiri/kanan antara Ruangan dan Lini Masa, atau mengusap pesan untuk membalas.</t>
+          <t>Beberapa pesan dapat dikirim dengan efek mewah. Misalnya, pesan dikirim dengan '/confetti' akan menampilkan konfeti di layar.</t>
         </is>
       </c>
       <c r="D972" t="inlineStr"/>
       <c r="E972" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F972" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="G972" t="inlineStr"/>
       <c r="H972" t="inlineStr"/>
     </row>
     <row r="973">
       <c r="A973" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26340</t>
+          <t>../../src/UserSettingsPage.cpp:26437</t>
         </is>
       </c>
       <c r="B973" t="inlineStr">
         <is>
-          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="C973" t="inlineStr">
         <is>
-          <t>Ubah faktor skala antarmuka pengguna. Memerlukan pemulaian ulang untuk diterapkan.</t>
+          <t>Nheko menggunakan animasi di beberapa tempat untuk membuat hal-hal indah. Ini memungkinkanmu untuk menonaktifkannya jika mereka membuatmu pusing.</t>
         </is>
       </c>
       <c r="D973" t="inlineStr"/>
       <c r="E973" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F973" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="G973" t="inlineStr"/>
       <c r="H973" t="inlineStr"/>
     </row>
     <row r="974">
       <c r="A974" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26349</t>
+          <t>../../src/UserSettingsPage.cpp:26445</t>
         </is>
       </c>
       <c r="B974" t="inlineStr">
         <is>
-          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="C974" t="inlineStr">
         <is>
-          <t>Secara otomatis membalas permintaan kunci dari pengguna lain jika mereka terverifikasi, bahkan jika perangkat itu seharusnya tidak memiliki akses ke kunci itu bagaimanapun.</t>
+          <t>Akan mencegah gerakan usap seperti mengusap ke kiri/kanan antara Ruangan dan Lini Masa, atau mengusap pesan untuk membalas.</t>
         </is>
       </c>
       <c r="D974" t="inlineStr"/>
       <c r="E974" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F974" t="inlineStr">
         <is>
-          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="G974" t="inlineStr"/>
       <c r="H974" t="inlineStr"/>
     </row>
     <row r="975">
       <c r="A975" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26382</t>
+          <t>../../src/UserSettingsPage.cpp:26448</t>
         </is>
       </c>
       <c r="B975" t="inlineStr">
         <is>
-          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="C975" t="inlineStr">
         <is>
-          <t>Kunci untuk memverifikasi perangkatmu. Jika disimpan, memverifikasi salah satu perangkatmu akan menandainya sebagai terverifikasi untuk perangkatmu yang lain dan untuk pengguna yang telah memverifikasimu.</t>
+          <t>Ubah faktor skala antarmuka pengguna. Memerlukan pemulaian ulang untuk diterapkan.</t>
         </is>
       </c>
       <c r="D975" t="inlineStr"/>
       <c r="E975" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F975" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="G975" t="inlineStr"/>
       <c r="H975" t="inlineStr"/>
     </row>
     <row r="976">
       <c r="A976" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26301</t>
+          <t>../../src/UserSettingsPage.cpp:26457</t>
         </is>
       </c>
       <c r="B976" t="inlineStr">
+        <is>
+          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+        </is>
+      </c>
+      <c r="C976" t="inlineStr">
+        <is>
+          <t>Secara otomatis membalas permintaan kunci dari pengguna lain jika mereka terverifikasi, bahkan jika perangkat itu seharusnya tidak memiliki akses ke kunci itu bagaimanapun.</t>
+        </is>
+      </c>
+      <c r="D976" t="inlineStr"/>
+      <c r="E976" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F976" t="inlineStr">
+        <is>
+          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+        </is>
+      </c>
+      <c r="G976" t="inlineStr"/>
+      <c r="H976" t="inlineStr"/>
+    </row>
+    <row r="977">
+      <c r="A977" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26490</t>
+        </is>
+      </c>
+      <c r="B977" t="inlineStr">
+        <is>
+          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+        </is>
+      </c>
+      <c r="C977" t="inlineStr">
+        <is>
+          <t>Kunci untuk memverifikasi perangkatmu. Jika disimpan, memverifikasi salah satu perangkatmu akan menandainya sebagai terverifikasi untuk perangkatmu yang lain dan untuk pengguna yang telah memverifikasimu.</t>
+        </is>
+      </c>
+      <c r="D977" t="inlineStr"/>
+      <c r="E977" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F977" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+        </is>
+      </c>
+      <c r="G977" t="inlineStr"/>
+      <c r="H977" t="inlineStr"/>
+    </row>
+    <row r="978">
+      <c r="A978" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26409</t>
+        </is>
+      </c>
+      <c r="B978" t="inlineStr">
         <is>
           <t>Show an alert when a message is received.
 This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
-      <c r="C976" t="inlineStr">
+      <c r="C978" t="inlineStr">
         <is>
           <t>Menampilkan pemberitahuan saat sebuah pesan diterima.
 Ini biasanya menyebabkan ikon aplikasi di bilah tugas untuk beranimasi.</t>
         </is>
       </c>
-      <c r="D976" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F976" t="inlineStr">
+      <c r="D978" t="inlineStr"/>
+      <c r="E978" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F978" t="inlineStr">
         <is>
           <t>UserSettingsModelShow an alert when a message is received.
 This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
-      <c r="G976" t="inlineStr"/>
-[...58 lines deleted...]
-      </c>
       <c r="G978" t="inlineStr"/>
       <c r="H978" t="inlineStr"/>
     </row>
     <row r="979">
       <c r="A979" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26228</t>
+          <t>../../src/UserSettingsPage.cpp:26035</t>
         </is>
       </c>
       <c r="B979" t="inlineStr">
         <is>
-          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>Communities sidebar</t>
         </is>
       </c>
       <c r="C979" t="inlineStr">
         <is>
-          <t>Tetapkan lebar pesan di lini masa (dalam pixel). Ini dapat membantu keterbacaan di layar lebar ketika Nheko dimaksimalkan</t>
+          <t>Bilah samping komunitas</t>
         </is>
       </c>
       <c r="D979" t="inlineStr"/>
       <c r="E979" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F979" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>UserSettingsModelCommunities sidebar</t>
         </is>
       </c>
       <c r="G979" t="inlineStr"/>
       <c r="H979" t="inlineStr"/>
     </row>
     <row r="980">
       <c r="A980" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26247</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26041</t>
+        </is>
+      </c>
+      <c r="B980" t="inlineStr"/>
+      <c r="C980" t="inlineStr"/>
       <c r="D980" t="inlineStr"/>
       <c r="E980" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F980" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+          <t>UserSettingsModelSend messages with a shortcut</t>
         </is>
       </c>
       <c r="G980" t="inlineStr"/>
       <c r="H980" t="inlineStr"/>
     </row>
     <row r="981">
       <c r="A981" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26293</t>
+          <t>../../src/UserSettingsPage.cpp:26083</t>
         </is>
       </c>
       <c r="B981" t="inlineStr">
+        <is>
+          <t>Show message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="C981" t="inlineStr">
+        <is>
+          <t>Tampilkan hitungan pesan untuk komunitas dan tag</t>
+        </is>
+      </c>
+      <c r="D981" t="inlineStr"/>
+      <c r="E981" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F981" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShow message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="G981" t="inlineStr"/>
+      <c r="H981" t="inlineStr"/>
+    </row>
+    <row r="982">
+      <c r="A982" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26335</t>
+        </is>
+      </c>
+      <c r="B982" t="inlineStr">
+        <is>
+          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="C982" t="inlineStr">
+        <is>
+          <t>Tetapkan lebar pesan di lini masa (dalam pixel). Ini dapat membantu keterbacaan di layar lebar ketika Nheko dimaksimalkan</t>
+        </is>
+      </c>
+      <c r="D982" t="inlineStr"/>
+      <c r="E982" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F982" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="G982" t="inlineStr"/>
+      <c r="H982" t="inlineStr"/>
+    </row>
+    <row r="983">
+      <c r="A983" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26354</t>
+        </is>
+      </c>
+      <c r="B983" t="inlineStr">
+        <is>
+          <t>Show a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="C983" t="inlineStr">
+        <is>
+          <t>Tampilkan sebuah kolom berisi komunitas dan tag di samping daftar ruangan.</t>
+        </is>
+      </c>
+      <c r="D983" t="inlineStr"/>
+      <c r="E983" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F983" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="G983" t="inlineStr"/>
+      <c r="H983" t="inlineStr"/>
+    </row>
+    <row r="984">
+      <c r="A984" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26362</t>
+        </is>
+      </c>
+      <c r="B984" t="inlineStr"/>
+      <c r="C984" t="inlineStr"/>
+      <c r="D984" t="inlineStr"/>
+      <c r="E984" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F984" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSelect what Enter key combination sends the message. Shift+Enter adds a new line, unless it has been selected, in which case Enter adds a new line instead.
+If an emoji picker or a mention picker is open, it is always handled first.</t>
+        </is>
+      </c>
+      <c r="G984" t="inlineStr"/>
+      <c r="H984" t="inlineStr"/>
+    </row>
+    <row r="985">
+      <c r="A985" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26401</t>
+        </is>
+      </c>
+      <c r="B985" t="inlineStr">
         <is>
           <t>Show if your message was read.
 Status is displayed next to timestamps.
 Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
-      <c r="C981" t="inlineStr">
+      <c r="C985" t="inlineStr">
         <is>
           <t>Tampilkan jika pesanmu dibaca.
 Status ditampilkan di sebelah stempel waktu.
 Peringatan: Jika homeservermu tidak mendukung ini, ruanganmu tidak akan pernah ditandai sebagai dibaca!</t>
         </is>
       </c>
-      <c r="D981" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F981" t="inlineStr">
+      <c r="D985" t="inlineStr"/>
+      <c r="E985" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F985" t="inlineStr">
         <is>
           <t>UserSettingsModelShow if your message was read.
 Status is displayed next to timestamps.
 Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
-      <c r="G981" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B982" t="inlineStr">
+      <c r="G985" t="inlineStr"/>
+      <c r="H985" t="inlineStr"/>
+    </row>
+    <row r="986">
+      <c r="A986" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26416</t>
+        </is>
+      </c>
+      <c r="B986" t="inlineStr">
         <is>
           <t>Display an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
-      <c r="C982" t="inlineStr">
+      <c r="C986" t="inlineStr">
         <is>
           <t>Tampilkan sebuah identikon daripada sebuah huruf ketika tidak ada avatar yang diatur.</t>
         </is>
       </c>
-      <c r="D982" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F982" t="inlineStr">
+      <c r="D986" t="inlineStr"/>
+      <c r="E986" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F986" t="inlineStr">
         <is>
           <t>UserSettingsModelDisplay an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
-      <c r="G982" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B983" t="inlineStr">
+      <c r="G986" t="inlineStr"/>
+      <c r="H986" t="inlineStr"/>
+    </row>
+    <row r="987">
+      <c r="A987" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26418</t>
+        </is>
+      </c>
+      <c r="B987" t="inlineStr">
         <is>
           <t>Opens images with an external program when tapping the image.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="C983" t="inlineStr">
+      <c r="C987" t="inlineStr">
         <is>
           <t>Membuka gambar dengan sebuah program eksternal ketika mengetuk pada gambar.
 Dicatat bahwa ketika opsi ini NYALA, file yang terbuka ditinggal tidak terenkripsi pada disk dan harus dihapus secara manual.</t>
         </is>
       </c>
-      <c r="D983" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F983" t="inlineStr">
+      <c r="D987" t="inlineStr"/>
+      <c r="E987" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F987" t="inlineStr">
         <is>
           <t>UserSettingsModelOpens images with an external program when tapping the image.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="G983" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B984" t="inlineStr">
+      <c r="G987" t="inlineStr"/>
+      <c r="H987" t="inlineStr"/>
+    </row>
+    <row r="988">
+      <c r="A988" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26422</t>
+        </is>
+      </c>
+      <c r="B988" t="inlineStr">
         <is>
           <t>Opens videos with an external program when tapping the video.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="C984" t="inlineStr">
+      <c r="C988" t="inlineStr">
         <is>
           <t>Membuka video dengan sebuah program eksternal ketika mengetuk pada video.
 Dicatat bahwa ketika opsi ini NYALA, file yang terbuka ditinggal tidak terenkripsi pada disk dan harus dihapus secara manual.</t>
         </is>
       </c>
-      <c r="D984" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F984" t="inlineStr">
+      <c r="D988" t="inlineStr"/>
+      <c r="E988" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F988" t="inlineStr">
         <is>
           <t>UserSettingsModelOpens videos with an external program when tapping the video.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="G984" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B985" t="inlineStr">
+      <c r="G988" t="inlineStr"/>
+      <c r="H988" t="inlineStr"/>
+    </row>
+    <row r="989">
+      <c r="A989" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26426</t>
+        </is>
+      </c>
+      <c r="B989" t="inlineStr">
         <is>
           <t>Decrypt the messages shown in the sidebar.
 Only affects messages in encrypted chats.</t>
         </is>
       </c>
-      <c r="C985" t="inlineStr">
+      <c r="C989" t="inlineStr">
         <is>
           <t>Dekripsi pesan yang ditampilkan di bilah samping.
 Hanya mempengaruhi pesan di chat terenkripsi.</t>
         </is>
       </c>
-      <c r="D985" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F985" t="inlineStr">
+      <c r="D989" t="inlineStr"/>
+      <c r="E989" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F989" t="inlineStr">
         <is>
           <t>UserSettingsModelDecrypt the messages shown in the sidebar.
 Only affects messages in encrypted chats.</t>
         </is>
       </c>
-      <c r="G985" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B986" t="inlineStr">
+      <c r="G989" t="inlineStr"/>
+      <c r="H989" t="inlineStr"/>
+    </row>
+    <row r="990">
+      <c r="A990" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26440</t>
+        </is>
+      </c>
+      <c r="B990" t="inlineStr">
         <is>
           <t>When the window loses focus, the timeline will
 be blurred.</t>
         </is>
       </c>
-      <c r="C986" t="inlineStr">
+      <c r="C990" t="inlineStr">
         <is>
           <t>Ketika jendela kehilangan fokus, lini masanya
 akan buram.</t>
         </is>
       </c>
-      <c r="D986" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F986" t="inlineStr">
+      <c r="D990" t="inlineStr"/>
+      <c r="E990" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F990" t="inlineStr">
         <is>
           <t>UserSettingsModelWhen the window loses focus, the timeline will
 be blurred.</t>
         </is>
       </c>
-      <c r="G986" t="inlineStr"/>
-[...118 lines deleted...]
-      </c>
       <c r="G990" t="inlineStr"/>
       <c r="H990" t="inlineStr"/>
     </row>
     <row r="991">
       <c r="A991" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26378</t>
+          <t>../../src/UserSettingsPage.cpp:26442</t>
         </is>
       </c>
       <c r="B991" t="inlineStr">
         <is>
-          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>Will prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="C991" t="inlineStr">
         <is>
-          <t>Kunci untuk mendekripsikan cadangan kunci daring. Jika disimpan, kamu bisa mengaktifkan kunci cadangan daring untuk menyimpan kunci enkripsi yang dienkripsi secara aman di servernya.</t>
+          <t>Akan mencegah pemilihan teks di linimasi untuk membuat guliran mudah.</t>
         </is>
       </c>
       <c r="D991" t="inlineStr"/>
       <c r="E991" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F991" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>UserSettingsModelWill prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="G991" t="inlineStr"/>
       <c r="H991" t="inlineStr"/>
     </row>
     <row r="992">
       <c r="A992" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26387</t>
+          <t>../../src/UserSettingsPage.cpp:26451</t>
         </is>
       </c>
       <c r="B992" t="inlineStr">
         <is>
-          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>Will use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="C992" t="inlineStr">
         <is>
-          <t>Kunci untuk memverifikasi pengguna lain. Jika disimpan, memverifikasi sebuah pengguna akan memverifikasi semua perangkat mereka.</t>
+          <t>Akan menggunakan turn.matrix.org sebagai bantuan jika homeserver-mu tidak menawarkannya.</t>
         </is>
       </c>
       <c r="D992" t="inlineStr"/>
       <c r="E992" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F992" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>UserSettingsModelWill use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="G992" t="inlineStr"/>
       <c r="H992" t="inlineStr"/>
     </row>
     <row r="993">
       <c r="A993" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26391</t>
+          <t>../../src/UserSettingsPage.cpp:26454</t>
         </is>
       </c>
       <c r="B993" t="inlineStr">
         <is>
-          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>Requires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="C993" t="inlineStr">
         <is>
-          <t>Kuncimu yang paling penting. Kamu tidak perlu menyimpannya dalam tembolok, karena tidak menyimpannya akan memperkecil kemungkinannya untuk dicuri dan hanya diperlukan untuk memutar kunci penandatanganan kamu yang lain.</t>
+          <t>Memerlukan pengguna diverifikasi untuk mengirim pesan terenkripsi ke pengguna. Ini meningkatkan keamanan tetapi membuat enkripsi ujung-ke-ujung lebih susah.</t>
         </is>
       </c>
       <c r="D993" t="inlineStr"/>
       <c r="E993" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F993" t="inlineStr">
         <is>
-          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>UserSettingsModelRequires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="G993" t="inlineStr"/>
       <c r="H993" t="inlineStr"/>
     </row>
     <row r="994">
       <c r="A994" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26396</t>
+          <t>../../src/UserSettingsPage.cpp:26461</t>
         </is>
       </c>
       <c r="B994" t="inlineStr">
+        <is>
+          <t>Download message encryption keys from and upload to the encrypted online key backup.</t>
+        </is>
+      </c>
+      <c r="C994" t="inlineStr">
+        <is>
+          <t>Unduh kunci enkripsi pesan dari dan unggah ke cadangan kunci daring terenkripsi.</t>
+        </is>
+      </c>
+      <c r="D994" t="inlineStr"/>
+      <c r="E994" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F994" t="inlineStr">
+        <is>
+          <t>UserSettingsModelDownload message encryption keys from and upload to the encrypted online key backup.</t>
+        </is>
+      </c>
+      <c r="G994" t="inlineStr"/>
+      <c r="H994" t="inlineStr"/>
+    </row>
+    <row r="995">
+      <c r="A995" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26486</t>
+        </is>
+      </c>
+      <c r="B995" t="inlineStr">
+        <is>
+          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+        </is>
+      </c>
+      <c r="C995" t="inlineStr">
+        <is>
+          <t>Kunci untuk mendekripsikan cadangan kunci daring. Jika disimpan, kamu bisa mengaktifkan kunci cadangan daring untuk menyimpan kunci enkripsi yang dienkripsi secara aman di servernya.</t>
+        </is>
+      </c>
+      <c r="D995" t="inlineStr"/>
+      <c r="E995" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F995" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+        </is>
+      </c>
+      <c r="G995" t="inlineStr"/>
+      <c r="H995" t="inlineStr"/>
+    </row>
+    <row r="996">
+      <c r="A996" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26495</t>
+        </is>
+      </c>
+      <c r="B996" t="inlineStr">
+        <is>
+          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+        </is>
+      </c>
+      <c r="C996" t="inlineStr">
+        <is>
+          <t>Kunci untuk memverifikasi pengguna lain. Jika disimpan, memverifikasi sebuah pengguna akan memverifikasi semua perangkat mereka.</t>
+        </is>
+      </c>
+      <c r="D996" t="inlineStr"/>
+      <c r="E996" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F996" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+        </is>
+      </c>
+      <c r="G996" t="inlineStr"/>
+      <c r="H996" t="inlineStr"/>
+    </row>
+    <row r="997">
+      <c r="A997" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26499</t>
+        </is>
+      </c>
+      <c r="B997" t="inlineStr">
+        <is>
+          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+        </is>
+      </c>
+      <c r="C997" t="inlineStr">
+        <is>
+          <t>Kuncimu yang paling penting. Kamu tidak perlu menyimpannya dalam tembolok, karena tidak menyimpannya akan memperkecil kemungkinannya untuk dicuri dan hanya diperlukan untuk memutar kunci penandatanganan kamu yang lain.</t>
+        </is>
+      </c>
+      <c r="D997" t="inlineStr"/>
+      <c r="E997" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F997" t="inlineStr">
+        <is>
+          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+        </is>
+      </c>
+      <c r="G997" t="inlineStr"/>
+      <c r="H997" t="inlineStr"/>
+    </row>
+    <row r="998">
+      <c r="A998" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26504</t>
+        </is>
+      </c>
+      <c r="B998" t="inlineStr">
         <is>
           <t>Allow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
 This setting will take effect upon restart.</t>
         </is>
       </c>
-      <c r="C994" t="inlineStr">
+      <c r="C998" t="inlineStr">
         <is>
           <t>Perbolehkan plugin dan aplikasi pihak ketiga untuk memuat informasi tentang ruangan kamu berada via D-Bus. Ini dapat memiliki penggunaan yang berguna, tetapi juga dapat digunakan untuk tujuan jahat. Aktifkan dengan risiko kamu sendiri.
 Pengaturan ini akan ditetapkan saat dimulai ulang.</t>
         </is>
       </c>
-      <c r="D994" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F994" t="inlineStr">
+      <c r="D998" t="inlineStr"/>
+      <c r="E998" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F998" t="inlineStr">
         <is>
           <t>UserSettingsModelAllow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
 This setting will take effect upon restart.</t>
         </is>
       </c>
-      <c r="G994" t="inlineStr"/>
-[...118 lines deleted...]
-      </c>
       <c r="G998" t="inlineStr"/>
       <c r="H998" t="inlineStr"/>
     </row>
     <row r="999">
       <c r="A999" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26555</t>
+          <t>../../src/UserSettingsPage.cpp:26510</t>
         </is>
       </c>
       <c r="B999" t="inlineStr">
         <is>
-          <t>Only in private rooms</t>
+          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="C999" t="inlineStr">
         <is>
-          <t>Hanya dalam ruangan publik</t>
+          <t>Untuk mengizinkan pengguna baru bergabung dengan komunitas, komunitas perlu mengungkapkan beberapa informasi tentang server apa yang berpartisipasi dalam suatu ruangan kepada anggota komunitas. Karena peserta ruangan dapat berubah dari waktu ke waktu, hal ini perlu diperbarui dari waktu ke waktu. Pengaturan ini memungkinkan pekerjaan latar belakang untuk melakukannya secara otomatis.</t>
         </is>
       </c>
       <c r="D999" t="inlineStr"/>
       <c r="E999" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F999" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnly in private rooms</t>
+          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="G999" t="inlineStr"/>
       <c r="H999" t="inlineStr"/>
     </row>
     <row r="1000">
       <c r="A1000" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26556</t>
+          <t>../../src/UserSettingsPage.cpp:26516</t>
         </is>
       </c>
       <c r="B1000" t="inlineStr">
         <is>
-          <t>Never</t>
+          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="C1000" t="inlineStr">
         <is>
-          <t>Tidak pernah</t>
+          <t>Hapus peristiwa yang telahkedaluwarsa secara berkala seperti yang ditentukan dalam konfigurasi kedaluwarsa peristiwa. Karena ini saat ini tidak dijalankan di sisi server, kamu harus memiliki satu klien yang menjalankan ini secara berkala.</t>
         </is>
       </c>
       <c r="D1000" t="inlineStr"/>
       <c r="E1000" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1000" t="inlineStr">
         <is>
-          <t>UserSettingsModelNever</t>
+          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="G1000" t="inlineStr"/>
       <c r="H1000" t="inlineStr"/>
     </row>
     <row r="1001">
       <c r="A1001" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26570</t>
+          <t>../../src/UserSettingsPage.cpp:26520</t>
         </is>
       </c>
       <c r="B1001" t="inlineStr">
         <is>
-          <t>System font</t>
+          <t>Manage your ignored users.</t>
         </is>
       </c>
       <c r="C1001" t="inlineStr">
         <is>
-          <t>Fon sistem</t>
+          <t>Kelola pengguna Anda yang diabaikan.</t>
         </is>
       </c>
       <c r="D1001" t="inlineStr"/>
       <c r="E1001" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1001" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem font</t>
+          <t>UserSettingsModelManage your ignored users.</t>
         </is>
       </c>
       <c r="G1001" t="inlineStr"/>
       <c r="H1001" t="inlineStr"/>
     </row>
     <row r="1002">
       <c r="A1002" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26575</t>
+          <t>../../src/UserSettingsPage.cpp:26662</t>
         </is>
       </c>
       <c r="B1002" t="inlineStr">
         <is>
-          <t>System emoji font</t>
+          <t>Always</t>
         </is>
       </c>
       <c r="C1002" t="inlineStr">
         <is>
-          <t>Fon emoji sistem</t>
+          <t>Selalu</t>
         </is>
       </c>
       <c r="D1002" t="inlineStr"/>
       <c r="E1002" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1002" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem emoji font</t>
+          <t>UserSettingsModelAlways</t>
         </is>
       </c>
       <c r="G1002" t="inlineStr"/>
       <c r="H1002" t="inlineStr"/>
     </row>
     <row r="1003">
       <c r="A1003" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:26663</t>
         </is>
       </c>
       <c r="B1003" t="inlineStr">
         <is>
-          <t>Select a file</t>
+          <t>Only in private rooms</t>
         </is>
       </c>
       <c r="C1003" t="inlineStr">
         <is>
-          <t>Pilih sebuah file</t>
+          <t>Hanya dalam ruangan publik</t>
         </is>
       </c>
       <c r="D1003" t="inlineStr"/>
       <c r="E1003" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1003" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelect a file</t>
+          <t>UserSettingsModelOnly in private rooms</t>
         </is>
       </c>
       <c r="G1003" t="inlineStr"/>
       <c r="H1003" t="inlineStr"/>
     </row>
     <row r="1004">
       <c r="A1004" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:26664</t>
         </is>
       </c>
       <c r="B1004" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Never</t>
         </is>
       </c>
       <c r="C1004" t="inlineStr">
         <is>
-          <t>Semua File (*)</t>
+          <t>Tidak pernah</t>
         </is>
       </c>
       <c r="D1004" t="inlineStr"/>
       <c r="E1004" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1004" t="inlineStr">
         <is>
-          <t>UserSettingsModelAll Files (*)</t>
+          <t>UserSettingsModelNever</t>
         </is>
       </c>
       <c r="G1004" t="inlineStr"/>
       <c r="H1004" t="inlineStr"/>
     </row>
     <row r="1005">
       <c r="A1005" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27018</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26668</t>
+        </is>
+      </c>
+      <c r="B1005" t="inlineStr"/>
+      <c r="C1005" t="inlineStr"/>
       <c r="D1005" t="inlineStr"/>
       <c r="E1005" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1005" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen Sessions File</t>
+          <t>UserSettingsModelEnter</t>
         </is>
       </c>
       <c r="G1005" t="inlineStr"/>
       <c r="H1005" t="inlineStr"/>
     </row>
     <row r="1006">
       <c r="A1006" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27109</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26669</t>
+        </is>
+      </c>
+      <c r="B1006" t="inlineStr"/>
+      <c r="C1006" t="inlineStr"/>
       <c r="D1006" t="inlineStr"/>
       <c r="E1006" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1006" t="inlineStr">
         <is>
-          <t>UserSettingsModelError</t>
+          <t>UserSettingsModelShift+Enter</t>
         </is>
       </c>
       <c r="G1006" t="inlineStr"/>
       <c r="H1006" t="inlineStr"/>
     </row>
     <row r="1007">
       <c r="A1007" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27057</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26670</t>
+        </is>
+      </c>
+      <c r="B1007" t="inlineStr"/>
+      <c r="C1007" t="inlineStr"/>
       <c r="D1007" t="inlineStr"/>
       <c r="E1007" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1007" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile Password</t>
+          <t>UserSettingsModelCtrl+Enter</t>
         </is>
       </c>
       <c r="G1007" t="inlineStr"/>
       <c r="H1007" t="inlineStr"/>
     </row>
     <row r="1008">
       <c r="A1008" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27032</t>
+          <t>../../src/UserSettingsPage.cpp:26684</t>
         </is>
       </c>
       <c r="B1008" t="inlineStr">
         <is>
-          <t>Enter the passphrase to decrypt the file:</t>
+          <t>System font</t>
         </is>
       </c>
       <c r="C1008" t="inlineStr">
         <is>
-          <t>Masukkan kata sandi untuk mendekripsi filenya:</t>
+          <t>Fon sistem</t>
         </is>
       </c>
       <c r="D1008" t="inlineStr"/>
       <c r="E1008" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1008" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
+          <t>UserSettingsModelSystem font</t>
         </is>
       </c>
       <c r="G1008" t="inlineStr"/>
       <c r="H1008" t="inlineStr"/>
     </row>
     <row r="1009">
       <c r="A1009" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27066</t>
+          <t>../../src/UserSettingsPage.cpp:26689</t>
         </is>
       </c>
       <c r="B1009" t="inlineStr">
         <is>
-          <t>The password cannot be empty</t>
+          <t>System emoji font</t>
         </is>
       </c>
       <c r="C1009" t="inlineStr">
         <is>
-          <t>Kata sandi tidak boleh kosong</t>
+          <t>Fon emoji sistem</t>
         </is>
       </c>
       <c r="D1009" t="inlineStr"/>
       <c r="E1009" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1009" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe password cannot be empty</t>
+          <t>UserSettingsModelSystem emoji font</t>
         </is>
       </c>
       <c r="G1009" t="inlineStr"/>
       <c r="H1009" t="inlineStr"/>
     </row>
     <row r="1010">
       <c r="A1010" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27058</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B1010" t="inlineStr">
         <is>
-          <t>Enter passphrase to encrypt your session keys:</t>
+          <t>Select a file</t>
         </is>
       </c>
       <c r="C1010" t="inlineStr">
         <is>
-          <t>Masukkan frasa sandi untuk mengenkripsikan kunci sesimu:</t>
+          <t>Pilih sebuah file</t>
         </is>
       </c>
       <c r="D1010" t="inlineStr"/>
       <c r="E1010" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1010" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
+          <t>UserSettingsModelSelect a file</t>
         </is>
       </c>
       <c r="G1010" t="inlineStr"/>
       <c r="H1010" t="inlineStr"/>
     </row>
     <row r="1011">
       <c r="A1011" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27071</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B1011" t="inlineStr">
         <is>
-          <t>Repeat File Password</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C1011" t="inlineStr">
         <is>
-          <t>Ulangi Kata Sandi Berkas</t>
+          <t>Semua File (*)</t>
         </is>
       </c>
       <c r="D1011" t="inlineStr"/>
       <c r="E1011" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1011" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat File Password</t>
+          <t>UserSettingsModelAll Files (*)</t>
         </is>
       </c>
       <c r="G1011" t="inlineStr"/>
       <c r="H1011" t="inlineStr"/>
     </row>
     <row r="1012">
       <c r="A1012" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27072</t>
+          <t>../../src/UserSettingsPage.cpp:27130</t>
         </is>
       </c>
       <c r="B1012" t="inlineStr">
         <is>
-          <t>Repeat the passphrase:</t>
+          <t>Open Sessions File</t>
         </is>
       </c>
       <c r="C1012" t="inlineStr">
         <is>
-          <t>Ulangi frasa sandi:</t>
+          <t>Buka File Sesi</t>
         </is>
       </c>
       <c r="D1012" t="inlineStr"/>
       <c r="E1012" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1012" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat the passphrase:</t>
+          <t>UserSettingsModelOpen Sessions File</t>
         </is>
       </c>
       <c r="G1012" t="inlineStr"/>
       <c r="H1012" t="inlineStr"/>
     </row>
     <row r="1013">
       <c r="A1013" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27080</t>
+          <t>../../src/UserSettingsPage.cpp:27221</t>
         </is>
       </c>
       <c r="B1013" t="inlineStr">
         <is>
-          <t>Passwords don't match</t>
+          <t>Error</t>
         </is>
       </c>
       <c r="C1013" t="inlineStr">
         <is>
-          <t>Kata sandi tidak cocok</t>
+          <t>Kesalahan</t>
         </is>
       </c>
       <c r="D1013" t="inlineStr"/>
       <c r="E1013" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1013" t="inlineStr">
         <is>
-          <t>UserSettingsModelPasswords don't match</t>
+          <t>UserSettingsModelError</t>
         </is>
       </c>
       <c r="G1013" t="inlineStr"/>
       <c r="H1013" t="inlineStr"/>
     </row>
     <row r="1014">
       <c r="A1014" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27087</t>
+          <t>../../src/UserSettingsPage.cpp:27169</t>
         </is>
       </c>
       <c r="B1014" t="inlineStr">
         <is>
-          <t>File to save the exported session keys</t>
+          <t>File Password</t>
         </is>
       </c>
       <c r="C1014" t="inlineStr">
         <is>
-          <t>File untuk menyimpan kunci sesi yang telah diekspor</t>
+          <t>Kata Sandi File</t>
         </is>
       </c>
       <c r="D1014" t="inlineStr"/>
       <c r="E1014" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1014" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile to save the exported session keys</t>
+          <t>UserSettingsModelFile Password</t>
         </is>
       </c>
       <c r="G1014" t="inlineStr"/>
       <c r="H1014" t="inlineStr"/>
     </row>
     <row r="1015">
       <c r="A1015" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../../src/UserSettingsPage.cpp:27144</t>
         </is>
       </c>
       <c r="B1015" t="inlineStr">
         <is>
-          <t>CACHED</t>
+          <t>Enter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="C1015" t="inlineStr">
         <is>
-          <t>DISIMPAN</t>
+          <t>Masukkan kata sandi untuk mendekripsi filenya:</t>
         </is>
       </c>
       <c r="D1015" t="inlineStr"/>
       <c r="E1015" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1015" t="inlineStr">
         <is>
-          <t>UserSettingsPageCACHED</t>
+          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="G1015" t="inlineStr"/>
       <c r="H1015" t="inlineStr"/>
     </row>
     <row r="1016">
       <c r="A1016" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../../src/UserSettingsPage.cpp:27178</t>
         </is>
       </c>
       <c r="B1016" t="inlineStr">
         <is>
-          <t>NOT CACHED</t>
+          <t>The password cannot be empty</t>
         </is>
       </c>
       <c r="C1016" t="inlineStr">
         <is>
-          <t>TIDAK DISIMPAN</t>
+          <t>Kata sandi tidak boleh kosong</t>
         </is>
       </c>
       <c r="D1016" t="inlineStr"/>
       <c r="E1016" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1016" t="inlineStr">
         <is>
-          <t>UserSettingsPageNOT CACHED</t>
+          <t>UserSettingsModelThe password cannot be empty</t>
         </is>
       </c>
       <c r="G1016" t="inlineStr"/>
       <c r="H1016" t="inlineStr"/>
     </row>
     <row r="1017">
       <c r="A1017" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27281</t>
+          <t>../../src/UserSettingsPage.cpp:27170</t>
         </is>
       </c>
       <c r="B1017" t="inlineStr">
         <is>
-          <t>IMPORT</t>
+          <t>Enter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="C1017" t="inlineStr">
         <is>
-          <t>IMPOR</t>
+          <t>Masukkan frasa sandi untuk mengenkripsikan kunci sesimu:</t>
         </is>
       </c>
       <c r="D1017" t="inlineStr"/>
       <c r="E1017" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1017" t="inlineStr">
         <is>
-          <t>UserSettingsPageIMPORT</t>
+          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="G1017" t="inlineStr"/>
       <c r="H1017" t="inlineStr"/>
     </row>
     <row r="1018">
       <c r="A1018" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27285</t>
+          <t>../../src/UserSettingsPage.cpp:27183</t>
         </is>
       </c>
       <c r="B1018" t="inlineStr">
         <is>
-          <t>EXPORT</t>
+          <t>Repeat File Password</t>
         </is>
       </c>
       <c r="C1018" t="inlineStr">
         <is>
-          <t>EKSPOR</t>
+          <t>Ulangi Kata Sandi Berkas</t>
         </is>
       </c>
       <c r="D1018" t="inlineStr"/>
       <c r="E1018" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1018" t="inlineStr">
         <is>
-          <t>UserSettingsPageEXPORT</t>
+          <t>UserSettingsModelRepeat File Password</t>
         </is>
       </c>
       <c r="G1018" t="inlineStr"/>
       <c r="H1018" t="inlineStr"/>
     </row>
     <row r="1019">
       <c r="A1019" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27294</t>
+          <t>../../src/UserSettingsPage.cpp:27184</t>
         </is>
       </c>
       <c r="B1019" t="inlineStr">
         <is>
-          <t>DOWNLOAD</t>
+          <t>Repeat the passphrase:</t>
         </is>
       </c>
       <c r="C1019" t="inlineStr">
         <is>
-          <t>UNDUH</t>
+          <t>Ulangi frasa sandi:</t>
         </is>
       </c>
       <c r="D1019" t="inlineStr"/>
       <c r="E1019" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1019" t="inlineStr">
         <is>
-          <t>UserSettingsPageDOWNLOAD</t>
+          <t>UserSettingsModelRepeat the passphrase:</t>
         </is>
       </c>
       <c r="G1019" t="inlineStr"/>
       <c r="H1019" t="inlineStr"/>
     </row>
     <row r="1020">
       <c r="A1020" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27298</t>
+          <t>../../src/UserSettingsPage.cpp:27192</t>
         </is>
       </c>
       <c r="B1020" t="inlineStr">
         <is>
-          <t>REQUEST</t>
+          <t>Passwords don't match</t>
         </is>
       </c>
       <c r="C1020" t="inlineStr">
         <is>
-          <t>MINTA</t>
+          <t>Kata sandi tidak cocok</t>
         </is>
       </c>
       <c r="D1020" t="inlineStr"/>
       <c r="E1020" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1020" t="inlineStr">
         <is>
-          <t>UserSettingsPageREQUEST</t>
+          <t>UserSettingsModelPasswords don't match</t>
         </is>
       </c>
       <c r="G1020" t="inlineStr"/>
       <c r="H1020" t="inlineStr"/>
     </row>
     <row r="1021">
       <c r="A1021" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27306</t>
+          <t>../../src/UserSettingsPage.cpp:27199</t>
         </is>
       </c>
       <c r="B1021" t="inlineStr">
         <is>
-          <t>CONFIGURE</t>
+          <t>File to save the exported session keys</t>
         </is>
       </c>
       <c r="C1021" t="inlineStr">
         <is>
-          <t>ATUR</t>
+          <t>File untuk menyimpan kunci sesi yang telah diekspor</t>
         </is>
       </c>
       <c r="D1021" t="inlineStr"/>
       <c r="E1021" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1021" t="inlineStr">
         <is>
-          <t>UserSettingsPageCONFIGURE</t>
+          <t>UserSettingsModelFile to save the exported session keys</t>
         </is>
       </c>
       <c r="G1021" t="inlineStr"/>
       <c r="H1021" t="inlineStr"/>
     </row>
     <row r="1022">
       <c r="A1022" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27324</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B1022" t="inlineStr">
         <is>
-          <t>MANAGE</t>
+          <t>CACHED</t>
         </is>
       </c>
       <c r="C1022" t="inlineStr">
         <is>
-          <t>KELOLA</t>
+          <t>DISIMPAN</t>
         </is>
       </c>
       <c r="D1022" t="inlineStr"/>
       <c r="E1022" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1022" t="inlineStr">
         <is>
-          <t>UserSettingsPageMANAGE</t>
+          <t>UserSettingsPageCACHED</t>
         </is>
       </c>
       <c r="G1022" t="inlineStr"/>
       <c r="H1022" t="inlineStr"/>
     </row>
     <row r="1023">
       <c r="A1023" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27359</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B1023" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>NOT CACHED</t>
         </is>
       </c>
       <c r="C1023" t="inlineStr">
         <is>
-          <t>Kembali</t>
+          <t>TIDAK DISIMPAN</t>
         </is>
       </c>
       <c r="D1023" t="inlineStr"/>
       <c r="E1023" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1023" t="inlineStr">
         <is>
-          <t>UserSettingsPageBack</t>
+          <t>UserSettingsPageNOT CACHED</t>
         </is>
       </c>
       <c r="G1023" t="inlineStr"/>
       <c r="H1023" t="inlineStr"/>
     </row>
     <row r="1024">
       <c r="A1024" t="inlineStr">
         <is>
-          <t>../../src/encryption/VerificationManager.cpp:27502</t>
+          <t>../qml/pages/UserSettingsPage.qml:27396</t>
         </is>
       </c>
       <c r="B1024" t="inlineStr">
         <is>
-          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>IMPORT</t>
         </is>
       </c>
       <c r="C1024" t="inlineStr">
         <is>
-          <t>Tidak ada chat privat terenkripsi ditemukan dengan pengguna ini. Buat sebuah chat privat terenkripsi dengan pengguna ini dan coba lagi.</t>
+          <t>IMPOR</t>
         </is>
       </c>
       <c r="D1024" t="inlineStr"/>
       <c r="E1024" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1024" t="inlineStr">
         <is>
-          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>UserSettingsPageIMPORT</t>
         </is>
       </c>
       <c r="G1024" t="inlineStr"/>
       <c r="H1024" t="inlineStr"/>
     </row>
     <row r="1025">
       <c r="A1025" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27514</t>
+          <t>../qml/pages/UserSettingsPage.qml:27400</t>
         </is>
       </c>
       <c r="B1025" t="inlineStr">
         <is>
-          <t>Waiting for other party…</t>
+          <t>EXPORT</t>
         </is>
       </c>
       <c r="C1025" t="inlineStr">
         <is>
-          <t>Menunggu untuk mengguna lain…</t>
+          <t>EKSPOR</t>
         </is>
       </c>
       <c r="D1025" t="inlineStr"/>
       <c r="E1025" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1025" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other party…</t>
+          <t>UserSettingsPageEXPORT</t>
         </is>
       </c>
       <c r="G1025" t="inlineStr"/>
       <c r="H1025" t="inlineStr"/>
     </row>
     <row r="1026">
       <c r="A1026" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27526</t>
+          <t>../qml/pages/UserSettingsPage.qml:27409</t>
         </is>
       </c>
       <c r="B1026" t="inlineStr">
         <is>
-          <t>Waiting for other side to accept the verification request.</t>
+          <t>DOWNLOAD</t>
         </is>
       </c>
       <c r="C1026" t="inlineStr">
         <is>
-          <t>Menunggu untuk pengguna yang lain untuk menerima permintaan verifikasi.</t>
+          <t>UNDUH</t>
         </is>
       </c>
       <c r="D1026" t="inlineStr"/>
       <c r="E1026" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1026" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to accept the verification request.</t>
+          <t>UserSettingsPageDOWNLOAD</t>
         </is>
       </c>
       <c r="G1026" t="inlineStr"/>
       <c r="H1026" t="inlineStr"/>
     </row>
     <row r="1027">
       <c r="A1027" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27528</t>
+          <t>../qml/pages/UserSettingsPage.qml:27413</t>
         </is>
       </c>
       <c r="B1027" t="inlineStr">
         <is>
-          <t>Waiting for other side to continue the verification process.</t>
+          <t>REQUEST</t>
         </is>
       </c>
       <c r="C1027" t="inlineStr">
         <is>
-          <t>Menunggu untuk pengguna lain untuk melanjutkan proses verifikasi.</t>
+          <t>MINTA</t>
         </is>
       </c>
       <c r="D1027" t="inlineStr"/>
       <c r="E1027" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1027" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to continue the verification process.</t>
+          <t>UserSettingsPageREQUEST</t>
         </is>
       </c>
       <c r="G1027" t="inlineStr"/>
       <c r="H1027" t="inlineStr"/>
     </row>
     <row r="1028">
       <c r="A1028" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27530</t>
+          <t>../qml/pages/UserSettingsPage.qml:27421</t>
         </is>
       </c>
       <c r="B1028" t="inlineStr">
         <is>
-          <t>Waiting for other side to complete the verification process.</t>
+          <t>CONFIGURE</t>
         </is>
       </c>
       <c r="C1028" t="inlineStr">
         <is>
-          <t>Menunggu untuk pengguna lain untuk menyelesaikan proses verifikasi.</t>
+          <t>ATUR</t>
         </is>
       </c>
       <c r="D1028" t="inlineStr"/>
       <c r="E1028" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1028" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to complete the verification process.</t>
+          <t>UserSettingsPageCONFIGURE</t>
         </is>
       </c>
       <c r="G1028" t="inlineStr"/>
       <c r="H1028" t="inlineStr"/>
     </row>
     <row r="1029">
       <c r="A1029" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27549</t>
+          <t>../qml/pages/UserSettingsPage.qml:27439</t>
         </is>
       </c>
       <c r="B1029" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>MANAGE</t>
         </is>
       </c>
       <c r="C1029" t="inlineStr">
         <is>
-          <t>Batalkan</t>
+          <t>KELOLA</t>
         </is>
       </c>
       <c r="D1029" t="inlineStr"/>
       <c r="E1029" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1029" t="inlineStr">
         <is>
-          <t>WaitingCancel</t>
+          <t>UserSettingsPageMANAGE</t>
         </is>
       </c>
       <c r="G1029" t="inlineStr"/>
       <c r="H1029" t="inlineStr"/>
     </row>
     <row r="1030">
       <c r="A1030" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27579</t>
+          <t>../qml/pages/UserSettingsPage.qml:27474</t>
         </is>
       </c>
       <c r="B1030" t="inlineStr">
         <is>
-          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C1030" t="inlineStr">
         <is>
-          <t>Selamat datang di Nheko! Sebuah klien desktop untuk protokol Matrix.</t>
+          <t>Kembali</t>
         </is>
       </c>
       <c r="D1030" t="inlineStr"/>
       <c r="E1030" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1030" t="inlineStr">
         <is>
-          <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
+          <t>UserSettingsPageBack</t>
         </is>
       </c>
       <c r="G1030" t="inlineStr"/>
       <c r="H1030" t="inlineStr"/>
     </row>
     <row r="1031">
       <c r="A1031" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27589</t>
+          <t>../../src/encryption/VerificationManager.cpp:27617</t>
         </is>
       </c>
       <c r="B1031" t="inlineStr">
         <is>
-          <t>Enjoy your stay!</t>
+          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="C1031" t="inlineStr">
         <is>
-          <t>Nikmati masa tinggalmu!</t>
+          <t>Tidak ada chat privat terenkripsi ditemukan dengan pengguna ini. Buat sebuah chat privat terenkripsi dengan pengguna ini dan coba lagi.</t>
         </is>
       </c>
       <c r="D1031" t="inlineStr"/>
       <c r="E1031" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1031" t="inlineStr">
         <is>
-          <t>WelcomePageEnjoy your stay!</t>
+          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="G1031" t="inlineStr"/>
       <c r="H1031" t="inlineStr"/>
     </row>
     <row r="1032">
       <c r="A1032" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27603</t>
+          <t>../qml/device-verification/Waiting.qml:27629</t>
         </is>
       </c>
       <c r="B1032" t="inlineStr">
         <is>
-          <t>REGISTER</t>
+          <t>Waiting for other party…</t>
         </is>
       </c>
       <c r="C1032" t="inlineStr">
         <is>
-          <t>DAFTAR</t>
+          <t>Menunggu untuk mengguna lain…</t>
         </is>
       </c>
       <c r="D1032" t="inlineStr"/>
       <c r="E1032" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1032" t="inlineStr">
         <is>
-          <t>WelcomePageREGISTER</t>
+          <t>WaitingWaiting for other party…</t>
         </is>
       </c>
       <c r="G1032" t="inlineStr"/>
       <c r="H1032" t="inlineStr"/>
     </row>
     <row r="1033">
       <c r="A1033" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27611</t>
+          <t>../qml/device-verification/Waiting.qml:27641</t>
         </is>
       </c>
       <c r="B1033" t="inlineStr">
         <is>
-          <t>LOGIN</t>
+          <t>Waiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="C1033" t="inlineStr">
         <is>
-          <t>MASUK</t>
+          <t>Menunggu untuk pengguna yang lain untuk menerima permintaan verifikasi.</t>
         </is>
       </c>
       <c r="D1033" t="inlineStr"/>
       <c r="E1033" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1033" t="inlineStr">
         <is>
-          <t>WelcomePageLOGIN</t>
+          <t>WaitingWaiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="G1033" t="inlineStr"/>
       <c r="H1033" t="inlineStr"/>
     </row>
     <row r="1034">
       <c r="A1034" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27637</t>
+          <t>../qml/device-verification/Waiting.qml:27643</t>
         </is>
       </c>
       <c r="B1034" t="inlineStr">
         <is>
-          <t>Reduce animations</t>
+          <t>Waiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="C1034" t="inlineStr">
         <is>
-          <t>Kurangi animasi</t>
+          <t>Menunggu untuk pengguna lain untuk melanjutkan proses verifikasi.</t>
         </is>
       </c>
       <c r="D1034" t="inlineStr"/>
       <c r="E1034" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1034" t="inlineStr">
         <is>
-          <t>WelcomePageReduce animations</t>
+          <t>WaitingWaiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="G1034" t="inlineStr"/>
       <c r="H1034" t="inlineStr"/>
     </row>
     <row r="1035">
       <c r="A1035" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27644</t>
+          <t>../qml/device-verification/Waiting.qml:27645</t>
         </is>
       </c>
       <c r="B1035" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Waiting for other side to complete the verification process.</t>
         </is>
       </c>
       <c r="C1035" t="inlineStr">
         <is>
-          <t>Nheko menggunakan animasi di beberapa tempat untuk membuat hal-hal indah. Ini memungkinkanmu untuk menonaktifkannya jika mereka membuatmu pusing.</t>
+          <t>Menunggu untuk pengguna lain untuk menyelesaikan proses verifikasi.</t>
         </is>
       </c>
       <c r="D1035" t="inlineStr"/>
       <c r="E1035" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1035" t="inlineStr">
         <is>
-          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>WaitingWaiting for other side to complete the verification process.</t>
         </is>
       </c>
       <c r="G1035" t="inlineStr"/>
       <c r="H1035" t="inlineStr"/>
     </row>
     <row r="1036">
       <c r="A1036" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:28027</t>
+          <t>../qml/device-verification/Waiting.qml:27664</t>
         </is>
       </c>
       <c r="B1036" t="inlineStr">
         <is>
-          <t>Yesterday</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C1036" t="inlineStr">
         <is>
-          <t>Kemarin</t>
+          <t>Batalkan</t>
         </is>
       </c>
       <c r="D1036" t="inlineStr"/>
       <c r="E1036" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1036" t="inlineStr">
         <is>
-          <t>descriptiveTimeYesterday</t>
+          <t>WaitingCancel</t>
         </is>
       </c>
       <c r="G1036" t="inlineStr"/>
       <c r="H1036" t="inlineStr"/>
     </row>
     <row r="1037">
       <c r="A1037" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28040</t>
+          <t>../qml/pages/WelcomePage.qml:27694</t>
         </is>
       </c>
       <c r="B1037" t="inlineStr">
         <is>
-          <t>People</t>
+          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
         </is>
       </c>
       <c r="C1037" t="inlineStr">
         <is>
-          <t>Orang</t>
+          <t>Selamat datang di Nheko! Sebuah klien desktop untuk protokol Matrix.</t>
         </is>
       </c>
       <c r="D1037" t="inlineStr"/>
       <c r="E1037" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1037" t="inlineStr">
         <is>
-          <t>emoji-catagoryPeople</t>
+          <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
         </is>
       </c>
       <c r="G1037" t="inlineStr"/>
       <c r="H1037" t="inlineStr"/>
     </row>
     <row r="1038">
       <c r="A1038" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28042</t>
+          <t>../qml/pages/WelcomePage.qml:27704</t>
         </is>
       </c>
       <c r="B1038" t="inlineStr">
         <is>
-          <t>Nature</t>
+          <t>Enjoy your stay!</t>
         </is>
       </c>
       <c r="C1038" t="inlineStr">
         <is>
-          <t>Alam</t>
+          <t>Nikmati masa tinggalmu!</t>
         </is>
       </c>
       <c r="D1038" t="inlineStr"/>
       <c r="E1038" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1038" t="inlineStr">
         <is>
-          <t>emoji-catagoryNature</t>
+          <t>WelcomePageEnjoy your stay!</t>
         </is>
       </c>
       <c r="G1038" t="inlineStr"/>
       <c r="H1038" t="inlineStr"/>
     </row>
     <row r="1039">
       <c r="A1039" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28044</t>
+          <t>../qml/pages/WelcomePage.qml:27718</t>
         </is>
       </c>
       <c r="B1039" t="inlineStr">
         <is>
-          <t>Food</t>
+          <t>REGISTER</t>
         </is>
       </c>
       <c r="C1039" t="inlineStr">
         <is>
-          <t>Makanan</t>
+          <t>DAFTAR</t>
         </is>
       </c>
       <c r="D1039" t="inlineStr"/>
       <c r="E1039" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1039" t="inlineStr">
         <is>
-          <t>emoji-catagoryFood</t>
+          <t>WelcomePageREGISTER</t>
         </is>
       </c>
       <c r="G1039" t="inlineStr"/>
       <c r="H1039" t="inlineStr"/>
     </row>
     <row r="1040">
       <c r="A1040" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28046</t>
+          <t>../qml/pages/WelcomePage.qml:27726</t>
         </is>
       </c>
       <c r="B1040" t="inlineStr">
         <is>
-          <t>Activity</t>
+          <t>LOGIN</t>
         </is>
       </c>
       <c r="C1040" t="inlineStr">
         <is>
-          <t>Aktivitas</t>
+          <t>MASUK</t>
         </is>
       </c>
       <c r="D1040" t="inlineStr"/>
       <c r="E1040" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1040" t="inlineStr">
         <is>
-          <t>emoji-catagoryActivity</t>
+          <t>WelcomePageLOGIN</t>
         </is>
       </c>
       <c r="G1040" t="inlineStr"/>
       <c r="H1040" t="inlineStr"/>
     </row>
     <row r="1041">
       <c r="A1041" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28048</t>
+          <t>../qml/pages/WelcomePage.qml:27752</t>
         </is>
       </c>
       <c r="B1041" t="inlineStr">
         <is>
-          <t>Travel</t>
+          <t>Reduce animations</t>
         </is>
       </c>
       <c r="C1041" t="inlineStr">
         <is>
-          <t>Tempat</t>
+          <t>Kurangi animasi</t>
         </is>
       </c>
       <c r="D1041" t="inlineStr"/>
       <c r="E1041" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1041" t="inlineStr">
         <is>
-          <t>emoji-catagoryTravel</t>
+          <t>WelcomePageReduce animations</t>
         </is>
       </c>
       <c r="G1041" t="inlineStr"/>
       <c r="H1041" t="inlineStr"/>
     </row>
     <row r="1042">
       <c r="A1042" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28050</t>
+          <t>../qml/pages/WelcomePage.qml:27759</t>
         </is>
       </c>
       <c r="B1042" t="inlineStr">
         <is>
-          <t>Objects</t>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="C1042" t="inlineStr">
         <is>
-          <t>Objek</t>
+          <t>Nheko menggunakan animasi di beberapa tempat untuk membuat hal-hal indah. Ini memungkinkanmu untuk menonaktifkannya jika mereka membuatmu pusing.</t>
         </is>
       </c>
       <c r="D1042" t="inlineStr"/>
       <c r="E1042" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1042" t="inlineStr">
         <is>
-          <t>emoji-catagoryObjects</t>
+          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="G1042" t="inlineStr"/>
       <c r="H1042" t="inlineStr"/>
     </row>
     <row r="1043">
       <c r="A1043" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28052</t>
+          <t>../../src/Utils.cpp:28143</t>
         </is>
       </c>
       <c r="B1043" t="inlineStr">
         <is>
-          <t>Symbols</t>
+          <t>Yesterday</t>
         </is>
       </c>
       <c r="C1043" t="inlineStr">
         <is>
-          <t>Simbol</t>
+          <t>Kemarin</t>
         </is>
       </c>
       <c r="D1043" t="inlineStr"/>
       <c r="E1043" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1043" t="inlineStr">
         <is>
-          <t>emoji-catagorySymbols</t>
+          <t>descriptiveTimeYesterday</t>
         </is>
       </c>
       <c r="G1043" t="inlineStr"/>
       <c r="H1043" t="inlineStr"/>
     </row>
     <row r="1044">
       <c r="A1044" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28054</t>
+          <t>../../src/emoji/Emoji.cpp:28156</t>
         </is>
       </c>
       <c r="B1044" t="inlineStr">
         <is>
-          <t>Flags</t>
+          <t>People</t>
         </is>
       </c>
       <c r="C1044" t="inlineStr">
         <is>
-          <t>Bendera</t>
+          <t>Orang</t>
         </is>
       </c>
       <c r="D1044" t="inlineStr"/>
       <c r="E1044" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1044" t="inlineStr">
         <is>
-          <t>emoji-catagoryFlags</t>
+          <t>emoji-catagoryPeople</t>
         </is>
       </c>
       <c r="G1044" t="inlineStr"/>
       <c r="H1044" t="inlineStr"/>
     </row>
     <row r="1045">
       <c r="A1045" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:28042</t>
+          <t>../../src/emoji/Emoji.cpp:28158</t>
         </is>
       </c>
       <c r="B1045" t="inlineStr">
         <is>
-          <t>Message contains spoiler.</t>
+          <t>Nature</t>
         </is>
       </c>
       <c r="C1045" t="inlineStr">
         <is>
-          <t>Pesan berisi bocoran.</t>
+          <t>Alam</t>
         </is>
       </c>
       <c r="D1045" t="inlineStr"/>
       <c r="E1045" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1045" t="inlineStr">
         <is>
-          <t>macosNotificationMessage contains spoiler.</t>
+          <t>emoji-catagoryNature</t>
         </is>
       </c>
       <c r="G1045" t="inlineStr"/>
       <c r="H1045" t="inlineStr"/>
     </row>
     <row r="1046">
       <c r="A1046" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27734</t>
+          <t>../../src/emoji/Emoji.cpp:28160</t>
         </is>
       </c>
       <c r="B1046" t="inlineStr">
         <is>
-          <t>You sent an audio clip</t>
+          <t>Food</t>
         </is>
       </c>
       <c r="C1046" t="inlineStr">
         <is>
-          <t>Kamu mengirim klip audio</t>
+          <t>Makanan</t>
         </is>
       </c>
       <c r="D1046" t="inlineStr"/>
       <c r="E1046" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1046" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an audio clip</t>
+          <t>emoji-catagoryFood</t>
         </is>
       </c>
       <c r="G1046" t="inlineStr"/>
       <c r="H1046" t="inlineStr"/>
     </row>
     <row r="1047">
       <c r="A1047" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27737</t>
+          <t>../../src/emoji/Emoji.cpp:28162</t>
         </is>
       </c>
       <c r="B1047" t="inlineStr">
         <is>
-          <t>%1 sent an audio clip</t>
+          <t>Activity</t>
         </is>
       </c>
       <c r="C1047" t="inlineStr">
         <is>
-          <t>%1 mengirim klip audio</t>
+          <t>Aktivitas</t>
         </is>
       </c>
       <c r="D1047" t="inlineStr"/>
       <c r="E1047" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1047" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an audio clip</t>
+          <t>emoji-catagoryActivity</t>
         </is>
       </c>
       <c r="G1047" t="inlineStr"/>
       <c r="H1047" t="inlineStr"/>
     </row>
     <row r="1048">
       <c r="A1048" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27741</t>
+          <t>../../src/emoji/Emoji.cpp:28164</t>
         </is>
       </c>
       <c r="B1048" t="inlineStr">
         <is>
-          <t>You sent an image</t>
+          <t>Travel</t>
         </is>
       </c>
       <c r="C1048" t="inlineStr">
         <is>
-          <t>Kamu mengirim sebuah pesan</t>
+          <t>Tempat</t>
         </is>
       </c>
       <c r="D1048" t="inlineStr"/>
       <c r="E1048" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1048" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an image</t>
+          <t>emoji-catagoryTravel</t>
         </is>
       </c>
       <c r="G1048" t="inlineStr"/>
       <c r="H1048" t="inlineStr"/>
     </row>
     <row r="1049">
       <c r="A1049" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27743</t>
+          <t>../../src/emoji/Emoji.cpp:28166</t>
         </is>
       </c>
       <c r="B1049" t="inlineStr">
         <is>
-          <t>%1 sent an image</t>
+          <t>Objects</t>
         </is>
       </c>
       <c r="C1049" t="inlineStr">
         <is>
-          <t>%1 mengirim sebuah gambar</t>
+          <t>Objek</t>
         </is>
       </c>
       <c r="D1049" t="inlineStr"/>
       <c r="E1049" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1049" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an image</t>
+          <t>emoji-catagoryObjects</t>
         </is>
       </c>
       <c r="G1049" t="inlineStr"/>
       <c r="H1049" t="inlineStr"/>
     </row>
     <row r="1050">
       <c r="A1050" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27747</t>
+          <t>../../src/emoji/Emoji.cpp:28168</t>
         </is>
       </c>
       <c r="B1050" t="inlineStr">
         <is>
-          <t>You sent a file</t>
+          <t>Symbols</t>
         </is>
       </c>
       <c r="C1050" t="inlineStr">
         <is>
-          <t>Kamu mengirim sebuah file</t>
+          <t>Simbol</t>
         </is>
       </c>
       <c r="D1050" t="inlineStr"/>
       <c r="E1050" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1050" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a file</t>
+          <t>emoji-catagorySymbols</t>
         </is>
       </c>
       <c r="G1050" t="inlineStr"/>
       <c r="H1050" t="inlineStr"/>
     </row>
     <row r="1051">
       <c r="A1051" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27749</t>
+          <t>../../src/emoji/Emoji.cpp:28170</t>
         </is>
       </c>
       <c r="B1051" t="inlineStr">
         <is>
-          <t>%1 sent a file</t>
+          <t>Flags</t>
         </is>
       </c>
       <c r="C1051" t="inlineStr">
         <is>
-          <t>%1 mengirim sebuah file</t>
+          <t>Bendera</t>
         </is>
       </c>
       <c r="D1051" t="inlineStr"/>
       <c r="E1051" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1051" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a file</t>
+          <t>emoji-catagoryFlags</t>
         </is>
       </c>
       <c r="G1051" t="inlineStr"/>
       <c r="H1051" t="inlineStr"/>
     </row>
     <row r="1052">
       <c r="A1052" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27753</t>
+          <t>../../src/notifications/ManagerMac.cpp:28158</t>
         </is>
       </c>
       <c r="B1052" t="inlineStr">
         <is>
-          <t>You sent a video</t>
+          <t>Message contains spoiler.</t>
         </is>
       </c>
       <c r="C1052" t="inlineStr">
         <is>
-          <t>Kamu mengirim sebuah video</t>
+          <t>Pesan berisi bocoran.</t>
         </is>
       </c>
       <c r="D1052" t="inlineStr"/>
       <c r="E1052" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1052" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a video</t>
+          <t>macosNotificationMessage contains spoiler.</t>
         </is>
       </c>
       <c r="G1052" t="inlineStr"/>
       <c r="H1052" t="inlineStr"/>
     </row>
     <row r="1053">
       <c r="A1053" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27755</t>
+          <t>../../src/Utils.cpp:27850</t>
         </is>
       </c>
       <c r="B1053" t="inlineStr">
         <is>
-          <t>%1 sent a video</t>
+          <t>You sent an audio clip</t>
         </is>
       </c>
       <c r="C1053" t="inlineStr">
         <is>
-          <t>%1 mengirim sebuah video</t>
+          <t>Kamu mengirim klip audio</t>
         </is>
       </c>
       <c r="D1053" t="inlineStr"/>
       <c r="E1053" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1053" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a video</t>
+          <t>message-description sent:You sent an audio clip</t>
         </is>
       </c>
       <c r="G1053" t="inlineStr"/>
       <c r="H1053" t="inlineStr"/>
     </row>
     <row r="1054">
       <c r="A1054" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27759</t>
+          <t>../../src/Utils.cpp:27853</t>
         </is>
       </c>
       <c r="B1054" t="inlineStr">
         <is>
-          <t>You sent a sticker</t>
+          <t>%1 sent an audio clip</t>
         </is>
       </c>
       <c r="C1054" t="inlineStr">
         <is>
-          <t>Kamu mengirim sebuah stiker</t>
+          <t>%1 mengirim klip audio</t>
         </is>
       </c>
       <c r="D1054" t="inlineStr"/>
       <c r="E1054" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1054" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a sticker</t>
+          <t>message-description sent:%1 sent an audio clip</t>
         </is>
       </c>
       <c r="G1054" t="inlineStr"/>
       <c r="H1054" t="inlineStr"/>
     </row>
     <row r="1055">
       <c r="A1055" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27761</t>
+          <t>../../src/Utils.cpp:27857</t>
         </is>
       </c>
       <c r="B1055" t="inlineStr">
         <is>
-          <t>%1 sent a sticker</t>
+          <t>You sent an image</t>
         </is>
       </c>
       <c r="C1055" t="inlineStr">
         <is>
-          <t>%1 mengirim sebuah stiker</t>
+          <t>Kamu mengirim sebuah pesan</t>
         </is>
       </c>
       <c r="D1055" t="inlineStr"/>
       <c r="E1055" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1055" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a sticker</t>
+          <t>message-description sent:You sent an image</t>
         </is>
       </c>
       <c r="G1055" t="inlineStr"/>
       <c r="H1055" t="inlineStr"/>
     </row>
     <row r="1056">
       <c r="A1056" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27765</t>
+          <t>../../src/Utils.cpp:27859</t>
         </is>
       </c>
       <c r="B1056" t="inlineStr">
         <is>
-          <t>You sent a notification</t>
+          <t>%1 sent an image</t>
         </is>
       </c>
       <c r="C1056" t="inlineStr">
         <is>
-          <t>Kamu mengirim sebuah pemberitahuan</t>
+          <t>%1 mengirim sebuah gambar</t>
         </is>
       </c>
       <c r="D1056" t="inlineStr"/>
       <c r="E1056" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1056" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a notification</t>
+          <t>message-description sent:%1 sent an image</t>
         </is>
       </c>
       <c r="G1056" t="inlineStr"/>
       <c r="H1056" t="inlineStr"/>
     </row>
     <row r="1057">
       <c r="A1057" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27768</t>
+          <t>../../src/Utils.cpp:27863</t>
         </is>
       </c>
       <c r="B1057" t="inlineStr">
         <is>
-          <t>%1 sent a notification</t>
+          <t>You sent a file</t>
         </is>
       </c>
       <c r="C1057" t="inlineStr">
         <is>
-          <t>%1 mengirim sebuah pemberitahuan</t>
+          <t>Kamu mengirim sebuah file</t>
         </is>
       </c>
       <c r="D1057" t="inlineStr"/>
       <c r="E1057" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1057" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a notification</t>
+          <t>message-description sent:You sent a file</t>
         </is>
       </c>
       <c r="G1057" t="inlineStr"/>
       <c r="H1057" t="inlineStr"/>
     </row>
     <row r="1058">
       <c r="A1058" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27800</t>
+          <t>../../src/Utils.cpp:27865</t>
         </is>
       </c>
       <c r="B1058" t="inlineStr">
         <is>
-          <t>You sent a spoiler.</t>
+          <t>%1 sent a file</t>
         </is>
       </c>
       <c r="C1058" t="inlineStr">
         <is>
-          <t>Anda mengirim bocoran.</t>
+          <t>%1 mengirim sebuah file</t>
         </is>
       </c>
       <c r="D1058" t="inlineStr"/>
       <c r="E1058" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1058" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a spoiler.</t>
+          <t>message-description sent:%1 sent a file</t>
         </is>
       </c>
       <c r="G1058" t="inlineStr"/>
       <c r="H1058" t="inlineStr"/>
     </row>
     <row r="1059">
       <c r="A1059" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27803</t>
+          <t>../../src/Utils.cpp:27869</t>
         </is>
       </c>
       <c r="B1059" t="inlineStr">
         <is>
-          <t>%1 sent a spoiler.</t>
+          <t>You sent a video</t>
         </is>
       </c>
       <c r="C1059" t="inlineStr">
         <is>
-          <t>%1 mengirim bocoran.</t>
+          <t>Kamu mengirim sebuah video</t>
         </is>
       </c>
       <c r="D1059" t="inlineStr"/>
       <c r="E1059" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1059" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a spoiler.</t>
+          <t>message-description sent:You sent a video</t>
         </is>
       </c>
       <c r="G1059" t="inlineStr"/>
       <c r="H1059" t="inlineStr"/>
     </row>
     <row r="1060">
       <c r="A1060" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27809</t>
+          <t>../../src/Utils.cpp:27871</t>
         </is>
       </c>
       <c r="B1060" t="inlineStr">
         <is>
-          <t>You: %1</t>
+          <t>%1 sent a video</t>
         </is>
       </c>
       <c r="C1060" t="inlineStr">
         <is>
-          <t>Kamu: %1</t>
+          <t>%1 mengirim sebuah video</t>
         </is>
       </c>
       <c r="D1060" t="inlineStr"/>
       <c r="E1060" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1060" t="inlineStr">
         <is>
-          <t>message-description sent:You: %1</t>
+          <t>message-description sent:%1 sent a video</t>
         </is>
       </c>
       <c r="G1060" t="inlineStr"/>
       <c r="H1060" t="inlineStr"/>
     </row>
     <row r="1061">
       <c r="A1061" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27812</t>
+          <t>../../src/Utils.cpp:27875</t>
         </is>
       </c>
       <c r="B1061" t="inlineStr">
         <is>
-          <t>%1: %2</t>
+          <t>You sent a sticker</t>
         </is>
       </c>
       <c r="C1061" t="inlineStr">
         <is>
-          <t>%1: %2</t>
+          <t>Kamu mengirim sebuah stiker</t>
         </is>
       </c>
       <c r="D1061" t="inlineStr"/>
       <c r="E1061" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1061" t="inlineStr">
         <is>
-          <t>message-description sent:%1: %2</t>
+          <t>message-description sent:You sent a sticker</t>
         </is>
       </c>
       <c r="G1061" t="inlineStr"/>
       <c r="H1061" t="inlineStr"/>
     </row>
     <row r="1062">
       <c r="A1062" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27791</t>
+          <t>../../src/Utils.cpp:27877</t>
         </is>
       </c>
       <c r="B1062" t="inlineStr">
         <is>
-          <t>You sent a chat effect</t>
+          <t>%1 sent a sticker</t>
         </is>
       </c>
       <c r="C1062" t="inlineStr">
         <is>
-          <t>Kamu mengirim efek pesan</t>
+          <t>%1 mengirim sebuah stiker</t>
         </is>
       </c>
       <c r="D1062" t="inlineStr"/>
       <c r="E1062" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1062" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a chat effect</t>
+          <t>message-description sent:%1 sent a sticker</t>
         </is>
       </c>
       <c r="G1062" t="inlineStr"/>
       <c r="H1062" t="inlineStr"/>
     </row>
     <row r="1063">
       <c r="A1063" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27794</t>
+          <t>../../src/Utils.cpp:27881</t>
         </is>
       </c>
       <c r="B1063" t="inlineStr">
         <is>
-          <t>%1 sent a chat effect</t>
+          <t>You sent a notification</t>
         </is>
       </c>
       <c r="C1063" t="inlineStr">
         <is>
-          <t>%1 mengirim efek pesan</t>
+          <t>Kamu mengirim sebuah pemberitahuan</t>
         </is>
       </c>
       <c r="D1063" t="inlineStr"/>
       <c r="E1063" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1063" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a chat effect</t>
+          <t>message-description sent:You sent a notification</t>
         </is>
       </c>
       <c r="G1063" t="inlineStr"/>
       <c r="H1063" t="inlineStr"/>
     </row>
     <row r="1064">
       <c r="A1064" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27817</t>
+          <t>../../src/Utils.cpp:27884</t>
         </is>
       </c>
       <c r="B1064" t="inlineStr">
         <is>
-          <t>* %1 spoils something.</t>
+          <t>%1 sent a notification</t>
         </is>
       </c>
       <c r="C1064" t="inlineStr">
         <is>
-          <t>­­* %1 membocorkan sesuatu.</t>
+          <t>%1 mengirim sebuah pemberitahuan</t>
         </is>
       </c>
       <c r="D1064" t="inlineStr"/>
       <c r="E1064" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1064" t="inlineStr">
         <is>
-          <t>message-description sent:* %1 spoils something.</t>
+          <t>message-description sent:%1 sent a notification</t>
         </is>
       </c>
       <c r="G1064" t="inlineStr"/>
       <c r="H1064" t="inlineStr"/>
     </row>
     <row r="1065">
       <c r="A1065" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27825</t>
+          <t>../../src/Utils.cpp:27916</t>
         </is>
       </c>
       <c r="B1065" t="inlineStr">
         <is>
-          <t>You sent an encrypted message</t>
+          <t>You sent a spoiler.</t>
         </is>
       </c>
       <c r="C1065" t="inlineStr">
         <is>
-          <t>Kamu mengirim sebuah pesan terenkripsi</t>
+          <t>Anda mengirim bocoran.</t>
         </is>
       </c>
       <c r="D1065" t="inlineStr"/>
       <c r="E1065" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1065" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an encrypted message</t>
+          <t>message-description sent:You sent a spoiler.</t>
         </is>
       </c>
       <c r="G1065" t="inlineStr"/>
       <c r="H1065" t="inlineStr"/>
     </row>
     <row r="1066">
       <c r="A1066" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27828</t>
+          <t>../../src/Utils.cpp:27919</t>
         </is>
       </c>
       <c r="B1066" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
+          <t>%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="C1066" t="inlineStr">
         <is>
-          <t>%1 mengirim sebuah pesan terenkripsi</t>
+          <t>%1 mengirim bocoran.</t>
         </is>
       </c>
       <c r="D1066" t="inlineStr"/>
       <c r="E1066" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1066" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an encrypted message</t>
+          <t>message-description sent:%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="G1066" t="inlineStr"/>
       <c r="H1066" t="inlineStr"/>
     </row>
     <row r="1067">
       <c r="A1067" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27833</t>
+          <t>../../src/Utils.cpp:27925</t>
         </is>
       </c>
       <c r="B1067" t="inlineStr">
         <is>
-          <t>You placed a call</t>
+          <t>You: %1</t>
         </is>
       </c>
       <c r="C1067" t="inlineStr">
         <is>
-          <t>Kamu melakukan panggilan</t>
+          <t>Kamu: %1</t>
         </is>
       </c>
       <c r="D1067" t="inlineStr"/>
       <c r="E1067" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1067" t="inlineStr">
         <is>
-          <t>message-description sent:You placed a call</t>
+          <t>message-description sent:You: %1</t>
         </is>
       </c>
       <c r="G1067" t="inlineStr"/>
       <c r="H1067" t="inlineStr"/>
     </row>
     <row r="1068">
       <c r="A1068" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27835</t>
+          <t>../../src/Utils.cpp:27928</t>
         </is>
       </c>
       <c r="B1068" t="inlineStr">
         <is>
-          <t>%1 placed a call</t>
+          <t>%1: %2</t>
         </is>
       </c>
       <c r="C1068" t="inlineStr">
         <is>
-          <t>%1 melakukan panggilan</t>
+          <t>%1: %2</t>
         </is>
       </c>
       <c r="D1068" t="inlineStr"/>
       <c r="E1068" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1068" t="inlineStr">
         <is>
-          <t>message-description sent:%1 placed a call</t>
+          <t>message-description sent:%1: %2</t>
         </is>
       </c>
       <c r="G1068" t="inlineStr"/>
       <c r="H1068" t="inlineStr"/>
     </row>
     <row r="1069">
       <c r="A1069" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27839</t>
+          <t>../../src/Utils.cpp:27907</t>
         </is>
       </c>
       <c r="B1069" t="inlineStr">
         <is>
-          <t>You answered a call</t>
+          <t>You sent a chat effect</t>
         </is>
       </c>
       <c r="C1069" t="inlineStr">
         <is>
-          <t>Kamu menjawab panggilan</t>
+          <t>Kamu mengirim efek pesan</t>
         </is>
       </c>
       <c r="D1069" t="inlineStr"/>
       <c r="E1069" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1069" t="inlineStr">
         <is>
-          <t>message-description sent:You answered a call</t>
+          <t>message-description sent:You sent a chat effect</t>
         </is>
       </c>
       <c r="G1069" t="inlineStr"/>
       <c r="H1069" t="inlineStr"/>
     </row>
     <row r="1070">
       <c r="A1070" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27841</t>
+          <t>../../src/Utils.cpp:27910</t>
         </is>
       </c>
       <c r="B1070" t="inlineStr">
         <is>
-          <t>%1 answered a call</t>
+          <t>%1 sent a chat effect</t>
         </is>
       </c>
       <c r="C1070" t="inlineStr">
         <is>
-          <t>%1 menjawab panggilan</t>
+          <t>%1 mengirim efek pesan</t>
         </is>
       </c>
       <c r="D1070" t="inlineStr"/>
       <c r="E1070" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1070" t="inlineStr">
         <is>
-          <t>message-description sent:%1 answered a call</t>
+          <t>message-description sent:%1 sent a chat effect</t>
         </is>
       </c>
       <c r="G1070" t="inlineStr"/>
       <c r="H1070" t="inlineStr"/>
     </row>
     <row r="1071">
       <c r="A1071" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27845</t>
+          <t>../../src/Utils.cpp:27933</t>
         </is>
       </c>
       <c r="B1071" t="inlineStr">
         <is>
-          <t>You ended a call</t>
+          <t>* %1 spoils something.</t>
         </is>
       </c>
       <c r="C1071" t="inlineStr">
         <is>
-          <t>Kamu mengakhiri panggilan</t>
+          <t>­­* %1 membocorkan sesuatu.</t>
         </is>
       </c>
       <c r="D1071" t="inlineStr"/>
       <c r="E1071" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1071" t="inlineStr">
         <is>
-          <t>message-description sent:You ended a call</t>
+          <t>message-description sent:* %1 spoils something.</t>
         </is>
       </c>
       <c r="G1071" t="inlineStr"/>
       <c r="H1071" t="inlineStr"/>
     </row>
     <row r="1072">
       <c r="A1072" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27847</t>
+          <t>../../src/Utils.cpp:27941</t>
         </is>
       </c>
       <c r="B1072" t="inlineStr">
         <is>
-          <t>%1 ended a call</t>
+          <t>You sent an encrypted message</t>
         </is>
       </c>
       <c r="C1072" t="inlineStr">
         <is>
-          <t>%1 mengakhiri panggilan</t>
+          <t>Kamu mengirim sebuah pesan terenkripsi</t>
         </is>
       </c>
       <c r="D1072" t="inlineStr"/>
       <c r="E1072" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1072" t="inlineStr">
         <is>
-          <t>message-description sent:%1 ended a call</t>
+          <t>message-description sent:You sent an encrypted message</t>
         </is>
       </c>
       <c r="G1072" t="inlineStr"/>
       <c r="H1072" t="inlineStr"/>
     </row>
     <row r="1073">
       <c r="A1073" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27851</t>
+          <t>../../src/Utils.cpp:27944</t>
         </is>
       </c>
       <c r="B1073" t="inlineStr">
         <is>
-          <t>You rejected a call</t>
+          <t>%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="C1073" t="inlineStr">
         <is>
-          <t>Kamu menolak panggilan</t>
+          <t>%1 mengirim sebuah pesan terenkripsi</t>
         </is>
       </c>
       <c r="D1073" t="inlineStr"/>
       <c r="E1073" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1073" t="inlineStr">
         <is>
-          <t>message-description sent:You rejected a call</t>
+          <t>message-description sent:%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="G1073" t="inlineStr"/>
       <c r="H1073" t="inlineStr"/>
     </row>
     <row r="1074">
       <c r="A1074" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27853</t>
+          <t>../../src/Utils.cpp:27949</t>
         </is>
       </c>
       <c r="B1074" t="inlineStr">
         <is>
-          <t>%1 rejected a call</t>
+          <t>You placed a call</t>
         </is>
       </c>
       <c r="C1074" t="inlineStr">
         <is>
-          <t>%1 menolak panggilan</t>
+          <t>Kamu melakukan panggilan</t>
         </is>
       </c>
       <c r="D1074" t="inlineStr"/>
       <c r="E1074" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1074" t="inlineStr">
         <is>
-          <t>message-description sent:%1 rejected a call</t>
+          <t>message-description sent:You placed a call</t>
         </is>
       </c>
       <c r="G1074" t="inlineStr"/>
       <c r="H1074" t="inlineStr"/>
     </row>
     <row r="1075">
       <c r="A1075" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27856</t>
+          <t>../../src/Utils.cpp:27951</t>
         </is>
       </c>
       <c r="B1075" t="inlineStr">
         <is>
-          <t>Unknown Message Type</t>
+          <t>%1 placed a call</t>
         </is>
       </c>
       <c r="C1075" t="inlineStr">
         <is>
-          <t>Tipe Pesan Tidak Dikenal</t>
+          <t>%1 melakukan panggilan</t>
         </is>
       </c>
       <c r="D1075" t="inlineStr"/>
       <c r="E1075" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1075" t="inlineStr">
         <is>
-          <t>utilsUnknown Message Type</t>
+          <t>message-description sent:%1 placed a call</t>
         </is>
       </c>
       <c r="G1075" t="inlineStr"/>
       <c r="H1075" t="inlineStr"/>
+    </row>
+    <row r="1076">
+      <c r="A1076" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27955</t>
+        </is>
+      </c>
+      <c r="B1076" t="inlineStr">
+        <is>
+          <t>You answered a call</t>
+        </is>
+      </c>
+      <c r="C1076" t="inlineStr">
+        <is>
+          <t>Kamu menjawab panggilan</t>
+        </is>
+      </c>
+      <c r="D1076" t="inlineStr"/>
+      <c r="E1076" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1076" t="inlineStr">
+        <is>
+          <t>message-description sent:You answered a call</t>
+        </is>
+      </c>
+      <c r="G1076" t="inlineStr"/>
+      <c r="H1076" t="inlineStr"/>
+    </row>
+    <row r="1077">
+      <c r="A1077" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27957</t>
+        </is>
+      </c>
+      <c r="B1077" t="inlineStr">
+        <is>
+          <t>%1 answered a call</t>
+        </is>
+      </c>
+      <c r="C1077" t="inlineStr">
+        <is>
+          <t>%1 menjawab panggilan</t>
+        </is>
+      </c>
+      <c r="D1077" t="inlineStr"/>
+      <c r="E1077" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1077" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 answered a call</t>
+        </is>
+      </c>
+      <c r="G1077" t="inlineStr"/>
+      <c r="H1077" t="inlineStr"/>
+    </row>
+    <row r="1078">
+      <c r="A1078" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27961</t>
+        </is>
+      </c>
+      <c r="B1078" t="inlineStr">
+        <is>
+          <t>You ended a call</t>
+        </is>
+      </c>
+      <c r="C1078" t="inlineStr">
+        <is>
+          <t>Kamu mengakhiri panggilan</t>
+        </is>
+      </c>
+      <c r="D1078" t="inlineStr"/>
+      <c r="E1078" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1078" t="inlineStr">
+        <is>
+          <t>message-description sent:You ended a call</t>
+        </is>
+      </c>
+      <c r="G1078" t="inlineStr"/>
+      <c r="H1078" t="inlineStr"/>
+    </row>
+    <row r="1079">
+      <c r="A1079" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27963</t>
+        </is>
+      </c>
+      <c r="B1079" t="inlineStr">
+        <is>
+          <t>%1 ended a call</t>
+        </is>
+      </c>
+      <c r="C1079" t="inlineStr">
+        <is>
+          <t>%1 mengakhiri panggilan</t>
+        </is>
+      </c>
+      <c r="D1079" t="inlineStr"/>
+      <c r="E1079" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1079" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 ended a call</t>
+        </is>
+      </c>
+      <c r="G1079" t="inlineStr"/>
+      <c r="H1079" t="inlineStr"/>
+    </row>
+    <row r="1080">
+      <c r="A1080" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27967</t>
+        </is>
+      </c>
+      <c r="B1080" t="inlineStr">
+        <is>
+          <t>You rejected a call</t>
+        </is>
+      </c>
+      <c r="C1080" t="inlineStr">
+        <is>
+          <t>Kamu menolak panggilan</t>
+        </is>
+      </c>
+      <c r="D1080" t="inlineStr"/>
+      <c r="E1080" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1080" t="inlineStr">
+        <is>
+          <t>message-description sent:You rejected a call</t>
+        </is>
+      </c>
+      <c r="G1080" t="inlineStr"/>
+      <c r="H1080" t="inlineStr"/>
+    </row>
+    <row r="1081">
+      <c r="A1081" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27969</t>
+        </is>
+      </c>
+      <c r="B1081" t="inlineStr">
+        <is>
+          <t>%1 rejected a call</t>
+        </is>
+      </c>
+      <c r="C1081" t="inlineStr">
+        <is>
+          <t>%1 menolak panggilan</t>
+        </is>
+      </c>
+      <c r="D1081" t="inlineStr"/>
+      <c r="E1081" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1081" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 rejected a call</t>
+        </is>
+      </c>
+      <c r="G1081" t="inlineStr"/>
+      <c r="H1081" t="inlineStr"/>
+    </row>
+    <row r="1082">
+      <c r="A1082" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27972</t>
+        </is>
+      </c>
+      <c r="B1082" t="inlineStr">
+        <is>
+          <t>Unknown Message Type</t>
+        </is>
+      </c>
+      <c r="C1082" t="inlineStr">
+        <is>
+          <t>Tipe Pesan Tidak Dikenal</t>
+        </is>
+      </c>
+      <c r="D1082" t="inlineStr"/>
+      <c r="E1082" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1082" t="inlineStr">
+        <is>
+          <t>utilsUnknown Message Type</t>
+        </is>
+      </c>
+      <c r="G1082" t="inlineStr"/>
+      <c r="H1082" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>