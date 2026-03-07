--- v0 (2025-12-05)
+++ v1 (2026-03-07)
@@ -463,237 +463,237 @@
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>fuzzy</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>context</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>translator_comments</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>developer_comments</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7085</t>
+          <t>../../src/CommandCompleter.cpp:7086</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Kick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="C2" t="inlineStr"/>
       <c r="D2" t="inlineStr"/>
       <c r="E2" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>CommandCompleterKick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="G2" t="inlineStr"/>
       <c r="H2" t="inlineStr"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7088</t>
+          <t>../../src/CommandCompleter.cpp:7089</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Ban a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C3" t="inlineStr"/>
       <c r="D3" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>CommandCompleterBan a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G3" t="inlineStr"/>
       <c r="H3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7091</t>
+          <t>../../src/CommandCompleter.cpp:7092</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Unban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C4" t="inlineStr"/>
       <c r="D4" t="inlineStr"/>
       <c r="E4" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>CommandCompleterUnban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G4" t="inlineStr"/>
       <c r="H4" t="inlineStr"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7094</t>
+          <t>../../src/CommandCompleter.cpp:7095</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Redact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="C5" t="inlineStr"/>
       <c r="D5" t="inlineStr"/>
       <c r="E5" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>CommandCompleterRedact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="G5" t="inlineStr"/>
       <c r="H5" t="inlineStr"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7150</t>
+          <t>../../src/CommandCompleter.cpp:7151</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Block all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C6" t="inlineStr"/>
       <c r="D6" t="inlineStr"/>
       <c r="E6" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>CommandCompleterBlock all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G6" t="inlineStr"/>
       <c r="H6" t="inlineStr"/>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7153</t>
+          <t>../../src/CommandCompleter.cpp:7154</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Allow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C7" t="inlineStr"/>
       <c r="D7" t="inlineStr"/>
       <c r="E7" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>CommandCompleterAllow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G7" t="inlineStr"/>
       <c r="H7" t="inlineStr"/>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenu.qml:18348</t>
+          <t>../qml/components/SpaceMenu.qml:18408</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Add or remove from community...</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Tambahkan atau hapus dari komunitas...</t>
         </is>
       </c>
       <c r="D8" t="inlineStr"/>
       <c r="E8" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>SpaceMenuAdd or remove from community...</t>
         </is>
       </c>
       <c r="G8" t="inlineStr"/>
       <c r="H8" t="inlineStr"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20640</t>
+          <t>../../src/timeline/TimelineModel.cpp:20699</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>%n hour later</t>
         </is>
       </c>
       <c r="C9" t="inlineStr"/>
       <c r="D9" t="inlineStr"/>
       <c r="E9" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>TimelineModel%n hour(s) later</t>
         </is>
       </c>
       <c r="G9" t="inlineStr"/>
       <c r="H9" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>