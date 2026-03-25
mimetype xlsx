--- v0 (2025-12-05)
+++ v1 (2026-03-25)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H989"/>
+  <dimension ref="A1:H986"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -979,25909 +979,25835 @@
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Enter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="C19" t="inlineStr"/>
       <c r="D19" t="inlineStr"/>
       <c r="E19" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>AllowedRoomsSettingsDialogEnter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="G19" t="inlineStr"/>
       <c r="H19" t="inlineStr"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4321</t>
+          <t>../../src/Cache.cpp:4322</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>%1 and %2</t>
         </is>
       </c>
       <c r="C20" t="inlineStr"/>
       <c r="D20" t="inlineStr"/>
       <c r="E20" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>Cache
 RoomName%1 and %2</t>
         </is>
       </c>
       <c r="G20" t="inlineStr"/>
       <c r="H20" t="inlineStr"/>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4323</t>
+          <t>../../src/Cache.cpp:4324</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>%1 and %n other</t>
         </is>
       </c>
       <c r="C21" t="inlineStr"/>
       <c r="D21" t="inlineStr"/>
       <c r="E21" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>Cache%1 and %n other(s)</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1と他の％ｎ人の参加者</t>
         </is>
       </c>
       <c r="H21" t="inlineStr"/>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4500</t>
+          <t>../../src/Cache.cpp:4501</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Empty Room</t>
         </is>
       </c>
       <c r="C22" t="inlineStr"/>
       <c r="D22" t="inlineStr"/>
       <c r="E22" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>CacheEmpty Room</t>
         </is>
       </c>
       <c r="G22" t="inlineStr">
         <is>
           <t>Suggested in Weblate: 空っぽルーム</t>
         </is>
       </c>
       <c r="H22" t="inlineStr"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C23" t="inlineStr"/>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>CallInviteVideo Call</t>
         </is>
       </c>
       <c r="G23" t="inlineStr"/>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4637</t>
+          <t>../qml/voip/CallInvite.qml:4638</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>マイクが見つかりませんでした。</t>
         </is>
       </c>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>CallInviteNo microphone found.</t>
         </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
           <t>Suggested in Weblate: マイクが見つかりませんでした。</t>
         </is>
       </c>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C25" t="inlineStr"/>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>CallInviteBarVideo Call</t>
         </is>
       </c>
       <c r="G25" t="inlineStr"/>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4729</t>
+          <t>../qml/voip/CallInviteBar.qml:4730</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Accept</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>容認</t>
         </is>
       </c>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>CallInviteBarAccept</t>
         </is>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4764</t>
+          <t>../qml/voip/CallInviteBar.qml:4765</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Decline</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>拒否</t>
         </is>
       </c>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>CallInviteBarDecline</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5659</t>
+          <t>../../src/voip/CallManager.cpp:5660</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="C28" t="inlineStr"/>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>CallManagerX11</t>
         </is>
       </c>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5665</t>
+          <t>../../src/voip/CallManager.cpp:5666</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="C29" t="inlineStr"/>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>CallManagerPipeWire</t>
         </is>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6054</t>
+          <t>../../src/ChatPage.cpp:6055</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t xml:space="preserve">%n unread message in room %1
 </t>
         </is>
       </c>
       <c r="C30" t="inlineStr"/>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t xml:space="preserve">ChatPage%n unread message(s) in room %1
 </t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6138</t>
+          <t>../../src/ChatPage.cpp:6139</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Confirm logout</t>
         </is>
       </c>
       <c r="C31" t="inlineStr"/>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>ChatPageConfirm logout</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6240</t>
+          <t>../../src/ChatPage.cpp:6241</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>The cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="C32" t="inlineStr"/>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>ChatPageThe cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="G32" t="inlineStr">
         <is>
           <t>Suggested in Weblate: ディスク上のキャッシュが、このバージョンの Nheko のサポートより新しいです。Nhekoをアップデートするか、キャッシュをクリアしてください。</t>
         </is>
       </c>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6281</t>
+          <t>../../src/ChatPage.cpp:6282</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Failed to open database, logging out!</t>
         </is>
       </c>
       <c r="C33" t="inlineStr"/>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>ChatPageFailed to open database, logging out!</t>
         </is>
       </c>
       <c r="G33" t="inlineStr">
         <is>
           <t>Suggested in Weblate: データベースを開くのに失敗しました、ログアウトします。</t>
         </is>
       </c>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6619</t>
+          <t>../../src/ChatPage.cpp:6620</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Knock on room</t>
         </is>
       </c>
       <c r="C34" t="inlineStr"/>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>ChatPageKnock on room</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
           <t>Suggested in Weblate: ルームをノックします。</t>
         </is>
       </c>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6623</t>
+          <t>../../src/ChatPage.cpp:6624</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Do you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C35" t="inlineStr"/>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
           <t>Suggested in Weblate: 本当に%1をノックしますか？オプションで、他の人があなたのノックを受け入れるための理由を提示することができます。</t>
         </is>
       </c>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6638</t>
+          <t>../../src/ChatPage.cpp:6639</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Failed to knock room: %1</t>
         </is>
       </c>
       <c r="C36" t="inlineStr"/>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>ChatPageFailed to knock room: %1</t>
         </is>
       </c>
       <c r="G36" t="inlineStr">
         <is>
           <t>Suggested in Weblate: ルームのノックに失敗しました: %1</t>
         </is>
       </c>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6697</t>
+          <t>../../src/ChatPage.cpp:6698</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Room creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="C37" t="inlineStr"/>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="G37" t="inlineStr">
         <is>
           <t>Suggested in Weblate: ルームの作成に失敗しました：不正なエイリアス</t>
         </is>
       </c>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6732</t>
+          <t>../../src/ChatPage.cpp:6733</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Room %1 created.</t>
         </is>
       </c>
       <c r="C38" t="inlineStr"/>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>ChatPageRoom %1 created.</t>
         </is>
       </c>
       <c r="G38" t="inlineStr">
         <is>
           <t>Suggested in Weblate: ルーム %1 が作成されました。
 Suggested in Weblate: 部屋は%1によってつくられました。</t>
         </is>
       </c>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7273</t>
+          <t>../../src/ChatPage.cpp:7274</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Confirm invite</t>
         </is>
       </c>
       <c r="C39" t="inlineStr"/>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>ChatPageConfirm invite</t>
         </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
           <t>Suggested in Weblate: 招待を確認します
 Suggested in Weblate: 招待を確認する</t>
         </is>
       </c>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6776</t>
+          <t>../../src/ChatPage.cpp:6777</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Do you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="C40" t="inlineStr"/>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
           <t>Suggested in Weblate: 本当に%1(%2)を招待しますか?</t>
         </is>
       </c>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6857</t>
+          <t>../../src/ChatPage.cpp:6858</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Confirm unban</t>
         </is>
       </c>
       <c r="C41" t="inlineStr"/>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>ChatPageConfirm unban</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
           <t>Suggested in Weblate: 禁止解除を確認します</t>
         </is>
       </c>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6858</t>
+          <t>../../src/ChatPage.cpp:6859</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Do you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="C42" t="inlineStr"/>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="G42" t="inlineStr">
         <is>
           <t>Suggested in Weblate: 本当に％1（％2）の禁止を解除しますか？</t>
         </is>
       </c>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7274</t>
+          <t>../../src/ChatPage.cpp:7275</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>Do you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="C43" t="inlineStr"/>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="G43" t="inlineStr">
         <is>
           <t>Suggested in Weblate: 本当に %1 とプライベートチャットを開始しますか?</t>
         </is>
       </c>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6226</t>
+          <t>../../src/ChatPage.cpp:6227</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Cache migration failed!</t>
         </is>
       </c>
       <c r="C44" t="inlineStr"/>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>ChatPageCache migration failed!</t>
         </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
           <t>Suggested in Weblate: キャッシュの移行に失敗しました！</t>
         </is>
       </c>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6139</t>
+          <t>../../src/ChatPage.cpp:6140</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Because of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="C45" t="inlineStr"/>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>ChatPageBecause of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6227</t>
+          <t>../../src/ChatPage.cpp:6228</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Migrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="C46" t="inlineStr"/>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>ChatPageMigrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6239</t>
+          <t>../../src/ChatPage.cpp:6240</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Incompatible cache version</t>
         </is>
       </c>
       <c r="C47" t="inlineStr"/>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>ChatPageIncompatible cache version</t>
         </is>
       </c>
       <c r="G47" t="inlineStr">
         <is>
           <t>Suggested in Weblate: キャッシュのバージョンに互換性がありません</t>
         </is>
       </c>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6622</t>
+          <t>../../src/ChatPage.cpp:6623</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>You failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C48" t="inlineStr"/>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>ChatPageYou failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6801</t>
+          <t>../../src/ChatPage.cpp:6802</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Reason for the kick</t>
         </is>
       </c>
       <c r="C49" t="inlineStr"/>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>ChatPageReason for the kick</t>
         </is>
       </c>
       <c r="G49" t="inlineStr">
         <is>
           <t>Suggested in Weblate: キックの理由</t>
         </is>
       </c>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6802</t>
+          <t>../../src/ChatPage.cpp:6803</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Enter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C50" t="inlineStr"/>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6817</t>
+          <t>../../src/ChatPage.cpp:6818</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Failed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="C51" t="inlineStr"/>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>ChatPageFailed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6830</t>
+          <t>../../src/ChatPage.cpp:6831</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Reason for the ban</t>
         </is>
       </c>
       <c r="C52" t="inlineStr"/>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>ChatPageReason for the ban</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6831</t>
+          <t>../../src/ChatPage.cpp:6832</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Enter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C53" t="inlineStr"/>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G53" t="inlineStr"/>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>../qml/ChatPage.qml:6867</t>
+          <t>../qml/ChatPage.qml:6868</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>No network connection</t>
         </is>
       </c>
       <c r="C54" t="inlineStr"/>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>ChatPageNo network connection</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6987</t>
+          <t>../../src/CommandCompleter.cpp:6988</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="C55" t="inlineStr"/>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>CommandCompleter/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="G55" t="inlineStr"/>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6989</t>
+          <t>../../src/CommandCompleter.cpp:6990</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>/react &lt;text&gt;</t>
         </is>
       </c>
       <c r="C56" t="inlineStr"/>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>CommandCompleter/react &lt;text&gt;</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6991</t>
+          <t>../../src/CommandCompleter.cpp:6992</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C57" t="inlineStr"/>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>CommandCompleter/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6993</t>
+          <t>../../src/CommandCompleter.cpp:6994</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C58" t="inlineStr"/>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>CommandCompleter/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6995</t>
+          <t>../../src/CommandCompleter.cpp:6996</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>/part [reason]</t>
         </is>
       </c>
       <c r="C59" t="inlineStr"/>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <t>CommandCompleter/part [reason]</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6997</t>
+          <t>../../src/CommandCompleter.cpp:6998</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>/leave [reason]</t>
         </is>
       </c>
       <c r="C60" t="inlineStr"/>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>CommandCompleter/leave [reason]</t>
         </is>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7007</t>
+          <t>../../src/CommandCompleter.cpp:7008</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="C61" t="inlineStr"/>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>CommandCompleter/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7009</t>
+          <t>../../src/CommandCompleter.cpp:7010</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="C62" t="inlineStr"/>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>CommandCompleter/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7011</t>
+          <t>../../src/CommandCompleter.cpp:7012</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>/shrug [message]</t>
         </is>
       </c>
       <c r="C63" t="inlineStr"/>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>CommandCompleter/shrug [message]</t>
         </is>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7025</t>
+          <t>../../src/CommandCompleter.cpp:7026</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="C64" t="inlineStr"/>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>CommandCompleter/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="G64" t="inlineStr"/>
       <c r="H64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7027</t>
+          <t>../../src/CommandCompleter.cpp:7028</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="C65" t="inlineStr"/>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>CommandCompleter/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7029</t>
+          <t>../../src/CommandCompleter.cpp:7030</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="C66" t="inlineStr"/>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>CommandCompleter/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="G66" t="inlineStr"/>
       <c r="H66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7031</t>
+          <t>../../src/CommandCompleter.cpp:7032</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="C67" t="inlineStr"/>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="G67" t="inlineStr"/>
       <c r="H67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7033</t>
+          <t>../../src/CommandCompleter.cpp:7034</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="C68" t="inlineStr"/>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="G68" t="inlineStr"/>
       <c r="H68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7035</t>
+          <t>../../src/CommandCompleter.cpp:7036</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C69" t="inlineStr"/>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>CommandCompleter/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7037</t>
+          <t>../../src/CommandCompleter.cpp:7038</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C70" t="inlineStr"/>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7039</t>
+          <t>../../src/CommandCompleter.cpp:7040</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>/confetti [message]</t>
         </is>
       </c>
       <c r="C71" t="inlineStr"/>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>CommandCompleter/confetti [message]</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7041</t>
+          <t>../../src/CommandCompleter.cpp:7042</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="C72" t="inlineStr"/>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6999</t>
+          <t>../../src/CommandCompleter.cpp:7000</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C73" t="inlineStr"/>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>CommandCompleter/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G73" t="inlineStr"/>
       <c r="H73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7001</t>
+          <t>../../src/CommandCompleter.cpp:7002</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C74" t="inlineStr"/>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>CommandCompleter/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G74" t="inlineStr"/>
       <c r="H74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7003</t>
+          <t>../../src/CommandCompleter.cpp:7004</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C75" t="inlineStr"/>
       <c r="D75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>CommandCompleter/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7005</t>
+          <t>../../src/CommandCompleter.cpp:7006</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C76" t="inlineStr"/>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>CommandCompleter/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7043</t>
+          <t>../../src/CommandCompleter.cpp:7044</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>/rainfall [message]</t>
         </is>
       </c>
       <c r="C77" t="inlineStr"/>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>CommandCompleter/rainfall [message]</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7045</t>
+          <t>../../src/CommandCompleter.cpp:7046</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="C78" t="inlineStr"/>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>CommandCompleter/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7047</t>
+          <t>../../src/CommandCompleter.cpp:7048</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C79" t="inlineStr"/>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>CommandCompleter/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7049</t>
+          <t>../../src/CommandCompleter.cpp:7050</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C80" t="inlineStr"/>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>CommandCompleter/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G80" t="inlineStr"/>
       <c r="H80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7051</t>
+          <t>../../src/CommandCompleter.cpp:7052</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="C81" t="inlineStr"/>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>CommandCompleter/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="G81" t="inlineStr"/>
       <c r="H81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7071</t>
+          <t>../../src/CommandCompleter.cpp:7072</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>Send a message expressing an action.</t>
         </is>
       </c>
       <c r="C82" t="inlineStr"/>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message expressing an action.</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7073</t>
+          <t>../../src/CommandCompleter.cpp:7074</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>Send &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="C83" t="inlineStr"/>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>CommandCompleterSend &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7075</t>
+          <t>../../src/CommandCompleter.cpp:7076</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>Join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C84" t="inlineStr"/>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>CommandCompleterJoin a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7077</t>
+          <t>../../src/CommandCompleter.cpp:7078</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>Ask to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C85" t="inlineStr"/>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>CommandCompleterAsk to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7081</t>
+          <t>../../src/CommandCompleter.cpp:7082</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>Leave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C86" t="inlineStr"/>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>CommandCompleterLeave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7083</t>
+          <t>../../src/CommandCompleter.cpp:7084</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>Invite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="C87" t="inlineStr"/>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>CommandCompleterInvite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7085</t>
+          <t>../../src/CommandCompleter.cpp:7086</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>Kick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="C88" t="inlineStr"/>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>CommandCompleterKick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7088</t>
+          <t>../../src/CommandCompleter.cpp:7089</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>Ban a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C89" t="inlineStr"/>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>CommandCompleterBan a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7091</t>
+          <t>../../src/CommandCompleter.cpp:7092</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>Unban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C90" t="inlineStr"/>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>CommandCompleterUnban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7094</t>
+          <t>../../src/CommandCompleter.cpp:7095</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>Redact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="C91" t="inlineStr"/>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <t>CommandCompleterRedact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7097</t>
+          <t>../../src/CommandCompleter.cpp:7098</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>Change your displayname in this room.</t>
         </is>
       </c>
       <c r="C92" t="inlineStr"/>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>CommandCompleterChange your displayname in this room.</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7099</t>
+          <t>../../src/CommandCompleter.cpp:7100</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="C93" t="inlineStr"/>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <t>CommandCompleter¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7101</t>
+          <t>../../src/CommandCompleter.cpp:7102</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="C94" t="inlineStr"/>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
           <t>CommandCompleter(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7103</t>
+          <t>../../src/CommandCompleter.cpp:7104</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="C95" t="inlineStr"/>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>CommandCompleter┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7105</t>
+          <t>../../src/CommandCompleter.cpp:7106</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="C96" t="inlineStr"/>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
           <t>CommandCompleterノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7107</t>
+          <t>../../src/CommandCompleter.cpp:7108</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>Clear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="C97" t="inlineStr"/>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
           <t>CommandCompleterClear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="G97" t="inlineStr"/>
       <c r="H97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7109</t>
+          <t>../../src/CommandCompleter.cpp:7110</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>Refetch the state in this room.</t>
         </is>
       </c>
       <c r="C98" t="inlineStr"/>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>CommandCompleterRefetch the state in this room.</t>
         </is>
       </c>
       <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7111</t>
+          <t>../../src/CommandCompleter.cpp:7112</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>Rotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="C99" t="inlineStr"/>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>CommandCompleterRotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7113</t>
+          <t>../../src/CommandCompleter.cpp:7114</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>Send a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C100" t="inlineStr"/>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
           <t>CommandCompleterSend a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7115</t>
+          <t>../../src/CommandCompleter.cpp:7116</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>Send a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="C101" t="inlineStr"/>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
           <t>CommandCompleterSend a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7118</t>
+          <t>../../src/CommandCompleter.cpp:7119</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>Send an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C102" t="inlineStr"/>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
           <t>CommandCompleterSend an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7120</t>
+          <t>../../src/CommandCompleter.cpp:7121</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors.</t>
         </is>
       </c>
       <c r="C103" t="inlineStr"/>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors.</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7122</t>
+          <t>../../src/CommandCompleter.cpp:7123</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>Send /me in rainbow colors.</t>
         </is>
       </c>
       <c r="C104" t="inlineStr"/>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
           <t>CommandCompleterSend /me in rainbow colors.</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7124</t>
+          <t>../../src/CommandCompleter.cpp:7125</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>Send a bot message.</t>
         </is>
       </c>
       <c r="C105" t="inlineStr"/>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message.</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7126</t>
+          <t>../../src/CommandCompleter.cpp:7127</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>Send a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="C106" t="inlineStr"/>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7128</t>
+          <t>../../src/CommandCompleter.cpp:7129</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>Send a message with confetti.</t>
         </is>
       </c>
       <c r="C107" t="inlineStr"/>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with confetti.</t>
         </is>
       </c>
       <c r="G107" t="inlineStr"/>
       <c r="H107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7130</t>
+          <t>../../src/CommandCompleter.cpp:7131</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="C108" t="inlineStr"/>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7132</t>
+          <t>../../src/CommandCompleter.cpp:7133</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>Send a message with rain.</t>
         </is>
       </c>
       <c r="C109" t="inlineStr"/>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with rain.</t>
         </is>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7134</t>
+          <t>../../src/CommandCompleter.cpp:7135</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>Send a message with a custom message type.</t>
         </is>
       </c>
       <c r="C110" t="inlineStr"/>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a custom message type.</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7136</t>
+          <t>../../src/CommandCompleter.cpp:7137</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Send a message with a glitch effect.</t>
         </is>
       </c>
       <c r="C111" t="inlineStr"/>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a glitch effect.</t>
         </is>
       </c>
       <c r="G111" t="inlineStr"/>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7138</t>
+          <t>../../src/CommandCompleter.cpp:7139</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Send a message that gradually glitches.</t>
         </is>
       </c>
       <c r="C112" t="inlineStr"/>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message that gradually glitches.</t>
         </is>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7140</t>
+          <t>../../src/CommandCompleter.cpp:7141</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>Go to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="C113" t="inlineStr"/>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
           <t>CommandCompleterGo to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="G113" t="inlineStr"/>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7142</t>
+          <t>../../src/CommandCompleter.cpp:7143</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Convert this room to a direct chat.</t>
         </is>
       </c>
       <c r="C114" t="inlineStr"/>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this room to a direct chat.</t>
         </is>
       </c>
       <c r="G114" t="inlineStr"/>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7144</t>
+          <t>../../src/CommandCompleter.cpp:7145</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>Convert this direct chat into a room.</t>
         </is>
       </c>
       <c r="C115" t="inlineStr"/>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this direct chat into a room.</t>
         </is>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7146</t>
+          <t>../../src/CommandCompleter.cpp:7147</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>Ignore a user.</t>
         </is>
       </c>
       <c r="C116" t="inlineStr"/>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
           <t>CommandCompleterIgnore a user.</t>
         </is>
       </c>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7148</t>
+          <t>../../src/CommandCompleter.cpp:7149</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>Stop ignoring a user.</t>
         </is>
       </c>
       <c r="C117" t="inlineStr"/>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
           <t>CommandCompleterStop ignoring a user.</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7150</t>
+          <t>../../src/CommandCompleter.cpp:7151</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Block all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C118" t="inlineStr"/>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
           <t>CommandCompleterBlock all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7153</t>
+          <t>../../src/CommandCompleter.cpp:7154</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Allow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C119" t="inlineStr"/>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
           <t>CommandCompleterAllow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>Expand</t>
         </is>
       </c>
       <c r="C120" t="inlineStr"/>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
           <t>CommunitiesListExpand</t>
         </is>
       </c>
       <c r="G120" t="inlineStr"/>
       <c r="H120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>Collapse</t>
         </is>
       </c>
       <c r="C121" t="inlineStr"/>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
           <t>CommunitiesListCollapse</t>
         </is>
       </c>
       <c r="G121" t="inlineStr"/>
       <c r="H121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7375</t>
+          <t>../qml/CommunitiesList.qml:7376</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>Do not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="C122" t="inlineStr"/>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
           <t>CommunitiesListDo not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="G122" t="inlineStr"/>
       <c r="H122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7382</t>
+          <t>../qml/CommunitiesList.qml:7383</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>Hide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="C123" t="inlineStr"/>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
           <t>CommunitiesListHide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="G123" t="inlineStr"/>
       <c r="H123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7459</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7460</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>All rooms</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>全ての部屋</t>
         </is>
       </c>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
           <t>CommunitiesModelAll rooms</t>
         </is>
       </c>
       <c r="G124" t="inlineStr"/>
       <c r="H124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7461</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7462</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>Shows all rooms without filtering.</t>
         </is>
       </c>
       <c r="C125" t="inlineStr"/>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
           <t>CommunitiesModelShows all rooms without filtering.</t>
         </is>
       </c>
       <c r="G125" t="inlineStr"/>
       <c r="H125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7484</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7485</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>Direct Chats</t>
         </is>
       </c>
       <c r="C126" t="inlineStr"/>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
           <t>CommunitiesModelDirect Chats</t>
         </is>
       </c>
       <c r="G126" t="inlineStr">
         <is>
           <t>Suggested in Weblate: ダイレクトメッセージ</t>
         </is>
       </c>
       <c r="H126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7486</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7487</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>Show direct chats.</t>
         </is>
       </c>
       <c r="C127" t="inlineStr"/>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
           <t>CommunitiesModelShow direct chats.</t>
         </is>
       </c>
       <c r="G127" t="inlineStr"/>
       <c r="H127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7553</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7554</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>Favourites</t>
         </is>
       </c>
       <c r="C128" t="inlineStr"/>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
           <t>CommunitiesModelFavourites</t>
         </is>
       </c>
       <c r="G128" t="inlineStr"/>
       <c r="H128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7555</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7556</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Rooms you have favourited.</t>
         </is>
       </c>
       <c r="C129" t="inlineStr"/>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms you have favourited.</t>
         </is>
       </c>
       <c r="G129" t="inlineStr"/>
       <c r="H129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7562</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7563</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>Low Priority</t>
         </is>
       </c>
       <c r="C130" t="inlineStr"/>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
           <t>CommunitiesModelLow Priority</t>
         </is>
       </c>
       <c r="G130" t="inlineStr"/>
       <c r="H130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7564</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7565</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>Rooms with low priority.</t>
         </is>
       </c>
       <c r="C131" t="inlineStr"/>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms with low priority.</t>
         </is>
       </c>
       <c r="G131" t="inlineStr"/>
       <c r="H131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7571</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7572</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>Server Notices</t>
         </is>
       </c>
       <c r="C132" t="inlineStr"/>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
           <t>CommunitiesModelServer Notices</t>
         </is>
       </c>
       <c r="G132" t="inlineStr"/>
       <c r="H132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7573</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7574</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Messages from your server or administrator.</t>
         </is>
       </c>
       <c r="C133" t="inlineStr"/>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
           <t>CommunitiesModelMessages from your server or administrator.</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8251</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8252</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Failed to update community: %1</t>
         </is>
       </c>
       <c r="C134" t="inlineStr"/>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community: %1</t>
         </is>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8269</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8270</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>Failed to delete room from community: %1</t>
         </is>
       </c>
       <c r="C135" t="inlineStr"/>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to delete room from community: %1</t>
         </is>
       </c>
       <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8292</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8293</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>Failed to update community for room: %1</t>
         </is>
       </c>
       <c r="C136" t="inlineStr"/>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community for room: %1</t>
         </is>
       </c>
       <c r="G136" t="inlineStr"/>
       <c r="H136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8310</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8311</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>Failed to remove community from room: %1</t>
         </is>
       </c>
       <c r="C137" t="inlineStr"/>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to remove community from room: %1</t>
         </is>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Confirm community join</t>
         </is>
       </c>
       <c r="C138" t="inlineStr"/>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm community join</t>
         </is>
       </c>
       <c r="G138" t="inlineStr"/>
       <c r="H138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Confirm room join</t>
         </is>
       </c>
       <c r="C139" t="inlineStr"/>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm room join</t>
         </is>
       </c>
       <c r="G139" t="inlineStr"/>
       <c r="H139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8394</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8395</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>%n member</t>
         </is>
       </c>
       <c r="C140" t="inlineStr"/>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialog%n member(s)</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>This room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="C141" t="inlineStr"/>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogThis room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Do you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="C142" t="inlineStr"/>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogDo you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="G142" t="inlineStr"/>
       <c r="H142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>Knock</t>
         </is>
       </c>
       <c r="C143" t="inlineStr"/>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogKnock</t>
         </is>
       </c>
       <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>Join</t>
         </is>
       </c>
       <c r="C144" t="inlineStr"/>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8465</t>
+          <t>../qml/dialogs/CreateDirect.qml:8466</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>Create Direct Chat</t>
         </is>
       </c>
       <c r="C145" t="inlineStr"/>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>CreateDirectCreate Direct Chat</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8525</t>
+          <t>../qml/dialogs/CreateDirect.qml:8526</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>User to invite</t>
         </is>
       </c>
       <c r="C146" t="inlineStr"/>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
           <t>CreateDirectUser to invite</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8526</t>
+          <t>../qml/dialogs/CreateDirect.qml:8527</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>@user:server.tld</t>
         </is>
       </c>
       <c r="C147" t="inlineStr"/>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
           <t>CreateDirect@user:server.tld</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8541</t>
+          <t>../qml/dialogs/CreateDirect.qml:8542</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C148" t="inlineStr"/>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
           <t>CreateDirectEncryption</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>New community</t>
         </is>
       </c>
       <c r="C149" t="inlineStr"/>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
           <t>CreateRoomNew community</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>New Room</t>
         </is>
       </c>
       <c r="C150" t="inlineStr"/>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
           <t>CreateRoomNew Room</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8585</t>
+          <t>../qml/dialogs/CreateRoom.qml:8586</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>Name</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>名前</t>
         </is>
       </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
           <t>CreateRoomName</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8586</t>
+          <t>../qml/dialogs/CreateRoom.qml:8587</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>No name</t>
         </is>
       </c>
       <c r="C152" t="inlineStr"/>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
           <t>CreateRoomNo name</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8594</t>
+          <t>../qml/dialogs/CreateRoom.qml:8595</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Topic</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>話題</t>
         </is>
       </c>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
           <t>CreateRoomTopic</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8595</t>
+          <t>../qml/dialogs/CreateRoom.qml:8596</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>No topic</t>
         </is>
       </c>
       <c r="C154" t="inlineStr"/>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
           <t>CreateRoomNo topic</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8613</t>
+          <t>../qml/dialogs/CreateRoom.qml:8614</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Alias</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>別名</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
           <t>CreateRoomAlias</t>
         </is>
       </c>
       <c r="G155" t="inlineStr">
         <is>
           <t>Suggested in Weblate: 別名</t>
         </is>
       </c>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8625</t>
+          <t>../qml/dialogs/CreateRoom.qml:8626</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Public</t>
         </is>
       </c>
       <c r="C156" t="inlineStr"/>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
           <t>CreateRoomPublic</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8631</t>
+          <t>../qml/dialogs/CreateRoom.qml:8632</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>Public rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="C157" t="inlineStr"/>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
           <t>CreateRoomPublic rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8644</t>
+          <t>../qml/dialogs/CreateRoom.qml:8645</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>Trusted</t>
         </is>
       </c>
       <c r="C158" t="inlineStr"/>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
           <t>CreateRoomTrusted</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8650</t>
+          <t>../qml/dialogs/CreateRoom.qml:8651</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>All invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="C159" t="inlineStr"/>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
           <t>CreateRoomAll invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8665</t>
+          <t>../qml/dialogs/CreateRoom.qml:8666</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C160" t="inlineStr"/>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
           <t>CreateRoomEncryption</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8671</t>
+          <t>../qml/dialogs/CreateRoom.qml:8672</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>Caution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="C161" t="inlineStr"/>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
           <t>CreateRoomCaution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8687</t>
+          <t>../qml/dialogs/CreateRoom.qml:8688</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>Create Room</t>
         </is>
       </c>
       <c r="C162" t="inlineStr"/>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
           <t>CreateRoomCreate Room</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:8999</t>
+          <t>../../src/ChatPage.cpp:9000</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>Decrypt secrets</t>
         </is>
       </c>
       <c r="C163" t="inlineStr"/>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecrypt secrets</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9001</t>
+          <t>../../src/ChatPage.cpp:9002</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C164" t="inlineStr"/>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9003</t>
+          <t>../../src/ChatPage.cpp:9004</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C165" t="inlineStr"/>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9031</t>
+          <t>../../src/ChatPage.cpp:9032</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>Decryption failed</t>
         </is>
       </c>
       <c r="C166" t="inlineStr"/>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecryption failed</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9032</t>
+          <t>../../src/ChatPage.cpp:9033</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>Failed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="C167" t="inlineStr"/>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
           <t>CrossSigningSecretsFailed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9042</t>
+          <t>../qml/device-verification/DigitVerification.qml:9043</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C168" t="inlineStr"/>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
           <t>DigitVerificationVerification Code</t>
         </is>
       </c>
       <c r="G168" t="inlineStr">
         <is>
           <t>Suggested in Weblate: 確認コード</t>
         </is>
       </c>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9050</t>
+          <t>../qml/device-verification/DigitVerification.qml:9051</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>Please verify the following digits.  You should see the same numbers on both sides.  If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C169" t="inlineStr"/>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
           <t>DigitVerificationPlease verify the following digits. You should see the same numbers on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9083</t>
+          <t>../qml/device-verification/DigitVerification.qml:9084</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C170" t="inlineStr"/>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
           <t>DigitVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9096</t>
+          <t>../qml/device-verification/DigitVerification.qml:9097</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C171" t="inlineStr"/>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
           <t>DigitVerificationThey match!</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9107</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9108</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C172" t="inlineStr"/>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
           <t>EmojiVerificationVerification Code</t>
         </is>
       </c>
       <c r="G172" t="inlineStr">
         <is>
           <t>Suggested in Weblate: 確認コード</t>
         </is>
       </c>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9115</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9116</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>Please verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C173" t="inlineStr"/>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
           <t>EmojiVerificationPlease verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9494</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9495</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>The displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="C174" t="inlineStr"/>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
           <t>EmojiVerificationThe displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9504</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9505</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C175" t="inlineStr"/>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
           <t>EmojiVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9517</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9518</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C176" t="inlineStr"/>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
           <t>EmojiVerificationThey match!</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9559</t>
+          <t>../qml/delegates/Encrypted.qml:9560</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>There is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="C177" t="inlineStr"/>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
           <t>EncryptedThere is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9561</t>
+          <t>../qml/delegates/Encrypted.qml:9562</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>This message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="C178" t="inlineStr"/>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
           <t>EncryptedThis message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9563</t>
+          <t>../qml/delegates/Encrypted.qml:9564</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>There was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="C179" t="inlineStr"/>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
           <t>EncryptedThere was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9565</t>
+          <t>../qml/delegates/Encrypted.qml:9566</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>There was an error decrypting this message.</t>
         </is>
       </c>
       <c r="C180" t="inlineStr"/>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
           <t>EncryptedThere was an error decrypting this message.</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9567</t>
+          <t>../qml/delegates/Encrypted.qml:9568</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>The message couldn't be parsed.</t>
         </is>
       </c>
       <c r="C181" t="inlineStr"/>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
           <t>EncryptedThe message couldn't be parsed.</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9569</t>
+          <t>../qml/delegates/Encrypted.qml:9570</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>The encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="C182" t="inlineStr"/>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
           <t>EncryptedThe encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9571</t>
+          <t>../qml/delegates/Encrypted.qml:9572</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>Unknown decryption error</t>
         </is>
       </c>
       <c r="C183" t="inlineStr"/>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
           <t>EncryptedUnknown decryption error</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9583</t>
+          <t>../qml/delegates/Encrypted.qml:9584</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>Request key</t>
         </is>
       </c>
       <c r="C184" t="inlineStr"/>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
           <t>EncryptedRequest key</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9621</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9622</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="C185" t="inlineStr"/>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
           <t>EncryptionEnabled%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9630</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9631</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>Encryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="C186" t="inlineStr"/>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
           <t>EncryptionEnabledEncryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9667</t>
+          <t>../qml/EncryptionIndicator.qml:9668</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>This message is not encrypted!</t>
         </is>
       </c>
       <c r="C187" t="inlineStr"/>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
           <t>EncryptionIndicatorThis message is not encrypted!</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9670</t>
+          <t>../qml/EncryptionIndicator.qml:9671</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>Encrypted by a verified device</t>
         </is>
       </c>
       <c r="C188" t="inlineStr"/>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by a verified device</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9672</t>
+          <t>../qml/EncryptionIndicator.qml:9673</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="C189" t="inlineStr"/>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9674</t>
+          <t>../qml/EncryptionIndicator.qml:9675</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>Key is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="C190" t="inlineStr"/>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
           <t>EncryptionIndicatorKey is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9676</t>
+          <t>../qml/EncryptionIndicator.qml:9677</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device.</t>
         </is>
       </c>
       <c r="C191" t="inlineStr"/>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device.</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9709</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9710</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>Event expiration for %1</t>
         </is>
       </c>
       <c r="C192" t="inlineStr"/>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration for %1</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9712</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9713</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>Event expiration</t>
         </is>
       </c>
       <c r="C193" t="inlineStr"/>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9730</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9731</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C194" t="inlineStr"/>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9733</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9734</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C195" t="inlineStr"/>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9748</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>Expire events after X days</t>
         </is>
       </c>
       <c r="C196" t="inlineStr"/>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
           <t>EventExpirationDialogExpire events after X days</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9750</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>Automatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C197" t="inlineStr"/>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
           <t>EventExpirationDialogAutomatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9769</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>Only keep latest X events</t>
         </is>
       </c>
       <c r="C198" t="inlineStr"/>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
           <t>EventExpirationDialogOnly keep latest X events</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9771</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>Deletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C199" t="inlineStr"/>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
           <t>EventExpirationDialogDeletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9791</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>Always keep latest X events</t>
         </is>
       </c>
       <c r="C200" t="inlineStr"/>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
           <t>EventExpirationDialogAlways keep latest X events</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9793</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>This prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="C201" t="inlineStr"/>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
           <t>EventExpirationDialogThis prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9813</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>Include state events</t>
         </is>
       </c>
       <c r="C202" t="inlineStr"/>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
           <t>EventExpirationDialogInclude state events</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9815</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>If this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="C203" t="inlineStr"/>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
           <t>EventExpirationDialogIf this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>../../src/ui/EventExpiry.cpp:9874</t>
+          <t>../../src/ui/EventExpiry.cpp:9875</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C204" t="inlineStr"/>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
           <t>EventExpiryFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9885</t>
+          <t>../qml/device-verification/Failed.qml:9886</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>Verification failed</t>
         </is>
       </c>
       <c r="C205" t="inlineStr"/>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
           <t>FailedVerification failed</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9897</t>
+          <t>../qml/device-verification/Failed.qml:9898</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>Other client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="C206" t="inlineStr"/>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
           <t>FailedOther client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9901</t>
+          <t>../qml/device-verification/Failed.qml:9902</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>Key mismatch detected!</t>
         </is>
       </c>
       <c r="C207" t="inlineStr"/>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
           <t>FailedKey mismatch detected!</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9903</t>
+          <t>../qml/device-verification/Failed.qml:9904</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>Device verification timed out.</t>
         </is>
       </c>
       <c r="C208" t="inlineStr"/>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
           <t>FailedDevice verification timed out.</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9905</t>
+          <t>../qml/device-verification/Failed.qml:9906</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>Other party canceled the verification.</t>
         </is>
       </c>
       <c r="C209" t="inlineStr"/>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
           <t>FailedOther party canceled the verification.</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9907</t>
+          <t>../qml/device-verification/Failed.qml:9908</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>The verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="C210" t="inlineStr"/>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
           <t>FailedThe verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9909</t>
+          <t>../qml/device-verification/Failed.qml:9910</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>Verification messages received out of order!</t>
         </is>
       </c>
       <c r="C211" t="inlineStr"/>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
           <t>FailedVerification messages received out of order!</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9911</t>
+          <t>../qml/device-verification/Failed.qml:9912</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>Unknown verification error.</t>
         </is>
       </c>
       <c r="C212" t="inlineStr"/>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
           <t>FailedUnknown verification error.</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9927</t>
+          <t>../qml/device-verification/Failed.qml:9928</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>Close</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
           <t>閉じる</t>
         </is>
       </c>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
           <t>FailedClose</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9952</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9953</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>Fallback authentication</t>
         </is>
       </c>
       <c r="C214" t="inlineStr"/>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
           <t>FallbackAuthDialogFallback authentication</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9967</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9968</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>Open the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="C215" t="inlineStr"/>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9975</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9976</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>Open Fallback in Browser</t>
         </is>
       </c>
       <c r="C216" t="inlineStr"/>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen Fallback in Browser</t>
         </is>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9980</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9981</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>Cancel</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
           <t>キャンセル</t>
         </is>
       </c>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
           <t>FallbackAuthDialogCancel</t>
         </is>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9985</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9986</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>Confirm</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
           <t>確認</t>
         </is>
       </c>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
           <t>FallbackAuthDialogConfirm</t>
         </is>
       </c>
       <c r="G218" t="inlineStr"/>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>../qml/ForwardCompleter.qml:10037</t>
+          <t>../qml/ForwardCompleter.qml:10038</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>Forward Message</t>
         </is>
       </c>
       <c r="C219" t="inlineStr"/>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
           <t>ForwardCompleterForward Message</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>../../src/GridImagePackModel.cpp:10322</t>
+          <t>../../src/GridImagePackModel.cpp:10323</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>Account Pack</t>
         </is>
       </c>
       <c r="C220" t="inlineStr"/>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
           <t>GridImagePackModelAccount Pack</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>../../src/ui/HiddenEvents.cpp:10424</t>
+          <t>../../src/ui/HiddenEvents.cpp:10425</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C221" t="inlineStr"/>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
           <t>HiddenEventsFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10457</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10458</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>Hidden events for %1</t>
         </is>
       </c>
       <c r="C222" t="inlineStr"/>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events for %1</t>
         </is>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10460</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10461</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>Hidden events</t>
         </is>
       </c>
       <c r="C223" t="inlineStr"/>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10478</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10479</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="C224" t="inlineStr"/>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10481</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10482</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="C225" t="inlineStr"/>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10496</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>User events</t>
         </is>
       </c>
       <c r="C226" t="inlineStr"/>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
           <t>HiddenEventsDialogUser events</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10498</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>Joins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="C227" t="inlineStr"/>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
           <t>HiddenEventsDialogJoins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10513</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>Power level changes</t>
         </is>
       </c>
       <c r="C228" t="inlineStr"/>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
           <t>HiddenEventsDialogPower level changes</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10515</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>Sent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="C229" t="inlineStr"/>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
           <t>HiddenEventsDialogSent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10530</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10531</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>Stickers</t>
         </is>
       </c>
       <c r="C230" t="inlineStr"/>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
           <t>HiddenEventsDialogStickers</t>
         </is>
       </c>
       <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10546</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10558</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>Ignored users</t>
         </is>
       </c>
       <c r="C231" t="inlineStr"/>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
           <t>IgnoredUsersIgnored users</t>
         </is>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10566</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10578</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>Ignoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="C232" t="inlineStr"/>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
           <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10597</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10609</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>Stop Ignoring.</t>
         </is>
       </c>
       <c r="C233" t="inlineStr"/>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
           <t>IgnoredUsersStop Ignoring.</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>../qml/delegates/ImageMessage.qml:10788</t>
+          <t>../qml/delegates/ImageMessage.qml:10800</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>Show</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
           <t>表示</t>
         </is>
       </c>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
           <t>ImageMessageShow</t>
         </is>
       </c>
       <c r="G234" t="inlineStr">
         <is>
           <t>Suggested in Weblate: 表示</t>
         </is>
       </c>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10802</t>
+          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10814</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>Are you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="C235" t="inlineStr"/>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
           <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10824</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10836</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>Editing image pack</t>
         </is>
       </c>
       <c r="C236" t="inlineStr"/>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogEditing image pack</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10880</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10892</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>Add images</t>
         </is>
       </c>
       <c r="C237" t="inlineStr"/>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogAdd images</t>
         </is>
       </c>
       <c r="G237" t="inlineStr"/>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10887</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10899</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C238" t="inlineStr"/>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G238" t="inlineStr"/>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10888</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10900</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>Select images for pack</t>
         </is>
       </c>
       <c r="C239" t="inlineStr"/>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogSelect images for pack</t>
         </is>
       </c>
       <c r="G239" t="inlineStr"/>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10889</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10901</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <t>Add to pack</t>
         </is>
       </c>
       <c r="C240" t="inlineStr"/>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogAdd to pack</t>
         </is>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10950</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10962</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>Change the overview image for this pack</t>
         </is>
       </c>
       <c r="C241" t="inlineStr"/>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogChange the overview image for this pack</t>
         </is>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10963</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10975</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C242" t="inlineStr"/>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10964</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10976</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>Select overview image for pack</t>
         </is>
       </c>
       <c r="C243" t="inlineStr"/>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogSelect overview image for pack</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10976</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10988</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>State key</t>
         </is>
       </c>
       <c r="C244" t="inlineStr"/>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogState key</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10984</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10996</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>Packname</t>
         </is>
       </c>
       <c r="C245" t="inlineStr"/>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogPackname</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10992</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11004</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>Attribution</t>
         </is>
       </c>
       <c r="C246" t="inlineStr"/>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogAttribution</t>
         </is>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11076</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11088</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>Use as Emoji</t>
         </is>
       </c>
       <c r="C247" t="inlineStr"/>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogUse as Emoji</t>
         </is>
       </c>
       <c r="G247" t="inlineStr"/>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11089</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11101</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
           <t>Use as Sticker</t>
         </is>
       </c>
       <c r="C248" t="inlineStr"/>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogUse as Sticker</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11052</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11064</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
           <t>Shortcode</t>
         </is>
       </c>
       <c r="C249" t="inlineStr"/>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogShortcode</t>
         </is>
       </c>
       <c r="G249" t="inlineStr"/>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11067</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11079</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>Body</t>
         </is>
       </c>
       <c r="C250" t="inlineStr"/>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogBody</t>
         </is>
       </c>
       <c r="G250" t="inlineStr"/>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11102</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11114</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>Remove from pack</t>
         </is>
       </c>
       <c r="C251" t="inlineStr"/>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogRemove from pack</t>
         </is>
       </c>
       <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11106</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11118</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>Remove</t>
         </is>
       </c>
       <c r="C252" t="inlineStr"/>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
           <t>ImagePackEditorDialogRemove</t>
         </is>
       </c>
       <c r="G252" t="inlineStr"/>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11129</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11141</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>Image pack settings</t>
         </is>
       </c>
       <c r="C253" t="inlineStr"/>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogImage pack settings</t>
         </is>
       </c>
       <c r="G253" t="inlineStr"/>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11181</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11193</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
           <t>Create account pack</t>
         </is>
       </c>
       <c r="C254" t="inlineStr"/>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogCreate account pack</t>
         </is>
       </c>
       <c r="G254" t="inlineStr"/>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11194</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11206</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
           <t>New room pack</t>
         </is>
       </c>
       <c r="C255" t="inlineStr"/>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogNew room pack</t>
         </is>
       </c>
       <c r="G255" t="inlineStr"/>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11216</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11228</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <t>Private pack</t>
         </is>
       </c>
       <c r="C256" t="inlineStr"/>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogPrivate pack</t>
         </is>
       </c>
       <c r="G256" t="inlineStr"/>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11218</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11230</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <t>Pack from this room</t>
         </is>
       </c>
       <c r="C257" t="inlineStr"/>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogPack from this room</t>
         </is>
       </c>
       <c r="G257" t="inlineStr"/>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11220</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11232</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
           <t>Pack from parent community</t>
         </is>
       </c>
       <c r="C258" t="inlineStr"/>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogPack from parent community</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11222</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11234</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
           <t>Globally enabled pack</t>
         </is>
       </c>
       <c r="C259" t="inlineStr"/>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogGlobally enabled pack</t>
         </is>
       </c>
       <c r="G259" t="inlineStr"/>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11290</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11302</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
           <t>Enable globally</t>
         </is>
       </c>
       <c r="C260" t="inlineStr"/>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogEnable globally</t>
         </is>
       </c>
       <c r="G260" t="inlineStr"/>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11294</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11306</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
           <t>Enables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="C261" t="inlineStr"/>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="G261" t="inlineStr"/>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11306</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11318</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
           <t>Edit</t>
         </is>
       </c>
       <c r="C262" t="inlineStr"/>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogEdit</t>
         </is>
       </c>
       <c r="G262" t="inlineStr"/>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11317</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11329</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
           <t>Remove</t>
         </is>
       </c>
       <c r="C263" t="inlineStr"/>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogRemove</t>
         </is>
       </c>
       <c r="G263" t="inlineStr"/>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11378</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11390</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
           <t>Close</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
           <t>閉じる</t>
         </is>
       </c>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
           <t>ImagePackSettingsDialogClose</t>
         </is>
       </c>
       <c r="G264" t="inlineStr"/>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
           <t>Select file(s)</t>
         </is>
       </c>
       <c r="C265" t="inlineStr"/>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
           <t>InputBarSelect file(s)</t>
         </is>
       </c>
       <c r="G265" t="inlineStr"/>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
           <t>All Files (*)</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
           <t>全てのファイル (*)</t>
         </is>
       </c>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
           <t>InputBarAll Files (*)</t>
         </is>
       </c>
       <c r="G266" t="inlineStr">
         <is>
           <t>Suggested in Weblate: 全てのファイル (*)</t>
         </is>
       </c>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12424</t>
+          <t>../../src/timeline/InputBar.cpp:12436</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
           <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="C267" t="inlineStr"/>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
           <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="G267" t="inlineStr"/>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12431</t>
+          <t>../../src/timeline/InputBar.cpp:12443</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
           <t>Failed to fetch user %1</t>
         </is>
       </c>
       <c r="C268" t="inlineStr"/>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
           <t>InputBarFailed to fetch user %1</t>
         </is>
       </c>
       <c r="G268" t="inlineStr"/>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12843</t>
+          <t>../../src/timeline/InputBar.cpp:12855</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
           <t>Upload of '%1' failed</t>
         </is>
       </c>
       <c r="C269" t="inlineStr"/>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
           <t>InputBarUpload of '%1' failed</t>
         </is>
       </c>
       <c r="G269" t="inlineStr"/>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12883</t>
+          <t>../qml/dialogs/InviteDialog.qml:12895</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
           <t>Invite users to %1</t>
         </is>
       </c>
       <c r="C270" t="inlineStr"/>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
           <t>InviteDialogInvite users to %1</t>
         </is>
       </c>
       <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12933</t>
+          <t>../qml/dialogs/InviteDialog.qml:12945</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
           <t>Search user</t>
         </is>
       </c>
       <c r="C271" t="inlineStr"/>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
           <t>InviteDialogSearch user</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12946</t>
+          <t>../qml/dialogs/InviteDialog.qml:12958</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
           <t>@user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C272" t="inlineStr"/>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
           <t>InviteDialog
 Example user id. The name 'user' can be localized however you want.@user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12988</t>
+          <t>../qml/dialogs/InviteDialog.qml:13000</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
           <t>Search on Server</t>
         </is>
       </c>
       <c r="C273" t="inlineStr"/>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
           <t>InviteDialogSearch on Server</t>
         </is>
       </c>
       <c r="G273" t="inlineStr"/>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13074</t>
+          <t>../qml/dialogs/InviteDialog.qml:13086</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
           <t>Invite</t>
         </is>
       </c>
       <c r="C274" t="inlineStr"/>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
           <t>InviteDialogInvite</t>
         </is>
       </c>
       <c r="G274" t="inlineStr"/>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13081</t>
+          <t>../qml/dialogs/InviteDialog.qml:13093</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
           <t>Cancel</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
           <t>キャンセル</t>
         </is>
       </c>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
           <t>InviteDialogCancel</t>
         </is>
       </c>
       <c r="G275" t="inlineStr"/>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13095</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13107</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
           <t>Join room</t>
         </is>
       </c>
       <c r="C276" t="inlineStr"/>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
           <t>JoinRoomDialogJoin room</t>
         </is>
       </c>
       <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13115</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13127</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
           <t>Room ID or alias</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
           <t>部屋のID又は別名</t>
         </is>
       </c>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
           <t>JoinRoomDialogRoom ID or alias</t>
         </is>
       </c>
       <c r="G277" t="inlineStr"/>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13146</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13158</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
           <t>Join</t>
         </is>
       </c>
       <c r="C278" t="inlineStr"/>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
           <t>JoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G278" t="inlineStr"/>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13161</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13173</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
           <t>Leave room</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
           <t>部屋を出る</t>
         </is>
       </c>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
           <t>LeaveRoomDialogLeave room</t>
         </is>
       </c>
       <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13162</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13174</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
           <t>Are you sure you want to leave?</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
           <t>本当に退出しますか?</t>
         </is>
       </c>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
           <t>LeaveRoomDialogAre you sure you want to leave?</t>
         </is>
       </c>
       <c r="G280" t="inlineStr"/>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13443</t>
+          <t>../../src/LoginPage.cpp:13455</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
           <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C281" t="inlineStr"/>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
           <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G281" t="inlineStr"/>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13354</t>
+          <t>../../src/LoginPage.cpp:13366</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
           <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="C282" t="inlineStr"/>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
           <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="G282" t="inlineStr"/>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13375</t>
+          <t>../../src/LoginPage.cpp:13387</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
           <t>Sign in with Apple</t>
         </is>
       </c>
       <c r="C283" t="inlineStr"/>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
           <t>LoginPageSign in with Apple</t>
         </is>
       </c>
       <c r="G283" t="inlineStr"/>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13377</t>
+          <t>../../src/LoginPage.cpp:13389</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
           <t>Continue with Facebook</t>
         </is>
       </c>
       <c r="C284" t="inlineStr"/>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
           <t>LoginPageContinue with Facebook</t>
         </is>
       </c>
       <c r="G284" t="inlineStr"/>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13379</t>
+          <t>../../src/LoginPage.cpp:13391</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
           <t>Sign in with Google</t>
         </is>
       </c>
       <c r="C285" t="inlineStr"/>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
           <t>LoginPageSign in with Google</t>
         </is>
       </c>
       <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13381</t>
+          <t>../../src/LoginPage.cpp:13393</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
           <t>Sign in with Twitter</t>
         </is>
       </c>
       <c r="C286" t="inlineStr"/>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
           <t>LoginPageSign in with Twitter</t>
         </is>
       </c>
       <c r="G286" t="inlineStr"/>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13383</t>
+          <t>../../src/LoginPage.cpp:13395</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
           <t>Login using %1</t>
         </is>
       </c>
       <c r="C287" t="inlineStr"/>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
           <t>LoginPageLogin using %1</t>
         </is>
       </c>
       <c r="G287" t="inlineStr"/>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13392</t>
+          <t>../../src/LoginPage.cpp:13404</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
           <t>SSO LOGIN</t>
         </is>
       </c>
       <c r="C288" t="inlineStr"/>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
           <t>LoginPageSSO LOGIN</t>
         </is>
       </c>
       <c r="G288" t="inlineStr">
         <is>
           <t>Suggested in Weblate: SSOログイン</t>
         </is>
       </c>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13505</t>
+          <t>../../src/LoginPage.cpp:13517</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
           <t>SSO login failed</t>
         </is>
       </c>
       <c r="C289" t="inlineStr"/>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
           <t>LoginPageSSO login failed</t>
         </is>
       </c>
       <c r="G289" t="inlineStr">
         <is>
           <t>Suggested in Weblate: SSOログインに失敗しました</t>
         </is>
       </c>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13564</t>
+          <t>../qml/pages/LoginPage.qml:13576</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
           <t>e.g @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C290" t="inlineStr"/>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
           <t>LoginPagee.g @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G290" t="inlineStr"/>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13567</t>
+          <t>../qml/pages/LoginPage.qml:13579</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
           <t>Your login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
       <c r="C291" t="inlineStr"/>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
           <t>LoginPageYour login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
       <c r="G291" t="inlineStr"/>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13597</t>
+          <t>../qml/pages/LoginPage.qml:13609</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
           <t>Your password.</t>
         </is>
       </c>
       <c r="C292" t="inlineStr"/>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
           <t>LoginPageYour password.</t>
         </is>
       </c>
       <c r="G292" t="inlineStr"/>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13610</t>
+          <t>../qml/pages/LoginPage.qml:13622</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
           <t>Show/Hide Password</t>
         </is>
       </c>
       <c r="C293" t="inlineStr"/>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
           <t>LoginPageShow/Hide Password</t>
         </is>
       </c>
       <c r="G293" t="inlineStr"/>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13627</t>
+          <t>../qml/pages/LoginPage.qml:13639</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
           <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="C294" t="inlineStr"/>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
           <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="G294" t="inlineStr"/>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13637</t>
+          <t>../qml/pages/LoginPage.qml:13649</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
           <t>Homeserver address</t>
         </is>
       </c>
       <c r="C295" t="inlineStr"/>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
           <t>LoginPageHomeserver address</t>
         </is>
       </c>
       <c r="G295" t="inlineStr"/>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13638</t>
+          <t>../qml/pages/LoginPage.qml:13650</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
           <t>yourserver.example.com:8787</t>
         </is>
       </c>
       <c r="C296" t="inlineStr"/>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
           <t>LoginPageyourserver.example.com:8787</t>
         </is>
       </c>
       <c r="G296" t="inlineStr"/>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13641</t>
+          <t>../qml/pages/LoginPage.qml:13653</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
           <t>The address that can be used to contact your homeserver's client API.
 Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
       <c r="C297" t="inlineStr"/>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
           <t>LoginPageThe address that can be used to contact your homeserver's client API.
 Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
       <c r="G297" t="inlineStr"/>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13715</t>
+          <t>../qml/pages/LoginPage.qml:13727</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
           <t>Back</t>
         </is>
       </c>
       <c r="C298" t="inlineStr"/>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
           <t>LoginPageBack</t>
         </is>
       </c>
       <c r="G298" t="inlineStr"/>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13727</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13739</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
           <t>Log out</t>
         </is>
       </c>
       <c r="C299" t="inlineStr"/>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
           <t>LogoutDialogLog out</t>
         </is>
       </c>
       <c r="G299" t="inlineStr"/>
       <c r="H299" t="inlineStr"/>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
           <t>A call is in progress. Log out?</t>
         </is>
       </c>
       <c r="C300" t="inlineStr"/>
       <c r="D300" t="inlineStr"/>
       <c r="E300" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
           <t>LogoutDialogA call is in progress. Log out?</t>
         </is>
       </c>
       <c r="G300" t="inlineStr"/>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
           <t>Are you sure you want to log out?</t>
         </is>
       </c>
       <c r="C301" t="inlineStr"/>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
           <t>LogoutDialogAre you sure you want to log out?</t>
         </is>
       </c>
       <c r="G301" t="inlineStr"/>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:13609</t>
+          <t>../../src/timeline/InputBar.cpp:13621</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
           <t>Failed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
           <t>メディアをアップロードできませんでした。やり直して下さい。</t>
         </is>
       </c>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
           <t>MediaUploadFailed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="G302" t="inlineStr"/>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
           <t>Hang up</t>
         </is>
       </c>
       <c r="C303" t="inlineStr"/>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
           <t>MessageInputHang up</t>
         </is>
       </c>
       <c r="G303" t="inlineStr"/>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
           <t>Already on a call</t>
         </is>
       </c>
       <c r="C304" t="inlineStr"/>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
           <t>MessageInputAlready on a call</t>
         </is>
       </c>
       <c r="G304" t="inlineStr"/>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
           <t>Place a call</t>
         </is>
       </c>
       <c r="C305" t="inlineStr"/>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
           <t>MessageInputPlace a call</t>
         </is>
       </c>
       <c r="G305" t="inlineStr"/>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13684</t>
+          <t>../qml/MessageInput.qml:13696</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
           <t>Send a file</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
           <t>ファイルを送信</t>
         </is>
       </c>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
           <t>MessageInputSend a file</t>
         </is>
       </c>
       <c r="G306" t="inlineStr"/>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13752</t>
+          <t>../qml/MessageInput.qml:13764</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
           <t>Write a message…</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
           <t>メッセージを書く...</t>
         </is>
       </c>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
           <t>MessageInputWrite a message...</t>
         </is>
       </c>
       <c r="G307" t="inlineStr"/>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14015</t>
+          <t>../qml/MessageInput.qml:14037</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
           <t>Stickers</t>
         </is>
       </c>
       <c r="C308" t="inlineStr"/>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
           <t>MessageInputStickers</t>
         </is>
       </c>
       <c r="G308" t="inlineStr"/>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14039</t>
+          <t>../qml/MessageInput.qml:14061</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
           <t>Emoji</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
           <t>絵文字</t>
         </is>
       </c>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
           <t>MessageInputEmoji</t>
         </is>
       </c>
       <c r="G309" t="inlineStr">
         <is>
           <t>Suggested in Weblate: 絵文字</t>
         </is>
       </c>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14061</t>
+          <t>../qml/MessageInput.qml:14083</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
           <t>Send</t>
         </is>
       </c>
       <c r="C310" t="inlineStr"/>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
           <t>MessageInputSend</t>
         </is>
       </c>
       <c r="G310" t="inlineStr"/>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14076</t>
+          <t>../qml/MessageInput.qml:14098</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
           <t>You don't have permission to send messages in this room</t>
         </is>
       </c>
       <c r="C311" t="inlineStr"/>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
           <t>MessageInputYou don't have permission to send messages in this room</t>
         </is>
       </c>
       <c r="G311" t="inlineStr"/>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>../qml/MessageInputWarning.qml:14137</t>
+          <t>../qml/MessageInputWarning.qml:14159</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
           <t>Don't mention them in this message</t>
         </is>
       </c>
       <c r="C312" t="inlineStr"/>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
           <t>MessageInputWarningDon't mention them in this message</t>
         </is>
       </c>
       <c r="G312" t="inlineStr"/>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14372</t>
+          <t>../qml/MessageView.qml:14396</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
           <t>Edit</t>
         </is>
       </c>
       <c r="C313" t="inlineStr"/>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
           <t>MessageViewEdit</t>
         </is>
       </c>
       <c r="G313" t="inlineStr"/>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14389</t>
+          <t>../qml/MessageView.qml:14413</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
           <t>React</t>
         </is>
       </c>
       <c r="C314" t="inlineStr"/>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
           <t>MessageViewReact</t>
         </is>
       </c>
       <c r="G314" t="inlineStr"/>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
           <t>Reply in thread</t>
         </is>
       </c>
       <c r="C315" t="inlineStr"/>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
           <t>MessageViewReply in thread</t>
         </is>
       </c>
       <c r="G315" t="inlineStr"/>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
           <t>New thread</t>
         </is>
       </c>
       <c r="C316" t="inlineStr"/>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
           <t>MessageViewNew thread</t>
         </is>
       </c>
       <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14415</t>
+          <t>../qml/MessageView.qml:14439</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
           <t>Reply</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
           <t>返信</t>
         </is>
       </c>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
           <t>MessageViewReply</t>
         </is>
       </c>
       <c r="G317" t="inlineStr"/>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14426</t>
+          <t>../qml/MessageView.qml:14450</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
           <t>Go to message</t>
         </is>
       </c>
       <c r="C318" t="inlineStr"/>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
           <t>MessageViewGo to message</t>
         </is>
       </c>
       <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14443</t>
+          <t>../qml/MessageView.qml:14467</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
           <t>Options</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
           <t>オプション</t>
         </is>
       </c>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
           <t>MessageViewOptions</t>
         </is>
       </c>
       <c r="G319" t="inlineStr"/>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14576</t>
+          <t>../qml/MessageView.qml:14600</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
           <t>Enter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C320" t="inlineStr"/>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
           <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14577</t>
+          <t>../qml/MessageView.qml:14601</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
           <t>Reason for removal</t>
         </is>
       </c>
       <c r="C321" t="inlineStr"/>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
           <t>MessageViewReason for removal</t>
         </is>
       </c>
       <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14601</t>
+          <t>../qml/MessageView.qml:14625</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
           <t>Go to &amp;message</t>
         </is>
       </c>
       <c r="C322" t="inlineStr"/>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
           <t>MessageViewGo to &amp;message</t>
         </is>
       </c>
       <c r="G322" t="inlineStr"/>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14797</t>
+          <t>../qml/MessageView.qml:14823</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
           <t>&amp;Copy</t>
         </is>
       </c>
       <c r="C323" t="inlineStr"/>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
           <t>MessageView&amp;Copy</t>
         </is>
       </c>
       <c r="G323" t="inlineStr"/>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14805</t>
+          <t>../qml/MessageView.qml:14831</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
           <t>Copy &amp;link location</t>
         </is>
       </c>
       <c r="C324" t="inlineStr"/>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
           <t>MessageViewCopy &amp;link location</t>
         </is>
       </c>
       <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14630</t>
+          <t>../qml/MessageView.qml:14654</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
         <is>
           <t>Re&amp;act</t>
         </is>
       </c>
       <c r="C325" t="inlineStr"/>
       <c r="D325" t="inlineStr"/>
       <c r="E325" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F325" t="inlineStr">
         <is>
           <t>MessageViewRe&amp;act</t>
         </is>
       </c>
       <c r="G325" t="inlineStr"/>
       <c r="H325" t="inlineStr"/>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14641</t>
+          <t>../qml/MessageView.qml:14665</t>
         </is>
       </c>
       <c r="B326" t="inlineStr">
         <is>
           <t>Repl&amp;y</t>
         </is>
       </c>
       <c r="C326" t="inlineStr"/>
       <c r="D326" t="inlineStr"/>
       <c r="E326" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F326" t="inlineStr">
         <is>
           <t>MessageViewRepl&amp;y</t>
         </is>
       </c>
       <c r="G326" t="inlineStr"/>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14649</t>
+          <t>../qml/MessageView.qml:14673</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
           <t>&amp;Edit</t>
         </is>
       </c>
       <c r="C327" t="inlineStr"/>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
           <t>MessageView&amp;Edit</t>
         </is>
       </c>
       <c r="G327" t="inlineStr"/>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14657</t>
+          <t>../qml/MessageView.qml:14681</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
           <t>&amp;Thread</t>
         </is>
       </c>
       <c r="C328" t="inlineStr"/>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
           <t>MessageView&amp;Thread</t>
         </is>
       </c>
       <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
           <t>Un&amp;pin</t>
         </is>
       </c>
       <c r="C329" t="inlineStr"/>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
           <t>MessageViewUn&amp;pin</t>
         </is>
       </c>
       <c r="G329" t="inlineStr"/>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
           <t>&amp;Pin</t>
         </is>
       </c>
       <c r="C330" t="inlineStr"/>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
           <t>MessageView&amp;Pin</t>
         </is>
       </c>
       <c r="G330" t="inlineStr"/>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14673</t>
+          <t>../qml/MessageView.qml:14697</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
           <t>&amp;Read receipts</t>
         </is>
       </c>
       <c r="C331" t="inlineStr"/>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
           <t>MessageView&amp;Read receipts</t>
         </is>
       </c>
       <c r="G331" t="inlineStr"/>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14680</t>
+          <t>../qml/MessageView.qml:14704</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
           <t>&amp;Forward</t>
         </is>
       </c>
       <c r="C332" t="inlineStr"/>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
           <t>MessageView&amp;Forward</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14693</t>
+          <t>../qml/MessageView.qml:14717</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
         <is>
           <t>&amp;Mark as read</t>
         </is>
       </c>
       <c r="C333" t="inlineStr"/>
       <c r="D333" t="inlineStr"/>
       <c r="E333" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
           <t>MessageView&amp;Mark as read</t>
         </is>
       </c>
       <c r="G333" t="inlineStr"/>
       <c r="H333" t="inlineStr"/>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14698</t>
+          <t>../qml/MessageView.qml:14724</t>
         </is>
       </c>
       <c r="B334" t="inlineStr">
         <is>
           <t>View raw message</t>
         </is>
       </c>
       <c r="C334" t="inlineStr">
         <is>
           <t>ソースを見る</t>
         </is>
       </c>
       <c r="D334" t="inlineStr"/>
       <c r="E334" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F334" t="inlineStr">
         <is>
           <t>MessageViewView raw message</t>
         </is>
       </c>
       <c r="G334" t="inlineStr"/>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14705</t>
+          <t>../qml/MessageView.qml:14731</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
           <t>View decrypted raw message</t>
         </is>
       </c>
       <c r="C335" t="inlineStr"/>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
           <t>MessageViewView decrypted raw message</t>
         </is>
       </c>
       <c r="G335" t="inlineStr"/>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14714</t>
+          <t>../qml/MessageView.qml:14740</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
           <t>Remo&amp;ve message</t>
         </is>
       </c>
       <c r="C336" t="inlineStr"/>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
           <t>MessageViewRemo&amp;ve message</t>
         </is>
       </c>
       <c r="G336" t="inlineStr"/>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14728</t>
+          <t>../qml/MessageView.qml:14754</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
           <t>Report message</t>
         </is>
       </c>
       <c r="C337" t="inlineStr"/>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
           <t>MessageViewReport message</t>
         </is>
       </c>
       <c r="G337" t="inlineStr"/>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14739</t>
+          <t>../qml/MessageView.qml:14765</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
           <t>&amp;Save as</t>
         </is>
       </c>
       <c r="C338" t="inlineStr"/>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
           <t>MessageView&amp;Save as</t>
         </is>
       </c>
       <c r="G338" t="inlineStr"/>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14747</t>
+          <t>../qml/MessageView.qml:14773</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
           <t>&amp;Open in external program</t>
         </is>
       </c>
       <c r="C339" t="inlineStr"/>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
           <t>MessageView&amp;Open in external program</t>
         </is>
       </c>
       <c r="G339" t="inlineStr"/>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14755</t>
+          <t>../qml/MessageView.qml:14781</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
           <t>Copy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="C340" t="inlineStr"/>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
           <t>MessageViewCopy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14813</t>
+          <t>../qml/MessageView.qml:14839</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
           <t>&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="C341" t="inlineStr"/>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
           <t>MessageView&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="G341" t="inlineStr"/>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
           <t>Send Verification Request</t>
         </is>
       </c>
       <c r="C342" t="inlineStr"/>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
           <t>NewVerificationRequestSend Verification Request</t>
         </is>
       </c>
       <c r="G342" t="inlineStr"/>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
           <t>Received Verification Request</t>
         </is>
       </c>
       <c r="C343" t="inlineStr"/>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
           <t>NewVerificationRequestReceived Verification Request</t>
         </is>
       </c>
       <c r="G343" t="inlineStr"/>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14837</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14863</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
           <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="C344" t="inlineStr"/>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
           <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="G344" t="inlineStr"/>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14839</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14865</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
           <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="C345" t="inlineStr"/>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
           <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="G345" t="inlineStr"/>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14841</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14867</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
           <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="C346" t="inlineStr"/>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
           <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="G346" t="inlineStr"/>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14844</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14870</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
           <t>%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="C347" t="inlineStr"/>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
           <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="G347" t="inlineStr"/>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14846</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14872</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
           <t>%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="C348" t="inlineStr"/>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
           <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14848</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14874</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
           <t>Your device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="C349" t="inlineStr"/>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
           <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
           <t>Cancel</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
           <t>キャンセル</t>
         </is>
       </c>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
           <t>NewVerificationRequestCancel</t>
         </is>
       </c>
       <c r="G350" t="inlineStr"/>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
           <t>Deny</t>
         </is>
       </c>
       <c r="C351" t="inlineStr"/>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
           <t>NewVerificationRequestDeny</t>
         </is>
       </c>
       <c r="G351" t="inlineStr"/>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
           <t>Start verification</t>
         </is>
       </c>
       <c r="C352" t="inlineStr"/>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
           <t>NewVerificationRequestStart verification</t>
         </is>
       </c>
       <c r="G352" t="inlineStr"/>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
           <t>Accept</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
           <t>容認</t>
         </is>
       </c>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
           <t>NewVerificationRequestAccept</t>
         </is>
       </c>
       <c r="G353" t="inlineStr"/>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15009</t>
+          <t>../../src/notifications/ManagerMac.cpp:15035</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
           <t>%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
           <t>%1が暗号化されたメッセージを送信しました</t>
         </is>
       </c>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
           <t>NotificationsManager%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="G354" t="inlineStr">
         <is>
           <t>Suggested in Weblate: %1が暗号化されたメッセージを送信しました</t>
         </is>
       </c>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15021</t>
+          <t>../../src/notifications/ManagerMac.cpp:15047</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
           <t>%1 replied with a spoiler.</t>
         </is>
       </c>
       <c r="C355" t="inlineStr"/>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender.%1 replied with a spoiler.</t>
         </is>
       </c>
       <c r="G355" t="inlineStr"/>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15031</t>
+          <t>../../src/notifications/ManagerMac.cpp:15057</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
           <t>%1 replied: %2</t>
         </is>
       </c>
       <c r="C356" t="inlineStr"/>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender, %2 the message%1 replied: %2</t>
         </is>
       </c>
       <c r="G356" t="inlineStr"/>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15030</t>
+          <t>../../src/notifications/ManagerMac.cpp:15056</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
           <t>%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="C357" t="inlineStr"/>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
           <t>NotificationsManager%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="G357" t="inlineStr"/>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
           <t>%1 replied to a message</t>
         </is>
       </c>
       <c r="C358" t="inlineStr"/>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
           <t>NotificationsManager%1 replied to a message</t>
         </is>
       </c>
       <c r="G358" t="inlineStr"/>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
           <t>%1 sent a message</t>
         </is>
       </c>
       <c r="C359" t="inlineStr"/>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
           <t>NotificationsManager%1 sent a message</t>
         </is>
       </c>
       <c r="G359" t="inlineStr"/>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15075</t>
+          <t>../qml/voip/PlaceCall.qml:15101</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
           <t>Place a call to %1?</t>
         </is>
       </c>
       <c r="C360" t="inlineStr"/>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
           <t>PlaceCallPlace a call to %1?</t>
         </is>
       </c>
       <c r="G360" t="inlineStr"/>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15091</t>
+          <t>../qml/voip/PlaceCall.qml:15117</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
           <t>マイクが見つかりませんでした。</t>
         </is>
       </c>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
           <t>PlaceCallNo microphone found.</t>
         </is>
       </c>
       <c r="G361" t="inlineStr">
         <is>
           <t>Suggested in Weblate: マイクが見つかりませんでした。</t>
         </is>
       </c>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15115</t>
+          <t>../qml/voip/PlaceCall.qml:15141</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
           <t>Voice</t>
         </is>
       </c>
       <c r="C362" t="inlineStr"/>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
           <t>PlaceCallVoice</t>
         </is>
       </c>
       <c r="G362" t="inlineStr"/>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15128</t>
+          <t>../qml/voip/PlaceCall.qml:15154</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
           <t>Video</t>
         </is>
       </c>
       <c r="C363" t="inlineStr"/>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
           <t>PlaceCallVideo</t>
         </is>
       </c>
       <c r="G363" t="inlineStr"/>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15141</t>
+          <t>../qml/voip/PlaceCall.qml:15167</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
           <t>Screen</t>
         </is>
       </c>
       <c r="C364" t="inlineStr"/>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
           <t>PlaceCallScreen</t>
         </is>
       </c>
       <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15157</t>
+          <t>../qml/voip/PlaceCall.qml:15183</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
           <t>Cancel</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
           <t>キャンセル</t>
         </is>
       </c>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
           <t>PlaceCallCancel</t>
         </is>
       </c>
       <c r="G365" t="inlineStr"/>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15194</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15220</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
           <t>Permissions in %1</t>
         </is>
       </c>
       <c r="C366" t="inlineStr"/>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
           <t>PowerLevelEditorPermissions in %1</t>
         </is>
       </c>
       <c r="G366" t="inlineStr"/>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15208</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15234</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
           <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="C367" t="inlineStr"/>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
           <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15221</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15247</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
           <t>Roles</t>
         </is>
       </c>
       <c r="C368" t="inlineStr"/>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
           <t>PowerLevelEditorRoles</t>
         </is>
       </c>
       <c r="G368" t="inlineStr"/>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15224</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15250</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
           <t>Users</t>
         </is>
       </c>
       <c r="C369" t="inlineStr"/>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
           <t>PowerLevelEditorUsers</t>
         </is>
       </c>
       <c r="G369" t="inlineStr"/>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15244</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
           <t>Move permissions between roles to change them</t>
         </is>
       </c>
       <c r="C370" t="inlineStr"/>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
           <t>PowerLevelEditorMove permissions between roles to change them</t>
         </is>
       </c>
       <c r="G370" t="inlineStr"/>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15506</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15538</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
           <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C371" t="inlineStr"/>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
           <t>PowerLevelEditorAdministrator (%1)</t>
         </is>
       </c>
-      <c r="G371" t="inlineStr"/>
+      <c r="G371" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Suggested in Weblate: </t>
+        </is>
+      </c>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15508</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15540</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
           <t>Moderator (%1)</t>
         </is>
       </c>
       <c r="C372" t="inlineStr"/>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
           <t>PowerLevelEditorModerator (%1)</t>
         </is>
       </c>
       <c r="G372" t="inlineStr"/>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15542</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
           <t>User (%1)</t>
         </is>
       </c>
       <c r="C373" t="inlineStr"/>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
           <t>PowerLevelEditorUser (%1)</t>
         </is>
       </c>
       <c r="G373" t="inlineStr"/>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15510</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15544</t>
         </is>
       </c>
       <c r="B374" t="inlineStr">
         <is>
           <t>Custom (%1)</t>
         </is>
       </c>
       <c r="C374" t="inlineStr"/>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
           <t>PowerLevelEditorCustom (%1)</t>
         </is>
       </c>
       <c r="G374" t="inlineStr"/>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B375" t="inlineStr">
         <is>
           <t>Remove event type</t>
         </is>
       </c>
       <c r="C375" t="inlineStr"/>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
           <t>PowerLevelEditorRemove event type</t>
         </is>
       </c>
       <c r="G375" t="inlineStr"/>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B376" t="inlineStr">
         <is>
           <t>Add event type</t>
         </is>
       </c>
       <c r="C376" t="inlineStr"/>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
           <t>PowerLevelEditorAdd event type</t>
         </is>
       </c>
       <c r="G376" t="inlineStr"/>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15327</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15356</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
           <t>Add new role</t>
         </is>
       </c>
       <c r="C377" t="inlineStr"/>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
           <t>PowerLevelEditorAdd new role</t>
         </is>
       </c>
       <c r="G377" t="inlineStr"/>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15365</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15394</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
           <t>Add</t>
         </is>
       </c>
       <c r="C378" t="inlineStr"/>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
           <t>PowerLevelEditorAdd</t>
         </is>
       </c>
       <c r="G378" t="inlineStr"/>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15381</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15410</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
           <t>Move users up or down to change their permissions</t>
         </is>
       </c>
       <c r="C379" t="inlineStr"/>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
           <t>PowerLevelEditorMove users up or down to change their permissions</t>
         </is>
       </c>
       <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
           <t>Remove user</t>
         </is>
       </c>
       <c r="C380" t="inlineStr"/>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
           <t>PowerLevelEditorRemove user</t>
         </is>
       </c>
       <c r="G380" t="inlineStr"/>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B381" t="inlineStr">
         <is>
           <t>Add user</t>
         </is>
       </c>
       <c r="C381" t="inlineStr"/>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
           <t>PowerLevelEditorAdd user</t>
         </is>
       </c>
       <c r="G381" t="inlineStr"/>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15548</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15582</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
           <t>Apply permission changes</t>
         </is>
       </c>
       <c r="C382" t="inlineStr"/>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
           <t>PowerLevelSpacesApplyDialogApply permission changes</t>
         </is>
       </c>
       <c r="G382" t="inlineStr"/>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15562</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15596</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
           <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="C383" t="inlineStr"/>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
           <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="G383" t="inlineStr"/>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15576</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15610</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
           <t>Apply permissions recursively</t>
         </is>
       </c>
       <c r="C384" t="inlineStr"/>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
           <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
         </is>
       </c>
       <c r="G384" t="inlineStr"/>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15588</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15622</t>
         </is>
       </c>
       <c r="B385" t="inlineStr">
         <is>
           <t>Overwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="C385" t="inlineStr"/>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
           <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="G385" t="inlineStr"/>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15629</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15663</t>
         </is>
       </c>
       <c r="B386" t="inlineStr">
         <is>
           <t>No permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="C386" t="inlineStr"/>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
           <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="G386" t="inlineStr"/>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15630</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15664</t>
         </is>
       </c>
       <c r="B387" t="inlineStr">
         <is>
           <t>No changes needed</t>
         </is>
       </c>
       <c r="C387" t="inlineStr"/>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
           <t>PowerLevelSpacesApplyDialogNo changes needed</t>
         </is>
       </c>
       <c r="G387" t="inlineStr"/>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15631</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15665</t>
         </is>
       </c>
       <c r="B388" t="inlineStr">
         <is>
           <t>Existing modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="C388" t="inlineStr"/>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
           <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="G388" t="inlineStr"/>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15632</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15666</t>
         </is>
       </c>
       <c r="B389" t="inlineStr">
         <is>
           <t>Permissions synchronized with community</t>
         </is>
       </c>
       <c r="C389" t="inlineStr"/>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
           <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
         </is>
       </c>
       <c r="G389" t="inlineStr"/>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16382</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16454</t>
         </is>
       </c>
       <c r="B390" t="inlineStr">
         <is>
           <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C390" t="inlineStr"/>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
           <t>PowerLevelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G390" t="inlineStr"/>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16263</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16327</t>
         </is>
       </c>
       <c r="B391" t="inlineStr">
         <is>
           <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C391" t="inlineStr"/>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
           <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G391" t="inlineStr"/>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16293</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16363</t>
         </is>
       </c>
       <c r="B392" t="inlineStr">
         <is>
-          <t>Administrator: %1</t>
+          <t>Moderator: %1</t>
         </is>
       </c>
       <c r="C392" t="inlineStr"/>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorAdministrator: %1</t>
+          <t>PowerlevelIndicatorModerator: %1</t>
         </is>
       </c>
       <c r="G392" t="inlineStr"/>
       <c r="H392" t="inlineStr"/>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16295</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16365</t>
         </is>
       </c>
       <c r="B393" t="inlineStr">
         <is>
-          <t>Moderator: %1</t>
+          <t>User: %1</t>
         </is>
       </c>
       <c r="C393" t="inlineStr"/>
       <c r="D393" t="inlineStr"/>
       <c r="E393" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F393" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorModerator: %1</t>
+          <t>PowerlevelIndicatorUser: %1</t>
         </is>
       </c>
       <c r="G393" t="inlineStr"/>
       <c r="H393" t="inlineStr"/>
     </row>
     <row r="394">
       <c r="A394" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16297</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
         </is>
       </c>
       <c r="B394" t="inlineStr">
         <is>
-          <t>User: %1</t>
+          <t>Other events</t>
         </is>
       </c>
       <c r="C394" t="inlineStr"/>
       <c r="D394" t="inlineStr"/>
       <c r="E394" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F394" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorUser: %1</t>
+          <t>PowerlevelsTypeListModelOther events</t>
         </is>
       </c>
       <c r="G394" t="inlineStr"/>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15829</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
         </is>
       </c>
       <c r="B395" t="inlineStr">
         <is>
-          <t>Other events</t>
+          <t>Other state events</t>
         </is>
       </c>
       <c r="C395" t="inlineStr"/>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther events</t>
+          <t>PowerlevelsTypeListModelOther state events</t>
         </is>
       </c>
       <c r="G395" t="inlineStr"/>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15831</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
         </is>
       </c>
       <c r="B396" t="inlineStr">
         <is>
-          <t>Other state events</t>
+          <t>Remove other users</t>
         </is>
       </c>
       <c r="C396" t="inlineStr"/>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther state events</t>
+          <t>PowerlevelsTypeListModelRemove other users</t>
         </is>
       </c>
       <c r="G396" t="inlineStr"/>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15833</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15879</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Remove other users</t>
+          <t>Ban other users</t>
         </is>
       </c>
       <c r="C397" t="inlineStr"/>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRemove other users</t>
+          <t>PowerlevelsTypeListModelBan other users</t>
         </is>
       </c>
       <c r="G397" t="inlineStr"/>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15835</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15881</t>
         </is>
       </c>
       <c r="B398" t="inlineStr">
         <is>
-          <t>Ban other users</t>
+          <t>Invite other users</t>
         </is>
       </c>
       <c r="C398" t="inlineStr"/>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan other users</t>
+          <t>PowerlevelsTypeListModelInvite other users</t>
         </is>
       </c>
       <c r="G398" t="inlineStr"/>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15837</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15883</t>
         </is>
       </c>
       <c r="B399" t="inlineStr">
         <is>
-          <t>Invite other users</t>
+          <t>Redact events sent by others</t>
         </is>
       </c>
       <c r="C399" t="inlineStr"/>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelInvite other users</t>
+          <t>PowerlevelsTypeListModelRedact events sent by others</t>
         </is>
       </c>
       <c r="G399" t="inlineStr"/>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15839</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15885</t>
         </is>
       </c>
       <c r="B400" t="inlineStr">
         <is>
-          <t>Redact events sent by others</t>
+          <t>Reactions</t>
         </is>
       </c>
       <c r="C400" t="inlineStr"/>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact events sent by others</t>
+          <t>PowerlevelsTypeListModelReactions</t>
         </is>
       </c>
       <c r="G400" t="inlineStr"/>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15841</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
         </is>
       </c>
       <c r="B401" t="inlineStr">
         <is>
-          <t>Reactions</t>
+          <t>Deprecated aliases events</t>
         </is>
       </c>
       <c r="C401" t="inlineStr"/>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReactions</t>
+          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
         </is>
       </c>
       <c r="G401" t="inlineStr"/>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15843</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
         </is>
       </c>
       <c r="B402" t="inlineStr">
         <is>
-          <t>Deprecated aliases events</t>
+          <t>Change the room avatar</t>
         </is>
       </c>
       <c r="C402" t="inlineStr"/>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
+          <t>PowerlevelsTypeListModelChange the room avatar</t>
         </is>
       </c>
       <c r="G402" t="inlineStr"/>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15845</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15891</t>
         </is>
       </c>
       <c r="B403" t="inlineStr">
         <is>
-          <t>Change the room avatar</t>
+          <t>Change the room addresses</t>
         </is>
       </c>
       <c r="C403" t="inlineStr"/>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room avatar</t>
+          <t>PowerlevelsTypeListModelChange the room addresses</t>
         </is>
       </c>
       <c r="G403" t="inlineStr"/>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15847</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15893</t>
         </is>
       </c>
       <c r="B404" t="inlineStr">
         <is>
-          <t>Change the room addresses</t>
+          <t>Send encrypted messages</t>
         </is>
       </c>
       <c r="C404" t="inlineStr"/>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room addresses</t>
+          <t>PowerlevelsTypeListModelSend encrypted messages</t>
         </is>
       </c>
       <c r="G404" t="inlineStr"/>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15849</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15895</t>
         </is>
       </c>
       <c r="B405" t="inlineStr">
         <is>
-          <t>Send encrypted messages</t>
+          <t>Enable encryption</t>
         </is>
       </c>
       <c r="C405" t="inlineStr"/>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend encrypted messages</t>
+          <t>PowerlevelsTypeListModelEnable encryption</t>
         </is>
       </c>
       <c r="G405" t="inlineStr"/>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15851</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15897</t>
         </is>
       </c>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Enable encryption</t>
+          <t>Change guest access</t>
         </is>
       </c>
       <c r="C406" t="inlineStr"/>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEnable encryption</t>
+          <t>PowerlevelsTypeListModelChange guest access</t>
         </is>
       </c>
       <c r="G406" t="inlineStr"/>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15853</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15899</t>
         </is>
       </c>
       <c r="B407" t="inlineStr">
         <is>
-          <t>Change guest access</t>
+          <t>Change history visibility</t>
         </is>
       </c>
       <c r="C407" t="inlineStr"/>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange guest access</t>
+          <t>PowerlevelsTypeListModelChange history visibility</t>
         </is>
       </c>
       <c r="G407" t="inlineStr"/>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15855</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15901</t>
         </is>
       </c>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Change history visibility</t>
+          <t>Change who can join</t>
         </is>
       </c>
       <c r="C408" t="inlineStr"/>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange history visibility</t>
+          <t>PowerlevelsTypeListModelChange who can join</t>
         </is>
       </c>
       <c r="G408" t="inlineStr"/>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15857</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15903</t>
         </is>
       </c>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Change who can join</t>
+          <t>Send messages</t>
         </is>
       </c>
       <c r="C409" t="inlineStr"/>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange who can join</t>
+          <t>PowerlevelsTypeListModelSend messages</t>
         </is>
       </c>
       <c r="G409" t="inlineStr"/>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15859</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15905</t>
         </is>
       </c>
       <c r="B410" t="inlineStr">
         <is>
-          <t>Send messages</t>
+          <t>Change the room name</t>
         </is>
       </c>
       <c r="C410" t="inlineStr"/>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend messages</t>
+          <t>PowerlevelsTypeListModelChange the room name</t>
         </is>
       </c>
       <c r="G410" t="inlineStr"/>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15861</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15907</t>
         </is>
       </c>
       <c r="B411" t="inlineStr">
         <is>
-          <t>Change the room name</t>
+          <t>Change the room permissions</t>
         </is>
       </c>
       <c r="C411" t="inlineStr"/>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room name</t>
+          <t>PowerlevelsTypeListModelChange the room permissions</t>
         </is>
       </c>
       <c r="G411" t="inlineStr"/>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15863</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15909</t>
         </is>
       </c>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Change the room permissions</t>
+          <t>Change the rooms topic</t>
         </is>
       </c>
       <c r="C412" t="inlineStr"/>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room permissions</t>
+          <t>PowerlevelsTypeListModelChange the rooms topic</t>
         </is>
       </c>
       <c r="G412" t="inlineStr"/>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15865</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15911</t>
         </is>
       </c>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Change the rooms topic</t>
+          <t>Change the widgets</t>
         </is>
       </c>
       <c r="C413" t="inlineStr"/>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the rooms topic</t>
+          <t>PowerlevelsTypeListModelChange the widgets</t>
         </is>
       </c>
       <c r="G413" t="inlineStr"/>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15867</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15913</t>
         </is>
       </c>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Change the widgets</t>
+          <t>Change the widgets (experimental)</t>
         </is>
       </c>
       <c r="C414" t="inlineStr"/>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets</t>
+          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
         </is>
       </c>
       <c r="G414" t="inlineStr"/>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15869</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15915</t>
         </is>
       </c>
       <c r="B415" t="inlineStr">
         <is>
-          <t>Change the widgets (experimental)</t>
+          <t>Redact own events</t>
         </is>
       </c>
       <c r="C415" t="inlineStr"/>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
+          <t>PowerlevelsTypeListModelRedact own events</t>
         </is>
       </c>
       <c r="G415" t="inlineStr"/>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15871</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15917</t>
         </is>
       </c>
       <c r="B416" t="inlineStr">
         <is>
-          <t>Redact own events</t>
+          <t>Change the pinned events</t>
         </is>
       </c>
       <c r="C416" t="inlineStr"/>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact own events</t>
+          <t>PowerlevelsTypeListModelChange the pinned events</t>
         </is>
       </c>
       <c r="G416" t="inlineStr"/>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15919</t>
         </is>
       </c>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Change the pinned events</t>
+          <t>Upgrade the room</t>
         </is>
       </c>
       <c r="C417" t="inlineStr"/>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the pinned events</t>
+          <t>PowerlevelsTypeListModelUpgrade the room</t>
         </is>
       </c>
       <c r="G417" t="inlineStr"/>
-      <c r="H417" t="inlineStr"/>
+      <c r="H417" t="inlineStr">
+        <is>
+          <t>Means upgrading to a new room version</t>
+        </is>
+      </c>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15921</t>
         </is>
       </c>
       <c r="B418" t="inlineStr">
         <is>
-          <t>Upgrade the room</t>
+          <t>Send stickers</t>
         </is>
       </c>
       <c r="C418" t="inlineStr"/>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelUpgrade the room</t>
+          <t>PowerlevelsTypeListModelSend stickers</t>
         </is>
       </c>
       <c r="G418" t="inlineStr"/>
-      <c r="H418" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15924</t>
         </is>
       </c>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Send stickers</t>
+          <t>Ban users using policy rules</t>
         </is>
       </c>
       <c r="C419" t="inlineStr"/>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend stickers</t>
+          <t>PowerlevelsTypeListModelBan users using policy rules</t>
         </is>
       </c>
       <c r="G419" t="inlineStr"/>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15880</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15926</t>
         </is>
       </c>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Ban users using policy rules</t>
+          <t>Ban rooms using policy rules</t>
         </is>
       </c>
       <c r="C420" t="inlineStr"/>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan users using policy rules</t>
+          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
         </is>
       </c>
       <c r="G420" t="inlineStr"/>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15882</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15928</t>
         </is>
       </c>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Ban rooms using policy rules</t>
+          <t>Ban servers using policy rules</t>
         </is>
       </c>
       <c r="C421" t="inlineStr"/>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
+          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
         </is>
       </c>
       <c r="G421" t="inlineStr"/>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15884</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15931</t>
         </is>
       </c>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Ban servers using policy rules</t>
+          <t>Edit child communities and rooms</t>
         </is>
       </c>
       <c r="C422" t="inlineStr"/>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
+          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
         </is>
       </c>
       <c r="G422" t="inlineStr"/>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15933</t>
         </is>
       </c>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Edit child communities and rooms</t>
+          <t>Change parent communities</t>
         </is>
       </c>
       <c r="C423" t="inlineStr"/>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
+          <t>PowerlevelsTypeListModelChange parent communities</t>
         </is>
       </c>
       <c r="G423" t="inlineStr"/>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15936</t>
         </is>
       </c>
       <c r="B424" t="inlineStr">
         <is>
-          <t>Change parent communities</t>
+          <t>Start a call</t>
         </is>
       </c>
       <c r="C424" t="inlineStr"/>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange parent communities</t>
+          <t>PowerlevelsTypeListModelStart a call</t>
         </is>
       </c>
       <c r="G424" t="inlineStr"/>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15892</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15938</t>
         </is>
       </c>
       <c r="B425" t="inlineStr">
         <is>
-          <t>Start a call</t>
+          <t>Negotiate a call</t>
         </is>
       </c>
       <c r="C425" t="inlineStr"/>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelStart a call</t>
+          <t>PowerlevelsTypeListModelNegotiate a call</t>
         </is>
       </c>
       <c r="G425" t="inlineStr"/>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15894</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15940</t>
         </is>
       </c>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Negotiate a call</t>
+          <t>Answer a call</t>
         </is>
       </c>
       <c r="C426" t="inlineStr"/>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelNegotiate a call</t>
+          <t>PowerlevelsTypeListModelAnswer a call</t>
         </is>
       </c>
       <c r="G426" t="inlineStr"/>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15896</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15942</t>
         </is>
       </c>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Answer a call</t>
+          <t>Hang up a call</t>
         </is>
       </c>
       <c r="C427" t="inlineStr"/>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelAnswer a call</t>
+          <t>PowerlevelsTypeListModelHang up a call</t>
         </is>
       </c>
       <c r="G427" t="inlineStr"/>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15898</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15944</t>
         </is>
       </c>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Hang up a call</t>
+          <t>Reject a call</t>
         </is>
       </c>
       <c r="C428" t="inlineStr"/>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelHang up a call</t>
+          <t>PowerlevelsTypeListModelReject a call</t>
         </is>
       </c>
       <c r="G428" t="inlineStr"/>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15900</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15946</t>
         </is>
       </c>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Reject a call</t>
+          <t>Change the room emotes</t>
         </is>
       </c>
       <c r="C429" t="inlineStr"/>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReject a call</t>
+          <t>PowerlevelsTypeListModelChange the room emotes</t>
         </is>
       </c>
       <c r="G429" t="inlineStr"/>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15902</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16176</t>
         </is>
       </c>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Change the room emotes</t>
+          <t>Other users</t>
         </is>
       </c>
       <c r="C430" t="inlineStr"/>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room emotes</t>
+          <t>PowerlevelsUserListModelOther users</t>
         </is>
       </c>
       <c r="G430" t="inlineStr"/>
       <c r="H430" t="inlineStr"/>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16119</t>
+          <t>../../src/main.cpp:16396</t>
         </is>
       </c>
       <c r="B431" t="inlineStr">
         <is>
-          <t>Other users</t>
+          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="C431" t="inlineStr"/>
       <c r="D431" t="inlineStr"/>
       <c r="E431" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F431" t="inlineStr">
         <is>
-          <t>PowerlevelsUserListModelOther users</t>
+          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="G431" t="inlineStr"/>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16340</t>
+          <t>../../src/main.cpp:16398</t>
         </is>
       </c>
       <c r="B432" t="inlineStr">
         <is>
-          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>profile</t>
         </is>
       </c>
       <c r="C432" t="inlineStr"/>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>QCoreApplicationprofile</t>
         </is>
       </c>
       <c r="G432" t="inlineStr"/>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16342</t>
+          <t>../../src/main.cpp:16399</t>
         </is>
       </c>
       <c r="B433" t="inlineStr">
         <is>
-          <t>profile</t>
+          <t>profile name</t>
         </is>
       </c>
       <c r="C433" t="inlineStr"/>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile</t>
+          <t>QCoreApplicationprofile name</t>
         </is>
       </c>
       <c r="G433" t="inlineStr"/>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16343</t>
+          <t>../../src/main.cpp:16369</t>
         </is>
       </c>
       <c r="B434" t="inlineStr">
         <is>
-          <t>profile name</t>
+          <t>Alias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="C434" t="inlineStr"/>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile name</t>
+          <t>QObjectAlias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="G434" t="inlineStr"/>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16313</t>
+          <t>../../src/main.cpp:16373</t>
         </is>
       </c>
       <c r="B435" t="inlineStr">
         <is>
-          <t>Alias for '--log-level trace'.</t>
+          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="C435" t="inlineStr"/>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>QObjectAlias for '--log-level trace'.</t>
+          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="G435" t="inlineStr"/>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16317</t>
+          <t>../../src/main.cpp:16378</t>
         </is>
       </c>
       <c r="B436" t="inlineStr">
         <is>
-          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>level</t>
         </is>
       </c>
       <c r="C436" t="inlineStr"/>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>QObjectlevel</t>
         </is>
       </c>
       <c r="G436" t="inlineStr"/>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16322</t>
+          <t>../../src/main.cpp:16382</t>
         </is>
       </c>
       <c r="B437" t="inlineStr">
         <is>
-          <t>level</t>
+          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="C437" t="inlineStr"/>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>QObjectlevel</t>
+          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="G437" t="inlineStr"/>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16326</t>
+          <t>../../src/main.cpp:16384</t>
         </is>
       </c>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>type</t>
         </is>
       </c>
       <c r="C438" t="inlineStr"/>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>QObjecttype</t>
         </is>
       </c>
       <c r="G438" t="inlineStr"/>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16328</t>
+          <t>../../src/main.cpp:16388</t>
         </is>
       </c>
       <c r="B439" t="inlineStr">
         <is>
-          <t>type</t>
+          <t>Recompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="C439" t="inlineStr"/>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>QObjecttype</t>
+          <t>QObjectRecompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="G439" t="inlineStr"/>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16332</t>
+          <t>../../src/notifications/ManagerMac.cpp:16330</t>
         </is>
       </c>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Recompacts the database which might improve performance.</t>
+          <t>Respond</t>
         </is>
       </c>
       <c r="C440" t="inlineStr"/>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>QObjectRecompacts the database which might improve performance.</t>
+          <t>QObjectRespond</t>
         </is>
       </c>
       <c r="G440" t="inlineStr"/>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16274</t>
+          <t>../../src/notifications/ManagerMac.cpp:16331</t>
         </is>
       </c>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Respond</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="C441" t="inlineStr"/>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>QObjectRespond</t>
+          <t>QObjectSend</t>
         </is>
       </c>
       <c r="G441" t="inlineStr"/>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16275</t>
+          <t>../../src/notifications/ManagerMac.cpp:16332</t>
         </is>
       </c>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Send</t>
-[...2 lines deleted...]
-      <c r="C442" t="inlineStr"/>
+          <t>Write a message…</t>
+        </is>
+      </c>
+      <c r="C442" t="inlineStr">
+        <is>
+          <t>メッセージを書く...</t>
+        </is>
+      </c>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>QObjectSend</t>
+          <t>QObjectWrite a message...</t>
         </is>
       </c>
       <c r="G442" t="inlineStr"/>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16276</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16372</t>
         </is>
       </c>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Write a message…</t>
+          <t>Solve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="C443" t="inlineStr">
         <is>
-          <t>メッセージを書く...</t>
+          <t>reCAPTCHAに解答して、確認ボタンを押して下さい</t>
         </is>
       </c>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>QObjectWrite a message...</t>
+          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="G443" t="inlineStr"/>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16316</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16380</t>
         </is>
       </c>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Solve the reCAPTCHA and press the confirm button</t>
-[...6 lines deleted...]
-      </c>
+          <t>Open reCAPTCHA</t>
+        </is>
+      </c>
+      <c r="C444" t="inlineStr"/>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
+          <t>ReCaptchaDialogOpen reCAPTCHA</t>
         </is>
       </c>
       <c r="G444" t="inlineStr"/>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16324</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16385</t>
         </is>
       </c>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Open reCAPTCHA</t>
-[...2 lines deleted...]
-      <c r="C445" t="inlineStr"/>
+          <t>Cancel</t>
+        </is>
+      </c>
+      <c r="C445" t="inlineStr">
+        <is>
+          <t>キャンセル</t>
+        </is>
+      </c>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogOpen reCAPTCHA</t>
+          <t>ReCaptchaDialogCancel</t>
         </is>
       </c>
       <c r="G445" t="inlineStr"/>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16329</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16390</t>
         </is>
       </c>
       <c r="B446" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Confirm</t>
         </is>
       </c>
       <c r="C446" t="inlineStr">
         <is>
-          <t>キャンセル</t>
+          <t>確認</t>
         </is>
       </c>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogCancel</t>
+          <t>ReCaptchaDialogConfirm</t>
         </is>
       </c>
       <c r="G446" t="inlineStr"/>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16334</t>
+          <t>../qml/dialogs/ReadReceipts.qml:16429</t>
         </is>
       </c>
       <c r="B447" t="inlineStr">
         <is>
-          <t>Confirm</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C447" t="inlineStr">
         <is>
-          <t>確認</t>
+          <t>開封確認</t>
         </is>
       </c>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogConfirm</t>
+          <t>ReadReceiptsRead receipts</t>
         </is>
       </c>
       <c r="G447" t="inlineStr"/>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReadReceipts.qml:16373</t>
+          <t>../../src/ReadReceiptsModel.cpp:16540</t>
         </is>
       </c>
       <c r="B448" t="inlineStr">
         <is>
-          <t>Read receipts</t>
-[...6 lines deleted...]
-      </c>
+          <t>Yesterday, %1</t>
+        </is>
+      </c>
+      <c r="C448" t="inlineStr"/>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>ReadReceiptsRead receipts</t>
+          <t>ReadReceiptsModelYesterday, %1</t>
         </is>
       </c>
       <c r="G448" t="inlineStr"/>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr">
         <is>
-          <t>../../src/ReadReceiptsModel.cpp:16484</t>
+          <t>../../src/RegisterPage.cpp:16623</t>
         </is>
       </c>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Yesterday, %1</t>
-[...2 lines deleted...]
-      <c r="C449" t="inlineStr"/>
+          <t>Autodiscovery failed. Received malformed response.</t>
+        </is>
+      </c>
+      <c r="C449" t="inlineStr">
+        <is>
+          <t>自動検出できませんでした。不正な形式の応答を受信しました。</t>
+        </is>
+      </c>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>ReadReceiptsModelYesterday, %1</t>
-[...2 lines deleted...]
-      <c r="G449" t="inlineStr"/>
+          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
+        </is>
+      </c>
+      <c r="G449" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: 自動検出できませんでした。不正な形式の応答を受信しました。</t>
+        </is>
+      </c>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16567</t>
+          <t>../../src/RegisterPage.cpp:16630</t>
         </is>
       </c>
       <c r="B450" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C450" t="inlineStr">
         <is>
-          <t>自動検出できませんでした。不正な形式の応答を受信しました。</t>
+          <t>自動検出できませんでした。.well-known要求時の不明なエラー。</t>
         </is>
       </c>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
+          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G450" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: 自動検出できませんでした。不正な形式の応答を受信しました。</t>
+          <t>Suggested in Weblate: 自動検出できませんでした。.well-known要求時の不明なエラー。</t>
         </is>
       </c>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16574</t>
+          <t>../../src/RegisterPage.cpp:16655</t>
         </is>
       </c>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="C451" t="inlineStr">
         <is>
-          <t>自動検出できませんでした。.well-known要求時の不明なエラー。</t>
+          <t>必要な端点が見つかりません。Matrixサーバーではないかもしれません。</t>
         </is>
       </c>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G451" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: 自動検出できませんでした。.well-known要求時の不明なエラー。</t>
+          <t>Suggested in Weblate: 必要な端点が見つかりません。Matrixサーバーではないかもしれません。</t>
         </is>
       </c>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16599</t>
+          <t>../../src/RegisterPage.cpp:16662</t>
         </is>
       </c>
       <c r="B452" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C452" t="inlineStr">
         <is>
-          <t>必要な端点が見つかりません。Matrixサーバーではないかもしれません。</t>
+          <t>不正な形式の応答を受信しました。ホームサーバーのドメイン名が有効であるかを確認して下さい。</t>
         </is>
       </c>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G452" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: 必要な端点が見つかりません。Matrixサーバーではないかもしれません。</t>
+          <t>Suggested in Weblate: 不正な形式の応答を受信しました。ホームサーバーのドメイン名が有効であるかを確認して下さい。</t>
         </is>
       </c>
       <c r="H452" t="inlineStr"/>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16606</t>
+          <t>../../src/RegisterPage.cpp:16667</t>
         </is>
       </c>
       <c r="B453" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C453" t="inlineStr">
         <is>
-          <t>不正な形式の応答を受信しました。ホームサーバーのドメイン名が有効であるかを確認して下さい。</t>
+          <t>不明なエラーが発生しました。ホームサーバーのドメイン名が有効であるかを確認して下さい。</t>
         </is>
       </c>
       <c r="D453" t="inlineStr"/>
       <c r="E453" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G453" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: 不正な形式の応答を受信しました。ホームサーバーのドメイン名が有効であるかを確認して下さい。</t>
+          <t>Suggested in Weblate: 不明なエラーが発生しました。ホームサーバーのドメイン名が有効であるかを確認して下さい。</t>
         </is>
       </c>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16611</t>
+          <t>../../src/RegisterPage.cpp:16689</t>
         </is>
       </c>
       <c r="B454" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
-[...6 lines deleted...]
-      </c>
+          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+        </is>
+      </c>
+      <c r="C454" t="inlineStr"/>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
-[...6 lines deleted...]
-      </c>
+          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+        </is>
+      </c>
+      <c r="G454" t="inlineStr"/>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16633</t>
+          <t>../../src/RegisterPage.cpp:16701</t>
         </is>
       </c>
       <c r="B455" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>Server does not support querying registration flows!</t>
         </is>
       </c>
       <c r="C455" t="inlineStr"/>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>RegisterPageServer does not support querying registration flows!</t>
         </is>
       </c>
       <c r="G455" t="inlineStr"/>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16645</t>
+          <t>../../src/RegisterPage.cpp:16706</t>
         </is>
       </c>
       <c r="B456" t="inlineStr">
         <is>
-          <t>Server does not support querying registration flows!</t>
+          <t>Server does not support registration.</t>
         </is>
       </c>
       <c r="C456" t="inlineStr"/>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support querying registration flows!</t>
+          <t>RegisterPageServer does not support registration.</t>
         </is>
       </c>
       <c r="G456" t="inlineStr"/>
       <c r="H456" t="inlineStr"/>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16650</t>
+          <t>../../src/RegisterPage.cpp:16734</t>
         </is>
       </c>
       <c r="B457" t="inlineStr">
         <is>
-          <t>Server does not support registration.</t>
+          <t>Invalid username.</t>
         </is>
       </c>
       <c r="C457" t="inlineStr"/>
       <c r="D457" t="inlineStr"/>
       <c r="E457" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F457" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support registration.</t>
+          <t>RegisterPageInvalid username.</t>
         </is>
       </c>
       <c r="G457" t="inlineStr"/>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16678</t>
+          <t>../../src/RegisterPage.cpp:16736</t>
         </is>
       </c>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Invalid username.</t>
+          <t>Name already in use.</t>
         </is>
       </c>
       <c r="C458" t="inlineStr"/>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>RegisterPageInvalid username.</t>
+          <t>RegisterPageName already in use.</t>
         </is>
       </c>
       <c r="G458" t="inlineStr"/>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16680</t>
+          <t>../../src/RegisterPage.cpp:16738</t>
         </is>
       </c>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Name already in use.</t>
+          <t>Part of the reserved namespace.</t>
         </is>
       </c>
       <c r="C459" t="inlineStr"/>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>RegisterPageName already in use.</t>
+          <t>RegisterPagePart of the reserved namespace.</t>
         </is>
       </c>
       <c r="G459" t="inlineStr"/>
       <c r="H459" t="inlineStr"/>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16682</t>
+          <t>../qml/pages/RegisterPage.qml:16796</t>
         </is>
       </c>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Part of the reserved namespace.</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C460" t="inlineStr"/>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>RegisterPagePart of the reserved namespace.</t>
+          <t>RegisterPageHomeserver</t>
         </is>
       </c>
       <c r="G460" t="inlineStr"/>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16740</t>
+          <t>../qml/pages/RegisterPage.qml:16797</t>
         </is>
       </c>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>your.server</t>
         </is>
       </c>
       <c r="C461" t="inlineStr"/>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>RegisterPageHomeserver</t>
+          <t>RegisterPageyour.server</t>
         </is>
       </c>
       <c r="G461" t="inlineStr"/>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16741</t>
+          <t>../qml/pages/RegisterPage.qml:16800</t>
         </is>
       </c>
       <c r="B462" t="inlineStr">
         <is>
-          <t>your.server</t>
+          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="C462" t="inlineStr"/>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>RegisterPageyour.server</t>
+          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="G462" t="inlineStr"/>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16744</t>
+          <t>../qml/pages/RegisterPage.qml:16833</t>
         </is>
       </c>
       <c r="B463" t="inlineStr">
         <is>
-          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="C463" t="inlineStr"/>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="G463" t="inlineStr"/>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16777</t>
+          <t>../qml/pages/RegisterPage.qml:16954</t>
         </is>
       </c>
       <c r="B464" t="inlineStr">
         <is>
-          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C464" t="inlineStr"/>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>RegisterPageBack</t>
         </is>
       </c>
       <c r="G464" t="inlineStr"/>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16898</t>
+          <t>../qml/pages/RegisterPage.qml:16877</t>
         </is>
       </c>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="C465" t="inlineStr"/>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>RegisterPageBack</t>
+          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="G465" t="inlineStr"/>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16821</t>
+          <t>../qml/pages/RegisterPage.qml:16893</t>
         </is>
       </c>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>Your passwords do not match!</t>
         </is>
       </c>
       <c r="C466" t="inlineStr"/>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>RegisterPageYour passwords do not match!</t>
         </is>
       </c>
       <c r="G466" t="inlineStr"/>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16837</t>
+          <t>../qml/pages/RegisterPage.qml:16901</t>
         </is>
       </c>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Your passwords do not match!</t>
-[...2 lines deleted...]
-      <c r="C467" t="inlineStr"/>
+          <t>Device name</t>
+        </is>
+      </c>
+      <c r="C467" t="inlineStr">
+        <is>
+          <t>デバイス名</t>
+        </is>
+      </c>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>RegisterPageYour passwords do not match!</t>
-[...2 lines deleted...]
-      <c r="G467" t="inlineStr"/>
+          <t>RegisterPageDevice name</t>
+        </is>
+      </c>
+      <c r="G467" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: デバイス名</t>
+        </is>
+      </c>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16845</t>
+          <t>../qml/pages/RegisterPage.qml:16903</t>
         </is>
       </c>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Device name</t>
-[...6 lines deleted...]
-      </c>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+        </is>
+      </c>
+      <c r="C468" t="inlineStr"/>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>RegisterPageDevice name</t>
-[...6 lines deleted...]
-      </c>
+          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+        </is>
+      </c>
+      <c r="G468" t="inlineStr"/>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16847</t>
+          <t>../qml/ReplyPopup.qml:16975</t>
         </is>
       </c>
       <c r="B469" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
-[...2 lines deleted...]
-      <c r="C469" t="inlineStr"/>
+          <t>Close</t>
+        </is>
+      </c>
+      <c r="C469" t="inlineStr">
+        <is>
+          <t>閉じる</t>
+        </is>
+      </c>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>ReplyPopupClose</t>
         </is>
       </c>
       <c r="G469" t="inlineStr"/>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16919</t>
+          <t>../qml/ReplyPopup.qml:16991</t>
         </is>
       </c>
       <c r="B470" t="inlineStr">
         <is>
-          <t>Close</t>
-[...6 lines deleted...]
-      </c>
+          <t>Cancel Edit</t>
+        </is>
+      </c>
+      <c r="C470" t="inlineStr"/>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>ReplyPopupClose</t>
+          <t>ReplyPopupCancel Edit</t>
         </is>
       </c>
       <c r="G470" t="inlineStr"/>
       <c r="H470" t="inlineStr"/>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16935</t>
+          <t>../qml/ReplyPopup.qml:17007</t>
         </is>
       </c>
       <c r="B471" t="inlineStr">
         <is>
-          <t>Cancel Edit</t>
+          <t>Cancel Thread</t>
         </is>
       </c>
       <c r="C471" t="inlineStr"/>
       <c r="D471" t="inlineStr"/>
       <c r="E471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F471" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Edit</t>
+          <t>ReplyPopupCancel Thread</t>
         </is>
       </c>
       <c r="G471" t="inlineStr"/>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16951</t>
+          <t>../qml/dialogs/ReportMessage.qml:17022</t>
         </is>
       </c>
       <c r="B472" t="inlineStr">
         <is>
-          <t>Cancel Thread</t>
+          <t>Report message</t>
         </is>
       </c>
       <c r="C472" t="inlineStr"/>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Thread</t>
+          <t>ReportMessageReport message</t>
         </is>
       </c>
       <c r="G472" t="inlineStr"/>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16966</t>
+          <t>../qml/dialogs/ReportMessage.qml:17037</t>
         </is>
       </c>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Report message</t>
+          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="C473" t="inlineStr"/>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>ReportMessageReport message</t>
+          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="G473" t="inlineStr"/>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16981</t>
+          <t>../qml/dialogs/ReportMessage.qml:17041</t>
         </is>
       </c>
       <c r="B474" t="inlineStr">
         <is>
-          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>Enter your reason for reporting:</t>
         </is>
       </c>
       <c r="C474" t="inlineStr"/>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>ReportMessageEnter your reason for reporting:</t>
         </is>
       </c>
       <c r="G474" t="inlineStr"/>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16985</t>
+          <t>../qml/dialogs/ReportMessage.qml:17051</t>
         </is>
       </c>
       <c r="B475" t="inlineStr">
         <is>
-          <t>Enter your reason for reporting:</t>
+          <t>How bad is the message?</t>
         </is>
       </c>
       <c r="C475" t="inlineStr"/>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>ReportMessageEnter your reason for reporting:</t>
+          <t>ReportMessageHow bad is the message?</t>
         </is>
       </c>
       <c r="G475" t="inlineStr"/>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16995</t>
+          <t>../qml/dialogs/ReportMessage.qml:17069</t>
         </is>
       </c>
       <c r="B476" t="inlineStr">
         <is>
-          <t>How bad is the message?</t>
+          <t>Not bad</t>
         </is>
       </c>
       <c r="C476" t="inlineStr"/>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>ReportMessageHow bad is the message?</t>
+          <t>ReportMessageNot bad</t>
         </is>
       </c>
       <c r="G476" t="inlineStr"/>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17013</t>
+          <t>../qml/dialogs/ReportMessage.qml:17071</t>
         </is>
       </c>
       <c r="B477" t="inlineStr">
         <is>
-          <t>Not bad</t>
+          <t>Mild</t>
         </is>
       </c>
       <c r="C477" t="inlineStr"/>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>ReportMessageNot bad</t>
+          <t>ReportMessageMild</t>
         </is>
       </c>
       <c r="G477" t="inlineStr"/>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17015</t>
+          <t>../qml/dialogs/ReportMessage.qml:17073</t>
         </is>
       </c>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Mild</t>
+          <t>Bad</t>
         </is>
       </c>
       <c r="C478" t="inlineStr"/>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>ReportMessageMild</t>
+          <t>ReportMessageBad</t>
         </is>
       </c>
       <c r="G478" t="inlineStr"/>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17017</t>
+          <t>../qml/dialogs/ReportMessage.qml:17075</t>
         </is>
       </c>
       <c r="B479" t="inlineStr">
         <is>
-          <t>Bad</t>
+          <t>Serious</t>
         </is>
       </c>
       <c r="C479" t="inlineStr"/>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>ReportMessageBad</t>
+          <t>ReportMessageSerious</t>
         </is>
       </c>
       <c r="G479" t="inlineStr"/>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17019</t>
+          <t>../qml/dialogs/ReportMessage.qml:17077</t>
         </is>
       </c>
       <c r="B480" t="inlineStr">
         <is>
-          <t>Serious</t>
+          <t>Extremely serious</t>
         </is>
       </c>
       <c r="C480" t="inlineStr"/>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>ReportMessageSerious</t>
+          <t>ReportMessageExtremely serious</t>
         </is>
       </c>
       <c r="G480" t="inlineStr"/>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17021</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17101</t>
         </is>
       </c>
       <c r="B481" t="inlineStr">
         <is>
-          <t>Extremely serious</t>
+          <t>Explore Public Rooms</t>
         </is>
       </c>
       <c r="C481" t="inlineStr"/>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>ReportMessageExtremely serious</t>
+          <t>RoomDirectoryExplore Public Rooms</t>
         </is>
       </c>
       <c r="G481" t="inlineStr"/>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17045</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Explore Public Rooms</t>
+          <t>Join</t>
         </is>
       </c>
       <c r="C482" t="inlineStr"/>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>RoomDirectoryExplore Public Rooms</t>
+          <t>RoomDirectoryJoin</t>
         </is>
       </c>
       <c r="G482" t="inlineStr"/>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Join</t>
+          <t>Open</t>
         </is>
       </c>
       <c r="C483" t="inlineStr"/>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>RoomDirectoryJoin</t>
+          <t>RoomDirectoryOpen</t>
         </is>
       </c>
       <c r="G483" t="inlineStr"/>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17247</t>
         </is>
       </c>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Open</t>
+          <t>Search for public rooms</t>
         </is>
       </c>
       <c r="C484" t="inlineStr"/>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>RoomDirectoryOpen</t>
+          <t>RoomDirectorySearch for public rooms</t>
         </is>
       </c>
       <c r="G484" t="inlineStr"/>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17191</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17259</t>
         </is>
       </c>
       <c r="B485" t="inlineStr">
         <is>
-          <t>Search for public rooms</t>
+          <t>Choose custom homeserver</t>
         </is>
       </c>
       <c r="C485" t="inlineStr"/>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>RoomDirectorySearch for public rooms</t>
+          <t>RoomDirectoryChoose custom homeserver</t>
         </is>
       </c>
       <c r="G485" t="inlineStr"/>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17203</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17277</t>
         </is>
       </c>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Choose custom homeserver</t>
-[...2 lines deleted...]
-      <c r="C486" t="inlineStr"/>
+          <t>Close</t>
+        </is>
+      </c>
+      <c r="C486" t="inlineStr">
+        <is>
+          <t>閉じる</t>
+        </is>
+      </c>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>RoomDirectoryChoose custom homeserver</t>
+          <t>RoomDirectoryClose</t>
         </is>
       </c>
       <c r="G486" t="inlineStr"/>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17221</t>
+          <t>../qml/RoomList.qml:19404</t>
         </is>
       </c>
       <c r="B487" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Start a new chat</t>
         </is>
       </c>
       <c r="C487" t="inlineStr">
         <is>
-          <t>閉じる</t>
+          <t>新しいチャットを開始</t>
         </is>
       </c>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>RoomDirectoryClose</t>
+          <t>RoomListStart a new chat</t>
         </is>
       </c>
       <c r="G487" t="inlineStr"/>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19350</t>
+          <t>../qml/RoomList.qml:19417</t>
         </is>
       </c>
       <c r="B488" t="inlineStr">
         <is>
-          <t>Start a new chat</t>
+          <t>Join a room</t>
         </is>
       </c>
       <c r="C488" t="inlineStr">
         <is>
-          <t>新しいチャットを開始</t>
+          <t>部屋に参加</t>
         </is>
       </c>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>RoomListStart a new chat</t>
+          <t>RoomListJoin a room</t>
         </is>
       </c>
       <c r="G488" t="inlineStr"/>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19363</t>
+          <t>../qml/RoomList.qml:19422</t>
         </is>
       </c>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Join a room</t>
-[...6 lines deleted...]
-      </c>
+          <t>Create a new room</t>
+        </is>
+      </c>
+      <c r="C489" t="inlineStr"/>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>RoomListJoin a room</t>
+          <t>RoomListCreate a new room</t>
         </is>
       </c>
       <c r="G489" t="inlineStr"/>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19368</t>
+          <t>../qml/RoomList.qml:19431</t>
         </is>
       </c>
       <c r="B490" t="inlineStr">
         <is>
-          <t>Create a new room</t>
+          <t>Start a direct chat</t>
         </is>
       </c>
       <c r="C490" t="inlineStr"/>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>RoomListCreate a new room</t>
+          <t>RoomListStart a direct chat</t>
         </is>
       </c>
       <c r="G490" t="inlineStr"/>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19377</t>
+          <t>../qml/RoomList.qml:19440</t>
         </is>
       </c>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Start a direct chat</t>
+          <t>Create a new community</t>
         </is>
       </c>
       <c r="C491" t="inlineStr"/>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>RoomListStart a direct chat</t>
+          <t>RoomListCreate a new community</t>
         </is>
       </c>
       <c r="G491" t="inlineStr"/>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19386</t>
+          <t>../qml/RoomList.qml:19456</t>
         </is>
       </c>
       <c r="B492" t="inlineStr">
         <is>
-          <t>Create a new community</t>
-[...2 lines deleted...]
-      <c r="C492" t="inlineStr"/>
+          <t>Room directory</t>
+        </is>
+      </c>
+      <c r="C492" t="inlineStr">
+        <is>
+          <t>部屋一覧</t>
+        </is>
+      </c>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>RoomListCreate a new community</t>
+          <t>RoomListRoom directory</t>
         </is>
       </c>
       <c r="G492" t="inlineStr"/>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19402</t>
+          <t>../qml/RoomList.qml:19474</t>
         </is>
       </c>
       <c r="B493" t="inlineStr">
         <is>
-          <t>Room directory</t>
-[...6 lines deleted...]
-      </c>
+          <t>Search rooms (Ctrl+K)</t>
+        </is>
+      </c>
+      <c r="C493" t="inlineStr"/>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>RoomListRoom directory</t>
+          <t>RoomListSearch rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="G493" t="inlineStr"/>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19420</t>
+          <t>../qml/RoomList.qml:19498</t>
         </is>
       </c>
       <c r="B494" t="inlineStr">
         <is>
-          <t>Search rooms (Ctrl+K)</t>
-[...2 lines deleted...]
-      <c r="C494" t="inlineStr"/>
+          <t>User settings</t>
+        </is>
+      </c>
+      <c r="C494" t="inlineStr">
+        <is>
+          <t>ユーザー設定</t>
+        </is>
+      </c>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>RoomListSearch rooms (Ctrl+K)</t>
+          <t>RoomListUser settings</t>
         </is>
       </c>
       <c r="G494" t="inlineStr"/>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19444</t>
+          <t>../qml/RoomList.qml:19592</t>
         </is>
       </c>
       <c r="B495" t="inlineStr">
         <is>
-          <t>User settings</t>
+          <t>Logout</t>
         </is>
       </c>
       <c r="C495" t="inlineStr">
         <is>
-          <t>ユーザー設定</t>
+          <t>ログアウト</t>
         </is>
       </c>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>RoomListUser settings</t>
+          <t>RoomListLogout</t>
         </is>
       </c>
       <c r="G495" t="inlineStr"/>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19538</t>
+          <t>../qml/RoomList.qml:19604</t>
         </is>
       </c>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Logout</t>
-[...6 lines deleted...]
-      </c>
+          <t>Enter your status message:</t>
+        </is>
+      </c>
+      <c r="C496" t="inlineStr"/>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>RoomListLogout</t>
+          <t>RoomListEnter your status message:</t>
         </is>
       </c>
       <c r="G496" t="inlineStr"/>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19550</t>
+          <t>../qml/RoomList.qml:19605</t>
         </is>
       </c>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Enter your status message:</t>
+          <t>Status Message</t>
         </is>
       </c>
       <c r="C497" t="inlineStr"/>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>RoomListEnter your status message:</t>
+          <t>RoomListStatus Message</t>
         </is>
       </c>
       <c r="G497" t="inlineStr"/>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19551</t>
+          <t>../qml/RoomList.qml:19617</t>
         </is>
       </c>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Status Message</t>
+          <t>Profile settings</t>
         </is>
       </c>
       <c r="C498" t="inlineStr"/>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>RoomListStatus Message</t>
+          <t>RoomListProfile settings</t>
         </is>
       </c>
       <c r="G498" t="inlineStr"/>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19563</t>
+          <t>../qml/RoomList.qml:19622</t>
         </is>
       </c>
       <c r="B499" t="inlineStr">
         <is>
-          <t>Profile settings</t>
+          <t>Set status message</t>
         </is>
       </c>
       <c r="C499" t="inlineStr"/>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>RoomListProfile settings</t>
+          <t>RoomListSet status message</t>
         </is>
       </c>
       <c r="G499" t="inlineStr"/>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19568</t>
+          <t>../qml/RoomList.qml:19633</t>
         </is>
       </c>
       <c r="B500" t="inlineStr">
         <is>
-          <t>Set status message</t>
+          <t>Automatic online status</t>
         </is>
       </c>
       <c r="C500" t="inlineStr"/>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>RoomListSet status message</t>
+          <t>RoomListAutomatic online status</t>
         </is>
       </c>
       <c r="G500" t="inlineStr"/>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19579</t>
+          <t>../qml/RoomList.qml:19640</t>
         </is>
       </c>
       <c r="B501" t="inlineStr">
         <is>
-          <t>Automatic online status</t>
+          <t>Online</t>
         </is>
       </c>
       <c r="C501" t="inlineStr"/>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>RoomListAutomatic online status</t>
+          <t>RoomListOnline</t>
         </is>
       </c>
       <c r="G501" t="inlineStr"/>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19586</t>
+          <t>../qml/RoomList.qml:19647</t>
         </is>
       </c>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Online</t>
+          <t>Unavailable</t>
         </is>
       </c>
       <c r="C502" t="inlineStr"/>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>RoomListOnline</t>
+          <t>RoomListUnavailable</t>
         </is>
       </c>
       <c r="G502" t="inlineStr"/>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19593</t>
+          <t>../qml/RoomList.qml:19654</t>
         </is>
       </c>
       <c r="B503" t="inlineStr">
         <is>
-          <t>Unavailable</t>
+          <t>Offline</t>
         </is>
       </c>
       <c r="C503" t="inlineStr"/>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>RoomListUnavailable</t>
+          <t>RoomListOffline</t>
         </is>
       </c>
       <c r="G503" t="inlineStr"/>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19600</t>
+          <t>../qml/RoomList.qml:19708</t>
         </is>
       </c>
       <c r="B504" t="inlineStr">
         <is>
-          <t>Offline</t>
+          <t>Encryption not set up</t>
         </is>
       </c>
       <c r="C504" t="inlineStr"/>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>RoomListOffline</t>
+          <t>RoomListEncryption not set up</t>
         </is>
       </c>
       <c r="G504" t="inlineStr"/>
-      <c r="H504" t="inlineStr"/>
+      <c r="H504" t="inlineStr">
+        <is>
+          <t>Cross-signing setup has not run yet.</t>
+        </is>
+      </c>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19654</t>
+          <t>../qml/RoomList.qml:19711</t>
         </is>
       </c>
       <c r="B505" t="inlineStr">
         <is>
-          <t>Encryption not set up</t>
+          <t>Unverified login</t>
         </is>
       </c>
       <c r="C505" t="inlineStr"/>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>RoomListEncryption not set up</t>
+          <t>RoomListUnverified login</t>
         </is>
       </c>
       <c r="G505" t="inlineStr"/>
       <c r="H505" t="inlineStr">
         <is>
-          <t>Cross-signing setup has not run yet.</t>
+          <t>The user just signed in with this device and hasn't verified their master key.</t>
         </is>
       </c>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19657</t>
+          <t>../qml/RoomList.qml:19714</t>
         </is>
       </c>
       <c r="B506" t="inlineStr">
         <is>
-          <t>Unverified login</t>
+          <t>Please verify your other devices</t>
         </is>
       </c>
       <c r="C506" t="inlineStr"/>
       <c r="D506" t="inlineStr"/>
       <c r="E506" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F506" t="inlineStr">
         <is>
-          <t>RoomListUnverified login</t>
+          <t>RoomListPlease verify your other devices</t>
         </is>
       </c>
       <c r="G506" t="inlineStr"/>
       <c r="H506" t="inlineStr">
         <is>
-          <t>The user just signed in with this device and hasn't verified their master key.</t>
+          <t>There are unverified devices signed in to this account.</t>
         </is>
       </c>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19660</t>
+          <t>../qml/RoomList.qml:19728</t>
         </is>
       </c>
       <c r="B507" t="inlineStr">
         <is>
-          <t>Please verify your other devices</t>
-[...2 lines deleted...]
-      <c r="C507" t="inlineStr"/>
+          <t>Close</t>
+        </is>
+      </c>
+      <c r="C507" t="inlineStr">
+        <is>
+          <t>閉じる</t>
+        </is>
+      </c>
       <c r="D507" t="inlineStr"/>
       <c r="E507" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F507" t="inlineStr">
         <is>
-          <t>RoomListPlease verify your other devices</t>
+          <t>RoomListClose</t>
         </is>
       </c>
       <c r="G507" t="inlineStr"/>
-      <c r="H507" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H507" t="inlineStr"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19674</t>
+          <t>../qml/RoomList.qml:20107</t>
         </is>
       </c>
       <c r="B508" t="inlineStr">
         <is>
-          <t>Close</t>
-[...6 lines deleted...]
-      </c>
+          <t>Enter the tag you want to use:</t>
+        </is>
+      </c>
+      <c r="C508" t="inlineStr"/>
       <c r="D508" t="inlineStr"/>
       <c r="E508" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F508" t="inlineStr">
         <is>
-          <t>RoomListClose</t>
+          <t>RoomListEnter the tag you want to use:</t>
         </is>
       </c>
       <c r="G508" t="inlineStr"/>
       <c r="H508" t="inlineStr"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20053</t>
+          <t>../qml/RoomList.qml:20108</t>
         </is>
       </c>
       <c r="B509" t="inlineStr">
         <is>
-          <t>Enter the tag you want to use:</t>
+          <t>New tag</t>
         </is>
       </c>
       <c r="C509" t="inlineStr"/>
       <c r="D509" t="inlineStr"/>
       <c r="E509" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F509" t="inlineStr">
         <is>
-          <t>RoomListEnter the tag you want to use:</t>
+          <t>RoomListNew tag</t>
         </is>
       </c>
       <c r="G509" t="inlineStr"/>
       <c r="H509" t="inlineStr"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20054</t>
+          <t>../qml/RoomList.qml:20115</t>
         </is>
       </c>
       <c r="B510" t="inlineStr">
         <is>
-          <t>New tag</t>
+          <t>Open separately</t>
         </is>
       </c>
       <c r="C510" t="inlineStr"/>
       <c r="D510" t="inlineStr"/>
       <c r="E510" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F510" t="inlineStr">
         <is>
-          <t>RoomListNew tag</t>
+          <t>RoomListOpen separately</t>
         </is>
       </c>
       <c r="G510" t="inlineStr"/>
       <c r="H510" t="inlineStr"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20061</t>
+          <t>../qml/RoomList.qml:20127</t>
         </is>
       </c>
       <c r="B511" t="inlineStr">
         <is>
-          <t>Open separately</t>
+          <t>Mark as read</t>
         </is>
       </c>
       <c r="C511" t="inlineStr"/>
       <c r="D511" t="inlineStr"/>
       <c r="E511" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F511" t="inlineStr">
         <is>
-          <t>RoomListOpen separately</t>
+          <t>RoomListMark as read</t>
         </is>
       </c>
       <c r="G511" t="inlineStr"/>
       <c r="H511" t="inlineStr"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20073</t>
+          <t>../qml/RoomList.qml:20132</t>
         </is>
       </c>
       <c r="B512" t="inlineStr">
         <is>
-          <t>Mark as read</t>
+          <t>Room settings</t>
         </is>
       </c>
       <c r="C512" t="inlineStr"/>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>RoomListMark as read</t>
+          <t>RoomListRoom settings</t>
         </is>
       </c>
       <c r="G512" t="inlineStr"/>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20078</t>
+          <t>../qml/RoomList.qml:20137</t>
         </is>
       </c>
       <c r="B513" t="inlineStr">
         <is>
-          <t>Room settings</t>
-[...2 lines deleted...]
-      <c r="C513" t="inlineStr"/>
+          <t>Leave room</t>
+        </is>
+      </c>
+      <c r="C513" t="inlineStr">
+        <is>
+          <t>部屋を出る</t>
+        </is>
+      </c>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>RoomListRoom settings</t>
+          <t>RoomListLeave room</t>
         </is>
       </c>
       <c r="G513" t="inlineStr"/>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20083</t>
+          <t>../qml/RoomList.qml:20142</t>
         </is>
       </c>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Leave room</t>
-[...6 lines deleted...]
-      </c>
+          <t>Copy room link</t>
+        </is>
+      </c>
+      <c r="C514" t="inlineStr"/>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>RoomListLeave room</t>
+          <t>RoomListCopy room link</t>
         </is>
       </c>
       <c r="G514" t="inlineStr"/>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20088</t>
+          <t>../qml/RoomList.qml:20149</t>
         </is>
       </c>
       <c r="B515" t="inlineStr">
         <is>
-          <t>Copy room link</t>
+          <t>Tag room as:</t>
         </is>
       </c>
       <c r="C515" t="inlineStr"/>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>RoomListCopy room link</t>
+          <t>RoomListTag room as:</t>
         </is>
       </c>
       <c r="G515" t="inlineStr"/>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20095</t>
+          <t>../qml/RoomList.qml:20162</t>
         </is>
       </c>
       <c r="B516" t="inlineStr">
         <is>
-          <t>Tag room as:</t>
+          <t>Favourite</t>
         </is>
       </c>
       <c r="C516" t="inlineStr"/>
       <c r="D516" t="inlineStr"/>
       <c r="E516" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F516" t="inlineStr">
         <is>
-          <t>RoomListTag room as:</t>
+          <t>RoomListFavourite</t>
         </is>
       </c>
       <c r="G516" t="inlineStr"/>
       <c r="H516" t="inlineStr"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20108</t>
+          <t>../qml/RoomList.qml:20164</t>
         </is>
       </c>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Favourite</t>
+          <t>Low priority</t>
         </is>
       </c>
       <c r="C517" t="inlineStr"/>
       <c r="D517" t="inlineStr"/>
       <c r="E517" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F517" t="inlineStr">
         <is>
-          <t>RoomListFavourite</t>
+          <t>RoomListLow priority</t>
         </is>
       </c>
       <c r="G517" t="inlineStr"/>
       <c r="H517" t="inlineStr"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20110</t>
+          <t>../qml/RoomList.qml:20166</t>
         </is>
       </c>
       <c r="B518" t="inlineStr">
         <is>
-          <t>Low priority</t>
+          <t>Server notice</t>
         </is>
       </c>
       <c r="C518" t="inlineStr"/>
       <c r="D518" t="inlineStr"/>
       <c r="E518" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F518" t="inlineStr">
         <is>
-          <t>RoomListLow priority</t>
+          <t>RoomListServer notice</t>
         </is>
       </c>
       <c r="G518" t="inlineStr"/>
       <c r="H518" t="inlineStr"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20112</t>
+          <t>../qml/RoomList.qml:20179</t>
         </is>
       </c>
       <c r="B519" t="inlineStr">
         <is>
-          <t>Server notice</t>
+          <t>Create new tag…</t>
         </is>
       </c>
       <c r="C519" t="inlineStr"/>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>RoomListServer notice</t>
+          <t>RoomListCreate new tag...</t>
         </is>
       </c>
       <c r="G519" t="inlineStr"/>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20125</t>
+          <t>../qml/dialogs/RoomMembers.qml:20199</t>
         </is>
       </c>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Create new tag…</t>
+          <t>Members of %1</t>
         </is>
       </c>
       <c r="C520" t="inlineStr"/>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>RoomListCreate new tag...</t>
+          <t>RoomMembersMembers of %1</t>
         </is>
       </c>
       <c r="G520" t="inlineStr"/>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20145</t>
+          <t>../qml/dialogs/RoomMembers.qml:20231</t>
         </is>
       </c>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Members of %1</t>
+          <t>%n person in %1</t>
         </is>
       </c>
       <c r="C521" t="inlineStr"/>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>RoomMembersMembers of %1</t>
+          <t>RoomMembers
+Summary above list of members%n people in %1</t>
         </is>
       </c>
       <c r="G521" t="inlineStr"/>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20177</t>
+          <t>../qml/dialogs/RoomMembers.qml:20241</t>
         </is>
       </c>
       <c r="B522" t="inlineStr">
         <is>
-          <t>%n person in %1</t>
+          <t>Invite more people</t>
         </is>
       </c>
       <c r="C522" t="inlineStr"/>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>RoomMembers
-Summary above list of members%n people in %1</t>
+          <t>RoomMembersInvite more people</t>
         </is>
       </c>
       <c r="G522" t="inlineStr"/>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20187</t>
+          <t>../qml/dialogs/RoomMembers.qml:20249</t>
         </is>
       </c>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Invite more people</t>
+          <t>Search...</t>
         </is>
       </c>
       <c r="C523" t="inlineStr"/>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>RoomMembersInvite more people</t>
+          <t>RoomMembersSearch...</t>
         </is>
       </c>
       <c r="G523" t="inlineStr"/>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20195</t>
+          <t>../qml/dialogs/RoomMembers.qml:20259</t>
         </is>
       </c>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Search...</t>
+          <t xml:space="preserve">Sort by: </t>
         </is>
       </c>
       <c r="C524" t="inlineStr"/>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>RoomMembersSearch...</t>
+          <t xml:space="preserve">RoomMembersSort by: </t>
         </is>
       </c>
       <c r="G524" t="inlineStr"/>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20205</t>
+          <t>../qml/dialogs/RoomMembers.qml:20265</t>
         </is>
       </c>
       <c r="B525" t="inlineStr">
         <is>
-          <t xml:space="preserve">Sort by: </t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C525" t="inlineStr"/>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t xml:space="preserve">RoomMembersSort by: </t>
+          <t>RoomMembersUser ID</t>
         </is>
       </c>
       <c r="G525" t="inlineStr"/>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20211</t>
+          <t>../qml/dialogs/RoomMembers.qml:20266</t>
         </is>
       </c>
       <c r="B526" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Display name</t>
         </is>
       </c>
       <c r="C526" t="inlineStr"/>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>RoomMembersUser ID</t>
+          <t>RoomMembersDisplay name</t>
         </is>
       </c>
       <c r="G526" t="inlineStr"/>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20212</t>
+          <t>../qml/dialogs/RoomMembers.qml:20267</t>
         </is>
       </c>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Display name</t>
+          <t>Power level</t>
         </is>
       </c>
       <c r="C527" t="inlineStr"/>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>RoomMembersDisplay name</t>
+          <t>RoomMembersPower level</t>
         </is>
       </c>
       <c r="G527" t="inlineStr"/>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20213</t>
+          <t>../qml/dialogs/RoomMembers.qml:20365</t>
         </is>
       </c>
       <c r="B528" t="inlineStr">
         <is>
-          <t>Power level</t>
+          <t>This room is not encrypted!</t>
         </is>
       </c>
       <c r="C528" t="inlineStr"/>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>RoomMembersPower level</t>
+          <t>RoomMembersThis room is not encrypted!</t>
         </is>
       </c>
       <c r="G528" t="inlineStr"/>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20311</t>
+          <t>../qml/dialogs/RoomMembers.qml:20369</t>
         </is>
       </c>
       <c r="B529" t="inlineStr">
         <is>
-          <t>This room is not encrypted!</t>
+          <t>This user is verified.</t>
         </is>
       </c>
       <c r="C529" t="inlineStr"/>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>RoomMembersThis room is not encrypted!</t>
+          <t>RoomMembersThis user is verified.</t>
         </is>
       </c>
       <c r="G529" t="inlineStr"/>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20315</t>
+          <t>../qml/dialogs/RoomMembers.qml:20371</t>
         </is>
       </c>
       <c r="B530" t="inlineStr">
         <is>
-          <t>This user is verified.</t>
+          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="C530" t="inlineStr"/>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>RoomMembersThis user is verified.</t>
+          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="G530" t="inlineStr"/>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20317</t>
+          <t>../qml/dialogs/RoomMembers.qml:20373</t>
         </is>
       </c>
       <c r="B531" t="inlineStr">
         <is>
-          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
+          <t>This user has unverified devices!</t>
         </is>
       </c>
       <c r="C531" t="inlineStr"/>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
+          <t>RoomMembersThis user has unverified devices!</t>
         </is>
       </c>
       <c r="G531" t="inlineStr"/>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20319</t>
+          <t>../../src/ui/RoomSettings.cpp:20617</t>
         </is>
       </c>
       <c r="B532" t="inlineStr">
         <is>
-          <t>This user has unverified devices!</t>
-[...2 lines deleted...]
-      <c r="C532" t="inlineStr"/>
+          <t>Failed to enable encryption: %1</t>
+        </is>
+      </c>
+      <c r="C532" t="inlineStr">
+        <is>
+          <t>暗号化を有効にできませんでした: %1</t>
+        </is>
+      </c>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>RoomMembersThis user has unverified devices!</t>
+          <t>RoomSettingsFailed to enable encryption: %1</t>
         </is>
       </c>
       <c r="G532" t="inlineStr"/>
       <c r="H532" t="inlineStr"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20563</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B533" t="inlineStr">
         <is>
-          <t>Failed to enable encryption: %1</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C533" t="inlineStr">
         <is>
-          <t>暗号化を有効にできませんでした: %1</t>
+          <t>アバターを選択</t>
         </is>
       </c>
       <c r="D533" t="inlineStr"/>
       <c r="E533" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F533" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to enable encryption: %1</t>
+          <t>RoomSettingsSelect an avatar</t>
         </is>
       </c>
       <c r="G533" t="inlineStr"/>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B534" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C534" t="inlineStr">
         <is>
-          <t>アバターを選択</t>
+          <t>全てのファイル (*)</t>
         </is>
       </c>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>RoomSettingsSelect an avatar</t>
-[...2 lines deleted...]
-      <c r="G534" t="inlineStr"/>
+          <t>RoomSettingsAll Files (*)</t>
+        </is>
+      </c>
+      <c r="G534" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: 全てのファイル (*)</t>
+        </is>
+      </c>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../../src/ui/RoomSettings.cpp:21033</t>
         </is>
       </c>
       <c r="B535" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C535" t="inlineStr">
         <is>
-          <t>全てのファイル (*)</t>
+          <t>選択したファイルは画像ではありません</t>
         </is>
       </c>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>RoomSettingsAll Files (*)</t>
+          <t>RoomSettingsThe selected file is not an image</t>
         </is>
       </c>
       <c r="G535" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: 全てのファイル (*)</t>
+          <t>Suggested in Weblate: 選択したファイルは画像ではありません</t>
         </is>
       </c>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20979</t>
+          <t>../../src/ui/RoomSettings.cpp:21038</t>
         </is>
       </c>
       <c r="B536" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C536" t="inlineStr">
         <is>
-          <t>選択したファイルは画像ではありません</t>
+          <t>ファイルの読み込み時にエラーが発生しました: %1</t>
         </is>
       </c>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>RoomSettingsThe selected file is not an image</t>
+          <t>RoomSettingsError while reading file: %1</t>
         </is>
       </c>
       <c r="G536" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: 選択したファイルは画像ではありません</t>
+          <t>Suggested in Weblate: ファイルの読み込み時にエラーが発生しました: %1</t>
         </is>
       </c>
       <c r="H536" t="inlineStr"/>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20984</t>
+          <t>../../src/ui/RoomSettings.cpp:21089</t>
         </is>
       </c>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
+          <t>Failed to upload image: %s</t>
         </is>
       </c>
       <c r="C537" t="inlineStr">
         <is>
-          <t>ファイルの読み込み時にエラーが発生しました: %1</t>
+          <t>画像をアップロードできませんでした: %s</t>
         </is>
       </c>
       <c r="D537" t="inlineStr"/>
       <c r="E537" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F537" t="inlineStr">
         <is>
-          <t>RoomSettingsError while reading file: %1</t>
+          <t>RoomSettingsFailed to upload image: %s</t>
         </is>
       </c>
       <c r="G537" t="inlineStr">
         <is>
-          <t>Suggested in Weblate: ファイルの読み込み時にエラーが発生しました: %1</t>
+          <t>Suggested in Weblate: 画像をアップロードできませんでした: %s</t>
         </is>
       </c>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:21035</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21116</t>
         </is>
       </c>
       <c r="B538" t="inlineStr">
         <is>
-          <t>Failed to upload image: %s</t>
-[...6 lines deleted...]
-      </c>
+          <t>Room Settings</t>
+        </is>
+      </c>
+      <c r="C538" t="inlineStr"/>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to upload image: %s</t>
-[...6 lines deleted...]
-      </c>
+          <t>RoomSettingsDialogRoom Settings</t>
+        </is>
+      </c>
+      <c r="G538" t="inlineStr"/>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21062</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21151</t>
         </is>
       </c>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Room Settings</t>
+          <t>Change room avatar.</t>
         </is>
       </c>
       <c r="C539" t="inlineStr"/>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Settings</t>
+          <t>RoomSettingsDialogChange room avatar.</t>
         </is>
       </c>
       <c r="G539" t="inlineStr"/>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21097</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21248</t>
         </is>
       </c>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Change room avatar.</t>
+          <t>Change name of this room</t>
         </is>
       </c>
       <c r="C540" t="inlineStr"/>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange room avatar.</t>
+          <t>RoomSettingsDialogChange name of this room</t>
         </is>
       </c>
       <c r="G540" t="inlineStr"/>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21194</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21271</t>
         </is>
       </c>
       <c r="B541" t="inlineStr">
         <is>
-          <t>Change name of this room</t>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="C541" t="inlineStr"/>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange name of this room</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="G541" t="inlineStr"/>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21217</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21282</t>
         </is>
       </c>
       <c r="B542" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+          <t>%n member</t>
         </is>
       </c>
       <c r="C542" t="inlineStr"/>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+          <t>RoomSettingsDialog%n member(s)</t>
         </is>
       </c>
       <c r="G542" t="inlineStr"/>
       <c r="H542" t="inlineStr"/>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21228</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21290</t>
         </is>
       </c>
       <c r="B543" t="inlineStr">
         <is>
-          <t>%n member</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C543" t="inlineStr"/>
       <c r="D543" t="inlineStr"/>
       <c r="E543" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F543" t="inlineStr">
         <is>
-          <t>RoomSettingsDialog%n member(s)</t>
+          <t>RoomSettingsDialogView members of %1</t>
         </is>
       </c>
       <c r="G543" t="inlineStr"/>
       <c r="H543" t="inlineStr"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21236</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21314</t>
         </is>
       </c>
       <c r="B544" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>No topic set</t>
         </is>
       </c>
       <c r="C544" t="inlineStr"/>
       <c r="D544" t="inlineStr"/>
       <c r="E544" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F544" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView members of %1</t>
+          <t>RoomSettingsDialogNo topic set</t>
         </is>
       </c>
       <c r="G544" t="inlineStr"/>
       <c r="H544" t="inlineStr"/>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21260</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21338</t>
         </is>
       </c>
       <c r="B545" t="inlineStr">
         <is>
-          <t>No topic set</t>
+          <t>Change topic of this room</t>
         </is>
       </c>
       <c r="C545" t="inlineStr"/>
       <c r="D545" t="inlineStr"/>
       <c r="E545" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F545" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNo topic set</t>
+          <t>RoomSettingsDialogChange topic of this room</t>
         </is>
       </c>
       <c r="G545" t="inlineStr"/>
       <c r="H545" t="inlineStr"/>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21284</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21362</t>
         </is>
       </c>
       <c r="B546" t="inlineStr">
         <is>
-          <t>Change topic of this room</t>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="C546" t="inlineStr"/>
       <c r="D546" t="inlineStr"/>
       <c r="E546" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F546" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange topic of this room</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="G546" t="inlineStr"/>
       <c r="H546" t="inlineStr"/>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21308</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21381</t>
         </is>
       </c>
       <c r="B547" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C547" t="inlineStr"/>
       <c r="D547" t="inlineStr"/>
       <c r="E547" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F547" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+          <t>RoomSettingsDialogNOTIFICATIONS</t>
         </is>
       </c>
       <c r="G547" t="inlineStr"/>
       <c r="H547" t="inlineStr"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21327</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21390</t>
         </is>
       </c>
       <c r="B548" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="C548" t="inlineStr"/>
       <c r="D548" t="inlineStr"/>
       <c r="E548" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F548" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNOTIFICATIONS</t>
+          <t>RoomSettingsDialogNotifications</t>
         </is>
       </c>
       <c r="G548" t="inlineStr"/>
       <c r="H548" t="inlineStr"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21336</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B549" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Muted</t>
         </is>
       </c>
       <c r="C549" t="inlineStr"/>
       <c r="D549" t="inlineStr"/>
       <c r="E549" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F549" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNotifications</t>
+          <t>RoomSettingsDialogMuted</t>
         </is>
       </c>
       <c r="G549" t="inlineStr"/>
       <c r="H549" t="inlineStr"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B550" t="inlineStr">
         <is>
-          <t>Muted</t>
+          <t>Mentions only</t>
         </is>
       </c>
       <c r="C550" t="inlineStr"/>
       <c r="D550" t="inlineStr"/>
       <c r="E550" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F550" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMuted</t>
+          <t>RoomSettingsDialogMentions only</t>
         </is>
       </c>
       <c r="G550" t="inlineStr"/>
       <c r="H550" t="inlineStr"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Mentions only</t>
+          <t>All messages</t>
         </is>
       </c>
       <c r="C551" t="inlineStr"/>
       <c r="D551" t="inlineStr"/>
       <c r="E551" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F551" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMentions only</t>
+          <t>RoomSettingsDialogAll messages</t>
         </is>
       </c>
       <c r="G551" t="inlineStr"/>
       <c r="H551" t="inlineStr"/>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21409</t>
         </is>
       </c>
       <c r="B552" t="inlineStr">
         <is>
-          <t>All messages</t>
+          <t>ENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="C552" t="inlineStr"/>
       <c r="D552" t="inlineStr"/>
       <c r="E552" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F552" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAll messages</t>
+          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="G552" t="inlineStr"/>
       <c r="H552" t="inlineStr"/>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21352</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21418</t>
         </is>
       </c>
       <c r="B553" t="inlineStr">
         <is>
-          <t>ENTRY PERMISSIONS</t>
+          <t>Anyone can join</t>
         </is>
       </c>
       <c r="C553" t="inlineStr"/>
       <c r="D553" t="inlineStr"/>
       <c r="E553" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F553" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
+          <t>RoomSettingsDialogAnyone can join</t>
         </is>
       </c>
       <c r="G553" t="inlineStr"/>
       <c r="H553" t="inlineStr"/>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21361</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
         </is>
       </c>
       <c r="B554" t="inlineStr">
         <is>
-          <t>Anyone can join</t>
+          <t>Allow knocking</t>
         </is>
       </c>
       <c r="C554" t="inlineStr"/>
       <c r="D554" t="inlineStr"/>
       <c r="E554" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F554" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAnyone can join</t>
+          <t>RoomSettingsDialogAllow knocking</t>
         </is>
       </c>
       <c r="G554" t="inlineStr"/>
       <c r="H554" t="inlineStr"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21375</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21451</t>
         </is>
       </c>
       <c r="B555" t="inlineStr">
         <is>
-          <t>Allow knocking</t>
+          <t>Allow joining via other rooms</t>
         </is>
       </c>
       <c r="C555" t="inlineStr"/>
       <c r="D555" t="inlineStr"/>
       <c r="E555" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F555" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow knocking</t>
+          <t>RoomSettingsDialogAllow joining via other rooms</t>
         </is>
       </c>
       <c r="G555" t="inlineStr"/>
       <c r="H555" t="inlineStr"/>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21394</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21470</t>
         </is>
       </c>
       <c r="B556" t="inlineStr">
         <is>
-          <t>Allow joining via other rooms</t>
+          <t>Rooms to join via</t>
         </is>
       </c>
       <c r="C556" t="inlineStr"/>
       <c r="D556" t="inlineStr"/>
       <c r="E556" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F556" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow joining via other rooms</t>
+          <t>RoomSettingsDialogRooms to join via</t>
         </is>
       </c>
       <c r="G556" t="inlineStr"/>
       <c r="H556" t="inlineStr"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21413</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21724</t>
         </is>
       </c>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Rooms to join via</t>
+          <t>Change</t>
         </is>
       </c>
       <c r="C557" t="inlineStr"/>
       <c r="D557" t="inlineStr"/>
       <c r="E557" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F557" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRooms to join via</t>
+          <t>RoomSettingsDialogChange</t>
         </is>
       </c>
       <c r="G557" t="inlineStr"/>
       <c r="H557" t="inlineStr"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21667</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21483</t>
         </is>
       </c>
       <c r="B558" t="inlineStr">
         <is>
-          <t>Change</t>
+          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="C558" t="inlineStr"/>
       <c r="D558" t="inlineStr"/>
       <c r="E558" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F558" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange</t>
+          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="G558" t="inlineStr"/>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21426</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21489</t>
         </is>
       </c>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>Allow guests to join</t>
         </is>
       </c>
       <c r="C559" t="inlineStr"/>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>RoomSettingsDialogAllow guests to join</t>
         </is>
       </c>
       <c r="G559" t="inlineStr"/>
       <c r="H559" t="inlineStr"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21506</t>
         </is>
       </c>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Allow guests to join</t>
+          <t>Apply access rules</t>
         </is>
       </c>
       <c r="C560" t="inlineStr"/>
       <c r="D560" t="inlineStr"/>
       <c r="E560" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F560" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow guests to join</t>
+          <t>RoomSettingsDialogApply access rules</t>
         </is>
       </c>
       <c r="G560" t="inlineStr"/>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21449</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21513</t>
         </is>
       </c>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Apply access rules</t>
+          <t>MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C561" t="inlineStr"/>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply access rules</t>
+          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G561" t="inlineStr"/>
       <c r="H561" t="inlineStr"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21456</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21522</t>
         </is>
       </c>
       <c r="B562" t="inlineStr">
         <is>
-          <t>MESSAGE VISIBILITY</t>
+          <t>Allow viewing history without joining</t>
         </is>
       </c>
       <c r="C562" t="inlineStr"/>
       <c r="D562" t="inlineStr"/>
       <c r="E562" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F562" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
+          <t>RoomSettingsDialogAllow viewing history without joining</t>
         </is>
       </c>
       <c r="G562" t="inlineStr"/>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21465</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21525</t>
         </is>
       </c>
       <c r="B563" t="inlineStr">
         <is>
-          <t>Allow viewing history without joining</t>
+          <t>This is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="C563" t="inlineStr"/>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow viewing history without joining</t>
+          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="G563" t="inlineStr"/>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21468</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21545</t>
         </is>
       </c>
       <c r="B564" t="inlineStr">
         <is>
-          <t>This is useful to see previews of the room or view it on public websites.</t>
+          <t>Members can see messages since</t>
         </is>
       </c>
       <c r="C564" t="inlineStr"/>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
+          <t>RoomSettingsDialogMembers can see messages since</t>
         </is>
       </c>
       <c r="G564" t="inlineStr"/>
       <c r="H564" t="inlineStr"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21488</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21549</t>
         </is>
       </c>
       <c r="B565" t="inlineStr">
         <is>
-          <t>Members can see messages since</t>
+          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="C565" t="inlineStr"/>
       <c r="D565" t="inlineStr"/>
       <c r="E565" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F565" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can see messages since</t>
+          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="G565" t="inlineStr"/>
       <c r="H565" t="inlineStr"/>
     </row>
     <row r="566">
       <c r="A566" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21492</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21568</t>
         </is>
       </c>
       <c r="B566" t="inlineStr">
         <is>
-          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>Everything</t>
         </is>
       </c>
       <c r="C566" t="inlineStr"/>
       <c r="D566" t="inlineStr"/>
       <c r="E566" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F566" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>RoomSettingsDialogEverything</t>
         </is>
       </c>
       <c r="G566" t="inlineStr"/>
       <c r="H566" t="inlineStr"/>
     </row>
     <row r="567">
       <c r="A567" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21511</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21569</t>
         </is>
       </c>
       <c r="B567" t="inlineStr">
         <is>
-          <t>Everything</t>
+          <t>As long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="C567" t="inlineStr"/>
       <c r="D567" t="inlineStr"/>
       <c r="E567" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F567" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEverything</t>
+          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="G567" t="inlineStr"/>
       <c r="H567" t="inlineStr"/>
     </row>
     <row r="568">
       <c r="A568" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21512</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21576</t>
         </is>
       </c>
       <c r="B568" t="inlineStr">
         <is>
-          <t>As long as the user joined, they can see all previous messages.</t>
+          <t>They got invited</t>
         </is>
       </c>
       <c r="C568" t="inlineStr"/>
       <c r="D568" t="inlineStr"/>
       <c r="E568" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F568" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
+          <t>RoomSettingsDialogThey got invited</t>
         </is>
       </c>
       <c r="G568" t="inlineStr"/>
       <c r="H568" t="inlineStr"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21519</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21577</t>
         </is>
       </c>
       <c r="B569" t="inlineStr">
         <is>
-          <t>They got invited</t>
+          <t>Members can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="C569" t="inlineStr"/>
       <c r="D569" t="inlineStr"/>
       <c r="E569" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F569" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey got invited</t>
+          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="G569" t="inlineStr"/>
       <c r="H569" t="inlineStr"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21520</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
         </is>
       </c>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Members can only see messages from when they got invited going forward.</t>
+          <t>They joined</t>
         </is>
       </c>
       <c r="C570" t="inlineStr"/>
       <c r="D570" t="inlineStr"/>
       <c r="E570" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F570" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
+          <t>RoomSettingsDialogThey joined</t>
         </is>
       </c>
       <c r="G570" t="inlineStr"/>
       <c r="H570" t="inlineStr"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21527</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21585</t>
         </is>
       </c>
       <c r="B571" t="inlineStr">
         <is>
-          <t>They joined</t>
+          <t>Members can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="C571" t="inlineStr"/>
       <c r="D571" t="inlineStr"/>
       <c r="E571" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F571" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey joined</t>
+          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="G571" t="inlineStr"/>
       <c r="H571" t="inlineStr"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21528</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21595</t>
         </is>
       </c>
       <c r="B572" t="inlineStr">
         <is>
-          <t>Members can only see messages since after they joined.</t>
+          <t>Apply visibility changes</t>
         </is>
       </c>
       <c r="C572" t="inlineStr"/>
       <c r="D572" t="inlineStr"/>
       <c r="E572" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F572" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
+          <t>RoomSettingsDialogApply visibility changes</t>
         </is>
       </c>
       <c r="G572" t="inlineStr"/>
       <c r="H572" t="inlineStr"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21538</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21611</t>
         </is>
       </c>
       <c r="B573" t="inlineStr">
         <is>
-          <t>Apply visibility changes</t>
+          <t>Locally hidden events</t>
         </is>
       </c>
       <c r="C573" t="inlineStr"/>
       <c r="D573" t="inlineStr"/>
       <c r="E573" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F573" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply visibility changes</t>
+          <t>RoomSettingsDialogLocally hidden events</t>
         </is>
       </c>
       <c r="G573" t="inlineStr"/>
       <c r="H573" t="inlineStr"/>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21554</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21712</t>
         </is>
       </c>
       <c r="B574" t="inlineStr">
         <is>
-          <t>Locally hidden events</t>
+          <t>Configure</t>
         </is>
       </c>
       <c r="C574" t="inlineStr"/>
       <c r="D574" t="inlineStr"/>
       <c r="E574" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F574" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogLocally hidden events</t>
+          <t>RoomSettingsDialogConfigure</t>
         </is>
       </c>
       <c r="G574" t="inlineStr"/>
       <c r="H574" t="inlineStr"/>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21655</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21623</t>
         </is>
       </c>
       <c r="B575" t="inlineStr">
         <is>
-          <t>Configure</t>
+          <t>Select events to hide in this room</t>
         </is>
       </c>
       <c r="C575" t="inlineStr"/>
       <c r="D575" t="inlineStr"/>
       <c r="E575" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F575" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogConfigure</t>
+          <t>RoomSettingsDialogSelect events to hide in this room</t>
         </is>
       </c>
       <c r="G575" t="inlineStr"/>
       <c r="H575" t="inlineStr"/>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21566</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21629</t>
         </is>
       </c>
       <c r="B576" t="inlineStr">
         <is>
-          <t>Select events to hide in this room</t>
+          <t>Automatic event deletion</t>
         </is>
       </c>
       <c r="C576" t="inlineStr"/>
       <c r="D576" t="inlineStr"/>
       <c r="E576" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F576" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect events to hide in this room</t>
+          <t>RoomSettingsDialogAutomatic event deletion</t>
         </is>
       </c>
       <c r="G576" t="inlineStr"/>
       <c r="H576" t="inlineStr"/>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21572</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21641</t>
         </is>
       </c>
       <c r="B577" t="inlineStr">
         <is>
-          <t>Automatic event deletion</t>
+          <t>Select if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="C577" t="inlineStr"/>
       <c r="D577" t="inlineStr"/>
       <c r="E577" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F577" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAutomatic event deletion</t>
+          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="G577" t="inlineStr"/>
       <c r="H577" t="inlineStr"/>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21647</t>
         </is>
       </c>
       <c r="B578" t="inlineStr">
         <is>
-          <t>Select if your events get automatically deleted in this room.</t>
+          <t>GENERAL SETTINGS</t>
         </is>
       </c>
       <c r="C578" t="inlineStr"/>
       <c r="D578" t="inlineStr"/>
       <c r="E578" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F578" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
+          <t>RoomSettingsDialogGENERAL SETTINGS</t>
         </is>
       </c>
       <c r="G578" t="inlineStr"/>
       <c r="H578" t="inlineStr"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21590</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
         </is>
       </c>
       <c r="B579" t="inlineStr">
         <is>
-          <t>GENERAL SETTINGS</t>
+          <t>Encryption</t>
         </is>
       </c>
       <c r="C579" t="inlineStr"/>
       <c r="D579" t="inlineStr"/>
       <c r="E579" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F579" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogGENERAL SETTINGS</t>
+          <t>RoomSettingsDialogEncryption</t>
         </is>
       </c>
       <c r="G579" t="inlineStr"/>
       <c r="H579" t="inlineStr"/>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21599</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21678</t>
         </is>
       </c>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Encryption</t>
-[...2 lines deleted...]
-      <c r="C580" t="inlineStr"/>
+          <t>End-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="C580" t="inlineStr">
+        <is>
+          <t>エンドツーエンド暗号化</t>
+        </is>
+      </c>
       <c r="D580" t="inlineStr"/>
       <c r="E580" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F580" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption</t>
+          <t>RoomSettingsDialogEnd-to-End Encryption</t>
         </is>
       </c>
       <c r="G580" t="inlineStr"/>
       <c r="H580" t="inlineStr"/>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21621</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21679</t>
         </is>
       </c>
       <c r="B581" t="inlineStr">
         <is>
-          <t>End-to-End Encryption</t>
-[...6 lines deleted...]
-      </c>
+          <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
+                                Please take note that it can't be disabled afterwards.</t>
+        </is>
+      </c>
+      <c r="C581" t="inlineStr"/>
       <c r="D581" t="inlineStr"/>
       <c r="E581" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F581" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEnd-to-End Encryption</t>
+          <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
+                                Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
       <c r="G581" t="inlineStr"/>
       <c r="H581" t="inlineStr"/>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21622</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21695</t>
         </is>
       </c>
       <c r="B582" t="inlineStr">
         <is>
-          <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
-                                Please take note that it can't be disabled afterwards.</t>
+          <t>Permissions</t>
         </is>
       </c>
       <c r="C582" t="inlineStr"/>
       <c r="D582" t="inlineStr"/>
       <c r="E582" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F582" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
-                                Please take note that it can't be disabled afterwards.</t>
+          <t>RoomSettingsDialogPermission</t>
         </is>
       </c>
       <c r="G582" t="inlineStr"/>
       <c r="H582" t="inlineStr"/>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21638</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21701</t>
         </is>
       </c>
       <c r="B583" t="inlineStr">
         <is>
-          <t>Permissions</t>
+          <t>View and change the permissions in this room</t>
         </is>
       </c>
       <c r="C583" t="inlineStr"/>
       <c r="D583" t="inlineStr"/>
       <c r="E583" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F583" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogPermission</t>
+          <t>RoomSettingsDialogView and change the permissions in this room</t>
         </is>
       </c>
       <c r="G583" t="inlineStr"/>
       <c r="H583" t="inlineStr"/>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21644</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21707</t>
         </is>
       </c>
       <c r="B584" t="inlineStr">
         <is>
-          <t>View and change the permissions in this room</t>
+          <t>Aliases</t>
         </is>
       </c>
       <c r="C584" t="inlineStr"/>
       <c r="D584" t="inlineStr"/>
       <c r="E584" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F584" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the permissions in this room</t>
+          <t>RoomSettingsDialogAliases</t>
         </is>
       </c>
       <c r="G584" t="inlineStr"/>
       <c r="H584" t="inlineStr"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21650</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21713</t>
         </is>
       </c>
       <c r="B585" t="inlineStr">
         <is>
-          <t>Aliases</t>
+          <t>View and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="C585" t="inlineStr"/>
       <c r="D585" t="inlineStr"/>
       <c r="E585" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F585" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAliases</t>
+          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="G585" t="inlineStr"/>
       <c r="H585" t="inlineStr"/>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21719</t>
         </is>
       </c>
       <c r="B586" t="inlineStr">
         <is>
-          <t>View and change the addresses/aliases of this room</t>
+          <t>Sticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="C586" t="inlineStr"/>
       <c r="D586" t="inlineStr"/>
       <c r="E586" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F586" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
+          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="G586" t="inlineStr"/>
       <c r="H586" t="inlineStr"/>
     </row>
     <row r="587">
       <c r="A587" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21662</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21725</t>
         </is>
       </c>
       <c r="B587" t="inlineStr">
         <is>
-          <t>Sticker &amp; Emote Settings</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C587" t="inlineStr"/>
       <c r="D587" t="inlineStr"/>
       <c r="E587" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F587" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
+          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="G587" t="inlineStr"/>
       <c r="H587" t="inlineStr"/>
     </row>
     <row r="588">
       <c r="A588" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21668</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21731</t>
         </is>
       </c>
       <c r="B588" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C588" t="inlineStr"/>
       <c r="D588" t="inlineStr"/>
       <c r="E588" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F588" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
+          <t>RoomSettingsDialogINFO</t>
         </is>
       </c>
       <c r="G588" t="inlineStr"/>
       <c r="H588" t="inlineStr"/>
     </row>
     <row r="589">
       <c r="A589" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21674</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21740</t>
         </is>
       </c>
       <c r="B589" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>Internal ID</t>
         </is>
       </c>
       <c r="C589" t="inlineStr"/>
       <c r="D589" t="inlineStr"/>
       <c r="E589" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F589" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogINFO</t>
+          <t>RoomSettingsDialogInternal ID</t>
         </is>
       </c>
       <c r="G589" t="inlineStr"/>
       <c r="H589" t="inlineStr"/>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21683</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21757</t>
         </is>
       </c>
       <c r="B590" t="inlineStr">
         <is>
-          <t>Internal ID</t>
+          <t>Copied to clipboard</t>
         </is>
       </c>
       <c r="C590" t="inlineStr"/>
       <c r="D590" t="inlineStr"/>
       <c r="E590" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F590" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogInternal ID</t>
+          <t>RoomSettingsDialogCopied to clipboard</t>
         </is>
       </c>
       <c r="G590" t="inlineStr"/>
       <c r="H590" t="inlineStr"/>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21699</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21777</t>
         </is>
       </c>
       <c r="B591" t="inlineStr">
         <is>
-          <t>Copied to clipboard</t>
+          <t>Room Version</t>
         </is>
       </c>
       <c r="C591" t="inlineStr"/>
       <c r="D591" t="inlineStr"/>
       <c r="E591" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F591" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogCopied to clipboard</t>
+          <t>RoomSettingsDialogRoom Version</t>
         </is>
       </c>
       <c r="G591" t="inlineStr"/>
       <c r="H591" t="inlineStr"/>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21718</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B592" t="inlineStr">
         <is>
-          <t>Room Version</t>
+          <t>show less</t>
         </is>
       </c>
       <c r="C592" t="inlineStr"/>
       <c r="D592" t="inlineStr"/>
       <c r="E592" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F592" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Version</t>
+          <t>RoomSettingsDialogshow less</t>
         </is>
       </c>
       <c r="G592" t="inlineStr"/>
       <c r="H592" t="inlineStr"/>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B593" t="inlineStr">
         <is>
-          <t>show less</t>
+          <t>show more</t>
         </is>
       </c>
       <c r="C593" t="inlineStr"/>
       <c r="D593" t="inlineStr"/>
       <c r="E593" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F593" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow less</t>
+          <t>RoomSettingsDialogshow more</t>
         </is>
       </c>
       <c r="G593" t="inlineStr"/>
       <c r="H593" t="inlineStr"/>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21955</t>
         </is>
       </c>
       <c r="B594" t="inlineStr">
         <is>
-          <t>show more</t>
+          <t>Pending invite.</t>
         </is>
       </c>
       <c r="C594" t="inlineStr"/>
       <c r="D594" t="inlineStr"/>
       <c r="E594" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F594" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow more</t>
+          <t>RoomlistModelPending invite.</t>
         </is>
       </c>
       <c r="G594" t="inlineStr"/>
       <c r="H594" t="inlineStr"/>
     </row>
     <row r="595">
       <c r="A595" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21896</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21984</t>
         </is>
       </c>
       <c r="B595" t="inlineStr">
         <is>
-          <t>Pending invite.</t>
+          <t>Previewing this room</t>
         </is>
       </c>
       <c r="C595" t="inlineStr"/>
       <c r="D595" t="inlineStr"/>
       <c r="E595" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F595" t="inlineStr">
         <is>
-          <t>RoomlistModelPending invite.</t>
+          <t>RoomlistModelPreviewing this room</t>
         </is>
       </c>
       <c r="G595" t="inlineStr"/>
       <c r="H595" t="inlineStr"/>
     </row>
     <row r="596">
       <c r="A596" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21925</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22017</t>
         </is>
       </c>
       <c r="B596" t="inlineStr">
         <is>
-          <t>Previewing this room</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C596" t="inlineStr"/>
       <c r="D596" t="inlineStr"/>
       <c r="E596" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F596" t="inlineStr">
         <is>
-          <t>RoomlistModelPreviewing this room</t>
+          <t>RoomlistModelNo preview available</t>
         </is>
       </c>
       <c r="G596" t="inlineStr"/>
       <c r="H596" t="inlineStr"/>
     </row>
     <row r="597">
       <c r="A597" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21958</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22019</t>
         </is>
       </c>
       <c r="B597" t="inlineStr">
         <is>
-          <t>No preview available</t>
+          <t>This room is possibly inaccessible</t>
         </is>
       </c>
       <c r="C597" t="inlineStr"/>
       <c r="D597" t="inlineStr"/>
       <c r="E597" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F597" t="inlineStr">
         <is>
-          <t>RoomlistModelNo preview available</t>
+          <t>RoomlistModelThis room is possibly inaccessible</t>
         </is>
       </c>
       <c r="G597" t="inlineStr"/>
       <c r="H597" t="inlineStr"/>
     </row>
     <row r="598">
       <c r="A598" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21960</t>
+          <t>../qml/Root.qml:22327</t>
         </is>
       </c>
       <c r="B598" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible</t>
+          <t>Please enter your login password to continue:</t>
         </is>
       </c>
       <c r="C598" t="inlineStr"/>
       <c r="D598" t="inlineStr"/>
       <c r="E598" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F598" t="inlineStr">
         <is>
-          <t>RoomlistModelThis room is possibly inaccessible</t>
+          <t>RootPlease enter your login password to continue:</t>
         </is>
       </c>
       <c r="G598" t="inlineStr"/>
       <c r="H598" t="inlineStr"/>
     </row>
     <row r="599">
       <c r="A599" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22268</t>
+          <t>../qml/Root.qml:22337</t>
         </is>
       </c>
       <c r="B599" t="inlineStr">
         <is>
-          <t>Please enter your login password to continue:</t>
+          <t>Please enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="C599" t="inlineStr"/>
       <c r="D599" t="inlineStr"/>
       <c r="E599" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F599" t="inlineStr">
         <is>
-          <t>RootPlease enter your login password to continue:</t>
+          <t>RootPlease enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="G599" t="inlineStr"/>
       <c r="H599" t="inlineStr"/>
     </row>
     <row r="600">
       <c r="A600" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22278</t>
+          <t>../qml/Root.qml:22347</t>
         </is>
       </c>
       <c r="B600" t="inlineStr">
         <is>
-          <t>Please enter a valid email address to continue:</t>
+          <t>Please enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="C600" t="inlineStr"/>
       <c r="D600" t="inlineStr"/>
       <c r="E600" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F600" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid email address to continue:</t>
+          <t>RootPlease enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="G600" t="inlineStr"/>
       <c r="H600" t="inlineStr"/>
     </row>
     <row r="601">
       <c r="A601" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22288</t>
+          <t>../qml/Root.qml:22357</t>
         </is>
       </c>
       <c r="B601" t="inlineStr">
         <is>
-          <t>Please enter a valid phone number to continue:</t>
+          <t>Please enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="C601" t="inlineStr"/>
       <c r="D601" t="inlineStr"/>
       <c r="E601" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F601" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid phone number to continue:</t>
+          <t>RootPlease enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="G601" t="inlineStr"/>
       <c r="H601" t="inlineStr"/>
     </row>
     <row r="602">
       <c r="A602" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22298</t>
+          <t>../qml/Root.qml:22368</t>
         </is>
       </c>
       <c r="B602" t="inlineStr">
         <is>
-          <t>Please enter the token which has been sent to you:</t>
+          <t>Wait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="C602" t="inlineStr"/>
       <c r="D602" t="inlineStr"/>
       <c r="E602" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F602" t="inlineStr">
         <is>
-          <t>RootPlease enter the token which has been sent to you:</t>
+          <t>RootWait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="G602" t="inlineStr"/>
       <c r="H602" t="inlineStr"/>
     </row>
     <row r="603">
       <c r="A603" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22309</t>
+          <t>../qml/voip/ScreenShare.qml:22398</t>
         </is>
       </c>
       <c r="B603" t="inlineStr">
         <is>
-          <t>Wait for the confirmation link to arrive, then continue.</t>
+          <t>Share desktop with %1?</t>
         </is>
       </c>
       <c r="C603" t="inlineStr"/>
       <c r="D603" t="inlineStr"/>
       <c r="E603" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F603" t="inlineStr">
         <is>
-          <t>RootWait for the confirmation link to arrive, then continue.</t>
+          <t>ScreenShareShare desktop with %1?</t>
         </is>
       </c>
       <c r="G603" t="inlineStr"/>
       <c r="H603" t="inlineStr"/>
     </row>
     <row r="604">
       <c r="A604" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22339</t>
+          <t>../qml/voip/ScreenShare.qml:22409</t>
         </is>
       </c>
       <c r="B604" t="inlineStr">
         <is>
-          <t>Share desktop with %1?</t>
+          <t>Method:</t>
         </is>
       </c>
       <c r="C604" t="inlineStr"/>
       <c r="D604" t="inlineStr"/>
       <c r="E604" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F604" t="inlineStr">
         <is>
-          <t>ScreenShareShare desktop with %1?</t>
+          <t>ScreenShareMethod:</t>
         </is>
       </c>
       <c r="G604" t="inlineStr"/>
       <c r="H604" t="inlineStr"/>
     </row>
     <row r="605">
       <c r="A605" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22350</t>
+          <t>../qml/voip/ScreenShare.qml:22429</t>
         </is>
       </c>
       <c r="B605" t="inlineStr">
         <is>
-          <t>Method:</t>
+          <t>Window:</t>
         </is>
       </c>
       <c r="C605" t="inlineStr"/>
       <c r="D605" t="inlineStr"/>
       <c r="E605" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F605" t="inlineStr">
         <is>
-          <t>ScreenShareMethod:</t>
+          <t>ScreenShareWindow:</t>
         </is>
       </c>
       <c r="G605" t="inlineStr"/>
       <c r="H605" t="inlineStr"/>
     </row>
     <row r="606">
       <c r="A606" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22370</t>
+          <t>../qml/voip/ScreenShare.qml:22444</t>
         </is>
       </c>
       <c r="B606" t="inlineStr">
         <is>
-          <t>Window:</t>
+          <t>Request screencast</t>
         </is>
       </c>
       <c r="C606" t="inlineStr"/>
       <c r="D606" t="inlineStr"/>
       <c r="E606" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F606" t="inlineStr">
         <is>
-          <t>ScreenShareWindow:</t>
+          <t>ScreenShareRequest screencast</t>
         </is>
       </c>
       <c r="G606" t="inlineStr"/>
       <c r="H606" t="inlineStr"/>
     </row>
     <row r="607">
       <c r="A607" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22385</t>
+          <t>../qml/voip/ScreenShare.qml:22460</t>
         </is>
       </c>
       <c r="B607" t="inlineStr">
         <is>
-          <t>Request screencast</t>
+          <t>Frame rate:</t>
         </is>
       </c>
       <c r="C607" t="inlineStr"/>
       <c r="D607" t="inlineStr"/>
       <c r="E607" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F607" t="inlineStr">
         <is>
-          <t>ScreenShareRequest screencast</t>
+          <t>ScreenShareFrame rate:</t>
         </is>
       </c>
       <c r="G607" t="inlineStr"/>
       <c r="H607" t="inlineStr"/>
     </row>
     <row r="608">
       <c r="A608" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22401</t>
+          <t>../qml/voip/ScreenShare.qml:22479</t>
         </is>
       </c>
       <c r="B608" t="inlineStr">
         <is>
-          <t>Frame rate:</t>
+          <t>Include your camera picture-in-picture</t>
         </is>
       </c>
       <c r="C608" t="inlineStr"/>
       <c r="D608" t="inlineStr"/>
       <c r="E608" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F608" t="inlineStr">
         <is>
-          <t>ScreenShareFrame rate:</t>
+          <t>ScreenShareInclude your camera picture-in-picture</t>
         </is>
       </c>
       <c r="G608" t="inlineStr"/>
       <c r="H608" t="inlineStr"/>
     </row>
     <row r="609">
       <c r="A609" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22420</t>
+          <t>../qml/voip/ScreenShare.qml:22491</t>
         </is>
       </c>
       <c r="B609" t="inlineStr">
         <is>
-          <t>Include your camera picture-in-picture</t>
+          <t>Request remote camera</t>
         </is>
       </c>
       <c r="C609" t="inlineStr"/>
       <c r="D609" t="inlineStr"/>
       <c r="E609" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F609" t="inlineStr">
         <is>
-          <t>ScreenShareInclude your camera picture-in-picture</t>
+          <t>ScreenShareRequest remote camera</t>
         </is>
       </c>
       <c r="G609" t="inlineStr"/>
       <c r="H609" t="inlineStr"/>
     </row>
     <row r="610">
       <c r="A610" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22432</t>
+          <t>../qml/voip/ScreenShare.qml:22501</t>
         </is>
       </c>
       <c r="B610" t="inlineStr">
         <is>
-          <t>Request remote camera</t>
+          <t>View your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="C610" t="inlineStr"/>
       <c r="D610" t="inlineStr"/>
       <c r="E610" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F610" t="inlineStr">
         <is>
-          <t>ScreenShareRequest remote camera</t>
+          <t>ScreenShareView your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="G610" t="inlineStr"/>
       <c r="H610" t="inlineStr"/>
     </row>
     <row r="611">
       <c r="A611" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22442</t>
+          <t>../qml/voip/ScreenShare.qml:22506</t>
         </is>
       </c>
       <c r="B611" t="inlineStr">
         <is>
-          <t>View your callee's camera like a regular video call</t>
+          <t>Hide mouse cursor</t>
         </is>
       </c>
       <c r="C611" t="inlineStr"/>
       <c r="D611" t="inlineStr"/>
       <c r="E611" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F611" t="inlineStr">
         <is>
-          <t>ScreenShareView your callee's camera like a regular video call</t>
+          <t>ScreenShareHide mouse cursor</t>
         </is>
       </c>
       <c r="G611" t="inlineStr"/>
       <c r="H611" t="inlineStr"/>
     </row>
     <row r="612">
       <c r="A612" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22447</t>
+          <t>../qml/voip/ScreenShare.qml:22527</t>
         </is>
       </c>
       <c r="B612" t="inlineStr">
         <is>
-          <t>Hide mouse cursor</t>
+          <t>Share</t>
         </is>
       </c>
       <c r="C612" t="inlineStr"/>
       <c r="D612" t="inlineStr"/>
       <c r="E612" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F612" t="inlineStr">
         <is>
-          <t>ScreenShareHide mouse cursor</t>
+          <t>ScreenShareShare</t>
         </is>
       </c>
       <c r="G612" t="inlineStr"/>
       <c r="H612" t="inlineStr"/>
     </row>
     <row r="613">
       <c r="A613" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22468</t>
+          <t>../qml/voip/ScreenShare.qml:22543</t>
         </is>
       </c>
       <c r="B613" t="inlineStr">
         <is>
-          <t>Share</t>
+          <t>Preview</t>
         </is>
       </c>
       <c r="C613" t="inlineStr"/>
       <c r="D613" t="inlineStr"/>
       <c r="E613" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F613" t="inlineStr">
         <is>
-          <t>ScreenShareShare</t>
+          <t>ScreenSharePreview</t>
         </is>
       </c>
       <c r="G613" t="inlineStr"/>
       <c r="H613" t="inlineStr"/>
     </row>
     <row r="614">
       <c r="A614" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22484</t>
+          <t>../qml/voip/ScreenShare.qml:22550</t>
         </is>
       </c>
       <c r="B614" t="inlineStr">
         <is>
-          <t>Preview</t>
-[...2 lines deleted...]
-      <c r="C614" t="inlineStr"/>
+          <t>Cancel</t>
+        </is>
+      </c>
+      <c r="C614" t="inlineStr">
+        <is>
+          <t>キャンセル</t>
+        </is>
+      </c>
       <c r="D614" t="inlineStr"/>
       <c r="E614" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F614" t="inlineStr">
         <is>
-          <t>ScreenSharePreview</t>
+          <t>ScreenShareCancel</t>
         </is>
       </c>
       <c r="G614" t="inlineStr"/>
       <c r="H614" t="inlineStr"/>
     </row>
     <row r="615">
       <c r="A615" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22491</t>
+          <t>../../src/Cache.cpp:17430</t>
         </is>
       </c>
       <c r="B615" t="inlineStr">
         <is>
-          <t>Cancel</t>
-[...6 lines deleted...]
-      </c>
+          <t>Failed to connect to secret storage</t>
+        </is>
+      </c>
+      <c r="C615" t="inlineStr"/>
       <c r="D615" t="inlineStr"/>
       <c r="E615" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F615" t="inlineStr">
         <is>
-          <t>ScreenShareCancel</t>
+          <t>SecretStorageFailed to connect to secret storage</t>
         </is>
       </c>
       <c r="G615" t="inlineStr"/>
       <c r="H615" t="inlineStr"/>
     </row>
     <row r="616">
       <c r="A616" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17370</t>
+          <t>../../src/Cache.cpp:17431</t>
         </is>
       </c>
       <c r="B616" t="inlineStr">
         <is>
-          <t>Failed to connect to secret storage</t>
+          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="C616" t="inlineStr"/>
       <c r="D616" t="inlineStr"/>
       <c r="E616" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F616" t="inlineStr">
         <is>
-          <t>SecretStorageFailed to connect to secret storage</t>
+          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="G616" t="inlineStr"/>
       <c r="H616" t="inlineStr"/>
     </row>
     <row r="617">
       <c r="A617" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17371</t>
+          <t>../qml/SelfVerificationCheck.qml:17481</t>
         </is>
       </c>
       <c r="B617" t="inlineStr">
         <is>
-          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="C617" t="inlineStr"/>
       <c r="D617" t="inlineStr"/>
       <c r="E617" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F617" t="inlineStr">
         <is>
-          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="G617" t="inlineStr"/>
       <c r="H617" t="inlineStr"/>
     </row>
     <row r="618">
       <c r="A618" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17421</t>
+          <t>../qml/SelfVerificationCheck.qml:17502</t>
         </is>
       </c>
       <c r="B618" t="inlineStr">
         <is>
-          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>Encryption setup successfully</t>
         </is>
       </c>
       <c r="C618" t="inlineStr"/>
       <c r="D618" t="inlineStr"/>
       <c r="E618" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F618" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>SelfVerificationCheckEncryption setup successfully</t>
         </is>
       </c>
       <c r="G618" t="inlineStr"/>
       <c r="H618" t="inlineStr"/>
     </row>
     <row r="619">
       <c r="A619" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17442</t>
+          <t>../qml/SelfVerificationCheck.qml:17510</t>
         </is>
       </c>
       <c r="B619" t="inlineStr">
         <is>
-          <t>Encryption setup successfully</t>
+          <t>Failed to setup encryption: %1</t>
         </is>
       </c>
       <c r="C619" t="inlineStr"/>
       <c r="D619" t="inlineStr"/>
       <c r="E619" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F619" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckEncryption setup successfully</t>
+          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
         </is>
       </c>
       <c r="G619" t="inlineStr"/>
       <c r="H619" t="inlineStr"/>
     </row>
     <row r="620">
       <c r="A620" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17450</t>
+          <t>../qml/SelfVerificationCheck.qml:17542</t>
         </is>
       </c>
       <c r="B620" t="inlineStr">
         <is>
-          <t>Failed to setup encryption: %1</t>
+          <t>Setup Encryption</t>
         </is>
       </c>
       <c r="C620" t="inlineStr"/>
       <c r="D620" t="inlineStr"/>
       <c r="E620" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F620" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
+          <t>SelfVerificationCheckSetup Encryption</t>
         </is>
       </c>
       <c r="G620" t="inlineStr"/>
       <c r="H620" t="inlineStr"/>
     </row>
     <row r="621">
       <c r="A621" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17482</t>
+          <t>../qml/SelfVerificationCheck.qml:17551</t>
         </is>
       </c>
       <c r="B621" t="inlineStr">
         <is>
-          <t>Setup Encryption</t>
+          <t>Hello and welcome to Matrix!
+It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
       <c r="C621" t="inlineStr"/>
       <c r="D621" t="inlineStr"/>
       <c r="E621" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F621" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckSetup Encryption</t>
+          <t>SelfVerificationCheckHello and welcome to Matrix!
+It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
       <c r="G621" t="inlineStr"/>
       <c r="H621" t="inlineStr"/>
     </row>
     <row r="622">
       <c r="A622" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17491</t>
+          <t>../qml/SelfVerificationCheck.qml:17659</t>
         </is>
       </c>
       <c r="B622" t="inlineStr">
         <is>
-          <t>Hello and welcome to Matrix!
-It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
+          <t>Activate Encryption</t>
         </is>
       </c>
       <c r="C622" t="inlineStr"/>
       <c r="D622" t="inlineStr"/>
       <c r="E622" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F622" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckHello and welcome to Matrix!
-It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
+          <t>SelfVerificationCheckActivate Encryption</t>
         </is>
       </c>
       <c r="G622" t="inlineStr"/>
       <c r="H622" t="inlineStr"/>
     </row>
     <row r="623">
       <c r="A623" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17599</t>
+          <t>../qml/SelfVerificationCheck.qml:17668</t>
         </is>
       </c>
       <c r="B623" t="inlineStr">
         <is>
-          <t>Activate Encryption</t>
+          <t>It seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
+If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
       <c r="C623" t="inlineStr"/>
       <c r="D623" t="inlineStr"/>
       <c r="E623" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F623" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckActivate Encryption</t>
+          <t>SelfVerificationCheckIt seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
+If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
       <c r="G623" t="inlineStr"/>
       <c r="H623" t="inlineStr"/>
     </row>
     <row r="624">
       <c r="A624" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17608</t>
+          <t>../qml/SelfVerificationCheck.qml:17673</t>
         </is>
       </c>
       <c r="B624" t="inlineStr">
         <is>
-          <t>It seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
-If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
+          <t>verify</t>
         </is>
       </c>
       <c r="C624" t="inlineStr"/>
       <c r="D624" t="inlineStr"/>
       <c r="E624" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F624" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckIt seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
-If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
+          <t>SelfVerificationCheckverify</t>
         </is>
       </c>
       <c r="G624" t="inlineStr"/>
       <c r="H624" t="inlineStr"/>
     </row>
     <row r="625">
       <c r="A625" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17613</t>
+          <t>../qml/SelfVerificationCheck.qml:17682</t>
         </is>
       </c>
       <c r="B625" t="inlineStr">
         <is>
-          <t>verify</t>
+          <t>enter passphrase</t>
         </is>
       </c>
       <c r="C625" t="inlineStr"/>
       <c r="D625" t="inlineStr"/>
       <c r="E625" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F625" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckverify</t>
+          <t>SelfVerificationCheckenter passphrase</t>
         </is>
       </c>
       <c r="G625" t="inlineStr"/>
       <c r="H625" t="inlineStr"/>
     </row>
     <row r="626">
       <c r="A626" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17622</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17735</t>
         </is>
       </c>
       <c r="B626" t="inlineStr">
         <is>
-          <t>enter passphrase</t>
+          <t>Failed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="C626" t="inlineStr"/>
       <c r="D626" t="inlineStr"/>
       <c r="E626" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F626" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckenter passphrase</t>
+          <t>SelfVerificationStatusFailed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="G626" t="inlineStr"/>
       <c r="H626" t="inlineStr"/>
     </row>
     <row r="627">
       <c r="A627" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17675</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17751</t>
         </is>
       </c>
       <c r="B627" t="inlineStr">
         <is>
-          <t>Failed to create keys for cross-signing!</t>
+          <t>Failed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="C627" t="inlineStr"/>
       <c r="D627" t="inlineStr"/>
       <c r="E627" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F627" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for cross-signing!</t>
+          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="G627" t="inlineStr"/>
       <c r="H627" t="inlineStr"/>
     </row>
     <row r="628">
       <c r="A628" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17691</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17780</t>
         </is>
       </c>
       <c r="B628" t="inlineStr">
         <is>
-          <t>Failed to create keys for online key backup!</t>
+          <t>Failed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="C628" t="inlineStr"/>
       <c r="D628" t="inlineStr"/>
       <c r="E628" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F628" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
+          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="G628" t="inlineStr"/>
       <c r="H628" t="inlineStr"/>
     </row>
     <row r="629">
       <c r="A629" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17720</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17824</t>
         </is>
       </c>
       <c r="B629" t="inlineStr">
         <is>
-          <t>Failed to create keys for secure server side secret storage!</t>
+          <t>Encryption Setup</t>
         </is>
       </c>
       <c r="C629" t="inlineStr"/>
       <c r="D629" t="inlineStr"/>
       <c r="E629" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F629" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
+          <t>SelfVerificationStatusEncryption Setup</t>
         </is>
       </c>
       <c r="G629" t="inlineStr"/>
       <c r="H629" t="inlineStr"/>
     </row>
     <row r="630">
       <c r="A630" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17764</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17830</t>
         </is>
       </c>
       <c r="B630" t="inlineStr">
         <is>
-          <t>Encryption Setup</t>
+          <t>Encryption setup failed: %1</t>
         </is>
       </c>
       <c r="C630" t="inlineStr"/>
       <c r="D630" t="inlineStr"/>
       <c r="E630" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F630" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption Setup</t>
+          <t>SelfVerificationStatusEncryption setup failed: %1</t>
         </is>
       </c>
       <c r="G630" t="inlineStr"/>
       <c r="H630" t="inlineStr"/>
     </row>
     <row r="631">
       <c r="A631" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17770</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17988</t>
         </is>
       </c>
       <c r="B631" t="inlineStr">
         <is>
-          <t>Encryption setup failed: %1</t>
+          <t>Identity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="C631" t="inlineStr"/>
       <c r="D631" t="inlineStr"/>
       <c r="E631" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F631" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption setup failed: %1</t>
+          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="G631" t="inlineStr"/>
       <c r="H631" t="inlineStr"/>
     </row>
     <row r="632">
       <c r="A632" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17928</t>
+          <t>../../src/SingleImagePackModel.cpp:18306</t>
         </is>
       </c>
       <c r="B632" t="inlineStr">
         <is>
-          <t>Identity key changed. This breaks E2EE, so logging out.</t>
+          <t>Failed to update image pack: %1</t>
         </is>
       </c>
       <c r="C632" t="inlineStr"/>
       <c r="D632" t="inlineStr"/>
       <c r="E632" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F632" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
+          <t>SingleImagePackModelFailed to update image pack: %1</t>
         </is>
       </c>
       <c r="G632" t="inlineStr"/>
       <c r="H632" t="inlineStr"/>
     </row>
     <row r="633">
       <c r="A633" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18246</t>
+          <t>../../src/SingleImagePackModel.cpp:18320</t>
         </is>
       </c>
       <c r="B633" t="inlineStr">
         <is>
-          <t>Failed to update image pack: %1</t>
+          <t>Failed to delete old image pack: %1</t>
         </is>
       </c>
       <c r="C633" t="inlineStr"/>
       <c r="D633" t="inlineStr"/>
       <c r="E633" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F633" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to update image pack: %1</t>
+          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
         </is>
       </c>
       <c r="G633" t="inlineStr"/>
       <c r="H633" t="inlineStr"/>
     </row>
     <row r="634">
       <c r="A634" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18260</t>
+          <t>../../src/SingleImagePackModel.cpp:18378</t>
         </is>
       </c>
       <c r="B634" t="inlineStr">
         <is>
-          <t>Failed to delete old image pack: %1</t>
+          <t>Failed to open image: %1</t>
         </is>
       </c>
       <c r="C634" t="inlineStr"/>
       <c r="D634" t="inlineStr"/>
       <c r="E634" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F634" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
+          <t>SingleImagePackModelFailed to open image: %1</t>
         </is>
       </c>
       <c r="G634" t="inlineStr"/>
       <c r="H634" t="inlineStr"/>
     </row>
     <row r="635">
       <c r="A635" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18318</t>
+          <t>../../src/SingleImagePackModel.cpp:18392</t>
         </is>
       </c>
       <c r="B635" t="inlineStr">
         <is>
-          <t>Failed to open image: %1</t>
+          <t>Failed to upload image: %1</t>
         </is>
       </c>
       <c r="C635" t="inlineStr"/>
       <c r="D635" t="inlineStr"/>
       <c r="E635" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F635" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to open image: %1</t>
+          <t>SingleImagePackModelFailed to upload image: %1</t>
         </is>
       </c>
       <c r="G635" t="inlineStr"/>
       <c r="H635" t="inlineStr"/>
     </row>
     <row r="636">
       <c r="A636" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18332</t>
+          <t>../qml/components/SpaceMenu.qml:18408</t>
         </is>
       </c>
       <c r="B636" t="inlineStr">
         <is>
-          <t>Failed to upload image: %1</t>
+          <t>Add or remove from community...</t>
         </is>
       </c>
       <c r="C636" t="inlineStr"/>
       <c r="D636" t="inlineStr"/>
       <c r="E636" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F636" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to upload image: %1</t>
+          <t>SpaceMenuAdd or remove from community...</t>
         </is>
       </c>
       <c r="G636" t="inlineStr"/>
       <c r="H636" t="inlineStr"/>
     </row>
     <row r="637">
       <c r="A637" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenu.qml:18348</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18436</t>
         </is>
       </c>
       <c r="B637" t="inlineStr">
         <is>
-          <t>Add or remove from community...</t>
+          <t>Official community for this room</t>
         </is>
       </c>
       <c r="C637" t="inlineStr"/>
       <c r="D637" t="inlineStr"/>
       <c r="E637" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F637" t="inlineStr">
         <is>
-          <t>SpaceMenuAdd or remove from community...</t>
+          <t>SpaceMenuLevelOfficial community for this room</t>
         </is>
       </c>
       <c r="G637" t="inlineStr"/>
       <c r="H637" t="inlineStr"/>
     </row>
     <row r="638">
       <c r="A638" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18376</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18444</t>
         </is>
       </c>
       <c r="B638" t="inlineStr">
         <is>
-          <t>Official community for this room</t>
+          <t>Affiliated community for this room</t>
         </is>
       </c>
       <c r="C638" t="inlineStr"/>
       <c r="D638" t="inlineStr"/>
       <c r="E638" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F638" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelOfficial community for this room</t>
+          <t>SpaceMenuLevelAffiliated community for this room</t>
         </is>
       </c>
       <c r="G638" t="inlineStr"/>
       <c r="H638" t="inlineStr"/>
     </row>
     <row r="639">
       <c r="A639" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18384</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18452</t>
         </is>
       </c>
       <c r="B639" t="inlineStr">
         <is>
-          <t>Affiliated community for this room</t>
+          <t>Listed only for community members</t>
         </is>
       </c>
       <c r="C639" t="inlineStr"/>
       <c r="D639" t="inlineStr"/>
       <c r="E639" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F639" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelAffiliated community for this room</t>
+          <t>SpaceMenuLevelListed only for community members</t>
         </is>
       </c>
       <c r="G639" t="inlineStr"/>
       <c r="H639" t="inlineStr"/>
     </row>
     <row r="640">
       <c r="A640" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18392</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18460</t>
         </is>
       </c>
       <c r="B640" t="inlineStr">
         <is>
-          <t>Listed only for community members</t>
+          <t>Listed only for room members</t>
         </is>
       </c>
       <c r="C640" t="inlineStr"/>
       <c r="D640" t="inlineStr"/>
       <c r="E640" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F640" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for community members</t>
+          <t>SpaceMenuLevelListed only for room members</t>
         </is>
       </c>
       <c r="G640" t="inlineStr"/>
       <c r="H640" t="inlineStr"/>
     </row>
     <row r="641">
       <c r="A641" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18400</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18468</t>
         </is>
       </c>
       <c r="B641" t="inlineStr">
         <is>
-          <t>Listed only for room members</t>
+          <t>Not related</t>
         </is>
       </c>
       <c r="C641" t="inlineStr"/>
       <c r="D641" t="inlineStr"/>
       <c r="E641" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F641" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for room members</t>
+          <t>SpaceMenuLevelNot related</t>
         </is>
       </c>
       <c r="G641" t="inlineStr"/>
       <c r="H641" t="inlineStr"/>
     </row>
     <row r="642">
       <c r="A642" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18408</t>
+          <t>../qml/emoji/StickerPicker.qml:18561</t>
         </is>
       </c>
       <c r="B642" t="inlineStr">
         <is>
-          <t>Not related</t>
+          <t>Search</t>
         </is>
       </c>
       <c r="C642" t="inlineStr"/>
       <c r="D642" t="inlineStr"/>
       <c r="E642" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F642" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelNot related</t>
+          <t>StickerPickerSearch</t>
         </is>
       </c>
       <c r="G642" t="inlineStr"/>
       <c r="H642" t="inlineStr"/>
     </row>
     <row r="643">
       <c r="A643" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18501</t>
+          <t>../qml/emoji/StickerPicker.qml:18750</t>
         </is>
       </c>
       <c r="B643" t="inlineStr">
         <is>
-          <t>Search</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C643" t="inlineStr"/>
       <c r="D643" t="inlineStr"/>
       <c r="E643" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F643" t="inlineStr">
         <is>
-          <t>StickerPickerSearch</t>
+          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="G643" t="inlineStr"/>
       <c r="H643" t="inlineStr"/>
     </row>
     <row r="644">
       <c r="A644" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18690</t>
+          <t>../qml/device-verification/Success.qml:18760</t>
         </is>
       </c>
       <c r="B644" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>Successful Verification</t>
         </is>
       </c>
       <c r="C644" t="inlineStr"/>
       <c r="D644" t="inlineStr"/>
       <c r="E644" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F644" t="inlineStr">
         <is>
-          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
+          <t>SuccessSuccessful Verification</t>
         </is>
       </c>
       <c r="G644" t="inlineStr"/>
       <c r="H644" t="inlineStr"/>
     </row>
     <row r="645">
       <c r="A645" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18700</t>
+          <t>../qml/device-verification/Success.qml:18770</t>
         </is>
       </c>
       <c r="B645" t="inlineStr">
         <is>
-          <t>Successful Verification</t>
+          <t>Verification successful!  Both sides verified their devices!</t>
         </is>
       </c>
       <c r="C645" t="inlineStr"/>
       <c r="D645" t="inlineStr"/>
       <c r="E645" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F645" t="inlineStr">
         <is>
-          <t>SuccessSuccessful Verification</t>
+          <t>SuccessVerification successful! Both sides verified their devices!</t>
         </is>
       </c>
       <c r="G645" t="inlineStr"/>
       <c r="H645" t="inlineStr"/>
     </row>
     <row r="646">
       <c r="A646" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18710</t>
+          <t>../qml/device-verification/Success.qml:18784</t>
         </is>
       </c>
       <c r="B646" t="inlineStr">
         <is>
-          <t>Verification successful!  Both sides verified their devices!</t>
-[...2 lines deleted...]
-      <c r="C646" t="inlineStr"/>
+          <t>Close</t>
+        </is>
+      </c>
+      <c r="C646" t="inlineStr">
+        <is>
+          <t>閉じる</t>
+        </is>
+      </c>
       <c r="D646" t="inlineStr"/>
       <c r="E646" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F646" t="inlineStr">
         <is>
-          <t>SuccessVerification successful! Both sides verified their devices!</t>
+          <t>SuccessClose</t>
         </is>
       </c>
       <c r="G646" t="inlineStr"/>
       <c r="H646" t="inlineStr"/>
     </row>
     <row r="647">
       <c r="A647" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18724</t>
+          <t>../qml/TimelineDefaultMessageStyle.qml:18951</t>
         </is>
       </c>
       <c r="B647" t="inlineStr">
         <is>
-          <t>Close</t>
-[...6 lines deleted...]
-      </c>
+          <t>Part of a thread</t>
+        </is>
+      </c>
+      <c r="C647" t="inlineStr"/>
       <c r="D647" t="inlineStr"/>
       <c r="E647" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F647" t="inlineStr">
         <is>
-          <t>SuccessClose</t>
+          <t>TimelineDefaultMessageStylePart of a thread</t>
         </is>
       </c>
       <c r="G647" t="inlineStr"/>
       <c r="H647" t="inlineStr"/>
     </row>
     <row r="648">
       <c r="A648" t="inlineStr">
         <is>
-          <t>../qml/TimelineDefaultMessageStyle.qml:18891</t>
+          <t>../qml/TimelineEvent.qml:19039</t>
         </is>
       </c>
       <c r="B648" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>%1 placed a voice call.</t>
         </is>
       </c>
       <c r="C648" t="inlineStr"/>
       <c r="D648" t="inlineStr"/>
       <c r="E648" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F648" t="inlineStr">
         <is>
-          <t>TimelineDefaultMessageStylePart of a thread</t>
+          <t>TimelineEvent%1 placed a voice call.</t>
         </is>
       </c>
       <c r="G648" t="inlineStr"/>
       <c r="H648" t="inlineStr"/>
     </row>
     <row r="649">
       <c r="A649" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18979</t>
+          <t>../qml/TimelineEvent.qml:19041</t>
         </is>
       </c>
       <c r="B649" t="inlineStr">
         <is>
-          <t>%1 placed a voice call.</t>
+          <t>%1 placed a video call.</t>
         </is>
       </c>
       <c r="C649" t="inlineStr"/>
       <c r="D649" t="inlineStr"/>
       <c r="E649" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F649" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a voice call.</t>
+          <t>TimelineEvent%1 placed a video call.</t>
         </is>
       </c>
       <c r="G649" t="inlineStr"/>
       <c r="H649" t="inlineStr"/>
     </row>
     <row r="650">
       <c r="A650" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18981</t>
+          <t>../qml/TimelineEvent.qml:19043</t>
         </is>
       </c>
       <c r="B650" t="inlineStr">
         <is>
-          <t>%1 placed a video call.</t>
+          <t>%1 placed a call.</t>
         </is>
       </c>
       <c r="C650" t="inlineStr"/>
       <c r="D650" t="inlineStr"/>
       <c r="E650" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F650" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a video call.</t>
+          <t>TimelineEvent%1 placed a call.</t>
         </is>
       </c>
       <c r="G650" t="inlineStr"/>
       <c r="H650" t="inlineStr"/>
     </row>
     <row r="651">
       <c r="A651" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18983</t>
+          <t>../qml/TimelineEvent.qml:19065</t>
         </is>
       </c>
       <c r="B651" t="inlineStr">
         <is>
-          <t>%1 placed a call.</t>
+          <t>%1 answered the call.</t>
         </is>
       </c>
       <c r="C651" t="inlineStr"/>
       <c r="D651" t="inlineStr"/>
       <c r="E651" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F651" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a call.</t>
+          <t>TimelineEvent%1 answered the call.</t>
         </is>
       </c>
       <c r="G651" t="inlineStr"/>
       <c r="H651" t="inlineStr"/>
     </row>
     <row r="652">
       <c r="A652" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19005</t>
+          <t>../qml/TimelineEvent.qml:19067</t>
         </is>
       </c>
       <c r="B652" t="inlineStr">
         <is>
-          <t>%1 answered the call.</t>
+          <t>%1 rejected the call.</t>
         </is>
       </c>
       <c r="C652" t="inlineStr"/>
       <c r="D652" t="inlineStr"/>
       <c r="E652" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F652" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 answered the call.</t>
+          <t>TimelineEvent%1 rejected the call.</t>
         </is>
       </c>
       <c r="G652" t="inlineStr"/>
       <c r="H652" t="inlineStr"/>
     </row>
     <row r="653">
       <c r="A653" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19007</t>
+          <t>../qml/TimelineEvent.qml:19069</t>
         </is>
       </c>
       <c r="B653" t="inlineStr">
         <is>
-          <t>%1 rejected the call.</t>
+          <t>%1 selected answer.</t>
         </is>
       </c>
       <c r="C653" t="inlineStr"/>
       <c r="D653" t="inlineStr"/>
       <c r="E653" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F653" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 rejected the call.</t>
+          <t>TimelineEvent%1 selected answer.</t>
         </is>
       </c>
       <c r="G653" t="inlineStr"/>
       <c r="H653" t="inlineStr"/>
     </row>
     <row r="654">
       <c r="A654" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19009</t>
+          <t>../qml/TimelineEvent.qml:19071</t>
         </is>
       </c>
       <c r="B654" t="inlineStr">
         <is>
-          <t>%1 selected answer.</t>
+          <t>%1 ended the call.</t>
         </is>
       </c>
       <c r="C654" t="inlineStr"/>
       <c r="D654" t="inlineStr"/>
       <c r="E654" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F654" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 selected answer.</t>
+          <t>TimelineEvent%1 ended the call.</t>
         </is>
       </c>
       <c r="G654" t="inlineStr"/>
       <c r="H654" t="inlineStr"/>
     </row>
     <row r="655">
       <c r="A655" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19011</t>
+          <t>../qml/TimelineEvent.qml:19075</t>
         </is>
       </c>
       <c r="B655" t="inlineStr">
         <is>
-          <t>%1 ended the call.</t>
+          <t>%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="C655" t="inlineStr"/>
       <c r="D655" t="inlineStr"/>
       <c r="E655" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F655" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 ended the call.</t>
+          <t>TimelineEvent%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="G655" t="inlineStr"/>
       <c r="H655" t="inlineStr"/>
     </row>
     <row r="656">
       <c r="A656" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19015</t>
+          <t>../qml/TimelineEvent.qml:19166</t>
         </is>
       </c>
       <c r="B656" t="inlineStr">
         <is>
-          <t>%1 is negotiating the call...</t>
+          <t>Allow them in</t>
         </is>
       </c>
       <c r="C656" t="inlineStr"/>
       <c r="D656" t="inlineStr"/>
       <c r="E656" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F656" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 is negotiating the call...</t>
+          <t>TimelineEventAllow them in</t>
         </is>
       </c>
       <c r="G656" t="inlineStr"/>
       <c r="H656" t="inlineStr"/>
     </row>
     <row r="657">
       <c r="A657" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19106</t>
+          <t>../qml/TimelineEvent.qml:19188</t>
         </is>
       </c>
       <c r="B657" t="inlineStr">
         <is>
-          <t>Allow them in</t>
+          <t>This room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="C657" t="inlineStr"/>
       <c r="D657" t="inlineStr"/>
       <c r="E657" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F657" t="inlineStr">
         <is>
-          <t>TimelineEventAllow them in</t>
+          <t>TimelineEventThis room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="G657" t="inlineStr"/>
       <c r="H657" t="inlineStr"/>
     </row>
     <row r="658">
       <c r="A658" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19128</t>
+          <t>../qml/TimelineEvent.qml:19196</t>
         </is>
       </c>
       <c r="B658" t="inlineStr">
         <is>
-          <t>This room was replaced for the following reason: %1</t>
+          <t>Go to replacement room</t>
         </is>
       </c>
       <c r="C658" t="inlineStr"/>
       <c r="D658" t="inlineStr"/>
       <c r="E658" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F658" t="inlineStr">
         <is>
-          <t>TimelineEventThis room was replaced for the following reason: %1</t>
+          <t>TimelineEventGo to replacement room</t>
         </is>
       </c>
       <c r="G658" t="inlineStr"/>
       <c r="H658" t="inlineStr"/>
     </row>
     <row r="659">
       <c r="A659" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19136</t>
+          <t>../qml/TimelineMetadata.qml:19236</t>
         </is>
       </c>
       <c r="B659" t="inlineStr">
         <is>
-          <t>Go to replacement room</t>
+          <t>Edited</t>
         </is>
       </c>
       <c r="C659" t="inlineStr"/>
       <c r="D659" t="inlineStr"/>
       <c r="E659" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F659" t="inlineStr">
         <is>
-          <t>TimelineEventGo to replacement room</t>
+          <t>TimelineMetadataEdited</t>
         </is>
       </c>
       <c r="G659" t="inlineStr"/>
       <c r="H659" t="inlineStr"/>
     </row>
     <row r="660">
       <c r="A660" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19176</t>
+          <t>../qml/TimelineMetadata.qml:19252</t>
         </is>
       </c>
       <c r="B660" t="inlineStr">
         <is>
-          <t>Edited</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C660" t="inlineStr"/>
       <c r="D660" t="inlineStr"/>
       <c r="E660" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F660" t="inlineStr">
         <is>
-          <t>TimelineMetadataEdited</t>
+          <t>TimelineMetadataPart of a thread</t>
         </is>
       </c>
       <c r="G660" t="inlineStr"/>
       <c r="H660" t="inlineStr"/>
     </row>
     <row r="661">
       <c r="A661" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19192</t>
+          <t>../../src/timeline/TimelineModel.cpp:21000</t>
         </is>
       </c>
       <c r="B661" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>Failed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="C661" t="inlineStr"/>
       <c r="D661" t="inlineStr"/>
       <c r="E661" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F661" t="inlineStr">
         <is>
-          <t>TimelineMetadataPart of a thread</t>
+          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="G661" t="inlineStr"/>
       <c r="H661" t="inlineStr"/>
     </row>
     <row r="662">
       <c r="A662" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20941</t>
+          <t>../../src/timeline/TimelineModel.cpp:21610</t>
         </is>
       </c>
       <c r="B662" t="inlineStr">
         <is>
-          <t>Failed to encrypt event, sending aborted!</t>
+          <t>%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="C662" t="inlineStr"/>
       <c r="D662" t="inlineStr"/>
       <c r="E662" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F662" t="inlineStr">
         <is>
-          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
+          <t>TimelineModel%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="G662" t="inlineStr"/>
       <c r="H662" t="inlineStr"/>
     </row>
     <row r="663">
       <c r="A663" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21550</t>
+          <t>../../src/timeline/TimelineModel.cpp:21614</t>
         </is>
       </c>
       <c r="B663" t="inlineStr">
         <is>
-          <t>%1 opened the room to the public.</t>
+          <t>%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="C663" t="inlineStr"/>
       <c r="D663" t="inlineStr"/>
       <c r="E663" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F663" t="inlineStr">
         <is>
-          <t>TimelineModel%1 opened the room to the public.</t>
+          <t>TimelineModel%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="G663" t="inlineStr"/>
       <c r="H663" t="inlineStr"/>
     </row>
     <row r="664">
       <c r="A664" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21554</t>
+          <t>../../src/timeline/TimelineModel.cpp:21621</t>
         </is>
       </c>
       <c r="B664" t="inlineStr">
         <is>
-          <t>%1 allowed to join this room by knocking.</t>
+          <t>%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="C664" t="inlineStr"/>
       <c r="D664" t="inlineStr"/>
       <c r="E664" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F664" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed to join this room by knocking.</t>
+          <t>TimelineModel%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="G664" t="inlineStr"/>
       <c r="H664" t="inlineStr"/>
     </row>
     <row r="665">
       <c r="A665" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21561</t>
+          <t>../../src/timeline/TimelineModel.cpp:21640</t>
         </is>
       </c>
       <c r="B665" t="inlineStr">
         <is>
-          <t>%1 allowed members of the following rooms to automatically join this room: %2</t>
+          <t>%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="C665" t="inlineStr"/>
       <c r="D665" t="inlineStr"/>
       <c r="E665" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F665" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed members of the following rooms to automatically join this room: %2</t>
+          <t>TimelineModel%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="G665" t="inlineStr"/>
       <c r="H665" t="inlineStr"/>
     </row>
     <row r="666">
       <c r="A666" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21580</t>
+          <t>../../src/timeline/TimelineModel.cpp:21642</t>
         </is>
       </c>
       <c r="B666" t="inlineStr">
         <is>
-          <t>%1 made the room open to guests.</t>
+          <t>%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="C666" t="inlineStr"/>
       <c r="D666" t="inlineStr"/>
       <c r="E666" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F666" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room open to guests.</t>
+          <t>TimelineModel%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="G666" t="inlineStr"/>
       <c r="H666" t="inlineStr"/>
     </row>
     <row r="667">
       <c r="A667" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21582</t>
+          <t>../../src/timeline/TimelineModel.cpp:21657</t>
         </is>
       </c>
       <c r="B667" t="inlineStr">
         <is>
-          <t>%1 has closed the room to guest access.</t>
+          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="C667" t="inlineStr"/>
       <c r="D667" t="inlineStr"/>
       <c r="E667" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F667" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has closed the room to guest access.</t>
+          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="G667" t="inlineStr"/>
       <c r="H667" t="inlineStr"/>
     </row>
     <row r="668">
       <c r="A668" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21597</t>
+          <t>../../src/timeline/TimelineModel.cpp:21661</t>
         </is>
       </c>
       <c r="B668" t="inlineStr">
         <is>
-          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="C668" t="inlineStr"/>
       <c r="D668" t="inlineStr"/>
       <c r="E668" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F668" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="G668" t="inlineStr"/>
       <c r="H668" t="inlineStr"/>
     </row>
     <row r="669">
       <c r="A669" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21601</t>
+          <t>../../src/timeline/TimelineModel.cpp:21663</t>
         </is>
       </c>
       <c r="B669" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members from this point on.</t>
+          <t>%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
       <c r="C669" t="inlineStr"/>
       <c r="D669" t="inlineStr"/>
       <c r="E669" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F669" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
+          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
       <c r="G669" t="inlineStr"/>
       <c r="H669" t="inlineStr"/>
     </row>
     <row r="670">
       <c r="A670" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21603</t>
+          <t>../../src/timeline/TimelineModel.cpp:21665</t>
         </is>
       </c>
       <c r="B670" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they were invited.</t>
+          <t>%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
       <c r="C670" t="inlineStr"/>
       <c r="D670" t="inlineStr"/>
       <c r="E670" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F670" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
+          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
       <c r="G670" t="inlineStr"/>
       <c r="H670" t="inlineStr"/>
     </row>
     <row r="671">
       <c r="A671" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21605</t>
+          <t>../../src/timeline/TimelineModel.cpp:21939</t>
         </is>
       </c>
       <c r="B671" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they joined the room.</t>
+          <t>%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="C671" t="inlineStr"/>
       <c r="D671" t="inlineStr"/>
       <c r="E671" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F671" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
+          <t>TimelineModel%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="G671" t="inlineStr"/>
       <c r="H671" t="inlineStr"/>
     </row>
     <row r="672">
       <c r="A672" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21877</t>
+          <t>../../src/timeline/TimelineModel.cpp:21717</t>
         </is>
       </c>
       <c r="B672" t="inlineStr">
         <is>
-          <t>%1 has changed the room's permissions.</t>
+          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C672" t="inlineStr"/>
       <c r="D672" t="inlineStr"/>
       <c r="E672" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F672" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's permissions.</t>
+          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G672" t="inlineStr"/>
       <c r="H672" t="inlineStr"/>
     </row>
     <row r="673">
       <c r="A673" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21656</t>
+          <t>../../src/timeline/TimelineModel.cpp:21732</t>
         </is>
       </c>
       <c r="B673" t="inlineStr">
         <is>
-          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>%n member can now kick room members.</t>
         </is>
       </c>
       <c r="C673" t="inlineStr"/>
       <c r="D673" t="inlineStr"/>
       <c r="E673" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F673" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>TimelineModel%n member(s) can now kick room members.</t>
         </is>
       </c>
       <c r="G673" t="inlineStr"/>
       <c r="H673" t="inlineStr"/>
     </row>
     <row r="674">
       <c r="A674" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21671</t>
+          <t>../../src/timeline/TimelineModel.cpp:21736</t>
         </is>
       </c>
       <c r="B674" t="inlineStr">
         <is>
-          <t>%n member can now kick room members.</t>
+          <t>%1 can now kick room members.</t>
         </is>
       </c>
       <c r="C674" t="inlineStr"/>
       <c r="D674" t="inlineStr"/>
       <c r="E674" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F674" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now kick room members.</t>
+          <t>TimelineModel%1 can now kick room members.</t>
         </is>
       </c>
       <c r="G674" t="inlineStr"/>
       <c r="H674" t="inlineStr"/>
     </row>
     <row r="675">
       <c r="A675" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21675</t>
+          <t>../../src/timeline/TimelineModel.cpp:21748</t>
         </is>
       </c>
       <c r="B675" t="inlineStr">
         <is>
-          <t>%1 can now kick room members.</t>
+          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C675" t="inlineStr"/>
       <c r="D675" t="inlineStr"/>
       <c r="E675" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F675" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now kick room members.</t>
+          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G675" t="inlineStr"/>
       <c r="H675" t="inlineStr"/>
     </row>
     <row r="676">
       <c r="A676" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21687</t>
+          <t>../../src/timeline/TimelineModel.cpp:21762</t>
         </is>
       </c>
       <c r="B676" t="inlineStr">
         <is>
-          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>%n member can now redact room messages.</t>
         </is>
       </c>
       <c r="C676" t="inlineStr"/>
       <c r="D676" t="inlineStr"/>
       <c r="E676" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F676" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>TimelineModel%n member(s) can now redact room messages.</t>
         </is>
       </c>
       <c r="G676" t="inlineStr"/>
       <c r="H676" t="inlineStr"/>
     </row>
     <row r="677">
       <c r="A677" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21701</t>
+          <t>../../src/timeline/TimelineModel.cpp:21768</t>
         </is>
       </c>
       <c r="B677" t="inlineStr">
         <is>
-          <t>%n member can now redact room messages.</t>
+          <t>%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="C677" t="inlineStr"/>
       <c r="D677" t="inlineStr"/>
       <c r="E677" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F677" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now redact room messages.</t>
+          <t>TimelineModel%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="G677" t="inlineStr"/>
       <c r="H677" t="inlineStr"/>
     </row>
     <row r="678">
       <c r="A678" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21707</t>
+          <t>../../src/timeline/TimelineModel.cpp:21780</t>
         </is>
       </c>
       <c r="B678" t="inlineStr">
         <is>
-          <t>%1 can now redact room messages.</t>
+          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C678" t="inlineStr"/>
       <c r="D678" t="inlineStr"/>
       <c r="E678" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F678" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now redact room messages.</t>
+          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G678" t="inlineStr"/>
       <c r="H678" t="inlineStr"/>
     </row>
     <row r="679">
       <c r="A679" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21719</t>
+          <t>../../src/timeline/TimelineModel.cpp:21795</t>
         </is>
       </c>
       <c r="B679" t="inlineStr">
         <is>
-          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>%n member can now ban room members.</t>
         </is>
       </c>
       <c r="C679" t="inlineStr"/>
       <c r="D679" t="inlineStr"/>
       <c r="E679" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F679" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>TimelineModel%n member(s) can now ban room members.</t>
         </is>
       </c>
       <c r="G679" t="inlineStr"/>
       <c r="H679" t="inlineStr"/>
     </row>
     <row r="680">
       <c r="A680" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21734</t>
+          <t>../../src/timeline/TimelineModel.cpp:21799</t>
         </is>
       </c>
       <c r="B680" t="inlineStr">
         <is>
-          <t>%n member can now ban room members.</t>
+          <t>%1 can now ban room members.</t>
         </is>
       </c>
       <c r="C680" t="inlineStr"/>
       <c r="D680" t="inlineStr"/>
       <c r="E680" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F680" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now ban room members.</t>
+          <t>TimelineModel%1 can now ban room members.</t>
         </is>
       </c>
       <c r="G680" t="inlineStr"/>
       <c r="H680" t="inlineStr"/>
     </row>
     <row r="681">
       <c r="A681" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21738</t>
+          <t>../../src/timeline/TimelineModel.cpp:21812</t>
         </is>
       </c>
       <c r="B681" t="inlineStr">
         <is>
-          <t>%1 can now ban room members.</t>
+          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C681" t="inlineStr"/>
       <c r="D681" t="inlineStr"/>
       <c r="E681" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F681" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now ban room members.</t>
+          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G681" t="inlineStr"/>
       <c r="H681" t="inlineStr"/>
     </row>
     <row r="682">
       <c r="A682" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21751</t>
+          <t>../../src/timeline/TimelineModel.cpp:21827</t>
         </is>
       </c>
       <c r="B682" t="inlineStr">
         <is>
-          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>%n member can now send state events.</t>
         </is>
       </c>
       <c r="C682" t="inlineStr"/>
       <c r="D682" t="inlineStr"/>
       <c r="E682" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F682" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%n member(s) can now send state events.</t>
         </is>
       </c>
       <c r="G682" t="inlineStr"/>
       <c r="H682" t="inlineStr"/>
     </row>
     <row r="683">
       <c r="A683" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21766</t>
+          <t>../../src/timeline/TimelineModel.cpp:21831</t>
         </is>
       </c>
       <c r="B683" t="inlineStr">
         <is>
-          <t>%n member can now send state events.</t>
+          <t>%1 can now send state events.</t>
         </is>
       </c>
       <c r="C683" t="inlineStr"/>
       <c r="D683" t="inlineStr"/>
       <c r="E683" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F683" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now send state events.</t>
+          <t>TimelineModel%1 can now send state events.</t>
         </is>
       </c>
       <c r="G683" t="inlineStr"/>
       <c r="H683" t="inlineStr"/>
     </row>
     <row r="684">
       <c r="A684" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21770</t>
+          <t>../../src/timeline/TimelineModel.cpp:21845</t>
         </is>
       </c>
       <c r="B684" t="inlineStr">
         <is>
-          <t>%1 can now send state events.</t>
+          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C684" t="inlineStr"/>
       <c r="D684" t="inlineStr"/>
       <c r="E684" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F684" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now send state events.</t>
+          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G684" t="inlineStr"/>
       <c r="H684" t="inlineStr"/>
     </row>
     <row r="685">
       <c r="A685" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21784</t>
+          <t>../../src/timeline/TimelineModel.cpp:21855</t>
         </is>
       </c>
       <c r="B685" t="inlineStr">
         <is>
-          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="C685" t="inlineStr"/>
       <c r="D685" t="inlineStr"/>
       <c r="E685" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F685" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="G685" t="inlineStr"/>
       <c r="H685" t="inlineStr"/>
     </row>
     <row r="686">
       <c r="A686" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21794</t>
+          <t>../../src/timeline/TimelineModel.cpp:21864</t>
         </is>
       </c>
       <c r="B686" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="C686" t="inlineStr"/>
       <c r="D686" t="inlineStr"/>
       <c r="E686" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F686" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="G686" t="inlineStr"/>
       <c r="H686" t="inlineStr"/>
     </row>
     <row r="687">
       <c r="A687" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21803</t>
+          <t>../../src/timeline/TimelineModel.cpp:21871</t>
         </is>
       </c>
       <c r="B687" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C687" t="inlineStr"/>
       <c r="D687" t="inlineStr"/>
       <c r="E687" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F687" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G687" t="inlineStr"/>
       <c r="H687" t="inlineStr"/>
     </row>
     <row r="688">
       <c r="A688" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21810</t>
+          <t>../../src/timeline/TimelineModel.cpp:21883</t>
         </is>
       </c>
       <c r="B688" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="C688" t="inlineStr"/>
       <c r="D688" t="inlineStr"/>
       <c r="E688" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F688" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="G688" t="inlineStr"/>
       <c r="H688" t="inlineStr"/>
     </row>
     <row r="689">
       <c r="A689" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21822</t>
+          <t>../../src/timeline/TimelineModel.cpp:21887</t>
         </is>
       </c>
       <c r="B689" t="inlineStr">
         <is>
-          <t>%1 has made %2 an administrator of this room.</t>
+          <t>%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="C689" t="inlineStr"/>
       <c r="D689" t="inlineStr"/>
       <c r="E689" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F689" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
+          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="G689" t="inlineStr"/>
       <c r="H689" t="inlineStr"/>
     </row>
     <row r="690">
       <c r="A690" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21826</t>
+          <t>../../src/timeline/TimelineModel.cpp:21891</t>
         </is>
       </c>
       <c r="B690" t="inlineStr">
         <is>
-          <t>%1 has made %2 a moderator of this room.</t>
+          <t>%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="C690" t="inlineStr"/>
       <c r="D690" t="inlineStr"/>
       <c r="E690" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F690" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
+          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="G690" t="inlineStr"/>
       <c r="H690" t="inlineStr"/>
     </row>
     <row r="691">
       <c r="A691" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21830</t>
+          <t>../../src/timeline/TimelineModel.cpp:21895</t>
         </is>
       </c>
       <c r="B691" t="inlineStr">
         <is>
-          <t>%1 has downgraded %2 to moderator of this room.</t>
+          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="C691" t="inlineStr"/>
       <c r="D691" t="inlineStr"/>
       <c r="E691" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F691" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
+          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="G691" t="inlineStr"/>
       <c r="H691" t="inlineStr"/>
     </row>
     <row r="692">
       <c r="A692" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21833</t>
+          <t>../../src/timeline/TimelineModel.cpp:21911</t>
         </is>
       </c>
       <c r="B692" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="C692" t="inlineStr"/>
       <c r="D692" t="inlineStr"/>
       <c r="E692" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F692" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="G692" t="inlineStr"/>
       <c r="H692" t="inlineStr"/>
     </row>
     <row r="693">
       <c r="A693" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21849</t>
+          <t>../../src/timeline/TimelineModel.cpp:21914</t>
         </is>
       </c>
       <c r="B693" t="inlineStr">
         <is>
-          <t>%1 allowed only administrators to send "%2".</t>
+          <t>%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="C693" t="inlineStr"/>
       <c r="D693" t="inlineStr"/>
       <c r="E693" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F693" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
+          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="G693" t="inlineStr"/>
       <c r="H693" t="inlineStr"/>
     </row>
     <row r="694">
       <c r="A694" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21852</t>
+          <t>../../src/timeline/TimelineModel.cpp:21917</t>
         </is>
       </c>
       <c r="B694" t="inlineStr">
         <is>
-          <t>%1 allowed only moderators to send "%2".</t>
+          <t>%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="C694" t="inlineStr"/>
       <c r="D694" t="inlineStr"/>
       <c r="E694" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F694" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
+          <t>TimelineModel%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="G694" t="inlineStr"/>
       <c r="H694" t="inlineStr"/>
     </row>
     <row r="695">
       <c r="A695" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21855</t>
+          <t>../../src/timeline/TimelineModel.cpp:21921</t>
         </is>
       </c>
       <c r="B695" t="inlineStr">
         <is>
-          <t>%1 allowed everyone to send "%2".</t>
+          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="C695" t="inlineStr"/>
       <c r="D695" t="inlineStr"/>
       <c r="E695" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F695" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed everyone to send "%2".</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="G695" t="inlineStr"/>
       <c r="H695" t="inlineStr"/>
     </row>
     <row r="696">
       <c r="A696" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21859</t>
+          <t>../../src/timeline/TimelineModel.cpp:21927</t>
         </is>
       </c>
       <c r="B696" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="C696" t="inlineStr"/>
       <c r="D696" t="inlineStr"/>
       <c r="E696" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F696" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="G696" t="inlineStr"/>
       <c r="H696" t="inlineStr"/>
     </row>
     <row r="697">
       <c r="A697" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21865</t>
+          <t>../../src/timeline/TimelineModel.cpp:21986</t>
         </is>
       </c>
       <c r="B697" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>(empty)</t>
         </is>
       </c>
       <c r="C697" t="inlineStr"/>
       <c r="D697" t="inlineStr"/>
       <c r="E697" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F697" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>TimelineModel(empty)</t>
         </is>
       </c>
       <c r="G697" t="inlineStr"/>
       <c r="H697" t="inlineStr"/>
     </row>
     <row r="698">
       <c r="A698" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21924</t>
+          <t>../../src/timeline/TimelineModel.cpp:21992</t>
         </is>
       </c>
       <c r="B698" t="inlineStr">
         <is>
-          <t>(empty)</t>
+          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C698" t="inlineStr"/>
       <c r="D698" t="inlineStr"/>
       <c r="E698" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F698" t="inlineStr">
         <is>
-          <t>TimelineModel(empty)</t>
+          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G698" t="inlineStr"/>
       <c r="H698" t="inlineStr"/>
     </row>
     <row r="699">
       <c r="A699" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21930</t>
+          <t>../../src/timeline/TimelineModel.cpp:21998</t>
         </is>
       </c>
       <c r="B699" t="inlineStr">
         <is>
-          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C699" t="inlineStr"/>
       <c r="D699" t="inlineStr"/>
       <c r="E699" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F699" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G699" t="inlineStr"/>
       <c r="H699" t="inlineStr"/>
     </row>
     <row r="700">
       <c r="A700" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21936</t>
+          <t>../../src/timeline/TimelineModel.cpp:22003</t>
         </is>
       </c>
       <c r="B700" t="inlineStr">
         <is>
-          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="C700" t="inlineStr"/>
       <c r="D700" t="inlineStr"/>
       <c r="E700" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F700" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="G700" t="inlineStr"/>
       <c r="H700" t="inlineStr"/>
     </row>
     <row r="701">
       <c r="A701" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21941</t>
+          <t>../../src/timeline/TimelineModel.cpp:22038</t>
         </is>
       </c>
       <c r="B701" t="inlineStr">
         <is>
-          <t>%1 changed the sticker and emotes in this room.</t>
+          <t>%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="C701" t="inlineStr"/>
       <c r="D701" t="inlineStr"/>
       <c r="E701" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F701" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
+          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="G701" t="inlineStr"/>
       <c r="H701" t="inlineStr"/>
     </row>
     <row r="702">
       <c r="A702" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21976</t>
+          <t>../../src/timeline/TimelineModel.cpp:22041</t>
         </is>
       </c>
       <c r="B702" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban users matching %2.</t>
+          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C702" t="inlineStr"/>
       <c r="D702" t="inlineStr"/>
       <c r="E702" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F702" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
+          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G702" t="inlineStr"/>
       <c r="H702" t="inlineStr"/>
     </row>
     <row r="703">
       <c r="A703" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21979</t>
+          <t>../../src/timeline/TimelineModel.cpp:22063</t>
         </is>
       </c>
       <c r="B703" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="C703" t="inlineStr"/>
       <c r="D703" t="inlineStr"/>
       <c r="E703" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F703" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="G703" t="inlineStr"/>
       <c r="H703" t="inlineStr"/>
     </row>
     <row r="704">
       <c r="A704" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22001</t>
+          <t>../../src/timeline/TimelineModel.cpp:22066</t>
         </is>
       </c>
       <c r="B704" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban rooms matching %2.</t>
+          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C704" t="inlineStr"/>
       <c r="D704" t="inlineStr"/>
       <c r="E704" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F704" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
+          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G704" t="inlineStr"/>
       <c r="H704" t="inlineStr"/>
     </row>
     <row r="705">
       <c r="A705" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22004</t>
+          <t>../../src/timeline/TimelineModel.cpp:22088</t>
         </is>
       </c>
       <c r="B705" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="C705" t="inlineStr"/>
       <c r="D705" t="inlineStr"/>
       <c r="E705" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F705" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="G705" t="inlineStr"/>
       <c r="H705" t="inlineStr"/>
     </row>
     <row r="706">
       <c r="A706" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22026</t>
+          <t>../../src/timeline/TimelineModel.cpp:22091</t>
         </is>
       </c>
       <c r="B706" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban servers matching %2.</t>
+          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C706" t="inlineStr"/>
       <c r="D706" t="inlineStr"/>
       <c r="E706" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F706" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
+          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G706" t="inlineStr"/>
       <c r="H706" t="inlineStr"/>
     </row>
     <row r="707">
       <c r="A707" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22029</t>
+          <t>../../src/timeline/TimelineModel.cpp:22125</t>
         </is>
       </c>
       <c r="B707" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>Removed by %1</t>
         </is>
       </c>
       <c r="C707" t="inlineStr"/>
       <c r="D707" t="inlineStr"/>
       <c r="E707" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F707" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>TimelineModelRemoved by %1</t>
         </is>
       </c>
       <c r="G707" t="inlineStr"/>
       <c r="H707" t="inlineStr"/>
     </row>
     <row r="708">
       <c r="A708" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22063</t>
+          <t>../../src/timeline/TimelineModel.cpp:22127</t>
         </is>
       </c>
       <c r="B708" t="inlineStr">
         <is>
-          <t>Removed by %1</t>
+          <t>%1 (%2) removed this message at %3</t>
         </is>
       </c>
       <c r="C708" t="inlineStr"/>
       <c r="D708" t="inlineStr"/>
       <c r="E708" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F708" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1</t>
+          <t>TimelineModel%1 (%2) removed this message at %3</t>
         </is>
       </c>
       <c r="G708" t="inlineStr"/>
       <c r="H708" t="inlineStr"/>
     </row>
     <row r="709">
       <c r="A709" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22065</t>
+          <t>../../src/timeline/TimelineModel.cpp:22129</t>
         </is>
       </c>
       <c r="B709" t="inlineStr">
         <is>
-          <t>%1 (%2) removed this message at %3</t>
+          <t>Removed by %1 because: %2</t>
         </is>
       </c>
       <c r="C709" t="inlineStr"/>
       <c r="D709" t="inlineStr"/>
       <c r="E709" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F709" t="inlineStr">
         <is>
-          <t>TimelineModel%1 (%2) removed this message at %3</t>
+          <t>TimelineModelRemoved by %1 because: %2</t>
         </is>
       </c>
       <c r="G709" t="inlineStr"/>
       <c r="H709" t="inlineStr"/>
     </row>
     <row r="710">
       <c r="A710" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22067</t>
+          <t>../../src/timeline/TimelineModel.cpp:22130</t>
         </is>
       </c>
       <c r="B710" t="inlineStr">
         <is>
-          <t>Removed by %1 because: %2</t>
+          <t>%1 (%2) removed this message at %3
+Reason: %4</t>
         </is>
       </c>
       <c r="C710" t="inlineStr"/>
       <c r="D710" t="inlineStr"/>
       <c r="E710" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F710" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1 because: %2</t>
+          <t>TimelineModel%1 (%2) removed this message at %3
+Reason: %4</t>
         </is>
       </c>
       <c r="G710" t="inlineStr"/>
       <c r="H710" t="inlineStr"/>
     </row>
     <row r="711">
       <c r="A711" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22068</t>
+          <t>../../src/timeline/TimelineModel.cpp:22274</t>
         </is>
       </c>
       <c r="B711" t="inlineStr">
         <is>
-          <t>%1 (%2) removed this message at %3
-Reason: %4</t>
+          <t>%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="C711" t="inlineStr"/>
       <c r="D711" t="inlineStr"/>
       <c r="E711" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F711" t="inlineStr">
         <is>
-          <t>TimelineModel%1 (%2) removed this message at %3
-Reason: %4</t>
+          <t>TimelineModel%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="G711" t="inlineStr"/>
       <c r="H711" t="inlineStr"/>
     </row>
     <row r="712">
       <c r="A712" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22212</t>
+          <t>../../src/timeline/TimelineModel.cpp:22269</t>
         </is>
       </c>
       <c r="B712" t="inlineStr">
         <is>
-          <t>%2 revoked the invite to %1.</t>
+          <t>%2 kicked %1.</t>
         </is>
       </c>
       <c r="C712" t="inlineStr"/>
       <c r="D712" t="inlineStr"/>
       <c r="E712" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F712" t="inlineStr">
         <is>
-          <t>TimelineModel%2 revoked the invite to %1.</t>
+          <t>TimelineModel%2 kicked %1.</t>
         </is>
       </c>
       <c r="G712" t="inlineStr"/>
       <c r="H712" t="inlineStr"/>
     </row>
     <row r="713">
       <c r="A713" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22207</t>
+          <t>../../src/timeline/TimelineModel.cpp:22276</t>
         </is>
       </c>
       <c r="B713" t="inlineStr">
         <is>
-          <t>%2 kicked %1.</t>
+          <t>%2 unbanned %1.</t>
         </is>
       </c>
       <c r="C713" t="inlineStr"/>
       <c r="D713" t="inlineStr"/>
       <c r="E713" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F713" t="inlineStr">
         <is>
-          <t>TimelineModel%2 kicked %1.</t>
+          <t>TimelineModel%2 unbanned %1.</t>
         </is>
       </c>
       <c r="G713" t="inlineStr"/>
       <c r="H713" t="inlineStr"/>
     </row>
     <row r="714">
       <c r="A714" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22214</t>
+          <t>../../src/timeline/TimelineModel.cpp:22281</t>
         </is>
       </c>
       <c r="B714" t="inlineStr">
         <is>
-          <t>%2 unbanned %1.</t>
+          <t>%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="C714" t="inlineStr"/>
       <c r="D714" t="inlineStr"/>
       <c r="E714" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F714" t="inlineStr">
         <is>
-          <t>TimelineModel%2 unbanned %1.</t>
+          <t>TimelineModel%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="G714" t="inlineStr"/>
       <c r="H714" t="inlineStr"/>
     </row>
     <row r="715">
       <c r="A715" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22219</t>
+          <t>../../src/timeline/TimelineModel.cpp:22251</t>
         </is>
       </c>
       <c r="B715" t="inlineStr">
         <is>
-          <t>%2 rejected the knock from %1.</t>
+          <t>%1 changed some profile info.</t>
         </is>
       </c>
       <c r="C715" t="inlineStr"/>
       <c r="D715" t="inlineStr"/>
       <c r="E715" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F715" t="inlineStr">
         <is>
-          <t>TimelineModel%2 rejected the knock from %1.</t>
+          <t>TimelineModel%1 changed some profile info.</t>
         </is>
       </c>
       <c r="G715" t="inlineStr"/>
       <c r="H715" t="inlineStr"/>
     </row>
     <row r="716">
       <c r="A716" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22189</t>
+          <t>../../src/timeline/TimelineModel.cpp:22259</t>
         </is>
       </c>
       <c r="B716" t="inlineStr">
         <is>
-          <t>%1 changed some profile info.</t>
+          <t>%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="C716" t="inlineStr"/>
       <c r="D716" t="inlineStr"/>
       <c r="E716" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F716" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed some profile info.</t>
+          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="G716" t="inlineStr"/>
       <c r="H716" t="inlineStr"/>
     </row>
     <row r="717">
       <c r="A717" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22197</t>
+          <t>../../src/timeline/TimelineModel.cpp:22298</t>
         </is>
       </c>
       <c r="B717" t="inlineStr">
         <is>
-          <t>%1 joined via authorisation from %2's server.</t>
+          <t>Reason: %1</t>
         </is>
       </c>
       <c r="C717" t="inlineStr"/>
       <c r="D717" t="inlineStr"/>
       <c r="E717" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F717" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
+          <t>TimelineModelReason: %1</t>
         </is>
       </c>
       <c r="G717" t="inlineStr"/>
       <c r="H717" t="inlineStr"/>
     </row>
     <row r="718">
       <c r="A718" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22236</t>
+          <t>../../src/timeline/TimelineModel.cpp:19967</t>
         </is>
       </c>
       <c r="B718" t="inlineStr">
         <is>
-          <t>Reason: %1</t>
+          <t>%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="C718" t="inlineStr"/>
       <c r="D718" t="inlineStr"/>
       <c r="E718" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F718" t="inlineStr">
         <is>
-          <t>TimelineModelReason: %1</t>
+          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="G718" t="inlineStr"/>
       <c r="H718" t="inlineStr"/>
     </row>
     <row r="719">
       <c r="A719" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19907</t>
+          <t>../../src/timeline/TimelineModel.cpp:19971</t>
         </is>
       </c>
       <c r="B719" t="inlineStr">
         <is>
-          <t>%1 changed which servers are allowed in this room.</t>
+          <t>%1 removed the room name.</t>
         </is>
       </c>
       <c r="C719" t="inlineStr"/>
       <c r="D719" t="inlineStr"/>
       <c r="E719" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F719" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
+          <t>TimelineModel%1 removed the room name.</t>
         </is>
       </c>
       <c r="G719" t="inlineStr"/>
       <c r="H719" t="inlineStr"/>
     </row>
     <row r="720">
       <c r="A720" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19911</t>
+          <t>../../src/timeline/TimelineModel.cpp:19974</t>
         </is>
       </c>
       <c r="B720" t="inlineStr">
         <is>
-          <t>%1 removed the room name.</t>
+          <t>%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="C720" t="inlineStr"/>
       <c r="D720" t="inlineStr"/>
       <c r="E720" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F720" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room name.</t>
+          <t>TimelineModel%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="G720" t="inlineStr"/>
       <c r="H720" t="inlineStr"/>
     </row>
     <row r="721">
       <c r="A721" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19914</t>
+          <t>../../src/timeline/TimelineModel.cpp:19979</t>
         </is>
       </c>
       <c r="B721" t="inlineStr">
         <is>
-          <t>%1 changed the room name to: %2</t>
+          <t>%1 removed the topic.</t>
         </is>
       </c>
       <c r="C721" t="inlineStr"/>
       <c r="D721" t="inlineStr"/>
       <c r="E721" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F721" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room name to: %2</t>
+          <t>TimelineModel%1 removed the topic.</t>
         </is>
       </c>
       <c r="G721" t="inlineStr"/>
       <c r="H721" t="inlineStr"/>
     </row>
     <row r="722">
       <c r="A722" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19919</t>
+          <t>../../src/timeline/TimelineModel.cpp:19982</t>
         </is>
       </c>
       <c r="B722" t="inlineStr">
         <is>
-          <t>%1 removed the topic.</t>
+          <t>%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="C722" t="inlineStr"/>
       <c r="D722" t="inlineStr"/>
       <c r="E722" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F722" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the topic.</t>
+          <t>TimelineModel%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="G722" t="inlineStr"/>
       <c r="H722" t="inlineStr"/>
     </row>
     <row r="723">
       <c r="A723" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19922</t>
+          <t>../../src/timeline/TimelineModel.cpp:19987</t>
         </is>
       </c>
       <c r="B723" t="inlineStr">
         <is>
-          <t>%1 changed the topic to: %2</t>
+          <t>%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="C723" t="inlineStr"/>
       <c r="D723" t="inlineStr"/>
       <c r="E723" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F723" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the topic to: %2</t>
+          <t>TimelineModel%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="G723" t="inlineStr"/>
       <c r="H723" t="inlineStr"/>
     </row>
     <row r="724">
       <c r="A724" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19927</t>
+          <t>../../src/timeline/TimelineModel.cpp:19995</t>
         </is>
       </c>
       <c r="B724" t="inlineStr">
         <is>
-          <t>%1 changed the room avatar to: %2</t>
+          <t>%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="C724" t="inlineStr"/>
       <c r="D724" t="inlineStr"/>
       <c r="E724" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F724" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room avatar to: %2</t>
+          <t>TimelineModel%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="G724" t="inlineStr"/>
       <c r="H724" t="inlineStr"/>
     </row>
     <row r="725">
       <c r="A725" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19935</t>
+          <t>../../src/timeline/TimelineModel.cpp:19998</t>
         </is>
       </c>
       <c r="B725" t="inlineStr">
         <is>
-          <t>%1 removed the room avatar.</t>
+          <t>%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="C725" t="inlineStr"/>
       <c r="D725" t="inlineStr"/>
       <c r="E725" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F725" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room avatar.</t>
+          <t>TimelineModel%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="G725" t="inlineStr"/>
       <c r="H725" t="inlineStr"/>
     </row>
     <row r="726">
       <c r="A726" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19938</t>
+          <t>../../src/timeline/TimelineModel.cpp:20005</t>
         </is>
       </c>
       <c r="B726" t="inlineStr">
         <is>
-          <t>%1 changed the pinned messages.</t>
+          <t>%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="C726" t="inlineStr"/>
       <c r="D726" t="inlineStr"/>
       <c r="E726" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F726" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the pinned messages.</t>
+          <t>TimelineModel%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="G726" t="inlineStr"/>
       <c r="H726" t="inlineStr"/>
     </row>
     <row r="727">
       <c r="A727" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19945</t>
+          <t>../../src/timeline/TimelineModel.cpp:20008</t>
         </is>
       </c>
       <c r="B727" t="inlineStr">
         <is>
-          <t>%1 changed the addresses for this room.</t>
+          <t>%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="C727" t="inlineStr"/>
       <c r="D727" t="inlineStr"/>
       <c r="E727" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F727" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the addresses for this room.</t>
+          <t>TimelineModel%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="G727" t="inlineStr"/>
       <c r="H727" t="inlineStr"/>
     </row>
     <row r="728">
       <c r="A728" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19948</t>
+          <t>../../src/timeline/TimelineModel.cpp:20011</t>
         </is>
       </c>
       <c r="B728" t="inlineStr">
         <is>
-          <t>%1 changed the parent communities for this room.</t>
+          <t>%1 created and configured room: %2</t>
         </is>
       </c>
       <c r="C728" t="inlineStr"/>
       <c r="D728" t="inlineStr"/>
       <c r="E728" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F728" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the parent communities for this room.</t>
+          <t>TimelineModel%1 created and configured room: %2</t>
         </is>
       </c>
       <c r="G728" t="inlineStr"/>
       <c r="H728" t="inlineStr"/>
     </row>
     <row r="729">
       <c r="A729" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19951</t>
+          <t>../../src/timeline/TimelineModel.cpp:20029</t>
         </is>
       </c>
       <c r="B729" t="inlineStr">
         <is>
-          <t>%1 created and configured room: %2</t>
+          <t>%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="C729" t="inlineStr"/>
       <c r="D729" t="inlineStr"/>
       <c r="E729" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F729" t="inlineStr">
         <is>
-          <t>TimelineModel%1 created and configured room: %2</t>
+          <t>TimelineModel%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="G729" t="inlineStr"/>
       <c r="H729" t="inlineStr"/>
     </row>
     <row r="730">
       <c r="A730" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19969</t>
+          <t>../../src/timeline/TimelineModel.cpp:20584</t>
         </is>
       </c>
       <c r="B730" t="inlineStr">
         <is>
-          <t>%1 changed unknown state event %2.</t>
+          <t>You joined this room.</t>
         </is>
       </c>
       <c r="C730" t="inlineStr"/>
       <c r="D730" t="inlineStr"/>
       <c r="E730" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F730" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed unknown state event %2.</t>
-[...2 lines deleted...]
-      <c r="G730" t="inlineStr"/>
+          <t>TimelineModelYou joined this room.</t>
+        </is>
+      </c>
+      <c r="G730" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: 部屋に参加しました</t>
+        </is>
+      </c>
       <c r="H730" t="inlineStr"/>
     </row>
     <row r="731">
       <c r="A731" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20525</t>
+          <t>../../src/timeline/TimelineModel.cpp:20699</t>
         </is>
       </c>
       <c r="B731" t="inlineStr">
         <is>
-          <t>You joined this room.</t>
+          <t>%n hour later</t>
         </is>
       </c>
       <c r="C731" t="inlineStr"/>
       <c r="D731" t="inlineStr"/>
       <c r="E731" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F731" t="inlineStr">
         <is>
-          <t>TimelineModelYou joined this room.</t>
-[...6 lines deleted...]
-      </c>
+          <t>TimelineModel%n hour(s) later</t>
+        </is>
+      </c>
+      <c r="G731" t="inlineStr"/>
       <c r="H731" t="inlineStr"/>
     </row>
     <row r="732">
       <c r="A732" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20640</t>
+          <t>../../src/timeline/TimelineModel.cpp:21612</t>
         </is>
       </c>
       <c r="B732" t="inlineStr">
         <is>
-          <t>%n hour later</t>
+          <t>%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="C732" t="inlineStr"/>
       <c r="D732" t="inlineStr"/>
       <c r="E732" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F732" t="inlineStr">
         <is>
-          <t>TimelineModel%n hour(s) later</t>
+          <t>TimelineModel%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="G732" t="inlineStr"/>
       <c r="H732" t="inlineStr"/>
     </row>
     <row r="733">
       <c r="A733" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21552</t>
+          <t>../../src/timeline/TimelineModel.cpp:22232</t>
         </is>
       </c>
       <c r="B733" t="inlineStr">
         <is>
-          <t>%1 made this room require an invitation to join.</t>
+          <t>%1 invited %2.</t>
         </is>
       </c>
       <c r="C733" t="inlineStr"/>
       <c r="D733" t="inlineStr"/>
       <c r="E733" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F733" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made this room require an invitation to join.</t>
+          <t>TimelineModel%1 invited %2.</t>
         </is>
       </c>
       <c r="G733" t="inlineStr"/>
       <c r="H733" t="inlineStr"/>
     </row>
     <row r="734">
       <c r="A734" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22170</t>
+          <t>../../src/timeline/TimelineModel.cpp:22243</t>
         </is>
       </c>
       <c r="B734" t="inlineStr">
         <is>
-          <t>%1 invited %2.</t>
+          <t>%1 has changed their avatar and changed their display name to %2.</t>
         </is>
       </c>
       <c r="C734" t="inlineStr"/>
       <c r="D734" t="inlineStr"/>
       <c r="E734" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F734" t="inlineStr">
         <is>
-          <t>TimelineModel%1 invited %2.</t>
+          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
         </is>
       </c>
       <c r="G734" t="inlineStr"/>
       <c r="H734" t="inlineStr"/>
     </row>
     <row r="735">
       <c r="A735" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22181</t>
+          <t>../../src/timeline/TimelineModel.cpp:22247</t>
         </is>
       </c>
       <c r="B735" t="inlineStr">
         <is>
-          <t>%1 has changed their avatar and changed their display name to %2.</t>
+          <t>%1 has changed their display name to %2.</t>
         </is>
       </c>
       <c r="C735" t="inlineStr"/>
       <c r="D735" t="inlineStr"/>
       <c r="E735" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F735" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
+          <t>TimelineModel%1 has changed their display name to %2.</t>
         </is>
       </c>
       <c r="G735" t="inlineStr"/>
       <c r="H735" t="inlineStr"/>
     </row>
     <row r="736">
       <c r="A736" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22185</t>
+          <t>../../src/timeline/TimelineModel.cpp:22283</t>
         </is>
       </c>
       <c r="B736" t="inlineStr">
         <is>
-          <t>%1 has changed their display name to %2.</t>
-[...2 lines deleted...]
-      <c r="C736" t="inlineStr"/>
+          <t>%1 left after having already left!</t>
+        </is>
+      </c>
+      <c r="C736" t="inlineStr">
+        <is>
+          <t>退出済みの%1が退出しました!</t>
+        </is>
+      </c>
       <c r="D736" t="inlineStr"/>
       <c r="E736" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F736" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their display name to %2.</t>
+          <t>TimelineModel
+This is a leave event after the user already left and shouldn't happen apart from state resets%1 left after having already left!</t>
         </is>
       </c>
       <c r="G736" t="inlineStr"/>
       <c r="H736" t="inlineStr"/>
     </row>
     <row r="737">
       <c r="A737" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22221</t>
+          <t>../../src/timeline/TimelineModel.cpp:22290</t>
         </is>
       </c>
       <c r="B737" t="inlineStr">
         <is>
-          <t>%1 left after having already left!</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 banned %2</t>
+        </is>
+      </c>
+      <c r="C737" t="inlineStr"/>
       <c r="D737" t="inlineStr"/>
       <c r="E737" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F737" t="inlineStr">
         <is>
-          <t>TimelineModel
-This is a leave event after the user already left and shouldn't happen apart from state resets%1 left after having already left!</t>
+          <t>TimelineModel%1 banned %2</t>
         </is>
       </c>
       <c r="G737" t="inlineStr"/>
       <c r="H737" t="inlineStr"/>
     </row>
     <row r="738">
       <c r="A738" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22228</t>
+          <t>../qml/TimelineSectionHeader.qml:22432</t>
         </is>
       </c>
       <c r="B738" t="inlineStr">
         <is>
-          <t>%1 banned %2</t>
+          <t>%1's status message</t>
         </is>
       </c>
       <c r="C738" t="inlineStr"/>
       <c r="D738" t="inlineStr"/>
       <c r="E738" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F738" t="inlineStr">
         <is>
-          <t>TimelineModel%1 banned %2</t>
+          <t>TimelineSectionHeader%1's status message</t>
         </is>
       </c>
       <c r="G738" t="inlineStr"/>
       <c r="H738" t="inlineStr"/>
     </row>
     <row r="739">
       <c r="A739" t="inlineStr">
         <is>
-          <t>../qml/TimelineSectionHeader.qml:22370</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B739" t="inlineStr">
         <is>
-          <t>%1's status message</t>
+          <t>You are about to notify the whole room</t>
         </is>
       </c>
       <c r="C739" t="inlineStr"/>
       <c r="D739" t="inlineStr"/>
       <c r="E739" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F739" t="inlineStr">
         <is>
-          <t>TimelineSectionHeader%1's status message</t>
+          <t>TimelineViewYou are about to notify the whole room</t>
         </is>
       </c>
       <c r="G739" t="inlineStr"/>
       <c r="H739" t="inlineStr"/>
     </row>
     <row r="740">
       <c r="A740" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B740" t="inlineStr">
         <is>
-          <t>You are about to notify the whole room</t>
+          <t>You will be mentioning %1</t>
         </is>
       </c>
       <c r="C740" t="inlineStr"/>
       <c r="D740" t="inlineStr"/>
       <c r="E740" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F740" t="inlineStr">
         <is>
-          <t>TimelineViewYou are about to notify the whole room</t>
+          <t>TimelineViewYou will be mentioning %1</t>
         </is>
       </c>
       <c r="G740" t="inlineStr"/>
       <c r="H740" t="inlineStr"/>
     </row>
     <row r="741">
       <c r="A741" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../qml/TimelineView.qml:22598</t>
         </is>
       </c>
       <c r="B741" t="inlineStr">
         <is>
-          <t>You will be mentioning %1</t>
+          <t>The command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="C741" t="inlineStr"/>
       <c r="D741" t="inlineStr"/>
       <c r="E741" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F741" t="inlineStr">
         <is>
-          <t>TimelineViewYou will be mentioning %1</t>
+          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="G741" t="inlineStr"/>
       <c r="H741" t="inlineStr"/>
     </row>
     <row r="742">
       <c r="A742" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22535</t>
+          <t>../qml/TimelineView.qml:22603</t>
         </is>
       </c>
       <c r="B742" t="inlineStr">
         <is>
-          <t>The command /%1 is not recognized and will be sent as part of your message</t>
+          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="C742" t="inlineStr"/>
       <c r="D742" t="inlineStr"/>
       <c r="E742" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F742" t="inlineStr">
         <is>
-          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
+          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="G742" t="inlineStr"/>
       <c r="H742" t="inlineStr"/>
     </row>
     <row r="743">
       <c r="A743" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22540</t>
+          <t>../qml/TimelineView.qml:22644</t>
         </is>
       </c>
       <c r="B743" t="inlineStr">
         <is>
-          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C743" t="inlineStr"/>
       <c r="D743" t="inlineStr"/>
       <c r="E743" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F743" t="inlineStr">
         <is>
-          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>TimelineViewNo preview available</t>
         </is>
       </c>
       <c r="G743" t="inlineStr"/>
       <c r="H743" t="inlineStr"/>
     </row>
     <row r="744">
       <c r="A744" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22581</t>
+          <t>../qml/TimelineView.qml:22649</t>
         </is>
       </c>
       <c r="B744" t="inlineStr">
         <is>
-          <t>No preview available</t>
-[...2 lines deleted...]
-      <c r="C744" t="inlineStr"/>
+          <t>Settings</t>
+        </is>
+      </c>
+      <c r="C744" t="inlineStr">
+        <is>
+          <t>設定</t>
+        </is>
+      </c>
       <c r="D744" t="inlineStr"/>
       <c r="E744" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F744" t="inlineStr">
         <is>
-          <t>TimelineViewNo preview available</t>
+          <t>TimelineViewSettings</t>
         </is>
       </c>
       <c r="G744" t="inlineStr"/>
       <c r="H744" t="inlineStr"/>
     </row>
     <row r="745">
       <c r="A745" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22586</t>
+          <t>../qml/TimelineView.qml:22668</t>
         </is>
       </c>
       <c r="B745" t="inlineStr">
         <is>
-          <t>Settings</t>
-[...6 lines deleted...]
-      </c>
+          <t>%n member</t>
+        </is>
+      </c>
+      <c r="C745" t="inlineStr"/>
       <c r="D745" t="inlineStr"/>
       <c r="E745" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F745" t="inlineStr">
         <is>
-          <t>TimelineViewSettings</t>
+          <t>TimelineView%n member(s)</t>
         </is>
       </c>
       <c r="G745" t="inlineStr"/>
       <c r="H745" t="inlineStr"/>
     </row>
     <row r="746">
       <c r="A746" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22605</t>
+          <t>../qml/TimelineView.qml:22671</t>
         </is>
       </c>
       <c r="B746" t="inlineStr">
         <is>
-          <t>%n member</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C746" t="inlineStr"/>
       <c r="D746" t="inlineStr"/>
       <c r="E746" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F746" t="inlineStr">
         <is>
-          <t>TimelineView%n member(s)</t>
+          <t>TimelineViewView members of %1</t>
         </is>
       </c>
       <c r="G746" t="inlineStr"/>
       <c r="H746" t="inlineStr"/>
     </row>
     <row r="747">
       <c r="A747" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22608</t>
+          <t>../qml/TimelineView.qml:22689</t>
         </is>
       </c>
       <c r="B747" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="C747" t="inlineStr"/>
       <c r="D747" t="inlineStr"/>
       <c r="E747" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F747" t="inlineStr">
         <is>
-          <t>TimelineViewView members of %1</t>
+          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="G747" t="inlineStr"/>
       <c r="H747" t="inlineStr"/>
     </row>
     <row r="748">
       <c r="A748" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22626</t>
+          <t>../qml/TimelineView.qml:22695</t>
         </is>
       </c>
       <c r="B748" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>join the conversation</t>
         </is>
       </c>
       <c r="C748" t="inlineStr"/>
       <c r="D748" t="inlineStr"/>
       <c r="E748" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F748" t="inlineStr">
         <is>
-          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>TimelineViewjoin the conversation</t>
         </is>
       </c>
       <c r="G748" t="inlineStr"/>
       <c r="H748" t="inlineStr"/>
     </row>
     <row r="749">
       <c r="A749" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22632</t>
+          <t>../qml/TimelineView.qml:22702</t>
         </is>
       </c>
       <c r="B749" t="inlineStr">
         <is>
-          <t>join the conversation</t>
+          <t>accept invite</t>
         </is>
       </c>
       <c r="C749" t="inlineStr"/>
       <c r="D749" t="inlineStr"/>
       <c r="E749" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F749" t="inlineStr">
         <is>
-          <t>TimelineViewjoin the conversation</t>
+          <t>TimelineViewaccept invite</t>
         </is>
       </c>
       <c r="G749" t="inlineStr"/>
       <c r="H749" t="inlineStr"/>
     </row>
     <row r="750">
       <c r="A750" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22639</t>
+          <t>../qml/TimelineView.qml:22709</t>
         </is>
       </c>
       <c r="B750" t="inlineStr">
         <is>
-          <t>accept invite</t>
+          <t>decline invite</t>
         </is>
       </c>
       <c r="C750" t="inlineStr"/>
       <c r="D750" t="inlineStr"/>
       <c r="E750" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F750" t="inlineStr">
         <is>
-          <t>TimelineViewaccept invite</t>
+          <t>TimelineViewdecline invite</t>
         </is>
       </c>
       <c r="G750" t="inlineStr"/>
       <c r="H750" t="inlineStr"/>
     </row>
     <row r="751">
       <c r="A751" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22646</t>
+          <t>../qml/TimelineView.qml:22716</t>
         </is>
       </c>
       <c r="B751" t="inlineStr">
         <is>
-          <t>decline invite</t>
+          <t>decline invite and ignore user</t>
         </is>
       </c>
       <c r="C751" t="inlineStr"/>
       <c r="D751" t="inlineStr"/>
       <c r="E751" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F751" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite</t>
+          <t>TimelineViewdecline invite and ignore user</t>
         </is>
       </c>
       <c r="G751" t="inlineStr"/>
       <c r="H751" t="inlineStr"/>
     </row>
     <row r="752">
       <c r="A752" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22653</t>
+          <t>../qml/TimelineView.qml:22726</t>
         </is>
       </c>
       <c r="B752" t="inlineStr">
         <is>
-          <t>decline invite and ignore user</t>
+          <t>leave</t>
         </is>
       </c>
       <c r="C752" t="inlineStr"/>
       <c r="D752" t="inlineStr"/>
       <c r="E752" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F752" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite and ignore user</t>
+          <t>TimelineViewleave</t>
         </is>
       </c>
       <c r="G752" t="inlineStr"/>
       <c r="H752" t="inlineStr"/>
     </row>
     <row r="753">
       <c r="A753" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22663</t>
+          <t>../qml/TimelineView.qml:22741</t>
         </is>
       </c>
       <c r="B753" t="inlineStr">
         <is>
-          <t>leave</t>
+          <t>Invited by %1 (%2)</t>
         </is>
       </c>
       <c r="C753" t="inlineStr"/>
       <c r="D753" t="inlineStr"/>
       <c r="E753" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F753" t="inlineStr">
         <is>
-          <t>TimelineViewleave</t>
+          <t>TimelineViewInvited by %1 (%2)</t>
         </is>
       </c>
       <c r="G753" t="inlineStr"/>
       <c r="H753" t="inlineStr"/>
     </row>
     <row r="754">
       <c r="A754" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22678</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B754" t="inlineStr">
         <is>
-          <t>Invited by %1 (%2)</t>
+          <t>Hide invite reason</t>
         </is>
       </c>
       <c r="C754" t="inlineStr"/>
       <c r="D754" t="inlineStr"/>
       <c r="E754" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F754" t="inlineStr">
         <is>
-          <t>TimelineViewInvited by %1 (%2)</t>
+          <t>TimelineViewHide invite reason</t>
         </is>
       </c>
       <c r="G754" t="inlineStr"/>
       <c r="H754" t="inlineStr"/>
     </row>
     <row r="755">
       <c r="A755" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B755" t="inlineStr">
         <is>
-          <t>Hide invite reason</t>
+          <t>Show invite reason</t>
         </is>
       </c>
       <c r="C755" t="inlineStr"/>
       <c r="D755" t="inlineStr"/>
       <c r="E755" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F755" t="inlineStr">
         <is>
-          <t>TimelineViewHide invite reason</t>
+          <t>TimelineViewShow invite reason</t>
         </is>
       </c>
       <c r="G755" t="inlineStr"/>
       <c r="H755" t="inlineStr"/>
     </row>
     <row r="756">
       <c r="A756" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22803</t>
         </is>
       </c>
       <c r="B756" t="inlineStr">
         <is>
-          <t>Show invite reason</t>
+          <t>Back to room list</t>
         </is>
       </c>
       <c r="C756" t="inlineStr"/>
       <c r="D756" t="inlineStr"/>
       <c r="E756" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F756" t="inlineStr">
         <is>
-          <t>TimelineViewShow invite reason</t>
+          <t>TimelineViewBack to room list</t>
         </is>
       </c>
       <c r="G756" t="inlineStr"/>
       <c r="H756" t="inlineStr"/>
     </row>
     <row r="757">
       <c r="A757" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22740</t>
+          <t>../qml/TopBar.qml:22823</t>
         </is>
       </c>
       <c r="B757" t="inlineStr">
         <is>
-          <t>Back to room list</t>
+          <t>No room selected</t>
         </is>
       </c>
       <c r="C757" t="inlineStr"/>
       <c r="D757" t="inlineStr"/>
       <c r="E757" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F757" t="inlineStr">
         <is>
-          <t>TimelineViewBack to room list</t>
+          <t>TopBarNo room selected</t>
         </is>
       </c>
       <c r="G757" t="inlineStr"/>
       <c r="H757" t="inlineStr"/>
     </row>
     <row r="758">
       <c r="A758" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22760</t>
+          <t>../qml/TopBar.qml:22877</t>
         </is>
       </c>
       <c r="B758" t="inlineStr">
         <is>
-          <t>No room selected</t>
+          <t>In %1</t>
         </is>
       </c>
       <c r="C758" t="inlineStr"/>
       <c r="D758" t="inlineStr"/>
       <c r="E758" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F758" t="inlineStr">
         <is>
-          <t>TopBarNo room selected</t>
+          <t>TopBarIn %1</t>
         </is>
       </c>
       <c r="G758" t="inlineStr"/>
       <c r="H758" t="inlineStr"/>
     </row>
     <row r="759">
       <c r="A759" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22813</t>
+          <t>../qml/TopBar.qml:22890</t>
         </is>
       </c>
       <c r="B759" t="inlineStr">
         <is>
-          <t>In %1</t>
+          <t>Back to room list</t>
         </is>
       </c>
       <c r="C759" t="inlineStr"/>
       <c r="D759" t="inlineStr"/>
       <c r="E759" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F759" t="inlineStr">
         <is>
-          <t>TopBarIn %1</t>
+          <t>TopBarBack to room list</t>
         </is>
       </c>
       <c r="G759" t="inlineStr"/>
       <c r="H759" t="inlineStr"/>
     </row>
     <row r="760">
       <c r="A760" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22826</t>
+          <t>../qml/TopBar.qml:22964</t>
         </is>
       </c>
       <c r="B760" t="inlineStr">
         <is>
-          <t>Back to room list</t>
+          <t>Show or hide pinned messages</t>
         </is>
       </c>
       <c r="C760" t="inlineStr"/>
       <c r="D760" t="inlineStr"/>
       <c r="E760" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F760" t="inlineStr">
         <is>
-          <t>TopBarBack to room list</t>
+          <t>TopBarShow or hide pinned messages</t>
         </is>
       </c>
       <c r="G760" t="inlineStr"/>
       <c r="H760" t="inlineStr"/>
     </row>
     <row r="761">
       <c r="A761" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22883</t>
+          <t>../qml/TopBar.qml:22995</t>
         </is>
       </c>
       <c r="B761" t="inlineStr">
         <is>
-          <t>Show or hide pinned messages</t>
+          <t>Show room members.</t>
         </is>
       </c>
       <c r="C761" t="inlineStr"/>
       <c r="D761" t="inlineStr"/>
       <c r="E761" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F761" t="inlineStr">
         <is>
-          <t>TopBarShow or hide pinned messages</t>
+          <t>TopBarShow room members.</t>
         </is>
       </c>
       <c r="G761" t="inlineStr"/>
       <c r="H761" t="inlineStr"/>
     </row>
     <row r="762">
       <c r="A762" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22914</t>
+          <t>../qml/TopBar.qml:22998</t>
         </is>
       </c>
       <c r="B762" t="inlineStr">
         <is>
-          <t>Show room members.</t>
+          <t>This room contains only verified devices.</t>
         </is>
       </c>
       <c r="C762" t="inlineStr"/>
       <c r="D762" t="inlineStr"/>
       <c r="E762" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F762" t="inlineStr">
         <is>
-          <t>TopBarShow room members.</t>
+          <t>TopBarThis room contains only verified devices.</t>
         </is>
       </c>
       <c r="G762" t="inlineStr"/>
       <c r="H762" t="inlineStr"/>
     </row>
     <row r="763">
       <c r="A763" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22917</t>
+          <t>../qml/TopBar.qml:23000</t>
         </is>
       </c>
       <c r="B763" t="inlineStr">
         <is>
-          <t>This room contains only verified devices.</t>
+          <t>This room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="C763" t="inlineStr"/>
       <c r="D763" t="inlineStr"/>
       <c r="E763" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F763" t="inlineStr">
         <is>
-          <t>TopBarThis room contains only verified devices.</t>
+          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="G763" t="inlineStr"/>
       <c r="H763" t="inlineStr"/>
     </row>
     <row r="764">
       <c r="A764" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22919</t>
+          <t>../qml/TopBar.qml:23002</t>
         </is>
       </c>
       <c r="B764" t="inlineStr">
         <is>
-          <t>This room contains verified devices and devices which have never changed their master key.</t>
+          <t>This room contains unverified devices!</t>
         </is>
       </c>
       <c r="C764" t="inlineStr"/>
       <c r="D764" t="inlineStr"/>
       <c r="E764" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F764" t="inlineStr">
         <is>
-          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
+          <t>TopBarThis room contains unverified devices!</t>
         </is>
       </c>
       <c r="G764" t="inlineStr"/>
       <c r="H764" t="inlineStr"/>
     </row>
     <row r="765">
       <c r="A765" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22921</t>
+          <t>../qml/TopBar.qml:23029</t>
         </is>
       </c>
       <c r="B765" t="inlineStr">
         <is>
-          <t>This room contains unverified devices!</t>
+          <t>Search this room</t>
         </is>
       </c>
       <c r="C765" t="inlineStr"/>
       <c r="D765" t="inlineStr"/>
       <c r="E765" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F765" t="inlineStr">
         <is>
-          <t>TopBarThis room contains unverified devices!</t>
+          <t>TopBarSearch this room</t>
         </is>
       </c>
       <c r="G765" t="inlineStr"/>
       <c r="H765" t="inlineStr"/>
     </row>
     <row r="766">
       <c r="A766" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22948</t>
+          <t>../qml/TopBar.qml:23053</t>
         </is>
       </c>
       <c r="B766" t="inlineStr">
         <is>
-          <t>Search this room</t>
-[...2 lines deleted...]
-      <c r="C766" t="inlineStr"/>
+          <t>Room options</t>
+        </is>
+      </c>
+      <c r="C766" t="inlineStr">
+        <is>
+          <t>部屋のオプション</t>
+        </is>
+      </c>
       <c r="D766" t="inlineStr"/>
       <c r="E766" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F766" t="inlineStr">
         <is>
-          <t>TopBarSearch this room</t>
+          <t>TopBarRoom options</t>
         </is>
       </c>
       <c r="G766" t="inlineStr"/>
       <c r="H766" t="inlineStr"/>
     </row>
     <row r="767">
       <c r="A767" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22972</t>
+          <t>../qml/TopBar.qml:23071</t>
         </is>
       </c>
       <c r="B767" t="inlineStr">
         <is>
-          <t>Room options</t>
+          <t>Invite users</t>
         </is>
       </c>
       <c r="C767" t="inlineStr">
         <is>
-          <t>部屋のオプション</t>
+          <t>ユーザーを招待</t>
         </is>
       </c>
       <c r="D767" t="inlineStr"/>
       <c r="E767" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F767" t="inlineStr">
         <is>
-          <t>TopBarRoom options</t>
+          <t>TopBarInvite users</t>
         </is>
       </c>
       <c r="G767" t="inlineStr"/>
       <c r="H767" t="inlineStr"/>
     </row>
     <row r="768">
       <c r="A768" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22990</t>
+          <t>../qml/TopBar.qml:23077</t>
         </is>
       </c>
       <c r="B768" t="inlineStr">
         <is>
-          <t>Invite users</t>
+          <t>Members</t>
         </is>
       </c>
       <c r="C768" t="inlineStr">
         <is>
-          <t>ユーザーを招待</t>
+          <t>メンバー</t>
         </is>
       </c>
       <c r="D768" t="inlineStr"/>
       <c r="E768" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F768" t="inlineStr">
         <is>
-          <t>TopBarInvite users</t>
+          <t>TopBarMembers</t>
         </is>
       </c>
       <c r="G768" t="inlineStr"/>
       <c r="H768" t="inlineStr"/>
     </row>
     <row r="769">
       <c r="A769" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22996</t>
+          <t>../qml/TopBar.qml:23082</t>
         </is>
       </c>
       <c r="B769" t="inlineStr">
         <is>
-          <t>Members</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C769" t="inlineStr">
         <is>
-          <t>メンバー</t>
+          <t>部屋を出る</t>
         </is>
       </c>
       <c r="D769" t="inlineStr"/>
       <c r="E769" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F769" t="inlineStr">
         <is>
-          <t>TopBarMembers</t>
+          <t>TopBarLeave room</t>
         </is>
       </c>
       <c r="G769" t="inlineStr"/>
       <c r="H769" t="inlineStr"/>
     </row>
     <row r="770">
       <c r="A770" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23001</t>
+          <t>../qml/TopBar.qml:23087</t>
         </is>
       </c>
       <c r="B770" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Settings</t>
         </is>
       </c>
       <c r="C770" t="inlineStr">
         <is>
-          <t>部屋を出る</t>
+          <t>設定</t>
         </is>
       </c>
       <c r="D770" t="inlineStr"/>
       <c r="E770" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F770" t="inlineStr">
         <is>
-          <t>TopBarLeave room</t>
+          <t>TopBarSettings</t>
         </is>
       </c>
       <c r="G770" t="inlineStr"/>
       <c r="H770" t="inlineStr"/>
     </row>
     <row r="771">
       <c r="A771" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23006</t>
+          <t>../qml/TopBar.qml:23139</t>
         </is>
       </c>
       <c r="B771" t="inlineStr">
         <is>
-          <t>Settings</t>
-[...6 lines deleted...]
-      </c>
+          <t>Unpin</t>
+        </is>
+      </c>
+      <c r="C771" t="inlineStr"/>
       <c r="D771" t="inlineStr"/>
       <c r="E771" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F771" t="inlineStr">
         <is>
-          <t>TopBarSettings</t>
+          <t>TopBarUnpin</t>
         </is>
       </c>
       <c r="G771" t="inlineStr"/>
       <c r="H771" t="inlineStr"/>
     </row>
     <row r="772">
       <c r="A772" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23058</t>
+          <t>../qml/TopBar.qml:23185</t>
         </is>
       </c>
       <c r="B772" t="inlineStr">
         <is>
-          <t>Unpin</t>
+          <t>Enter search query</t>
         </is>
       </c>
       <c r="C772" t="inlineStr"/>
       <c r="D772" t="inlineStr"/>
       <c r="E772" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F772" t="inlineStr">
         <is>
-          <t>TopBarUnpin</t>
+          <t>TopBarEnter search query</t>
         </is>
       </c>
       <c r="G772" t="inlineStr"/>
       <c r="H772" t="inlineStr"/>
     </row>
     <row r="773">
       <c r="A773" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23104</t>
+          <t>../../src/TrayIcon.cpp:23328</t>
         </is>
       </c>
       <c r="B773" t="inlineStr">
         <is>
-          <t>Enter search query</t>
+          <t xml:space="preserve">
+%n unread message</t>
         </is>
       </c>
       <c r="C773" t="inlineStr"/>
       <c r="D773" t="inlineStr"/>
       <c r="E773" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F773" t="inlineStr">
         <is>
-          <t>TopBarEnter search query</t>
+          <t>TrayIcon
+%n unread message(s)</t>
         </is>
       </c>
       <c r="G773" t="inlineStr"/>
       <c r="H773" t="inlineStr"/>
     </row>
     <row r="774">
       <c r="A774" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23242</t>
+          <t>../../src/ui/UIA.cpp:23386</t>
         </is>
       </c>
       <c r="B774" t="inlineStr">
         <is>
-          <t xml:space="preserve">
-%n unread message</t>
+          <t>No available registration flows!</t>
         </is>
       </c>
       <c r="C774" t="inlineStr"/>
       <c r="D774" t="inlineStr"/>
       <c r="E774" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F774" t="inlineStr">
         <is>
-          <t>TrayIcon
-%n unread message(s)</t>
+          <t>UIANo available registration flows!</t>
         </is>
       </c>
       <c r="G774" t="inlineStr"/>
       <c r="H774" t="inlineStr"/>
     </row>
     <row r="775">
       <c r="A775" t="inlineStr">
         <is>
-          <t>../../src/ui/UIA.cpp:23300</t>
+          <t>../../src/ui/UIA.cpp:23471</t>
         </is>
       </c>
       <c r="B775" t="inlineStr">
         <is>
-          <t>No available registration flows!</t>
+          <t>Registration aborted</t>
         </is>
       </c>
       <c r="C775" t="inlineStr"/>
       <c r="D775" t="inlineStr"/>
       <c r="E775" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F775" t="inlineStr">
         <is>
-          <t>UIANo available registration flows!</t>
+          <t>UIARegistration aborted</t>
         </is>
       </c>
       <c r="G775" t="inlineStr"/>
       <c r="H775" t="inlineStr"/>
     </row>
     <row r="776">
       <c r="A776" t="inlineStr">
         <is>
-          <t>../../src/ui/UIA.cpp:23385</t>
+          <t>../../src/ui/UIA.cpp:23448</t>
         </is>
       </c>
       <c r="B776" t="inlineStr">
         <is>
-          <t>Registration aborted</t>
+          <t>Please enter a valid registration token.</t>
         </is>
       </c>
       <c r="C776" t="inlineStr"/>
       <c r="D776" t="inlineStr"/>
       <c r="E776" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F776" t="inlineStr">
         <is>
-          <t>UIARegistration aborted</t>
+          <t>UIAPlease enter a valid registration token.</t>
         </is>
       </c>
       <c r="G776" t="inlineStr"/>
       <c r="H776" t="inlineStr"/>
     </row>
     <row r="777">
       <c r="A777" t="inlineStr">
         <is>
-          <t>../../src/ui/UIA.cpp:23362</t>
+          <t>../../src/ui/UIA.cpp:23608</t>
         </is>
       </c>
       <c r="B777" t="inlineStr">
         <is>
-          <t>Please enter a valid registration token.</t>
+          <t>Invalid token</t>
         </is>
       </c>
       <c r="C777" t="inlineStr"/>
       <c r="D777" t="inlineStr"/>
       <c r="E777" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F777" t="inlineStr">
         <is>
-          <t>UIAPlease enter a valid registration token.</t>
+          <t>UIAInvalid token</t>
         </is>
       </c>
       <c r="G777" t="inlineStr"/>
       <c r="H777" t="inlineStr"/>
     </row>
     <row r="778">
       <c r="A778" t="inlineStr">
         <is>
-          <t>../../src/ui/UIA.cpp:23522</t>
+          <t>../qml/UploadBox.qml:23698</t>
         </is>
       </c>
       <c r="B778" t="inlineStr">
         <is>
-          <t>Invalid token</t>
+          <t>Upload file</t>
         </is>
       </c>
       <c r="C778" t="inlineStr"/>
       <c r="D778" t="inlineStr"/>
       <c r="E778" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F778" t="inlineStr">
         <is>
-          <t>UIAInvalid token</t>
+          <t>UploadBoxUpload %n file(s)</t>
         </is>
       </c>
       <c r="G778" t="inlineStr"/>
       <c r="H778" t="inlineStr"/>
     </row>
     <row r="779">
       <c r="A779" t="inlineStr">
         <is>
-          <t>../qml/UploadBox.qml:23612</t>
+          <t>../../src/ui/UserProfile.cpp:23916</t>
         </is>
       </c>
       <c r="B779" t="inlineStr">
         <is>
-          <t>Upload file</t>
+          <t>Sign out device %1</t>
         </is>
       </c>
       <c r="C779" t="inlineStr"/>
       <c r="D779" t="inlineStr"/>
       <c r="E779" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F779" t="inlineStr">
         <is>
-          <t>UploadBoxUpload %n file(s)</t>
+          <t>UserProfileSign out device %1</t>
         </is>
       </c>
       <c r="G779" t="inlineStr"/>
       <c r="H779" t="inlineStr"/>
     </row>
     <row r="780">
       <c r="A780" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23830</t>
+          <t>../../src/ui/UserProfile.cpp:23926</t>
         </is>
       </c>
       <c r="B780" t="inlineStr">
         <is>
-          <t>Sign out device %1</t>
+          <t>You signed out this device.</t>
         </is>
       </c>
       <c r="C780" t="inlineStr"/>
       <c r="D780" t="inlineStr"/>
       <c r="E780" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F780" t="inlineStr">
         <is>
-          <t>UserProfileSign out device %1</t>
+          <t>UserProfileYou signed out this device.</t>
         </is>
       </c>
       <c r="G780" t="inlineStr"/>
       <c r="H780" t="inlineStr"/>
     </row>
     <row r="781">
       <c r="A781" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23840</t>
+          <t>../../src/ui/UserProfile.cpp:23976</t>
         </is>
       </c>
       <c r="B781" t="inlineStr">
         <is>
-          <t>You signed out this device.</t>
+          <t>Failed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="C781" t="inlineStr"/>
       <c r="D781" t="inlineStr"/>
       <c r="E781" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F781" t="inlineStr">
         <is>
-          <t>UserProfileYou signed out this device.</t>
+          <t>UserProfileFailed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="G781" t="inlineStr"/>
       <c r="H781" t="inlineStr"/>
     </row>
     <row r="782">
       <c r="A782" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23890</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B782" t="inlineStr">
         <is>
-          <t>Failed to ignore "%1": %2</t>
-[...2 lines deleted...]
-      <c r="C782" t="inlineStr"/>
+          <t>Select an avatar</t>
+        </is>
+      </c>
+      <c r="C782" t="inlineStr">
+        <is>
+          <t>アバターを選択</t>
+        </is>
+      </c>
       <c r="D782" t="inlineStr"/>
       <c r="E782" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F782" t="inlineStr">
         <is>
-          <t>UserProfileFailed to ignore "%1": %2</t>
+          <t>UserProfileSelect an avatar</t>
         </is>
       </c>
       <c r="G782" t="inlineStr"/>
       <c r="H782" t="inlineStr"/>
     </row>
     <row r="783">
       <c r="A783" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B783" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C783" t="inlineStr">
         <is>
-          <t>アバターを選択</t>
+          <t>全てのファイル (*)</t>
         </is>
       </c>
       <c r="D783" t="inlineStr"/>
       <c r="E783" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F783" t="inlineStr">
         <is>
-          <t>UserProfileSelect an avatar</t>
+          <t>UserProfileAll Files (*)</t>
         </is>
       </c>
       <c r="G783" t="inlineStr"/>
       <c r="H783" t="inlineStr"/>
     </row>
     <row r="784">
       <c r="A784" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../../src/ui/UserProfile.cpp:24210</t>
         </is>
       </c>
       <c r="B784" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C784" t="inlineStr">
         <is>
-          <t>全てのファイル (*)</t>
+          <t>選択したファイルは画像ではありません</t>
         </is>
       </c>
       <c r="D784" t="inlineStr"/>
       <c r="E784" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F784" t="inlineStr">
         <is>
-          <t>UserProfileAll Files (*)</t>
+          <t>UserProfileThe selected file is not an image</t>
         </is>
       </c>
       <c r="G784" t="inlineStr"/>
       <c r="H784" t="inlineStr"/>
     </row>
     <row r="785">
       <c r="A785" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24124</t>
+          <t>../../src/ui/UserProfile.cpp:24215</t>
         </is>
       </c>
       <c r="B785" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C785" t="inlineStr">
         <is>
-          <t>選択したファイルは画像ではありません</t>
+          <t>ファイルの読み込み時にエラーが発生しました: %1</t>
         </is>
       </c>
       <c r="D785" t="inlineStr"/>
       <c r="E785" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F785" t="inlineStr">
         <is>
-          <t>UserProfileThe selected file is not an image</t>
+          <t>UserProfileError while reading file: %1</t>
         </is>
       </c>
       <c r="G785" t="inlineStr"/>
       <c r="H785" t="inlineStr"/>
     </row>
     <row r="786">
       <c r="A786" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24129</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B786" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>Global User Profile</t>
+        </is>
+      </c>
+      <c r="C786" t="inlineStr"/>
       <c r="D786" t="inlineStr"/>
       <c r="E786" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F786" t="inlineStr">
         <is>
-          <t>UserProfileError while reading file: %1</t>
+          <t>UserProfileGlobal User Profile</t>
         </is>
       </c>
       <c r="G786" t="inlineStr"/>
       <c r="H786" t="inlineStr"/>
     </row>
     <row r="787">
       <c r="A787" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B787" t="inlineStr">
         <is>
-          <t>Global User Profile</t>
+          <t>Room User Profile</t>
         </is>
       </c>
       <c r="C787" t="inlineStr"/>
       <c r="D787" t="inlineStr"/>
       <c r="E787" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F787" t="inlineStr">
         <is>
-          <t>UserProfileGlobal User Profile</t>
+          <t>UserProfileRoom User Profile</t>
         </is>
       </c>
       <c r="G787" t="inlineStr"/>
       <c r="H787" t="inlineStr"/>
     </row>
     <row r="788">
       <c r="A788" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B788" t="inlineStr">
         <is>
-          <t>Room User Profile</t>
+          <t>Change avatar globally.</t>
         </is>
       </c>
       <c r="C788" t="inlineStr"/>
       <c r="D788" t="inlineStr"/>
       <c r="E788" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F788" t="inlineStr">
         <is>
-          <t>UserProfileRoom User Profile</t>
+          <t>UserProfileChange avatar globally.</t>
         </is>
       </c>
       <c r="G788" t="inlineStr"/>
       <c r="H788" t="inlineStr"/>
     </row>
     <row r="789">
       <c r="A789" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B789" t="inlineStr">
         <is>
-          <t>Change avatar globally.</t>
+          <t>Change avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C789" t="inlineStr"/>
       <c r="D789" t="inlineStr"/>
       <c r="E789" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F789" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar globally.</t>
+          <t>UserProfileChange avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G789" t="inlineStr"/>
       <c r="H789" t="inlineStr"/>
     </row>
     <row r="790">
       <c r="A790" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B790" t="inlineStr">
         <is>
-          <t>Change avatar. Will only apply to this room.</t>
+          <t>Change display name globally.</t>
         </is>
       </c>
       <c r="C790" t="inlineStr"/>
       <c r="D790" t="inlineStr"/>
       <c r="E790" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F790" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar. Will only apply to this room.</t>
+          <t>UserProfileChange display name globally.</t>
         </is>
       </c>
       <c r="G790" t="inlineStr"/>
       <c r="H790" t="inlineStr"/>
     </row>
     <row r="791">
       <c r="A791" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B791" t="inlineStr">
         <is>
-          <t>Change display name globally.</t>
+          <t>Change display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C791" t="inlineStr"/>
       <c r="D791" t="inlineStr"/>
       <c r="E791" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F791" t="inlineStr">
         <is>
-          <t>UserProfileChange display name globally.</t>
+          <t>UserProfileChange display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G791" t="inlineStr"/>
       <c r="H791" t="inlineStr"/>
     </row>
     <row r="792">
       <c r="A792" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24390</t>
         </is>
       </c>
       <c r="B792" t="inlineStr">
         <is>
-          <t>Change display name. Will only apply to this room.</t>
+          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="C792" t="inlineStr"/>
       <c r="D792" t="inlineStr"/>
       <c r="E792" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F792" t="inlineStr">
         <is>
-          <t>UserProfileChange display name. Will only apply to this room.</t>
+          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="G792" t="inlineStr"/>
       <c r="H792" t="inlineStr"/>
     </row>
     <row r="793">
       <c r="A793" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24304</t>
+          <t>../qml/dialogs/UserProfile.qml:24415</t>
         </is>
       </c>
       <c r="B793" t="inlineStr">
         <is>
-          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>Room: %1</t>
         </is>
       </c>
       <c r="C793" t="inlineStr"/>
       <c r="D793" t="inlineStr"/>
       <c r="E793" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F793" t="inlineStr">
         <is>
-          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>UserProfileRoom: %1</t>
         </is>
       </c>
       <c r="G793" t="inlineStr"/>
       <c r="H793" t="inlineStr"/>
     </row>
     <row r="794">
       <c r="A794" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24329</t>
+          <t>../qml/dialogs/UserProfile.qml:24416</t>
         </is>
       </c>
       <c r="B794" t="inlineStr">
         <is>
-          <t>Room: %1</t>
+          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="C794" t="inlineStr"/>
       <c r="D794" t="inlineStr"/>
       <c r="E794" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F794" t="inlineStr">
         <is>
-          <t>UserProfileRoom: %1</t>
+          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="G794" t="inlineStr"/>
       <c r="H794" t="inlineStr"/>
     </row>
     <row r="795">
       <c r="A795" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24330</t>
+          <t>../qml/dialogs/UserProfile.qml:24431</t>
         </is>
       </c>
       <c r="B795" t="inlineStr">
         <is>
-          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>Open the global profile for this user.</t>
         </is>
       </c>
       <c r="C795" t="inlineStr"/>
       <c r="D795" t="inlineStr"/>
       <c r="E795" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F795" t="inlineStr">
         <is>
-          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>UserProfileOpen the global profile for this user.</t>
         </is>
       </c>
       <c r="G795" t="inlineStr"/>
       <c r="H795" t="inlineStr"/>
     </row>
     <row r="796">
       <c r="A796" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24345</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B796" t="inlineStr">
         <is>
-          <t>Open the global profile for this user.</t>
+          <t>Verify</t>
         </is>
       </c>
       <c r="C796" t="inlineStr"/>
       <c r="D796" t="inlineStr"/>
       <c r="E796" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F796" t="inlineStr">
         <is>
-          <t>UserProfileOpen the global profile for this user.</t>
+          <t>UserProfileVerify</t>
         </is>
       </c>
       <c r="G796" t="inlineStr"/>
       <c r="H796" t="inlineStr"/>
     </row>
     <row r="797">
       <c r="A797" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24482</t>
         </is>
       </c>
       <c r="B797" t="inlineStr">
         <is>
-          <t>Verify</t>
+          <t>Start a private chat.</t>
         </is>
       </c>
       <c r="C797" t="inlineStr"/>
       <c r="D797" t="inlineStr"/>
       <c r="E797" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F797" t="inlineStr">
         <is>
-          <t>UserProfileVerify</t>
+          <t>UserProfileStart a private chat.</t>
         </is>
       </c>
       <c r="G797" t="inlineStr"/>
       <c r="H797" t="inlineStr"/>
     </row>
     <row r="798">
       <c r="A798" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24396</t>
+          <t>../qml/dialogs/UserProfile.qml:24492</t>
         </is>
       </c>
       <c r="B798" t="inlineStr">
         <is>
-          <t>Start a private chat.</t>
+          <t>Kick the user.</t>
         </is>
       </c>
       <c r="C798" t="inlineStr"/>
       <c r="D798" t="inlineStr"/>
       <c r="E798" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F798" t="inlineStr">
         <is>
-          <t>UserProfileStart a private chat.</t>
+          <t>UserProfileKick the user.</t>
         </is>
       </c>
       <c r="G798" t="inlineStr"/>
       <c r="H798" t="inlineStr"/>
     </row>
     <row r="799">
       <c r="A799" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24406</t>
+          <t>../qml/dialogs/UserProfile.qml:24503</t>
         </is>
       </c>
       <c r="B799" t="inlineStr">
         <is>
-          <t>Kick the user.</t>
+          <t>Ban the user.</t>
         </is>
       </c>
       <c r="C799" t="inlineStr"/>
       <c r="D799" t="inlineStr"/>
       <c r="E799" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F799" t="inlineStr">
         <is>
-          <t>UserProfileKick the user.</t>
+          <t>UserProfileBan the user.</t>
         </is>
       </c>
       <c r="G799" t="inlineStr"/>
       <c r="H799" t="inlineStr"/>
     </row>
     <row r="800">
       <c r="A800" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24417</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B800" t="inlineStr">
         <is>
-          <t>Ban the user.</t>
+          <t>Unignore the user.</t>
         </is>
       </c>
       <c r="C800" t="inlineStr"/>
       <c r="D800" t="inlineStr"/>
       <c r="E800" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F800" t="inlineStr">
         <is>
-          <t>UserProfileBan the user.</t>
+          <t>UserProfileUnignore the user.</t>
         </is>
       </c>
       <c r="G800" t="inlineStr"/>
       <c r="H800" t="inlineStr"/>
     </row>
     <row r="801">
       <c r="A801" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B801" t="inlineStr">
         <is>
-          <t>Unignore the user.</t>
+          <t>Ignore the user.</t>
         </is>
       </c>
       <c r="C801" t="inlineStr"/>
       <c r="D801" t="inlineStr"/>
       <c r="E801" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F801" t="inlineStr">
         <is>
-          <t>UserProfileUnignore the user.</t>
+          <t>UserProfileIgnore the user.</t>
         </is>
       </c>
       <c r="G801" t="inlineStr"/>
       <c r="H801" t="inlineStr"/>
     </row>
     <row r="802">
       <c r="A802" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24526</t>
         </is>
       </c>
       <c r="B802" t="inlineStr">
         <is>
-          <t>Ignore the user.</t>
+          <t>Refresh device list.</t>
         </is>
       </c>
       <c r="C802" t="inlineStr"/>
       <c r="D802" t="inlineStr"/>
       <c r="E802" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F802" t="inlineStr">
         <is>
-          <t>UserProfileIgnore the user.</t>
+          <t>UserProfileRefresh device list.</t>
         </is>
       </c>
       <c r="G802" t="inlineStr"/>
       <c r="H802" t="inlineStr"/>
     </row>
     <row r="803">
       <c r="A803" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24440</t>
+          <t>../qml/dialogs/UserProfile.qml:24540</t>
         </is>
       </c>
       <c r="B803" t="inlineStr">
         <is>
-          <t>Refresh device list.</t>
-[...2 lines deleted...]
-      <c r="C803" t="inlineStr"/>
+          <t>Devices</t>
+        </is>
+      </c>
+      <c r="C803" t="inlineStr">
+        <is>
+          <t>デバイス一覧</t>
+        </is>
+      </c>
       <c r="D803" t="inlineStr"/>
       <c r="E803" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F803" t="inlineStr">
         <is>
-          <t>UserProfileRefresh device list.</t>
-[...2 lines deleted...]
-      <c r="G803" t="inlineStr"/>
+          <t>UserProfileDevices</t>
+        </is>
+      </c>
+      <c r="G803" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: デバイス一覧</t>
+        </is>
+      </c>
       <c r="H803" t="inlineStr"/>
     </row>
     <row r="804">
       <c r="A804" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24454</t>
+          <t>../qml/dialogs/UserProfile.qml:24543</t>
         </is>
       </c>
       <c r="B804" t="inlineStr">
         <is>
-          <t>Devices</t>
-[...6 lines deleted...]
-      </c>
+          <t>Shared Rooms</t>
+        </is>
+      </c>
+      <c r="C804" t="inlineStr"/>
       <c r="D804" t="inlineStr"/>
       <c r="E804" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F804" t="inlineStr">
         <is>
-          <t>UserProfileDevices</t>
-[...6 lines deleted...]
-      </c>
+          <t>UserProfileShared Rooms</t>
+        </is>
+      </c>
+      <c r="G804" t="inlineStr"/>
       <c r="H804" t="inlineStr"/>
     </row>
     <row r="805">
       <c r="A805" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24457</t>
+          <t>../qml/dialogs/UserProfile.qml:24605</t>
         </is>
       </c>
       <c r="B805" t="inlineStr">
         <is>
-          <t>Shared Rooms</t>
+          <t>Sign out this device.</t>
         </is>
       </c>
       <c r="C805" t="inlineStr"/>
       <c r="D805" t="inlineStr"/>
       <c r="E805" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F805" t="inlineStr">
         <is>
-          <t>UserProfileShared Rooms</t>
+          <t>UserProfileSign out this device.</t>
         </is>
       </c>
       <c r="G805" t="inlineStr"/>
       <c r="H805" t="inlineStr"/>
     </row>
     <row r="806">
       <c r="A806" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24519</t>
+          <t>../qml/dialogs/UserProfile.qml:24636</t>
         </is>
       </c>
       <c r="B806" t="inlineStr">
         <is>
-          <t>Sign out this device.</t>
+          <t>Change device name.</t>
         </is>
       </c>
       <c r="C806" t="inlineStr"/>
       <c r="D806" t="inlineStr"/>
       <c r="E806" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F806" t="inlineStr">
         <is>
-          <t>UserProfileSign out this device.</t>
+          <t>UserProfileChange device name.</t>
         </is>
       </c>
       <c r="G806" t="inlineStr"/>
       <c r="H806" t="inlineStr"/>
     </row>
     <row r="807">
       <c r="A807" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24550</t>
+          <t>../qml/dialogs/UserProfile.qml:24658</t>
         </is>
       </c>
       <c r="B807" t="inlineStr">
         <is>
-          <t>Change device name.</t>
+          <t>Last seen %1 from %2</t>
         </is>
       </c>
       <c r="C807" t="inlineStr"/>
       <c r="D807" t="inlineStr"/>
       <c r="E807" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F807" t="inlineStr">
         <is>
-          <t>UserProfileChange device name.</t>
+          <t>UserProfileLast seen %1 from %2</t>
         </is>
       </c>
       <c r="G807" t="inlineStr"/>
       <c r="H807" t="inlineStr"/>
     </row>
     <row r="808">
       <c r="A808" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24572</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B808" t="inlineStr">
         <is>
-          <t>Last seen %1 from %2</t>
+          <t>Unverify</t>
         </is>
       </c>
       <c r="C808" t="inlineStr"/>
       <c r="D808" t="inlineStr"/>
       <c r="E808" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F808" t="inlineStr">
         <is>
-          <t>UserProfileLast seen %1 from %2</t>
+          <t>UserProfileUnverify</t>
         </is>
       </c>
       <c r="G808" t="inlineStr"/>
       <c r="H808" t="inlineStr"/>
     </row>
     <row r="809">
       <c r="A809" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../../src/UserSettingsPage.h:24975</t>
         </is>
       </c>
       <c r="B809" t="inlineStr">
         <is>
-          <t>Unverify</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C809" t="inlineStr"/>
       <c r="D809" t="inlineStr"/>
       <c r="E809" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F809" t="inlineStr">
         <is>
-          <t>UserProfileUnverify</t>
+          <t>UserSettingsDefault</t>
         </is>
       </c>
       <c r="G809" t="inlineStr"/>
       <c r="H809" t="inlineStr"/>
     </row>
     <row r="810">
       <c r="A810" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.h:24881</t>
+          <t>../../src/UserSettingsPage.cpp:26023</t>
         </is>
       </c>
       <c r="B810" t="inlineStr">
         <is>
-          <t>Default</t>
-[...2 lines deleted...]
-      <c r="C810" t="inlineStr"/>
+          <t>Theme</t>
+        </is>
+      </c>
+      <c r="C810" t="inlineStr">
+        <is>
+          <t>テーマ</t>
+        </is>
+      </c>
       <c r="D810" t="inlineStr"/>
       <c r="E810" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F810" t="inlineStr">
         <is>
-          <t>UserSettingsDefault</t>
+          <t>UserSettingsModelTheme</t>
         </is>
       </c>
       <c r="G810" t="inlineStr"/>
       <c r="H810" t="inlineStr"/>
     </row>
     <row r="811">
       <c r="A811" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25911</t>
+          <t>../../src/UserSettingsPage.cpp:26025</t>
         </is>
       </c>
       <c r="B811" t="inlineStr">
         <is>
-          <t>Theme</t>
+          <t>Scale factor</t>
         </is>
       </c>
       <c r="C811" t="inlineStr">
         <is>
-          <t>テーマ</t>
+          <t>尺度係数</t>
         </is>
       </c>
       <c r="D811" t="inlineStr"/>
       <c r="E811" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F811" t="inlineStr">
         <is>
-          <t>UserSettingsModelTheme</t>
+          <t>UserSettingsModelScale factor</t>
         </is>
       </c>
       <c r="G811" t="inlineStr"/>
       <c r="H811" t="inlineStr"/>
     </row>
     <row r="812">
       <c r="A812" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25913</t>
+          <t>../../src/UserSettingsPage.cpp:26027</t>
         </is>
       </c>
       <c r="B812" t="inlineStr">
         <is>
-          <t>Scale factor</t>
-[...6 lines deleted...]
-      </c>
+          <t>Highlight message on hover</t>
+        </is>
+      </c>
+      <c r="C812" t="inlineStr"/>
       <c r="D812" t="inlineStr"/>
       <c r="E812" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F812" t="inlineStr">
         <is>
-          <t>UserSettingsModelScale factor</t>
+          <t>UserSettingsModelHighlight message on hover</t>
         </is>
       </c>
       <c r="G812" t="inlineStr"/>
       <c r="H812" t="inlineStr"/>
     </row>
     <row r="813">
       <c r="A813" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25915</t>
+          <t>../../src/UserSettingsPage.cpp:26029</t>
         </is>
       </c>
       <c r="B813" t="inlineStr">
         <is>
-          <t>Highlight message on hover</t>
+          <t>Large Emoji in timeline</t>
         </is>
       </c>
       <c r="C813" t="inlineStr"/>
       <c r="D813" t="inlineStr"/>
       <c r="E813" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F813" t="inlineStr">
         <is>
-          <t>UserSettingsModelHighlight message on hover</t>
+          <t>UserSettingsModelLarge Emoji in timeline</t>
         </is>
       </c>
       <c r="G813" t="inlineStr"/>
       <c r="H813" t="inlineStr"/>
     </row>
     <row r="814">
       <c r="A814" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25917</t>
+          <t>../../src/UserSettingsPage.cpp:26031</t>
         </is>
       </c>
       <c r="B814" t="inlineStr">
         <is>
-          <t>Large Emoji in timeline</t>
-[...2 lines deleted...]
-      <c r="C814" t="inlineStr"/>
+          <t>Minimize to tray</t>
+        </is>
+      </c>
+      <c r="C814" t="inlineStr">
+        <is>
+          <t>トレイへ最小化</t>
+        </is>
+      </c>
       <c r="D814" t="inlineStr"/>
       <c r="E814" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F814" t="inlineStr">
         <is>
-          <t>UserSettingsModelLarge Emoji in timeline</t>
+          <t>UserSettingsModelMinimize to tray</t>
         </is>
       </c>
       <c r="G814" t="inlineStr"/>
       <c r="H814" t="inlineStr"/>
     </row>
     <row r="815">
       <c r="A815" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25919</t>
+          <t>../../src/UserSettingsPage.cpp:26033</t>
         </is>
       </c>
       <c r="B815" t="inlineStr">
         <is>
-          <t>Minimize to tray</t>
+          <t>Start in tray</t>
         </is>
       </c>
       <c r="C815" t="inlineStr">
         <is>
-          <t>トレイへ最小化</t>
+          <t>トレイで起動</t>
         </is>
       </c>
       <c r="D815" t="inlineStr"/>
       <c r="E815" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F815" t="inlineStr">
         <is>
-          <t>UserSettingsModelMinimize to tray</t>
+          <t>UserSettingsModelStart in tray</t>
         </is>
       </c>
       <c r="G815" t="inlineStr"/>
       <c r="H815" t="inlineStr"/>
     </row>
     <row r="816">
       <c r="A816" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25921</t>
+          <t>../../src/UserSettingsPage.cpp:26037</t>
         </is>
       </c>
       <c r="B816" t="inlineStr">
         <is>
-          <t>Start in tray</t>
-[...6 lines deleted...]
-      </c>
+          <t>Scrollbars in room list</t>
+        </is>
+      </c>
+      <c r="C816" t="inlineStr"/>
       <c r="D816" t="inlineStr"/>
       <c r="E816" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F816" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart in tray</t>
+          <t>UserSettingsModelScrollbars in room list</t>
         </is>
       </c>
       <c r="G816" t="inlineStr"/>
       <c r="H816" t="inlineStr"/>
     </row>
     <row r="817">
       <c r="A817" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25925</t>
+          <t>../../src/UserSettingsPage.cpp:26039</t>
         </is>
       </c>
       <c r="B817" t="inlineStr">
         <is>
-          <t>Scrollbars in room list</t>
-[...2 lines deleted...]
-      <c r="C817" t="inlineStr"/>
+          <t>Send messages as Markdown</t>
+        </is>
+      </c>
+      <c r="C817" t="inlineStr">
+        <is>
+          <t>メッセージをMarkdownとして送信</t>
+        </is>
+      </c>
       <c r="D817" t="inlineStr"/>
       <c r="E817" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F817" t="inlineStr">
         <is>
-          <t>UserSettingsModelScrollbars in room list</t>
+          <t>UserSettingsModelSend messages as Markdown</t>
         </is>
       </c>
       <c r="G817" t="inlineStr"/>
       <c r="H817" t="inlineStr"/>
     </row>
     <row r="818">
       <c r="A818" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25927</t>
+          <t>../../src/UserSettingsPage.cpp:26043</t>
         </is>
       </c>
       <c r="B818" t="inlineStr">
         <is>
-          <t>Send messages as Markdown</t>
-[...6 lines deleted...]
-      </c>
+          <t>Enable message bubbles</t>
+        </is>
+      </c>
+      <c r="C818" t="inlineStr"/>
       <c r="D818" t="inlineStr"/>
       <c r="E818" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F818" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend messages as Markdown</t>
+          <t>UserSettingsModelEnable message bubbles</t>
         </is>
       </c>
       <c r="G818" t="inlineStr"/>
       <c r="H818" t="inlineStr"/>
     </row>
     <row r="819">
       <c r="A819" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25929</t>
+          <t>../../src/UserSettingsPage.cpp:26045</t>
         </is>
       </c>
       <c r="B819" t="inlineStr">
         <is>
-          <t>Use shift+enter to send and enter to start a new line</t>
+          <t>Enable small Avatars</t>
         </is>
       </c>
       <c r="C819" t="inlineStr"/>
       <c r="D819" t="inlineStr"/>
       <c r="E819" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F819" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse shift+enter to send and enter to start a new line</t>
+          <t>UserSettingsModelEnable small Avatars</t>
         </is>
       </c>
       <c r="G819" t="inlineStr"/>
       <c r="H819" t="inlineStr"/>
     </row>
     <row r="820">
       <c r="A820" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25931</t>
+          <t>../../src/UserSettingsPage.cpp:26047</t>
         </is>
       </c>
       <c r="B820" t="inlineStr">
         <is>
-          <t>Enable message bubbles</t>
+          <t>Play animated images only on hover</t>
         </is>
       </c>
       <c r="C820" t="inlineStr"/>
       <c r="D820" t="inlineStr"/>
       <c r="E820" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F820" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable message bubbles</t>
+          <t>UserSettingsModelPlay animated images only on hover</t>
         </is>
       </c>
       <c r="G820" t="inlineStr"/>
       <c r="H820" t="inlineStr"/>
     </row>
     <row r="821">
       <c r="A821" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25933</t>
+          <t>../../src/UserSettingsPage.cpp:26049</t>
         </is>
       </c>
       <c r="B821" t="inlineStr">
         <is>
-          <t>Enable small Avatars</t>
+          <t>Show images automatically</t>
         </is>
       </c>
       <c r="C821" t="inlineStr"/>
       <c r="D821" t="inlineStr"/>
       <c r="E821" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F821" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable small Avatars</t>
+          <t>UserSettingsModelShow images automatically</t>
         </is>
       </c>
       <c r="G821" t="inlineStr"/>
       <c r="H821" t="inlineStr"/>
     </row>
     <row r="822">
       <c r="A822" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25935</t>
+          <t>../../src/UserSettingsPage.cpp:26051</t>
         </is>
       </c>
       <c r="B822" t="inlineStr">
         <is>
-          <t>Play animated images only on hover</t>
-[...2 lines deleted...]
-      <c r="C822" t="inlineStr"/>
+          <t>Typing notifications</t>
+        </is>
+      </c>
+      <c r="C822" t="inlineStr">
+        <is>
+          <t>入力状態の通知</t>
+        </is>
+      </c>
       <c r="D822" t="inlineStr"/>
       <c r="E822" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F822" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlay animated images only on hover</t>
+          <t>UserSettingsModelTyping notifications</t>
         </is>
       </c>
       <c r="G822" t="inlineStr"/>
       <c r="H822" t="inlineStr"/>
     </row>
     <row r="823">
       <c r="A823" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25937</t>
+          <t>../../src/UserSettingsPage.cpp:26053</t>
         </is>
       </c>
       <c r="B823" t="inlineStr">
         <is>
-          <t>Show images automatically</t>
+          <t>Sort rooms by unreads</t>
         </is>
       </c>
       <c r="C823" t="inlineStr"/>
       <c r="D823" t="inlineStr"/>
       <c r="E823" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F823" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow images automatically</t>
+          <t>UserSettingsModelSort rooms by unreads</t>
         </is>
       </c>
       <c r="G823" t="inlineStr"/>
       <c r="H823" t="inlineStr"/>
     </row>
     <row r="824">
       <c r="A824" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25939</t>
+          <t>../../src/UserSettingsPage.cpp:26055</t>
         </is>
       </c>
       <c r="B824" t="inlineStr">
         <is>
-          <t>Typing notifications</t>
-[...6 lines deleted...]
-      </c>
+          <t>Sort rooms alphabetically</t>
+        </is>
+      </c>
+      <c r="C824" t="inlineStr"/>
       <c r="D824" t="inlineStr"/>
       <c r="E824" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F824" t="inlineStr">
         <is>
-          <t>UserSettingsModelTyping notifications</t>
+          <t>UserSettingsModelSort rooms alphabetically</t>
         </is>
       </c>
       <c r="G824" t="inlineStr"/>
       <c r="H824" t="inlineStr"/>
     </row>
     <row r="825">
       <c r="A825" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25941</t>
+          <t>../../src/UserSettingsPage.cpp:26057</t>
         </is>
       </c>
       <c r="B825" t="inlineStr">
         <is>
-          <t>Sort rooms by unreads</t>
+          <t>Show buttons in timeline</t>
         </is>
       </c>
       <c r="C825" t="inlineStr"/>
       <c r="D825" t="inlineStr"/>
       <c r="E825" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F825" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms by unreads</t>
+          <t>UserSettingsModelShow buttons in timeline</t>
         </is>
       </c>
       <c r="G825" t="inlineStr"/>
       <c r="H825" t="inlineStr"/>
     </row>
     <row r="826">
       <c r="A826" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25943</t>
+          <t>../../src/UserSettingsPage.cpp:26059</t>
         </is>
       </c>
       <c r="B826" t="inlineStr">
         <is>
-          <t>Sort rooms alphabetically</t>
+          <t>Limit width of timeline</t>
         </is>
       </c>
       <c r="C826" t="inlineStr"/>
       <c r="D826" t="inlineStr"/>
       <c r="E826" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F826" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms alphabetically</t>
+          <t>UserSettingsModelLimit width of timeline</t>
         </is>
       </c>
       <c r="G826" t="inlineStr"/>
       <c r="H826" t="inlineStr"/>
     </row>
     <row r="827">
       <c r="A827" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25945</t>
+          <t>../../src/UserSettingsPage.cpp:26061</t>
         </is>
       </c>
       <c r="B827" t="inlineStr">
         <is>
-          <t>Show buttons in timeline</t>
-[...2 lines deleted...]
-      <c r="C827" t="inlineStr"/>
+          <t>Read receipts</t>
+        </is>
+      </c>
+      <c r="C827" t="inlineStr">
+        <is>
+          <t>開封確認</t>
+        </is>
+      </c>
       <c r="D827" t="inlineStr"/>
       <c r="E827" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F827" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow buttons in timeline</t>
+          <t>UserSettingsModelRead receipts</t>
         </is>
       </c>
       <c r="G827" t="inlineStr"/>
       <c r="H827" t="inlineStr"/>
     </row>
     <row r="828">
       <c r="A828" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25947</t>
+          <t>../../src/UserSettingsPage.cpp:26063</t>
         </is>
       </c>
       <c r="B828" t="inlineStr">
         <is>
-          <t>Limit width of timeline</t>
+          <t>Hidden events</t>
         </is>
       </c>
       <c r="C828" t="inlineStr"/>
       <c r="D828" t="inlineStr"/>
       <c r="E828" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F828" t="inlineStr">
         <is>
-          <t>UserSettingsModelLimit width of timeline</t>
+          <t>UserSettingsModelHidden events</t>
         </is>
       </c>
       <c r="G828" t="inlineStr"/>
       <c r="H828" t="inlineStr"/>
     </row>
     <row r="829">
       <c r="A829" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25949</t>
+          <t>../../src/UserSettingsPage.cpp:26065</t>
         </is>
       </c>
       <c r="B829" t="inlineStr">
         <is>
-          <t>Read receipts</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ignored users</t>
+        </is>
+      </c>
+      <c r="C829" t="inlineStr"/>
       <c r="D829" t="inlineStr"/>
       <c r="E829" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F829" t="inlineStr">
         <is>
-          <t>UserSettingsModelRead receipts</t>
+          <t>UserSettingsModelIgnored users</t>
         </is>
       </c>
       <c r="G829" t="inlineStr"/>
       <c r="H829" t="inlineStr"/>
     </row>
     <row r="830">
       <c r="A830" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25951</t>
+          <t>../../src/UserSettingsPage.cpp:26067</t>
         </is>
       </c>
       <c r="B830" t="inlineStr">
         <is>
-          <t>Hidden events</t>
-[...2 lines deleted...]
-      <c r="C830" t="inlineStr"/>
+          <t>Desktop notifications</t>
+        </is>
+      </c>
+      <c r="C830" t="inlineStr">
+        <is>
+          <t>デスクトップ通知</t>
+        </is>
+      </c>
       <c r="D830" t="inlineStr"/>
       <c r="E830" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F830" t="inlineStr">
         <is>
-          <t>UserSettingsModelHidden events</t>
+          <t>UserSettingsModelDesktop notifications</t>
         </is>
       </c>
       <c r="G830" t="inlineStr"/>
       <c r="H830" t="inlineStr"/>
     </row>
     <row r="831">
       <c r="A831" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25953</t>
+          <t>../../src/UserSettingsPage.cpp:26069</t>
         </is>
       </c>
       <c r="B831" t="inlineStr">
         <is>
-          <t>Ignored users</t>
+          <t>Alert on notification</t>
         </is>
       </c>
       <c r="C831" t="inlineStr"/>
       <c r="D831" t="inlineStr"/>
       <c r="E831" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F831" t="inlineStr">
         <is>
-          <t>UserSettingsModelIgnored users</t>
+          <t>UserSettingsModelAlert on notification</t>
         </is>
       </c>
       <c r="G831" t="inlineStr"/>
       <c r="H831" t="inlineStr"/>
     </row>
     <row r="832">
       <c r="A832" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25955</t>
+          <t>../../src/UserSettingsPage.cpp:26071</t>
         </is>
       </c>
       <c r="B832" t="inlineStr">
         <is>
-          <t>Desktop notifications</t>
+          <t>Circular Avatars</t>
         </is>
       </c>
       <c r="C832" t="inlineStr">
         <is>
-          <t>デスクトップ通知</t>
+          <t>円形アバター</t>
         </is>
       </c>
       <c r="D832" t="inlineStr"/>
       <c r="E832" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F832" t="inlineStr">
         <is>
-          <t>UserSettingsModelDesktop notifications</t>
+          <t>UserSettingsModelCircular Avatars</t>
         </is>
       </c>
       <c r="G832" t="inlineStr"/>
       <c r="H832" t="inlineStr"/>
     </row>
     <row r="833">
       <c r="A833" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25957</t>
+          <t>../../src/UserSettingsPage.cpp:26073</t>
         </is>
       </c>
       <c r="B833" t="inlineStr">
         <is>
-          <t>Alert on notification</t>
+          <t>Use identicons</t>
         </is>
       </c>
       <c r="C833" t="inlineStr"/>
       <c r="D833" t="inlineStr"/>
       <c r="E833" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F833" t="inlineStr">
         <is>
-          <t>UserSettingsModelAlert on notification</t>
+          <t>UserSettingsModelUse identicons</t>
         </is>
       </c>
       <c r="G833" t="inlineStr"/>
       <c r="H833" t="inlineStr"/>
     </row>
     <row r="834">
       <c r="A834" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25959</t>
+          <t>../../src/UserSettingsPage.cpp:26075</t>
         </is>
       </c>
       <c r="B834" t="inlineStr">
         <is>
-          <t>Circular Avatars</t>
-[...6 lines deleted...]
-      </c>
+          <t>Open images with external program</t>
+        </is>
+      </c>
+      <c r="C834" t="inlineStr"/>
       <c r="D834" t="inlineStr"/>
       <c r="E834" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F834" t="inlineStr">
         <is>
-          <t>UserSettingsModelCircular Avatars</t>
+          <t>UserSettingsModelOpen images with external program</t>
         </is>
       </c>
       <c r="G834" t="inlineStr"/>
       <c r="H834" t="inlineStr"/>
     </row>
     <row r="835">
       <c r="A835" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25961</t>
+          <t>../../src/UserSettingsPage.cpp:26077</t>
         </is>
       </c>
       <c r="B835" t="inlineStr">
         <is>
-          <t>Use identicons</t>
+          <t>Open videos with external program</t>
         </is>
       </c>
       <c r="C835" t="inlineStr"/>
       <c r="D835" t="inlineStr"/>
       <c r="E835" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F835" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse identicons</t>
+          <t>UserSettingsModelOpen videos with external program</t>
         </is>
       </c>
       <c r="G835" t="inlineStr"/>
       <c r="H835" t="inlineStr"/>
     </row>
     <row r="836">
       <c r="A836" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25963</t>
+          <t>../../src/UserSettingsPage.cpp:26079</t>
         </is>
       </c>
       <c r="B836" t="inlineStr">
         <is>
-          <t>Open images with external program</t>
+          <t>Decrypt messages in sidebar</t>
         </is>
       </c>
       <c r="C836" t="inlineStr"/>
       <c r="D836" t="inlineStr"/>
       <c r="E836" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F836" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen images with external program</t>
+          <t>UserSettingsModelDecrypt messages in sidebar</t>
         </is>
       </c>
       <c r="G836" t="inlineStr"/>
       <c r="H836" t="inlineStr"/>
     </row>
     <row r="837">
       <c r="A837" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25965</t>
+          <t>../../src/UserSettingsPage.cpp:26081</t>
         </is>
       </c>
       <c r="B837" t="inlineStr">
         <is>
-          <t>Open videos with external program</t>
+          <t>Decrypt notifications</t>
         </is>
       </c>
       <c r="C837" t="inlineStr"/>
       <c r="D837" t="inlineStr"/>
       <c r="E837" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F837" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen videos with external program</t>
+          <t>UserSettingsModelDecrypt notifications</t>
         </is>
       </c>
       <c r="G837" t="inlineStr"/>
       <c r="H837" t="inlineStr"/>
     </row>
     <row r="838">
       <c r="A838" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25967</t>
+          <t>../../src/UserSettingsPage.cpp:26085</t>
         </is>
       </c>
       <c r="B838" t="inlineStr">
         <is>
-          <t>Decrypt messages in sidebar</t>
+          <t>Display fancy effects such as confetti</t>
         </is>
       </c>
       <c r="C838" t="inlineStr"/>
       <c r="D838" t="inlineStr"/>
       <c r="E838" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F838" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt messages in sidebar</t>
+          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
         </is>
       </c>
       <c r="G838" t="inlineStr"/>
       <c r="H838" t="inlineStr"/>
     </row>
     <row r="839">
       <c r="A839" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25969</t>
+          <t>../../src/UserSettingsPage.cpp:26087</t>
         </is>
       </c>
       <c r="B839" t="inlineStr">
         <is>
-          <t>Decrypt notifications</t>
+          <t>Reduce or disable animations</t>
         </is>
       </c>
       <c r="C839" t="inlineStr"/>
       <c r="D839" t="inlineStr"/>
       <c r="E839" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F839" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt notifications</t>
+          <t>UserSettingsModelReduce or disable animations</t>
         </is>
       </c>
       <c r="G839" t="inlineStr"/>
       <c r="H839" t="inlineStr"/>
     </row>
     <row r="840">
       <c r="A840" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25973</t>
+          <t>../../src/UserSettingsPage.cpp:26089</t>
         </is>
       </c>
       <c r="B840" t="inlineStr">
         <is>
-          <t>Display fancy effects such as confetti</t>
+          <t>Privacy Screen</t>
         </is>
       </c>
       <c r="C840" t="inlineStr"/>
       <c r="D840" t="inlineStr"/>
       <c r="E840" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F840" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
+          <t>UserSettingsModelPrivacy Screen</t>
         </is>
       </c>
       <c r="G840" t="inlineStr"/>
       <c r="H840" t="inlineStr"/>
     </row>
     <row r="841">
       <c r="A841" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25975</t>
+          <t>../../src/UserSettingsPage.cpp:26091</t>
         </is>
       </c>
       <c r="B841" t="inlineStr">
         <is>
-          <t>Reduce or disable animations</t>
+          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="C841" t="inlineStr"/>
       <c r="D841" t="inlineStr"/>
       <c r="E841" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F841" t="inlineStr">
         <is>
-          <t>UserSettingsModelReduce or disable animations</t>
+          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="G841" t="inlineStr"/>
       <c r="H841" t="inlineStr"/>
     </row>
     <row r="842">
       <c r="A842" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25977</t>
+          <t>../../src/UserSettingsPage.cpp:26093</t>
         </is>
       </c>
       <c r="B842" t="inlineStr">
         <is>
-          <t>Privacy Screen</t>
+          <t>Touchscreen mode</t>
         </is>
       </c>
       <c r="C842" t="inlineStr"/>
       <c r="D842" t="inlineStr"/>
       <c r="E842" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F842" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy Screen</t>
+          <t>UserSettingsModelTouchscreen mode</t>
         </is>
       </c>
       <c r="G842" t="inlineStr"/>
       <c r="H842" t="inlineStr"/>
     </row>
     <row r="843">
       <c r="A843" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25979</t>
+          <t>../../src/UserSettingsPage.cpp:26095</t>
         </is>
       </c>
       <c r="B843" t="inlineStr">
         <is>
-          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
+          <t>Disable swipe motions</t>
         </is>
       </c>
       <c r="C843" t="inlineStr"/>
       <c r="D843" t="inlineStr"/>
       <c r="E843" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F843" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
+          <t>UserSettingsModelDisable swipe motions</t>
         </is>
       </c>
       <c r="G843" t="inlineStr"/>
       <c r="H843" t="inlineStr"/>
     </row>
     <row r="844">
       <c r="A844" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25981</t>
+          <t>../../src/UserSettingsPage.cpp:26097</t>
         </is>
       </c>
       <c r="B844" t="inlineStr">
         <is>
-          <t>Touchscreen mode</t>
-[...2 lines deleted...]
-      <c r="C844" t="inlineStr"/>
+          <t>Font size</t>
+        </is>
+      </c>
+      <c r="C844" t="inlineStr">
+        <is>
+          <t>フォントサイズ</t>
+        </is>
+      </c>
       <c r="D844" t="inlineStr"/>
       <c r="E844" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F844" t="inlineStr">
         <is>
-          <t>UserSettingsModelTouchscreen mode</t>
+          <t>UserSettingsModelFont size</t>
         </is>
       </c>
       <c r="G844" t="inlineStr"/>
       <c r="H844" t="inlineStr"/>
     </row>
     <row r="845">
       <c r="A845" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25983</t>
+          <t>../../src/UserSettingsPage.cpp:26099</t>
         </is>
       </c>
       <c r="B845" t="inlineStr">
         <is>
-          <t>Disable swipe motions</t>
-[...2 lines deleted...]
-      <c r="C845" t="inlineStr"/>
+          <t>Font Family</t>
+        </is>
+      </c>
+      <c r="C845" t="inlineStr">
+        <is>
+          <t>フォントファミリー</t>
+        </is>
+      </c>
       <c r="D845" t="inlineStr"/>
       <c r="E845" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F845" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisable swipe motions</t>
+          <t>UserSettingsModelFont Family</t>
         </is>
       </c>
       <c r="G845" t="inlineStr"/>
       <c r="H845" t="inlineStr"/>
     </row>
     <row r="846">
       <c r="A846" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25985</t>
+          <t>../../src/UserSettingsPage.cpp:26101</t>
         </is>
       </c>
       <c r="B846" t="inlineStr">
         <is>
-          <t>Font size</t>
-[...6 lines deleted...]
-      </c>
+          <t>Emoji Font Family</t>
+        </is>
+      </c>
+      <c r="C846" t="inlineStr"/>
       <c r="D846" t="inlineStr"/>
       <c r="E846" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F846" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont size</t>
+          <t>UserSettingsModelEmoji Font Family</t>
         </is>
       </c>
       <c r="G846" t="inlineStr"/>
       <c r="H846" t="inlineStr"/>
     </row>
     <row r="847">
       <c r="A847" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25987</t>
+          <t>../../src/UserSettingsPage.cpp:26103</t>
         </is>
       </c>
       <c r="B847" t="inlineStr">
         <is>
-          <t>Font Family</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ringtone</t>
+        </is>
+      </c>
+      <c r="C847" t="inlineStr"/>
       <c r="D847" t="inlineStr"/>
       <c r="E847" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F847" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont Family</t>
+          <t>UserSettingsModelRingtone</t>
         </is>
       </c>
       <c r="G847" t="inlineStr"/>
       <c r="H847" t="inlineStr"/>
     </row>
     <row r="848">
       <c r="A848" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25989</t>
+          <t>../../src/UserSettingsPage.cpp:26105</t>
         </is>
       </c>
       <c r="B848" t="inlineStr">
         <is>
-          <t>Emoji Font Family</t>
+          <t>Microphone</t>
         </is>
       </c>
       <c r="C848" t="inlineStr"/>
       <c r="D848" t="inlineStr"/>
       <c r="E848" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F848" t="inlineStr">
         <is>
-          <t>UserSettingsModelEmoji Font Family</t>
+          <t>UserSettingsModelMicrophone</t>
         </is>
       </c>
       <c r="G848" t="inlineStr"/>
       <c r="H848" t="inlineStr"/>
     </row>
     <row r="849">
       <c r="A849" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25991</t>
+          <t>../../src/UserSettingsPage.cpp:26107</t>
         </is>
       </c>
       <c r="B849" t="inlineStr">
         <is>
-          <t>Ringtone</t>
+          <t>Camera</t>
         </is>
       </c>
       <c r="C849" t="inlineStr"/>
       <c r="D849" t="inlineStr"/>
       <c r="E849" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F849" t="inlineStr">
         <is>
-          <t>UserSettingsModelRingtone</t>
+          <t>UserSettingsModelCamera</t>
         </is>
       </c>
       <c r="G849" t="inlineStr"/>
       <c r="H849" t="inlineStr"/>
     </row>
     <row r="850">
       <c r="A850" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25993</t>
+          <t>../../src/UserSettingsPage.cpp:26109</t>
         </is>
       </c>
       <c r="B850" t="inlineStr">
         <is>
-          <t>Microphone</t>
+          <t>Camera resolution</t>
         </is>
       </c>
       <c r="C850" t="inlineStr"/>
       <c r="D850" t="inlineStr"/>
       <c r="E850" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F850" t="inlineStr">
         <is>
-          <t>UserSettingsModelMicrophone</t>
+          <t>UserSettingsModelCamera resolution</t>
         </is>
       </c>
       <c r="G850" t="inlineStr"/>
       <c r="H850" t="inlineStr"/>
     </row>
     <row r="851">
       <c r="A851" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25995</t>
+          <t>../../src/UserSettingsPage.cpp:26111</t>
         </is>
       </c>
       <c r="B851" t="inlineStr">
         <is>
-          <t>Camera</t>
+          <t>Camera frame rate</t>
         </is>
       </c>
       <c r="C851" t="inlineStr"/>
       <c r="D851" t="inlineStr"/>
       <c r="E851" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F851" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera</t>
+          <t>UserSettingsModelCamera frame rate</t>
         </is>
       </c>
       <c r="G851" t="inlineStr"/>
       <c r="H851" t="inlineStr"/>
     </row>
     <row r="852">
       <c r="A852" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25997</t>
+          <t>../../src/UserSettingsPage.cpp:26113</t>
         </is>
       </c>
       <c r="B852" t="inlineStr">
         <is>
-          <t>Camera resolution</t>
+          <t>Allow fallback call assist server</t>
         </is>
       </c>
       <c r="C852" t="inlineStr"/>
       <c r="D852" t="inlineStr"/>
       <c r="E852" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F852" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera resolution</t>
+          <t>UserSettingsModelAllow fallback call assist server</t>
         </is>
       </c>
       <c r="G852" t="inlineStr"/>
       <c r="H852" t="inlineStr"/>
     </row>
     <row r="853">
       <c r="A853" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25999</t>
+          <t>../../src/UserSettingsPage.cpp:26115</t>
         </is>
       </c>
       <c r="B853" t="inlineStr">
         <is>
-          <t>Camera frame rate</t>
+          <t>Send encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="C853" t="inlineStr"/>
       <c r="D853" t="inlineStr"/>
       <c r="E853" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F853" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera frame rate</t>
+          <t>UserSettingsModelSend encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="G853" t="inlineStr"/>
       <c r="H853" t="inlineStr"/>
     </row>
     <row r="854">
       <c r="A854" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26001</t>
+          <t>../../src/UserSettingsPage.cpp:26117</t>
         </is>
       </c>
       <c r="B854" t="inlineStr">
         <is>
-          <t>Allow fallback call assist server</t>
+          <t>Share keys with verified users and devices</t>
         </is>
       </c>
       <c r="C854" t="inlineStr"/>
       <c r="D854" t="inlineStr"/>
       <c r="E854" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F854" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow fallback call assist server</t>
+          <t>UserSettingsModelShare keys with verified users and devices</t>
         </is>
       </c>
       <c r="G854" t="inlineStr"/>
       <c r="H854" t="inlineStr"/>
     </row>
     <row r="855">
       <c r="A855" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26003</t>
+          <t>../../src/UserSettingsPage.cpp:26119</t>
         </is>
       </c>
       <c r="B855" t="inlineStr">
         <is>
-          <t>Send encrypted messages to verified users only</t>
+          <t>Online Key Backup</t>
         </is>
       </c>
       <c r="C855" t="inlineStr"/>
       <c r="D855" t="inlineStr"/>
       <c r="E855" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F855" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend encrypted messages to verified users only</t>
+          <t>UserSettingsModelOnline Key Backup</t>
         </is>
       </c>
       <c r="G855" t="inlineStr"/>
       <c r="H855" t="inlineStr"/>
     </row>
     <row r="856">
       <c r="A856" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26005</t>
+          <t>../../src/UserSettingsPage.cpp:26121</t>
         </is>
       </c>
       <c r="B856" t="inlineStr">
         <is>
-          <t>Share keys with verified users and devices</t>
+          <t>Profile</t>
         </is>
       </c>
       <c r="C856" t="inlineStr"/>
       <c r="D856" t="inlineStr"/>
       <c r="E856" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F856" t="inlineStr">
         <is>
-          <t>UserSettingsModelShare keys with verified users and devices</t>
+          <t>UserSettingsModelProfile</t>
         </is>
       </c>
       <c r="G856" t="inlineStr"/>
       <c r="H856" t="inlineStr"/>
     </row>
     <row r="857">
       <c r="A857" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26007</t>
+          <t>../../src/UserSettingsPage.cpp:26123</t>
         </is>
       </c>
       <c r="B857" t="inlineStr">
         <is>
-          <t>Online Key Backup</t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C857" t="inlineStr"/>
       <c r="D857" t="inlineStr"/>
       <c r="E857" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F857" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline Key Backup</t>
+          <t>UserSettingsModelUser ID</t>
         </is>
       </c>
       <c r="G857" t="inlineStr"/>
       <c r="H857" t="inlineStr"/>
     </row>
     <row r="858">
       <c r="A858" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26009</t>
+          <t>../../src/UserSettingsPage.cpp:26125</t>
         </is>
       </c>
       <c r="B858" t="inlineStr">
         <is>
-          <t>Profile</t>
+          <t>Accesstoken</t>
         </is>
       </c>
       <c r="C858" t="inlineStr"/>
       <c r="D858" t="inlineStr"/>
       <c r="E858" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F858" t="inlineStr">
         <is>
-          <t>UserSettingsModelProfile</t>
+          <t>UserSettingsModelAccesstoken</t>
         </is>
       </c>
       <c r="G858" t="inlineStr"/>
       <c r="H858" t="inlineStr"/>
     </row>
     <row r="859">
       <c r="A859" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26011</t>
+          <t>../../src/UserSettingsPage.cpp:26127</t>
         </is>
       </c>
       <c r="B859" t="inlineStr">
         <is>
-          <t>User ID</t>
-[...2 lines deleted...]
-      <c r="C859" t="inlineStr"/>
+          <t>Device ID</t>
+        </is>
+      </c>
+      <c r="C859" t="inlineStr">
+        <is>
+          <t>デバイスID</t>
+        </is>
+      </c>
       <c r="D859" t="inlineStr"/>
       <c r="E859" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F859" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser ID</t>
+          <t>UserSettingsModelDevice ID</t>
         </is>
       </c>
       <c r="G859" t="inlineStr"/>
       <c r="H859" t="inlineStr"/>
     </row>
     <row r="860">
       <c r="A860" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26013</t>
+          <t>../../src/UserSettingsPage.cpp:26129</t>
         </is>
       </c>
       <c r="B860" t="inlineStr">
         <is>
-          <t>Accesstoken</t>
-[...2 lines deleted...]
-      <c r="C860" t="inlineStr"/>
+          <t>Device Fingerprint</t>
+        </is>
+      </c>
+      <c r="C860" t="inlineStr">
+        <is>
+          <t>デバイスの指紋</t>
+        </is>
+      </c>
       <c r="D860" t="inlineStr"/>
       <c r="E860" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F860" t="inlineStr">
         <is>
-          <t>UserSettingsModelAccesstoken</t>
+          <t>UserSettingsModelDevice Fingerprint</t>
         </is>
       </c>
       <c r="G860" t="inlineStr"/>
       <c r="H860" t="inlineStr"/>
     </row>
     <row r="861">
       <c r="A861" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26015</t>
+          <t>../../src/UserSettingsPage.cpp:26131</t>
         </is>
       </c>
       <c r="B861" t="inlineStr">
         <is>
-          <t>Device ID</t>
-[...6 lines deleted...]
-      </c>
+          <t>Homeserver</t>
+        </is>
+      </c>
+      <c r="C861" t="inlineStr"/>
       <c r="D861" t="inlineStr"/>
       <c r="E861" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F861" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice ID</t>
+          <t>UserSettingsModelHomeserver</t>
         </is>
       </c>
       <c r="G861" t="inlineStr"/>
       <c r="H861" t="inlineStr"/>
     </row>
     <row r="862">
       <c r="A862" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26017</t>
+          <t>../../src/UserSettingsPage.cpp:26133</t>
         </is>
       </c>
       <c r="B862" t="inlineStr">
         <is>
-          <t>Device Fingerprint</t>
-[...6 lines deleted...]
-      </c>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="C862" t="inlineStr"/>
       <c r="D862" t="inlineStr"/>
       <c r="E862" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F862" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice Fingerprint</t>
+          <t>UserSettingsModelVersion</t>
         </is>
       </c>
       <c r="G862" t="inlineStr"/>
       <c r="H862" t="inlineStr"/>
     </row>
     <row r="863">
       <c r="A863" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26019</t>
+          <t>../../src/UserSettingsPage.cpp:26135</t>
         </is>
       </c>
       <c r="B863" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Platform</t>
         </is>
       </c>
       <c r="C863" t="inlineStr"/>
       <c r="D863" t="inlineStr"/>
       <c r="E863" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F863" t="inlineStr">
         <is>
-          <t>UserSettingsModelHomeserver</t>
+          <t>UserSettingsModelPlatform</t>
         </is>
       </c>
       <c r="G863" t="inlineStr"/>
       <c r="H863" t="inlineStr"/>
     </row>
     <row r="864">
       <c r="A864" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26021</t>
+          <t>../../src/UserSettingsPage.cpp:26137</t>
         </is>
       </c>
       <c r="B864" t="inlineStr">
         <is>
-          <t>Version</t>
-[...2 lines deleted...]
-      <c r="C864" t="inlineStr"/>
+          <t>GENERAL</t>
+        </is>
+      </c>
+      <c r="C864" t="inlineStr">
+        <is>
+          <t>全般</t>
+        </is>
+      </c>
       <c r="D864" t="inlineStr"/>
       <c r="E864" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F864" t="inlineStr">
         <is>
-          <t>UserSettingsModelVersion</t>
+          <t>UserSettingsModelGENERAL</t>
         </is>
       </c>
       <c r="G864" t="inlineStr"/>
       <c r="H864" t="inlineStr"/>
     </row>
     <row r="865">
       <c r="A865" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26023</t>
+          <t>../../src/UserSettingsPage.cpp:26139</t>
         </is>
       </c>
       <c r="B865" t="inlineStr">
         <is>
-          <t>Platform</t>
+          <t>ACCESSIBILITY</t>
         </is>
       </c>
       <c r="C865" t="inlineStr"/>
       <c r="D865" t="inlineStr"/>
       <c r="E865" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F865" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlatform</t>
+          <t>UserSettingsModelACCESSIBILITY</t>
         </is>
       </c>
       <c r="G865" t="inlineStr"/>
       <c r="H865" t="inlineStr"/>
     </row>
     <row r="866">
       <c r="A866" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26025</t>
+          <t>../../src/UserSettingsPage.cpp:26141</t>
         </is>
       </c>
       <c r="B866" t="inlineStr">
         <is>
-          <t>GENERAL</t>
-[...6 lines deleted...]
-      </c>
+          <t>TIMELINE</t>
+        </is>
+      </c>
+      <c r="C866" t="inlineStr"/>
       <c r="D866" t="inlineStr"/>
       <c r="E866" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F866" t="inlineStr">
         <is>
-          <t>UserSettingsModelGENERAL</t>
+          <t>UserSettingsModelTIMELINE</t>
         </is>
       </c>
       <c r="G866" t="inlineStr"/>
       <c r="H866" t="inlineStr"/>
     </row>
     <row r="867">
       <c r="A867" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26027</t>
+          <t>../../src/UserSettingsPage.cpp:26143</t>
         </is>
       </c>
       <c r="B867" t="inlineStr">
         <is>
-          <t>ACCESSIBILITY</t>
+          <t>SIDEBAR</t>
         </is>
       </c>
       <c r="C867" t="inlineStr"/>
       <c r="D867" t="inlineStr"/>
       <c r="E867" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F867" t="inlineStr">
         <is>
-          <t>UserSettingsModelACCESSIBILITY</t>
+          <t>UserSettingsModelSIDEBAR</t>
         </is>
       </c>
       <c r="G867" t="inlineStr"/>
       <c r="H867" t="inlineStr"/>
     </row>
     <row r="868">
       <c r="A868" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26029</t>
+          <t>../../src/UserSettingsPage.cpp:26145</t>
         </is>
       </c>
       <c r="B868" t="inlineStr">
         <is>
-          <t>TIMELINE</t>
+          <t>TRAY</t>
         </is>
       </c>
       <c r="C868" t="inlineStr"/>
       <c r="D868" t="inlineStr"/>
       <c r="E868" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F868" t="inlineStr">
         <is>
-          <t>UserSettingsModelTIMELINE</t>
+          <t>UserSettingsModelTRAY</t>
         </is>
       </c>
       <c r="G868" t="inlineStr"/>
       <c r="H868" t="inlineStr"/>
     </row>
     <row r="869">
       <c r="A869" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26031</t>
+          <t>../../src/UserSettingsPage.cpp:26147</t>
         </is>
       </c>
       <c r="B869" t="inlineStr">
         <is>
-          <t>SIDEBAR</t>
+          <t>GLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C869" t="inlineStr"/>
       <c r="D869" t="inlineStr"/>
       <c r="E869" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F869" t="inlineStr">
         <is>
-          <t>UserSettingsModelSIDEBAR</t>
+          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G869" t="inlineStr"/>
       <c r="H869" t="inlineStr"/>
     </row>
     <row r="870">
       <c r="A870" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26033</t>
+          <t>../../src/UserSettingsPage.cpp:26149</t>
         </is>
       </c>
       <c r="B870" t="inlineStr">
         <is>
-          <t>TRAY</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C870" t="inlineStr"/>
       <c r="D870" t="inlineStr"/>
       <c r="E870" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F870" t="inlineStr">
         <is>
-          <t>UserSettingsModelTRAY</t>
+          <t>UserSettingsModelNOTIFICATIONS</t>
         </is>
       </c>
       <c r="G870" t="inlineStr"/>
       <c r="H870" t="inlineStr"/>
     </row>
     <row r="871">
       <c r="A871" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26035</t>
+          <t>../../src/UserSettingsPage.cpp:26151</t>
         </is>
       </c>
       <c r="B871" t="inlineStr">
         <is>
-          <t>GLOBAL MESSAGE VISIBILITY</t>
+          <t>CALLS</t>
         </is>
       </c>
       <c r="C871" t="inlineStr"/>
       <c r="D871" t="inlineStr"/>
       <c r="E871" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F871" t="inlineStr">
         <is>
-          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
+          <t>UserSettingsModelCALLS</t>
         </is>
       </c>
       <c r="G871" t="inlineStr"/>
       <c r="H871" t="inlineStr"/>
     </row>
     <row r="872">
       <c r="A872" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26037</t>
+          <t>../../src/UserSettingsPage.cpp:26153</t>
         </is>
       </c>
       <c r="B872" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
-[...2 lines deleted...]
-      <c r="C872" t="inlineStr"/>
+          <t>ENCRYPTION</t>
+        </is>
+      </c>
+      <c r="C872" t="inlineStr">
+        <is>
+          <t>暗号化</t>
+        </is>
+      </c>
       <c r="D872" t="inlineStr"/>
       <c r="E872" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F872" t="inlineStr">
         <is>
-          <t>UserSettingsModelNOTIFICATIONS</t>
+          <t>UserSettingsModelENCRYPTION</t>
         </is>
       </c>
       <c r="G872" t="inlineStr"/>
       <c r="H872" t="inlineStr"/>
     </row>
     <row r="873">
       <c r="A873" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26039</t>
+          <t>../../src/UserSettingsPage.cpp:26155</t>
         </is>
       </c>
       <c r="B873" t="inlineStr">
         <is>
-          <t>CALLS</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C873" t="inlineStr"/>
       <c r="D873" t="inlineStr"/>
       <c r="E873" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F873" t="inlineStr">
         <is>
-          <t>UserSettingsModelCALLS</t>
+          <t>UserSettingsModelINFO</t>
         </is>
       </c>
       <c r="G873" t="inlineStr"/>
       <c r="H873" t="inlineStr"/>
     </row>
     <row r="874">
       <c r="A874" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26041</t>
+          <t>../../src/UserSettingsPage.cpp:26157</t>
         </is>
       </c>
       <c r="B874" t="inlineStr">
         <is>
-          <t>ENCRYPTION</t>
+          <t>Session Keys</t>
         </is>
       </c>
       <c r="C874" t="inlineStr">
         <is>
-          <t>暗号化</t>
+          <t>セッション鍵</t>
         </is>
       </c>
       <c r="D874" t="inlineStr"/>
       <c r="E874" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F874" t="inlineStr">
         <is>
-          <t>UserSettingsModelENCRYPTION</t>
+          <t>UserSettingsModelSession Keys</t>
         </is>
       </c>
       <c r="G874" t="inlineStr"/>
       <c r="H874" t="inlineStr"/>
     </row>
     <row r="875">
       <c r="A875" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26043</t>
+          <t>../../src/UserSettingsPage.cpp:26159</t>
         </is>
       </c>
       <c r="B875" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>Cross Signing Secrets</t>
         </is>
       </c>
       <c r="C875" t="inlineStr"/>
       <c r="D875" t="inlineStr"/>
       <c r="E875" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F875" t="inlineStr">
         <is>
-          <t>UserSettingsModelINFO</t>
+          <t>UserSettingsModelCross Signing Secrets</t>
         </is>
       </c>
       <c r="G875" t="inlineStr"/>
       <c r="H875" t="inlineStr"/>
     </row>
     <row r="876">
       <c r="A876" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26045</t>
+          <t>../../src/UserSettingsPage.cpp:26161</t>
         </is>
       </c>
       <c r="B876" t="inlineStr">
         <is>
-          <t>Session Keys</t>
-[...6 lines deleted...]
-      </c>
+          <t>Online backup key</t>
+        </is>
+      </c>
+      <c r="C876" t="inlineStr"/>
       <c r="D876" t="inlineStr"/>
       <c r="E876" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F876" t="inlineStr">
         <is>
-          <t>UserSettingsModelSession Keys</t>
+          <t>UserSettingsModelOnline backup key</t>
         </is>
       </c>
       <c r="G876" t="inlineStr"/>
       <c r="H876" t="inlineStr"/>
     </row>
     <row r="877">
       <c r="A877" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26047</t>
+          <t>../../src/UserSettingsPage.cpp:26163</t>
         </is>
       </c>
       <c r="B877" t="inlineStr">
         <is>
-          <t>Cross Signing Secrets</t>
+          <t>Self signing key</t>
         </is>
       </c>
       <c r="C877" t="inlineStr"/>
       <c r="D877" t="inlineStr"/>
       <c r="E877" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F877" t="inlineStr">
         <is>
-          <t>UserSettingsModelCross Signing Secrets</t>
+          <t>UserSettingsModelSelf signing key</t>
         </is>
       </c>
       <c r="G877" t="inlineStr"/>
       <c r="H877" t="inlineStr"/>
     </row>
     <row r="878">
       <c r="A878" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26049</t>
+          <t>../../src/UserSettingsPage.cpp:26165</t>
         </is>
       </c>
       <c r="B878" t="inlineStr">
         <is>
-          <t>Online backup key</t>
+          <t>User signing key</t>
         </is>
       </c>
       <c r="C878" t="inlineStr"/>
       <c r="D878" t="inlineStr"/>
       <c r="E878" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F878" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline backup key</t>
+          <t>UserSettingsModelUser signing key</t>
         </is>
       </c>
       <c r="G878" t="inlineStr"/>
       <c r="H878" t="inlineStr"/>
     </row>
     <row r="879">
       <c r="A879" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26051</t>
+          <t>../../src/UserSettingsPage.cpp:26167</t>
         </is>
       </c>
       <c r="B879" t="inlineStr">
         <is>
-          <t>Self signing key</t>
+          <t>Master signing key</t>
         </is>
       </c>
       <c r="C879" t="inlineStr"/>
       <c r="D879" t="inlineStr"/>
       <c r="E879" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F879" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelf signing key</t>
+          <t>UserSettingsModelMaster signing key</t>
         </is>
       </c>
       <c r="G879" t="inlineStr"/>
       <c r="H879" t="inlineStr"/>
     </row>
     <row r="880">
       <c r="A880" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26053</t>
+          <t>../../src/UserSettingsPage.cpp:26169</t>
         </is>
       </c>
       <c r="B880" t="inlineStr">
         <is>
-          <t>User signing key</t>
+          <t>Expose room information via D-Bus</t>
         </is>
       </c>
       <c r="C880" t="inlineStr"/>
       <c r="D880" t="inlineStr"/>
       <c r="E880" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F880" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser signing key</t>
+          <t>UserSettingsModelExpose room information via D-Bus</t>
         </is>
       </c>
       <c r="G880" t="inlineStr"/>
       <c r="H880" t="inlineStr"/>
     </row>
     <row r="881">
       <c r="A881" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26055</t>
+          <t>../../src/UserSettingsPage.cpp:26171</t>
         </is>
       </c>
       <c r="B881" t="inlineStr">
         <is>
-          <t>Master signing key</t>
+          <t>Periodically update community routing information</t>
         </is>
       </c>
       <c r="C881" t="inlineStr"/>
       <c r="D881" t="inlineStr"/>
       <c r="E881" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F881" t="inlineStr">
         <is>
-          <t>UserSettingsModelMaster signing key</t>
+          <t>UserSettingsModelPeriodically update community routing information</t>
         </is>
       </c>
       <c r="G881" t="inlineStr"/>
       <c r="H881" t="inlineStr"/>
     </row>
     <row r="882">
       <c r="A882" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26057</t>
+          <t>../../src/UserSettingsPage.cpp:26173</t>
         </is>
       </c>
       <c r="B882" t="inlineStr">
         <is>
-          <t>Expose room information via D-Bus</t>
+          <t>Periodically delete expired events</t>
         </is>
       </c>
       <c r="C882" t="inlineStr"/>
       <c r="D882" t="inlineStr"/>
       <c r="E882" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F882" t="inlineStr">
         <is>
-          <t>UserSettingsModelExpose room information via D-Bus</t>
+          <t>UserSettingsModelPeriodically delete expired events</t>
         </is>
       </c>
       <c r="G882" t="inlineStr"/>
       <c r="H882" t="inlineStr"/>
     </row>
     <row r="883">
       <c r="A883" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26059</t>
+          <t>../../src/UserSettingsPage.cpp:26289</t>
         </is>
       </c>
       <c r="B883" t="inlineStr">
         <is>
-          <t>Periodically update community routing information</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C883" t="inlineStr"/>
       <c r="D883" t="inlineStr"/>
       <c r="E883" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F883" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically update community routing information</t>
+          <t>UserSettingsModelDefault</t>
         </is>
       </c>
       <c r="G883" t="inlineStr"/>
       <c r="H883" t="inlineStr"/>
     </row>
     <row r="884">
       <c r="A884" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26061</t>
+          <t>../../src/UserSettingsPage.cpp:26328</t>
         </is>
       </c>
       <c r="B884" t="inlineStr">
         <is>
-          <t>Periodically delete expired events</t>
+          <t>Set the notification sound to play when a call invite arrives</t>
         </is>
       </c>
       <c r="C884" t="inlineStr"/>
       <c r="D884" t="inlineStr"/>
       <c r="E884" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F884" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically delete expired events</t>
+          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
         </is>
       </c>
       <c r="G884" t="inlineStr"/>
       <c r="H884" t="inlineStr"/>
     </row>
     <row r="885">
       <c r="A885" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26182</t>
+          <t>../../src/UserSettingsPage.cpp:26338</t>
         </is>
       </c>
       <c r="B885" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Set timeout (in seconds) for how long after window loses
+focus before the screen will be blurred.
+Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
       <c r="C885" t="inlineStr"/>
       <c r="D885" t="inlineStr"/>
       <c r="E885" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F885" t="inlineStr">
         <is>
-          <t>UserSettingsModelDefault</t>
+          <t>UserSettingsModelSet timeout (in seconds) for how long after window loses
+focus before the screen will be blurred.
+Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
       <c r="G885" t="inlineStr"/>
       <c r="H885" t="inlineStr"/>
     </row>
     <row r="886">
       <c r="A886" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26221</t>
+          <t>../../src/UserSettingsPage.cpp:26345</t>
         </is>
       </c>
       <c r="B886" t="inlineStr">
         <is>
-          <t>Set the notification sound to play when a call invite arrives</t>
+          <t>Change the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="C886" t="inlineStr"/>
       <c r="D886" t="inlineStr"/>
       <c r="E886" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F886" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
+          <t>UserSettingsModelChange the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="G886" t="inlineStr"/>
       <c r="H886" t="inlineStr"/>
     </row>
     <row r="887">
       <c r="A887" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26231</t>
+          <t>../../src/UserSettingsPage.cpp:26347</t>
         </is>
       </c>
       <c r="B887" t="inlineStr">
         <is>
-          <t>Set timeout (in seconds) for how long after window loses
-[...1 lines deleted...]
-Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
+          <t>Make font size larger if messages with only a few emojis are displayed.</t>
         </is>
       </c>
       <c r="C887" t="inlineStr"/>
       <c r="D887" t="inlineStr"/>
       <c r="E887" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F887" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet timeout (in seconds) for how long after window loses
-[...1 lines deleted...]
-Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
+          <t>UserSettingsModelMake font size larger if messages with only a few emojis are displayed.</t>
         </is>
       </c>
       <c r="G887" t="inlineStr"/>
       <c r="H887" t="inlineStr"/>
     </row>
     <row r="888">
       <c r="A888" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26238</t>
+          <t>../../src/UserSettingsPage.cpp:26349</t>
         </is>
       </c>
       <c r="B888" t="inlineStr">
         <is>
-          <t>Change the background color of messages when you hover over them.</t>
+          <t>Keep the application running in the background after closing the client window.</t>
         </is>
       </c>
       <c r="C888" t="inlineStr"/>
       <c r="D888" t="inlineStr"/>
       <c r="E888" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F888" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the background color of messages when you hover over them.</t>
+          <t>UserSettingsModelKeep the application running in the background after closing the client window.</t>
         </is>
       </c>
       <c r="G888" t="inlineStr"/>
       <c r="H888" t="inlineStr"/>
     </row>
     <row r="889">
       <c r="A889" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26240</t>
+          <t>../../src/UserSettingsPage.cpp:26352</t>
         </is>
       </c>
       <c r="B889" t="inlineStr">
         <is>
-          <t>Make font size larger if messages with only a few emojis are displayed.</t>
+          <t>Start the application in the background without showing the client window.</t>
         </is>
       </c>
       <c r="C889" t="inlineStr"/>
       <c r="D889" t="inlineStr"/>
       <c r="E889" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F889" t="inlineStr">
         <is>
-          <t>UserSettingsModelMake font size larger if messages with only a few emojis are displayed.</t>
+          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
         </is>
       </c>
       <c r="G889" t="inlineStr"/>
       <c r="H889" t="inlineStr"/>
     </row>
     <row r="890">
       <c r="A890" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26242</t>
+          <t>../../src/UserSettingsPage.cpp:26356</t>
         </is>
       </c>
       <c r="B890" t="inlineStr">
         <is>
-          <t>Keep the application running in the background after closing the client window.</t>
+          <t>Shows scrollbars in the room list and communities list.</t>
         </is>
       </c>
       <c r="C890" t="inlineStr"/>
       <c r="D890" t="inlineStr"/>
       <c r="E890" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F890" t="inlineStr">
         <is>
-          <t>UserSettingsModelKeep the application running in the background after closing the client window.</t>
+          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
         </is>
       </c>
       <c r="G890" t="inlineStr"/>
       <c r="H890" t="inlineStr"/>
     </row>
     <row r="891">
       <c r="A891" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26245</t>
+          <t>../../src/UserSettingsPage.cpp:26358</t>
         </is>
       </c>
       <c r="B891" t="inlineStr">
         <is>
-          <t>Start the application in the background without showing the client window.</t>
+          <t>Allow using markdown in messages.
+When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
       <c r="C891" t="inlineStr"/>
       <c r="D891" t="inlineStr"/>
       <c r="E891" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F891" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+          <t>UserSettingsModelAllow using markdown in messages.
+When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
       <c r="G891" t="inlineStr"/>
       <c r="H891" t="inlineStr"/>
     </row>
     <row r="892">
       <c r="A892" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26249</t>
+          <t>../../src/UserSettingsPage.cpp:26367</t>
         </is>
       </c>
       <c r="B892" t="inlineStr">
         <is>
-          <t>Shows scrollbars in the room list and communities list.</t>
+          <t>Messages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="C892" t="inlineStr"/>
       <c r="D892" t="inlineStr"/>
       <c r="E892" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F892" t="inlineStr">
         <is>
-          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
+          <t>UserSettingsModelMessages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="G892" t="inlineStr"/>
       <c r="H892" t="inlineStr"/>
     </row>
     <row r="893">
       <c r="A893" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26251</t>
+          <t>../../src/UserSettingsPage.cpp:26370</t>
         </is>
       </c>
       <c r="B893" t="inlineStr">
         <is>
-          <t>Allow using markdown in messages.
-When disabled, all messages are sent as a plain text.</t>
+          <t>Avatars are resized to fit above the message.</t>
         </is>
       </c>
       <c r="C893" t="inlineStr"/>
       <c r="D893" t="inlineStr"/>
       <c r="E893" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F893" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow using markdown in messages.
-When disabled, all messages are sent as a plain text.</t>
+          <t>UserSettingsModelAvatars are resized to fit above the message.</t>
         </is>
       </c>
       <c r="G893" t="inlineStr"/>
       <c r="H893" t="inlineStr"/>
     </row>
     <row r="894">
       <c r="A894" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26255</t>
+          <t>../../src/UserSettingsPage.cpp:26372</t>
         </is>
       </c>
       <c r="B894" t="inlineStr">
         <is>
-          <t>Invert the behavior of the enter key in the text input, making it send the message when shift+enter is pressed and starting a new line when enter is pressed.</t>
+          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
         </is>
       </c>
       <c r="C894" t="inlineStr"/>
       <c r="D894" t="inlineStr"/>
       <c r="E894" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F894" t="inlineStr">
         <is>
-          <t>UserSettingsModelInvert the behavior of the enter key in the text input, making it send the message when shift+enter is pressed and starting a new line when enter is pressed.</t>
+          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
         </is>
       </c>
       <c r="G894" t="inlineStr"/>
       <c r="H894" t="inlineStr"/>
     </row>
     <row r="895">
       <c r="A895" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26259</t>
+          <t>../../src/UserSettingsPage.cpp:26374</t>
         </is>
       </c>
       <c r="B895" t="inlineStr">
         <is>
-          <t>Messages get a bubble background. This also triggers some layout changes (WIP).</t>
+          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
         </is>
       </c>
       <c r="C895" t="inlineStr"/>
       <c r="D895" t="inlineStr"/>
       <c r="E895" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F895" t="inlineStr">
         <is>
-          <t>UserSettingsModelMessages get a bubble background. This also triggers some layout changes (WIP).</t>
+          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
         </is>
       </c>
       <c r="G895" t="inlineStr"/>
       <c r="H895" t="inlineStr"/>
     </row>
     <row r="896">
       <c r="A896" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26262</t>
+          <t>../../src/UserSettingsPage.cpp:26378</t>
         </is>
       </c>
       <c r="B896" t="inlineStr">
         <is>
-          <t>Avatars are resized to fit above the message.</t>
+          <t>Show who is typing in a room.
+This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
       <c r="C896" t="inlineStr"/>
       <c r="D896" t="inlineStr"/>
       <c r="E896" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F896" t="inlineStr">
         <is>
-          <t>UserSettingsModelAvatars are resized to fit above the message.</t>
+          <t>UserSettingsModelShow who is typing in a room.
+This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
       <c r="G896" t="inlineStr"/>
       <c r="H896" t="inlineStr"/>
     </row>
     <row r="897">
       <c r="A897" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26264</t>
+          <t>../../src/UserSettingsPage.cpp:26382</t>
         </is>
       </c>
       <c r="B897" t="inlineStr">
         <is>
-          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>Display rooms with new messages first.
+If this is off, the list of rooms will only be sorted by the preferred sorting order.
+If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
       <c r="C897" t="inlineStr"/>
       <c r="D897" t="inlineStr"/>
       <c r="E897" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F897" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>UserSettingsModelDisplay rooms with new messages first.
+If this is off, the list of rooms will only be sorted by the preferred sorting order.
+If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
       <c r="G897" t="inlineStr"/>
       <c r="H897" t="inlineStr"/>
     </row>
     <row r="898">
       <c r="A898" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26266</t>
+          <t>../../src/UserSettingsPage.cpp:26391</t>
         </is>
       </c>
       <c r="B898" t="inlineStr">
         <is>
-          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>Sort rooms alphabetically.
+If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
+If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
       <c r="C898" t="inlineStr"/>
       <c r="D898" t="inlineStr"/>
       <c r="E898" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F898" t="inlineStr">
         <is>
-          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>UserSettingsModelSort rooms alphabetically.
+If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
+If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
       <c r="G898" t="inlineStr"/>
       <c r="H898" t="inlineStr"/>
     </row>
     <row r="899">
       <c r="A899" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26270</t>
+          <t>../../src/UserSettingsPage.cpp:26397</t>
         </is>
       </c>
       <c r="B899" t="inlineStr">
         <is>
-          <t>Show who is typing in a room.
-This will also enable or disable sending typing notifications to others.</t>
+          <t>Show buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
       <c r="C899" t="inlineStr"/>
       <c r="D899" t="inlineStr"/>
       <c r="E899" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F899" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow who is typing in a room.
-This will also enable or disable sending typing notifications to others.</t>
+          <t>UserSettingsModelShow buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
       <c r="G899" t="inlineStr"/>
       <c r="H899" t="inlineStr"/>
     </row>
     <row r="900">
       <c r="A900" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26274</t>
+          <t>../../src/UserSettingsPage.cpp:26405</t>
         </is>
       </c>
       <c r="B900" t="inlineStr">
         <is>
-          <t>Display rooms with new messages first.
-[...1 lines deleted...]
-If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
+          <t>Configure whether to show or hide certain events like room joins.</t>
         </is>
       </c>
       <c r="C900" t="inlineStr"/>
       <c r="D900" t="inlineStr"/>
       <c r="E900" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F900" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisplay rooms with new messages first.
-[...1 lines deleted...]
-If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
+          <t>UserSettingsModelConfigure whether to show or hide certain events like room joins.</t>
         </is>
       </c>
       <c r="G900" t="inlineStr"/>
       <c r="H900" t="inlineStr"/>
     </row>
     <row r="901">
       <c r="A901" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26283</t>
+          <t>../../src/UserSettingsPage.cpp:26407</t>
         </is>
       </c>
       <c r="B901" t="inlineStr">
         <is>
-          <t>Sort rooms alphabetically.
-[...1 lines deleted...]
-If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
+          <t>Notify about received messages when the client is not currently focused.</t>
         </is>
       </c>
       <c r="C901" t="inlineStr"/>
       <c r="D901" t="inlineStr"/>
       <c r="E901" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F901" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms alphabetically.
-[...1 lines deleted...]
-If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
+          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
         </is>
       </c>
       <c r="G901" t="inlineStr"/>
       <c r="H901" t="inlineStr"/>
     </row>
     <row r="902">
       <c r="A902" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26289</t>
+          <t>../../src/UserSettingsPage.cpp:26413</t>
         </is>
       </c>
       <c r="B902" t="inlineStr">
         <is>
-          <t>Show buttons to quickly reply, react or access additional options next to each message.</t>
+          <t>Change the appearance of user avatars in chats.
+OFF - square, ON - circle.</t>
         </is>
       </c>
       <c r="C902" t="inlineStr"/>
       <c r="D902" t="inlineStr"/>
       <c r="E902" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F902" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow buttons to quickly reply, react or access additional options next to each message.</t>
+          <t>UserSettingsModelChange the appearance of user avatars in chats.
+OFF - square, ON - circle.</t>
         </is>
       </c>
       <c r="G902" t="inlineStr"/>
       <c r="H902" t="inlineStr"/>
     </row>
     <row r="903">
       <c r="A903" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26297</t>
+          <t>../../src/UserSettingsPage.cpp:26429</t>
         </is>
       </c>
       <c r="B903" t="inlineStr">
         <is>
-          <t>Configure whether to show or hide certain events like room joins.</t>
+          <t>Decrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="C903" t="inlineStr"/>
       <c r="D903" t="inlineStr"/>
       <c r="E903" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F903" t="inlineStr">
         <is>
-          <t>UserSettingsModelConfigure whether to show or hide certain events like room joins.</t>
+          <t>UserSettingsModelDecrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="G903" t="inlineStr"/>
       <c r="H903" t="inlineStr"/>
     </row>
     <row r="904">
       <c r="A904" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26299</t>
+          <t>../../src/UserSettingsPage.cpp:26431</t>
         </is>
       </c>
       <c r="B904" t="inlineStr">
         <is>
-          <t>Notify about received messages when the client is not currently focused.</t>
+          <t>Choose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="C904" t="inlineStr"/>
       <c r="D904" t="inlineStr"/>
       <c r="E904" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F904" t="inlineStr">
         <is>
-          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
+          <t>UserSettingsModelChoose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="G904" t="inlineStr"/>
       <c r="H904" t="inlineStr"/>
     </row>
     <row r="905">
       <c r="A905" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26305</t>
+          <t>../../src/UserSettingsPage.cpp:26434</t>
         </is>
       </c>
       <c r="B905" t="inlineStr">
         <is>
-          <t>Change the appearance of user avatars in chats.
-OFF - square, ON - circle.</t>
+          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="C905" t="inlineStr"/>
       <c r="D905" t="inlineStr"/>
       <c r="E905" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F905" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the appearance of user avatars in chats.
-OFF - square, ON - circle.</t>
+          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="G905" t="inlineStr"/>
       <c r="H905" t="inlineStr"/>
     </row>
     <row r="906">
       <c r="A906" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26321</t>
+          <t>../../src/UserSettingsPage.cpp:26437</t>
         </is>
       </c>
       <c r="B906" t="inlineStr">
         <is>
-          <t>Decrypt messages shown in notifications for encrypted chats.</t>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="C906" t="inlineStr"/>
       <c r="D906" t="inlineStr"/>
       <c r="E906" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F906" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt messages shown in notifications for encrypted chats.</t>
+          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="G906" t="inlineStr"/>
       <c r="H906" t="inlineStr"/>
     </row>
     <row r="907">
       <c r="A907" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26323</t>
+          <t>../../src/UserSettingsPage.cpp:26445</t>
         </is>
       </c>
       <c r="B907" t="inlineStr">
         <is>
-          <t>Choose where to show the total number of notifications contained within a community or tag.</t>
+          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="C907" t="inlineStr"/>
       <c r="D907" t="inlineStr"/>
       <c r="E907" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F907" t="inlineStr">
         <is>
-          <t>UserSettingsModelChoose where to show the total number of notifications contained within a community or tag.</t>
+          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="G907" t="inlineStr"/>
       <c r="H907" t="inlineStr"/>
     </row>
     <row r="908">
       <c r="A908" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26326</t>
+          <t>../../src/UserSettingsPage.cpp:26448</t>
         </is>
       </c>
       <c r="B908" t="inlineStr">
         <is>
-          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="C908" t="inlineStr"/>
       <c r="D908" t="inlineStr"/>
       <c r="E908" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F908" t="inlineStr">
         <is>
-          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="G908" t="inlineStr"/>
       <c r="H908" t="inlineStr"/>
     </row>
     <row r="909">
       <c r="A909" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26329</t>
+          <t>../../src/UserSettingsPage.cpp:26457</t>
         </is>
       </c>
       <c r="B909" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
         </is>
       </c>
       <c r="C909" t="inlineStr"/>
       <c r="D909" t="inlineStr"/>
       <c r="E909" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F909" t="inlineStr">
         <is>
-          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
         </is>
       </c>
       <c r="G909" t="inlineStr"/>
       <c r="H909" t="inlineStr"/>
     </row>
     <row r="910">
       <c r="A910" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26337</t>
+          <t>../../src/UserSettingsPage.cpp:26490</t>
         </is>
       </c>
       <c r="B910" t="inlineStr">
         <is>
-          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
         </is>
       </c>
       <c r="C910" t="inlineStr"/>
       <c r="D910" t="inlineStr"/>
       <c r="E910" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F910" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
         </is>
       </c>
       <c r="G910" t="inlineStr"/>
       <c r="H910" t="inlineStr"/>
     </row>
     <row r="911">
       <c r="A911" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26340</t>
+          <t>../../src/UserSettingsPage.cpp:26409</t>
         </is>
       </c>
       <c r="B911" t="inlineStr">
         <is>
-          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>Show an alert when a message is received.
+This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
       <c r="C911" t="inlineStr"/>
       <c r="D911" t="inlineStr"/>
       <c r="E911" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F911" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>UserSettingsModelShow an alert when a message is received.
+This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
       <c r="G911" t="inlineStr"/>
       <c r="H911" t="inlineStr"/>
     </row>
     <row r="912">
       <c r="A912" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26349</t>
+          <t>../../src/UserSettingsPage.cpp:26035</t>
         </is>
       </c>
       <c r="B912" t="inlineStr">
         <is>
-          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>Communities sidebar</t>
         </is>
       </c>
       <c r="C912" t="inlineStr"/>
       <c r="D912" t="inlineStr"/>
       <c r="E912" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F912" t="inlineStr">
         <is>
-          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>UserSettingsModelCommunities sidebar</t>
         </is>
       </c>
       <c r="G912" t="inlineStr"/>
       <c r="H912" t="inlineStr"/>
     </row>
     <row r="913">
       <c r="A913" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26382</t>
+          <t>../../src/UserSettingsPage.cpp:26083</t>
         </is>
       </c>
       <c r="B913" t="inlineStr">
         <is>
-          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+          <t>Show message counts for communities and tags</t>
         </is>
       </c>
       <c r="C913" t="inlineStr"/>
       <c r="D913" t="inlineStr"/>
       <c r="E913" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F913" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+          <t>UserSettingsModelShow message counts for communities and tags</t>
         </is>
       </c>
       <c r="G913" t="inlineStr"/>
       <c r="H913" t="inlineStr"/>
     </row>
     <row r="914">
       <c r="A914" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26301</t>
+          <t>../../src/UserSettingsPage.cpp:26335</t>
         </is>
       </c>
       <c r="B914" t="inlineStr">
         <is>
-          <t>Show an alert when a message is received.
-This usually causes the application icon in the task bar to animate in some fashion.</t>
+          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
         </is>
       </c>
       <c r="C914" t="inlineStr"/>
       <c r="D914" t="inlineStr"/>
       <c r="E914" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F914" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow an alert when a message is received.
-This usually causes the application icon in the task bar to animate in some fashion.</t>
+          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
         </is>
       </c>
       <c r="G914" t="inlineStr"/>
       <c r="H914" t="inlineStr"/>
     </row>
     <row r="915">
       <c r="A915" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25923</t>
+          <t>../../src/UserSettingsPage.cpp:26354</t>
         </is>
       </c>
       <c r="B915" t="inlineStr">
         <is>
-          <t>Communities sidebar</t>
+          <t>Show a column containing communities and tags next to the room list.</t>
         </is>
       </c>
       <c r="C915" t="inlineStr"/>
       <c r="D915" t="inlineStr"/>
       <c r="E915" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F915" t="inlineStr">
         <is>
-          <t>UserSettingsModelCommunities sidebar</t>
+          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
         </is>
       </c>
       <c r="G915" t="inlineStr"/>
       <c r="H915" t="inlineStr"/>
     </row>
     <row r="916">
       <c r="A916" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25971</t>
+          <t>../../src/UserSettingsPage.cpp:26401</t>
         </is>
       </c>
       <c r="B916" t="inlineStr">
         <is>
-          <t>Show message counts for communities and tags</t>
+          <t>Show if your message was read.
+Status is displayed next to timestamps.
+Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
       <c r="C916" t="inlineStr"/>
       <c r="D916" t="inlineStr"/>
       <c r="E916" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F916" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow message counts for communities and tags</t>
+          <t>UserSettingsModelShow if your message was read.
+Status is displayed next to timestamps.
+Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
       <c r="G916" t="inlineStr"/>
       <c r="H916" t="inlineStr"/>
     </row>
     <row r="917">
       <c r="A917" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26228</t>
+          <t>../../src/UserSettingsPage.cpp:26416</t>
         </is>
       </c>
       <c r="B917" t="inlineStr">
         <is>
-          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>Display an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
       <c r="C917" t="inlineStr"/>
       <c r="D917" t="inlineStr"/>
       <c r="E917" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F917" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>UserSettingsModelDisplay an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
       <c r="G917" t="inlineStr"/>
       <c r="H917" t="inlineStr"/>
     </row>
     <row r="918">
       <c r="A918" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26247</t>
+          <t>../../src/UserSettingsPage.cpp:26418</t>
         </is>
       </c>
       <c r="B918" t="inlineStr">
         <is>
-          <t>Show a column containing communities and tags next to the room list.</t>
+          <t>Opens images with an external program when tapping the image.
+Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
       <c r="C918" t="inlineStr"/>
       <c r="D918" t="inlineStr"/>
       <c r="E918" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F918" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+          <t>UserSettingsModelOpens images with an external program when tapping the image.
+Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
       <c r="G918" t="inlineStr"/>
       <c r="H918" t="inlineStr"/>
     </row>
     <row r="919">
       <c r="A919" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26293</t>
+          <t>../../src/UserSettingsPage.cpp:26422</t>
         </is>
       </c>
       <c r="B919" t="inlineStr">
         <is>
-          <t>Show if your message was read.
-[...1 lines deleted...]
-Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
+          <t>Opens videos with an external program when tapping the video.
+Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
       <c r="C919" t="inlineStr"/>
       <c r="D919" t="inlineStr"/>
       <c r="E919" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F919" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow if your message was read.
-[...1 lines deleted...]
-Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
+          <t>UserSettingsModelOpens videos with an external program when tapping the video.
+Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
       <c r="G919" t="inlineStr"/>
       <c r="H919" t="inlineStr"/>
     </row>
     <row r="920">
       <c r="A920" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26308</t>
+          <t>../../src/UserSettingsPage.cpp:26426</t>
         </is>
       </c>
       <c r="B920" t="inlineStr">
         <is>
-          <t>Display an identicon instead of a letter when no avatar is set.</t>
+          <t>Decrypt the messages shown in the sidebar.
+Only affects messages in encrypted chats.</t>
         </is>
       </c>
       <c r="C920" t="inlineStr"/>
       <c r="D920" t="inlineStr"/>
       <c r="E920" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F920" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisplay an identicon instead of a letter when no avatar is set.</t>
+          <t>UserSettingsModelDecrypt the messages shown in the sidebar.
+Only affects messages in encrypted chats.</t>
         </is>
       </c>
       <c r="G920" t="inlineStr"/>
       <c r="H920" t="inlineStr"/>
     </row>
     <row r="921">
       <c r="A921" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26310</t>
+          <t>../../src/UserSettingsPage.cpp:26440</t>
         </is>
       </c>
       <c r="B921" t="inlineStr">
         <is>
-          <t>Opens images with an external program when tapping the image.
-Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
+          <t>When the window loses focus, the timeline will
+be blurred.</t>
         </is>
       </c>
       <c r="C921" t="inlineStr"/>
       <c r="D921" t="inlineStr"/>
       <c r="E921" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F921" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpens images with an external program when tapping the image.
-Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
+          <t>UserSettingsModelWhen the window loses focus, the timeline will
+be blurred.</t>
         </is>
       </c>
       <c r="G921" t="inlineStr"/>
       <c r="H921" t="inlineStr"/>
     </row>
     <row r="922">
       <c r="A922" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26314</t>
+          <t>../../src/UserSettingsPage.cpp:26442</t>
         </is>
       </c>
       <c r="B922" t="inlineStr">
         <is>
-          <t>Opens videos with an external program when tapping the video.
-Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
+          <t>Will prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="C922" t="inlineStr"/>
       <c r="D922" t="inlineStr"/>
       <c r="E922" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F922" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpens videos with an external program when tapping the video.
-Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
+          <t>UserSettingsModelWill prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="G922" t="inlineStr"/>
       <c r="H922" t="inlineStr"/>
     </row>
     <row r="923">
       <c r="A923" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26318</t>
+          <t>../../src/UserSettingsPage.cpp:26451</t>
         </is>
       </c>
       <c r="B923" t="inlineStr">
         <is>
-          <t>Decrypt the messages shown in the sidebar.
-Only affects messages in encrypted chats.</t>
+          <t>Will use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="C923" t="inlineStr"/>
       <c r="D923" t="inlineStr"/>
       <c r="E923" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F923" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt the messages shown in the sidebar.
-Only affects messages in encrypted chats.</t>
+          <t>UserSettingsModelWill use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="G923" t="inlineStr"/>
       <c r="H923" t="inlineStr"/>
     </row>
     <row r="924">
       <c r="A924" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26332</t>
+          <t>../../src/UserSettingsPage.cpp:26454</t>
         </is>
       </c>
       <c r="B924" t="inlineStr">
         <is>
-          <t>When the window loses focus, the timeline will
-be blurred.</t>
+          <t>Requires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="C924" t="inlineStr"/>
       <c r="D924" t="inlineStr"/>
       <c r="E924" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F924" t="inlineStr">
         <is>
-          <t>UserSettingsModelWhen the window loses focus, the timeline will
-be blurred.</t>
+          <t>UserSettingsModelRequires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="G924" t="inlineStr"/>
       <c r="H924" t="inlineStr"/>
     </row>
     <row r="925">
       <c r="A925" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26334</t>
+          <t>../../src/UserSettingsPage.cpp:26461</t>
         </is>
       </c>
       <c r="B925" t="inlineStr">
         <is>
-          <t>Will prevent text selection in the timeline to make touch scrolling easier.</t>
+          <t>Download message encryption keys from and upload to the encrypted online key backup.</t>
         </is>
       </c>
       <c r="C925" t="inlineStr"/>
       <c r="D925" t="inlineStr"/>
       <c r="E925" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F925" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill prevent text selection in the timeline to make touch scrolling easier.</t>
+          <t>UserSettingsModelDownload message encryption keys from and upload to the encrypted online key backup.</t>
         </is>
       </c>
       <c r="G925" t="inlineStr"/>
       <c r="H925" t="inlineStr"/>
     </row>
     <row r="926">
       <c r="A926" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26343</t>
+          <t>../../src/UserSettingsPage.cpp:26486</t>
         </is>
       </c>
       <c r="B926" t="inlineStr">
         <is>
-          <t>Will use turn.matrix.org as assist when your home server does not offer one.</t>
+          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
         </is>
       </c>
       <c r="C926" t="inlineStr"/>
       <c r="D926" t="inlineStr"/>
       <c r="E926" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F926" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill use turn.matrix.org as assist when your home server does not offer one.</t>
+          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
         </is>
       </c>
       <c r="G926" t="inlineStr"/>
       <c r="H926" t="inlineStr"/>
     </row>
     <row r="927">
       <c r="A927" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26346</t>
+          <t>../../src/UserSettingsPage.cpp:26495</t>
         </is>
       </c>
       <c r="B927" t="inlineStr">
         <is>
-          <t>Requires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
+          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
         </is>
       </c>
       <c r="C927" t="inlineStr"/>
       <c r="D927" t="inlineStr"/>
       <c r="E927" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F927" t="inlineStr">
         <is>
-          <t>UserSettingsModelRequires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
+          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
         </is>
       </c>
       <c r="G927" t="inlineStr"/>
       <c r="H927" t="inlineStr"/>
     </row>
     <row r="928">
       <c r="A928" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26353</t>
+          <t>../../src/UserSettingsPage.cpp:26499</t>
         </is>
       </c>
       <c r="B928" t="inlineStr">
         <is>
-          <t>Download message encryption keys from and upload to the encrypted online key backup.</t>
+          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
         </is>
       </c>
       <c r="C928" t="inlineStr"/>
       <c r="D928" t="inlineStr"/>
       <c r="E928" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F928" t="inlineStr">
         <is>
-          <t>UserSettingsModelDownload message encryption keys from and upload to the encrypted online key backup.</t>
+          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
         </is>
       </c>
       <c r="G928" t="inlineStr"/>
       <c r="H928" t="inlineStr"/>
     </row>
     <row r="929">
       <c r="A929" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26378</t>
+          <t>../../src/UserSettingsPage.cpp:26504</t>
         </is>
       </c>
       <c r="B929" t="inlineStr">
         <is>
-          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>Allow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
+This setting will take effect upon restart.</t>
         </is>
       </c>
       <c r="C929" t="inlineStr"/>
       <c r="D929" t="inlineStr"/>
       <c r="E929" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F929" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>UserSettingsModelAllow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
+This setting will take effect upon restart.</t>
         </is>
       </c>
       <c r="G929" t="inlineStr"/>
       <c r="H929" t="inlineStr"/>
     </row>
     <row r="930">
       <c r="A930" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26387</t>
+          <t>../../src/UserSettingsPage.cpp:26510</t>
         </is>
       </c>
       <c r="B930" t="inlineStr">
         <is>
-          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="C930" t="inlineStr"/>
       <c r="D930" t="inlineStr"/>
       <c r="E930" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F930" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="G930" t="inlineStr"/>
       <c r="H930" t="inlineStr"/>
     </row>
     <row r="931">
       <c r="A931" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26391</t>
+          <t>../../src/UserSettingsPage.cpp:26516</t>
         </is>
       </c>
       <c r="B931" t="inlineStr">
         <is>
-          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="C931" t="inlineStr"/>
       <c r="D931" t="inlineStr"/>
       <c r="E931" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F931" t="inlineStr">
         <is>
-          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="G931" t="inlineStr"/>
       <c r="H931" t="inlineStr"/>
     </row>
     <row r="932">
       <c r="A932" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26396</t>
+          <t>../../src/UserSettingsPage.cpp:26520</t>
         </is>
       </c>
       <c r="B932" t="inlineStr">
         <is>
-          <t>Allow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
-This setting will take effect upon restart.</t>
+          <t>Manage your ignored users.</t>
         </is>
       </c>
       <c r="C932" t="inlineStr"/>
       <c r="D932" t="inlineStr"/>
       <c r="E932" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F932" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
-This setting will take effect upon restart.</t>
+          <t>UserSettingsModelManage your ignored users.</t>
         </is>
       </c>
       <c r="G932" t="inlineStr"/>
       <c r="H932" t="inlineStr"/>
     </row>
     <row r="933">
       <c r="A933" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26402</t>
+          <t>../../src/UserSettingsPage.cpp:26662</t>
         </is>
       </c>
       <c r="B933" t="inlineStr">
         <is>
-          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
+          <t>Always</t>
         </is>
       </c>
       <c r="C933" t="inlineStr"/>
       <c r="D933" t="inlineStr"/>
       <c r="E933" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F933" t="inlineStr">
         <is>
-          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
+          <t>UserSettingsModelAlways</t>
         </is>
       </c>
       <c r="G933" t="inlineStr"/>
       <c r="H933" t="inlineStr"/>
     </row>
     <row r="934">
       <c r="A934" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26408</t>
+          <t>../../src/UserSettingsPage.cpp:26663</t>
         </is>
       </c>
       <c r="B934" t="inlineStr">
         <is>
-          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
+          <t>Only in private rooms</t>
         </is>
       </c>
       <c r="C934" t="inlineStr"/>
       <c r="D934" t="inlineStr"/>
       <c r="E934" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F934" t="inlineStr">
         <is>
-          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
+          <t>UserSettingsModelOnly in private rooms</t>
         </is>
       </c>
       <c r="G934" t="inlineStr"/>
       <c r="H934" t="inlineStr"/>
     </row>
     <row r="935">
       <c r="A935" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26412</t>
+          <t>../../src/UserSettingsPage.cpp:26664</t>
         </is>
       </c>
       <c r="B935" t="inlineStr">
         <is>
-          <t>Manage your ignored users.</t>
+          <t>Never</t>
         </is>
       </c>
       <c r="C935" t="inlineStr"/>
       <c r="D935" t="inlineStr"/>
       <c r="E935" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F935" t="inlineStr">
         <is>
-          <t>UserSettingsModelManage your ignored users.</t>
+          <t>UserSettingsModelNever</t>
         </is>
       </c>
       <c r="G935" t="inlineStr"/>
       <c r="H935" t="inlineStr"/>
     </row>
     <row r="936">
       <c r="A936" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26554</t>
+          <t>../../src/UserSettingsPage.cpp:26684</t>
         </is>
       </c>
       <c r="B936" t="inlineStr">
         <is>
-          <t>Always</t>
+          <t>System font</t>
         </is>
       </c>
       <c r="C936" t="inlineStr"/>
       <c r="D936" t="inlineStr"/>
       <c r="E936" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F936" t="inlineStr">
         <is>
-          <t>UserSettingsModelAlways</t>
+          <t>UserSettingsModelSystem font</t>
         </is>
       </c>
       <c r="G936" t="inlineStr"/>
       <c r="H936" t="inlineStr"/>
     </row>
     <row r="937">
       <c r="A937" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26555</t>
+          <t>../../src/UserSettingsPage.cpp:26689</t>
         </is>
       </c>
       <c r="B937" t="inlineStr">
         <is>
-          <t>Only in private rooms</t>
+          <t>System emoji font</t>
         </is>
       </c>
       <c r="C937" t="inlineStr"/>
       <c r="D937" t="inlineStr"/>
       <c r="E937" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F937" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnly in private rooms</t>
+          <t>UserSettingsModelSystem emoji font</t>
         </is>
       </c>
       <c r="G937" t="inlineStr"/>
       <c r="H937" t="inlineStr"/>
     </row>
     <row r="938">
       <c r="A938" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26556</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B938" t="inlineStr">
         <is>
-          <t>Never</t>
-[...2 lines deleted...]
-      <c r="C938" t="inlineStr"/>
+          <t>Select a file</t>
+        </is>
+      </c>
+      <c r="C938" t="inlineStr">
+        <is>
+          <t>ファイルを選択</t>
+        </is>
+      </c>
       <c r="D938" t="inlineStr"/>
       <c r="E938" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F938" t="inlineStr">
         <is>
-          <t>UserSettingsModelNever</t>
+          <t>UserSettingsModelSelect a file</t>
         </is>
       </c>
       <c r="G938" t="inlineStr"/>
       <c r="H938" t="inlineStr"/>
     </row>
     <row r="939">
       <c r="A939" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26570</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B939" t="inlineStr">
         <is>
-          <t>System font</t>
-[...2 lines deleted...]
-      <c r="C939" t="inlineStr"/>
+          <t>All Files (*)</t>
+        </is>
+      </c>
+      <c r="C939" t="inlineStr">
+        <is>
+          <t>全てのファイル (*)</t>
+        </is>
+      </c>
       <c r="D939" t="inlineStr"/>
       <c r="E939" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F939" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem font</t>
+          <t>UserSettingsModelAll Files (*)</t>
         </is>
       </c>
       <c r="G939" t="inlineStr"/>
       <c r="H939" t="inlineStr"/>
     </row>
     <row r="940">
       <c r="A940" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26575</t>
+          <t>../../src/UserSettingsPage.cpp:27130</t>
         </is>
       </c>
       <c r="B940" t="inlineStr">
         <is>
-          <t>System emoji font</t>
-[...2 lines deleted...]
-      <c r="C940" t="inlineStr"/>
+          <t>Open Sessions File</t>
+        </is>
+      </c>
+      <c r="C940" t="inlineStr">
+        <is>
+          <t>セッションファイルを開く</t>
+        </is>
+      </c>
       <c r="D940" t="inlineStr"/>
       <c r="E940" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F940" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem emoji font</t>
+          <t>UserSettingsModelOpen Sessions File</t>
         </is>
       </c>
       <c r="G940" t="inlineStr"/>
       <c r="H940" t="inlineStr"/>
     </row>
     <row r="941">
       <c r="A941" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:27221</t>
         </is>
       </c>
       <c r="B941" t="inlineStr">
         <is>
-          <t>Select a file</t>
+          <t>Error</t>
         </is>
       </c>
       <c r="C941" t="inlineStr">
         <is>
-          <t>ファイルを選択</t>
+          <t>エラー</t>
         </is>
       </c>
       <c r="D941" t="inlineStr"/>
       <c r="E941" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F941" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelect a file</t>
+          <t>UserSettingsModelError</t>
         </is>
       </c>
       <c r="G941" t="inlineStr"/>
       <c r="H941" t="inlineStr"/>
     </row>
     <row r="942">
       <c r="A942" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:27169</t>
         </is>
       </c>
       <c r="B942" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>File Password</t>
         </is>
       </c>
       <c r="C942" t="inlineStr">
         <is>
-          <t>全てのファイル (*)</t>
+          <t>ファイルのパスワード</t>
         </is>
       </c>
       <c r="D942" t="inlineStr"/>
       <c r="E942" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F942" t="inlineStr">
         <is>
-          <t>UserSettingsModelAll Files (*)</t>
+          <t>UserSettingsModelFile Password</t>
         </is>
       </c>
       <c r="G942" t="inlineStr"/>
       <c r="H942" t="inlineStr"/>
     </row>
     <row r="943">
       <c r="A943" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27018</t>
+          <t>../../src/UserSettingsPage.cpp:27144</t>
         </is>
       </c>
       <c r="B943" t="inlineStr">
         <is>
-          <t>Open Sessions File</t>
+          <t>Enter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="C943" t="inlineStr">
         <is>
-          <t>セッションファイルを開く</t>
+          <t>ファイルを復号するためのパスフレーズを入力して下さい:</t>
         </is>
       </c>
       <c r="D943" t="inlineStr"/>
       <c r="E943" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F943" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen Sessions File</t>
+          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="G943" t="inlineStr"/>
       <c r="H943" t="inlineStr"/>
     </row>
     <row r="944">
       <c r="A944" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27109</t>
+          <t>../../src/UserSettingsPage.cpp:27178</t>
         </is>
       </c>
       <c r="B944" t="inlineStr">
         <is>
-          <t>Error</t>
+          <t>The password cannot be empty</t>
         </is>
       </c>
       <c r="C944" t="inlineStr">
         <is>
-          <t>エラー</t>
+          <t>パスワードを空にはできません</t>
         </is>
       </c>
       <c r="D944" t="inlineStr"/>
       <c r="E944" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F944" t="inlineStr">
         <is>
-          <t>UserSettingsModelError</t>
+          <t>UserSettingsModelThe password cannot be empty</t>
         </is>
       </c>
       <c r="G944" t="inlineStr"/>
       <c r="H944" t="inlineStr"/>
     </row>
     <row r="945">
       <c r="A945" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27057</t>
+          <t>../../src/UserSettingsPage.cpp:27170</t>
         </is>
       </c>
       <c r="B945" t="inlineStr">
         <is>
-          <t>File Password</t>
+          <t>Enter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="C945" t="inlineStr">
         <is>
-          <t>ファイルのパスワード</t>
+          <t>セッション鍵を暗号化するためのパスフレーズを入力して下さい:</t>
         </is>
       </c>
       <c r="D945" t="inlineStr"/>
       <c r="E945" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F945" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile Password</t>
+          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="G945" t="inlineStr"/>
       <c r="H945" t="inlineStr"/>
     </row>
     <row r="946">
       <c r="A946" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27032</t>
+          <t>../../src/UserSettingsPage.cpp:27183</t>
         </is>
       </c>
       <c r="B946" t="inlineStr">
         <is>
-          <t>Enter the passphrase to decrypt the file:</t>
-[...6 lines deleted...]
-      </c>
+          <t>Repeat File Password</t>
+        </is>
+      </c>
+      <c r="C946" t="inlineStr"/>
       <c r="D946" t="inlineStr"/>
       <c r="E946" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F946" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
+          <t>UserSettingsModelRepeat File Password</t>
         </is>
       </c>
       <c r="G946" t="inlineStr"/>
       <c r="H946" t="inlineStr"/>
     </row>
     <row r="947">
       <c r="A947" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27066</t>
+          <t>../../src/UserSettingsPage.cpp:27184</t>
         </is>
       </c>
       <c r="B947" t="inlineStr">
         <is>
-          <t>The password cannot be empty</t>
-[...6 lines deleted...]
-      </c>
+          <t>Repeat the passphrase:</t>
+        </is>
+      </c>
+      <c r="C947" t="inlineStr"/>
       <c r="D947" t="inlineStr"/>
       <c r="E947" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F947" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe password cannot be empty</t>
+          <t>UserSettingsModelRepeat the passphrase:</t>
         </is>
       </c>
       <c r="G947" t="inlineStr"/>
       <c r="H947" t="inlineStr"/>
     </row>
     <row r="948">
       <c r="A948" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27058</t>
+          <t>../../src/UserSettingsPage.cpp:27192</t>
         </is>
       </c>
       <c r="B948" t="inlineStr">
         <is>
-          <t>Enter passphrase to encrypt your session keys:</t>
-[...6 lines deleted...]
-      </c>
+          <t>Passwords don't match</t>
+        </is>
+      </c>
+      <c r="C948" t="inlineStr"/>
       <c r="D948" t="inlineStr"/>
       <c r="E948" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F948" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
+          <t>UserSettingsModelPasswords don't match</t>
         </is>
       </c>
       <c r="G948" t="inlineStr"/>
       <c r="H948" t="inlineStr"/>
     </row>
     <row r="949">
       <c r="A949" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27071</t>
+          <t>../../src/UserSettingsPage.cpp:27199</t>
         </is>
       </c>
       <c r="B949" t="inlineStr">
         <is>
-          <t>Repeat File Password</t>
-[...2 lines deleted...]
-      <c r="C949" t="inlineStr"/>
+          <t>File to save the exported session keys</t>
+        </is>
+      </c>
+      <c r="C949" t="inlineStr">
+        <is>
+          <t>エクスポートされたセッション鍵を保存するファイル</t>
+        </is>
+      </c>
       <c r="D949" t="inlineStr"/>
       <c r="E949" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F949" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat File Password</t>
+          <t>UserSettingsModelFile to save the exported session keys</t>
         </is>
       </c>
       <c r="G949" t="inlineStr"/>
       <c r="H949" t="inlineStr"/>
     </row>
     <row r="950">
       <c r="A950" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27072</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B950" t="inlineStr">
         <is>
-          <t>Repeat the passphrase:</t>
+          <t>CACHED</t>
         </is>
       </c>
       <c r="C950" t="inlineStr"/>
       <c r="D950" t="inlineStr"/>
       <c r="E950" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F950" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat the passphrase:</t>
+          <t>UserSettingsPageCACHED</t>
         </is>
       </c>
       <c r="G950" t="inlineStr"/>
       <c r="H950" t="inlineStr"/>
     </row>
     <row r="951">
       <c r="A951" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27080</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B951" t="inlineStr">
         <is>
-          <t>Passwords don't match</t>
+          <t>NOT CACHED</t>
         </is>
       </c>
       <c r="C951" t="inlineStr"/>
       <c r="D951" t="inlineStr"/>
       <c r="E951" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F951" t="inlineStr">
         <is>
-          <t>UserSettingsModelPasswords don't match</t>
+          <t>UserSettingsPageNOT CACHED</t>
         </is>
       </c>
       <c r="G951" t="inlineStr"/>
       <c r="H951" t="inlineStr"/>
     </row>
     <row r="952">
       <c r="A952" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27087</t>
+          <t>../qml/pages/UserSettingsPage.qml:27409</t>
         </is>
       </c>
       <c r="B952" t="inlineStr">
         <is>
-          <t>File to save the exported session keys</t>
-[...6 lines deleted...]
-      </c>
+          <t>DOWNLOAD</t>
+        </is>
+      </c>
+      <c r="C952" t="inlineStr"/>
       <c r="D952" t="inlineStr"/>
       <c r="E952" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F952" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile to save the exported session keys</t>
+          <t>UserSettingsPageDOWNLOAD</t>
         </is>
       </c>
       <c r="G952" t="inlineStr"/>
       <c r="H952" t="inlineStr"/>
     </row>
     <row r="953">
       <c r="A953" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../qml/pages/UserSettingsPage.qml:27413</t>
         </is>
       </c>
       <c r="B953" t="inlineStr">
         <is>
-          <t>CACHED</t>
+          <t>REQUEST</t>
         </is>
       </c>
       <c r="C953" t="inlineStr"/>
       <c r="D953" t="inlineStr"/>
       <c r="E953" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F953" t="inlineStr">
         <is>
-          <t>UserSettingsPageCACHED</t>
+          <t>UserSettingsPageREQUEST</t>
         </is>
       </c>
       <c r="G953" t="inlineStr"/>
       <c r="H953" t="inlineStr"/>
     </row>
     <row r="954">
       <c r="A954" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../qml/pages/UserSettingsPage.qml:27421</t>
         </is>
       </c>
       <c r="B954" t="inlineStr">
         <is>
-          <t>NOT CACHED</t>
+          <t>CONFIGURE</t>
         </is>
       </c>
       <c r="C954" t="inlineStr"/>
       <c r="D954" t="inlineStr"/>
       <c r="E954" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F954" t="inlineStr">
         <is>
-          <t>UserSettingsPageNOT CACHED</t>
+          <t>UserSettingsPageCONFIGURE</t>
         </is>
       </c>
       <c r="G954" t="inlineStr"/>
       <c r="H954" t="inlineStr"/>
     </row>
     <row r="955">
       <c r="A955" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27294</t>
+          <t>../qml/pages/UserSettingsPage.qml:27439</t>
         </is>
       </c>
       <c r="B955" t="inlineStr">
         <is>
-          <t>DOWNLOAD</t>
+          <t>MANAGE</t>
         </is>
       </c>
       <c r="C955" t="inlineStr"/>
       <c r="D955" t="inlineStr"/>
       <c r="E955" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F955" t="inlineStr">
         <is>
-          <t>UserSettingsPageDOWNLOAD</t>
+          <t>UserSettingsPageMANAGE</t>
         </is>
       </c>
       <c r="G955" t="inlineStr"/>
       <c r="H955" t="inlineStr"/>
     </row>
     <row r="956">
       <c r="A956" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27298</t>
+          <t>../qml/pages/UserSettingsPage.qml:27474</t>
         </is>
       </c>
       <c r="B956" t="inlineStr">
         <is>
-          <t>REQUEST</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C956" t="inlineStr"/>
       <c r="D956" t="inlineStr"/>
       <c r="E956" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F956" t="inlineStr">
         <is>
-          <t>UserSettingsPageREQUEST</t>
+          <t>UserSettingsPageBack</t>
         </is>
       </c>
       <c r="G956" t="inlineStr"/>
       <c r="H956" t="inlineStr"/>
     </row>
     <row r="957">
       <c r="A957" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27306</t>
+          <t>../../src/encryption/VerificationManager.cpp:27617</t>
         </is>
       </c>
       <c r="B957" t="inlineStr">
         <is>
-          <t>CONFIGURE</t>
+          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="C957" t="inlineStr"/>
       <c r="D957" t="inlineStr"/>
       <c r="E957" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F957" t="inlineStr">
         <is>
-          <t>UserSettingsPageCONFIGURE</t>
+          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="G957" t="inlineStr"/>
       <c r="H957" t="inlineStr"/>
     </row>
     <row r="958">
       <c r="A958" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27324</t>
+          <t>../qml/device-verification/Waiting.qml:27629</t>
         </is>
       </c>
       <c r="B958" t="inlineStr">
         <is>
-          <t>MANAGE</t>
+          <t>Waiting for other party…</t>
         </is>
       </c>
       <c r="C958" t="inlineStr"/>
       <c r="D958" t="inlineStr"/>
       <c r="E958" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F958" t="inlineStr">
         <is>
-          <t>UserSettingsPageMANAGE</t>
+          <t>WaitingWaiting for other party…</t>
         </is>
       </c>
       <c r="G958" t="inlineStr"/>
       <c r="H958" t="inlineStr"/>
     </row>
     <row r="959">
       <c r="A959" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27359</t>
+          <t>../qml/device-verification/Waiting.qml:27641</t>
         </is>
       </c>
       <c r="B959" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>Waiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="C959" t="inlineStr"/>
       <c r="D959" t="inlineStr"/>
       <c r="E959" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F959" t="inlineStr">
         <is>
-          <t>UserSettingsPageBack</t>
+          <t>WaitingWaiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="G959" t="inlineStr"/>
       <c r="H959" t="inlineStr"/>
     </row>
     <row r="960">
       <c r="A960" t="inlineStr">
         <is>
-          <t>../../src/encryption/VerificationManager.cpp:27502</t>
+          <t>../qml/device-verification/Waiting.qml:27643</t>
         </is>
       </c>
       <c r="B960" t="inlineStr">
         <is>
-          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>Waiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="C960" t="inlineStr"/>
       <c r="D960" t="inlineStr"/>
       <c r="E960" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F960" t="inlineStr">
         <is>
-          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>WaitingWaiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="G960" t="inlineStr"/>
       <c r="H960" t="inlineStr"/>
     </row>
     <row r="961">
       <c r="A961" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27514</t>
+          <t>../qml/device-verification/Waiting.qml:27645</t>
         </is>
       </c>
       <c r="B961" t="inlineStr">
         <is>
-          <t>Waiting for other party…</t>
+          <t>Waiting for other side to complete the verification process.</t>
         </is>
       </c>
       <c r="C961" t="inlineStr"/>
       <c r="D961" t="inlineStr"/>
       <c r="E961" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F961" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other party…</t>
+          <t>WaitingWaiting for other side to complete the verification process.</t>
         </is>
       </c>
       <c r="G961" t="inlineStr"/>
       <c r="H961" t="inlineStr"/>
     </row>
     <row r="962">
       <c r="A962" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27526</t>
+          <t>../qml/device-verification/Waiting.qml:27664</t>
         </is>
       </c>
       <c r="B962" t="inlineStr">
         <is>
-          <t>Waiting for other side to accept the verification request.</t>
-[...2 lines deleted...]
-      <c r="C962" t="inlineStr"/>
+          <t>Cancel</t>
+        </is>
+      </c>
+      <c r="C962" t="inlineStr">
+        <is>
+          <t>キャンセル</t>
+        </is>
+      </c>
       <c r="D962" t="inlineStr"/>
       <c r="E962" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F962" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to accept the verification request.</t>
+          <t>WaitingCancel</t>
         </is>
       </c>
       <c r="G962" t="inlineStr"/>
       <c r="H962" t="inlineStr"/>
     </row>
     <row r="963">
       <c r="A963" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27528</t>
+          <t>../qml/pages/WelcomePage.qml:27752</t>
         </is>
       </c>
       <c r="B963" t="inlineStr">
         <is>
-          <t>Waiting for other side to continue the verification process.</t>
+          <t>Reduce animations</t>
         </is>
       </c>
       <c r="C963" t="inlineStr"/>
       <c r="D963" t="inlineStr"/>
       <c r="E963" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F963" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to continue the verification process.</t>
+          <t>WelcomePageReduce animations</t>
         </is>
       </c>
       <c r="G963" t="inlineStr"/>
       <c r="H963" t="inlineStr"/>
     </row>
     <row r="964">
       <c r="A964" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27530</t>
+          <t>../qml/pages/WelcomePage.qml:27759</t>
         </is>
       </c>
       <c r="B964" t="inlineStr">
         <is>
-          <t>Waiting for other side to complete the verification process.</t>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="C964" t="inlineStr"/>
       <c r="D964" t="inlineStr"/>
       <c r="E964" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F964" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to complete the verification process.</t>
+          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="G964" t="inlineStr"/>
       <c r="H964" t="inlineStr"/>
     </row>
     <row r="965">
       <c r="A965" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27549</t>
+          <t>../../src/emoji/Emoji.cpp:28156</t>
         </is>
       </c>
       <c r="B965" t="inlineStr">
         <is>
-          <t>Cancel</t>
-[...6 lines deleted...]
-      </c>
+          <t>People</t>
+        </is>
+      </c>
+      <c r="C965" t="inlineStr"/>
       <c r="D965" t="inlineStr"/>
       <c r="E965" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F965" t="inlineStr">
         <is>
-          <t>WaitingCancel</t>
+          <t>emoji-catagoryPeople</t>
         </is>
       </c>
       <c r="G965" t="inlineStr"/>
       <c r="H965" t="inlineStr"/>
     </row>
     <row r="966">
       <c r="A966" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27637</t>
+          <t>../../src/emoji/Emoji.cpp:28158</t>
         </is>
       </c>
       <c r="B966" t="inlineStr">
         <is>
-          <t>Reduce animations</t>
+          <t>Nature</t>
         </is>
       </c>
       <c r="C966" t="inlineStr"/>
       <c r="D966" t="inlineStr"/>
       <c r="E966" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F966" t="inlineStr">
         <is>
-          <t>WelcomePageReduce animations</t>
+          <t>emoji-catagoryNature</t>
         </is>
       </c>
       <c r="G966" t="inlineStr"/>
       <c r="H966" t="inlineStr"/>
     </row>
     <row r="967">
       <c r="A967" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27644</t>
+          <t>../../src/emoji/Emoji.cpp:28160</t>
         </is>
       </c>
       <c r="B967" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Food</t>
         </is>
       </c>
       <c r="C967" t="inlineStr"/>
       <c r="D967" t="inlineStr"/>
       <c r="E967" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F967" t="inlineStr">
         <is>
-          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>emoji-catagoryFood</t>
         </is>
       </c>
       <c r="G967" t="inlineStr"/>
       <c r="H967" t="inlineStr"/>
     </row>
     <row r="968">
       <c r="A968" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28040</t>
+          <t>../../src/emoji/Emoji.cpp:28162</t>
         </is>
       </c>
       <c r="B968" t="inlineStr">
         <is>
-          <t>People</t>
-[...2 lines deleted...]
-      <c r="C968" t="inlineStr"/>
+          <t>Activity</t>
+        </is>
+      </c>
+      <c r="C968" t="inlineStr">
+        <is>
+          <t>活動</t>
+        </is>
+      </c>
       <c r="D968" t="inlineStr"/>
       <c r="E968" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F968" t="inlineStr">
         <is>
-          <t>emoji-catagoryPeople</t>
+          <t>emoji-catagoryActivity</t>
         </is>
       </c>
       <c r="G968" t="inlineStr"/>
       <c r="H968" t="inlineStr"/>
     </row>
     <row r="969">
       <c r="A969" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28042</t>
+          <t>../../src/emoji/Emoji.cpp:28164</t>
         </is>
       </c>
       <c r="B969" t="inlineStr">
         <is>
-          <t>Nature</t>
+          <t>Travel</t>
         </is>
       </c>
       <c r="C969" t="inlineStr"/>
       <c r="D969" t="inlineStr"/>
       <c r="E969" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F969" t="inlineStr">
         <is>
-          <t>emoji-catagoryNature</t>
+          <t>emoji-catagoryTravel</t>
         </is>
       </c>
       <c r="G969" t="inlineStr"/>
       <c r="H969" t="inlineStr"/>
     </row>
     <row r="970">
       <c r="A970" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28044</t>
+          <t>../../src/emoji/Emoji.cpp:28166</t>
         </is>
       </c>
       <c r="B970" t="inlineStr">
         <is>
-          <t>Food</t>
-[...2 lines deleted...]
-      <c r="C970" t="inlineStr"/>
+          <t>Objects</t>
+        </is>
+      </c>
+      <c r="C970" t="inlineStr">
+        <is>
+          <t>物</t>
+        </is>
+      </c>
       <c r="D970" t="inlineStr"/>
       <c r="E970" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F970" t="inlineStr">
         <is>
-          <t>emoji-catagoryFood</t>
+          <t>emoji-catagoryObjects</t>
         </is>
       </c>
       <c r="G970" t="inlineStr"/>
       <c r="H970" t="inlineStr"/>
     </row>
     <row r="971">
       <c r="A971" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28046</t>
+          <t>../../src/emoji/Emoji.cpp:28168</t>
         </is>
       </c>
       <c r="B971" t="inlineStr">
         <is>
-          <t>Activity</t>
+          <t>Symbols</t>
         </is>
       </c>
       <c r="C971" t="inlineStr">
         <is>
-          <t>活動</t>
+          <t>記号</t>
         </is>
       </c>
       <c r="D971" t="inlineStr"/>
       <c r="E971" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F971" t="inlineStr">
         <is>
-          <t>emoji-catagoryActivity</t>
+          <t>emoji-catagorySymbols</t>
         </is>
       </c>
       <c r="G971" t="inlineStr"/>
       <c r="H971" t="inlineStr"/>
     </row>
     <row r="972">
       <c r="A972" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28048</t>
+          <t>../../src/emoji/Emoji.cpp:28170</t>
         </is>
       </c>
       <c r="B972" t="inlineStr">
         <is>
-          <t>Travel</t>
-[...2 lines deleted...]
-      <c r="C972" t="inlineStr"/>
+          <t>Flags</t>
+        </is>
+      </c>
+      <c r="C972" t="inlineStr">
+        <is>
+          <t>旗</t>
+        </is>
+      </c>
       <c r="D972" t="inlineStr"/>
       <c r="E972" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F972" t="inlineStr">
         <is>
-          <t>emoji-catagoryTravel</t>
+          <t>emoji-catagoryFlags</t>
         </is>
       </c>
       <c r="G972" t="inlineStr"/>
       <c r="H972" t="inlineStr"/>
     </row>
     <row r="973">
       <c r="A973" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28050</t>
+          <t>../../src/notifications/ManagerMac.cpp:28158</t>
         </is>
       </c>
       <c r="B973" t="inlineStr">
         <is>
-          <t>Objects</t>
-[...6 lines deleted...]
-      </c>
+          <t>Message contains spoiler.</t>
+        </is>
+      </c>
+      <c r="C973" t="inlineStr"/>
       <c r="D973" t="inlineStr"/>
       <c r="E973" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F973" t="inlineStr">
         <is>
-          <t>emoji-catagoryObjects</t>
+          <t>macosNotificationMessage contains spoiler.</t>
         </is>
       </c>
       <c r="G973" t="inlineStr"/>
       <c r="H973" t="inlineStr"/>
     </row>
     <row r="974">
       <c r="A974" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28052</t>
+          <t>../../src/Utils.cpp:27916</t>
         </is>
       </c>
       <c r="B974" t="inlineStr">
         <is>
-          <t>Symbols</t>
-[...6 lines deleted...]
-      </c>
+          <t>You sent a spoiler.</t>
+        </is>
+      </c>
+      <c r="C974" t="inlineStr"/>
       <c r="D974" t="inlineStr"/>
       <c r="E974" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F974" t="inlineStr">
         <is>
-          <t>emoji-catagorySymbols</t>
+          <t>message-description sent:You sent a spoiler.</t>
         </is>
       </c>
       <c r="G974" t="inlineStr"/>
       <c r="H974" t="inlineStr"/>
     </row>
     <row r="975">
       <c r="A975" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28054</t>
+          <t>../../src/Utils.cpp:27919</t>
         </is>
       </c>
       <c r="B975" t="inlineStr">
         <is>
-          <t>Flags</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 sent a spoiler.</t>
+        </is>
+      </c>
+      <c r="C975" t="inlineStr"/>
       <c r="D975" t="inlineStr"/>
       <c r="E975" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F975" t="inlineStr">
         <is>
-          <t>emoji-catagoryFlags</t>
+          <t>message-description sent:%1 sent a spoiler.</t>
         </is>
       </c>
       <c r="G975" t="inlineStr"/>
       <c r="H975" t="inlineStr"/>
     </row>
     <row r="976">
       <c r="A976" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:28042</t>
+          <t>../../src/Utils.cpp:27907</t>
         </is>
       </c>
       <c r="B976" t="inlineStr">
         <is>
-          <t>Message contains spoiler.</t>
+          <t>You sent a chat effect</t>
         </is>
       </c>
       <c r="C976" t="inlineStr"/>
       <c r="D976" t="inlineStr"/>
       <c r="E976" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F976" t="inlineStr">
         <is>
-          <t>macosNotificationMessage contains spoiler.</t>
+          <t>message-description sent:You sent a chat effect</t>
         </is>
       </c>
       <c r="G976" t="inlineStr"/>
       <c r="H976" t="inlineStr"/>
     </row>
     <row r="977">
       <c r="A977" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27800</t>
+          <t>../../src/Utils.cpp:27910</t>
         </is>
       </c>
       <c r="B977" t="inlineStr">
         <is>
-          <t>You sent a spoiler.</t>
+          <t>%1 sent a chat effect</t>
         </is>
       </c>
       <c r="C977" t="inlineStr"/>
       <c r="D977" t="inlineStr"/>
       <c r="E977" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F977" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a spoiler.</t>
+          <t>message-description sent:%1 sent a chat effect</t>
         </is>
       </c>
       <c r="G977" t="inlineStr"/>
       <c r="H977" t="inlineStr"/>
     </row>
     <row r="978">
       <c r="A978" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27803</t>
+          <t>../../src/Utils.cpp:27933</t>
         </is>
       </c>
       <c r="B978" t="inlineStr">
         <is>
-          <t>%1 sent a spoiler.</t>
+          <t>* %1 spoils something.</t>
         </is>
       </c>
       <c r="C978" t="inlineStr"/>
       <c r="D978" t="inlineStr"/>
       <c r="E978" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F978" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a spoiler.</t>
+          <t>message-description sent:* %1 spoils something.</t>
         </is>
       </c>
       <c r="G978" t="inlineStr"/>
       <c r="H978" t="inlineStr"/>
     </row>
     <row r="979">
       <c r="A979" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27791</t>
+          <t>../../src/Utils.cpp:27949</t>
         </is>
       </c>
       <c r="B979" t="inlineStr">
         <is>
-          <t>You sent a chat effect</t>
+          <t>You placed a call</t>
         </is>
       </c>
       <c r="C979" t="inlineStr"/>
       <c r="D979" t="inlineStr"/>
       <c r="E979" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F979" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a chat effect</t>
+          <t>message-description sent:You placed a call</t>
         </is>
       </c>
       <c r="G979" t="inlineStr"/>
       <c r="H979" t="inlineStr"/>
     </row>
     <row r="980">
       <c r="A980" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27794</t>
+          <t>../../src/Utils.cpp:27951</t>
         </is>
       </c>
       <c r="B980" t="inlineStr">
         <is>
-          <t>%1 sent a chat effect</t>
+          <t>%1 placed a call</t>
         </is>
       </c>
       <c r="C980" t="inlineStr"/>
       <c r="D980" t="inlineStr"/>
       <c r="E980" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F980" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a chat effect</t>
+          <t>message-description sent:%1 placed a call</t>
         </is>
       </c>
       <c r="G980" t="inlineStr"/>
       <c r="H980" t="inlineStr"/>
     </row>
     <row r="981">
       <c r="A981" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27817</t>
+          <t>../../src/Utils.cpp:27955</t>
         </is>
       </c>
       <c r="B981" t="inlineStr">
         <is>
-          <t>* %1 spoils something.</t>
+          <t>You answered a call</t>
         </is>
       </c>
       <c r="C981" t="inlineStr"/>
       <c r="D981" t="inlineStr"/>
       <c r="E981" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F981" t="inlineStr">
         <is>
-          <t>message-description sent:* %1 spoils something.</t>
+          <t>message-description sent:You answered a call</t>
         </is>
       </c>
       <c r="G981" t="inlineStr"/>
       <c r="H981" t="inlineStr"/>
     </row>
     <row r="982">
       <c r="A982" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27833</t>
+          <t>../../src/Utils.cpp:27957</t>
         </is>
       </c>
       <c r="B982" t="inlineStr">
         <is>
-          <t>You placed a call</t>
+          <t>%1 answered a call</t>
         </is>
       </c>
       <c r="C982" t="inlineStr"/>
       <c r="D982" t="inlineStr"/>
       <c r="E982" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F982" t="inlineStr">
         <is>
-          <t>message-description sent:You placed a call</t>
+          <t>message-description sent:%1 answered a call</t>
         </is>
       </c>
       <c r="G982" t="inlineStr"/>
       <c r="H982" t="inlineStr"/>
     </row>
     <row r="983">
       <c r="A983" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27835</t>
+          <t>../../src/Utils.cpp:27961</t>
         </is>
       </c>
       <c r="B983" t="inlineStr">
         <is>
-          <t>%1 placed a call</t>
+          <t>You ended a call</t>
         </is>
       </c>
       <c r="C983" t="inlineStr"/>
       <c r="D983" t="inlineStr"/>
       <c r="E983" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F983" t="inlineStr">
         <is>
-          <t>message-description sent:%1 placed a call</t>
+          <t>message-description sent:You ended a call</t>
         </is>
       </c>
       <c r="G983" t="inlineStr"/>
       <c r="H983" t="inlineStr"/>
     </row>
     <row r="984">
       <c r="A984" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27839</t>
+          <t>../../src/Utils.cpp:27963</t>
         </is>
       </c>
       <c r="B984" t="inlineStr">
         <is>
-          <t>You answered a call</t>
+          <t>%1 ended a call</t>
         </is>
       </c>
       <c r="C984" t="inlineStr"/>
       <c r="D984" t="inlineStr"/>
       <c r="E984" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F984" t="inlineStr">
         <is>
-          <t>message-description sent:You answered a call</t>
+          <t>message-description sent:%1 ended a call</t>
         </is>
       </c>
       <c r="G984" t="inlineStr"/>
       <c r="H984" t="inlineStr"/>
     </row>
     <row r="985">
       <c r="A985" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27841</t>
+          <t>../../src/Utils.cpp:27967</t>
         </is>
       </c>
       <c r="B985" t="inlineStr">
         <is>
-          <t>%1 answered a call</t>
+          <t>You rejected a call</t>
         </is>
       </c>
       <c r="C985" t="inlineStr"/>
       <c r="D985" t="inlineStr"/>
       <c r="E985" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F985" t="inlineStr">
         <is>
-          <t>message-description sent:%1 answered a call</t>
+          <t>message-description sent:You rejected a call</t>
         </is>
       </c>
       <c r="G985" t="inlineStr"/>
       <c r="H985" t="inlineStr"/>
     </row>
     <row r="986">
       <c r="A986" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27845</t>
+          <t>../../src/Utils.cpp:27969</t>
         </is>
       </c>
       <c r="B986" t="inlineStr">
         <is>
-          <t>You ended a call</t>
+          <t>%1 rejected a call</t>
         </is>
       </c>
       <c r="C986" t="inlineStr"/>
       <c r="D986" t="inlineStr"/>
       <c r="E986" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F986" t="inlineStr">
         <is>
-          <t>message-description sent:You ended a call</t>
+          <t>message-description sent:%1 rejected a call</t>
         </is>
       </c>
       <c r="G986" t="inlineStr"/>
       <c r="H986" t="inlineStr"/>
-    </row>
-[...76 lines deleted...]
-      <c r="H989" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>