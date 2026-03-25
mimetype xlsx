--- v0 (2025-12-05)
+++ v1 (2026-03-25)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H1075"/>
+  <dimension ref="A1:H1082"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -1123,31621 +1123,31760 @@
           <t>Enter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Voer verdere kamers toe die nog niet in de lijst staan...</t>
         </is>
       </c>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>AllowedRoomsSettingsDialogEnter additional rooms not in the list yet...</t>
         </is>
       </c>
       <c r="G23" t="inlineStr"/>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4321</t>
+          <t>../../src/Cache.cpp:4322</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>%1 and %2</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>%1 en %2</t>
         </is>
       </c>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Cache
 RoomName%1 and %2</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4323</t>
+          <t>../../src/Cache.cpp:4324</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>%1 and %n other</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>%1 en %n ander</t>
         </is>
       </c>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>Cache%1 and %n other(s)</t>
         </is>
       </c>
       <c r="G25" t="inlineStr"/>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:4500</t>
+          <t>../../src/Cache.cpp:4501</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Empty Room</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Lege kamer</t>
         </is>
       </c>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>CacheEmpty Room</t>
         </is>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Video oproep</t>
         </is>
       </c>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>CallInviteVideo Call</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4575</t>
+          <t>../qml/voip/CallInvite.qml:4576</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Voice Call</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Audio oproep</t>
         </is>
       </c>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>CallInviteVoice Call</t>
         </is>
       </c>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInvite.qml:4637</t>
+          <t>../qml/voip/CallInvite.qml:4638</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Geen microfoon gevonden.</t>
         </is>
       </c>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>CallInviteNo microphone found.</t>
         </is>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Video Call</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Video oproep</t>
         </is>
       </c>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>CallInviteBarVideo Call</t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4702</t>
+          <t>../qml/voip/CallInviteBar.qml:4703</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Voice Call</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>Audio oproep</t>
         </is>
       </c>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>CallInviteBarVoice Call</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4718</t>
+          <t>../qml/voip/CallInviteBar.qml:4719</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Devices</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>Apparaten</t>
         </is>
       </c>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>CallInviteBarDevices</t>
         </is>
       </c>
       <c r="G32" t="inlineStr"/>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4729</t>
+          <t>../qml/voip/CallInviteBar.qml:4730</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Accept</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>Aanvaarden</t>
         </is>
       </c>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>CallInviteBarAccept</t>
         </is>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4733</t>
+          <t>../qml/voip/CallInviteBar.qml:4734</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>No microphone found.</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Geen microfoon gevonden.</t>
         </is>
       </c>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>CallInviteBarNo microphone found.</t>
         </is>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4741</t>
+          <t>../qml/voip/CallInviteBar.qml:4742</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Unknown microphone: %1</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>Onbekende microfoon: %1</t>
         </is>
       </c>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>CallInviteBarUnknown microphone: %1</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4750</t>
+          <t>../qml/voip/CallInviteBar.qml:4751</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Unknown camera: %1</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>Onbekende camera: %1</t>
         </is>
       </c>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>CallInviteBarUnknown camera: %1</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>../qml/voip/CallInviteBar.qml:4764</t>
+          <t>../qml/voip/CallInviteBar.qml:4765</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Decline</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>Afwijzen</t>
         </is>
       </c>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>CallInviteBarDecline</t>
         </is>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5659</t>
+          <t>../../src/voip/CallManager.cpp:5660</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>X11</t>
         </is>
       </c>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>CallManagerX11</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5665</t>
+          <t>../../src/voip/CallManager.cpp:5666</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>PipeWire</t>
         </is>
       </c>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>CallManagerPipeWire</t>
         </is>
       </c>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>../../src/voip/CallManager.cpp:5684</t>
+          <t>../../src/voip/CallManager.cpp:5685</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Entire screen</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Gehele scherm</t>
         </is>
       </c>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>CallManagerEntire screen</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:5802</t>
+          <t>../../src/ChatPage.cpp:5803</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Failed to invite user: %1</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>Gebruiker uitnodigen mislukt: %1</t>
         </is>
       </c>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>ChatPageFailed to invite user: %1</t>
         </is>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6791</t>
+          <t>../../src/ChatPage.cpp:6792</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Invited user: %1</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>Gebruiker uitgenodigd: %1</t>
         </is>
       </c>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>ChatPageInvited user: %1</t>
         </is>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6054</t>
+          <t>../../src/ChatPage.cpp:6055</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t xml:space="preserve">%n unread message in room %1
 </t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t xml:space="preserve">%n ongelezen bericht in kamer %1
 </t>
         </is>
       </c>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t xml:space="preserve">ChatPage%n unread message(s) in room %1
 </t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6138</t>
+          <t>../../src/ChatPage.cpp:6139</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Confirm logout</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>Bevestig uitloggen</t>
         </is>
       </c>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>ChatPageConfirm logout</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6240</t>
+          <t>../../src/ChatPage.cpp:6241</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>The cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>De opgeslagen gegevens van Nheko zijn nieuwer dan de versie die je nu draait. Update Nheko of verwijder de gegevens.</t>
         </is>
       </c>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>ChatPageThe cache on your disk is newer than this version of Nheko supports. Please update Nheko or clear your cache.</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6281</t>
+          <t>../../src/ChatPage.cpp:6282</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Failed to open database, logging out!</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>Kon database niet openen, je wordt uitgelogd!</t>
         </is>
       </c>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>ChatPageFailed to open database, logging out!</t>
         </is>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6619</t>
+          <t>../../src/ChatPage.cpp:6620</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Knock on room</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>Aankloppen</t>
         </is>
       </c>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>ChatPageKnock on room</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6623</t>
+          <t>../../src/ChatPage.cpp:6624</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Do you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>Wil je echt aankloppen bij %1? Je mag optioneel nog een reden opgeven:</t>
         </is>
       </c>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to knock on %1? You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6638</t>
+          <t>../../src/ChatPage.cpp:6639</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Failed to knock room: %1</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>Kon niet aankloppen: %1</t>
         </is>
       </c>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>ChatPageFailed to knock room: %1</t>
         </is>
       </c>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6697</t>
+          <t>../../src/ChatPage.cpp:6698</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Room creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>Kamer aanmaken mislukt: slechte alias</t>
         </is>
       </c>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: Bad Alias</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6732</t>
+          <t>../../src/ChatPage.cpp:6733</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Room %1 created.</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>Kamer %1 gemaakt.</t>
         </is>
       </c>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>ChatPageRoom %1 created.</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7273</t>
+          <t>../../src/ChatPage.cpp:7274</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Confirm invite</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>Bevestig uitnodiging</t>
         </is>
       </c>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>ChatPageConfirm invite</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6776</t>
+          <t>../../src/ChatPage.cpp:6777</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Do you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>Weet je zeker dat je %1 (%2) wil uitnodigen?</t>
         </is>
       </c>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to invite %1 (%2)?</t>
         </is>
       </c>
       <c r="G53" t="inlineStr"/>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6788</t>
+          <t>../../src/ChatPage.cpp:6789</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Failed to invite %1 to %2: %3</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>Uitnodigen van %1 naar %2 mislukt: %3</t>
         </is>
       </c>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>ChatPageFailed to invite %1 to %2: %3</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6820</t>
+          <t>../../src/ChatPage.cpp:6821</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Kicked user: %1</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>Uit kamer verwijderde gebruiker: %1</t>
         </is>
       </c>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>ChatPageKicked user: %1</t>
         </is>
       </c>
       <c r="G55" t="inlineStr"/>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6846</t>
+          <t>../../src/ChatPage.cpp:6847</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Failed to ban %1 in %2: %3</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>Verbannen van %1 uit %2 mislukt: %3</t>
         </is>
       </c>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>ChatPageFailed to ban %1 in %2: %3</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6849</t>
+          <t>../../src/ChatPage.cpp:6850</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Banned user: %1</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>Verbannen gebruiker: %1</t>
         </is>
       </c>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>ChatPageBanned user: %1</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6857</t>
+          <t>../../src/ChatPage.cpp:6858</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Confirm unban</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>Bevestig ongedaan maken verbanning</t>
         </is>
       </c>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>ChatPageConfirm unban</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6858</t>
+          <t>../../src/ChatPage.cpp:6859</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Do you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>Weet je zeker dat je %1 (%2) opnieuw wil toelaten?</t>
         </is>
       </c>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to unban %1 (%2)?</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6869</t>
+          <t>../../src/ChatPage.cpp:6870</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Failed to unban %1 in %2: %3</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>Opnieuw toelaten van %1 in %2 mislukt: %3</t>
         </is>
       </c>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>ChatPageFailed to unban %1 in %2: %3</t>
         </is>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6872</t>
+          <t>../../src/ChatPage.cpp:6873</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Unbanned user: %1</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>Toegelaten gebruiker: %1</t>
         </is>
       </c>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>ChatPageUnbanned user: %1</t>
         </is>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:7274</t>
+          <t>../../src/ChatPage.cpp:7275</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Do you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>Weet je zeker dat je een privé chat wil beginnen met %1?</t>
         </is>
       </c>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>ChatPageDo you really want to start a private chat with %1?</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6226</t>
+          <t>../../src/ChatPage.cpp:6227</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Cache migration failed!</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>Migreren van de cache is mislukt!</t>
         </is>
       </c>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>ChatPageCache migration failed!</t>
         </is>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6139</t>
+          <t>../../src/ChatPage.cpp:6140</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Because of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>Wegens de volgende reden wil Nheko je naar de loginpagina sturen:
 %1
 Als je denkt dat dit een fout is, kan je Nheko sluiten om mogelijk je versleutelingsgegevens te herstellen. Nadat je bij de loginpagina aankomt kan je opnieuw inloggen volgens de gewoonlijke methodes.</t>
         </is>
       </c>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>ChatPageBecause of the following reason Nheko wants to drop you to the login page:
 %1
 If you think this is a mistake, you can close Nheko instead to possibly recover your encryption keys. After you have been dropped to the login page, you can sign in again using your usual methods.</t>
         </is>
       </c>
       <c r="G64" t="inlineStr"/>
       <c r="H64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6227</t>
+          <t>../../src/ChatPage.cpp:6228</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Migrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>Het migreren van de cache naar de huidige versie faalde. Dit kan om verscheidene redenen zijn. Open een issue op https://github.com/Nheko-Reborn/nheko en probeer in de tussentijd een oudere versie. Als alternatief kan je nog proberen handmatig de cache te verwijderen.</t>
         </is>
       </c>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>ChatPageMigrating the cache to the current version failed. This can have different reasons. Please open an issue at https://github.com/Nheko-Reborn/nheko and try to use an older version in the meantime. Alternatively you can try deleting the cache manually.</t>
         </is>
       </c>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6239</t>
+          <t>../../src/ChatPage.cpp:6240</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Incompatible cache version</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>Incompatibele cacheversie</t>
         </is>
       </c>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>ChatPageIncompatible cache version</t>
         </is>
       </c>
       <c r="G66" t="inlineStr"/>
       <c r="H66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6303</t>
+          <t>../../src/ChatPage.cpp:6304</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Failed to restore OLM account. Please login again.</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>Herstellen van OLM account mislukt. Log a.u.b. opnieuw in.</t>
         </is>
       </c>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>ChatPageFailed to restore OLM account. Please login again.</t>
         </is>
       </c>
       <c r="G67" t="inlineStr"/>
       <c r="H67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6315</t>
+          <t>../../src/ChatPage.cpp:6316</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Failed to restore saved data. Please login again.</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>Opgeslagen gegevens herstellen mislukt. Log a.u.b. opnieuw in.</t>
         </is>
       </c>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>ChatPageFailed to restore save data. Please login again.</t>
         </is>
       </c>
       <c r="G68" t="inlineStr"/>
       <c r="H68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6369</t>
+          <t>../../src/ChatPage.cpp:6370</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Failed to setup encryption keys. Server response: %1 %2. Please try again later.</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>Instellen van de versleuteling is mislukt. Bericht van server: %1 %2. Probeer het a.u.b. later nog eens.</t>
         </is>
       </c>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>ChatPageFailed to setup encryption keys. Server response: %1 %2. Please try again later.</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6588</t>
+          <t>../../src/ChatPage.cpp:6589</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Please try to login again: %1</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>Probeer a.u.b. opnieuw in te loggen: %1</t>
         </is>
       </c>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>ChatPagePlease try to login again: %1</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6622</t>
+          <t>../../src/ChatPage.cpp:6623</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>You failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>Je kon %1 niet binnengaan. Je kan proberen aan te kloppen. Wil je dat?
 Je kan optioneel hier een reden invoeren dat je aanklopt:</t>
         </is>
       </c>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>ChatPageYou failed to join %1. You can try to knock so that others can invite you in. Do you want to do so?
 You may optionally provide a reason for others to accept your knock:</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6674</t>
+          <t>../../src/ChatPage.cpp:6675</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Failed to join room: %1</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>Kamer binnengaan mislukt: %1</t>
         </is>
       </c>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>ChatPageFailed to join room: %1</t>
         </is>
       </c>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6683</t>
+          <t>../../src/ChatPage.cpp:6684</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Failed to remove invite: %1</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>Uitnodiging verwijderen mislukt: %1</t>
         </is>
       </c>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>ChatPageFailed to remove invite: %1</t>
         </is>
       </c>
       <c r="G73" t="inlineStr"/>
       <c r="H73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6717</t>
+          <t>../../src/ChatPage.cpp:6718</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Room creation failed: %1</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>Kamer aanmaken mislukt: %1</t>
         </is>
       </c>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>ChatPageRoom creation failed: %1</t>
         </is>
       </c>
       <c r="G74" t="inlineStr"/>
       <c r="H74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6745</t>
+          <t>../../src/ChatPage.cpp:6746</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Failed to leave room: %1</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>Kamer verlaten mislukt: %1</t>
         </is>
       </c>
       <c r="D75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>ChatPageFailed to leave room: %1</t>
         </is>
       </c>
       <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6801</t>
+          <t>../../src/ChatPage.cpp:6802</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Reason for the kick</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>Reden voor verwijderen</t>
         </is>
       </c>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>ChatPageReason for the kick</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6802</t>
+          <t>../../src/ChatPage.cpp:6803</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Enter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>Voer reden voor verwijderen van %1 (%2) in of druk op enter voor geen reden:</t>
         </is>
       </c>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for kicking %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6817</t>
+          <t>../../src/ChatPage.cpp:6818</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Failed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>Kon %1 niet verwijderen uit %2: %3</t>
         </is>
       </c>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>ChatPageFailed to kick %1 from %2: %3</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6830</t>
+          <t>../../src/ChatPage.cpp:6831</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Reason for the ban</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>Reden voor verbannen</t>
         </is>
       </c>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>ChatPageReason for the ban</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:6831</t>
+          <t>../../src/ChatPage.cpp:6832</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Enter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>Voer reden voor het verbannen van %1 (%2) in of druk op enter voor geen reden:</t>
         </is>
       </c>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>ChatPageEnter reason for banning %1 (%2) or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G80" t="inlineStr"/>
       <c r="H80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>../qml/ChatPage.qml:6867</t>
+          <t>../qml/ChatPage.qml:6868</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>No network connection</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>Geen netwerkverbinding</t>
         </is>
       </c>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>ChatPageNo network connection</t>
         </is>
       </c>
       <c r="G81" t="inlineStr"/>
       <c r="H81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6987</t>
+          <t>../../src/CommandCompleter.cpp:6988</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>/me &lt;bericht&gt;</t>
         </is>
       </c>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>CommandCompleter/me &lt;message&gt;</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6989</t>
+          <t>../../src/CommandCompleter.cpp:6990</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>/react &lt;text&gt;</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>/react &lt;tekst&gt;</t>
         </is>
       </c>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>CommandCompleter/react &lt;text&gt;</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6991</t>
+          <t>../../src/CommandCompleter.cpp:6992</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>/join &lt;!kamerid|#alias&gt; [reden]</t>
         </is>
       </c>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>CommandCompleter/join &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6993</t>
+          <t>../../src/CommandCompleter.cpp:6994</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>/knock &lt;!kamerid|#alias&gt; [reden]</t>
         </is>
       </c>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>CommandCompleter/knock &lt;!roomid|#alias&gt; [reason]</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6995</t>
+          <t>../../src/CommandCompleter.cpp:6996</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>/part [reason]</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>/part [reden]</t>
         </is>
       </c>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>CommandCompleter/part [reason]</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6997</t>
+          <t>../../src/CommandCompleter.cpp:6998</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>/leave [reason]</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>/leave [reden]</t>
         </is>
       </c>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>CommandCompleter/leave [reason]</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7007</t>
+          <t>../../src/CommandCompleter.cpp:7008</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>/redact &lt;$gebeurtenisid|@gebruikerid&gt;</t>
         </is>
       </c>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>CommandCompleter/redact &lt;$eventid|@userid&gt;</t>
         </is>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7009</t>
+          <t>../../src/CommandCompleter.cpp:7010</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>/roomnick &lt;weergavenaam&gt;</t>
         </is>
       </c>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>CommandCompleter/roomnick &lt;displayname&gt;</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7011</t>
+          <t>../../src/CommandCompleter.cpp:7012</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>/shrug [message]</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>/shrug [bericht]</t>
         </is>
       </c>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>CommandCompleter/shrug [message]</t>
         </is>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7025</t>
+          <t>../../src/CommandCompleter.cpp:7026</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>/md &lt;bericht&gt;</t>
         </is>
       </c>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <t>CommandCompleter/md &lt;message&gt;</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7027</t>
+          <t>../../src/CommandCompleter.cpp:7028</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>/cmark &lt;bericht&gt;</t>
         </is>
       </c>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>CommandCompleter/cmark &lt;message&gt;</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7029</t>
+          <t>../../src/CommandCompleter.cpp:7030</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>/plain &lt;bericht&gt;</t>
         </is>
       </c>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <t>CommandCompleter/plain &lt;message&gt;</t>
         </is>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7031</t>
+          <t>../../src/CommandCompleter.cpp:7032</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>/rainbow &lt;bericht&gt;</t>
         </is>
       </c>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbow &lt;message&gt;</t>
         </is>
       </c>
       <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7033</t>
+          <t>../../src/CommandCompleter.cpp:7034</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>/rainbowme &lt;bericht&gt;</t>
         </is>
       </c>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowme &lt;message&gt;</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7035</t>
+          <t>../../src/CommandCompleter.cpp:7036</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>/notice &lt;bericht&gt;</t>
         </is>
       </c>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
           <t>CommandCompleter/notice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7037</t>
+          <t>../../src/CommandCompleter.cpp:7038</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>/rainbownotice &lt;bericht&gt;</t>
         </is>
       </c>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbownotice &lt;message&gt;</t>
         </is>
       </c>
       <c r="G97" t="inlineStr"/>
       <c r="H97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7039</t>
+          <t>../../src/CommandCompleter.cpp:7040</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>/confetti [message]</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>/confetti [bericht]</t>
         </is>
       </c>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>CommandCompleter/confetti [message]</t>
         </is>
       </c>
       <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7041</t>
+          <t>../../src/CommandCompleter.cpp:7042</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>/rainbowconfetti [bericht]</t>
         </is>
       </c>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>CommandCompleter/rainbowconfetti [message]</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:6999</t>
+          <t>../../src/CommandCompleter.cpp:7000</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>/invite &lt;@gebruikerid&gt; [reden]</t>
         </is>
       </c>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
           <t>CommandCompleter/invite &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7001</t>
+          <t>../../src/CommandCompleter.cpp:7002</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>/kick &lt;@gebruikerid&gt; [reden]</t>
         </is>
       </c>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
           <t>CommandCompleter/kick &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7003</t>
+          <t>../../src/CommandCompleter.cpp:7004</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>/ban &lt;@gebruikerid&gt; [reden]</t>
         </is>
       </c>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
           <t>CommandCompleter/ban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7005</t>
+          <t>../../src/CommandCompleter.cpp:7006</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>/unban &lt;@gebruikerid&gt; [reden]</t>
         </is>
       </c>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
           <t>CommandCompleter/unban &lt;@userid&gt; [reason]</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7043</t>
+          <t>../../src/CommandCompleter.cpp:7044</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>/rainfall [message]</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>/rainfall [bericht]</t>
         </is>
       </c>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
           <t>CommandCompleter/rainfall [message]</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7045</t>
+          <t>../../src/CommandCompleter.cpp:7046</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>/msgtype &lt;berichttype&gt; [bericht]</t>
         </is>
       </c>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
           <t>CommandCompleter/msgtype &lt;msgtype&gt; [message]</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7047</t>
+          <t>../../src/CommandCompleter.cpp:7048</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>/glitch &lt;bericht&gt;</t>
         </is>
       </c>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
           <t>CommandCompleter/glitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7049</t>
+          <t>../../src/CommandCompleter.cpp:7050</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <t>/gradualglitch &lt;bericht&gt;</t>
         </is>
       </c>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
           <t>CommandCompleter/gradualglitch &lt;message&gt;</t>
         </is>
       </c>
       <c r="G107" t="inlineStr"/>
       <c r="H107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7051</t>
+          <t>../../src/CommandCompleter.cpp:7052</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>/goto &lt;berichtverwijzing&gt;</t>
         </is>
       </c>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
           <t>CommandCompleter/goto &lt;message reference&gt;</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7071</t>
+          <t>../../src/CommandCompleter.cpp:7072</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>Send a message expressing an action.</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>Stuur een bericht dat een actie uitdrukt.</t>
         </is>
       </c>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message expressing an action.</t>
         </is>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7073</t>
+          <t>../../src/CommandCompleter.cpp:7074</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>Send &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>Stuur &lt;tekst&gt; als een reactie wanneer je een antwoord stuurt op een bericht.</t>
         </is>
       </c>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
           <t>CommandCompleterSend &lt;text&gt; as a reaction when you’re replying to a message.</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7075</t>
+          <t>../../src/CommandCompleter.cpp:7076</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>Betreed een kamer. Reden is optioneel.</t>
         </is>
       </c>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
           <t>CommandCompleterJoin a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G111" t="inlineStr"/>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7077</t>
+          <t>../../src/CommandCompleter.cpp:7078</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Ask to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>Vraag toestemming om een kamer te mogen betreden. Reden is optioneel.</t>
         </is>
       </c>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
           <t>CommandCompleterAsk to join a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7081</t>
+          <t>../../src/CommandCompleter.cpp:7082</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>Leave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>Verlaat een kamer. Reden is optioneel.</t>
         </is>
       </c>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
           <t>CommandCompleterLeave a room. Reason is optional.</t>
         </is>
       </c>
       <c r="G113" t="inlineStr"/>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7083</t>
+          <t>../../src/CommandCompleter.cpp:7084</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Invite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>Nodig een gebruiker uit de huidige kamer te betreden. Reden is optioneel.</t>
         </is>
       </c>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
           <t>CommandCompleterInvite a user into the current room. Reason is optional.</t>
         </is>
       </c>
       <c r="G114" t="inlineStr"/>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7085</t>
+          <t>../../src/CommandCompleter.cpp:7086</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>Kick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="C115" t="inlineStr"/>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
           <t>CommandCompleterKick a user from the current room. Reason is optional. If user is left out, will try to kick the sender you are replying to.</t>
         </is>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7088</t>
+          <t>../../src/CommandCompleter.cpp:7089</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>Ban a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C116" t="inlineStr"/>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
           <t>CommandCompleterBan a user from the current room. Reason is optional. If user is left out, will try to ban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7091</t>
+          <t>../../src/CommandCompleter.cpp:7092</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>Unban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="C117" t="inlineStr"/>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
           <t>CommandCompleterUnban a user in the current room. Reason is optional. If user is left out, will try to unban the sender you are replying to.</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7094</t>
+          <t>../../src/CommandCompleter.cpp:7095</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Redact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="C118" t="inlineStr"/>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
           <t>CommandCompleterRedact an event by event id or that you are replying to or all locally cached messages of a user.</t>
         </is>
       </c>
       <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7097</t>
+          <t>../../src/CommandCompleter.cpp:7098</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Change your displayname in this room.</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
           <t>Verander hoe je naam wordt weergegeven in deze kamer.</t>
         </is>
       </c>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
           <t>CommandCompleterChange your displayname in this room.</t>
         </is>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7099</t>
+          <t>../../src/CommandCompleter.cpp:7100</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>¯\_(ツ)_/¯ met een optioneel bericht.</t>
         </is>
       </c>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
           <t>CommandCompleter¯\_(ツ)_/¯ with an optional message.</t>
         </is>
       </c>
       <c r="G120" t="inlineStr"/>
       <c r="H120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7101</t>
+          <t>../../src/CommandCompleter.cpp:7102</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
           <t>CommandCompleter(╯°□°)╯︵ ┻━┻</t>
         </is>
       </c>
       <c r="G121" t="inlineStr"/>
       <c r="H121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7103</t>
+          <t>../../src/CommandCompleter.cpp:7104</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
           <t>┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
           <t>CommandCompleter┯━┯╭( º _ º╭)</t>
         </is>
       </c>
       <c r="G122" t="inlineStr"/>
       <c r="H122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7105</t>
+          <t>../../src/CommandCompleter.cpp:7106</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>ノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
           <t>CommandCompleterノ┬─┬ノ ︵ ( \o°o)\</t>
         </is>
       </c>
       <c r="G123" t="inlineStr"/>
       <c r="H123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7107</t>
+          <t>../../src/CommandCompleter.cpp:7108</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>Clear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>Leeg de lokale cache voor berichten in deze kamer.</t>
         </is>
       </c>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
           <t>CommandCompleterClear the currently cached messages in this room.</t>
         </is>
       </c>
       <c r="G124" t="inlineStr"/>
       <c r="H124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7109</t>
+          <t>../../src/CommandCompleter.cpp:7110</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>Refetch the state in this room.</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>Kamertoestand opnieuw van de server binnenhalen.</t>
         </is>
       </c>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
           <t>CommandCompleterRefetch the state in this room.</t>
         </is>
       </c>
       <c r="G125" t="inlineStr"/>
       <c r="H125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7111</t>
+          <t>../../src/CommandCompleter.cpp:7112</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>Rotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>Draai de huidige berichtsleutel een stap verder.</t>
         </is>
       </c>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
           <t>CommandCompleterRotate the current symmetric encryption key.</t>
         </is>
       </c>
       <c r="G126" t="inlineStr"/>
       <c r="H126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7113</t>
+          <t>../../src/CommandCompleter.cpp:7114</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>Send a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>Verstuur een bericht in markdown formaat (negeert de globale instelling).</t>
         </is>
       </c>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
           <t>CommandCompleterSend a markdown formatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G127" t="inlineStr"/>
       <c r="H127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7115</t>
+          <t>../../src/CommandCompleter.cpp:7116</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>Send a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>Verstuur een bericht opgemaakt in commonmark, waarin de meeste markdown uitbreidingen zijn uitgeschakeld vergeleken met /md.</t>
         </is>
       </c>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
           <t>CommandCompleterSend a commonmark formatted message disabling most extensions compared to /md.</t>
         </is>
       </c>
       <c r="G128" t="inlineStr"/>
       <c r="H128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7118</t>
+          <t>../../src/CommandCompleter.cpp:7119</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Send an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>Verstuur een bericht zonder formattering (negeert de locale instelling).</t>
         </is>
       </c>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
           <t>CommandCompleterSend an unformatted message (ignoring the global setting).</t>
         </is>
       </c>
       <c r="G129" t="inlineStr"/>
       <c r="H129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7120</t>
+          <t>../../src/CommandCompleter.cpp:7121</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors.</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>Verstuur een bericht in regenboogkleuren.</t>
         </is>
       </c>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors.</t>
         </is>
       </c>
       <c r="G130" t="inlineStr"/>
       <c r="H130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7122</t>
+          <t>../../src/CommandCompleter.cpp:7123</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>Send /me in rainbow colors.</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <t>Verstuur een /me bericht in regenboogkleuren.</t>
         </is>
       </c>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
           <t>CommandCompleterSend /me in rainbow colors.</t>
         </is>
       </c>
       <c r="G131" t="inlineStr"/>
       <c r="H131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7124</t>
+          <t>../../src/CommandCompleter.cpp:7125</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>Send a bot message.</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
           <t>Verstuur een bericht alsof je een bot bent.</t>
         </is>
       </c>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message.</t>
         </is>
       </c>
       <c r="G132" t="inlineStr"/>
       <c r="H132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7126</t>
+          <t>../../src/CommandCompleter.cpp:7127</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Send a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
           <t>Verstuur een bericht in regenboogkleuren alsof je een bot bent.</t>
         </is>
       </c>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
           <t>CommandCompleterSend a bot message in rainbow colors.</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7128</t>
+          <t>../../src/CommandCompleter.cpp:7129</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Send a message with confetti.</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
           <t>Verstuur een bericht met confetti.</t>
         </is>
       </c>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with confetti.</t>
         </is>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7130</t>
+          <t>../../src/CommandCompleter.cpp:7131</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>Send a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
           <t>Verstuur een bericht in regenboogkleuren met confetti.</t>
         </is>
       </c>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message in rainbow colors with confetti.</t>
         </is>
       </c>
       <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7132</t>
+          <t>../../src/CommandCompleter.cpp:7133</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>Send a message with rain.</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>Verstuur een bericht met regen.</t>
         </is>
       </c>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with rain.</t>
         </is>
       </c>
       <c r="G136" t="inlineStr"/>
       <c r="H136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7134</t>
+          <t>../../src/CommandCompleter.cpp:7135</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>Send a message with a custom message type.</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <t>Verstuur een bericht met een gebruikergedefinieerd berichtentype.</t>
         </is>
       </c>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a custom message type.</t>
         </is>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7136</t>
+          <t>../../src/CommandCompleter.cpp:7137</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Send a message with a glitch effect.</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
           <t>Verstuur een bericht met een verstoringseffect.</t>
         </is>
       </c>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message with a glitch effect.</t>
         </is>
       </c>
       <c r="G138" t="inlineStr"/>
       <c r="H138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7138</t>
+          <t>../../src/CommandCompleter.cpp:7139</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Send a message that gradually glitches.</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
           <t>Verstuur een bericht dat langzaam sterker verstoord met elke letter.</t>
         </is>
       </c>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
           <t>CommandCompleterSend a message that gradually glitches.</t>
         </is>
       </c>
       <c r="G139" t="inlineStr"/>
       <c r="H139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7140</t>
+          <t>../../src/CommandCompleter.cpp:7141</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>Go to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <t>Ga naar een specifiek bericht via een event id, index of matrix: link</t>
         </is>
       </c>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
           <t>CommandCompleterGo to a specific message using an event id, index or matrix: link</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7142</t>
+          <t>../../src/CommandCompleter.cpp:7143</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Convert this room to a direct chat.</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>Zet deze kamer om naar een een-op-een chat.</t>
         </is>
       </c>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this room to a direct chat.</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7144</t>
+          <t>../../src/CommandCompleter.cpp:7145</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Convert this direct chat into a room.</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>Zet deze kamer om van een een-op-een chat naar een normale kamer.</t>
         </is>
       </c>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
           <t>CommandCompleterConvert this direct chat into a room.</t>
         </is>
       </c>
       <c r="G142" t="inlineStr"/>
       <c r="H142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7146</t>
+          <t>../../src/CommandCompleter.cpp:7147</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>Ignore a user.</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
           <t>Negeer een gebruiker.</t>
         </is>
       </c>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
           <t>CommandCompleterIgnore a user.</t>
         </is>
       </c>
       <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7148</t>
+          <t>../../src/CommandCompleter.cpp:7149</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>Stop ignoring a user.</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
           <t>Hou op met een gebruiker te negeren.</t>
         </is>
       </c>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
           <t>CommandCompleterStop ignoring a user.</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7150</t>
+          <t>../../src/CommandCompleter.cpp:7151</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>Block all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C145" t="inlineStr"/>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>CommandCompleterBlock all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>../../src/CommandCompleter.cpp:7153</t>
+          <t>../../src/CommandCompleter.cpp:7154</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>Allow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="C146" t="inlineStr"/>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
           <t>CommandCompleterAllow all invites from a user, a server, to a specific room or set the default.</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>Expand</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
           <t>Uitvouwen</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
           <t>CommunitiesListExpand</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7283</t>
+          <t>../qml/CommunitiesList.qml:7284</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>Collapse</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <t>Invouwen</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
           <t>CommunitiesListCollapse</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7375</t>
+          <t>../qml/CommunitiesList.qml:7376</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>Do not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>Laat geen meldingteller zien voor deze groep of markering.</t>
         </is>
       </c>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
           <t>CommunitiesListDo not show notification counts for this community or tag.</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>../qml/CommunitiesList.qml:7382</t>
+          <t>../qml/CommunitiesList.qml:7383</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>Hide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>Verberg standaard kamers met deze markering of uit deze groep.</t>
         </is>
       </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
           <t>CommunitiesListHide rooms with this tag or from this community by default.</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7459</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7460</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>All rooms</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>Alle kamers</t>
         </is>
       </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
           <t>CommunitiesModelAll rooms</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7461</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7462</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>Shows all rooms without filtering.</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>Laat alles kamers zien zonder filters.</t>
         </is>
       </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
           <t>CommunitiesModelShows all rooms without filtering.</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7484</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7485</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Direct Chats</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>Één op één gesprekken</t>
         </is>
       </c>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
           <t>CommunitiesModelDirect Chats</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7486</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7487</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Show direct chats.</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>Laat één op één gesprekken zien.</t>
         </is>
       </c>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
           <t>CommunitiesModelShow direct chats.</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7553</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7554</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Favourites</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>Favorieten</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
           <t>CommunitiesModelFavourites</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7555</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7556</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Rooms you have favourited.</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <t>Je favoriete kamers.</t>
         </is>
       </c>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms you have favourited.</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7562</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7563</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>Low Priority</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <t>Lage prioriteit</t>
         </is>
       </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
           <t>CommunitiesModelLow Priority</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7564</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7565</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>Rooms with low priority.</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <t>Kamers met lage prioriteit.</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
           <t>CommunitiesModelRooms with low priority.</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7571</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7572</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>Server Notices</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
           <t>Serverberichten</t>
         </is>
       </c>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
           <t>CommunitiesModelServer Notices</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:7573</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:7574</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>Messages from your server or administrator.</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
           <t>Berichten van je server of beheerder.</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
           <t>CommunitiesModelMessages from your server or administrator.</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8251</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8252</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>Failed to update community: %1</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
           <t>Kon groep niet bijwerken: %1</t>
         </is>
       </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community: %1</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8269</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8270</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>Failed to delete room from community: %1</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>Kon kamer niet uit de groep verwijderen: %1</t>
         </is>
       </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to delete room from community: %1</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8292</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8293</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>Failed to update community for room: %1</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>Kon de groep niet bijwerken voor kamer: %1</t>
         </is>
       </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to update community for room: %1</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>../../src/timeline/CommunitiesModel.cpp:8310</t>
+          <t>../../src/timeline/CommunitiesModel.cpp:8311</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>Failed to remove community from room: %1</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>Kon de groep niet uit de kamer verwijderen: %1</t>
         </is>
       </c>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
           <t>CommunitiesModelFailed to remove community from room: %1</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>Confirm community join</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <t>Bevestig groep binnentreden</t>
         </is>
       </c>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm community join</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8328</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8329</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>Confirm room join</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
           <t>Bevestig kamer binnentreden</t>
         </is>
       </c>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogConfirm room join</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8394</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8395</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>%n member</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>%n deelnemer</t>
         </is>
       </c>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialog%n member(s)</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>This room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <t>Deze kamer is niet direct begaanbaar. Je kan echter aankloppen en deelnemers aan de kamer kunnen je verzoek dan inwilligen of afwijzen. Je kan optioneel hieronder nog een reden opgeven:</t>
         </is>
       </c>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogThis room can't be joined directly. You can, however, knock on the room and room members can accept or decline this join request. You can additionally provide a reason for them to let you in below:</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8419</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8420</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>Do you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
           <t>Wil je deze kamer binnentreden? Je kan optioneel hieronder een reden opgeven:</t>
         </is>
       </c>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogDo you want to join this room? You can optionally add a reason below:</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>Knock</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <t>Aankloppen</t>
         </is>
       </c>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogKnock</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8451</t>
+          <t>../qml/dialogs/ConfirmJoinRoomDialog.qml:8452</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>Join</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
           <t>Binnentreden</t>
         </is>
       </c>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
           <t>ConfirmJoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8465</t>
+          <t>../qml/dialogs/CreateDirect.qml:8466</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>Create Direct Chat</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
           <t>Maak een privéchat</t>
         </is>
       </c>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
           <t>CreateDirectCreate Direct Chat</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8525</t>
+          <t>../qml/dialogs/CreateDirect.qml:8526</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>User to invite</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <t>Gebruiker om uit te nodigen</t>
         </is>
       </c>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
           <t>CreateDirectUser to invite</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8526</t>
+          <t>../qml/dialogs/CreateDirect.qml:8527</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>@user:server.tld</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
           <t>@gebruiker:server.domein</t>
         </is>
       </c>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
           <t>CreateDirect@user:server.tld</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateDirect.qml:8541</t>
+          <t>../qml/dialogs/CreateDirect.qml:8542</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>Versleuteling</t>
         </is>
       </c>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
           <t>CreateDirectEncryption</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>New community</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>Nieuwe groep</t>
         </is>
       </c>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
           <t>CreateRoomNew community</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8558</t>
+          <t>../qml/dialogs/CreateRoom.qml:8559</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>New Room</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>Nieuwe kamer</t>
         </is>
       </c>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
           <t>CreateRoomNew Room</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8585</t>
+          <t>../qml/dialogs/CreateRoom.qml:8586</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>Name</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>Naam</t>
         </is>
       </c>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
           <t>CreateRoomName</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8586</t>
+          <t>../qml/dialogs/CreateRoom.qml:8587</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>No name</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>Naamloos</t>
         </is>
       </c>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
           <t>CreateRoomNo name</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8594</t>
+          <t>../qml/dialogs/CreateRoom.qml:8595</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>Topic</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>Onderwerp</t>
         </is>
       </c>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
           <t>CreateRoomTopic</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8595</t>
+          <t>../qml/dialogs/CreateRoom.qml:8596</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>No topic</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>Onderwerploos</t>
         </is>
       </c>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
           <t>CreateRoomNo topic</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8613</t>
+          <t>../qml/dialogs/CreateRoom.qml:8614</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>Alias</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>Alias</t>
         </is>
       </c>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
           <t>CreateRoomAlias</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8625</t>
+          <t>../qml/dialogs/CreateRoom.qml:8626</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>Public</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
           <t>Publiek</t>
         </is>
       </c>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
           <t>CreateRoomPublic</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8631</t>
+          <t>../qml/dialogs/CreateRoom.qml:8632</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>Public rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
           <t>Publieke kamers zijn voor iedereen begaanbaar; privékamers vereisen een uitnodiging.</t>
         </is>
       </c>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
           <t>CreateRoomPublic rooms can be joined by anyone; private rooms need explicit invites.</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8644</t>
+          <t>../qml/dialogs/CreateRoom.qml:8645</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>Trusted</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
           <t>Vertrouwd</t>
         </is>
       </c>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
           <t>CreateRoomTrusted</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8650</t>
+          <t>../qml/dialogs/CreateRoom.qml:8651</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>All invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
           <t>Alle uitgenodigde deelnemers krijgen hetzelfde machtsniveau als de maker</t>
         </is>
       </c>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
           <t>CreateRoomAll invitees are given the same power level as the creator</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8665</t>
+          <t>../qml/dialogs/CreateRoom.qml:8666</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>Encryption</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
           <t>Versleuteling</t>
         </is>
       </c>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
           <t>CreateRoomEncryption</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8671</t>
+          <t>../qml/dialogs/CreateRoom.qml:8672</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>Caution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>Let op: Versleuteling kan niet later worden uitgeschakeld</t>
         </is>
       </c>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
           <t>CreateRoomCaution: Encryption cannot be disabled</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>../qml/dialogs/CreateRoom.qml:8687</t>
+          <t>../qml/dialogs/CreateRoom.qml:8688</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>Create Room</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
           <t>Kamer aanmaken</t>
         </is>
       </c>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
           <t>CreateRoomCreate Room</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:8999</t>
+          <t>../../src/ChatPage.cpp:9000</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>Decrypt secrets</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
           <t>Ontsleutel geheimen</t>
         </is>
       </c>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecrypt secrets</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9001</t>
+          <t>../../src/ChatPage.cpp:9002</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>Voer je herstelsleutel of wachtwoordzin in om je geheimen te ontsleutelen:</t>
         </is>
       </c>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9003</t>
+          <t>../../src/ChatPage.cpp:9004</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>Enter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>Voer je herstelsleutel of wachtwoordzin in met de naam %1 om je geheimen te ontsleutelen:</t>
         </is>
       </c>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
           <t>CrossSigningSecretsEnter your recovery key or passphrase called %1 to decrypt your secrets:</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9031</t>
+          <t>../../src/ChatPage.cpp:9032</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>Decryption failed</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>Ontsleutelen mislukt</t>
         </is>
       </c>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
           <t>CrossSigningSecretsDecryption failed</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>../../src/ChatPage.cpp:9032</t>
+          <t>../../src/ChatPage.cpp:9033</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>Failed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>Geheimen konden niet worden ontsleuteld met de gegeven herstelsleutel of wachtwoordzin</t>
         </is>
       </c>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
           <t>CrossSigningSecretsFailed to decrypt secrets with the provided recovery key or passphrase</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9042</t>
+          <t>../qml/device-verification/DigitVerification.qml:9043</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
           <t>Verificatiecode</t>
         </is>
       </c>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
           <t>DigitVerificationVerification Code</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9050</t>
+          <t>../qml/device-verification/DigitVerification.qml:9051</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>Please verify the following digits.  You should see the same numbers on both sides.  If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>Controleer de volgende getallen.  Je zou dezelfde getallen moeten zien aan beide kanten.  Druk als ze verschillen op 'Ze komen niet overeen!' om de verificatie te annuleren!</t>
         </is>
       </c>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
           <t>DigitVerificationPlease verify the following digits. You should see the same numbers on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9083</t>
+          <t>../qml/device-verification/DigitVerification.qml:9084</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>Ze komen niet overeen!</t>
         </is>
       </c>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
           <t>DigitVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>../qml/device-verification/DigitVerification.qml:9096</t>
+          <t>../qml/device-verification/DigitVerification.qml:9097</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <t>Ze zijn gelijk!</t>
         </is>
       </c>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
           <t>DigitVerificationThey match!</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9107</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9108</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>Verification Code</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
           <t>Verificatiecode</t>
         </is>
       </c>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
           <t>EmojiVerificationVerification Code</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9115</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9116</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>Please verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
           <t>Vergelijk de volgende emoji. Je zou dezelfde moeten zien aan beide kanten. Als ze verschillen, druk dan op 'Ze komen niet overeen!' om de verificatie te annuleren!</t>
         </is>
       </c>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
           <t>EmojiVerificationPlease verify the following emoji. You should see the same emoji on both sides. If they differ, please press 'They do not match!' to abort verification!</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9494</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9495</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>The displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
           <t>De weergegeven emoji kunnen er anders uit zien als bijvoorbeeld een ander lettertype wordt gebruikt. Ze kunnen ook vertaald zijn in andere talen. Hoe dan ook moeten ze één van 64 verschillende objecten of dieren weergeven. Bijvoorbeeld een leeuw en een kat zijn verschillend, maar een kat is een kat - ook als er bij de ene applicatie een kattengezicht verschijnt maar bij de andere een volledig kattenlichaam.</t>
         </is>
       </c>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
           <t>EmojiVerificationThe displayed emoji might look different in different clients if a different font is used. Similarly they might be translated into different languages. Nonetheless they should depict one of 64 different objects or animals. For example a lion and a cat are different, but a cat is the same even if one client just shows a cat face, while another client shows a full cat body.</t>
         </is>
       </c>
       <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9504</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9505</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>They do not match!</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <t>Ze komen niet overeen!</t>
         </is>
       </c>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
           <t>EmojiVerificationThey do not match!</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>../qml/device-verification/EmojiVerification.qml:9517</t>
+          <t>../qml/device-verification/EmojiVerification.qml:9518</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>They match!</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
           <t>Ze zijn gelijk!</t>
         </is>
       </c>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
           <t>EmojiVerificationThey match!</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9559</t>
+          <t>../qml/delegates/Encrypted.qml:9560</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>There is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
           <t>Er is geen sleutel om dit bericht te ontsleutelen. We hebben de sleutel aangevraagd, maar je kan het opnieuw proberen als je ongeduldig bent.</t>
         </is>
       </c>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
           <t>EncryptedThere is no key to unlock this message. We requested the key automatically, but you can try requesting it again if you are impatient.</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9561</t>
+          <t>../qml/delegates/Encrypted.qml:9562</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>This message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>Het bericht kon niet worden ontsleuteld, omdat we alleen een sleutel hebben voor nieuwere berichten. Je kan proberen toegang tot dit bericht aan te vragen.</t>
         </is>
       </c>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
           <t>EncryptedThis message couldn't be decrypted, because we only have a key for newer messages. You can try requesting access to this message.</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9563</t>
+          <t>../qml/delegates/Encrypted.qml:9564</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>There was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>Er was een interne fout bij het lezen van de sleutel uit de database.</t>
         </is>
       </c>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
           <t>EncryptedThere was an internal error reading the decryption key from the database.</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9565</t>
+          <t>../qml/delegates/Encrypted.qml:9566</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>There was an error decrypting this message.</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
           <t>Er was een fout bij het ontsleutelen van dit bericht.</t>
         </is>
       </c>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
           <t>EncryptedThere was an error decrypting this message.</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9567</t>
+          <t>../qml/delegates/Encrypted.qml:9568</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>The message couldn't be parsed.</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
           <t>Het bericht kon niet worden verwerkt.</t>
         </is>
       </c>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
           <t>EncryptedThe message couldn't be parsed.</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9569</t>
+          <t>../qml/delegates/Encrypted.qml:9570</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>The encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
           <t>De versleuteling was herbruikt! Wellicht probeert iemand vervalsde berichten in dit gesprek te injecteren!</t>
         </is>
       </c>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
           <t>EncryptedThe encryption key was reused! Someone is possibly trying to insert false messages into this chat!</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9571</t>
+          <t>../qml/delegates/Encrypted.qml:9572</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>Unknown decryption error</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
           <t>Onbekende ontsleutelingsfout</t>
         </is>
       </c>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
           <t>EncryptedUnknown decryption error</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>../qml/delegates/Encrypted.qml:9583</t>
+          <t>../qml/delegates/Encrypted.qml:9584</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>Request key</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
           <t>Vraag sleutel aan</t>
         </is>
       </c>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
           <t>EncryptedRequest key</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9621</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9622</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
           <t>%1 heeft eind-tot-eind versleuteling geactiveerd</t>
         </is>
       </c>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
           <t>EncryptionEnabled%1 enabled end-to-end encryption</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>../qml/delegates/EncryptionEnabled.qml:9630</t>
+          <t>../qml/delegates/EncryptionEnabled.qml:9631</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>Encryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
           <t>Versleuteling houdt je berichten veilig, door enkel de personen waarnaar je het bericht verstuurt toe te staan het te lezen. Voor extra veiligheid kan je hen in het echt verifiëren, als je jezelf ervan wilt verzekeren dat je met de juiste personen praat.</t>
         </is>
       </c>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
           <t>EncryptionEnabledEncryption keeps your messages safe by only allowing the people you sent the message to to read it. For extra security, if you want to make sure you are talking to the right people, you can verify them in real life.</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9667</t>
+          <t>../qml/EncryptionIndicator.qml:9668</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>This message is not encrypted!</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
           <t>Dit bericht is niet versleuteld!</t>
         </is>
       </c>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
           <t>EncryptionIndicatorThis message is not encrypted!</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9670</t>
+          <t>../qml/EncryptionIndicator.qml:9671</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>Encrypted by a verified device</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>Versleuteld door een geverifieerd apparaat</t>
         </is>
       </c>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by a verified device</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9672</t>
+          <t>../qml/EncryptionIndicator.qml:9673</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
           <t>Versleuteld door een ongeverifieerd apparaat, maar je hebt de gebruiker tot nu toe vertrouwd.</t>
         </is>
       </c>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device, but you have trusted that user so far.</t>
         </is>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9674</t>
+          <t>../qml/EncryptionIndicator.qml:9675</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>Key is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="C217" t="inlineStr"/>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
           <t>EncryptionIndicatorKey is from an untrusted source, possibly forwarded from another user or the online key backup. For this reason we can't verify who sent the message.</t>
         </is>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>../qml/EncryptionIndicator.qml:9676</t>
+          <t>../qml/EncryptionIndicator.qml:9677</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>Encrypted by an unverified device.</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
           <t>Versleuteld door een ongeverifiëerd apparaat.</t>
         </is>
       </c>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
           <t>EncryptionIndicatorEncrypted by an unverified device.</t>
         </is>
       </c>
       <c r="G218" t="inlineStr"/>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9709</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9710</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>Event expiration for %1</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
           <t>Gebeurtenisverval voor %1</t>
         </is>
       </c>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration for %1</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9712</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9713</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>Event expiration</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
           <t>Gebeurtenisverval</t>
         </is>
       </c>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
           <t>EventExpirationDialogEvent expiration</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9730</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9731</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
           <t>Je kan configureren wanneer je berichten worden verwijderd in %1. Dit werkt alleen als Nheko draait en toestemming heeft om berichten te verwijderen, totdat Matrixservers deze functie zelf ondersteunen. In het algemeen betekent 0 uitschakelen.</t>
         </is>
       </c>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in %1. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9733</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9734</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>You can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
           <t>Je kan configureren wanneer je berichten worden verwijderd in alle ruimten, tenzij anders geconfigureerd. Dit werkt alleen als Nheko actief is en toestemming heeft om berichten te verwijderen, totdat Matrixservers deze functie zelf ondersteunen. In het algemeen betekent 0 uitschakelen.</t>
         </is>
       </c>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
           <t>EventExpirationDialogYou can configure when your messages will be deleted in all rooms unless configured otherwise. This only happens when Nheko is open and has permissions to delete messages until Matrix servers support this feature natively. In general 0 means disable.</t>
         </is>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9748</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>Expire events after X days</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
           <t>Laat gebeurtenissen vervallen na X dagen</t>
         </is>
       </c>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
           <t>EventExpirationDialogExpire events after X days</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9749</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9750</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>Automatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
           <t>Verwijder berichten automatisch na X dagen, tenzij op een andere manier beschermd. Zet op 0 om deze functionaliteit uit te schakelen.</t>
         </is>
       </c>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
           <t>EventExpirationDialogAutomatically redacts messages after X days, unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9769</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>Only keep latest X events</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
           <t>Behoudt enkel de laatste X gebeurtenissen</t>
         </is>
       </c>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
           <t>EventExpirationDialogOnly keep latest X events</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9770</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9771</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>Deletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
           <t>Verwijdert je gebeurtenissen in deze ruimte als er meer dan X nieuwere berichten zijn, tenzij anders beschermd. Zet op 0 om deze functionaliteit uit te schakelen.</t>
         </is>
       </c>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
           <t>EventExpirationDialogDeletes your events in this room if there are more than X newer messages unless otherwise protected. Set to 0 to disable.</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9791</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>Always keep latest X events</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
           <t>Behou altijd de laatste X gebeurtenissen</t>
         </is>
       </c>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
           <t>EventExpirationDialogAlways keep latest X events</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9792</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9793</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>This prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
           <t>Dit voorkomt verwijdering van gebeurtenissen door de bovenstaande twee instellingen, als ze de laatste X berichten van jou zijn in die ruimte.</t>
         </is>
       </c>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
           <t>EventExpirationDialogThis prevents events to be deleted by the above 2 settings if they are the latest X messages from you in the room.</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9813</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>Include state events</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
           <t>Betrek staatgebeurtenissen</t>
         </is>
       </c>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
           <t>EventExpirationDialogInclude state events</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>../qml/dialogs/EventExpirationDialog.qml:9814</t>
+          <t>../qml/dialogs/EventExpirationDialog.qml:9815</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>If this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
           <t>Als dit is ingeschakeld, worden oude staatsgebeurtenissen ook geredigeerd. De laatste staatsgebeurtenis van een soort+sleutel combinatie wordt uitgesloten van redactie, zodat de ruimtenaam en dergelijke niet per ongeluk worden verwijderd.</t>
         </is>
       </c>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
           <t>EventExpirationDialogIf this is turned on, old state events also get redacted. The latest state event of any type+key combination is excluded from redaction to not remove the room name and similar state by accident.</t>
         </is>
       </c>
       <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>../../src/ui/EventExpiry.cpp:9874</t>
+          <t>../../src/ui/EventExpiry.cpp:9875</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
           <t>Kon verborgen gebeurtenissen niet instellen: %1</t>
         </is>
       </c>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
           <t>EventExpiryFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9885</t>
+          <t>../qml/device-verification/Failed.qml:9886</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>Verification failed</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
           <t>Verificatie mislukt</t>
         </is>
       </c>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
           <t>FailedVerification failed</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9897</t>
+          <t>../qml/device-verification/Failed.qml:9898</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>Other client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
           <t>De andere kant ondersteunt ons verificatieprotocol niet.</t>
         </is>
       </c>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
           <t>FailedOther client does not support our verification protocol.</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9901</t>
+          <t>../qml/device-verification/Failed.qml:9902</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>Key mismatch detected!</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
           <t>Verschil in sleutels gedetecteerd!</t>
         </is>
       </c>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
           <t>FailedKey mismatch detected!</t>
         </is>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9903</t>
+          <t>../qml/device-verification/Failed.qml:9904</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>Device verification timed out.</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
           <t>Apparaatverificatie is verlopen.</t>
         </is>
       </c>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
           <t>FailedDevice verification timed out.</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9905</t>
+          <t>../qml/device-verification/Failed.qml:9906</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>Other party canceled the verification.</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
           <t>De andere kant heeft de verificatie geannuleerd.</t>
         </is>
       </c>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
           <t>FailedOther party canceled the verification.</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9907</t>
+          <t>../qml/device-verification/Failed.qml:9908</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>The verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
           <t>De verificatie is geaccepteerd door een ander apparaat.</t>
         </is>
       </c>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
           <t>FailedThe verification was accepted by a different device.</t>
         </is>
       </c>
       <c r="G237" t="inlineStr"/>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9909</t>
+          <t>../qml/device-verification/Failed.qml:9910</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>Verification messages received out of order!</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
           <t>Verificatieberichten in verkeerde volgorde ontvangen!</t>
         </is>
       </c>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
           <t>FailedVerification messages received out of order!</t>
         </is>
       </c>
       <c r="G238" t="inlineStr"/>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9911</t>
+          <t>../qml/device-verification/Failed.qml:9912</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>Unknown verification error.</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
           <t>Onbekende verificatiefout.</t>
         </is>
       </c>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
           <t>FailedUnknown verification error.</t>
         </is>
       </c>
       <c r="G239" t="inlineStr"/>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Failed.qml:9927</t>
+          <t>../qml/device-verification/Failed.qml:9928</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <t>Close</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>Sluiten</t>
         </is>
       </c>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
           <t>FailedClose</t>
         </is>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9952</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9953</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>Fallback authentication</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
           <t>Webpagina inlog</t>
         </is>
       </c>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
           <t>FallbackAuthDialogFallback authentication</t>
         </is>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9967</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9968</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>Open the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
           <t>Open de webpagina, doorloop de stappen, en bevestig nadat je ze hebt voltooid.</t>
         </is>
       </c>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen the fallback, follow the steps, and confirm after completing them.</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9975</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9976</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>Open Fallback in Browser</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
           <t>Open website in browser</t>
         </is>
       </c>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
           <t>FallbackAuthDialogOpen Fallback in Browser</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9980</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9981</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>Cancel</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
           <t>Annuleren</t>
         </is>
       </c>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
           <t>FallbackAuthDialogCancel</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>../qml/dialogs/FallbackAuthDialog.qml:9985</t>
+          <t>../qml/dialogs/FallbackAuthDialog.qml:9986</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>Confirm</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
           <t>Bevestigen</t>
         </is>
       </c>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
           <t>FallbackAuthDialogConfirm</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>../qml/ForwardCompleter.qml:10037</t>
+          <t>../qml/ForwardCompleter.qml:10038</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>Forward Message</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
           <t>Bericht doorsturen</t>
         </is>
       </c>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
           <t>ForwardCompleterForward Message</t>
         </is>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>../../src/GridImagePackModel.cpp:10322</t>
+          <t>../../src/GridImagePackModel.cpp:10323</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>Account Pack</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
           <t>Gebruikersgebonden afbeeldingspakket</t>
         </is>
       </c>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
           <t>GridImagePackModelAccount Pack</t>
         </is>
       </c>
       <c r="G247" t="inlineStr"/>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>../../src/ui/HiddenEvents.cpp:10424</t>
+          <t>../../src/ui/HiddenEvents.cpp:10425</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
           <t>Failed to set hidden events: %1</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
           <t>Kon verborgen gebeurtenissen niet instellen: %1</t>
         </is>
       </c>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
           <t>HiddenEventsFailed to set hidden events: %1</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10457</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10458</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
           <t>Hidden events for %1</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
           <t>Verborgen gebeurtenissen voor %1</t>
         </is>
       </c>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events for %1</t>
         </is>
       </c>
       <c r="G249" t="inlineStr"/>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10460</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10461</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>Hidden events</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
           <t>Verborgen gebeurtenissen</t>
         </is>
       </c>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
           <t>HiddenEventsDialogHidden events</t>
         </is>
       </c>
       <c r="G250" t="inlineStr"/>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10478</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10479</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
           <t>Deze gebeurtenissen zullen &lt;b&gt;getoond&lt;/b&gt; worden in %1:</t>
         </is>
       </c>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in %1:</t>
         </is>
       </c>
       <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10481</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10482</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>These events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
           <t>Deze gebeurtenissen zullen &lt;b&gt;getoond&lt;/b&gt; worden in alle kamers:</t>
         </is>
       </c>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
           <t>HiddenEventsDialogThese events will be &lt;b&gt;shown&lt;/b&gt; in all rooms:</t>
         </is>
       </c>
       <c r="G252" t="inlineStr"/>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10496</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>User events</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
           <t>Gebruikersgebeurtenissen</t>
         </is>
       </c>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
           <t>HiddenEventsDialogUser events</t>
         </is>
       </c>
       <c r="G253" t="inlineStr"/>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10497</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10498</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
           <t>Joins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
           <t>Binnenkomen, vertrekken, avatar- en naamsveranderingen, verbanningen, …</t>
         </is>
       </c>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
           <t>HiddenEventsDialogJoins, leaves, avatar and name changes, bans, …</t>
         </is>
       </c>
       <c r="G254" t="inlineStr"/>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10513</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
           <t>Power level changes</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
           <t>Gebruikersrechtenveranderingen</t>
         </is>
       </c>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
           <t>HiddenEventsDialogPower level changes</t>
         </is>
       </c>
       <c r="G255" t="inlineStr"/>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10514</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10515</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <t>Sent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
           <t>Verstuurd wanneer een beheerder wordt toegevoegd/verwijderd of de rechten van een kamer worden aangepast.</t>
         </is>
       </c>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
           <t>HiddenEventsDialogSent when a moderator is added/removed or the permissions of a room are changed.</t>
         </is>
       </c>
       <c r="G256" t="inlineStr"/>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>../qml/dialogs/HiddenEventsDialog.qml:10530</t>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10531</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <t>Stickers</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
           <t>Stickers</t>
         </is>
       </c>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
           <t>HiddenEventsDialogStickers</t>
         </is>
       </c>
       <c r="G257" t="inlineStr"/>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10546</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/dialogs/HiddenEventsDialog.qml:10542</t>
+        </is>
+      </c>
+      <c r="B258" t="inlineStr"/>
+      <c r="C258" t="inlineStr"/>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnored users</t>
+          <t>HiddenEventsDialogAllowed server changes</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10566</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10558</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Ignoring a user hides their messages (they can still see yours!).</t>
+          <t>Ignored users</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>Door een gebruiker te negeren verberg je hun berichten (ze kunnen nog wel de jouwe zien!).</t>
+          <t>Genegeerde gebruikers</t>
         </is>
       </c>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
+          <t>IgnoredUsersIgnored users</t>
         </is>
       </c>
       <c r="G259" t="inlineStr"/>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>../qml/dialogs/IgnoredUsers.qml:10597</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10578</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Stop Ignoring.</t>
+          <t>Ignoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>Hou op met negeren.</t>
+          <t>Door een gebruiker te negeren verberg je hun berichten (ze kunnen nog wel de jouwe zien!).</t>
         </is>
       </c>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>IgnoredUsersStop Ignoring.</t>
+          <t>IgnoredUsersIgnoring a user hides their messages (they can still see yours!).</t>
         </is>
       </c>
       <c r="G260" t="inlineStr"/>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>../qml/delegates/ImageMessage.qml:10788</t>
+          <t>../qml/dialogs/IgnoredUsers.qml:10609</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>Show</t>
+          <t>Stop Ignoring.</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>Tonen</t>
+          <t>Hou op met negeren.</t>
         </is>
       </c>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>ImageMessageShow</t>
-[...6 lines deleted...]
-      </c>
+          <t>IgnoredUsersStop Ignoring.</t>
+        </is>
+      </c>
+      <c r="G261" t="inlineStr"/>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10802</t>
+          <t>../qml/delegates/ImageMessage.qml:10800</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
+          <t>Show</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>Weet je zeker dat je het afbeeldingspakket '%1' wil verwijderen?</t>
+          <t>Tonen</t>
         </is>
       </c>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
-[...2 lines deleted...]
-      <c r="G262" t="inlineStr"/>
+          <t>ImageMessageShow</t>
+        </is>
+      </c>
+      <c r="G262" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Tonen</t>
+        </is>
+      </c>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10824</t>
+          <t>../qml/dialogs/ImagePackDeleteDialog.qml:10814</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Editing image pack</t>
+          <t>Are you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>Afbeeldingspakket aanpassen</t>
+          <t>Weet je zeker dat je het afbeeldingspakket '%1' wil verwijderen?</t>
         </is>
       </c>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogEditing image pack</t>
+          <t>ImagePackDeleteDialogAre you sure you wish to delete the sticker pack '%1'?</t>
         </is>
       </c>
       <c r="G263" t="inlineStr"/>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10880</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10836</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>Add images</t>
+          <t>Editing image pack</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>Afbeeldingen toevoegen</t>
+          <t>Afbeeldingspakket aanpassen</t>
         </is>
       </c>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAdd images</t>
+          <t>ImagePackEditorDialogEditing image pack</t>
         </is>
       </c>
       <c r="G264" t="inlineStr"/>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10887</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10892</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>Add images</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>Afbeeldingen (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>Afbeeldingen toevoegen</t>
         </is>
       </c>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
+          <t>ImagePackEditorDialogAdd images</t>
         </is>
       </c>
       <c r="G265" t="inlineStr"/>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10888</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10899</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>Select images for pack</t>
+          <t>Images (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>Selecteer afbeeldingen voor pakket</t>
+          <t>Afbeeldingen (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogSelect images for pack</t>
+          <t>ImagePackEditorDialogImages (*.png *.webp *.gif *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G266" t="inlineStr"/>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10889</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10900</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>Add to pack</t>
+          <t>Select images for pack</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>Toevoegen aan pakket</t>
+          <t>Selecteer afbeeldingen voor pakket</t>
         </is>
       </c>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAdd to pack</t>
+          <t>ImagePackEditorDialogSelect images for pack</t>
         </is>
       </c>
       <c r="G267" t="inlineStr"/>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10950</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10901</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Change the overview image for this pack</t>
+          <t>Add to pack</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>Pas het icoon voor dit pakket aan</t>
+          <t>Toevoegen aan pakket</t>
         </is>
       </c>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogChange the overview image for this pack</t>
+          <t>ImagePackEditorDialogAdd to pack</t>
         </is>
       </c>
       <c r="G268" t="inlineStr"/>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10963</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10962</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
+          <t>Change the overview image for this pack</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>Icoon afbeelding (*.png *.webp *.jpg *.jpeg)</t>
+          <t>Pas het icoon voor dit pakket aan</t>
         </is>
       </c>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
+          <t>ImagePackEditorDialogChange the overview image for this pack</t>
         </is>
       </c>
       <c r="G269" t="inlineStr"/>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10964</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10975</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Select overview image for pack</t>
+          <t>Overview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>Kies icoon afbeelding voor pakket</t>
+          <t>Icoon afbeelding (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogSelect overview image for pack</t>
+          <t>ImagePackEditorDialogOverview Image (*.png *.webp *.jpg *.jpeg)</t>
         </is>
       </c>
       <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
           <t>../qml/dialogs/ImagePackEditorDialog.qml:10976</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t>State key</t>
+          <t>Select overview image for pack</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>Staatsleutel</t>
+          <t>Kies icoon afbeelding voor pakket</t>
         </is>
       </c>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogState key</t>
+          <t>ImagePackEditorDialogSelect overview image for pack</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10984</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10988</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Packname</t>
+          <t>State key</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>Afbeeldingspakketnaam</t>
+          <t>Staatsleutel</t>
         </is>
       </c>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogPackname</t>
+          <t>ImagePackEditorDialogState key</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:10992</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:10996</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Attribution</t>
+          <t>Packname</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>Bronvermelding</t>
+          <t>Afbeeldingspakketnaam</t>
         </is>
       </c>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogAttribution</t>
+          <t>ImagePackEditorDialogPackname</t>
         </is>
       </c>
       <c r="G273" t="inlineStr"/>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11076</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11004</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Use as Emoji</t>
+          <t>Attribution</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>Gebruik als emoji</t>
+          <t>Bronvermelding</t>
         </is>
       </c>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogUse as Emoji</t>
+          <t>ImagePackEditorDialogAttribution</t>
         </is>
       </c>
       <c r="G274" t="inlineStr"/>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11089</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11088</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>Use as Sticker</t>
+          <t>Use as Emoji</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>Gebruik als sticker</t>
+          <t>Gebruik als emoji</t>
         </is>
       </c>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogUse as Sticker</t>
+          <t>ImagePackEditorDialogUse as Emoji</t>
         </is>
       </c>
       <c r="G275" t="inlineStr"/>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11052</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11101</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t>Shortcode</t>
+          <t>Use as Sticker</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>Korte code</t>
+          <t>Gebruik als sticker</t>
         </is>
       </c>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogShortcode</t>
+          <t>ImagePackEditorDialogUse as Sticker</t>
         </is>
       </c>
       <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11067</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11064</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t>Body</t>
+          <t>Shortcode</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>Tekstinhoud</t>
+          <t>Korte code</t>
         </is>
       </c>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogBody</t>
+          <t>ImagePackEditorDialogShortcode</t>
         </is>
       </c>
       <c r="G277" t="inlineStr"/>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11102</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11079</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Remove from pack</t>
+          <t>Body</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>Verwijder uit afbeeldingspakket</t>
+          <t>Tekstinhoud</t>
         </is>
       </c>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogRemove from pack</t>
+          <t>ImagePackEditorDialogBody</t>
         </is>
       </c>
       <c r="G278" t="inlineStr"/>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackEditorDialog.qml:11106</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11114</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Remove</t>
+          <t>Remove from pack</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>Verwijder</t>
+          <t>Verwijder uit afbeeldingspakket</t>
         </is>
       </c>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>ImagePackEditorDialogRemove</t>
+          <t>ImagePackEditorDialogRemove from pack</t>
         </is>
       </c>
       <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11129</t>
+          <t>../qml/dialogs/ImagePackEditorDialog.qml:11118</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Image pack settings</t>
+          <t>Remove</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>Afbeeldingspakketinstellingen</t>
+          <t>Verwijder</t>
         </is>
       </c>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogImage pack settings</t>
+          <t>ImagePackEditorDialogRemove</t>
         </is>
       </c>
       <c r="G280" t="inlineStr"/>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11181</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11141</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>Create account pack</t>
+          <t>Image pack settings</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>Maak pakket voor je eigen account aan</t>
+          <t>Afbeeldingspakketinstellingen</t>
         </is>
       </c>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogCreate account pack</t>
+          <t>ImagePackSettingsDialogImage pack settings</t>
         </is>
       </c>
       <c r="G281" t="inlineStr"/>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11194</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11193</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>New room pack</t>
+          <t>Create account pack</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>Nieuw afbeeldingspakket voor kamer</t>
+          <t>Maak pakket voor je eigen account aan</t>
         </is>
       </c>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogNew room pack</t>
+          <t>ImagePackSettingsDialogCreate account pack</t>
         </is>
       </c>
       <c r="G282" t="inlineStr"/>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11216</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11206</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t>Private pack</t>
+          <t>New room pack</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>Privé afbeeldingspakket</t>
+          <t>Nieuw afbeeldingspakket voor kamer</t>
         </is>
       </c>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPrivate pack</t>
+          <t>ImagePackSettingsDialogNew room pack</t>
         </is>
       </c>
       <c r="G283" t="inlineStr"/>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11218</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11228</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Pack from this room</t>
+          <t>Private pack</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>Afbeeldingspakket uit deze kamer</t>
+          <t>Privé afbeeldingspakket</t>
         </is>
       </c>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from this room</t>
+          <t>ImagePackSettingsDialogPrivate pack</t>
         </is>
       </c>
       <c r="G284" t="inlineStr"/>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11220</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11230</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>Pack from parent community</t>
+          <t>Pack from this room</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>Pakket van een groepsouder</t>
+          <t>Afbeeldingspakket uit deze kamer</t>
         </is>
       </c>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogPack from parent community</t>
+          <t>ImagePackSettingsDialogPack from this room</t>
         </is>
       </c>
       <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11222</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11232</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Globally enabled pack</t>
+          <t>Pack from parent community</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>Globaal geactiveerd afbeeldingspakket</t>
+          <t>Pakket van een groepsouder</t>
         </is>
       </c>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogGlobally enabled pack</t>
+          <t>ImagePackSettingsDialogPack from parent community</t>
         </is>
       </c>
       <c r="G286" t="inlineStr"/>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11290</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11234</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Enable globally</t>
+          <t>Globally enabled pack</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>Globaal activeren</t>
+          <t>Globaal geactiveerd afbeeldingspakket</t>
         </is>
       </c>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEnable globally</t>
+          <t>ImagePackSettingsDialogGlobally enabled pack</t>
         </is>
       </c>
       <c r="G287" t="inlineStr"/>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11294</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11302</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t>Enables this pack to be used in all rooms</t>
+          <t>Enable globally</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>Activeert dit afbeeldingspakket voor gebruik in alle kamers</t>
+          <t>Globaal activeren</t>
         </is>
       </c>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
+          <t>ImagePackSettingsDialogEnable globally</t>
         </is>
       </c>
       <c r="G288" t="inlineStr"/>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
           <t>../qml/dialogs/ImagePackSettingsDialog.qml:11306</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Edit</t>
+          <t>Enables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>Bewerken</t>
+          <t>Activeert dit afbeeldingspakket voor gebruik in alle kamers</t>
         </is>
       </c>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogEdit</t>
+          <t>ImagePackSettingsDialogEnables this pack to be used in all rooms</t>
         </is>
       </c>
       <c r="G289" t="inlineStr"/>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11317</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11318</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>Remove</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>Verwijder</t>
+          <t>Bewerken</t>
         </is>
       </c>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogRemove</t>
+          <t>ImagePackSettingsDialogEdit</t>
         </is>
       </c>
       <c r="G290" t="inlineStr"/>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11378</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11329</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Remove</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>Sluiten</t>
+          <t>Verwijder</t>
         </is>
       </c>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>ImagePackSettingsDialogClose</t>
+          <t>ImagePackSettingsDialogRemove</t>
         </is>
       </c>
       <c r="G291" t="inlineStr"/>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../qml/dialogs/ImagePackSettingsDialog.qml:11390</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Select file(s)</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>Selecteer bestand(en)</t>
+          <t>Sluiten</t>
         </is>
       </c>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>InputBarSelect file(s)</t>
+          <t>ImagePackSettingsDialogClose</t>
         </is>
       </c>
       <c r="G292" t="inlineStr"/>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:11801</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Select file(s)</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>Alle bestanden (*)</t>
+          <t>Selecteer bestand(en)</t>
         </is>
       </c>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>InputBarAll Files (*)</t>
+          <t>InputBarSelect file(s)</t>
         </is>
       </c>
       <c r="G293" t="inlineStr"/>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12424</t>
+          <t>../../src/timeline/InputBar.cpp:11813</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
-[...2 lines deleted...]
-      <c r="C294" t="inlineStr"/>
+          <t>All Files (*)</t>
+        </is>
+      </c>
+      <c r="C294" t="inlineStr">
+        <is>
+          <t>Alle bestanden (*)</t>
+        </is>
+      </c>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
+          <t>InputBarAll Files (*)</t>
         </is>
       </c>
       <c r="G294" t="inlineStr"/>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12431</t>
+          <t>../../src/timeline/InputBar.cpp:12436</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>Failed to fetch user %1</t>
-[...6 lines deleted...]
-      </c>
+          <t>You need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
+        </is>
+      </c>
+      <c r="C295" t="inlineStr"/>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>InputBarFailed to fetch user %1</t>
+          <t>InputBarYou need to pass a valid mxid when ignoring a user. '%1' is not a valid userid.</t>
         </is>
       </c>
       <c r="G295" t="inlineStr"/>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:12843</t>
+          <t>../../src/timeline/InputBar.cpp:12443</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Upload of '%1' failed</t>
+          <t>Failed to fetch user %1</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>Versturen van '%1' misluk</t>
+          <t>Ophalen van gebruiker %1 mislukt</t>
         </is>
       </c>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>InputBarUpload of '%1' failed</t>
+          <t>InputBarFailed to fetch user %1</t>
         </is>
       </c>
       <c r="G296" t="inlineStr"/>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12883</t>
+          <t>../../src/timeline/InputBar.cpp:12855</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Invite users to %1</t>
+          <t>Upload of '%1' failed</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>Nodig gebruikers uit naar %1</t>
+          <t>Versturen van '%1' misluk</t>
         </is>
       </c>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>InviteDialogInvite users to %1</t>
+          <t>InputBarUpload of '%1' failed</t>
         </is>
       </c>
       <c r="G297" t="inlineStr"/>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12933</t>
+          <t>../qml/dialogs/InviteDialog.qml:12895</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Search user</t>
+          <t>Invite users to %1</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>Zoek gebruiker</t>
+          <t>Nodig gebruikers uit naar %1</t>
         </is>
       </c>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>InviteDialogSearch user</t>
+          <t>InviteDialogInvite users to %1</t>
         </is>
       </c>
       <c r="G298" t="inlineStr"/>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:12946</t>
+          <t>../qml/dialogs/InviteDialog.qml:12945</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>@user:yourserver.example.com</t>
+          <t>Search user</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>@gebruiker:jouwserver.example.com</t>
+          <t>Zoek gebruiker</t>
         </is>
       </c>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
+          <t>InviteDialogSearch user</t>
+        </is>
+      </c>
+      <c r="G299" t="inlineStr"/>
+      <c r="H299" t="inlineStr"/>
+    </row>
+    <row r="300">
+      <c r="A300" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/InviteDialog.qml:12958</t>
+        </is>
+      </c>
+      <c r="B300" t="inlineStr">
+        <is>
+          <t>@user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C300" t="inlineStr">
+        <is>
+          <t>@gebruiker:jouwserver.example.com</t>
+        </is>
+      </c>
+      <c r="D300" t="inlineStr"/>
+      <c r="E300" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F300" t="inlineStr">
+        <is>
           <t>InviteDialog
 Example user id. The name 'user' can be localized however you want.@user:yourserver.example.com</t>
         </is>
       </c>
-      <c r="G299" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G300" t="inlineStr"/>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13074</t>
+          <t>../qml/dialogs/InviteDialog.qml:13000</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Invite</t>
+          <t>Search on Server</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>Uitnodigen</t>
+          <t>Zoek op server</t>
         </is>
       </c>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>InviteDialogInvite</t>
+          <t>InviteDialogSearch on Server</t>
         </is>
       </c>
       <c r="G301" t="inlineStr"/>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>../qml/dialogs/InviteDialog.qml:13081</t>
+          <t>../qml/dialogs/InviteDialog.qml:13086</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Invite</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>Annuleren</t>
+          <t>Uitnodigen</t>
         </is>
       </c>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>InviteDialogCancel</t>
+          <t>InviteDialogInvite</t>
         </is>
       </c>
       <c r="G302" t="inlineStr"/>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13095</t>
+          <t>../qml/dialogs/InviteDialog.qml:13093</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Join room</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>Ga kamer binnen</t>
+          <t>Annuleren</t>
         </is>
       </c>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>JoinRoomDialogJoin room</t>
+          <t>InviteDialogCancel</t>
         </is>
       </c>
       <c r="G303" t="inlineStr"/>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13115</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13107</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Room ID or alias</t>
+          <t>Join room</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>Kamer ID of alias</t>
+          <t>Ga kamer binnen</t>
         </is>
       </c>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>JoinRoomDialogRoom ID or alias</t>
+          <t>JoinRoomDialogJoin room</t>
         </is>
       </c>
       <c r="G304" t="inlineStr"/>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>../qml/dialogs/JoinRoomDialog.qml:13146</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13127</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Join</t>
+          <t>Room ID or alias</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>Binnentreden</t>
+          <t>Kamer ID of alias</t>
         </is>
       </c>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>JoinRoomDialogJoin</t>
+          <t>JoinRoomDialogRoom ID or alias</t>
         </is>
       </c>
       <c r="G305" t="inlineStr"/>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13161</t>
+          <t>../qml/dialogs/JoinRoomDialog.qml:13158</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Join</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>Kamer verlaten</t>
+          <t>Binnentreden</t>
         </is>
       </c>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>LeaveRoomDialogLeave room</t>
+          <t>JoinRoomDialogJoin</t>
         </is>
       </c>
       <c r="G306" t="inlineStr"/>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LeaveRoomDialog.qml:13162</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13173</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Are you sure you want to leave?</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>Weet je zeker dat je de kamer wil verlaten?</t>
+          <t>Kamer verlaten</t>
         </is>
       </c>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>LeaveRoomDialogAre you sure you want to leave?</t>
+          <t>LeaveRoomDialogLeave room</t>
         </is>
       </c>
       <c r="G307" t="inlineStr"/>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13443</t>
+          <t>../qml/dialogs/LeaveRoomDialog.qml:13174</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
-          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+          <t>Are you sure you want to leave?</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>Je hebt een ongeldige Matrix ID opgegeven. Een voorbeeld van een geldige Matrix ID is: @gebruiker:jouwserver.example.com</t>
+          <t>Weet je zeker dat je de kamer wil verlaten?</t>
         </is>
       </c>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
+          <t>LeaveRoomDialogAre you sure you want to leave?</t>
         </is>
       </c>
       <c r="G308" t="inlineStr"/>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13280</t>
+          <t>../../src/LoginPage.cpp:13455</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
+          <t>You have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>Automatische herkenning mislukt. Ongeldig antwoord ontvangen.</t>
+          <t>Je hebt een ongeldige Matrix ID opgegeven. Een voorbeeld van een geldige Matrix ID is: @gebruiker:jouwserver.example.com</t>
         </is>
       </c>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>LoginPageAutodiscovery failed. Received malformed response.</t>
+          <t>LoginPageYou have entered an invalid Matrix ID e.g. @user:yourserver.example.com</t>
         </is>
       </c>
       <c r="G309" t="inlineStr"/>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13286</t>
+          <t>../../src/LoginPage.cpp:13292</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>Automatische herkenning mislukt. Onbekende fout tijdens het opvragen van .well-known.</t>
+          <t>Automatische herkenning mislukt. Ongeldig antwoord ontvangen.</t>
         </is>
       </c>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>LoginPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G310" t="inlineStr"/>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13319</t>
+          <t>../../src/LoginPage.cpp:13298</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>De vereiste aanspreekpunten werden niet gevonden. Mogelijk geen Matrix server.</t>
+          <t>Automatische herkenning mislukt. Onbekende fout tijdens het opvragen van .well-known.</t>
         </is>
       </c>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>LoginPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G311" t="inlineStr"/>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13325</t>
+          <t>../../src/LoginPage.cpp:13331</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
-          <t>Ongeldig antwoord ontvangen. Zorg dat de thuisserver geldig is.</t>
+          <t>De vereiste aanspreekpunten werden niet gevonden. Mogelijk geen Matrix server.</t>
         </is>
       </c>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>LoginPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G312" t="inlineStr"/>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13333</t>
+          <t>../../src/LoginPage.cpp:13337</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>Een onbekende fout trad op. Zorg dat de thuisserver geldig is.</t>
+          <t>Ongeldig antwoord ontvangen. Zorg dat de thuisserver geldig is.</t>
         </is>
       </c>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>LoginPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G313" t="inlineStr"/>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13354</t>
+          <t>../../src/LoginPage.cpp:13345</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>De gekozen server ondersteund geen versies van het Matrix protocol die deze applicatie begrijpt (tussen %1 en %2). Je kan daarom niet inloggen.</t>
+          <t>Een onbekende fout trad op. Zorg dat de thuisserver geldig is.</t>
         </is>
       </c>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
+          <t>LoginPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G314" t="inlineStr"/>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13375</t>
+          <t>../../src/LoginPage.cpp:13366</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Sign in with Apple</t>
+          <t>The selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
-          <t>Inloggen met Apple</t>
+          <t>De gekozen server ondersteund geen versies van het Matrix protocol die deze applicatie begrijpt (tussen %1 en %2). Je kan daarom niet inloggen.</t>
         </is>
       </c>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Apple</t>
+          <t>LoginPageThe selected server does not support a version of the Matrix protocol, that this client understands (%1 to %2). You can't sign in.</t>
         </is>
       </c>
       <c r="G315" t="inlineStr"/>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13377</t>
+          <t>../../src/LoginPage.cpp:13387</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Continue with Facebook</t>
+          <t>Sign in with Apple</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>Verder met Facebook</t>
+          <t>Inloggen met Apple</t>
         </is>
       </c>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>LoginPageContinue with Facebook</t>
+          <t>LoginPageSign in with Apple</t>
         </is>
       </c>
       <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13379</t>
+          <t>../../src/LoginPage.cpp:13389</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Sign in with Google</t>
+          <t>Continue with Facebook</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>Inloggen met Google</t>
+          <t>Verder met Facebook</t>
         </is>
       </c>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Google</t>
+          <t>LoginPageContinue with Facebook</t>
         </is>
       </c>
       <c r="G317" t="inlineStr"/>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13381</t>
+          <t>../../src/LoginPage.cpp:13391</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Sign in with Twitter</t>
+          <t>Sign in with Google</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>Inloggen met Twitter</t>
+          <t>Inloggen met Google</t>
         </is>
       </c>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>LoginPageSign in with Twitter</t>
+          <t>LoginPageSign in with Google</t>
         </is>
       </c>
       <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13383</t>
+          <t>../../src/LoginPage.cpp:13393</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Login using %1</t>
+          <t>Sign in with Twitter</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>Inloggen met %1</t>
+          <t>Inloggen met Twitter</t>
         </is>
       </c>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>LoginPageLogin using %1</t>
+          <t>LoginPageSign in with Twitter</t>
         </is>
       </c>
       <c r="G319" t="inlineStr"/>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13392</t>
+          <t>../../src/LoginPage.cpp:13395</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
-          <t>SSO LOGIN</t>
+          <t>Login using %1</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>SSO INLOGGEN</t>
+          <t>Inloggen met %1</t>
         </is>
       </c>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>LoginPageSSO LOGIN</t>
+          <t>LoginPageLogin using %1</t>
         </is>
       </c>
       <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13450</t>
+          <t>../../src/LoginPage.cpp:13404</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Empty password</t>
+          <t>SSO LOGIN</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>Leeg wachtwoord</t>
+          <t>SSO INLOGGEN</t>
         </is>
       </c>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>LoginPageEmpty password</t>
+          <t>LoginPageSSO LOGIN</t>
         </is>
       </c>
       <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>../../src/LoginPage.cpp:13505</t>
+          <t>../../src/LoginPage.cpp:13462</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>SSO login failed</t>
+          <t>Empty password</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>SSO inloggen mislukt</t>
+          <t>Leeg wachtwoord</t>
         </is>
       </c>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>LoginPageSSO login failed</t>
+          <t>LoginPageEmpty password</t>
         </is>
       </c>
       <c r="G322" t="inlineStr"/>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13563</t>
+          <t>../../src/LoginPage.cpp:13517</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Matrix ID</t>
+          <t>SSO login failed</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>Matrix ID</t>
+          <t>SSO inloggen mislukt</t>
         </is>
       </c>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>LoginPageMatrix ID</t>
+          <t>LoginPageSSO login failed</t>
         </is>
       </c>
       <c r="G323" t="inlineStr"/>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13564</t>
+          <t>../qml/pages/LoginPage.qml:13575</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
-          <t>e.g @user:yourserver.example.com</t>
+          <t>Matrix ID</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>bijv. @gebruiker:jouwserver.example.com</t>
+          <t>Matrix ID</t>
         </is>
       </c>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>LoginPagee.g @user:yourserver.example.com</t>
+          <t>LoginPageMatrix ID</t>
         </is>
       </c>
       <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13567</t>
+          <t>../qml/pages/LoginPage.qml:13576</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
+        <is>
+          <t>e.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="C325" t="inlineStr">
+        <is>
+          <t>bijv. @gebruiker:jouwserver.example.com</t>
+        </is>
+      </c>
+      <c r="D325" t="inlineStr"/>
+      <c r="E325" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F325" t="inlineStr">
+        <is>
+          <t>LoginPagee.g @user:yourserver.example.com</t>
+        </is>
+      </c>
+      <c r="G325" t="inlineStr"/>
+      <c r="H325" t="inlineStr"/>
+    </row>
+    <row r="326">
+      <c r="A326" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13579</t>
+        </is>
+      </c>
+      <c r="B326" t="inlineStr">
         <is>
           <t>Your login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="C325" t="inlineStr">
+      <c r="C326" t="inlineStr">
         <is>
           <t>Je loginnaam. Een mxid moet starten met @, gevolgd door de
 naam van de gebruiker. Daarna volgt een dubbele punt (:) en je thuisservernaam.
 Je kan ook je thuisserveradres gebruiken als je server geen .well-known opzoekingen ondersteunt.
 Bijvoorbeeld: @gebruiker:jouwserver.example.com
 Als Nheko je thuisserver niet kan ontdekken, zal het een veld tonen om handmatig je server op te geven.</t>
         </is>
       </c>
-      <c r="D325" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F325" t="inlineStr">
+      <c r="D326" t="inlineStr"/>
+      <c r="E326" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F326" t="inlineStr">
         <is>
           <t>LoginPageYour login name. A mxid should start with @ followed by the user ID. After the user ID you need to include your server name after a :.
 You can also put your homeserver address there if your server doesn't support .well-known lookup.
 Example: @user:yourserver.example.com
 If Nheko fails to discover your homeserver, it will show you a field to enter the server manually.</t>
         </is>
       </c>
-      <c r="G325" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G326" t="inlineStr"/>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13597</t>
+          <t>../qml/pages/LoginPage.qml:13607</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
-          <t>Your password.</t>
+          <t>Password</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>Je wachtwoord.</t>
+          <t>Wachtwoord</t>
         </is>
       </c>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>LoginPageYour password.</t>
+          <t>LoginPagePassword</t>
         </is>
       </c>
       <c r="G327" t="inlineStr"/>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13610</t>
+          <t>../qml/pages/LoginPage.qml:13609</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
-          <t>Show/Hide Password</t>
+          <t>Your password.</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>Toon/Verberg wachtwoord</t>
+          <t>Je wachtwoord.</t>
         </is>
       </c>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>LoginPageShow/Hide Password</t>
+          <t>LoginPageYour password.</t>
         </is>
       </c>
       <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13625</t>
+          <t>../qml/pages/LoginPage.qml:13622</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Device name</t>
+          <t>Show/Hide Password</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>Apparaatnaam</t>
+          <t>Toon/Verberg wachtwoord</t>
         </is>
       </c>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>LoginPageDevice name</t>
+          <t>LoginPageShow/Hide Password</t>
         </is>
       </c>
       <c r="G329" t="inlineStr"/>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13627</t>
+          <t>../qml/pages/LoginPage.qml:13637</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>Device name</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>Een naam voor dit apparaat die zichtbaar is voor anderen als ze je apparaten bekijken of verifiëren. Als niets ingevuld is, wordt er een standaardwaarde gebruikt.</t>
+          <t>Apparaatnaam</t>
         </is>
       </c>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
+          <t>LoginPageDevice name</t>
         </is>
       </c>
       <c r="G330" t="inlineStr"/>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13637</t>
+          <t>../qml/pages/LoginPage.qml:13639</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Homeserver address</t>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>Thuisserveradres</t>
+          <t>Een naam voor dit apparaat die zichtbaar is voor anderen als ze je apparaten bekijken of verifiëren. Als niets ingevuld is, wordt er een standaardwaarde gebruikt.</t>
         </is>
       </c>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>LoginPageHomeserver address</t>
+          <t>LoginPageA name for this device which will be shown to others when verifying your devices. If nothing is provided, a default is used.</t>
         </is>
       </c>
       <c r="G331" t="inlineStr"/>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13638</t>
+          <t>../qml/pages/LoginPage.qml:13649</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
-          <t>yourserver.example.com:8787</t>
+          <t>Homeserver address</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>jouwserver.example.com:8787</t>
+          <t>Thuisserveradres</t>
         </is>
       </c>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>LoginPageyourserver.example.com:8787</t>
+          <t>LoginPageHomeserver address</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13641</t>
+          <t>../qml/pages/LoginPage.qml:13650</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
+        <is>
+          <t>yourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="C333" t="inlineStr">
+        <is>
+          <t>jouwserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="D333" t="inlineStr"/>
+      <c r="E333" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F333" t="inlineStr">
+        <is>
+          <t>LoginPageyourserver.example.com:8787</t>
+        </is>
+      </c>
+      <c r="G333" t="inlineStr"/>
+      <c r="H333" t="inlineStr"/>
+    </row>
+    <row r="334">
+      <c r="A334" t="inlineStr">
+        <is>
+          <t>../qml/pages/LoginPage.qml:13653</t>
+        </is>
+      </c>
+      <c r="B334" t="inlineStr">
         <is>
           <t>The address that can be used to contact your homeserver's client API.
 Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
-      <c r="C333" t="inlineStr">
+      <c r="C334" t="inlineStr">
         <is>
           <t>Het adres waarmee je de API van je thuisserver kan bereiken.
 Voorbeeld: https://jouwserver.example.com:8787</t>
         </is>
       </c>
-      <c r="D333" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F333" t="inlineStr">
+      <c r="D334" t="inlineStr"/>
+      <c r="E334" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F334" t="inlineStr">
         <is>
           <t>LoginPageThe address that can be used to contact your homeserver's client API.
 Example: https://yourserver.example.com:8787</t>
         </is>
       </c>
-      <c r="G333" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G334" t="inlineStr"/>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
-          <t>../qml/pages/LoginPage.qml:13715</t>
+          <t>../qml/pages/LoginPage.qml:13685</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>LOGIN</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>Terug</t>
+          <t>INLOGGEN</t>
         </is>
       </c>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>LoginPageBack</t>
+          <t>LoginPageLOGIN</t>
         </is>
       </c>
       <c r="G335" t="inlineStr"/>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13727</t>
+          <t>../qml/pages/LoginPage.qml:13727</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Log out</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>Uitloggen</t>
+          <t>Terug</t>
         </is>
       </c>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>LogoutDialogLog out</t>
+          <t>LoginPageBack</t>
         </is>
       </c>
       <c r="G336" t="inlineStr"/>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13739</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t>A call is in progress. Log out?</t>
+          <t>Log out</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>Er is een oproep gaande. Uitloggen?</t>
+          <t>Uitloggen</t>
         </is>
       </c>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>LogoutDialogA call is in progress. Log out?</t>
+          <t>LogoutDialogLog out</t>
         </is>
       </c>
       <c r="G337" t="inlineStr"/>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>../qml/dialogs/LogoutDialog.qml:13728</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Are you sure you want to log out?</t>
+          <t>A call is in progress. Log out?</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>Weet je zeker dat je wil uitloggen?</t>
+          <t>Er is een oproep gaande. Uitloggen?</t>
         </is>
       </c>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>LogoutDialogAre you sure you want to log out?</t>
+          <t>LogoutDialogA call is in progress. Log out?</t>
         </is>
       </c>
       <c r="G338" t="inlineStr"/>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>../../src/timeline/InputBar.cpp:13609</t>
+          <t>../qml/dialogs/LogoutDialog.qml:13740</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Failed to upload media. Please try again.</t>
+          <t>Are you sure you want to log out?</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>Het is niet is gelukt om de media te versturen. Probeer het a.u.b. opnieuw.</t>
+          <t>Weet je zeker dat je wil uitloggen?</t>
         </is>
       </c>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>MediaUploadFailed to upload media. Please try again.</t>
+          <t>LogoutDialogAre you sure you want to log out?</t>
         </is>
       </c>
       <c r="G339" t="inlineStr"/>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../../src/timeline/InputBar.cpp:13621</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
-          <t>Hang up</t>
+          <t>Failed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>Ophangen</t>
+          <t>Het is niet is gelukt om de media te versturen. Probeer het a.u.b. opnieuw.</t>
         </is>
       </c>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>MessageInputHang up</t>
+          <t>MediaUploadFailed to upload media. Please try again.</t>
         </is>
       </c>
       <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Already on a call</t>
+          <t>Hang up</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>Reeds in een gesprek</t>
+          <t>Ophangen</t>
         </is>
       </c>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>MessageInputAlready on a call</t>
+          <t>MessageInputHang up</t>
         </is>
       </c>
       <c r="G341" t="inlineStr"/>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13656</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Place a call</t>
+          <t>Already on a call</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>Plaats een oproep</t>
+          <t>Reeds in een gesprek</t>
         </is>
       </c>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>MessageInputPlace a call</t>
+          <t>MessageInputAlready on a call</t>
         </is>
       </c>
       <c r="G342" t="inlineStr"/>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13684</t>
+          <t>../qml/MessageInput.qml:13668</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Send a file</t>
+          <t>Place a call</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>Verstuur een bestand</t>
+          <t>Plaats een oproep</t>
         </is>
       </c>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>MessageInputSend a file</t>
+          <t>MessageInputPlace a call</t>
         </is>
       </c>
       <c r="G343" t="inlineStr"/>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:13752</t>
+          <t>../qml/MessageInput.qml:13696</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t>Write a message…</t>
+          <t>Send a file</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>Typ een bericht…</t>
+          <t>Verstuur een bestand</t>
         </is>
       </c>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>MessageInputWrite a message...</t>
+          <t>MessageInputSend a file</t>
         </is>
       </c>
       <c r="G344" t="inlineStr"/>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14015</t>
+          <t>../qml/MessageInput.qml:13764</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
-          <t>Stickers</t>
+          <t>Write a message…</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>Stickers</t>
+          <t>Typ een bericht…</t>
         </is>
       </c>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>MessageInputStickers</t>
+          <t>MessageInputWrite a message...</t>
         </is>
       </c>
       <c r="G345" t="inlineStr"/>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14039</t>
+          <t>../qml/MessageInput.qml:14037</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
-          <t>Emoji</t>
+          <t>Stickers</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>Emoji</t>
+          <t>Stickers</t>
         </is>
       </c>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>MessageInputEmoji</t>
+          <t>MessageInputStickers</t>
         </is>
       </c>
       <c r="G346" t="inlineStr"/>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
           <t>../qml/MessageInput.qml:14061</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>Emoji</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>Verstuur</t>
+          <t>Emoji</t>
         </is>
       </c>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>MessageInputSend</t>
+          <t>MessageInputEmoji</t>
         </is>
       </c>
       <c r="G347" t="inlineStr"/>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>../qml/MessageInput.qml:14076</t>
+          <t>../qml/MessageInput.qml:14083</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>You don't have permission to send messages in this room</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>Je hebt geen toestemming om berichten te versturen in deze kamer</t>
+          <t>Verstuur</t>
         </is>
       </c>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>MessageInputYou don't have permission to send messages in this room</t>
+          <t>MessageInputSend</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
-          <t>../qml/MessageInputWarning.qml:14137</t>
+          <t>../qml/MessageInput.qml:14098</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Don't mention them in this message</t>
+          <t>You don't have permission to send messages in this room</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>Geen melding versturen in dit bericht</t>
+          <t>Je hebt geen toestemming om berichten te versturen in deze kamer</t>
         </is>
       </c>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>MessageInputWarningDon't mention them in this message</t>
+          <t>MessageInputYou don't have permission to send messages in this room</t>
         </is>
       </c>
       <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14372</t>
+          <t>../qml/MessageInputWarning.qml:14159</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Edit</t>
+          <t>Don't mention them in this message</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>Bewerken</t>
+          <t>Geen melding versturen in dit bericht</t>
         </is>
       </c>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>MessageViewEdit</t>
+          <t>MessageInputWarningDon't mention them in this message</t>
         </is>
       </c>
       <c r="G350" t="inlineStr"/>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14389</t>
+          <t>../qml/MessageView.qml:14396</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>React</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>Reageren</t>
+          <t>Bewerken</t>
         </is>
       </c>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>MessageViewReact</t>
+          <t>MessageViewEdit</t>
         </is>
       </c>
       <c r="G351" t="inlineStr"/>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14413</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>Reply in thread</t>
+          <t>React</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>Beantwoorden in een gespreksdraad</t>
+          <t>Reageren</t>
         </is>
       </c>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>MessageViewReply in thread</t>
+          <t>MessageViewReact</t>
         </is>
       </c>
       <c r="G352" t="inlineStr"/>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14404</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>New thread</t>
+          <t>Reply in thread</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>Nieuwe gespreksdraad</t>
+          <t>Beantwoorden in een gespreksdraad</t>
         </is>
       </c>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>MessageViewNew thread</t>
+          <t>MessageViewReply in thread</t>
         </is>
       </c>
       <c r="G353" t="inlineStr"/>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14415</t>
+          <t>../qml/MessageView.qml:14428</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
-          <t>Reply</t>
+          <t>New thread</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>Beantwoorden</t>
+          <t>Nieuwe gespreksdraad</t>
         </is>
       </c>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>MessageViewReply</t>
+          <t>MessageViewNew thread</t>
         </is>
       </c>
       <c r="G354" t="inlineStr"/>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14426</t>
+          <t>../qml/MessageView.qml:14439</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Go to message</t>
+          <t>Reply</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>Ga naar bericht</t>
+          <t>Beantwoorden</t>
         </is>
       </c>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>MessageViewGo to message</t>
+          <t>MessageViewReply</t>
         </is>
       </c>
       <c r="G355" t="inlineStr"/>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14443</t>
+          <t>../qml/MessageView.qml:14450</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
-          <t>Options</t>
+          <t>Go to message</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>Opties</t>
+          <t>Ga naar bericht</t>
         </is>
       </c>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>MessageViewOptions</t>
+          <t>MessageViewGo to message</t>
         </is>
       </c>
       <c r="G356" t="inlineStr"/>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14576</t>
+          <t>../qml/MessageView.qml:14467</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
-          <t>Enter reason for removal or hit enter for no reason:</t>
+          <t>Options</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>Voer de reden voor verwijdering in of druk op enter voor geen reden:</t>
+          <t>Opties</t>
         </is>
       </c>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
+          <t>MessageViewOptions</t>
         </is>
       </c>
       <c r="G357" t="inlineStr"/>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14577</t>
+          <t>../qml/MessageView.qml:14600</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
-          <t>Reason for removal</t>
+          <t>Enter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>Reden voor verwijdering</t>
+          <t>Voer de reden voor verwijdering in of druk op enter voor geen reden:</t>
         </is>
       </c>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>MessageViewReason for removal</t>
+          <t>MessageViewEnter reason for removal or hit enter for no reason:</t>
         </is>
       </c>
       <c r="G358" t="inlineStr"/>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
           <t>../qml/MessageView.qml:14601</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
-          <t>Go to &amp;message</t>
+          <t>Reason for removal</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>Ga naar &amp;bericht</t>
+          <t>Reden voor verwijdering</t>
         </is>
       </c>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>MessageViewGo to &amp;message</t>
+          <t>MessageViewReason for removal</t>
         </is>
       </c>
       <c r="G359" t="inlineStr"/>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14797</t>
+          <t>../qml/MessageView.qml:14625</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
-          <t>&amp;Copy</t>
+          <t>Go to &amp;message</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>&amp;Kopiëren</t>
+          <t>Ga naar &amp;bericht</t>
         </is>
       </c>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>MessageView&amp;Copy</t>
+          <t>MessageViewGo to &amp;message</t>
         </is>
       </c>
       <c r="G360" t="inlineStr"/>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14805</t>
+          <t>../qml/MessageView.qml:14823</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Copy &amp;link location</t>
+          <t>&amp;Copy</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>Kopieer &amp;link</t>
+          <t>&amp;Kopiëren</t>
         </is>
       </c>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>MessageViewCopy &amp;link location</t>
+          <t>MessageView&amp;Copy</t>
         </is>
       </c>
       <c r="G361" t="inlineStr"/>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14630</t>
+          <t>../qml/MessageView.qml:14831</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
-          <t>Re&amp;act</t>
+          <t>Copy &amp;link location</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>Re&amp;ageren</t>
+          <t>Kopieer &amp;link</t>
         </is>
       </c>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>MessageViewRe&amp;act</t>
+          <t>MessageViewCopy &amp;link location</t>
         </is>
       </c>
       <c r="G362" t="inlineStr"/>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14641</t>
+          <t>../qml/MessageView.qml:14654</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
-          <t>Repl&amp;y</t>
+          <t>Re&amp;act</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>Beantwoo&amp;rden</t>
+          <t>Re&amp;ageren</t>
         </is>
       </c>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>MessageViewRepl&amp;y</t>
+          <t>MessageViewRe&amp;act</t>
         </is>
       </c>
       <c r="G363" t="inlineStr"/>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14649</t>
+          <t>../qml/MessageView.qml:14665</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
-          <t>&amp;Edit</t>
+          <t>Repl&amp;y</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>B&amp;ewerken</t>
+          <t>Beantwoo&amp;rden</t>
         </is>
       </c>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>MessageView&amp;Edit</t>
+          <t>MessageViewRepl&amp;y</t>
         </is>
       </c>
       <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14657</t>
+          <t>../qml/MessageView.qml:14673</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
-          <t>&amp;Thread</t>
+          <t>&amp;Edit</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>Gespreks&amp;draad</t>
+          <t>B&amp;ewerken</t>
         </is>
       </c>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>MessageView&amp;Thread</t>
+          <t>MessageView&amp;Edit</t>
         </is>
       </c>
       <c r="G365" t="inlineStr"/>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14681</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Un&amp;pin</t>
+          <t>&amp;Thread</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>Vast%prikken ongedaan maken</t>
+          <t>Gespreks&amp;draad</t>
         </is>
       </c>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>MessageViewUn&amp;pin</t>
+          <t>MessageView&amp;Thread</t>
         </is>
       </c>
       <c r="G366" t="inlineStr"/>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14665</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
-          <t>&amp;Pin</t>
+          <t>Un&amp;pin</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>Vast%prikken</t>
+          <t>Vast%prikken ongedaan maken</t>
         </is>
       </c>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>MessageView&amp;Pin</t>
+          <t>MessageViewUn&amp;pin</t>
         </is>
       </c>
       <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14673</t>
+          <t>../qml/MessageView.qml:14689</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
-          <t>&amp;Read receipts</t>
+          <t>&amp;Pin</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>&amp;Leesbevestigingen</t>
+          <t>Vast%prikken</t>
         </is>
       </c>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>MessageView&amp;Read receipts</t>
+          <t>MessageView&amp;Pin</t>
         </is>
       </c>
       <c r="G368" t="inlineStr"/>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14680</t>
+          <t>../qml/MessageView.qml:14697</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
-          <t>&amp;Forward</t>
+          <t>&amp;Read receipts</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>&amp;Doorsturen</t>
+          <t>&amp;Leesbevestigingen</t>
         </is>
       </c>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>MessageView&amp;Forward</t>
+          <t>MessageView&amp;Read receipts</t>
         </is>
       </c>
       <c r="G369" t="inlineStr"/>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14693</t>
+          <t>../qml/MessageView.qml:14704</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
-          <t>&amp;Mark as read</t>
+          <t>&amp;Forward</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>Gelezen &amp;markeren</t>
+          <t>&amp;Doorsturen</t>
         </is>
       </c>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>MessageView&amp;Mark as read</t>
+          <t>MessageView&amp;Forward</t>
         </is>
       </c>
       <c r="G370" t="inlineStr"/>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14698</t>
+          <t>../qml/MessageView.qml:14717</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
-          <t>View raw message</t>
+          <t>&amp;Mark as read</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>Ruw bericht bekijken</t>
+          <t>Gelezen &amp;markeren</t>
         </is>
       </c>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>MessageViewView raw message</t>
+          <t>MessageView&amp;Mark as read</t>
         </is>
       </c>
       <c r="G371" t="inlineStr"/>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14705</t>
+          <t>../qml/MessageView.qml:14724</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
-          <t>View decrypted raw message</t>
+          <t>View raw message</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>Ontsleuteld ruw bericht bekijken</t>
+          <t>Ruw bericht bekijken</t>
         </is>
       </c>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>MessageViewView decrypted raw message</t>
+          <t>MessageViewView raw message</t>
         </is>
       </c>
       <c r="G372" t="inlineStr"/>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14714</t>
+          <t>../qml/MessageView.qml:14731</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Remo&amp;ve message</t>
+          <t>View decrypted raw message</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>&amp;Verwijder bericht</t>
+          <t>Ontsleuteld ruw bericht bekijken</t>
         </is>
       </c>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>MessageViewRemo&amp;ve message</t>
+          <t>MessageViewView decrypted raw message</t>
         </is>
       </c>
       <c r="G373" t="inlineStr"/>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14728</t>
+          <t>../qml/MessageView.qml:14740</t>
         </is>
       </c>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Report message</t>
+          <t>Remo&amp;ve message</t>
         </is>
       </c>
       <c r="C374" t="inlineStr">
         <is>
-          <t>Rapporteer bericht</t>
+          <t>&amp;Verwijder bericht</t>
         </is>
       </c>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>MessageViewReport message</t>
+          <t>MessageViewRemo&amp;ve message</t>
         </is>
       </c>
       <c r="G374" t="inlineStr"/>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14739</t>
+          <t>../qml/MessageView.qml:14754</t>
         </is>
       </c>
       <c r="B375" t="inlineStr">
         <is>
-          <t>&amp;Save as</t>
+          <t>Report message</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>Op&amp;slaan als</t>
+          <t>Rapporteer bericht</t>
         </is>
       </c>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>MessageView&amp;Save as</t>
+          <t>MessageViewReport message</t>
         </is>
       </c>
       <c r="G375" t="inlineStr"/>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14747</t>
+          <t>../qml/MessageView.qml:14765</t>
         </is>
       </c>
       <c r="B376" t="inlineStr">
         <is>
-          <t>&amp;Open in external program</t>
+          <t>&amp;Save as</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>In extern programma &amp;openen</t>
+          <t>Op&amp;slaan als</t>
         </is>
       </c>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>MessageView&amp;Open in external program</t>
+          <t>MessageView&amp;Save as</t>
         </is>
       </c>
       <c r="G376" t="inlineStr"/>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14755</t>
+          <t>../qml/MessageView.qml:14773</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Copy link to eve&amp;nt</t>
+          <t>&amp;Open in external program</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>Kopieer link naar gebeurte&amp;nis</t>
+          <t>In extern programma &amp;openen</t>
         </is>
       </c>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>MessageViewCopy link to eve&amp;nt</t>
+          <t>MessageView&amp;Open in external program</t>
         </is>
       </c>
       <c r="G377" t="inlineStr"/>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr">
         <is>
-          <t>../qml/MessageView.qml:14813</t>
+          <t>../qml/MessageView.qml:14781</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
-          <t>&amp;Go to quoted message</t>
+          <t>Copy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>&amp;Ga naar geciteerd bericht</t>
+          <t>Kopieer link naar gebeurte&amp;nis</t>
         </is>
       </c>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>MessageView&amp;Go to quoted message</t>
+          <t>MessageViewCopy link to eve&amp;nt</t>
         </is>
       </c>
       <c r="G378" t="inlineStr"/>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/MessageView.qml:14839</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Send Verification Request</t>
+          <t>&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>Verstuur verificatieverzoek</t>
+          <t>&amp;Ga naar geciteerd bericht</t>
         </is>
       </c>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>NewVerificationRequestSend Verification Request</t>
+          <t>MessageView&amp;Go to quoted message</t>
         </is>
       </c>
       <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14823</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
-          <t>Received Verification Request</t>
+          <t>Send Verification Request</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>Ontvangen verificatieverzoek</t>
+          <t>Verstuur verificatieverzoek</t>
         </is>
       </c>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>NewVerificationRequestReceived Verification Request</t>
+          <t>NewVerificationRequestSend Verification Request</t>
         </is>
       </c>
       <c r="G380" t="inlineStr"/>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14837</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14849</t>
         </is>
       </c>
       <c r="B381" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>Received Verification Request</t>
         </is>
       </c>
       <c r="C381" t="inlineStr">
         <is>
-          <t>Om aan andere gebruikers te laten zien welke apparaten echt van jou zijn, kan je ze verifiëren. Hierdoor worden ook sleutelreservekopieën automatisch uitgewisseld. Nu een ongeverifieerd apparaat verifiëren? (Zorg dat je een van deze apparaten bij de hand hebt.)</t>
+          <t>Ontvangen verificatieverzoek</t>
         </is>
       </c>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
+          <t>NewVerificationRequestReceived Verification Request</t>
         </is>
       </c>
       <c r="G381" t="inlineStr"/>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14839</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14863</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
-          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>Om aan andere gebruikers te laten zien welke apparaten echt van jou zijn, kan je ze verifiëren. Hierdoor worden ook sleutelreservekopieën automatisch uitgewisseld. Nu %1 verifiëren?</t>
+          <t>Om aan andere gebruikers te laten zien welke apparaten echt van jou zijn, kan je ze verifiëren. Hierdoor worden ook sleutelreservekopieën automatisch uitgewisseld. Nu een ongeverifieerd apparaat verifiëren? (Zorg dat je een van deze apparaten bij de hand hebt.)</t>
         </is>
       </c>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify an unverified device now? (Please make sure you have one of those devices available.)</t>
         </is>
       </c>
       <c r="G382" t="inlineStr"/>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14841</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14865</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
-          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+          <t>To allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>Om zeker te zijn dat niemand meeleest met je versleutelde gesprek kan je de andere kant verifiëren.</t>
+          <t>Om aan andere gebruikers te laten zien welke apparaten echt van jou zijn, kan je ze verifiëren. Hierdoor worden ook sleutelreservekopieën automatisch uitgewisseld. Nu %1 verifiëren?</t>
         </is>
       </c>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
+          <t>NewVerificationRequestTo allow other users to see which of your devices actually belong to you, you can verify them. This also allows key backup to work automatically. Verify %1 now?</t>
         </is>
       </c>
       <c r="G383" t="inlineStr"/>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14844</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14867</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
-          <t>%1 has requested to verify their device %2.</t>
+          <t>To ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>%1 heeft verzocht om hun apparaat %2 te verifiëren.</t>
+          <t>Om zeker te zijn dat niemand meeleest met je versleutelde gesprek kan je de andere kant verifiëren.</t>
         </is>
       </c>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
+          <t>NewVerificationRequestTo ensure that no malicious user can eavesdrop on your encrypted communications you can verify the other party.</t>
         </is>
       </c>
       <c r="G384" t="inlineStr"/>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14846</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14870</t>
         </is>
       </c>
       <c r="B385" t="inlineStr">
         <is>
-          <t>%1 using the device %2 has requested to be verified.</t>
+          <t>%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
-          <t>%1, gebruikmakend van apparaat %2 heeft verzocht om verificatie.</t>
+          <t>%1 heeft verzocht om hun apparaat %2 te verifiëren.</t>
         </is>
       </c>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
+          <t>NewVerificationRequest%1 has requested to verify their device %2.</t>
         </is>
       </c>
       <c r="G385" t="inlineStr"/>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14848</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14872</t>
         </is>
       </c>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Your device (%1) has requested to be verified.</t>
+          <t>%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>Je apparaat (%1) heeft verzocht om verificatie.</t>
+          <t>%1, gebruikmakend van apparaat %2 heeft verzocht om verificatie.</t>
         </is>
       </c>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
+          <t>NewVerificationRequest%1 using the device %2 has requested to be verified.</t>
         </is>
       </c>
       <c r="G386" t="inlineStr"/>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14874</t>
         </is>
       </c>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Your device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>Annuleren</t>
+          <t>Je apparaat (%1) heeft verzocht om verificatie.</t>
         </is>
       </c>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>NewVerificationRequestCancel</t>
+          <t>NewVerificationRequestYour device (%1) has requested to be verified.</t>
         </is>
       </c>
       <c r="G387" t="inlineStr"/>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14860</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Deny</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>Weigeren</t>
+          <t>Annuleren</t>
         </is>
       </c>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>NewVerificationRequestDeny</t>
+          <t>NewVerificationRequestCancel</t>
         </is>
       </c>
       <c r="G388" t="inlineStr"/>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14886</t>
         </is>
       </c>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Start verification</t>
+          <t>Deny</t>
         </is>
       </c>
       <c r="C389" t="inlineStr">
         <is>
-          <t>Begin verificatie</t>
+          <t>Weigeren</t>
         </is>
       </c>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>NewVerificationRequestStart verification</t>
+          <t>NewVerificationRequestDeny</t>
         </is>
       </c>
       <c r="G389" t="inlineStr"/>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr">
         <is>
-          <t>../qml/device-verification/NewVerificationRequest.qml:14873</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Accept</t>
+          <t>Start verification</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
-          <t>Accepteren</t>
+          <t>Begin verificatie</t>
         </is>
       </c>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>NewVerificationRequestAccept</t>
+          <t>NewVerificationRequestStart verification</t>
         </is>
       </c>
       <c r="G390" t="inlineStr"/>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15009</t>
+          <t>../qml/device-verification/NewVerificationRequest.qml:14899</t>
         </is>
       </c>
       <c r="B391" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
+          <t>Accept</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>%1 stuurde een versleuteld bericht</t>
+          <t>Accepteren</t>
         </is>
       </c>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 sent an encrypted message</t>
+          <t>NewVerificationRequestAccept</t>
         </is>
       </c>
       <c r="G391" t="inlineStr"/>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15021</t>
+          <t>../../src/notifications/ManagerMac.cpp:15035</t>
         </is>
       </c>
       <c r="B392" t="inlineStr">
         <is>
-          <t>%1 replied with a spoiler.</t>
-[...2 lines deleted...]
-      <c r="C392" t="inlineStr"/>
+          <t>%1 sent an encrypted message</t>
+        </is>
+      </c>
+      <c r="C392" t="inlineStr">
+        <is>
+          <t>%1 stuurde een versleuteld bericht</t>
+        </is>
+      </c>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
+          <t>NotificationsManager%1 sent an encrypted message</t>
+        </is>
+      </c>
+      <c r="G392" t="inlineStr"/>
+      <c r="H392" t="inlineStr"/>
+    </row>
+    <row r="393">
+      <c r="A393" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:15047</t>
+        </is>
+      </c>
+      <c r="B393" t="inlineStr">
+        <is>
+          <t>%1 replied with a spoiler.</t>
+        </is>
+      </c>
+      <c r="C393" t="inlineStr"/>
+      <c r="D393" t="inlineStr"/>
+      <c r="E393" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F393" t="inlineStr">
+        <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender.%1 replied with a spoiler.</t>
         </is>
       </c>
-      <c r="G392" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B393" t="inlineStr">
+      <c r="G393" t="inlineStr"/>
+      <c r="H393" t="inlineStr"/>
+    </row>
+    <row r="394">
+      <c r="A394" t="inlineStr">
+        <is>
+          <t>../../src/notifications/ManagerMac.cpp:15057</t>
+        </is>
+      </c>
+      <c r="B394" t="inlineStr">
         <is>
           <t>%1 replied: %2</t>
         </is>
       </c>
-      <c r="C393" t="inlineStr">
+      <c r="C394" t="inlineStr">
         <is>
           <t>%1 antwoordde: %2</t>
         </is>
       </c>
-      <c r="D393" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F393" t="inlineStr">
+      <c r="D394" t="inlineStr"/>
+      <c r="E394" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F394" t="inlineStr">
         <is>
           <t>NotificationsManager
 Format a reply in a notification. %1 is the sender, %2 the message%1 replied: %2</t>
         </is>
       </c>
-      <c r="G393" t="inlineStr"/>
-[...28 lines deleted...]
-      </c>
       <c r="G394" t="inlineStr"/>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15056</t>
         </is>
       </c>
       <c r="B395" t="inlineStr">
         <is>
-          <t>%1 replied to a message</t>
+          <t>%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="C395" t="inlineStr">
         <is>
-          <t>%1 antwoordde op een bericht</t>
+          <t>%1 antwoordde met een versleuteld bericht</t>
         </is>
       </c>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 replied to a message</t>
+          <t>NotificationsManager%1 replied with an encrypted message</t>
         </is>
       </c>
       <c r="G395" t="inlineStr"/>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:15036</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B396" t="inlineStr">
         <is>
-          <t>%1 sent a message</t>
+          <t>%1 replied to a message</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>%1 stuurde een bericht</t>
+          <t>%1 antwoordde op een bericht</t>
         </is>
       </c>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>NotificationsManager%1 sent a message</t>
+          <t>NotificationsManager%1 replied to a message</t>
         </is>
       </c>
       <c r="G396" t="inlineStr"/>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15075</t>
+          <t>../../src/notifications/ManagerMac.cpp:15062</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Place a call to %1?</t>
+          <t>%1 sent a message</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>Bel %1?</t>
+          <t>%1 stuurde een bericht</t>
         </is>
       </c>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>PlaceCallPlace a call to %1?</t>
+          <t>NotificationsManager%1 sent a message</t>
         </is>
       </c>
       <c r="G397" t="inlineStr"/>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15091</t>
+          <t>../qml/voip/PlaceCall.qml:15101</t>
         </is>
       </c>
       <c r="B398" t="inlineStr">
         <is>
-          <t>No microphone found.</t>
+          <t>Place a call to %1?</t>
         </is>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>Geen microfoon gevonden.</t>
+          <t>Bel %1?</t>
         </is>
       </c>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>PlaceCallNo microphone found.</t>
+          <t>PlaceCallPlace a call to %1?</t>
         </is>
       </c>
       <c r="G398" t="inlineStr"/>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15115</t>
+          <t>../qml/voip/PlaceCall.qml:15117</t>
         </is>
       </c>
       <c r="B399" t="inlineStr">
         <is>
-          <t>Voice</t>
+          <t>No microphone found.</t>
         </is>
       </c>
       <c r="C399" t="inlineStr">
         <is>
-          <t>Spraak</t>
+          <t>Geen microfoon gevonden.</t>
         </is>
       </c>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>PlaceCallVoice</t>
+          <t>PlaceCallNo microphone found.</t>
         </is>
       </c>
       <c r="G399" t="inlineStr"/>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15128</t>
+          <t>../qml/voip/PlaceCall.qml:15141</t>
         </is>
       </c>
       <c r="B400" t="inlineStr">
         <is>
-          <t>Video</t>
+          <t>Voice</t>
         </is>
       </c>
       <c r="C400" t="inlineStr">
         <is>
-          <t>Video</t>
+          <t>Spraak</t>
         </is>
       </c>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>PlaceCallVideo</t>
+          <t>PlaceCallVoice</t>
         </is>
       </c>
       <c r="G400" t="inlineStr"/>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15141</t>
+          <t>../qml/voip/PlaceCall.qml:15154</t>
         </is>
       </c>
       <c r="B401" t="inlineStr">
         <is>
-          <t>Screen</t>
+          <t>Video</t>
         </is>
       </c>
       <c r="C401" t="inlineStr">
         <is>
-          <t>Scherm</t>
+          <t>Video</t>
         </is>
       </c>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>PlaceCallScreen</t>
+          <t>PlaceCallVideo</t>
         </is>
       </c>
       <c r="G401" t="inlineStr"/>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr">
         <is>
-          <t>../qml/voip/PlaceCall.qml:15157</t>
+          <t>../qml/voip/PlaceCall.qml:15167</t>
         </is>
       </c>
       <c r="B402" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Screen</t>
         </is>
       </c>
       <c r="C402" t="inlineStr">
         <is>
-          <t>Annuleren</t>
+          <t>Scherm</t>
         </is>
       </c>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>PlaceCallCancel</t>
+          <t>PlaceCallScreen</t>
         </is>
       </c>
       <c r="G402" t="inlineStr"/>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr">
         <is>
-          <t>../qml/delegates/Placeholder.qml:15168</t>
+          <t>../qml/voip/PlaceCall.qml:15183</t>
         </is>
       </c>
       <c r="B403" t="inlineStr">
         <is>
-          <t xml:space="preserve">unimplemented event: </t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C403" t="inlineStr">
         <is>
-          <t xml:space="preserve">Niet geïmplementeerd evenement: </t>
+          <t>Annuleren</t>
         </is>
       </c>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t xml:space="preserve">Placeholderunimplemented event: </t>
+          <t>PlaceCallCancel</t>
         </is>
       </c>
       <c r="G403" t="inlineStr"/>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15194</t>
+          <t>../qml/delegates/Placeholder.qml:15194</t>
         </is>
       </c>
       <c r="B404" t="inlineStr">
         <is>
-          <t>Permissions in %1</t>
+          <t xml:space="preserve">unimplemented event: </t>
         </is>
       </c>
       <c r="C404" t="inlineStr">
         <is>
-          <t>Machtniveaus in %1</t>
+          <t xml:space="preserve">Niet geïmplementeerd evenement: </t>
         </is>
       </c>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>PowerLevelEditorPermissions in %1</t>
+          <t xml:space="preserve">Placeholderunimplemented event: </t>
         </is>
       </c>
       <c r="G404" t="inlineStr"/>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15208</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15220</t>
         </is>
       </c>
       <c r="B405" t="inlineStr">
         <is>
-          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>Permissions in %1</t>
         </is>
       </c>
       <c r="C405" t="inlineStr">
         <is>
-          <t>Kijk uit bij het aanpassen van machtniveaus. Je kan het niveau van mensen met een gelijk of hoger niveau als jijzelf niet aanpassen. Let dus op bij het verhogen van het niveau van anderen.</t>
+          <t>Machtniveaus in %1</t>
         </is>
       </c>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
+          <t>PowerLevelEditorPermissions in %1</t>
         </is>
       </c>
       <c r="G405" t="inlineStr"/>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15221</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15234</t>
         </is>
       </c>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Roles</t>
+          <t>Be careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="C406" t="inlineStr">
         <is>
-          <t>Niveaus</t>
+          <t>Kijk uit bij het aanpassen van machtniveaus. Je kan het niveau van mensen met een gelijk of hoger niveau als jijzelf niet aanpassen. Let dus op bij het verhogen van het niveau van anderen.</t>
         </is>
       </c>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRoles</t>
+          <t>PowerLevelEditorBe careful when editing permissions. You can't lower the permissions of people with a same or higher level than you. Be careful when promoting others.</t>
         </is>
       </c>
       <c r="G406" t="inlineStr"/>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15224</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15247</t>
         </is>
       </c>
       <c r="B407" t="inlineStr">
         <is>
-          <t>Users</t>
+          <t>Roles</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>Gebruikers</t>
+          <t>Niveaus</t>
         </is>
       </c>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUsers</t>
+          <t>PowerLevelEditorRoles</t>
         </is>
       </c>
       <c r="G407" t="inlineStr"/>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15244</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15250</t>
         </is>
       </c>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Move permissions between roles to change them</t>
+          <t>Users</t>
         </is>
       </c>
       <c r="C408" t="inlineStr">
         <is>
-          <t>Verplaats toestemmingen tussen niveaus om ze te veranderen</t>
+          <t>Gebruikers</t>
         </is>
       </c>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove permissions between roles to change them</t>
+          <t>PowerLevelEditorUsers</t>
         </is>
       </c>
       <c r="G408" t="inlineStr"/>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15506</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
         </is>
       </c>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Administrator (%1)</t>
+          <t>Move permissions between roles to change them</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
-          <t>Beheerder (%1)</t>
+          <t>Verplaats toestemmingen tussen niveaus om ze te veranderen</t>
         </is>
       </c>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdministrator (%1)</t>
+          <t>PowerLevelEditorMove permissions between roles to change them</t>
         </is>
       </c>
       <c r="G409" t="inlineStr"/>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15508</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15536</t>
+        </is>
+      </c>
+      <c r="B410" t="inlineStr"/>
+      <c r="C410" t="inlineStr"/>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>PowerLevelEditorModerator (%1)</t>
+          <t>PowerLevelEditorCreator</t>
         </is>
       </c>
       <c r="G410" t="inlineStr"/>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15270</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15538</t>
         </is>
       </c>
       <c r="B411" t="inlineStr">
         <is>
-          <t>User (%1)</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>Gebruiker (%1)</t>
+          <t>Beheerder (%1)</t>
         </is>
       </c>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>PowerLevelEditorUser (%1)</t>
+          <t>PowerLevelEditorAdministrator (%1)</t>
         </is>
       </c>
       <c r="G411" t="inlineStr"/>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15510</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15540</t>
         </is>
       </c>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Custom (%1)</t>
+          <t>Moderator (%1)</t>
         </is>
       </c>
       <c r="C412" t="inlineStr">
         <is>
-          <t>Aangepast (%1)</t>
+          <t>Toezichthouder (%1)</t>
         </is>
       </c>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>PowerLevelEditorCustom (%1)</t>
+          <t>PowerLevelEditorModerator (%1)</t>
         </is>
       </c>
       <c r="G412" t="inlineStr"/>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15542</t>
         </is>
       </c>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Remove event type</t>
+          <t>User (%1)</t>
         </is>
       </c>
       <c r="C413" t="inlineStr">
         <is>
-          <t>Verwijder evenementtype</t>
+          <t>Gebruiker (%1)</t>
         </is>
       </c>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove event type</t>
+          <t>PowerLevelEditorUser (%1)</t>
         </is>
       </c>
       <c r="G413" t="inlineStr"/>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15285</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15544</t>
         </is>
       </c>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Add event type</t>
+          <t>Custom (%1)</t>
         </is>
       </c>
       <c r="C414" t="inlineStr">
         <is>
-          <t>Evenementtype toevoegen</t>
+          <t>Aangepast (%1)</t>
         </is>
       </c>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd event type</t>
+          <t>PowerLevelEditorCustom (%1)</t>
         </is>
       </c>
       <c r="G414" t="inlineStr"/>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15327</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B415" t="inlineStr">
         <is>
-          <t>Add new role</t>
+          <t>Remove event type</t>
         </is>
       </c>
       <c r="C415" t="inlineStr">
         <is>
-          <t>Nieuw niveau toevoegen</t>
+          <t>Verwijder evenementtype</t>
         </is>
       </c>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd new role</t>
+          <t>PowerLevelEditorRemove event type</t>
         </is>
       </c>
       <c r="G415" t="inlineStr"/>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15365</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15314</t>
         </is>
       </c>
       <c r="B416" t="inlineStr">
         <is>
-          <t>Add</t>
+          <t>Add event type</t>
         </is>
       </c>
       <c r="C416" t="inlineStr">
         <is>
-          <t>Toevoegen</t>
+          <t>Evenementtype toevoegen</t>
         </is>
       </c>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd</t>
+          <t>PowerLevelEditorAdd event type</t>
         </is>
       </c>
       <c r="G416" t="inlineStr"/>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15381</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15356</t>
         </is>
       </c>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Move users up or down to change their permissions</t>
+          <t>Add new role</t>
         </is>
       </c>
       <c r="C417" t="inlineStr">
         <is>
-          <t>Verplaats gebruikers omhoog of omlaag om hun niveau en toestemmingen aan te passen</t>
+          <t>Nieuw niveau toevoegen</t>
         </is>
       </c>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>PowerLevelEditorMove users up or down to change their permissions</t>
+          <t>PowerLevelEditorAdd new role</t>
         </is>
       </c>
       <c r="G417" t="inlineStr"/>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15394</t>
         </is>
       </c>
       <c r="B418" t="inlineStr">
         <is>
-          <t>Remove user</t>
+          <t>Add</t>
         </is>
       </c>
       <c r="C418" t="inlineStr">
         <is>
-          <t>Verwijder gebruiker</t>
+          <t>Toevoegen</t>
         </is>
       </c>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>PowerLevelEditorRemove user</t>
+          <t>PowerLevelEditorAdd</t>
         </is>
       </c>
       <c r="G418" t="inlineStr"/>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelEditor.qml:15523</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15410</t>
         </is>
       </c>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Add user</t>
+          <t>Move users up or down to change their permissions</t>
         </is>
       </c>
       <c r="C419" t="inlineStr">
         <is>
-          <t>Gebruiker toevoegen</t>
+          <t>Verplaats gebruikers omhoog of omlaag om hun niveau en toestemmingen aan te passen</t>
         </is>
       </c>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>PowerLevelEditorAdd user</t>
+          <t>PowerLevelEditorMove users up or down to change their permissions</t>
         </is>
       </c>
       <c r="G419" t="inlineStr"/>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15548</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Apply permission changes</t>
+          <t>Remove user</t>
         </is>
       </c>
       <c r="C420" t="inlineStr">
         <is>
-          <t>Aanpassingen aan rechten doorvoeren</t>
+          <t>Verwijder gebruiker</t>
         </is>
       </c>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
+          <t>PowerLevelEditorRemove user</t>
         </is>
       </c>
       <c r="G420" t="inlineStr"/>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15562</t>
+          <t>../qml/dialogs/PowerLevelEditor.qml:15557</t>
         </is>
       </c>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>Add user</t>
         </is>
       </c>
       <c r="C421" t="inlineStr">
         <is>
-          <t>Welke groepen en kamers moeten deze rechten op van toepassing zijn?</t>
+          <t>Gebruiker toevoegen</t>
         </is>
       </c>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
+          <t>PowerLevelEditorAdd user</t>
         </is>
       </c>
       <c r="G421" t="inlineStr"/>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15576</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15582</t>
         </is>
       </c>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Apply permissions recursively</t>
+          <t>Apply permission changes</t>
         </is>
       </c>
       <c r="C422" t="inlineStr">
         <is>
-          <t>Voer rechten recursief door</t>
+          <t>Aanpassingen aan rechten doorvoeren</t>
         </is>
       </c>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
+          <t>PowerLevelSpacesApplyDialogApply permission changes</t>
         </is>
       </c>
       <c r="G422" t="inlineStr"/>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15588</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15596</t>
         </is>
       </c>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Overwrite exisiting modifications in rooms</t>
+          <t>Which of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="C423" t="inlineStr">
         <is>
-          <t>Overschrijf huidige aanpassingen in kamers</t>
+          <t>Welke groepen en kamers moeten deze rechten op van toepassing zijn?</t>
         </is>
       </c>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
+          <t>PowerLevelSpacesApplyDialogWhich of the subcommunities and rooms should these permissions be applied to?</t>
         </is>
       </c>
       <c r="G423" t="inlineStr"/>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15629</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15610</t>
         </is>
       </c>
       <c r="B424" t="inlineStr">
         <is>
-          <t>No permissions to apply the new permissions here</t>
+          <t>Apply permissions recursively</t>
         </is>
       </c>
       <c r="C424" t="inlineStr">
         <is>
-          <t>Geen rechten om de nieuwe rechten hier door te voeren</t>
+          <t>Voer rechten recursief door</t>
         </is>
       </c>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
+          <t>PowerLevelSpacesApplyDialogApply permissions recursively</t>
         </is>
       </c>
       <c r="G424" t="inlineStr"/>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15630</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15622</t>
         </is>
       </c>
       <c r="B425" t="inlineStr">
         <is>
-          <t>No changes needed</t>
+          <t>Overwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="C425" t="inlineStr">
         <is>
-          <t>Geen veranderingen noodzakelijk</t>
+          <t>Overschrijf huidige aanpassingen in kamers</t>
         </is>
       </c>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
+          <t>PowerLevelSpacesApplyDialogOverwrite exisiting modifications in rooms</t>
         </is>
       </c>
       <c r="G425" t="inlineStr"/>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15631</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15663</t>
         </is>
       </c>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Existing modifications to the permissions in this room will be overwritten</t>
+          <t>No permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="C426" t="inlineStr">
         <is>
-          <t>Huidige aanpassingen aan de rechten in deze kamer zullen overschreven worden</t>
+          <t>Geen rechten om de nieuwe rechten hier door te voeren</t>
         </is>
       </c>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
+          <t>PowerLevelSpacesApplyDialogNo permissions to apply the new permissions here</t>
         </is>
       </c>
       <c r="G426" t="inlineStr"/>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr">
         <is>
-          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15632</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15664</t>
         </is>
       </c>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Permissions synchronized with community</t>
+          <t>No changes needed</t>
         </is>
       </c>
       <c r="C427" t="inlineStr">
         <is>
-          <t>Rechten synchroniseren met de groep</t>
+          <t>Geen veranderingen noodzakelijk</t>
         </is>
       </c>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
+          <t>PowerLevelSpacesApplyDialogNo changes needed</t>
         </is>
       </c>
       <c r="G427" t="inlineStr"/>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16382</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15665</t>
         </is>
       </c>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
+          <t>Existing modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="C428" t="inlineStr">
         <is>
-          <t>Kon machtsniveau niet bewerken: %1</t>
+          <t>Huidige aanpassingen aan de rechten in deze kamer zullen overschreven worden</t>
         </is>
       </c>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>PowerLevelsFailed to update powerlevel: %1</t>
+          <t>PowerLevelSpacesApplyDialogExisting modifications to the permissions in this room will be overwritten</t>
         </is>
       </c>
       <c r="G428" t="inlineStr"/>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16263</t>
+          <t>../qml/dialogs/PowerLevelSpacesApplyDialog.qml:15666</t>
         </is>
       </c>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Failed to update powerlevel: %1</t>
+          <t>Permissions synchronized with community</t>
         </is>
       </c>
       <c r="C429" t="inlineStr">
         <is>
-          <t>Kon machtsniveau niet bewerken: %1</t>
+          <t>Rechten synchroniseren met de groep</t>
         </is>
       </c>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
+          <t>PowerLevelSpacesApplyDialogPermissions synchronized with community</t>
         </is>
       </c>
       <c r="G429" t="inlineStr"/>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16293</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16454</t>
         </is>
       </c>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Administrator: %1</t>
+          <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C430" t="inlineStr">
         <is>
-          <t>Beheerder: %1</t>
+          <t>Kon machtsniveau niet bewerken: %1</t>
         </is>
       </c>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorAdministrator: %1</t>
+          <t>PowerLevelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G430" t="inlineStr"/>
       <c r="H430" t="inlineStr"/>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16295</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16327</t>
         </is>
       </c>
       <c r="B431" t="inlineStr">
         <is>
-          <t>Moderator: %1</t>
+          <t>Failed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="C431" t="inlineStr">
         <is>
-          <t>Toezichthouder: %1</t>
+          <t>Kon machtsniveau niet bewerken: %1</t>
         </is>
       </c>
       <c r="D431" t="inlineStr"/>
       <c r="E431" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F431" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorModerator: %1</t>
+          <t>PowerlevelEditingModelsFailed to update powerlevel: %1</t>
         </is>
       </c>
       <c r="G431" t="inlineStr"/>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr">
         <is>
-          <t>../qml/components/PowerlevelIndicator.qml:16297</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/components/PowerlevelIndicator.qml:16359</t>
+        </is>
+      </c>
+      <c r="B432" t="inlineStr"/>
+      <c r="C432" t="inlineStr"/>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>PowerlevelIndicatorUser: %1</t>
+          <t>PowerlevelIndicatorCreator</t>
         </is>
       </c>
       <c r="G432" t="inlineStr"/>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15829</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16361</t>
         </is>
       </c>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Other events</t>
+          <t>Administrator (%1)</t>
         </is>
       </c>
       <c r="C433" t="inlineStr">
         <is>
-          <t>Andere evenementen</t>
+          <t>Beheerder (%1)</t>
         </is>
       </c>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther events</t>
+          <t>PowerlevelIndicatorAdministrator (%1)</t>
         </is>
       </c>
       <c r="G433" t="inlineStr"/>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15831</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16363</t>
         </is>
       </c>
       <c r="B434" t="inlineStr">
         <is>
-          <t>Other state events</t>
+          <t>Moderator: %1</t>
         </is>
       </c>
       <c r="C434" t="inlineStr">
         <is>
-          <t>Andere statusevenementen</t>
+          <t>Toezichthouder: %1</t>
         </is>
       </c>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelOther state events</t>
+          <t>PowerlevelIndicatorModerator: %1</t>
         </is>
       </c>
       <c r="G434" t="inlineStr"/>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15833</t>
+          <t>../qml/components/PowerlevelIndicator.qml:16365</t>
         </is>
       </c>
       <c r="B435" t="inlineStr">
         <is>
-          <t>Remove other users</t>
+          <t>User: %1</t>
         </is>
       </c>
       <c r="C435" t="inlineStr">
         <is>
-          <t>Verwijder andere gebruikers</t>
+          <t>Gebruiker: %1</t>
         </is>
       </c>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRemove other users</t>
+          <t>PowerlevelIndicatorUser: %1</t>
         </is>
       </c>
       <c r="G435" t="inlineStr"/>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15835</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
         </is>
       </c>
       <c r="B436" t="inlineStr">
         <is>
-          <t>Ban other users</t>
+          <t>Other events</t>
         </is>
       </c>
       <c r="C436" t="inlineStr">
         <is>
-          <t>Verban andere gebruikers</t>
+          <t>Andere evenementen</t>
         </is>
       </c>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan other users</t>
+          <t>PowerlevelsTypeListModelOther events</t>
         </is>
       </c>
       <c r="G436" t="inlineStr"/>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15837</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
         </is>
       </c>
       <c r="B437" t="inlineStr">
         <is>
-          <t>Invite other users</t>
+          <t>Other state events</t>
         </is>
       </c>
       <c r="C437" t="inlineStr">
         <is>
-          <t>Andere gebruikers uitnodigen</t>
+          <t>Andere statusevenementen</t>
         </is>
       </c>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelInvite other users</t>
+          <t>PowerlevelsTypeListModelOther state events</t>
         </is>
       </c>
       <c r="G437" t="inlineStr"/>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15839</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
         </is>
       </c>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Redact events sent by others</t>
+          <t>Remove other users</t>
         </is>
       </c>
       <c r="C438" t="inlineStr">
         <is>
-          <t>Berichten intrekken die verstuurd waren door anderen</t>
+          <t>Verwijder andere gebruikers</t>
         </is>
       </c>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact events sent by others</t>
+          <t>PowerlevelsTypeListModelRemove other users</t>
         </is>
       </c>
       <c r="G438" t="inlineStr"/>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15841</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15879</t>
         </is>
       </c>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Reactions</t>
+          <t>Ban other users</t>
         </is>
       </c>
       <c r="C439" t="inlineStr">
         <is>
-          <t>Reacties</t>
+          <t>Verban andere gebruikers</t>
         </is>
       </c>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReactions</t>
+          <t>PowerlevelsTypeListModelBan other users</t>
         </is>
       </c>
       <c r="G439" t="inlineStr"/>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15843</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15881</t>
         </is>
       </c>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Deprecated aliases events</t>
+          <t>Invite other users</t>
         </is>
       </c>
       <c r="C440" t="inlineStr">
         <is>
-          <t>Verouderde aliasgebeurtenissen</t>
+          <t>Andere gebruikers uitnodigen</t>
         </is>
       </c>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
+          <t>PowerlevelsTypeListModelInvite other users</t>
         </is>
       </c>
       <c r="G440" t="inlineStr"/>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15845</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15883</t>
         </is>
       </c>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Change the room avatar</t>
+          <t>Redact events sent by others</t>
         </is>
       </c>
       <c r="C441" t="inlineStr">
         <is>
-          <t>Verander de kamerafbeelding</t>
+          <t>Berichten intrekken die verstuurd waren door anderen</t>
         </is>
       </c>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room avatar</t>
+          <t>PowerlevelsTypeListModelRedact events sent by others</t>
         </is>
       </c>
       <c r="G441" t="inlineStr"/>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15847</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15885</t>
         </is>
       </c>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Change the room addresses</t>
+          <t>Reactions</t>
         </is>
       </c>
       <c r="C442" t="inlineStr">
         <is>
-          <t>Veranderen van de kameradressen</t>
+          <t>Reacties</t>
         </is>
       </c>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room addresses</t>
+          <t>PowerlevelsTypeListModelReactions</t>
         </is>
       </c>
       <c r="G442" t="inlineStr"/>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15849</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
         </is>
       </c>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Send encrypted messages</t>
+          <t>Deprecated aliases events</t>
         </is>
       </c>
       <c r="C443" t="inlineStr">
         <is>
-          <t>Versturen van versleutelde berichten</t>
+          <t>Verouderde aliasgebeurtenissen</t>
         </is>
       </c>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend encrypted messages</t>
+          <t>PowerlevelsTypeListModelDeprecated aliases events</t>
         </is>
       </c>
       <c r="G443" t="inlineStr"/>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15851</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
         </is>
       </c>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Enable encryption</t>
+          <t>Change the room avatar</t>
         </is>
       </c>
       <c r="C444" t="inlineStr">
         <is>
-          <t>Versleuteling inschakelen</t>
+          <t>Verander de kamerafbeelding</t>
         </is>
       </c>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEnable encryption</t>
+          <t>PowerlevelsTypeListModelChange the room avatar</t>
         </is>
       </c>
       <c r="G444" t="inlineStr"/>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15853</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15891</t>
         </is>
       </c>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Change guest access</t>
+          <t>Change the room addresses</t>
         </is>
       </c>
       <c r="C445" t="inlineStr">
         <is>
-          <t>Gasttoegang aanpassen</t>
+          <t>Veranderen van de kameradressen</t>
         </is>
       </c>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange guest access</t>
+          <t>PowerlevelsTypeListModelChange the room addresses</t>
         </is>
       </c>
       <c r="G445" t="inlineStr"/>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15855</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15893</t>
         </is>
       </c>
       <c r="B446" t="inlineStr">
         <is>
-          <t>Change history visibility</t>
+          <t>Send encrypted messages</t>
         </is>
       </c>
       <c r="C446" t="inlineStr">
         <is>
-          <t>Zichtbaarheid van de geschiedenis aanpassen</t>
+          <t>Versturen van versleutelde berichten</t>
         </is>
       </c>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange history visibility</t>
+          <t>PowerlevelsTypeListModelSend encrypted messages</t>
         </is>
       </c>
       <c r="G446" t="inlineStr"/>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15857</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15895</t>
         </is>
       </c>
       <c r="B447" t="inlineStr">
         <is>
-          <t>Change who can join</t>
+          <t>Enable encryption</t>
         </is>
       </c>
       <c r="C447" t="inlineStr">
         <is>
-          <t>Aanpassen wie de kamer mag binnentreden</t>
+          <t>Versleuteling inschakelen</t>
         </is>
       </c>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange who can join</t>
+          <t>PowerlevelsTypeListModelEnable encryption</t>
         </is>
       </c>
       <c r="G447" t="inlineStr"/>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15859</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15897</t>
         </is>
       </c>
       <c r="B448" t="inlineStr">
         <is>
-          <t>Send messages</t>
+          <t>Change guest access</t>
         </is>
       </c>
       <c r="C448" t="inlineStr">
         <is>
-          <t>Berichten versturen</t>
+          <t>Gasttoegang aanpassen</t>
         </is>
       </c>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend messages</t>
+          <t>PowerlevelsTypeListModelChange guest access</t>
         </is>
       </c>
       <c r="G448" t="inlineStr"/>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15861</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15899</t>
         </is>
       </c>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Change the room name</t>
+          <t>Change history visibility</t>
         </is>
       </c>
       <c r="C449" t="inlineStr">
         <is>
-          <t>Veranderen van de kamernaam</t>
+          <t>Zichtbaarheid van de geschiedenis aanpassen</t>
         </is>
       </c>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room name</t>
+          <t>PowerlevelsTypeListModelChange history visibility</t>
         </is>
       </c>
       <c r="G449" t="inlineStr"/>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15863</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15901</t>
         </is>
       </c>
       <c r="B450" t="inlineStr">
         <is>
-          <t>Change the room permissions</t>
+          <t>Change who can join</t>
         </is>
       </c>
       <c r="C450" t="inlineStr">
         <is>
-          <t>Aanpassen van de kamer machtsniveaus</t>
+          <t>Aanpassen wie de kamer mag binnentreden</t>
         </is>
       </c>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room permissions</t>
+          <t>PowerlevelsTypeListModelChange who can join</t>
         </is>
       </c>
       <c r="G450" t="inlineStr"/>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15865</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15903</t>
         </is>
       </c>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Change the rooms topic</t>
+          <t>Send messages</t>
         </is>
       </c>
       <c r="C451" t="inlineStr">
         <is>
-          <t>Veranderen van het kameronderwerp</t>
+          <t>Berichten versturen</t>
         </is>
       </c>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the rooms topic</t>
+          <t>PowerlevelsTypeListModelSend messages</t>
         </is>
       </c>
       <c r="G451" t="inlineStr"/>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15867</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15905</t>
         </is>
       </c>
       <c r="B452" t="inlineStr">
         <is>
-          <t>Change the widgets</t>
+          <t>Change the room name</t>
         </is>
       </c>
       <c r="C452" t="inlineStr">
         <is>
-          <t>Veranderen van de widgets</t>
+          <t>Veranderen van de kamernaam</t>
         </is>
       </c>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets</t>
+          <t>PowerlevelsTypeListModelChange the room name</t>
         </is>
       </c>
       <c r="G452" t="inlineStr"/>
       <c r="H452" t="inlineStr"/>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15869</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15907</t>
         </is>
       </c>
       <c r="B453" t="inlineStr">
         <is>
-          <t>Change the widgets (experimental)</t>
+          <t>Change the room permissions</t>
         </is>
       </c>
       <c r="C453" t="inlineStr">
         <is>
-          <t>Veranderen van de widgets (experimenteel)</t>
+          <t>Aanpassen van de kamer machtsniveaus</t>
         </is>
       </c>
       <c r="D453" t="inlineStr"/>
       <c r="E453" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
+          <t>PowerlevelsTypeListModelChange the room permissions</t>
         </is>
       </c>
       <c r="G453" t="inlineStr"/>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15871</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15909</t>
         </is>
       </c>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Redact own events</t>
+          <t>Change the rooms topic</t>
         </is>
       </c>
       <c r="C454" t="inlineStr">
         <is>
-          <t>Intrekken van eigen gebeurtenissen</t>
+          <t>Veranderen van het kameronderwerp</t>
         </is>
       </c>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelRedact own events</t>
+          <t>PowerlevelsTypeListModelChange the rooms topic</t>
         </is>
       </c>
       <c r="G454" t="inlineStr"/>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15873</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15911</t>
         </is>
       </c>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Change the pinned events</t>
+          <t>Change the widgets</t>
         </is>
       </c>
       <c r="C455" t="inlineStr">
         <is>
-          <t>Vastgeprikte gebeurtenissen veranderen</t>
+          <t>Veranderen van de widgets</t>
         </is>
       </c>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the pinned events</t>
+          <t>PowerlevelsTypeListModelChange the widgets</t>
         </is>
       </c>
       <c r="G455" t="inlineStr"/>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15875</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15913</t>
         </is>
       </c>
       <c r="B456" t="inlineStr">
         <is>
-          <t>Upgrade the room</t>
+          <t>Change the widgets (experimental)</t>
         </is>
       </c>
       <c r="C456" t="inlineStr">
         <is>
-          <t>De kamerversie verhogen</t>
+          <t>Veranderen van de widgets (experimenteel)</t>
         </is>
       </c>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelUpgrade the room</t>
+          <t>PowerlevelsTypeListModelChange the widgets (experimental)</t>
         </is>
       </c>
       <c r="G456" t="inlineStr"/>
-      <c r="H456" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H456" t="inlineStr"/>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15877</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15915</t>
         </is>
       </c>
       <c r="B457" t="inlineStr">
         <is>
-          <t>Send stickers</t>
+          <t>Redact own events</t>
         </is>
       </c>
       <c r="C457" t="inlineStr">
         <is>
-          <t>Stickers versturen</t>
+          <t>Intrekken van eigen gebeurtenissen</t>
         </is>
       </c>
       <c r="D457" t="inlineStr"/>
       <c r="E457" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F457" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelSend stickers</t>
+          <t>PowerlevelsTypeListModelRedact own events</t>
         </is>
       </c>
       <c r="G457" t="inlineStr"/>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15880</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15917</t>
         </is>
       </c>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Ban users using policy rules</t>
+          <t>Change the pinned events</t>
         </is>
       </c>
       <c r="C458" t="inlineStr">
         <is>
-          <t>Gebruikers verbannen via beleidsregels</t>
+          <t>Vastgeprikte gebeurtenissen veranderen</t>
         </is>
       </c>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan users using policy rules</t>
+          <t>PowerlevelsTypeListModelChange the pinned events</t>
         </is>
       </c>
       <c r="G458" t="inlineStr"/>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15882</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15919</t>
         </is>
       </c>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Ban rooms using policy rules</t>
+          <t>Upgrade the room</t>
         </is>
       </c>
       <c r="C459" t="inlineStr">
         <is>
-          <t>Kamers verbannen via beleidsregels</t>
+          <t>De kamerversie verhogen</t>
         </is>
       </c>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
+          <t>PowerlevelsTypeListModelUpgrade the room</t>
         </is>
       </c>
       <c r="G459" t="inlineStr"/>
-      <c r="H459" t="inlineStr"/>
+      <c r="H459" t="inlineStr">
+        <is>
+          <t>Means upgrading to a new room version</t>
+        </is>
+      </c>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15884</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15921</t>
         </is>
       </c>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Ban servers using policy rules</t>
+          <t>Send stickers</t>
         </is>
       </c>
       <c r="C460" t="inlineStr">
         <is>
-          <t>Servers verbannen via beleidsregels</t>
+          <t>Stickers versturen</t>
         </is>
       </c>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
+          <t>PowerlevelsTypeListModelSend stickers</t>
         </is>
       </c>
       <c r="G460" t="inlineStr"/>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15887</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15924</t>
         </is>
       </c>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Edit child communities and rooms</t>
+          <t>Ban users using policy rules</t>
         </is>
       </c>
       <c r="C461" t="inlineStr">
         <is>
-          <t>Pas kindgroepen en kamers aan</t>
+          <t>Gebruikers verbannen via beleidsregels</t>
         </is>
       </c>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
+          <t>PowerlevelsTypeListModelBan users using policy rules</t>
         </is>
       </c>
       <c r="G461" t="inlineStr"/>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15889</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15926</t>
         </is>
       </c>
       <c r="B462" t="inlineStr">
         <is>
-          <t>Change parent communities</t>
+          <t>Ban rooms using policy rules</t>
         </is>
       </c>
       <c r="C462" t="inlineStr">
         <is>
-          <t>Pas moedergroepen aan</t>
+          <t>Kamers verbannen via beleidsregels</t>
         </is>
       </c>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange parent communities</t>
+          <t>PowerlevelsTypeListModelBan rooms using policy rules</t>
         </is>
       </c>
       <c r="G462" t="inlineStr"/>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15892</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15928</t>
         </is>
       </c>
       <c r="B463" t="inlineStr">
         <is>
-          <t>Start a call</t>
+          <t>Ban servers using policy rules</t>
         </is>
       </c>
       <c r="C463" t="inlineStr">
         <is>
-          <t>Een beeld- of geluidsgesprek beginnen</t>
+          <t>Servers verbannen via beleidsregels</t>
         </is>
       </c>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelStart a call</t>
+          <t>PowerlevelsTypeListModelBan servers using policy rules</t>
         </is>
       </c>
       <c r="G463" t="inlineStr"/>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15894</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15931</t>
         </is>
       </c>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Negotiate a call</t>
+          <t>Edit child communities and rooms</t>
         </is>
       </c>
       <c r="C464" t="inlineStr">
         <is>
-          <t>Een beeld- of geluidsgesprek onderhandelen</t>
+          <t>Pas kindgroepen en kamers aan</t>
         </is>
       </c>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelNegotiate a call</t>
+          <t>PowerlevelsTypeListModelEdit child communities and rooms</t>
         </is>
       </c>
       <c r="G464" t="inlineStr"/>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15896</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15933</t>
         </is>
       </c>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Answer a call</t>
+          <t>Change parent communities</t>
         </is>
       </c>
       <c r="C465" t="inlineStr">
         <is>
-          <t>Een beeld- of geluidsgesprek opnemen</t>
+          <t>Pas moedergroepen aan</t>
         </is>
       </c>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelAnswer a call</t>
+          <t>PowerlevelsTypeListModelChange parent communities</t>
         </is>
       </c>
       <c r="G465" t="inlineStr"/>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15898</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15936</t>
         </is>
       </c>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Hang up a call</t>
+          <t>Start a call</t>
         </is>
       </c>
       <c r="C466" t="inlineStr">
         <is>
-          <t>Een beeld- of geluidsgesprek ophangen</t>
+          <t>Een beeld- of geluidsgesprek beginnen</t>
         </is>
       </c>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelHang up a call</t>
+          <t>PowerlevelsTypeListModelStart a call</t>
         </is>
       </c>
       <c r="G466" t="inlineStr"/>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15900</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15938</t>
         </is>
       </c>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Reject a call</t>
+          <t>Negotiate a call</t>
         </is>
       </c>
       <c r="C467" t="inlineStr">
         <is>
-          <t>Gesprek weigeren</t>
+          <t>Een beeld- of geluidsgesprek onderhandelen</t>
         </is>
       </c>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelReject a call</t>
+          <t>PowerlevelsTypeListModelNegotiate a call</t>
         </is>
       </c>
       <c r="G467" t="inlineStr"/>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:15902</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15940</t>
         </is>
       </c>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Change the room emotes</t>
+          <t>Answer a call</t>
         </is>
       </c>
       <c r="C468" t="inlineStr">
         <is>
-          <t>De kamer emotes aanpassen</t>
+          <t>Een beeld- of geluidsgesprek opnemen</t>
         </is>
       </c>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>PowerlevelsTypeListModelChange the room emotes</t>
+          <t>PowerlevelsTypeListModelAnswer a call</t>
         </is>
       </c>
       <c r="G468" t="inlineStr"/>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr">
         <is>
-          <t>../../src/PowerlevelsEditModels.cpp:16119</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15942</t>
         </is>
       </c>
       <c r="B469" t="inlineStr">
         <is>
-          <t>Other users</t>
+          <t>Hang up a call</t>
         </is>
       </c>
       <c r="C469" t="inlineStr">
         <is>
-          <t>Andere gebruikers</t>
+          <t>Een beeld- of geluidsgesprek ophangen</t>
         </is>
       </c>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>PowerlevelsUserListModelOther users</t>
+          <t>PowerlevelsTypeListModelHang up a call</t>
         </is>
       </c>
       <c r="G469" t="inlineStr"/>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16340</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15944</t>
         </is>
       </c>
       <c r="B470" t="inlineStr">
         <is>
-          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>Reject a call</t>
         </is>
       </c>
       <c r="C470" t="inlineStr">
         <is>
-          <t>Maak een uniek profiel, waardoor je tegelijk meerdere kopieën van Nheko kan draaien en zo op meerdere gebruikers tegelijk ingelogd kan zijn.</t>
+          <t>Gesprek weigeren</t>
         </is>
       </c>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
+          <t>PowerlevelsTypeListModelReject a call</t>
         </is>
       </c>
       <c r="G470" t="inlineStr"/>
       <c r="H470" t="inlineStr"/>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16342</t>
+          <t>../../src/PowerlevelsEditModels.cpp:15946</t>
         </is>
       </c>
       <c r="B471" t="inlineStr">
         <is>
-          <t>profile</t>
+          <t>Change the room emotes</t>
         </is>
       </c>
       <c r="C471" t="inlineStr">
         <is>
-          <t>profiel</t>
+          <t>De kamer emotes aanpassen</t>
         </is>
       </c>
       <c r="D471" t="inlineStr"/>
       <c r="E471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F471" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile</t>
+          <t>PowerlevelsTypeListModelChange the room emotes</t>
         </is>
       </c>
       <c r="G471" t="inlineStr"/>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16343</t>
+          <t>../../src/PowerlevelsEditModels.cpp:16176</t>
         </is>
       </c>
       <c r="B472" t="inlineStr">
         <is>
-          <t>profile name</t>
+          <t>Other users</t>
         </is>
       </c>
       <c r="C472" t="inlineStr">
         <is>
-          <t>profielnaam</t>
+          <t>Andere gebruikers</t>
         </is>
       </c>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t>QCoreApplicationprofile name</t>
+          <t>PowerlevelsUserListModelOther users</t>
         </is>
       </c>
       <c r="G472" t="inlineStr"/>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16313</t>
+          <t>../../src/main.cpp:16396</t>
         </is>
       </c>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Alias for '--log-level trace'.</t>
+          <t>Create a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="C473" t="inlineStr">
         <is>
-          <t>Alias voor '--log-level trace'.</t>
+          <t>Maak een uniek profiel, waardoor je tegelijk meerdere kopieën van Nheko kan draaien en zo op meerdere gebruikers tegelijk ingelogd kan zijn.</t>
         </is>
       </c>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>QObjectAlias for '--log-level trace'.</t>
+          <t>QCoreApplicationCreate a unique profile which allows you to log into several accounts at the same time and start multiple instances of nheko.</t>
         </is>
       </c>
       <c r="G473" t="inlineStr"/>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16317</t>
+          <t>../../src/main.cpp:16398</t>
         </is>
       </c>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>profile</t>
         </is>
       </c>
       <c r="C474" t="inlineStr">
         <is>
-          <t>Stelt het globale logniveau in, of een komma-gescheiden lijst van &lt;component&gt;=&lt;niveau&gt; paren, of beide. Om bijvoorbeeld het huidige logniveau op 'warn' te zetten maar logs uit te schakelen voor het 'ui' component, voer je 'warn,ui=off' in. Niveaus zijn: {trace,debug,info,warning,error,critical,off} en componenten zijn: {crypto,db,mtx,net,qml,ui}</t>
+          <t>profiel</t>
         </is>
       </c>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
+          <t>QCoreApplicationprofile</t>
         </is>
       </c>
       <c r="G474" t="inlineStr"/>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16322</t>
+          <t>../../src/main.cpp:16399</t>
         </is>
       </c>
       <c r="B475" t="inlineStr">
         <is>
-          <t>level</t>
+          <t>profile name</t>
         </is>
       </c>
       <c r="C475" t="inlineStr">
         <is>
-          <t>niveau</t>
+          <t>profielnaam</t>
         </is>
       </c>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>QObjectlevel</t>
+          <t>QCoreApplicationprofile name</t>
         </is>
       </c>
       <c r="G475" t="inlineStr"/>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16326</t>
+          <t>../../src/main.cpp:16369</t>
         </is>
       </c>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>Alias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="C476" t="inlineStr">
         <is>
-          <t>Stel het uitvoertype voor logs in. Een spatie-gescheiden lijst is toegestaan. De standaardwaarde is 'file,stderr'. Mogelijke types zijn: {file,stderr,none}</t>
+          <t>Alias voor '--log-level trace'.</t>
         </is>
       </c>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
+          <t>QObjectAlias for '--log-level trace'.</t>
         </is>
       </c>
       <c r="G476" t="inlineStr"/>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16328</t>
+          <t>../../src/main.cpp:16373</t>
         </is>
       </c>
       <c r="B477" t="inlineStr">
         <is>
-          <t>type</t>
+          <t>Set the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="C477" t="inlineStr">
         <is>
-          <t>type</t>
+          <t>Stelt het globale logniveau in, of een komma-gescheiden lijst van &lt;component&gt;=&lt;niveau&gt; paren, of beide. Om bijvoorbeeld het huidige logniveau op 'warn' te zetten maar logs uit te schakelen voor het 'ui' component, voer je 'warn,ui=off' in. Niveaus zijn: {trace,debug,info,warning,error,critical,off} en componenten zijn: {crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>QObjecttype</t>
+          <t>QObjectSet the global log level, or a comma-separated list of &lt;component&gt;=&lt;level&gt; pairs, or both. For example, to set the default log level to 'warn' but disable logging for the 'ui' component, pass 'warn,ui=off'. levels:{trace,debug,info,warning,error,critical,off} components:{crypto,db,mtx,net,qml,ui}</t>
         </is>
       </c>
       <c r="G477" t="inlineStr"/>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr">
         <is>
-          <t>../../src/main.cpp:16332</t>
+          <t>../../src/main.cpp:16378</t>
         </is>
       </c>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Recompacts the database which might improve performance.</t>
+          <t>level</t>
         </is>
       </c>
       <c r="C478" t="inlineStr">
         <is>
-          <t>Hercompacteert de databank, waardoor prestaties kunnen verbeteren.</t>
+          <t>niveau</t>
         </is>
       </c>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>QObjectRecompacts the database which might improve performance.</t>
+          <t>QObjectlevel</t>
         </is>
       </c>
       <c r="G478" t="inlineStr"/>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16274</t>
+          <t>../../src/main.cpp:16382</t>
         </is>
       </c>
       <c r="B479" t="inlineStr">
         <is>
-          <t>Respond</t>
+          <t>Set the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="C479" t="inlineStr">
         <is>
-          <t>Antwoorden</t>
+          <t>Stel het uitvoertype voor logs in. Een spatie-gescheiden lijst is toegestaan. De standaardwaarde is 'file,stderr'. Mogelijke types zijn: {file,stderr,none}</t>
         </is>
       </c>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>QObjectRespond</t>
+          <t>QObjectSet the log output type. A comma-separated list is allowed. The default is 'file,stderr'. types:{file,stderr,none}</t>
         </is>
       </c>
       <c r="G479" t="inlineStr"/>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16275</t>
+          <t>../../src/main.cpp:16384</t>
         </is>
       </c>
       <c r="B480" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>type</t>
         </is>
       </c>
       <c r="C480" t="inlineStr">
         <is>
-          <t>Verstuur</t>
+          <t>type</t>
         </is>
       </c>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>QObjectSend</t>
+          <t>QObjecttype</t>
         </is>
       </c>
       <c r="G480" t="inlineStr"/>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:16276</t>
+          <t>../../src/main.cpp:16388</t>
         </is>
       </c>
       <c r="B481" t="inlineStr">
         <is>
-          <t>Write a message…</t>
+          <t>Recompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="C481" t="inlineStr">
         <is>
-          <t>Typ een bericht…</t>
+          <t>Hercompacteert de databank, waardoor prestaties kunnen verbeteren.</t>
         </is>
       </c>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>QObjectWrite a message...</t>
+          <t>QObjectRecompacts the database which might improve performance.</t>
         </is>
       </c>
       <c r="G481" t="inlineStr"/>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16316</t>
+          <t>../../src/notifications/ManagerMac.cpp:16330</t>
         </is>
       </c>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Solve the reCAPTCHA and press the confirm button</t>
+          <t>Respond</t>
         </is>
       </c>
       <c r="C482" t="inlineStr">
         <is>
-          <t>Los de reCAPTCHA op en klik op 'Bevestigen'</t>
+          <t>Antwoorden</t>
         </is>
       </c>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
+          <t>QObjectRespond</t>
         </is>
       </c>
       <c r="G482" t="inlineStr"/>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16324</t>
+          <t>../../src/notifications/ManagerMac.cpp:16331</t>
         </is>
       </c>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Open reCAPTCHA</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="C483" t="inlineStr">
         <is>
-          <t>Open reCAPTCHA</t>
+          <t>Verstuur</t>
         </is>
       </c>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogOpen reCAPTCHA</t>
+          <t>QObjectSend</t>
         </is>
       </c>
       <c r="G483" t="inlineStr"/>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16329</t>
+          <t>../../src/notifications/ManagerMac.cpp:16332</t>
         </is>
       </c>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Write a message…</t>
         </is>
       </c>
       <c r="C484" t="inlineStr">
         <is>
-          <t>Annuleren</t>
+          <t>Typ een bericht…</t>
         </is>
       </c>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogCancel</t>
+          <t>QObjectWrite a message...</t>
         </is>
       </c>
       <c r="G484" t="inlineStr"/>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReCaptchaDialog.qml:16334</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16372</t>
         </is>
       </c>
       <c r="B485" t="inlineStr">
         <is>
-          <t>Confirm</t>
+          <t>Solve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="C485" t="inlineStr">
         <is>
-          <t>Bevestigen</t>
+          <t>Los de reCAPTCHA op en klik op 'Bevestigen'</t>
         </is>
       </c>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>ReCaptchaDialogConfirm</t>
+          <t>ReCaptchaDialogSolve the reCAPTCHA and press the confirm button</t>
         </is>
       </c>
       <c r="G485" t="inlineStr"/>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReadReceipts.qml:16373</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16380</t>
         </is>
       </c>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Read receipts</t>
+          <t>Open reCAPTCHA</t>
         </is>
       </c>
       <c r="C486" t="inlineStr">
         <is>
-          <t>Leesbevestigingen</t>
+          <t>Open reCAPTCHA</t>
         </is>
       </c>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>ReadReceiptsRead receipts</t>
+          <t>ReCaptchaDialogOpen reCAPTCHA</t>
         </is>
       </c>
       <c r="G486" t="inlineStr"/>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr">
         <is>
-          <t>../../src/ReadReceiptsModel.cpp:16484</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16385</t>
         </is>
       </c>
       <c r="B487" t="inlineStr">
         <is>
-          <t>Yesterday, %1</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C487" t="inlineStr">
         <is>
-          <t>Gisteren, %1</t>
+          <t>Annuleren</t>
         </is>
       </c>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>ReadReceiptsModelYesterday, %1</t>
+          <t>ReCaptchaDialogCancel</t>
         </is>
       </c>
       <c r="G487" t="inlineStr"/>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16567</t>
+          <t>../qml/dialogs/ReCaptchaDialog.qml:16390</t>
         </is>
       </c>
       <c r="B488" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Received malformed response.</t>
+          <t>Confirm</t>
         </is>
       </c>
       <c r="C488" t="inlineStr">
         <is>
-          <t>Automatische herkenning mislukt. Onjuist gevormd antwoord ontvangen.</t>
+          <t>Bevestigen</t>
         </is>
       </c>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
+          <t>ReCaptchaDialogConfirm</t>
         </is>
       </c>
       <c r="G488" t="inlineStr"/>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16574</t>
+          <t>../qml/dialogs/ReadReceipts.qml:16429</t>
         </is>
       </c>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C489" t="inlineStr">
         <is>
-          <t>Automatische herkenning mislukt. Onbekende fout bij opvragen van .well-known.</t>
+          <t>Leesbevestigingen</t>
         </is>
       </c>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
+          <t>ReadReceiptsRead receipts</t>
         </is>
       </c>
       <c r="G489" t="inlineStr"/>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16599</t>
+          <t>../../src/ReadReceiptsModel.cpp:16540</t>
         </is>
       </c>
       <c r="B490" t="inlineStr">
         <is>
-          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>Yesterday, %1</t>
         </is>
       </c>
       <c r="C490" t="inlineStr">
         <is>
-          <t>De vereiste aanspreekpunten konden niet worden gevonden. Mogelijk geen Matrix server.</t>
+          <t>Gisteren, %1</t>
         </is>
       </c>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
+          <t>ReadReceiptsModelYesterday, %1</t>
         </is>
       </c>
       <c r="G490" t="inlineStr"/>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16606</t>
+          <t>../../src/RegisterPage.cpp:16623</t>
         </is>
       </c>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
+          <t>Autodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="C491" t="inlineStr">
         <is>
-          <t>Onjuist gevormd antwoord ontvangen. Zorg dat de thuisserver geldig is.</t>
+          <t>Automatische herkenning mislukt. Onjuist gevormd antwoord ontvangen.</t>
         </is>
       </c>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAutodiscovery failed. Received malformed response.</t>
         </is>
       </c>
       <c r="G491" t="inlineStr"/>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16611</t>
+          <t>../../src/RegisterPage.cpp:16630</t>
         </is>
       </c>
       <c r="B492" t="inlineStr">
         <is>
-          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>Autodiscovery failed. Unknown error while requesting .well-known.</t>
         </is>
       </c>
       <c r="C492" t="inlineStr">
         <is>
-          <t>Een onbekende fout trad op. Zorg dat de thuisserver geldig is.</t>
+          <t>Automatische herkenning mislukt. Onbekende fout bij opvragen van .well-known.</t>
         </is>
       </c>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
+          <t>RegisterPageAutodiscovery failed. Unknown error when requesting .well-known.</t>
         </is>
       </c>
       <c r="G492" t="inlineStr"/>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16633</t>
+          <t>../../src/RegisterPage.cpp:16655</t>
         </is>
       </c>
       <c r="B493" t="inlineStr">
         <is>
-          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>The required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="C493" t="inlineStr">
         <is>
-          <t>De gekozen server ondersteund geen versies van het Matrix protocol die deze applicatie begrijpt (tussen %1 en %2). Je kan daarom niet registreren.</t>
+          <t>De vereiste aanspreekpunten konden niet worden gevonden. Mogelijk geen Matrix server.</t>
         </is>
       </c>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
+          <t>RegisterPageThe required endpoints were not found. Possibly not a Matrix server.</t>
         </is>
       </c>
       <c r="G493" t="inlineStr"/>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16645</t>
+          <t>../../src/RegisterPage.cpp:16662</t>
         </is>
       </c>
       <c r="B494" t="inlineStr">
         <is>
-          <t>Server does not support querying registration flows!</t>
+          <t>Received malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C494" t="inlineStr">
         <is>
-          <t>De server ondersteund het opvragen van registratiemethodes niet!</t>
+          <t>Onjuist gevormd antwoord ontvangen. Zorg dat de thuisserver geldig is.</t>
         </is>
       </c>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support querying registration flows!</t>
+          <t>RegisterPageReceived malformed response. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G494" t="inlineStr"/>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16650</t>
+          <t>../../src/RegisterPage.cpp:16667</t>
         </is>
       </c>
       <c r="B495" t="inlineStr">
         <is>
-          <t>Server does not support registration.</t>
+          <t>An unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="C495" t="inlineStr">
         <is>
-          <t>De server ondersteund registreren niet.</t>
+          <t>Een onbekende fout trad op. Zorg dat de thuisserver geldig is.</t>
         </is>
       </c>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>RegisterPageServer does not support registration.</t>
+          <t>RegisterPageAn unknown error occured. Make sure the homeserver domain is valid.</t>
         </is>
       </c>
       <c r="G495" t="inlineStr"/>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16678</t>
+          <t>../../src/RegisterPage.cpp:16689</t>
         </is>
       </c>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Invalid username.</t>
+          <t>The selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="C496" t="inlineStr">
         <is>
-          <t>Ongeldige gebruikersnaam.</t>
+          <t>De gekozen server ondersteund geen versies van het Matrix protocol die deze applicatie begrijpt (tussen %1 en %2). Je kan daarom niet registreren.</t>
         </is>
       </c>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>RegisterPageInvalid username.</t>
+          <t>RegisterPageThe selected server does not support a version of the Matrix protocol that this client understands (%1 to %2). You can't register.</t>
         </is>
       </c>
       <c r="G496" t="inlineStr"/>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16680</t>
+          <t>../../src/RegisterPage.cpp:16701</t>
         </is>
       </c>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Name already in use.</t>
+          <t>Server does not support querying registration flows!</t>
         </is>
       </c>
       <c r="C497" t="inlineStr">
         <is>
-          <t>Naam reeds in gebruik.</t>
+          <t>De server ondersteund het opvragen van registratiemethodes niet!</t>
         </is>
       </c>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>RegisterPageName already in use.</t>
+          <t>RegisterPageServer does not support querying registration flows!</t>
         </is>
       </c>
       <c r="G497" t="inlineStr"/>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr">
         <is>
-          <t>../../src/RegisterPage.cpp:16682</t>
+          <t>../../src/RegisterPage.cpp:16706</t>
         </is>
       </c>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Part of the reserved namespace.</t>
+          <t>Server does not support registration.</t>
         </is>
       </c>
       <c r="C498" t="inlineStr">
         <is>
-          <t>Deel van de gereserveerde naamruimte.</t>
+          <t>De server ondersteund registreren niet.</t>
         </is>
       </c>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>RegisterPagePart of the reserved namespace.</t>
+          <t>RegisterPageServer does not support registration.</t>
         </is>
       </c>
       <c r="G498" t="inlineStr"/>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16740</t>
+          <t>../../src/RegisterPage.cpp:16734</t>
         </is>
       </c>
       <c r="B499" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Invalid username.</t>
         </is>
       </c>
       <c r="C499" t="inlineStr">
         <is>
-          <t>Thuisserver</t>
+          <t>Ongeldige gebruikersnaam.</t>
         </is>
       </c>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>RegisterPageHomeserver</t>
+          <t>RegisterPageInvalid username.</t>
         </is>
       </c>
       <c r="G499" t="inlineStr"/>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16741</t>
+          <t>../../src/RegisterPage.cpp:16736</t>
         </is>
       </c>
       <c r="B500" t="inlineStr">
         <is>
-          <t>your.server</t>
+          <t>Name already in use.</t>
         </is>
       </c>
       <c r="C500" t="inlineStr">
         <is>
-          <t>jouwserver.example.com</t>
+          <t>Naam reeds in gebruik.</t>
         </is>
       </c>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>RegisterPageyour.server</t>
+          <t>RegisterPageName already in use.</t>
         </is>
       </c>
       <c r="G500" t="inlineStr"/>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16744</t>
+          <t>../../src/RegisterPage.cpp:16738</t>
         </is>
       </c>
       <c r="B501" t="inlineStr">
         <is>
-          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>Part of the reserved namespace.</t>
         </is>
       </c>
       <c r="C501" t="inlineStr">
         <is>
-          <t>Een server die registratie toestaat. Omdat Matrix gedecentraliseerd is, moet je eerst zelf een server vinden om je op te registeren, of je eigen server hosten.</t>
+          <t>Deel van de gereserveerde naamruimte.</t>
         </is>
       </c>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
+          <t>RegisterPagePart of the reserved namespace.</t>
         </is>
       </c>
       <c r="G501" t="inlineStr"/>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16776</t>
+          <t>../qml/pages/RegisterPage.qml:16796</t>
         </is>
       </c>
       <c r="B502" t="inlineStr">
         <is>
-          <t>Username</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C502" t="inlineStr">
         <is>
-          <t>Gebruikersnaam</t>
+          <t>Thuisserver</t>
         </is>
       </c>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>RegisterPageUsername</t>
+          <t>RegisterPageHomeserver</t>
         </is>
       </c>
       <c r="G502" t="inlineStr"/>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16777</t>
+          <t>../qml/pages/RegisterPage.qml:16797</t>
         </is>
       </c>
       <c r="B503" t="inlineStr">
         <is>
-          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>your.server</t>
         </is>
       </c>
       <c r="C503" t="inlineStr">
         <is>
-          <t>De gebruikersnaam mag niet leeg zijn, en mag alleen de volgende tekens bevatten: a-z, 0-9, ., _, =, -, en /.</t>
+          <t>jouwserver.example.com</t>
         </is>
       </c>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
+          <t>RegisterPageyour.server</t>
         </is>
       </c>
       <c r="G503" t="inlineStr"/>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16898</t>
+          <t>../qml/pages/RegisterPage.qml:16800</t>
         </is>
       </c>
       <c r="B504" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>A server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="C504" t="inlineStr">
         <is>
-          <t>Terug</t>
+          <t>Een server die registratie toestaat. Omdat Matrix gedecentraliseerd is, moet je eerst zelf een server vinden om je op te registeren, of je eigen server hosten.</t>
         </is>
       </c>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>RegisterPageBack</t>
+          <t>RegisterPageA server that allows registration. Since matrix is decentralized, you need to first find a server you can register on or host your own.</t>
         </is>
       </c>
       <c r="G504" t="inlineStr"/>
       <c r="H504" t="inlineStr"/>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16819</t>
+          <t>../qml/pages/RegisterPage.qml:16832</t>
         </is>
       </c>
       <c r="B505" t="inlineStr">
         <is>
-          <t>Password</t>
+          <t>Username</t>
         </is>
       </c>
       <c r="C505" t="inlineStr">
         <is>
-          <t>Wachtwoord</t>
+          <t>Gebruikersnaam</t>
         </is>
       </c>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>RegisterPagePassword</t>
+          <t>RegisterPageUsername</t>
         </is>
       </c>
       <c r="G505" t="inlineStr"/>
       <c r="H505" t="inlineStr"/>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16821</t>
+          <t>../qml/pages/RegisterPage.qml:16833</t>
         </is>
       </c>
       <c r="B506" t="inlineStr">
         <is>
-          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>The username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="C506" t="inlineStr">
         <is>
-          <t>Kies a.u.b. een veilig wachtwoord. De exacte vereisten voor een wachtwoord kunnen per server verschillen.</t>
+          <t>De gebruikersnaam mag niet leeg zijn, en mag alleen de volgende tekens bevatten: a-z, 0-9, ., _, =, -, en /.</t>
         </is>
       </c>
       <c r="D506" t="inlineStr"/>
       <c r="E506" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F506" t="inlineStr">
         <is>
-          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
+          <t>RegisterPageThe username must not be empty, and must contain only the characters a-z, 0-9, ., _, =, -, and /.</t>
         </is>
       </c>
       <c r="G506" t="inlineStr"/>
       <c r="H506" t="inlineStr"/>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16828</t>
+          <t>../qml/pages/RegisterPage.qml:16954</t>
         </is>
       </c>
       <c r="B507" t="inlineStr">
         <is>
-          <t>Password confirmation</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C507" t="inlineStr">
         <is>
-          <t>Wachtwoord bevestigen</t>
+          <t>Terug</t>
         </is>
       </c>
       <c r="D507" t="inlineStr"/>
       <c r="E507" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F507" t="inlineStr">
         <is>
-          <t>RegisterPagePassword confirmation</t>
+          <t>RegisterPageBack</t>
         </is>
       </c>
       <c r="G507" t="inlineStr"/>
       <c r="H507" t="inlineStr"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16837</t>
+          <t>../qml/pages/RegisterPage.qml:16875</t>
         </is>
       </c>
       <c r="B508" t="inlineStr">
         <is>
-          <t>Your passwords do not match!</t>
+          <t>Password</t>
         </is>
       </c>
       <c r="C508" t="inlineStr">
         <is>
-          <t>Je wachtwoorden komen niet overeen!</t>
+          <t>Wachtwoord</t>
         </is>
       </c>
       <c r="D508" t="inlineStr"/>
       <c r="E508" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F508" t="inlineStr">
         <is>
-          <t>RegisterPageYour passwords do not match!</t>
+          <t>RegisterPagePassword</t>
         </is>
       </c>
       <c r="G508" t="inlineStr"/>
       <c r="H508" t="inlineStr"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16845</t>
+          <t>../qml/pages/RegisterPage.qml:16877</t>
         </is>
       </c>
       <c r="B509" t="inlineStr">
         <is>
-          <t>Device name</t>
+          <t>Please choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="C509" t="inlineStr">
         <is>
-          <t>Apparaatnaam</t>
+          <t>Kies a.u.b. een veilig wachtwoord. De exacte vereisten voor een wachtwoord kunnen per server verschillen.</t>
         </is>
       </c>
       <c r="D509" t="inlineStr"/>
       <c r="E509" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F509" t="inlineStr">
         <is>
-          <t>RegisterPageDevice name</t>
+          <t>RegisterPagePlease choose a secure password. The exact requirements for password strength may depend on your server.</t>
         </is>
       </c>
       <c r="G509" t="inlineStr"/>
       <c r="H509" t="inlineStr"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16847</t>
+          <t>../qml/pages/RegisterPage.qml:16884</t>
         </is>
       </c>
       <c r="B510" t="inlineStr">
         <is>
-          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>Password confirmation</t>
         </is>
       </c>
       <c r="C510" t="inlineStr">
         <is>
-          <t>Een naam voor dit apparaat die zichtbaar is voor anderen. Als niets ingevuld is wordt er een standaardwaarde gebruikt.</t>
+          <t>Wachtwoord bevestigen</t>
         </is>
       </c>
       <c r="D510" t="inlineStr"/>
       <c r="E510" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F510" t="inlineStr">
         <is>
-          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
+          <t>RegisterPagePassword confirmation</t>
         </is>
       </c>
       <c r="G510" t="inlineStr"/>
       <c r="H510" t="inlineStr"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr">
         <is>
-          <t>../qml/pages/RegisterPage.qml:16878</t>
+          <t>../qml/pages/RegisterPage.qml:16893</t>
         </is>
       </c>
       <c r="B511" t="inlineStr">
         <is>
-          <t>REGISTER</t>
+          <t>Your passwords do not match!</t>
         </is>
       </c>
       <c r="C511" t="inlineStr">
         <is>
-          <t>REGISTREREN</t>
+          <t>Je wachtwoorden komen niet overeen!</t>
         </is>
       </c>
       <c r="D511" t="inlineStr"/>
       <c r="E511" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F511" t="inlineStr">
         <is>
-          <t>RegisterPageREGISTER</t>
+          <t>RegisterPageYour passwords do not match!</t>
         </is>
       </c>
       <c r="G511" t="inlineStr"/>
       <c r="H511" t="inlineStr"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16919</t>
+          <t>../qml/pages/RegisterPage.qml:16901</t>
         </is>
       </c>
       <c r="B512" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Device name</t>
         </is>
       </c>
       <c r="C512" t="inlineStr">
         <is>
-          <t>Sluiten</t>
+          <t>Apparaatnaam</t>
         </is>
       </c>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>ReplyPopupClose</t>
+          <t>RegisterPageDevice name</t>
         </is>
       </c>
       <c r="G512" t="inlineStr"/>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16935</t>
+          <t>../qml/pages/RegisterPage.qml:16903</t>
         </is>
       </c>
       <c r="B513" t="inlineStr">
         <is>
-          <t>Cancel Edit</t>
+          <t>A name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="C513" t="inlineStr">
         <is>
-          <t>Bewerken annuleren</t>
+          <t>Een naam voor dit apparaat die zichtbaar is voor anderen. Als niets ingevuld is wordt er een standaardwaarde gebruikt.</t>
         </is>
       </c>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Edit</t>
+          <t>RegisterPageA name for this device which will be shown to others when verifying your devices. If nothing is provided a default is used.</t>
         </is>
       </c>
       <c r="G513" t="inlineStr"/>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr">
         <is>
-          <t>../qml/ReplyPopup.qml:16951</t>
+          <t>../qml/pages/RegisterPage.qml:16934</t>
         </is>
       </c>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Cancel Thread</t>
+          <t>REGISTER</t>
         </is>
       </c>
       <c r="C514" t="inlineStr">
         <is>
-          <t>Gespreksdraad afbreken</t>
+          <t>REGISTREREN</t>
         </is>
       </c>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>ReplyPopupCancel Thread</t>
+          <t>RegisterPageREGISTER</t>
         </is>
       </c>
       <c r="G514" t="inlineStr"/>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16966</t>
+          <t>../qml/ReplyPopup.qml:16975</t>
         </is>
       </c>
       <c r="B515" t="inlineStr">
         <is>
-          <t>Report message</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C515" t="inlineStr">
         <is>
-          <t>Rapporteer bericht</t>
+          <t>Sluiten</t>
         </is>
       </c>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>ReportMessageReport message</t>
+          <t>ReplyPopupClose</t>
         </is>
       </c>
       <c r="G515" t="inlineStr"/>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16981</t>
+          <t>../qml/ReplyPopup.qml:16991</t>
         </is>
       </c>
       <c r="B516" t="inlineStr">
         <is>
-          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>Cancel Edit</t>
         </is>
       </c>
       <c r="C516" t="inlineStr">
         <is>
-          <t>Het bericht dat je rapporteert zal naar de beheerder van je thuisserver worden gestuurd voor beoordeling. Niet alle beheerders bekijken gerapporteerde berichten. Je dient ook een moderator van de ruimte te vragen de inhoud te verwijderen, indien noodzakelijk.</t>
+          <t>Bewerken annuleren</t>
         </is>
       </c>
       <c r="D516" t="inlineStr"/>
       <c r="E516" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F516" t="inlineStr">
         <is>
-          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
+          <t>ReplyPopupCancel Edit</t>
         </is>
       </c>
       <c r="G516" t="inlineStr"/>
       <c r="H516" t="inlineStr"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16985</t>
+          <t>../qml/ReplyPopup.qml:17007</t>
         </is>
       </c>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Enter your reason for reporting:</t>
+          <t>Cancel Thread</t>
         </is>
       </c>
       <c r="C517" t="inlineStr">
         <is>
-          <t>Geef de reden voor het rapporteren:</t>
+          <t>Gespreksdraad afbreken</t>
         </is>
       </c>
       <c r="D517" t="inlineStr"/>
       <c r="E517" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F517" t="inlineStr">
         <is>
-          <t>ReportMessageEnter your reason for reporting:</t>
+          <t>ReplyPopupCancel Thread</t>
         </is>
       </c>
       <c r="G517" t="inlineStr"/>
       <c r="H517" t="inlineStr"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:16995</t>
+          <t>../qml/dialogs/ReportMessage.qml:17022</t>
         </is>
       </c>
       <c r="B518" t="inlineStr">
         <is>
-          <t>How bad is the message?</t>
+          <t>Report message</t>
         </is>
       </c>
       <c r="C518" t="inlineStr">
         <is>
-          <t>Hoe erg is het bericht?</t>
+          <t>Rapporteer bericht</t>
         </is>
       </c>
       <c r="D518" t="inlineStr"/>
       <c r="E518" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F518" t="inlineStr">
         <is>
-          <t>ReportMessageHow bad is the message?</t>
+          <t>ReportMessageReport message</t>
         </is>
       </c>
       <c r="G518" t="inlineStr"/>
       <c r="H518" t="inlineStr"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17013</t>
+          <t>../qml/dialogs/ReportMessage.qml:17037</t>
         </is>
       </c>
       <c r="B519" t="inlineStr">
         <is>
-          <t>Not bad</t>
+          <t>This message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="C519" t="inlineStr">
         <is>
-          <t>Niet erg</t>
+          <t>Het bericht dat je rapporteert zal naar de beheerder van je thuisserver worden gestuurd voor beoordeling. Niet alle beheerders bekijken gerapporteerde berichten. Je dient ook een moderator van de ruimte te vragen de inhoud te verwijderen, indien noodzakelijk.</t>
         </is>
       </c>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>ReportMessageNot bad</t>
+          <t>ReportMessageThis message you are reporting will be sent to your server administrator for review. Please note that not all server administrators review reported content. You should also ask a room moderator to remove the content if necessary.</t>
         </is>
       </c>
       <c r="G519" t="inlineStr"/>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17015</t>
+          <t>../qml/dialogs/ReportMessage.qml:17041</t>
         </is>
       </c>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Mild</t>
+          <t>Enter your reason for reporting:</t>
         </is>
       </c>
       <c r="C520" t="inlineStr">
         <is>
-          <t>Mild</t>
+          <t>Geef de reden voor het rapporteren:</t>
         </is>
       </c>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>ReportMessageMild</t>
+          <t>ReportMessageEnter your reason for reporting:</t>
         </is>
       </c>
       <c r="G520" t="inlineStr"/>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17017</t>
+          <t>../qml/dialogs/ReportMessage.qml:17051</t>
         </is>
       </c>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Bad</t>
+          <t>How bad is the message?</t>
         </is>
       </c>
       <c r="C521" t="inlineStr">
         <is>
-          <t>Erg</t>
+          <t>Hoe erg is het bericht?</t>
         </is>
       </c>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>ReportMessageBad</t>
+          <t>ReportMessageHow bad is the message?</t>
         </is>
       </c>
       <c r="G521" t="inlineStr"/>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17019</t>
+          <t>../qml/dialogs/ReportMessage.qml:17069</t>
         </is>
       </c>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Serious</t>
+          <t>Not bad</t>
         </is>
       </c>
       <c r="C522" t="inlineStr">
         <is>
-          <t>Serieus</t>
+          <t>Niet erg</t>
         </is>
       </c>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>ReportMessageSerious</t>
+          <t>ReportMessageNot bad</t>
         </is>
       </c>
       <c r="G522" t="inlineStr"/>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr">
         <is>
-          <t>../qml/dialogs/ReportMessage.qml:17021</t>
+          <t>../qml/dialogs/ReportMessage.qml:17071</t>
         </is>
       </c>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Extremely serious</t>
+          <t>Mild</t>
         </is>
       </c>
       <c r="C523" t="inlineStr">
         <is>
-          <t>Zeer serieus</t>
+          <t>Mild</t>
         </is>
       </c>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>ReportMessageExtremely serious</t>
+          <t>ReportMessageMild</t>
         </is>
       </c>
       <c r="G523" t="inlineStr"/>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17045</t>
+          <t>../qml/dialogs/ReportMessage.qml:17073</t>
         </is>
       </c>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Explore Public Rooms</t>
+          <t>Bad</t>
         </is>
       </c>
       <c r="C524" t="inlineStr">
         <is>
-          <t>Verken openbare kamers</t>
+          <t>Erg</t>
         </is>
       </c>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>RoomDirectoryExplore Public Rooms</t>
+          <t>ReportMessageBad</t>
         </is>
       </c>
       <c r="G524" t="inlineStr"/>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/ReportMessage.qml:17075</t>
         </is>
       </c>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Join</t>
+          <t>Serious</t>
         </is>
       </c>
       <c r="C525" t="inlineStr">
         <is>
-          <t>Binnentreden</t>
+          <t>Serieus</t>
         </is>
       </c>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t>RoomDirectoryJoin</t>
+          <t>ReportMessageSerious</t>
         </is>
       </c>
       <c r="G525" t="inlineStr"/>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17137</t>
+          <t>../qml/dialogs/ReportMessage.qml:17077</t>
         </is>
       </c>
       <c r="B526" t="inlineStr">
         <is>
-          <t>Open</t>
+          <t>Extremely serious</t>
         </is>
       </c>
       <c r="C526" t="inlineStr">
         <is>
-          <t>Open</t>
+          <t>Zeer serieus</t>
         </is>
       </c>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>RoomDirectoryOpen</t>
+          <t>ReportMessageExtremely serious</t>
         </is>
       </c>
       <c r="G526" t="inlineStr"/>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17191</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17101</t>
         </is>
       </c>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Search for public rooms</t>
+          <t>Explore Public Rooms</t>
         </is>
       </c>
       <c r="C527" t="inlineStr">
         <is>
-          <t>Zoek naar openbare kamers</t>
+          <t>Verken openbare kamers</t>
         </is>
       </c>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>RoomDirectorySearch for public rooms</t>
+          <t>RoomDirectoryExplore Public Rooms</t>
         </is>
       </c>
       <c r="G527" t="inlineStr"/>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17203</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B528" t="inlineStr">
         <is>
-          <t>Choose custom homeserver</t>
+          <t>Join</t>
         </is>
       </c>
       <c r="C528" t="inlineStr">
         <is>
-          <t>Kies een aangepaste thuisserver</t>
+          <t>Binnentreden</t>
         </is>
       </c>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>RoomDirectoryChoose custom homeserver</t>
+          <t>RoomDirectoryJoin</t>
         </is>
       </c>
       <c r="G528" t="inlineStr"/>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomDirectory.qml:17221</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17193</t>
         </is>
       </c>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Open</t>
         </is>
       </c>
       <c r="C529" t="inlineStr">
         <is>
-          <t>Sluiten</t>
+          <t>Open</t>
         </is>
       </c>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>RoomDirectoryClose</t>
+          <t>RoomDirectoryOpen</t>
         </is>
       </c>
       <c r="G529" t="inlineStr"/>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:19301</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17247</t>
         </is>
       </c>
       <c r="B530" t="inlineStr">
         <is>
-          <t>no version stored</t>
+          <t>Search for public rooms</t>
         </is>
       </c>
       <c r="C530" t="inlineStr">
         <is>
-          <t>geen versie opgeslagen</t>
+          <t>Zoek naar openbare kamers</t>
         </is>
       </c>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>RoomInfono version stored</t>
+          <t>RoomDirectorySearch for public rooms</t>
         </is>
       </c>
       <c r="G530" t="inlineStr"/>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19350</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17259</t>
         </is>
       </c>
       <c r="B531" t="inlineStr">
         <is>
-          <t>Start a new chat</t>
+          <t>Choose custom homeserver</t>
         </is>
       </c>
       <c r="C531" t="inlineStr">
         <is>
-          <t>Nieuwe chat beginnen</t>
+          <t>Kies een aangepaste thuisserver</t>
         </is>
       </c>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>RoomListStart a new chat</t>
+          <t>RoomDirectoryChoose custom homeserver</t>
         </is>
       </c>
       <c r="G531" t="inlineStr"/>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19363</t>
+          <t>../qml/dialogs/RoomDirectory.qml:17277</t>
         </is>
       </c>
       <c r="B532" t="inlineStr">
         <is>
-          <t>Join a room</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C532" t="inlineStr">
         <is>
-          <t>Kamer binnengaan</t>
+          <t>Sluiten</t>
         </is>
       </c>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>RoomListJoin a room</t>
+          <t>RoomDirectoryClose</t>
         </is>
       </c>
       <c r="G532" t="inlineStr"/>
       <c r="H532" t="inlineStr"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19368</t>
+          <t>../../src/Cache.cpp:19355</t>
         </is>
       </c>
       <c r="B533" t="inlineStr">
         <is>
-          <t>Create a new room</t>
+          <t>no version stored</t>
         </is>
       </c>
       <c r="C533" t="inlineStr">
         <is>
-          <t>Nieuwe kamer aanmaken</t>
+          <t>geen versie opgeslagen</t>
         </is>
       </c>
       <c r="D533" t="inlineStr"/>
       <c r="E533" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F533" t="inlineStr">
         <is>
-          <t>RoomListCreate a new room</t>
+          <t>RoomInfono version stored</t>
         </is>
       </c>
       <c r="G533" t="inlineStr"/>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19377</t>
+          <t>../qml/RoomList.qml:19404</t>
         </is>
       </c>
       <c r="B534" t="inlineStr">
         <is>
-          <t>Start a direct chat</t>
+          <t>Start a new chat</t>
         </is>
       </c>
       <c r="C534" t="inlineStr">
         <is>
-          <t>Begin een privégesprek</t>
+          <t>Nieuwe chat beginnen</t>
         </is>
       </c>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>RoomListStart a direct chat</t>
+          <t>RoomListStart a new chat</t>
         </is>
       </c>
       <c r="G534" t="inlineStr"/>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19386</t>
+          <t>../qml/RoomList.qml:19417</t>
         </is>
       </c>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Create a new community</t>
+          <t>Join a room</t>
         </is>
       </c>
       <c r="C535" t="inlineStr">
         <is>
-          <t>Maak een nieuwe groep</t>
+          <t>Kamer binnengaan</t>
         </is>
       </c>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>RoomListCreate a new community</t>
+          <t>RoomListJoin a room</t>
         </is>
       </c>
       <c r="G535" t="inlineStr"/>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19402</t>
+          <t>../qml/RoomList.qml:19422</t>
         </is>
       </c>
       <c r="B536" t="inlineStr">
         <is>
-          <t>Room directory</t>
+          <t>Create a new room</t>
         </is>
       </c>
       <c r="C536" t="inlineStr">
         <is>
-          <t>Kamerlijst</t>
+          <t>Nieuwe kamer aanmaken</t>
         </is>
       </c>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>RoomListRoom directory</t>
+          <t>RoomListCreate a new room</t>
         </is>
       </c>
       <c r="G536" t="inlineStr"/>
       <c r="H536" t="inlineStr"/>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19420</t>
+          <t>../qml/RoomList.qml:19431</t>
         </is>
       </c>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Search rooms (Ctrl+K)</t>
+          <t>Start a direct chat</t>
         </is>
       </c>
       <c r="C537" t="inlineStr">
         <is>
-          <t>Doorzoek kamers (Ctrl+K)</t>
+          <t>Begin een privégesprek</t>
         </is>
       </c>
       <c r="D537" t="inlineStr"/>
       <c r="E537" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F537" t="inlineStr">
         <is>
-          <t>RoomListSearch rooms (Ctrl+K)</t>
+          <t>RoomListStart a direct chat</t>
         </is>
       </c>
       <c r="G537" t="inlineStr"/>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19444</t>
+          <t>../qml/RoomList.qml:19440</t>
         </is>
       </c>
       <c r="B538" t="inlineStr">
         <is>
-          <t>User settings</t>
+          <t>Create a new community</t>
         </is>
       </c>
       <c r="C538" t="inlineStr">
         <is>
-          <t>Gebruikersinstellingen</t>
+          <t>Maak een nieuwe groep</t>
         </is>
       </c>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>RoomListUser settings</t>
+          <t>RoomListCreate a new community</t>
         </is>
       </c>
       <c r="G538" t="inlineStr"/>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19538</t>
+          <t>../qml/RoomList.qml:19456</t>
         </is>
       </c>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Logout</t>
+          <t>Room directory</t>
         </is>
       </c>
       <c r="C539" t="inlineStr">
         <is>
-          <t>Uitloggen</t>
+          <t>Kamerlijst</t>
         </is>
       </c>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>RoomListLogout</t>
+          <t>RoomListRoom directory</t>
         </is>
       </c>
       <c r="G539" t="inlineStr"/>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19550</t>
+          <t>../qml/RoomList.qml:19474</t>
         </is>
       </c>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Enter your status message:</t>
+          <t>Search rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="C540" t="inlineStr">
         <is>
-          <t>Voer je statusbericht in:</t>
+          <t>Doorzoek kamers (Ctrl+K)</t>
         </is>
       </c>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>RoomListEnter your status message:</t>
+          <t>RoomListSearch rooms (Ctrl+K)</t>
         </is>
       </c>
       <c r="G540" t="inlineStr"/>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19551</t>
+          <t>../qml/RoomList.qml:19498</t>
         </is>
       </c>
       <c r="B541" t="inlineStr">
         <is>
-          <t>Status Message</t>
+          <t>User settings</t>
         </is>
       </c>
       <c r="C541" t="inlineStr">
         <is>
-          <t>Statusbericht</t>
+          <t>Gebruikersinstellingen</t>
         </is>
       </c>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>RoomListStatus Message</t>
+          <t>RoomListUser settings</t>
         </is>
       </c>
       <c r="G541" t="inlineStr"/>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19563</t>
+          <t>../qml/RoomList.qml:19592</t>
         </is>
       </c>
       <c r="B542" t="inlineStr">
         <is>
-          <t>Profile settings</t>
+          <t>Logout</t>
         </is>
       </c>
       <c r="C542" t="inlineStr">
         <is>
-          <t>Profielinstellingen</t>
+          <t>Uitloggen</t>
         </is>
       </c>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>RoomListProfile settings</t>
+          <t>RoomListLogout</t>
         </is>
       </c>
       <c r="G542" t="inlineStr"/>
       <c r="H542" t="inlineStr"/>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19568</t>
+          <t>../qml/RoomList.qml:19604</t>
         </is>
       </c>
       <c r="B543" t="inlineStr">
         <is>
-          <t>Set status message</t>
+          <t>Enter your status message:</t>
         </is>
       </c>
       <c r="C543" t="inlineStr">
         <is>
-          <t>Stel statusbericht in</t>
+          <t>Voer je statusbericht in:</t>
         </is>
       </c>
       <c r="D543" t="inlineStr"/>
       <c r="E543" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F543" t="inlineStr">
         <is>
-          <t>RoomListSet status message</t>
+          <t>RoomListEnter your status message:</t>
         </is>
       </c>
       <c r="G543" t="inlineStr"/>
       <c r="H543" t="inlineStr"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19579</t>
+          <t>../qml/RoomList.qml:19605</t>
         </is>
       </c>
       <c r="B544" t="inlineStr">
         <is>
-          <t>Automatic online status</t>
+          <t>Status Message</t>
         </is>
       </c>
       <c r="C544" t="inlineStr">
         <is>
-          <t>Automatische onlinestatus</t>
+          <t>Statusbericht</t>
         </is>
       </c>
       <c r="D544" t="inlineStr"/>
       <c r="E544" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F544" t="inlineStr">
         <is>
-          <t>RoomListAutomatic online status</t>
+          <t>RoomListStatus Message</t>
         </is>
       </c>
       <c r="G544" t="inlineStr"/>
       <c r="H544" t="inlineStr"/>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19586</t>
+          <t>../qml/RoomList.qml:19617</t>
         </is>
       </c>
       <c r="B545" t="inlineStr">
         <is>
-          <t>Online</t>
+          <t>Profile settings</t>
         </is>
       </c>
       <c r="C545" t="inlineStr">
         <is>
-          <t>Online</t>
+          <t>Profielinstellingen</t>
         </is>
       </c>
       <c r="D545" t="inlineStr"/>
       <c r="E545" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F545" t="inlineStr">
         <is>
-          <t>RoomListOnline</t>
+          <t>RoomListProfile settings</t>
         </is>
       </c>
       <c r="G545" t="inlineStr"/>
       <c r="H545" t="inlineStr"/>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19593</t>
+          <t>../qml/RoomList.qml:19622</t>
         </is>
       </c>
       <c r="B546" t="inlineStr">
         <is>
-          <t>Unavailable</t>
+          <t>Set status message</t>
         </is>
       </c>
       <c r="C546" t="inlineStr">
         <is>
-          <t>Afwezig</t>
+          <t>Stel statusbericht in</t>
         </is>
       </c>
       <c r="D546" t="inlineStr"/>
       <c r="E546" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F546" t="inlineStr">
         <is>
-          <t>RoomListUnavailable</t>
+          <t>RoomListSet status message</t>
         </is>
       </c>
       <c r="G546" t="inlineStr"/>
       <c r="H546" t="inlineStr"/>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19600</t>
+          <t>../qml/RoomList.qml:19633</t>
         </is>
       </c>
       <c r="B547" t="inlineStr">
         <is>
-          <t>Offline</t>
+          <t>Automatic online status</t>
         </is>
       </c>
       <c r="C547" t="inlineStr">
         <is>
-          <t>Offline</t>
+          <t>Automatische onlinestatus</t>
         </is>
       </c>
       <c r="D547" t="inlineStr"/>
       <c r="E547" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F547" t="inlineStr">
         <is>
-          <t>RoomListOffline</t>
+          <t>RoomListAutomatic online status</t>
         </is>
       </c>
       <c r="G547" t="inlineStr"/>
       <c r="H547" t="inlineStr"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19654</t>
+          <t>../qml/RoomList.qml:19640</t>
         </is>
       </c>
       <c r="B548" t="inlineStr">
         <is>
-          <t>Encryption not set up</t>
+          <t>Online</t>
         </is>
       </c>
       <c r="C548" t="inlineStr">
         <is>
-          <t>Versleuteling niet ingesteld</t>
+          <t>Online</t>
         </is>
       </c>
       <c r="D548" t="inlineStr"/>
       <c r="E548" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F548" t="inlineStr">
         <is>
-          <t>RoomListEncryption not set up</t>
+          <t>RoomListOnline</t>
         </is>
       </c>
       <c r="G548" t="inlineStr"/>
-      <c r="H548" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H548" t="inlineStr"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19657</t>
+          <t>../qml/RoomList.qml:19647</t>
         </is>
       </c>
       <c r="B549" t="inlineStr">
         <is>
-          <t>Unverified login</t>
+          <t>Unavailable</t>
         </is>
       </c>
       <c r="C549" t="inlineStr">
         <is>
-          <t>Ongeverifiëerde login</t>
+          <t>Afwezig</t>
         </is>
       </c>
       <c r="D549" t="inlineStr"/>
       <c r="E549" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F549" t="inlineStr">
         <is>
-          <t>RoomListUnverified login</t>
+          <t>RoomListUnavailable</t>
         </is>
       </c>
       <c r="G549" t="inlineStr"/>
-      <c r="H549" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H549" t="inlineStr"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19660</t>
+          <t>../qml/RoomList.qml:19654</t>
         </is>
       </c>
       <c r="B550" t="inlineStr">
         <is>
-          <t>Please verify your other devices</t>
+          <t>Offline</t>
         </is>
       </c>
       <c r="C550" t="inlineStr">
         <is>
-          <t>Verifieer a.u.b. je andere apparaten</t>
+          <t>Offline</t>
         </is>
       </c>
       <c r="D550" t="inlineStr"/>
       <c r="E550" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F550" t="inlineStr">
         <is>
-          <t>RoomListPlease verify your other devices</t>
+          <t>RoomListOffline</t>
         </is>
       </c>
       <c r="G550" t="inlineStr"/>
-      <c r="H550" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H550" t="inlineStr"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:19674</t>
+          <t>../qml/RoomList.qml:19708</t>
         </is>
       </c>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Encryption not set up</t>
         </is>
       </c>
       <c r="C551" t="inlineStr">
         <is>
-          <t>Sluiten</t>
+          <t>Versleuteling niet ingesteld</t>
         </is>
       </c>
       <c r="D551" t="inlineStr"/>
       <c r="E551" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F551" t="inlineStr">
         <is>
-          <t>RoomListClose</t>
+          <t>RoomListEncryption not set up</t>
         </is>
       </c>
       <c r="G551" t="inlineStr"/>
-      <c r="H551" t="inlineStr"/>
+      <c r="H551" t="inlineStr">
+        <is>
+          <t>Cross-signing setup has not run yet.</t>
+        </is>
+      </c>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20053</t>
+          <t>../qml/RoomList.qml:19711</t>
         </is>
       </c>
       <c r="B552" t="inlineStr">
         <is>
-          <t>Enter the tag you want to use:</t>
+          <t>Unverified login</t>
         </is>
       </c>
       <c r="C552" t="inlineStr">
         <is>
-          <t>Voer de markering in die je wil gebruiken:</t>
+          <t>Ongeverifiëerde login</t>
         </is>
       </c>
       <c r="D552" t="inlineStr"/>
       <c r="E552" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F552" t="inlineStr">
         <is>
-          <t>RoomListEnter the tag you want to use:</t>
+          <t>RoomListUnverified login</t>
         </is>
       </c>
       <c r="G552" t="inlineStr"/>
-      <c r="H552" t="inlineStr"/>
+      <c r="H552" t="inlineStr">
+        <is>
+          <t>The user just signed in with this device and hasn't verified their master key.</t>
+        </is>
+      </c>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20054</t>
+          <t>../qml/RoomList.qml:19714</t>
         </is>
       </c>
       <c r="B553" t="inlineStr">
         <is>
-          <t>New tag</t>
+          <t>Please verify your other devices</t>
         </is>
       </c>
       <c r="C553" t="inlineStr">
         <is>
-          <t>Nieuwe markering</t>
+          <t>Verifieer a.u.b. je andere apparaten</t>
         </is>
       </c>
       <c r="D553" t="inlineStr"/>
       <c r="E553" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F553" t="inlineStr">
         <is>
-          <t>RoomListNew tag</t>
+          <t>RoomListPlease verify your other devices</t>
         </is>
       </c>
       <c r="G553" t="inlineStr"/>
-      <c r="H553" t="inlineStr"/>
+      <c r="H553" t="inlineStr">
+        <is>
+          <t>There are unverified devices signed in to this account.</t>
+        </is>
+      </c>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20061</t>
+          <t>../qml/RoomList.qml:19728</t>
         </is>
       </c>
       <c r="B554" t="inlineStr">
         <is>
-          <t>Open separately</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C554" t="inlineStr">
         <is>
-          <t>In een apart venster openen</t>
+          <t>Sluiten</t>
         </is>
       </c>
       <c r="D554" t="inlineStr"/>
       <c r="E554" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F554" t="inlineStr">
         <is>
-          <t>RoomListOpen separately</t>
+          <t>RoomListClose</t>
         </is>
       </c>
       <c r="G554" t="inlineStr"/>
       <c r="H554" t="inlineStr"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20073</t>
+          <t>../qml/RoomList.qml:20107</t>
         </is>
       </c>
       <c r="B555" t="inlineStr">
         <is>
-          <t>Mark as read</t>
+          <t>Enter the tag you want to use:</t>
         </is>
       </c>
       <c r="C555" t="inlineStr">
         <is>
-          <t>Markeer als gelezen</t>
+          <t>Voer de markering in die je wil gebruiken:</t>
         </is>
       </c>
       <c r="D555" t="inlineStr"/>
       <c r="E555" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F555" t="inlineStr">
         <is>
-          <t>RoomListMark as read</t>
+          <t>RoomListEnter the tag you want to use:</t>
         </is>
       </c>
       <c r="G555" t="inlineStr"/>
       <c r="H555" t="inlineStr"/>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20078</t>
+          <t>../qml/RoomList.qml:20108</t>
         </is>
       </c>
       <c r="B556" t="inlineStr">
         <is>
-          <t>Room settings</t>
+          <t>New tag</t>
         </is>
       </c>
       <c r="C556" t="inlineStr">
         <is>
-          <t>Kamerinstellingen</t>
+          <t>Nieuwe markering</t>
         </is>
       </c>
       <c r="D556" t="inlineStr"/>
       <c r="E556" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F556" t="inlineStr">
         <is>
-          <t>RoomListRoom settings</t>
+          <t>RoomListNew tag</t>
         </is>
       </c>
       <c r="G556" t="inlineStr"/>
       <c r="H556" t="inlineStr"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20083</t>
+          <t>../qml/RoomList.qml:20115</t>
         </is>
       </c>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Open separately</t>
         </is>
       </c>
       <c r="C557" t="inlineStr">
         <is>
-          <t>Kamer verlaten</t>
+          <t>In een apart venster openen</t>
         </is>
       </c>
       <c r="D557" t="inlineStr"/>
       <c r="E557" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F557" t="inlineStr">
         <is>
-          <t>RoomListLeave room</t>
+          <t>RoomListOpen separately</t>
         </is>
       </c>
       <c r="G557" t="inlineStr"/>
       <c r="H557" t="inlineStr"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20088</t>
+          <t>../qml/RoomList.qml:20127</t>
         </is>
       </c>
       <c r="B558" t="inlineStr">
         <is>
-          <t>Copy room link</t>
+          <t>Mark as read</t>
         </is>
       </c>
       <c r="C558" t="inlineStr">
         <is>
-          <t>Kopieer kamerlink</t>
+          <t>Markeer als gelezen</t>
         </is>
       </c>
       <c r="D558" t="inlineStr"/>
       <c r="E558" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F558" t="inlineStr">
         <is>
-          <t>RoomListCopy room link</t>
+          <t>RoomListMark as read</t>
         </is>
       </c>
       <c r="G558" t="inlineStr"/>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20095</t>
+          <t>../qml/RoomList.qml:20132</t>
         </is>
       </c>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Tag room as:</t>
+          <t>Room settings</t>
         </is>
       </c>
       <c r="C559" t="inlineStr">
         <is>
-          <t>Markeer kamer als:</t>
+          <t>Kamerinstellingen</t>
         </is>
       </c>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>RoomListTag room as:</t>
+          <t>RoomListRoom settings</t>
         </is>
       </c>
       <c r="G559" t="inlineStr"/>
       <c r="H559" t="inlineStr"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20108</t>
+          <t>../qml/RoomList.qml:20137</t>
         </is>
       </c>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Favourite</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C560" t="inlineStr">
         <is>
-          <t>Favoriet</t>
+          <t>Kamer verlaten</t>
         </is>
       </c>
       <c r="D560" t="inlineStr"/>
       <c r="E560" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F560" t="inlineStr">
         <is>
-          <t>RoomListFavourite</t>
+          <t>RoomListLeave room</t>
         </is>
       </c>
       <c r="G560" t="inlineStr"/>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20110</t>
+          <t>../qml/RoomList.qml:20142</t>
         </is>
       </c>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Low priority</t>
+          <t>Copy room link</t>
         </is>
       </c>
       <c r="C561" t="inlineStr">
         <is>
-          <t>Lage prioriteit</t>
+          <t>Kopieer kamerlink</t>
         </is>
       </c>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>RoomListLow priority</t>
+          <t>RoomListCopy room link</t>
         </is>
       </c>
       <c r="G561" t="inlineStr"/>
       <c r="H561" t="inlineStr"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20112</t>
+          <t>../qml/RoomList.qml:20149</t>
         </is>
       </c>
       <c r="B562" t="inlineStr">
         <is>
-          <t>Server notice</t>
+          <t>Tag room as:</t>
         </is>
       </c>
       <c r="C562" t="inlineStr">
         <is>
-          <t>Serverbericht</t>
+          <t>Markeer kamer als:</t>
         </is>
       </c>
       <c r="D562" t="inlineStr"/>
       <c r="E562" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F562" t="inlineStr">
         <is>
-          <t>RoomListServer notice</t>
+          <t>RoomListTag room as:</t>
         </is>
       </c>
       <c r="G562" t="inlineStr"/>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr">
         <is>
-          <t>../qml/RoomList.qml:20125</t>
+          <t>../qml/RoomList.qml:20162</t>
         </is>
       </c>
       <c r="B563" t="inlineStr">
         <is>
-          <t>Create new tag…</t>
+          <t>Favourite</t>
         </is>
       </c>
       <c r="C563" t="inlineStr">
         <is>
-          <t>Maak nieuwe markering…</t>
+          <t>Favoriet</t>
         </is>
       </c>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>RoomListCreate new tag...</t>
+          <t>RoomListFavourite</t>
         </is>
       </c>
       <c r="G563" t="inlineStr"/>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20145</t>
+          <t>../qml/RoomList.qml:20164</t>
         </is>
       </c>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Members of %1</t>
+          <t>Low priority</t>
         </is>
       </c>
       <c r="C564" t="inlineStr">
         <is>
-          <t>Deelnemers in %1</t>
+          <t>Lage prioriteit</t>
         </is>
       </c>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>RoomMembersMembers of %1</t>
+          <t>RoomListLow priority</t>
         </is>
       </c>
       <c r="G564" t="inlineStr"/>
       <c r="H564" t="inlineStr"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20177</t>
+          <t>../qml/RoomList.qml:20166</t>
         </is>
       </c>
       <c r="B565" t="inlineStr">
         <is>
-          <t>%n person in %1</t>
+          <t>Server notice</t>
         </is>
       </c>
       <c r="C565" t="inlineStr">
         <is>
-          <t>%n persoon in %1</t>
+          <t>Serverbericht</t>
         </is>
       </c>
       <c r="D565" t="inlineStr"/>
       <c r="E565" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F565" t="inlineStr">
         <is>
+          <t>RoomListServer notice</t>
+        </is>
+      </c>
+      <c r="G565" t="inlineStr"/>
+      <c r="H565" t="inlineStr"/>
+    </row>
+    <row r="566">
+      <c r="A566" t="inlineStr">
+        <is>
+          <t>../qml/RoomList.qml:20179</t>
+        </is>
+      </c>
+      <c r="B566" t="inlineStr">
+        <is>
+          <t>Create new tag…</t>
+        </is>
+      </c>
+      <c r="C566" t="inlineStr">
+        <is>
+          <t>Maak nieuwe markering…</t>
+        </is>
+      </c>
+      <c r="D566" t="inlineStr"/>
+      <c r="E566" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F566" t="inlineStr">
+        <is>
+          <t>RoomListCreate new tag...</t>
+        </is>
+      </c>
+      <c r="G566" t="inlineStr"/>
+      <c r="H566" t="inlineStr"/>
+    </row>
+    <row r="567">
+      <c r="A567" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomMembers.qml:20199</t>
+        </is>
+      </c>
+      <c r="B567" t="inlineStr">
+        <is>
+          <t>Members of %1</t>
+        </is>
+      </c>
+      <c r="C567" t="inlineStr">
+        <is>
+          <t>Deelnemers in %1</t>
+        </is>
+      </c>
+      <c r="D567" t="inlineStr"/>
+      <c r="E567" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F567" t="inlineStr">
+        <is>
+          <t>RoomMembersMembers of %1</t>
+        </is>
+      </c>
+      <c r="G567" t="inlineStr"/>
+      <c r="H567" t="inlineStr"/>
+    </row>
+    <row r="568">
+      <c r="A568" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomMembers.qml:20231</t>
+        </is>
+      </c>
+      <c r="B568" t="inlineStr">
+        <is>
+          <t>%n person in %1</t>
+        </is>
+      </c>
+      <c r="C568" t="inlineStr">
+        <is>
+          <t>%n persoon in %1</t>
+        </is>
+      </c>
+      <c r="D568" t="inlineStr"/>
+      <c r="E568" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F568" t="inlineStr">
+        <is>
           <t>RoomMembers
 Summary above list of members%n people in %1</t>
         </is>
       </c>
-      <c r="G565" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G568" t="inlineStr"/>
       <c r="H568" t="inlineStr"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20211</t>
+          <t>../qml/dialogs/RoomMembers.qml:20241</t>
         </is>
       </c>
       <c r="B569" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Invite more people</t>
         </is>
       </c>
       <c r="C569" t="inlineStr">
         <is>
-          <t>Gebruikers ID</t>
+          <t>Nodig meer mensen uit</t>
         </is>
       </c>
       <c r="D569" t="inlineStr"/>
       <c r="E569" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F569" t="inlineStr">
         <is>
-          <t>RoomMembersUser ID</t>
+          <t>RoomMembersInvite more people</t>
         </is>
       </c>
       <c r="G569" t="inlineStr"/>
       <c r="H569" t="inlineStr"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20212</t>
+          <t>../qml/dialogs/RoomMembers.qml:20249</t>
         </is>
       </c>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Display name</t>
+          <t>Search...</t>
         </is>
       </c>
       <c r="C570" t="inlineStr">
         <is>
-          <t>Weergavenaam</t>
+          <t>Zoeken...</t>
         </is>
       </c>
       <c r="D570" t="inlineStr"/>
       <c r="E570" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F570" t="inlineStr">
         <is>
-          <t>RoomMembersDisplay name</t>
+          <t>RoomMembersSearch...</t>
         </is>
       </c>
       <c r="G570" t="inlineStr"/>
       <c r="H570" t="inlineStr"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20213</t>
+          <t>../qml/dialogs/RoomMembers.qml:20259</t>
         </is>
       </c>
       <c r="B571" t="inlineStr">
         <is>
-          <t>Power level</t>
+          <t xml:space="preserve">Sort by: </t>
         </is>
       </c>
       <c r="C571" t="inlineStr">
         <is>
-          <t>Machtsniveau</t>
+          <t xml:space="preserve">Sorteren op: </t>
         </is>
       </c>
       <c r="D571" t="inlineStr"/>
       <c r="E571" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F571" t="inlineStr">
         <is>
-          <t>RoomMembersPower level</t>
+          <t xml:space="preserve">RoomMembersSort by: </t>
         </is>
       </c>
       <c r="G571" t="inlineStr"/>
       <c r="H571" t="inlineStr"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20311</t>
+          <t>../qml/dialogs/RoomMembers.qml:20265</t>
         </is>
       </c>
       <c r="B572" t="inlineStr">
         <is>
-          <t>This room is not encrypted!</t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C572" t="inlineStr">
         <is>
-          <t>Deze kamer is niet versleuteld!</t>
+          <t>Gebruikers ID</t>
         </is>
       </c>
       <c r="D572" t="inlineStr"/>
       <c r="E572" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F572" t="inlineStr">
         <is>
-          <t>RoomMembersThis room is not encrypted!</t>
+          <t>RoomMembersUser ID</t>
         </is>
       </c>
       <c r="G572" t="inlineStr"/>
       <c r="H572" t="inlineStr"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20315</t>
+          <t>../qml/dialogs/RoomMembers.qml:20266</t>
         </is>
       </c>
       <c r="B573" t="inlineStr">
         <is>
-          <t>This user is verified.</t>
+          <t>Display name</t>
         </is>
       </c>
       <c r="C573" t="inlineStr">
         <is>
-          <t>Deze gebruiker is geverifieerd.</t>
+          <t>Weergavenaam</t>
         </is>
       </c>
       <c r="D573" t="inlineStr"/>
       <c r="E573" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F573" t="inlineStr">
         <is>
-          <t>RoomMembersThis user is verified.</t>
+          <t>RoomMembersDisplay name</t>
         </is>
       </c>
       <c r="G573" t="inlineStr"/>
       <c r="H573" t="inlineStr"/>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20317</t>
+          <t>../qml/dialogs/RoomMembers.qml:20267</t>
         </is>
       </c>
       <c r="B574" t="inlineStr">
         <is>
-          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
+          <t>Power level</t>
         </is>
       </c>
       <c r="C574" t="inlineStr">
         <is>
-          <t>Deze gebruiker is niet geverifieerd, maar gebruikt nog dezelfde hoofdsleutel als de eerste keer.</t>
+          <t>Machtsniveau</t>
         </is>
       </c>
       <c r="D574" t="inlineStr"/>
       <c r="E574" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F574" t="inlineStr">
         <is>
-          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
+          <t>RoomMembersPower level</t>
         </is>
       </c>
       <c r="G574" t="inlineStr"/>
       <c r="H574" t="inlineStr"/>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomMembers.qml:20319</t>
+          <t>../qml/dialogs/RoomMembers.qml:20365</t>
         </is>
       </c>
       <c r="B575" t="inlineStr">
         <is>
-          <t>This user has unverified devices!</t>
+          <t>This room is not encrypted!</t>
         </is>
       </c>
       <c r="C575" t="inlineStr">
         <is>
-          <t>Deze gebruiker heeft ongeverifieerde apparaten!</t>
+          <t>Deze kamer is niet versleuteld!</t>
         </is>
       </c>
       <c r="D575" t="inlineStr"/>
       <c r="E575" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F575" t="inlineStr">
         <is>
-          <t>RoomMembersThis user has unverified devices!</t>
+          <t>RoomMembersThis room is not encrypted!</t>
         </is>
       </c>
       <c r="G575" t="inlineStr"/>
       <c r="H575" t="inlineStr"/>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20563</t>
+          <t>../qml/dialogs/RoomMembers.qml:20369</t>
         </is>
       </c>
       <c r="B576" t="inlineStr">
         <is>
-          <t>Failed to enable encryption: %1</t>
+          <t>This user is verified.</t>
         </is>
       </c>
       <c r="C576" t="inlineStr">
         <is>
-          <t>Versleuteling kon niet worden ingeschakeld: %1</t>
+          <t>Deze gebruiker is geverifieerd.</t>
         </is>
       </c>
       <c r="D576" t="inlineStr"/>
       <c r="E576" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F576" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to enable encryption: %1</t>
+          <t>RoomMembersThis user is verified.</t>
         </is>
       </c>
       <c r="G576" t="inlineStr"/>
       <c r="H576" t="inlineStr"/>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../qml/dialogs/RoomMembers.qml:20371</t>
         </is>
       </c>
       <c r="B577" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>This user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="C577" t="inlineStr">
         <is>
-          <t>Kies een avatar</t>
+          <t>Deze gebruiker is niet geverifieerd, maar gebruikt nog dezelfde hoofdsleutel als de eerste keer.</t>
         </is>
       </c>
       <c r="D577" t="inlineStr"/>
       <c r="E577" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F577" t="inlineStr">
         <is>
-          <t>RoomSettingsSelect an avatar</t>
+          <t>RoomMembersThis user isn't verified, but is still using the same master key from the first time you met.</t>
         </is>
       </c>
       <c r="G577" t="inlineStr"/>
       <c r="H577" t="inlineStr"/>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20967</t>
+          <t>../qml/dialogs/RoomMembers.qml:20373</t>
         </is>
       </c>
       <c r="B578" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>This user has unverified devices!</t>
         </is>
       </c>
       <c r="C578" t="inlineStr">
         <is>
-          <t>Alle bestanden (*)</t>
+          <t>Deze gebruiker heeft ongeverifieerde apparaten!</t>
         </is>
       </c>
       <c r="D578" t="inlineStr"/>
       <c r="E578" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F578" t="inlineStr">
         <is>
-          <t>RoomSettingsAll Files (*)</t>
+          <t>RoomMembersThis user has unverified devices!</t>
         </is>
       </c>
       <c r="G578" t="inlineStr"/>
       <c r="H578" t="inlineStr"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20979</t>
+          <t>../../src/ui/RoomSettings.cpp:20617</t>
         </is>
       </c>
       <c r="B579" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>Failed to enable encryption: %1</t>
         </is>
       </c>
       <c r="C579" t="inlineStr">
         <is>
-          <t>Het gekozen bestand is geen afbeelding</t>
+          <t>Versleuteling kon niet worden ingeschakeld: %1</t>
         </is>
       </c>
       <c r="D579" t="inlineStr"/>
       <c r="E579" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F579" t="inlineStr">
         <is>
-          <t>RoomSettingsThe selected file is not an image</t>
+          <t>RoomSettingsFailed to enable encryption: %1</t>
         </is>
       </c>
       <c r="G579" t="inlineStr"/>
       <c r="H579" t="inlineStr"/>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:20984</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C580" t="inlineStr">
         <is>
-          <t>Fout bij lezen van bestand: %1</t>
+          <t>Kies een avatar</t>
         </is>
       </c>
       <c r="D580" t="inlineStr"/>
       <c r="E580" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F580" t="inlineStr">
         <is>
-          <t>RoomSettingsError while reading file: %1</t>
+          <t>RoomSettingsSelect an avatar</t>
         </is>
       </c>
       <c r="G580" t="inlineStr"/>
       <c r="H580" t="inlineStr"/>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr">
         <is>
-          <t>../../src/ui/RoomSettings.cpp:21035</t>
+          <t>../../src/ui/RoomSettings.cpp:21021</t>
         </is>
       </c>
       <c r="B581" t="inlineStr">
         <is>
-          <t>Failed to upload image: %s</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C581" t="inlineStr">
         <is>
-          <t>Uploaden van afbeelding mislukt: %1</t>
+          <t>Alle bestanden (*)</t>
         </is>
       </c>
       <c r="D581" t="inlineStr"/>
       <c r="E581" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F581" t="inlineStr">
         <is>
-          <t>RoomSettingsFailed to upload image: %s</t>
+          <t>RoomSettingsAll Files (*)</t>
         </is>
       </c>
       <c r="G581" t="inlineStr"/>
       <c r="H581" t="inlineStr"/>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21062</t>
+          <t>../../src/ui/RoomSettings.cpp:21033</t>
         </is>
       </c>
       <c r="B582" t="inlineStr">
         <is>
-          <t>Room Settings</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C582" t="inlineStr">
         <is>
-          <t>Kamerinstellingen</t>
+          <t>Het gekozen bestand is geen afbeelding</t>
         </is>
       </c>
       <c r="D582" t="inlineStr"/>
       <c r="E582" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F582" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Settings</t>
+          <t>RoomSettingsThe selected file is not an image</t>
         </is>
       </c>
       <c r="G582" t="inlineStr"/>
       <c r="H582" t="inlineStr"/>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21097</t>
+          <t>../../src/ui/RoomSettings.cpp:21038</t>
         </is>
       </c>
       <c r="B583" t="inlineStr">
         <is>
-          <t>Change room avatar.</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C583" t="inlineStr">
         <is>
-          <t>Verander kamerafbeelding.</t>
+          <t>Fout bij lezen van bestand: %1</t>
         </is>
       </c>
       <c r="D583" t="inlineStr"/>
       <c r="E583" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F583" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange room avatar.</t>
+          <t>RoomSettingsError while reading file: %1</t>
         </is>
       </c>
       <c r="G583" t="inlineStr"/>
       <c r="H583" t="inlineStr"/>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21194</t>
+          <t>../../src/ui/RoomSettings.cpp:21089</t>
         </is>
       </c>
       <c r="B584" t="inlineStr">
         <is>
-          <t>Change name of this room</t>
+          <t>Failed to upload image: %s</t>
         </is>
       </c>
       <c r="C584" t="inlineStr">
         <is>
-          <t>Naam van deze kamer veranderen</t>
+          <t>Uploaden van afbeelding mislukt: %1</t>
         </is>
       </c>
       <c r="D584" t="inlineStr"/>
       <c r="E584" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F584" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange name of this room</t>
+          <t>RoomSettingsFailed to upload image: %s</t>
         </is>
       </c>
       <c r="G584" t="inlineStr"/>
       <c r="H584" t="inlineStr"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21217</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21116</t>
         </is>
       </c>
       <c r="B585" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
-[...2 lines deleted...]
-      <c r="C585" t="inlineStr"/>
+          <t>Room Settings</t>
+        </is>
+      </c>
+      <c r="C585" t="inlineStr">
+        <is>
+          <t>Kamerinstellingen</t>
+        </is>
+      </c>
       <c r="D585" t="inlineStr"/>
       <c r="E585" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F585" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+          <t>RoomSettingsDialogRoom Settings</t>
         </is>
       </c>
       <c r="G585" t="inlineStr"/>
       <c r="H585" t="inlineStr"/>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21228</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21151</t>
         </is>
       </c>
       <c r="B586" t="inlineStr">
         <is>
-          <t>%n member</t>
+          <t>Change room avatar.</t>
         </is>
       </c>
       <c r="C586" t="inlineStr">
         <is>
-          <t>%n deelnemer</t>
+          <t>Verander kamerafbeelding.</t>
         </is>
       </c>
       <c r="D586" t="inlineStr"/>
       <c r="E586" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F586" t="inlineStr">
         <is>
-          <t>RoomSettingsDialog%n member(s)</t>
+          <t>RoomSettingsDialogChange room avatar.</t>
         </is>
       </c>
       <c r="G586" t="inlineStr"/>
       <c r="H586" t="inlineStr"/>
     </row>
     <row r="587">
       <c r="A587" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21236</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21248</t>
         </is>
       </c>
       <c r="B587" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>Change name of this room</t>
         </is>
       </c>
       <c r="C587" t="inlineStr">
         <is>
-          <t>Bekijk deelnemers aan %1</t>
+          <t>Naam van deze kamer veranderen</t>
         </is>
       </c>
       <c r="D587" t="inlineStr"/>
       <c r="E587" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F587" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView members of %1</t>
+          <t>RoomSettingsDialogChange name of this room</t>
         </is>
       </c>
       <c r="G587" t="inlineStr"/>
       <c r="H587" t="inlineStr"/>
     </row>
     <row r="588">
       <c r="A588" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21260</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21271</t>
         </is>
       </c>
       <c r="B588" t="inlineStr">
         <is>
-          <t>No topic set</t>
-[...6 lines deleted...]
-      </c>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
+        </is>
+      </c>
+      <c r="C588" t="inlineStr"/>
       <c r="D588" t="inlineStr"/>
       <c r="E588" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F588" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNo topic set</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room name!</t>
         </is>
       </c>
       <c r="G588" t="inlineStr"/>
       <c r="H588" t="inlineStr"/>
     </row>
     <row r="589">
       <c r="A589" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21284</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21282</t>
         </is>
       </c>
       <c r="B589" t="inlineStr">
         <is>
-          <t>Change topic of this room</t>
+          <t>%n member</t>
         </is>
       </c>
       <c r="C589" t="inlineStr">
         <is>
-          <t>Verander onderwerp van deze kamer</t>
+          <t>%n deelnemer</t>
         </is>
       </c>
       <c r="D589" t="inlineStr"/>
       <c r="E589" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F589" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange topic of this room</t>
+          <t>RoomSettingsDialog%n member(s)</t>
         </is>
       </c>
       <c r="G589" t="inlineStr"/>
       <c r="H589" t="inlineStr"/>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21308</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21290</t>
         </is>
       </c>
       <c r="B590" t="inlineStr">
         <is>
-          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
-[...2 lines deleted...]
-      <c r="C590" t="inlineStr"/>
+          <t>View members of %1</t>
+        </is>
+      </c>
+      <c r="C590" t="inlineStr">
+        <is>
+          <t>Bekijk deelnemers aan %1</t>
+        </is>
+      </c>
       <c r="D590" t="inlineStr"/>
       <c r="E590" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F590" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+          <t>RoomSettingsDialogView members of %1</t>
         </is>
       </c>
       <c r="G590" t="inlineStr"/>
       <c r="H590" t="inlineStr"/>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21327</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21314</t>
         </is>
       </c>
       <c r="B591" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>No topic set</t>
         </is>
       </c>
       <c r="C591" t="inlineStr">
         <is>
-          <t>MELDINGEN</t>
+          <t>Geen onderwerp</t>
         </is>
       </c>
       <c r="D591" t="inlineStr"/>
       <c r="E591" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F591" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNOTIFICATIONS</t>
+          <t>RoomSettingsDialogNo topic set</t>
         </is>
       </c>
       <c r="G591" t="inlineStr"/>
       <c r="H591" t="inlineStr"/>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21336</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21338</t>
         </is>
       </c>
       <c r="B592" t="inlineStr">
         <is>
-          <t>Notifications</t>
+          <t>Change topic of this room</t>
         </is>
       </c>
       <c r="C592" t="inlineStr">
         <is>
-          <t>Meldingen</t>
+          <t>Verander onderwerp van deze kamer</t>
         </is>
       </c>
       <c r="D592" t="inlineStr"/>
       <c r="E592" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F592" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogNotifications</t>
+          <t>RoomSettingsDialogChange topic of this room</t>
         </is>
       </c>
       <c r="G592" t="inlineStr"/>
       <c r="H592" t="inlineStr"/>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21362</t>
         </is>
       </c>
       <c r="B593" t="inlineStr">
         <is>
-          <t>Muted</t>
-[...6 lines deleted...]
-      </c>
+          <t>Since room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
+        </is>
+      </c>
+      <c r="C593" t="inlineStr"/>
       <c r="D593" t="inlineStr"/>
       <c r="E593" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F593" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMuted</t>
+          <t>RoomSettingsDialogSince room state can't be encrypted, make sure no confidential information is stored in the room topic!</t>
         </is>
       </c>
       <c r="G593" t="inlineStr"/>
       <c r="H593" t="inlineStr"/>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21381</t>
         </is>
       </c>
       <c r="B594" t="inlineStr">
         <is>
-          <t>Mentions only</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C594" t="inlineStr">
         <is>
-          <t>Alleen vermeldingen</t>
+          <t>MELDINGEN</t>
         </is>
       </c>
       <c r="D594" t="inlineStr"/>
       <c r="E594" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F594" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMentions only</t>
+          <t>RoomSettingsDialogNOTIFICATIONS</t>
         </is>
       </c>
       <c r="G594" t="inlineStr"/>
       <c r="H594" t="inlineStr"/>
     </row>
     <row r="595">
       <c r="A595" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21342</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21390</t>
         </is>
       </c>
       <c r="B595" t="inlineStr">
         <is>
-          <t>All messages</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="C595" t="inlineStr">
         <is>
-          <t>Alle berichten</t>
+          <t>Meldingen</t>
         </is>
       </c>
       <c r="D595" t="inlineStr"/>
       <c r="E595" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F595" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAll messages</t>
+          <t>RoomSettingsDialogNotifications</t>
         </is>
       </c>
       <c r="G595" t="inlineStr"/>
       <c r="H595" t="inlineStr"/>
     </row>
     <row r="596">
       <c r="A596" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21352</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B596" t="inlineStr">
         <is>
-          <t>ENTRY PERMISSIONS</t>
+          <t>Muted</t>
         </is>
       </c>
       <c r="C596" t="inlineStr">
         <is>
-          <t>TOEGANGSRECHTEN</t>
+          <t>Gedempt</t>
         </is>
       </c>
       <c r="D596" t="inlineStr"/>
       <c r="E596" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F596" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
+          <t>RoomSettingsDialogMuted</t>
         </is>
       </c>
       <c r="G596" t="inlineStr"/>
       <c r="H596" t="inlineStr"/>
     </row>
     <row r="597">
       <c r="A597" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21361</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B597" t="inlineStr">
         <is>
-          <t>Anyone can join</t>
+          <t>Mentions only</t>
         </is>
       </c>
       <c r="C597" t="inlineStr">
         <is>
-          <t>Iedereen kan binnentreden</t>
+          <t>Alleen vermeldingen</t>
         </is>
       </c>
       <c r="D597" t="inlineStr"/>
       <c r="E597" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F597" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAnyone can join</t>
+          <t>RoomSettingsDialogMentions only</t>
         </is>
       </c>
       <c r="G597" t="inlineStr"/>
       <c r="H597" t="inlineStr"/>
     </row>
     <row r="598">
       <c r="A598" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21375</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21398</t>
         </is>
       </c>
       <c r="B598" t="inlineStr">
         <is>
-          <t>Allow knocking</t>
+          <t>All messages</t>
         </is>
       </c>
       <c r="C598" t="inlineStr">
         <is>
-          <t>Sta aankloppen toe</t>
+          <t>Alle berichten</t>
         </is>
       </c>
       <c r="D598" t="inlineStr"/>
       <c r="E598" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F598" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow knocking</t>
+          <t>RoomSettingsDialogAll messages</t>
         </is>
       </c>
       <c r="G598" t="inlineStr"/>
       <c r="H598" t="inlineStr"/>
     </row>
     <row r="599">
       <c r="A599" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21394</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21409</t>
         </is>
       </c>
       <c r="B599" t="inlineStr">
         <is>
-          <t>Allow joining via other rooms</t>
+          <t>ENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="C599" t="inlineStr">
         <is>
-          <t>Sta binnentreden via andere kamers toe</t>
+          <t>TOEGANGSRECHTEN</t>
         </is>
       </c>
       <c r="D599" t="inlineStr"/>
       <c r="E599" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F599" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow joining via other rooms</t>
+          <t>RoomSettingsDialogENTRY PERMISSIONS</t>
         </is>
       </c>
       <c r="G599" t="inlineStr"/>
       <c r="H599" t="inlineStr"/>
     </row>
     <row r="600">
       <c r="A600" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21413</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21418</t>
         </is>
       </c>
       <c r="B600" t="inlineStr">
         <is>
-          <t>Rooms to join via</t>
+          <t>Anyone can join</t>
         </is>
       </c>
       <c r="C600" t="inlineStr">
         <is>
-          <t>Kamers die het mogelijk maken om hier binnen te treden</t>
+          <t>Iedereen kan binnentreden</t>
         </is>
       </c>
       <c r="D600" t="inlineStr"/>
       <c r="E600" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F600" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRooms to join via</t>
+          <t>RoomSettingsDialogAnyone can join</t>
         </is>
       </c>
       <c r="G600" t="inlineStr"/>
       <c r="H600" t="inlineStr"/>
     </row>
     <row r="601">
       <c r="A601" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21667</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
         </is>
       </c>
       <c r="B601" t="inlineStr">
         <is>
-          <t>Change</t>
+          <t>Allow knocking</t>
         </is>
       </c>
       <c r="C601" t="inlineStr">
         <is>
-          <t>Bewerken</t>
+          <t>Sta aankloppen toe</t>
         </is>
       </c>
       <c r="D601" t="inlineStr"/>
       <c r="E601" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F601" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange</t>
+          <t>RoomSettingsDialogAllow knocking</t>
         </is>
       </c>
       <c r="G601" t="inlineStr"/>
       <c r="H601" t="inlineStr"/>
     </row>
     <row r="602">
       <c r="A602" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21426</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21451</t>
         </is>
       </c>
       <c r="B602" t="inlineStr">
         <is>
-          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>Allow joining via other rooms</t>
         </is>
       </c>
       <c r="C602" t="inlineStr">
         <is>
-          <t>Verander de lijst van kamers waarlangs gebruikers kunnen binnentreden. Meestal is dit de officiële groep van deze kamer.</t>
+          <t>Sta binnentreden via andere kamers toe</t>
         </is>
       </c>
       <c r="D602" t="inlineStr"/>
       <c r="E602" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F602" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
+          <t>RoomSettingsDialogAllow joining via other rooms</t>
         </is>
       </c>
       <c r="G602" t="inlineStr"/>
       <c r="H602" t="inlineStr"/>
     </row>
     <row r="603">
       <c r="A603" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21432</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21470</t>
         </is>
       </c>
       <c r="B603" t="inlineStr">
         <is>
-          <t>Allow guests to join</t>
+          <t>Rooms to join via</t>
         </is>
       </c>
       <c r="C603" t="inlineStr">
         <is>
-          <t>Sta gasten toe om binnen te treden</t>
+          <t>Kamers die het mogelijk maken om hier binnen te treden</t>
         </is>
       </c>
       <c r="D603" t="inlineStr"/>
       <c r="E603" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F603" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow guests to join</t>
+          <t>RoomSettingsDialogRooms to join via</t>
         </is>
       </c>
       <c r="G603" t="inlineStr"/>
       <c r="H603" t="inlineStr"/>
     </row>
     <row r="604">
       <c r="A604" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21449</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21724</t>
         </is>
       </c>
       <c r="B604" t="inlineStr">
         <is>
-          <t>Apply access rules</t>
+          <t>Change</t>
         </is>
       </c>
       <c r="C604" t="inlineStr">
         <is>
-          <t>Toegangsregels doorvoeren</t>
+          <t>Bewerken</t>
         </is>
       </c>
       <c r="D604" t="inlineStr"/>
       <c r="E604" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F604" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply access rules</t>
+          <t>RoomSettingsDialogChange</t>
         </is>
       </c>
       <c r="G604" t="inlineStr"/>
       <c r="H604" t="inlineStr"/>
     </row>
     <row r="605">
       <c r="A605" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21456</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21483</t>
         </is>
       </c>
       <c r="B605" t="inlineStr">
         <is>
-          <t>MESSAGE VISIBILITY</t>
+          <t>Change the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="C605" t="inlineStr">
         <is>
-          <t>BERICHTZICHTBAARHEID</t>
+          <t>Verander de lijst van kamers waarlangs gebruikers kunnen binnentreden. Meestal is dit de officiële groep van deze kamer.</t>
         </is>
       </c>
       <c r="D605" t="inlineStr"/>
       <c r="E605" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F605" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
+          <t>RoomSettingsDialogChange the list of rooms users can join this room via. Usually this is the official community of this room.</t>
         </is>
       </c>
       <c r="G605" t="inlineStr"/>
       <c r="H605" t="inlineStr"/>
     </row>
     <row r="606">
       <c r="A606" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21465</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21489</t>
         </is>
       </c>
       <c r="B606" t="inlineStr">
         <is>
-          <t>Allow viewing history without joining</t>
+          <t>Allow guests to join</t>
         </is>
       </c>
       <c r="C606" t="inlineStr">
         <is>
-          <t>Sta toe geschiedenis te lezen zonder binnen te treden</t>
+          <t>Sta gasten toe om binnen te treden</t>
         </is>
       </c>
       <c r="D606" t="inlineStr"/>
       <c r="E606" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F606" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAllow viewing history without joining</t>
+          <t>RoomSettingsDialogAllow guests to join</t>
         </is>
       </c>
       <c r="G606" t="inlineStr"/>
       <c r="H606" t="inlineStr"/>
     </row>
     <row r="607">
       <c r="A607" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21468</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21506</t>
         </is>
       </c>
       <c r="B607" t="inlineStr">
         <is>
-          <t>This is useful to see previews of the room or view it on public websites.</t>
+          <t>Apply access rules</t>
         </is>
       </c>
       <c r="C607" t="inlineStr">
         <is>
-          <t>Dit is nuttig om een voorweergave van de kamer mogelijk te maken of hem op publieke websites te kunnen bekijken.</t>
+          <t>Toegangsregels doorvoeren</t>
         </is>
       </c>
       <c r="D607" t="inlineStr"/>
       <c r="E607" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F607" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
+          <t>RoomSettingsDialogApply access rules</t>
         </is>
       </c>
       <c r="G607" t="inlineStr"/>
       <c r="H607" t="inlineStr"/>
     </row>
     <row r="608">
       <c r="A608" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21488</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21513</t>
         </is>
       </c>
       <c r="B608" t="inlineStr">
         <is>
-          <t>Members can see messages since</t>
+          <t>MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C608" t="inlineStr">
         <is>
-          <t>Leden kunnen berichten zien sinds</t>
+          <t>BERICHTZICHTBAARHEID</t>
         </is>
       </c>
       <c r="D608" t="inlineStr"/>
       <c r="E608" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F608" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can see messages since</t>
+          <t>RoomSettingsDialogMESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G608" t="inlineStr"/>
       <c r="H608" t="inlineStr"/>
     </row>
     <row r="609">
       <c r="A609" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21492</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21522</t>
         </is>
       </c>
       <c r="B609" t="inlineStr">
         <is>
-          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>Allow viewing history without joining</t>
         </is>
       </c>
       <c r="C609" t="inlineStr">
         <is>
-          <t>Hoeveel van de geschiedenis zichtbaar is voor deelnemers. Dit veranderen heeft geen effect op reeds verstuurde berichten en is alleen van toepassing op nieuwe berichten.</t>
+          <t>Sta toe geschiedenis te lezen zonder binnen te treden</t>
         </is>
       </c>
       <c r="D609" t="inlineStr"/>
       <c r="E609" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F609" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
+          <t>RoomSettingsDialogAllow viewing history without joining</t>
         </is>
       </c>
       <c r="G609" t="inlineStr"/>
       <c r="H609" t="inlineStr"/>
     </row>
     <row r="610">
       <c r="A610" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21511</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21525</t>
         </is>
       </c>
       <c r="B610" t="inlineStr">
         <is>
-          <t>Everything</t>
+          <t>This is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="C610" t="inlineStr">
         <is>
-          <t>het begin</t>
+          <t>Dit is nuttig om een voorweergave van de kamer mogelijk te maken of hem op publieke websites te kunnen bekijken.</t>
         </is>
       </c>
       <c r="D610" t="inlineStr"/>
       <c r="E610" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F610" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEverything</t>
+          <t>RoomSettingsDialogThis is useful to see previews of the room or view it on public websites.</t>
         </is>
       </c>
       <c r="G610" t="inlineStr"/>
       <c r="H610" t="inlineStr"/>
     </row>
     <row r="611">
       <c r="A611" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21512</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21545</t>
         </is>
       </c>
       <c r="B611" t="inlineStr">
         <is>
-          <t>As long as the user joined, they can see all previous messages.</t>
+          <t>Members can see messages since</t>
         </is>
       </c>
       <c r="C611" t="inlineStr">
         <is>
-          <t>Eenmaal deelnemer, kan de volledige geschiedenis worden bekeken.</t>
+          <t>Leden kunnen berichten zien sinds</t>
         </is>
       </c>
       <c r="D611" t="inlineStr"/>
       <c r="E611" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F611" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
+          <t>RoomSettingsDialogMembers can see messages since</t>
         </is>
       </c>
       <c r="G611" t="inlineStr"/>
       <c r="H611" t="inlineStr"/>
     </row>
     <row r="612">
       <c r="A612" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21519</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21549</t>
         </is>
       </c>
       <c r="B612" t="inlineStr">
         <is>
-          <t>They got invited</t>
+          <t>How much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="C612" t="inlineStr">
         <is>
-          <t>ze zijn uitgenodigd</t>
+          <t>Hoeveel van de geschiedenis zichtbaar is voor deelnemers. Dit veranderen heeft geen effect op reeds verstuurde berichten en is alleen van toepassing op nieuwe berichten.</t>
         </is>
       </c>
       <c r="D612" t="inlineStr"/>
       <c r="E612" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F612" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey got invited</t>
+          <t>RoomSettingsDialogHow much of the history is visible to joined members. Changing this won't affect the visibility of already sent messages. It only applies to new messages.</t>
         </is>
       </c>
       <c r="G612" t="inlineStr"/>
       <c r="H612" t="inlineStr"/>
     </row>
     <row r="613">
       <c r="A613" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21520</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21568</t>
         </is>
       </c>
       <c r="B613" t="inlineStr">
         <is>
-          <t>Members can only see messages from when they got invited going forward.</t>
+          <t>Everything</t>
         </is>
       </c>
       <c r="C613" t="inlineStr">
         <is>
-          <t>Deelnemers kunnen alleen berichten zien vanaf het moment dat ze uitgenodigd zijn.</t>
+          <t>het begin</t>
         </is>
       </c>
       <c r="D613" t="inlineStr"/>
       <c r="E613" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F613" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
+          <t>RoomSettingsDialogEverything</t>
         </is>
       </c>
       <c r="G613" t="inlineStr"/>
       <c r="H613" t="inlineStr"/>
     </row>
     <row r="614">
       <c r="A614" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21527</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21569</t>
         </is>
       </c>
       <c r="B614" t="inlineStr">
         <is>
-          <t>They joined</t>
+          <t>As long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="C614" t="inlineStr">
         <is>
-          <t>ze binnenkwamen</t>
+          <t>Eenmaal deelnemer, kan de volledige geschiedenis worden bekeken.</t>
         </is>
       </c>
       <c r="D614" t="inlineStr"/>
       <c r="E614" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F614" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogThey joined</t>
+          <t>RoomSettingsDialogAs long as the user joined, they can see all previous messages.</t>
         </is>
       </c>
       <c r="G614" t="inlineStr"/>
       <c r="H614" t="inlineStr"/>
     </row>
     <row r="615">
       <c r="A615" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21528</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21576</t>
         </is>
       </c>
       <c r="B615" t="inlineStr">
         <is>
-          <t>Members can only see messages since after they joined.</t>
+          <t>They got invited</t>
         </is>
       </c>
       <c r="C615" t="inlineStr">
         <is>
-          <t>Deelnemers kunnen alleen berichten zien vanaf het moment dat ze de kamer binnentreden.</t>
+          <t>ze zijn uitgenodigd</t>
         </is>
       </c>
       <c r="D615" t="inlineStr"/>
       <c r="E615" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F615" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
+          <t>RoomSettingsDialogThey got invited</t>
         </is>
       </c>
       <c r="G615" t="inlineStr"/>
       <c r="H615" t="inlineStr"/>
     </row>
     <row r="616">
       <c r="A616" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21538</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21577</t>
         </is>
       </c>
       <c r="B616" t="inlineStr">
         <is>
-          <t>Apply visibility changes</t>
+          <t>Members can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="C616" t="inlineStr">
         <is>
-          <t>Zichtbaarheidsinstellingsveranderingen toepassen</t>
+          <t>Deelnemers kunnen alleen berichten zien vanaf het moment dat ze uitgenodigd zijn.</t>
         </is>
       </c>
       <c r="D616" t="inlineStr"/>
       <c r="E616" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F616" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogApply visibility changes</t>
+          <t>RoomSettingsDialogMembers can only see messages from when they got invited going forward.</t>
         </is>
       </c>
       <c r="G616" t="inlineStr"/>
       <c r="H616" t="inlineStr"/>
     </row>
     <row r="617">
       <c r="A617" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21554</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
         </is>
       </c>
       <c r="B617" t="inlineStr">
         <is>
-          <t>Locally hidden events</t>
+          <t>They joined</t>
         </is>
       </c>
       <c r="C617" t="inlineStr">
         <is>
-          <t>Lokaal verborgen gebeurtenissen</t>
+          <t>ze binnenkwamen</t>
         </is>
       </c>
       <c r="D617" t="inlineStr"/>
       <c r="E617" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F617" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogLocally hidden events</t>
+          <t>RoomSettingsDialogThey joined</t>
         </is>
       </c>
       <c r="G617" t="inlineStr"/>
       <c r="H617" t="inlineStr"/>
     </row>
     <row r="618">
       <c r="A618" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21655</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21585</t>
         </is>
       </c>
       <c r="B618" t="inlineStr">
         <is>
-          <t>Configure</t>
+          <t>Members can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="C618" t="inlineStr">
         <is>
-          <t>Instellen</t>
+          <t>Deelnemers kunnen alleen berichten zien vanaf het moment dat ze de kamer binnentreden.</t>
         </is>
       </c>
       <c r="D618" t="inlineStr"/>
       <c r="E618" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F618" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogConfigure</t>
+          <t>RoomSettingsDialogMembers can only see messages since after they joined.</t>
         </is>
       </c>
       <c r="G618" t="inlineStr"/>
       <c r="H618" t="inlineStr"/>
     </row>
     <row r="619">
       <c r="A619" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21566</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21595</t>
         </is>
       </c>
       <c r="B619" t="inlineStr">
         <is>
-          <t>Select events to hide in this room</t>
+          <t>Apply visibility changes</t>
         </is>
       </c>
       <c r="C619" t="inlineStr">
         <is>
-          <t>Selecteer gebeurtenissen die verborgen dienen te worden in deze kamer</t>
+          <t>Zichtbaarheidsinstellingsveranderingen toepassen</t>
         </is>
       </c>
       <c r="D619" t="inlineStr"/>
       <c r="E619" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F619" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect events to hide in this room</t>
+          <t>RoomSettingsDialogApply visibility changes</t>
         </is>
       </c>
       <c r="G619" t="inlineStr"/>
       <c r="H619" t="inlineStr"/>
     </row>
     <row r="620">
       <c r="A620" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21572</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21611</t>
         </is>
       </c>
       <c r="B620" t="inlineStr">
         <is>
-          <t>Automatic event deletion</t>
+          <t>Locally hidden events</t>
         </is>
       </c>
       <c r="C620" t="inlineStr">
         <is>
-          <t>Automatisch berichten wissen</t>
+          <t>Lokaal verborgen gebeurtenissen</t>
         </is>
       </c>
       <c r="D620" t="inlineStr"/>
       <c r="E620" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F620" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogAutomatic event deletion</t>
+          <t>RoomSettingsDialogLocally hidden events</t>
         </is>
       </c>
       <c r="G620" t="inlineStr"/>
       <c r="H620" t="inlineStr"/>
     </row>
     <row r="621">
       <c r="A621" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21584</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21712</t>
         </is>
       </c>
       <c r="B621" t="inlineStr">
         <is>
-          <t>Select if your events get automatically deleted in this room.</t>
+          <t>Configure</t>
         </is>
       </c>
       <c r="C621" t="inlineStr">
         <is>
-          <t>Kies of je berichten automatisch gewist worden in deze kamer.</t>
+          <t>Instellen</t>
         </is>
       </c>
       <c r="D621" t="inlineStr"/>
       <c r="E621" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F621" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
+          <t>RoomSettingsDialogConfigure</t>
         </is>
       </c>
       <c r="G621" t="inlineStr"/>
       <c r="H621" t="inlineStr"/>
     </row>
     <row r="622">
       <c r="A622" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21590</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21623</t>
         </is>
       </c>
       <c r="B622" t="inlineStr">
         <is>
-          <t>GENERAL SETTINGS</t>
+          <t>Select events to hide in this room</t>
         </is>
       </c>
       <c r="C622" t="inlineStr">
         <is>
-          <t>ALGEMENE INSTELLINGEN</t>
+          <t>Selecteer gebeurtenissen die verborgen dienen te worden in deze kamer</t>
         </is>
       </c>
       <c r="D622" t="inlineStr"/>
       <c r="E622" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F622" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogGENERAL SETTINGS</t>
+          <t>RoomSettingsDialogSelect events to hide in this room</t>
         </is>
       </c>
       <c r="G622" t="inlineStr"/>
       <c r="H622" t="inlineStr"/>
     </row>
     <row r="623">
       <c r="A623" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21599</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21629</t>
         </is>
       </c>
       <c r="B623" t="inlineStr">
         <is>
-          <t>Encryption</t>
+          <t>Automatic event deletion</t>
         </is>
       </c>
       <c r="C623" t="inlineStr">
         <is>
-          <t>Versleuteling</t>
+          <t>Automatisch berichten wissen</t>
         </is>
       </c>
       <c r="D623" t="inlineStr"/>
       <c r="E623" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F623" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEncryption</t>
+          <t>RoomSettingsDialogAutomatic event deletion</t>
         </is>
       </c>
       <c r="G623" t="inlineStr"/>
       <c r="H623" t="inlineStr"/>
     </row>
     <row r="624">
       <c r="A624" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21621</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21641</t>
         </is>
       </c>
       <c r="B624" t="inlineStr">
         <is>
-          <t>End-to-End Encryption</t>
+          <t>Select if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="C624" t="inlineStr">
         <is>
-          <t>Eind-tot-eind versleuteling</t>
+          <t>Kies of je berichten automatisch gewist worden in deze kamer.</t>
         </is>
       </c>
       <c r="D624" t="inlineStr"/>
       <c r="E624" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F624" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogEnd-to-End Encryption</t>
+          <t>RoomSettingsDialogSelect if your events get automatically deleted in this room.</t>
         </is>
       </c>
       <c r="G624" t="inlineStr"/>
       <c r="H624" t="inlineStr"/>
     </row>
     <row r="625">
       <c r="A625" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21622</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21647</t>
         </is>
       </c>
       <c r="B625" t="inlineStr">
+        <is>
+          <t>GENERAL SETTINGS</t>
+        </is>
+      </c>
+      <c r="C625" t="inlineStr">
+        <is>
+          <t>ALGEMENE INSTELLINGEN</t>
+        </is>
+      </c>
+      <c r="D625" t="inlineStr"/>
+      <c r="E625" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F625" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogGENERAL SETTINGS</t>
+        </is>
+      </c>
+      <c r="G625" t="inlineStr"/>
+      <c r="H625" t="inlineStr"/>
+    </row>
+    <row r="626">
+      <c r="A626" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+        </is>
+      </c>
+      <c r="B626" t="inlineStr">
+        <is>
+          <t>Encryption</t>
+        </is>
+      </c>
+      <c r="C626" t="inlineStr">
+        <is>
+          <t>Versleuteling</t>
+        </is>
+      </c>
+      <c r="D626" t="inlineStr"/>
+      <c r="E626" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F626" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogEncryption</t>
+        </is>
+      </c>
+      <c r="G626" t="inlineStr"/>
+      <c r="H626" t="inlineStr"/>
+    </row>
+    <row r="627">
+      <c r="A627" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21678</t>
+        </is>
+      </c>
+      <c r="B627" t="inlineStr">
+        <is>
+          <t>End-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="C627" t="inlineStr">
+        <is>
+          <t>Eind-tot-eind versleuteling</t>
+        </is>
+      </c>
+      <c r="D627" t="inlineStr"/>
+      <c r="E627" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F627" t="inlineStr">
+        <is>
+          <t>RoomSettingsDialogEnd-to-End Encryption</t>
+        </is>
+      </c>
+      <c r="G627" t="inlineStr"/>
+      <c r="H627" t="inlineStr"/>
+    </row>
+    <row r="628">
+      <c r="A628" t="inlineStr">
+        <is>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21679</t>
+        </is>
+      </c>
+      <c r="B628" t="inlineStr">
         <is>
           <t>Encryption is currently experimental and things might break unexpectedly. &lt;br&gt;
                                 Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
-      <c r="C625" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F625" t="inlineStr">
+      <c r="C628" t="inlineStr"/>
+      <c r="D628" t="inlineStr"/>
+      <c r="E628" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F628" t="inlineStr">
         <is>
           <t>RoomSettingsDialogEncryption is currently experimental and things might break unexpectedly. &lt;br&gt;
                                 Please take note that it can't be disabled afterwards.</t>
         </is>
       </c>
-      <c r="G625" t="inlineStr">
+      <c r="G628" t="inlineStr">
         <is>
           <t>Suggested in Weblate: Versleuteling is momenteel experimenteel en er kunnen onverwachts dingen kapot gaan. Houd er rekening mee dat het daarna niet meer kan worden uitgeschakeld.</t>
         </is>
       </c>
-      <c r="H625" t="inlineStr"/>
-[...88 lines deleted...]
-      <c r="G628" t="inlineStr"/>
       <c r="H628" t="inlineStr"/>
     </row>
     <row r="629">
       <c r="A629" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21656</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21695</t>
         </is>
       </c>
       <c r="B629" t="inlineStr">
         <is>
-          <t>View and change the addresses/aliases of this room</t>
+          <t>Permissions</t>
         </is>
       </c>
       <c r="C629" t="inlineStr">
         <is>
-          <t>Bekijken en aanpassen van adressen/aliassen van deze kamer</t>
+          <t>Toestemmingen</t>
         </is>
       </c>
       <c r="D629" t="inlineStr"/>
       <c r="E629" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F629" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
+          <t>RoomSettingsDialogPermission</t>
         </is>
       </c>
       <c r="G629" t="inlineStr"/>
       <c r="H629" t="inlineStr"/>
     </row>
     <row r="630">
       <c r="A630" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21662</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21701</t>
         </is>
       </c>
       <c r="B630" t="inlineStr">
         <is>
-          <t>Sticker &amp; Emote Settings</t>
+          <t>View and change the permissions in this room</t>
         </is>
       </c>
       <c r="C630" t="inlineStr">
         <is>
-          <t>Sticker &amp; Emoji instellingen</t>
+          <t>Bekijken en aanpassen van toestemmingen in deze kamer</t>
         </is>
       </c>
       <c r="D630" t="inlineStr"/>
       <c r="E630" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F630" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
+          <t>RoomSettingsDialogView and change the permissions in this room</t>
         </is>
       </c>
       <c r="G630" t="inlineStr"/>
       <c r="H630" t="inlineStr"/>
     </row>
     <row r="631">
       <c r="A631" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21668</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21707</t>
         </is>
       </c>
       <c r="B631" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>Aliases</t>
         </is>
       </c>
       <c r="C631" t="inlineStr">
         <is>
-          <t>Verander welke pakketten ingeschakeld zijn, verwijder ze, of maak nieuwe</t>
+          <t>Aliassen</t>
         </is>
       </c>
       <c r="D631" t="inlineStr"/>
       <c r="E631" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F631" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
+          <t>RoomSettingsDialogAliases</t>
         </is>
       </c>
       <c r="G631" t="inlineStr"/>
       <c r="H631" t="inlineStr"/>
     </row>
     <row r="632">
       <c r="A632" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21674</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21713</t>
         </is>
       </c>
       <c r="B632" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>View and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="C632" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>Bekijken en aanpassen van adressen/aliassen van deze kamer</t>
         </is>
       </c>
       <c r="D632" t="inlineStr"/>
       <c r="E632" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F632" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogINFO</t>
+          <t>RoomSettingsDialogView and change the addresses/aliases of this room</t>
         </is>
       </c>
       <c r="G632" t="inlineStr"/>
       <c r="H632" t="inlineStr"/>
     </row>
     <row r="633">
       <c r="A633" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21683</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21719</t>
         </is>
       </c>
       <c r="B633" t="inlineStr">
         <is>
-          <t>Internal ID</t>
+          <t>Sticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="C633" t="inlineStr">
         <is>
-          <t>Interne ID</t>
+          <t>Sticker &amp; Emoji instellingen</t>
         </is>
       </c>
       <c r="D633" t="inlineStr"/>
       <c r="E633" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F633" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogInternal ID</t>
+          <t>RoomSettingsDialogSticker &amp; Emote Settings</t>
         </is>
       </c>
       <c r="G633" t="inlineStr"/>
       <c r="H633" t="inlineStr"/>
     </row>
     <row r="634">
       <c r="A634" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21699</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21725</t>
         </is>
       </c>
       <c r="B634" t="inlineStr">
         <is>
-          <t>Copied to clipboard</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C634" t="inlineStr">
         <is>
-          <t>Gekopieerd naar klembord</t>
+          <t>Verander welke pakketten ingeschakeld zijn, verwijder ze, of maak nieuwe</t>
         </is>
       </c>
       <c r="D634" t="inlineStr"/>
       <c r="E634" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F634" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogCopied to clipboard</t>
+          <t>RoomSettingsDialogChange what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="G634" t="inlineStr"/>
       <c r="H634" t="inlineStr"/>
     </row>
     <row r="635">
       <c r="A635" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21718</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21731</t>
         </is>
       </c>
       <c r="B635" t="inlineStr">
         <is>
-          <t>Room Version</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C635" t="inlineStr">
         <is>
-          <t>Kamerversie</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="D635" t="inlineStr"/>
       <c r="E635" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F635" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogRoom Version</t>
+          <t>RoomSettingsDialogINFO</t>
         </is>
       </c>
       <c r="G635" t="inlineStr"/>
       <c r="H635" t="inlineStr"/>
     </row>
     <row r="636">
       <c r="A636" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21740</t>
         </is>
       </c>
       <c r="B636" t="inlineStr">
         <is>
-          <t>show less</t>
+          <t>Internal ID</t>
         </is>
       </c>
       <c r="C636" t="inlineStr">
         <is>
-          <t>minder tonen</t>
+          <t>Interne ID</t>
         </is>
       </c>
       <c r="D636" t="inlineStr"/>
       <c r="E636" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F636" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow less</t>
+          <t>RoomSettingsDialogInternal ID</t>
         </is>
       </c>
       <c r="G636" t="inlineStr"/>
       <c r="H636" t="inlineStr"/>
     </row>
     <row r="637">
       <c r="A637" t="inlineStr">
         <is>
-          <t>../qml/dialogs/RoomSettingsDialog.qml:21737</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21757</t>
         </is>
       </c>
       <c r="B637" t="inlineStr">
         <is>
-          <t>show more</t>
+          <t>Copied to clipboard</t>
         </is>
       </c>
       <c r="C637" t="inlineStr">
         <is>
-          <t>meer tonen</t>
+          <t>Gekopieerd naar klembord</t>
         </is>
       </c>
       <c r="D637" t="inlineStr"/>
       <c r="E637" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F637" t="inlineStr">
         <is>
-          <t>RoomSettingsDialogshow more</t>
+          <t>RoomSettingsDialogCopied to clipboard</t>
         </is>
       </c>
       <c r="G637" t="inlineStr"/>
       <c r="H637" t="inlineStr"/>
     </row>
     <row r="638">
       <c r="A638" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21896</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21777</t>
         </is>
       </c>
       <c r="B638" t="inlineStr">
         <is>
-          <t>Pending invite.</t>
+          <t>Room Version</t>
         </is>
       </c>
       <c r="C638" t="inlineStr">
         <is>
-          <t>Wachtende uitnodiging.</t>
+          <t>Kamerversie</t>
         </is>
       </c>
       <c r="D638" t="inlineStr"/>
       <c r="E638" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F638" t="inlineStr">
         <is>
-          <t>RoomlistModelPending invite.</t>
+          <t>RoomSettingsDialogRoom Version</t>
         </is>
       </c>
       <c r="G638" t="inlineStr"/>
       <c r="H638" t="inlineStr"/>
     </row>
     <row r="639">
       <c r="A639" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21925</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B639" t="inlineStr">
         <is>
-          <t>Previewing this room</t>
+          <t>show less</t>
         </is>
       </c>
       <c r="C639" t="inlineStr">
         <is>
-          <t>Voorbeeld van deze kamer</t>
+          <t>minder tonen</t>
         </is>
       </c>
       <c r="D639" t="inlineStr"/>
       <c r="E639" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F639" t="inlineStr">
         <is>
-          <t>RoomlistModelPreviewing this room</t>
+          <t>RoomSettingsDialogshow less</t>
         </is>
       </c>
       <c r="G639" t="inlineStr"/>
       <c r="H639" t="inlineStr"/>
     </row>
     <row r="640">
       <c r="A640" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21958</t>
+          <t>../qml/dialogs/RoomSettingsDialog.qml:21796</t>
         </is>
       </c>
       <c r="B640" t="inlineStr">
         <is>
-          <t>No preview available</t>
+          <t>show more</t>
         </is>
       </c>
       <c r="C640" t="inlineStr">
         <is>
-          <t>Geen voorbeeld beschikbaar</t>
+          <t>meer tonen</t>
         </is>
       </c>
       <c r="D640" t="inlineStr"/>
       <c r="E640" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F640" t="inlineStr">
         <is>
-          <t>RoomlistModelNo preview available</t>
+          <t>RoomSettingsDialogshow more</t>
         </is>
       </c>
       <c r="G640" t="inlineStr"/>
       <c r="H640" t="inlineStr"/>
     </row>
     <row r="641">
       <c r="A641" t="inlineStr">
         <is>
-          <t>../../src/timeline/RoomlistModel.cpp:21960</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21955</t>
         </is>
       </c>
       <c r="B641" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible</t>
+          <t>Pending invite.</t>
         </is>
       </c>
       <c r="C641" t="inlineStr">
         <is>
-          <t>Deze kamer is mogelijk niet toegankelijk</t>
+          <t>Wachtende uitnodiging.</t>
         </is>
       </c>
       <c r="D641" t="inlineStr"/>
       <c r="E641" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F641" t="inlineStr">
         <is>
-          <t>RoomlistModelThis room is possibly inaccessible</t>
+          <t>RoomlistModelPending invite.</t>
         </is>
       </c>
       <c r="G641" t="inlineStr"/>
       <c r="H641" t="inlineStr"/>
     </row>
     <row r="642">
       <c r="A642" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22268</t>
+          <t>../../src/timeline/RoomlistModel.cpp:21984</t>
         </is>
       </c>
       <c r="B642" t="inlineStr">
         <is>
-          <t>Please enter your login password to continue:</t>
+          <t>Previewing this room</t>
         </is>
       </c>
       <c r="C642" t="inlineStr">
         <is>
-          <t>Voer a.u.b. je wachtwoord in om door te gaan:</t>
+          <t>Voorbeeld van deze kamer</t>
         </is>
       </c>
       <c r="D642" t="inlineStr"/>
       <c r="E642" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F642" t="inlineStr">
         <is>
-          <t>RootPlease enter your login password to continue:</t>
+          <t>RoomlistModelPreviewing this room</t>
         </is>
       </c>
       <c r="G642" t="inlineStr"/>
       <c r="H642" t="inlineStr"/>
     </row>
     <row r="643">
       <c r="A643" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22278</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22017</t>
         </is>
       </c>
       <c r="B643" t="inlineStr">
         <is>
-          <t>Please enter a valid email address to continue:</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C643" t="inlineStr">
         <is>
-          <t>Voer a.u.b. een geldig email adres in om door te gaan:</t>
+          <t>Geen voorbeeld beschikbaar</t>
         </is>
       </c>
       <c r="D643" t="inlineStr"/>
       <c r="E643" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F643" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid email address to continue:</t>
+          <t>RoomlistModelNo preview available</t>
         </is>
       </c>
       <c r="G643" t="inlineStr"/>
       <c r="H643" t="inlineStr"/>
     </row>
     <row r="644">
       <c r="A644" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22288</t>
+          <t>../../src/timeline/RoomlistModel.cpp:22019</t>
         </is>
       </c>
       <c r="B644" t="inlineStr">
         <is>
-          <t>Please enter a valid phone number to continue:</t>
+          <t>This room is possibly inaccessible</t>
         </is>
       </c>
       <c r="C644" t="inlineStr">
         <is>
-          <t>Voer a.u.b. een geldig telefoonnummer in om door te gaan:</t>
+          <t>Deze kamer is mogelijk niet toegankelijk</t>
         </is>
       </c>
       <c r="D644" t="inlineStr"/>
       <c r="E644" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F644" t="inlineStr">
         <is>
-          <t>RootPlease enter a valid phone number to continue:</t>
+          <t>RoomlistModelThis room is possibly inaccessible</t>
         </is>
       </c>
       <c r="G644" t="inlineStr"/>
       <c r="H644" t="inlineStr"/>
     </row>
     <row r="645">
       <c r="A645" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22298</t>
+          <t>../qml/Root.qml:22327</t>
         </is>
       </c>
       <c r="B645" t="inlineStr">
         <is>
-          <t>Please enter the token which has been sent to you:</t>
+          <t>Please enter your login password to continue:</t>
         </is>
       </c>
       <c r="C645" t="inlineStr">
         <is>
-          <t>Voer de sleutel (token) in die je hebt ontvangen:</t>
+          <t>Voer a.u.b. je wachtwoord in om door te gaan:</t>
         </is>
       </c>
       <c r="D645" t="inlineStr"/>
       <c r="E645" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F645" t="inlineStr">
         <is>
-          <t>RootPlease enter the token which has been sent to you:</t>
+          <t>RootPlease enter your login password to continue:</t>
         </is>
       </c>
       <c r="G645" t="inlineStr"/>
       <c r="H645" t="inlineStr"/>
     </row>
     <row r="646">
       <c r="A646" t="inlineStr">
         <is>
-          <t>../qml/Root.qml:22309</t>
+          <t>../qml/Root.qml:22337</t>
         </is>
       </c>
       <c r="B646" t="inlineStr">
         <is>
-          <t>Wait for the confirmation link to arrive, then continue.</t>
+          <t>Please enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="C646" t="inlineStr">
         <is>
-          <t>Wacht op de bevestigingslink, en ga dan door.</t>
+          <t>Voer a.u.b. een geldig email adres in om door te gaan:</t>
         </is>
       </c>
       <c r="D646" t="inlineStr"/>
       <c r="E646" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F646" t="inlineStr">
         <is>
-          <t>RootWait for the confirmation link to arrive, then continue.</t>
+          <t>RootPlease enter a valid email address to continue:</t>
         </is>
       </c>
       <c r="G646" t="inlineStr"/>
       <c r="H646" t="inlineStr"/>
     </row>
     <row r="647">
       <c r="A647" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22339</t>
+          <t>../qml/Root.qml:22347</t>
         </is>
       </c>
       <c r="B647" t="inlineStr">
         <is>
-          <t>Share desktop with %1?</t>
+          <t>Please enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="C647" t="inlineStr">
         <is>
-          <t>Scherm delen met %1?</t>
+          <t>Voer a.u.b. een geldig telefoonnummer in om door te gaan:</t>
         </is>
       </c>
       <c r="D647" t="inlineStr"/>
       <c r="E647" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F647" t="inlineStr">
         <is>
-          <t>ScreenShareShare desktop with %1?</t>
+          <t>RootPlease enter a valid phone number to continue:</t>
         </is>
       </c>
       <c r="G647" t="inlineStr"/>
       <c r="H647" t="inlineStr"/>
     </row>
     <row r="648">
       <c r="A648" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22350</t>
+          <t>../qml/Root.qml:22357</t>
         </is>
       </c>
       <c r="B648" t="inlineStr">
         <is>
-          <t>Method:</t>
+          <t>Please enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="C648" t="inlineStr">
         <is>
-          <t>Methode:</t>
+          <t>Voer de sleutel (token) in die je hebt ontvangen:</t>
         </is>
       </c>
       <c r="D648" t="inlineStr"/>
       <c r="E648" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F648" t="inlineStr">
         <is>
-          <t>ScreenShareMethod:</t>
+          <t>RootPlease enter the token which has been sent to you:</t>
         </is>
       </c>
       <c r="G648" t="inlineStr"/>
       <c r="H648" t="inlineStr"/>
     </row>
     <row r="649">
       <c r="A649" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22370</t>
+          <t>../qml/Root.qml:22368</t>
         </is>
       </c>
       <c r="B649" t="inlineStr">
         <is>
-          <t>Window:</t>
+          <t>Wait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="C649" t="inlineStr">
         <is>
-          <t>Scherm:</t>
+          <t>Wacht op de bevestigingslink, en ga dan door.</t>
         </is>
       </c>
       <c r="D649" t="inlineStr"/>
       <c r="E649" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F649" t="inlineStr">
         <is>
-          <t>ScreenShareWindow:</t>
+          <t>RootWait for the confirmation link to arrive, then continue.</t>
         </is>
       </c>
       <c r="G649" t="inlineStr"/>
       <c r="H649" t="inlineStr"/>
     </row>
     <row r="650">
       <c r="A650" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22385</t>
+          <t>../qml/voip/ScreenShare.qml:22398</t>
         </is>
       </c>
       <c r="B650" t="inlineStr">
         <is>
-          <t>Request screencast</t>
+          <t>Share desktop with %1?</t>
         </is>
       </c>
       <c r="C650" t="inlineStr">
         <is>
-          <t>Scherm uitzenden</t>
+          <t>Scherm delen met %1?</t>
         </is>
       </c>
       <c r="D650" t="inlineStr"/>
       <c r="E650" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F650" t="inlineStr">
         <is>
-          <t>ScreenShareRequest screencast</t>
+          <t>ScreenShareShare desktop with %1?</t>
         </is>
       </c>
       <c r="G650" t="inlineStr"/>
       <c r="H650" t="inlineStr"/>
     </row>
     <row r="651">
       <c r="A651" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22401</t>
+          <t>../qml/voip/ScreenShare.qml:22409</t>
         </is>
       </c>
       <c r="B651" t="inlineStr">
         <is>
-          <t>Frame rate:</t>
+          <t>Method:</t>
         </is>
       </c>
       <c r="C651" t="inlineStr">
         <is>
-          <t>Verversingssnelheid:</t>
+          <t>Methode:</t>
         </is>
       </c>
       <c r="D651" t="inlineStr"/>
       <c r="E651" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F651" t="inlineStr">
         <is>
-          <t>ScreenShareFrame rate:</t>
+          <t>ScreenShareMethod:</t>
         </is>
       </c>
       <c r="G651" t="inlineStr"/>
       <c r="H651" t="inlineStr"/>
     </row>
     <row r="652">
       <c r="A652" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22420</t>
+          <t>../qml/voip/ScreenShare.qml:22429</t>
         </is>
       </c>
       <c r="B652" t="inlineStr">
         <is>
-          <t>Include your camera picture-in-picture</t>
+          <t>Window:</t>
         </is>
       </c>
       <c r="C652" t="inlineStr">
         <is>
-          <t>Laat eigen cameraminiatuur zien</t>
+          <t>Scherm:</t>
         </is>
       </c>
       <c r="D652" t="inlineStr"/>
       <c r="E652" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F652" t="inlineStr">
         <is>
-          <t>ScreenShareInclude your camera picture-in-picture</t>
+          <t>ScreenShareWindow:</t>
         </is>
       </c>
       <c r="G652" t="inlineStr"/>
       <c r="H652" t="inlineStr"/>
     </row>
     <row r="653">
       <c r="A653" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22432</t>
+          <t>../qml/voip/ScreenShare.qml:22444</t>
         </is>
       </c>
       <c r="B653" t="inlineStr">
         <is>
-          <t>Request remote camera</t>
+          <t>Request screencast</t>
         </is>
       </c>
       <c r="C653" t="inlineStr">
         <is>
-          <t>Verzoek om camera van de andere kant</t>
+          <t>Scherm uitzenden</t>
         </is>
       </c>
       <c r="D653" t="inlineStr"/>
       <c r="E653" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F653" t="inlineStr">
         <is>
-          <t>ScreenShareRequest remote camera</t>
+          <t>ScreenShareRequest screencast</t>
         </is>
       </c>
       <c r="G653" t="inlineStr"/>
       <c r="H653" t="inlineStr"/>
     </row>
     <row r="654">
       <c r="A654" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22442</t>
+          <t>../qml/voip/ScreenShare.qml:22460</t>
         </is>
       </c>
       <c r="B654" t="inlineStr">
         <is>
-          <t>View your callee's camera like a regular video call</t>
+          <t>Frame rate:</t>
         </is>
       </c>
       <c r="C654" t="inlineStr">
         <is>
-          <t>Bekijk de camera van degene die belt zoals bij een regulier videogesprek</t>
+          <t>Verversingssnelheid:</t>
         </is>
       </c>
       <c r="D654" t="inlineStr"/>
       <c r="E654" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F654" t="inlineStr">
         <is>
-          <t>ScreenShareView your callee's camera like a regular video call</t>
+          <t>ScreenShareFrame rate:</t>
         </is>
       </c>
       <c r="G654" t="inlineStr"/>
       <c r="H654" t="inlineStr"/>
     </row>
     <row r="655">
       <c r="A655" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22447</t>
+          <t>../qml/voip/ScreenShare.qml:22479</t>
         </is>
       </c>
       <c r="B655" t="inlineStr">
         <is>
-          <t>Hide mouse cursor</t>
+          <t>Include your camera picture-in-picture</t>
         </is>
       </c>
       <c r="C655" t="inlineStr">
         <is>
-          <t>Verstop muiscursor</t>
+          <t>Laat eigen cameraminiatuur zien</t>
         </is>
       </c>
       <c r="D655" t="inlineStr"/>
       <c r="E655" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F655" t="inlineStr">
         <is>
-          <t>ScreenShareHide mouse cursor</t>
+          <t>ScreenShareInclude your camera picture-in-picture</t>
         </is>
       </c>
       <c r="G655" t="inlineStr"/>
       <c r="H655" t="inlineStr"/>
     </row>
     <row r="656">
       <c r="A656" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22468</t>
+          <t>../qml/voip/ScreenShare.qml:22491</t>
         </is>
       </c>
       <c r="B656" t="inlineStr">
         <is>
-          <t>Share</t>
+          <t>Request remote camera</t>
         </is>
       </c>
       <c r="C656" t="inlineStr">
         <is>
-          <t>Delen</t>
+          <t>Verzoek om camera van de andere kant</t>
         </is>
       </c>
       <c r="D656" t="inlineStr"/>
       <c r="E656" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F656" t="inlineStr">
         <is>
-          <t>ScreenShareShare</t>
+          <t>ScreenShareRequest remote camera</t>
         </is>
       </c>
       <c r="G656" t="inlineStr"/>
       <c r="H656" t="inlineStr"/>
     </row>
     <row r="657">
       <c r="A657" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22484</t>
+          <t>../qml/voip/ScreenShare.qml:22501</t>
         </is>
       </c>
       <c r="B657" t="inlineStr">
         <is>
-          <t>Preview</t>
+          <t>View your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="C657" t="inlineStr">
         <is>
-          <t>Voorbeeld</t>
+          <t>Bekijk de camera van degene die belt zoals bij een regulier videogesprek</t>
         </is>
       </c>
       <c r="D657" t="inlineStr"/>
       <c r="E657" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F657" t="inlineStr">
         <is>
-          <t>ScreenSharePreview</t>
+          <t>ScreenShareView your callee's camera like a regular video call</t>
         </is>
       </c>
       <c r="G657" t="inlineStr"/>
       <c r="H657" t="inlineStr"/>
     </row>
     <row r="658">
       <c r="A658" t="inlineStr">
         <is>
-          <t>../qml/voip/ScreenShare.qml:22491</t>
+          <t>../qml/voip/ScreenShare.qml:22506</t>
         </is>
       </c>
       <c r="B658" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Hide mouse cursor</t>
         </is>
       </c>
       <c r="C658" t="inlineStr">
         <is>
-          <t>Annuleren</t>
+          <t>Verstop muiscursor</t>
         </is>
       </c>
       <c r="D658" t="inlineStr"/>
       <c r="E658" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F658" t="inlineStr">
         <is>
-          <t>ScreenShareCancel</t>
+          <t>ScreenShareHide mouse cursor</t>
         </is>
       </c>
       <c r="G658" t="inlineStr"/>
       <c r="H658" t="inlineStr"/>
     </row>
     <row r="659">
       <c r="A659" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17370</t>
+          <t>../qml/voip/ScreenShare.qml:22527</t>
         </is>
       </c>
       <c r="B659" t="inlineStr">
         <is>
-          <t>Failed to connect to secret storage</t>
+          <t>Share</t>
         </is>
       </c>
       <c r="C659" t="inlineStr">
         <is>
-          <t>Verbinden met geheimopslag mislukt</t>
+          <t>Delen</t>
         </is>
       </c>
       <c r="D659" t="inlineStr"/>
       <c r="E659" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F659" t="inlineStr">
         <is>
-          <t>SecretStorageFailed to connect to secret storage</t>
+          <t>ScreenShareShare</t>
         </is>
       </c>
       <c r="G659" t="inlineStr"/>
       <c r="H659" t="inlineStr"/>
     </row>
     <row r="660">
       <c r="A660" t="inlineStr">
         <is>
-          <t>../../src/Cache.cpp:17371</t>
+          <t>../qml/voip/ScreenShare.qml:22543</t>
         </is>
       </c>
       <c r="B660" t="inlineStr">
         <is>
-          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>Preview</t>
         </is>
       </c>
       <c r="C660" t="inlineStr">
         <is>
-          <t>Nheko kon niet verbinden met de veilige opslag voor versleutelingsgegevens. Dit kan verscheidene redenen hebben. Controleer of je D-Bus service wel draait, en of je een service zoals KWallet, Gnome Keyring, KeyPassXC of een soortgelijk equivalent voor je platform hebt ingesteld. Als je problemen ondervind, voel je vrij om hier een nieuwe issue te openen: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>Voorbeeld</t>
         </is>
       </c>
       <c r="D660" t="inlineStr"/>
       <c r="E660" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F660" t="inlineStr">
         <is>
-          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
+          <t>ScreenSharePreview</t>
         </is>
       </c>
       <c r="G660" t="inlineStr"/>
       <c r="H660" t="inlineStr"/>
     </row>
     <row r="661">
       <c r="A661" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17421</t>
+          <t>../qml/voip/ScreenShare.qml:22550</t>
         </is>
       </c>
       <c r="B661" t="inlineStr">
         <is>
-          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C661" t="inlineStr">
         <is>
-          <t>Dit is je herstelsleutel. Je hebt deze nodig om toegang tot je versleutelde berichten en sleutels te herstellen. Hou deze veilig. Deel hem met niemand, en raak hem niet kwijt! Ga niet langs start, ontvang geen €200!</t>
+          <t>Annuleren</t>
         </is>
       </c>
       <c r="D661" t="inlineStr"/>
       <c r="E661" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F661" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
+          <t>ScreenShareCancel</t>
         </is>
       </c>
       <c r="G661" t="inlineStr"/>
       <c r="H661" t="inlineStr"/>
     </row>
     <row r="662">
       <c r="A662" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17442</t>
+          <t>../../src/Cache.cpp:17430</t>
         </is>
       </c>
       <c r="B662" t="inlineStr">
         <is>
-          <t>Encryption setup successfully</t>
+          <t>Failed to connect to secret storage</t>
         </is>
       </c>
       <c r="C662" t="inlineStr">
         <is>
-          <t>Versleuteling succesvol ingesteld</t>
+          <t>Verbinden met geheimopslag mislukt</t>
         </is>
       </c>
       <c r="D662" t="inlineStr"/>
       <c r="E662" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F662" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckEncryption setup successfully</t>
+          <t>SecretStorageFailed to connect to secret storage</t>
         </is>
       </c>
       <c r="G662" t="inlineStr"/>
       <c r="H662" t="inlineStr"/>
     </row>
     <row r="663">
       <c r="A663" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17450</t>
+          <t>../../src/Cache.cpp:17431</t>
         </is>
       </c>
       <c r="B663" t="inlineStr">
         <is>
-          <t>Failed to setup encryption: %1</t>
+          <t>Nheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="C663" t="inlineStr">
         <is>
-          <t>Kon versleuteling niet instellen: %1</t>
+          <t>Nheko kon niet verbinden met de veilige opslag voor versleutelingsgegevens. Dit kan verscheidene redenen hebben. Controleer of je D-Bus service wel draait, en of je een service zoals KWallet, Gnome Keyring, KeyPassXC of een soortgelijk equivalent voor je platform hebt ingesteld. Als je problemen ondervind, voel je vrij om hier een nieuwe issue te openen: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="D663" t="inlineStr"/>
       <c r="E663" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F663" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
+          <t>SecretStorageNheko could not connect to the secure storage to save encryption secrets to. This can have multiple reasons. Check if your D-Bus service is running and you have configured a service like KWallet, Gnome Keyring, KeePassXC or the equivalent for your platform. If you are having trouble, feel free to open an issue here: https://github.com/Nheko-Reborn/nheko/issues</t>
         </is>
       </c>
       <c r="G663" t="inlineStr"/>
       <c r="H663" t="inlineStr"/>
     </row>
     <row r="664">
       <c r="A664" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17482</t>
+          <t>../qml/SelfVerificationCheck.qml:17481</t>
         </is>
       </c>
       <c r="B664" t="inlineStr">
         <is>
-          <t>Setup Encryption</t>
+          <t>This is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="C664" t="inlineStr">
         <is>
-          <t>Versleuteling instellen</t>
+          <t>Dit is je herstelsleutel. Je hebt deze nodig om toegang tot je versleutelde berichten en sleutels te herstellen. Hou deze veilig. Deel hem met niemand, en raak hem niet kwijt! Ga niet langs start, ontvang geen €200!</t>
         </is>
       </c>
       <c r="D664" t="inlineStr"/>
       <c r="E664" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F664" t="inlineStr">
         <is>
-          <t>SelfVerificationCheckSetup Encryption</t>
+          <t>SelfVerificationCheckThis is your recovery key. You will need it to restore access to your encrypted messages and verification keys. Keep this safe. Don't share it with anyone and don't lose it! Do not pass go! Do not collect $200!</t>
         </is>
       </c>
       <c r="G664" t="inlineStr"/>
       <c r="H664" t="inlineStr"/>
     </row>
     <row r="665">
       <c r="A665" t="inlineStr">
         <is>
-          <t>../qml/SelfVerificationCheck.qml:17491</t>
+          <t>../qml/SelfVerificationCheck.qml:17502</t>
         </is>
       </c>
       <c r="B665" t="inlineStr">
+        <is>
+          <t>Encryption setup successfully</t>
+        </is>
+      </c>
+      <c r="C665" t="inlineStr">
+        <is>
+          <t>Versleuteling succesvol ingesteld</t>
+        </is>
+      </c>
+      <c r="D665" t="inlineStr"/>
+      <c r="E665" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F665" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckEncryption setup successfully</t>
+        </is>
+      </c>
+      <c r="G665" t="inlineStr"/>
+      <c r="H665" t="inlineStr"/>
+    </row>
+    <row r="666">
+      <c r="A666" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17510</t>
+        </is>
+      </c>
+      <c r="B666" t="inlineStr">
+        <is>
+          <t>Failed to setup encryption: %1</t>
+        </is>
+      </c>
+      <c r="C666" t="inlineStr">
+        <is>
+          <t>Kon versleuteling niet instellen: %1</t>
+        </is>
+      </c>
+      <c r="D666" t="inlineStr"/>
+      <c r="E666" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F666" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckFailed to setup encryption: %1</t>
+        </is>
+      </c>
+      <c r="G666" t="inlineStr"/>
+      <c r="H666" t="inlineStr"/>
+    </row>
+    <row r="667">
+      <c r="A667" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17542</t>
+        </is>
+      </c>
+      <c r="B667" t="inlineStr">
+        <is>
+          <t>Setup Encryption</t>
+        </is>
+      </c>
+      <c r="C667" t="inlineStr">
+        <is>
+          <t>Versleuteling instellen</t>
+        </is>
+      </c>
+      <c r="D667" t="inlineStr"/>
+      <c r="E667" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F667" t="inlineStr">
+        <is>
+          <t>SelfVerificationCheckSetup Encryption</t>
+        </is>
+      </c>
+      <c r="G667" t="inlineStr"/>
+      <c r="H667" t="inlineStr"/>
+    </row>
+    <row r="668">
+      <c r="A668" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17551</t>
+        </is>
+      </c>
+      <c r="B668" t="inlineStr">
         <is>
           <t>Hello and welcome to Matrix!
 It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
-      <c r="C665" t="inlineStr">
+      <c r="C668" t="inlineStr">
         <is>
           <t>Hallo, en welkom bij Matrix!
 Zo te zien ben je nieuw. Voordat je je berichten veilig kan versleutelen, moeten we een paar kleine dingen instellen. Je kan ofwel direct op accepteren drukken of een paar basisopties aanpassen. We proberen ook de basisprincipes uit te leggen. Je kan deze overslaan, maar wellicht vind je het behulpzaam!</t>
         </is>
       </c>
-      <c r="D665" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F665" t="inlineStr">
+      <c r="D668" t="inlineStr"/>
+      <c r="E668" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F668" t="inlineStr">
         <is>
           <t>SelfVerificationCheckHello and welcome to Matrix!
 It seems like you are new. Before you can securely encrypt your messages, we need to setup a few small things. You can either press accept immediately or adjust a few basic options. We also try to explain a few of the basics. You can skip those parts, but they might prove to be helpful!</t>
         </is>
       </c>
-      <c r="G665" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B666" t="inlineStr">
+      <c r="G668" t="inlineStr"/>
+      <c r="H668" t="inlineStr"/>
+    </row>
+    <row r="669">
+      <c r="A669" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17659</t>
+        </is>
+      </c>
+      <c r="B669" t="inlineStr">
         <is>
           <t>Activate Encryption</t>
         </is>
       </c>
-      <c r="C666" t="inlineStr">
+      <c r="C669" t="inlineStr">
         <is>
           <t>Activeer versleuteling</t>
         </is>
       </c>
-      <c r="D666" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F666" t="inlineStr">
+      <c r="D669" t="inlineStr"/>
+      <c r="E669" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F669" t="inlineStr">
         <is>
           <t>SelfVerificationCheckActivate Encryption</t>
         </is>
       </c>
-      <c r="G666" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B667" t="inlineStr">
+      <c r="G669" t="inlineStr"/>
+      <c r="H669" t="inlineStr"/>
+    </row>
+    <row r="670">
+      <c r="A670" t="inlineStr">
+        <is>
+          <t>../qml/SelfVerificationCheck.qml:17668</t>
+        </is>
+      </c>
+      <c r="B670" t="inlineStr">
         <is>
           <t>It seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
 If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
-      <c r="C667" t="inlineStr">
+      <c r="C670" t="inlineStr">
         <is>
           <t>Het lijkt erop dat je versleuteling al hebt ingesteld voor dit account. Om bij je versleutelde berichten te kunnen en om dit apparaat als vertrouwd te laten verschijnen, kan je ofwel een bestaand apparaat verifiëren ofwel je herstelsleutel invoeren (als je er één hebt). Kies a.u.b een van de opties hieronder.
 Als je "verifieer" kiest, moet je het andere apparaat bij de hand hebben. Als je "Voer herstelsleutel in" kiest moet je je herstelsleutel of wachtwoordzin hebben. Als je op annuleren klikt kan je later altijd alsnog jezelf verifiëren.</t>
         </is>
       </c>
-      <c r="D667" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F667" t="inlineStr">
+      <c r="D670" t="inlineStr"/>
+      <c r="E670" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F670" t="inlineStr">
         <is>
           <t>SelfVerificationCheckIt seems like you have encryption already configured for this account. To be able to access your encrypted messages and make this device appear as trusted, you can either verify an existing device or (if you have one) enter your recovery passphrase. Please select one of the options below.
 If you choose verify, you need to have the other device available. If you choose "enter passphrase", you will need your recovery key or passphrase. If you click cancel, you can choose to verify yourself at a later point.</t>
         </is>
       </c>
-      <c r="G667" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G670" t="inlineStr"/>
       <c r="H670" t="inlineStr"/>
     </row>
     <row r="671">
       <c r="A671" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17691</t>
+          <t>../qml/SelfVerificationCheck.qml:17673</t>
         </is>
       </c>
       <c r="B671" t="inlineStr">
         <is>
-          <t>Failed to create keys for online key backup!</t>
+          <t>verify</t>
         </is>
       </c>
       <c r="C671" t="inlineStr">
         <is>
-          <t>Aanmaken van sleutels voor online sleutelreservekopie mislukt!</t>
+          <t>verifieer</t>
         </is>
       </c>
       <c r="D671" t="inlineStr"/>
       <c r="E671" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F671" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
+          <t>SelfVerificationCheckverify</t>
         </is>
       </c>
       <c r="G671" t="inlineStr"/>
       <c r="H671" t="inlineStr"/>
     </row>
     <row r="672">
       <c r="A672" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17720</t>
+          <t>../qml/SelfVerificationCheck.qml:17682</t>
         </is>
       </c>
       <c r="B672" t="inlineStr">
         <is>
-          <t>Failed to create keys for secure server side secret storage!</t>
+          <t>enter passphrase</t>
         </is>
       </c>
       <c r="C672" t="inlineStr">
         <is>
-          <t>Aanmaken van sleutels voor beveiligde geheimopslag aan de server kant mislukt!</t>
+          <t>voer herstelsleutel in</t>
         </is>
       </c>
       <c r="D672" t="inlineStr"/>
       <c r="E672" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F672" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
+          <t>SelfVerificationCheckenter passphrase</t>
         </is>
       </c>
       <c r="G672" t="inlineStr"/>
       <c r="H672" t="inlineStr"/>
     </row>
     <row r="673">
       <c r="A673" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17764</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17735</t>
         </is>
       </c>
       <c r="B673" t="inlineStr">
         <is>
-          <t>Encryption Setup</t>
+          <t>Failed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="C673" t="inlineStr">
         <is>
-          <t>Versleuteling instellen</t>
+          <t>Aanmaken van sleutels voor kruisversleuteling mislukt!</t>
         </is>
       </c>
       <c r="D673" t="inlineStr"/>
       <c r="E673" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F673" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption Setup</t>
+          <t>SelfVerificationStatusFailed to create keys for cross-signing!</t>
         </is>
       </c>
       <c r="G673" t="inlineStr"/>
       <c r="H673" t="inlineStr"/>
     </row>
     <row r="674">
       <c r="A674" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17770</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17751</t>
         </is>
       </c>
       <c r="B674" t="inlineStr">
         <is>
-          <t>Encryption setup failed: %1</t>
+          <t>Failed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="C674" t="inlineStr">
         <is>
-          <t>Versleuteling instellen mislukt: %1</t>
+          <t>Aanmaken van sleutels voor online sleutelreservekopie mislukt!</t>
         </is>
       </c>
       <c r="D674" t="inlineStr"/>
       <c r="E674" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F674" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusEncryption setup failed: %1</t>
+          <t>SelfVerificationStatusFailed to create keys for online key backup!</t>
         </is>
       </c>
       <c r="G674" t="inlineStr"/>
       <c r="H674" t="inlineStr"/>
     </row>
     <row r="675">
       <c r="A675" t="inlineStr">
         <is>
-          <t>../../src/encryption/SelfVerificationStatus.cpp:17928</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17780</t>
         </is>
       </c>
       <c r="B675" t="inlineStr">
         <is>
-          <t>Identity key changed. This breaks E2EE, so logging out.</t>
+          <t>Failed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="C675" t="inlineStr">
         <is>
-          <t>Identiteitssleutel is veranderd. Dit breekt eind-tot-eind versleuteling, dus je wordt uitgelogd.</t>
+          <t>Aanmaken van sleutels voor beveiligde geheimopslag aan de server kant mislukt!</t>
         </is>
       </c>
       <c r="D675" t="inlineStr"/>
       <c r="E675" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F675" t="inlineStr">
         <is>
-          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
+          <t>SelfVerificationStatusFailed to create keys for secure server side secret storage!</t>
         </is>
       </c>
       <c r="G675" t="inlineStr"/>
       <c r="H675" t="inlineStr"/>
     </row>
     <row r="676">
       <c r="A676" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18246</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17824</t>
         </is>
       </c>
       <c r="B676" t="inlineStr">
         <is>
-          <t>Failed to update image pack: %1</t>
+          <t>Encryption Setup</t>
         </is>
       </c>
       <c r="C676" t="inlineStr">
         <is>
-          <t>Kon afbeeldingspakket niet updaten: %1</t>
+          <t>Versleuteling instellen</t>
         </is>
       </c>
       <c r="D676" t="inlineStr"/>
       <c r="E676" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F676" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to update image pack: %1</t>
+          <t>SelfVerificationStatusEncryption Setup</t>
         </is>
       </c>
       <c r="G676" t="inlineStr"/>
       <c r="H676" t="inlineStr"/>
     </row>
     <row r="677">
       <c r="A677" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18260</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17830</t>
         </is>
       </c>
       <c r="B677" t="inlineStr">
         <is>
-          <t>Failed to delete old image pack: %1</t>
+          <t>Encryption setup failed: %1</t>
         </is>
       </c>
       <c r="C677" t="inlineStr">
         <is>
-          <t>Kon oud afbeeldingspakket niet verwijderen: %1</t>
+          <t>Versleuteling instellen mislukt: %1</t>
         </is>
       </c>
       <c r="D677" t="inlineStr"/>
       <c r="E677" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F677" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
+          <t>SelfVerificationStatusEncryption setup failed: %1</t>
         </is>
       </c>
       <c r="G677" t="inlineStr"/>
       <c r="H677" t="inlineStr"/>
     </row>
     <row r="678">
       <c r="A678" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18318</t>
+          <t>../../src/encryption/SelfVerificationStatus.cpp:17988</t>
         </is>
       </c>
       <c r="B678" t="inlineStr">
         <is>
-          <t>Failed to open image: %1</t>
+          <t>Identity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="C678" t="inlineStr">
         <is>
-          <t>Kon afbeelding niet openen: %1</t>
+          <t>Identiteitssleutel is veranderd. Dit breekt eind-tot-eind versleuteling, dus je wordt uitgelogd.</t>
         </is>
       </c>
       <c r="D678" t="inlineStr"/>
       <c r="E678" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F678" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to open image: %1</t>
+          <t>SelfVerificationStatusIdentity key changed. This breaks E2EE, so logging out.</t>
         </is>
       </c>
       <c r="G678" t="inlineStr"/>
       <c r="H678" t="inlineStr"/>
     </row>
     <row r="679">
       <c r="A679" t="inlineStr">
         <is>
-          <t>../../src/SingleImagePackModel.cpp:18332</t>
+          <t>../../src/SingleImagePackModel.cpp:18306</t>
         </is>
       </c>
       <c r="B679" t="inlineStr">
         <is>
-          <t>Failed to upload image: %1</t>
+          <t>Failed to update image pack: %1</t>
         </is>
       </c>
       <c r="C679" t="inlineStr">
         <is>
-          <t>Kon afbeelding niet uploaden: %1</t>
+          <t>Kon afbeeldingspakket niet updaten: %1</t>
         </is>
       </c>
       <c r="D679" t="inlineStr"/>
       <c r="E679" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F679" t="inlineStr">
         <is>
-          <t>SingleImagePackModelFailed to upload image: %1</t>
+          <t>SingleImagePackModelFailed to update image pack: %1</t>
         </is>
       </c>
       <c r="G679" t="inlineStr"/>
       <c r="H679" t="inlineStr"/>
     </row>
     <row r="680">
       <c r="A680" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenu.qml:18348</t>
+          <t>../../src/SingleImagePackModel.cpp:18320</t>
         </is>
       </c>
       <c r="B680" t="inlineStr">
         <is>
-          <t>Add or remove from community...</t>
+          <t>Failed to delete old image pack: %1</t>
         </is>
       </c>
       <c r="C680" t="inlineStr">
         <is>
-          <t>Aan groep toevoegen of uit groep verwijderen...</t>
+          <t>Kon oud afbeeldingspakket niet verwijderen: %1</t>
         </is>
       </c>
       <c r="D680" t="inlineStr"/>
       <c r="E680" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F680" t="inlineStr">
         <is>
-          <t>SpaceMenuAdd or remove from community...</t>
+          <t>SingleImagePackModelFailed to delete old image pack: %1</t>
         </is>
       </c>
       <c r="G680" t="inlineStr"/>
       <c r="H680" t="inlineStr"/>
     </row>
     <row r="681">
       <c r="A681" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18376</t>
+          <t>../../src/SingleImagePackModel.cpp:18378</t>
         </is>
       </c>
       <c r="B681" t="inlineStr">
         <is>
-          <t>Official community for this room</t>
+          <t>Failed to open image: %1</t>
         </is>
       </c>
       <c r="C681" t="inlineStr">
         <is>
-          <t>Officiële community voor deze kamer</t>
+          <t>Kon afbeelding niet openen: %1</t>
         </is>
       </c>
       <c r="D681" t="inlineStr"/>
       <c r="E681" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F681" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelOfficial community for this room</t>
+          <t>SingleImagePackModelFailed to open image: %1</t>
         </is>
       </c>
       <c r="G681" t="inlineStr"/>
       <c r="H681" t="inlineStr"/>
     </row>
     <row r="682">
       <c r="A682" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18384</t>
+          <t>../../src/SingleImagePackModel.cpp:18392</t>
         </is>
       </c>
       <c r="B682" t="inlineStr">
         <is>
-          <t>Affiliated community for this room</t>
+          <t>Failed to upload image: %1</t>
         </is>
       </c>
       <c r="C682" t="inlineStr">
         <is>
-          <t>Gerelateerde community voor deze kamer</t>
+          <t>Kon afbeelding niet uploaden: %1</t>
         </is>
       </c>
       <c r="D682" t="inlineStr"/>
       <c r="E682" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F682" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelAffiliated community for this room</t>
+          <t>SingleImagePackModelFailed to upload image: %1</t>
         </is>
       </c>
       <c r="G682" t="inlineStr"/>
       <c r="H682" t="inlineStr"/>
     </row>
     <row r="683">
       <c r="A683" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18392</t>
+          <t>../qml/components/SpaceMenu.qml:18408</t>
         </is>
       </c>
       <c r="B683" t="inlineStr">
         <is>
-          <t>Listed only for community members</t>
+          <t>Add or remove from community...</t>
         </is>
       </c>
       <c r="C683" t="inlineStr">
         <is>
-          <t>Alleen voor groepsdeelnemers zichtbaar</t>
+          <t>Aan groep toevoegen of uit groep verwijderen...</t>
         </is>
       </c>
       <c r="D683" t="inlineStr"/>
       <c r="E683" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F683" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for community members</t>
+          <t>SpaceMenuAdd or remove from community...</t>
         </is>
       </c>
       <c r="G683" t="inlineStr"/>
       <c r="H683" t="inlineStr"/>
     </row>
     <row r="684">
       <c r="A684" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18400</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18436</t>
         </is>
       </c>
       <c r="B684" t="inlineStr">
         <is>
-          <t>Listed only for room members</t>
+          <t>Official community for this room</t>
         </is>
       </c>
       <c r="C684" t="inlineStr">
         <is>
-          <t>Alleen voor kamer deelnemers zichtbaar</t>
+          <t>Officiële community voor deze kamer</t>
         </is>
       </c>
       <c r="D684" t="inlineStr"/>
       <c r="E684" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F684" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelListed only for room members</t>
+          <t>SpaceMenuLevelOfficial community for this room</t>
         </is>
       </c>
       <c r="G684" t="inlineStr"/>
       <c r="H684" t="inlineStr"/>
     </row>
     <row r="685">
       <c r="A685" t="inlineStr">
         <is>
-          <t>../qml/components/SpaceMenuLevel.qml:18408</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18444</t>
         </is>
       </c>
       <c r="B685" t="inlineStr">
         <is>
-          <t>Not related</t>
+          <t>Affiliated community for this room</t>
         </is>
       </c>
       <c r="C685" t="inlineStr">
         <is>
-          <t>Ongerelateerd</t>
+          <t>Gerelateerde community voor deze kamer</t>
         </is>
       </c>
       <c r="D685" t="inlineStr"/>
       <c r="E685" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F685" t="inlineStr">
         <is>
-          <t>SpaceMenuLevelNot related</t>
+          <t>SpaceMenuLevelAffiliated community for this room</t>
         </is>
       </c>
       <c r="G685" t="inlineStr"/>
       <c r="H685" t="inlineStr"/>
     </row>
     <row r="686">
       <c r="A686" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18426</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18452</t>
         </is>
       </c>
       <c r="B686" t="inlineStr">
         <is>
-          <t>Failed</t>
+          <t>Listed only for community members</t>
         </is>
       </c>
       <c r="C686" t="inlineStr">
         <is>
-          <t>Mislukt</t>
+          <t>Alleen voor groepsdeelnemers zichtbaar</t>
         </is>
       </c>
       <c r="D686" t="inlineStr"/>
       <c r="E686" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F686" t="inlineStr">
         <is>
-          <t>StatusIndicatorFailed</t>
+          <t>SpaceMenuLevelListed only for community members</t>
         </is>
       </c>
       <c r="G686" t="inlineStr"/>
       <c r="H686" t="inlineStr"/>
     </row>
     <row r="687">
       <c r="A687" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18428</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18460</t>
         </is>
       </c>
       <c r="B687" t="inlineStr">
         <is>
-          <t>Sent</t>
+          <t>Listed only for room members</t>
         </is>
       </c>
       <c r="C687" t="inlineStr">
         <is>
-          <t>Verstuurd</t>
+          <t>Alleen voor kamer deelnemers zichtbaar</t>
         </is>
       </c>
       <c r="D687" t="inlineStr"/>
       <c r="E687" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F687" t="inlineStr">
         <is>
-          <t>StatusIndicatorSent</t>
+          <t>SpaceMenuLevelListed only for room members</t>
         </is>
       </c>
       <c r="G687" t="inlineStr"/>
       <c r="H687" t="inlineStr"/>
     </row>
     <row r="688">
       <c r="A688" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18430</t>
+          <t>../qml/components/SpaceMenuLevel.qml:18468</t>
         </is>
       </c>
       <c r="B688" t="inlineStr">
         <is>
-          <t>Received</t>
+          <t>Not related</t>
         </is>
       </c>
       <c r="C688" t="inlineStr">
         <is>
-          <t>Ontvangen</t>
+          <t>Ongerelateerd</t>
         </is>
       </c>
       <c r="D688" t="inlineStr"/>
       <c r="E688" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F688" t="inlineStr">
         <is>
-          <t>StatusIndicatorReceived</t>
+          <t>SpaceMenuLevelNot related</t>
         </is>
       </c>
       <c r="G688" t="inlineStr"/>
       <c r="H688" t="inlineStr"/>
     </row>
     <row r="689">
       <c r="A689" t="inlineStr">
         <is>
-          <t>../qml/StatusIndicator.qml:18432</t>
+          <t>../qml/StatusIndicator.qml:18486</t>
         </is>
       </c>
       <c r="B689" t="inlineStr">
         <is>
-          <t>Read</t>
+          <t>Failed</t>
         </is>
       </c>
       <c r="C689" t="inlineStr">
         <is>
-          <t>Gelezen</t>
+          <t>Mislukt</t>
         </is>
       </c>
       <c r="D689" t="inlineStr"/>
       <c r="E689" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F689" t="inlineStr">
         <is>
-          <t>StatusIndicatorRead</t>
+          <t>StatusIndicatorFailed</t>
         </is>
       </c>
       <c r="G689" t="inlineStr"/>
       <c r="H689" t="inlineStr"/>
     </row>
     <row r="690">
       <c r="A690" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18501</t>
+          <t>../qml/StatusIndicator.qml:18488</t>
         </is>
       </c>
       <c r="B690" t="inlineStr">
         <is>
-          <t>Search</t>
+          <t>Sent</t>
         </is>
       </c>
       <c r="C690" t="inlineStr">
         <is>
-          <t>Zoeken</t>
+          <t>Verstuurd</t>
         </is>
       </c>
       <c r="D690" t="inlineStr"/>
       <c r="E690" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F690" t="inlineStr">
         <is>
-          <t>StickerPickerSearch</t>
+          <t>StatusIndicatorSent</t>
         </is>
       </c>
       <c r="G690" t="inlineStr"/>
       <c r="H690" t="inlineStr"/>
     </row>
     <row r="691">
       <c r="A691" t="inlineStr">
         <is>
-          <t>../qml/emoji/StickerPicker.qml:18690</t>
+          <t>../qml/StatusIndicator.qml:18490</t>
         </is>
       </c>
       <c r="B691" t="inlineStr">
         <is>
-          <t>Change what packs are enabled, remove packs, or create new ones</t>
+          <t>Received</t>
         </is>
       </c>
       <c r="C691" t="inlineStr">
         <is>
-          <t>Verander welke pakketten ingeschakeld zijn, verwijder ze, of maak nieuwe</t>
+          <t>Ontvangen</t>
         </is>
       </c>
       <c r="D691" t="inlineStr"/>
       <c r="E691" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F691" t="inlineStr">
         <is>
-          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
+          <t>StatusIndicatorReceived</t>
         </is>
       </c>
       <c r="G691" t="inlineStr"/>
       <c r="H691" t="inlineStr"/>
     </row>
     <row r="692">
       <c r="A692" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18700</t>
+          <t>../qml/StatusIndicator.qml:18492</t>
         </is>
       </c>
       <c r="B692" t="inlineStr">
         <is>
-          <t>Successful Verification</t>
+          <t>Read</t>
         </is>
       </c>
       <c r="C692" t="inlineStr">
         <is>
-          <t>Succesvolle verificatie</t>
+          <t>Gelezen</t>
         </is>
       </c>
       <c r="D692" t="inlineStr"/>
       <c r="E692" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F692" t="inlineStr">
         <is>
-          <t>SuccessSuccessful Verification</t>
+          <t>StatusIndicatorRead</t>
         </is>
       </c>
       <c r="G692" t="inlineStr"/>
       <c r="H692" t="inlineStr"/>
     </row>
     <row r="693">
       <c r="A693" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18710</t>
+          <t>../qml/emoji/StickerPicker.qml:18561</t>
         </is>
       </c>
       <c r="B693" t="inlineStr">
         <is>
-          <t>Verification successful!  Both sides verified their devices!</t>
+          <t>Search</t>
         </is>
       </c>
       <c r="C693" t="inlineStr">
         <is>
-          <t>Verificatie gelukt!  Beide kanten hebben hun apparaat geverifieerd!</t>
+          <t>Zoeken</t>
         </is>
       </c>
       <c r="D693" t="inlineStr"/>
       <c r="E693" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F693" t="inlineStr">
         <is>
-          <t>SuccessVerification successful! Both sides verified their devices!</t>
+          <t>StickerPickerSearch</t>
         </is>
       </c>
       <c r="G693" t="inlineStr"/>
       <c r="H693" t="inlineStr"/>
     </row>
     <row r="694">
       <c r="A694" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Success.qml:18724</t>
+          <t>../qml/emoji/StickerPicker.qml:18750</t>
         </is>
       </c>
       <c r="B694" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Change what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="C694" t="inlineStr">
         <is>
-          <t>Sluiten</t>
+          <t>Verander welke pakketten ingeschakeld zijn, verwijder ze, of maak nieuwe</t>
         </is>
       </c>
       <c r="D694" t="inlineStr"/>
       <c r="E694" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F694" t="inlineStr">
         <is>
-          <t>SuccessClose</t>
+          <t>StickerPickerChange what packs are enabled, remove packs, or create new ones</t>
         </is>
       </c>
       <c r="G694" t="inlineStr"/>
       <c r="H694" t="inlineStr"/>
     </row>
     <row r="695">
       <c r="A695" t="inlineStr">
         <is>
-          <t>../qml/TimelineDefaultMessageStyle.qml:18891</t>
+          <t>../qml/device-verification/Success.qml:18760</t>
         </is>
       </c>
       <c r="B695" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>Successful Verification</t>
         </is>
       </c>
       <c r="C695" t="inlineStr">
         <is>
-          <t>Deel van een gespreksdraad</t>
+          <t>Succesvolle verificatie</t>
         </is>
       </c>
       <c r="D695" t="inlineStr"/>
       <c r="E695" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F695" t="inlineStr">
         <is>
-          <t>TimelineDefaultMessageStylePart of a thread</t>
+          <t>SuccessSuccessful Verification</t>
         </is>
       </c>
       <c r="G695" t="inlineStr"/>
       <c r="H695" t="inlineStr"/>
     </row>
     <row r="696">
       <c r="A696" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18979</t>
+          <t>../qml/device-verification/Success.qml:18770</t>
         </is>
       </c>
       <c r="B696" t="inlineStr">
         <is>
-          <t>%1 placed a voice call.</t>
+          <t>Verification successful!  Both sides verified their devices!</t>
         </is>
       </c>
       <c r="C696" t="inlineStr">
         <is>
-          <t>%1 plaatste een spraakoproep.</t>
+          <t>Verificatie gelukt!  Beide kanten hebben hun apparaat geverifieerd!</t>
         </is>
       </c>
       <c r="D696" t="inlineStr"/>
       <c r="E696" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F696" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a voice call.</t>
+          <t>SuccessVerification successful! Both sides verified their devices!</t>
         </is>
       </c>
       <c r="G696" t="inlineStr"/>
       <c r="H696" t="inlineStr"/>
     </row>
     <row r="697">
       <c r="A697" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18981</t>
+          <t>../qml/device-verification/Success.qml:18784</t>
         </is>
       </c>
       <c r="B697" t="inlineStr">
         <is>
-          <t>%1 placed a video call.</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="C697" t="inlineStr">
         <is>
-          <t>%1 plaatste een video-oproep.</t>
+          <t>Sluiten</t>
         </is>
       </c>
       <c r="D697" t="inlineStr"/>
       <c r="E697" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F697" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a video call.</t>
+          <t>SuccessClose</t>
         </is>
       </c>
       <c r="G697" t="inlineStr"/>
       <c r="H697" t="inlineStr"/>
     </row>
     <row r="698">
       <c r="A698" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:18983</t>
+          <t>../qml/TimelineDefaultMessageStyle.qml:18951</t>
         </is>
       </c>
       <c r="B698" t="inlineStr">
         <is>
-          <t>%1 placed a call.</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C698" t="inlineStr">
         <is>
-          <t>%1 plaatste een oproep.</t>
+          <t>Deel van een gespreksdraad</t>
         </is>
       </c>
       <c r="D698" t="inlineStr"/>
       <c r="E698" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F698" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 placed a call.</t>
+          <t>TimelineDefaultMessageStylePart of a thread</t>
         </is>
       </c>
       <c r="G698" t="inlineStr"/>
       <c r="H698" t="inlineStr"/>
     </row>
     <row r="699">
       <c r="A699" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19005</t>
+          <t>../qml/TimelineEvent.qml:19039</t>
         </is>
       </c>
       <c r="B699" t="inlineStr">
         <is>
-          <t>%1 answered the call.</t>
+          <t>%1 placed a voice call.</t>
         </is>
       </c>
       <c r="C699" t="inlineStr">
         <is>
-          <t>%1 beantwoordde de oproep.</t>
+          <t>%1 plaatste een spraakoproep.</t>
         </is>
       </c>
       <c r="D699" t="inlineStr"/>
       <c r="E699" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F699" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 answered the call.</t>
+          <t>TimelineEvent%1 placed a voice call.</t>
         </is>
       </c>
       <c r="G699" t="inlineStr"/>
       <c r="H699" t="inlineStr"/>
     </row>
     <row r="700">
       <c r="A700" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19007</t>
+          <t>../qml/TimelineEvent.qml:19041</t>
         </is>
       </c>
       <c r="B700" t="inlineStr">
         <is>
-          <t>%1 rejected the call.</t>
+          <t>%1 placed a video call.</t>
         </is>
       </c>
       <c r="C700" t="inlineStr">
         <is>
-          <t>%1 heeft het gesprek afgewezen.</t>
+          <t>%1 plaatste een video-oproep.</t>
         </is>
       </c>
       <c r="D700" t="inlineStr"/>
       <c r="E700" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F700" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 rejected the call.</t>
+          <t>TimelineEvent%1 placed a video call.</t>
         </is>
       </c>
       <c r="G700" t="inlineStr"/>
       <c r="H700" t="inlineStr"/>
     </row>
     <row r="701">
       <c r="A701" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19009</t>
+          <t>../qml/TimelineEvent.qml:19043</t>
         </is>
       </c>
       <c r="B701" t="inlineStr">
         <is>
-          <t>%1 selected answer.</t>
+          <t>%1 placed a call.</t>
         </is>
       </c>
       <c r="C701" t="inlineStr">
         <is>
-          <t>%1 heeft opgenomen.</t>
+          <t>%1 plaatste een oproep.</t>
         </is>
       </c>
       <c r="D701" t="inlineStr"/>
       <c r="E701" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F701" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 selected answer.</t>
+          <t>TimelineEvent%1 placed a call.</t>
         </is>
       </c>
       <c r="G701" t="inlineStr"/>
       <c r="H701" t="inlineStr"/>
     </row>
     <row r="702">
       <c r="A702" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19011</t>
+          <t>../qml/TimelineEvent.qml:19065</t>
         </is>
       </c>
       <c r="B702" t="inlineStr">
         <is>
-          <t>%1 ended the call.</t>
+          <t>%1 answered the call.</t>
         </is>
       </c>
       <c r="C702" t="inlineStr">
         <is>
-          <t>%1 beëindigde de oproep.</t>
+          <t>%1 beantwoordde de oproep.</t>
         </is>
       </c>
       <c r="D702" t="inlineStr"/>
       <c r="E702" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F702" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 ended the call.</t>
+          <t>TimelineEvent%1 answered the call.</t>
         </is>
       </c>
       <c r="G702" t="inlineStr"/>
       <c r="H702" t="inlineStr"/>
     </row>
     <row r="703">
       <c r="A703" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19015</t>
+          <t>../qml/TimelineEvent.qml:19067</t>
         </is>
       </c>
       <c r="B703" t="inlineStr">
         <is>
-          <t>%1 is negotiating the call...</t>
+          <t>%1 rejected the call.</t>
         </is>
       </c>
       <c r="C703" t="inlineStr">
         <is>
-          <t>%1 is het gesprek aan het opzetten...</t>
+          <t>%1 heeft het gesprek afgewezen.</t>
         </is>
       </c>
       <c r="D703" t="inlineStr"/>
       <c r="E703" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F703" t="inlineStr">
         <is>
-          <t>TimelineEvent%1 is negotiating the call...</t>
+          <t>TimelineEvent%1 rejected the call.</t>
         </is>
       </c>
       <c r="G703" t="inlineStr"/>
       <c r="H703" t="inlineStr"/>
     </row>
     <row r="704">
       <c r="A704" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19106</t>
+          <t>../qml/TimelineEvent.qml:19069</t>
         </is>
       </c>
       <c r="B704" t="inlineStr">
         <is>
-          <t>Allow them in</t>
+          <t>%1 selected answer.</t>
         </is>
       </c>
       <c r="C704" t="inlineStr">
         <is>
-          <t>Binnenlaten</t>
+          <t>%1 heeft opgenomen.</t>
         </is>
       </c>
       <c r="D704" t="inlineStr"/>
       <c r="E704" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F704" t="inlineStr">
         <is>
-          <t>TimelineEventAllow them in</t>
+          <t>TimelineEvent%1 selected answer.</t>
         </is>
       </c>
       <c r="G704" t="inlineStr"/>
       <c r="H704" t="inlineStr"/>
     </row>
     <row r="705">
       <c r="A705" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19128</t>
+          <t>../qml/TimelineEvent.qml:19071</t>
         </is>
       </c>
       <c r="B705" t="inlineStr">
         <is>
-          <t>This room was replaced for the following reason: %1</t>
+          <t>%1 ended the call.</t>
         </is>
       </c>
       <c r="C705" t="inlineStr">
         <is>
-          <t>Deze kamer is vervangen wegens de volgende reden: %1</t>
+          <t>%1 beëindigde de oproep.</t>
         </is>
       </c>
       <c r="D705" t="inlineStr"/>
       <c r="E705" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F705" t="inlineStr">
         <is>
-          <t>TimelineEventThis room was replaced for the following reason: %1</t>
+          <t>TimelineEvent%1 ended the call.</t>
         </is>
       </c>
       <c r="G705" t="inlineStr"/>
       <c r="H705" t="inlineStr"/>
     </row>
     <row r="706">
       <c r="A706" t="inlineStr">
         <is>
-          <t>../qml/TimelineEvent.qml:19136</t>
+          <t>../qml/TimelineEvent.qml:19075</t>
         </is>
       </c>
       <c r="B706" t="inlineStr">
         <is>
-          <t>Go to replacement room</t>
+          <t>%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="C706" t="inlineStr">
         <is>
-          <t>Ga naar de vervangende kamer</t>
+          <t>%1 is het gesprek aan het opzetten...</t>
         </is>
       </c>
       <c r="D706" t="inlineStr"/>
       <c r="E706" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F706" t="inlineStr">
         <is>
-          <t>TimelineEventGo to replacement room</t>
+          <t>TimelineEvent%1 is negotiating the call...</t>
         </is>
       </c>
       <c r="G706" t="inlineStr"/>
       <c r="H706" t="inlineStr"/>
     </row>
     <row r="707">
       <c r="A707" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19176</t>
+          <t>../qml/TimelineEvent.qml:19166</t>
         </is>
       </c>
       <c r="B707" t="inlineStr">
         <is>
-          <t>Edited</t>
+          <t>Allow them in</t>
         </is>
       </c>
       <c r="C707" t="inlineStr">
         <is>
-          <t>Bewerkt</t>
+          <t>Binnenlaten</t>
         </is>
       </c>
       <c r="D707" t="inlineStr"/>
       <c r="E707" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F707" t="inlineStr">
         <is>
-          <t>TimelineMetadataEdited</t>
+          <t>TimelineEventAllow them in</t>
         </is>
       </c>
       <c r="G707" t="inlineStr"/>
       <c r="H707" t="inlineStr"/>
     </row>
     <row r="708">
       <c r="A708" t="inlineStr">
         <is>
-          <t>../qml/TimelineMetadata.qml:19192</t>
+          <t>../qml/TimelineEvent.qml:19188</t>
         </is>
       </c>
       <c r="B708" t="inlineStr">
         <is>
-          <t>Part of a thread</t>
+          <t>This room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="C708" t="inlineStr">
         <is>
-          <t>Deel van een gespreksdraad</t>
+          <t>Deze kamer is vervangen wegens de volgende reden: %1</t>
         </is>
       </c>
       <c r="D708" t="inlineStr"/>
       <c r="E708" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F708" t="inlineStr">
         <is>
-          <t>TimelineMetadataPart of a thread</t>
+          <t>TimelineEventThis room was replaced for the following reason: %1</t>
         </is>
       </c>
       <c r="G708" t="inlineStr"/>
       <c r="H708" t="inlineStr"/>
     </row>
     <row r="709">
       <c r="A709" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20814</t>
+          <t>../qml/TimelineEvent.qml:19196</t>
         </is>
       </c>
       <c r="B709" t="inlineStr">
         <is>
-          <t>Message redaction failed: %1</t>
+          <t>Go to replacement room</t>
         </is>
       </c>
       <c r="C709" t="inlineStr">
         <is>
-          <t>Bericht intrekken mislukt: %1</t>
+          <t>Ga naar de vervangende kamer</t>
         </is>
       </c>
       <c r="D709" t="inlineStr"/>
       <c r="E709" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F709" t="inlineStr">
         <is>
-          <t>TimelineModelMessage redaction failed: %1</t>
+          <t>TimelineEventGo to replacement room</t>
         </is>
       </c>
       <c r="G709" t="inlineStr"/>
       <c r="H709" t="inlineStr"/>
     </row>
     <row r="710">
       <c r="A710" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20941</t>
+          <t>../qml/TimelineMetadata.qml:19236</t>
         </is>
       </c>
       <c r="B710" t="inlineStr">
         <is>
-          <t>Failed to encrypt event, sending aborted!</t>
+          <t>Edited</t>
         </is>
       </c>
       <c r="C710" t="inlineStr">
         <is>
-          <t>Kon evenement niet versleutelen, versturen geannuleerd!</t>
+          <t>Bewerkt</t>
         </is>
       </c>
       <c r="D710" t="inlineStr"/>
       <c r="E710" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F710" t="inlineStr">
         <is>
-          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
+          <t>TimelineMetadataEdited</t>
         </is>
       </c>
       <c r="G710" t="inlineStr"/>
       <c r="H710" t="inlineStr"/>
     </row>
     <row r="711">
       <c r="A711" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21137</t>
+          <t>../qml/TimelineMetadata.qml:19252</t>
         </is>
       </c>
       <c r="B711" t="inlineStr">
         <is>
-          <t>Save image</t>
+          <t>Part of a thread</t>
         </is>
       </c>
       <c r="C711" t="inlineStr">
         <is>
-          <t>Afbeelding opslaan</t>
+          <t>Deel van een gespreksdraad</t>
         </is>
       </c>
       <c r="D711" t="inlineStr"/>
       <c r="E711" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F711" t="inlineStr">
         <is>
-          <t>TimelineModelSave image</t>
+          <t>TimelineMetadataPart of a thread</t>
         </is>
       </c>
       <c r="G711" t="inlineStr"/>
       <c r="H711" t="inlineStr"/>
     </row>
     <row r="712">
       <c r="A712" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21139</t>
+          <t>../../src/timeline/TimelineModel.cpp:20873</t>
         </is>
       </c>
       <c r="B712" t="inlineStr">
         <is>
-          <t>Save video</t>
+          <t>Message redaction failed: %1</t>
         </is>
       </c>
       <c r="C712" t="inlineStr">
         <is>
-          <t>Video opslaan</t>
+          <t>Bericht intrekken mislukt: %1</t>
         </is>
       </c>
       <c r="D712" t="inlineStr"/>
       <c r="E712" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F712" t="inlineStr">
         <is>
-          <t>TimelineModelSave video</t>
+          <t>TimelineModelMessage redaction failed: %1</t>
         </is>
       </c>
       <c r="G712" t="inlineStr"/>
       <c r="H712" t="inlineStr"/>
     </row>
     <row r="713">
       <c r="A713" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21141</t>
+          <t>../../src/timeline/TimelineModel.cpp:21000</t>
         </is>
       </c>
       <c r="B713" t="inlineStr">
         <is>
-          <t>Save audio</t>
+          <t>Failed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="C713" t="inlineStr">
         <is>
-          <t>Audio opslaan</t>
+          <t>Kon evenement niet versleutelen, versturen geannuleerd!</t>
         </is>
       </c>
       <c r="D713" t="inlineStr"/>
       <c r="E713" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F713" t="inlineStr">
         <is>
-          <t>TimelineModelSave audio</t>
+          <t>TimelineModelFailed to encrypt event, sending aborted!</t>
         </is>
       </c>
       <c r="G713" t="inlineStr"/>
       <c r="H713" t="inlineStr"/>
     </row>
     <row r="714">
       <c r="A714" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21143</t>
+          <t>../../src/timeline/TimelineModel.cpp:21196</t>
         </is>
       </c>
       <c r="B714" t="inlineStr">
         <is>
-          <t>Save file</t>
+          <t>Save image</t>
         </is>
       </c>
       <c r="C714" t="inlineStr">
         <is>
-          <t>Bestand opslaan</t>
+          <t>Afbeelding opslaan</t>
         </is>
       </c>
       <c r="D714" t="inlineStr"/>
       <c r="E714" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F714" t="inlineStr">
         <is>
-          <t>TimelineModelSave file</t>
+          <t>TimelineModelSave image</t>
         </is>
       </c>
       <c r="G714" t="inlineStr"/>
       <c r="H714" t="inlineStr"/>
     </row>
     <row r="715">
       <c r="A715" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21490</t>
+          <t>../../src/timeline/TimelineModel.cpp:21198</t>
         </is>
       </c>
       <c r="B715" t="inlineStr">
         <is>
-          <t>%1%2 is typing.</t>
+          <t>Save video</t>
         </is>
       </c>
       <c r="C715" t="inlineStr">
         <is>
-          <t>%1%2 is aan het typen.</t>
+          <t>Video opslaan</t>
         </is>
       </c>
       <c r="D715" t="inlineStr"/>
       <c r="E715" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F715" t="inlineStr">
         <is>
+          <t>TimelineModelSave video</t>
+        </is>
+      </c>
+      <c r="G715" t="inlineStr"/>
+      <c r="H715" t="inlineStr"/>
+    </row>
+    <row r="716">
+      <c r="A716" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21200</t>
+        </is>
+      </c>
+      <c r="B716" t="inlineStr">
+        <is>
+          <t>Save audio</t>
+        </is>
+      </c>
+      <c r="C716" t="inlineStr">
+        <is>
+          <t>Audio opslaan</t>
+        </is>
+      </c>
+      <c r="D716" t="inlineStr"/>
+      <c r="E716" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F716" t="inlineStr">
+        <is>
+          <t>TimelineModelSave audio</t>
+        </is>
+      </c>
+      <c r="G716" t="inlineStr"/>
+      <c r="H716" t="inlineStr"/>
+    </row>
+    <row r="717">
+      <c r="A717" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21202</t>
+        </is>
+      </c>
+      <c r="B717" t="inlineStr">
+        <is>
+          <t>Save file</t>
+        </is>
+      </c>
+      <c r="C717" t="inlineStr">
+        <is>
+          <t>Bestand opslaan</t>
+        </is>
+      </c>
+      <c r="D717" t="inlineStr"/>
+      <c r="E717" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F717" t="inlineStr">
+        <is>
+          <t>TimelineModelSave file</t>
+        </is>
+      </c>
+      <c r="G717" t="inlineStr"/>
+      <c r="H717" t="inlineStr"/>
+    </row>
+    <row r="718">
+      <c r="A718" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:21550</t>
+        </is>
+      </c>
+      <c r="B718" t="inlineStr">
+        <is>
+          <t>%1%2 is typing.</t>
+        </is>
+      </c>
+      <c r="C718" t="inlineStr">
+        <is>
+          <t>%1%2 is aan het typen.</t>
+        </is>
+      </c>
+      <c r="D718" t="inlineStr"/>
+      <c r="E718" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F718" t="inlineStr">
+        <is>
           <t>TimelineModel
 Multiple users are typing. First argument is a comma separated list of potentially multiple users. Second argument is the last user of that list. (If only one user is typing, %1 is empty. You should still use it in your string though to silence Qt warnings.)%1 and %2 are typing.</t>
         </is>
       </c>
-      <c r="G715" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G718" t="inlineStr"/>
       <c r="H718" t="inlineStr"/>
     </row>
     <row r="719">
       <c r="A719" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21580</t>
+          <t>../../src/timeline/TimelineModel.cpp:21610</t>
         </is>
       </c>
       <c r="B719" t="inlineStr">
         <is>
-          <t>%1 made the room open to guests.</t>
+          <t>%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="C719" t="inlineStr">
         <is>
-          <t>%1 maakte de kamer openbaar voor gasten.</t>
+          <t>%1 maakte de kamer openbaar.</t>
         </is>
       </c>
       <c r="D719" t="inlineStr"/>
       <c r="E719" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F719" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room open to guests.</t>
+          <t>TimelineModel%1 opened the room to the public.</t>
         </is>
       </c>
       <c r="G719" t="inlineStr"/>
       <c r="H719" t="inlineStr"/>
     </row>
     <row r="720">
       <c r="A720" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21582</t>
+          <t>../../src/timeline/TimelineModel.cpp:21614</t>
         </is>
       </c>
       <c r="B720" t="inlineStr">
         <is>
-          <t>%1 has closed the room to guest access.</t>
+          <t>%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="C720" t="inlineStr">
         <is>
-          <t>%1 maakte de kamer gesloten voor gasten.</t>
+          <t>%1 maakte deze kamer aanklopbaar.</t>
         </is>
       </c>
       <c r="D720" t="inlineStr"/>
       <c r="E720" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F720" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has closed the room to guest access.</t>
+          <t>TimelineModel%1 allowed to join this room by knocking.</t>
         </is>
       </c>
       <c r="G720" t="inlineStr"/>
       <c r="H720" t="inlineStr"/>
     </row>
     <row r="721">
       <c r="A721" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21597</t>
+          <t>../../src/timeline/TimelineModel.cpp:21621</t>
         </is>
       </c>
       <c r="B721" t="inlineStr">
         <is>
-          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="C721" t="inlineStr">
         <is>
-          <t>%1 maakte de kamergeschiedenis openbaar. Niet-deelnemers kunnen nu de kamer inzien.</t>
+          <t>%1 stond toe dat deelnemers aan de volgende kamers automatisch mogen deelnemen: %2</t>
         </is>
       </c>
       <c r="D721" t="inlineStr"/>
       <c r="E721" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F721" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
+          <t>TimelineModel%1 allowed members of the following rooms to automatically join this room: %2</t>
         </is>
       </c>
       <c r="G721" t="inlineStr"/>
       <c r="H721" t="inlineStr"/>
     </row>
     <row r="722">
       <c r="A722" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21601</t>
+          <t>../../src/timeline/TimelineModel.cpp:21640</t>
         </is>
       </c>
       <c r="B722" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members from this point on.</t>
+          <t>%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="C722" t="inlineStr">
         <is>
-          <t>%1 maakte de kamergeschiedenis deelname-vereist.</t>
+          <t>%1 maakte de kamer openbaar voor gasten.</t>
         </is>
       </c>
       <c r="D722" t="inlineStr"/>
       <c r="E722" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F722" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
+          <t>TimelineModel%1 made the room open to guests.</t>
         </is>
       </c>
       <c r="G722" t="inlineStr"/>
       <c r="H722" t="inlineStr"/>
     </row>
     <row r="723">
       <c r="A723" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21603</t>
+          <t>../../src/timeline/TimelineModel.cpp:21642</t>
         </is>
       </c>
       <c r="B723" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they were invited.</t>
+          <t>%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="C723" t="inlineStr">
         <is>
-          <t>%1 maakte de kamergeschiedenis zichtbaar vanaf het moment van uitnodigen.</t>
+          <t>%1 maakte de kamer gesloten voor gasten.</t>
         </is>
       </c>
       <c r="D723" t="inlineStr"/>
       <c r="E723" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F723" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
+          <t>TimelineModel%1 has closed the room to guest access.</t>
         </is>
       </c>
       <c r="G723" t="inlineStr"/>
       <c r="H723" t="inlineStr"/>
     </row>
     <row r="724">
       <c r="A724" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21605</t>
+          <t>../../src/timeline/TimelineModel.cpp:21657</t>
         </is>
       </c>
       <c r="B724" t="inlineStr">
         <is>
-          <t>%1 set the room history visible to members since they joined the room.</t>
+          <t>%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="C724" t="inlineStr">
         <is>
-          <t>%1 maakte de kamergeschiedenis zichtbaar vanaf moment van deelname.</t>
+          <t>%1 maakte de kamergeschiedenis openbaar. Niet-deelnemers kunnen nu de kamer inzien.</t>
         </is>
       </c>
       <c r="D724" t="inlineStr"/>
       <c r="E724" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F724" t="inlineStr">
         <is>
-          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
+          <t>TimelineModel%1 made the room history world readable. Events may be now read by non-joined people.</t>
         </is>
       </c>
       <c r="G724" t="inlineStr"/>
       <c r="H724" t="inlineStr"/>
     </row>
     <row r="725">
       <c r="A725" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21877</t>
+          <t>../../src/timeline/TimelineModel.cpp:21661</t>
         </is>
       </c>
       <c r="B725" t="inlineStr">
         <is>
-          <t>%1 has changed the room's permissions.</t>
+          <t>%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="C725" t="inlineStr">
         <is>
-          <t>%1 heeft de rechten van de kamer aangepast.</t>
+          <t>%1 maakte de kamergeschiedenis deelname-vereist.</t>
         </is>
       </c>
       <c r="D725" t="inlineStr"/>
       <c r="E725" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F725" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's permissions.</t>
+          <t>TimelineModel%1 set the room history visible to members from this point on.</t>
         </is>
       </c>
       <c r="G725" t="inlineStr"/>
       <c r="H725" t="inlineStr"/>
     </row>
     <row r="726">
       <c r="A726" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21656</t>
+          <t>../../src/timeline/TimelineModel.cpp:21663</t>
         </is>
       </c>
       <c r="B726" t="inlineStr">
         <is>
-          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
       <c r="C726" t="inlineStr">
         <is>
-          <t>%1 paste het verwijderen-van-deelnemers machtsniveau aan van %2 naar %3.</t>
+          <t>%1 maakte de kamergeschiedenis zichtbaar vanaf het moment van uitnodigen.</t>
         </is>
       </c>
       <c r="D726" t="inlineStr"/>
       <c r="E726" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F726" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 set the room history visible to members since they were invited.</t>
         </is>
       </c>
       <c r="G726" t="inlineStr"/>
       <c r="H726" t="inlineStr"/>
     </row>
     <row r="727">
       <c r="A727" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21671</t>
+          <t>../../src/timeline/TimelineModel.cpp:21665</t>
         </is>
       </c>
       <c r="B727" t="inlineStr">
         <is>
-          <t>%n member can now kick room members.</t>
+          <t>%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
       <c r="C727" t="inlineStr">
         <is>
-          <t>%n deelnemer kan nu deelnemers verwijderen.</t>
+          <t>%1 maakte de kamergeschiedenis zichtbaar vanaf moment van deelname.</t>
         </is>
       </c>
       <c r="D727" t="inlineStr"/>
       <c r="E727" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F727" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now kick room members.</t>
+          <t>TimelineModel%1 set the room history visible to members since they joined the room.</t>
         </is>
       </c>
       <c r="G727" t="inlineStr"/>
       <c r="H727" t="inlineStr"/>
     </row>
     <row r="728">
       <c r="A728" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21675</t>
+          <t>../../src/timeline/TimelineModel.cpp:21939</t>
         </is>
       </c>
       <c r="B728" t="inlineStr">
         <is>
-          <t>%1 can now kick room members.</t>
+          <t>%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="C728" t="inlineStr">
         <is>
-          <t>%1 kan nu deelnemers uit de kamer verwijderen.</t>
+          <t>%1 heeft de rechten van de kamer aangepast.</t>
         </is>
       </c>
       <c r="D728" t="inlineStr"/>
       <c r="E728" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F728" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now kick room members.</t>
+          <t>TimelineModel%1 has changed the room's permissions.</t>
         </is>
       </c>
       <c r="G728" t="inlineStr"/>
       <c r="H728" t="inlineStr"/>
     </row>
     <row r="729">
       <c r="A729" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21687</t>
+          <t>../../src/timeline/TimelineModel.cpp:21717</t>
         </is>
       </c>
       <c r="B729" t="inlineStr">
         <is>
-          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C729" t="inlineStr">
         <is>
-          <t>%1 heeft het machtsniveau nodig om berichten in te trekken veranderd van %2 naar %3.</t>
+          <t>%1 paste het verwijderen-van-deelnemers machtsniveau aan van %2 naar %3.</t>
         </is>
       </c>
       <c r="D729" t="inlineStr"/>
       <c r="E729" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F729" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's kick powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G729" t="inlineStr"/>
       <c r="H729" t="inlineStr"/>
     </row>
     <row r="730">
       <c r="A730" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21701</t>
+          <t>../../src/timeline/TimelineModel.cpp:21732</t>
         </is>
       </c>
       <c r="B730" t="inlineStr">
         <is>
-          <t>%n member can now redact room messages.</t>
+          <t>%n member can now kick room members.</t>
         </is>
       </c>
       <c r="C730" t="inlineStr">
         <is>
-          <t>%n deelnemer kan nu berichten intrekken.</t>
+          <t>%n deelnemer kan nu deelnemers verwijderen.</t>
         </is>
       </c>
       <c r="D730" t="inlineStr"/>
       <c r="E730" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F730" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now redact room messages.</t>
+          <t>TimelineModel%n member(s) can now kick room members.</t>
         </is>
       </c>
       <c r="G730" t="inlineStr"/>
       <c r="H730" t="inlineStr"/>
     </row>
     <row r="731">
       <c r="A731" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21707</t>
+          <t>../../src/timeline/TimelineModel.cpp:21736</t>
         </is>
       </c>
       <c r="B731" t="inlineStr">
         <is>
-          <t>%1 can now redact room messages.</t>
+          <t>%1 can now kick room members.</t>
         </is>
       </c>
       <c r="C731" t="inlineStr">
         <is>
-          <t>%1 kan nu berichten intrekken.</t>
+          <t>%1 kan nu deelnemers uit de kamer verwijderen.</t>
         </is>
       </c>
       <c r="D731" t="inlineStr"/>
       <c r="E731" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F731" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now redact room messages.</t>
+          <t>TimelineModel%1 can now kick room members.</t>
         </is>
       </c>
       <c r="G731" t="inlineStr"/>
       <c r="H731" t="inlineStr"/>
     </row>
     <row r="732">
       <c r="A732" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21719</t>
+          <t>../../src/timeline/TimelineModel.cpp:21748</t>
         </is>
       </c>
       <c r="B732" t="inlineStr">
         <is>
-          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C732" t="inlineStr">
         <is>
-          <t>%1 heeft het machtsniveau om deelnemers uit te kamer te verbannen veranderd van %2 naar %3.</t>
+          <t>%1 heeft het machtsniveau nodig om berichten in te trekken veranderd van %2 naar %3.</t>
         </is>
       </c>
       <c r="D732" t="inlineStr"/>
       <c r="E732" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F732" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's redact powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G732" t="inlineStr"/>
       <c r="H732" t="inlineStr"/>
     </row>
     <row r="733">
       <c r="A733" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21734</t>
+          <t>../../src/timeline/TimelineModel.cpp:21762</t>
         </is>
       </c>
       <c r="B733" t="inlineStr">
         <is>
-          <t>%n member can now ban room members.</t>
+          <t>%n member can now redact room messages.</t>
         </is>
       </c>
       <c r="C733" t="inlineStr">
         <is>
-          <t>%n deelnemer kan nu deelnemers uit de kamer verbannen.</t>
+          <t>%n deelnemer kan nu berichten intrekken.</t>
         </is>
       </c>
       <c r="D733" t="inlineStr"/>
       <c r="E733" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F733" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now ban room members.</t>
+          <t>TimelineModel%n member(s) can now redact room messages.</t>
         </is>
       </c>
       <c r="G733" t="inlineStr"/>
       <c r="H733" t="inlineStr"/>
     </row>
     <row r="734">
       <c r="A734" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21738</t>
+          <t>../../src/timeline/TimelineModel.cpp:21768</t>
         </is>
       </c>
       <c r="B734" t="inlineStr">
         <is>
-          <t>%1 can now ban room members.</t>
+          <t>%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="C734" t="inlineStr">
         <is>
-          <t>%1 kan u deelnemers uit de kamer verbannen.</t>
+          <t>%1 kan nu berichten intrekken.</t>
         </is>
       </c>
       <c r="D734" t="inlineStr"/>
       <c r="E734" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F734" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now ban room members.</t>
+          <t>TimelineModel%1 can now redact room messages.</t>
         </is>
       </c>
       <c r="G734" t="inlineStr"/>
       <c r="H734" t="inlineStr"/>
     </row>
     <row r="735">
       <c r="A735" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21751</t>
+          <t>../../src/timeline/TimelineModel.cpp:21780</t>
         </is>
       </c>
       <c r="B735" t="inlineStr">
         <is>
-          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C735" t="inlineStr">
         <is>
-          <t>%1 heeft het standaardmachtsniveau voor instellen van kamereigenschappen veranderd van %2 naar %3.</t>
+          <t>%1 heeft het machtsniveau om deelnemers uit te kamer te verbannen veranderd van %2 naar %3.</t>
         </is>
       </c>
       <c r="D735" t="inlineStr"/>
       <c r="E735" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F735" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's ban powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G735" t="inlineStr"/>
       <c r="H735" t="inlineStr"/>
     </row>
     <row r="736">
       <c r="A736" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21766</t>
+          <t>../../src/timeline/TimelineModel.cpp:21795</t>
         </is>
       </c>
       <c r="B736" t="inlineStr">
         <is>
-          <t>%n member can now send state events.</t>
+          <t>%n member can now ban room members.</t>
         </is>
       </c>
       <c r="C736" t="inlineStr">
         <is>
-          <t>%n deelnemer kan nu status gebeurtenissen versturen.</t>
+          <t>%n deelnemer kan nu deelnemers uit de kamer verbannen.</t>
         </is>
       </c>
       <c r="D736" t="inlineStr"/>
       <c r="E736" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F736" t="inlineStr">
         <is>
-          <t>TimelineModel%n member(s) can now send state events.</t>
+          <t>TimelineModel%n member(s) can now ban room members.</t>
         </is>
       </c>
       <c r="G736" t="inlineStr"/>
       <c r="H736" t="inlineStr"/>
     </row>
     <row r="737">
       <c r="A737" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21770</t>
+          <t>../../src/timeline/TimelineModel.cpp:21799</t>
         </is>
       </c>
       <c r="B737" t="inlineStr">
         <is>
-          <t>%1 can now send state events.</t>
+          <t>%1 can now ban room members.</t>
         </is>
       </c>
       <c r="C737" t="inlineStr">
         <is>
-          <t>%1 kan nu status gebeurtenissen versturen.</t>
+          <t>%1 kan u deelnemers uit de kamer verbannen.</t>
         </is>
       </c>
       <c r="D737" t="inlineStr"/>
       <c r="E737" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F737" t="inlineStr">
         <is>
-          <t>TimelineModel%1 can now send state events.</t>
+          <t>TimelineModel%1 can now ban room members.</t>
         </is>
       </c>
       <c r="G737" t="inlineStr"/>
       <c r="H737" t="inlineStr"/>
     </row>
     <row r="738">
       <c r="A738" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21784</t>
+          <t>../../src/timeline/TimelineModel.cpp:21812</t>
         </is>
       </c>
       <c r="B738" t="inlineStr">
         <is>
-          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C738" t="inlineStr">
         <is>
-          <t>%1 heeft het machtsniveau om uitnodigingen te versturen veranderd van %2 naar %3.</t>
+          <t>%1 heeft het standaardmachtsniveau voor instellen van kamereigenschappen veranderd van %2 naar %3.</t>
         </is>
       </c>
       <c r="D738" t="inlineStr"/>
       <c r="E738" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F738" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's state_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G738" t="inlineStr"/>
       <c r="H738" t="inlineStr"/>
     </row>
     <row r="739">
       <c r="A739" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21794</t>
+          <t>../../src/timeline/TimelineModel.cpp:21827</t>
         </is>
       </c>
       <c r="B739" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>%n member can now send state events.</t>
         </is>
       </c>
       <c r="C739" t="inlineStr">
         <is>
-          <t>%1 heeft het standaardmachtsniveau voor gebeurtenissen veranderd van %2 naar %3. Nieuwe deelnemers kunnen nu geen gebeurtenissen meer versturen.</t>
+          <t>%n deelnemer kan nu status gebeurtenissen versturen.</t>
         </is>
       </c>
       <c r="D739" t="inlineStr"/>
       <c r="E739" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F739" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
+          <t>TimelineModel%n member(s) can now send state events.</t>
         </is>
       </c>
       <c r="G739" t="inlineStr"/>
       <c r="H739" t="inlineStr"/>
     </row>
     <row r="740">
       <c r="A740" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21803</t>
+          <t>../../src/timeline/TimelineModel.cpp:21831</t>
         </is>
       </c>
       <c r="B740" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>%1 can now send state events.</t>
         </is>
       </c>
       <c r="C740" t="inlineStr">
         <is>
-          <t>%1 heeft het standaardmachtsniveau voor gebeurtenissen veranderd van %2 naar %3. Nieuwe deelnemers kunnen nu gebeurtenissen versturen die verder niet beperkt zijn.</t>
+          <t>%1 kan nu status gebeurtenissen versturen.</t>
         </is>
       </c>
       <c r="D740" t="inlineStr"/>
       <c r="E740" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F740" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
+          <t>TimelineModel%1 can now send state events.</t>
         </is>
       </c>
       <c r="G740" t="inlineStr"/>
       <c r="H740" t="inlineStr"/>
     </row>
     <row r="741">
       <c r="A741" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21810</t>
+          <t>../../src/timeline/TimelineModel.cpp:21845</t>
         </is>
       </c>
       <c r="B741" t="inlineStr">
         <is>
-          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C741" t="inlineStr">
         <is>
-          <t>%1 heeft het standaardmachtsniveau voor gebeurtenissen veranderd van %2 naar %3.</t>
+          <t>%1 heeft het machtsniveau om uitnodigingen te versturen veranderd van %2 naar %3.</t>
         </is>
       </c>
       <c r="D741" t="inlineStr"/>
       <c r="E741" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F741" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
+          <t>TimelineModel%1 has changed the room's invite powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G741" t="inlineStr"/>
       <c r="H741" t="inlineStr"/>
     </row>
     <row r="742">
       <c r="A742" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21822</t>
+          <t>../../src/timeline/TimelineModel.cpp:21855</t>
         </is>
       </c>
       <c r="B742" t="inlineStr">
         <is>
-          <t>%1 has made %2 an administrator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="C742" t="inlineStr">
         <is>
-          <t>%1 maakte %2 een eigenaar van deze kamer.</t>
+          <t>%1 heeft het standaardmachtsniveau voor gebeurtenissen veranderd van %2 naar %3. Nieuwe deelnemers kunnen nu geen gebeurtenissen meer versturen.</t>
         </is>
       </c>
       <c r="D742" t="inlineStr"/>
       <c r="E742" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F742" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now not send any events.</t>
         </is>
       </c>
       <c r="G742" t="inlineStr"/>
       <c r="H742" t="inlineStr"/>
     </row>
     <row r="743">
       <c r="A743" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21826</t>
+          <t>../../src/timeline/TimelineModel.cpp:21864</t>
         </is>
       </c>
       <c r="B743" t="inlineStr">
         <is>
-          <t>%1 has made %2 a moderator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="C743" t="inlineStr">
         <is>
-          <t>%1 maakte %2 een beheerder van deze kamer.</t>
+          <t>%1 heeft het standaardmachtsniveau voor gebeurtenissen veranderd van %2 naar %3. Nieuwe deelnemers kunnen nu gebeurtenissen versturen die verder niet beperkt zijn.</t>
         </is>
       </c>
       <c r="D743" t="inlineStr"/>
       <c r="E743" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F743" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3. New users can now send events that are not otherwise restricted.</t>
         </is>
       </c>
       <c r="G743" t="inlineStr"/>
       <c r="H743" t="inlineStr"/>
     </row>
     <row r="744">
       <c r="A744" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21830</t>
+          <t>../../src/timeline/TimelineModel.cpp:21871</t>
         </is>
       </c>
       <c r="B744" t="inlineStr">
         <is>
-          <t>%1 has downgraded %2 to moderator of this room.</t>
+          <t>%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="C744" t="inlineStr">
         <is>
-          <t>%1 heeft %2 gedegradeerd tot beheerder.</t>
+          <t>%1 heeft het standaardmachtsniveau voor gebeurtenissen veranderd van %2 naar %3.</t>
         </is>
       </c>
       <c r="D744" t="inlineStr"/>
       <c r="E744" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F744" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
+          <t>TimelineModel%1 has changed the room's events_default powerlevel from %2 to %3.</t>
         </is>
       </c>
       <c r="G744" t="inlineStr"/>
       <c r="H744" t="inlineStr"/>
     </row>
     <row r="745">
       <c r="A745" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21833</t>
+          <t>../../src/timeline/TimelineModel.cpp:21883</t>
         </is>
       </c>
       <c r="B745" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="C745" t="inlineStr">
         <is>
-          <t>%1 heeft het machtsniveau van %2 veranderd van %3 naar %4.</t>
+          <t>%1 maakte %2 een eigenaar van deze kamer.</t>
         </is>
       </c>
       <c r="D745" t="inlineStr"/>
       <c r="E745" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F745" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
+          <t>TimelineModel%1 has made %2 an administrator of this room.</t>
         </is>
       </c>
       <c r="G745" t="inlineStr"/>
       <c r="H745" t="inlineStr"/>
     </row>
     <row r="746">
       <c r="A746" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21849</t>
+          <t>../../src/timeline/TimelineModel.cpp:21887</t>
         </is>
       </c>
       <c r="B746" t="inlineStr">
         <is>
-          <t>%1 allowed only administrators to send "%2".</t>
+          <t>%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="C746" t="inlineStr">
         <is>
-          <t>%1 staat alleen eigenaars toe om "%2" te versturen.</t>
+          <t>%1 maakte %2 een beheerder van deze kamer.</t>
         </is>
       </c>
       <c r="D746" t="inlineStr"/>
       <c r="E746" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F746" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
+          <t>TimelineModel%1 has made %2 a moderator of this room.</t>
         </is>
       </c>
       <c r="G746" t="inlineStr"/>
       <c r="H746" t="inlineStr"/>
     </row>
     <row r="747">
       <c r="A747" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21852</t>
+          <t>../../src/timeline/TimelineModel.cpp:21891</t>
         </is>
       </c>
       <c r="B747" t="inlineStr">
         <is>
-          <t>%1 allowed only moderators to send "%2".</t>
+          <t>%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="C747" t="inlineStr">
         <is>
-          <t>%1 staat alleen beheerders toe om "%2" te versturen.</t>
+          <t>%1 heeft %2 gedegradeerd tot beheerder.</t>
         </is>
       </c>
       <c r="D747" t="inlineStr"/>
       <c r="E747" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F747" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
+          <t>TimelineModel%1 has downgraded %2 to moderator of this room.</t>
         </is>
       </c>
       <c r="G747" t="inlineStr"/>
       <c r="H747" t="inlineStr"/>
     </row>
     <row r="748">
       <c r="A748" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21855</t>
+          <t>../../src/timeline/TimelineModel.cpp:21895</t>
         </is>
       </c>
       <c r="B748" t="inlineStr">
         <is>
-          <t>%1 allowed everyone to send "%2".</t>
+          <t>%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="C748" t="inlineStr">
         <is>
-          <t>%1 staat iedereen toe om "%2" te versturen.</t>
+          <t>%1 heeft het machtsniveau van %2 veranderd van %3 naar %4.</t>
         </is>
       </c>
       <c r="D748" t="inlineStr"/>
       <c r="E748" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F748" t="inlineStr">
         <is>
-          <t>TimelineModel%1 allowed everyone to send "%2".</t>
+          <t>TimelineModel%1 has changed the powerlevel of %2 from %3 to %4.</t>
         </is>
       </c>
       <c r="G748" t="inlineStr"/>
       <c r="H748" t="inlineStr"/>
     </row>
     <row r="749">
       <c r="A749" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21859</t>
+          <t>../../src/timeline/TimelineModel.cpp:21911</t>
         </is>
       </c>
       <c r="B749" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="C749" t="inlineStr">
         <is>
-          <t>%1 veranderde het machtsniveau van gebeurtenistype "%2" van de standaard naar %3.</t>
+          <t>%1 staat alleen eigenaars toe om "%2" te versturen.</t>
         </is>
       </c>
       <c r="D749" t="inlineStr"/>
       <c r="E749" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F749" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
+          <t>TimelineModel%1 allowed only administrators to send "%2".</t>
         </is>
       </c>
       <c r="G749" t="inlineStr"/>
       <c r="H749" t="inlineStr"/>
     </row>
     <row r="750">
       <c r="A750" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21865</t>
+          <t>../../src/timeline/TimelineModel.cpp:21914</t>
         </is>
       </c>
       <c r="B750" t="inlineStr">
         <is>
-          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="C750" t="inlineStr">
         <is>
-          <t>%1 veranderde het machtsniveau van gebeurtenistype "%2" van %3 naar %4.</t>
+          <t>%1 staat alleen beheerders toe om "%2" te versturen.</t>
         </is>
       </c>
       <c r="D750" t="inlineStr"/>
       <c r="E750" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F750" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
+          <t>TimelineModel%1 allowed only moderators to send "%2".</t>
         </is>
       </c>
       <c r="G750" t="inlineStr"/>
       <c r="H750" t="inlineStr"/>
     </row>
     <row r="751">
       <c r="A751" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21924</t>
+          <t>../../src/timeline/TimelineModel.cpp:21917</t>
         </is>
       </c>
       <c r="B751" t="inlineStr">
         <is>
-          <t>(empty)</t>
+          <t>%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="C751" t="inlineStr">
         <is>
-          <t>(leeg)</t>
+          <t>%1 staat iedereen toe om "%2" te versturen.</t>
         </is>
       </c>
       <c r="D751" t="inlineStr"/>
       <c r="E751" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F751" t="inlineStr">
         <is>
-          <t>TimelineModel(empty)</t>
+          <t>TimelineModel%1 allowed everyone to send "%2".</t>
         </is>
       </c>
       <c r="G751" t="inlineStr"/>
       <c r="H751" t="inlineStr"/>
     </row>
     <row r="752">
       <c r="A752" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21930</t>
+          <t>../../src/timeline/TimelineModel.cpp:21921</t>
         </is>
       </c>
       <c r="B752" t="inlineStr">
         <is>
-          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="C752" t="inlineStr">
         <is>
-          <t>%1 verwijderde de volgende afbeeldingen van het pakket %2:&lt;br&gt;%3</t>
+          <t>%1 veranderde het machtsniveau van gebeurtenistype "%2" van de standaard naar %3.</t>
         </is>
       </c>
       <c r="D752" t="inlineStr"/>
       <c r="E752" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F752" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from the default to %3.</t>
         </is>
       </c>
       <c r="G752" t="inlineStr"/>
       <c r="H752" t="inlineStr"/>
     </row>
     <row r="753">
       <c r="A753" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21936</t>
+          <t>../../src/timeline/TimelineModel.cpp:21927</t>
         </is>
       </c>
       <c r="B753" t="inlineStr">
         <is>
-          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="C753" t="inlineStr">
         <is>
-          <t>%1 voegde de volgende afbeeldingen toe aan het pakket %2:&lt;br&gt;%3</t>
+          <t>%1 veranderde het machtsniveau van gebeurtenistype "%2" van %3 naar %4.</t>
         </is>
       </c>
       <c r="D753" t="inlineStr"/>
       <c r="E753" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F753" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
+          <t>TimelineModel%1 has changed the powerlevel of event type "%2" from %3 to %4.</t>
         </is>
       </c>
       <c r="G753" t="inlineStr"/>
       <c r="H753" t="inlineStr"/>
     </row>
     <row r="754">
       <c r="A754" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21941</t>
+          <t>../../src/timeline/TimelineModel.cpp:21986</t>
         </is>
       </c>
       <c r="B754" t="inlineStr">
         <is>
-          <t>%1 changed the sticker and emotes in this room.</t>
+          <t>(empty)</t>
         </is>
       </c>
       <c r="C754" t="inlineStr">
         <is>
-          <t>%1 veranderde de stickers en emoji in deze kamer.</t>
+          <t>(leeg)</t>
         </is>
       </c>
       <c r="D754" t="inlineStr"/>
       <c r="E754" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F754" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
+          <t>TimelineModel(empty)</t>
         </is>
       </c>
       <c r="G754" t="inlineStr"/>
       <c r="H754" t="inlineStr"/>
     </row>
     <row r="755">
       <c r="A755" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21976</t>
+          <t>../../src/timeline/TimelineModel.cpp:21992</t>
         </is>
       </c>
       <c r="B755" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban users matching %2.</t>
+          <t>%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C755" t="inlineStr">
         <is>
-          <t>%1 schakelde de regel uit om deelnemers die voldoen aan %2 te verbannen.</t>
+          <t>%1 verwijderde de volgende afbeeldingen van het pakket %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="D755" t="inlineStr"/>
       <c r="E755" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F755" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
+          <t>TimelineModel%1 removed the following images from the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G755" t="inlineStr"/>
       <c r="H755" t="inlineStr"/>
     </row>
     <row r="756">
       <c r="A756" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21979</t>
+          <t>../../src/timeline/TimelineModel.cpp:21998</t>
         </is>
       </c>
       <c r="B756" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="C756" t="inlineStr">
         <is>
-          <t>%1 voegde een regel toe aan '%3' om deelnemers te verbannen die voldoen aan %2.</t>
+          <t>%1 voegde de volgende afbeeldingen toe aan het pakket %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="D756" t="inlineStr"/>
       <c r="E756" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F756" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
+          <t>TimelineModel%1 added the following images to the pack %2:&lt;br&gt;%3</t>
         </is>
       </c>
       <c r="G756" t="inlineStr"/>
       <c r="H756" t="inlineStr"/>
     </row>
     <row r="757">
       <c r="A757" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22001</t>
+          <t>../../src/timeline/TimelineModel.cpp:22003</t>
         </is>
       </c>
       <c r="B757" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban rooms matching %2.</t>
+          <t>%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="C757" t="inlineStr">
         <is>
-          <t>%1 schakelde de regel uit om kamers te verbannen die voldoen aan %2.</t>
+          <t>%1 veranderde de stickers en emoji in deze kamer.</t>
         </is>
       </c>
       <c r="D757" t="inlineStr"/>
       <c r="E757" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F757" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
+          <t>TimelineModel%1 changed the sticker and emotes in this room.</t>
         </is>
       </c>
       <c r="G757" t="inlineStr"/>
       <c r="H757" t="inlineStr"/>
     </row>
     <row r="758">
       <c r="A758" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22004</t>
+          <t>../../src/timeline/TimelineModel.cpp:22038</t>
         </is>
       </c>
       <c r="B758" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="C758" t="inlineStr">
         <is>
-          <t>%1 voegde een regel toe aan '%3' om kamers te verbannen die voldoen aan %2.</t>
+          <t>%1 schakelde de regel uit om deelnemers die voldoen aan %2 te verbannen.</t>
         </is>
       </c>
       <c r="D758" t="inlineStr"/>
       <c r="E758" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F758" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban users matching %2.</t>
         </is>
       </c>
       <c r="G758" t="inlineStr"/>
       <c r="H758" t="inlineStr"/>
     </row>
     <row r="759">
       <c r="A759" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22026</t>
+          <t>../../src/timeline/TimelineModel.cpp:22041</t>
         </is>
       </c>
       <c r="B759" t="inlineStr">
         <is>
-          <t>%1 disabled the rule to ban servers matching %2.</t>
+          <t>%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C759" t="inlineStr">
         <is>
-          <t>%1 schakelde de regel uit om servers te verbannen die voldoen aan %2.</t>
+          <t>%1 voegde een regel toe aan '%3' om deelnemers te verbannen die voldoen aan %2.</t>
         </is>
       </c>
       <c r="D759" t="inlineStr"/>
       <c r="E759" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F759" t="inlineStr">
         <is>
-          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
+          <t>TimelineModel%1 added a rule to ban users matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G759" t="inlineStr"/>
       <c r="H759" t="inlineStr"/>
     </row>
     <row r="760">
       <c r="A760" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22029</t>
+          <t>../../src/timeline/TimelineModel.cpp:22063</t>
         </is>
       </c>
       <c r="B760" t="inlineStr">
         <is>
-          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="C760" t="inlineStr">
         <is>
-          <t>%1 voegde een regel toe aan '%3' om servers te verbannen die voldoen aan %2.</t>
+          <t>%1 schakelde de regel uit om kamers te verbannen die voldoen aan %2.</t>
         </is>
       </c>
       <c r="D760" t="inlineStr"/>
       <c r="E760" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F760" t="inlineStr">
         <is>
-          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
+          <t>TimelineModel%1 disabled the rule to ban rooms matching %2.</t>
         </is>
       </c>
       <c r="G760" t="inlineStr"/>
       <c r="H760" t="inlineStr"/>
     </row>
     <row r="761">
       <c r="A761" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22063</t>
+          <t>../../src/timeline/TimelineModel.cpp:22066</t>
         </is>
       </c>
       <c r="B761" t="inlineStr">
         <is>
-          <t>Removed by %1</t>
+          <t>%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C761" t="inlineStr">
         <is>
-          <t>Verwijderd door %1</t>
+          <t>%1 voegde een regel toe aan '%3' om kamers te verbannen die voldoen aan %2.</t>
         </is>
       </c>
       <c r="D761" t="inlineStr"/>
       <c r="E761" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F761" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1</t>
+          <t>TimelineModel%1 added a rule to ban rooms matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G761" t="inlineStr"/>
       <c r="H761" t="inlineStr"/>
     </row>
     <row r="762">
       <c r="A762" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22065</t>
+          <t>../../src/timeline/TimelineModel.cpp:22088</t>
         </is>
       </c>
       <c r="B762" t="inlineStr">
         <is>
-          <t>%1 (%2) removed this message at %3</t>
+          <t>%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="C762" t="inlineStr">
         <is>
-          <t>%1 (%2) verwijderde dit bericht op %3</t>
+          <t>%1 schakelde de regel uit om servers te verbannen die voldoen aan %2.</t>
         </is>
       </c>
       <c r="D762" t="inlineStr"/>
       <c r="E762" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F762" t="inlineStr">
         <is>
-          <t>TimelineModel%1 (%2) removed this message at %3</t>
+          <t>TimelineModel%1 disabled the rule to ban servers matching %2.</t>
         </is>
       </c>
       <c r="G762" t="inlineStr"/>
       <c r="H762" t="inlineStr"/>
     </row>
     <row r="763">
       <c r="A763" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22067</t>
+          <t>../../src/timeline/TimelineModel.cpp:22091</t>
         </is>
       </c>
       <c r="B763" t="inlineStr">
         <is>
-          <t>Removed by %1 because: %2</t>
+          <t>%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="C763" t="inlineStr">
         <is>
-          <t>Verwijderd door %1. Reden: %2</t>
+          <t>%1 voegde een regel toe aan '%3' om servers te verbannen die voldoen aan %2.</t>
         </is>
       </c>
       <c r="D763" t="inlineStr"/>
       <c r="E763" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F763" t="inlineStr">
         <is>
-          <t>TimelineModelRemoved by %1 because: %2</t>
+          <t>TimelineModel%1 added a rule to ban servers matching %2 for '%3'.</t>
         </is>
       </c>
       <c r="G763" t="inlineStr"/>
       <c r="H763" t="inlineStr"/>
     </row>
     <row r="764">
       <c r="A764" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22068</t>
+          <t>../../src/timeline/TimelineModel.cpp:22125</t>
         </is>
       </c>
       <c r="B764" t="inlineStr">
+        <is>
+          <t>Removed by %1</t>
+        </is>
+      </c>
+      <c r="C764" t="inlineStr">
+        <is>
+          <t>Verwijderd door %1</t>
+        </is>
+      </c>
+      <c r="D764" t="inlineStr"/>
+      <c r="E764" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F764" t="inlineStr">
+        <is>
+          <t>TimelineModelRemoved by %1</t>
+        </is>
+      </c>
+      <c r="G764" t="inlineStr"/>
+      <c r="H764" t="inlineStr"/>
+    </row>
+    <row r="765">
+      <c r="A765" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22127</t>
+        </is>
+      </c>
+      <c r="B765" t="inlineStr">
+        <is>
+          <t>%1 (%2) removed this message at %3</t>
+        </is>
+      </c>
+      <c r="C765" t="inlineStr">
+        <is>
+          <t>%1 (%2) verwijderde dit bericht op %3</t>
+        </is>
+      </c>
+      <c r="D765" t="inlineStr"/>
+      <c r="E765" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F765" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 (%2) removed this message at %3</t>
+        </is>
+      </c>
+      <c r="G765" t="inlineStr"/>
+      <c r="H765" t="inlineStr"/>
+    </row>
+    <row r="766">
+      <c r="A766" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22129</t>
+        </is>
+      </c>
+      <c r="B766" t="inlineStr">
+        <is>
+          <t>Removed by %1 because: %2</t>
+        </is>
+      </c>
+      <c r="C766" t="inlineStr">
+        <is>
+          <t>Verwijderd door %1. Reden: %2</t>
+        </is>
+      </c>
+      <c r="D766" t="inlineStr"/>
+      <c r="E766" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F766" t="inlineStr">
+        <is>
+          <t>TimelineModelRemoved by %1 because: %2</t>
+        </is>
+      </c>
+      <c r="G766" t="inlineStr"/>
+      <c r="H766" t="inlineStr"/>
+    </row>
+    <row r="767">
+      <c r="A767" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22130</t>
+        </is>
+      </c>
+      <c r="B767" t="inlineStr">
         <is>
           <t>%1 (%2) removed this message at %3
 Reason: %4</t>
         </is>
       </c>
-      <c r="C764" t="inlineStr">
+      <c r="C767" t="inlineStr">
         <is>
           <t>%1 (%2) verwijderde dit bericht op %3
 Reden: %4</t>
         </is>
       </c>
-      <c r="D764" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F764" t="inlineStr">
+      <c r="D767" t="inlineStr"/>
+      <c r="E767" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F767" t="inlineStr">
         <is>
           <t>TimelineModel%1 (%2) removed this message at %3
 Reason: %4</t>
         </is>
       </c>
-      <c r="G764" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G767" t="inlineStr"/>
       <c r="H767" t="inlineStr"/>
     </row>
     <row r="768">
       <c r="A768" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22219</t>
+          <t>../../src/timeline/TimelineModel.cpp:22274</t>
         </is>
       </c>
       <c r="B768" t="inlineStr">
         <is>
-          <t>%2 rejected the knock from %1.</t>
+          <t>%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="C768" t="inlineStr">
         <is>
-          <t>%2 heeft het aankloppen van %1 geweigerd.</t>
+          <t>%2 heeft de uitnodiging voor %1 ingetrokken.</t>
         </is>
       </c>
       <c r="D768" t="inlineStr"/>
       <c r="E768" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F768" t="inlineStr">
         <is>
-          <t>TimelineModel%2 rejected the knock from %1.</t>
+          <t>TimelineModel%2 revoked the invite to %1.</t>
         </is>
       </c>
       <c r="G768" t="inlineStr"/>
       <c r="H768" t="inlineStr"/>
     </row>
     <row r="769">
       <c r="A769" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22187</t>
+          <t>../../src/timeline/TimelineModel.cpp:22269</t>
         </is>
       </c>
       <c r="B769" t="inlineStr">
         <is>
-          <t>%1 changed their avatar.</t>
+          <t>%2 kicked %1.</t>
         </is>
       </c>
       <c r="C769" t="inlineStr">
         <is>
-          <t>%1 is van avatar veranderd.</t>
+          <t>%2 heeft %1 verwijderd.</t>
         </is>
       </c>
       <c r="D769" t="inlineStr"/>
       <c r="E769" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F769" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed their avatar.</t>
+          <t>TimelineModel%2 kicked %1.</t>
         </is>
       </c>
       <c r="G769" t="inlineStr"/>
       <c r="H769" t="inlineStr"/>
     </row>
     <row r="770">
       <c r="A770" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22189</t>
+          <t>../../src/timeline/TimelineModel.cpp:22276</t>
         </is>
       </c>
       <c r="B770" t="inlineStr">
         <is>
-          <t>%1 changed some profile info.</t>
+          <t>%2 unbanned %1.</t>
         </is>
       </c>
       <c r="C770" t="inlineStr">
         <is>
-          <t>%1 heeft wat profielinformatie aangepast.</t>
+          <t>%2 heeft de verbanning van %1 opgeheven.</t>
         </is>
       </c>
       <c r="D770" t="inlineStr"/>
       <c r="E770" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F770" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed some profile info.</t>
+          <t>TimelineModel%2 unbanned %1.</t>
         </is>
       </c>
       <c r="G770" t="inlineStr"/>
       <c r="H770" t="inlineStr"/>
     </row>
     <row r="771">
       <c r="A771" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22194</t>
+          <t>../../src/timeline/TimelineModel.cpp:22281</t>
         </is>
       </c>
       <c r="B771" t="inlineStr">
         <is>
-          <t>%1 joined.</t>
+          <t>%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="C771" t="inlineStr">
         <is>
-          <t>%1 neemt nu deel.</t>
+          <t>%2 heeft het aankloppen van %1 geweigerd.</t>
         </is>
       </c>
       <c r="D771" t="inlineStr"/>
       <c r="E771" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F771" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined.</t>
+          <t>TimelineModel%2 rejected the knock from %1.</t>
         </is>
       </c>
       <c r="G771" t="inlineStr"/>
       <c r="H771" t="inlineStr"/>
     </row>
     <row r="772">
       <c r="A772" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22197</t>
+          <t>../../src/timeline/TimelineModel.cpp:22249</t>
         </is>
       </c>
       <c r="B772" t="inlineStr">
         <is>
-          <t>%1 joined via authorisation from %2's server.</t>
+          <t>%1 changed their avatar.</t>
         </is>
       </c>
       <c r="C772" t="inlineStr">
         <is>
-          <t>%1 neemt deel via autorisatie van %2's server.</t>
+          <t>%1 is van avatar veranderd.</t>
         </is>
       </c>
       <c r="D772" t="inlineStr"/>
       <c r="E772" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F772" t="inlineStr">
         <is>
-          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
+          <t>TimelineModel%1 changed their avatar.</t>
         </is>
       </c>
       <c r="G772" t="inlineStr"/>
       <c r="H772" t="inlineStr"/>
     </row>
     <row r="773">
       <c r="A773" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22210</t>
+          <t>../../src/timeline/TimelineModel.cpp:22251</t>
         </is>
       </c>
       <c r="B773" t="inlineStr">
         <is>
-          <t>%1 rejected their invite.</t>
+          <t>%1 changed some profile info.</t>
         </is>
       </c>
       <c r="C773" t="inlineStr">
         <is>
-          <t>%1 heeft de uitnodiging geweigerd.</t>
+          <t>%1 heeft wat profielinformatie aangepast.</t>
         </is>
       </c>
       <c r="D773" t="inlineStr"/>
       <c r="E773" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F773" t="inlineStr">
         <is>
-          <t>TimelineModel%1 rejected their invite.</t>
+          <t>TimelineModel%1 changed some profile info.</t>
         </is>
       </c>
       <c r="G773" t="inlineStr"/>
       <c r="H773" t="inlineStr"/>
     </row>
     <row r="774">
       <c r="A774" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22205</t>
+          <t>../../src/timeline/TimelineModel.cpp:22256</t>
         </is>
       </c>
       <c r="B774" t="inlineStr">
         <is>
-          <t>%1 left the room.</t>
+          <t>%1 joined.</t>
         </is>
       </c>
       <c r="C774" t="inlineStr">
         <is>
-          <t>%1 heeft de kamer verlaten.</t>
+          <t>%1 neemt nu deel.</t>
         </is>
       </c>
       <c r="D774" t="inlineStr"/>
       <c r="E774" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F774" t="inlineStr">
         <is>
-          <t>TimelineModel%1 left the room.</t>
+          <t>TimelineModel%1 joined.</t>
         </is>
       </c>
       <c r="G774" t="inlineStr"/>
       <c r="H774" t="inlineStr"/>
     </row>
     <row r="775">
       <c r="A775" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22236</t>
+          <t>../../src/timeline/TimelineModel.cpp:22259</t>
         </is>
       </c>
       <c r="B775" t="inlineStr">
         <is>
-          <t>Reason: %1</t>
+          <t>%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="C775" t="inlineStr">
         <is>
-          <t>Reden: %1</t>
+          <t>%1 neemt deel via autorisatie van %2's server.</t>
         </is>
       </c>
       <c r="D775" t="inlineStr"/>
       <c r="E775" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F775" t="inlineStr">
         <is>
-          <t>TimelineModelReason: %1</t>
+          <t>TimelineModel%1 joined via authorisation from %2's server.</t>
         </is>
       </c>
       <c r="G775" t="inlineStr"/>
       <c r="H775" t="inlineStr"/>
     </row>
     <row r="776">
       <c r="A776" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22217</t>
+          <t>../../src/timeline/TimelineModel.cpp:22272</t>
         </is>
       </c>
       <c r="B776" t="inlineStr">
         <is>
-          <t>%1 redacted their knock.</t>
+          <t>%1 rejected their invite.</t>
         </is>
       </c>
       <c r="C776" t="inlineStr">
         <is>
-          <t>%1 heeft het aankloppen ingetrokken.</t>
+          <t>%1 heeft de uitnodiging geweigerd.</t>
         </is>
       </c>
       <c r="D776" t="inlineStr"/>
       <c r="E776" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F776" t="inlineStr">
         <is>
-          <t>TimelineModel%1 redacted their knock.</t>
+          <t>TimelineModel%1 rejected their invite.</t>
         </is>
       </c>
       <c r="G776" t="inlineStr"/>
       <c r="H776" t="inlineStr"/>
     </row>
     <row r="777">
       <c r="A777" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19907</t>
+          <t>../../src/timeline/TimelineModel.cpp:22267</t>
         </is>
       </c>
       <c r="B777" t="inlineStr">
         <is>
-          <t>%1 changed which servers are allowed in this room.</t>
+          <t>%1 left the room.</t>
         </is>
       </c>
       <c r="C777" t="inlineStr">
         <is>
-          <t>%1 heeft veranderd welke servers de kamer in mogen.</t>
+          <t>%1 heeft de kamer verlaten.</t>
         </is>
       </c>
       <c r="D777" t="inlineStr"/>
       <c r="E777" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F777" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
+          <t>TimelineModel%1 left the room.</t>
         </is>
       </c>
       <c r="G777" t="inlineStr"/>
       <c r="H777" t="inlineStr"/>
     </row>
     <row r="778">
       <c r="A778" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19911</t>
+          <t>../../src/timeline/TimelineModel.cpp:22298</t>
         </is>
       </c>
       <c r="B778" t="inlineStr">
         <is>
-          <t>%1 removed the room name.</t>
+          <t>Reason: %1</t>
         </is>
       </c>
       <c r="C778" t="inlineStr">
         <is>
-          <t>%1 heeft de kamernaam verwijderd.</t>
+          <t>Reden: %1</t>
         </is>
       </c>
       <c r="D778" t="inlineStr"/>
       <c r="E778" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F778" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room name.</t>
+          <t>TimelineModelReason: %1</t>
         </is>
       </c>
       <c r="G778" t="inlineStr"/>
       <c r="H778" t="inlineStr"/>
     </row>
     <row r="779">
       <c r="A779" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19914</t>
+          <t>../../src/timeline/TimelineModel.cpp:22279</t>
         </is>
       </c>
       <c r="B779" t="inlineStr">
         <is>
-          <t>%1 changed the room name to: %2</t>
+          <t>%1 redacted their knock.</t>
         </is>
       </c>
       <c r="C779" t="inlineStr">
         <is>
-          <t>%1 heeft de naam van de kamer veranderd in: %2</t>
+          <t>%1 heeft het aankloppen ingetrokken.</t>
         </is>
       </c>
       <c r="D779" t="inlineStr"/>
       <c r="E779" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F779" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room name to: %2</t>
+          <t>TimelineModel%1 redacted their knock.</t>
         </is>
       </c>
       <c r="G779" t="inlineStr"/>
       <c r="H779" t="inlineStr"/>
     </row>
     <row r="780">
       <c r="A780" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19919</t>
+          <t>../../src/timeline/TimelineModel.cpp:19967</t>
         </is>
       </c>
       <c r="B780" t="inlineStr">
         <is>
-          <t>%1 removed the topic.</t>
+          <t>%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="C780" t="inlineStr">
         <is>
-          <t>%1 heeft het onderwerp verwijderd.</t>
+          <t>%1 heeft veranderd welke servers de kamer in mogen.</t>
         </is>
       </c>
       <c r="D780" t="inlineStr"/>
       <c r="E780" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F780" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the topic.</t>
+          <t>TimelineModel%1 changed which servers are allowed in this room.</t>
         </is>
       </c>
       <c r="G780" t="inlineStr"/>
       <c r="H780" t="inlineStr"/>
     </row>
     <row r="781">
       <c r="A781" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19922</t>
+          <t>../../src/timeline/TimelineModel.cpp:19971</t>
         </is>
       </c>
       <c r="B781" t="inlineStr">
         <is>
-          <t>%1 changed the topic to: %2</t>
+          <t>%1 removed the room name.</t>
         </is>
       </c>
       <c r="C781" t="inlineStr">
         <is>
-          <t>%1 heeft het onderwerp veranderd in: %2</t>
+          <t>%1 heeft de kamernaam verwijderd.</t>
         </is>
       </c>
       <c r="D781" t="inlineStr"/>
       <c r="E781" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F781" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the topic to: %2</t>
+          <t>TimelineModel%1 removed the room name.</t>
         </is>
       </c>
       <c r="G781" t="inlineStr"/>
       <c r="H781" t="inlineStr"/>
     </row>
     <row r="782">
       <c r="A782" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19927</t>
+          <t>../../src/timeline/TimelineModel.cpp:19974</t>
         </is>
       </c>
       <c r="B782" t="inlineStr">
         <is>
-          <t>%1 changed the room avatar to: %2</t>
+          <t>%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="C782" t="inlineStr">
         <is>
-          <t>%1 heeft de kamerafbeelding veranderd in: %2</t>
+          <t>%1 heeft de naam van de kamer veranderd in: %2</t>
         </is>
       </c>
       <c r="D782" t="inlineStr"/>
       <c r="E782" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F782" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the room avatar to: %2</t>
+          <t>TimelineModel%1 changed the room name to: %2</t>
         </is>
       </c>
       <c r="G782" t="inlineStr"/>
       <c r="H782" t="inlineStr"/>
     </row>
     <row r="783">
       <c r="A783" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19935</t>
+          <t>../../src/timeline/TimelineModel.cpp:19979</t>
         </is>
       </c>
       <c r="B783" t="inlineStr">
         <is>
-          <t>%1 removed the room avatar.</t>
+          <t>%1 removed the topic.</t>
         </is>
       </c>
       <c r="C783" t="inlineStr">
         <is>
-          <t>%1 heeft de kamerafbeelding verwijderd.</t>
+          <t>%1 heeft het onderwerp verwijderd.</t>
         </is>
       </c>
       <c r="D783" t="inlineStr"/>
       <c r="E783" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F783" t="inlineStr">
         <is>
-          <t>TimelineModel%1 removed the room avatar.</t>
+          <t>TimelineModel%1 removed the topic.</t>
         </is>
       </c>
       <c r="G783" t="inlineStr"/>
       <c r="H783" t="inlineStr"/>
     </row>
     <row r="784">
       <c r="A784" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19938</t>
+          <t>../../src/timeline/TimelineModel.cpp:19982</t>
         </is>
       </c>
       <c r="B784" t="inlineStr">
         <is>
-          <t>%1 changed the pinned messages.</t>
+          <t>%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="C784" t="inlineStr">
         <is>
-          <t>%1 heeft de vastgeprikte berichten aangepast.</t>
+          <t>%1 heeft het onderwerp veranderd in: %2</t>
         </is>
       </c>
       <c r="D784" t="inlineStr"/>
       <c r="E784" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F784" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the pinned messages.</t>
+          <t>TimelineModel%1 changed the topic to: %2</t>
         </is>
       </c>
       <c r="G784" t="inlineStr"/>
       <c r="H784" t="inlineStr"/>
     </row>
     <row r="785">
       <c r="A785" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19945</t>
+          <t>../../src/timeline/TimelineModel.cpp:19987</t>
         </is>
       </c>
       <c r="B785" t="inlineStr">
         <is>
-          <t>%1 changed the addresses for this room.</t>
+          <t>%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="C785" t="inlineStr">
         <is>
-          <t>%1 heeft de adressen voor deze kamer aangepast.</t>
+          <t>%1 heeft de kamerafbeelding veranderd in: %2</t>
         </is>
       </c>
       <c r="D785" t="inlineStr"/>
       <c r="E785" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F785" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the addresses for this room.</t>
+          <t>TimelineModel%1 changed the room avatar to: %2</t>
         </is>
       </c>
       <c r="G785" t="inlineStr"/>
       <c r="H785" t="inlineStr"/>
     </row>
     <row r="786">
       <c r="A786" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19948</t>
+          <t>../../src/timeline/TimelineModel.cpp:19995</t>
         </is>
       </c>
       <c r="B786" t="inlineStr">
         <is>
-          <t>%1 changed the parent communities for this room.</t>
+          <t>%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="C786" t="inlineStr">
         <is>
-          <t>%1 heeft de moedergroep voor deze kamer bijgewerkt.</t>
+          <t>%1 heeft de kamerafbeelding verwijderd.</t>
         </is>
       </c>
       <c r="D786" t="inlineStr"/>
       <c r="E786" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F786" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed the parent communities for this room.</t>
+          <t>TimelineModel%1 removed the room avatar.</t>
         </is>
       </c>
       <c r="G786" t="inlineStr"/>
       <c r="H786" t="inlineStr"/>
     </row>
     <row r="787">
       <c r="A787" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19951</t>
+          <t>../../src/timeline/TimelineModel.cpp:19998</t>
         </is>
       </c>
       <c r="B787" t="inlineStr">
         <is>
-          <t>%1 created and configured room: %2</t>
+          <t>%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="C787" t="inlineStr">
         <is>
-          <t>%1 maakte en configureerde kamer: %2</t>
+          <t>%1 heeft de vastgeprikte berichten aangepast.</t>
         </is>
       </c>
       <c r="D787" t="inlineStr"/>
       <c r="E787" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F787" t="inlineStr">
         <is>
-          <t>TimelineModel%1 created and configured room: %2</t>
+          <t>TimelineModel%1 changed the pinned messages.</t>
         </is>
       </c>
       <c r="G787" t="inlineStr"/>
       <c r="H787" t="inlineStr"/>
     </row>
     <row r="788">
       <c r="A788" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:19969</t>
+          <t>../../src/timeline/TimelineModel.cpp:20005</t>
         </is>
       </c>
       <c r="B788" t="inlineStr">
         <is>
-          <t>%1 changed unknown state event %2.</t>
+          <t>%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="C788" t="inlineStr">
         <is>
-          <t>%1 veranderde onbekend kamerstaatevenement %2.</t>
+          <t>%1 heeft de adressen voor deze kamer aangepast.</t>
         </is>
       </c>
       <c r="D788" t="inlineStr"/>
       <c r="E788" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F788" t="inlineStr">
         <is>
-          <t>TimelineModel%1 changed unknown state event %2.</t>
+          <t>TimelineModel%1 changed the addresses for this room.</t>
         </is>
       </c>
       <c r="G788" t="inlineStr"/>
       <c r="H788" t="inlineStr"/>
     </row>
     <row r="789">
       <c r="A789" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20525</t>
+          <t>../../src/timeline/TimelineModel.cpp:20008</t>
         </is>
       </c>
       <c r="B789" t="inlineStr">
         <is>
-          <t>You joined this room.</t>
+          <t>%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="C789" t="inlineStr">
         <is>
-          <t>Je neemt nu deel aan deze kamer.</t>
+          <t>%1 heeft de moedergroep voor deze kamer bijgewerkt.</t>
         </is>
       </c>
       <c r="D789" t="inlineStr"/>
       <c r="E789" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F789" t="inlineStr">
         <is>
-          <t>TimelineModelYou joined this room.</t>
+          <t>TimelineModel%1 changed the parent communities for this room.</t>
         </is>
       </c>
       <c r="G789" t="inlineStr"/>
       <c r="H789" t="inlineStr"/>
     </row>
     <row r="790">
       <c r="A790" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:20640</t>
+          <t>../../src/timeline/TimelineModel.cpp:20011</t>
         </is>
       </c>
       <c r="B790" t="inlineStr">
         <is>
-          <t>%n hour later</t>
-[...2 lines deleted...]
-      <c r="C790" t="inlineStr"/>
+          <t>%1 created and configured room: %2</t>
+        </is>
+      </c>
+      <c r="C790" t="inlineStr">
+        <is>
+          <t>%1 maakte en configureerde kamer: %2</t>
+        </is>
+      </c>
       <c r="D790" t="inlineStr"/>
       <c r="E790" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F790" t="inlineStr">
         <is>
-          <t>TimelineModel%n hour(s) later</t>
+          <t>TimelineModel%1 created and configured room: %2</t>
         </is>
       </c>
       <c r="G790" t="inlineStr"/>
       <c r="H790" t="inlineStr"/>
     </row>
     <row r="791">
       <c r="A791" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:21552</t>
+          <t>../../src/timeline/TimelineModel.cpp:20029</t>
         </is>
       </c>
       <c r="B791" t="inlineStr">
         <is>
-          <t>%1 made this room require an invitation to join.</t>
+          <t>%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="C791" t="inlineStr">
         <is>
-          <t>%1 heeft deze kamer zodanig ingesteld dat een uitnodiging vereist is om te mogen betreden.</t>
+          <t>%1 veranderde onbekend kamerstaatevenement %2.</t>
         </is>
       </c>
       <c r="D791" t="inlineStr"/>
       <c r="E791" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F791" t="inlineStr">
         <is>
-          <t>TimelineModel%1 made this room require an invitation to join.</t>
+          <t>TimelineModel%1 changed unknown state event %2.</t>
         </is>
       </c>
       <c r="G791" t="inlineStr"/>
       <c r="H791" t="inlineStr"/>
     </row>
     <row r="792">
       <c r="A792" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22170</t>
+          <t>../../src/timeline/TimelineModel.cpp:20584</t>
         </is>
       </c>
       <c r="B792" t="inlineStr">
         <is>
-          <t>%1 invited %2.</t>
+          <t>You joined this room.</t>
         </is>
       </c>
       <c r="C792" t="inlineStr">
         <is>
-          <t>%1 heeft %2 uitgenodigd.</t>
+          <t>Je neemt nu deel aan deze kamer.</t>
         </is>
       </c>
       <c r="D792" t="inlineStr"/>
       <c r="E792" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F792" t="inlineStr">
         <is>
-          <t>TimelineModel%1 invited %2.</t>
+          <t>TimelineModelYou joined this room.</t>
         </is>
       </c>
       <c r="G792" t="inlineStr"/>
       <c r="H792" t="inlineStr"/>
     </row>
     <row r="793">
       <c r="A793" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22181</t>
+          <t>../../src/timeline/TimelineModel.cpp:20699</t>
         </is>
       </c>
       <c r="B793" t="inlineStr">
         <is>
-          <t>%1 has changed their avatar and changed their display name to %2.</t>
-[...6 lines deleted...]
-      </c>
+          <t>%n hour later</t>
+        </is>
+      </c>
+      <c r="C793" t="inlineStr"/>
       <c r="D793" t="inlineStr"/>
       <c r="E793" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F793" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
+          <t>TimelineModel%n hour(s) later</t>
         </is>
       </c>
       <c r="G793" t="inlineStr"/>
       <c r="H793" t="inlineStr"/>
     </row>
     <row r="794">
       <c r="A794" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22185</t>
+          <t>../../src/timeline/TimelineModel.cpp:21612</t>
         </is>
       </c>
       <c r="B794" t="inlineStr">
         <is>
-          <t>%1 has changed their display name to %2.</t>
+          <t>%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="C794" t="inlineStr">
         <is>
-          <t>%1 heet nu %2.</t>
+          <t>%1 heeft deze kamer zodanig ingesteld dat een uitnodiging vereist is om te mogen betreden.</t>
         </is>
       </c>
       <c r="D794" t="inlineStr"/>
       <c r="E794" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F794" t="inlineStr">
         <is>
-          <t>TimelineModel%1 has changed their display name to %2.</t>
+          <t>TimelineModel%1 made this room require an invitation to join.</t>
         </is>
       </c>
       <c r="G794" t="inlineStr"/>
       <c r="H794" t="inlineStr"/>
     </row>
     <row r="795">
       <c r="A795" t="inlineStr">
         <is>
-          <t>../../src/timeline/TimelineModel.cpp:22221</t>
+          <t>../../src/timeline/TimelineModel.cpp:22232</t>
         </is>
       </c>
       <c r="B795" t="inlineStr">
         <is>
-          <t>%1 left after having already left!</t>
+          <t>%1 invited %2.</t>
         </is>
       </c>
       <c r="C795" t="inlineStr">
         <is>
-          <t>%1 is vertrokken na reeds vertrokken te zijn!</t>
+          <t>%1 heeft %2 uitgenodigd.</t>
         </is>
       </c>
       <c r="D795" t="inlineStr"/>
       <c r="E795" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F795" t="inlineStr">
         <is>
+          <t>TimelineModel%1 invited %2.</t>
+        </is>
+      </c>
+      <c r="G795" t="inlineStr"/>
+      <c r="H795" t="inlineStr"/>
+    </row>
+    <row r="796">
+      <c r="A796" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22243</t>
+        </is>
+      </c>
+      <c r="B796" t="inlineStr">
+        <is>
+          <t>%1 has changed their avatar and changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="C796" t="inlineStr">
+        <is>
+          <t>%1 is van avatar veranderd en heet nu %2.</t>
+        </is>
+      </c>
+      <c r="D796" t="inlineStr"/>
+      <c r="E796" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F796" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 has changed their avatar and changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="G796" t="inlineStr"/>
+      <c r="H796" t="inlineStr"/>
+    </row>
+    <row r="797">
+      <c r="A797" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22247</t>
+        </is>
+      </c>
+      <c r="B797" t="inlineStr">
+        <is>
+          <t>%1 has changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="C797" t="inlineStr">
+        <is>
+          <t>%1 heet nu %2.</t>
+        </is>
+      </c>
+      <c r="D797" t="inlineStr"/>
+      <c r="E797" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F797" t="inlineStr">
+        <is>
+          <t>TimelineModel%1 has changed their display name to %2.</t>
+        </is>
+      </c>
+      <c r="G797" t="inlineStr"/>
+      <c r="H797" t="inlineStr"/>
+    </row>
+    <row r="798">
+      <c r="A798" t="inlineStr">
+        <is>
+          <t>../../src/timeline/TimelineModel.cpp:22283</t>
+        </is>
+      </c>
+      <c r="B798" t="inlineStr">
+        <is>
+          <t>%1 left after having already left!</t>
+        </is>
+      </c>
+      <c r="C798" t="inlineStr">
+        <is>
+          <t>%1 is vertrokken na reeds vertrokken te zijn!</t>
+        </is>
+      </c>
+      <c r="D798" t="inlineStr"/>
+      <c r="E798" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F798" t="inlineStr">
+        <is>
           <t>TimelineModel
 This is a leave event after the user already left and shouldn't happen apart from state resets%1 left after having already left!</t>
         </is>
       </c>
-      <c r="G795" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G798" t="inlineStr"/>
       <c r="H798" t="inlineStr"/>
     </row>
     <row r="799">
       <c r="A799" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22421</t>
+          <t>../../src/timeline/TimelineModel.cpp:22290</t>
         </is>
       </c>
       <c r="B799" t="inlineStr">
         <is>
-          <t>No room open</t>
+          <t>%1 banned %2</t>
         </is>
       </c>
       <c r="C799" t="inlineStr">
         <is>
-          <t>Geen kamer open</t>
+          <t>%1 heeft %2 verbannen</t>
         </is>
       </c>
       <c r="D799" t="inlineStr"/>
       <c r="E799" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F799" t="inlineStr">
         <is>
-          <t>TimelineViewNo room open</t>
+          <t>TimelineModel%1 banned %2</t>
         </is>
       </c>
       <c r="G799" t="inlineStr"/>
       <c r="H799" t="inlineStr"/>
     </row>
     <row r="800">
       <c r="A800" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../../src/timeline/TimelineModel.cpp:22293</t>
         </is>
       </c>
       <c r="B800" t="inlineStr">
         <is>
-          <t>You are about to notify the whole room</t>
+          <t>%1 knocked.</t>
         </is>
       </c>
       <c r="C800" t="inlineStr">
         <is>
-          <t>Je staat op het punt de hele kamer een notificatie te sturen</t>
+          <t>%1 klopt aan.</t>
         </is>
       </c>
       <c r="D800" t="inlineStr"/>
       <c r="E800" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F800" t="inlineStr">
         <is>
-          <t>TimelineViewYou are about to notify the whole room</t>
+          <t>TimelineModel%1 knocked.</t>
         </is>
       </c>
       <c r="G800" t="inlineStr"/>
       <c r="H800" t="inlineStr"/>
     </row>
     <row r="801">
       <c r="A801" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22529</t>
+          <t>../qml/TimelineSectionHeader.qml:22432</t>
         </is>
       </c>
       <c r="B801" t="inlineStr">
         <is>
-          <t>You will be mentioning %1</t>
+          <t>%1's status message</t>
         </is>
       </c>
       <c r="C801" t="inlineStr">
         <is>
-          <t>Je zal een melding versturen naar %1</t>
+          <t>%1's statusbericht</t>
         </is>
       </c>
       <c r="D801" t="inlineStr"/>
       <c r="E801" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F801" t="inlineStr">
         <is>
-          <t>TimelineViewYou will be mentioning %1</t>
+          <t>TimelineSectionHeader%1's status message</t>
         </is>
       </c>
       <c r="G801" t="inlineStr"/>
       <c r="H801" t="inlineStr"/>
     </row>
     <row r="802">
       <c r="A802" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22535</t>
+          <t>../qml/TimelineView.qml:22483</t>
         </is>
       </c>
       <c r="B802" t="inlineStr">
         <is>
-          <t>The command /%1 is not recognized and will be sent as part of your message</t>
+          <t>No room open</t>
         </is>
       </c>
       <c r="C802" t="inlineStr">
         <is>
-          <t>Het commando /%1 is niet herkend en zal als deel van je bericht worden verstuurd</t>
+          <t>Geen kamer open</t>
         </is>
       </c>
       <c r="D802" t="inlineStr"/>
       <c r="E802" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F802" t="inlineStr">
         <is>
-          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
+          <t>TimelineViewNo room open</t>
         </is>
       </c>
       <c r="G802" t="inlineStr"/>
       <c r="H802" t="inlineStr"/>
     </row>
     <row r="803">
       <c r="A803" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22540</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B803" t="inlineStr">
         <is>
-          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>You are about to notify the whole room</t>
         </is>
       </c>
       <c r="C803" t="inlineStr">
         <is>
-          <t>/%1 ziet eruit als een onvolledig commando. Om het toch te versturen, voeg een spatie toe aan het eind van je bericht.</t>
+          <t>Je staat op het punt de hele kamer een notificatie te sturen</t>
         </is>
       </c>
       <c r="D803" t="inlineStr"/>
       <c r="E803" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F803" t="inlineStr">
         <is>
-          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
+          <t>TimelineViewYou are about to notify the whole room</t>
         </is>
       </c>
       <c r="G803" t="inlineStr"/>
       <c r="H803" t="inlineStr"/>
     </row>
     <row r="804">
       <c r="A804" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22581</t>
+          <t>../qml/TimelineView.qml:22592</t>
         </is>
       </c>
       <c r="B804" t="inlineStr">
         <is>
-          <t>No preview available</t>
+          <t>You will be mentioning %1</t>
         </is>
       </c>
       <c r="C804" t="inlineStr">
         <is>
-          <t>Geen voorbeeld beschikbaar</t>
+          <t>Je zal een melding versturen naar %1</t>
         </is>
       </c>
       <c r="D804" t="inlineStr"/>
       <c r="E804" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F804" t="inlineStr">
         <is>
-          <t>TimelineViewNo preview available</t>
+          <t>TimelineViewYou will be mentioning %1</t>
         </is>
       </c>
       <c r="G804" t="inlineStr"/>
       <c r="H804" t="inlineStr"/>
     </row>
     <row r="805">
       <c r="A805" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22586</t>
+          <t>../qml/TimelineView.qml:22598</t>
         </is>
       </c>
       <c r="B805" t="inlineStr">
         <is>
-          <t>Settings</t>
+          <t>The command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="C805" t="inlineStr">
         <is>
-          <t>Instellingen</t>
+          <t>Het commando /%1 is niet herkend en zal als deel van je bericht worden verstuurd</t>
         </is>
       </c>
       <c r="D805" t="inlineStr"/>
       <c r="E805" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F805" t="inlineStr">
         <is>
-          <t>TimelineViewSettings</t>
+          <t>TimelineViewThe command /%1 is not recognized and will be sent as part of your message</t>
         </is>
       </c>
       <c r="G805" t="inlineStr"/>
       <c r="H805" t="inlineStr"/>
     </row>
     <row r="806">
       <c r="A806" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22605</t>
+          <t>../qml/TimelineView.qml:22603</t>
         </is>
       </c>
       <c r="B806" t="inlineStr">
         <is>
-          <t>%n member</t>
+          <t>/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="C806" t="inlineStr">
         <is>
-          <t>%n deelnemer</t>
+          <t>/%1 ziet eruit als een onvolledig commando. Om het toch te versturen, voeg een spatie toe aan het eind van je bericht.</t>
         </is>
       </c>
       <c r="D806" t="inlineStr"/>
       <c r="E806" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F806" t="inlineStr">
         <is>
-          <t>TimelineView%n member(s)</t>
+          <t>TimelineView/%1 looks like an incomplete command. To send it anyway, add a space to the end of your message.</t>
         </is>
       </c>
       <c r="G806" t="inlineStr"/>
       <c r="H806" t="inlineStr"/>
     </row>
     <row r="807">
       <c r="A807" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22608</t>
+          <t>../qml/TimelineView.qml:22644</t>
         </is>
       </c>
       <c r="B807" t="inlineStr">
         <is>
-          <t>View members of %1</t>
+          <t>No preview available</t>
         </is>
       </c>
       <c r="C807" t="inlineStr">
         <is>
-          <t>Bekijk deelnemers aan %1</t>
+          <t>Geen voorbeeld beschikbaar</t>
         </is>
       </c>
       <c r="D807" t="inlineStr"/>
       <c r="E807" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F807" t="inlineStr">
         <is>
-          <t>TimelineViewView members of %1</t>
+          <t>TimelineViewNo preview available</t>
         </is>
       </c>
       <c r="G807" t="inlineStr"/>
       <c r="H807" t="inlineStr"/>
     </row>
     <row r="808">
       <c r="A808" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22626</t>
+          <t>../qml/TimelineView.qml:22649</t>
         </is>
       </c>
       <c r="B808" t="inlineStr">
         <is>
-          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>Settings</t>
         </is>
       </c>
       <c r="C808" t="inlineStr">
         <is>
-          <t>Deze kamer is mogelijk niet toegankelijk. Als de kamer privé is, wil je hem waarschijnlijk uit de moedergroep weghalen.</t>
+          <t>Instellingen</t>
         </is>
       </c>
       <c r="D808" t="inlineStr"/>
       <c r="E808" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F808" t="inlineStr">
         <is>
-          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
+          <t>TimelineViewSettings</t>
         </is>
       </c>
       <c r="G808" t="inlineStr"/>
       <c r="H808" t="inlineStr"/>
     </row>
     <row r="809">
       <c r="A809" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22632</t>
+          <t>../qml/TimelineView.qml:22668</t>
         </is>
       </c>
       <c r="B809" t="inlineStr">
         <is>
-          <t>join the conversation</t>
+          <t>%n member</t>
         </is>
       </c>
       <c r="C809" t="inlineStr">
         <is>
-          <t>Neem deel aan het gesprek</t>
+          <t>%n deelnemer</t>
         </is>
       </c>
       <c r="D809" t="inlineStr"/>
       <c r="E809" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F809" t="inlineStr">
         <is>
-          <t>TimelineViewjoin the conversation</t>
+          <t>TimelineView%n member(s)</t>
         </is>
       </c>
       <c r="G809" t="inlineStr"/>
       <c r="H809" t="inlineStr"/>
     </row>
     <row r="810">
       <c r="A810" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22639</t>
+          <t>../qml/TimelineView.qml:22671</t>
         </is>
       </c>
       <c r="B810" t="inlineStr">
         <is>
-          <t>accept invite</t>
+          <t>View members of %1</t>
         </is>
       </c>
       <c r="C810" t="inlineStr">
         <is>
-          <t>accepteer uitnodiging</t>
+          <t>Bekijk deelnemers aan %1</t>
         </is>
       </c>
       <c r="D810" t="inlineStr"/>
       <c r="E810" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F810" t="inlineStr">
         <is>
-          <t>TimelineViewaccept invite</t>
+          <t>TimelineViewView members of %1</t>
         </is>
       </c>
       <c r="G810" t="inlineStr"/>
       <c r="H810" t="inlineStr"/>
     </row>
     <row r="811">
       <c r="A811" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22646</t>
+          <t>../qml/TimelineView.qml:22689</t>
         </is>
       </c>
       <c r="B811" t="inlineStr">
         <is>
-          <t>decline invite</t>
+          <t>This room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="C811" t="inlineStr">
         <is>
-          <t>wijs uitnodiging af</t>
+          <t>Deze kamer is mogelijk niet toegankelijk. Als de kamer privé is, wil je hem waarschijnlijk uit de moedergroep weghalen.</t>
         </is>
       </c>
       <c r="D811" t="inlineStr"/>
       <c r="E811" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F811" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite</t>
+          <t>TimelineViewThis room is possibly inaccessible. If this room is private, you should remove it from this community.</t>
         </is>
       </c>
       <c r="G811" t="inlineStr"/>
       <c r="H811" t="inlineStr"/>
     </row>
     <row r="812">
       <c r="A812" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22653</t>
+          <t>../qml/TimelineView.qml:22695</t>
         </is>
       </c>
       <c r="B812" t="inlineStr">
         <is>
-          <t>decline invite and ignore user</t>
+          <t>join the conversation</t>
         </is>
       </c>
       <c r="C812" t="inlineStr">
         <is>
-          <t>Uitnodiging afwijzen en gebruiker negeren</t>
+          <t>Neem deel aan het gesprek</t>
         </is>
       </c>
       <c r="D812" t="inlineStr"/>
       <c r="E812" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F812" t="inlineStr">
         <is>
-          <t>TimelineViewdecline invite and ignore user</t>
+          <t>TimelineViewjoin the conversation</t>
         </is>
       </c>
       <c r="G812" t="inlineStr"/>
       <c r="H812" t="inlineStr"/>
     </row>
     <row r="813">
       <c r="A813" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22663</t>
+          <t>../qml/TimelineView.qml:22702</t>
         </is>
       </c>
       <c r="B813" t="inlineStr">
         <is>
-          <t>leave</t>
+          <t>accept invite</t>
         </is>
       </c>
       <c r="C813" t="inlineStr">
         <is>
-          <t>verlaten</t>
+          <t>accepteer uitnodiging</t>
         </is>
       </c>
       <c r="D813" t="inlineStr"/>
       <c r="E813" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F813" t="inlineStr">
         <is>
-          <t>TimelineViewleave</t>
+          <t>TimelineViewaccept invite</t>
         </is>
       </c>
       <c r="G813" t="inlineStr"/>
       <c r="H813" t="inlineStr"/>
     </row>
     <row r="814">
       <c r="A814" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22678</t>
+          <t>../qml/TimelineView.qml:22709</t>
         </is>
       </c>
       <c r="B814" t="inlineStr">
         <is>
-          <t>Invited by %1 (%2)</t>
+          <t>decline invite</t>
         </is>
       </c>
       <c r="C814" t="inlineStr">
         <is>
-          <t>Uitgenodigd door %1 (%2)</t>
+          <t>wijs uitnodiging af</t>
         </is>
       </c>
       <c r="D814" t="inlineStr"/>
       <c r="E814" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F814" t="inlineStr">
         <is>
-          <t>TimelineViewInvited by %1 (%2)</t>
+          <t>TimelineViewdecline invite</t>
         </is>
       </c>
       <c r="G814" t="inlineStr"/>
       <c r="H814" t="inlineStr"/>
     </row>
     <row r="815">
       <c r="A815" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22716</t>
         </is>
       </c>
       <c r="B815" t="inlineStr">
         <is>
-          <t>Hide invite reason</t>
+          <t>decline invite and ignore user</t>
         </is>
       </c>
       <c r="C815" t="inlineStr">
         <is>
-          <t>Verberg uitnodigingsreden</t>
+          <t>Uitnodiging afwijzen en gebruiker negeren</t>
         </is>
       </c>
       <c r="D815" t="inlineStr"/>
       <c r="E815" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F815" t="inlineStr">
         <is>
-          <t>TimelineViewHide invite reason</t>
+          <t>TimelineViewdecline invite and ignore user</t>
         </is>
       </c>
       <c r="G815" t="inlineStr"/>
       <c r="H815" t="inlineStr"/>
     </row>
     <row r="816">
       <c r="A816" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22721</t>
+          <t>../qml/TimelineView.qml:22726</t>
         </is>
       </c>
       <c r="B816" t="inlineStr">
         <is>
-          <t>Show invite reason</t>
+          <t>leave</t>
         </is>
       </c>
       <c r="C816" t="inlineStr">
         <is>
-          <t>Toon uitnodigingsreden</t>
+          <t>verlaten</t>
         </is>
       </c>
       <c r="D816" t="inlineStr"/>
       <c r="E816" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F816" t="inlineStr">
         <is>
-          <t>TimelineViewShow invite reason</t>
+          <t>TimelineViewleave</t>
         </is>
       </c>
       <c r="G816" t="inlineStr"/>
       <c r="H816" t="inlineStr"/>
     </row>
     <row r="817">
       <c r="A817" t="inlineStr">
         <is>
-          <t>../qml/TimelineView.qml:22740</t>
+          <t>../qml/TimelineView.qml:22741</t>
         </is>
       </c>
       <c r="B817" t="inlineStr">
         <is>
-          <t>Back to room list</t>
+          <t>Invited by %1 (%2)</t>
         </is>
       </c>
       <c r="C817" t="inlineStr">
         <is>
-          <t>Terug naar kamerlijst</t>
+          <t>Uitgenodigd door %1 (%2)</t>
         </is>
       </c>
       <c r="D817" t="inlineStr"/>
       <c r="E817" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F817" t="inlineStr">
         <is>
-          <t>TimelineViewBack to room list</t>
+          <t>TimelineViewInvited by %1 (%2)</t>
         </is>
       </c>
       <c r="G817" t="inlineStr"/>
       <c r="H817" t="inlineStr"/>
     </row>
     <row r="818">
       <c r="A818" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22760</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B818" t="inlineStr">
         <is>
-          <t>No room selected</t>
+          <t>Hide invite reason</t>
         </is>
       </c>
       <c r="C818" t="inlineStr">
         <is>
-          <t>Geen kamer geselecteerd</t>
+          <t>Verberg uitnodigingsreden</t>
         </is>
       </c>
       <c r="D818" t="inlineStr"/>
       <c r="E818" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F818" t="inlineStr">
         <is>
-          <t>TopBarNo room selected</t>
+          <t>TimelineViewHide invite reason</t>
         </is>
       </c>
       <c r="G818" t="inlineStr"/>
       <c r="H818" t="inlineStr"/>
     </row>
     <row r="819">
       <c r="A819" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22813</t>
+          <t>../qml/TimelineView.qml:22784</t>
         </is>
       </c>
       <c r="B819" t="inlineStr">
         <is>
-          <t>In %1</t>
+          <t>Show invite reason</t>
         </is>
       </c>
       <c r="C819" t="inlineStr">
         <is>
-          <t>In %1</t>
+          <t>Toon uitnodigingsreden</t>
         </is>
       </c>
       <c r="D819" t="inlineStr"/>
       <c r="E819" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F819" t="inlineStr">
         <is>
-          <t>TopBarIn %1</t>
+          <t>TimelineViewShow invite reason</t>
         </is>
       </c>
       <c r="G819" t="inlineStr"/>
       <c r="H819" t="inlineStr"/>
     </row>
     <row r="820">
       <c r="A820" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22826</t>
+          <t>../qml/TimelineView.qml:22803</t>
         </is>
       </c>
       <c r="B820" t="inlineStr">
         <is>
           <t>Back to room list</t>
         </is>
       </c>
       <c r="C820" t="inlineStr">
         <is>
           <t>Terug naar kamerlijst</t>
         </is>
       </c>
       <c r="D820" t="inlineStr"/>
       <c r="E820" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F820" t="inlineStr">
         <is>
-          <t>TopBarBack to room list</t>
+          <t>TimelineViewBack to room list</t>
         </is>
       </c>
       <c r="G820" t="inlineStr"/>
       <c r="H820" t="inlineStr"/>
     </row>
     <row r="821">
       <c r="A821" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22883</t>
+          <t>../qml/TopBar.qml:22823</t>
         </is>
       </c>
       <c r="B821" t="inlineStr">
         <is>
-          <t>Show or hide pinned messages</t>
+          <t>No room selected</t>
         </is>
       </c>
       <c r="C821" t="inlineStr">
         <is>
-          <t>Toon of verberg vastgeprikte berichten</t>
+          <t>Geen kamer geselecteerd</t>
         </is>
       </c>
       <c r="D821" t="inlineStr"/>
       <c r="E821" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F821" t="inlineStr">
         <is>
-          <t>TopBarShow or hide pinned messages</t>
+          <t>TopBarNo room selected</t>
         </is>
       </c>
       <c r="G821" t="inlineStr"/>
       <c r="H821" t="inlineStr"/>
     </row>
     <row r="822">
       <c r="A822" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22914</t>
+          <t>../qml/TopBar.qml:22877</t>
         </is>
       </c>
       <c r="B822" t="inlineStr">
         <is>
-          <t>Show room members.</t>
+          <t>In %1</t>
         </is>
       </c>
       <c r="C822" t="inlineStr">
         <is>
-          <t>Laat kamerdeelnemers zien.</t>
+          <t>In %1</t>
         </is>
       </c>
       <c r="D822" t="inlineStr"/>
       <c r="E822" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F822" t="inlineStr">
         <is>
-          <t>TopBarShow room members.</t>
+          <t>TopBarIn %1</t>
         </is>
       </c>
       <c r="G822" t="inlineStr"/>
       <c r="H822" t="inlineStr"/>
     </row>
     <row r="823">
       <c r="A823" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22917</t>
+          <t>../qml/TopBar.qml:22890</t>
         </is>
       </c>
       <c r="B823" t="inlineStr">
         <is>
-          <t>This room contains only verified devices.</t>
+          <t>Back to room list</t>
         </is>
       </c>
       <c r="C823" t="inlineStr">
         <is>
-          <t>Deze kamer bevat alleen geverifieerde apparaten.</t>
+          <t>Terug naar kamerlijst</t>
         </is>
       </c>
       <c r="D823" t="inlineStr"/>
       <c r="E823" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F823" t="inlineStr">
         <is>
-          <t>TopBarThis room contains only verified devices.</t>
+          <t>TopBarBack to room list</t>
         </is>
       </c>
       <c r="G823" t="inlineStr"/>
       <c r="H823" t="inlineStr"/>
     </row>
     <row r="824">
       <c r="A824" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22919</t>
-[...11 lines deleted...]
-      </c>
+          <t>../qml/TopBar.qml:22945</t>
+        </is>
+      </c>
+      <c r="B824" t="inlineStr"/>
+      <c r="C824" t="inlineStr"/>
       <c r="D824" t="inlineStr"/>
       <c r="E824" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F824" t="inlineStr">
         <is>
-          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
+          <t>TopBarShow only notifications</t>
         </is>
       </c>
       <c r="G824" t="inlineStr"/>
       <c r="H824" t="inlineStr"/>
     </row>
     <row r="825">
       <c r="A825" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22921</t>
+          <t>../qml/TopBar.qml:22964</t>
         </is>
       </c>
       <c r="B825" t="inlineStr">
         <is>
-          <t>This room contains unverified devices!</t>
+          <t>Show or hide pinned messages</t>
         </is>
       </c>
       <c r="C825" t="inlineStr">
         <is>
-          <t>Deze kamer bevat ongeverifieerde apparaten!</t>
+          <t>Toon of verberg vastgeprikte berichten</t>
         </is>
       </c>
       <c r="D825" t="inlineStr"/>
       <c r="E825" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F825" t="inlineStr">
         <is>
-          <t>TopBarThis room contains unverified devices!</t>
+          <t>TopBarShow or hide pinned messages</t>
         </is>
       </c>
       <c r="G825" t="inlineStr"/>
       <c r="H825" t="inlineStr"/>
     </row>
     <row r="826">
       <c r="A826" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22948</t>
+          <t>../qml/TopBar.qml:22995</t>
         </is>
       </c>
       <c r="B826" t="inlineStr">
         <is>
-          <t>Search this room</t>
+          <t>Show room members.</t>
         </is>
       </c>
       <c r="C826" t="inlineStr">
         <is>
-          <t>Doorzoek deze kamer</t>
+          <t>Laat kamerdeelnemers zien.</t>
         </is>
       </c>
       <c r="D826" t="inlineStr"/>
       <c r="E826" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F826" t="inlineStr">
         <is>
-          <t>TopBarSearch this room</t>
+          <t>TopBarShow room members.</t>
         </is>
       </c>
       <c r="G826" t="inlineStr"/>
       <c r="H826" t="inlineStr"/>
     </row>
     <row r="827">
       <c r="A827" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22972</t>
+          <t>../qml/TopBar.qml:22998</t>
         </is>
       </c>
       <c r="B827" t="inlineStr">
         <is>
-          <t>Room options</t>
+          <t>This room contains only verified devices.</t>
         </is>
       </c>
       <c r="C827" t="inlineStr">
         <is>
-          <t>Kameropties</t>
+          <t>Deze kamer bevat alleen geverifieerde apparaten.</t>
         </is>
       </c>
       <c r="D827" t="inlineStr"/>
       <c r="E827" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F827" t="inlineStr">
         <is>
-          <t>TopBarRoom options</t>
+          <t>TopBarThis room contains only verified devices.</t>
         </is>
       </c>
       <c r="G827" t="inlineStr"/>
       <c r="H827" t="inlineStr"/>
     </row>
     <row r="828">
       <c r="A828" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22990</t>
+          <t>../qml/TopBar.qml:23000</t>
         </is>
       </c>
       <c r="B828" t="inlineStr">
         <is>
-          <t>Invite users</t>
+          <t>This room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="C828" t="inlineStr">
         <is>
-          <t>Gebruikers uitnodigen</t>
+          <t>Deze kamer bevat alleen geverifiëerde apparaten en apparaten die nooit hun hoofdsleutel hebben veranderd.</t>
         </is>
       </c>
       <c r="D828" t="inlineStr"/>
       <c r="E828" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F828" t="inlineStr">
         <is>
-          <t>TopBarInvite users</t>
+          <t>TopBarThis room contains verified devices and devices which have never changed their master key.</t>
         </is>
       </c>
       <c r="G828" t="inlineStr"/>
       <c r="H828" t="inlineStr"/>
     </row>
     <row r="829">
       <c r="A829" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:22996</t>
+          <t>../qml/TopBar.qml:23002</t>
         </is>
       </c>
       <c r="B829" t="inlineStr">
         <is>
-          <t>Members</t>
+          <t>This room contains unverified devices!</t>
         </is>
       </c>
       <c r="C829" t="inlineStr">
         <is>
-          <t>Deelnemers</t>
+          <t>Deze kamer bevat ongeverifieerde apparaten!</t>
         </is>
       </c>
       <c r="D829" t="inlineStr"/>
       <c r="E829" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F829" t="inlineStr">
         <is>
-          <t>TopBarMembers</t>
+          <t>TopBarThis room contains unverified devices!</t>
         </is>
       </c>
       <c r="G829" t="inlineStr"/>
       <c r="H829" t="inlineStr"/>
     </row>
     <row r="830">
       <c r="A830" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23001</t>
+          <t>../qml/TopBar.qml:23029</t>
         </is>
       </c>
       <c r="B830" t="inlineStr">
         <is>
-          <t>Leave room</t>
+          <t>Search this room</t>
         </is>
       </c>
       <c r="C830" t="inlineStr">
         <is>
-          <t>Kamer verlaten</t>
+          <t>Doorzoek deze kamer</t>
         </is>
       </c>
       <c r="D830" t="inlineStr"/>
       <c r="E830" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F830" t="inlineStr">
         <is>
-          <t>TopBarLeave room</t>
+          <t>TopBarSearch this room</t>
         </is>
       </c>
       <c r="G830" t="inlineStr"/>
       <c r="H830" t="inlineStr"/>
     </row>
     <row r="831">
       <c r="A831" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23006</t>
+          <t>../qml/TopBar.qml:23053</t>
         </is>
       </c>
       <c r="B831" t="inlineStr">
         <is>
-          <t>Settings</t>
+          <t>Room options</t>
         </is>
       </c>
       <c r="C831" t="inlineStr">
         <is>
-          <t>Instellingen</t>
+          <t>Kameropties</t>
         </is>
       </c>
       <c r="D831" t="inlineStr"/>
       <c r="E831" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F831" t="inlineStr">
         <is>
-          <t>TopBarSettings</t>
+          <t>TopBarRoom options</t>
         </is>
       </c>
       <c r="G831" t="inlineStr"/>
       <c r="H831" t="inlineStr"/>
     </row>
     <row r="832">
       <c r="A832" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23058</t>
+          <t>../qml/TopBar.qml:23071</t>
         </is>
       </c>
       <c r="B832" t="inlineStr">
         <is>
-          <t>Unpin</t>
+          <t>Invite users</t>
         </is>
       </c>
       <c r="C832" t="inlineStr">
         <is>
-          <t>Vastprikken ongedaan maken</t>
+          <t>Gebruikers uitnodigen</t>
         </is>
       </c>
       <c r="D832" t="inlineStr"/>
       <c r="E832" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F832" t="inlineStr">
         <is>
-          <t>TopBarUnpin</t>
+          <t>TopBarInvite users</t>
         </is>
       </c>
       <c r="G832" t="inlineStr"/>
       <c r="H832" t="inlineStr"/>
     </row>
     <row r="833">
       <c r="A833" t="inlineStr">
         <is>
-          <t>../qml/TopBar.qml:23104</t>
+          <t>../qml/TopBar.qml:23077</t>
         </is>
       </c>
       <c r="B833" t="inlineStr">
         <is>
-          <t>Enter search query</t>
+          <t>Members</t>
         </is>
       </c>
       <c r="C833" t="inlineStr">
         <is>
-          <t>Voer zoekopdracht in</t>
+          <t>Deelnemers</t>
         </is>
       </c>
       <c r="D833" t="inlineStr"/>
       <c r="E833" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F833" t="inlineStr">
         <is>
-          <t>TopBarEnter search query</t>
+          <t>TopBarMembers</t>
         </is>
       </c>
       <c r="G833" t="inlineStr"/>
       <c r="H833" t="inlineStr"/>
     </row>
     <row r="834">
       <c r="A834" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23214</t>
+          <t>../qml/TopBar.qml:23082</t>
         </is>
       </c>
       <c r="B834" t="inlineStr">
         <is>
-          <t>Show</t>
+          <t>Leave room</t>
         </is>
       </c>
       <c r="C834" t="inlineStr">
         <is>
-          <t>Tonen</t>
+          <t>Kamer verlaten</t>
         </is>
       </c>
       <c r="D834" t="inlineStr"/>
       <c r="E834" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F834" t="inlineStr">
         <is>
-          <t>TrayIconShow</t>
+          <t>TopBarLeave room</t>
         </is>
       </c>
       <c r="G834" t="inlineStr"/>
       <c r="H834" t="inlineStr"/>
     </row>
     <row r="835">
       <c r="A835" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23215</t>
+          <t>../qml/TopBar.qml:23087</t>
         </is>
       </c>
       <c r="B835" t="inlineStr">
         <is>
-          <t>Quit</t>
+          <t>Settings</t>
         </is>
       </c>
       <c r="C835" t="inlineStr">
         <is>
-          <t>Afsluiten</t>
+          <t>Instellingen</t>
         </is>
       </c>
       <c r="D835" t="inlineStr"/>
       <c r="E835" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F835" t="inlineStr">
         <is>
-          <t>TrayIconQuit</t>
+          <t>TopBarSettings</t>
         </is>
       </c>
       <c r="G835" t="inlineStr"/>
       <c r="H835" t="inlineStr"/>
     </row>
     <row r="836">
       <c r="A836" t="inlineStr">
         <is>
-          <t>../../src/TrayIcon.cpp:23242</t>
+          <t>../qml/TopBar.qml:23139</t>
         </is>
       </c>
       <c r="B836" t="inlineStr">
+        <is>
+          <t>Unpin</t>
+        </is>
+      </c>
+      <c r="C836" t="inlineStr">
+        <is>
+          <t>Vastprikken ongedaan maken</t>
+        </is>
+      </c>
+      <c r="D836" t="inlineStr"/>
+      <c r="E836" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F836" t="inlineStr">
+        <is>
+          <t>TopBarUnpin</t>
+        </is>
+      </c>
+      <c r="G836" t="inlineStr"/>
+      <c r="H836" t="inlineStr"/>
+    </row>
+    <row r="837">
+      <c r="A837" t="inlineStr">
+        <is>
+          <t>../qml/TopBar.qml:23185</t>
+        </is>
+      </c>
+      <c r="B837" t="inlineStr">
+        <is>
+          <t>Enter search query</t>
+        </is>
+      </c>
+      <c r="C837" t="inlineStr">
+        <is>
+          <t>Voer zoekopdracht in</t>
+        </is>
+      </c>
+      <c r="D837" t="inlineStr"/>
+      <c r="E837" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F837" t="inlineStr">
+        <is>
+          <t>TopBarEnter search query</t>
+        </is>
+      </c>
+      <c r="G837" t="inlineStr"/>
+      <c r="H837" t="inlineStr"/>
+    </row>
+    <row r="838">
+      <c r="A838" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23295</t>
+        </is>
+      </c>
+      <c r="B838" t="inlineStr">
+        <is>
+          <t>Show</t>
+        </is>
+      </c>
+      <c r="C838" t="inlineStr">
+        <is>
+          <t>Tonen</t>
+        </is>
+      </c>
+      <c r="D838" t="inlineStr"/>
+      <c r="E838" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F838" t="inlineStr">
+        <is>
+          <t>TrayIconShow</t>
+        </is>
+      </c>
+      <c r="G838" t="inlineStr"/>
+      <c r="H838" t="inlineStr"/>
+    </row>
+    <row r="839">
+      <c r="A839" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23296</t>
+        </is>
+      </c>
+      <c r="B839" t="inlineStr">
+        <is>
+          <t>Quit</t>
+        </is>
+      </c>
+      <c r="C839" t="inlineStr">
+        <is>
+          <t>Afsluiten</t>
+        </is>
+      </c>
+      <c r="D839" t="inlineStr"/>
+      <c r="E839" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F839" t="inlineStr">
+        <is>
+          <t>TrayIconQuit</t>
+        </is>
+      </c>
+      <c r="G839" t="inlineStr"/>
+      <c r="H839" t="inlineStr"/>
+    </row>
+    <row r="840">
+      <c r="A840" t="inlineStr">
+        <is>
+          <t>../../src/TrayIcon.cpp:23328</t>
+        </is>
+      </c>
+      <c r="B840" t="inlineStr">
         <is>
           <t xml:space="preserve">
 %n unread message</t>
         </is>
       </c>
-      <c r="C836" t="inlineStr"/>
-[...6 lines deleted...]
-      <c r="F836" t="inlineStr">
+      <c r="C840" t="inlineStr"/>
+      <c r="D840" t="inlineStr"/>
+      <c r="E840" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F840" t="inlineStr">
         <is>
           <t>TrayIcon
 %n unread message(s)</t>
         </is>
       </c>
-      <c r="G836" t="inlineStr"/>
-[...118 lines deleted...]
-      </c>
       <c r="G840" t="inlineStr"/>
       <c r="H840" t="inlineStr"/>
     </row>
     <row r="841">
       <c r="A841" t="inlineStr">
         <is>
-          <t>../qml/UploadBox.qml:23612</t>
+          <t>../../src/ui/UIA.cpp:23386</t>
         </is>
       </c>
       <c r="B841" t="inlineStr">
         <is>
-          <t>Upload file</t>
+          <t>No available registration flows!</t>
         </is>
       </c>
       <c r="C841" t="inlineStr">
         <is>
-          <t>Bestand versturen</t>
+          <t>Geen beschikbare registratiestromen!</t>
         </is>
       </c>
       <c r="D841" t="inlineStr"/>
       <c r="E841" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F841" t="inlineStr">
         <is>
-          <t>UploadBoxUpload %n file(s)</t>
+          <t>UIANo available registration flows!</t>
         </is>
       </c>
       <c r="G841" t="inlineStr"/>
       <c r="H841" t="inlineStr"/>
     </row>
     <row r="842">
       <c r="A842" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23830</t>
+          <t>../../src/ui/UIA.cpp:23471</t>
         </is>
       </c>
       <c r="B842" t="inlineStr">
         <is>
-          <t>Sign out device %1</t>
+          <t>Registration aborted</t>
         </is>
       </c>
       <c r="C842" t="inlineStr">
         <is>
-          <t>Meld apparaat %1 af</t>
+          <t>Registratie afgebroken</t>
         </is>
       </c>
       <c r="D842" t="inlineStr"/>
       <c r="E842" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F842" t="inlineStr">
         <is>
-          <t>UserProfileSign out device %1</t>
+          <t>UIARegistration aborted</t>
         </is>
       </c>
       <c r="G842" t="inlineStr"/>
       <c r="H842" t="inlineStr"/>
     </row>
     <row r="843">
       <c r="A843" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23840</t>
+          <t>../../src/ui/UIA.cpp:23448</t>
         </is>
       </c>
       <c r="B843" t="inlineStr">
         <is>
-          <t>You signed out this device.</t>
+          <t>Please enter a valid registration token.</t>
         </is>
       </c>
       <c r="C843" t="inlineStr">
         <is>
-          <t>Je hebt dit apparaat afgemeld.</t>
+          <t>Voer a.u.b een geldig registratieteken in.</t>
         </is>
       </c>
       <c r="D843" t="inlineStr"/>
       <c r="E843" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F843" t="inlineStr">
         <is>
-          <t>UserProfileYou signed out this device.</t>
+          <t>UIAPlease enter a valid registration token.</t>
         </is>
       </c>
       <c r="G843" t="inlineStr"/>
       <c r="H843" t="inlineStr"/>
     </row>
     <row r="844">
       <c r="A844" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:23890</t>
+          <t>../../src/ui/UIA.cpp:23608</t>
         </is>
       </c>
       <c r="B844" t="inlineStr">
         <is>
-          <t>Failed to ignore "%1": %2</t>
+          <t>Invalid token</t>
         </is>
       </c>
       <c r="C844" t="inlineStr">
         <is>
-          <t>Kon "%1" niet negeren: %2</t>
+          <t>Ongeldig teken</t>
         </is>
       </c>
       <c r="D844" t="inlineStr"/>
       <c r="E844" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F844" t="inlineStr">
         <is>
-          <t>UserProfileFailed to ignore "%1": %2</t>
+          <t>UIAInvalid token</t>
         </is>
       </c>
       <c r="G844" t="inlineStr"/>
       <c r="H844" t="inlineStr"/>
     </row>
     <row r="845">
       <c r="A845" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../qml/UploadBox.qml:23698</t>
         </is>
       </c>
       <c r="B845" t="inlineStr">
         <is>
-          <t>Select an avatar</t>
+          <t>Upload file</t>
         </is>
       </c>
       <c r="C845" t="inlineStr">
         <is>
-          <t>Kies een avatar</t>
+          <t>Bestand versturen</t>
         </is>
       </c>
       <c r="D845" t="inlineStr"/>
       <c r="E845" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F845" t="inlineStr">
         <is>
-          <t>UserProfileSelect an avatar</t>
+          <t>UploadBoxUpload %n file(s)</t>
         </is>
       </c>
       <c r="G845" t="inlineStr"/>
       <c r="H845" t="inlineStr"/>
     </row>
     <row r="846">
       <c r="A846" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24112</t>
+          <t>../../src/ui/UserProfile.cpp:23916</t>
         </is>
       </c>
       <c r="B846" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
+          <t>Sign out device %1</t>
         </is>
       </c>
       <c r="C846" t="inlineStr">
         <is>
-          <t>Alle bestanden (*)</t>
+          <t>Meld apparaat %1 af</t>
         </is>
       </c>
       <c r="D846" t="inlineStr"/>
       <c r="E846" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F846" t="inlineStr">
         <is>
-          <t>UserProfileAll Files (*)</t>
+          <t>UserProfileSign out device %1</t>
         </is>
       </c>
       <c r="G846" t="inlineStr"/>
       <c r="H846" t="inlineStr"/>
     </row>
     <row r="847">
       <c r="A847" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24124</t>
+          <t>../../src/ui/UserProfile.cpp:23926</t>
         </is>
       </c>
       <c r="B847" t="inlineStr">
         <is>
-          <t>The selected file is not an image</t>
+          <t>You signed out this device.</t>
         </is>
       </c>
       <c r="C847" t="inlineStr">
         <is>
-          <t>Het gekozen bestand is geen afbeelding</t>
+          <t>Je hebt dit apparaat afgemeld.</t>
         </is>
       </c>
       <c r="D847" t="inlineStr"/>
       <c r="E847" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F847" t="inlineStr">
         <is>
-          <t>UserProfileThe selected file is not an image</t>
+          <t>UserProfileYou signed out this device.</t>
         </is>
       </c>
       <c r="G847" t="inlineStr"/>
       <c r="H847" t="inlineStr"/>
     </row>
     <row r="848">
       <c r="A848" t="inlineStr">
         <is>
-          <t>../../src/ui/UserProfile.cpp:24129</t>
+          <t>../../src/ui/UserProfile.cpp:23976</t>
         </is>
       </c>
       <c r="B848" t="inlineStr">
         <is>
-          <t>Error while reading file: %1</t>
+          <t>Failed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="C848" t="inlineStr">
         <is>
-          <t>Fout bij lezen bestand: %1</t>
+          <t>Kon "%1" niet negeren: %2</t>
         </is>
       </c>
       <c r="D848" t="inlineStr"/>
       <c r="E848" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F848" t="inlineStr">
         <is>
-          <t>UserProfileError while reading file: %1</t>
+          <t>UserProfileFailed to ignore "%1": %2</t>
         </is>
       </c>
       <c r="G848" t="inlineStr"/>
       <c r="H848" t="inlineStr"/>
     </row>
     <row r="849">
       <c r="A849" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B849" t="inlineStr">
         <is>
-          <t>Global User Profile</t>
+          <t>Select an avatar</t>
         </is>
       </c>
       <c r="C849" t="inlineStr">
         <is>
-          <t>Globaal gebruikersprofiel</t>
+          <t>Kies een avatar</t>
         </is>
       </c>
       <c r="D849" t="inlineStr"/>
       <c r="E849" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F849" t="inlineStr">
         <is>
-          <t>UserProfileGlobal User Profile</t>
+          <t>UserProfileSelect an avatar</t>
         </is>
       </c>
       <c r="G849" t="inlineStr"/>
       <c r="H849" t="inlineStr"/>
     </row>
     <row r="850">
       <c r="A850" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24154</t>
+          <t>../../src/ui/UserProfile.cpp:24198</t>
         </is>
       </c>
       <c r="B850" t="inlineStr">
         <is>
-          <t>Room User Profile</t>
+          <t>All Files (*)</t>
         </is>
       </c>
       <c r="C850" t="inlineStr">
         <is>
-          <t>Kamerspecifiek gebruikersprofiel</t>
+          <t>Alle bestanden (*)</t>
         </is>
       </c>
       <c r="D850" t="inlineStr"/>
       <c r="E850" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F850" t="inlineStr">
         <is>
-          <t>UserProfileRoom User Profile</t>
+          <t>UserProfileAll Files (*)</t>
         </is>
       </c>
       <c r="G850" t="inlineStr"/>
       <c r="H850" t="inlineStr"/>
     </row>
     <row r="851">
       <c r="A851" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../../src/ui/UserProfile.cpp:24210</t>
         </is>
       </c>
       <c r="B851" t="inlineStr">
         <is>
-          <t>Change avatar globally.</t>
+          <t>The selected file is not an image</t>
         </is>
       </c>
       <c r="C851" t="inlineStr">
         <is>
-          <t>Verander avatar globaal.</t>
+          <t>Het gekozen bestand is geen afbeelding</t>
         </is>
       </c>
       <c r="D851" t="inlineStr"/>
       <c r="E851" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F851" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar globally.</t>
+          <t>UserProfileThe selected file is not an image</t>
         </is>
       </c>
       <c r="G851" t="inlineStr"/>
       <c r="H851" t="inlineStr"/>
     </row>
     <row r="852">
       <c r="A852" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24197</t>
+          <t>../../src/ui/UserProfile.cpp:24215</t>
         </is>
       </c>
       <c r="B852" t="inlineStr">
         <is>
-          <t>Change avatar. Will only apply to this room.</t>
+          <t>Error while reading file: %1</t>
         </is>
       </c>
       <c r="C852" t="inlineStr">
         <is>
-          <t>Verander avatar. Heeft alleen effect op deze kamer.</t>
+          <t>Fout bij lezen bestand: %1</t>
         </is>
       </c>
       <c r="D852" t="inlineStr"/>
       <c r="E852" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F852" t="inlineStr">
         <is>
-          <t>UserProfileChange avatar. Will only apply to this room.</t>
+          <t>UserProfileError while reading file: %1</t>
         </is>
       </c>
       <c r="G852" t="inlineStr"/>
       <c r="H852" t="inlineStr"/>
     </row>
     <row r="853">
       <c r="A853" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B853" t="inlineStr">
         <is>
-          <t>Change display name globally.</t>
+          <t>Global User Profile</t>
         </is>
       </c>
       <c r="C853" t="inlineStr">
         <is>
-          <t>Verander weergavenaam globaal.</t>
+          <t>Globaal gebruikersprofiel</t>
         </is>
       </c>
       <c r="D853" t="inlineStr"/>
       <c r="E853" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F853" t="inlineStr">
         <is>
-          <t>UserProfileChange display name globally.</t>
+          <t>UserProfileGlobal User Profile</t>
         </is>
       </c>
       <c r="G853" t="inlineStr"/>
       <c r="H853" t="inlineStr"/>
     </row>
     <row r="854">
       <c r="A854" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24281</t>
+          <t>../qml/dialogs/UserProfile.qml:24240</t>
         </is>
       </c>
       <c r="B854" t="inlineStr">
         <is>
-          <t>Change display name. Will only apply to this room.</t>
+          <t>Room User Profile</t>
         </is>
       </c>
       <c r="C854" t="inlineStr">
         <is>
-          <t>Verander weergavenaam. Heeft alleen effect op deze kamer.</t>
+          <t>Kamerspecifiek gebruikersprofiel</t>
         </is>
       </c>
       <c r="D854" t="inlineStr"/>
       <c r="E854" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F854" t="inlineStr">
         <is>
-          <t>UserProfileChange display name. Will only apply to this room.</t>
+          <t>UserProfileRoom User Profile</t>
         </is>
       </c>
       <c r="G854" t="inlineStr"/>
       <c r="H854" t="inlineStr"/>
     </row>
     <row r="855">
       <c r="A855" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24304</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B855" t="inlineStr">
         <is>
-          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>Change avatar globally.</t>
         </is>
       </c>
       <c r="C855" t="inlineStr">
         <is>
-          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>Verander avatar globaal.</t>
         </is>
       </c>
       <c r="D855" t="inlineStr"/>
       <c r="E855" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F855" t="inlineStr">
         <is>
-          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
+          <t>UserProfileChange avatar globally.</t>
         </is>
       </c>
       <c r="G855" t="inlineStr"/>
       <c r="H855" t="inlineStr"/>
     </row>
     <row r="856">
       <c r="A856" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24329</t>
+          <t>../qml/dialogs/UserProfile.qml:24283</t>
         </is>
       </c>
       <c r="B856" t="inlineStr">
         <is>
-          <t>Room: %1</t>
+          <t>Change avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C856" t="inlineStr">
         <is>
-          <t>Kamer: %1</t>
+          <t>Verander avatar. Heeft alleen effect op deze kamer.</t>
         </is>
       </c>
       <c r="D856" t="inlineStr"/>
       <c r="E856" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F856" t="inlineStr">
         <is>
-          <t>UserProfileRoom: %1</t>
+          <t>UserProfileChange avatar. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G856" t="inlineStr"/>
       <c r="H856" t="inlineStr"/>
     </row>
     <row r="857">
       <c r="A857" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24330</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B857" t="inlineStr">
         <is>
-          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>Change display name globally.</t>
         </is>
       </c>
       <c r="C857" t="inlineStr">
         <is>
-          <t>Dit is een kamer-specifiek profiel. De weergavenaam en avatar kunnen verschillen van de globale versie.</t>
+          <t>Verander weergavenaam globaal.</t>
         </is>
       </c>
       <c r="D857" t="inlineStr"/>
       <c r="E857" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F857" t="inlineStr">
         <is>
-          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
+          <t>UserProfileChange display name globally.</t>
         </is>
       </c>
       <c r="G857" t="inlineStr"/>
       <c r="H857" t="inlineStr"/>
     </row>
     <row r="858">
       <c r="A858" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24345</t>
+          <t>../qml/dialogs/UserProfile.qml:24367</t>
         </is>
       </c>
       <c r="B858" t="inlineStr">
         <is>
-          <t>Open the global profile for this user.</t>
+          <t>Change display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="C858" t="inlineStr">
         <is>
-          <t>Open het globale profiel van deze gebruiker.</t>
+          <t>Verander weergavenaam. Heeft alleen effect op deze kamer.</t>
         </is>
       </c>
       <c r="D858" t="inlineStr"/>
       <c r="E858" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F858" t="inlineStr">
         <is>
-          <t>UserProfileOpen the global profile for this user.</t>
+          <t>UserProfileChange display name. Will only apply to this room.</t>
         </is>
       </c>
       <c r="G858" t="inlineStr"/>
       <c r="H858" t="inlineStr"/>
     </row>
     <row r="859">
       <c r="A859" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24390</t>
         </is>
       </c>
       <c r="B859" t="inlineStr">
         <is>
-          <t>Verify</t>
+          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="C859" t="inlineStr">
         <is>
-          <t>Verifiëren</t>
+          <t>&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="D859" t="inlineStr"/>
       <c r="E859" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F859" t="inlineStr">
         <is>
-          <t>UserProfileVerify</t>
+          <t>UserProfile&lt;i&gt;&lt;b&gt;Status:&lt;/b&gt; %1&lt;/i&gt;</t>
         </is>
       </c>
       <c r="G859" t="inlineStr"/>
       <c r="H859" t="inlineStr"/>
     </row>
     <row r="860">
       <c r="A860" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24396</t>
+          <t>../qml/dialogs/UserProfile.qml:24415</t>
         </is>
       </c>
       <c r="B860" t="inlineStr">
         <is>
-          <t>Start a private chat.</t>
+          <t>Room: %1</t>
         </is>
       </c>
       <c r="C860" t="inlineStr">
         <is>
-          <t>Begin een privéchat.</t>
+          <t>Kamer: %1</t>
         </is>
       </c>
       <c r="D860" t="inlineStr"/>
       <c r="E860" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F860" t="inlineStr">
         <is>
-          <t>UserProfileStart a private chat.</t>
+          <t>UserProfileRoom: %1</t>
         </is>
       </c>
       <c r="G860" t="inlineStr"/>
       <c r="H860" t="inlineStr"/>
     </row>
     <row r="861">
       <c r="A861" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24406</t>
+          <t>../qml/dialogs/UserProfile.qml:24416</t>
         </is>
       </c>
       <c r="B861" t="inlineStr">
         <is>
-          <t>Kick the user.</t>
+          <t>This is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="C861" t="inlineStr">
         <is>
-          <t>Verwijder de gebruiker.</t>
+          <t>Dit is een kamer-specifiek profiel. De weergavenaam en avatar kunnen verschillen van de globale versie.</t>
         </is>
       </c>
       <c r="D861" t="inlineStr"/>
       <c r="E861" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F861" t="inlineStr">
         <is>
-          <t>UserProfileKick the user.</t>
+          <t>UserProfileThis is a room-specific profile. The user's name and avatar may be different from their global versions.</t>
         </is>
       </c>
       <c r="G861" t="inlineStr"/>
       <c r="H861" t="inlineStr"/>
     </row>
     <row r="862">
       <c r="A862" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24417</t>
+          <t>../qml/dialogs/UserProfile.qml:24431</t>
         </is>
       </c>
       <c r="B862" t="inlineStr">
         <is>
-          <t>Ban the user.</t>
+          <t>Open the global profile for this user.</t>
         </is>
       </c>
       <c r="C862" t="inlineStr">
         <is>
-          <t>Verban de gebruiker.</t>
+          <t>Open het globale profiel van deze gebruiker.</t>
         </is>
       </c>
       <c r="D862" t="inlineStr"/>
       <c r="E862" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F862" t="inlineStr">
         <is>
-          <t>UserProfileBan the user.</t>
+          <t>UserProfileOpen the global profile for this user.</t>
         </is>
       </c>
       <c r="G862" t="inlineStr"/>
       <c r="H862" t="inlineStr"/>
     </row>
     <row r="863">
       <c r="A863" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B863" t="inlineStr">
         <is>
-          <t>Unignore the user.</t>
+          <t>Verify</t>
         </is>
       </c>
       <c r="C863" t="inlineStr">
         <is>
-          <t>Hou op met de gebruiker te negeren.</t>
+          <t>Verifiëren</t>
         </is>
       </c>
       <c r="D863" t="inlineStr"/>
       <c r="E863" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F863" t="inlineStr">
         <is>
-          <t>UserProfileUnignore the user.</t>
+          <t>UserProfileVerify</t>
         </is>
       </c>
       <c r="G863" t="inlineStr"/>
       <c r="H863" t="inlineStr"/>
     </row>
     <row r="864">
       <c r="A864" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24428</t>
+          <t>../qml/dialogs/UserProfile.qml:24482</t>
         </is>
       </c>
       <c r="B864" t="inlineStr">
         <is>
-          <t>Ignore the user.</t>
+          <t>Start a private chat.</t>
         </is>
       </c>
       <c r="C864" t="inlineStr">
         <is>
-          <t>Negeer de gebruiker.</t>
+          <t>Begin een privéchat.</t>
         </is>
       </c>
       <c r="D864" t="inlineStr"/>
       <c r="E864" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F864" t="inlineStr">
         <is>
-          <t>UserProfileIgnore the user.</t>
+          <t>UserProfileStart a private chat.</t>
         </is>
       </c>
       <c r="G864" t="inlineStr"/>
       <c r="H864" t="inlineStr"/>
     </row>
     <row r="865">
       <c r="A865" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24440</t>
+          <t>../qml/dialogs/UserProfile.qml:24492</t>
         </is>
       </c>
       <c r="B865" t="inlineStr">
         <is>
-          <t>Refresh device list.</t>
+          <t>Kick the user.</t>
         </is>
       </c>
       <c r="C865" t="inlineStr">
         <is>
-          <t>Ververs apparaatlijst.</t>
+          <t>Verwijder de gebruiker.</t>
         </is>
       </c>
       <c r="D865" t="inlineStr"/>
       <c r="E865" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F865" t="inlineStr">
         <is>
-          <t>UserProfileRefresh device list.</t>
+          <t>UserProfileKick the user.</t>
         </is>
       </c>
       <c r="G865" t="inlineStr"/>
       <c r="H865" t="inlineStr"/>
     </row>
     <row r="866">
       <c r="A866" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24454</t>
+          <t>../qml/dialogs/UserProfile.qml:24503</t>
         </is>
       </c>
       <c r="B866" t="inlineStr">
         <is>
-          <t>Devices</t>
+          <t>Ban the user.</t>
         </is>
       </c>
       <c r="C866" t="inlineStr">
         <is>
-          <t>Apparaten</t>
+          <t>Verban de gebruiker.</t>
         </is>
       </c>
       <c r="D866" t="inlineStr"/>
       <c r="E866" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F866" t="inlineStr">
         <is>
-          <t>UserProfileDevices</t>
+          <t>UserProfileBan the user.</t>
         </is>
       </c>
       <c r="G866" t="inlineStr"/>
       <c r="H866" t="inlineStr"/>
     </row>
     <row r="867">
       <c r="A867" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24457</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B867" t="inlineStr">
         <is>
-          <t>Shared Rooms</t>
+          <t>Unignore the user.</t>
         </is>
       </c>
       <c r="C867" t="inlineStr">
         <is>
-          <t>Gedeelde kamers</t>
+          <t>Hou op met de gebruiker te negeren.</t>
         </is>
       </c>
       <c r="D867" t="inlineStr"/>
       <c r="E867" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F867" t="inlineStr">
         <is>
-          <t>UserProfileShared Rooms</t>
+          <t>UserProfileUnignore the user.</t>
         </is>
       </c>
       <c r="G867" t="inlineStr"/>
       <c r="H867" t="inlineStr"/>
     </row>
     <row r="868">
       <c r="A868" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24519</t>
+          <t>../qml/dialogs/UserProfile.qml:24514</t>
         </is>
       </c>
       <c r="B868" t="inlineStr">
         <is>
-          <t>Sign out this device.</t>
+          <t>Ignore the user.</t>
         </is>
       </c>
       <c r="C868" t="inlineStr">
         <is>
-          <t>Meld dit apparaat af.</t>
+          <t>Negeer de gebruiker.</t>
         </is>
       </c>
       <c r="D868" t="inlineStr"/>
       <c r="E868" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F868" t="inlineStr">
         <is>
-          <t>UserProfileSign out this device.</t>
+          <t>UserProfileIgnore the user.</t>
         </is>
       </c>
       <c r="G868" t="inlineStr"/>
       <c r="H868" t="inlineStr"/>
     </row>
     <row r="869">
       <c r="A869" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24550</t>
+          <t>../qml/dialogs/UserProfile.qml:24526</t>
         </is>
       </c>
       <c r="B869" t="inlineStr">
         <is>
-          <t>Change device name.</t>
+          <t>Refresh device list.</t>
         </is>
       </c>
       <c r="C869" t="inlineStr">
         <is>
-          <t>Verander apparaatnaam.</t>
+          <t>Ververs apparaatlijst.</t>
         </is>
       </c>
       <c r="D869" t="inlineStr"/>
       <c r="E869" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F869" t="inlineStr">
         <is>
-          <t>UserProfileChange device name.</t>
+          <t>UserProfileRefresh device list.</t>
         </is>
       </c>
       <c r="G869" t="inlineStr"/>
       <c r="H869" t="inlineStr"/>
     </row>
     <row r="870">
       <c r="A870" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24572</t>
+          <t>../qml/dialogs/UserProfile.qml:24540</t>
         </is>
       </c>
       <c r="B870" t="inlineStr">
         <is>
-          <t>Last seen %1 from %2</t>
+          <t>Devices</t>
         </is>
       </c>
       <c r="C870" t="inlineStr">
         <is>
-          <t>Laatst gezien %1 via %2</t>
+          <t>Apparaten</t>
         </is>
       </c>
       <c r="D870" t="inlineStr"/>
       <c r="E870" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F870" t="inlineStr">
         <is>
-          <t>UserProfileLast seen %1 from %2</t>
+          <t>UserProfileDevices</t>
         </is>
       </c>
       <c r="G870" t="inlineStr"/>
       <c r="H870" t="inlineStr"/>
     </row>
     <row r="871">
       <c r="A871" t="inlineStr">
         <is>
-          <t>../qml/dialogs/UserProfile.qml:24601</t>
+          <t>../qml/dialogs/UserProfile.qml:24543</t>
         </is>
       </c>
       <c r="B871" t="inlineStr">
         <is>
-          <t>Unverify</t>
+          <t>Shared Rooms</t>
         </is>
       </c>
       <c r="C871" t="inlineStr">
         <is>
-          <t>On-verifiëren</t>
+          <t>Gedeelde kamers</t>
         </is>
       </c>
       <c r="D871" t="inlineStr"/>
       <c r="E871" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F871" t="inlineStr">
         <is>
-          <t>UserProfileUnverify</t>
+          <t>UserProfileShared Rooms</t>
         </is>
       </c>
       <c r="G871" t="inlineStr"/>
       <c r="H871" t="inlineStr"/>
     </row>
     <row r="872">
       <c r="A872" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.h:24881</t>
+          <t>../qml/dialogs/UserProfile.qml:24605</t>
         </is>
       </c>
       <c r="B872" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Sign out this device.</t>
         </is>
       </c>
       <c r="C872" t="inlineStr">
         <is>
-          <t>Standaard</t>
+          <t>Meld dit apparaat af.</t>
         </is>
       </c>
       <c r="D872" t="inlineStr"/>
       <c r="E872" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F872" t="inlineStr">
         <is>
-          <t>UserSettingsDefault</t>
+          <t>UserProfileSign out this device.</t>
         </is>
       </c>
       <c r="G872" t="inlineStr"/>
       <c r="H872" t="inlineStr"/>
     </row>
     <row r="873">
       <c r="A873" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25911</t>
+          <t>../qml/dialogs/UserProfile.qml:24636</t>
         </is>
       </c>
       <c r="B873" t="inlineStr">
         <is>
-          <t>Theme</t>
+          <t>Change device name.</t>
         </is>
       </c>
       <c r="C873" t="inlineStr">
         <is>
-          <t>Thema</t>
+          <t>Verander apparaatnaam.</t>
         </is>
       </c>
       <c r="D873" t="inlineStr"/>
       <c r="E873" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F873" t="inlineStr">
         <is>
-          <t>UserSettingsModelTheme</t>
+          <t>UserProfileChange device name.</t>
         </is>
       </c>
       <c r="G873" t="inlineStr"/>
       <c r="H873" t="inlineStr"/>
     </row>
     <row r="874">
       <c r="A874" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25913</t>
+          <t>../qml/dialogs/UserProfile.qml:24658</t>
         </is>
       </c>
       <c r="B874" t="inlineStr">
         <is>
-          <t>Scale factor</t>
+          <t>Last seen %1 from %2</t>
         </is>
       </c>
       <c r="C874" t="inlineStr">
         <is>
-          <t>Schaalfactor</t>
+          <t>Laatst gezien %1 via %2</t>
         </is>
       </c>
       <c r="D874" t="inlineStr"/>
       <c r="E874" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F874" t="inlineStr">
         <is>
-          <t>UserSettingsModelScale factor</t>
+          <t>UserProfileLast seen %1 from %2</t>
         </is>
       </c>
       <c r="G874" t="inlineStr"/>
       <c r="H874" t="inlineStr"/>
     </row>
     <row r="875">
       <c r="A875" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25915</t>
+          <t>../qml/dialogs/UserProfile.qml:24687</t>
         </is>
       </c>
       <c r="B875" t="inlineStr">
         <is>
-          <t>Highlight message on hover</t>
+          <t>Unverify</t>
         </is>
       </c>
       <c r="C875" t="inlineStr">
         <is>
-          <t>Oplichten van berichten onder muis</t>
+          <t>On-verifiëren</t>
         </is>
       </c>
       <c r="D875" t="inlineStr"/>
       <c r="E875" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F875" t="inlineStr">
         <is>
-          <t>UserSettingsModelHighlight message on hover</t>
+          <t>UserProfileUnverify</t>
         </is>
       </c>
       <c r="G875" t="inlineStr"/>
       <c r="H875" t="inlineStr"/>
     </row>
     <row r="876">
       <c r="A876" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25917</t>
+          <t>../../src/UserSettingsPage.h:24975</t>
         </is>
       </c>
       <c r="B876" t="inlineStr">
         <is>
-          <t>Large Emoji in timeline</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C876" t="inlineStr">
         <is>
-          <t>Grote emoji in de tijdlijn</t>
+          <t>Standaard</t>
         </is>
       </c>
       <c r="D876" t="inlineStr"/>
       <c r="E876" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F876" t="inlineStr">
         <is>
-          <t>UserSettingsModelLarge Emoji in timeline</t>
+          <t>UserSettingsDefault</t>
         </is>
       </c>
       <c r="G876" t="inlineStr"/>
       <c r="H876" t="inlineStr"/>
     </row>
     <row r="877">
       <c r="A877" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25919</t>
+          <t>../../src/UserSettingsPage.cpp:26023</t>
         </is>
       </c>
       <c r="B877" t="inlineStr">
         <is>
-          <t>Minimize to tray</t>
+          <t>Theme</t>
         </is>
       </c>
       <c r="C877" t="inlineStr">
         <is>
-          <t>Minimaliseren naar systeemvak</t>
+          <t>Thema</t>
         </is>
       </c>
       <c r="D877" t="inlineStr"/>
       <c r="E877" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F877" t="inlineStr">
         <is>
-          <t>UserSettingsModelMinimize to tray</t>
+          <t>UserSettingsModelTheme</t>
         </is>
       </c>
       <c r="G877" t="inlineStr"/>
       <c r="H877" t="inlineStr"/>
     </row>
     <row r="878">
       <c r="A878" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25921</t>
+          <t>../../src/UserSettingsPage.cpp:26025</t>
         </is>
       </c>
       <c r="B878" t="inlineStr">
         <is>
-          <t>Start in tray</t>
+          <t>Scale factor</t>
         </is>
       </c>
       <c r="C878" t="inlineStr">
         <is>
-          <t>Geminimaliseerd opstarten</t>
+          <t>Schaalfactor</t>
         </is>
       </c>
       <c r="D878" t="inlineStr"/>
       <c r="E878" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F878" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart in tray</t>
+          <t>UserSettingsModelScale factor</t>
         </is>
       </c>
       <c r="G878" t="inlineStr"/>
       <c r="H878" t="inlineStr"/>
     </row>
     <row r="879">
       <c r="A879" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25925</t>
+          <t>../../src/UserSettingsPage.cpp:26027</t>
         </is>
       </c>
       <c r="B879" t="inlineStr">
         <is>
-          <t>Scrollbars in room list</t>
+          <t>Highlight message on hover</t>
         </is>
       </c>
       <c r="C879" t="inlineStr">
         <is>
-          <t>Scrollbalk in kamerlijst</t>
+          <t>Oplichten van berichten onder muis</t>
         </is>
       </c>
       <c r="D879" t="inlineStr"/>
       <c r="E879" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F879" t="inlineStr">
         <is>
-          <t>UserSettingsModelScrollbars in room list</t>
+          <t>UserSettingsModelHighlight message on hover</t>
         </is>
       </c>
       <c r="G879" t="inlineStr"/>
       <c r="H879" t="inlineStr"/>
     </row>
     <row r="880">
       <c r="A880" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25927</t>
+          <t>../../src/UserSettingsPage.cpp:26029</t>
         </is>
       </c>
       <c r="B880" t="inlineStr">
         <is>
-          <t>Send messages as Markdown</t>
+          <t>Large Emoji in timeline</t>
         </is>
       </c>
       <c r="C880" t="inlineStr">
         <is>
-          <t>Verstuur berichten in Markdown</t>
+          <t>Grote emoji in de tijdlijn</t>
         </is>
       </c>
       <c r="D880" t="inlineStr"/>
       <c r="E880" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F880" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend messages as Markdown</t>
+          <t>UserSettingsModelLarge Emoji in timeline</t>
         </is>
       </c>
       <c r="G880" t="inlineStr"/>
       <c r="H880" t="inlineStr"/>
     </row>
     <row r="881">
       <c r="A881" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25929</t>
+          <t>../../src/UserSettingsPage.cpp:26031</t>
         </is>
       </c>
       <c r="B881" t="inlineStr">
         <is>
-          <t>Use shift+enter to send and enter to start a new line</t>
+          <t>Minimize to tray</t>
         </is>
       </c>
       <c r="C881" t="inlineStr">
         <is>
-          <t>Gebruik shift+enter om te versturen en enter zonder shift om een nieuwe regel te beginnen</t>
+          <t>Minimaliseren naar systeemvak</t>
         </is>
       </c>
       <c r="D881" t="inlineStr"/>
       <c r="E881" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F881" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse shift+enter to send and enter to start a new line</t>
+          <t>UserSettingsModelMinimize to tray</t>
         </is>
       </c>
       <c r="G881" t="inlineStr"/>
       <c r="H881" t="inlineStr"/>
     </row>
     <row r="882">
       <c r="A882" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25931</t>
+          <t>../../src/UserSettingsPage.cpp:26033</t>
         </is>
       </c>
       <c r="B882" t="inlineStr">
         <is>
-          <t>Enable message bubbles</t>
+          <t>Start in tray</t>
         </is>
       </c>
       <c r="C882" t="inlineStr">
         <is>
-          <t>Activeer berichtbubbels</t>
+          <t>Geminimaliseerd opstarten</t>
         </is>
       </c>
       <c r="D882" t="inlineStr"/>
       <c r="E882" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F882" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable message bubbles</t>
+          <t>UserSettingsModelStart in tray</t>
         </is>
       </c>
       <c r="G882" t="inlineStr"/>
       <c r="H882" t="inlineStr"/>
     </row>
     <row r="883">
       <c r="A883" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25933</t>
+          <t>../../src/UserSettingsPage.cpp:26037</t>
         </is>
       </c>
       <c r="B883" t="inlineStr">
         <is>
-          <t>Enable small Avatars</t>
+          <t>Scrollbars in room list</t>
         </is>
       </c>
       <c r="C883" t="inlineStr">
         <is>
-          <t>Activeer kleine avatars</t>
+          <t>Scrollbalk in kamerlijst</t>
         </is>
       </c>
       <c r="D883" t="inlineStr"/>
       <c r="E883" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F883" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnable small Avatars</t>
+          <t>UserSettingsModelScrollbars in room list</t>
         </is>
       </c>
       <c r="G883" t="inlineStr"/>
       <c r="H883" t="inlineStr"/>
     </row>
     <row r="884">
       <c r="A884" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25935</t>
+          <t>../../src/UserSettingsPage.cpp:26039</t>
         </is>
       </c>
       <c r="B884" t="inlineStr">
         <is>
-          <t>Play animated images only on hover</t>
+          <t>Send messages as Markdown</t>
         </is>
       </c>
       <c r="C884" t="inlineStr">
         <is>
-          <t>Speel animaties in afbeeldingen alleen af tijdens muisover</t>
+          <t>Verstuur berichten in Markdown</t>
         </is>
       </c>
       <c r="D884" t="inlineStr"/>
       <c r="E884" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F884" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlay animated images only on hover</t>
+          <t>UserSettingsModelSend messages as Markdown</t>
         </is>
       </c>
       <c r="G884" t="inlineStr"/>
       <c r="H884" t="inlineStr"/>
     </row>
     <row r="885">
       <c r="A885" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25937</t>
+          <t>../../src/UserSettingsPage.cpp:26043</t>
         </is>
       </c>
       <c r="B885" t="inlineStr">
         <is>
-          <t>Show images automatically</t>
-[...2 lines deleted...]
-      <c r="C885" t="inlineStr"/>
+          <t>Enable message bubbles</t>
+        </is>
+      </c>
+      <c r="C885" t="inlineStr">
+        <is>
+          <t>Activeer berichtbubbels</t>
+        </is>
+      </c>
       <c r="D885" t="inlineStr"/>
       <c r="E885" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F885" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow images automatically</t>
+          <t>UserSettingsModelEnable message bubbles</t>
         </is>
       </c>
       <c r="G885" t="inlineStr"/>
       <c r="H885" t="inlineStr"/>
     </row>
     <row r="886">
       <c r="A886" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25939</t>
+          <t>../../src/UserSettingsPage.cpp:26045</t>
         </is>
       </c>
       <c r="B886" t="inlineStr">
         <is>
-          <t>Typing notifications</t>
+          <t>Enable small Avatars</t>
         </is>
       </c>
       <c r="C886" t="inlineStr">
         <is>
-          <t>Typnotificaties</t>
+          <t>Activeer kleine avatars</t>
         </is>
       </c>
       <c r="D886" t="inlineStr"/>
       <c r="E886" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F886" t="inlineStr">
         <is>
-          <t>UserSettingsModelTyping notifications</t>
+          <t>UserSettingsModelEnable small Avatars</t>
         </is>
       </c>
       <c r="G886" t="inlineStr"/>
       <c r="H886" t="inlineStr"/>
     </row>
     <row r="887">
       <c r="A887" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25941</t>
+          <t>../../src/UserSettingsPage.cpp:26047</t>
         </is>
       </c>
       <c r="B887" t="inlineStr">
         <is>
-          <t>Sort rooms by unreads</t>
+          <t>Play animated images only on hover</t>
         </is>
       </c>
       <c r="C887" t="inlineStr">
         <is>
-          <t>Sorteer kamers op ongelezen berichten</t>
+          <t>Speel animaties in afbeeldingen alleen af tijdens muisover</t>
         </is>
       </c>
       <c r="D887" t="inlineStr"/>
       <c r="E887" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F887" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms by unreads</t>
+          <t>UserSettingsModelPlay animated images only on hover</t>
         </is>
       </c>
       <c r="G887" t="inlineStr"/>
       <c r="H887" t="inlineStr"/>
     </row>
     <row r="888">
       <c r="A888" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25943</t>
+          <t>../../src/UserSettingsPage.cpp:26049</t>
         </is>
       </c>
       <c r="B888" t="inlineStr">
         <is>
-          <t>Sort rooms alphabetically</t>
-[...6 lines deleted...]
-      </c>
+          <t>Show images automatically</t>
+        </is>
+      </c>
+      <c r="C888" t="inlineStr"/>
       <c r="D888" t="inlineStr"/>
       <c r="E888" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F888" t="inlineStr">
         <is>
-          <t>UserSettingsModelSort rooms alphabetically</t>
+          <t>UserSettingsModelShow images automatically</t>
         </is>
       </c>
       <c r="G888" t="inlineStr"/>
       <c r="H888" t="inlineStr"/>
     </row>
     <row r="889">
       <c r="A889" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25945</t>
+          <t>../../src/UserSettingsPage.cpp:26051</t>
         </is>
       </c>
       <c r="B889" t="inlineStr">
         <is>
-          <t>Show buttons in timeline</t>
+          <t>Typing notifications</t>
         </is>
       </c>
       <c r="C889" t="inlineStr">
         <is>
-          <t>Laat knoppen zien in tijdlijn</t>
+          <t>Typnotificaties</t>
         </is>
       </c>
       <c r="D889" t="inlineStr"/>
       <c r="E889" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F889" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow buttons in timeline</t>
+          <t>UserSettingsModelTyping notifications</t>
         </is>
       </c>
       <c r="G889" t="inlineStr"/>
       <c r="H889" t="inlineStr"/>
     </row>
     <row r="890">
       <c r="A890" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25947</t>
+          <t>../../src/UserSettingsPage.cpp:26053</t>
         </is>
       </c>
       <c r="B890" t="inlineStr">
         <is>
-          <t>Limit width of timeline</t>
+          <t>Sort rooms by unreads</t>
         </is>
       </c>
       <c r="C890" t="inlineStr">
         <is>
-          <t>Beperk breedte van tijdlijn</t>
+          <t>Sorteer kamers op ongelezen berichten</t>
         </is>
       </c>
       <c r="D890" t="inlineStr"/>
       <c r="E890" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F890" t="inlineStr">
         <is>
-          <t>UserSettingsModelLimit width of timeline</t>
+          <t>UserSettingsModelSort rooms by unreads</t>
         </is>
       </c>
       <c r="G890" t="inlineStr"/>
       <c r="H890" t="inlineStr"/>
     </row>
     <row r="891">
       <c r="A891" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25949</t>
+          <t>../../src/UserSettingsPage.cpp:26055</t>
         </is>
       </c>
       <c r="B891" t="inlineStr">
         <is>
-          <t>Read receipts</t>
+          <t>Sort rooms alphabetically</t>
         </is>
       </c>
       <c r="C891" t="inlineStr">
         <is>
-          <t>Leesbevestigingen</t>
+          <t>Sorteer kamers alfabetisch</t>
         </is>
       </c>
       <c r="D891" t="inlineStr"/>
       <c r="E891" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F891" t="inlineStr">
         <is>
-          <t>UserSettingsModelRead receipts</t>
+          <t>UserSettingsModelSort rooms alphabetically</t>
         </is>
       </c>
       <c r="G891" t="inlineStr"/>
       <c r="H891" t="inlineStr"/>
     </row>
     <row r="892">
       <c r="A892" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25951</t>
+          <t>../../src/UserSettingsPage.cpp:26057</t>
         </is>
       </c>
       <c r="B892" t="inlineStr">
         <is>
-          <t>Hidden events</t>
+          <t>Show buttons in timeline</t>
         </is>
       </c>
       <c r="C892" t="inlineStr">
         <is>
-          <t>Verborgen gebeurtenissen</t>
+          <t>Laat knoppen zien in tijdlijn</t>
         </is>
       </c>
       <c r="D892" t="inlineStr"/>
       <c r="E892" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F892" t="inlineStr">
         <is>
-          <t>UserSettingsModelHidden events</t>
+          <t>UserSettingsModelShow buttons in timeline</t>
         </is>
       </c>
       <c r="G892" t="inlineStr"/>
       <c r="H892" t="inlineStr"/>
     </row>
     <row r="893">
       <c r="A893" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25953</t>
+          <t>../../src/UserSettingsPage.cpp:26059</t>
         </is>
       </c>
       <c r="B893" t="inlineStr">
         <is>
-          <t>Ignored users</t>
+          <t>Limit width of timeline</t>
         </is>
       </c>
       <c r="C893" t="inlineStr">
         <is>
-          <t>Genegeerde gebruikers</t>
+          <t>Beperk breedte van tijdlijn</t>
         </is>
       </c>
       <c r="D893" t="inlineStr"/>
       <c r="E893" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F893" t="inlineStr">
         <is>
-          <t>UserSettingsModelIgnored users</t>
+          <t>UserSettingsModelLimit width of timeline</t>
         </is>
       </c>
       <c r="G893" t="inlineStr"/>
       <c r="H893" t="inlineStr"/>
     </row>
     <row r="894">
       <c r="A894" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25955</t>
+          <t>../../src/UserSettingsPage.cpp:26061</t>
         </is>
       </c>
       <c r="B894" t="inlineStr">
         <is>
-          <t>Desktop notifications</t>
+          <t>Read receipts</t>
         </is>
       </c>
       <c r="C894" t="inlineStr">
         <is>
-          <t>Bureaubladnotificaties</t>
+          <t>Leesbevestigingen</t>
         </is>
       </c>
       <c r="D894" t="inlineStr"/>
       <c r="E894" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F894" t="inlineStr">
         <is>
-          <t>UserSettingsModelDesktop notifications</t>
+          <t>UserSettingsModelRead receipts</t>
         </is>
       </c>
       <c r="G894" t="inlineStr"/>
       <c r="H894" t="inlineStr"/>
     </row>
     <row r="895">
       <c r="A895" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25957</t>
+          <t>../../src/UserSettingsPage.cpp:26063</t>
         </is>
       </c>
       <c r="B895" t="inlineStr">
         <is>
-          <t>Alert on notification</t>
+          <t>Hidden events</t>
         </is>
       </c>
       <c r="C895" t="inlineStr">
         <is>
-          <t>Melding bij notificatie</t>
+          <t>Verborgen gebeurtenissen</t>
         </is>
       </c>
       <c r="D895" t="inlineStr"/>
       <c r="E895" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F895" t="inlineStr">
         <is>
-          <t>UserSettingsModelAlert on notification</t>
+          <t>UserSettingsModelHidden events</t>
         </is>
       </c>
       <c r="G895" t="inlineStr"/>
       <c r="H895" t="inlineStr"/>
     </row>
     <row r="896">
       <c r="A896" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25959</t>
+          <t>../../src/UserSettingsPage.cpp:26065</t>
         </is>
       </c>
       <c r="B896" t="inlineStr">
         <is>
-          <t>Circular Avatars</t>
+          <t>Ignored users</t>
         </is>
       </c>
       <c r="C896" t="inlineStr">
         <is>
-          <t>Ronde avatars</t>
+          <t>Genegeerde gebruikers</t>
         </is>
       </c>
       <c r="D896" t="inlineStr"/>
       <c r="E896" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F896" t="inlineStr">
         <is>
-          <t>UserSettingsModelCircular Avatars</t>
+          <t>UserSettingsModelIgnored users</t>
         </is>
       </c>
       <c r="G896" t="inlineStr"/>
       <c r="H896" t="inlineStr"/>
     </row>
     <row r="897">
       <c r="A897" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25961</t>
+          <t>../../src/UserSettingsPage.cpp:26067</t>
         </is>
       </c>
       <c r="B897" t="inlineStr">
         <is>
-          <t>Use identicons</t>
+          <t>Desktop notifications</t>
         </is>
       </c>
       <c r="C897" t="inlineStr">
         <is>
-          <t>Gebruik identicons</t>
+          <t>Bureaubladnotificaties</t>
         </is>
       </c>
       <c r="D897" t="inlineStr"/>
       <c r="E897" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F897" t="inlineStr">
         <is>
-          <t>UserSettingsModelUse identicons</t>
+          <t>UserSettingsModelDesktop notifications</t>
         </is>
       </c>
       <c r="G897" t="inlineStr"/>
       <c r="H897" t="inlineStr"/>
     </row>
     <row r="898">
       <c r="A898" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25963</t>
+          <t>../../src/UserSettingsPage.cpp:26069</t>
         </is>
       </c>
       <c r="B898" t="inlineStr">
         <is>
-          <t>Open images with external program</t>
+          <t>Alert on notification</t>
         </is>
       </c>
       <c r="C898" t="inlineStr">
         <is>
-          <t>Open afbeeldingen met externe applicatie</t>
+          <t>Melding bij notificatie</t>
         </is>
       </c>
       <c r="D898" t="inlineStr"/>
       <c r="E898" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F898" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen images with external program</t>
+          <t>UserSettingsModelAlert on notification</t>
         </is>
       </c>
       <c r="G898" t="inlineStr"/>
       <c r="H898" t="inlineStr"/>
     </row>
     <row r="899">
       <c r="A899" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25965</t>
+          <t>../../src/UserSettingsPage.cpp:26071</t>
         </is>
       </c>
       <c r="B899" t="inlineStr">
         <is>
-          <t>Open videos with external program</t>
+          <t>Circular Avatars</t>
         </is>
       </c>
       <c r="C899" t="inlineStr">
         <is>
-          <t>Open videos met externe applicatie</t>
+          <t>Ronde avatars</t>
         </is>
       </c>
       <c r="D899" t="inlineStr"/>
       <c r="E899" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F899" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen videos with external program</t>
+          <t>UserSettingsModelCircular Avatars</t>
         </is>
       </c>
       <c r="G899" t="inlineStr"/>
       <c r="H899" t="inlineStr"/>
     </row>
     <row r="900">
       <c r="A900" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25967</t>
+          <t>../../src/UserSettingsPage.cpp:26073</t>
         </is>
       </c>
       <c r="B900" t="inlineStr">
         <is>
-          <t>Decrypt messages in sidebar</t>
+          <t>Use identicons</t>
         </is>
       </c>
       <c r="C900" t="inlineStr">
         <is>
-          <t>Ontsleutel berichten in de zijbalk</t>
+          <t>Gebruik identicons</t>
         </is>
       </c>
       <c r="D900" t="inlineStr"/>
       <c r="E900" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F900" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt messages in sidebar</t>
+          <t>UserSettingsModelUse identicons</t>
         </is>
       </c>
       <c r="G900" t="inlineStr"/>
       <c r="H900" t="inlineStr"/>
     </row>
     <row r="901">
       <c r="A901" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25969</t>
+          <t>../../src/UserSettingsPage.cpp:26075</t>
         </is>
       </c>
       <c r="B901" t="inlineStr">
         <is>
-          <t>Decrypt notifications</t>
+          <t>Open images with external program</t>
         </is>
       </c>
       <c r="C901" t="inlineStr">
         <is>
-          <t>Ontsleutel meldingen</t>
+          <t>Open afbeeldingen met externe applicatie</t>
         </is>
       </c>
       <c r="D901" t="inlineStr"/>
       <c r="E901" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F901" t="inlineStr">
         <is>
-          <t>UserSettingsModelDecrypt notifications</t>
+          <t>UserSettingsModelOpen images with external program</t>
         </is>
       </c>
       <c r="G901" t="inlineStr"/>
       <c r="H901" t="inlineStr"/>
     </row>
     <row r="902">
       <c r="A902" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25973</t>
+          <t>../../src/UserSettingsPage.cpp:26077</t>
         </is>
       </c>
       <c r="B902" t="inlineStr">
         <is>
-          <t>Display fancy effects such as confetti</t>
+          <t>Open videos with external program</t>
         </is>
       </c>
       <c r="C902" t="inlineStr">
         <is>
-          <t>Laat chateffecten zien zoals confetti</t>
+          <t>Open videos met externe applicatie</t>
         </is>
       </c>
       <c r="D902" t="inlineStr"/>
       <c r="E902" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F902" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
+          <t>UserSettingsModelOpen videos with external program</t>
         </is>
       </c>
       <c r="G902" t="inlineStr"/>
       <c r="H902" t="inlineStr"/>
     </row>
     <row r="903">
       <c r="A903" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25975</t>
+          <t>../../src/UserSettingsPage.cpp:26079</t>
         </is>
       </c>
       <c r="B903" t="inlineStr">
         <is>
-          <t>Reduce or disable animations</t>
+          <t>Decrypt messages in sidebar</t>
         </is>
       </c>
       <c r="C903" t="inlineStr">
         <is>
-          <t>Animaties beperken of uitschakelen</t>
+          <t>Ontsleutel berichten in de zijbalk</t>
         </is>
       </c>
       <c r="D903" t="inlineStr"/>
       <c r="E903" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F903" t="inlineStr">
         <is>
-          <t>UserSettingsModelReduce or disable animations</t>
+          <t>UserSettingsModelDecrypt messages in sidebar</t>
         </is>
       </c>
       <c r="G903" t="inlineStr"/>
       <c r="H903" t="inlineStr"/>
     </row>
     <row r="904">
       <c r="A904" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25977</t>
+          <t>../../src/UserSettingsPage.cpp:26081</t>
         </is>
       </c>
       <c r="B904" t="inlineStr">
         <is>
-          <t>Privacy Screen</t>
+          <t>Decrypt notifications</t>
         </is>
       </c>
       <c r="C904" t="inlineStr">
         <is>
-          <t>Privacy scherm</t>
+          <t>Ontsleutel meldingen</t>
         </is>
       </c>
       <c r="D904" t="inlineStr"/>
       <c r="E904" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F904" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy Screen</t>
+          <t>UserSettingsModelDecrypt notifications</t>
         </is>
       </c>
       <c r="G904" t="inlineStr"/>
       <c r="H904" t="inlineStr"/>
     </row>
     <row r="905">
       <c r="A905" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25979</t>
+          <t>../../src/UserSettingsPage.cpp:26085</t>
         </is>
       </c>
       <c r="B905" t="inlineStr">
         <is>
-          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
+          <t>Display fancy effects such as confetti</t>
         </is>
       </c>
       <c r="C905" t="inlineStr">
         <is>
-          <t>Privacy scherm wachttijd (in seconden [0 - 3600])</t>
+          <t>Laat chateffecten zien zoals confetti</t>
         </is>
       </c>
       <c r="D905" t="inlineStr"/>
       <c r="E905" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F905" t="inlineStr">
         <is>
-          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
+          <t>UserSettingsModelDisplay fancy effects such as confetti</t>
         </is>
       </c>
       <c r="G905" t="inlineStr"/>
       <c r="H905" t="inlineStr"/>
     </row>
     <row r="906">
       <c r="A906" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25981</t>
+          <t>../../src/UserSettingsPage.cpp:26087</t>
         </is>
       </c>
       <c r="B906" t="inlineStr">
         <is>
-          <t>Touchscreen mode</t>
+          <t>Reduce or disable animations</t>
         </is>
       </c>
       <c r="C906" t="inlineStr">
         <is>
-          <t>Touchscreenmodus</t>
+          <t>Animaties beperken of uitschakelen</t>
         </is>
       </c>
       <c r="D906" t="inlineStr"/>
       <c r="E906" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F906" t="inlineStr">
         <is>
-          <t>UserSettingsModelTouchscreen mode</t>
+          <t>UserSettingsModelReduce or disable animations</t>
         </is>
       </c>
       <c r="G906" t="inlineStr"/>
       <c r="H906" t="inlineStr"/>
     </row>
     <row r="907">
       <c r="A907" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25983</t>
+          <t>../../src/UserSettingsPage.cpp:26089</t>
         </is>
       </c>
       <c r="B907" t="inlineStr">
         <is>
-          <t>Disable swipe motions</t>
+          <t>Privacy Screen</t>
         </is>
       </c>
       <c r="C907" t="inlineStr">
         <is>
-          <t>Schakel veegbewegingen uit</t>
+          <t>Privacy scherm</t>
         </is>
       </c>
       <c r="D907" t="inlineStr"/>
       <c r="E907" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F907" t="inlineStr">
         <is>
-          <t>UserSettingsModelDisable swipe motions</t>
+          <t>UserSettingsModelPrivacy Screen</t>
         </is>
       </c>
       <c r="G907" t="inlineStr"/>
       <c r="H907" t="inlineStr"/>
     </row>
     <row r="908">
       <c r="A908" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25985</t>
+          <t>../../src/UserSettingsPage.cpp:26091</t>
         </is>
       </c>
       <c r="B908" t="inlineStr">
         <is>
-          <t>Font size</t>
+          <t>Privacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="C908" t="inlineStr">
         <is>
-          <t>Lettertypegrootte</t>
+          <t>Privacy scherm wachttijd (in seconden [0 - 3600])</t>
         </is>
       </c>
       <c r="D908" t="inlineStr"/>
       <c r="E908" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F908" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont size</t>
+          <t>UserSettingsModelPrivacy screen timeout (in seconds [0 - 3600])</t>
         </is>
       </c>
       <c r="G908" t="inlineStr"/>
       <c r="H908" t="inlineStr"/>
     </row>
     <row r="909">
       <c r="A909" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25987</t>
+          <t>../../src/UserSettingsPage.cpp:26093</t>
         </is>
       </c>
       <c r="B909" t="inlineStr">
         <is>
-          <t>Font Family</t>
+          <t>Touchscreen mode</t>
         </is>
       </c>
       <c r="C909" t="inlineStr">
         <is>
-          <t>Lettertype</t>
+          <t>Touchscreenmodus</t>
         </is>
       </c>
       <c r="D909" t="inlineStr"/>
       <c r="E909" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F909" t="inlineStr">
         <is>
-          <t>UserSettingsModelFont Family</t>
+          <t>UserSettingsModelTouchscreen mode</t>
         </is>
       </c>
       <c r="G909" t="inlineStr"/>
       <c r="H909" t="inlineStr"/>
     </row>
     <row r="910">
       <c r="A910" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25989</t>
+          <t>../../src/UserSettingsPage.cpp:26095</t>
         </is>
       </c>
       <c r="B910" t="inlineStr">
         <is>
-          <t>Emoji Font Family</t>
+          <t>Disable swipe motions</t>
         </is>
       </c>
       <c r="C910" t="inlineStr">
         <is>
-          <t>Emoji lettertype</t>
+          <t>Schakel veegbewegingen uit</t>
         </is>
       </c>
       <c r="D910" t="inlineStr"/>
       <c r="E910" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F910" t="inlineStr">
         <is>
-          <t>UserSettingsModelEmoji Font Family</t>
+          <t>UserSettingsModelDisable swipe motions</t>
         </is>
       </c>
       <c r="G910" t="inlineStr"/>
       <c r="H910" t="inlineStr"/>
     </row>
     <row r="911">
       <c r="A911" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25991</t>
+          <t>../../src/UserSettingsPage.cpp:26097</t>
         </is>
       </c>
       <c r="B911" t="inlineStr">
         <is>
-          <t>Ringtone</t>
+          <t>Font size</t>
         </is>
       </c>
       <c r="C911" t="inlineStr">
         <is>
-          <t>Beltoon</t>
+          <t>Lettertypegrootte</t>
         </is>
       </c>
       <c r="D911" t="inlineStr"/>
       <c r="E911" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F911" t="inlineStr">
         <is>
-          <t>UserSettingsModelRingtone</t>
+          <t>UserSettingsModelFont size</t>
         </is>
       </c>
       <c r="G911" t="inlineStr"/>
       <c r="H911" t="inlineStr"/>
     </row>
     <row r="912">
       <c r="A912" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25993</t>
+          <t>../../src/UserSettingsPage.cpp:26099</t>
         </is>
       </c>
       <c r="B912" t="inlineStr">
         <is>
-          <t>Microphone</t>
+          <t>Font Family</t>
         </is>
       </c>
       <c r="C912" t="inlineStr">
         <is>
-          <t>Microfoon</t>
+          <t>Lettertype</t>
         </is>
       </c>
       <c r="D912" t="inlineStr"/>
       <c r="E912" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F912" t="inlineStr">
         <is>
-          <t>UserSettingsModelMicrophone</t>
+          <t>UserSettingsModelFont Family</t>
         </is>
       </c>
       <c r="G912" t="inlineStr"/>
       <c r="H912" t="inlineStr"/>
     </row>
     <row r="913">
       <c r="A913" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25995</t>
+          <t>../../src/UserSettingsPage.cpp:26101</t>
         </is>
       </c>
       <c r="B913" t="inlineStr">
         <is>
-          <t>Camera</t>
+          <t>Emoji Font Family</t>
         </is>
       </c>
       <c r="C913" t="inlineStr">
         <is>
-          <t>Camera</t>
+          <t>Emoji lettertype</t>
         </is>
       </c>
       <c r="D913" t="inlineStr"/>
       <c r="E913" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F913" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera</t>
+          <t>UserSettingsModelEmoji Font Family</t>
         </is>
       </c>
       <c r="G913" t="inlineStr"/>
       <c r="H913" t="inlineStr"/>
     </row>
     <row r="914">
       <c r="A914" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25997</t>
+          <t>../../src/UserSettingsPage.cpp:26103</t>
         </is>
       </c>
       <c r="B914" t="inlineStr">
         <is>
-          <t>Camera resolution</t>
+          <t>Ringtone</t>
         </is>
       </c>
       <c r="C914" t="inlineStr">
         <is>
-          <t>Cameraresolutie</t>
+          <t>Beltoon</t>
         </is>
       </c>
       <c r="D914" t="inlineStr"/>
       <c r="E914" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F914" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera resolution</t>
+          <t>UserSettingsModelRingtone</t>
         </is>
       </c>
       <c r="G914" t="inlineStr"/>
       <c r="H914" t="inlineStr"/>
     </row>
     <row r="915">
       <c r="A915" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:25999</t>
+          <t>../../src/UserSettingsPage.cpp:26105</t>
         </is>
       </c>
       <c r="B915" t="inlineStr">
         <is>
-          <t>Camera frame rate</t>
+          <t>Microphone</t>
         </is>
       </c>
       <c r="C915" t="inlineStr">
         <is>
-          <t>Cameraverversingssnelheid</t>
+          <t>Microfoon</t>
         </is>
       </c>
       <c r="D915" t="inlineStr"/>
       <c r="E915" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F915" t="inlineStr">
         <is>
-          <t>UserSettingsModelCamera frame rate</t>
+          <t>UserSettingsModelMicrophone</t>
         </is>
       </c>
       <c r="G915" t="inlineStr"/>
       <c r="H915" t="inlineStr"/>
     </row>
     <row r="916">
       <c r="A916" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26001</t>
+          <t>../../src/UserSettingsPage.cpp:26107</t>
         </is>
       </c>
       <c r="B916" t="inlineStr">
         <is>
-          <t>Allow fallback call assist server</t>
+          <t>Camera</t>
         </is>
       </c>
       <c r="C916" t="inlineStr">
         <is>
-          <t>Sta terugval naar oproepassistentieserver toe</t>
+          <t>Camera</t>
         </is>
       </c>
       <c r="D916" t="inlineStr"/>
       <c r="E916" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F916" t="inlineStr">
         <is>
-          <t>UserSettingsModelAllow fallback call assist server</t>
+          <t>UserSettingsModelCamera</t>
         </is>
       </c>
       <c r="G916" t="inlineStr"/>
       <c r="H916" t="inlineStr"/>
     </row>
     <row r="917">
       <c r="A917" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26003</t>
+          <t>../../src/UserSettingsPage.cpp:26109</t>
         </is>
       </c>
       <c r="B917" t="inlineStr">
         <is>
-          <t>Send encrypted messages to verified users only</t>
+          <t>Camera resolution</t>
         </is>
       </c>
       <c r="C917" t="inlineStr">
         <is>
-          <t>Verstuur alleen versleutelde berichten naar geverifieerde gebruikers</t>
+          <t>Cameraresolutie</t>
         </is>
       </c>
       <c r="D917" t="inlineStr"/>
       <c r="E917" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F917" t="inlineStr">
         <is>
-          <t>UserSettingsModelSend encrypted messages to verified users only</t>
+          <t>UserSettingsModelCamera resolution</t>
         </is>
       </c>
       <c r="G917" t="inlineStr"/>
       <c r="H917" t="inlineStr"/>
     </row>
     <row r="918">
       <c r="A918" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26005</t>
+          <t>../../src/UserSettingsPage.cpp:26111</t>
         </is>
       </c>
       <c r="B918" t="inlineStr">
         <is>
-          <t>Share keys with verified users and devices</t>
+          <t>Camera frame rate</t>
         </is>
       </c>
       <c r="C918" t="inlineStr">
         <is>
-          <t>Deel sleutels met geverifieerde gebruikers en apparaten</t>
+          <t>Cameraverversingssnelheid</t>
         </is>
       </c>
       <c r="D918" t="inlineStr"/>
       <c r="E918" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F918" t="inlineStr">
         <is>
-          <t>UserSettingsModelShare keys with verified users and devices</t>
+          <t>UserSettingsModelCamera frame rate</t>
         </is>
       </c>
       <c r="G918" t="inlineStr"/>
       <c r="H918" t="inlineStr"/>
     </row>
     <row r="919">
       <c r="A919" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26007</t>
+          <t>../../src/UserSettingsPage.cpp:26113</t>
         </is>
       </c>
       <c r="B919" t="inlineStr">
         <is>
-          <t>Online Key Backup</t>
+          <t>Allow fallback call assist server</t>
         </is>
       </c>
       <c r="C919" t="inlineStr">
         <is>
-          <t>Online reservesleutel</t>
+          <t>Sta terugval naar oproepassistentieserver toe</t>
         </is>
       </c>
       <c r="D919" t="inlineStr"/>
       <c r="E919" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F919" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline Key Backup</t>
+          <t>UserSettingsModelAllow fallback call assist server</t>
         </is>
       </c>
       <c r="G919" t="inlineStr"/>
       <c r="H919" t="inlineStr"/>
     </row>
     <row r="920">
       <c r="A920" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26009</t>
+          <t>../../src/UserSettingsPage.cpp:26115</t>
         </is>
       </c>
       <c r="B920" t="inlineStr">
         <is>
-          <t>Profile</t>
+          <t>Send encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="C920" t="inlineStr">
         <is>
-          <t>Profiel</t>
+          <t>Verstuur alleen versleutelde berichten naar geverifieerde gebruikers</t>
         </is>
       </c>
       <c r="D920" t="inlineStr"/>
       <c r="E920" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F920" t="inlineStr">
         <is>
-          <t>UserSettingsModelProfile</t>
+          <t>UserSettingsModelSend encrypted messages to verified users only</t>
         </is>
       </c>
       <c r="G920" t="inlineStr"/>
       <c r="H920" t="inlineStr"/>
     </row>
     <row r="921">
       <c r="A921" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26011</t>
+          <t>../../src/UserSettingsPage.cpp:26117</t>
         </is>
       </c>
       <c r="B921" t="inlineStr">
         <is>
-          <t>User ID</t>
+          <t>Share keys with verified users and devices</t>
         </is>
       </c>
       <c r="C921" t="inlineStr">
         <is>
-          <t>Gebruikers ID</t>
+          <t>Deel sleutels met geverifieerde gebruikers en apparaten</t>
         </is>
       </c>
       <c r="D921" t="inlineStr"/>
       <c r="E921" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F921" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser ID</t>
+          <t>UserSettingsModelShare keys with verified users and devices</t>
         </is>
       </c>
       <c r="G921" t="inlineStr"/>
       <c r="H921" t="inlineStr"/>
     </row>
     <row r="922">
       <c r="A922" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26013</t>
+          <t>../../src/UserSettingsPage.cpp:26119</t>
         </is>
       </c>
       <c r="B922" t="inlineStr">
         <is>
-          <t>Accesstoken</t>
+          <t>Online Key Backup</t>
         </is>
       </c>
       <c r="C922" t="inlineStr">
         <is>
-          <t>Toegangsteken</t>
+          <t>Online reservesleutel</t>
         </is>
       </c>
       <c r="D922" t="inlineStr"/>
       <c r="E922" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F922" t="inlineStr">
         <is>
-          <t>UserSettingsModelAccesstoken</t>
+          <t>UserSettingsModelOnline Key Backup</t>
         </is>
       </c>
       <c r="G922" t="inlineStr"/>
       <c r="H922" t="inlineStr"/>
     </row>
     <row r="923">
       <c r="A923" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26015</t>
+          <t>../../src/UserSettingsPage.cpp:26121</t>
         </is>
       </c>
       <c r="B923" t="inlineStr">
         <is>
-          <t>Device ID</t>
+          <t>Profile</t>
         </is>
       </c>
       <c r="C923" t="inlineStr">
         <is>
-          <t>Apparaat ID</t>
+          <t>Profiel</t>
         </is>
       </c>
       <c r="D923" t="inlineStr"/>
       <c r="E923" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F923" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice ID</t>
+          <t>UserSettingsModelProfile</t>
         </is>
       </c>
       <c r="G923" t="inlineStr"/>
       <c r="H923" t="inlineStr"/>
     </row>
     <row r="924">
       <c r="A924" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26017</t>
+          <t>../../src/UserSettingsPage.cpp:26123</t>
         </is>
       </c>
       <c r="B924" t="inlineStr">
         <is>
-          <t>Device Fingerprint</t>
+          <t>User ID</t>
         </is>
       </c>
       <c r="C924" t="inlineStr">
         <is>
-          <t>Apparaat vingerafdruk</t>
+          <t>Gebruikers ID</t>
         </is>
       </c>
       <c r="D924" t="inlineStr"/>
       <c r="E924" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F924" t="inlineStr">
         <is>
-          <t>UserSettingsModelDevice Fingerprint</t>
+          <t>UserSettingsModelUser ID</t>
         </is>
       </c>
       <c r="G924" t="inlineStr"/>
       <c r="H924" t="inlineStr"/>
     </row>
     <row r="925">
       <c r="A925" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26019</t>
+          <t>../../src/UserSettingsPage.cpp:26125</t>
         </is>
       </c>
       <c r="B925" t="inlineStr">
         <is>
-          <t>Homeserver</t>
+          <t>Accesstoken</t>
         </is>
       </c>
       <c r="C925" t="inlineStr">
         <is>
-          <t>Thuisserver</t>
+          <t>Toegangsteken</t>
         </is>
       </c>
       <c r="D925" t="inlineStr"/>
       <c r="E925" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F925" t="inlineStr">
         <is>
-          <t>UserSettingsModelHomeserver</t>
+          <t>UserSettingsModelAccesstoken</t>
         </is>
       </c>
       <c r="G925" t="inlineStr"/>
       <c r="H925" t="inlineStr"/>
     </row>
     <row r="926">
       <c r="A926" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26021</t>
+          <t>../../src/UserSettingsPage.cpp:26127</t>
         </is>
       </c>
       <c r="B926" t="inlineStr">
         <is>
-          <t>Version</t>
+          <t>Device ID</t>
         </is>
       </c>
       <c r="C926" t="inlineStr">
         <is>
-          <t>Versie</t>
+          <t>Apparaat ID</t>
         </is>
       </c>
       <c r="D926" t="inlineStr"/>
       <c r="E926" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F926" t="inlineStr">
         <is>
-          <t>UserSettingsModelVersion</t>
+          <t>UserSettingsModelDevice ID</t>
         </is>
       </c>
       <c r="G926" t="inlineStr"/>
       <c r="H926" t="inlineStr"/>
     </row>
     <row r="927">
       <c r="A927" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26023</t>
+          <t>../../src/UserSettingsPage.cpp:26129</t>
         </is>
       </c>
       <c r="B927" t="inlineStr">
         <is>
-          <t>Platform</t>
+          <t>Device Fingerprint</t>
         </is>
       </c>
       <c r="C927" t="inlineStr">
         <is>
-          <t>Platform</t>
+          <t>Apparaat vingerafdruk</t>
         </is>
       </c>
       <c r="D927" t="inlineStr"/>
       <c r="E927" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F927" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlatform</t>
+          <t>UserSettingsModelDevice Fingerprint</t>
         </is>
       </c>
       <c r="G927" t="inlineStr"/>
       <c r="H927" t="inlineStr"/>
     </row>
     <row r="928">
       <c r="A928" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26025</t>
+          <t>../../src/UserSettingsPage.cpp:26131</t>
         </is>
       </c>
       <c r="B928" t="inlineStr">
         <is>
-          <t>GENERAL</t>
+          <t>Homeserver</t>
         </is>
       </c>
       <c r="C928" t="inlineStr">
         <is>
-          <t>ALGEMEEN</t>
+          <t>Thuisserver</t>
         </is>
       </c>
       <c r="D928" t="inlineStr"/>
       <c r="E928" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F928" t="inlineStr">
         <is>
-          <t>UserSettingsModelGENERAL</t>
+          <t>UserSettingsModelHomeserver</t>
         </is>
       </c>
       <c r="G928" t="inlineStr"/>
       <c r="H928" t="inlineStr"/>
     </row>
     <row r="929">
       <c r="A929" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26027</t>
+          <t>../../src/UserSettingsPage.cpp:26133</t>
         </is>
       </c>
       <c r="B929" t="inlineStr">
         <is>
-          <t>ACCESSIBILITY</t>
+          <t>Version</t>
         </is>
       </c>
       <c r="C929" t="inlineStr">
         <is>
-          <t>TOEGANKELIJKHEID</t>
+          <t>Versie</t>
         </is>
       </c>
       <c r="D929" t="inlineStr"/>
       <c r="E929" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F929" t="inlineStr">
         <is>
-          <t>UserSettingsModelACCESSIBILITY</t>
+          <t>UserSettingsModelVersion</t>
         </is>
       </c>
       <c r="G929" t="inlineStr"/>
       <c r="H929" t="inlineStr"/>
     </row>
     <row r="930">
       <c r="A930" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26029</t>
+          <t>../../src/UserSettingsPage.cpp:26135</t>
         </is>
       </c>
       <c r="B930" t="inlineStr">
         <is>
-          <t>TIMELINE</t>
+          <t>Platform</t>
         </is>
       </c>
       <c r="C930" t="inlineStr">
         <is>
-          <t>TIJDLIJN</t>
+          <t>Platform</t>
         </is>
       </c>
       <c r="D930" t="inlineStr"/>
       <c r="E930" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F930" t="inlineStr">
         <is>
-          <t>UserSettingsModelTIMELINE</t>
+          <t>UserSettingsModelPlatform</t>
         </is>
       </c>
       <c r="G930" t="inlineStr"/>
       <c r="H930" t="inlineStr"/>
     </row>
     <row r="931">
       <c r="A931" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26031</t>
+          <t>../../src/UserSettingsPage.cpp:26137</t>
         </is>
       </c>
       <c r="B931" t="inlineStr">
         <is>
-          <t>SIDEBAR</t>
+          <t>GENERAL</t>
         </is>
       </c>
       <c r="C931" t="inlineStr">
         <is>
-          <t>ZIJBALK</t>
+          <t>ALGEMEEN</t>
         </is>
       </c>
       <c r="D931" t="inlineStr"/>
       <c r="E931" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F931" t="inlineStr">
         <is>
-          <t>UserSettingsModelSIDEBAR</t>
+          <t>UserSettingsModelGENERAL</t>
         </is>
       </c>
       <c r="G931" t="inlineStr"/>
       <c r="H931" t="inlineStr"/>
     </row>
     <row r="932">
       <c r="A932" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26033</t>
+          <t>../../src/UserSettingsPage.cpp:26139</t>
         </is>
       </c>
       <c r="B932" t="inlineStr">
         <is>
-          <t>TRAY</t>
+          <t>ACCESSIBILITY</t>
         </is>
       </c>
       <c r="C932" t="inlineStr">
         <is>
-          <t>NOTIFICATIEICOON</t>
+          <t>TOEGANKELIJKHEID</t>
         </is>
       </c>
       <c r="D932" t="inlineStr"/>
       <c r="E932" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F932" t="inlineStr">
         <is>
-          <t>UserSettingsModelTRAY</t>
+          <t>UserSettingsModelACCESSIBILITY</t>
         </is>
       </c>
       <c r="G932" t="inlineStr"/>
       <c r="H932" t="inlineStr"/>
     </row>
     <row r="933">
       <c r="A933" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26035</t>
+          <t>../../src/UserSettingsPage.cpp:26141</t>
         </is>
       </c>
       <c r="B933" t="inlineStr">
         <is>
-          <t>GLOBAL MESSAGE VISIBILITY</t>
+          <t>TIMELINE</t>
         </is>
       </c>
       <c r="C933" t="inlineStr">
         <is>
-          <t>GLOBALE BERICHTZICHTBAARHEID</t>
+          <t>TIJDLIJN</t>
         </is>
       </c>
       <c r="D933" t="inlineStr"/>
       <c r="E933" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F933" t="inlineStr">
         <is>
-          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
+          <t>UserSettingsModelTIMELINE</t>
         </is>
       </c>
       <c r="G933" t="inlineStr"/>
       <c r="H933" t="inlineStr"/>
     </row>
     <row r="934">
       <c r="A934" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26037</t>
+          <t>../../src/UserSettingsPage.cpp:26143</t>
         </is>
       </c>
       <c r="B934" t="inlineStr">
         <is>
-          <t>NOTIFICATIONS</t>
+          <t>SIDEBAR</t>
         </is>
       </c>
       <c r="C934" t="inlineStr">
         <is>
-          <t>NOTIFICATIES</t>
+          <t>ZIJBALK</t>
         </is>
       </c>
       <c r="D934" t="inlineStr"/>
       <c r="E934" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F934" t="inlineStr">
         <is>
-          <t>UserSettingsModelNOTIFICATIONS</t>
+          <t>UserSettingsModelSIDEBAR</t>
         </is>
       </c>
       <c r="G934" t="inlineStr"/>
       <c r="H934" t="inlineStr"/>
     </row>
     <row r="935">
       <c r="A935" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26039</t>
+          <t>../../src/UserSettingsPage.cpp:26145</t>
         </is>
       </c>
       <c r="B935" t="inlineStr">
         <is>
-          <t>CALLS</t>
+          <t>TRAY</t>
         </is>
       </c>
       <c r="C935" t="inlineStr">
         <is>
-          <t>OPROEPEN</t>
+          <t>NOTIFICATIEICOON</t>
         </is>
       </c>
       <c r="D935" t="inlineStr"/>
       <c r="E935" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F935" t="inlineStr">
         <is>
-          <t>UserSettingsModelCALLS</t>
+          <t>UserSettingsModelTRAY</t>
         </is>
       </c>
       <c r="G935" t="inlineStr"/>
       <c r="H935" t="inlineStr"/>
     </row>
     <row r="936">
       <c r="A936" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26041</t>
+          <t>../../src/UserSettingsPage.cpp:26147</t>
         </is>
       </c>
       <c r="B936" t="inlineStr">
         <is>
-          <t>ENCRYPTION</t>
+          <t>GLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="C936" t="inlineStr">
         <is>
-          <t>VERSLEUTELING</t>
+          <t>GLOBALE BERICHTZICHTBAARHEID</t>
         </is>
       </c>
       <c r="D936" t="inlineStr"/>
       <c r="E936" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F936" t="inlineStr">
         <is>
-          <t>UserSettingsModelENCRYPTION</t>
+          <t>UserSettingsModelGLOBAL MESSAGE VISIBILITY</t>
         </is>
       </c>
       <c r="G936" t="inlineStr"/>
       <c r="H936" t="inlineStr"/>
     </row>
     <row r="937">
       <c r="A937" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26043</t>
+          <t>../../src/UserSettingsPage.cpp:26149</t>
         </is>
       </c>
       <c r="B937" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>NOTIFICATIONS</t>
         </is>
       </c>
       <c r="C937" t="inlineStr">
         <is>
-          <t>INFO</t>
+          <t>NOTIFICATIES</t>
         </is>
       </c>
       <c r="D937" t="inlineStr"/>
       <c r="E937" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F937" t="inlineStr">
         <is>
-          <t>UserSettingsModelINFO</t>
+          <t>UserSettingsModelNOTIFICATIONS</t>
         </is>
       </c>
       <c r="G937" t="inlineStr"/>
       <c r="H937" t="inlineStr"/>
     </row>
     <row r="938">
       <c r="A938" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26045</t>
+          <t>../../src/UserSettingsPage.cpp:26151</t>
         </is>
       </c>
       <c r="B938" t="inlineStr">
         <is>
-          <t>Session Keys</t>
+          <t>CALLS</t>
         </is>
       </c>
       <c r="C938" t="inlineStr">
         <is>
-          <t>Sessiesleutels</t>
+          <t>OPROEPEN</t>
         </is>
       </c>
       <c r="D938" t="inlineStr"/>
       <c r="E938" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F938" t="inlineStr">
         <is>
-          <t>UserSettingsModelSession Keys</t>
+          <t>UserSettingsModelCALLS</t>
         </is>
       </c>
       <c r="G938" t="inlineStr"/>
       <c r="H938" t="inlineStr"/>
     </row>
     <row r="939">
       <c r="A939" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26047</t>
+          <t>../../src/UserSettingsPage.cpp:26153</t>
         </is>
       </c>
       <c r="B939" t="inlineStr">
         <is>
-          <t>Cross Signing Secrets</t>
+          <t>ENCRYPTION</t>
         </is>
       </c>
       <c r="C939" t="inlineStr">
         <is>
-          <t>Kruisversleutelingsgeheimen</t>
+          <t>VERSLEUTELING</t>
         </is>
       </c>
       <c r="D939" t="inlineStr"/>
       <c r="E939" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F939" t="inlineStr">
         <is>
-          <t>UserSettingsModelCross Signing Secrets</t>
+          <t>UserSettingsModelENCRYPTION</t>
         </is>
       </c>
       <c r="G939" t="inlineStr"/>
       <c r="H939" t="inlineStr"/>
     </row>
     <row r="940">
       <c r="A940" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26049</t>
+          <t>../../src/UserSettingsPage.cpp:26155</t>
         </is>
       </c>
       <c r="B940" t="inlineStr">
         <is>
-          <t>Online backup key</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="C940" t="inlineStr">
         <is>
-          <t>Online reservesleutel</t>
+          <t>INFO</t>
         </is>
       </c>
       <c r="D940" t="inlineStr"/>
       <c r="E940" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F940" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnline backup key</t>
+          <t>UserSettingsModelINFO</t>
         </is>
       </c>
       <c r="G940" t="inlineStr"/>
       <c r="H940" t="inlineStr"/>
     </row>
     <row r="941">
       <c r="A941" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26051</t>
+          <t>../../src/UserSettingsPage.cpp:26157</t>
         </is>
       </c>
       <c r="B941" t="inlineStr">
         <is>
-          <t>Self signing key</t>
+          <t>Session Keys</t>
         </is>
       </c>
       <c r="C941" t="inlineStr">
         <is>
-          <t>Zelfondertekensleutel</t>
+          <t>Sessiesleutels</t>
         </is>
       </c>
       <c r="D941" t="inlineStr"/>
       <c r="E941" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F941" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelf signing key</t>
+          <t>UserSettingsModelSession Keys</t>
         </is>
       </c>
       <c r="G941" t="inlineStr"/>
       <c r="H941" t="inlineStr"/>
     </row>
     <row r="942">
       <c r="A942" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26053</t>
+          <t>../../src/UserSettingsPage.cpp:26159</t>
         </is>
       </c>
       <c r="B942" t="inlineStr">
         <is>
-          <t>User signing key</t>
+          <t>Cross Signing Secrets</t>
         </is>
       </c>
       <c r="C942" t="inlineStr">
         <is>
-          <t>Gebruikerssleutel</t>
+          <t>Kruisversleutelingsgeheimen</t>
         </is>
       </c>
       <c r="D942" t="inlineStr"/>
       <c r="E942" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F942" t="inlineStr">
         <is>
-          <t>UserSettingsModelUser signing key</t>
+          <t>UserSettingsModelCross Signing Secrets</t>
         </is>
       </c>
       <c r="G942" t="inlineStr"/>
       <c r="H942" t="inlineStr"/>
     </row>
     <row r="943">
       <c r="A943" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26055</t>
+          <t>../../src/UserSettingsPage.cpp:26161</t>
         </is>
       </c>
       <c r="B943" t="inlineStr">
         <is>
-          <t>Master signing key</t>
+          <t>Online backup key</t>
         </is>
       </c>
       <c r="C943" t="inlineStr">
         <is>
-          <t>Hoofdsleutel</t>
+          <t>Online reservesleutel</t>
         </is>
       </c>
       <c r="D943" t="inlineStr"/>
       <c r="E943" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F943" t="inlineStr">
         <is>
-          <t>UserSettingsModelMaster signing key</t>
+          <t>UserSettingsModelOnline backup key</t>
         </is>
       </c>
       <c r="G943" t="inlineStr"/>
       <c r="H943" t="inlineStr"/>
     </row>
     <row r="944">
       <c r="A944" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26057</t>
+          <t>../../src/UserSettingsPage.cpp:26163</t>
         </is>
       </c>
       <c r="B944" t="inlineStr">
         <is>
-          <t>Expose room information via D-Bus</t>
+          <t>Self signing key</t>
         </is>
       </c>
       <c r="C944" t="inlineStr">
         <is>
-          <t>Maak kamerinformatie beschikbaar over D-Bus</t>
+          <t>Zelfondertekensleutel</t>
         </is>
       </c>
       <c r="D944" t="inlineStr"/>
       <c r="E944" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F944" t="inlineStr">
         <is>
-          <t>UserSettingsModelExpose room information via D-Bus</t>
+          <t>UserSettingsModelSelf signing key</t>
         </is>
       </c>
       <c r="G944" t="inlineStr"/>
       <c r="H944" t="inlineStr"/>
     </row>
     <row r="945">
       <c r="A945" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26059</t>
+          <t>../../src/UserSettingsPage.cpp:26165</t>
         </is>
       </c>
       <c r="B945" t="inlineStr">
         <is>
-          <t>Periodically update community routing information</t>
+          <t>User signing key</t>
         </is>
       </c>
       <c r="C945" t="inlineStr">
         <is>
-          <t>Regelmatig bijwerken van groeptoegangsinformatie</t>
+          <t>Gebruikerssleutel</t>
         </is>
       </c>
       <c r="D945" t="inlineStr"/>
       <c r="E945" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F945" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically update community routing information</t>
+          <t>UserSettingsModelUser signing key</t>
         </is>
       </c>
       <c r="G945" t="inlineStr"/>
       <c r="H945" t="inlineStr"/>
     </row>
     <row r="946">
       <c r="A946" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26061</t>
+          <t>../../src/UserSettingsPage.cpp:26167</t>
         </is>
       </c>
       <c r="B946" t="inlineStr">
         <is>
-          <t>Periodically delete expired events</t>
+          <t>Master signing key</t>
         </is>
       </c>
       <c r="C946" t="inlineStr">
         <is>
-          <t>Regelmatig verlopen gebeurtenissen wissen</t>
+          <t>Hoofdsleutel</t>
         </is>
       </c>
       <c r="D946" t="inlineStr"/>
       <c r="E946" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F946" t="inlineStr">
         <is>
-          <t>UserSettingsModelPeriodically delete expired events</t>
+          <t>UserSettingsModelMaster signing key</t>
         </is>
       </c>
       <c r="G946" t="inlineStr"/>
       <c r="H946" t="inlineStr"/>
     </row>
     <row r="947">
       <c r="A947" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26182</t>
+          <t>../../src/UserSettingsPage.cpp:26169</t>
         </is>
       </c>
       <c r="B947" t="inlineStr">
         <is>
-          <t>Default</t>
+          <t>Expose room information via D-Bus</t>
         </is>
       </c>
       <c r="C947" t="inlineStr">
         <is>
-          <t>Standaard</t>
+          <t>Maak kamerinformatie beschikbaar over D-Bus</t>
         </is>
       </c>
       <c r="D947" t="inlineStr"/>
       <c r="E947" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F947" t="inlineStr">
         <is>
-          <t>UserSettingsModelDefault</t>
+          <t>UserSettingsModelExpose room information via D-Bus</t>
         </is>
       </c>
       <c r="G947" t="inlineStr"/>
       <c r="H947" t="inlineStr"/>
     </row>
     <row r="948">
       <c r="A948" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26221</t>
+          <t>../../src/UserSettingsPage.cpp:26171</t>
         </is>
       </c>
       <c r="B948" t="inlineStr">
         <is>
-          <t>Set the notification sound to play when a call invite arrives</t>
+          <t>Periodically update community routing information</t>
         </is>
       </c>
       <c r="C948" t="inlineStr">
         <is>
-          <t>Stel het geluid in dat speelt als een oproep binnen komt</t>
+          <t>Regelmatig bijwerken van groeptoegangsinformatie</t>
         </is>
       </c>
       <c r="D948" t="inlineStr"/>
       <c r="E948" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F948" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
+          <t>UserSettingsModelPeriodically update community routing information</t>
         </is>
       </c>
       <c r="G948" t="inlineStr"/>
       <c r="H948" t="inlineStr"/>
     </row>
     <row r="949">
       <c r="A949" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26231</t>
+          <t>../../src/UserSettingsPage.cpp:26173</t>
         </is>
       </c>
       <c r="B949" t="inlineStr">
+        <is>
+          <t>Periodically delete expired events</t>
+        </is>
+      </c>
+      <c r="C949" t="inlineStr">
+        <is>
+          <t>Regelmatig verlopen gebeurtenissen wissen</t>
+        </is>
+      </c>
+      <c r="D949" t="inlineStr"/>
+      <c r="E949" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F949" t="inlineStr">
+        <is>
+          <t>UserSettingsModelPeriodically delete expired events</t>
+        </is>
+      </c>
+      <c r="G949" t="inlineStr"/>
+      <c r="H949" t="inlineStr"/>
+    </row>
+    <row r="950">
+      <c r="A950" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26289</t>
+        </is>
+      </c>
+      <c r="B950" t="inlineStr">
+        <is>
+          <t>Default</t>
+        </is>
+      </c>
+      <c r="C950" t="inlineStr">
+        <is>
+          <t>Standaard</t>
+        </is>
+      </c>
+      <c r="D950" t="inlineStr"/>
+      <c r="E950" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F950" t="inlineStr">
+        <is>
+          <t>UserSettingsModelDefault</t>
+        </is>
+      </c>
+      <c r="G950" t="inlineStr"/>
+      <c r="H950" t="inlineStr"/>
+    </row>
+    <row r="951">
+      <c r="A951" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26328</t>
+        </is>
+      </c>
+      <c r="B951" t="inlineStr">
+        <is>
+          <t>Set the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="C951" t="inlineStr">
+        <is>
+          <t>Stel het geluid in dat speelt als een oproep binnen komt</t>
+        </is>
+      </c>
+      <c r="D951" t="inlineStr"/>
+      <c r="E951" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F951" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSet the notification sound to play when a call invite arrives</t>
+        </is>
+      </c>
+      <c r="G951" t="inlineStr"/>
+      <c r="H951" t="inlineStr"/>
+    </row>
+    <row r="952">
+      <c r="A952" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26338</t>
+        </is>
+      </c>
+      <c r="B952" t="inlineStr">
         <is>
           <t>Set timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="C949" t="inlineStr">
+      <c r="C952" t="inlineStr">
         <is>
           <t>Stel wachttijd (in seconden) voor hoe lang het duurt nadat
 focus weg is voordat het scherm wordt geblurt.
 Kies 0 om direct te blurren. Maximale waarde is 1 uur (3600 seconden)</t>
         </is>
       </c>
-      <c r="D949" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F949" t="inlineStr">
+      <c r="D952" t="inlineStr"/>
+      <c r="E952" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F952" t="inlineStr">
         <is>
           <t>UserSettingsModelSet timeout (in seconds) for how long after window loses
 focus before the screen will be blurred.
 Set to 0 to blur immediately after focus loss. Max value of 1 hour (3600 seconds)</t>
         </is>
       </c>
-      <c r="G949" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G952" t="inlineStr"/>
       <c r="H952" t="inlineStr"/>
     </row>
     <row r="953">
       <c r="A953" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26245</t>
+          <t>../../src/UserSettingsPage.cpp:26345</t>
         </is>
       </c>
       <c r="B953" t="inlineStr">
         <is>
-          <t>Start the application in the background without showing the client window.</t>
+          <t>Change the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="C953" t="inlineStr">
         <is>
-          <t>Start de applicatie in de achtergrond zonder het scherm te tonen.</t>
+          <t>Veranderd de achtergrondkleur van het bericht waar de muiscursor op staat.</t>
         </is>
       </c>
       <c r="D953" t="inlineStr"/>
       <c r="E953" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F953" t="inlineStr">
         <is>
-          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+          <t>UserSettingsModelChange the background color of messages when you hover over them.</t>
         </is>
       </c>
       <c r="G953" t="inlineStr"/>
       <c r="H953" t="inlineStr"/>
     </row>
     <row r="954">
       <c r="A954" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26249</t>
+          <t>../../src/UserSettingsPage.cpp:26347</t>
         </is>
       </c>
       <c r="B954" t="inlineStr">
         <is>
-          <t>Shows scrollbars in the room list and communities list.</t>
+          <t>Make font size larger if messages with only a few emojis are displayed.</t>
         </is>
       </c>
       <c r="C954" t="inlineStr">
         <is>
-          <t>Laat scrollbalken zien in de kamerlijst en groepenlijst.</t>
+          <t>Maakt het lettertype groter als berichten met slechts enkele emoji worden getoond.</t>
         </is>
       </c>
       <c r="D954" t="inlineStr"/>
       <c r="E954" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F954" t="inlineStr">
         <is>
-          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
+          <t>UserSettingsModelMake font size larger if messages with only a few emojis are displayed.</t>
         </is>
       </c>
       <c r="G954" t="inlineStr"/>
       <c r="H954" t="inlineStr"/>
     </row>
     <row r="955">
       <c r="A955" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26251</t>
+          <t>../../src/UserSettingsPage.cpp:26349</t>
         </is>
       </c>
       <c r="B955" t="inlineStr">
+        <is>
+          <t>Keep the application running in the background after closing the client window.</t>
+        </is>
+      </c>
+      <c r="C955" t="inlineStr">
+        <is>
+          <t>Blijf draaien in de achtergrond na het sluiten van het scherm.</t>
+        </is>
+      </c>
+      <c r="D955" t="inlineStr"/>
+      <c r="E955" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F955" t="inlineStr">
+        <is>
+          <t>UserSettingsModelKeep the application running in the background after closing the client window.</t>
+        </is>
+      </c>
+      <c r="G955" t="inlineStr"/>
+      <c r="H955" t="inlineStr"/>
+    </row>
+    <row r="956">
+      <c r="A956" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26352</t>
+        </is>
+      </c>
+      <c r="B956" t="inlineStr">
+        <is>
+          <t>Start the application in the background without showing the client window.</t>
+        </is>
+      </c>
+      <c r="C956" t="inlineStr">
+        <is>
+          <t>Start de applicatie in de achtergrond zonder het scherm te tonen.</t>
+        </is>
+      </c>
+      <c r="D956" t="inlineStr"/>
+      <c r="E956" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F956" t="inlineStr">
+        <is>
+          <t>UserSettingsModelStart the application in the background without showing the client window.</t>
+        </is>
+      </c>
+      <c r="G956" t="inlineStr"/>
+      <c r="H956" t="inlineStr"/>
+    </row>
+    <row r="957">
+      <c r="A957" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26356</t>
+        </is>
+      </c>
+      <c r="B957" t="inlineStr">
+        <is>
+          <t>Shows scrollbars in the room list and communities list.</t>
+        </is>
+      </c>
+      <c r="C957" t="inlineStr">
+        <is>
+          <t>Laat scrollbalken zien in de kamerlijst en groepenlijst.</t>
+        </is>
+      </c>
+      <c r="D957" t="inlineStr"/>
+      <c r="E957" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F957" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShows scrollbars in the room list and communities list.</t>
+        </is>
+      </c>
+      <c r="G957" t="inlineStr"/>
+      <c r="H957" t="inlineStr"/>
+    </row>
+    <row r="958">
+      <c r="A958" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26358</t>
+        </is>
+      </c>
+      <c r="B958" t="inlineStr">
         <is>
           <t>Allow using markdown in messages.
 When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
-      <c r="C955" t="inlineStr">
+      <c r="C958" t="inlineStr">
         <is>
           <t>Sta het gebruik van Markdown in berichten toe.
 Indien uitgeschakeld worden alle berichten als platte tekst verstuurd.</t>
         </is>
       </c>
-      <c r="D955" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F955" t="inlineStr">
+      <c r="D958" t="inlineStr"/>
+      <c r="E958" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F958" t="inlineStr">
         <is>
           <t>UserSettingsModelAllow using markdown in messages.
 When disabled, all messages are sent as a plain text.</t>
         </is>
       </c>
-      <c r="G955" t="inlineStr"/>
-[...88 lines deleted...]
-      </c>
       <c r="G958" t="inlineStr"/>
       <c r="H958" t="inlineStr"/>
     </row>
     <row r="959">
       <c r="A959" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26264</t>
+          <t>../../src/UserSettingsPage.cpp:26367</t>
         </is>
       </c>
       <c r="B959" t="inlineStr">
         <is>
-          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>Messages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="C959" t="inlineStr">
         <is>
-          <t>Speelt media zoals GIFs en WebPs alleen af terwijl de muiscursor erboven hangt.</t>
+          <t>Berichten krijgen een bubbelachtergrond. Dit activeert ook enkele veranderingen aan de layout (werk in uitvoering).</t>
         </is>
       </c>
       <c r="D959" t="inlineStr"/>
       <c r="E959" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F959" t="inlineStr">
         <is>
-          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+          <t>UserSettingsModelMessages get a bubble background. This also triggers some layout changes (WIP).</t>
         </is>
       </c>
       <c r="G959" t="inlineStr"/>
       <c r="H959" t="inlineStr"/>
     </row>
     <row r="960">
       <c r="A960" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26266</t>
+          <t>../../src/UserSettingsPage.cpp:26370</t>
         </is>
       </c>
       <c r="B960" t="inlineStr">
         <is>
-          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
-[...2 lines deleted...]
-      <c r="C960" t="inlineStr"/>
+          <t>Avatars are resized to fit above the message.</t>
+        </is>
+      </c>
+      <c r="C960" t="inlineStr">
+        <is>
+          <t>Avatars worden verkleint om te passen boven het bericht.</t>
+        </is>
+      </c>
       <c r="D960" t="inlineStr"/>
       <c r="E960" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F960" t="inlineStr">
         <is>
-          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+          <t>UserSettingsModelAvatars are resized to fit above the message.</t>
         </is>
       </c>
       <c r="G960" t="inlineStr"/>
       <c r="H960" t="inlineStr"/>
     </row>
     <row r="961">
       <c r="A961" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26270</t>
+          <t>../../src/UserSettingsPage.cpp:26372</t>
         </is>
       </c>
       <c r="B961" t="inlineStr">
+        <is>
+          <t>Plays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+        </is>
+      </c>
+      <c r="C961" t="inlineStr">
+        <is>
+          <t>Speelt media zoals GIFs en WebPs alleen af terwijl de muiscursor erboven hangt.</t>
+        </is>
+      </c>
+      <c r="D961" t="inlineStr"/>
+      <c r="E961" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F961" t="inlineStr">
+        <is>
+          <t>UserSettingsModelPlays media like GIFs or WEBPs only when explicitly hovering over them.</t>
+        </is>
+      </c>
+      <c r="G961" t="inlineStr"/>
+      <c r="H961" t="inlineStr"/>
+    </row>
+    <row r="962">
+      <c r="A962" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26374</t>
+        </is>
+      </c>
+      <c r="B962" t="inlineStr">
+        <is>
+          <t>If images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="C962" t="inlineStr"/>
+      <c r="D962" t="inlineStr"/>
+      <c r="E962" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F962" t="inlineStr">
+        <is>
+          <t>UserSettingsModelIf images should be automatically displayed. You can select between always showing images by default, only show them by default in private rooms or always require interaction to show images.</t>
+        </is>
+      </c>
+      <c r="G962" t="inlineStr"/>
+      <c r="H962" t="inlineStr"/>
+    </row>
+    <row r="963">
+      <c r="A963" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26378</t>
+        </is>
+      </c>
+      <c r="B963" t="inlineStr">
         <is>
           <t>Show who is typing in a room.
 This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
-      <c r="C961" t="inlineStr">
+      <c r="C963" t="inlineStr">
         <is>
           <t>Laat zien wie er typt in een kamer.
 Dit schakelt ook het versturen van je eigen typnotificaties naar anderen in of uit.</t>
         </is>
       </c>
-      <c r="D961" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F961" t="inlineStr">
+      <c r="D963" t="inlineStr"/>
+      <c r="E963" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F963" t="inlineStr">
         <is>
           <t>UserSettingsModelShow who is typing in a room.
 This will also enable or disable sending typing notifications to others.</t>
         </is>
       </c>
-      <c r="G961" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B962" t="inlineStr">
+      <c r="G963" t="inlineStr"/>
+      <c r="H963" t="inlineStr"/>
+    </row>
+    <row r="964">
+      <c r="A964" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26382</t>
+        </is>
+      </c>
+      <c r="B964" t="inlineStr">
         <is>
           <t>Display rooms with new messages first.
 If this is off, the list of rooms will only be sorted by the preferred sorting order.
 If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
-      <c r="C962" t="inlineStr">
+      <c r="C964" t="inlineStr">
         <is>
           <t>Laat kamers met nieuwe berichten eerst zien.
 Als dit uit staat, zullen kamers alleen gesorteerd worden op de voorkeurssortering.
 Als dit aan staat, worden kamers met notificaties (het kleine rondje met getal erin) bovenaan gesorteerd. Kamers die je hebt gedempt zullen nog steeds normaal worden gesorteerd, want die vond je blijkbaar minder belangrijk dan andere kamers.</t>
         </is>
       </c>
-      <c r="D962" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F962" t="inlineStr">
+      <c r="D964" t="inlineStr"/>
+      <c r="E964" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F964" t="inlineStr">
         <is>
           <t>UserSettingsModelDisplay rooms with new messages first.
 If this is off, the list of rooms will only be sorted by the preferred sorting order.
 If this is on, rooms which have active notifications (the small circle with a number in it) will be sorted on top. Rooms that you have muted will still be sorted by the preferred sorting order, since you don't seem to consider them as important as the other rooms.</t>
         </is>
       </c>
-      <c r="G962" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B963" t="inlineStr">
+      <c r="G964" t="inlineStr"/>
+      <c r="H964" t="inlineStr"/>
+    </row>
+    <row r="965">
+      <c r="A965" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26391</t>
+        </is>
+      </c>
+      <c r="B965" t="inlineStr">
         <is>
           <t>Sort rooms alphabetically.
 If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
 If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
-      <c r="C963" t="inlineStr">
+      <c r="C965" t="inlineStr">
         <is>
           <t>Sorteer kamers op alfabet.
 Als dit uit staat worden kamers op tijdstip van laatste bericht gesorteerd.
 Als dit aan staat worden kamers op alfabet gesorteerd.</t>
         </is>
       </c>
-      <c r="D963" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F963" t="inlineStr">
+      <c r="D965" t="inlineStr"/>
+      <c r="E965" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F965" t="inlineStr">
         <is>
           <t>UserSettingsModelSort rooms alphabetically.
 If this is off, the list of rooms will be sorted by the timestamp of the last message in a room.
 If this is on, rooms that come first alphabetically will be sorted earlier than ones that come later.</t>
         </is>
       </c>
-      <c r="G963" t="inlineStr"/>
-[...58 lines deleted...]
-      </c>
       <c r="G965" t="inlineStr"/>
       <c r="H965" t="inlineStr"/>
     </row>
     <row r="966">
       <c r="A966" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26299</t>
+          <t>../../src/UserSettingsPage.cpp:26397</t>
         </is>
       </c>
       <c r="B966" t="inlineStr">
         <is>
-          <t>Notify about received messages when the client is not currently focused.</t>
+          <t>Show buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
       <c r="C966" t="inlineStr">
         <is>
-          <t>Verstuur meldingen over ontvangen berichten als het scherm niet momenteel de focus heeft.</t>
+          <t>Laat knoppen zien om snel te reageren, beantwoorden, of extra opties te kunnen gebruiken naast elk bericht.</t>
         </is>
       </c>
       <c r="D966" t="inlineStr"/>
       <c r="E966" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F966" t="inlineStr">
         <is>
-          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
+          <t>UserSettingsModelShow buttons to quickly reply, react or access additional options next to each message.</t>
         </is>
       </c>
       <c r="G966" t="inlineStr"/>
       <c r="H966" t="inlineStr"/>
     </row>
     <row r="967">
       <c r="A967" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26305</t>
+          <t>../../src/UserSettingsPage.cpp:26405</t>
         </is>
       </c>
       <c r="B967" t="inlineStr">
+        <is>
+          <t>Configure whether to show or hide certain events like room joins.</t>
+        </is>
+      </c>
+      <c r="C967" t="inlineStr">
+        <is>
+          <t>Stelt in of gebeurtenissen zoals binnentreden en verlaten weergegeven worden.</t>
+        </is>
+      </c>
+      <c r="D967" t="inlineStr"/>
+      <c r="E967" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F967" t="inlineStr">
+        <is>
+          <t>UserSettingsModelConfigure whether to show or hide certain events like room joins.</t>
+        </is>
+      </c>
+      <c r="G967" t="inlineStr"/>
+      <c r="H967" t="inlineStr"/>
+    </row>
+    <row r="968">
+      <c r="A968" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26407</t>
+        </is>
+      </c>
+      <c r="B968" t="inlineStr">
+        <is>
+          <t>Notify about received messages when the client is not currently focused.</t>
+        </is>
+      </c>
+      <c r="C968" t="inlineStr">
+        <is>
+          <t>Verstuur meldingen over ontvangen berichten als het scherm niet momenteel de focus heeft.</t>
+        </is>
+      </c>
+      <c r="D968" t="inlineStr"/>
+      <c r="E968" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F968" t="inlineStr">
+        <is>
+          <t>UserSettingsModelNotify about received messages when the client is not currently focused.</t>
+        </is>
+      </c>
+      <c r="G968" t="inlineStr"/>
+      <c r="H968" t="inlineStr"/>
+    </row>
+    <row r="969">
+      <c r="A969" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26413</t>
+        </is>
+      </c>
+      <c r="B969" t="inlineStr">
         <is>
           <t>Change the appearance of user avatars in chats.
 OFF - square, ON - circle.</t>
         </is>
       </c>
-      <c r="C967" t="inlineStr">
+      <c r="C969" t="inlineStr">
         <is>
           <t>Veranderd de weergave van gebruikersavatars in chats.
 UIT - vierkant, AAN - cirkel.</t>
         </is>
       </c>
-      <c r="D967" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F967" t="inlineStr">
+      <c r="D969" t="inlineStr"/>
+      <c r="E969" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F969" t="inlineStr">
         <is>
           <t>UserSettingsModelChange the appearance of user avatars in chats.
 OFF - square, ON - circle.</t>
         </is>
       </c>
-      <c r="G967" t="inlineStr"/>
-[...58 lines deleted...]
-      </c>
       <c r="G969" t="inlineStr"/>
       <c r="H969" t="inlineStr"/>
     </row>
     <row r="970">
       <c r="A970" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26326</t>
+          <t>../../src/UserSettingsPage.cpp:26429</t>
         </is>
       </c>
       <c r="B970" t="inlineStr">
         <is>
-          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>Decrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="C970" t="inlineStr">
         <is>
-          <t>Sommige berichten kunnen worden verstuurd met een effect. Bijvoorbeeld berichten met '/confetti' zullen confetti op het scherm tonen.</t>
+          <t>Ontsleutel berichten die in meldingen worden weergegeven voor versleutelde kamers.</t>
         </is>
       </c>
       <c r="D970" t="inlineStr"/>
       <c r="E970" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F970" t="inlineStr">
         <is>
-          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
+          <t>UserSettingsModelDecrypt messages shown in notifications for encrypted chats.</t>
         </is>
       </c>
       <c r="G970" t="inlineStr"/>
       <c r="H970" t="inlineStr"/>
     </row>
     <row r="971">
       <c r="A971" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26329</t>
+          <t>../../src/UserSettingsPage.cpp:26431</t>
         </is>
       </c>
       <c r="B971" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Choose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="C971" t="inlineStr">
         <is>
-          <t>Nheko gebruikt animaties op verscheidene plaatsen om dingen mooier te maken. Met deze optie kan je de animaties uitschakelen als je je er niet goed door voelt.</t>
+          <t>Kies waar het totaalaantal meldingen getoond wordt voor een groep of markering.</t>
         </is>
       </c>
       <c r="D971" t="inlineStr"/>
       <c r="E971" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F971" t="inlineStr">
         <is>
-          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>UserSettingsModelChoose where to show the total number of notifications contained within a community or tag.</t>
         </is>
       </c>
       <c r="G971" t="inlineStr"/>
       <c r="H971" t="inlineStr"/>
     </row>
     <row r="972">
       <c r="A972" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26337</t>
+          <t>../../src/UserSettingsPage.cpp:26434</t>
         </is>
       </c>
       <c r="B972" t="inlineStr">
         <is>
-          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>Some messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="C972" t="inlineStr">
         <is>
-          <t>Schakelt veegbewegingen uit zoals naar links/rechts vegen om tussen kamers en de tijdlijn te wisselen, of op een bericht vegen om te beantwoorden.</t>
+          <t>Sommige berichten kunnen worden verstuurd met een effect. Bijvoorbeeld berichten met '/confetti' zullen confetti op het scherm tonen.</t>
         </is>
       </c>
       <c r="D972" t="inlineStr"/>
       <c r="E972" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F972" t="inlineStr">
         <is>
-          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
+          <t>UserSettingsModelSome messages can be sent with fancy effects. For example, messages sent with '/confetti' will show confetti on screen.</t>
         </is>
       </c>
       <c r="G972" t="inlineStr"/>
       <c r="H972" t="inlineStr"/>
     </row>
     <row r="973">
       <c r="A973" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26340</t>
+          <t>../../src/UserSettingsPage.cpp:26437</t>
         </is>
       </c>
       <c r="B973" t="inlineStr">
         <is>
-          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
-[...2 lines deleted...]
-      <c r="C973" t="inlineStr"/>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+        </is>
+      </c>
+      <c r="C973" t="inlineStr">
+        <is>
+          <t>Nheko gebruikt animaties op verscheidene plaatsen om dingen mooier te maken. Met deze optie kan je de animaties uitschakelen als je je er niet goed door voelt.</t>
+        </is>
+      </c>
       <c r="D973" t="inlineStr"/>
       <c r="E973" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F973" t="inlineStr">
         <is>
-          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
+          <t>UserSettingsModelNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="G973" t="inlineStr"/>
       <c r="H973" t="inlineStr"/>
     </row>
     <row r="974">
       <c r="A974" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26349</t>
+          <t>../../src/UserSettingsPage.cpp:26445</t>
         </is>
       </c>
       <c r="B974" t="inlineStr">
         <is>
-          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>Will prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="C974" t="inlineStr">
         <is>
-          <t>Automatisch antwoorden op sleutelverzoeken van andere gebruikers als ze bevestigd zijn, zelfs als dat apparaat anders geen toegang tot die sleutel zou hebben gehad.</t>
+          <t>Schakelt veegbewegingen uit zoals naar links/rechts vegen om tussen kamers en de tijdlijn te wisselen, of op een bericht vegen om te beantwoorden.</t>
         </is>
       </c>
       <c r="D974" t="inlineStr"/>
       <c r="E974" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F974" t="inlineStr">
         <is>
-          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+          <t>UserSettingsModelWill prevent swipe motions like swiping left/right between Rooms and Timeline, or swiping a message to reply.</t>
         </is>
       </c>
       <c r="G974" t="inlineStr"/>
       <c r="H974" t="inlineStr"/>
     </row>
     <row r="975">
       <c r="A975" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26382</t>
+          <t>../../src/UserSettingsPage.cpp:26448</t>
         </is>
       </c>
       <c r="B975" t="inlineStr">
         <is>
-          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Change the scale factor of the whole user interface. Requires a restart to take effect.</t>
+        </is>
+      </c>
+      <c r="C975" t="inlineStr"/>
       <c r="D975" t="inlineStr"/>
       <c r="E975" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F975" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+          <t>UserSettingsModelChange the scale factor of the whole user interface. Requires a restart to take effect.</t>
         </is>
       </c>
       <c r="G975" t="inlineStr"/>
       <c r="H975" t="inlineStr"/>
     </row>
     <row r="976">
       <c r="A976" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26301</t>
+          <t>../../src/UserSettingsPage.cpp:26457</t>
         </is>
       </c>
       <c r="B976" t="inlineStr">
+        <is>
+          <t>Automatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+        </is>
+      </c>
+      <c r="C976" t="inlineStr">
+        <is>
+          <t>Automatisch antwoorden op sleutelverzoeken van andere gebruikers als ze bevestigd zijn, zelfs als dat apparaat anders geen toegang tot die sleutel zou hebben gehad.</t>
+        </is>
+      </c>
+      <c r="D976" t="inlineStr"/>
+      <c r="E976" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F976" t="inlineStr">
+        <is>
+          <t>UserSettingsModelAutomatically replies to key requests from other users if they are verified, even if that device shouldn't have access to those keys otherwise.</t>
+        </is>
+      </c>
+      <c r="G976" t="inlineStr"/>
+      <c r="H976" t="inlineStr"/>
+    </row>
+    <row r="977">
+      <c r="A977" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26490</t>
+        </is>
+      </c>
+      <c r="B977" t="inlineStr">
+        <is>
+          <t>The key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+        </is>
+      </c>
+      <c r="C977" t="inlineStr">
+        <is>
+          <t>De sleutel om je eigen apparaten te verifiëren. Indien gecached zal het verifiëren van één van je apparaten die ook als geverifieerd markeren voor je anderen apparaten en gebruikers die jou geverifieerd hebben.</t>
+        </is>
+      </c>
+      <c r="D977" t="inlineStr"/>
+      <c r="E977" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F977" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to verify your own devices. If it is cached, verifying one of your devices will mark it verified for all your other devices and for users that have verified you.</t>
+        </is>
+      </c>
+      <c r="G977" t="inlineStr"/>
+      <c r="H977" t="inlineStr"/>
+    </row>
+    <row r="978">
+      <c r="A978" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26409</t>
+        </is>
+      </c>
+      <c r="B978" t="inlineStr">
         <is>
           <t>Show an alert when a message is received.
 This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
-      <c r="C976" t="inlineStr">
+      <c r="C978" t="inlineStr">
         <is>
           <t>Activeer een melding als een bericht binnen komt.
 Meestal zorgt dit dat het icoon in de taakbalk op een manier animeert of iets dergelijks.</t>
         </is>
       </c>
-      <c r="D976" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F976" t="inlineStr">
+      <c r="D978" t="inlineStr"/>
+      <c r="E978" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F978" t="inlineStr">
         <is>
           <t>UserSettingsModelShow an alert when a message is received.
 This usually causes the application icon in the task bar to animate in some fashion.</t>
         </is>
       </c>
-      <c r="G976" t="inlineStr"/>
-[...58 lines deleted...]
-      </c>
       <c r="G978" t="inlineStr"/>
       <c r="H978" t="inlineStr"/>
     </row>
     <row r="979">
       <c r="A979" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26228</t>
+          <t>../../src/UserSettingsPage.cpp:26035</t>
         </is>
       </c>
       <c r="B979" t="inlineStr">
         <is>
-          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>Communities sidebar</t>
         </is>
       </c>
       <c r="C979" t="inlineStr">
         <is>
-          <t>Stel de maximale breedte in van berichten in de tijdlijn (in pixels). Dit kan helpen met leesbaarheid op een breed scherm als Nheko op volledig scherm staat ingesteld</t>
+          <t>Zijbalk voor groepen</t>
         </is>
       </c>
       <c r="D979" t="inlineStr"/>
       <c r="E979" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F979" t="inlineStr">
         <is>
-          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+          <t>UserSettingsModelCommunities sidebar</t>
         </is>
       </c>
       <c r="G979" t="inlineStr"/>
       <c r="H979" t="inlineStr"/>
     </row>
     <row r="980">
       <c r="A980" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26247</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26041</t>
+        </is>
+      </c>
+      <c r="B980" t="inlineStr"/>
+      <c r="C980" t="inlineStr"/>
       <c r="D980" t="inlineStr"/>
       <c r="E980" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F980" t="inlineStr">
         <is>
-          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+          <t>UserSettingsModelSend messages with a shortcut</t>
         </is>
       </c>
       <c r="G980" t="inlineStr"/>
       <c r="H980" t="inlineStr"/>
     </row>
     <row r="981">
       <c r="A981" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26293</t>
+          <t>../../src/UserSettingsPage.cpp:26083</t>
         </is>
       </c>
       <c r="B981" t="inlineStr">
+        <is>
+          <t>Show message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="C981" t="inlineStr">
+        <is>
+          <t>Laat totaalaantal berichten zien voor groepen en markeringen</t>
+        </is>
+      </c>
+      <c r="D981" t="inlineStr"/>
+      <c r="E981" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F981" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShow message counts for communities and tags</t>
+        </is>
+      </c>
+      <c r="G981" t="inlineStr"/>
+      <c r="H981" t="inlineStr"/>
+    </row>
+    <row r="982">
+      <c r="A982" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26335</t>
+        </is>
+      </c>
+      <c r="B982" t="inlineStr">
+        <is>
+          <t>Set the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="C982" t="inlineStr">
+        <is>
+          <t>Stel de maximale breedte in van berichten in de tijdlijn (in pixels). Dit kan helpen met leesbaarheid op een breed scherm als Nheko op volledig scherm staat ingesteld</t>
+        </is>
+      </c>
+      <c r="D982" t="inlineStr"/>
+      <c r="E982" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F982" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSet the max width of messages in the timeline (in pixels). This can help readability on wide screen when Nheko is maximized</t>
+        </is>
+      </c>
+      <c r="G982" t="inlineStr"/>
+      <c r="H982" t="inlineStr"/>
+    </row>
+    <row r="983">
+      <c r="A983" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26354</t>
+        </is>
+      </c>
+      <c r="B983" t="inlineStr">
+        <is>
+          <t>Show a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="C983" t="inlineStr">
+        <is>
+          <t>Laat een zijbalk zien met groepen en markeringen naast de kamerlijst.</t>
+        </is>
+      </c>
+      <c r="D983" t="inlineStr"/>
+      <c r="E983" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F983" t="inlineStr">
+        <is>
+          <t>UserSettingsModelShow a column containing communities and tags next to the room list.</t>
+        </is>
+      </c>
+      <c r="G983" t="inlineStr"/>
+      <c r="H983" t="inlineStr"/>
+    </row>
+    <row r="984">
+      <c r="A984" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26362</t>
+        </is>
+      </c>
+      <c r="B984" t="inlineStr"/>
+      <c r="C984" t="inlineStr"/>
+      <c r="D984" t="inlineStr"/>
+      <c r="E984" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F984" t="inlineStr">
+        <is>
+          <t>UserSettingsModelSelect what Enter key combination sends the message. Shift+Enter adds a new line, unless it has been selected, in which case Enter adds a new line instead.
+If an emoji picker or a mention picker is open, it is always handled first.</t>
+        </is>
+      </c>
+      <c r="G984" t="inlineStr"/>
+      <c r="H984" t="inlineStr"/>
+    </row>
+    <row r="985">
+      <c r="A985" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26401</t>
+        </is>
+      </c>
+      <c r="B985" t="inlineStr">
         <is>
           <t>Show if your message was read.
 Status is displayed next to timestamps.
 Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
-      <c r="C981" t="inlineStr">
+      <c r="C985" t="inlineStr">
         <is>
           <t>Laat zien of je berichten gelezen waren.
 De status wordt weergegeven naast de tijdsindicatie.
 Let op: als je thuisserver dit niet ondersteund, zullen je kamers nooit als gelezen worden gemarkeerd!</t>
         </is>
       </c>
-      <c r="D981" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F981" t="inlineStr">
+      <c r="D985" t="inlineStr"/>
+      <c r="E985" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F985" t="inlineStr">
         <is>
           <t>UserSettingsModelShow if your message was read.
 Status is displayed next to timestamps.
 Warning: If your homeserver does not support this, your rooms will never be marked as read!</t>
         </is>
       </c>
-      <c r="G981" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B982" t="inlineStr">
+      <c r="G985" t="inlineStr"/>
+      <c r="H985" t="inlineStr"/>
+    </row>
+    <row r="986">
+      <c r="A986" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26416</t>
+        </is>
+      </c>
+      <c r="B986" t="inlineStr">
         <is>
           <t>Display an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
-      <c r="C982" t="inlineStr">
+      <c r="C986" t="inlineStr">
         <is>
           <t>Laat een identicon zien in plaats van een letter wanneer er geen avatar is ingesteld.</t>
         </is>
       </c>
-      <c r="D982" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F982" t="inlineStr">
+      <c r="D986" t="inlineStr"/>
+      <c r="E986" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F986" t="inlineStr">
         <is>
           <t>UserSettingsModelDisplay an identicon instead of a letter when no avatar is set.</t>
         </is>
       </c>
-      <c r="G982" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B983" t="inlineStr">
+      <c r="G986" t="inlineStr"/>
+      <c r="H986" t="inlineStr"/>
+    </row>
+    <row r="987">
+      <c r="A987" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26418</t>
+        </is>
+      </c>
+      <c r="B987" t="inlineStr">
         <is>
           <t>Opens images with an external program when tapping the image.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="C983" t="inlineStr">
+      <c r="C987" t="inlineStr">
         <is>
           <t>Opent afbeeldingen met een externe applicatie wanneer op een afbeelding geklikt wordt.
 Let up dat als deze instelling AAN staat, geopende afbeeldingen zonder versleuteling opgeslagen worden en met de hand moeten worden opgeruimd.</t>
         </is>
       </c>
-      <c r="D983" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F983" t="inlineStr">
+      <c r="D987" t="inlineStr"/>
+      <c r="E987" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F987" t="inlineStr">
         <is>
           <t>UserSettingsModelOpens images with an external program when tapping the image.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="G983" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B984" t="inlineStr">
+      <c r="G987" t="inlineStr"/>
+      <c r="H987" t="inlineStr"/>
+    </row>
+    <row r="988">
+      <c r="A988" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26422</t>
+        </is>
+      </c>
+      <c r="B988" t="inlineStr">
         <is>
           <t>Opens videos with an external program when tapping the video.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="C984" t="inlineStr">
+      <c r="C988" t="inlineStr">
         <is>
           <t>Opent videos met een externe applicatie wanneer op een afbeelding geklikt wordt.
 Let up dat als deze instelling AAN staat, geopende videos zonder versleuteling opgeslagen worden en met de hand moeten worden opgeruimd.</t>
         </is>
       </c>
-      <c r="D984" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F984" t="inlineStr">
+      <c r="D988" t="inlineStr"/>
+      <c r="E988" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F988" t="inlineStr">
         <is>
           <t>UserSettingsModelOpens videos with an external program when tapping the video.
 Note that when this option is ON, opened files are left unencrypted on disk and must be manually deleted.</t>
         </is>
       </c>
-      <c r="G984" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B985" t="inlineStr">
+      <c r="G988" t="inlineStr"/>
+      <c r="H988" t="inlineStr"/>
+    </row>
+    <row r="989">
+      <c r="A989" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26426</t>
+        </is>
+      </c>
+      <c r="B989" t="inlineStr">
         <is>
           <t>Decrypt the messages shown in the sidebar.
 Only affects messages in encrypted chats.</t>
         </is>
       </c>
-      <c r="C985" t="inlineStr">
+      <c r="C989" t="inlineStr">
         <is>
           <t>Ontsleutel de berichten getoond in de zijbalk.
 Heeft alleen effect op versleutelde chats.</t>
         </is>
       </c>
-      <c r="D985" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F985" t="inlineStr">
+      <c r="D989" t="inlineStr"/>
+      <c r="E989" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F989" t="inlineStr">
         <is>
           <t>UserSettingsModelDecrypt the messages shown in the sidebar.
 Only affects messages in encrypted chats.</t>
         </is>
       </c>
-      <c r="G985" t="inlineStr"/>
-[...8 lines deleted...]
-      <c r="B986" t="inlineStr">
+      <c r="G989" t="inlineStr"/>
+      <c r="H989" t="inlineStr"/>
+    </row>
+    <row r="990">
+      <c r="A990" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26440</t>
+        </is>
+      </c>
+      <c r="B990" t="inlineStr">
         <is>
           <t>When the window loses focus, the timeline will
 be blurred.</t>
         </is>
       </c>
-      <c r="C986" t="inlineStr">
+      <c r="C990" t="inlineStr">
         <is>
           <t>Als het scherm focus verliest, zal de tijdlijn
 worden geblurt.</t>
         </is>
       </c>
-      <c r="D986" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F986" t="inlineStr">
+      <c r="D990" t="inlineStr"/>
+      <c r="E990" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F990" t="inlineStr">
         <is>
           <t>UserSettingsModelWhen the window loses focus, the timeline will
 be blurred.</t>
         </is>
       </c>
-      <c r="G986" t="inlineStr"/>
-[...118 lines deleted...]
-      </c>
       <c r="G990" t="inlineStr"/>
       <c r="H990" t="inlineStr"/>
     </row>
     <row r="991">
       <c r="A991" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26378</t>
+          <t>../../src/UserSettingsPage.cpp:26442</t>
         </is>
       </c>
       <c r="B991" t="inlineStr">
         <is>
-          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>Will prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="C991" t="inlineStr">
         <is>
-          <t>De sleutel om online reservesleutels mee te ontsleutelen. Indien gecached kan je online reservesleutel activeren om je sleutels veilig versleuteld op de server op te slaan.</t>
+          <t>Voorkomt dat tekst geselecteerd wordt in de tijdlijn, om scrollen makkelijker te maken.</t>
         </is>
       </c>
       <c r="D991" t="inlineStr"/>
       <c r="E991" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F991" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+          <t>UserSettingsModelWill prevent text selection in the timeline to make touch scrolling easier.</t>
         </is>
       </c>
       <c r="G991" t="inlineStr"/>
       <c r="H991" t="inlineStr"/>
     </row>
     <row r="992">
       <c r="A992" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26387</t>
+          <t>../../src/UserSettingsPage.cpp:26451</t>
         </is>
       </c>
       <c r="B992" t="inlineStr">
         <is>
-          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>Will use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="C992" t="inlineStr">
         <is>
-          <t>De sleutel die wordt gebruikt om andere gebruikers te verifiëren. Indien gecached zal het verifiëren van een gebruiker alle apparaten van die gebruiker verifiëren.</t>
+          <t>Zal turn.matrix.org gebruiken om te assisteren als je thuisserver geen TURN server heeft.</t>
         </is>
       </c>
       <c r="D992" t="inlineStr"/>
       <c r="E992" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F992" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+          <t>UserSettingsModelWill use turn.matrix.org as assist when your home server does not offer one.</t>
         </is>
       </c>
       <c r="G992" t="inlineStr"/>
       <c r="H992" t="inlineStr"/>
     </row>
     <row r="993">
       <c r="A993" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26391</t>
+          <t>../../src/UserSettingsPage.cpp:26454</t>
         </is>
       </c>
       <c r="B993" t="inlineStr">
         <is>
-          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>Requires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="C993" t="inlineStr">
         <is>
-          <t>Je belangrijkste sleutel. Deze hoeft niet gecached te zijn, en dat maakt het minder waarschijnlijk dat hij ooit gestolen wordt. Hij is alleen nodig om je andere sleutels te roteren.</t>
+          <t>Vereist dat een gebruiker geverifieerd is voordat berichten worden versleuteld. Verbetert de beveiliging maar maakt versleutelen irritanter om in te stellen.</t>
         </is>
       </c>
       <c r="D993" t="inlineStr"/>
       <c r="E993" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F993" t="inlineStr">
         <is>
-          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+          <t>UserSettingsModelRequires a user to be verified to send encrypted messages to them. This improves safety but makes E2EE more tedious.</t>
         </is>
       </c>
       <c r="G993" t="inlineStr"/>
       <c r="H993" t="inlineStr"/>
     </row>
     <row r="994">
       <c r="A994" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26396</t>
+          <t>../../src/UserSettingsPage.cpp:26461</t>
         </is>
       </c>
       <c r="B994" t="inlineStr">
+        <is>
+          <t>Download message encryption keys from and upload to the encrypted online key backup.</t>
+        </is>
+      </c>
+      <c r="C994" t="inlineStr">
+        <is>
+          <t>Download van en upload naar de online reservesleutel.</t>
+        </is>
+      </c>
+      <c r="D994" t="inlineStr"/>
+      <c r="E994" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F994" t="inlineStr">
+        <is>
+          <t>UserSettingsModelDownload message encryption keys from and upload to the encrypted online key backup.</t>
+        </is>
+      </c>
+      <c r="G994" t="inlineStr"/>
+      <c r="H994" t="inlineStr"/>
+    </row>
+    <row r="995">
+      <c r="A995" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26486</t>
+        </is>
+      </c>
+      <c r="B995" t="inlineStr">
+        <is>
+          <t>The key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+        </is>
+      </c>
+      <c r="C995" t="inlineStr">
+        <is>
+          <t>De sleutel om online reservesleutels mee te ontsleutelen. Indien gecached kan je online reservesleutel activeren om je sleutels veilig versleuteld op de server op te slaan.</t>
+        </is>
+      </c>
+      <c r="D995" t="inlineStr"/>
+      <c r="E995" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F995" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to decrypt online key backups. If it is cached, you can enable online key backup to store encryption keys securely encrypted on the server.</t>
+        </is>
+      </c>
+      <c r="G995" t="inlineStr"/>
+      <c r="H995" t="inlineStr"/>
+    </row>
+    <row r="996">
+      <c r="A996" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26495</t>
+        </is>
+      </c>
+      <c r="B996" t="inlineStr">
+        <is>
+          <t>The key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+        </is>
+      </c>
+      <c r="C996" t="inlineStr">
+        <is>
+          <t>De sleutel die wordt gebruikt om andere gebruikers te verifiëren. Indien gecached zal het verifiëren van een gebruiker alle apparaten van die gebruiker verifiëren.</t>
+        </is>
+      </c>
+      <c r="D996" t="inlineStr"/>
+      <c r="E996" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F996" t="inlineStr">
+        <is>
+          <t>UserSettingsModelThe key to verify other users. If it is cached, verifying a user will verify all their devices.</t>
+        </is>
+      </c>
+      <c r="G996" t="inlineStr"/>
+      <c r="H996" t="inlineStr"/>
+    </row>
+    <row r="997">
+      <c r="A997" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26499</t>
+        </is>
+      </c>
+      <c r="B997" t="inlineStr">
+        <is>
+          <t>Your most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+        </is>
+      </c>
+      <c r="C997" t="inlineStr">
+        <is>
+          <t>Je belangrijkste sleutel. Deze hoeft niet gecached te zijn, en dat maakt het minder waarschijnlijk dat hij ooit gestolen wordt. Hij is alleen nodig om je andere sleutels te roteren.</t>
+        </is>
+      </c>
+      <c r="D997" t="inlineStr"/>
+      <c r="E997" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F997" t="inlineStr">
+        <is>
+          <t>UserSettingsModelYour most important key. You don't need to have it cached, since not caching it makes it less likely it can be stolen and it is only needed to rotate your other signing keys.</t>
+        </is>
+      </c>
+      <c r="G997" t="inlineStr"/>
+      <c r="H997" t="inlineStr"/>
+    </row>
+    <row r="998">
+      <c r="A998" t="inlineStr">
+        <is>
+          <t>../../src/UserSettingsPage.cpp:26504</t>
+        </is>
+      </c>
+      <c r="B998" t="inlineStr">
         <is>
           <t>Allow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
 This setting will take effect upon restart.</t>
         </is>
       </c>
-      <c r="C994" t="inlineStr">
+      <c r="C998" t="inlineStr">
         <is>
           <t>Sta andere applicaties en plugins toe om informatie over de kamers waar je in zit uit te lezen via D-Bus. Dit kan nuttig zijn, maar brengt ook risico's met zich mee. Schakel in op eigen risico.
 Deze instelling wordt toegepast na opnieuw starten van de applicatie.</t>
         </is>
       </c>
-      <c r="D994" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F994" t="inlineStr">
+      <c r="D998" t="inlineStr"/>
+      <c r="E998" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F998" t="inlineStr">
         <is>
           <t>UserSettingsModelAllow third-party plugins and applications to load information about rooms you are in via D-Bus. This can have useful applications, but it also could be used for nefarious purposes. Enable at your own risk.
 This setting will take effect upon restart.</t>
         </is>
       </c>
-      <c r="G994" t="inlineStr"/>
-[...114 lines deleted...]
-      </c>
       <c r="G998" t="inlineStr"/>
       <c r="H998" t="inlineStr"/>
     </row>
     <row r="999">
       <c r="A999" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26555</t>
+          <t>../../src/UserSettingsPage.cpp:26510</t>
         </is>
       </c>
       <c r="B999" t="inlineStr">
         <is>
-          <t>Only in private rooms</t>
-[...2 lines deleted...]
-      <c r="C999" t="inlineStr"/>
+          <t>To allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
+        </is>
+      </c>
+      <c r="C999" t="inlineStr">
+        <is>
+          <t>Om nieuwe gebruikers toe te staan bij een groep te komen, moet de groep wat informatie vrijgeven over welke servers in een kamer deelnemen. Aangezien de deelnemers kunnen veranderen, moet deze informatie af en toe worden bijgewerkt. Deze instelling zorgt dat dat automatisch op de achtergrond af en toe gebeurd.</t>
+        </is>
+      </c>
       <c r="D999" t="inlineStr"/>
       <c r="E999" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F999" t="inlineStr">
         <is>
-          <t>UserSettingsModelOnly in private rooms</t>
+          <t>UserSettingsModelTo allow new users to join a community, the community needs to expose some information about what servers participate in a room to community members. Since the room participants can change over time, this needs to be updated from time to time. This setting enables a background job to do that automatically.</t>
         </is>
       </c>
       <c r="G999" t="inlineStr"/>
       <c r="H999" t="inlineStr"/>
     </row>
     <row r="1000">
       <c r="A1000" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26556</t>
+          <t>../../src/UserSettingsPage.cpp:26516</t>
         </is>
       </c>
       <c r="B1000" t="inlineStr">
         <is>
-          <t>Never</t>
-[...2 lines deleted...]
-      <c r="C1000" t="inlineStr"/>
+          <t>Regularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
+        </is>
+      </c>
+      <c r="C1000" t="inlineStr">
+        <is>
+          <t>Haalt regelmatig verlopen gebeurtenissen weg, zoals in de gebeurtenisconfiguratie staat. Dit gebeurd niet aan de server kant, dus je moet minimaal 1 client hebben die dit regelmatig doet.</t>
+        </is>
+      </c>
       <c r="D1000" t="inlineStr"/>
       <c r="E1000" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1000" t="inlineStr">
         <is>
-          <t>UserSettingsModelNever</t>
+          <t>UserSettingsModelRegularly redact expired events as specified in the event expiration configuration. Since this is currently not executed server side, you need to have one client running this regularly.</t>
         </is>
       </c>
       <c r="G1000" t="inlineStr"/>
       <c r="H1000" t="inlineStr"/>
     </row>
     <row r="1001">
       <c r="A1001" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26570</t>
+          <t>../../src/UserSettingsPage.cpp:26520</t>
         </is>
       </c>
       <c r="B1001" t="inlineStr">
         <is>
-          <t>System font</t>
+          <t>Manage your ignored users.</t>
         </is>
       </c>
       <c r="C1001" t="inlineStr">
         <is>
-          <t>Systeemlettertype</t>
+          <t>Beheer genegeerde gebruikers.</t>
         </is>
       </c>
       <c r="D1001" t="inlineStr"/>
       <c r="E1001" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1001" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem font</t>
+          <t>UserSettingsModelManage your ignored users.</t>
         </is>
       </c>
       <c r="G1001" t="inlineStr"/>
       <c r="H1001" t="inlineStr"/>
     </row>
     <row r="1002">
       <c r="A1002" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26575</t>
+          <t>../../src/UserSettingsPage.cpp:26662</t>
         </is>
       </c>
       <c r="B1002" t="inlineStr">
         <is>
-          <t>System emoji font</t>
-[...6 lines deleted...]
-      </c>
+          <t>Always</t>
+        </is>
+      </c>
+      <c r="C1002" t="inlineStr"/>
       <c r="D1002" t="inlineStr"/>
       <c r="E1002" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1002" t="inlineStr">
         <is>
-          <t>UserSettingsModelSystem emoji font</t>
+          <t>UserSettingsModelAlways</t>
         </is>
       </c>
       <c r="G1002" t="inlineStr"/>
       <c r="H1002" t="inlineStr"/>
     </row>
     <row r="1003">
       <c r="A1003" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:26663</t>
         </is>
       </c>
       <c r="B1003" t="inlineStr">
         <is>
-          <t>Select a file</t>
-[...6 lines deleted...]
-      </c>
+          <t>Only in private rooms</t>
+        </is>
+      </c>
+      <c r="C1003" t="inlineStr"/>
       <c r="D1003" t="inlineStr"/>
       <c r="E1003" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1003" t="inlineStr">
         <is>
-          <t>UserSettingsModelSelect a file</t>
+          <t>UserSettingsModelOnly in private rooms</t>
         </is>
       </c>
       <c r="G1003" t="inlineStr"/>
       <c r="H1003" t="inlineStr"/>
     </row>
     <row r="1004">
       <c r="A1004" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:26915</t>
+          <t>../../src/UserSettingsPage.cpp:26664</t>
         </is>
       </c>
       <c r="B1004" t="inlineStr">
         <is>
-          <t>All Files (*)</t>
-[...6 lines deleted...]
-      </c>
+          <t>Never</t>
+        </is>
+      </c>
+      <c r="C1004" t="inlineStr"/>
       <c r="D1004" t="inlineStr"/>
       <c r="E1004" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1004" t="inlineStr">
         <is>
-          <t>UserSettingsModelAll Files (*)</t>
+          <t>UserSettingsModelNever</t>
         </is>
       </c>
       <c r="G1004" t="inlineStr"/>
       <c r="H1004" t="inlineStr"/>
     </row>
     <row r="1005">
       <c r="A1005" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27018</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26668</t>
+        </is>
+      </c>
+      <c r="B1005" t="inlineStr"/>
+      <c r="C1005" t="inlineStr"/>
       <c r="D1005" t="inlineStr"/>
       <c r="E1005" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1005" t="inlineStr">
         <is>
-          <t>UserSettingsModelOpen Sessions File</t>
+          <t>UserSettingsModelEnter</t>
         </is>
       </c>
       <c r="G1005" t="inlineStr"/>
       <c r="H1005" t="inlineStr"/>
     </row>
     <row r="1006">
       <c r="A1006" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27109</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26669</t>
+        </is>
+      </c>
+      <c r="B1006" t="inlineStr"/>
+      <c r="C1006" t="inlineStr"/>
       <c r="D1006" t="inlineStr"/>
       <c r="E1006" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1006" t="inlineStr">
         <is>
-          <t>UserSettingsModelError</t>
+          <t>UserSettingsModelShift+Enter</t>
         </is>
       </c>
       <c r="G1006" t="inlineStr"/>
       <c r="H1006" t="inlineStr"/>
     </row>
     <row r="1007">
       <c r="A1007" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27057</t>
-[...11 lines deleted...]
-      </c>
+          <t>../../src/UserSettingsPage.cpp:26670</t>
+        </is>
+      </c>
+      <c r="B1007" t="inlineStr"/>
+      <c r="C1007" t="inlineStr"/>
       <c r="D1007" t="inlineStr"/>
       <c r="E1007" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1007" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile Password</t>
+          <t>UserSettingsModelCtrl+Enter</t>
         </is>
       </c>
       <c r="G1007" t="inlineStr"/>
       <c r="H1007" t="inlineStr"/>
     </row>
     <row r="1008">
       <c r="A1008" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27032</t>
+          <t>../../src/UserSettingsPage.cpp:26684</t>
         </is>
       </c>
       <c r="B1008" t="inlineStr">
         <is>
-          <t>Enter the passphrase to decrypt the file:</t>
+          <t>System font</t>
         </is>
       </c>
       <c r="C1008" t="inlineStr">
         <is>
-          <t>Voer de wachtwoordzin in om het bestand te ontsleutelen:</t>
+          <t>Systeemlettertype</t>
         </is>
       </c>
       <c r="D1008" t="inlineStr"/>
       <c r="E1008" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1008" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
+          <t>UserSettingsModelSystem font</t>
         </is>
       </c>
       <c r="G1008" t="inlineStr"/>
       <c r="H1008" t="inlineStr"/>
     </row>
     <row r="1009">
       <c r="A1009" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27066</t>
+          <t>../../src/UserSettingsPage.cpp:26689</t>
         </is>
       </c>
       <c r="B1009" t="inlineStr">
         <is>
-          <t>The password cannot be empty</t>
+          <t>System emoji font</t>
         </is>
       </c>
       <c r="C1009" t="inlineStr">
         <is>
-          <t>Het wachtwoord kan niet leeg zijn</t>
+          <t>Systeemlettertype voor emoji</t>
         </is>
       </c>
       <c r="D1009" t="inlineStr"/>
       <c r="E1009" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1009" t="inlineStr">
         <is>
-          <t>UserSettingsModelThe password cannot be empty</t>
+          <t>UserSettingsModelSystem emoji font</t>
         </is>
       </c>
       <c r="G1009" t="inlineStr"/>
       <c r="H1009" t="inlineStr"/>
     </row>
     <row r="1010">
       <c r="A1010" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27058</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B1010" t="inlineStr">
         <is>
-          <t>Enter passphrase to encrypt your session keys:</t>
+          <t>Select a file</t>
         </is>
       </c>
       <c r="C1010" t="inlineStr">
         <is>
-          <t>Voer wachtwoordzin in om je sessiesleutels mee te versleutelen:</t>
+          <t>Selecteer een bestand</t>
         </is>
       </c>
       <c r="D1010" t="inlineStr"/>
       <c r="E1010" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1010" t="inlineStr">
         <is>
-          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
+          <t>UserSettingsModelSelect a file</t>
         </is>
       </c>
       <c r="G1010" t="inlineStr"/>
       <c r="H1010" t="inlineStr"/>
     </row>
     <row r="1011">
       <c r="A1011" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27071</t>
+          <t>../../src/UserSettingsPage.cpp:27027</t>
         </is>
       </c>
       <c r="B1011" t="inlineStr">
         <is>
-          <t>Repeat File Password</t>
-[...2 lines deleted...]
-      <c r="C1011" t="inlineStr"/>
+          <t>All Files (*)</t>
+        </is>
+      </c>
+      <c r="C1011" t="inlineStr">
+        <is>
+          <t>Alle bestanden (*)</t>
+        </is>
+      </c>
       <c r="D1011" t="inlineStr"/>
       <c r="E1011" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1011" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat File Password</t>
+          <t>UserSettingsModelAll Files (*)</t>
         </is>
       </c>
       <c r="G1011" t="inlineStr"/>
       <c r="H1011" t="inlineStr"/>
     </row>
     <row r="1012">
       <c r="A1012" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27072</t>
+          <t>../../src/UserSettingsPage.cpp:27130</t>
         </is>
       </c>
       <c r="B1012" t="inlineStr">
         <is>
-          <t>Repeat the passphrase:</t>
-[...2 lines deleted...]
-      <c r="C1012" t="inlineStr"/>
+          <t>Open Sessions File</t>
+        </is>
+      </c>
+      <c r="C1012" t="inlineStr">
+        <is>
+          <t>Open sessiebestand</t>
+        </is>
+      </c>
       <c r="D1012" t="inlineStr"/>
       <c r="E1012" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1012" t="inlineStr">
         <is>
-          <t>UserSettingsModelRepeat the passphrase:</t>
+          <t>UserSettingsModelOpen Sessions File</t>
         </is>
       </c>
       <c r="G1012" t="inlineStr"/>
       <c r="H1012" t="inlineStr"/>
     </row>
     <row r="1013">
       <c r="A1013" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27080</t>
+          <t>../../src/UserSettingsPage.cpp:27221</t>
         </is>
       </c>
       <c r="B1013" t="inlineStr">
         <is>
-          <t>Passwords don't match</t>
-[...2 lines deleted...]
-      <c r="C1013" t="inlineStr"/>
+          <t>Error</t>
+        </is>
+      </c>
+      <c r="C1013" t="inlineStr">
+        <is>
+          <t>Fout</t>
+        </is>
+      </c>
       <c r="D1013" t="inlineStr"/>
       <c r="E1013" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1013" t="inlineStr">
         <is>
-          <t>UserSettingsModelPasswords don't match</t>
+          <t>UserSettingsModelError</t>
         </is>
       </c>
       <c r="G1013" t="inlineStr"/>
       <c r="H1013" t="inlineStr"/>
     </row>
     <row r="1014">
       <c r="A1014" t="inlineStr">
         <is>
-          <t>../../src/UserSettingsPage.cpp:27087</t>
+          <t>../../src/UserSettingsPage.cpp:27169</t>
         </is>
       </c>
       <c r="B1014" t="inlineStr">
         <is>
-          <t>File to save the exported session keys</t>
+          <t>File Password</t>
         </is>
       </c>
       <c r="C1014" t="inlineStr">
         <is>
-          <t>Bestand om geëxporteerde sessiesleutels in op te slaan</t>
+          <t>Wachtwoord voor bestand</t>
         </is>
       </c>
       <c r="D1014" t="inlineStr"/>
       <c r="E1014" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1014" t="inlineStr">
         <is>
-          <t>UserSettingsModelFile to save the exported session keys</t>
+          <t>UserSettingsModelFile Password</t>
         </is>
       </c>
       <c r="G1014" t="inlineStr"/>
       <c r="H1014" t="inlineStr"/>
     </row>
     <row r="1015">
       <c r="A1015" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../../src/UserSettingsPage.cpp:27144</t>
         </is>
       </c>
       <c r="B1015" t="inlineStr">
         <is>
-          <t>CACHED</t>
+          <t>Enter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="C1015" t="inlineStr">
         <is>
-          <t>IN CACHE</t>
+          <t>Voer de wachtwoordzin in om het bestand te ontsleutelen:</t>
         </is>
       </c>
       <c r="D1015" t="inlineStr"/>
       <c r="E1015" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1015" t="inlineStr">
         <is>
-          <t>UserSettingsPageCACHED</t>
+          <t>UserSettingsModelEnter the passphrase to decrypt the file:</t>
         </is>
       </c>
       <c r="G1015" t="inlineStr"/>
       <c r="H1015" t="inlineStr"/>
     </row>
     <row r="1016">
       <c r="A1016" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27274</t>
+          <t>../../src/UserSettingsPage.cpp:27178</t>
         </is>
       </c>
       <c r="B1016" t="inlineStr">
         <is>
-          <t>NOT CACHED</t>
+          <t>The password cannot be empty</t>
         </is>
       </c>
       <c r="C1016" t="inlineStr">
         <is>
-          <t>NIET IN CACHE</t>
+          <t>Het wachtwoord kan niet leeg zijn</t>
         </is>
       </c>
       <c r="D1016" t="inlineStr"/>
       <c r="E1016" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1016" t="inlineStr">
         <is>
-          <t>UserSettingsPageNOT CACHED</t>
+          <t>UserSettingsModelThe password cannot be empty</t>
         </is>
       </c>
       <c r="G1016" t="inlineStr"/>
       <c r="H1016" t="inlineStr"/>
     </row>
     <row r="1017">
       <c r="A1017" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27281</t>
+          <t>../../src/UserSettingsPage.cpp:27170</t>
         </is>
       </c>
       <c r="B1017" t="inlineStr">
         <is>
-          <t>IMPORT</t>
+          <t>Enter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="C1017" t="inlineStr">
         <is>
-          <t>IMPORTEREN</t>
+          <t>Voer wachtwoordzin in om je sessiesleutels mee te versleutelen:</t>
         </is>
       </c>
       <c r="D1017" t="inlineStr"/>
       <c r="E1017" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1017" t="inlineStr">
         <is>
-          <t>UserSettingsPageIMPORT</t>
+          <t>UserSettingsModelEnter passphrase to encrypt your session keys:</t>
         </is>
       </c>
       <c r="G1017" t="inlineStr"/>
       <c r="H1017" t="inlineStr"/>
     </row>
     <row r="1018">
       <c r="A1018" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27285</t>
+          <t>../../src/UserSettingsPage.cpp:27183</t>
         </is>
       </c>
       <c r="B1018" t="inlineStr">
         <is>
-          <t>EXPORT</t>
-[...6 lines deleted...]
-      </c>
+          <t>Repeat File Password</t>
+        </is>
+      </c>
+      <c r="C1018" t="inlineStr"/>
       <c r="D1018" t="inlineStr"/>
       <c r="E1018" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1018" t="inlineStr">
         <is>
-          <t>UserSettingsPageEXPORT</t>
+          <t>UserSettingsModelRepeat File Password</t>
         </is>
       </c>
       <c r="G1018" t="inlineStr"/>
       <c r="H1018" t="inlineStr"/>
     </row>
     <row r="1019">
       <c r="A1019" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27294</t>
+          <t>../../src/UserSettingsPage.cpp:27184</t>
         </is>
       </c>
       <c r="B1019" t="inlineStr">
         <is>
-          <t>DOWNLOAD</t>
-[...6 lines deleted...]
-      </c>
+          <t>Repeat the passphrase:</t>
+        </is>
+      </c>
+      <c r="C1019" t="inlineStr"/>
       <c r="D1019" t="inlineStr"/>
       <c r="E1019" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1019" t="inlineStr">
         <is>
-          <t>UserSettingsPageDOWNLOAD</t>
+          <t>UserSettingsModelRepeat the passphrase:</t>
         </is>
       </c>
       <c r="G1019" t="inlineStr"/>
       <c r="H1019" t="inlineStr"/>
     </row>
     <row r="1020">
       <c r="A1020" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27298</t>
+          <t>../../src/UserSettingsPage.cpp:27192</t>
         </is>
       </c>
       <c r="B1020" t="inlineStr">
         <is>
-          <t>REQUEST</t>
-[...6 lines deleted...]
-      </c>
+          <t>Passwords don't match</t>
+        </is>
+      </c>
+      <c r="C1020" t="inlineStr"/>
       <c r="D1020" t="inlineStr"/>
       <c r="E1020" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1020" t="inlineStr">
         <is>
-          <t>UserSettingsPageREQUEST</t>
+          <t>UserSettingsModelPasswords don't match</t>
         </is>
       </c>
       <c r="G1020" t="inlineStr"/>
       <c r="H1020" t="inlineStr"/>
     </row>
     <row r="1021">
       <c r="A1021" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27306</t>
+          <t>../../src/UserSettingsPage.cpp:27199</t>
         </is>
       </c>
       <c r="B1021" t="inlineStr">
         <is>
-          <t>CONFIGURE</t>
+          <t>File to save the exported session keys</t>
         </is>
       </c>
       <c r="C1021" t="inlineStr">
         <is>
-          <t>CONFIGUREREN</t>
+          <t>Bestand om geëxporteerde sessiesleutels in op te slaan</t>
         </is>
       </c>
       <c r="D1021" t="inlineStr"/>
       <c r="E1021" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1021" t="inlineStr">
         <is>
-          <t>UserSettingsPageCONFIGURE</t>
+          <t>UserSettingsModelFile to save the exported session keys</t>
         </is>
       </c>
       <c r="G1021" t="inlineStr"/>
       <c r="H1021" t="inlineStr"/>
     </row>
     <row r="1022">
       <c r="A1022" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27324</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B1022" t="inlineStr">
         <is>
-          <t>MANAGE</t>
+          <t>CACHED</t>
         </is>
       </c>
       <c r="C1022" t="inlineStr">
         <is>
-          <t>BEHEREN</t>
+          <t>IN CACHE</t>
         </is>
       </c>
       <c r="D1022" t="inlineStr"/>
       <c r="E1022" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1022" t="inlineStr">
         <is>
-          <t>UserSettingsPageMANAGE</t>
+          <t>UserSettingsPageCACHED</t>
         </is>
       </c>
       <c r="G1022" t="inlineStr"/>
       <c r="H1022" t="inlineStr"/>
     </row>
     <row r="1023">
       <c r="A1023" t="inlineStr">
         <is>
-          <t>../qml/pages/UserSettingsPage.qml:27359</t>
+          <t>../qml/pages/UserSettingsPage.qml:27389</t>
         </is>
       </c>
       <c r="B1023" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>NOT CACHED</t>
         </is>
       </c>
       <c r="C1023" t="inlineStr">
         <is>
-          <t>Terug</t>
+          <t>NIET IN CACHE</t>
         </is>
       </c>
       <c r="D1023" t="inlineStr"/>
       <c r="E1023" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1023" t="inlineStr">
         <is>
-          <t>UserSettingsPageBack</t>
+          <t>UserSettingsPageNOT CACHED</t>
         </is>
       </c>
       <c r="G1023" t="inlineStr"/>
       <c r="H1023" t="inlineStr"/>
     </row>
     <row r="1024">
       <c r="A1024" t="inlineStr">
         <is>
-          <t>../../src/encryption/VerificationManager.cpp:27502</t>
+          <t>../qml/pages/UserSettingsPage.qml:27396</t>
         </is>
       </c>
       <c r="B1024" t="inlineStr">
         <is>
-          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>IMPORT</t>
         </is>
       </c>
       <c r="C1024" t="inlineStr">
         <is>
-          <t>Geen versleutelde chat gevonden met deze gebruiker. Maak een versleutelde chat aan met deze gebruiker en probeer het opnieuw.</t>
+          <t>IMPORTEREN</t>
         </is>
       </c>
       <c r="D1024" t="inlineStr"/>
       <c r="E1024" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1024" t="inlineStr">
         <is>
-          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
+          <t>UserSettingsPageIMPORT</t>
         </is>
       </c>
       <c r="G1024" t="inlineStr"/>
       <c r="H1024" t="inlineStr"/>
     </row>
     <row r="1025">
       <c r="A1025" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27514</t>
+          <t>../qml/pages/UserSettingsPage.qml:27400</t>
         </is>
       </c>
       <c r="B1025" t="inlineStr">
         <is>
-          <t>Waiting for other party…</t>
+          <t>EXPORT</t>
         </is>
       </c>
       <c r="C1025" t="inlineStr">
         <is>
-          <t>Wachten op andere kant…</t>
+          <t>EXPORTEREN</t>
         </is>
       </c>
       <c r="D1025" t="inlineStr"/>
       <c r="E1025" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1025" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other party…</t>
+          <t>UserSettingsPageEXPORT</t>
         </is>
       </c>
       <c r="G1025" t="inlineStr"/>
       <c r="H1025" t="inlineStr"/>
     </row>
     <row r="1026">
       <c r="A1026" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27526</t>
+          <t>../qml/pages/UserSettingsPage.qml:27409</t>
         </is>
       </c>
       <c r="B1026" t="inlineStr">
         <is>
-          <t>Waiting for other side to accept the verification request.</t>
+          <t>DOWNLOAD</t>
         </is>
       </c>
       <c r="C1026" t="inlineStr">
         <is>
-          <t>Wachten op de andere kant om het verificatieverzoek te accepteren.</t>
+          <t>DOWNLOADEN</t>
         </is>
       </c>
       <c r="D1026" t="inlineStr"/>
       <c r="E1026" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1026" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to accept the verification request.</t>
+          <t>UserSettingsPageDOWNLOAD</t>
         </is>
       </c>
       <c r="G1026" t="inlineStr"/>
       <c r="H1026" t="inlineStr"/>
     </row>
     <row r="1027">
       <c r="A1027" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27528</t>
+          <t>../qml/pages/UserSettingsPage.qml:27413</t>
         </is>
       </c>
       <c r="B1027" t="inlineStr">
         <is>
-          <t>Waiting for other side to continue the verification process.</t>
+          <t>REQUEST</t>
         </is>
       </c>
       <c r="C1027" t="inlineStr">
         <is>
-          <t>Wachten op de andere kant om het verificatieproces voort te zetten.</t>
+          <t>OPVRAGEN</t>
         </is>
       </c>
       <c r="D1027" t="inlineStr"/>
       <c r="E1027" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1027" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to continue the verification process.</t>
+          <t>UserSettingsPageREQUEST</t>
         </is>
       </c>
       <c r="G1027" t="inlineStr"/>
       <c r="H1027" t="inlineStr"/>
     </row>
     <row r="1028">
       <c r="A1028" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27530</t>
+          <t>../qml/pages/UserSettingsPage.qml:27421</t>
         </is>
       </c>
       <c r="B1028" t="inlineStr">
         <is>
-          <t>Waiting for other side to complete the verification process.</t>
+          <t>CONFIGURE</t>
         </is>
       </c>
       <c r="C1028" t="inlineStr">
         <is>
-          <t>Wachten op de andere kant om het verificatieproces af te ronden.</t>
+          <t>CONFIGUREREN</t>
         </is>
       </c>
       <c r="D1028" t="inlineStr"/>
       <c r="E1028" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1028" t="inlineStr">
         <is>
-          <t>WaitingWaiting for other side to complete the verification process.</t>
+          <t>UserSettingsPageCONFIGURE</t>
         </is>
       </c>
       <c r="G1028" t="inlineStr"/>
       <c r="H1028" t="inlineStr"/>
     </row>
     <row r="1029">
       <c r="A1029" t="inlineStr">
         <is>
-          <t>../qml/device-verification/Waiting.qml:27549</t>
+          <t>../qml/pages/UserSettingsPage.qml:27439</t>
         </is>
       </c>
       <c r="B1029" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>MANAGE</t>
         </is>
       </c>
       <c r="C1029" t="inlineStr">
         <is>
-          <t>Annuleren</t>
+          <t>BEHEREN</t>
         </is>
       </c>
       <c r="D1029" t="inlineStr"/>
       <c r="E1029" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1029" t="inlineStr">
         <is>
-          <t>WaitingCancel</t>
+          <t>UserSettingsPageMANAGE</t>
         </is>
       </c>
       <c r="G1029" t="inlineStr"/>
       <c r="H1029" t="inlineStr"/>
     </row>
     <row r="1030">
       <c r="A1030" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27579</t>
+          <t>../qml/pages/UserSettingsPage.qml:27474</t>
         </is>
       </c>
       <c r="B1030" t="inlineStr">
         <is>
-          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="C1030" t="inlineStr">
         <is>
-          <t>Welkom bij Nheko! De bureaubladclient voor het Matrix-protocol.</t>
+          <t>Terug</t>
         </is>
       </c>
       <c r="D1030" t="inlineStr"/>
       <c r="E1030" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1030" t="inlineStr">
         <is>
-          <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
+          <t>UserSettingsPageBack</t>
         </is>
       </c>
       <c r="G1030" t="inlineStr"/>
       <c r="H1030" t="inlineStr"/>
     </row>
     <row r="1031">
       <c r="A1031" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27589</t>
+          <t>../../src/encryption/VerificationManager.cpp:27617</t>
         </is>
       </c>
       <c r="B1031" t="inlineStr">
         <is>
-          <t>Enjoy your stay!</t>
+          <t>No encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="C1031" t="inlineStr">
         <is>
-          <t>Geniet van je verblijf!</t>
+          <t>Geen versleutelde chat gevonden met deze gebruiker. Maak een versleutelde chat aan met deze gebruiker en probeer het opnieuw.</t>
         </is>
       </c>
       <c r="D1031" t="inlineStr"/>
       <c r="E1031" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1031" t="inlineStr">
         <is>
-          <t>WelcomePageEnjoy your stay!</t>
+          <t>VerificationManagerNo encrypted private chat found with this user. Create an encrypted private chat with this user and try again.</t>
         </is>
       </c>
       <c r="G1031" t="inlineStr"/>
       <c r="H1031" t="inlineStr"/>
     </row>
     <row r="1032">
       <c r="A1032" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27603</t>
+          <t>../qml/device-verification/Waiting.qml:27629</t>
         </is>
       </c>
       <c r="B1032" t="inlineStr">
         <is>
-          <t>REGISTER</t>
+          <t>Waiting for other party…</t>
         </is>
       </c>
       <c r="C1032" t="inlineStr">
         <is>
-          <t>REGISTREREN</t>
+          <t>Wachten op andere kant…</t>
         </is>
       </c>
       <c r="D1032" t="inlineStr"/>
       <c r="E1032" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1032" t="inlineStr">
         <is>
-          <t>WelcomePageREGISTER</t>
+          <t>WaitingWaiting for other party…</t>
         </is>
       </c>
       <c r="G1032" t="inlineStr"/>
       <c r="H1032" t="inlineStr"/>
     </row>
     <row r="1033">
       <c r="A1033" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27611</t>
+          <t>../qml/device-verification/Waiting.qml:27641</t>
         </is>
       </c>
       <c r="B1033" t="inlineStr">
         <is>
-          <t>LOGIN</t>
+          <t>Waiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="C1033" t="inlineStr">
         <is>
-          <t>INLOGGEN</t>
+          <t>Wachten op de andere kant om het verificatieverzoek te accepteren.</t>
         </is>
       </c>
       <c r="D1033" t="inlineStr"/>
       <c r="E1033" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1033" t="inlineStr">
         <is>
-          <t>WelcomePageLOGIN</t>
+          <t>WaitingWaiting for other side to accept the verification request.</t>
         </is>
       </c>
       <c r="G1033" t="inlineStr"/>
       <c r="H1033" t="inlineStr"/>
     </row>
     <row r="1034">
       <c r="A1034" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27637</t>
+          <t>../qml/device-verification/Waiting.qml:27643</t>
         </is>
       </c>
       <c r="B1034" t="inlineStr">
         <is>
-          <t>Reduce animations</t>
+          <t>Waiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="C1034" t="inlineStr">
         <is>
-          <t>Beperk animaties</t>
+          <t>Wachten op de andere kant om het verificatieproces voort te zetten.</t>
         </is>
       </c>
       <c r="D1034" t="inlineStr"/>
       <c r="E1034" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1034" t="inlineStr">
         <is>
-          <t>WelcomePageReduce animations</t>
+          <t>WaitingWaiting for other side to continue the verification process.</t>
         </is>
       </c>
       <c r="G1034" t="inlineStr"/>
       <c r="H1034" t="inlineStr"/>
     </row>
     <row r="1035">
       <c r="A1035" t="inlineStr">
         <is>
-          <t>../qml/pages/WelcomePage.qml:27644</t>
+          <t>../qml/device-verification/Waiting.qml:27645</t>
         </is>
       </c>
       <c r="B1035" t="inlineStr">
         <is>
-          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>Waiting for other side to complete the verification process.</t>
         </is>
       </c>
       <c r="C1035" t="inlineStr">
         <is>
-          <t>Nheko gebruikt animaties op verscheidene plaatsen om dingen mooier te maken. Hiermee kan je deze uitschakelen als je je er niet goed door voelt.</t>
+          <t>Wachten op de andere kant om het verificatieproces af te ronden.</t>
         </is>
       </c>
       <c r="D1035" t="inlineStr"/>
       <c r="E1035" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1035" t="inlineStr">
         <is>
-          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
+          <t>WaitingWaiting for other side to complete the verification process.</t>
         </is>
       </c>
       <c r="G1035" t="inlineStr"/>
       <c r="H1035" t="inlineStr"/>
     </row>
     <row r="1036">
       <c r="A1036" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:28027</t>
+          <t>../qml/device-verification/Waiting.qml:27664</t>
         </is>
       </c>
       <c r="B1036" t="inlineStr">
         <is>
-          <t>Yesterday</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="C1036" t="inlineStr">
         <is>
-          <t>Gisteren</t>
+          <t>Annuleren</t>
         </is>
       </c>
       <c r="D1036" t="inlineStr"/>
       <c r="E1036" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1036" t="inlineStr">
         <is>
-          <t>descriptiveTimeYesterday</t>
+          <t>WaitingCancel</t>
         </is>
       </c>
       <c r="G1036" t="inlineStr"/>
       <c r="H1036" t="inlineStr"/>
     </row>
     <row r="1037">
       <c r="A1037" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28040</t>
+          <t>../qml/pages/WelcomePage.qml:27694</t>
         </is>
       </c>
       <c r="B1037" t="inlineStr">
         <is>
-          <t>People</t>
+          <t>Welcome to Nheko! The desktop client for the Matrix protocol.</t>
         </is>
       </c>
       <c r="C1037" t="inlineStr">
         <is>
-          <t>Mensen</t>
+          <t>Welkom bij Nheko! De bureaubladclient voor het Matrix-protocol.</t>
         </is>
       </c>
       <c r="D1037" t="inlineStr"/>
       <c r="E1037" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1037" t="inlineStr">
         <is>
-          <t>emoji-catagoryPeople</t>
+          <t>WelcomePageWelcome to nheko! The desktop client for the Matrix protocol.</t>
         </is>
       </c>
       <c r="G1037" t="inlineStr"/>
       <c r="H1037" t="inlineStr"/>
     </row>
     <row r="1038">
       <c r="A1038" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28042</t>
+          <t>../qml/pages/WelcomePage.qml:27704</t>
         </is>
       </c>
       <c r="B1038" t="inlineStr">
         <is>
-          <t>Nature</t>
+          <t>Enjoy your stay!</t>
         </is>
       </c>
       <c r="C1038" t="inlineStr">
         <is>
-          <t>Natuur</t>
+          <t>Geniet van je verblijf!</t>
         </is>
       </c>
       <c r="D1038" t="inlineStr"/>
       <c r="E1038" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1038" t="inlineStr">
         <is>
-          <t>emoji-catagoryNature</t>
+          <t>WelcomePageEnjoy your stay!</t>
         </is>
       </c>
       <c r="G1038" t="inlineStr"/>
       <c r="H1038" t="inlineStr"/>
     </row>
     <row r="1039">
       <c r="A1039" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28044</t>
+          <t>../qml/pages/WelcomePage.qml:27718</t>
         </is>
       </c>
       <c r="B1039" t="inlineStr">
         <is>
-          <t>Food</t>
+          <t>REGISTER</t>
         </is>
       </c>
       <c r="C1039" t="inlineStr">
         <is>
-          <t>Eten</t>
+          <t>REGISTREREN</t>
         </is>
       </c>
       <c r="D1039" t="inlineStr"/>
       <c r="E1039" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1039" t="inlineStr">
         <is>
-          <t>emoji-catagoryFood</t>
+          <t>WelcomePageREGISTER</t>
         </is>
       </c>
       <c r="G1039" t="inlineStr"/>
       <c r="H1039" t="inlineStr"/>
     </row>
     <row r="1040">
       <c r="A1040" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28046</t>
+          <t>../qml/pages/WelcomePage.qml:27726</t>
         </is>
       </c>
       <c r="B1040" t="inlineStr">
         <is>
-          <t>Activity</t>
+          <t>LOGIN</t>
         </is>
       </c>
       <c r="C1040" t="inlineStr">
         <is>
-          <t>Activiteiten</t>
+          <t>INLOGGEN</t>
         </is>
       </c>
       <c r="D1040" t="inlineStr"/>
       <c r="E1040" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1040" t="inlineStr">
         <is>
-          <t>emoji-catagoryActivity</t>
+          <t>WelcomePageLOGIN</t>
         </is>
       </c>
       <c r="G1040" t="inlineStr"/>
       <c r="H1040" t="inlineStr"/>
     </row>
     <row r="1041">
       <c r="A1041" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28048</t>
+          <t>../qml/pages/WelcomePage.qml:27752</t>
         </is>
       </c>
       <c r="B1041" t="inlineStr">
         <is>
-          <t>Travel</t>
+          <t>Reduce animations</t>
         </is>
       </c>
       <c r="C1041" t="inlineStr">
         <is>
-          <t>Reizen</t>
+          <t>Beperk animaties</t>
         </is>
       </c>
       <c r="D1041" t="inlineStr"/>
       <c r="E1041" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1041" t="inlineStr">
         <is>
-          <t>emoji-catagoryTravel</t>
+          <t>WelcomePageReduce animations</t>
         </is>
       </c>
       <c r="G1041" t="inlineStr"/>
       <c r="H1041" t="inlineStr"/>
     </row>
     <row r="1042">
       <c r="A1042" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28050</t>
+          <t>../qml/pages/WelcomePage.qml:27759</t>
         </is>
       </c>
       <c r="B1042" t="inlineStr">
         <is>
-          <t>Objects</t>
+          <t>Nheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="C1042" t="inlineStr">
         <is>
-          <t>Objecten</t>
+          <t>Nheko gebruikt animaties op verscheidene plaatsen om dingen mooier te maken. Hiermee kan je deze uitschakelen als je je er niet goed door voelt.</t>
         </is>
       </c>
       <c r="D1042" t="inlineStr"/>
       <c r="E1042" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1042" t="inlineStr">
         <is>
-          <t>emoji-catagoryObjects</t>
+          <t>WelcomePageNheko uses animations in several places to make stuff pretty. This allows you to turn those off if they make you feel unwell.</t>
         </is>
       </c>
       <c r="G1042" t="inlineStr"/>
       <c r="H1042" t="inlineStr"/>
     </row>
     <row r="1043">
       <c r="A1043" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28052</t>
+          <t>../../src/Utils.cpp:28143</t>
         </is>
       </c>
       <c r="B1043" t="inlineStr">
         <is>
-          <t>Symbols</t>
+          <t>Yesterday</t>
         </is>
       </c>
       <c r="C1043" t="inlineStr">
         <is>
-          <t>Symbolen</t>
+          <t>Gisteren</t>
         </is>
       </c>
       <c r="D1043" t="inlineStr"/>
       <c r="E1043" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1043" t="inlineStr">
         <is>
-          <t>emoji-catagorySymbols</t>
+          <t>descriptiveTimeYesterday</t>
         </is>
       </c>
       <c r="G1043" t="inlineStr"/>
       <c r="H1043" t="inlineStr"/>
     </row>
     <row r="1044">
       <c r="A1044" t="inlineStr">
         <is>
-          <t>../../src/emoji/Emoji.cpp:28054</t>
+          <t>../../src/emoji/Emoji.cpp:28156</t>
         </is>
       </c>
       <c r="B1044" t="inlineStr">
         <is>
-          <t>Flags</t>
+          <t>People</t>
         </is>
       </c>
       <c r="C1044" t="inlineStr">
         <is>
-          <t>Vlaggen</t>
+          <t>Mensen</t>
         </is>
       </c>
       <c r="D1044" t="inlineStr"/>
       <c r="E1044" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1044" t="inlineStr">
         <is>
-          <t>emoji-catagoryFlags</t>
+          <t>emoji-catagoryPeople</t>
         </is>
       </c>
       <c r="G1044" t="inlineStr"/>
       <c r="H1044" t="inlineStr"/>
     </row>
     <row r="1045">
       <c r="A1045" t="inlineStr">
         <is>
-          <t>../../src/notifications/ManagerMac.cpp:28042</t>
+          <t>../../src/emoji/Emoji.cpp:28158</t>
         </is>
       </c>
       <c r="B1045" t="inlineStr">
         <is>
-          <t>Message contains spoiler.</t>
-[...2 lines deleted...]
-      <c r="C1045" t="inlineStr"/>
+          <t>Nature</t>
+        </is>
+      </c>
+      <c r="C1045" t="inlineStr">
+        <is>
+          <t>Natuur</t>
+        </is>
+      </c>
       <c r="D1045" t="inlineStr"/>
       <c r="E1045" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1045" t="inlineStr">
         <is>
-          <t>macosNotificationMessage contains spoiler.</t>
+          <t>emoji-catagoryNature</t>
         </is>
       </c>
       <c r="G1045" t="inlineStr"/>
       <c r="H1045" t="inlineStr"/>
     </row>
     <row r="1046">
       <c r="A1046" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27734</t>
+          <t>../../src/emoji/Emoji.cpp:28160</t>
         </is>
       </c>
       <c r="B1046" t="inlineStr">
         <is>
-          <t>You sent an audio clip</t>
+          <t>Food</t>
         </is>
       </c>
       <c r="C1046" t="inlineStr">
         <is>
-          <t>Je verstuurde een audio clip</t>
+          <t>Eten</t>
         </is>
       </c>
       <c r="D1046" t="inlineStr"/>
       <c r="E1046" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1046" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an audio clip</t>
+          <t>emoji-catagoryFood</t>
         </is>
       </c>
       <c r="G1046" t="inlineStr"/>
       <c r="H1046" t="inlineStr"/>
     </row>
     <row r="1047">
       <c r="A1047" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27737</t>
+          <t>../../src/emoji/Emoji.cpp:28162</t>
         </is>
       </c>
       <c r="B1047" t="inlineStr">
         <is>
-          <t>%1 sent an audio clip</t>
+          <t>Activity</t>
         </is>
       </c>
       <c r="C1047" t="inlineStr">
         <is>
-          <t>%1 verstuurde een audio clip</t>
+          <t>Activiteiten</t>
         </is>
       </c>
       <c r="D1047" t="inlineStr"/>
       <c r="E1047" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1047" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an audio clip</t>
+          <t>emoji-catagoryActivity</t>
         </is>
       </c>
       <c r="G1047" t="inlineStr"/>
       <c r="H1047" t="inlineStr"/>
     </row>
     <row r="1048">
       <c r="A1048" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27741</t>
+          <t>../../src/emoji/Emoji.cpp:28164</t>
         </is>
       </c>
       <c r="B1048" t="inlineStr">
         <is>
-          <t>You sent an image</t>
+          <t>Travel</t>
         </is>
       </c>
       <c r="C1048" t="inlineStr">
         <is>
-          <t>Je verstuurde een afbeelding</t>
+          <t>Reizen</t>
         </is>
       </c>
       <c r="D1048" t="inlineStr"/>
       <c r="E1048" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1048" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an image</t>
+          <t>emoji-catagoryTravel</t>
         </is>
       </c>
       <c r="G1048" t="inlineStr"/>
       <c r="H1048" t="inlineStr"/>
     </row>
     <row r="1049">
       <c r="A1049" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27743</t>
+          <t>../../src/emoji/Emoji.cpp:28166</t>
         </is>
       </c>
       <c r="B1049" t="inlineStr">
         <is>
-          <t>%1 sent an image</t>
+          <t>Objects</t>
         </is>
       </c>
       <c r="C1049" t="inlineStr">
         <is>
-          <t>%1 verstuurde een afbeelding</t>
+          <t>Objecten</t>
         </is>
       </c>
       <c r="D1049" t="inlineStr"/>
       <c r="E1049" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1049" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an image</t>
+          <t>emoji-catagoryObjects</t>
         </is>
       </c>
       <c r="G1049" t="inlineStr"/>
       <c r="H1049" t="inlineStr"/>
     </row>
     <row r="1050">
       <c r="A1050" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27747</t>
+          <t>../../src/emoji/Emoji.cpp:28168</t>
         </is>
       </c>
       <c r="B1050" t="inlineStr">
         <is>
-          <t>You sent a file</t>
+          <t>Symbols</t>
         </is>
       </c>
       <c r="C1050" t="inlineStr">
         <is>
-          <t>Je verstuurde een bestand</t>
+          <t>Symbolen</t>
         </is>
       </c>
       <c r="D1050" t="inlineStr"/>
       <c r="E1050" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1050" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a file</t>
+          <t>emoji-catagorySymbols</t>
         </is>
       </c>
       <c r="G1050" t="inlineStr"/>
       <c r="H1050" t="inlineStr"/>
     </row>
     <row r="1051">
       <c r="A1051" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27749</t>
+          <t>../../src/emoji/Emoji.cpp:28170</t>
         </is>
       </c>
       <c r="B1051" t="inlineStr">
         <is>
-          <t>%1 sent a file</t>
+          <t>Flags</t>
         </is>
       </c>
       <c r="C1051" t="inlineStr">
         <is>
-          <t>%1 verstuurde een bestand</t>
+          <t>Vlaggen</t>
         </is>
       </c>
       <c r="D1051" t="inlineStr"/>
       <c r="E1051" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1051" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a file</t>
+          <t>emoji-catagoryFlags</t>
         </is>
       </c>
       <c r="G1051" t="inlineStr"/>
       <c r="H1051" t="inlineStr"/>
     </row>
     <row r="1052">
       <c r="A1052" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27753</t>
+          <t>../../src/notifications/ManagerMac.cpp:28158</t>
         </is>
       </c>
       <c r="B1052" t="inlineStr">
         <is>
-          <t>You sent a video</t>
-[...6 lines deleted...]
-      </c>
+          <t>Message contains spoiler.</t>
+        </is>
+      </c>
+      <c r="C1052" t="inlineStr"/>
       <c r="D1052" t="inlineStr"/>
       <c r="E1052" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1052" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a video</t>
+          <t>macosNotificationMessage contains spoiler.</t>
         </is>
       </c>
       <c r="G1052" t="inlineStr"/>
       <c r="H1052" t="inlineStr"/>
     </row>
     <row r="1053">
       <c r="A1053" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27755</t>
+          <t>../../src/Utils.cpp:27850</t>
         </is>
       </c>
       <c r="B1053" t="inlineStr">
         <is>
-          <t>%1 sent a video</t>
+          <t>You sent an audio clip</t>
         </is>
       </c>
       <c r="C1053" t="inlineStr">
         <is>
-          <t>%1 verstuurde een video</t>
+          <t>Je verstuurde een audio clip</t>
         </is>
       </c>
       <c r="D1053" t="inlineStr"/>
       <c r="E1053" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1053" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a video</t>
+          <t>message-description sent:You sent an audio clip</t>
         </is>
       </c>
       <c r="G1053" t="inlineStr"/>
       <c r="H1053" t="inlineStr"/>
     </row>
     <row r="1054">
       <c r="A1054" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27759</t>
+          <t>../../src/Utils.cpp:27853</t>
         </is>
       </c>
       <c r="B1054" t="inlineStr">
         <is>
-          <t>You sent a sticker</t>
+          <t>%1 sent an audio clip</t>
         </is>
       </c>
       <c r="C1054" t="inlineStr">
         <is>
-          <t>Je verstuurde een sticker</t>
+          <t>%1 verstuurde een audio clip</t>
         </is>
       </c>
       <c r="D1054" t="inlineStr"/>
       <c r="E1054" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1054" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a sticker</t>
+          <t>message-description sent:%1 sent an audio clip</t>
         </is>
       </c>
       <c r="G1054" t="inlineStr"/>
       <c r="H1054" t="inlineStr"/>
     </row>
     <row r="1055">
       <c r="A1055" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27761</t>
+          <t>../../src/Utils.cpp:27857</t>
         </is>
       </c>
       <c r="B1055" t="inlineStr">
         <is>
-          <t>%1 sent a sticker</t>
+          <t>You sent an image</t>
         </is>
       </c>
       <c r="C1055" t="inlineStr">
         <is>
-          <t>%1 verstuurde een sticker</t>
+          <t>Je verstuurde een afbeelding</t>
         </is>
       </c>
       <c r="D1055" t="inlineStr"/>
       <c r="E1055" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1055" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a sticker</t>
+          <t>message-description sent:You sent an image</t>
         </is>
       </c>
       <c r="G1055" t="inlineStr"/>
       <c r="H1055" t="inlineStr"/>
     </row>
     <row r="1056">
       <c r="A1056" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27765</t>
+          <t>../../src/Utils.cpp:27859</t>
         </is>
       </c>
       <c r="B1056" t="inlineStr">
         <is>
-          <t>You sent a notification</t>
+          <t>%1 sent an image</t>
         </is>
       </c>
       <c r="C1056" t="inlineStr">
         <is>
-          <t>Je verstuurde een notificatie</t>
+          <t>%1 verstuurde een afbeelding</t>
         </is>
       </c>
       <c r="D1056" t="inlineStr"/>
       <c r="E1056" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1056" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a notification</t>
+          <t>message-description sent:%1 sent an image</t>
         </is>
       </c>
       <c r="G1056" t="inlineStr"/>
       <c r="H1056" t="inlineStr"/>
     </row>
     <row r="1057">
       <c r="A1057" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27768</t>
+          <t>../../src/Utils.cpp:27863</t>
         </is>
       </c>
       <c r="B1057" t="inlineStr">
         <is>
-          <t>%1 sent a notification</t>
+          <t>You sent a file</t>
         </is>
       </c>
       <c r="C1057" t="inlineStr">
         <is>
-          <t>%1 verstuurde een notificatie</t>
+          <t>Je verstuurde een bestand</t>
         </is>
       </c>
       <c r="D1057" t="inlineStr"/>
       <c r="E1057" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1057" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a notification</t>
+          <t>message-description sent:You sent a file</t>
         </is>
       </c>
       <c r="G1057" t="inlineStr"/>
       <c r="H1057" t="inlineStr"/>
     </row>
     <row r="1058">
       <c r="A1058" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27800</t>
+          <t>../../src/Utils.cpp:27865</t>
         </is>
       </c>
       <c r="B1058" t="inlineStr">
         <is>
-          <t>You sent a spoiler.</t>
-[...2 lines deleted...]
-      <c r="C1058" t="inlineStr"/>
+          <t>%1 sent a file</t>
+        </is>
+      </c>
+      <c r="C1058" t="inlineStr">
+        <is>
+          <t>%1 verstuurde een bestand</t>
+        </is>
+      </c>
       <c r="D1058" t="inlineStr"/>
       <c r="E1058" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1058" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a spoiler.</t>
-[...6 lines deleted...]
-      </c>
+          <t>message-description sent:%1 sent a file</t>
+        </is>
+      </c>
+      <c r="G1058" t="inlineStr"/>
       <c r="H1058" t="inlineStr"/>
     </row>
     <row r="1059">
       <c r="A1059" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27803</t>
+          <t>../../src/Utils.cpp:27869</t>
         </is>
       </c>
       <c r="B1059" t="inlineStr">
         <is>
-          <t>%1 sent a spoiler.</t>
-[...2 lines deleted...]
-      <c r="C1059" t="inlineStr"/>
+          <t>You sent a video</t>
+        </is>
+      </c>
+      <c r="C1059" t="inlineStr">
+        <is>
+          <t>Je verstuurde een video</t>
+        </is>
+      </c>
       <c r="D1059" t="inlineStr"/>
       <c r="E1059" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1059" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a spoiler.</t>
-[...6 lines deleted...]
-      </c>
+          <t>message-description sent:You sent a video</t>
+        </is>
+      </c>
+      <c r="G1059" t="inlineStr"/>
       <c r="H1059" t="inlineStr"/>
     </row>
     <row r="1060">
       <c r="A1060" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27809</t>
+          <t>../../src/Utils.cpp:27871</t>
         </is>
       </c>
       <c r="B1060" t="inlineStr">
         <is>
-          <t>You: %1</t>
+          <t>%1 sent a video</t>
         </is>
       </c>
       <c r="C1060" t="inlineStr">
         <is>
-          <t>Jij: %1</t>
+          <t>%1 verstuurde een video</t>
         </is>
       </c>
       <c r="D1060" t="inlineStr"/>
       <c r="E1060" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1060" t="inlineStr">
         <is>
-          <t>message-description sent:You: %1</t>
+          <t>message-description sent:%1 sent a video</t>
         </is>
       </c>
       <c r="G1060" t="inlineStr"/>
       <c r="H1060" t="inlineStr"/>
     </row>
     <row r="1061">
       <c r="A1061" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27812</t>
+          <t>../../src/Utils.cpp:27875</t>
         </is>
       </c>
       <c r="B1061" t="inlineStr">
         <is>
-          <t>%1: %2</t>
+          <t>You sent a sticker</t>
         </is>
       </c>
       <c r="C1061" t="inlineStr">
         <is>
-          <t>%1: %2</t>
+          <t>Je verstuurde een sticker</t>
         </is>
       </c>
       <c r="D1061" t="inlineStr"/>
       <c r="E1061" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1061" t="inlineStr">
         <is>
-          <t>message-description sent:%1: %2</t>
+          <t>message-description sent:You sent a sticker</t>
         </is>
       </c>
       <c r="G1061" t="inlineStr"/>
       <c r="H1061" t="inlineStr"/>
     </row>
     <row r="1062">
       <c r="A1062" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27791</t>
+          <t>../../src/Utils.cpp:27877</t>
         </is>
       </c>
       <c r="B1062" t="inlineStr">
         <is>
-          <t>You sent a chat effect</t>
+          <t>%1 sent a sticker</t>
         </is>
       </c>
       <c r="C1062" t="inlineStr">
         <is>
-          <t>Je hebt een chateffect verstuurd</t>
+          <t>%1 verstuurde een sticker</t>
         </is>
       </c>
       <c r="D1062" t="inlineStr"/>
       <c r="E1062" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1062" t="inlineStr">
         <is>
-          <t>message-description sent:You sent a chat effect</t>
+          <t>message-description sent:%1 sent a sticker</t>
         </is>
       </c>
       <c r="G1062" t="inlineStr"/>
       <c r="H1062" t="inlineStr"/>
     </row>
     <row r="1063">
       <c r="A1063" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27794</t>
+          <t>../../src/Utils.cpp:27881</t>
         </is>
       </c>
       <c r="B1063" t="inlineStr">
         <is>
-          <t>%1 sent a chat effect</t>
+          <t>You sent a notification</t>
         </is>
       </c>
       <c r="C1063" t="inlineStr">
         <is>
-          <t>%1 heeft een chateffect gestuurd</t>
+          <t>Je verstuurde een notificatie</t>
         </is>
       </c>
       <c r="D1063" t="inlineStr"/>
       <c r="E1063" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1063" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent a chat effect</t>
+          <t>message-description sent:You sent a notification</t>
         </is>
       </c>
       <c r="G1063" t="inlineStr"/>
       <c r="H1063" t="inlineStr"/>
     </row>
     <row r="1064">
       <c r="A1064" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27817</t>
+          <t>../../src/Utils.cpp:27884</t>
         </is>
       </c>
       <c r="B1064" t="inlineStr">
         <is>
-          <t>* %1 spoils something.</t>
-[...2 lines deleted...]
-      <c r="C1064" t="inlineStr"/>
+          <t>%1 sent a notification</t>
+        </is>
+      </c>
+      <c r="C1064" t="inlineStr">
+        <is>
+          <t>%1 verstuurde een notificatie</t>
+        </is>
+      </c>
       <c r="D1064" t="inlineStr"/>
       <c r="E1064" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1064" t="inlineStr">
         <is>
-          <t>message-description sent:* %1 spoils something.</t>
+          <t>message-description sent:%1 sent a notification</t>
         </is>
       </c>
       <c r="G1064" t="inlineStr"/>
       <c r="H1064" t="inlineStr"/>
     </row>
     <row r="1065">
       <c r="A1065" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27825</t>
+          <t>../../src/Utils.cpp:27916</t>
         </is>
       </c>
       <c r="B1065" t="inlineStr">
         <is>
-          <t>You sent an encrypted message</t>
-[...6 lines deleted...]
-      </c>
+          <t>You sent a spoiler.</t>
+        </is>
+      </c>
+      <c r="C1065" t="inlineStr"/>
       <c r="D1065" t="inlineStr"/>
       <c r="E1065" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1065" t="inlineStr">
         <is>
-          <t>message-description sent:You sent an encrypted message</t>
-[...2 lines deleted...]
-      <c r="G1065" t="inlineStr"/>
+          <t>message-description sent:You sent a spoiler.</t>
+        </is>
+      </c>
+      <c r="G1065" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Je stuurt een spoiler</t>
+        </is>
+      </c>
       <c r="H1065" t="inlineStr"/>
     </row>
     <row r="1066">
       <c r="A1066" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27828</t>
+          <t>../../src/Utils.cpp:27919</t>
         </is>
       </c>
       <c r="B1066" t="inlineStr">
         <is>
-          <t>%1 sent an encrypted message</t>
-[...6 lines deleted...]
-      </c>
+          <t>%1 sent a spoiler.</t>
+        </is>
+      </c>
+      <c r="C1066" t="inlineStr"/>
       <c r="D1066" t="inlineStr"/>
       <c r="E1066" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1066" t="inlineStr">
         <is>
-          <t>message-description sent:%1 sent an encrypted message</t>
-[...2 lines deleted...]
-      <c r="G1066" t="inlineStr"/>
+          <t>message-description sent:%1 sent a spoiler.</t>
+        </is>
+      </c>
+      <c r="G1066" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: %1 heeft je een spoiler gestuurd.</t>
+        </is>
+      </c>
       <c r="H1066" t="inlineStr"/>
     </row>
     <row r="1067">
       <c r="A1067" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27833</t>
+          <t>../../src/Utils.cpp:27925</t>
         </is>
       </c>
       <c r="B1067" t="inlineStr">
         <is>
-          <t>You placed a call</t>
+          <t>You: %1</t>
         </is>
       </c>
       <c r="C1067" t="inlineStr">
         <is>
-          <t>Je hebt een oproep geplaatst</t>
+          <t>Jij: %1</t>
         </is>
       </c>
       <c r="D1067" t="inlineStr"/>
       <c r="E1067" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1067" t="inlineStr">
         <is>
-          <t>message-description sent:You placed a call</t>
+          <t>message-description sent:You: %1</t>
         </is>
       </c>
       <c r="G1067" t="inlineStr"/>
       <c r="H1067" t="inlineStr"/>
     </row>
     <row r="1068">
       <c r="A1068" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27835</t>
+          <t>../../src/Utils.cpp:27928</t>
         </is>
       </c>
       <c r="B1068" t="inlineStr">
         <is>
-          <t>%1 placed a call</t>
+          <t>%1: %2</t>
         </is>
       </c>
       <c r="C1068" t="inlineStr">
         <is>
-          <t>%1 plaatste een oproep</t>
+          <t>%1: %2</t>
         </is>
       </c>
       <c r="D1068" t="inlineStr"/>
       <c r="E1068" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1068" t="inlineStr">
         <is>
-          <t>message-description sent:%1 placed a call</t>
+          <t>message-description sent:%1: %2</t>
         </is>
       </c>
       <c r="G1068" t="inlineStr"/>
       <c r="H1068" t="inlineStr"/>
     </row>
     <row r="1069">
       <c r="A1069" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27839</t>
+          <t>../../src/Utils.cpp:27907</t>
         </is>
       </c>
       <c r="B1069" t="inlineStr">
         <is>
-          <t>You answered a call</t>
+          <t>You sent a chat effect</t>
         </is>
       </c>
       <c r="C1069" t="inlineStr">
         <is>
-          <t>Je beantwoordde een oproep</t>
+          <t>Je hebt een chateffect verstuurd</t>
         </is>
       </c>
       <c r="D1069" t="inlineStr"/>
       <c r="E1069" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1069" t="inlineStr">
         <is>
-          <t>message-description sent:You answered a call</t>
+          <t>message-description sent:You sent a chat effect</t>
         </is>
       </c>
       <c r="G1069" t="inlineStr"/>
       <c r="H1069" t="inlineStr"/>
     </row>
     <row r="1070">
       <c r="A1070" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27841</t>
+          <t>../../src/Utils.cpp:27910</t>
         </is>
       </c>
       <c r="B1070" t="inlineStr">
         <is>
-          <t>%1 answered a call</t>
+          <t>%1 sent a chat effect</t>
         </is>
       </c>
       <c r="C1070" t="inlineStr">
         <is>
-          <t>%1 beantwoordde een oproep</t>
+          <t>%1 heeft een chateffect gestuurd</t>
         </is>
       </c>
       <c r="D1070" t="inlineStr"/>
       <c r="E1070" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1070" t="inlineStr">
         <is>
-          <t>message-description sent:%1 answered a call</t>
+          <t>message-description sent:%1 sent a chat effect</t>
         </is>
       </c>
       <c r="G1070" t="inlineStr"/>
       <c r="H1070" t="inlineStr"/>
     </row>
     <row r="1071">
       <c r="A1071" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27845</t>
+          <t>../../src/Utils.cpp:27933</t>
         </is>
       </c>
       <c r="B1071" t="inlineStr">
         <is>
-          <t>You ended a call</t>
-[...6 lines deleted...]
-      </c>
+          <t>* %1 spoils something.</t>
+        </is>
+      </c>
+      <c r="C1071" t="inlineStr"/>
       <c r="D1071" t="inlineStr"/>
       <c r="E1071" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1071" t="inlineStr">
         <is>
-          <t>message-description sent:You ended a call</t>
+          <t>message-description sent:* %1 spoils something.</t>
         </is>
       </c>
       <c r="G1071" t="inlineStr"/>
       <c r="H1071" t="inlineStr"/>
     </row>
     <row r="1072">
       <c r="A1072" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27847</t>
+          <t>../../src/Utils.cpp:27941</t>
         </is>
       </c>
       <c r="B1072" t="inlineStr">
         <is>
-          <t>%1 ended a call</t>
+          <t>You sent an encrypted message</t>
         </is>
       </c>
       <c r="C1072" t="inlineStr">
         <is>
-          <t>%1 hing op</t>
+          <t>Je hebt een versleuteld bericht verstuurd</t>
         </is>
       </c>
       <c r="D1072" t="inlineStr"/>
       <c r="E1072" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1072" t="inlineStr">
         <is>
-          <t>message-description sent:%1 ended a call</t>
+          <t>message-description sent:You sent an encrypted message</t>
         </is>
       </c>
       <c r="G1072" t="inlineStr"/>
       <c r="H1072" t="inlineStr"/>
     </row>
     <row r="1073">
       <c r="A1073" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27851</t>
+          <t>../../src/Utils.cpp:27944</t>
         </is>
       </c>
       <c r="B1073" t="inlineStr">
         <is>
-          <t>You rejected a call</t>
+          <t>%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="C1073" t="inlineStr">
         <is>
-          <t>Je hebt een gesprek geweigerd</t>
+          <t>%1 heeft een versleuteld bericht verstuurd</t>
         </is>
       </c>
       <c r="D1073" t="inlineStr"/>
       <c r="E1073" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1073" t="inlineStr">
         <is>
-          <t>message-description sent:You rejected a call</t>
+          <t>message-description sent:%1 sent an encrypted message</t>
         </is>
       </c>
       <c r="G1073" t="inlineStr"/>
       <c r="H1073" t="inlineStr"/>
     </row>
     <row r="1074">
       <c r="A1074" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27853</t>
+          <t>../../src/Utils.cpp:27949</t>
         </is>
       </c>
       <c r="B1074" t="inlineStr">
         <is>
-          <t>%1 rejected a call</t>
+          <t>You placed a call</t>
         </is>
       </c>
       <c r="C1074" t="inlineStr">
         <is>
-          <t>%1 heeft een gesprek geweigerd</t>
+          <t>Je hebt een oproep geplaatst</t>
         </is>
       </c>
       <c r="D1074" t="inlineStr"/>
       <c r="E1074" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1074" t="inlineStr">
         <is>
-          <t>message-description sent:%1 rejected a call</t>
+          <t>message-description sent:You placed a call</t>
         </is>
       </c>
       <c r="G1074" t="inlineStr"/>
       <c r="H1074" t="inlineStr"/>
     </row>
     <row r="1075">
       <c r="A1075" t="inlineStr">
         <is>
-          <t>../../src/Utils.cpp:27856</t>
+          <t>../../src/Utils.cpp:27951</t>
         </is>
       </c>
       <c r="B1075" t="inlineStr">
         <is>
-          <t>Unknown Message Type</t>
+          <t>%1 placed a call</t>
         </is>
       </c>
       <c r="C1075" t="inlineStr">
         <is>
-          <t>Onbekend berichttype</t>
+          <t>%1 plaatste een oproep</t>
         </is>
       </c>
       <c r="D1075" t="inlineStr"/>
       <c r="E1075" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1075" t="inlineStr">
         <is>
-          <t>utilsUnknown Message Type</t>
+          <t>message-description sent:%1 placed a call</t>
         </is>
       </c>
       <c r="G1075" t="inlineStr"/>
       <c r="H1075" t="inlineStr"/>
+    </row>
+    <row r="1076">
+      <c r="A1076" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27955</t>
+        </is>
+      </c>
+      <c r="B1076" t="inlineStr">
+        <is>
+          <t>You answered a call</t>
+        </is>
+      </c>
+      <c r="C1076" t="inlineStr">
+        <is>
+          <t>Je beantwoordde een oproep</t>
+        </is>
+      </c>
+      <c r="D1076" t="inlineStr"/>
+      <c r="E1076" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1076" t="inlineStr">
+        <is>
+          <t>message-description sent:You answered a call</t>
+        </is>
+      </c>
+      <c r="G1076" t="inlineStr"/>
+      <c r="H1076" t="inlineStr"/>
+    </row>
+    <row r="1077">
+      <c r="A1077" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27957</t>
+        </is>
+      </c>
+      <c r="B1077" t="inlineStr">
+        <is>
+          <t>%1 answered a call</t>
+        </is>
+      </c>
+      <c r="C1077" t="inlineStr">
+        <is>
+          <t>%1 beantwoordde een oproep</t>
+        </is>
+      </c>
+      <c r="D1077" t="inlineStr"/>
+      <c r="E1077" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1077" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 answered a call</t>
+        </is>
+      </c>
+      <c r="G1077" t="inlineStr"/>
+      <c r="H1077" t="inlineStr"/>
+    </row>
+    <row r="1078">
+      <c r="A1078" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27961</t>
+        </is>
+      </c>
+      <c r="B1078" t="inlineStr">
+        <is>
+          <t>You ended a call</t>
+        </is>
+      </c>
+      <c r="C1078" t="inlineStr">
+        <is>
+          <t>Je hing op</t>
+        </is>
+      </c>
+      <c r="D1078" t="inlineStr"/>
+      <c r="E1078" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1078" t="inlineStr">
+        <is>
+          <t>message-description sent:You ended a call</t>
+        </is>
+      </c>
+      <c r="G1078" t="inlineStr"/>
+      <c r="H1078" t="inlineStr"/>
+    </row>
+    <row r="1079">
+      <c r="A1079" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27963</t>
+        </is>
+      </c>
+      <c r="B1079" t="inlineStr">
+        <is>
+          <t>%1 ended a call</t>
+        </is>
+      </c>
+      <c r="C1079" t="inlineStr">
+        <is>
+          <t>%1 hing op</t>
+        </is>
+      </c>
+      <c r="D1079" t="inlineStr"/>
+      <c r="E1079" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1079" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 ended a call</t>
+        </is>
+      </c>
+      <c r="G1079" t="inlineStr"/>
+      <c r="H1079" t="inlineStr"/>
+    </row>
+    <row r="1080">
+      <c r="A1080" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27967</t>
+        </is>
+      </c>
+      <c r="B1080" t="inlineStr">
+        <is>
+          <t>You rejected a call</t>
+        </is>
+      </c>
+      <c r="C1080" t="inlineStr">
+        <is>
+          <t>Je hebt een gesprek geweigerd</t>
+        </is>
+      </c>
+      <c r="D1080" t="inlineStr"/>
+      <c r="E1080" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1080" t="inlineStr">
+        <is>
+          <t>message-description sent:You rejected a call</t>
+        </is>
+      </c>
+      <c r="G1080" t="inlineStr"/>
+      <c r="H1080" t="inlineStr"/>
+    </row>
+    <row r="1081">
+      <c r="A1081" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27969</t>
+        </is>
+      </c>
+      <c r="B1081" t="inlineStr">
+        <is>
+          <t>%1 rejected a call</t>
+        </is>
+      </c>
+      <c r="C1081" t="inlineStr">
+        <is>
+          <t>%1 heeft een gesprek geweigerd</t>
+        </is>
+      </c>
+      <c r="D1081" t="inlineStr"/>
+      <c r="E1081" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1081" t="inlineStr">
+        <is>
+          <t>message-description sent:%1 rejected a call</t>
+        </is>
+      </c>
+      <c r="G1081" t="inlineStr"/>
+      <c r="H1081" t="inlineStr"/>
+    </row>
+    <row r="1082">
+      <c r="A1082" t="inlineStr">
+        <is>
+          <t>../../src/Utils.cpp:27972</t>
+        </is>
+      </c>
+      <c r="B1082" t="inlineStr">
+        <is>
+          <t>Unknown Message Type</t>
+        </is>
+      </c>
+      <c r="C1082" t="inlineStr">
+        <is>
+          <t>Onbekend berichttype</t>
+        </is>
+      </c>
+      <c r="D1082" t="inlineStr"/>
+      <c r="E1082" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1082" t="inlineStr">
+        <is>
+          <t>utilsUnknown Message Type</t>
+        </is>
+      </c>
+      <c r="G1082" t="inlineStr"/>
+      <c r="H1082" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>